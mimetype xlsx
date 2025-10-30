--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -1,337 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7BBF374-B568-4173-B376-6EE67211D7BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8647B04B-F25A-4B50-9A86-9A8CB2691EE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="33720" yWindow="675" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="31510" yWindow="-3790" windowWidth="28490" windowHeight="16090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
     <t>As at</t>
   </si>
   <si>
     <t>Total LGCs and capacity of approved power stations in 2025</t>
   </si>
   <si>
     <t>MW of approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
     <t>Approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
-    <t>Data as at 31/08/2025</t>
+    <t>Data as at 30/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="42">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
@@ -837,52 +865,52 @@
     </tableStyle>
     <tableStyle name="CER Table 9" pivot="0" count="4" xr9:uid="{73158763-66F6-4BCB-9375-A0FBFF500F9E}">
       <tableStyleElement type="wholeTable" dxfId="9"/>
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstColumn" dxfId="7"/>
       <tableStyleElement type="firstRowStripe" dxfId="6"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}" name="data_total_LGCs_and_capacity" displayName="data_total_LGCs_and_capacity" ref="A3:D11" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-  <autoFilter ref="A3:D11" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D12" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
+  <autoFilter ref="A3:D12" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{A72D2029-690D-4227-9A88-DE2BD0ECC9F4}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
     <tableColumn id="4" xr3:uid="{788AEAC0-7FEE-4186-9F28-6A554963CD81}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="2" xr3:uid="{DDEBC0C0-5EF3-41DE-BC6C-FD3C48F576E9}" name="Approved power stations (since 1 Jan 2025)" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{E95D1F45-35BC-4BDC-A940-58F36C59CC42}" name="As at" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1116,212 +1144,229 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.1796875" customWidth="1"/>
+    <col min="1" max="1" width="22.85546875" style="3" customWidth="1"/>
+    <col min="2" max="2" width="31.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.140625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="21.140625" style="3" customWidth="1"/>
+    <col min="5" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="4"/>
-[...1 lines deleted...]
-      <c r="D1" s="4"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="2"/>
     </row>
-    <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="5" t="s">
+    <row r="2" spans="1:5" s="11" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="5"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="10"/>
     </row>
-    <row r="3" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="1" t="s">
+    <row r="3" spans="1:5" s="5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="B3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="C3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A4" s="6">
+    <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="12">
         <v>49704295</v>
       </c>
-      <c r="B4" s="2">
+      <c r="B4" s="6">
         <v>52.686</v>
       </c>
-      <c r="C4" s="7">
+      <c r="C4" s="13">
         <v>23</v>
       </c>
-      <c r="D4" s="8">
+      <c r="D4" s="14">
         <v>45688</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="6">
+    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="12">
         <v>22950064</v>
       </c>
-      <c r="B5" s="2">
+      <c r="B5" s="6">
         <v>91.086799999999997</v>
       </c>
-      <c r="C5" s="7">
+      <c r="C5" s="13">
         <v>56</v>
       </c>
-      <c r="D5" s="8">
+      <c r="D5" s="14">
         <v>45716</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="6">
+    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="12">
         <v>26467605</v>
       </c>
-      <c r="B6" s="2">
+      <c r="B6" s="6">
         <v>298.92359999999991</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="13">
         <v>87</v>
       </c>
-      <c r="D6" s="8">
+      <c r="D6" s="14">
         <v>45747</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A7" s="6">
+    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="12">
         <v>31063147</v>
       </c>
-      <c r="B7" s="2">
+      <c r="B7" s="6">
         <v>852.01560000000006</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="13">
         <v>127</v>
       </c>
-      <c r="D7" s="8">
+      <c r="D7" s="14">
         <v>45777</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A8" s="9">
+    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="15">
         <v>34495174</v>
       </c>
-      <c r="B8" s="3">
+      <c r="B8" s="8">
         <v>1727.3873000000003</v>
       </c>
-      <c r="C8" s="10">
+      <c r="C8" s="16">
         <v>163</v>
       </c>
-      <c r="D8" s="11">
+      <c r="D8" s="17">
         <v>45808</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="9">
+    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="15">
         <v>35389240</v>
       </c>
-      <c r="B9" s="3">
+      <c r="B9" s="8">
         <v>1757.5696000000005</v>
       </c>
-      <c r="C9" s="10">
+      <c r="C9" s="16">
         <v>196</v>
       </c>
-      <c r="D9" s="11">
+      <c r="D9" s="17">
         <v>45838</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="9">
+    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="15">
         <v>38946290</v>
       </c>
-      <c r="B10" s="2">
+      <c r="B10" s="6">
         <v>2554.2313000000008</v>
       </c>
-      <c r="C10" s="7">
+      <c r="C10" s="13">
         <v>252</v>
       </c>
-      <c r="D10" s="8">
+      <c r="D10" s="14">
         <v>45869</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="9">
+    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="15">
         <v>42264726</v>
       </c>
-      <c r="B11" s="2">
+      <c r="B11" s="6">
         <v>2593.5448000000019</v>
       </c>
-      <c r="C11" s="7">
+      <c r="C11" s="13">
         <v>280</v>
       </c>
-      <c r="D11" s="8">
+      <c r="D11" s="14">
         <v>45900</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="15">
+        <v>43861293</v>
+      </c>
+      <c r="B12" s="6">
+        <v>2653.2623000000017</v>
+      </c>
+      <c r="C12" s="13">
+        <v>321</v>
+      </c>
+      <c r="D12" s="14">
+        <v>45930</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">