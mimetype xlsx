--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,367 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8647B04B-F25A-4B50-9A86-9A8CB2691EE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AA385AD-762D-461F-B4B8-559C3D09B5F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31510" yWindow="-3790" windowWidth="28490" windowHeight="16090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
     <t>As at</t>
   </si>
   <si>
     <t>Total LGCs and capacity of approved power stations in 2025</t>
   </si>
   <si>
     <t>MW of approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
     <t>Approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
-    <t>Data as at 30/09/2025</t>
+    <t>Data as at 31/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...17 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="42">
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </font>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
-      <font>
-[...8 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -865,59 +831,59 @@
     </tableStyle>
     <tableStyle name="CER Table 9" pivot="0" count="4" xr9:uid="{73158763-66F6-4BCB-9375-A0FBFF500F9E}">
       <tableStyleElement type="wholeTable" dxfId="9"/>
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstColumn" dxfId="7"/>
       <tableStyleElement type="firstRowStripe" dxfId="6"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D12" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-  <autoFilter ref="A3:D12" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}" name="Table162" displayName="Table162" ref="A3:D13" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
+  <autoFilter ref="A3:D13" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{A72D2029-690D-4227-9A88-DE2BD0ECC9F4}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
     <tableColumn id="4" xr3:uid="{788AEAC0-7FEE-4186-9F28-6A554963CD81}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="2" xr3:uid="{DDEBC0C0-5EF3-41DE-BC6C-FD3C48F576E9}" name="Approved power stations (since 1 Jan 2025)" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{E95D1F45-35BC-4BDC-A940-58F36C59CC42}" name="As at" dataDxfId="1"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -1144,229 +1110,246 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E12"/>
+  <dimension ref="A1:E15"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.85546875" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.85546875" style="3"/>
+    <col min="1" max="1" width="23.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.44140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="27.33203125" style="7" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.5546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="2"/>
     </row>
-    <row r="2" spans="1:5" s="11" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="9" t="s">
+    <row r="2" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="9"/>
-[...2 lines deleted...]
-      <c r="E2" s="10"/>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="2"/>
     </row>
-    <row r="3" spans="1:5" s="5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="4" t="s">
+    <row r="3" spans="1:5" s="6" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="12">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="9">
         <v>49704295</v>
       </c>
-      <c r="B4" s="6">
+      <c r="B4" s="10">
         <v>52.686</v>
       </c>
-      <c r="C4" s="13">
+      <c r="C4" s="11">
         <v>23</v>
       </c>
-      <c r="D4" s="14">
+      <c r="D4" s="12">
         <v>45688</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="12">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A5" s="9">
         <v>22950064</v>
       </c>
-      <c r="B5" s="6">
+      <c r="B5" s="10">
         <v>91.086799999999997</v>
       </c>
-      <c r="C5" s="13">
+      <c r="C5" s="11">
         <v>56</v>
       </c>
-      <c r="D5" s="14">
+      <c r="D5" s="12">
         <v>45716</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="12">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" s="9">
         <v>26467605</v>
       </c>
-      <c r="B6" s="6">
+      <c r="B6" s="10">
         <v>298.92359999999991</v>
       </c>
-      <c r="C6" s="13">
+      <c r="C6" s="11">
         <v>87</v>
       </c>
-      <c r="D6" s="14">
+      <c r="D6" s="12">
         <v>45747</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="12">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="9">
         <v>31063147</v>
       </c>
-      <c r="B7" s="6">
+      <c r="B7" s="10">
         <v>852.01560000000006</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="11">
         <v>127</v>
       </c>
-      <c r="D7" s="14">
+      <c r="D7" s="12">
         <v>45777</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="15">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="13">
         <v>34495174</v>
       </c>
-      <c r="B8" s="8">
+      <c r="B8" s="14">
         <v>1727.3873000000003</v>
       </c>
-      <c r="C8" s="16">
+      <c r="C8" s="15">
         <v>163</v>
       </c>
-      <c r="D8" s="17">
+      <c r="D8" s="16">
         <v>45808</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="15">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="13">
         <v>35389240</v>
       </c>
-      <c r="B9" s="8">
+      <c r="B9" s="14">
         <v>1757.5696000000005</v>
       </c>
-      <c r="C9" s="16">
+      <c r="C9" s="15">
         <v>196</v>
       </c>
-      <c r="D9" s="17">
+      <c r="D9" s="16">
         <v>45838</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="15">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="13">
         <v>38946290</v>
       </c>
-      <c r="B10" s="6">
+      <c r="B10" s="10">
         <v>2554.2313000000008</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="11">
         <v>252</v>
       </c>
-      <c r="D10" s="14">
+      <c r="D10" s="12">
         <v>45869</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="15">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="13">
         <v>42264726</v>
       </c>
-      <c r="B11" s="6">
+      <c r="B11" s="10">
         <v>2593.5448000000019</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="11">
         <v>280</v>
       </c>
-      <c r="D11" s="14">
+      <c r="D11" s="12">
         <v>45900</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="15">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="13">
         <v>43861293</v>
       </c>
-      <c r="B12" s="6">
+      <c r="B12" s="10">
         <v>2653.2623000000017</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="11">
         <v>321</v>
       </c>
-      <c r="D12" s="14">
+      <c r="D12" s="12">
         <v>45930</v>
       </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="13">
+        <v>47158012</v>
+      </c>
+      <c r="B13" s="10">
+        <v>3344.7274000000016</v>
+      </c>
+      <c r="C13" s="11">
+        <v>354</v>
+      </c>
+      <c r="D13" s="12">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B15" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="2" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">