--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,337 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AA385AD-762D-461F-B4B8-559C3D09B5F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{051108DA-65A5-4880-A39E-864789176B9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
-    <t>As at</t>
-[...1 lines deleted...]
-  <si>
     <t>Total LGCs and capacity of approved power stations in 2025</t>
   </si>
   <si>
     <t>MW of approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
     <t>Approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
-    <t>Data as at 31/10/2025</t>
+    <t>As of</t>
+  </si>
+  <si>
+    <t>Data as at 30/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="42">
-    <dxf>
+  <dxfs count="48">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...2 lines deleted...]
-      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...2 lines deleted...]
-    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
-          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -727,163 +748,221 @@
         </horizontal>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color rgb="FFFFFFFF"/>
+        <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF005874"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFFFFFF"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF005874"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+        <vertical style="thin">
+          <color rgb="FFC0C2C4"/>
+        </vertical>
+        <horizontal style="thin">
+          <color rgb="FFC0C2C4"/>
+        </horizontal>
+      </border>
+    </dxf>
   </dxfs>
-  <tableStyles count="10" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+  <tableStyles count="11" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="41"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="38"/>
+      <tableStyleElement type="wholeTable" dxfId="47"/>
+      <tableStyleElement type="headerRow" dxfId="46"/>
+      <tableStyleElement type="firstColumn" dxfId="45"/>
+      <tableStyleElement type="firstRowStripe" dxfId="44"/>
+    </tableStyle>
+    <tableStyle name="CER Table 10" pivot="0" count="4" xr9:uid="{3AB7C4CC-55D6-4CEA-9F1C-86182D15F7B5}">
+      <tableStyleElement type="wholeTable" dxfId="43"/>
+      <tableStyleElement type="headerRow" dxfId="42"/>
+      <tableStyleElement type="firstColumn" dxfId="41"/>
+      <tableStyleElement type="firstRowStripe" dxfId="40"/>
     </tableStyle>
     <tableStyle name="CER Table 2" pivot="0" count="4" xr9:uid="{215999EB-04BC-4F9D-BE01-9F8077C8C5CE}">
-      <tableStyleElement type="wholeTable" dxfId="37"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="34"/>
+      <tableStyleElement type="wholeTable" dxfId="39"/>
+      <tableStyleElement type="headerRow" dxfId="38"/>
+      <tableStyleElement type="firstColumn" dxfId="37"/>
+      <tableStyleElement type="firstRowStripe" dxfId="36"/>
     </tableStyle>
     <tableStyle name="CER Table 3" pivot="0" count="4" xr9:uid="{C5BC8420-2281-43ED-80A9-A49E3469687A}">
-      <tableStyleElement type="wholeTable" dxfId="33"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="30"/>
+      <tableStyleElement type="wholeTable" dxfId="35"/>
+      <tableStyleElement type="headerRow" dxfId="34"/>
+      <tableStyleElement type="firstColumn" dxfId="33"/>
+      <tableStyleElement type="firstRowStripe" dxfId="32"/>
     </tableStyle>
     <tableStyle name="CER Table 4" pivot="0" count="4" xr9:uid="{3AB6F6C7-7210-48A6-A0AB-94B2D6F9D1B8}">
-      <tableStyleElement type="wholeTable" dxfId="29"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="26"/>
+      <tableStyleElement type="wholeTable" dxfId="31"/>
+      <tableStyleElement type="headerRow" dxfId="30"/>
+      <tableStyleElement type="firstColumn" dxfId="29"/>
+      <tableStyleElement type="firstRowStripe" dxfId="28"/>
     </tableStyle>
     <tableStyle name="CER Table 5" pivot="0" count="4" xr9:uid="{C79287FF-4E0D-4F2E-B632-385977265967}">
-      <tableStyleElement type="wholeTable" dxfId="25"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="22"/>
+      <tableStyleElement type="wholeTable" dxfId="27"/>
+      <tableStyleElement type="headerRow" dxfId="26"/>
+      <tableStyleElement type="firstColumn" dxfId="25"/>
+      <tableStyleElement type="firstRowStripe" dxfId="24"/>
     </tableStyle>
     <tableStyle name="CER Table 6" pivot="0" count="4" xr9:uid="{01D93633-69C8-4BD1-A3C6-0A758EBB2505}">
-      <tableStyleElement type="wholeTable" dxfId="21"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="18"/>
+      <tableStyleElement type="wholeTable" dxfId="23"/>
+      <tableStyleElement type="headerRow" dxfId="22"/>
+      <tableStyleElement type="firstColumn" dxfId="21"/>
+      <tableStyleElement type="firstRowStripe" dxfId="20"/>
     </tableStyle>
     <tableStyle name="CER Table 7" pivot="0" count="4" xr9:uid="{7630B254-2FC2-46F1-96AB-BA2C8ADF9699}">
-      <tableStyleElement type="wholeTable" dxfId="17"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="14"/>
+      <tableStyleElement type="wholeTable" dxfId="19"/>
+      <tableStyleElement type="headerRow" dxfId="18"/>
+      <tableStyleElement type="firstColumn" dxfId="17"/>
+      <tableStyleElement type="firstRowStripe" dxfId="16"/>
     </tableStyle>
     <tableStyle name="CER Table 8" pivot="0" count="4" xr9:uid="{E7FAE3FE-4F7F-4807-8B05-49B02CB1836E}">
-      <tableStyleElement type="wholeTable" dxfId="13"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="10"/>
+      <tableStyleElement type="wholeTable" dxfId="15"/>
+      <tableStyleElement type="headerRow" dxfId="14"/>
+      <tableStyleElement type="firstColumn" dxfId="13"/>
+      <tableStyleElement type="firstRowStripe" dxfId="12"/>
     </tableStyle>
     <tableStyle name="CER Table 9" pivot="0" count="4" xr9:uid="{73158763-66F6-4BCB-9375-A0FBFF500F9E}">
-      <tableStyleElement type="wholeTable" dxfId="9"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="6"/>
+      <tableStyleElement type="wholeTable" dxfId="11"/>
+      <tableStyleElement type="headerRow" dxfId="10"/>
+      <tableStyleElement type="firstColumn" dxfId="9"/>
+      <tableStyleElement type="firstRowStripe" dxfId="8"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}" name="Table162" displayName="Table162" ref="A3:D13" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-  <autoFilter ref="A3:D13" xr:uid="{A385E08F-9653-4D8C-A8E3-C98612B33C8B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{59A3ED8E-7E5B-4535-A562-94890988A6C6}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D14" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
+  <autoFilter ref="A3:D14" xr:uid="{59A3ED8E-7E5B-4535-A562-94890988A6C6}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A72D2029-690D-4227-9A88-DE2BD0ECC9F4}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
-[...2 lines deleted...]
-    <tableColumn id="3" xr3:uid="{E95D1F45-35BC-4BDC-A940-58F36C59CC42}" name="As at" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{30A773D6-B7CC-4B40-8BFB-BBE7D74EBAE6}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{4693E330-C5F7-42F5-A9CA-D38271DF0E8F}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="3" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{C4111808-6DEE-4CAF-BEE9-204FA63A619B}" name="Approved power stations (since 1 Jan 2025)" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{1D981EEA-2C5E-4E6D-AD5F-D41BB7C78D9D}" name="As of" dataDxfId="1"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -1110,246 +1189,255 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E15"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.6640625" style="3" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="22.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="31.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="21.140625" style="2" customWidth="1"/>
+    <col min="5" max="9" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
-      <c r="E1" s="2"/>
     </row>
-    <row r="2" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="4"/>
-[...2 lines deleted...]
-      <c r="E2" s="2"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
     </row>
-    <row r="3" spans="1:5" s="6" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="5" t="s">
+    <row r="3" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A4" s="9">
+    <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="6">
         <v>49704295</v>
       </c>
-      <c r="B4" s="10">
-[...2 lines deleted...]
-      <c r="C4" s="11">
+      <c r="B4" s="4">
+        <v>52.715799999999994</v>
+      </c>
+      <c r="C4" s="7">
         <v>23</v>
       </c>
-      <c r="D4" s="12">
+      <c r="D4" s="8">
         <v>45688</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A5" s="9">
+    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="6">
         <v>22950064</v>
       </c>
-      <c r="B5" s="10">
-[...2 lines deleted...]
-      <c r="C5" s="11">
+      <c r="B5" s="4">
+        <v>91.116599999999991</v>
+      </c>
+      <c r="C5" s="7">
         <v>56</v>
       </c>
-      <c r="D5" s="12">
+      <c r="D5" s="8">
         <v>45716</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A6" s="9">
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
         <v>26467605</v>
       </c>
-      <c r="B6" s="10">
-[...2 lines deleted...]
-      <c r="C6" s="11">
+      <c r="B6" s="4">
+        <v>298.95339999999987</v>
+      </c>
+      <c r="C6" s="7">
         <v>87</v>
       </c>
-      <c r="D6" s="12">
+      <c r="D6" s="8">
         <v>45747</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A7" s="9">
+    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
         <v>31063147</v>
       </c>
-      <c r="B7" s="10">
-[...5 lines deleted...]
-      <c r="D7" s="12">
+      <c r="B7" s="4">
+        <v>852.33309999999994</v>
+      </c>
+      <c r="C7" s="7">
+        <v>128</v>
+      </c>
+      <c r="D7" s="8">
         <v>45777</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="13">
+    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="9">
         <v>34495174</v>
       </c>
-      <c r="B8" s="14">
-[...5 lines deleted...]
-      <c r="D8" s="16">
+      <c r="B8" s="4">
+        <v>1728.8939000000005</v>
+      </c>
+      <c r="C8" s="7">
+        <v>166</v>
+      </c>
+      <c r="D8" s="8">
         <v>45808</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="13">
+    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="9">
         <v>35389240</v>
       </c>
-      <c r="B9" s="14">
-[...5 lines deleted...]
-      <c r="D9" s="16">
+      <c r="B9" s="4">
+        <v>1759.0762000000007</v>
+      </c>
+      <c r="C9" s="7">
+        <v>199</v>
+      </c>
+      <c r="D9" s="8">
         <v>45838</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="13">
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="9">
         <v>38946290</v>
       </c>
-      <c r="B10" s="10">
-[...5 lines deleted...]
-      <c r="D10" s="12">
+      <c r="B10" s="4">
+        <v>2555.9799000000012</v>
+      </c>
+      <c r="C10" s="7">
+        <v>256</v>
+      </c>
+      <c r="D10" s="8">
         <v>45869</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="13">
+    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="9">
         <v>42264726</v>
       </c>
-      <c r="B11" s="10">
-[...5 lines deleted...]
-      <c r="D11" s="12">
+      <c r="B11" s="4">
+        <v>2595.2934000000023</v>
+      </c>
+      <c r="C11" s="7">
+        <v>284</v>
+      </c>
+      <c r="D11" s="8">
         <v>45900</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A12" s="13">
+    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="6">
         <v>43861293</v>
       </c>
-      <c r="B12" s="10">
-[...5 lines deleted...]
-      <c r="D12" s="12">
+      <c r="B12" s="4">
+        <v>2655.010900000002</v>
+      </c>
+      <c r="C12" s="7">
+        <v>325</v>
+      </c>
+      <c r="D12" s="8">
         <v>45930</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A13" s="13">
+    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="6">
         <v>47158012</v>
       </c>
-      <c r="B13" s="10">
-[...5 lines deleted...]
-      <c r="D13" s="12">
+      <c r="B13" s="4">
+        <v>3346.4760000000015</v>
+      </c>
+      <c r="C13" s="7">
+        <v>358</v>
+      </c>
+      <c r="D13" s="8">
         <v>45961</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="B15" s="8"/>
+    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="6">
+        <v>51357706</v>
+      </c>
+      <c r="B14" s="4">
+        <v>3364.8556000000017</v>
+      </c>
+      <c r="C14" s="7">
+        <v>383</v>
+      </c>
+      <c r="D14" s="8">
+        <v>45991</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">