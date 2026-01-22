--- v3 (2026-01-01)
+++ v4 (2026-01-22)
@@ -1,362 +1,334 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{051108DA-65A5-4880-A39E-864789176B9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CBD010CE-A3DD-4D5D-8129-4157CE2576E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="34930" yWindow="-2370" windowWidth="25390" windowHeight="10690" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
     <t>Total LGCs and capacity of approved power stations in 2025</t>
   </si>
   <si>
     <t>MW of approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
     <t>Approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
     <t>As of</t>
   </si>
   <si>
-    <t>Data as at 30/11/2025</t>
+    <t>Data as of 31/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...17 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="48">
+  <dxfs count="50">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...8 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="9" tint="0.79998168889431442"/>
-[...15 lines deleted...]
-        <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF005874"/>
         </patternFill>
@@ -800,167 +772,225 @@
         </horizontal>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color rgb="FFFFFFFF"/>
+        <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF005874"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFFFFFF"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF005874"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+        <vertical style="thin">
+          <color rgb="FFC0C2C4"/>
+        </vertical>
+        <horizontal style="thin">
+          <color rgb="FFC0C2C4"/>
+        </horizontal>
+      </border>
+    </dxf>
   </dxfs>
-  <tableStyles count="11" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+  <tableStyles count="12" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="47"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="44"/>
+      <tableStyleElement type="wholeTable" dxfId="49"/>
+      <tableStyleElement type="headerRow" dxfId="48"/>
+      <tableStyleElement type="firstColumn" dxfId="47"/>
+      <tableStyleElement type="firstRowStripe" dxfId="46"/>
     </tableStyle>
     <tableStyle name="CER Table 10" pivot="0" count="4" xr9:uid="{3AB7C4CC-55D6-4CEA-9F1C-86182D15F7B5}">
-      <tableStyleElement type="wholeTable" dxfId="43"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="40"/>
+      <tableStyleElement type="wholeTable" dxfId="45"/>
+      <tableStyleElement type="headerRow" dxfId="44"/>
+      <tableStyleElement type="firstColumn" dxfId="43"/>
+      <tableStyleElement type="firstRowStripe" dxfId="42"/>
+    </tableStyle>
+    <tableStyle name="CER Table 11" pivot="0" count="4" xr9:uid="{ACD45889-7632-42B1-B564-A682D5B79D1A}">
+      <tableStyleElement type="wholeTable" dxfId="41"/>
+      <tableStyleElement type="headerRow" dxfId="40"/>
+      <tableStyleElement type="firstColumn" dxfId="39"/>
+      <tableStyleElement type="firstRowStripe" dxfId="38"/>
     </tableStyle>
     <tableStyle name="CER Table 2" pivot="0" count="4" xr9:uid="{215999EB-04BC-4F9D-BE01-9F8077C8C5CE}">
-      <tableStyleElement type="wholeTable" dxfId="39"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="36"/>
+      <tableStyleElement type="wholeTable" dxfId="37"/>
+      <tableStyleElement type="headerRow" dxfId="36"/>
+      <tableStyleElement type="firstColumn" dxfId="35"/>
+      <tableStyleElement type="firstRowStripe" dxfId="34"/>
     </tableStyle>
     <tableStyle name="CER Table 3" pivot="0" count="4" xr9:uid="{C5BC8420-2281-43ED-80A9-A49E3469687A}">
-      <tableStyleElement type="wholeTable" dxfId="35"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="32"/>
+      <tableStyleElement type="wholeTable" dxfId="33"/>
+      <tableStyleElement type="headerRow" dxfId="32"/>
+      <tableStyleElement type="firstColumn" dxfId="31"/>
+      <tableStyleElement type="firstRowStripe" dxfId="30"/>
     </tableStyle>
     <tableStyle name="CER Table 4" pivot="0" count="4" xr9:uid="{3AB6F6C7-7210-48A6-A0AB-94B2D6F9D1B8}">
-      <tableStyleElement type="wholeTable" dxfId="31"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="28"/>
+      <tableStyleElement type="wholeTable" dxfId="29"/>
+      <tableStyleElement type="headerRow" dxfId="28"/>
+      <tableStyleElement type="firstColumn" dxfId="27"/>
+      <tableStyleElement type="firstRowStripe" dxfId="26"/>
     </tableStyle>
     <tableStyle name="CER Table 5" pivot="0" count="4" xr9:uid="{C79287FF-4E0D-4F2E-B632-385977265967}">
-      <tableStyleElement type="wholeTable" dxfId="27"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="24"/>
+      <tableStyleElement type="wholeTable" dxfId="25"/>
+      <tableStyleElement type="headerRow" dxfId="24"/>
+      <tableStyleElement type="firstColumn" dxfId="23"/>
+      <tableStyleElement type="firstRowStripe" dxfId="22"/>
     </tableStyle>
     <tableStyle name="CER Table 6" pivot="0" count="4" xr9:uid="{01D93633-69C8-4BD1-A3C6-0A758EBB2505}">
-      <tableStyleElement type="wholeTable" dxfId="23"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="20"/>
+      <tableStyleElement type="wholeTable" dxfId="21"/>
+      <tableStyleElement type="headerRow" dxfId="20"/>
+      <tableStyleElement type="firstColumn" dxfId="19"/>
+      <tableStyleElement type="firstRowStripe" dxfId="18"/>
     </tableStyle>
     <tableStyle name="CER Table 7" pivot="0" count="4" xr9:uid="{7630B254-2FC2-46F1-96AB-BA2C8ADF9699}">
-      <tableStyleElement type="wholeTable" dxfId="19"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="16"/>
+      <tableStyleElement type="wholeTable" dxfId="17"/>
+      <tableStyleElement type="headerRow" dxfId="16"/>
+      <tableStyleElement type="firstColumn" dxfId="15"/>
+      <tableStyleElement type="firstRowStripe" dxfId="14"/>
     </tableStyle>
     <tableStyle name="CER Table 8" pivot="0" count="4" xr9:uid="{E7FAE3FE-4F7F-4807-8B05-49B02CB1836E}">
-      <tableStyleElement type="wholeTable" dxfId="15"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="12"/>
+      <tableStyleElement type="wholeTable" dxfId="13"/>
+      <tableStyleElement type="headerRow" dxfId="12"/>
+      <tableStyleElement type="firstColumn" dxfId="11"/>
+      <tableStyleElement type="firstRowStripe" dxfId="10"/>
     </tableStyle>
     <tableStyle name="CER Table 9" pivot="0" count="4" xr9:uid="{73158763-66F6-4BCB-9375-A0FBFF500F9E}">
-      <tableStyleElement type="wholeTable" dxfId="11"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="8"/>
+      <tableStyleElement type="wholeTable" dxfId="9"/>
+      <tableStyleElement type="headerRow" dxfId="8"/>
+      <tableStyleElement type="firstColumn" dxfId="7"/>
+      <tableStyleElement type="firstRowStripe" dxfId="6"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{59A3ED8E-7E5B-4535-A562-94890988A6C6}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D14" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-  <autoFilter ref="A3:D14" xr:uid="{59A3ED8E-7E5B-4535-A562-94890988A6C6}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D15" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
+  <autoFilter ref="A3:D15" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{30A773D6-B7CC-4B40-8BFB-BBE7D74EBAE6}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
-[...2 lines deleted...]
-    <tableColumn id="3" xr3:uid="{1D981EEA-2C5E-4E6D-AD5F-D41BB7C78D9D}" name="As of" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{900381A5-7BD3-4BF7-AB15-DD453E155A53}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{E753D475-F2B3-42EF-906A-6FC08188A9E8}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="3" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{7E2E9852-F40F-4662-AA7D-0733D368F149}" name="Approved power stations (since 1 Jan 2025)" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{733A236D-BE86-432D-8AF5-740E7DD5FC64}" name="As of" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1189,255 +1219,268 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="9" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="22.81640625" customWidth="1"/>
+    <col min="2" max="2" width="31.81640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.1796875" customWidth="1"/>
+    <col min="4" max="4" width="21.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="1"/>
-[...1 lines deleted...]
-      <c r="D1" s="1"/>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
     </row>
-    <row r="2" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="5" t="s">
+    <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="5"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="3" t="s">
+    <row r="3" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="6">
+    <row r="4" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="5">
         <v>49704295</v>
       </c>
-      <c r="B4" s="4">
+      <c r="B4" s="2">
         <v>52.715799999999994</v>
       </c>
-      <c r="C4" s="7">
+      <c r="C4" s="6">
         <v>23</v>
       </c>
-      <c r="D4" s="8">
+      <c r="D4" s="7">
         <v>45688</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="6">
+    <row r="5" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="5">
         <v>22950064</v>
       </c>
-      <c r="B5" s="4">
-[...2 lines deleted...]
-      <c r="C5" s="7">
+      <c r="B5" s="2">
+        <v>91.116599999999977</v>
+      </c>
+      <c r="C5" s="6">
         <v>56</v>
       </c>
-      <c r="D5" s="8">
+      <c r="D5" s="7">
         <v>45716</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="6">
+    <row r="6" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="5">
         <v>26467605</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B6" s="2">
         <v>298.95339999999987</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="6">
         <v>87</v>
       </c>
-      <c r="D6" s="8">
+      <c r="D6" s="7">
         <v>45747</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="6">
+    <row r="7" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="5">
         <v>31063147</v>
       </c>
-      <c r="B7" s="4">
+      <c r="B7" s="2">
         <v>852.33309999999994</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="6">
         <v>128</v>
       </c>
-      <c r="D7" s="8">
+      <c r="D7" s="7">
         <v>45777</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="9">
+    <row r="8" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="8">
         <v>34495174</v>
       </c>
-      <c r="B8" s="4">
-[...2 lines deleted...]
-      <c r="C8" s="7">
+      <c r="B8" s="2">
+        <v>1728.8939000000003</v>
+      </c>
+      <c r="C8" s="6">
         <v>166</v>
       </c>
-      <c r="D8" s="8">
+      <c r="D8" s="7">
         <v>45808</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="9">
+    <row r="9" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="8">
         <v>35389240</v>
       </c>
-      <c r="B9" s="4">
-[...2 lines deleted...]
-      <c r="C9" s="7">
+      <c r="B9" s="2">
+        <v>1759.0762000000004</v>
+      </c>
+      <c r="C9" s="6">
         <v>199</v>
       </c>
-      <c r="D9" s="8">
+      <c r="D9" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="9">
+    <row r="10" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="8">
         <v>38946290</v>
       </c>
-      <c r="B10" s="4">
-[...2 lines deleted...]
-      <c r="C10" s="7">
+      <c r="B10" s="2">
+        <v>2555.9799000000007</v>
+      </c>
+      <c r="C10" s="6">
         <v>256</v>
       </c>
-      <c r="D10" s="8">
+      <c r="D10" s="7">
         <v>45869</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="9">
+    <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="8">
         <v>42264726</v>
       </c>
-      <c r="B11" s="4">
-[...2 lines deleted...]
-      <c r="C11" s="7">
+      <c r="B11" s="2">
+        <v>2595.2934000000018</v>
+      </c>
+      <c r="C11" s="6">
         <v>284</v>
       </c>
-      <c r="D11" s="8">
+      <c r="D11" s="7">
         <v>45900</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="6">
+    <row r="12" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="5">
         <v>43861293</v>
       </c>
-      <c r="B12" s="4">
-[...2 lines deleted...]
-      <c r="C12" s="7">
+      <c r="B12" s="2">
+        <v>2655.0109000000016</v>
+      </c>
+      <c r="C12" s="6">
         <v>325</v>
       </c>
-      <c r="D12" s="8">
+      <c r="D12" s="7">
         <v>45930</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="6">
+    <row r="13" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="5">
         <v>47158012</v>
       </c>
-      <c r="B13" s="4">
+      <c r="B13" s="2">
         <v>3346.4760000000015</v>
       </c>
-      <c r="C13" s="7">
+      <c r="C13" s="6">
         <v>358</v>
       </c>
-      <c r="D13" s="8">
+      <c r="D13" s="7">
         <v>45961</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="6">
+    <row r="14" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="5">
         <v>51357706</v>
       </c>
-      <c r="B14" s="4">
+      <c r="B14" s="2">
         <v>3364.8556000000017</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C14" s="6">
         <v>383</v>
       </c>
-      <c r="D14" s="8">
+      <c r="D14" s="7">
         <v>45991</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="5">
+        <v>56073504</v>
+      </c>
+      <c r="B15" s="2">
+        <v>3953.7537000000016</v>
+      </c>
+      <c r="C15" s="6">
+        <v>409</v>
+      </c>
+      <c r="D15" s="7">
+        <v>46022</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="2" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">