--- v4 (2026-01-22)
+++ v5 (2026-02-16)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CBD010CE-A3DD-4D5D-8129-4157CE2576E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{24F38BFC-F8F7-4EF5-B72A-60EAEA32EDF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="34930" yWindow="-2370" windowWidth="25390" windowHeight="10690" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-57720" yWindow="-9675" windowWidth="57840" windowHeight="31920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
-    <t>Total LGCs and capacity of approved power stations in 2025</t>
-[...7 lines deleted...]
-  <si>
     <t>As of</t>
   </si>
   <si>
-    <t>Data as of 31/12/2025</t>
+    <t>Total LGCs and capacity of approved power stations in 2026</t>
+  </si>
+  <si>
+    <t>Data as at 31/01/2026</t>
+  </si>
+  <si>
+    <t>MW of approved power stations (since 1 Jan 2026)</t>
+  </si>
+  <si>
+    <t>Approved power stations (since 1 Jan 2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -124,75 +124,72 @@
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="50">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
@@ -254,73 +251,62 @@
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -940,59 +926,59 @@
     </tableStyle>
     <tableStyle name="CER Table 9" pivot="0" count="4" xr9:uid="{73158763-66F6-4BCB-9375-A0FBFF500F9E}">
       <tableStyleElement type="wholeTable" dxfId="9"/>
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstColumn" dxfId="7"/>
       <tableStyleElement type="firstRowStripe" dxfId="6"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D15" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-  <autoFilter ref="A3:D15" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D4" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
+  <autoFilter ref="A3:D4" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{900381A5-7BD3-4BF7-AB15-DD453E155A53}" name="Total LGCs in the REC Registry" dataDxfId="4"/>
-    <tableColumn id="4" xr3:uid="{E753D475-F2B3-42EF-906A-6FC08188A9E8}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="3" dataCellStyle="Comma"/>
-    <tableColumn id="2" xr3:uid="{7E2E9852-F40F-4662-AA7D-0733D368F149}" name="Approved power stations (since 1 Jan 2025)" dataDxfId="2"/>
+    <tableColumn id="4" xr3:uid="{E753D475-F2B3-42EF-906A-6FC08188A9E8}" name="MW of approved power stations (since 1 Jan 2026)" dataDxfId="3" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{7E2E9852-F40F-4662-AA7D-0733D368F149}" name="Approved power stations (since 1 Jan 2026)" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{733A236D-BE86-432D-8AF5-740E7DD5FC64}" name="As of" dataDxfId="1"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -1219,260 +1205,107 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.1796875" customWidth="1"/>
+    <col min="1" max="1" width="22.81640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="31.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.1796875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="21.1796875" style="2" customWidth="1"/>
+    <col min="5" max="16384" width="8.7265625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="A1" s="3" t="s">
-        <v>1</v>
+      <c r="A1" s="1" t="s">
+        <v>2</v>
       </c>
-      <c r="B1" s="3"/>
-[...1 lines deleted...]
-      <c r="D1" s="3"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+    </row>
+    <row r="3" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="4"/>
-[...14 lines deleted...]
-        <v>4</v>
+      <c r="D3" s="4" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="5">
-        <v>49704295</v>
+        <v>61209937</v>
       </c>
-      <c r="B4" s="2">
-        <v>52.715799999999994</v>
+      <c r="B4" s="6">
+        <v>14.845599999999999</v>
       </c>
-      <c r="C4" s="6">
-        <v>23</v>
+      <c r="C4" s="7">
+        <v>20</v>
       </c>
-      <c r="D4" s="7">
-[...154 lines deleted...]
-        <v>46022</v>
+      <c r="D4" s="8">
+        <v>46053</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>