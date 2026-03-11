--- v5 (2026-02-16)
+++ v6 (2026-03-11)
@@ -1,96 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{24F38BFC-F8F7-4EF5-B72A-60EAEA32EDF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AB5DD025-F177-40F2-B7DA-464DEFA14CC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-57720" yWindow="-9675" windowWidth="57840" windowHeight="31920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total LGCs and capacity" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>Total LGCs in the REC Registry</t>
   </si>
   <si>
-    <t>As of</t>
+    <t>Total LGCs and capacity of approved power stations in 2025</t>
   </si>
   <si>
-    <t>Total LGCs and capacity of approved power stations in 2026</t>
+    <t>Data as at 31/12/2025</t>
   </si>
   <si>
-    <t>Data as at 31/01/2026</t>
+    <t>MW of approved power stations (since 1 Jan 2025)</t>
   </si>
   <si>
-    <t>MW of approved power stations (since 1 Jan 2026)</t>
-[...2 lines deleted...]
-    <t>Approved power stations (since 1 Jan 2026)</t>
+    <t>As of</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -122,191 +119,161 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="50">
-[...19 lines deleted...]
-    </dxf>
+  <dxfs count="17">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -394,589 +361,124 @@
         </horizontal>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color theme="0"/>
+        <color rgb="FFFFFFFF"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF005874"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
-    <dxf>
-[...414 lines deleted...]
-    </dxf>
   </dxfs>
-  <tableStyles count="12" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+  <tableStyles count="4" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="49"/>
-[...14 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="38"/>
+      <tableStyleElement type="wholeTable" dxfId="16"/>
+      <tableStyleElement type="headerRow" dxfId="15"/>
+      <tableStyleElement type="firstColumn" dxfId="14"/>
+      <tableStyleElement type="firstRowStripe" dxfId="13"/>
     </tableStyle>
     <tableStyle name="CER Table 2" pivot="0" count="4" xr9:uid="{215999EB-04BC-4F9D-BE01-9F8077C8C5CE}">
-      <tableStyleElement type="wholeTable" dxfId="37"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="34"/>
+      <tableStyleElement type="wholeTable" dxfId="12"/>
+      <tableStyleElement type="headerRow" dxfId="11"/>
+      <tableStyleElement type="firstColumn" dxfId="10"/>
+      <tableStyleElement type="firstRowStripe" dxfId="9"/>
     </tableStyle>
     <tableStyle name="CER Table 3" pivot="0" count="4" xr9:uid="{C5BC8420-2281-43ED-80A9-A49E3469687A}">
-      <tableStyleElement type="wholeTable" dxfId="33"/>
-[...38 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="6"/>
+      <tableStyleElement type="wholeTable" dxfId="8"/>
+      <tableStyleElement type="headerRow" dxfId="7"/>
+      <tableStyleElement type="firstColumn" dxfId="6"/>
+      <tableStyleElement type="firstRowStripe" dxfId="5"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B0BAD24F-6BCF-4A75-A2DF-A104497362F9}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3D1E278F-6499-4494-AF59-CB88DE9CF98B}" name="data_Total_LGCs_and_capacity" displayName="data_Total_LGCs_and_capacity" ref="A3:D4" totalsRowShown="0" headerRowDxfId="5" dataDxfId="0">
-[...5 lines deleted...]
-    <tableColumn id="3" xr3:uid="{733A236D-BE86-432D-8AF5-740E7DD5FC64}" name="As of" dataDxfId="1"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D2490446-2057-493E-8275-6A54F2AF2681}" name="Table162" displayName="Table162" ref="A3:C15" totalsRowShown="0" headerRowDxfId="4" dataDxfId="3">
+  <autoFilter ref="A3:C15" xr:uid="{D2490446-2057-493E-8275-6A54F2AF2681}"/>
+  <tableColumns count="3">
+    <tableColumn id="1" xr3:uid="{E0823528-1758-4B3E-A2EB-22014F9A1E69}" name="Total LGCs in the REC Registry" dataDxfId="2"/>
+    <tableColumn id="4" xr3:uid="{F815B731-C4E8-4297-9E7C-4F81ACE09E82}" name="MW of approved power stations (since 1 Jan 2025)" dataDxfId="1" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{869D12EB-AF46-4821-A302-9AA5C6D9EBE1}" name="As of" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1205,113 +707,225 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:D1"/>
+      <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.81640625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.7265625" style="2"/>
+    <col min="1" max="1" width="31.453125" customWidth="1"/>
+    <col min="2" max="2" width="51.1796875" customWidth="1"/>
+    <col min="3" max="3" width="26.1796875" customWidth="1"/>
+    <col min="4" max="4" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:3" ht="26.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+    </row>
+    <row r="2" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="1"/>
-[...4 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+    </row>
+    <row r="3" spans="1:3" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="3"/>
-[...7 lines deleted...]
-      <c r="B3" s="4" t="s">
+      <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="4" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="4" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="5">
-        <v>61209937</v>
-[...8 lines deleted...]
-        <v>46053</v>
+        <v>49704295</v>
+      </c>
+      <c r="B4" s="3">
+        <v>52.715799999999994</v>
+      </c>
+      <c r="C4" s="6">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="5">
+        <v>22950064</v>
+      </c>
+      <c r="B5" s="7">
+        <v>91.116599999999977</v>
+      </c>
+      <c r="C5" s="6">
+        <v>45716</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="5">
+        <v>26467605</v>
+      </c>
+      <c r="B6" s="3">
+        <v>298.95339999999987</v>
+      </c>
+      <c r="C6" s="6">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="5">
+        <v>31063147</v>
+      </c>
+      <c r="B7" s="7">
+        <v>852.33309999999994</v>
+      </c>
+      <c r="C7" s="8">
+        <v>45777</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="2">
+        <v>34495174</v>
+      </c>
+      <c r="B8" s="3">
+        <v>1728.8939000000003</v>
+      </c>
+      <c r="C8" s="8">
+        <v>45808</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="5">
+        <v>35389240</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1759.0762000000004</v>
+      </c>
+      <c r="C9" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="5">
+        <v>38946290</v>
+      </c>
+      <c r="B10" s="3">
+        <v>2555.9799000000007</v>
+      </c>
+      <c r="C10" s="6">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="5">
+        <v>42264726</v>
+      </c>
+      <c r="B11" s="3">
+        <v>2595.2934000000018</v>
+      </c>
+      <c r="C11" s="6">
+        <v>45900</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="5">
+        <v>43861293</v>
+      </c>
+      <c r="B12" s="3">
+        <v>2655.0109000000016</v>
+      </c>
+      <c r="C12" s="6">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="5">
+        <v>47158012</v>
+      </c>
+      <c r="B13" s="3">
+        <v>3346.4760000000015</v>
+      </c>
+      <c r="C13" s="6">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="5">
+        <v>51357706</v>
+      </c>
+      <c r="B14" s="3">
+        <v>3364.8556000000017</v>
+      </c>
+      <c r="C14" s="6">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="5">
+        <v>56073504</v>
+      </c>
+      <c r="B15" s="3">
+        <v>3953.7537000000016</v>
+      </c>
+      <c r="C15" s="6">
+        <v>46022</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:D1"/>
-    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A2:C2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>