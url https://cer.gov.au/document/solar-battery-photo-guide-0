--- v0 (2026-01-28)
+++ v1 (2026-02-17)
@@ -170,51 +170,51 @@
                         <a:solidFill>
                           <a:schemeClr val="accent2"/>
                         </a:solidFill>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="accent2"/>
                           </a:solidFill>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5488B233" id="Freeform 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367pt;margin-top:62.45pt;width:119.6pt;height:119.6pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5125" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEW6CgEAMAALkJAAAOAAAAZHJzL2Uyb0RvYy54bWysVttunDAQfa/Uf7B4rNSwJkuyQWGjKlH6&#10;kjaVsv0ArzELKtjIdpbN33fGXOpswwZVfeHm4zOXM4Pn+uZQV2QvtCmVTAN6tgiIkFxlpdylwc/N&#10;/edVQIxlMmOVkiINXoQJbtYfP1y3TSIiVagqE5oAiTRJ26RBYW2ThKHhhaiZOVONkLCYK10zC696&#10;F2aatcBeV2G0WFyErdJZoxUXxsDXu24xWDv+PBfcPua5EZZUaQC+WXfV7rrFa7i+ZslOs6Yoee8G&#10;+wcvalZKMDpS3THLyLMu/6KqS66VUbk946oOVZ6XXLgYIBq6OIrmqWCNcLFAckwzpsn8P1r+ff/U&#10;/NDoumkeFP9liFS3BZM78UVr1RaCZWCOYqLCtjHJuAFfDGwl2/abykBa9myVy8Eh1zUSQnTk4FL9&#10;MqZaHCzh8JHGdHUVgSIc1oYXtMGSYTt/NvarUI6K7R+M7bTK4MllOiOS1WB3Ayx5XYFsn0IS0ygm&#10;Ld4uem1HGPVgy9XynBQOfQyLPNgJtnMPFq3oBNnSQ4HN5YRrsQdbTFBdeJgoXkwwXXqoKSZoyTFf&#10;UzxXHmY6POqnfoqKzkw89TM/HSH1Mw8CLSfyRWfmnvrJP8XnC3CiMKgvwVGdQXXvhvplxVDS/CD7&#10;moYnAq2H3YIl3iiDDYQFDl2y6ZqQJYDC1QkwZBHB565j3wNDjhAczwJDAhB8OQsMRYbgq1lgrCNE&#10;Q6l0/4DTIWKlOPi8ILESHHxemLSPE4T0nAHpwKleJw3nyvGJogMCJ8oW94ByzKK8wyNp0wBKBogL&#10;9xA7eWu1FxvlMBZ1xqJynmLV9Lb/YCr5Jhaas4cOgOHeOFL86zhSd9ZBFMPycO9g0G8zUB3mPZMd&#10;ygtiMDXcX5vEnpsXwrvItzLYGYXAURN3wIzioKbeIWNUVWb3ZVWhJG4CEbeVJnsGswPjXEgb9X6+&#10;QlauG199mrvZyYHWhBtVuh+CO2bxZMUhxiRblb3AKdvCjJIGEoaoAH4RvFAwxHCrnUMIg/nABdfP&#10;MjiA+O/w7E9c698AAAD//wMAUEsDBBQABgAIAAAAIQCc/QDz4QAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAFITvgv9heYI3u2kSGpNmU0QoKKJoLfS6yb4mIdm3cXfbxn/vetLjMMPMN+Vm&#10;1iM7o3W9IQHLRQQMqTGqp1bA/nN7dw/MeUlKjoZQwDc62FTXV6UslLnQB553vmWhhFwhBXTeTwXn&#10;rulQS7cwE1LwjsZq6YO0LVdWXkK5HnkcRSuuZU9hoZMTPnbYDLuTFrB9HZ5y+Wx1Nnxpejf7+vB2&#10;fBHi9mZ+WAPzOPu/MPziB3SoAlNtTqQcGwVkSRq++GDEaQ4sJPIsiYHVApJVugRelfz/h+oHAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhFugoBADAAC5CQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnP0A8+EAAAALAQAADwAAAAAAAAAAAAAAAABq&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m5125,4843r,-4562l4844,,250,,,281,,4843r250,281l4844,5124r281,-281e" fillcolor="#fcba5c [3205]" strokecolor="#fcba5c [3205]">
+              <v:shape w14:anchorId="4CB20B7E" id="Freeform 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367pt;margin-top:62.45pt;width:119.6pt;height:119.6pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5125" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEW6CgEAMAALkJAAAOAAAAZHJzL2Uyb0RvYy54bWysVttunDAQfa/Uf7B4rNSwJkuyQWGjKlH6&#10;kjaVsv0ArzELKtjIdpbN33fGXOpswwZVfeHm4zOXM4Pn+uZQV2QvtCmVTAN6tgiIkFxlpdylwc/N&#10;/edVQIxlMmOVkiINXoQJbtYfP1y3TSIiVagqE5oAiTRJ26RBYW2ThKHhhaiZOVONkLCYK10zC696&#10;F2aatcBeV2G0WFyErdJZoxUXxsDXu24xWDv+PBfcPua5EZZUaQC+WXfV7rrFa7i+ZslOs6Yoee8G&#10;+wcvalZKMDpS3THLyLMu/6KqS66VUbk946oOVZ6XXLgYIBq6OIrmqWCNcLFAckwzpsn8P1r+ff/U&#10;/NDoumkeFP9liFS3BZM78UVr1RaCZWCOYqLCtjHJuAFfDGwl2/abykBa9myVy8Eh1zUSQnTk4FL9&#10;MqZaHCzh8JHGdHUVgSIc1oYXtMGSYTt/NvarUI6K7R+M7bTK4MllOiOS1WB3Ayx5XYFsn0IS0ygm&#10;Ld4uem1HGPVgy9XynBQOfQyLPNgJtnMPFq3oBNnSQ4HN5YRrsQdbTFBdeJgoXkwwXXqoKSZoyTFf&#10;UzxXHmY6POqnfoqKzkw89TM/HSH1Mw8CLSfyRWfmnvrJP8XnC3CiMKgvwVGdQXXvhvplxVDS/CD7&#10;moYnAq2H3YIl3iiDDYQFDl2y6ZqQJYDC1QkwZBHB565j3wNDjhAczwJDAhB8OQsMRYbgq1lgrCNE&#10;Q6l0/4DTIWKlOPi8ILESHHxemLSPE4T0nAHpwKleJw3nyvGJogMCJ8oW94ByzKK8wyNp0wBKBogL&#10;9xA7eWu1FxvlMBZ1xqJynmLV9Lb/YCr5Jhaas4cOgOHeOFL86zhSd9ZBFMPycO9g0G8zUB3mPZMd&#10;ygtiMDXcX5vEnpsXwrvItzLYGYXAURN3wIzioKbeIWNUVWb3ZVWhJG4CEbeVJnsGswPjXEgb9X6+&#10;QlauG199mrvZyYHWhBtVuh+CO2bxZMUhxiRblb3AKdvCjJIGEoaoAH4RvFAwxHCrnUMIg/nABdfP&#10;MjiA+O/w7E9c698AAAD//wMAUEsDBBQABgAIAAAAIQCc/QDz4QAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAFITvgv9heYI3u2kSGpNmU0QoKKJoLfS6yb4mIdm3cXfbxn/vetLjMMPMN+Vm&#10;1iM7o3W9IQHLRQQMqTGqp1bA/nN7dw/MeUlKjoZQwDc62FTXV6UslLnQB553vmWhhFwhBXTeTwXn&#10;rulQS7cwE1LwjsZq6YO0LVdWXkK5HnkcRSuuZU9hoZMTPnbYDLuTFrB9HZ5y+Wx1Nnxpejf7+vB2&#10;fBHi9mZ+WAPzOPu/MPziB3SoAlNtTqQcGwVkSRq++GDEaQ4sJPIsiYHVApJVugRelfz/h+oHAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhFugoBADAAC5CQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnP0A8+EAAAALAQAADwAAAAAAAAAAAAAAAABq&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m5125,4843r,-4562l4844,,250,,,281,,4843r250,281l4844,5124r281,-281e" fillcolor="#fcba5c [3205]" strokecolor="#fcba5c [3205]">
                 <v:path o:connecttype="custom" o:connectlocs="1518624,1435342;1518624,83281;1435359,0;74079,0;0,83281;0,1435342;74079,1518624;1435359,1518624;1518624,1435342" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA1411" w:rsidRPr="00E12286">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="727A72E8" wp14:editId="6947EDE9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2348865</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6184900" cy="4128749"/>
             <wp:effectExtent l="0" t="0" r="6350" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="36" name="Picture Placeholder 35">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -997,51 +997,51 @@
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent3"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="24EB75C3" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367.1pt;margin-top:216.8pt;width:119.6pt;height:119.35pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNnr+tDAMAAI0JAAAOAAAAZHJzL2Uyb0RvYy54bWysVslu2zAQvRfoPxA6FmhkOlYSC5aDIkF6&#10;SRcg7gfQFGUJlUiBZCzn7ztDLWVdyxaKXrTx8c3yZsRZ3R+qkuyFNoWSSUCvZgERkqu0kLsk+LF5&#10;+ngXEGOZTFmppEiCN2GC+/X7d6umjsVc5apMhSZAIk3c1EmQW1vHYWh4LipmrlQtJCxmSlfMwqve&#10;halmDbBXZTifzW7CRum01ooLY+DrY7sYrB1/lgluv2WZEZaUSQC+WXfV7rrFa7hesXinWZ0XvHOD&#10;/YMXFSskGB2oHpll5FUXf1FVBdfKqMxecVWFKssKLlwMEA2dHUXzkrNauFggOaYe0mT+Hy3/un+p&#10;v2t03dTPiv80RKqHnMmd+KS1anLBUjBHMVFhU5t42IAvBraSbfNFpSAte7XK5eCQ6QoJITpycKl+&#10;G1ItDpZw+EgjerecgyIc1uAlul1EzgaL++381djPQjkqtn82ttUqhSeX6ZRIVoHdDbBkVQmyfQhJ&#10;ROcRafB202k7wKgHW9wtFiQn0WzprIJuA2zuwc6wXXuweTQbIVt4KGfztGuRBxujuvEwaPA0062H&#10;GmOClhzyNcaz9DDj4VE/9WNUdGLiqZ/58Qipn3kQcExHOjH31E/+OT5fgDOFQX0JjuosxELr6pfl&#10;fUnzg+y+wROB1sNuwRKvlcEGwgKHLtm0TchiQOHqCBiyiODrrpvOgyFHCO5b7zwYEoDg20nMUGQI&#10;Xk4CYx0hGkoF/zOXQsRKcfBpQWIlOPi0MGkXJwjpOdM61emk4Vw5PlF0QOBE2eIeUI5ZlLd/JE0S&#10;uF8SyeEBfzq4Uqm92CiHsagzFpXzFKums/0bU8qTWGiUDtoD+nvtSB0Xhn8ehjSXUS3mkskW5QXR&#10;e9TfW896k9hz00K4iDyVwdYoyIeauOIaxEFNvUPGqLJIn4qyREncBCIeSk32DGYHxrmQtq+3P5Cl&#10;60apcGdbMO0X4caPtsnd0YmnJQ4mJt6q9A1OzgbmjiSQMBgF0PY8VzCYcKtdMhAGZ75zuJtPcKjw&#10;3+HZn6LWvwAAAP//AwBQSwMEFAAGAAgAAAAhAO5Iv/bhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJC6IpbRTB6XpBJOAwyYkBkgc09Y0FY1TJelW3h5zgqPtT7+/v1zPdhAH&#10;9KF3pOBqkYBAalzbU6fg7fXh8hpEiJpaPThCBd8YYF2dnpS6aN2RXvCwj53gEAqFVmBiHAspQ2PQ&#10;6rBwIxLfPp23OvLoO9l6feRwO8g0SXJpdU/8wegRNwabr/1kFdTmwr7Lrd/d7578x0yb50djJqXO&#10;z+a7WxAR5/gHw68+q0PFTrWbqA1iULDKlimjCpZZloNg4oZXIGoF+SrNQFal/N+h+gEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBNnr+tDAMAAI0JAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDuSL/24QAAAAsBAAAPAAAAAAAAAAAAAAAAAGYFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#006c93 [3206]" stroked="f">
+              <v:shape w14:anchorId="1282BFE5" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367.1pt;margin-top:216.8pt;width:119.6pt;height:119.35pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNnr+tDAMAAI0JAAAOAAAAZHJzL2Uyb0RvYy54bWysVslu2zAQvRfoPxA6FmhkOlYSC5aDIkF6&#10;SRcg7gfQFGUJlUiBZCzn7ztDLWVdyxaKXrTx8c3yZsRZ3R+qkuyFNoWSSUCvZgERkqu0kLsk+LF5&#10;+ngXEGOZTFmppEiCN2GC+/X7d6umjsVc5apMhSZAIk3c1EmQW1vHYWh4LipmrlQtJCxmSlfMwqve&#10;halmDbBXZTifzW7CRum01ooLY+DrY7sYrB1/lgluv2WZEZaUSQC+WXfV7rrFa7hesXinWZ0XvHOD&#10;/YMXFSskGB2oHpll5FUXf1FVBdfKqMxecVWFKssKLlwMEA2dHUXzkrNauFggOaYe0mT+Hy3/un+p&#10;v2t03dTPiv80RKqHnMmd+KS1anLBUjBHMVFhU5t42IAvBraSbfNFpSAte7XK5eCQ6QoJITpycKl+&#10;G1ItDpZw+EgjerecgyIc1uAlul1EzgaL++381djPQjkqtn82ttUqhSeX6ZRIVoHdDbBkVQmyfQhJ&#10;ROcRafB202k7wKgHW9wtFiQn0WzprIJuA2zuwc6wXXuweTQbIVt4KGfztGuRBxujuvEwaPA0062H&#10;GmOClhzyNcaz9DDj4VE/9WNUdGLiqZ/58Qipn3kQcExHOjH31E/+OT5fgDOFQX0JjuosxELr6pfl&#10;fUnzg+y+wROB1sNuwRKvlcEGwgKHLtm0TchiQOHqCBiyiODrrpvOgyFHCO5b7zwYEoDg20nMUGQI&#10;Xk4CYx0hGkoF/zOXQsRKcfBpQWIlOPi0MGkXJwjpOdM61emk4Vw5PlF0QOBE2eIeUI5ZlLd/JE0S&#10;uF8SyeEBfzq4Uqm92CiHsagzFpXzFKums/0bU8qTWGiUDtoD+nvtSB0Xhn8ehjSXUS3mkskW5QXR&#10;e9TfW896k9hz00K4iDyVwdYoyIeauOIaxEFNvUPGqLJIn4qyREncBCIeSk32DGYHxrmQtq+3P5Cl&#10;60apcGdbMO0X4caPtsnd0YmnJQ4mJt6q9A1OzgbmjiSQMBgF0PY8VzCYcKtdMhAGZ75zuJtPcKjw&#10;3+HZn6LWvwAAAP//AwBQSwMEFAAGAAgAAAAhAO5Iv/bhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJC6IpbRTB6XpBJOAwyYkBkgc09Y0FY1TJelW3h5zgqPtT7+/v1zPdhAH&#10;9KF3pOBqkYBAalzbU6fg7fXh8hpEiJpaPThCBd8YYF2dnpS6aN2RXvCwj53gEAqFVmBiHAspQ2PQ&#10;6rBwIxLfPp23OvLoO9l6feRwO8g0SXJpdU/8wegRNwabr/1kFdTmwr7Lrd/d7578x0yb50djJqXO&#10;z+a7WxAR5/gHw68+q0PFTrWbqA1iULDKlimjCpZZloNg4oZXIGoF+SrNQFal/N+h+gEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBNnr+tDAMAAI0JAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDuSL/24QAAAAsBAAAPAAAAAAAAAAAAAAAAAGYFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#006c93 [3206]" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1518624,1441073;1518624,74374;1435359,0;74079,0;0,74374;0,1441073;74079,1515448;1435359,1515448;1518624,1441073" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E12286">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E24B1AB" wp14:editId="5FFD3DD1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3114040</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2753360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1518920" cy="1518920"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="29" name="Freeform 4">
@@ -1156,51 +1156,51 @@
                         <a:solidFill>
                           <a:schemeClr val="accent1"/>
                         </a:solidFill>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="accent1"/>
                           </a:solidFill>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4C250CC5" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:245.2pt;margin-top:216.8pt;width:119.6pt;height:119.6pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz483/DAMAALkJAAAOAAAAZHJzL2Uyb0RvYy54bWysVm1vmzAQ/j5p/8Hi46SVOA1tg0qqqVX3&#10;pVsnNfsBjjEBDWxkuyH997szL3OzkKBpX8Dgx4/vnruz7/ZuX5VkJ7QplEwCejELiJBcpYXcJsHP&#10;9ePnm4AYy2TKSiVFErwJE9ytPn64bepYzFWuylRoAiTSxE2dBLm1dRyGhueiYuZC1ULCZKZ0xSx8&#10;6m2YatYAe1WG89nsKmyUTmutuDAG/j60k8HK8WeZ4PY5y4ywpEwCsM26p3bPDT7D1S2Lt5rVecE7&#10;M9g/WFGxQsKmA9UDs4y86uIvqqrgWhmV2QuuqlBlWcGF8wG8obMDb15yVgvnC4hj6kEm8/9o+ffd&#10;S/1Do+mmflL8lyFS3edMbsUXrVWTC5bCdhSFCpvaxMMC/DCwlGyabyqF0LJXq5wG+0xXSAjekb2T&#10;+m2QWuwt4fCTRvRmOYeIcJjrP3APFvfL+auxX4VyVGz3ZGwbqxRGTumUSFbBvmtgyaoSwvYpJBGd&#10;R6TB11UX2wFGPdjiZrEgOYlmy+gQNvdgJ9guPdg8mo2QLTyU2/O4aZEHG6O68jC44XGmaw81xgQl&#10;Oeg1xrP0MOPuUV/6MSo6UXjqKz/uIfWVhwCOxZFO1J764p/i8wNwIjGoH4KDPIPs3vb5y/I+pfle&#10;djkNIwKlh9WCKV4rgwWECQ5Vsm6LkMWAwtkRMKiI4EtXsefAoBGCXRGAcaeZQQAEX09ihiRD8HIS&#10;GPMI0ZAq7Rlw2hDMFAef5iRmgoNPc5N2fkIgPWNadbo4abhXDm8UHRC4UTa4BiLHLIa3H5ImCdyR&#10;RHIY4KGDM5XaibVyGItxxqRylmLWdHv/wZTyKBYKpYP2gP5dO1LHhe6fhiHNeVSLObdli/Kc6C3q&#10;361l/ZZYc9NcOIs8pmC7KYQPY+IumCE4GFPvkjGqLNLHoiwxJK4DEfelJjsGvQPjXEjbp+c7ZOmq&#10;8d2vqYvBgHa1cK1KeyC4axZvVmxiTLxR6Rvcsg30KEkgoYkK4IjguYImhlvthEMY9AfOua6XwQbE&#10;/4ax33GtfgMAAP//AwBQSwMEFAAGAAgAAAAhAPxZt4DhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sXTt1W2k6oSE4cdmYkLhljWnLGqdKsq7w9JgT3H7Ln35/LjeT7cWI&#10;PnSOFMxnCQik2pmOGgWH16e7FYgQNRndO0IFXxhgU11flbow7kI7HPexEVxCodAK2hiHQspQt2h1&#10;mLkBiXcfzlsdefSNNF5fuNz2Mk2SXFrdEV9o9YDbFuvT/mwVvOnP9zk9vkzZIf+24/a0e/bNpNTt&#10;zfRwDyLiFP9g+NVndajY6ejOZILoFSzWyYJRDlmWg2Bima45HBXky3QFsirl/x+qHwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDz483/DAMAALkJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8WbeA4QAAAAsBAAAPAAAAAAAAAAAAAAAAAGYFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#9fb76f [3204]" strokecolor="#9fb76f [3204]">
+              <v:shape w14:anchorId="4AC663FD" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:245.2pt;margin-top:216.8pt;width:119.6pt;height:119.6pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz483/DAMAALkJAAAOAAAAZHJzL2Uyb0RvYy54bWysVm1vmzAQ/j5p/8Hi46SVOA1tg0qqqVX3&#10;pVsnNfsBjjEBDWxkuyH997szL3OzkKBpX8Dgx4/vnruz7/ZuX5VkJ7QplEwCejELiJBcpYXcJsHP&#10;9ePnm4AYy2TKSiVFErwJE9ytPn64bepYzFWuylRoAiTSxE2dBLm1dRyGhueiYuZC1ULCZKZ0xSx8&#10;6m2YatYAe1WG89nsKmyUTmutuDAG/j60k8HK8WeZ4PY5y4ywpEwCsM26p3bPDT7D1S2Lt5rVecE7&#10;M9g/WFGxQsKmA9UDs4y86uIvqqrgWhmV2QuuqlBlWcGF8wG8obMDb15yVgvnC4hj6kEm8/9o+ffd&#10;S/1Do+mmflL8lyFS3edMbsUXrVWTC5bCdhSFCpvaxMMC/DCwlGyabyqF0LJXq5wG+0xXSAjekb2T&#10;+m2QWuwt4fCTRvRmOYeIcJjrP3APFvfL+auxX4VyVGz3ZGwbqxRGTumUSFbBvmtgyaoSwvYpJBGd&#10;R6TB11UX2wFGPdjiZrEgOYlmy+gQNvdgJ9guPdg8mo2QLTyU2/O4aZEHG6O68jC44XGmaw81xgQl&#10;Oeg1xrP0MOPuUV/6MSo6UXjqKz/uIfWVhwCOxZFO1J764p/i8wNwIjGoH4KDPIPs3vb5y/I+pfle&#10;djkNIwKlh9WCKV4rgwWECQ5Vsm6LkMWAwtkRMKiI4EtXsefAoBGCXRGAcaeZQQAEX09ihiRD8HIS&#10;GPMI0ZAq7Rlw2hDMFAef5iRmgoNPc5N2fkIgPWNadbo4abhXDm8UHRC4UTa4BiLHLIa3H5ImCdyR&#10;RHIY4KGDM5XaibVyGItxxqRylmLWdHv/wZTyKBYKpYP2gP5dO1LHhe6fhiHNeVSLObdli/Kc6C3q&#10;361l/ZZYc9NcOIs8pmC7KYQPY+IumCE4GFPvkjGqLNLHoiwxJK4DEfelJjsGvQPjXEjbp+c7ZOmq&#10;8d2vqYvBgHa1cK1KeyC4axZvVmxiTLxR6Rvcsg30KEkgoYkK4IjguYImhlvthEMY9AfOua6XwQbE&#10;/4ax33GtfgMAAP//AwBQSwMEFAAGAAgAAAAhAPxZt4DhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sXTt1W2k6oSE4cdmYkLhljWnLGqdKsq7w9JgT3H7Ln35/LjeT7cWI&#10;PnSOFMxnCQik2pmOGgWH16e7FYgQNRndO0IFXxhgU11flbow7kI7HPexEVxCodAK2hiHQspQt2h1&#10;mLkBiXcfzlsdefSNNF5fuNz2Mk2SXFrdEV9o9YDbFuvT/mwVvOnP9zk9vkzZIf+24/a0e/bNpNTt&#10;zfRwDyLiFP9g+NVndajY6ejOZILoFSzWyYJRDlmWg2Bima45HBXky3QFsirl/x+qHwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDz483/DAMAALkJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8WbeA4QAAAAsBAAAPAAAAAAAAAAAAAAAAAGYFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#9fb76f [3204]" strokecolor="#9fb76f [3204]">
                 <v:path o:connecttype="custom" o:connectlocs="1518624,1444092;1518624,74530;1435359,0;74079,0;0,74530;0,1444092;74079,1518622;1435359,1518622;1518624,1444092" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003A5739" w:rsidRPr="00531F3B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C0CF33" w14:textId="77777777" w:rsidR="00DE0DD9" w:rsidRDefault="002C702A" w:rsidP="006069F1">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc107311701"/>
       <w:r w:rsidRPr="0028183C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
@@ -4287,74 +4287,74 @@
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001B3EE5">
         <w:t>Example of critical labels located on the switchboard and the inside of the meter box cover</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5F1659" w14:textId="77777777" w:rsidR="00172834" w:rsidRDefault="0A041612" w:rsidP="001B7D4E">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79E33B13" wp14:editId="6032C66B">
-            <wp:extent cx="5428553" cy="4720681"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79E33B13" wp14:editId="07A31616">
+            <wp:extent cx="5428553" cy="4720680"/>
             <wp:effectExtent l="0" t="0" r="1270" b="3810"/>
             <wp:docPr id="1411192194" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1411192194" name="drawing"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5428553" cy="4720681"/>
+                      <a:ext cx="5428553" cy="4720680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AB9ABF" w14:textId="5B0AF4D3" w:rsidR="00524FAF" w:rsidRDefault="00524FAF" w:rsidP="00C20B11">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E6DEA48" w14:textId="57E9EFB1" w:rsidR="00544738" w:rsidRDefault="00260074" w:rsidP="00FD05B0">
@@ -5396,50 +5396,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9447,58 +9448,58 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1022972117">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="332297248">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1891182830">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="217909223">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1943877300">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:spinCount="100000" w:hashValue="aVWExq8k0eGdsRID46dduSJ96QqCgN+2r5uPa4mzHgI=" w:saltValue="1nslCpVhZ/Nxj9hkGtbb6g==" w:algorithmName="SHA-256"/>
+  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -10685,51 +10686,50 @@
     <w:rsid w:val="003C7164"/>
     <w:rsid w:val="003C7506"/>
     <w:rsid w:val="003C770F"/>
     <w:rsid w:val="003C77C8"/>
     <w:rsid w:val="003C77F4"/>
     <w:rsid w:val="003D0912"/>
     <w:rsid w:val="003D0B45"/>
     <w:rsid w:val="003D0EFA"/>
     <w:rsid w:val="003D1E4E"/>
     <w:rsid w:val="003D2412"/>
     <w:rsid w:val="003D2693"/>
     <w:rsid w:val="003D2799"/>
     <w:rsid w:val="003D2AF5"/>
     <w:rsid w:val="003D34AE"/>
     <w:rsid w:val="003D4190"/>
     <w:rsid w:val="003D48D5"/>
     <w:rsid w:val="003D4A32"/>
     <w:rsid w:val="003D5112"/>
     <w:rsid w:val="003D5A08"/>
     <w:rsid w:val="003D602D"/>
     <w:rsid w:val="003D6295"/>
     <w:rsid w:val="003D6EA7"/>
     <w:rsid w:val="003D73C8"/>
     <w:rsid w:val="003D740D"/>
     <w:rsid w:val="003D7AC5"/>
-    <w:rsid w:val="003E0011"/>
     <w:rsid w:val="003E05A6"/>
     <w:rsid w:val="003E0E79"/>
     <w:rsid w:val="003E10D2"/>
     <w:rsid w:val="003E1424"/>
     <w:rsid w:val="003E1B5D"/>
     <w:rsid w:val="003E2848"/>
     <w:rsid w:val="003E2F5E"/>
     <w:rsid w:val="003E2F75"/>
     <w:rsid w:val="003E303A"/>
     <w:rsid w:val="003E3042"/>
     <w:rsid w:val="003E3925"/>
     <w:rsid w:val="003E4713"/>
     <w:rsid w:val="003E48B9"/>
     <w:rsid w:val="003E4CC6"/>
     <w:rsid w:val="003E4F87"/>
     <w:rsid w:val="003E545A"/>
     <w:rsid w:val="003E5677"/>
     <w:rsid w:val="003E5A39"/>
     <w:rsid w:val="003E5B7D"/>
     <w:rsid w:val="003E5F5C"/>
     <w:rsid w:val="003E5FA3"/>
     <w:rsid w:val="003E624D"/>
     <w:rsid w:val="003E6903"/>
     <w:rsid w:val="003E7071"/>
     <w:rsid w:val="003E74DE"/>
@@ -11257,50 +11257,51 @@
     <w:rsid w:val="00575869"/>
     <w:rsid w:val="005765A3"/>
     <w:rsid w:val="005768F2"/>
     <w:rsid w:val="005775C4"/>
     <w:rsid w:val="005777E5"/>
     <w:rsid w:val="00577977"/>
     <w:rsid w:val="0058006F"/>
     <w:rsid w:val="00580120"/>
     <w:rsid w:val="00580C9E"/>
     <w:rsid w:val="00580CE6"/>
     <w:rsid w:val="00580DA6"/>
     <w:rsid w:val="00580E55"/>
     <w:rsid w:val="00580ECE"/>
     <w:rsid w:val="0058110B"/>
     <w:rsid w:val="005814BC"/>
     <w:rsid w:val="00582001"/>
     <w:rsid w:val="00582444"/>
     <w:rsid w:val="00582BA6"/>
     <w:rsid w:val="00583322"/>
     <w:rsid w:val="00584A7E"/>
     <w:rsid w:val="00584EE2"/>
     <w:rsid w:val="00585626"/>
     <w:rsid w:val="00585B28"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="0059007B"/>
+    <w:rsid w:val="005904FA"/>
     <w:rsid w:val="00590A45"/>
     <w:rsid w:val="00590E6A"/>
     <w:rsid w:val="0059175D"/>
     <w:rsid w:val="00591BDB"/>
     <w:rsid w:val="00591FD9"/>
     <w:rsid w:val="00592177"/>
     <w:rsid w:val="00592487"/>
     <w:rsid w:val="00592E76"/>
     <w:rsid w:val="00593D4A"/>
     <w:rsid w:val="0059468E"/>
     <w:rsid w:val="00594865"/>
     <w:rsid w:val="00594955"/>
     <w:rsid w:val="00596D81"/>
     <w:rsid w:val="0059728F"/>
     <w:rsid w:val="00597446"/>
     <w:rsid w:val="005A0B08"/>
     <w:rsid w:val="005A1756"/>
     <w:rsid w:val="005A1E3B"/>
     <w:rsid w:val="005A2023"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005A300B"/>
     <w:rsid w:val="005A3C89"/>
     <w:rsid w:val="005A3D7E"/>
     <w:rsid w:val="005A3F3A"/>
     <w:rsid w:val="005A40EB"/>
@@ -11623,51 +11624,50 @@
     <w:rsid w:val="006B1BBD"/>
     <w:rsid w:val="006B2256"/>
     <w:rsid w:val="006B2FE2"/>
     <w:rsid w:val="006B3E9A"/>
     <w:rsid w:val="006B4983"/>
     <w:rsid w:val="006B4C15"/>
     <w:rsid w:val="006B5119"/>
     <w:rsid w:val="006B52C0"/>
     <w:rsid w:val="006B535C"/>
     <w:rsid w:val="006B5F99"/>
     <w:rsid w:val="006B7733"/>
     <w:rsid w:val="006C002D"/>
     <w:rsid w:val="006C00AE"/>
     <w:rsid w:val="006C0917"/>
     <w:rsid w:val="006C0E7D"/>
     <w:rsid w:val="006C10DE"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C14B9"/>
     <w:rsid w:val="006C169C"/>
     <w:rsid w:val="006C1946"/>
     <w:rsid w:val="006C19B1"/>
     <w:rsid w:val="006C2AA2"/>
     <w:rsid w:val="006C2E0E"/>
     <w:rsid w:val="006C3570"/>
     <w:rsid w:val="006C3AE9"/>
-    <w:rsid w:val="006C3CF9"/>
     <w:rsid w:val="006C40B6"/>
     <w:rsid w:val="006C41BB"/>
     <w:rsid w:val="006C478B"/>
     <w:rsid w:val="006C5669"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006C5979"/>
     <w:rsid w:val="006C5ACB"/>
     <w:rsid w:val="006C5E44"/>
     <w:rsid w:val="006C6F96"/>
     <w:rsid w:val="006C6FF0"/>
     <w:rsid w:val="006C7185"/>
     <w:rsid w:val="006C74E5"/>
     <w:rsid w:val="006C75FA"/>
     <w:rsid w:val="006C780A"/>
     <w:rsid w:val="006D0C37"/>
     <w:rsid w:val="006D0EFE"/>
     <w:rsid w:val="006D1125"/>
     <w:rsid w:val="006D18B5"/>
     <w:rsid w:val="006D1EAE"/>
     <w:rsid w:val="006D2754"/>
     <w:rsid w:val="006D29F3"/>
     <w:rsid w:val="006D42EF"/>
     <w:rsid w:val="006D4DDB"/>
     <w:rsid w:val="006D4E85"/>
     <w:rsid w:val="006D5549"/>
@@ -14165,50 +14165,51 @@
     <w:rsid w:val="00EB77F4"/>
     <w:rsid w:val="00EB7AAD"/>
     <w:rsid w:val="00EB7ED4"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC02B9"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EC07E9"/>
     <w:rsid w:val="00EC1F3E"/>
     <w:rsid w:val="00EC211F"/>
     <w:rsid w:val="00EC249D"/>
     <w:rsid w:val="00EC2679"/>
     <w:rsid w:val="00EC2919"/>
     <w:rsid w:val="00EC29FC"/>
     <w:rsid w:val="00EC3124"/>
     <w:rsid w:val="00EC33DA"/>
     <w:rsid w:val="00EC3957"/>
     <w:rsid w:val="00EC3DDD"/>
     <w:rsid w:val="00EC42D1"/>
     <w:rsid w:val="00EC47E3"/>
     <w:rsid w:val="00EC4DAA"/>
     <w:rsid w:val="00EC52F2"/>
     <w:rsid w:val="00EC5364"/>
     <w:rsid w:val="00EC537B"/>
     <w:rsid w:val="00EC56B0"/>
     <w:rsid w:val="00EC64BF"/>
+    <w:rsid w:val="00EC6C12"/>
     <w:rsid w:val="00EC71E7"/>
     <w:rsid w:val="00EC7BC7"/>
     <w:rsid w:val="00EC7DDE"/>
     <w:rsid w:val="00EC7F07"/>
     <w:rsid w:val="00ED0DE6"/>
     <w:rsid w:val="00ED1E91"/>
     <w:rsid w:val="00ED1F53"/>
     <w:rsid w:val="00ED27F1"/>
     <w:rsid w:val="00ED3A18"/>
     <w:rsid w:val="00ED47ED"/>
     <w:rsid w:val="00ED4B35"/>
     <w:rsid w:val="00ED506C"/>
     <w:rsid w:val="00ED5711"/>
     <w:rsid w:val="00ED5E4D"/>
     <w:rsid w:val="00ED62D4"/>
     <w:rsid w:val="00ED6321"/>
     <w:rsid w:val="00EE0766"/>
     <w:rsid w:val="00EE09BB"/>
     <w:rsid w:val="00EE0F11"/>
     <w:rsid w:val="00EE0F60"/>
     <w:rsid w:val="00EE0F6E"/>
     <w:rsid w:val="00EE2073"/>
     <w:rsid w:val="00EE2186"/>
     <w:rsid w:val="00EE252E"/>
     <w:rsid w:val="00EE2566"/>
@@ -16685,75 +16686,75 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{217535D6-B636-4AEC-94DD-AE3CE57463F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2294</Words>
-  <Characters>11013</Characters>
+  <Words>1770</Words>
+  <Characters>9733</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>182</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>187</Lines>
+  <Paragraphs>115</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Solar battery photo guide</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13125</CharactersWithSpaces>
+  <CharactersWithSpaces>11463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>6553612</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>111</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:enquiries@cer.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7864420</vt:i4>
       </vt:variant>
       <vt:variant>