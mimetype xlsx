--- v0 (2025-10-05)
+++ v1 (2026-02-27)
@@ -1,125 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18E40800-3938-4671-8E82-42861EE48C34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8366B26-F9BB-4EA7-9B9C-78C35EAD3582}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-5610" yWindow="-18500" windowWidth="36380" windowHeight="15950" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STP" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="14">
   <si>
     <t xml:space="preserve">Small-scale technology percentage </t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>STP</t>
   </si>
   <si>
+    <t>Estimated number of STCs to be created (A)</t>
+  </si>
+  <si>
     <t>Adjustment for previous years estimates (B)</t>
   </si>
   <si>
     <t>SRES nominal target (A) + (B)</t>
+  </si>
+  <si>
+    <t>Non-binding STP (published previous year)</t>
+  </si>
+  <si>
+    <t>Non-binding STP (published two years previously)</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>One additional non-binding estimate was published for 2014 — 7.69% on 19 October 2012</t>
   </si>
   <si>
     <t>Three additional non-binding estimates for 2013 were published  — 6.25% on 29 July 2011, 7.87% on 16 December 2011 and 18.76% on 19 October 2012</t>
   </si>
   <si>
     <t>Two additional non-binding estimates were published for 2012 — 20.87% on 29 July 2011 and 23.95% on 16 December 2011</t>
   </si>
   <si>
-    <t>Data as at 07/02/2025</t>
-[...11 lines deleted...]
-to be created (A)</t>
+    <t>Data at 16/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -218,55 +215,60 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -566,220 +568,359 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -814,61 +955,61 @@
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{124719C8-3B85-4683-9C75-76CAA28FCA47}">
       <tableStyleElement type="wholeTable" dxfId="13"/>
       <tableStyleElement type="headerRow" dxfId="12"/>
       <tableStyleElement type="firstColumn" dxfId="11"/>
       <tableStyleElement type="firstRowStripe" dxfId="10"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{0052C3AB-D5EC-41A7-B4A7-F7C47B3EDFA8}" name="Table2" displayName="Table2" ref="A3:H20" totalsRowShown="0" headerRowDxfId="9" dataDxfId="0">
-  <autoFilter ref="A3:H20" xr:uid="{0052C3AB-D5EC-41A7-B4A7-F7C47B3EDFA8}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{0052C3AB-D5EC-41A7-B4A7-F7C47B3EDFA8}" name="Table2" displayName="Table2" ref="A3:H21" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0">
+  <autoFilter ref="A3:H21" xr:uid="{0052C3AB-D5EC-41A7-B4A7-F7C47B3EDFA8}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{DCCDFEF8-7097-4F79-93FA-12D215B8CF2E}" name="Year" dataDxfId="8"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{1DBE0FE7-F4AD-48DE-A93E-11B75BB4AB74}" name="Notes" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{DCCDFEF8-7097-4F79-93FA-12D215B8CF2E}" name="Year" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{DA8482D8-D9BE-4F27-A6C1-362C5BE757DE}" name="STP" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{6E7C693D-B577-4890-8733-68687B4EC6D2}" name="Estimated number of STCs to be created (A)" dataDxfId="7"/>
+    <tableColumn id="4" xr3:uid="{6EE635C7-AD56-43D9-9E79-0D5247973103}" name="Adjustment for previous years estimates (B)" dataDxfId="6"/>
+    <tableColumn id="5" xr3:uid="{4C22D95D-6CAB-4A18-9C11-9BBB9C0159DD}" name="SRES nominal target (A) + (B)" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{0211B67B-983C-428E-8577-39CC1CB986B0}" name="Non-binding STP (published previous year)" dataDxfId="4"/>
+    <tableColumn id="7" xr3:uid="{6F378885-D223-4BE0-9809-918CC5943371}" name="Non-binding STP (published two years previously)" dataDxfId="3"/>
+    <tableColumn id="8" xr3:uid="{1DBE0FE7-F4AD-48DE-A93E-11B75BB4AB74}" name="Notes" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1131,558 +1272,585 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.54296875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="43.453125" customWidth="1"/>
+    <col min="1" max="1" width="9.5546875" style="15" customWidth="1"/>
+    <col min="2" max="2" width="8.77734375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="31.44140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="27.5546875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="31.21875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="42" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="42.44140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="31.21875" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...7 lines deleted...]
-    <row r="2" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+    </row>
+    <row r="2" spans="1:8" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
     </row>
-    <row r="3" spans="1:8" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="1" t="s">
+    <row r="3" spans="1:8" s="5" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="E3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="6">
+        <v>2028</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="9">
+        <v>7.77</v>
+      </c>
+      <c r="H4" s="10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6">
+        <v>2027</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="7">
+        <v>10.75</v>
+      </c>
+      <c r="G5" s="7">
+        <v>9.2799999999999994</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="9">
+        <v>11.67</v>
+      </c>
+      <c r="C6" s="12">
+        <v>24100000</v>
+      </c>
+      <c r="D6" s="12">
+        <v>-2617218</v>
+      </c>
+      <c r="E6" s="12">
+        <v>21482782</v>
+      </c>
+      <c r="F6" s="9">
+        <v>11.79</v>
+      </c>
+      <c r="G6" s="9">
+        <v>13.39</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="9">
+        <v>13.89</v>
+      </c>
+      <c r="C7" s="12">
+        <v>26100000</v>
+      </c>
+      <c r="D7" s="12">
+        <v>-1241657</v>
+      </c>
+      <c r="E7" s="12">
+        <v>24858343</v>
+      </c>
+      <c r="F7" s="9">
+        <v>16.14</v>
+      </c>
+      <c r="G7" s="9">
+        <v>14.79</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="11">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="9">
+        <v>21.26</v>
+      </c>
+      <c r="C8" s="12">
+        <v>33600000</v>
+      </c>
+      <c r="D8" s="12">
+        <v>4328821</v>
+      </c>
+      <c r="E8" s="12">
+        <v>37928821</v>
+      </c>
+      <c r="F8" s="9">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="G8" s="9">
+        <v>20.86</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="11">
+        <v>2023</v>
+      </c>
+      <c r="B9" s="9">
+        <v>16.29</v>
+      </c>
+      <c r="C9" s="12">
+        <v>34400000</v>
+      </c>
+      <c r="D9" s="12">
+        <v>-5879940</v>
+      </c>
+      <c r="E9" s="12">
+        <v>28520060</v>
+      </c>
+      <c r="F9" s="9">
+        <v>22.34</v>
+      </c>
+      <c r="G9" s="9">
+        <v>21.15</v>
+      </c>
+      <c r="H9" s="14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" s="11">
+        <v>2022</v>
+      </c>
+      <c r="B10" s="9">
+        <v>27.26</v>
+      </c>
+      <c r="C10" s="12">
+        <v>42600000</v>
+      </c>
+      <c r="D10" s="12">
+        <v>5099563</v>
+      </c>
+      <c r="E10" s="12">
+        <v>47699563</v>
+      </c>
+      <c r="F10" s="9">
+        <v>22.4</v>
+      </c>
+      <c r="G10" s="9">
+        <v>17.920000000000002</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" s="11">
+        <v>2021</v>
+      </c>
+      <c r="B11" s="9">
+        <v>28.8</v>
+      </c>
+      <c r="C11" s="12">
+        <v>42100000</v>
+      </c>
+      <c r="D11" s="12">
+        <v>8565467</v>
+      </c>
+      <c r="E11" s="12">
+        <v>50665467</v>
+      </c>
+      <c r="F11" s="9">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="G11" s="9">
+        <v>12.88</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" s="11">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="9">
+        <v>24.4</v>
+      </c>
+      <c r="C12" s="12">
+        <v>36700000</v>
+      </c>
+      <c r="D12" s="12">
+        <v>5920436</v>
+      </c>
+      <c r="E12" s="12">
+        <v>42620436</v>
+      </c>
+      <c r="F12" s="9">
+        <v>14.56</v>
+      </c>
+      <c r="G12" s="9">
+        <v>11.55</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="11">
+        <v>2019</v>
+      </c>
+      <c r="B13" s="9">
+        <v>21.73</v>
+      </c>
+      <c r="C13" s="12">
+        <v>29600000</v>
+      </c>
+      <c r="D13" s="12">
+        <v>7866219</v>
+      </c>
+      <c r="E13" s="12">
+        <v>37466219</v>
+      </c>
+      <c r="F13" s="9">
+        <v>12.13</v>
+      </c>
+      <c r="G13" s="9">
+        <v>7.52</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="11">
+        <v>2018</v>
+      </c>
+      <c r="B14" s="9">
+        <v>17.079999999999998</v>
+      </c>
+      <c r="C14" s="12">
+        <v>22100000</v>
+      </c>
+      <c r="D14" s="12">
+        <v>7197525</v>
+      </c>
+      <c r="E14" s="12">
+        <v>29297525</v>
+      </c>
+      <c r="F14" s="9">
+        <v>8.06</v>
+      </c>
+      <c r="G14" s="9">
+        <v>8.31</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="11">
+        <v>2017</v>
+      </c>
+      <c r="B15" s="9">
+        <v>7.01</v>
+      </c>
+      <c r="C15" s="12">
+        <v>15100000</v>
+      </c>
+      <c r="D15" s="12">
+        <v>-2649809</v>
+      </c>
+      <c r="E15" s="12">
+        <v>12450191</v>
+      </c>
+      <c r="F15" s="9">
+        <v>9.02</v>
+      </c>
+      <c r="G15" s="9">
+        <v>9.86</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="11">
+        <v>2016</v>
+      </c>
+      <c r="B16" s="9">
+        <v>9.68</v>
+      </c>
+      <c r="C16" s="12">
+        <v>17021500</v>
+      </c>
+      <c r="D16" s="12">
+        <v>-64476</v>
+      </c>
+      <c r="E16" s="12">
+        <v>16957024</v>
+      </c>
+      <c r="F16" s="9">
+        <v>9.98</v>
+      </c>
+      <c r="G16" s="9">
+        <v>10.32</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="11">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="9">
+        <v>11.71</v>
+      </c>
+      <c r="C17" s="12">
+        <v>17487667</v>
+      </c>
+      <c r="D17" s="12">
+        <v>3079771</v>
+      </c>
+      <c r="E17" s="12">
+        <v>20567438</v>
+      </c>
+      <c r="F17" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="G17" s="9">
+        <v>8.49</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A18" s="11">
+        <v>2014</v>
+      </c>
+      <c r="B18" s="9">
+        <v>10.48</v>
+      </c>
+      <c r="C18" s="12">
+        <v>16708470</v>
+      </c>
+      <c r="D18" s="12">
+        <v>1948868</v>
+      </c>
+      <c r="E18" s="12">
+        <v>18657338</v>
+      </c>
+      <c r="F18" s="9">
+        <v>8.98</v>
+      </c>
+      <c r="G18" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="72" x14ac:dyDescent="0.3">
+      <c r="A19" s="11">
+        <v>2013</v>
+      </c>
+      <c r="B19" s="9">
+        <v>19.7</v>
+      </c>
+      <c r="C19" s="12">
+        <v>20700000</v>
+      </c>
+      <c r="D19" s="12">
+        <v>15000000</v>
+      </c>
+      <c r="E19" s="12">
+        <v>35700000</v>
+      </c>
+      <c r="F19" s="9">
+        <v>7.94</v>
+      </c>
+      <c r="G19" s="9">
+        <v>10.62</v>
+      </c>
+      <c r="H19" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="1" t="s">
+    </row>
+    <row r="20" spans="1:8" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A20" s="11">
+        <v>2012</v>
+      </c>
+      <c r="B20" s="9">
+        <v>23.96</v>
+      </c>
+      <c r="C20" s="12">
+        <v>22306000</v>
+      </c>
+      <c r="D20" s="12">
+        <v>22480000</v>
+      </c>
+      <c r="E20" s="12">
+        <v>44786000</v>
+      </c>
+      <c r="F20" s="9">
+        <v>16.75</v>
+      </c>
+      <c r="G20" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H20" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="1" t="s">
-[...420 lines deleted...]
-      <c r="A20" s="6">
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="11">
         <v>2011</v>
       </c>
-      <c r="B20" s="6">
+      <c r="B21" s="9">
         <v>14.8</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C21" s="12">
         <v>28000000</v>
       </c>
-      <c r="D20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="7">
+      <c r="D21" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E21" s="12">
         <v>28000000</v>
       </c>
-      <c r="F20" s="6" t="s">
-[...6 lines deleted...]
-        <v>6</v>
+      <c r="F21" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>