--- v0 (2025-10-06)
+++ v1 (2025-12-23)
@@ -1,84 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D4CCC1A" w14:textId="73386AD2" w:rsidR="00494488" w:rsidRPr="00B018EC" w:rsidRDefault="00E710E7" w:rsidP="00E710E7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Safeguard Mechanism</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidR="00494488" w:rsidRPr="00B018EC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Trade-exposed baseline-adjusted facility audit report template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CE46CE" w14:textId="640D3FCE" w:rsidR="00CE2E6D" w:rsidRPr="00784BBE" w:rsidRDefault="00CE2E6D" w:rsidP="00E710E7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12ED4869" w14:textId="7B4D22BC" w:rsidR="00494488" w:rsidRPr="00552243" w:rsidRDefault="00494488" w:rsidP="00655F9C">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t>This template</w:t>
       </w:r>
@@ -226,60 +218,60 @@
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="035E5AB7">
         <w:t xml:space="preserve"> National Greenhouse and Energy Reporting (Audit) Determination 2009 (NGER A</w:t>
       </w:r>
       <w:r>
         <w:t>udit Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="652DD01E" w14:textId="752A07CC" w:rsidR="00391E1B" w:rsidRDefault="00391E1B" w:rsidP="035E5AB7">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00655F9C">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r w:rsidRPr="035E5AB7">
         <w:t xml:space="preserve"> (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62967F88" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00880939" w:rsidRDefault="00494488" w:rsidP="00494488">
+    <w:p w14:paraId="3A6CE6FE" w14:textId="77777777" w:rsidR="008A4DB1" w:rsidRDefault="008A4DB1" w:rsidP="008A4DB1">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880939">
-        <w:t>relevant national and international audit standards, including:</w:t>
+      <w:r>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A764D7" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00432D01" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F2BFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Assurance Engagements Other than Audits of Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD45D2E" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -388,92 +380,129 @@
           <w:iCs/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3135823F" w14:textId="5CFFBF98" w:rsidR="009F066C" w:rsidRDefault="009F066C" w:rsidP="009F066C">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4368">
         <w:t xml:space="preserve">ASQM 1 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00655F9C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quality Management for Firms that Perform Audits or Reviews of Financial Reports and Other Financial Information, or Other Assurance or Related Services Engagements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788DA19A" w14:textId="02388449" w:rsidR="00494488" w:rsidRDefault="009F066C" w:rsidP="00A26F3B">
+    <w:p w14:paraId="1BB62483" w14:textId="77777777" w:rsidR="00734DC2" w:rsidRDefault="00734DC2" w:rsidP="00734DC2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:spacing w:before="200" w:after="200"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788DA19A" w14:textId="3CCF4BB3" w:rsidR="00494488" w:rsidRDefault="009F066C" w:rsidP="00A26F3B">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
       <w:r w:rsidRPr="00BC24C8">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASQM 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00655F9C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement Quality Reviews</w:t>
       </w:r>
       <w:r w:rsidR="00E11669">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E47C69">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00494488">
         <w:t xml:space="preserve">This coversheet requires auditors to disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9B8D12" w14:textId="1E8E576D" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00F473A4">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00880939">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00A45F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NGER Audit Determination</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC0C6B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve"> for further information on the legislative requirements for reporting an assurance engagement</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9BD51D" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
@@ -533,299 +562,241 @@
         <w:gridCol w:w="7765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="33FEF87B" w14:textId="77777777" w:rsidTr="035E5AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3336C7DD" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00FA7635" w:rsidRDefault="00494488" w:rsidP="006C5F21">
             <w:r w:rsidRPr="00993BA6">
               <w:t>Legislation or guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3986" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="20F00A32" w14:textId="77777777" w:rsidR="0012113C" w:rsidRPr="004E6A75" w:rsidRDefault="0012113C" w:rsidP="035E5AB7">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="004E6A75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000D4BCC">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="000D4BCC">
               <w:t xml:space="preserve"> (the Safeguard Rule)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33C3E71F" w14:textId="77777777" w:rsidR="0012113C" w:rsidRPr="00552243" w:rsidRDefault="0012113C" w:rsidP="0012113C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00770AED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="001B106F" w:rsidDel="00BC64CC">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>NGER Act</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D866A9F" w14:textId="77777777" w:rsidR="0012113C" w:rsidRPr="000D4BCC" w:rsidRDefault="0012113C" w:rsidP="0012113C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="004E6A75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000D4BCC">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="000D4BCC" w:rsidDel="00BC64CC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D4BCC">
               <w:t>(NGER Regulations)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28B55837" w14:textId="77777777" w:rsidR="0012113C" w:rsidRPr="000D4BCC" w:rsidRDefault="0012113C" w:rsidP="0012113C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="004E6A75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000D4BCC">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="000D4BCC">
               <w:t xml:space="preserve"> (Audit Determination)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27A9606E" w14:textId="556F1AC2" w:rsidR="00494488" w:rsidRPr="00552243" w:rsidRDefault="00494488" w:rsidP="006C5F21">
+          <w:p w14:paraId="1C17E7B4" w14:textId="77777777" w:rsidR="00DF7FC4" w:rsidRPr="00552243" w:rsidRDefault="00DF7FC4" w:rsidP="00DF7FC4">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Applicable standards</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="051FBAC0" w14:textId="77777777" w:rsidR="0030285D" w:rsidRPr="00514E57" w:rsidRDefault="0030285D" w:rsidP="0030285D">
+          <w:p w14:paraId="051FBAC0" w14:textId="48728C93" w:rsidR="0030285D" w:rsidRPr="00514E57" w:rsidRDefault="0030285D" w:rsidP="0030285D">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="2D4BFE31" w14:textId="77777777" w:rsidR="0030285D" w:rsidRPr="00552243" w:rsidRDefault="0030285D" w:rsidP="0030285D">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5763583E" w14:textId="77777777" w:rsidR="0030285D" w:rsidRDefault="0030285D" w:rsidP="0030285D">
+          <w:p w14:paraId="5763583E" w14:textId="0336AEA6" w:rsidR="0030285D" w:rsidRDefault="0030285D" w:rsidP="0030285D">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="193D3671" w14:textId="77777777" w:rsidR="0030285D" w:rsidRPr="00B567ED" w:rsidRDefault="0030285D" w:rsidP="0030285D">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASSA 5000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>General Requirements for Sustainability Assurance Engagements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51D2D371" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00320EB7" w:rsidRDefault="00494488" w:rsidP="004E6A75">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
@@ -986,64 +957,64 @@
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Other members of the audit team do not need to be registered. However, the NGER</w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>Regulations do contain requirements for other members of an audit team.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C301A7E" w14:textId="77777777" w:rsidR="0042350C" w:rsidRDefault="0042350C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc151034730"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc151034730"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1058435F" w14:textId="675C54DA" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="007544C0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Type of audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="6942"/>
         <w:gridCol w:w="1267"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="430BE570" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="757" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="251D5261" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00FA7635" w:rsidRDefault="00494488" w:rsidP="006C5F21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1223,53 +1194,65 @@
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5724">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="7997"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="3AB5DF0F" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="895" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="684F9C0E" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00FA7635" w:rsidRDefault="00494488" w:rsidP="006C5F21">
+          <w:p w14:paraId="684F9C0E" w14:textId="5255DE4B" w:rsidR="00494488" w:rsidRPr="00FA7635" w:rsidRDefault="00494488" w:rsidP="006C5F21">
             <w:r>
-              <w:t>Key Risk Areas</w:t>
+              <w:t xml:space="preserve">Key </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14827">
+              <w:t>r</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">isk </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14827">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:t>reas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4105" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5122AF8F" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00FA7635" w:rsidRDefault="00494488" w:rsidP="006C5F21">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="4F6AF588" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="895" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6E3B21AE" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="006C5F21">
             <w:r>
@@ -1359,148 +1342,149 @@
           </w:p>
           <w:p w14:paraId="62E6A426" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="006C5F21">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Records of these determinations must be retained to meet record keeping requirements and should be reviewed to ensure that they are still current. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56265B56" w14:textId="00B0654A" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1202F2F7" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="007544C0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc151034731"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc151034731"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidRPr="00F923B8">
         <w:t>audit</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> report</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for a t</w:t>
       </w:r>
       <w:r w:rsidRPr="007050B3">
         <w:t xml:space="preserve">rade-exposed baseline-adjusted facility </w:t>
       </w:r>
       <w:r>
         <w:t>determination application</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="162FAEEC" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="007544C0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc151034732"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc151034732"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Audit report coversheet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E564842" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="007544C0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc151034733"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc151034733"/>
       <w:r>
         <w:t>Audited body (</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>the applicant</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4870"/>
         <w:gridCol w:w="4870"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="06A4AF0C" w14:textId="77777777" w:rsidTr="004E6A75">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="755A5F13" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
             <w:pPr>
               <w:pStyle w:val="Answerfieldright-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2004655588"/>
             <w:placeholder>
               <w:docPart w:val="7204FFB9C38049CDB710F18949E5BBC3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="26FE58E2" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1525,50 +1509,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ABN of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="932790772"/>
             <w:placeholder>
               <w:docPart w:val="7204FFB9C38049CDB710F18949E5BBC3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7189A768" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1593,50 +1578,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of contact person for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1162001706"/>
             <w:placeholder>
               <w:docPart w:val="EE9E5938D7A84086B772EA329F04A4DA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4553FA01" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1661,50 +1647,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="802428264"/>
             <w:placeholder>
               <w:docPart w:val="7204FFB9C38049CDB710F18949E5BBC3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="148617B2" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1729,50 +1716,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1283035003"/>
             <w:placeholder>
               <w:docPart w:val="7204FFB9C38049CDB710F18949E5BBC3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="47F3D72C" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1815,50 +1803,51 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kind of audit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1821306296"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6C1BC042" w14:textId="54F669B9" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Reasonable assurance engagement under section 40 of the National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015 (the Safeguard Rule).</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1881,50 +1870,51 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Objective of the assurance engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1187405121"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6F139BAA" w14:textId="3A32BF4D" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Assurance on the [audited body’s] application for a trade-exposed baseline-adjusted facility determination under the Safeguard Rule.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1948,50 +1938,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Audit fee (inclusive of GST and disbursements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-341545287"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2AB64CE6" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2032,50 +2023,51 @@
               </w:rPr>
               <w:t>audit by audit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="928238669"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0ACB3A22" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2118,120 +2110,121 @@
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by the audited body to the audit team leader (or their firm or company)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06DF8905" w14:textId="3B1CE136" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="004E6A75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007F5C1B">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
+              <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="004E6A75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4898469A" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from the date 12 months prior to the date of signing the terms of engagement for the audit, to the date of signing the audit report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-751662963"/>
             <w:placeholder>
               <w:docPart w:val="7CEB581E278F4584AA502E5D6AD12881"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="14D96E38" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00AC4F8A" w:rsidRDefault="00494488">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC4F8A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E6A75" w:rsidRPr="00AC4F8A" w14:paraId="36263EF6" w14:textId="77777777" w:rsidTr="004E6A75">
@@ -2302,50 +2295,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(write not applicable if no non-audit fees were paid to the audit firm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="110636282"/>
             <w:placeholder>
               <w:docPart w:val="58CA9755DE9841DA8DF05F7F7F3767D0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2DE7F171" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2370,50 +2364,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reporting period covered by audit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-750661059"/>
             <w:placeholder>
               <w:docPart w:val="C1A52D239C9A4AE6A7DAE6ADB1CD2C07"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4EEF599A" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2438,50 +2433,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date terms of engagement signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1989390367"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="763EBD95" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2506,50 +2502,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date audit report signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1845624983"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6E16FBE3" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2593,50 +2590,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of audit team leader </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2053530535"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="455115F3" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2661,50 +2659,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Greenhouse and energy auditor registration number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1058850520"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3A5E43AD" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2729,50 +2728,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1257867578"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="049FD443" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2797,50 +2797,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="150490093"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6558A2EF" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2865,50 +2866,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="802352406"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="21D7B397" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2934,50 +2936,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Names and contact details of other audit team members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1520459436"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="25BB2EBD" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3107,50 +3110,51 @@
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052054">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(write not applicable if no exemption was granted under regulation 6.71 of the NGER Regulations)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="651334736"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="78B59888" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3194,50 +3198,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of peer reviewer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1202282533"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="77CCD66F" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3262,50 +3267,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="555351480"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="34F18F98" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3330,50 +3336,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="375825237"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="30E2108E" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3398,50 +3405,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1850709596"/>
             <w:placeholder>
               <w:docPart w:val="80929D4E3D8742B9A9ED547750F6CCB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4A753402" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3449,65 +3457,65 @@
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29AFA89A" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19AF41B3" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="396D0411" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F8C7D7" w14:textId="137D3F45" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="007544C0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc151034737"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc151034737"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F77409">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Auditor’s report</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="6E172D5D" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00432D01" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t>To [Directors]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3433B6" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="0022567B" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="0022567B">
         <w:t xml:space="preserve">We have conducted a reasonable engagement, being an audit pursuant to section 40 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="004E6A75">
         <w:t>National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015</w:t>
       </w:r>
       <w:r w:rsidRPr="0022567B">
         <w:t xml:space="preserve"> (the Safeguard Rule) of [audited body’s] application for a trade-exposed baseline-adjusted facility determination, to conclude whether in all material respects:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB08864" w14:textId="4F1BC848" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
@@ -3578,50 +3586,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of audited body </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1850754674"/>
             <w:placeholder>
               <w:docPart w:val="861F8BEC6E7344F48E1D71437B50443C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3ABF53B1" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3646,50 +3655,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="366417461"/>
             <w:placeholder>
               <w:docPart w:val="861F8BEC6E7344F48E1D71437B50443C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7361E98E" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3714,50 +3724,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1558084339"/>
             <w:placeholder>
               <w:docPart w:val="861F8BEC6E7344F48E1D71437B50443C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="56B18765" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3801,102 +3812,103 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Facility name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1725480688"/>
             <w:placeholder>
               <w:docPart w:val="3B5DA34DFE61448E8435B46EAB2AC4DC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4886" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="16925535" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17208C17" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03197468" w14:textId="029372CE" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B062EB" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00E30F40" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc151034739"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc151034739"/>
       <w:r w:rsidRPr="00E30F40">
         <w:lastRenderedPageBreak/>
         <w:t>Responsibility of [audited body’s] management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="0ACFDB2B" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00EC533E" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7FF4">
         <w:t xml:space="preserve">management of [audited body] </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7FF4">
         <w:t xml:space="preserve"> responsible</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> for the preparation and fair presentation of the application in accordance with the </w:t>
       </w:r>
       <w:r>
         <w:t>Safeguard Rule,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84760">
         <w:t xml:space="preserve"> application form</w:t>
@@ -3999,65 +4011,73 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00796A6D">
         <w:t>selecting and applying measurement methods to prepare and present the data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C55397C" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>making estimates that are reasonable in the circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8B4647" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc151034740"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc151034740"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our independence and quality control</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3613F1ED" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="0022567B" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="0022567B">
-        <w:t xml:space="preserve">We have complied with the relevant ethical requirements relating to assurance engagements, which include independence and other requirements founded on fundamental principles of integrity, objectivity, professional competence, due care, confidentiality and professional behaviour. This includes all of the requirements defined in the </w:t>
+        <w:t xml:space="preserve">We have complied with the relevant ethical requirements relating to assurance engagements, which include independence and other requirements founded on fundamental principles of integrity, objectivity, professional competence, due care, confidentiality and professional behaviour. This includes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0022567B">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0022567B">
+        <w:t xml:space="preserve"> the requirements defined in the </w:t>
       </w:r>
       <w:r w:rsidRPr="004E6A75">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r w:rsidRPr="0022567B">
         <w:t xml:space="preserve"> (the NGER Regulations) regarding the code of conduct, independence and quality control.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3634ECBC" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Furthermore, we have complied with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> Australian Standard</w:t>
       </w:r>
       <w:r>
         <w:t>s on</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
@@ -4078,55 +4098,55 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement quality reviews </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(ASQM2). </w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>ame of assurance practitioner’s firm] maintains a comprehensive system of quality control including documented policies and procedures regarding co</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>mpliance with ethical requirements, professional standards and applicable legal and regulatory requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276AC7C2" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc151034741"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc151034741"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our responsibility</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="467E20B0" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our responsibility is to express a conclusion on whether the audited elements of the application (as described above) have been prepared, in all material aspects, in compliance with the requirements of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Safeguard Rule</w:t>
       </w:r>
       <w:r w:rsidRPr="00B542D2">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> measurement policies adopted and disclosed in the application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB8D727" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t>We</w:t>
       </w:r>
@@ -4373,51 +4393,59 @@
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>The procedures selected depend on the audit team leader’s judgement, including the assessment of the risks of material misstatement or material non-compliance of the matter being audited, whether due to fraud or error. In making those risk assessments, we consider internal control</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> relevant to </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC56DE">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>[audited body’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
-        <w:t xml:space="preserve"> determination of the amounts and disclosures in the matter being audited in order to design assurance procedures </w:t>
+        <w:t xml:space="preserve"> determination of the amounts and disclosures in the matter being audited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F73E9">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F73E9">
+        <w:t xml:space="preserve"> design assurance procedures </w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>that are appropriate in the circumstances; but not for the purpose of expressing an opinion on the effectiveness of [audited body’s</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> internal controls</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00862325" w14:textId="6342D7B9" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>An assurance engagement also includes evaluating the reasonableness of production</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00471068">
@@ -4438,129 +4466,129 @@
         <w:t xml:space="preserve"> believe</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> that the assurance evidence </w:t>
       </w:r>
       <w:r>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> ha</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> obtained is sufficient and appropriate to provide a basis for our assurance conclusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FF8EA5" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc151034742"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc151034742"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Summary of procedures undertaken</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="57101DD4" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F73E9">
+        <w:t>Our procedures included the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205533F5" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="001311FB" w:rsidRDefault="00494488" w:rsidP="004E6A75">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001311FB">
+        <w:t>[Insert a summary of procedures undertaken. You must include a comprehensive list of procedures you and your audit team have undertaken in completing this engagement. More detailed procedures can be included in Part B of the audit report.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB70961" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc151034743"/>
+      <w:r w:rsidRPr="000F73E9">
+        <w:t>Use of ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001311FB">
+        <w:t xml:space="preserve">r reasonable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F73E9">
+        <w:t>assurance engagement report</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="57101DD4" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
-[...33 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2BEFC41A" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="001311FB" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve">This report is intended solely for the use of [audited body], the </w:t>
       </w:r>
       <w:r>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> [and intended users identified in the terms of the engagement] for the purpose of reporting on [audited body’s] application for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00D95FDB">
         <w:t>trade-exposed baseline-adjusted facility</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> determination. Accordingly, we expressly disclaim and do not accept any responsibility or liability to any party other than [audited body], the </w:t>
       </w:r>
       <w:r>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> and [names of intended users] for any consequences of reliance on this report for any purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2842E8A5" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc151034744"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc151034744"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Inherent limitations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="27E79BBE" w14:textId="36613B63" w:rsidR="00036341" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>There are inherent limitations in performing assurance</w:t>
       </w:r>
       <w:r w:rsidR="005B54C0">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>for example, assurance engagements are based on selective testing of the information being examined. Because of this, it is possible that fraud, error or non</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>compliance might occur and not be detected. An assurance engagement is not designed to detect all instances of non-compliance with the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> NGER Act and safeguard legislation</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>, because such an engagement is not performed continuously throughout the period being examined, and because the procedures performed in respect of compliance with</w:t>
@@ -4641,55 +4669,55 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">[Include if conclusion is modified] </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:eastAsia="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">Basis for [qualified/adverse/disclaimer] conclusion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A63873D" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="001311FB" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t>[Insert basis for modification to the auditor’s report.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2747D5E6" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc151034745"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc151034745"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="09E5AEE0" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="001311FB" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t>[Insert conclusion as appropriate, referring to section 3.17 of the NGER Audit Determination]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B728471" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>In our opinion</w:t>
       </w:r>
       <w:r>
         <w:t>, in all material respects:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034FBE51" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
@@ -4812,222 +4840,224 @@
           <w:i/>
         </w:rPr>
         <w:t>[Location]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74338C74" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00FD3B8E" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA24BF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0362631C" w14:textId="42FB7C3C" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc151034746"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc151034746"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part B</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F77409">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Detailed findings</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="06C4DB0C" w14:textId="77777777" w:rsidR="00F279D0" w:rsidRDefault="00F279D0" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBA05AA" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27781CCE" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="004E6A75">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F5E0B4" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc151034747"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc151034747"/>
       <w:r>
         <w:t>Items or i</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>ssues requiring particular attention</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4999" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9728"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F65AB" w:rsidRPr="004C18DA" w14:paraId="366C403C" w14:textId="77777777" w:rsidTr="003F72F7">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
-        <w:bookmarkStart w:id="15" w:name="_Toc151034748" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="14" w:name="_Toc151034748" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2117243460"/>
             <w:placeholder>
               <w:docPart w:val="041394F4C2DB4DFB817B339072992F50"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7737E57F" w14:textId="170BD431" w:rsidR="001F65AB" w:rsidRPr="004C18DA" w:rsidRDefault="002A1A5D" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71E90474" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Aspects </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that particularly </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>impact</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">carrying out of </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4999" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9728"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F65AB" w:rsidRPr="004C18DA" w14:paraId="7D40959D" w14:textId="77777777" w:rsidTr="003F72F7">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
-        <w:bookmarkStart w:id="16" w:name="_Toc151034749" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="15" w:name="_Toc151034749" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-506589093"/>
             <w:placeholder>
               <w:docPart w:val="CC15235AD87542F9BA499610B742BC2B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="677E8EFE" w14:textId="57E7DFBE" w:rsidR="001F65AB" w:rsidRPr="004C18DA" w:rsidRDefault="002A1A5D" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31B8A517" w14:textId="23B115E2" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
@@ -5049,140 +5079,149 @@
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B56DC">
         <w:t>Mechanism) Rule 2015</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C5F21">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
       </w:r>
       <w:r>
         <w:t>, National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r w:rsidR="004A7D88">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>or the associated provisions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4999" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9728"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F65AB" w:rsidRPr="004C18DA" w14:paraId="7C406E2A" w14:textId="77777777" w:rsidTr="003F72F7">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
-        <w:bookmarkStart w:id="17" w:name="_Toc151034750" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="16" w:name="_Toc151034750" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-708802629"/>
             <w:placeholder>
               <w:docPart w:val="C2C9A868C7984F78BF2E4CAF335446E2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="52FE2E3B" w14:textId="2DF1E4BC" w:rsidR="001F65AB" w:rsidRPr="004C18DA" w:rsidRDefault="002A1A5D" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4ECF2E34" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t>Matters corrected during the course of the audit</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+        <w:t xml:space="preserve">Matters corrected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>during the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the audit</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5568" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2659"/>
         <w:gridCol w:w="8187"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="004C18DA" w14:paraId="549002B9" w14:textId="77777777" w:rsidTr="004E6A75">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1226" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7D2C5EEC" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
             <w:pPr>
               <w:pStyle w:val="Answerfieldright-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc151034751"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc151034751"/>
             <w:r w:rsidRPr="004E6A75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Issue A:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3774" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2A42825D" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
             <w:pPr>
               <w:pStyle w:val="Answerfieldleft-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5263,77 +5302,78 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3774" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1B4DAD41" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="004E6A75" w:rsidRDefault="00494488" w:rsidP="004E6A75">
             <w:pPr>
               <w:pStyle w:val="Answerfieldleft-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2622BE75" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="000F73E9" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Other matters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4999" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9728"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F65AB" w:rsidRPr="002A1A5D" w14:paraId="6FBD7B63" w14:textId="77777777" w:rsidTr="003F72F7">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1362171445"/>
             <w:placeholder>
               <w:docPart w:val="616739E1C9E8448B96BFCE72CBA13FB1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4C298418" w14:textId="26A87C40" w:rsidR="001F65AB" w:rsidRPr="004E6A75" w:rsidRDefault="002A1A5D" w:rsidP="004E6A75">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E6A75">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -5592,128 +5632,131 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-384567033"/>
             <w:placeholder>
               <w:docPart w:val="226277B578AD4129A16C1CC53B081277"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4205DABA" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2096778766"/>
             <w:placeholder>
               <w:docPart w:val="AFB500A25AF44A3EBB4BD14A35DD1449"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="75A4DD8B" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-109047056"/>
             <w:placeholder>
               <w:docPart w:val="9DE59F4CFF01438D8D6F4500C519A267"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="50D424BE" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -5737,162 +5780,160 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Issue C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-973605075"/>
             <w:placeholder>
               <w:docPart w:val="A2CE8FEBF80E4D0DA0D8341F33545BB7"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="245A850D" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-279118651"/>
             <w:placeholder>
               <w:docPart w:val="C4955D190337463194467A5FF8570D5F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3FAEF7B9" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1923788666"/>
             <w:placeholder>
               <w:docPart w:val="9CFDEABBEF424B0E96187E0408DCF0DF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3662504B" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FD71903" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00494488">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="79E787FD" w14:textId="77777777" w:rsidR="00494488" w:rsidRDefault="00494488" w:rsidP="00DF58EC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="005168C3">
         <w:t>Peer reviewer conclusion</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4870"/>
         <w:gridCol w:w="4870"/>
       </w:tblGrid>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="55168604" w14:textId="77777777" w:rsidTr="00A26F3B">
         <w:trPr>
           <w:trHeight w:val="22"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5907,50 +5948,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of peer reviewer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-800912786"/>
             <w:placeholder>
               <w:docPart w:val="7AC4CCA5D5BC4B3599F0E12277509A55"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6A1C2724" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -5975,50 +6017,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peer reviewer’s credentials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1473478483"/>
             <w:placeholder>
               <w:docPart w:val="7AC4CCA5D5BC4B3599F0E12277509A55"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="571A5262" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -6027,82 +6070,67 @@
       </w:tr>
       <w:tr w:rsidR="00494488" w:rsidRPr="00FA7635" w14:paraId="478ECA1E" w14:textId="77777777" w:rsidTr="00A26F3B">
         <w:trPr>
           <w:trHeight w:val="22"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0CB9CFEE" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
             <w:pPr>
               <w:pStyle w:val="Answerfieldright-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> contact details</w:t>
+              <w:t>Peer reviewer contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-22875352"/>
             <w:placeholder>
               <w:docPart w:val="7AC4CCA5D5BC4B3599F0E12277509A55"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4F6A997A" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -6127,50 +6155,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A26F3B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outcome of the evaluation undertaken by the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1042441974"/>
             <w:placeholder>
               <w:docPart w:val="7AC4CCA5D5BC4B3599F0E12277509A55"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="52494767" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="00A26F3B" w:rsidRDefault="00494488" w:rsidP="00A26F3B">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A26F3B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -6270,86 +6299,86 @@
         <w:t>[Location]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1166A810" w14:textId="77777777" w:rsidR="00494488" w:rsidRPr="003B790B" w:rsidRDefault="00494488" w:rsidP="00494488">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33A50">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECAAF35" w14:textId="3F21812E" w:rsidR="00494488" w:rsidRDefault="00494488">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00494488" w:rsidSect="00494488">
-      <w:headerReference w:type="default" r:id="rId21"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54EF9141" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
+    <w:p w14:paraId="6F558AFB" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A43C4A" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
+    <w:p w14:paraId="3FC1AF94" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CE8D9DE" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
+    <w:p w14:paraId="4513A1AD" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFB0BC4" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
+    <w:p w14:paraId="1D2E35C1" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6004E776" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666">
+    <w:p w14:paraId="3847B266" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
@@ -6424,50 +6453,55 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="89826918"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7A8BE612" w14:textId="77777777" w:rsidR="009633DE" w:rsidRDefault="009633DE" w:rsidP="006C5F21">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -6696,100 +6730,105 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1918800" cy="644717"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:id w:val="-1355961865"/>
       <w:lock w:val="contentLocked"/>
       <w:group/>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="54352730" w14:textId="77777777" w:rsidR="0065750A" w:rsidRPr="009C30B4" w:rsidRDefault="00290A47" w:rsidP="007A32A0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="2694"/>
             <w:tab w:val="clear" w:pos="3969"/>
           </w:tabs>
           <w:ind w:left="0" w:right="101"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:color w:val="005874"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Heading2Char"/>
             <w:rFonts w:eastAsia="Cambria" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:t>OFFICIAL</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76ECCCA8" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
+    <w:p w14:paraId="3A5FA0B6" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09BA0E15" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
+    <w:p w14:paraId="3BEC87AB" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41BAE776" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
+    <w:p w14:paraId="7C1D77D8" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70380739" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666">
+    <w:p w14:paraId="354AF95F" w14:textId="77777777" w:rsidR="00017666" w:rsidRDefault="00017666">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="55BCC4AB" w14:textId="333347DB" w:rsidR="00DC0C6B" w:rsidRDefault="00DC0C6B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E6ECD" w:rsidRPr="0049651D">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -6847,85 +6886,69 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="7E7B6B9F" w14:textId="77777777" w:rsidR="0012113C" w:rsidRDefault="0012113C" w:rsidP="0012113C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="5C5E4073" w14:textId="77777777" w:rsidR="0030285D" w:rsidRDefault="0030285D" w:rsidP="0030285D">
+    <w:p w14:paraId="64E79E94" w14:textId="45D561C0" w:rsidR="007F5C1B" w:rsidRDefault="007F5C1B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000 for reporting periods commencing on or after 15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C1B">
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="64E79E94" w14:textId="45D561C0" w:rsidR="007F5C1B" w:rsidRDefault="007F5C1B">
-[...17 lines deleted...]
-  <w:footnote w:id="9">
     <w:p w14:paraId="49141F65" w14:textId="77777777" w:rsidR="00F279D0" w:rsidRDefault="00F279D0" w:rsidP="00F279D0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F11DAFC" w14:textId="2D836112" w:rsidR="00D81782" w:rsidRPr="00BE0DA3" w:rsidRDefault="00BA3225" w:rsidP="00A26F3B">
     <w:pPr>
@@ -10226,648 +10249,683 @@
   </w:num>
   <w:num w:numId="26" w16cid:durableId="701445209">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1790391316">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1505585684">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="576745754">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="864638879">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1364937118">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{AAD26318-D7C0-498F-A5DD-D84EE8554B9B}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="1841954479696"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00494488"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="00006A9B"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00017666"/>
     <w:rsid w:val="00017DF0"/>
     <w:rsid w:val="00022B9C"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="00036341"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00046B26"/>
     <w:rsid w:val="00052054"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="00070305"/>
     <w:rsid w:val="00082093"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="00090690"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="00091BB2"/>
     <w:rsid w:val="00094FAE"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000B0DAE"/>
     <w:rsid w:val="000B1965"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000B6665"/>
     <w:rsid w:val="000C3BBB"/>
     <w:rsid w:val="000D371B"/>
     <w:rsid w:val="000D4BCC"/>
     <w:rsid w:val="000D76C4"/>
     <w:rsid w:val="000E4920"/>
     <w:rsid w:val="000E5A13"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6E43"/>
     <w:rsid w:val="0010249F"/>
     <w:rsid w:val="0010362C"/>
     <w:rsid w:val="00111CDF"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="00113AF9"/>
     <w:rsid w:val="0012113C"/>
     <w:rsid w:val="00125601"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="00133874"/>
     <w:rsid w:val="001512C0"/>
+    <w:rsid w:val="001541D5"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="00160D3E"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001640DC"/>
     <w:rsid w:val="00164846"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="00171389"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="001932D5"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="00196AE0"/>
     <w:rsid w:val="00197F43"/>
     <w:rsid w:val="001A0ABB"/>
     <w:rsid w:val="001B4533"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C0143"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D229D"/>
+    <w:rsid w:val="001D29FC"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001E5C42"/>
     <w:rsid w:val="001E61CF"/>
     <w:rsid w:val="001F0774"/>
     <w:rsid w:val="001F65AB"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00223676"/>
     <w:rsid w:val="0022567B"/>
+    <w:rsid w:val="0022770C"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="002410A1"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="0025105B"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="00257532"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00270AEF"/>
     <w:rsid w:val="00273D48"/>
     <w:rsid w:val="00277D02"/>
+    <w:rsid w:val="00277E2F"/>
     <w:rsid w:val="00290A47"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="00295EF2"/>
     <w:rsid w:val="00296327"/>
     <w:rsid w:val="002A1A5D"/>
+    <w:rsid w:val="002A2214"/>
     <w:rsid w:val="002A7EA6"/>
     <w:rsid w:val="002B5542"/>
     <w:rsid w:val="002C0A20"/>
     <w:rsid w:val="002C4249"/>
     <w:rsid w:val="002C427B"/>
     <w:rsid w:val="002C702A"/>
     <w:rsid w:val="002D02F7"/>
     <w:rsid w:val="002D18F3"/>
     <w:rsid w:val="002D30B2"/>
     <w:rsid w:val="002E66C8"/>
     <w:rsid w:val="002F1631"/>
     <w:rsid w:val="002F1986"/>
     <w:rsid w:val="002F33C4"/>
+    <w:rsid w:val="002F4D15"/>
     <w:rsid w:val="002F53CF"/>
     <w:rsid w:val="0030285D"/>
     <w:rsid w:val="00303250"/>
     <w:rsid w:val="003033F7"/>
     <w:rsid w:val="00306B72"/>
     <w:rsid w:val="003269B5"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00336DA4"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00353B13"/>
     <w:rsid w:val="003646F4"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
+    <w:rsid w:val="00371166"/>
     <w:rsid w:val="003770C7"/>
     <w:rsid w:val="00384D69"/>
     <w:rsid w:val="00391E1B"/>
     <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A2919"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003B44BE"/>
     <w:rsid w:val="003C7227"/>
     <w:rsid w:val="003D3FC1"/>
     <w:rsid w:val="003D543D"/>
     <w:rsid w:val="003E319A"/>
     <w:rsid w:val="003E445C"/>
     <w:rsid w:val="003F6E59"/>
     <w:rsid w:val="003F72F7"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
     <w:rsid w:val="00401EE2"/>
+    <w:rsid w:val="00403B34"/>
     <w:rsid w:val="00407A97"/>
     <w:rsid w:val="00420833"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="0042350C"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00425F73"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="00427881"/>
     <w:rsid w:val="00435E10"/>
     <w:rsid w:val="00444E9E"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="004600D1"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00466743"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="004721EF"/>
+    <w:rsid w:val="004752E7"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00494488"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A6DC2"/>
     <w:rsid w:val="004A7D88"/>
     <w:rsid w:val="004B6AF5"/>
+    <w:rsid w:val="004C1714"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D3F8B"/>
     <w:rsid w:val="004D70CF"/>
     <w:rsid w:val="004E2F86"/>
     <w:rsid w:val="004E6A75"/>
     <w:rsid w:val="004E6ECD"/>
     <w:rsid w:val="004F297E"/>
     <w:rsid w:val="005122C6"/>
     <w:rsid w:val="00513D35"/>
     <w:rsid w:val="00516089"/>
     <w:rsid w:val="00521016"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="0052333E"/>
     <w:rsid w:val="0052457E"/>
     <w:rsid w:val="00531F3B"/>
     <w:rsid w:val="0053709F"/>
     <w:rsid w:val="0054032E"/>
     <w:rsid w:val="0054199F"/>
     <w:rsid w:val="005430A4"/>
     <w:rsid w:val="00545D29"/>
+    <w:rsid w:val="00551A57"/>
     <w:rsid w:val="00567934"/>
     <w:rsid w:val="00575516"/>
     <w:rsid w:val="005824DA"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="00587646"/>
     <w:rsid w:val="0059099A"/>
     <w:rsid w:val="00595122"/>
     <w:rsid w:val="00595AF8"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005B54C0"/>
     <w:rsid w:val="005C0A94"/>
     <w:rsid w:val="005D4D95"/>
     <w:rsid w:val="005D725E"/>
     <w:rsid w:val="005F4BE4"/>
     <w:rsid w:val="00602E93"/>
     <w:rsid w:val="0061010A"/>
     <w:rsid w:val="00617D23"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00620DFD"/>
     <w:rsid w:val="00621B22"/>
+    <w:rsid w:val="00621D65"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="00632E89"/>
     <w:rsid w:val="00637EEB"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="00655F9C"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067793A"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="00681792"/>
     <w:rsid w:val="0069651C"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006B43F2"/>
     <w:rsid w:val="006B5BAC"/>
     <w:rsid w:val="006B72C7"/>
     <w:rsid w:val="006C04B9"/>
     <w:rsid w:val="006C0765"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C2D20"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006C5F21"/>
     <w:rsid w:val="006D5208"/>
     <w:rsid w:val="006D5E94"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3CA9"/>
     <w:rsid w:val="006F7BE1"/>
     <w:rsid w:val="007148DF"/>
+    <w:rsid w:val="00716B57"/>
     <w:rsid w:val="00722620"/>
     <w:rsid w:val="00724B10"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00733C45"/>
+    <w:rsid w:val="00734DC2"/>
     <w:rsid w:val="00742311"/>
     <w:rsid w:val="00750D1F"/>
     <w:rsid w:val="007544C0"/>
     <w:rsid w:val="0076397A"/>
     <w:rsid w:val="00767E1E"/>
     <w:rsid w:val="00767FAB"/>
     <w:rsid w:val="00770FD1"/>
     <w:rsid w:val="007773D1"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="00784BBE"/>
     <w:rsid w:val="007909A6"/>
     <w:rsid w:val="00790BFB"/>
     <w:rsid w:val="00790E79"/>
     <w:rsid w:val="00794443"/>
     <w:rsid w:val="00794628"/>
     <w:rsid w:val="00797C77"/>
     <w:rsid w:val="007A2909"/>
     <w:rsid w:val="007A2B38"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A3D01"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007B2652"/>
+    <w:rsid w:val="007B2ACD"/>
     <w:rsid w:val="007B31E7"/>
     <w:rsid w:val="007B63C7"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007B70F4"/>
     <w:rsid w:val="007B7CBA"/>
     <w:rsid w:val="007C07A6"/>
     <w:rsid w:val="007C310C"/>
     <w:rsid w:val="007C7046"/>
     <w:rsid w:val="007C7E1D"/>
     <w:rsid w:val="007D279F"/>
     <w:rsid w:val="007D40F4"/>
     <w:rsid w:val="007D6432"/>
     <w:rsid w:val="007F1EAA"/>
     <w:rsid w:val="007F3928"/>
     <w:rsid w:val="007F5C1B"/>
     <w:rsid w:val="00801EDE"/>
     <w:rsid w:val="008044E6"/>
     <w:rsid w:val="00805956"/>
     <w:rsid w:val="00816BF5"/>
     <w:rsid w:val="00816D8B"/>
     <w:rsid w:val="00817934"/>
     <w:rsid w:val="008201BC"/>
     <w:rsid w:val="00822475"/>
     <w:rsid w:val="00826A84"/>
     <w:rsid w:val="00834EA9"/>
     <w:rsid w:val="008352D1"/>
     <w:rsid w:val="0083758E"/>
     <w:rsid w:val="008377AA"/>
     <w:rsid w:val="00843347"/>
     <w:rsid w:val="008444A8"/>
     <w:rsid w:val="0084495B"/>
     <w:rsid w:val="00844C9D"/>
     <w:rsid w:val="00845FB1"/>
     <w:rsid w:val="0085735D"/>
     <w:rsid w:val="00885AB6"/>
     <w:rsid w:val="00890472"/>
     <w:rsid w:val="00895421"/>
     <w:rsid w:val="008A1D0C"/>
     <w:rsid w:val="008A3A8F"/>
+    <w:rsid w:val="008A4DB1"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008B0D79"/>
     <w:rsid w:val="008B434A"/>
     <w:rsid w:val="008C52A2"/>
     <w:rsid w:val="008C63A1"/>
     <w:rsid w:val="008D0E4E"/>
     <w:rsid w:val="008D2E9A"/>
     <w:rsid w:val="008D43A0"/>
     <w:rsid w:val="008D56C7"/>
     <w:rsid w:val="008D6973"/>
     <w:rsid w:val="008E11A4"/>
     <w:rsid w:val="008E15DF"/>
     <w:rsid w:val="008E5933"/>
     <w:rsid w:val="008E6CE0"/>
     <w:rsid w:val="008F0307"/>
     <w:rsid w:val="008F548E"/>
+    <w:rsid w:val="008F6809"/>
     <w:rsid w:val="008F6BA7"/>
     <w:rsid w:val="00906DED"/>
     <w:rsid w:val="00911084"/>
     <w:rsid w:val="009129C2"/>
     <w:rsid w:val="00914E50"/>
     <w:rsid w:val="009153A9"/>
     <w:rsid w:val="00921C38"/>
+    <w:rsid w:val="009247CB"/>
     <w:rsid w:val="0092568B"/>
     <w:rsid w:val="00930D2E"/>
     <w:rsid w:val="0093226C"/>
     <w:rsid w:val="00934AA1"/>
     <w:rsid w:val="00935E38"/>
     <w:rsid w:val="00936B7F"/>
     <w:rsid w:val="00940753"/>
+    <w:rsid w:val="0094460A"/>
     <w:rsid w:val="00951E63"/>
     <w:rsid w:val="009633DE"/>
     <w:rsid w:val="00970C49"/>
     <w:rsid w:val="00972BC6"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="009843AF"/>
     <w:rsid w:val="009849D5"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
     <w:rsid w:val="009B5B13"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009C50D0"/>
     <w:rsid w:val="009D01EB"/>
+    <w:rsid w:val="009D17AB"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009E310D"/>
     <w:rsid w:val="009F066C"/>
     <w:rsid w:val="009F073D"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="00A04605"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A13DCC"/>
     <w:rsid w:val="00A17ACD"/>
     <w:rsid w:val="00A23C1D"/>
+    <w:rsid w:val="00A257A0"/>
     <w:rsid w:val="00A26F3B"/>
     <w:rsid w:val="00A322B5"/>
     <w:rsid w:val="00A35028"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A45B88"/>
     <w:rsid w:val="00A50A9D"/>
+    <w:rsid w:val="00A529D7"/>
     <w:rsid w:val="00A53C5B"/>
     <w:rsid w:val="00A557A3"/>
     <w:rsid w:val="00A61CB5"/>
     <w:rsid w:val="00A72E0F"/>
     <w:rsid w:val="00A73E41"/>
     <w:rsid w:val="00A745D5"/>
     <w:rsid w:val="00A927F8"/>
     <w:rsid w:val="00AA2792"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AA7431"/>
     <w:rsid w:val="00AB04A4"/>
     <w:rsid w:val="00AB1D66"/>
     <w:rsid w:val="00AC198E"/>
     <w:rsid w:val="00AC4F8A"/>
     <w:rsid w:val="00AC7773"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AD70D6"/>
     <w:rsid w:val="00AF5F77"/>
     <w:rsid w:val="00B018EC"/>
     <w:rsid w:val="00B02AC8"/>
     <w:rsid w:val="00B03EC7"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B07B0F"/>
     <w:rsid w:val="00B2186C"/>
     <w:rsid w:val="00B22179"/>
     <w:rsid w:val="00B26D7A"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B42D35"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B50A3A"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B54F33"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64507"/>
     <w:rsid w:val="00B72734"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B860E5"/>
     <w:rsid w:val="00B8613C"/>
+    <w:rsid w:val="00B97CC7"/>
     <w:rsid w:val="00BA3225"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BA55D0"/>
     <w:rsid w:val="00BA5E0E"/>
     <w:rsid w:val="00BC0F45"/>
     <w:rsid w:val="00BD5ED5"/>
     <w:rsid w:val="00BE381C"/>
+    <w:rsid w:val="00BE7849"/>
     <w:rsid w:val="00BF2D15"/>
     <w:rsid w:val="00C033D8"/>
     <w:rsid w:val="00C067A3"/>
     <w:rsid w:val="00C06FDE"/>
     <w:rsid w:val="00C07484"/>
     <w:rsid w:val="00C13A44"/>
     <w:rsid w:val="00C20923"/>
     <w:rsid w:val="00C27341"/>
     <w:rsid w:val="00C3122E"/>
     <w:rsid w:val="00C33420"/>
     <w:rsid w:val="00C371E3"/>
     <w:rsid w:val="00C4017B"/>
     <w:rsid w:val="00C40CF0"/>
     <w:rsid w:val="00C465FF"/>
     <w:rsid w:val="00C47609"/>
     <w:rsid w:val="00C53F57"/>
     <w:rsid w:val="00C73199"/>
     <w:rsid w:val="00C83091"/>
     <w:rsid w:val="00C86B48"/>
     <w:rsid w:val="00C91A3D"/>
     <w:rsid w:val="00C93048"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CB1064"/>
     <w:rsid w:val="00CB1915"/>
     <w:rsid w:val="00CB6BF4"/>
     <w:rsid w:val="00CB7ED6"/>
+    <w:rsid w:val="00CC2BAC"/>
     <w:rsid w:val="00CC329D"/>
+    <w:rsid w:val="00CC58FD"/>
     <w:rsid w:val="00CD2046"/>
     <w:rsid w:val="00CD26BA"/>
     <w:rsid w:val="00CD586C"/>
     <w:rsid w:val="00CD78B0"/>
     <w:rsid w:val="00CE2E6D"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CE3FBD"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF588A"/>
     <w:rsid w:val="00D013A8"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D20111"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D52018"/>
     <w:rsid w:val="00D55E0A"/>
+    <w:rsid w:val="00D65414"/>
     <w:rsid w:val="00D72188"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D843A7"/>
     <w:rsid w:val="00D85E8D"/>
     <w:rsid w:val="00DA05B6"/>
     <w:rsid w:val="00DA1468"/>
     <w:rsid w:val="00DA55BD"/>
     <w:rsid w:val="00DB07D9"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB71AD"/>
     <w:rsid w:val="00DC0C6B"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DD3136"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DE35E5"/>
     <w:rsid w:val="00DF0F4C"/>
     <w:rsid w:val="00DF32A7"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00DF58EC"/>
     <w:rsid w:val="00DF6B2B"/>
+    <w:rsid w:val="00DF7FC4"/>
     <w:rsid w:val="00E0692B"/>
     <w:rsid w:val="00E10544"/>
     <w:rsid w:val="00E11669"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E20A90"/>
     <w:rsid w:val="00E23813"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E46A7B"/>
     <w:rsid w:val="00E47C69"/>
     <w:rsid w:val="00E710E7"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E770EC"/>
     <w:rsid w:val="00E809FC"/>
+    <w:rsid w:val="00E811EE"/>
     <w:rsid w:val="00E85BF6"/>
     <w:rsid w:val="00E91B9A"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA6980"/>
     <w:rsid w:val="00EA7A28"/>
     <w:rsid w:val="00EB771B"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EC7946"/>
     <w:rsid w:val="00EE081F"/>
     <w:rsid w:val="00EE2714"/>
     <w:rsid w:val="00EF3EF8"/>
     <w:rsid w:val="00F02C92"/>
     <w:rsid w:val="00F1084B"/>
+    <w:rsid w:val="00F14827"/>
     <w:rsid w:val="00F1555B"/>
     <w:rsid w:val="00F22E46"/>
     <w:rsid w:val="00F26FCD"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F279D0"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F3612B"/>
     <w:rsid w:val="00F43458"/>
+    <w:rsid w:val="00F43E7F"/>
     <w:rsid w:val="00F473A4"/>
     <w:rsid w:val="00F60B48"/>
+    <w:rsid w:val="00F61170"/>
     <w:rsid w:val="00F66E2D"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F77409"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F87A2A"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00F96E6C"/>
     <w:rsid w:val="00F9747F"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
     <w:rsid w:val="00FC54A6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD1743"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE52A0"/>
     <w:rsid w:val="00FE76B3"/>
     <w:rsid w:val="00FE7866"/>
     <w:rsid w:val="035E5AB7"/>
     <w:rsid w:val="07524D3E"/>
+    <w:rsid w:val="4494B726"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -12924,51 +12982,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1872525151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7204FFB9C38049CDB710F18949E5BBC3"/>
         <w:category>
@@ -13626,72 +13684,76 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D29FC"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00050560"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D29FC"/>
     <w:rsid w:val="002501D9"/>
     <w:rsid w:val="00270675"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="00295EF2"/>
     <w:rsid w:val="002A2214"/>
     <w:rsid w:val="002B5542"/>
     <w:rsid w:val="00444E9E"/>
     <w:rsid w:val="00490156"/>
     <w:rsid w:val="005D348A"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="006B5BAC"/>
     <w:rsid w:val="007B63C7"/>
     <w:rsid w:val="008217C4"/>
     <w:rsid w:val="00A61CB5"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B857D7"/>
     <w:rsid w:val="00C53F57"/>
     <w:rsid w:val="00CB6BF4"/>
     <w:rsid w:val="00DA05B6"/>
+    <w:rsid w:val="00E31B94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -14491,626 +14553,155 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...406 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF997042-DB19-4537-9E6A-FD6CA18388CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...45 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3009</Words>
-  <Characters>17155</Characters>
+  <Words>3082</Words>
+  <Characters>17507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>437</Lines>
+  <Paragraphs>282</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Safeguard Mechanism trade-exposed baseline-adjusted facility audit report template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20124</CharactersWithSpaces>
+  <CharactersWithSpaces>20307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>3276839</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.youtube.com/watch?v=zoFQDVyAIds</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995496</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995496</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2687032</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
@@ -15189,57 +14780,25 @@
       <vt:variant>
         <vt:lpwstr>https://www.legislation.gov.au/Series/F2010L00053</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Safeguard Mechanism trade-exposed baseline-adjusted facility audit report template</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...30 lines deleted...]
-</file>