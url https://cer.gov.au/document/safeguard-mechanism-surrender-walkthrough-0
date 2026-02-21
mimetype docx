--- v0 (2026-01-31)
+++ v1 (2026-02-21)
@@ -787,91 +787,100 @@
                         <a:solidFill>
                           <a:schemeClr val="accent1"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" anchor="ctr">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3E0C9720" id="Freeform 14" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-1.5pt;margin-top:70.35pt;width:487.55pt;height:487.05pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="7550841,7542959" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0HFdHNwoAALdEAAAOAAAAZHJzL2Uyb0RvYy54bWysXE2P47gRvQfIfxB8DJCxKImU1JiexWIX&#10;m8vmA9gNsDlqZLltxLYcSdPu+fcpfsguct3W4ySXVqu7HossviqKrJI+fvd2PCSv3TDu+9PzSnxI&#10;V0l3avvN/vTyvPrnrz/9uVol49ScNs2hP3XPq6/duPru0x//8PFyfuqyftcfNt2QUCOn8elyfl7t&#10;pun8tF6P7a47NuOH/tyd6J/bfjg2E90OL+vN0Fyo9eNhnaWpWl/6YXMe+rYbR/rrj/afq0+m/e22&#10;a6e/b7djNyWH5xX1bTI/B/Pzs/65/vSxeXoZmvNu37puNN/Qi2OzP5HSa1M/NlOTfBn2v2vquG+H&#10;fuy304e2P6777XbfdmYMNBqRBqP5ZdecOzMWMs54vppp/P812/7t9ZfzPwbd9fH8c9/+e0xO/Q+7&#10;5vTSfT+eyXw0qavbn4ahv+y6ZkM9ENp268t5fLq2oW9Gai35fPlrv6HZbr5MvTHL23Y4ah004OTN&#10;WP/r1frd25S09EclappRmqSW/qdEJbPczM+6eZrh7Zdx+kvXm6aa15/HyU7fhn4zxt8kp+ZIetv+&#10;dBr3U/cbtbY9HmhG/7ROZJVKpdLkkpRSplVhBkAzFoL+5YFUXamiSHYEKrJa1o4xIeg3stJVU1kU&#10;tayyZU0cJFFNGddkR7KsiYNkWVVKpMtjyr9FkwcqClHlallTwTWh1vNAdnaWNUmmCWYEBzkeLGtS&#10;XFOZFkUqlueJg4hGmPXKb9Hkg0BGUDS/sjyv6qKsiuUxcRDM8pppklLWdSWXNXkg1J+E7+8yVSkw&#10;KB+FepTwPR7VxVEwK4Tn86gJPRTMdcG9HiaGh8J1cb/Pq7QQSi1TQ3AUbkPu+bgujoKjreC+Tysh&#10;rYAA5T0U7F2Ce3+uClmWJWBDjsJ1cf/Py6JMaUVYXIQFR+E25BEA18VRMDcyHjdgG3oomPMZjwAw&#10;NzwUrovHDVGnqayB+co4Crchjxu4Lo6CuZHxCADHKB9V1qoS9fLan3kRQAgpasCXPVQO6+JxA14q&#10;M47CdXkRAH2gzjgK18UjgCplLQQQozKOwnUFEQB7fM84CtZFu5rbQ5TbiizHQw+V0+NaWQHP1TmP&#10;G7gujpKyoLUoW+Z8HkQAzIYeSqpCiBzYbeU8AsDc8FC4Lh434C1D7qHgcXlxA31myz0UrItHAInG&#10;qNxDwbq8CIBuHHKOwufLiwDo82HOURRFyR7IDtmLALAuH1VTpBfL/lXwuCHqWmRIPPRQcIyiw5Fb&#10;jMqVtj0Qe30Uun4VPG7Az2w+qkJtyOMGroujYG4UPALgNuQomPMFjwA4NzgK18UjgH1mq5fXr4Kj&#10;cBvyCIDr4ih60gP9i0eAOq0r4Kiw4Bjcu7j/i1LSYSeii6NgXdKLGlWhyhqYLQ9lnzbkcoSSPGoI&#10;WBdH2acNIBpKHjVgG3oomPGS+z/IDA+Da+Len9OqsLhPlhyBW497PqbHQ5jnT4QR3OtpK5ki3OMY&#10;YA2WnrfTWUaKrFUeCtHie3ou0wzYFUuOsuNfzCRQjoGtvSWqiaNElqmsqpY9VvHokKO6PJSgzX6a&#10;AR6ruJ/jujhKr2y5KoFx8eiA6+KorKJImQN7fcWjA67LQ6k8ryQyX9zb9ZkTxHXlocwsI7q4x2eq&#10;ov13tRyPFEdZayC6uM/bWQa8S3EUrovHC8teYPVVHIXr4v4v0lyKFHiOVhyF6+IRAIy1imNgTSWP&#10;GoDtPPkc5XrJPR/RwuVh7y25zyNauDwcj0ru7YgWLg9H2JL7OaKFy8NrRsk9HNHC5e+sgZTff5kz&#10;+M1uTuq3byeX1affEqpH0PUCOsl/7kddQsBT/FQvMN9S8l6XJTRPhNLSC2CiDAfbmgYUTEzg4CxK&#10;M00wB+dRYJo3Di6iwDQdHCyjwBRxOVhFgSmEcnAZBaaYyMFVFJjCHAebKg6cJBTuOJpSv1EcC0kW&#10;xzKdkPW0x/FM51g9eBzTdNrUg8dxTQRko/so0wV0o2RnFDwgHGU9o+AB5SglGQUPSCfiWKcThdzy&#10;dB+jXef+PHgc63Q6z4PHsS4LWEf3UZ0PWEdJuCh4wDrKq0XBA9ZRqiwKHrCOsl9R8IB1lNCKgges&#10;oxxVDFynmfi8X0vwsPVU55s8eBzrdDLIg8exTud3PHgc63TKxoPHsU5nYTx4HOt0YsWDx7FO50o8&#10;eBzrdPrDg8exLg9YR/cxrNNJCq6d7qPgAetsaSe8vutUgqc9jnVFwDq6j+p8wDpKG0TBA9ZRJiAK&#10;HrCOjumj4AHrijjW6eNzz/JxrCsC1tF9TOf1ITfXTvdR8IB1dPodBQ9YR0fTUfCAdXTeHAUPWEfH&#10;yFHwgHUyjnUyYB3dR2kPWEdnuVHwgHV0SBsFD1hna8LhaKMPTznr6D5Guz5F9eBxrFMB6+g+SnvA&#10;Ojr7jIIHrKODySh4wDo6a4yCB6yj48MoeMA6OhGMggeso0O+KHjAOjq5i4HrIzhOG7qPggeso7O5&#10;KHjAOjp0i4IHrKPTtCh4wDo6JouCB6yj8y8Gt37vjqoGemFGv2l0MG8aTauE3jQaVgm9afRZY+jw&#10;qpn0Cdf8a3J5Xs0voyQ7/bt9x0T//9i/dr/2RnLSB16u8shMo6u9df24SR5OHEGJGV2DdQcxy83X&#10;s9Fw7QkRxVVVOg2z3Hz9vbyr+Hwsz/ozj9Racm53vtr2+YghefuShRkv0h/J5O+Ptz30Y2cm7mZj&#10;2zdXP3rHtjfJYDS2musOYpabr270yrwdYOXt+wUPrSuZPDR61h/EunzEmLypzIdnw1XXPxjv+7Ph&#10;KqLv2Pa92XD12ncQ8yzMVzfftm79Qe/el0dmg/cHsS4fMSLvaqtN/5H+cPn/xTdcncpCpHLVh6Z3&#10;PmK26nx1vsG4C8nbSmW4fVdRCsuTRa+RFukPj7Sulvehb3N5V4/7WJ71x9WePJTn40XkeWSG5Nl8&#10;QfK2GtXYH5HnsQmTv8UmV4v20D48Nrl6skD+/djkqvHucOn92KTHYJ82ETa5OkarwVa7Bb3zvYfL&#10;Q6O39Z/wbPARI7Ph6vps+7by9mH/uXzsbJjqrYi5cJVldxCzTeerjUyu6s3K2yqpx2OxVXJu7LrS&#10;fn6yntudr659Wy1o5W319cP2b+NFZoIqweCezLKuOjDoxfv+YDLARsu8BXnfD0x9iyc7W2O+zquz&#10;qZIykrb9R8+Vts7BbgZd1jvo/futu1w8Lm8rlmB5V7cAy7tqisfytk7IWMfVeDyUd7U+sLyr18Hl&#10;ablMXXoL6Y+rm4HbvzEMad1ujBE7Wklkhqykqw55aGsnaSzy2POdpK3sA9q85wezV9KmVe9ETaHE&#10;dUuqd7Ls+wpjf9hvftofDnoLar7H0f1wGJLXhva3Tdt2p2nuryd5MGUXp14jZyfULXTmYxy2usN8&#10;NUJ/KEJ/pmN8+txvvtJHIy70FY7n1fifL83Qrajio931tH1up8GUfZz67+ljEtu9/uSDwVuUu6Gv&#10;Y5jBuC956M9v8HsjdfveyKf/AgAA//8DAFBLAwQUAAYACAAAACEAnA3nt+EAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonJaJpiFMhUC9ISLRw6NGNTRyw1yF20pCvZznB&#10;cWdHM2/K7eQsG3UfWo8C0mUCTGPtVYuNgLfX3SIHFqJEJa1HLeBbB9hWlxelLJQ/416Ph9gwCsFQ&#10;SAEmxq7gPNRGOxmWvtNIv3ffOxnp7BuuenmmcGf5KkluuZMtUoORnX4wuv48DE5AN8fdYM3zi/0Y&#10;s3Q+Ps35F38U4vpqur8DFvUU/8zwi0/oUBHTyQ+oArMCFjc0JZKeJWtgZNisVymwEylpmuXAq5L/&#10;31D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPQcV0c3CgAAt0QAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwN57fhAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAkQwAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACfDQAAAAA=&#10;" path="m5805660,5698644r1643922,l7550841,5788610r,1653226l7449582,7542959r-1643922,l5704401,7441836r,-1653226l5805660,5698644xm3894784,5698644r1665201,l5650604,5788610r,1653226l5559985,7542959r-1665201,l3804166,7441836r,-1653226l3894784,5698644xm2001855,5698644r1643922,l3747036,5788610r,1653226l3645777,7542959r-1643922,l1900596,7441836r,-1653226l2001855,5698644xm3894784,3796819r1220411,l5559985,3796819r245675,l6759117,3796819r690465,l7550841,3886786r,1653226l7449582,5641134r-690465,l5805660,5641134r-245675,l5115195,5641134r-1220411,l3804166,5551150r,-1653189l3894784,3796819xm1991217,3796819r1665200,l3747036,3897961r,1653189l3656417,5641134r-1665200,l1900599,5551150r,-1653189l1991217,3796819xm90980,3796819r1665200,l1846799,3886785r,1653226l1756180,5641134r-1665200,l361,5540011r,-1653226l90980,3796819xm90009,l3645017,r90009,90009l3735026,1226288r,517733l3735026,1991367r,888572l3735026,3633858r-90009,101170l2689118,3735028r-697752,l1744020,3735028r-708913,l90009,3735028,,3633858,,2879939,,1991367,,1744021,,1226288,,90009,90009,xe" fillcolor="#9fb76f [3204]" stroked="f">
+              <v:shape w14:anchorId="584A290E" id="Freeform 14" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-1.5pt;margin-top:70.35pt;width:487.55pt;height:487.05pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="7550841,7542959" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0HFdHNwoAALdEAAAOAAAAZHJzL2Uyb0RvYy54bWysXE2P47gRvQfIfxB8DJCxKImU1JiexWIX&#10;m8vmA9gNsDlqZLltxLYcSdPu+fcpfsguct3W4ySXVqu7HossviqKrJI+fvd2PCSv3TDu+9PzSnxI&#10;V0l3avvN/vTyvPrnrz/9uVol49ScNs2hP3XPq6/duPru0x//8PFyfuqyftcfNt2QUCOn8elyfl7t&#10;pun8tF6P7a47NuOH/tyd6J/bfjg2E90OL+vN0Fyo9eNhnaWpWl/6YXMe+rYbR/rrj/afq0+m/e22&#10;a6e/b7djNyWH5xX1bTI/B/Pzs/65/vSxeXoZmvNu37puNN/Qi2OzP5HSa1M/NlOTfBn2v2vquG+H&#10;fuy304e2P6777XbfdmYMNBqRBqP5ZdecOzMWMs54vppp/P812/7t9ZfzPwbd9fH8c9/+e0xO/Q+7&#10;5vTSfT+eyXw0qavbn4ahv+y6ZkM9ENp268t5fLq2oW9Gai35fPlrv6HZbr5MvTHL23Y4ah004OTN&#10;WP/r1frd25S09EclappRmqSW/qdEJbPczM+6eZrh7Zdx+kvXm6aa15/HyU7fhn4zxt8kp+ZIetv+&#10;dBr3U/cbtbY9HmhG/7ROZJVKpdLkkpRSplVhBkAzFoL+5YFUXamiSHYEKrJa1o4xIeg3stJVU1kU&#10;tayyZU0cJFFNGddkR7KsiYNkWVVKpMtjyr9FkwcqClHlallTwTWh1vNAdnaWNUmmCWYEBzkeLGtS&#10;XFOZFkUqlueJg4hGmPXKb9Hkg0BGUDS/sjyv6qKsiuUxcRDM8pppklLWdSWXNXkg1J+E7+8yVSkw&#10;KB+FepTwPR7VxVEwK4Tn86gJPRTMdcG9HiaGh8J1cb/Pq7QQSi1TQ3AUbkPu+bgujoKjreC+Tysh&#10;rYAA5T0U7F2Ce3+uClmWJWBDjsJ1cf/Py6JMaUVYXIQFR+E25BEA18VRMDcyHjdgG3oomPMZjwAw&#10;NzwUrovHDVGnqayB+co4Crchjxu4Lo6CuZHxCADHKB9V1qoS9fLan3kRQAgpasCXPVQO6+JxA14q&#10;M47CdXkRAH2gzjgK18UjgCplLQQQozKOwnUFEQB7fM84CtZFu5rbQ5TbiizHQw+V0+NaWQHP1TmP&#10;G7gujpKyoLUoW+Z8HkQAzIYeSqpCiBzYbeU8AsDc8FC4Lh434C1D7qHgcXlxA31myz0UrItHAInG&#10;qNxDwbq8CIBuHHKOwufLiwDo82HOURRFyR7IDtmLALAuH1VTpBfL/lXwuCHqWmRIPPRQcIyiw5Fb&#10;jMqVtj0Qe30Uun4VPG7Az2w+qkJtyOMGroujYG4UPALgNuQomPMFjwA4NzgK18UjgH1mq5fXr4Kj&#10;cBvyCIDr4ih60gP9i0eAOq0r4Kiw4Bjcu7j/i1LSYSeii6NgXdKLGlWhyhqYLQ9lnzbkcoSSPGoI&#10;WBdH2acNIBpKHjVgG3oomPGS+z/IDA+Da+Len9OqsLhPlhyBW497PqbHQ5jnT4QR3OtpK5ki3OMY&#10;YA2WnrfTWUaKrFUeCtHie3ou0wzYFUuOsuNfzCRQjoGtvSWqiaNElqmsqpY9VvHokKO6PJSgzX6a&#10;AR6ruJ/jujhKr2y5KoFx8eiA6+KorKJImQN7fcWjA67LQ6k8ryQyX9zb9ZkTxHXlocwsI7q4x2eq&#10;ov13tRyPFEdZayC6uM/bWQa8S3EUrovHC8teYPVVHIXr4v4v0lyKFHiOVhyF6+IRAIy1imNgTSWP&#10;GoDtPPkc5XrJPR/RwuVh7y25zyNauDwcj0ru7YgWLg9H2JL7OaKFy8NrRsk9HNHC5e+sgZTff5kz&#10;+M1uTuq3byeX1affEqpH0PUCOsl/7kddQsBT/FQvMN9S8l6XJTRPhNLSC2CiDAfbmgYUTEzg4CxK&#10;M00wB+dRYJo3Di6iwDQdHCyjwBRxOVhFgSmEcnAZBaaYyMFVFJjCHAebKg6cJBTuOJpSv1EcC0kW&#10;xzKdkPW0x/FM51g9eBzTdNrUg8dxTQRko/so0wV0o2RnFDwgHGU9o+AB5SglGQUPSCfiWKcThdzy&#10;dB+jXef+PHgc63Q6z4PHsS4LWEf3UZ0PWEdJuCh4wDrKq0XBA9ZRqiwKHrCOsl9R8IB1lNCKgges&#10;oxxVDFynmfi8X0vwsPVU55s8eBzrdDLIg8exTud3PHgc63TKxoPHsU5nYTx4HOt0YsWDx7FO50o8&#10;eBzrdPrDg8exLg9YR/cxrNNJCq6d7qPgAetsaSe8vutUgqc9jnVFwDq6j+p8wDpKG0TBA9ZRJiAK&#10;HrCOjumj4AHrijjW6eNzz/JxrCsC1tF9TOf1ITfXTvdR8IB1dPodBQ9YR0fTUfCAdXTeHAUPWEfH&#10;yFHwgHUyjnUyYB3dR2kPWEdnuVHwgHV0SBsFD1hna8LhaKMPTznr6D5Guz5F9eBxrFMB6+g+SnvA&#10;Ojr7jIIHrKODySh4wDo6a4yCB6yj48MoeMA6OhGMggeso0O+KHjAOjq5i4HrIzhOG7qPggeso7O5&#10;KHjAOjp0i4IHrKPTtCh4wDo6JouCB6yj8y8Gt37vjqoGemFGv2l0MG8aTauE3jQaVgm9afRZY+jw&#10;qpn0Cdf8a3J5Xs0voyQ7/bt9x0T//9i/dr/2RnLSB16u8shMo6u9df24SR5OHEGJGV2DdQcxy83X&#10;s9Fw7QkRxVVVOg2z3Hz9vbyr+Hwsz/ozj9Racm53vtr2+YghefuShRkv0h/J5O+Ptz30Y2cm7mZj&#10;2zdXP3rHtjfJYDS2musOYpabr270yrwdYOXt+wUPrSuZPDR61h/EunzEmLypzIdnw1XXPxjv+7Ph&#10;KqLv2Pa92XD12ncQ8yzMVzfftm79Qe/el0dmg/cHsS4fMSLvaqtN/5H+cPn/xTdcncpCpHLVh6Z3&#10;PmK26nx1vsG4C8nbSmW4fVdRCsuTRa+RFukPj7Sulvehb3N5V4/7WJ71x9WePJTn40XkeWSG5Nl8&#10;QfK2GtXYH5HnsQmTv8UmV4v20D48Nrl6skD+/djkqvHucOn92KTHYJ82ETa5OkarwVa7Bb3zvYfL&#10;Q6O39Z/wbPARI7Ph6vps+7by9mH/uXzsbJjqrYi5cJVldxCzTeerjUyu6s3K2yqpx2OxVXJu7LrS&#10;fn6yntudr659Wy1o5W319cP2b+NFZoIqweCezLKuOjDoxfv+YDLARsu8BXnfD0x9iyc7W2O+zquz&#10;qZIykrb9R8+Vts7BbgZd1jvo/futu1w8Lm8rlmB5V7cAy7tqisfytk7IWMfVeDyUd7U+sLyr18Hl&#10;ablMXXoL6Y+rm4HbvzEMad1ujBE7Wklkhqykqw55aGsnaSzy2POdpK3sA9q85wezV9KmVe9ETaHE&#10;dUuqd7Ls+wpjf9hvftofDnoLar7H0f1wGJLXhva3Tdt2p2nuryd5MGUXp14jZyfULXTmYxy2usN8&#10;NUJ/KEJ/pmN8+txvvtJHIy70FY7n1fifL83Qrajio931tH1up8GUfZz67+ljEtu9/uSDwVuUu6Gv&#10;Y5jBuC956M9v8HsjdfveyKf/AgAA//8DAFBLAwQUAAYACAAAACEAnA3nt+EAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonJaJpiFMhUC9ISLRw6NGNTRyw1yF20pCvZznB&#10;cWdHM2/K7eQsG3UfWo8C0mUCTGPtVYuNgLfX3SIHFqJEJa1HLeBbB9hWlxelLJQ/416Ph9gwCsFQ&#10;SAEmxq7gPNRGOxmWvtNIv3ffOxnp7BuuenmmcGf5KkluuZMtUoORnX4wuv48DE5AN8fdYM3zi/0Y&#10;s3Q+Ps35F38U4vpqur8DFvUU/8zwi0/oUBHTyQ+oArMCFjc0JZKeJWtgZNisVymwEylpmuXAq5L/&#10;31D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPQcV0c3CgAAt0QAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwN57fhAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAkQwAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACfDQAAAAA=&#10;" path="m5805660,5698644r1643922,l7550841,5788610r,1653226l7449582,7542959r-1643922,l5704401,7441836r,-1653226l5805660,5698644xm3894784,5698644r1665201,l5650604,5788610r,1653226l5559985,7542959r-1665201,l3804166,7441836r,-1653226l3894784,5698644xm2001855,5698644r1643922,l3747036,5788610r,1653226l3645777,7542959r-1643922,l1900596,7441836r,-1653226l2001855,5698644xm3894784,3796819r1220411,l5559985,3796819r245675,l6759117,3796819r690465,l7550841,3886786r,1653226l7449582,5641134r-690465,l5805660,5641134r-245675,l5115195,5641134r-1220411,l3804166,5551150r,-1653189l3894784,3796819xm1991217,3796819r1665200,l3747036,3897961r,1653189l3656417,5641134r-1665200,l1900599,5551150r,-1653189l1991217,3796819xm90980,3796819r1665200,l1846799,3886785r,1653226l1756180,5641134r-1665200,l361,5540011r,-1653226l90980,3796819xm90009,l3645017,r90009,90009l3735026,1226288r,517733l3735026,1991367r,888572l3735026,3633858r-90009,101170l2689118,3735028r-697752,l1744020,3735028r-708913,l90009,3735028,,3633858,,2879939,,1991367,,1744021,,1226288,,90009,90009,xe" fillcolor="#9fb76f [3204]" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="4760880,4672891;6108963,4672891;6192000,4746663;6192000,6102309;6108963,6185230;4760880,6185230;4677843,6102309;4677843,4746663;3193883,4672891;4559416,4672891;4633728,4746663;4633728,6102309;4559416,6185230;3193883,6185230;3119572,6102309;3119572,4746663;1641603,4672891;2989687,4672891;3072724,4746663;3072724,6102309;2989687,6185230;1641603,6185230;1558567,6102309;1558567,4746663;3193883,3113393;4194670,3113393;4559416,3113393;4760880,3113393;5542754,3113393;6108963,3113393;6192000,3187166;6192000,4542812;6108963,4625733;5542754,4625733;4760880,4625733;4559416,4625733;4194670,4625733;3193883,4625733;3119572,4551946;3119572,3196330;1632880,3113393;2998412,3113393;3072724,3196330;3072724,4551946;2998412,4625733;1632880,4625733;1558569,4551946;1558569,3196330;74607,3113393;1440140,3113393;1514451,3187166;1514451,4542812;1440140,4625733;74607,4625733;296,4542812;296,3187166;73811,0;2989064,0;3062875,73807;3062875,1005557;3062875,1430098;3062875,1632922;3062875,2361551;3062875,2979765;2989064,3062725;2205187,3062725;1633002,3062725;1430168,3062725;848830,3062725;73811,3062725;0,2979765;0,2361551;0,1632922;0,1430098;0,1005557;0,73807" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E9547F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Safeguard Mechanism surrender </w:t>
       </w:r>
       <w:r w:rsidR="00BC2F5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00E9547F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>alkthrough</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62345A40" w14:textId="781C7D27" w:rsidR="003A5739" w:rsidRPr="00531F3B" w:rsidRDefault="00625721" w:rsidP="00A10462">
+    <w:p w14:paraId="62345A40" w14:textId="3E88F317" w:rsidR="003A5739" w:rsidRPr="00531F3B" w:rsidRDefault="00625721" w:rsidP="00A10462">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:ind w:left="5103" w:right="101"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Version 1.0 </w:t>
+        <w:t>Version 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A56CDA">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56CDA">
+        <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="00571B0F">
-        <w:t>January 2026</w:t>
+        <w:t xml:space="preserve"> 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7050EDAF" w14:textId="77777777" w:rsidR="00BF3AD2" w:rsidRPr="00531F3B" w:rsidRDefault="00BF3AD2" w:rsidP="00A10462">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:ind w:left="5103" w:right="101"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7728B6" w14:textId="77777777" w:rsidR="0021782A" w:rsidRPr="00531F3B" w:rsidRDefault="00B16D30" w:rsidP="00A10462">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:ind w:left="5103" w:right="101"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
@@ -1308,1934 +1317,1880 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1328400" cy="1328400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="003A5739" w:rsidRPr="00531F3B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49638EA9" w14:textId="77777777" w:rsidR="008B2E38" w:rsidRDefault="002C702A" w:rsidP="008B2E38">
+    <w:p w14:paraId="5A643C02" w14:textId="77777777" w:rsidR="00F251B9" w:rsidRDefault="002C702A" w:rsidP="008B2E38">
       <w:pPr>
         <w:pStyle w:val="Contents"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B2E38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
       <w:r w:rsidR="00EB7F5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Cambria"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00EB7F5F" w:rsidRPr="008B2E38">
         <w:rPr>
           <w:rFonts w:eastAsia="Cambria"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidR="00EB7F5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Cambria"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6826A54C" w14:textId="00E45CD3" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="33724A39" w14:textId="7788B7E2" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358884" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102797" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Safeguard Mechanism surrender walkthrough</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358884 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102797 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>4</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DA03651" w14:textId="1E857BB3" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="429646EC" w14:textId="42F9FD45" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358885" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102798" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358885 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102798 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>4</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="765095DE" w14:textId="226614B6" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="1A2B99E3" w14:textId="4A9F040B" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358886" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102799" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Overview</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358886 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102799 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>4</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C925AB1" w14:textId="36F845D0" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="15BB5E40" w14:textId="0E1C35CC" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358887" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102800" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003D4830">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Open a Surrender Request form in Online Services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358887 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102800 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>5</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65ADE149" w14:textId="6DCEEC18" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="501B8D59" w14:textId="5AE99CEF" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358888" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102801" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Note: User permissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358888 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102801 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>5</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AA89512" w14:textId="72E2DCDD" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="4C0A6FD7" w14:textId="76BDDA5A" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358889" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102802" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2. Complete the Surrender Request form in Online Services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358889 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102802 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>6</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="106BAE6E" w14:textId="25416D5E" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="47716325" w14:textId="6C91C6CD" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358890" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102803" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Starting the form</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358890 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102803 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>6</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E0F721A" w14:textId="50BDEC94" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="63F56CB0" w14:textId="0B8B742C" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358891" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102804" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Select the correct financial year</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358891 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102804 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>6</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01991582" w14:textId="5A7E4043" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="59578B81" w14:textId="5FA130D2" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358892" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102805" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Facility and Contact Officer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358892 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102805 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>7</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68DAC955" w14:textId="5ED2B9E2" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="0E8FBF77" w14:textId="788F0D08" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358893" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102806" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>ANREU Account Details</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358893 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102806 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>8</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C6AA90F" w14:textId="7B695C88" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="3BB0E56A" w14:textId="00659A90" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358894" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102807" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>30% ACCUs explanation requirement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358894 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102807 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>9</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12E467F6" w14:textId="3E833DA8" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="0C5DDB4B" w14:textId="47589845" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358895" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102808" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nominating an applicant</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358895 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102808 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>10</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F751518" w14:textId="18247921" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="07B2802D" w14:textId="381902BD" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358896" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102809" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Review request</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358896 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102809 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>11</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29B7138F" w14:textId="37038428" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="65EBED1A" w14:textId="1582F0A2" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358897" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102810" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Receipt of surrender request</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358897 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102810 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>12</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F76269E" w14:textId="7F65F648" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="26F3E579" w14:textId="13CDC840" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358898" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102811" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3. Initiate surrender transaction in the Unit and Certificate Registry</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358898 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102811 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>12</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22B47B27" w14:textId="50369C50" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="75B7236D" w14:textId="74A26248" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358899" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102812" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Navigate to Safeguard surrender in the Unit and Certificate Registry</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358899 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102812 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>13</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00E55579" w14:textId="52A6CDDB" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="0DD70FF3" w14:textId="0A4CC085" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358900" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102813" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Begin the Surrender Transaction</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358900 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102813 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>13</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="790CAF50" w14:textId="4275EB6C" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="0E8BA0CB" w14:textId="4F8987EC" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358901" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102814" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Select units for surrender</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358901 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102814 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>14</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76AE7E48" w14:textId="541528F2" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="1DA4321D" w14:textId="5C11898F" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358902" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102815" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Review selections</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358902 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102815 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>16</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F2F7D08" w14:textId="44BDE8E5" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="3F233603" w14:textId="02FAF190" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358903" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102816" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transaction awaiting approval</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358903 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102816 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>17</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BDC4C88" w14:textId="3E2A0BC8" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="44DBE2C3" w14:textId="78117010" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358904" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102817" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4. Finalise the surrender in the Unit and Certificate Registry</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358904 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102817 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>17</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D70F930" w14:textId="6177B844" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="42972C3B" w14:textId="6B0B4D26" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358905" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102818" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Navigate to Safeguard surrender</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358905 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102818 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>17</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="021482FA" w14:textId="12A81F95" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="3C88A1A9" w14:textId="0E2D1B34" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358906" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102819" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Review transaction details and approve</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358906 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102819 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>17</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67F170CF" w14:textId="0F52336A" w:rsidR="008B2E38" w:rsidRDefault="008B2E38">
+    <w:p w14:paraId="60AE9C25" w14:textId="10887617" w:rsidR="00F251B9" w:rsidRDefault="00F251B9">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219358907" w:history="1">
-        <w:r w:rsidRPr="003D4830">
+      <w:hyperlink w:anchor="_Toc221102820" w:history="1">
+        <w:r w:rsidRPr="00262605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Surrender transaction completed  </w:t>
         </w:r>
-        <w:r w:rsidRPr="003D4830">
-[...52 lines deleted...]
-        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219358907 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221102820 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00815578">
-[...4 lines deleted...]
-          <w:t>19</w:t>
+        <w:r w:rsidR="00E31671">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="167D8BAA" w14:textId="551494E5" w:rsidR="00E12286" w:rsidRDefault="00EB7F5F" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6963BCF1" w14:textId="77777777" w:rsidR="002C702A" w:rsidRPr="00E12286" w:rsidRDefault="002C702A" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12286">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4096367D" w14:textId="43EA604D" w:rsidR="009162C8" w:rsidRDefault="0004673E" w:rsidP="009162C8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc219358884"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc221102797"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidR="00315FDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">urrender </w:t>
       </w:r>
       <w:r w:rsidR="00315FDD">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>alkthrough</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="57BB2304" w14:textId="2EC10615" w:rsidR="009162C8" w:rsidRDefault="009162C8" w:rsidP="009162C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc219358885"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc221102798"/>
       <w:r>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35530E73" w14:textId="3486235E" w:rsidR="00950706" w:rsidRDefault="007513A5" w:rsidP="009162C8">
       <w:r>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00950706">
         <w:t xml:space="preserve">guide </w:t>
       </w:r>
       <w:r w:rsidR="005179BB">
         <w:t>demonstrates how</w:t>
       </w:r>
       <w:r w:rsidR="00950706">
         <w:t xml:space="preserve"> to surrender </w:t>
       </w:r>
       <w:r w:rsidR="009929DF">
         <w:t xml:space="preserve">Australian </w:t>
       </w:r>
       <w:r w:rsidR="34E2AEDD">
@@ -3303,112 +3258,112 @@
       </w:r>
       <w:r w:rsidR="3BF74873">
         <w:t>’ll</w:t>
       </w:r>
       <w:r w:rsidR="28331006">
         <w:t xml:space="preserve"> need</w:t>
       </w:r>
       <w:r w:rsidR="09FE7EC9">
         <w:t xml:space="preserve"> access to</w:t>
       </w:r>
       <w:r w:rsidR="0FCDDC8A">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="2D617D64">
         <w:t xml:space="preserve"> Clean Energy Regulator</w:t>
       </w:r>
       <w:r w:rsidR="14283B30">
         <w:t xml:space="preserve"> (CER)</w:t>
       </w:r>
       <w:r w:rsidR="723BBDD5">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="14283B30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:anchor="online-services">
+      <w:hyperlink r:id="rId16" w:anchor="online-services">
         <w:r w:rsidR="5600495E" w:rsidRPr="53AB8309">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Online Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53AB8309">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="14283B30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="48487A24">
         <w:t>portal</w:t>
       </w:r>
       <w:r w:rsidR="72B96101">
         <w:t>, including the</w:t>
       </w:r>
       <w:r w:rsidR="2D617D64">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidR="2D617D64" w:rsidRPr="53AB8309">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Unit and Certificate Registry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53AB8309">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="2D617D64">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453CFD35" w14:textId="77777777" w:rsidR="00412870" w:rsidRDefault="00950706" w:rsidP="009162C8">
       <w:r>
         <w:t xml:space="preserve">You may also find </w:t>
       </w:r>
       <w:r w:rsidR="00412870">
         <w:t>these guidance documents useful:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66708E03" w14:textId="7DEF0606" w:rsidR="00CB2F05" w:rsidRDefault="0039640B" w:rsidP="00412870">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="001A6D5D" w:rsidRPr="5BDBDD71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>S</w:t>
         </w:r>
         <w:r w:rsidR="4DFE534B" w:rsidRPr="5BDBDD71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>afeguard Mechanism credit unit issuance and carbon unit surrender g</w:t>
         </w:r>
         <w:r w:rsidR="001A6D5D" w:rsidRPr="5BDBDD71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>uideline</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F6FA5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -3546,51 +3501,51 @@
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="000F6FA5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="001A6D5D" w:rsidRPr="001A6D5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>provides</w:t>
       </w:r>
       <w:r w:rsidR="005F2878">
         <w:t xml:space="preserve"> general help on using the Unit and Certificate Registry system</w:t>
       </w:r>
       <w:r w:rsidR="001A6D5D" w:rsidRPr="001A6D5D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB2858E" w14:textId="1EFD2849" w:rsidR="00656FAB" w:rsidRDefault="00656FAB" w:rsidP="003C4794">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc219358886"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc221102799"/>
       <w:r>
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="024063A4" w14:textId="20CA64D0" w:rsidR="00656FAB" w:rsidRDefault="00EA75B1" w:rsidP="00656FAB">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00C02016">
         <w:t xml:space="preserve">here are </w:t>
       </w:r>
       <w:r w:rsidR="008A7BC3">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C02016">
         <w:t xml:space="preserve"> steps to successfully surrendering ACCUs and</w:t>
@@ -3705,97 +3660,98 @@
     </w:p>
     <w:p w14:paraId="4F920C53" w14:textId="77777777" w:rsidR="0093799E" w:rsidRDefault="0093799E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67595199" w14:textId="7C7B789E" w:rsidR="00861BA4" w:rsidRDefault="00A36823" w:rsidP="006E3807">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc219358887"/>
-      <w:r>
+      <w:bookmarkStart w:id="5" w:name="_Toc221102800"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Open a</w:t>
       </w:r>
       <w:r w:rsidR="0004673E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317EC9">
         <w:t>Surrender Request form</w:t>
       </w:r>
       <w:r w:rsidR="0000092F">
         <w:t xml:space="preserve"> in Online Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="13E29052" w14:textId="06168AFC" w:rsidR="0004673E" w:rsidRDefault="0004673E" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10EF8F1C" w14:textId="10D48260" w:rsidR="0004673E" w:rsidRDefault="001F2530" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4168F247" wp14:editId="72EB8C8B">
             <wp:extent cx="6184900" cy="3025588"/>
             <wp:effectExtent l="0" t="0" r="6350" b="3810"/>
             <wp:docPr id="888161121" name="Picture 2" descr="A screenshot of the Online Services dashboard showing two application tiles under “Forms and applications.” The left tile is for “Apply for a Rec Registry account,” and the right tile, outlined in red, is for “Safeguard Carbon Units Surrender Request.” A search bar with the term “surrender” is visible above the tiles, along with filter and sort options."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="888161121" name="Picture 2" descr="A screenshot of the Online Services dashboard showing two application tiles under “Forms and applications.” The left tile is for “Apply for a Rec Registry account,” and the right tile, outlined in red, is for “Safeguard Carbon Units Surrender Request.” A search bar with the term “surrender” is visible above the tiles, along with filter and sort options."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId21">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3025588"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
@@ -3873,51 +3829,51 @@
       <w:r w:rsidR="001F2530">
         <w:t>surrender</w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="001F2530">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC2070">
         <w:t>in the search bar.</w:t>
       </w:r>
       <w:r w:rsidR="001F2530">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060D7812" w14:textId="77777777" w:rsidR="003B4E1D" w:rsidRDefault="003B4E1D" w:rsidP="006E3807">
       <w:r>
         <w:t xml:space="preserve">Select the form by clicking the arrow icon on its tile. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716415C8" w14:textId="597CFAE6" w:rsidR="003B4E1D" w:rsidRDefault="003B4E1D" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc219358888"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc221102801"/>
       <w:r>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidR="00301372">
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:t>ser permissions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="5F7B6241" w14:textId="1624B061" w:rsidR="006F36A1" w:rsidRDefault="006F36A1" w:rsidP="006E3807">
       <w:r w:rsidRPr="001F2530">
         <w:t xml:space="preserve">The Safeguard Carbon Units Surrender Request form can only be submitted by </w:t>
       </w:r>
       <w:r w:rsidR="00B276E4">
         <w:t xml:space="preserve">a user acting on behalf of </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2530">
         <w:t xml:space="preserve">the facility’s responsible emitter. If you are acting on behalf of the responsible emitter, ensure that your Online Services user account has the </w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2530">
@@ -4113,150 +4069,151 @@
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="00371A99">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FF3ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0226A2A8" w14:textId="6DBAAE17" w:rsidR="001F2530" w:rsidRDefault="006F36A1" w:rsidP="00371A99">
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2530">
         <w:t xml:space="preserve">uidance on updating </w:t>
       </w:r>
       <w:r w:rsidR="00705697">
         <w:t xml:space="preserve">user </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2530">
         <w:t xml:space="preserve">permissions is available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="0030535E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Safeguard</w:t>
         </w:r>
         <w:r w:rsidR="0030535E" w:rsidRPr="00245F40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve"> Online Services User Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D83FAF">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="001F2530">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE9A825" w14:textId="77777777" w:rsidR="00434CE8" w:rsidRDefault="00434CE8" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FFBAC9B" w14:textId="788D6848" w:rsidR="002734AC" w:rsidRDefault="00FD44E8" w:rsidP="00135AFB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc219358889"/>
-      <w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc221102802"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="002734AC">
         <w:t xml:space="preserve"> Complete the Surrender Request form</w:t>
       </w:r>
       <w:r w:rsidR="00AE7A1D">
         <w:t xml:space="preserve"> in Online Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4078B335" w14:textId="3C29D197" w:rsidR="001F2530" w:rsidRPr="001F2530" w:rsidRDefault="006F18C1" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc219358890"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc221102803"/>
       <w:r>
         <w:t xml:space="preserve">Starting </w:t>
       </w:r>
       <w:r w:rsidR="003178C6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="5C2977C3" w14:textId="77777777" w:rsidR="00A66CF2" w:rsidRDefault="001F2530" w:rsidP="00371A99">
       <w:r w:rsidRPr="001F2530">
         <w:t xml:space="preserve">The form is designed to be flexible, allowing you to save progress at any point and return later. You can also generate a PDF copy for review or printing before submission. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714B04EE" w14:textId="239E2BF0" w:rsidR="008C5C15" w:rsidRPr="001F2530" w:rsidRDefault="00CF54F8" w:rsidP="00371A99">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="012ED872" wp14:editId="34504E36">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>766957</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4136390" cy="3385185"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1491242087" name="Picture 1" descr="A screenshot of a Clean Energy Regulator webpage showing instructions for submitting a Safeguard carbon unit surrender request. The page includes bullet points outlining required details, a section titled 'Who can submit,' and contact information for assistance. At the bottom, there are three buttons: 'Print Form,' 'Save draft,' and a blue 'Next' button highlighted in red."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1491242087" name="Picture 1" descr="A screenshot of a Clean Energy Regulator webpage showing instructions for submitting a Safeguard carbon unit surrender request. The page includes bullet points outlining required details, a section titled 'Who can submit,' and contact information for assistance. At the bottom, there are three buttons: 'Print Form,' 'Save draft,' and a blue 'Next' button highlighted in red."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4136390" cy="3385185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4301,143 +4258,144 @@
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00A66CF2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F2530" w:rsidRPr="001F2530">
         <w:t xml:space="preserve">page. Once you have reviewed the instructions and confirmed your permissions, click </w:t>
       </w:r>
       <w:r w:rsidR="001F2530" w:rsidRPr="00556586">
         <w:t>the Next</w:t>
       </w:r>
       <w:r w:rsidR="001F2530" w:rsidRPr="001F2530">
         <w:t xml:space="preserve"> button at the bottom of the page to proceed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0588B822" w14:textId="6DD44D47" w:rsidR="001F2530" w:rsidRDefault="001F2530" w:rsidP="00A10462">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54D11834" w14:textId="1E4431C5" w:rsidR="00CB745B" w:rsidRDefault="00CA5817" w:rsidP="00060EB5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc219358891"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc221102804"/>
       <w:r>
         <w:t xml:space="preserve">Select </w:t>
       </w:r>
       <w:r w:rsidR="00C2275E">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>correct financial year</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="0D4B399F" w14:textId="39360BBD" w:rsidR="008C5C15" w:rsidRPr="008C5C15" w:rsidRDefault="008C5C15" w:rsidP="00371A99">
       <w:r w:rsidRPr="00EE4C5E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BBF17B0" wp14:editId="03551AA3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>169115</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5977255" cy="2557780"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21396"/>
                 <wp:lineTo x="21547" y="21396"/>
                 <wp:lineTo x="21547" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="930233432" name="Picture 1" descr="A screenshot of the Safeguard Carbon Units Surrender Request page in CER Online Services. The progress bar shows six steps with step 2 highlighted as financial year and monitoring period. The main section displays a dropdown box with 2024–25 selected under the heading select financial year that the surrender will apply to. Below are buttons labelled 'previous', 'print form', 'save draft', and a blue 'next' button."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="930233432" name="Picture 1" descr="A screenshot of the Safeguard Carbon Units Surrender Request page in CER Online Services. The progress bar shows six steps with step 2 highlighted as financial year and monitoring period. The main section displays a dropdown box with 2024–25 selected under the heading select financial year that the surrender will apply to. Below are buttons labelled 'previous', 'print form', 'save draft', and a blue 'next' button."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId24" cstate="print">
+                    <a:blip r:embed="rId22" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5977255" cy="2557780"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="26328F6C" w14:textId="16883C4C" w:rsidR="00CB745B" w:rsidRDefault="00537A05" w:rsidP="00371A99">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB745B">
         <w:t xml:space="preserve">elect </w:t>
       </w:r>
       <w:r w:rsidR="00CB745B" w:rsidRPr="00CB745B">
         <w:t>the financial year the surrender appl</w:t>
       </w:r>
       <w:r w:rsidR="009D35D7">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="432640DA">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00CB745B" w:rsidRPr="00CB745B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1175D9CE" w14:textId="6118AB98" w:rsidR="00F57971" w:rsidRDefault="00F57971" w:rsidP="00371A99">
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00F57971">
         <w:t xml:space="preserve">hoose the correct financial year that corresponds to the reporting and compliance obligations for your facility. </w:t>
       </w:r>
@@ -4466,80 +4424,80 @@
         <w:t>be reduced</w:t>
       </w:r>
       <w:r w:rsidR="003502A3" w:rsidRPr="003502A3">
         <w:t xml:space="preserve"> by the total amount of surrendered </w:t>
       </w:r>
       <w:r w:rsidR="00F632C3">
         <w:t>ACCUs and</w:t>
       </w:r>
       <w:r w:rsidR="0020424E">
         <w:t>/or</w:t>
       </w:r>
       <w:r w:rsidR="00F632C3">
         <w:t xml:space="preserve"> SMC</w:t>
       </w:r>
       <w:r w:rsidR="003502A3" w:rsidRPr="003502A3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F632C3">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17227445" w14:textId="019D8431" w:rsidR="00390ACA" w:rsidRDefault="00D81436" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc219358892"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc221102805"/>
       <w:r>
         <w:t>Facility and Contact Officer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="1A3CD7B1" w14:textId="14ABFE52" w:rsidR="00CB745B" w:rsidRDefault="00735096" w:rsidP="005E119D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F5A00BF" wp14:editId="51F0976A">
             <wp:extent cx="4773940" cy="3735422"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="746461484" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4795454" cy="3752256"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4790,80 +4748,81 @@
         <w:t xml:space="preserve"> is selected, the system will automatically populate your name in the contact details section. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E66BFC" w14:textId="7C489B46" w:rsidR="00A33790" w:rsidRDefault="00D81436" w:rsidP="00E97855">
       <w:r w:rsidRPr="00D81436">
         <w:t xml:space="preserve">Once all fields have been reviewed and completed accurately, click </w:t>
       </w:r>
       <w:r w:rsidR="00F825EC">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00D81436">
         <w:t>Next</w:t>
       </w:r>
       <w:r w:rsidR="00F825EC">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00D81436">
         <w:t xml:space="preserve"> to move to the next stage of the process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32DF85E2" w14:textId="77777777" w:rsidR="00A33790" w:rsidRDefault="00A33790" w:rsidP="008B2E38"/>
     <w:p w14:paraId="65FD06C6" w14:textId="0F0284F9" w:rsidR="00A33790" w:rsidRPr="00A33790" w:rsidRDefault="00640078" w:rsidP="008B2E38">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc219358893"/>
-      <w:r>
+      <w:bookmarkStart w:id="12" w:name="_Toc221102806"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>ANREU Account Details</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="6D47E247" w14:textId="601EB754" w:rsidR="00640078" w:rsidRPr="00640078" w:rsidRDefault="0082167D" w:rsidP="008B2E38">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D5CF376" wp14:editId="7EB1BAB8">
             <wp:extent cx="5700185" cy="3657600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1985742954" name="Picture 4" descr="A screenshot webpage titled 'ANREU account and surrender details'. The top section contains two input fields outlined in red: one labelled 'ANREU account' with an empty field and a dropdown arrow, and another labelled 'Unit amount' with the value '63,650'. Below is a grey 'Add' button. The next section, titled 'Surrender totals', displays four fields with values: 'Total carbon units surrender request amount' (63,650), 'Pending surrender amount' (0), 'Maximum recommended surrender amount' (63,650), and 'Excess emissions amount from position statement' (63,650)."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1985742954" name="Picture 4" descr="A screenshot webpage titled 'ANREU account and surrender details'. The top section contains two input fields outlined in red: one labelled 'ANREU account' with an empty field and a dropdown arrow, and another labelled 'Unit amount' with the value '63,650'. Below is a grey 'Add' button. The next section, titled 'Surrender totals', displays four fields with values: 'Total carbon units surrender request amount' (63,650), 'Pending surrender amount' (0), 'Maximum recommended surrender amount' (63,650), and 'Excess emissions amount from position statement' (63,650)."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId26">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5711437" cy="3664820"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
@@ -5167,79 +5126,80 @@
       <w:r w:rsidR="00640078" w:rsidRPr="00640078">
         <w:t xml:space="preserve">xcess emissions amount from position statement – the amount </w:t>
       </w:r>
       <w:r w:rsidR="00E6516F" w:rsidRPr="00E6516F">
         <w:t xml:space="preserve">shown in the current position statement for the facility for the </w:t>
       </w:r>
       <w:r w:rsidR="00E6516F">
         <w:t xml:space="preserve">selected </w:t>
       </w:r>
       <w:r w:rsidR="00E6516F" w:rsidRPr="00E6516F">
         <w:t>financial year (if available)</w:t>
       </w:r>
       <w:r w:rsidR="00640078" w:rsidRPr="00640078">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51DE0BEB" w14:textId="77777777" w:rsidR="000606EA" w:rsidRDefault="000606EA" w:rsidP="002E151F">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D9860DA" w14:textId="13519BF1" w:rsidR="000606EA" w:rsidRDefault="000606EA" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc219358894"/>
-      <w:r>
+      <w:bookmarkStart w:id="13" w:name="_Toc221102807"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>30% ACCUs explanation requirement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="65D211D4" w14:textId="77777777" w:rsidR="00A33790" w:rsidRPr="00A33790" w:rsidRDefault="00A33790" w:rsidP="00A9062D"/>
     <w:p w14:paraId="10519FC5" w14:textId="70DDA6B4" w:rsidR="00F222FE" w:rsidRDefault="005B006E" w:rsidP="00A9062D">
       <w:r w:rsidRPr="005B006E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F09F311" wp14:editId="2AE40AA0">
             <wp:extent cx="5125682" cy="2821021"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="859236447" name="Picture 1" descr="A screenshot showing a compliance question under the heading: ‘Is the total amount of ACCUs being surrendered, including any that have already been surrendered for the monitoring period, equal to or greater than 30% of the facility’s baseline emissions number for the monitoring period?’ Below the heading is explanatory text stating that if the amount is equal to or greater than 30%, the responsible emitter must provide the CER with a written explanation, which will be published on the CER website. Two radio buttons are displayed for response options: ‘Yes’ and ‘No’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue ‘Next’ button. The step indicator reads ‘Step 4 of 6’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="859236447" name="Picture 1" descr="A screenshot showing a compliance question under the heading: ‘Is the total amount of ACCUs being surrendered, including any that have already been surrendered for the monitoring period, equal to or greater than 30% of the facility’s baseline emissions number for the monitoring period?’ Below the heading is explanatory text stating that if the amount is equal to or greater than 30%, the responsible emitter must provide the CER with a written explanation, which will be published on the CER website. Two radio buttons are displayed for response options: ‘Yes’ and ‘No’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue ‘Next’ button. The step indicator reads ‘Step 4 of 6’."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId25"/>
                     <a:srcRect b="4155"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5136220" cy="2826821"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -5254,57 +5214,52 @@
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="009C002A">
         <w:t>onfirm</w:t>
       </w:r>
       <w:r w:rsidR="00B844FE">
         <w:t xml:space="preserve"> whether the total amount of ACCUs being surrendered</w:t>
       </w:r>
       <w:r w:rsidR="00342F78">
         <w:t xml:space="preserve"> for the facility for the </w:t>
       </w:r>
       <w:r w:rsidR="00DE6EAE">
         <w:t>monitoring perio</w:t>
       </w:r>
       <w:r w:rsidR="002E7B0D">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00DE6EAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00027071">
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00996D9C">
-        <w:t>taking into account</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">taking into account </w:t>
       </w:r>
       <w:r w:rsidR="00B844FE">
         <w:t>any previously surrendered units for the same monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00027071">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00B844FE">
         <w:t xml:space="preserve">is equal to or greater than 30% of the facility’s baseline emissions number for that period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4980E195" w14:textId="3221031C" w:rsidR="00CA7BB3" w:rsidRDefault="00B844FE" w:rsidP="008F64D6">
       <w:r>
         <w:t xml:space="preserve">If the amount </w:t>
       </w:r>
       <w:r w:rsidR="0029493B">
         <w:t xml:space="preserve">of ACCUs </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">meets or exceeds </w:t>
       </w:r>
       <w:r w:rsidR="00037CA5">
         <w:t>30%</w:t>
       </w:r>
       <w:r w:rsidR="00B6158D">
@@ -5323,132 +5278,133 @@
         <w:t>Without this explanation the</w:t>
       </w:r>
       <w:r w:rsidR="00A503C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A808A3">
         <w:t>surrender cannot be finalised</w:t>
       </w:r>
       <w:r w:rsidR="00A503C1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA77563" w14:textId="31453081" w:rsidR="00B844FE" w:rsidRDefault="00B844FE" w:rsidP="008F64D6">
       <w:r>
         <w:t xml:space="preserve">This explanation will be published on the CER website alongside other information, such as the facility’s covered emissions, net emissions number, baseline emissions number, and surrendered carbon units. </w:t>
       </w:r>
       <w:r w:rsidR="0078277F">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00555D73">
         <w:t>ee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:anchor="accu-surrender-statements" w:history="1">
+      <w:hyperlink r:id="rId26" w:anchor="accu-surrender-statements" w:history="1">
         <w:r w:rsidR="003832CC" w:rsidRPr="007775B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">published explanations for the </w:t>
         </w:r>
         <w:r w:rsidRPr="007775B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>2023–24 compliance period</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0078277F">
         <w:t xml:space="preserve"> as an example</w:t>
       </w:r>
       <w:r w:rsidR="003832CC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401BD822" w14:textId="1BF99AE9" w:rsidR="00BF5680" w:rsidRDefault="00640078" w:rsidP="008F64D6">
       <w:r w:rsidRPr="00640078">
         <w:t xml:space="preserve">Review these figures carefully to ensure accuracy. Once confirmed, click </w:t>
       </w:r>
       <w:r w:rsidR="003832CC">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00640078">
         <w:t>Next</w:t>
       </w:r>
       <w:r w:rsidR="003832CC">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00640078">
         <w:t xml:space="preserve"> to proceed to the authority section of the form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECA9979" w14:textId="14B6CD38" w:rsidR="00640078" w:rsidRDefault="00A10462" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc219358895"/>
-      <w:r>
+      <w:bookmarkStart w:id="14" w:name="_Toc221102808"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Nominating an applicant</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00BF5680">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E15C67E" w14:textId="5F1140E7" w:rsidR="005B006E" w:rsidRPr="00317FB9" w:rsidRDefault="00D70F9C" w:rsidP="008F64D6">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317FB9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41923E75" wp14:editId="00A6164A">
             <wp:extent cx="5009745" cy="3020978"/>
             <wp:effectExtent l="0" t="0" r="635" b="8255"/>
             <wp:docPr id="1892737920" name="Picture 5" descr="Screenshot of a webpage titled ‘Authority’ showing a section outlined in red with the heading ‘Who will sign the declaration?’ followed by explanatory text: ‘Any user with access to this form for the responsible emitter can sign and submit this form.’ Two radio button options are displayed: ‘Me’ (selected) and ‘Someone else (print, sign and upload)’. Below is a section titled ‘Declarant Details’ with fields for ‘Applicant’ (Responsible Emitter Limited), ‘First name’ and ‘Last name’ (both outlined in red), and ‘Position’ with the value ‘CEO’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue ‘Next’ button. The step indicator reads ‘Step 5 of 6’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1892737920" name="Picture 5" descr="Screenshot of a webpage titled ‘Authority’ showing a section outlined in red with the heading ‘Who will sign the declaration?’ followed by explanatory text: ‘Any user with access to this form for the responsible emitter can sign and submit this form.’ Two radio button options are displayed: ‘Me’ (selected) and ‘Someone else (print, sign and upload)’. Below is a section titled ‘Declarant Details’ with fields for ‘Applicant’ (Responsible Emitter Limited), ‘First name’ and ‘Last name’ (both outlined in red), and ‘Position’ with the value ‘CEO’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue ‘Next’ button. The step indicator reads ‘Step 5 of 6’."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId29">
+                    <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5020998" cy="3027764"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
@@ -5541,51 +5497,51 @@
       <w:r w:rsidR="00E65C5B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73AC2936" w14:textId="45C811DB" w:rsidR="00E65C5B" w:rsidRPr="00317FB9" w:rsidRDefault="00E65C5B" w:rsidP="008F64D6">
       <w:r w:rsidRPr="00E65C5B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2761DFAB" wp14:editId="450955CE">
             <wp:extent cx="5056492" cy="1992486"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:docPr id="2097322285" name="Picture 1" descr="Screenshot of a webpage section titled ‘Before you submit’ with instructions: ‘1. Print this application for the executive officer to review and sign’ and ‘2. Scan and upload the signed application’. Below the instructions is a file upload area with a button labelled ‘Select files…’ and text indicating supported formats (.pdf, .docx, .xlsx, .doc, .xls). At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue button labelled ‘Submit application’. The step indicator reads ‘Step 6 of 6’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2097322285" name="Picture 1" descr="Screenshot of a webpage section titled ‘Before you submit’ with instructions: ‘1. Print this application for the executive officer to review and sign’ and ‘2. Scan and upload the signed application’. Below the instructions is a file upload area with a button labelled ‘Select files…’ and text indicating supported formats (.pdf, .docx, .xlsx, .doc, .xls). At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue button labelled ‘Submit application’. The step indicator reads ‘Step 6 of 6’."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30"/>
+                    <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5067948" cy="1997000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEB6D14" w14:textId="7C8FD119" w:rsidR="00317FB9" w:rsidRPr="00317FB9" w:rsidRDefault="00EC28DC" w:rsidP="008F64D6">
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00317FB9" w:rsidRPr="00317FB9">
@@ -5612,88 +5568,89 @@
       <w:r w:rsidR="00317FB9" w:rsidRPr="00317FB9">
         <w:t xml:space="preserve">role, as this is a compliance requirement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C47999" w14:textId="0CFA8DF0" w:rsidR="00317FB9" w:rsidRPr="00317FB9" w:rsidRDefault="00317FB9" w:rsidP="008F64D6">
       <w:r w:rsidRPr="00317FB9">
         <w:t xml:space="preserve">After verifying all details, click </w:t>
       </w:r>
       <w:r w:rsidR="002813D3">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00317FB9">
         <w:t>Next</w:t>
       </w:r>
       <w:r w:rsidR="002813D3">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00317FB9">
         <w:t xml:space="preserve"> to proceed to the final step, where you will review the entire application and submit it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72309642" w14:textId="16ED688E" w:rsidR="00317FB9" w:rsidRDefault="00067EA8" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc219358896"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc221102809"/>
       <w:r w:rsidRPr="00067EA8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="125131D6" wp14:editId="7FE7A6F1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>377190</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6184900" cy="2367280"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21380"/>
                 <wp:lineTo x="21556" y="21380"/>
                 <wp:lineTo x="21556" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="39572940" name="Picture 1" descr="Screenshot of a webpage titled ‘Safeguard Carbon Units Surrender Request’ with a subtitle: ‘Use this form to initiate a Safeguard surrender for a facility’. Below is a horizontal progress bar showing six steps: ‘Before You Start’, ‘Financial year and monitoring period’, ‘Applicant and facility’, ‘ANREU account and surrender details’, ‘Authority’, and ‘Review and submit’ (highlighted as the current step). The main section is titled ‘Review and submit’ with a subheading ‘Check responses’. A table with three columns labelled ‘Question’, ‘Answer’, and ‘Actions’ is partially visible but empty."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="39572940" name="Picture 1" descr="Screenshot of a webpage titled ‘Safeguard Carbon Units Surrender Request’ with a subtitle: ‘Use this form to initiate a Safeguard surrender for a facility’. Below is a horizontal progress bar showing six steps: ‘Before You Start’, ‘Financial year and monitoring period’, ‘Applicant and facility’, ‘ANREU account and surrender details’, ‘Authority’, and ‘Review and submit’ (highlighted as the current step). The main section is titled ‘Review and submit’ with a subheading ‘Check responses’. A table with three columns labelled ‘Question’, ‘Answer’, and ‘Actions’ is partially visible but empty."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31"/>
+                    <a:blip r:embed="rId29"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="2367280"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -5767,51 +5724,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A4662F7" wp14:editId="0B3DB40A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>315636</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>883121</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5302885" cy="1634490"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="965084733" name="Picture 7" descr="A screenshot of a webpage showing the final declaration section of an online form. The text reads ‘Responsible Emitter Limited’ followed by a field labelled ‘By’ with a greyed-out input box. Below is a checkbox option labelled ‘Declaration’ with the text ‘By selecting this box, I make these declarations’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue button labelled ‘Submit application’. The step indicator reads ‘Step 6 of 6’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="965084733" name="Picture 7" descr="A screenshot of a webpage showing the final declaration section of an online form. The text reads ‘Responsible Emitter Limited’ followed by a field labelled ‘By’ with a greyed-out input box. Below is a checkbox option labelled ‘Declaration’ with the text ‘By selecting this box, I make these declarations’. At the bottom, navigation buttons are visible: ‘Previous’, ‘Print Form’, ‘Save draft’, and a blue button labelled ‘Submit application’. The step indicator reads ‘Step 6 of 6’."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32">
+                    <a:blip r:embed="rId30">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5302885" cy="1634490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5854,78 +5811,79 @@
         <w:t xml:space="preserve">After ticking the declaration box, click </w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00916D89">
         <w:t>Submit application</w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00916D89">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00115B27">
         <w:t>complete the form</w:t>
       </w:r>
       <w:r w:rsidRPr="00916D89">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F933BB6" w14:textId="114CE2AF" w:rsidR="00067EA8" w:rsidRDefault="00A728CB" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc219358897"/>
-      <w:r>
+      <w:bookmarkStart w:id="16" w:name="_Toc221102810"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Receipt of surrender request</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="4F5DDEC6" w14:textId="73226434" w:rsidR="00C66883" w:rsidRDefault="00C66883" w:rsidP="00FE40F0">
       <w:r w:rsidRPr="00C66883">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="140965A2" wp14:editId="3AA9252B">
             <wp:extent cx="3472507" cy="2995126"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1186843207" name="Picture 1" descr="Screenshot of a webpage displaying a confirmation message with the heading ‘Your form has been received’. Below is a green box with the text ‘Form received’. The main content thanks the user for applying for a Safeguard surrender and provides a section titled ‘Next steps’. The instructions explain that the surrender request will be processed within approximately five business days, and outline the process for creating and approving carbon unit surrender transactions in nominated ANREU accounts. Contact details are provided at the end, including a phone number and an email address (CER-safeguardbaselines@cer.gov.au). At the bottom, there is a grey button labelled ‘Close’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1186843207" name="Picture 1" descr="Screenshot of a webpage displaying a confirmation message with the heading ‘Your form has been received’. Below is a green box with the text ‘Form received’. The main content thanks the user for applying for a Safeguard surrender and provides a section titled ‘Next steps’. The instructions explain that the surrender request will be processed within approximately five business days, and outline the process for creating and approving carbon unit surrender transactions in nominated ANREU accounts. Contact details are provided at the end, including a phone number and an email address (CER-safeguardbaselines@cer.gov.au). At the bottom, there is a grey button labelled ‘Close’."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3472507" cy="2995126"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD0B2F2" w14:textId="12C188EE" w:rsidR="008B75B4" w:rsidRDefault="007D4CD2" w:rsidP="00FE40F0">
       <w:r w:rsidRPr="007D4CD2">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00AA1AE5">
@@ -5948,51 +5906,51 @@
         <w:t xml:space="preserve">If you have any questions after submission, you can contact the </w:t>
       </w:r>
       <w:r w:rsidR="00106A11">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4CD2">
         <w:t xml:space="preserve">afeguard </w:t>
       </w:r>
       <w:r w:rsidR="00106A11">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4CD2">
         <w:t xml:space="preserve">ection via the phone number or email provided on the confirmation page. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5141F0E7" w14:textId="08B5A536" w:rsidR="007D4CD2" w:rsidRPr="007D4CD2" w:rsidRDefault="007D4CD2" w:rsidP="00FE40F0">
       <w:r w:rsidRPr="007D4CD2">
         <w:t>This concludes the online form submission process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061790AA" w14:textId="77777777" w:rsidR="00434CE8" w:rsidRPr="007D4CD2" w:rsidRDefault="00434CE8" w:rsidP="00FE40F0"/>
     <w:p w14:paraId="322504B0" w14:textId="0DBF644A" w:rsidR="007D4CD2" w:rsidRDefault="006D45B4" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc219358898"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc221102811"/>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00210597">
         <w:t xml:space="preserve">Initiate surrender transaction in </w:t>
       </w:r>
       <w:r w:rsidR="0097551C">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00210597">
         <w:t>Unit and Certificate Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00210597">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B105D9C" w14:textId="0194DB06" w:rsidR="008F7FAC" w:rsidRPr="008F7FAC" w:rsidRDefault="00C17771" w:rsidP="00FE40F0">
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008F7FAC" w:rsidRPr="008F7FAC">
         <w:t xml:space="preserve">After </w:t>
       </w:r>
       <w:r w:rsidR="003421B9">
@@ -6097,75 +6055,76 @@
         <w:t>Unit and Certificate Registry</w:t>
       </w:r>
       <w:r w:rsidR="001300F0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EDC81C6" w14:textId="27441C96" w:rsidR="00A40282" w:rsidRDefault="00705D5A" w:rsidP="00800D5D">
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00E26C2B">
         <w:t xml:space="preserve">eneral </w:t>
       </w:r>
       <w:r w:rsidR="006B50DA">
         <w:t xml:space="preserve">information is </w:t>
       </w:r>
       <w:r w:rsidR="00AA5B3F" w:rsidDel="006B50DA">
         <w:t xml:space="preserve">available </w:t>
       </w:r>
       <w:r w:rsidR="006B50DA">
         <w:t>in our</w:t>
       </w:r>
       <w:r w:rsidR="00E26C2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00B47794">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Unit and Certificate Registry guidance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D806E9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="002A3E41">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6985AA01" w14:textId="5024363E" w:rsidR="00A40282" w:rsidRPr="00A40282" w:rsidRDefault="00A40282" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc219358899"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc221102812"/>
       <w:r w:rsidRPr="00A40282">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Navigate to Safeguard </w:t>
       </w:r>
       <w:r w:rsidR="005C068C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40282">
         <w:t xml:space="preserve">urrender in </w:t>
       </w:r>
       <w:r w:rsidR="00BD2349">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00563E98">
         <w:t>Unit and Certificate Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="2A97B8FB" w14:textId="121AE7F9" w:rsidR="00A40282" w:rsidRPr="00A40282" w:rsidRDefault="00A40282" w:rsidP="00800D5D">
       <w:r w:rsidRPr="00A40282">
         <w:t xml:space="preserve">After logging into the </w:t>
       </w:r>
       <w:r w:rsidR="004A3EB2">
         <w:t>Unit and Certificate Registry</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40282">
         <w:t xml:space="preserve"> and selecting the correct trading account, go to the left-hand navigation menu and click </w:t>
@@ -6180,83 +6139,83 @@
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40282">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E42E4">
         <w:t xml:space="preserve">Your new surrender should display with </w:t>
       </w:r>
       <w:r w:rsidR="00674E5A">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="003E42E4">
         <w:t>Pending</w:t>
       </w:r>
       <w:r w:rsidR="00674E5A">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="003E42E4">
         <w:t xml:space="preserve"> status. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C695F44" w14:textId="105B0604" w:rsidR="00BD2349" w:rsidRPr="00BD2349" w:rsidRDefault="00764631" w:rsidP="008B2E38">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc219358900"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc221102813"/>
       <w:r>
         <w:t xml:space="preserve">Begin the Surrender </w:t>
       </w:r>
       <w:r w:rsidR="00794AA3">
         <w:t>Transaction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="06A08D9F" w14:textId="46D0AEEF" w:rsidR="00764631" w:rsidRDefault="0078662A" w:rsidP="00800D5D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FB47367" wp14:editId="5BDD9084">
             <wp:extent cx="6183630" cy="3023870"/>
             <wp:effectExtent l="0" t="0" r="7620" b="5080"/>
             <wp:docPr id="1201265494" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35">
+                    <a:blip r:embed="rId33">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6183630" cy="3023870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6292,51 +6251,51 @@
     </w:p>
     <w:p w14:paraId="7062EB14" w14:textId="77777777" w:rsidR="00BD2349" w:rsidRDefault="00BD2349" w:rsidP="00800D5D"/>
     <w:p w14:paraId="5E20806D" w14:textId="59D5237F" w:rsidR="00960192" w:rsidRPr="00764631" w:rsidRDefault="00960192" w:rsidP="00800D5D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28AF3A37" wp14:editId="56717653">
             <wp:extent cx="6183630" cy="2761615"/>
             <wp:effectExtent l="0" t="0" r="7620" b="635"/>
             <wp:docPr id="1823487573" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId34">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6183630" cy="2761615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6349,85 +6308,86 @@
     <w:p w14:paraId="7B8AB211" w14:textId="77777777" w:rsidR="00BD2349" w:rsidRDefault="00BD2349" w:rsidP="001675EE"/>
     <w:p w14:paraId="1EA435F6" w14:textId="030DBE2C" w:rsidR="00764631" w:rsidRPr="00764631" w:rsidRDefault="00764631" w:rsidP="00800D5D">
       <w:r w:rsidRPr="00764631">
         <w:t xml:space="preserve">To proceed, click the </w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93CD2">
         <w:t>Begin surrender</w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00764631">
         <w:t xml:space="preserve"> button in the top-right corner of the page. This will take you to the next screen where you can select ACCUs </w:t>
       </w:r>
       <w:r w:rsidR="004F30C4">
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidRPr="00764631">
         <w:t>or SMCs from your ANREU account holdings to surrender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C5E9F4B" w14:textId="73CF8975" w:rsidR="00A40282" w:rsidRDefault="00675CE7" w:rsidP="001675EE">
-      <w:bookmarkStart w:id="20" w:name="_Toc219358901"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc221102814"/>
       <w:r w:rsidRPr="00B93CD2">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:eastAsia="Cambria"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Select units for surrender</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="0000560D">
         <w:br/>
       </w:r>
       <w:r w:rsidR="007B484C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B875A67" wp14:editId="721937FC">
             <wp:extent cx="6184900" cy="3646170"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="628770410" name="Picture 3" descr="Screenshot of a webpage titled ‘AU-3478: ACME Group Trading Account’ showing the section ‘Safeguard surrender units’. Below the heading is a description stating that surrender units are for reducing the net emissions number of ACME Logistics for the 2024–25 monitoring period, with a link to related surrender details. The page displays two tabs: ‘Select units’ (highlighted) and ‘Review selections’. A table lists available units to surrender with columns for ‘Project ID’, ‘Project name’, ‘Method type’, ‘Method’, ‘Vintage’, ‘Location’, ‘Quantity’, and ‘Quantity selected’. Example entries include projects named ‘ACME Carbon Capture’ with method types ‘Carbon Capture’, methods such as ‘Carbon Credits (Carbon Farming…)’ and ‘Carbon Capture and Storage 2021’, vintages ‘2024–25’ and ‘2025–26’, locations ‘VIC’, and quantities like 2,819, 600, and 361. Above the table are buttons labelled ‘Select all ACCUs’, ‘Remove all ACCUs’, and ‘Export CSV’. The left sidebar menu includes options such as ‘Account holdings’, ‘Transfer’, ‘Voluntary cancellation’, ‘Safeguard surrender’ (highlighted), and others."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="628770410" name="Picture 3" descr="Screenshot of a webpage titled ‘AU-3478: ACME Group Trading Account’ showing the section ‘Safeguard surrender units’. Below the heading is a description stating that surrender units are for reducing the net emissions number of ACME Logistics for the 2024–25 monitoring period, with a link to related surrender details. The page displays two tabs: ‘Select units’ (highlighted) and ‘Review selections’. A table lists available units to surrender with columns for ‘Project ID’, ‘Project name’, ‘Method type’, ‘Method’, ‘Vintage’, ‘Location’, ‘Quantity’, and ‘Quantity selected’. Example entries include projects named ‘ACME Carbon Capture’ with method types ‘Carbon Capture’, methods such as ‘Carbon Credits (Carbon Farming…)’ and ‘Carbon Capture and Storage 2021’, vintages ‘2024–25’ and ‘2025–26’, locations ‘VIC’, and quantities like 2,819, 600, and 361. Above the table are buttons labelled ‘Select all ACCUs’, ‘Remove all ACCUs’, and ‘Export CSV’. The left sidebar menu includes options such as ‘Account holdings’, ‘Transfer’, ‘Voluntary cancellation’, ‘Safeguard surrender’ (highlighted), and others."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37" r:link="rId38">
+                    <a:blip r:embed="rId35" r:link="rId36">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3646170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6600,69 +6560,70 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">equals </w:t>
       </w:r>
       <w:r w:rsidR="00075E34" w:rsidRPr="00075E34">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00CE56DA">
         <w:t>Quantity required</w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00654B0E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DD10BC" w14:textId="4AAFF25A" w:rsidR="005F4BB3" w:rsidRDefault="007039B7" w:rsidP="001348EE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F660854" wp14:editId="7B362024">
             <wp:extent cx="5957181" cy="3592616"/>
             <wp:effectExtent l="0" t="0" r="5715" b="8255"/>
             <wp:docPr id="505322757" name="Picture 5" descr="Screenshot of a webpage showing a table for selecting Safeguard Mechanism Credits (SMCs) to surrender. At the top, two tabs display available units: ‘ACCU 28,910’ and ‘SMC 20,920’ (highlighted). Below is a table with columns: ‘Facility ID’, ‘Facility name’, ‘Location’, ‘Financial year’, ‘Issuance date’, ‘Serial range start’, ‘Serial range end’, ‘Quantity’, and ‘Quantity selected’. Example rows include facilities named ‘ACME Logistics (facility)’ in NSW, ACT, WA, QLD, and VIC, with quantities such as 1,150, 5,800, and 100. One row has ‘Quantity selected’ highlighted in red with the value ‘2000’. At the bottom, a summary shows ‘Quantity required: 4,444’, ‘ACCU: 2,444 selected’, and ‘SMC: 2,000 selected’. Navigation buttons include ‘Select all SMCs’, ‘Remove all SMCs’, and a blue ‘Next’ button. The step indicator reads ‘Step 1 of 2’."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="505322757" name="Picture 5" descr="Screenshot of a webpage showing a table for selecting Safeguard Mechanism Credits (SMCs) to surrender. At the top, two tabs display available units: ‘ACCU 28,910’ and ‘SMC 20,920’ (highlighted). Below is a table with columns: ‘Facility ID’, ‘Facility name’, ‘Location’, ‘Financial year’, ‘Issuance date’, ‘Serial range start’, ‘Serial range end’, ‘Quantity’, and ‘Quantity selected’. Example rows include facilities named ‘ACME Logistics (facility)’ in NSW, ACT, WA, QLD, and VIC, with quantities such as 1,150, 5,800, and 100. One row has ‘Quantity selected’ highlighted in red with the value ‘2000’. At the bottom, a summary shows ‘Quantity required: 4,444’, ‘ACCU: 2,444 selected’, and ‘SMC: 2,000 selected’. Navigation buttons include ‘Select all SMCs’, ‘Remove all SMCs’, and a blue ‘Next’ button. The step indicator reads ‘Step 1 of 2’."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39">
+                    <a:blip r:embed="rId37">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5969745" cy="3600193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6699,51 +6660,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="32F131E1" w14:textId="6545B19E" w:rsidR="005F4BB3" w:rsidRDefault="005F4BB3" w:rsidP="00D3239E">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47C4F37F" wp14:editId="70E79E05">
             <wp:extent cx="6019800" cy="1265555"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="847013939" name="Picture 15" descr="Screenshot of a webpage showing two error messages in red boxes below a table of selected units. The first message reads ‘You have selected more units than are available in the block’ and the second reads ‘You cannot select more units than are required to surrender’. Below the messages is a summary section displaying ‘Quantity required: 4,444’, ‘ACCU: 2,444 selected’, and ‘SMC: 20,000 selected’. The bottom navigation bar is partially visible."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="847013939" name="Picture 15" descr="Screenshot of a webpage showing two error messages in red boxes below a table of selected units. The first message reads ‘You have selected more units than are available in the block’ and the second reads ‘You cannot select more units than are required to surrender’. Below the messages is a summary section displaying ‘Quantity required: 4,444’, ‘ACCU: 2,444 selected’, and ‘SMC: 20,000 selected’. The bottom navigation bar is partially visible."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId40">
+                    <a:blip r:embed="rId38">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6022687" cy="1266162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
@@ -6769,90 +6730,91 @@
         <w:t xml:space="preserve"> units </w:t>
       </w:r>
       <w:r w:rsidR="001A24E8">
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidRPr="00654B0E">
         <w:t xml:space="preserve"> been selected, click </w:t>
       </w:r>
       <w:r w:rsidR="00502A32">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00654B0E">
         <w:t>Next</w:t>
       </w:r>
       <w:r w:rsidR="00502A32">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C00ADB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EACE93" w14:textId="4A1FA15F" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="005F1BEF" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc219358902"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc221102815"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58983457" wp14:editId="507D45B2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>247015</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6184900" cy="3408680"/>
             <wp:effectExtent l="0" t="0" r="6350" b="1270"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21487"/>
                 <wp:lineTo x="21556" y="21487"/>
                 <wp:lineTo x="21556" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="931378669" name="Picture 5" descr="Screenshot of a webpage titled ‘Safeguard surrender units’ showing the second step of the process, ‘Review selections’. The page displays two account details: ‘Transferring account’ listed as ‘AU-3478: ACME Group Trading Account’ and ‘Acquiring account’ listed as ‘AU-2804: Australian carbon credit unit cancellation account (Safeguard surrender)’. Below is a summary showing ‘Quantity required: 4,444’. A table titled ‘Selected ACCUs’ lists one row with columns for ‘Project ID’, ‘Project name’, ‘Method type’, ‘Method’, ‘Vintage’, ‘Location’, and ‘Quantity’. The row shows Project ID ‘ERF196423’, project name ‘ACME Carbon Capture’, method type ‘Carbon Capture’, method ‘Carbon Credits (Carbon Farming…)’, vintage ‘2024–25’, location ‘VIC’, and quantity ‘2,444’. The total displayed at the bottom of the table is ‘Total: 2,444’. A section titled ‘Selected SMCs’ is partially visible below. The left sidebar menu includes options such as ‘Account holdings’, ‘Transfer’, ‘Voluntary cancellation’, and ‘Safeguard surrender’ (highlighted)."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="931378669" name="Picture 5" descr="Screenshot of a webpage titled ‘Safeguard surrender units’ showing the second step of the process, ‘Review selections’. The page displays two account details: ‘Transferring account’ listed as ‘AU-3478: ACME Group Trading Account’ and ‘Acquiring account’ listed as ‘AU-2804: Australian carbon credit unit cancellation account (Safeguard surrender)’. Below is a summary showing ‘Quantity required: 4,444’. A table titled ‘Selected ACCUs’ lists one row with columns for ‘Project ID’, ‘Project name’, ‘Method type’, ‘Method’, ‘Vintage’, ‘Location’, and ‘Quantity’. The row shows Project ID ‘ERF196423’, project name ‘ACME Carbon Capture’, method type ‘Carbon Capture’, method ‘Carbon Credits (Carbon Farming…)’, vintage ‘2024–25’, location ‘VIC’, and quantity ‘2,444’. The total displayed at the bottom of the table is ‘Total: 2,444’. A section titled ‘Selected SMCs’ is partially visible below. The left sidebar menu includes options such as ‘Account holdings’, ‘Transfer’, ‘Voluntary cancellation’, and ‘Safeguard surrender’ (highlighted)."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId41" r:link="rId42">
+                    <a:blip r:embed="rId39" r:link="rId40">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3408680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
@@ -7046,94 +7008,95 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="747C68F5" w14:textId="7BE4D984" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="00551E93" w:rsidP="001675EE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29055D35" wp14:editId="6A4ABE8E">
             <wp:extent cx="6179820" cy="2731770"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="432697569" name="Picture 16" descr="Screenshot of a webpage showing step 2 of 2 in the surrender process. The page includes two tables:&#10;&#10;Selected ACCUs: One row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF69423, project name ACME Carbon Capture, method type Carbon Capture, method Carbon Credits (Carbon Farming…), vintage 2024–25, location VIC, and quantity 2,444. Total displayed at bottom: 2,444.&#10;Selected SMCs: One row with columns for Facility ID, Facility name, Location, Financial year, Issuance date, Serial range start, Serial range end, and Quantity. The row shows Facility ID 100599959, facility name ACME Logistics (facility), location NSW, financial year 2023–24, serial range start 279,219, serial range end 285,018, and quantity 2,000. Total displayed at bottom: 2,000.&#10;Below the tables is a Comments text box labelled Visible to both the transferring and acquiring accounts, with a 0/255 character counter. At the bottom right are two buttons: Back and a highlighted blue button labelled Initiate surrender."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="432697569" name="Picture 16" descr="Screenshot of a webpage showing step 2 of 2 in the surrender process. The page includes two tables:&#10;&#10;Selected ACCUs: One row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF69423, project name ACME Carbon Capture, method type Carbon Capture, method Carbon Credits (Carbon Farming…), vintage 2024–25, location VIC, and quantity 2,444. Total displayed at bottom: 2,444.&#10;Selected SMCs: One row with columns for Facility ID, Facility name, Location, Financial year, Issuance date, Serial range start, Serial range end, and Quantity. The row shows Facility ID 100599959, facility name ACME Logistics (facility), location NSW, financial year 2023–24, serial range start 279,219, serial range end 285,018, and quantity 2,000. Total displayed at bottom: 2,000.&#10;Below the tables is a Comments text box labelled Visible to both the transferring and acquiring accounts, with a 0/255 character counter. At the bottom right are two buttons: Back and a highlighted blue button labelled Initiate surrender."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId43">
+                    <a:blip r:embed="rId41">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6179820" cy="2731770"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7CB759" w14:textId="77777777" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="007A54CF" w:rsidP="001675EE"/>
     <w:p w14:paraId="51A9C074" w14:textId="11ECA1E9" w:rsidR="007A54CF" w:rsidRDefault="007C799F" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc219358903"/>
-      <w:r>
+      <w:bookmarkStart w:id="22" w:name="_Toc221102816"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Transaction awaiting approval</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="25E01C5D" w14:textId="68F731A9" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="009F19AF" w:rsidP="001675EE">
       <w:r w:rsidRPr="009F19AF">
         <w:t xml:space="preserve">Once you have </w:t>
       </w:r>
       <w:r w:rsidR="00006E25">
         <w:t>initiated</w:t>
       </w:r>
       <w:r w:rsidRPr="009F19AF">
         <w:t xml:space="preserve"> the surrender transaction, all authori</w:t>
       </w:r>
       <w:r w:rsidR="009A7051">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009F19AF">
         <w:t xml:space="preserve">ed representatives for the ANREU account </w:t>
       </w:r>
       <w:r w:rsidR="00942E58">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="009F19AF">
         <w:t xml:space="preserve"> notified.</w:t>
@@ -7189,76 +7152,76 @@
       </w:r>
       <w:r w:rsidR="00CE3A5A">
         <w:t xml:space="preserve">ertificate </w:t>
       </w:r>
       <w:r w:rsidRPr="007A023F">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00CE3A5A">
         <w:t>egistry</w:t>
       </w:r>
       <w:r w:rsidRPr="007A023F">
         <w:t>, review the transaction details, and finali</w:t>
       </w:r>
       <w:r w:rsidR="00FA7495">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007A023F">
         <w:t xml:space="preserve">e the approval. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CDBDBB" w14:textId="77777777" w:rsidR="00E95F9F" w:rsidRPr="007A023F" w:rsidRDefault="00E95F9F" w:rsidP="001675EE"/>
     <w:p w14:paraId="4357A890" w14:textId="0B8D8658" w:rsidR="00B91075" w:rsidRPr="00B91075" w:rsidRDefault="00210597" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc219358904"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc221102817"/>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="005F1DFA">
         <w:t>Finalise</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00F64B6F">
         <w:t xml:space="preserve"> surrender</w:t>
       </w:r>
       <w:r w:rsidR="006314B1">
         <w:t xml:space="preserve"> in the Unit and Certificate Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00B91075">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B7EDE1" w14:textId="04B919C7" w:rsidR="007A54CF" w:rsidRPr="00191099" w:rsidRDefault="005C068C" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc219358905"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc221102818"/>
       <w:r w:rsidRPr="00A40282">
         <w:t xml:space="preserve">Navigate to Safeguard </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40282">
         <w:t>urrender</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="069BC16F" w14:textId="7E05F2EB" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="006328D7" w:rsidP="001675EE">
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00191099">
         <w:t xml:space="preserve">og into the </w:t>
       </w:r>
       <w:r w:rsidRPr="007A023F">
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nit and </w:t>
       </w:r>
       <w:r w:rsidRPr="007A023F">
@@ -7307,51 +7270,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191099" w:rsidRPr="00191099">
         <w:t>the transaction</w:t>
       </w:r>
       <w:r w:rsidR="00445C7C">
         <w:t xml:space="preserve">. The transaction status should be listed as </w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00191099" w:rsidRPr="00191099">
         <w:t>Awaiting approval</w:t>
       </w:r>
       <w:r w:rsidR="00436571">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00191099" w:rsidRPr="00191099">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D44481D" w14:textId="6FF2EBCD" w:rsidR="007A54CF" w:rsidRPr="007A54CF" w:rsidRDefault="00E41963" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc219358906"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc221102819"/>
       <w:r>
         <w:t>Review transac</w:t>
       </w:r>
       <w:r w:rsidR="00E97860">
         <w:t>tion</w:t>
       </w:r>
       <w:r w:rsidR="00B451E9">
         <w:t xml:space="preserve"> details and approve</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="526C377B" w14:textId="107F1E55" w:rsidR="0050000C" w:rsidRPr="0050000C" w:rsidRDefault="0050000C" w:rsidP="001675EE">
       <w:r>
         <w:t xml:space="preserve">Select the </w:t>
       </w:r>
       <w:r w:rsidR="006328D7">
         <w:t>‘</w:t>
       </w:r>
       <w:r>
         <w:t>Review surrender</w:t>
       </w:r>
       <w:r w:rsidR="006328D7">
         <w:t>’</w:t>
       </w:r>
       <w:r>
@@ -7359,51 +7322,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="07868437" w14:textId="12E50CEB" w:rsidR="00E2285D" w:rsidRDefault="00935EB6" w:rsidP="001675EE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F387EB2" wp14:editId="1A57FE1F">
             <wp:extent cx="6179820" cy="3195320"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="259692533" name="Picture 17" descr="Screenshot of a webpage titled AU-3478: ACME Group Trading Account showing the surrender details page. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Surrender. The main heading reads Surrender details with a status tag Awaiting approval in orange. A blue button labelled Review surrender appears at the top right. Below is a Summary section explaining surrender units for reducing net emissions for the facility ACME Logistics (facility) during the 2023–24 monitoring period. The summary table lists:&#10;&#10;Reference number: ACS-25-0PT069190599&#10;Facility: ACME Logistics (facility)&#10;Responsible emitter: blank&#10;Monitoring period: 2023–24&#10;Created date: 06 May 2025&#10;Due date: 06 May 2025&#10;Completed date: blank&#10;Quantity required: 201&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="259692533" name="Picture 17" descr="Screenshot of a webpage titled AU-3478: ACME Group Trading Account showing the surrender details page. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Surrender. The main heading reads Surrender details with a status tag Awaiting approval in orange. A blue button labelled Review surrender appears at the top right. Below is a Summary section explaining surrender units for reducing net emissions for the facility ACME Logistics (facility) during the 2023–24 monitoring period. The summary table lists:&#10;&#10;Reference number: ACS-25-0PT069190599&#10;Facility: ACME Logistics (facility)&#10;Responsible emitter: blank&#10;Monitoring period: 2023–24&#10;Created date: 06 May 2025&#10;Due date: 06 May 2025&#10;Completed date: blank&#10;Quantity required: 201&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44">
+                    <a:blip r:embed="rId42">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6179820" cy="3195320"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7559,242 +7522,244 @@
       </w:r>
       <w:r w:rsidR="003D3ACD">
         <w:t xml:space="preserve"> net emissions number for the selected facility to be reduced for the selected monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00B0454B" w:rsidRPr="00B0454B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0454B">
         <w:t>by the number of surrendered units</w:t>
       </w:r>
       <w:r w:rsidR="00914332">
         <w:t xml:space="preserve"> (except if a 30% </w:t>
       </w:r>
       <w:r w:rsidR="00920DDF">
         <w:t>ACCU surrender explanation is required and still outstanding, in which case the net emissions number will not be reduced until that explanation is provided)</w:t>
       </w:r>
       <w:r w:rsidR="003D3ACD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C0DB5C" w14:textId="76EAC52C" w:rsidR="000707B0" w:rsidRDefault="00B05D74" w:rsidP="001675EE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D1AD755" wp14:editId="7266BC17">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>356235</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6194425" cy="4818380"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="21520"/>
                     <wp:lineTo x="21390" y="21520"/>
                     <wp:lineTo x="21523" y="14261"/>
                     <wp:lineTo x="21523" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="652776309" name="Group 1" descr="Screenshot of a webpage titled Transaction details showing the surrender process. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Transaction log. The main heading reads Transaction details with an orange status tag Awaiting approval. Below is a note stating the selected units are being surrendered to reduce net emissions for ACME Logistics (facility) for the 2023–24 monitoring period, with a link to related surrender details. A summary section lists:&#10;&#10;Transaction ID: Pending&#10;Transaction type: Safeguard surrender&#10;Transferring account: AU-3478 ACME Group Trading Account&#10;Acquiring account: AU-2804 Australian carbon credit unit cancellation account (Safeguard surrender)&#10;A comments field appears below, followed by Quantity required: 201.&#10;The Selected ACCUs table lists one row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF22244, project name Project XYZ, method type Waste, method Avoided emissions from…, vintage 2024–25, location NSW, VIC, and quantity 201. Total displayed at bottom: 201.&#10;Below is a Transaction history table with columns for Action, Date and time, and Authorised representative. It shows one row: Action Initiated, Date and time 17/03/2025 2:00:44 pm +11:00, Authorised representative Nuwan Test.&#10;At the bottom is a Comments text box labelled Visible to both the transferring and acquiring accounts with a 0/255 character counter. Two buttons appear at the bottom right: Back, Cancel surrender, and a highlighted blue button labelled Approve surrender.&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu."/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6194425" cy="4818380"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6194628" cy="4818609"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1469874712" name="Picture 9"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId45" r:link="rId46">
+                          <a:blip r:embed="rId43" r:link="rId44">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="9728" y="0"/>
                             <a:ext cx="6184900" cy="3181350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="774401142" name="Picture 18"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId47">
+                          <a:blip r:embed="rId45">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="944"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="3180944"/>
                             <a:ext cx="6120130" cy="1637665"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7599763A" id="Group 1" o:spid="_x0000_s1026" alt="Screenshot of a webpage titled Transaction details showing the surrender process. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Transaction log. The main heading reads Transaction details with an orange status tag Awaiting approval. Below is a note stating the selected units are being surrendered to reduce net emissions for ACME Logistics (facility) for the 2023–24 monitoring period, with a link to related surrender details. A summary section lists:&#10;&#10;Transaction ID: Pending&#10;Transaction type: Safeguard surrender&#10;Transferring account: AU-3478 ACME Group Trading Account&#10;Acquiring account: AU-2804 Australian carbon credit unit cancellation account (Safeguard surrender)&#10;A comments field appears below, followed by Quantity required: 201.&#10;The Selected ACCUs table lists one row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF22244, project name Project XYZ, method type Waste, method Avoided emissions from…, vintage 2024–25, location NSW, VIC, and quantity 201. Total displayed at bottom: 201.&#10;Below is a Transaction history table with columns for Action, Date and time, and Authorised representative. It shows one row: Action Initiated, Date and time 17/03/2025 2:00:44 pm +11:00, Authorised representative Nuwan Test.&#10;At the bottom is a Comments text box labelled Visible to both the transferring and acquiring accounts with a 0/255 character counter. Two buttons appear at the bottom right: Back, Cancel surrender, and a highlighted blue button labelled Approve surrender.&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu." style="position:absolute;margin-left:0;margin-top:28.05pt;width:487.75pt;height:379.4pt;z-index:251658253;mso-position-horizontal-relative:margin" coordsize="61946,48186" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBkypw0tgIAAAUIAAAOAAAAZHJzL2Uyb0RvYy54bWzUVV1r2zAUfR/sPwi/&#10;t7YS13FMkjLWtQy6Lqwbe1Zk2Ra1PpCUOP33u5KdLB+FjcIGfYijq497zzk6kmbXW9GiDTOWKzmP&#10;8GUSISapKrms59GP77cXeYSsI7IkrZJsHj0zG10v3r+bdbpgI9WotmQGQRJpi07Po8Y5XcSxpQ0T&#10;xF4qzSQMVsoI4iA0dVwa0kF20cajJMniTplSG0WZtdB70w9Gi5C/qhh1X6vKMofaeQTYXPia8F35&#10;b7yYkaI2RDecDjDIK1AIwiUU3ae6IY6gteFnqQSnRllVuUuqRKyqilMWOAAbnJywuTNqrQOXuuhq&#10;vZcJpD3R6dVp6cPmzuhHvTSgRKdr0CJEnsu2MsL/A0q0DZI97yVjW4codGZ4mqajqwhRGEtznI/z&#10;QVTagPJn62jz6WBlNgJ77FZmydRvR7wrHB/B0ZwW8Bs0gNaZBn/2Cqxya8OiIYn4qxyCmKe1voDt&#10;0sTxFW+5ew7Wg43xoORmyenS9AHIuTSIl3AU0myaT9IJHkVIEgHWh2m+Ogos/Uo/uV9KPLV7RZ8s&#10;kupjQ2TNPlgN5oU8QZPj6bEPj+quWq5vedsio9xP7prHhmgoiYMn/eBAGZx/4pwXVOtdeaPoWjDp&#10;+mNmWAvslbQN1zZCpmBixYCm+VxiH7ZcPoVo1B8pa+g3wB+Ol3WGOdp4K1WAceiHfd4PBEI7Dr2S&#10;FiyJVt0XVQIPsnYqUDmx5HTiDfSSK/N0msB5994a4xyPr4Ir994CwY11d0wJ5BuAHMCGCmRzbz1s&#10;mLqb4oFL5eUNdFp51AETfU+g4EEPTdiingg03oxpJ5M0TTBOzzyLc7+txy5806YdH9nUvw5wjw19&#10;/8yuYMjej8m+2O97FO7/8eBYnI0nWXbl4fxvx4ZLF96aUHl4F/1jdhhD+/D1XvwCAAD//wMAUEsD&#10;BAoAAAAAAAAAIQDXbbw8iHEDAIhxAwAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAA&#10;AA1JSERSAAAERAAAAjEIBgAAAES6bWsAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlw&#10;SFlzAAAYwgAAGMIBCY08tgAA/6VJREFUeF7snQV4XEXbhou7lQ93hx8+Pty1uDulUHf3lhoUKcW1&#10;SJEiVequsbpLpElTb+OerB+//2vm7CabTQoFWggwT6+H3T0yZ86cbejceed963m9XvZs3x5cdYzP&#10;6yHoF64g4KvA6/VQUlZBabkHny+IX9jv2uv34wl4pb0BD35/BSF/Od6yAkqKSykqDVLu1cjPKWHp&#10;kg1k5ZRQ7vHi93oJev2EvB7ydu9kztw4Nu/Ko8Kv4w8Y+MWrXwtbJ+DXCPpDBP3BGAcI+X2E/F75&#10;Kj6L7YFw/1z7oyw+i7Z0tICGt6wCT0UFpR4PBaXlJCxazuKla/B4xDGirQAB4YCwn0DARzDgISDt&#10;DdsXtjg2VM2RMfL5fASiXPO57OnZePH6fPL8msfvvT0eT2VbHvE5yrHH/nbH9nnPffX7ffI5iPup&#10;zWVlZeTn55Obm0tOTk6lxee8vLy9cm4tjt4v2svKymJ32Fk52WHnkJOXz+6cXLKyc8jJyg47h+ys&#10;3GrOiXHuHpyTXXUf4h4i9yHusaioiFAoJC2+O5Hv6G951uK5Vj7bvXDk+N/r2Pb+qGPb35trxB4f&#10;e84vbfs1x14r1rHHRyyfmc+LZy8c26aysrKysrKysrLynhw9V4rdJt5H/j1aEbbHK+zO8yLbol1e&#10;UVHDsdfZF64+B69pd37tutr2X3BsG3tyPV3X+SM2dA1TD2LoHvzeEvLzc+jZuy+JSUuwLAfTtDEM&#10;G8O00E0TzTJcmyEMw4dj+tiWuYGvvhrO2tRteDSYPmsxV1/XgOWrkhGyDB3HsLBCIWZPn8LFl17B&#10;/IUr8Gs2mm6jV9rB0B1M3cbSLWxxjmZiaeLVwhTbtBCOHsTWNQzdxNRNDN1ClzbRNHFfRtjuPlOz&#10;0H0hkubH88P3Iyn1aeSVh3ipRWceffxpPL4glmlhmzaWsGVhWSaWZeBYGrYVxLZCWJaOaRmYliXH&#10;JdZyjAwDwzAwDQMr/Bo75nuypmk1tsXu/y2OPf/PdOT6Yixi90UsQEFmZibp6emkpaVVeuPGjbVa&#10;HJeRkSEtPqempZGyMY3UjWmkiPdpqdKpqa5FW+J13bp1rFyzmjXr17EhNYVksW1DMrPmzGPF6rWk&#10;pKSSlpIcdiqpKeK8jaSkpJGSnEaq8IZU0pLTSNmQKj+L92kpaaSnZZCeli5fN6ZtrHEPkXvbunWr&#10;HBPbjny/XDuOU+l9rei2f4/3tWLb35vrxB4bffyvbfs1/5Jij93b85SUlJSUlJSUlJR+ryL/3hRz&#10;hohj/y0a6187LrqtXzv2187bk2s7d2+27QvXExPOX7eYmEZcfZ87cQ9hGmX4fQXs2LGZw484kvc/&#10;+Jzycg/JyckkJ6exfMVKEhKT2LE7i6BhYtomhuFBCxTx7ZcfcvKpZ9Clz+usTs9m/PTlnHHeNXz7&#10;wzgWL17C4oVJFOcX4hgGqevXMuyLb1ifvo2QCbt2ZbNgQQKLFi2joKAU2wJLtzEDGo5hU5xTwKol&#10;y0mYn0D6xkycUACCXnS/l9VrNjBv3gJWrVxNRYUXTRP3ZFFQUCLbi49PJCUlhYDPT+72XTx4132c&#10;cfp5jJ8eT0ZWBd+Nns33IydiOQ6BYJCtW3cStyCBxIQEdu3ahWnq6CEvWzI2sGbVItJT1zE/Lo6N&#10;m7dR4QtKCCOuJ8BLxJrhTvYNXccMOxYE/Fk29Njvwb7ynr9Pe2vTNGXkhoAG4hlt2LChEmTU5ghk&#10;WLlyJV988QUrVqyQsGHq9GlMmjpFQo6II+eI7+7YsWNp9OKLXH/jjTz86COMGjOaDSkpTJ4yjSee&#10;eo75cQtJS90oYcjmTels2phO+kYBXDaRkZ4pvTE1XTplfQppyakuBElNr+GNqRur9Tdi8VkAEfFM&#10;Yn/Y/bUWP5Qijt2nrKysrKysrKysrPxXOAIP/g0Sd1mb91Z7AUR0DDPKMZPYCBCxjDKCgXy2bk3n&#10;8MOP5N13P2PH9h1ce821XH/djdx86+2ce/4F3HDTLaxJTscbDGAaHsoLt/HIvbdy4EEHcewJJ/Lh&#10;Nz8zZUEqRx5dn6tvbMCZZ5zBuWecTpcOnSgtyGdxQjyPPPoU8cvWkpKxlZtvuY2zzjqXc8+9mEYv&#10;tiQnpxhDs7CDOr6iMl57eQCXX3AhZ515JjfefBerFy/Em7ebD99+i1tvu5vTTzud66+9jj59+5Gd&#10;V0RBYRmNXmzORRdfwelnnMn5F17AlCmTmT99OsccdRSHHXYEN9z+ADMXptKu2xs827AFIT3EnPnz&#10;+e8VN3D2Wedy5hmnc+9997B46WIqSvNo3OhpLj7/bB6451ZOOfVUrr39buYkLiYQ1DFNC9Ow3CgV&#10;QwCR8LjqUa7xTH79uewLR6JUol17X36L912/xXISAQxigUhKlFNFxEZ4+5o1a2jbtq20eD916lSe&#10;fvYZvv1+hIz82JCSTHJKMqnJyaQkr2fa1Kncc8+9vP7Gm4yfOJm333uPu+6+m1GjRjN9+kzubPAA&#10;02fMJy0lg2+Hf0WPbh34evhw1q7dQEbGFuLjFzKg3yv06v4yC+bEsUlAkbXreXvIULp16c5P3//E&#10;mlVryRDwZKMbKRIBN9FARICZzZs31wkggrAdtiMiVKJd83jl2l1tHH/BsecpKysrKysrKysr743/&#10;LYoFIb/1zvcCiNTmqt/wm4aOZQQx9VJCwTy2bEnh8COO4MMPPmfr5s3858QTafTCS2xIS2PStCkc&#10;fPAhvPnup5T7/Bh6OVaogKR5U7j2+usY9sM4dpSYjJ25kqOOOYU+A98iMyOdvj26cfDBB7N0URJz&#10;Zkznyv9dw/QFi/j0y2847bTTGTNqHNNnzOPMcy5h8fJ1cqmOCBVJX7OUs048gjf69yY/J48nnmvM&#10;m4MGsDxuFlddfimvDH6DvF1ZjPj6a849/3y+Gz2Rj74ey3HHncDnX45g6fJVtGrTmltvu4Xi7N20&#10;adqM6669hQ2bCthdYtOwaQ8uv/ImCgrzueiKK7jzgSdZuWYdq1Yt4/TTT+GFxi+Sn7OVBnfdyrVX&#10;XsDSxOksXRTPSSefyYtt+qCJJT2WLZfaSChiiKgZFzpEu+b4/zmO7cdf3Z9YZ2dnVwMHlREVcvmL&#10;+5oulp2kpbFm9Wp69OjBM888I5fALFy4kMcff5whQ4eSnJYqoz6Ek1PWszFtDRvWreShBx+iV68B&#10;pGfsInljBuuTU1m+YgVr1qxmyuQp3HxHA6bNmMeQN97m8ksu5aknn+Ciiy+hecu2LF6yihcbNuXq&#10;/13DXXfcy9NPPseC2XPo1qkTV115FY1faspddzZgyJtDWbt2PWtWr3MjTWIiQwTsERZLg+oCEKlu&#10;QZ6rgAiODfavzfWdGt7TCeIaYr+IwBL+rT/coiX6ajtWdWPjhB29XYCeiB1b2JQ/T6K314RBwipS&#10;RllZWVlZWVlZ+a931b+B/8i/oP8++r0wROj3ARFTq7RpaO6SGb0cLZTP5i0bOEICkc/YsildApGP&#10;PvoEn66RX1LAUcccR8/+b1JU7sUyPWCUsmrhHK78338ZNXUWJTqMnrGco0+5ggWJK7C0AAlzZnHg&#10;gQeyMDGBOTNmcNVV1zF13kJS0jO59ppruOG6G3nzrQ+YMiOevFI/uoAMWgBfaQ6tXniMqy67gA7t&#10;2vPp1z/JPk39+UeOO+44XnjhRV7vP5D2rVpx8f9dzstvvkfDtr05/j+nsXlbNqbt4AmIRKc+NG85&#10;vbt24eab7yS3NEhWqcUjz7bl5tvuo6Agl9PPv5APv/qBoG7g9ZbSuXMHLrvqf6SnruL+e+6g+YuP&#10;4y3dSnnRdu64/wVuvq8pnoCbT8QSYCQKhuybSIx/vn8NiAinpaRIT544iQsvvJAJEybIaItBgwZx&#10;++23M2/BAplHZH3yBtZv2EDyhrWkJq9k2eJ4brvlNoYP/4nk1O1sSNtEeuYWmX9kw7q1TJ4wkfsf&#10;e4JhX37LA/c8xJTxk+S158ybz+NPPsf48TO4r8HDNH2xKaNHTWTKhGnMnjqNW66/lv79BvD119/R&#10;sGEj7rqrAcuWrSQ1Nb0GEIlYAJG6EiESbcktXJwg/1sJRMRLmHNUtzgvepmNa+w9OLzfdmwscVwN&#10;9hv7Iy92n2vxR/Qx0k7E7h8XiVRuq9EfC8eyXCBSS99qWtxjbfetrKysrKysrKys/Oe48l/H/xIg&#10;8ke0D4GIFy1USGamC0Q+eP9Ttm3O4MQT6/Pdt99TEQxQUJrPCSedQte+gymq8GFo5aCVsTphNlde&#10;8X+MnzGHshD8PGsFp154K4uXJ8sEqMsT4sJAJJE502dy9dXXM2XuQlavT+bncWOYM3sud9/zCBdc&#10;ei1xi9cS1E0wNPxFOcRPH8+syeP47rvvOP/ya+g3oB8/fPMZJ9avz1eff8nm1I0sX7yU9z8extIN&#10;GXTq9xrHHnc861I2UeYNsXp9KnGJCykrzqNzhzbcfe8D5JQGyC4zeejZNtxyx73kZO3gpDPOZvCQ&#10;D/H6gpSVFtHw+ee44fY7Sd2wknvuuo12LV7A592Fp3QHt9//HLc+0BRvSCRXNXFEIlYFRH6z9waI&#10;RCJE1q5ew5tvvsmjjz7KnDlzWLJkCc89/zwDBg1k2Yrl4QgRd6lMRup6Utat5IH7HqBLl94kp25h&#10;XUoGqemZTJo0iTkzZzB98hTue/QJPvrkS2694XaWJi5i29ZtxC9cRIP7HmbcuGnMn7OQwQNe5fFH&#10;G9K/zyuMHjGC6//3X7p37c5LLzWhY8fOdO3andWr1sokrKmptdxLOEokFoj8VRI/UgWasAATMADR&#10;K/Fe/rytBkRifzhHoEFsZEVN1xaJ4V452rE/4CO9cy1Qh4gDcV0VaSIc21Ll9lqiVRwrfEPifZj0&#10;VPufS/hebbFPSUlJSUlJSUlJqY5IAZFf1z4BIqYugEgQQysjMzOVww8/gnff+ZTN6WnUP+EEhg//&#10;RgKRvJI8jjnuOHoOGExBmQdD80Gggi1rlnHJBedz6533snhFGjPmrePI/1zOwqXrZaTHsvj5lUBk&#10;5tRpXHbZf5k8dyETps7g2quv4uW+/XjiqUbUP+UC5iatRDMcHNNi96aNPP1AAxo/+zRffDGcsy66&#10;nK69e5C8bhn33X4zD919H906d6NVy/bcdc8jLFmTwpykxZx02mnc8+DDtG7fhbPPv4xOXXvj9xTx&#10;9luvcNQxx9K172ssT9nFg8805+prryXoK6ZT5y6ceso5tGvbiZbNWnL22efx5rsfk7VzK3fedgtt&#10;mjTE58vH68nlv9ffSYNHGuML2eiGjq2bCoj8Du8JiIjcIZEEqSnJbk6Q1OQU1q5dy8CBA3nppZdY&#10;vnw5s+fMkUui3nr7bbd6TEoKqSkppItqMevXMX7cOO66+z76D3ydn0b/TP9Br/LII48wddJEJv48&#10;nutvu4Mx4ybT6NkX6dSmPaNGjaJbz1488XRD5sxJon/fwbz9xlCGDvlQRotMnzCRZx57hCYvNWHk&#10;yDH06tWHTz8dxvp1yW5FGpnvxF0iEw1ExGvskpl9rVh4UZvEVgEWNNvEq+nkV/jILveQXeElt9xD&#10;wHQwbTAc0J3wKw6648hXQ0CHMEQRAEVsF9vE+whgiWyTq97CkEWABulwv8R/TcvGsh1MKxypEmVR&#10;ISoYDEnAUVBWStySxVQEgpgO0obtvsq+2I78LLeJ95aAHi7UcUTbloPfF2DX7my5T/RLnhu+ViQO&#10;RTATYXHPol1x/8ISFMUOpJKSkpKSkpKSktKfoD39u16pSr8TiIiEmLFARAM7QFFRHldddS2zZyaS&#10;tWM7bZo1Y8mSZfj0ECWeYjp268QP4yYSMETuDB1CfgK5uxnxxedccMGFjJswmxVrdvJc0z6kZ+6W&#10;kR47MzZy6aWXsCVzE+tWraFH996s2LCJ3MJi3nv3HS6+6GKuufYmhn83jtwSP5pY8i9ycngqSJo9&#10;g3vuuJ2LLv4/XmrXldStmwgGy8hYt5I7bryJC0Si1xvuYM6CpZR4gpT5/UycNo3/Xnkl5553Hl26&#10;92PbjlzMkIfNGeto+EJDHn+uMQvXZPLOZz/Qq8/LYPgoyMvljVeHcO4553LppZfx7jsfkl1QRsDn&#10;YWDPrnz+/lv4faUEg+V88e339BjwJkHDkWV2bV0tmfk93lsgIpbMCNAh4MLq1auZPHky69evl5Ek&#10;8+MWsHDxYplHRJy3UUSVpCSTIaJFNmxg+rSZPPzwEzz0yBM8+3wjRowYQVryBhYmJNLz5QHMm5/A&#10;0kXLeeT+h2TOkWYtWjJ1+hySUzL5dviPPP7QYzz2yDN8/tlXJK9ZS/y8uTz37PM888zzdO7cldmz&#10;50oYIioxuUCkepWZyPtNmzbtdyASyekR0jRZkztWEkSEAUfqlm0M/fxrOg8eSrOXX2HAsOGk7s4j&#10;CARs8NsCgkAA0Bzkdq/j2h/+LK4Q2S8gScQuGHEjT8RnAUYigEXABgEjIrBBvEqYEoEwQMaWHSQs&#10;Xo5uWaTs2M3HP46U0CYUjmYJORCwHLdfjvu58rphOBKBJprlkJa5hcFD36U0pMk2tHC//IbbRiRC&#10;RjiyT7xGrqf+N6SkpKSkpKSkpPRXSAGRX9fvAyJRdhNtisSqBraAJJqGFjLQgmJir2MbGroRQrc1&#10;TDOIP+DFr+lung9Tw9FCoIWwggFCIZ2g7hDQwa85GLotIz2cYBDdH8DWTGzDxtQtNN2Rr0F/AJ83&#10;gMcTIqg5EoZo4jfVhgWmAaKMbTCIP6jjDRkEJcgJYush7JBJwBsgFDAxDQeRKsC0TDRdIxgK4A8G&#10;CVkOId3CDPkwQ150LUhQMyn3W3iCDv6A274Z0tACBgFfkIoKDyFNxxC/xRaJZ0M+HCOAIaJoDA3N&#10;MAloFiFD3IcYPzePiCnKEdfB5KV11aLsbgQgRLt6lRkBQ6pDhkgVF/eYlOrHCyiSkiItI0tSUklL&#10;TWfNmvUSXMj2RRUakYA1LZ2UcO6PjalpJG9IdmGMhBtiewYb0zJIS8uQJXVlu7WU1HUTp4rXmvcS&#10;8f4EIpEoBwEUvJbDuFlzmTBzFiHbRhNgQ0Ri2OHoCDHhF8dpJktTN9F+8BBavjqEuE3b2VhYTuL6&#10;VBasXc/UpSvYGdDY6tP4avIMRs5LZMWOXMYuXMXGwgrmrk1jwuI1fDphFj/OjGNHeYBSB3aUhfhu&#10;SjzDxs9h/a4iPECx5pC0fiOf/TiaBWvSiFufydodeRKu7Cj38+XEmfw0awFbC8soCpl06fcqdz38&#10;JONmzmfWqg0MmzGPrf4geabDkoyt/DBpKvHLluMR+X4cmLtuE+OTlvP9zLlMiEsiu8Lvgh0BTkyb&#10;danpdOjZj90+gzzNZs2WXQz/aRyzF62kQDfxAhW2w8LkdL6bOpM5a5JJSM1k5ZZdBM0/lgxWSUlJ&#10;SUlJSUlJSWn/6Q8DEeHoSbxlupN6AUgkEBEAwgiimwEsI4BphjAsU4IHWa5X17A1DQx32YgIjddN&#10;B123Zbi6BCKGiSPygohcG5oh1/QbIV2+t3QRWWGiC0hi2IR0E910S9gaegjHcvuom7YEEbppYpii&#10;r+J6loQqtoAhugAtosythq6HpDUBcyzRrun2U3f7KwCGmJvqgrcYYBmiXyamZmGZFoa4hrgXCX1M&#10;LFOXFuDINA1ZWUb2UVSXMW0MCUNcKBI7tsp7tgAiAibEwoNfcyWQSHWBRKwjiVgjS21SkwUEcc8T&#10;+yOVX1IEBBEgIzmF5Kiyv9ICnlSzaNd17PV+zeJa+xuIhGwoNWx+XryaQV9+z9qd2fhsW0IRETUS&#10;WW4il5yIyAmg1LR49avv6P/Vd+QDu0M6/T/4lAaNGtPr42FMTc6k22ff83zPAfT55Bue7/cW93cd&#10;yIItuXR4+xNub96Zdh9/x7M9B9H/yx9ZuruMt36aQcvBw2j11lcM+HoiK3eX89n4mTzVpRc93v2Q&#10;zu99zp0te/DF7MXMT8vkoQ49aPzKUJq98iYvfzSMJRnb6PnGu9z71Av8PDeREXOSeG7gW8RnlfBd&#10;4koa9hpIj9eH0qx9R74eOZqdHo1un43iqqeb0u2Dz3iodXte/+ZHCjQDjwM+y2Ftajptew0guSDA&#10;yITVtHz5DfoP/Yg2/V7j1RGjWFdQzoRFq2jUcwCN+79C+3c+4bZm7flqRhwBXcTUKCkpKSkpKSkp&#10;KSnVRe0TIBJtkSTUfTWwLQFI3OU1uhmSAMQwQ5i2gWGJY8Q2DUdM9AQQ0EREiSmrOhi6gAgCrpgS&#10;VMh9ulheIiCIISNRIu/FMbouIjtc4CEtoy1E5IooD2zI33BLKCKO0UX7ol1TlrwVVTUtAUUkJNGw&#10;rMiSIB3dFDBFgA4R7WHIfkUAjG44GBKmiHPFflvCEAldZF4QAXUE9BDJU6vK6oo2tTCkMcQ5YSDi&#10;lt6tOabKtfv3AhHh5ORk6djt0pV5R6IcdU70uZF8HyLq5Pf25de8v4GIWJLitWHK8g3c364X70+e&#10;w9SVG5i3YhVL1q5la3ZO1ZIWsUTEdpeZFBsWr3z1LQO+GkGODTt8IV79+AveHD6CTJ/O6KXrafX2&#10;MFbmlpPpt/hszlKeePVDZm7OpdXbnzBkylyW+Szm7cjnsR4DGbt6E32/mUC3YWP5cmEq49bvZO6W&#10;Qh7q2JOvE5ew2bRYUujhsf7v8vb0JPp98yNNX3+XNF+INI/O9FUbSM0v4+sJ0xn84RcUazoJm3bz&#10;VP8hfLtkA/e068m0tZvI8ussWrueVt26s2Z3Ad2//JkB340nw6MzNzWT53r2Y01WnoxYEVBkRepG&#10;mnXvx8LthbQdOoyfFiwlJ2izYkcB93fqybBZ8XR9bxifTp3HulI/C7NLePrlN/l40lwqQiLripKS&#10;kpKSkpKSkpJSXdQ+ByLVXAkUXIttloyQEOVmBXRwgYhcbqMbOBHgIT7L7SK6RIANEcUhokTE9kj0&#10;iftebK8qWxtxFXyoWnoiIIkhI0+EBYhwl6i47bsWERwC2gTDFu/FPYi2xPHivOjriHNtF4iIJTyG&#10;iPwIA5Fqy2Dca4ht7v7IeLjbqruWcVSu1b8FiESiOmqDGjUcC0PEEpmY82LP3dt+/B4L4LI/q8yI&#10;CXupZjN86jyueaYZr3w/ju9mx/HdhEmMmTyZtC1bJQiJtogQKdItBn3xDa9+/QP5Duz0Bnn7i28Z&#10;PWs+eTb8kLSW1u98xdaQRaEDkzbs5qnXvmDeLg9tPviKLxevIc1xWF7q45HuA5mcupsFOyp4Z8oi&#10;Onw5nr4/zmTM2i3c0Lg1k9K3sAXYELJp+tEPDJmxiE6ffk3fb0axxXTYZcPOkEmBuO60ebzxyXAC&#10;lkXcxh083HMQ3yxez3UvtCY+M4tyBzZl5dKmdx+W7sylx1fj+XR6IgUCfuzK5+4W7ViyfRdFDpQ5&#10;sCR1I4179Gd2RhZt3v2CaWszKBZtVPh5duAbDB49ieaD3+Hn1alsNiEtBK0/+JZPZyzEK6Bo7IAr&#10;KSkpKSkpKSkpKdUJ7TMgEg0+atoFBCLSQh4vIYNrt2yviAzRJfCQURhhR8OMark1wu26nyNAwwUg&#10;8jq/CBbcaJIIMKkOUASkicCQKiASaTcSzVF1jfBSF92FIiIPSaQtsT/SLzfyJBIB8muO7a/ynhwL&#10;RCLQIxYoRPbFAo1YqFHp3wFE9qf/DCAilszk+TXe/HYUr3zxHVm+IKWajl8APMd2K8FElsyEk4WW&#10;iAiRL7/mleHfkW/Broogb378JaNnzJVwIWFHAY92e51v5i4jLiOXp3q+zeUv9GTedg+t3v6c4YvX&#10;kuo4rCz180CHfnwbv54PpyzmhyWZzNoV4MZmffgqfh1P9B5M4yHvk5hdxodzV3D6w815b+5qRq5M&#10;59hrbmdW+i7mbtzB0BFj2JBdzPdT5/F8qy5sLvQRn7GbpwcMZWLaLpoP+ZTuH37N0owdfPnjaBq1&#10;68Dawgo6ff4zn05LosiGVTsLuKtVRxbt2C0hTxmwKDWd57v0ZWFWOe0+/JZ2bw9jfW4ZH4yfyZWN&#10;WjB14w66f/otrd7+lFlbcvgyaQ3/91wrPpm5EI8CIkpKSkpKSkpKSkp1VvsMiAhIsUfHRFVU31eV&#10;lFV4r5KJRp1b1e6ePkeuUZuj+xWpnuMu63EtIlQibcSCiyogIiJDIq5tvxvBEokYid4fMy619Fu5&#10;doulWXl5eZV5PWIBQnTS0t/sSFWaKFfmDYlyjfP2saOvtb+BiJi0i6oou0sr+OyHkUyPiyNgmmi2&#10;Jau4iP3CkfK4orpKiW4yPnEh4xcuId9y2OkN8f202cStTyPbhkzd4ee1GbR75zNe+X48n8xYyOvj&#10;5rGsIMQnM5KYlZnDVgeSK0IM+HosC3eUkLithD6fj6HHF6N5Z2Ic68o0luRU0P+7cfT5agyvj5nD&#10;wJGzmJyaTbLX5vM5S+jz5UgGfj2aMUmr2KXZrMstY9Cw7/l0wmxmbNjC4JFTWF3iZ0WBj5e/+InB&#10;X4+i/0dfsWR7Nlt1+GLeciauziDXho3lAfp9/ROr84vJcaAQWF9Qzps/jGejHxbuLuWtUVMZ+PmP&#10;9Pr4W+ZvymKn6bChMMCA4aNo99FXdPn8B1q/9RnfTE9QESJKSkpKSkpKSkpKdVj7DojUcVdFalS3&#10;CygiIEJEg1SVFHY/i+1if00YsreOQJGqPCER1+yn8t5ZwIHS0lIyMzPdijG1AIs9RYVEe8OGDXXe&#10;4v62bt2634CIUKRsrLhCuT/ArpxsguL774gJvaiU4v6xbAdfIMiGjRuZkZjA+PnzGTN3PpMXLWF8&#10;/ELGJyxi9Lx4Rsct5MfEZXy7IIlv4xYxImEJoxav5Pu4pfyUsIIf4pczMmEl4xatYVzSSr6dmcCY&#10;hOWy8syP8xfz44IljE5cwZikFfL9iHlLGJm0hh/iVvLdPNHGKkYmrmL0wjWMmL+Y4TPiGBu/nAlJ&#10;qxibuIIf5i9m/NJ1sqrNj3FLGRm/jHGLVsu2vp+/mBHzFjEyfikTlq3hp7jF/DB/IT8vXsnopGX8&#10;sGAhIxOWyM8Tw/u/m7tQHj924UrGLVzF2IQVjJy3mCmL1rDbZ7JmWwHz129mfYVO0u5i+n/yLXOX&#10;rCNgOwqIKCkpKSkpKSkpKdVR/cuASPVojUiOj9hjXSgShiPy894Dkap8JHu2e2xt11XeW4sIkUAg&#10;QEFBgVw6s2vXLnbu3FnDO3bs+EVv27ZNevv27X+5I32J7ZPop7i//QlEItEf4lUsi7FsW1aDsh2x&#10;JRJDIirOWIQ0jV3Z2azYsI4VKcmsSE1jWUoaK1LSWZmawZL1qSxcn8qKzG0sTt8svUS8btzMwpR0&#10;lqVvkfuWp29hWVomy1MzpJelpMvXVemZLEvLYEV6JktT012nZbA4NYPFaZtYsjGTJWmZLEpJJ2lD&#10;qty3LDVdXn/ZhjSWbkhj0foUlqRsZPnGTbKdxclp1T4vEuelbmT15s2s2pTJ8vQMlqamsWhDMss2&#10;prM4OYWlaWksS9soP4tzxPmrMreyLDWD1Rmb5b2mbd1JedBg0cr1tO/Vn37Dvqbnh5/T860P2JxT&#10;KJcXqaSqSkpKSkpKSkpKSnVT/xogIgBELJhw4UQsmNjT8pXYpS21u7ZIFJH41U3+GolKqa195d9j&#10;AUb2xgImCGuaVs2R7XXBkfuJfI70T7wWFxfL9/tTYuJezY6DI4FIld0/NZfQRDtSkUb0NtaV1WrC&#10;x0ZwS6xFu7EWBWyNGEeuGWknch+Rvv26nb109fMqMZHIq2LZhDSDDWkZTJwbx4xFK8gq8ci8LOJY&#10;x3GtpKSkpKSkpKSkpFS39K8CIrX7lyJBfju0ELlJIvlQYl0tMaxynbIAEZZl/aWOwJvYvv1ZQKR2&#10;VUWHCItlM5FP0eAhGoREAw8BMVy7nyMwIeJql4m4lk1VvYj+4/al8pSYNmLPr9178yf2nJqyHQfN&#10;sNFsh5DjSPhTrW9KSkpKSkpKSkpKSnVO/yIgsifHApFYxx7/y94TEFEQ5K91bMRIrGOPr0uOABHx&#10;+tcoFiFUTfTFa22RIlXRF3alo0FIBBb8FmDgwgkXg7iOxhW/o8E9qPrd7n2TIgpERIxE35+SkpKS&#10;kpKSkpKSUt2VAiL72LUBEQVDlH+vBQQJhUISiIjX/apYClCba5HYHAs7IrEkNQFGzSZrc+2q/Uq/&#10;z7VfJbYfv9yfWg6MPSl22y82pqSkpKSkpKSkpKT0Z0oBkf3g2PK+sfuVlX/N0blF/o5AZA+H/kmq&#10;rUex/mt7qKSkpKSkpKSkpKT010sBkTrsv8uSDuV972ggElkyU1eBSN2TAiJKSkpKSkpKSkpKSr8u&#10;BUT2tU0DPcY1jtkL1wZBatum/M+0AiJ/RHUViNQcSFHJ59+j/fElCi/DkhWRRDmfmCvIbeJ5Kykp&#10;KSkpKSkpKdWUAiL72rUBkd8BRSLwI1J6NXqb8j/b0TBEAZHfqtgO78l/hSKTc/f6lZP4f7wiYx6B&#10;UftGLgoRuWksbMdyS0SHgUhkVF1I8lcBMCUlJSUlJSUlpbouBUSUleuQoyFIxHUqh0idn1f+yZ2M&#10;HZtY1zi4CgpEgMg/H4xEBsOtPVTLwPwu2Y6NY+k4jokloUhVeEhkTG3blpY9CI/xv2fclZSUlJSU&#10;lJSUfk0KiCgr13H/5UBE1JKN2q/mkFGqMVYxnyOHhSMVHFPHW1ZMcUGBBF9ysl6XJ+a1dOv3d1UM&#10;jlF7o79HIirE1PF7vRSVVuAPmlVNRwER03awHAcraqwVEFFSUlJSUlJSUhJSQERZuY45EiUS+fyn&#10;AZE9yQovc7AdHAFH9sccMjIxjQEJ0RIRAJXz3T0ftsd9f2zyK86tJQdJ5GIRW+HtUStDxHUty8Iy&#10;DXZty2RQvz50bNeWhPh4ub2uKXqcRPd83hBFhR6Ki/wEA7rs828dS3G4bYt7NWN37ZUi15NPQS6N&#10;McHWyN2+hTdefYO2HXoyeUYchm5iGyF8nlKKiwopLCnHp1nuE6vMM1IFSxQUUVJSUlJSUlL6d0sB&#10;EWXlOuY/E4iIvDSZmZls27qVzPR0NqdnsCVjE1s2bXad6Xrblq2yhLSEI8IRMPJH55KRZQ7R7e2h&#10;XXlYjGs7uOaW36aqSXK0q67qiNdIos6YwxzTobigmM2btrBty3Z8voC8RdO0MTSNcSO/58ADD6Re&#10;vXo8+tDDlBQX/8He7hvFRk24sAB03eLNN97lhusb8PSTLVi3NlXuC58V00p1RfZGIITf52HHDvFd&#10;2kJebgG2AGxRkOuXnpx7nBh5xwUiYpGM7mHk8I856KCDqHfAAdz7yJMUlxbjLy/k0/ff4pr/XckT&#10;z75AyuZdlZyq8vsmu6SiRJSUlJSUlJSU/u1SQOQPWSQ5rW5T2qh0zXN+7dyarnmu6+jrVLtWTCLX&#10;PR6nXCf9ZwKRTZs2cdGFF3FAvXoccvDBHHDAARxz5FEcfeTRHHXkMRx/7AkcdMBBXHLxxWzJSMMx&#10;BRCJCZL4NTZSY0fljDQcOiDDB8KQwc33UHlYjGQKTbFUohJQ1MxJIT5FuudyjV+LanH7E7kHd+rt&#10;Tr9rIpiYa0U+hk/WfEE+eu8jjj76GK64/GoWL14hb880HUxdZ8bEMXKcxST+mSeeIuT3V7YbPTGv&#10;9j7KVarZl2hFn1Pz3IjE1nA7YjmPdDQUcdB1k0cffZp69Q7ixBPPZPr0Be49WyLSIzz2MUAh0mpV&#10;D8VSIY3FCfO49cZrOfess+jdqx+aYVYe554ovgOR51nVa9me6I9jy6UvESBiGx6mj/2aY485So7n&#10;I08/i8dbQaAklyfuuVNCp7POu4i45WvRxXmiJfk9q/ruiXuuzDGyByspKSkpKSkpKf1zVWeBSGyl&#10;lt9breXXHHuN32LDsGpYAAzLMCodDSCqny9AR+y5FlYtFrCk+nXddqOv415LRze1Shthm4aGVWld&#10;QZHf6dhnsL+8JyAiEqzuy99oi3bS0tI456yzOejAAznowAM4sF49DjrgADmZrFfvAA488CAOOeQQ&#10;Lr3oQnZtTZfRIY4h5q1VSw9EjgYjzElE8Ig7r3Un1GK/6HckqsARE2lxnlg+Ie1WBhETbMsIYtkG&#10;elT0hWjDNC0s0V5kUmzrOFYQrCC2GcRxLBnpYlk2himSa7p90a0wYxHrPoTDw2Zb4u+UO7byPNuU&#10;bViOjSn6a9vShkjWaZuVFUwi4y7eu8tGIKAZbrNyNYiN7gkw6OUBcvzOPON8pk6bR0gX9yCoiI1W&#10;XsCyuKnMnDiBotx8dwzE8g8sHEsMrBudIfoWWZpiCJhiI8dYpnMRN2WGQCQUFZN5uyp5aMRiHMSh&#10;EWxRE5/IcBbkw7TDDsOB6CUxumHywIOPU6/eIZx44rlMm54gx1kc7zi6Czts0fdIP0AzQNyuEX4O&#10;jmPghMqJmzrWjeaoV4+2bTsSFN/z8PdG3Ae2CaZoU/TNfXjyqyHuQw6fQ1Az5HdCjpvpRy/dReLs&#10;Gfz40xg2btmGYWnohdk80+AOF4icfxEJ6zbgF9/TCOIQ/RXfSUOXy5h0w5Djo5nuiqeIXVjjojEl&#10;JSUlJSUlJaV/pv5WQGR/TERj2/8tjgUa+xOIRPc5Eunx+4CI+FxzHJSrHPuc3Wdd8/P+8p8FRIQq&#10;yivkEplNyRtYuyiR1i8+LyeShx56GL37vMry5RtIT8tkc3oqhr8Ew+dle/oOliUuJWNjOuUVHgpL&#10;ypizIIGd2Xku3xBzWcshP7+AZcuWMWHCBObOmcOWzExCAR+7d2xj6cJEVi1dQkVxkYQhpreUzOQ1&#10;rFy+jIytOyiv8JKZuYWZM2czceJkVq9eK7fJSb6lgR2QQES4vKyY1NRUZsyYyaRJ04hPWsq2nQX4&#10;g46cN8toBiMoE3rqQS852TtJSFzA+PFjGT9+HFlZu/D6KtiybSuJS5aSuGw5vmAIU8AQWyQ+dZ9B&#10;VlYWCxYsYNq0aUyeNJm1q9fJezdMAYlsTH+I1YuW8fC9D8oxrF//NHr1GUzCwlXs2JmLY5qEyvLI&#10;XJvIhhXLyNuVDaZIMirsQhktFCAjI4MpU6YwZswYZs6ay47dBXgDNqHwiqUIDNictoFVy5ezYe0G&#10;iouKyc7OZubMmXK84xOT2J2XL8GOQAw142jCeTgE1BDgx9TIz8uR9yfOnzFzJps2Z1JUUs4jMkLk&#10;cOrXP4+pEoiI64dwdB9ebxm7d+5kwZx5TJsyg0mTZ7F0RTIlHg2v5sg7syyNol2ZvPVyV7lcSEQj&#10;PXD/I8QtXM669C2UVARk9Iwb9aGxfcsWEubPZfzY0cydO4+t23dRVFJB5pYdLF66htVrktGCfjA8&#10;WGW72bBsMUuWrJBAxHY0zKJsnm1wuwulzr+I+HUbCEhAZmKGglQUFrJ22TJmTpnMtMmTWbpsGUVl&#10;HjeKRAERJSUlJSUlJaV/lRQQqeUae+tYoPFHgYiwWLMvXH37npfNVFq2qYDInl37eNd09Wicqmdd&#10;8/P+8p8JRGRbsnyphhnyMHRALxktcvjhR/DDTxNkdIIbZaHh6BV4ivJo17I1xx93PA3ubMCI70fx&#10;YuOWHHPMsXz2xddouphc26xYtoLGjRtz0kknccQRR3DM0Udz2y238N7bQ+nWqSMnHH88l192KYvi&#10;54PmZXvySm685iqOO/ZYbrvtPt5550Ouu+4GjjrqKI484kjOOOMsOnfpTeaW7RgiOsLxYeml5OVs&#10;p0f3blxwwQUceeSRHHHEkRx77HE8/NhzTJo6TyYBFUDE0b0YoVIWJ87h8cce4vjjj5PHH3nkEdx5&#10;1+18/vlnPPvcMxx3/PGcd8XVJG/eiiUTdwYpLczih+9H8PDDD3PcceHzjjiSi86/kL59+pG+aTOG&#10;bpGzI4tbb7iJQw4+hMMPPYIDDjiUww8/kuNOqE+n7n0ozstj/cK5XH3RmRx/3HEMfX0wOBoQwrZ8&#10;bN2czquDBnPJJf8n71uMm1h6c+/9j/HO+8PJzqvAFAzD0jGDRdx/z13yOdxw3c306zuIxx9/gqOP&#10;Plqe+5+TTuLp519g8YqVaJb9C0DEQvNXsDB+Hs8+/RTHHnusvD/Rzo0338yXw7/lrrsF4DlKApEp&#10;0+ZjiUgWM4DmK2PcuJ+5576HOeaYY+R54tqnnXYO7Tp0Z9nqZAKmTSDo5asPhnDcEYdzZL16HHbA&#10;ATLq6NjjjuP62+5i/bpkHNvA1ILMnzOXhx55QrYnvzfHHMM99zTgk08+5blnmnDccSdyww23sWPb&#10;NjDL2LBoJueedSbHH38CvfoPxDCDGIXZPHd3GIhc4AIRcf+GobNh9SpaNWvKeWefFf6+HCHvuVXb&#10;DixesRrNdDAssSxLARElJSUlJSUlpX+D6ggQieTQiAAEMSl1J6aatCntQoTq59TWTvXt0dtiJ8Vu&#10;u27bNSfBe7Y4PnYi7VoCEV3AEBeMRO6n5kRbHC9C46usGzYh3SJkWPIf5sK6SMYYc1+RNiJ9dy0+&#10;CyBSZTEBiACRaCiigMgvO/Ldi7ZoI/bz/vKfCUSkBPGwg1h6BW8P7F4JRH4cOQEzst7C0kErp7xg&#10;N88+/pj8Lf9RRxxP/RNPCS+vqcfHnw4jGAiybs06OaGObBeTXznBPfxwjjryCI4/5hg3guKEE5gz&#10;bSLopWxfm8B5Z54ul+kccnB9jj2uPkcdfbSc6IpJtjhe5De57/5HyMreiWN78JRt56knH5H7Dj/8&#10;cM466yyuvvo6CUXEtgsuvoKli1fgaEEcO8SCOZOof8Kxlf0Sx7kT78M56igBH9zrHHb8ySxPTkfX&#10;AwTKchkyqFflUg9xL8cff7w8L9LOHXfdTVp6Jtu37eKWG27m8MMO4+ADD5VA5Igjj+bY4+vTsn1n&#10;CrKzWDpzIgeFz+vToxM4fmyjnOR1Sdxx+22VbR4uJ+rHyUidAw44mCOP+g9NW3SlsMiDZQbRfDlc&#10;efml4eMP5IjDj+XIo46SfTvyiCMqE7f+96qrSd+yUy45qf6tEWE8GrbuY3niAk44/riqax9+uLy/&#10;Qw87lGOPO54jjqhPvXrHU7/++UycPMuNmtEq+Pi9dyrH+sgjj+bkk0/hxPr15fdHbLvmuptZuGIN&#10;voCXLz54kyMPPzQMRA7k4IMPlvd38cWXkLZ+LXagnOkTx0tAIZbniGd9xJECbh3LYYcewrHHHMPB&#10;B4kxP4JzzrmUrVu2glnC8nnjOeqIw+X1WnfshG4EMAqzqgORtckYjsPOrVv43xVXuP094gjOOON0&#10;zj77LA477DC57a57H2Tr9qzK/L4KiCgpKSkpKSkp/fNVB4BI1UQ1AkQ00yJo2pUOibX3Yn2+gAgC&#10;iogJq5i4CoggP4uJv4AAYltkYivyA4jcAi5scF/FdgdN2m0vKCacUVBBhFWLNkOyH+52cf2A6ci+&#10;iM+GZRGSwMJdd64bwo68jvjtuCl+S67bmBJ0iAm2ABzR9+MCFU0X7Yk2HEImBE0IGA5+Q1wLuU0X&#10;UKTynkxMS1xfRISY6JZoS/RFtO/2W4IRy3QtJtYROGKK3CERxz6Df4P3FojEQraq811QEgFzezru&#10;j/vPByLi1+EBGXHx9qBuMpeIjBAZNTEKiIRAK8VXtJunHn6IQw44lAMPEgDhQC7777W0aNGWxYsW&#10;Ul5cxPXXXReeXB/A7bfdzciRI4lfMJfJP4/iwvPO4uCD3HwlIkpk/qwpcmK7feVszj1DwBUxmT6K&#10;u+97jKkz5rJ48TLGjh4lf5sv2jyh/slMnDIFy/SyOX0Fhx7qTp4bNWrExo0b2bJ1B59+MZyjjzuB&#10;Aw44kNdfG4LhLaU8fxe333KjbEPkRbnjrof5efx04uPm89VnH3Lh+WfLibe4/iHHnsqyDRvRgl7W&#10;LZ7HOScfL887+9zz+eTTz1i2bDlzZs7ilJNOrrzPfoMGU1BUSmpyGs8+/YzcftzxZ9D/lbdZsiaZ&#10;HVk5aF4PK+dM4ahDXLjSu3t7cCow/Hm0afacCxIOOJSrrr2JiZNnEp+whO+++4lzzrlAHn/UUcfy&#10;0adfY1l+ghVZ/PeyizmkntvWldfcys+Tp7Jk6SImjR/D9dddK7cfcsjhvP3BF4QMN4NG+IG7y3Sc&#10;EBU522jy9OMceMCBchyvvOpaJk2eSlLiQr779htOPPFEDjhAjHF96te/gElTZmMES8ndnsrRYVB1&#10;+hnnMeLHCaRtzGTF0iX06NKZQw89VI7ziy3aU15RTv7urbw7oDuHHOjmp7n33oeZMz+Jdes2yOdT&#10;vCuDKy+7lHoHCZB2CA0efIIJU2cyb84sPv/kHc469SQOPVBAm/qcc87/2Jy5BYwiFs8aw5E1gMhu&#10;nmvgwqUzL7iYuDWpMhnr1Ik/u8//gAPo3qUr6RtTSE3dQNeu3dztBx3ET6PHy1wl4Wwjlel1lZSU&#10;lJSUlJSU/pn6y4GISGoowEYEYmiGQYXtUGpDhQMeG/wWaBYEDQFKLIKWCyj8BvhNi4CpETANAmJ7&#10;GBIIaCGhgQQQbrSFZliEdBuf5eC1BHSwCFg6ftOU5/ktE79Iymc7BCwHn+Fu99lQ5kCZBV4BOMT5&#10;JuwuDZDv1WX/guE+CuAiYIjIoyCSCwq44TMdPBbkhyyyvSE8pjjHxCfasxwqLJtsj4+8oM6mvCIW&#10;J2+m2GfINv2GTVBEjgiYEo5oEREKIhJFQJWAHBNbLlUQ9+q3LDy2idc2JewJGjohmVuk5tj/u/xL&#10;QCQKcIThUWS5kbSItAmPd8S/DE/+mPcERPZHlRkpCUT8NYDI96MmYYhAAjEftPygFeEr2smTDz3A&#10;gQccwqGHHUGf19+nxBvA7w3gaAFWLEqk/gkuQPi//7uB9Rsy3JwTtg6Gj43rl3FMOBJDAJG5MybJ&#10;pQ87V87i3NPdaJPzLrqKNWlb5Pdffse95Qx9Y3AlfHhl8PtoIS8b1y+SERsHHngADRo0ID09g5Bu&#10;UlhWQcLS1YyeMFsuxzC8haxImhs+vx5X3dCA9Wk7JMQUU147UMaSWZM47hgxGT+YQ449g2XJ6QR9&#10;5fRq82LlZPm9jz8joOluUlEHcnZl06Z1W1q3ac+4SdMp9wYJBEP07d1HTupPP+Nqps5KJCjK18pl&#10;OwFWzZnMYQe5UKB3t7Zgl5G/Yz2HH3ao3HbhxZezLatI/owRP0NM3ZJ5VASsEH27/6FnKC3JQfdm&#10;c8WlF3HkAYdy0ilnMXLSPCp0HcsuxzRymTT++zBcOpgXG3fGF9Sils2IEIgQ2F42Ll3A8fK+63Hp&#10;ldewNScfUyRmFfmLLJMVy5dz2GECOBxD/foXMm36XDyl2Xz2vvs8jjzyOIZ9MRJfCAIhnVDQy86t&#10;m7j5Bhc+nX/R/5GWsRnMIPGTfuKog9zoka7dehMMuT/H0H1M+e6T8D0ewF0PvEjmzkI0ASZsDVsr&#10;Yc6UsRx8sABWJ3HW2ZfL/DKYtQERfxiI3Cq3nXH+xcxflYpP1xg/dmTld+DFho0oyM/GMALkF+Qz&#10;P34RP0+aweZtu7Bk1ZkICFEwRElJSUlJSUnpn6y6AURE9IeI2NB1/JpGsQPL8iro9fUkJi5Pp1Rz&#10;K0b4LYdyy5IAocIEjwMVOJRhUYZDOVBq2XgBn2Pjd2y8DpTb7rFiPbtfdyjVRTsOQceRx1WE9wsA&#10;U2IZEsaU2FBsOJRasHRHEV/PW0mmx6RId2FItt/g5S9HMvTnWeQA+SaUO0j4oQlgYojzRf+gxIHs&#10;kMMPcctpN+QjNldUUGRbFDlQ6EBSxlZ6f/QJs1PSeH3ET9zTtA3JOcWUifsQ9yTaAHl/HsfBa1tU&#10;OA5Ftrh3d78o3immy+IeCiybAt2gQjdd2COjXfb/Uo+67ehlR9GOBhsxIKTSLpz4qyNE9i8QETk5&#10;Snh7UHcZwSGAyIhRk8NARGSZ9IJWgLdgG08/7CYNPeeS64hft0lWMrFFuRAjwMjhn8nJ/cEHH0az&#10;5r0pKPCE2xcJUL34y7Np17KpPF/k8YgAkd0rp3Pu6W7ExS13PUJWqZeAWMkj+icm03OmhSezBzDg&#10;lQ/w+71o3sLKpTliMn3V1VfTtn0Hhg3/hnXp2yWolFVw/IWM+PIjedzBhx3F4Pe+pCwoft7YoGtg&#10;eqnYmsL1F13oLtk59ixWJGdQXpzPzVf+X3hifxlrUjIkqJAVb0TEhfihJKqkiHK7Al6Iv//+EH36&#10;9KZevcM47YzrmDIzQSbrFHk3HN3PytkTOfgAd1Leq2trsItZMmdc5UR90BsfEAgnQo0QjPLSCs4+&#10;+xy5/4r/3UjmplQMby5XXnYxh9Y7kHMv+D+S1mXiFWVy7VJsLYttm1ZyyUWXSyjyzHPt8QZCldVm&#10;3PwhfrDKmD3yC7e60EEH07hTb/nzU3zLTHmPIbzlZdx6691hIHIR02bMp7RwJ61fEpVn6nHMsafx&#10;6GON6d5jID179aZXz85079yW/158sdx/0CGHMz9xqYwwSpg8kmPCQKRDx+5omu6WzdE8DG7rficO&#10;PPhwBn44Uv6sFt8rGclilpKzNZkbr7lBRg+defaVZGwSkKV4D0BkVxQQuYS5K1PxGRrZWdu44Jyz&#10;3OsceCB33nYLPXt2ZszYsezMLpQ/tyMIpHKcFBBRUlJSUlJSUvpHq04AEVOUy7TEsg8xidfZFTJ4&#10;b/5q6l35MM+//iUbC/wSMBSFbDbkFjJp0TJmLl/NjjIfOZbDVt0gYdt2Ri9cQkLGFnaHDAptyAoY&#10;zE/dzKhFq1iQvp08v0F2ucGS9N3s9miUm7C1uIJ56zLY6jFZkrmb+JRNTF6TwdQ1m8ksD7GpPET3&#10;z0dz5v0t+DpuLVvKNcot2OnTeajXEB4e8AETUrOYuHozKUUBinQo0WHVjiLGLU5h5vptbK4Istlr&#10;8e6EOG5p3oOVhV42+01mrd/KmEXr+WxGEg37DWHyhs1M37iNz2YmsTy7ggXpO5m3cRtT121i0tqN&#10;ZPp18i3ICRrMS9nITwtXMHvjDqZv2MJmr0me5bBg0w5GLVnN/I1byfbqMqJFRM+E/vVApDb/ViDy&#10;1+YQqRtAZCvPPPKQnFT+37V3k5i8FU3MG8Xs1QwyYtgHHHrIIRx8yGF07T6EQMCQJVklELG9BMp2&#10;071TO3n+noDItbfcR1aZX0IBESEiKqEkzZ8ehgYH0G/g+3gqynEsP7nZO2jVuhXnnXeejBYRx4i8&#10;FmefezG9+r/L7pwC9EAJH783RO47/OgTeGfYj/gt210OJICIUYGWtYm7/k/k5BBA5GwJREoLc7gx&#10;nKfjwkuvIH3rLrn0QkgAEVvUwRXlZcMwRNym3x+id+9eEoicKoDIrERZ7lVUqnE0H6tmT+LoQ91l&#10;LhEgMnf8N+F7q8fbH36FRyyTExeRjTp4y7z873+3hPtxFWvXrkKvyOHKyy6RuVwuvPR/LFiVToUV&#10;BiKh3WxLX8Hll/1PRqo8/0JnvAHNBVey92JMfXKp0vgv3pXtHnLY4Qz84AvKLRtZj0cm0nCj9u67&#10;79EwELmYadPnU1qwk0ZPNODAgw7jsMNP4OBDRP6S42VC2qOPOkyWbj7i0EM55OBD5fdgwaLlOGaQ&#10;uAk/cGwYiLRt35WQprnfPV8JA1s2ktsPOuwYXvtigoyek+MmKwmVUpabyW03irwgx3Hm2ZeTkRkG&#10;IjNrAyI7ea6BO14CiMxbmYpuW2ial9R1a3jo/gc4/bTTK/PCiBw15194Ke9/PJxybyicUDWCRRQQ&#10;UVJSUlJSUlL6J6tOABFL5PqwDEKWjseySSn3c+8rn3Nd72Hc0f0dZiTvJFeDDXnlNOz/Jve06EiD&#10;Ri0Y9NFXrC7w8uPqjdzX5WXuaNGeBi078vHkuawvCfH+xHnc0a4v/2valRta9mT0wrVMW72FF/u+&#10;w/zknRSa8OOcRdzTsgfj12yh+asf8Hjbnjwz6GOub9qLgSMmMSNlG7e07M05j3Wl+dAfWL27TAKR&#10;HR6Dh3q/y7nPdeKFIcO5qUl3Xv56Alt8JgkZ+TzVeyi3Ne/B3U278MY3o1md6+HjWSu4vcOrxOf4&#10;GDxyOlc80pyHO7/GYz3f4poXOjF61WbenxbHEz3fZNSyLTze4y1eGPgh97YbyDVNujJ0SjxrSjS+&#10;mhbPLQ2b8mDHvtzb6VWubNiFH1dsYWJqNje160WDHoN4ut9bzN2wjXIRFWPolREiVYlrlfceiLjL&#10;Zv4NQOSdV3pwyEEHuUBkZGTJTO1A5PLr7iYpeUsYiDhy0jvxp29lwkqRd+KFRl0oLvaHgYhYouHD&#10;W7STZx53E6HGApHzznCByHW33k92mc8tRivrzJosipsVhgYH0Kff2wT8Phzbjy0irYoKWbVqFRMm&#10;TKRnz96ccsqp8voHH1af14Z8iNdTxJifvnXPP+gQOvV5nWKvIYGII8bU8FCwcTWXn3t2ZYTIShEh&#10;UpTPPdde5U6szz6PpauT5VDJPC6mha1b5OcVsWt3AVl5ZTKnjz8Qol//fpURImLJjIzMsC0JRFbO&#10;nhwFRNqAXcLKuMmVQKRtpz4UeIKI4BU5HzdtivOL5T2J/f+79lbS0tajewQQuVjCBwFE4lany5+d&#10;ul2GHcpiW/rKGCASigEifhl5ETd2OIccJPKHHMizLTuSH9Dwi6gXAYw0UdK4hKuvFpEZR0sgMnXa&#10;PEryd9C1zQuyP0cc8R+6dH2FWbMSmTR5MlOn/CxzxUz7eTzjx0xmyqyFZOWVyGiTxCmjOS4MRNpF&#10;gIhQqIL3encKj8FBtO79HsV+S36vHEfHDhaSvWUdV1wionWO5syz/y8MREpYNGtsJRBpExUh8mw4&#10;QuRMAURWpBK0TCwrhK0HKS8qZs3y1YwZ+T1t2zTj2GPdBLnHHi/y08ySy65cKSCipKSkpKSkpPRP&#10;Vx0CIiaazH1hMX1DGte3G8iHS7fz2MBPGDphLpsDDkPGTOPudn2YtymHhZm7+WH6AhakZ/Hsa5/S&#10;+oNvWFFQwcRVyYxMXEPCliJua9GTobOWMyXLR9dRs2jQ6WU+m7OUh7u/xoyUHewIwtezkri5aSd+&#10;3rCNJ3oOpMcHn7OqVGfItEXc1q43CTsLeX3sbM5+pD3ztlWwM+jIXCI7PTpP9RnKc68NY3lpgHcn&#10;JXDLS52J21JG63e+5fnXPmXu1gKmr0qlQcOmjFu0jvemL+aurq/zzbI0bm/ZnddHzWJFUZB3pyRy&#10;b8cBjFqZwftT5vOAfL+T+7u8xjuTFrAkx0efn6bw6KC3+XFVGg2atWPINz+yrtDHF3FrueS5Tny7&#10;YgtvTF3IGU+8RJ/xs/h6aQorcsop0k18EoiIKj6i8o1bzSf2Ofw7HMkPErbcFpMLJDZ/SJSrlzSu&#10;Ahb72n8JELE8LhAZ1ItDDq4NiLg5RMSSmQgQueLaO1mUstmdvFu2BCIpq5ZyysknyYntqadewOxZ&#10;ie6yCJFDxA4SP2uSjCCpAiKTwaxg58qZnBsGItffcj+5ZT45gZf5OrBYFDe7Ehr07TeU0tIStqSv&#10;ZdgnHzB8+FcsW7ZMJp0VyzDWrU3hnHMuknDjkcdfID8vm7TkNZXnX371zcxLWCaXhWDbGBVFfPn2&#10;a5U5LA459nRWbsjA8Ht5p7+I9nCX5PTqO4iQpuPI+3FYkrSYxx59kieffoHX3nyPohIPoZDG66+J&#10;/BqHcvrpVzN91kK3WonIS6EFWTlnKkcferBss1cXkUOkgqIdaRwXzqty6mlnsmjFGpnzSEafBDU+&#10;fPf9cB8O5tGnGlFcnC0hwX8vdZelXHTp/0hcnYHPdjCcCuxQDtvSV3H5ZVfKJTPPv9CuliUzbuni&#10;LasSOfU/J8p2zjjnQhKXr5U5lBzTxtJDMqGtSI4qqruIHCKTp8whUJbHzyM+4/BDD+OQQw7l1Vfe&#10;JeA3sQVE0YNsTd/I6BE/MeyT4Yz6eSYevxgziyWzJnNcOCqjXfvOBAIiFkU83iAJk3/iIAlLDuSq&#10;6x5m2dp0wYLAMbCCxXzx4ZBw5ZzjOOvsS9gkl8yUkzRzXCUQadvBBSJ64W6ejiRVPe9iFqxMkUsx&#10;N6xbxReffswP337LlvRNMsG0p6KQsWPHhPOk1KNb95cpq/DJPCIKhigpKSkpKSkp/fNVJ4CIKRKg&#10;WiYh26Tc0Bg87FNuerEt785cxeP93uWpvm+S5jF56c1PaPrhCDICOrmWQ5bPYPnuUm7r9CpDJs5n&#10;uw1bgxbp5QazU/O56pkOjE3LZ6UBP2QUcEGT9gyePJ+Her/J5ORd7Dbhq7mruLFFD8at28xz3fsy&#10;bMxYdpkwcu1m7u35GnE7ivh4ZiJXvtCRZbl+CkSCVRt2ezWe6TWIzp+MYCcwdsVmrn2mHTPTC3hy&#10;4Af0GDmdLRpszKngoeda8MWk+Xw4bRENurzG8IQNPN79NUYu28gWG35et4Wn+w1l9IqNvDdxDve1&#10;78MPyzbz9MvvMGbZerZrNp8uWMEjA97lh2UpNHi+MXNXriXPgfnbi7i6aW++TUon1eMw8KcZ3Nvj&#10;NR4f+C7TU7eTE9TwhavaiN9oCwswEvsc/r2uZSx+AYpU+Z8BRCTssMX6BJF7ooC3B/WRQOQwCUQm&#10;RiVVDYBWgqdge1WEyNW3sHzjZsTKESwTzBC6r5wnH38sDB8O4Jyzz6d3zz78NOJ72jRvxrlnncGh&#10;Bx9UWWVm3owpEsZsWTWHc2SVmXrccOv95Jd63emoe3ES46uAyMsvv4nHU8aaVUmyfKvYds1VVzFx&#10;/AQKCwsZ+dMoCXTE9sZNOlBUWETQU0ajp928FwcceCAXXXwZ/fsNZOLP42j+0gucedopHCzbP5hD&#10;jjmJ5evSJeRJW76Eo8KlZY87vj6tWrZhzOixfPjBRxwRvoYo2/r9j2Pc0tmaxsgff5AT+8MOPYYb&#10;b2xA/8HvMmPWArwlpSybPZ3DwpVWendpL6v7GL4SenVxIyQEeDn/ggt5ZdBgxo4aTZvmzTn2GFFd&#10;5RCOPOpYfvx5PLpRhrdkO1fKJT4uEElanY7PtjEdL1glbE5byf9d6uY/ee75ZvgCwTAMkYMKjikh&#10;la+8hFZNm8gkuSJK5KyzzqF3z76M+nEUbVu15uSTBaQSAEtEiJzLlCmzsELlFG7P4IzTTpH9PeXk&#10;0+jbq58stzx54kRuufEmCS9EEtTefV/DENFDtkPaymWcebhYUnMAZ591Dj16vMz3346mNL+IipJs&#10;br7hv3L8BUy69LIreeWVN/jhu+9o2eQlTjj2WA4+QECLIzn7rPPJ3JSJY/pYMGO8jEgS99kuDEQC&#10;+Tt57I6b5bazzruIuBUbCOoGI38cUfkduvuO21m2NIGsrK283KcPBx3kfo9efXUoQVH6S0lJSUlJ&#10;SUlJ6V+hOgNEdFHK1rbIKi3ioRee497Gbej0wXc8+/Jb/O+JxkxZuZHvEtfwvxfb82PSan6clcQr&#10;73/GjLWbaPvZSJ7q9wYzUtMZOnIcg4aPYkZyFve06UePbyfz3dqtNP9sJPf1eI0J67Zye9u+tP9k&#10;JJPWbafhoA+5rX0/Rq1O5+muPflk1EiZl2T8hi3c2/VV5m/O44eFqzjxpgf4eXkqO/26rDiT7dN4&#10;vudAun38DbsFEFmewTVPtyFuSzE9vx7PA/3e4YdFyYyYkcS9zzZn5vKNfDlrGbe16M2ktdu5r21v&#10;Wg79nIkbttDl0++5qUlHxq1M54MJc7ivQ29+XJbOs32H8PPS1ewK6Xw+fykP93mLCWszadytN51f&#10;H8r09Zvo+d0UTnu0lQQi8ZmFvDMpnuGLU7mxZQ96fv49uSFdAhERCSEz0+qWjBKJfQ7Kdcd/OhAR&#10;U2Xbg22U8M7gfhwcASKjJmCIRJMSmgRw9FLKC3fw1KMuELnkimtZkZYhq5JgGWDpcqKdtX0rp8iJ&#10;tDv5FJNjtwzrgRx1xBGcctJ/5Ha3ysxUsHxsWjWvEojcfPt9FJSIdMQRIGKSGD+nsr2+fQfj9ZYT&#10;CJTQNQwShAWYEElWxbXE52OPPYmx42YQ8AUlrNmSurqymkukX4eF+yXySRxzlAAfB3DQ4ceybE2y&#10;myckGOCbjz6ubFMAAHGdSL4S4ZeatCAvvxjTsHAsg9TktRx++GHh/Qdw8CGH8swLLSjMyWf5vNkc&#10;JNqRQKSDW87YCJK9fSsP3X9/ZZuiP4cdGmmjHocfdjSDBr9LhaYhUq76y7K48vLL5L4LL/kvi9em&#10;47dNTMePrZeQmbaaK68QgKEeTz7VEK8/gB1dslm+Opi6TlpKCuefd361cYk8L/F6yCGiHwdS/4RT&#10;mDBhMrbuwygrJGHmVE4/zX1mor+iNLIYm0g7Dz74OJmbdokgHHm5ktwc2jzzBAfUc4GQaP+scy5l&#10;9Yr16JqHhLjp4eUr7n4BKSL9EJ+POUpULzqQs886l82bMrHNIAnzpnPkkS4Qad+howQioaIc7rvJ&#10;Lf181nkXEi8jbkx279zBgw9UjbF4RkcffVTls7zg/MtYsni1uyyqih4pKSkpKSkpKSn9g/WXAxFR&#10;GldYExEilsnK5PW07d6VVembKdJsNhV7efnDLxgxdR4bi3x0GvoxT7fvQcN23fl27CS2lAaZl76L&#10;53sP4PkevXimS08mLlnDNr/FuIVrubdND57s+xrXv9iWhZtyydMdvp+3jDtbdKPJwHdo1P8t2rzz&#10;OTNSt9D93Q+YmBhPiW0Tv2knHd7+nDVZRWwsLuOOF1vR54PPSN2dLavY5Hj8DPzkCz75eQqFQFzq&#10;dlr0e5u0fA/JeeU0Gvw+T3V/hfubtefr8TPYWRJiYtI6ur39BWmFXkbHLeWOl9ry4suvS7d45W1m&#10;rctgTNwSWr/+DpNXpdPrwy9JSEkhL+hj/JIVdHz3M9ZlF7FwfSqPt+3Cc71f55GX3+WcJ1szduVW&#10;lm7Lp2Hv12jz1jCe6PEqc1IzKQrpslyvJYCIKIWhgEid958PRMQMMIht+hk94hvOOetszj7nPKbM&#10;mOcuKwmXabXNCipKc+jcoS3/OfE/PPjo06Rt3YYl6sMKGGIbcomDgAL52Tk0er4Rp55yKiecUJ//&#10;/OckLr7oIkb/8COvDujPf048kf9efjlLEuNlfpHM5CXcedtNnPSfk3ipaUvKvL7wggUX2KxauZTT&#10;Tz+dk08+hU8/+YJA0CtzQng9FXzy0UdccMEFnFi/Pscffzz1T6jPf6+8iomTZhIIikwkgtNosoTr&#10;1oxUnn36KU488US5ZEeUCG5wx22MHPEdndu3l+0L0LNpyw730oaF5g0wd9ZcGtx1DyfWF+edwHHH&#10;Hc9ZZ53NkLfeJSevyM1HIodKRIn4mTdnJtdcdTUnnXQS/znpZHr1fYWi/CLS1q7muv9eLu//g3eG&#10;hMdLl8tT8rJ2M/TNNzj7rLNk/4RPOulkrr7qGqZMnkOZJxhe9mLjKy/k6ccf4+STTuK++x8hJXMr&#10;QdvAluV0g+zclsnjjz9J/fon0qt3fwICpESASPiRSotErCGdTRs30al9J0455RT5bIUvu+wyJkz4&#10;mSZNm8jnd83VN7F82XIJRLA1rJCXFUuTeOzhh+RzFuMufMbpZ9C71wC2bcvCNMQ13WtZmk52ZgZt&#10;Gjfl1FNOof6JJ3L9zXeSnrYJUw9gaF5SNqznphtv5pSTT5XjXL9+fVnCd+SPI2nfthP16/+HW2++&#10;g53bd2FoQdavXsYlF1/MySedzBtvvIlhhAiVFzGge1fqn3AC1910M2tSUrAdG8vUKczP5dVBAzjj&#10;jNM54YQTKn3XHXeTsGAxesiSMEQCEZkvJvxclZSUlJSUlJSU/pH664FIuHqHSPqp2RaegJ+i0jJC&#10;IV2uIa/QDQq8AXYWlsnKAwVejW2FZWSV+agI2TIBoChvu720gs0lJWwuKafEdMvQiqo0O8sCbCsP&#10;sKM8RIUOPlFS14DNxUEySzzsDphs9WhkBUx2VXgpCPrwOCYFIYNsj06p4VBu2+QGg2wvKqQi5Cdg&#10;6fgsi9wKDwWBEKWmI4/bWSL2IfskKtxsKfaTlltMqWbjM6AkCHkeTVaD8NiOrHCTWVjGLk+QnRV+&#10;ec3CgMbOci95IZtsb5AKI4TPDFAYEvdQQZ4vyMKVa5i5Yj2bAzBjUx63tOzFlJWZFJuQVaGzpSTI&#10;Dq8pSwd7dRNdD5cI1Sz5qpbM/JojZXV/zbHn7Rv/FUDEkQsqLCpKSyjIKyQnrxiPLyQn0WEyEIYi&#10;AUIBP35fiKJSD/6QmGhb2DJHiBG2WI5hE/AGKMovpriwlNysPDxlHqyQRtDroSg3h7KiQmxd3JNN&#10;yF9KaUk+Bfn5FJUWE9L1qCUzIpeISWlpMaWlFfj9ATexaXifKUpMl5WTl5PL7l27yMnJpbzCixne&#10;7zg2jljSI65kagT9XnKzd0vnZ+/GU1qMpYUI+vwU5pdQWuKVZcDFSiLBemQAjWnjKfeStSub3Tuz&#10;yNqdQ0lJBbrhyJ9TsiiLHCq3Oos42e/1UVRYIo/zVPhllFYw4KekuJC8nN0E/RUSiIg+WYYm+2ho&#10;IfJzc9m9cxe7d+4mP6+QinKRPDb8vER3HActFMBXVkZRbj6lJWUEdQ3dErk6XABkWw6l5T5y84sp&#10;KimXY+ECkSgYIhuLTPwdgr4gheLZZ+WQk5VNcXEhpqVTXl5KSUk5edklsn8ChojKP7K0kBki4Kkg&#10;LzuX7N050gV5JZjhCjwRuCABgxgk3UDzBiksyKOotJRyjx9DExV7xP3r2IaBt9xPYW4xu7aKZ5RL&#10;WVkZwWCQoD9Ifk4JZUX+yggOLeCjvLiIwvwCykpLJYxzTB3d76OsqJjS8jICoSCWKbYb6KEAhq5R&#10;VJAvI0bkOO/Yjc8j/o9RNSaifTdVTGTcoqJrlJSUlJSUlJSU/jGqM0CkmnXxD2MTR0SPiGSronqC&#10;6WAKWxC0HAKmIxMPioIAmoFMBOg3LfxiImaBYTiVk5WAbiOWhZviOBMCJvgENLHAYzjyvTgnJOzY&#10;+E0Nn26hO+JYm4Bt4bNNNMdAM4Lopo4vFCIkr2XhNyz8pkPIdsuEhgwDn+ibaM+EkOE6qLn90W1b&#10;Vj0IihKXtoOotSBexWfNsgiKdkW/DZuQmOgYQVmBJygmWZrOmHETaNKpGy1eHswTnV+m0ctvkp5b&#10;4Z6ji/FxoYzPcggZbkSII25cgpHYpKr7b2Jf9xwLNPZkkWh1b7x/xu7PByJumVHxJ6LI/FUkAw2H&#10;ErgTYEkI3Am32O+2YeOInBQyL4WAAe5s0hHLbUSESeXkW3x2YYGEMOFfwzu2iWVrEso4joXliPeR&#10;PkRBjfCEXvRJVm2p3OdgWZa7/M403QSmMvjBkXbPc2e54lqR64vPtukm/HRn7bLeauVEvho4iIIH&#10;EcnDIw5/jgYApimgiii5G+63I4rGWOiG+Bsv+iKuK/rjWn6W2yIXqFq6EbmO7ErkuUQaDd+/Jc8V&#10;Y+zuEvloRf4O0xbj4I5lDSASZRFFJnJ9uP2vulF37CP9CfcZcWwYgEW3K/oavt9Yuw/U/XqYjvv8&#10;xPi4SWrD9EkeXAWiZH/kye5zrrxGuGSOI79r7iC5z1i0FyFUkf5HPf/KBxsjed9Vz1/2U1Y9VkBE&#10;SUlJSUlJSemfrH0GRCrLke6LkqSmLisACLvb3ImqWKMvExcaNpp8dSGJ2Cb2CxihGWLCYcvfULrb&#10;q2yZtnu8acvcCK7lLy3DbYkIeQFfdLcNuU98ttBlYlIxWdUw5X7Dtdwulv24/Yr01X0v+ibAjNtX&#10;QxOVG0Q1DvEba1GRwZCwwhZVduT9iYo7AgKJ64lzRLtiDELyVV7fMCkqKWHO4qV8+O33jJk9n7Ss&#10;PLy2C0IEeBHwR8AYcX8iP4toHwlFDPkb2CogItrev9EOdce/BXTsrf+ccdufQCSiSAWSyOQ1wjEi&#10;ciNIqiaTlZPcyOyxhiOz0ahGpKqFDFR9FhNsLBltIl/DV6xxeqXCk/DIp6hJq/tbfduNXJHRK+7k&#10;OzJhrpxt19Z6LZuk5P3uaWd1VY1N+HPYcnIdfYnoMYger4jDk/oIB5CObjvqGBcEuDskRIh5GuJ5&#10;upP7yMVjJCFL5HrRk/9IS+5bFyjU0u+9Ubgp0bR4PmJD9Ji6bdc81j3ml67jHlz5fCObfvGU6OvW&#10;fmDkuxT93VJSUlJSUlJSUvpnaZ8DEQlFatn/211bFY89/SY/dvsvO1LqVwASKwxUqsBKpD0BKSKf&#10;qya/0b+533O/Iq7eN/kb2HCUhmvDtYAihoAjrl1gETkvZizkGJsETRuvbsioGJ8hEtKKaBTHBUXi&#10;XgQMkfcngIiIthEwRMeSoCnSpvCfN7H/ax15Hnvj2Oe4p3P/nHH7M4BI9PQ2MgWuPv2LmWFW+xj5&#10;EOvqYKCq5RhHARERISId05/qfalSZF9kaUPlEodwBEp0NImc0MoTat5dpfawWWhvJsSVfQnH20Tf&#10;cQSIVB1cy91Fb4rZXOsxlUCkqn+Vr9HXFqMbjpjZk6LPr36vVe8rx7byT80u7/EKkT5WgpXqY1pj&#10;fKvBmT22WnnVWoHIL7nGhsodbhMxMKRG/5SUlJSUlJSUlP722udARLwXE+7qyzLqliOh9aaIzJBR&#10;I65rTnj33eRXjIeAHSJSQ0ZrhCM2Iq4JRGq3G5ViyCgSy7Hl8hxRQUET0TEykiUS/SLuKQJ/RJ4C&#10;AUPcXAVu5I0CInt2LAyp7dzI9tjr7Hv/GUBETPViUcUep3+1zx/3QrVdpXbXdmRtqu24SJdiJ7N/&#10;xoS2tv7U1rfKg3/Ne9JeHveL1/8d+rX721fX+cOKHZ/aXOvdVPU89rvzZ3x/lJSUlJSUlJSU/lzt&#10;MyAScWTi/2sT+7rh2ia6e/Ifm/xGxiUagvweICItlybpGKaGLh1eTiOBSHi5jVnVZwFAIjDk3wtE&#10;9tZ7+k78dWMkQEhJSQmapu23SVnsXLFyzlib9uqg2lTbBLR213ZkbartuN/UpX2s2vqzx77FjmNt&#10;3pP28rhfvP7v0K/d3766zh9W7PjU5lrv5i/vuZKSkpKSkpKS0p8oBURqTHz35OgJcWz0QGy7NR0Z&#10;F7sWGPKbgIgEHwKAaGhmiJAVImSG0ExdVuqpgiJVfa4ORHRMU0TJuK55b8o1n+9fOz5/BhCpXdET&#10;xn2l2iahsa7KWPJrU9XaWqvtuD9T0X2K7d+f3bd9ff3Y9vbkP3qdP0e13c3fo+dKSkpKSkpKSkr7&#10;RvsFiNT1JTPVHTvx3ZOjj/8lWLJnR4/NLzn2vBoOL09yIUjEkSVLNfsc275I3CrKmArvbd+V/zpH&#10;gIjIX7P/JSaE7kRR5vTADL/WTNQZbZGmNOLKaWXsQWFHinlET0FjXctptSr2mD0d99sU25tfmSTL&#10;vBhVlWpEwlCxnE1WyIkkOv31Vvab9vIu9lqxI1Ob/yzFLmnZk/esv6rnSkpKSkpKSkpKdUH7HIj8&#10;HkeDgGrld/dV1Zp96tqAyN5DkX3mPzBOVTlU/uQ+/6WOBVx/Hxj05wARMRmMIIVwiV3E9YSNStQR&#10;m1JzT39ke5FasTF2E3NGT0FjJ6V779r+xB6zZ0fuNdbi3mNdG8KJVMwR5XKrSg6L+4uUa3WBiHDM&#10;aP/iJF1pbxULPvZkJSUlJSUlJSUlpdpUJ4BI9DIREekQktEPVf4tk/3977oBRGKjPvYqsuRf7VgQ&#10;ooBIdYVBgKODEwDHB06Fa1vY49rZW3vB/gXL9iMWn6POlcf4oux3zb62D/DWdI17EY7ub7g/0f2z&#10;AmCHwDbc6jYSiohSsLWX+BXVb9REXUlJSUlJSUlJSemvVZ0AIrERIhEoEnHlcpA6AUb+eiAil73E&#10;WEGRvXF0MtmIY4+pe97/QEQs+dCAAFhlYORCcBuUp0DRKpy8xTh5i8JeiC2cvwinYDFOwRKcoqVV&#10;Llzibitcgl24DCts8T5ipyDaS6GwNi+L8nIoXIFTUJtX1jCFq/bS4tgVe+nYc8MuWQelqeDZAnoe&#10;WALoiFwvFrYsISyeWc2FPCpyQUlJSUlJSUlJSemvV50DItKVOTKqYIgCItUdGx2iYMg/1/sfiIil&#10;HmVg5oIvA3ITCa3/Ee/i9/AmvYEncTCepEHSFUkDKK90f8oShftRmvCytPgstov9ZUkDa3W5cGKV&#10;vQtjPSDs/lEeQEViTXsSB+CNsS9pIL6kQdXsTxpEIDHGSQMJJPWvtD9JnOtaXM9Tze79i1evbNO9&#10;RnDxG2grP8Rc/zXOtqng2QyWiKwRkTZGGDQpIKKkpKSkpKSkpKRUF1UngEiVXdigGxaaaVbCEHfC&#10;b2IZJrZ8tTDDEMLdp0dBgerAQhwnLM6JOLLNbWNvLa4lHDm35tILN6mp8t/ZdREy7Wsg4mbacJOm&#10;ygm7I6JCtkBRInbGDwQWv4ovoQ/++E4E49sTiu9ASL62RYtvhRbf4lcdim9JKL4Nofh2leeG4luH&#10;z69uPb4VRg23rOm4VhhxrdFlO67F+4jFPjOuNVZcK6y4luHX6PdiX7Qj+6psxkWuU9WX6GtEbCa0&#10;kccT3xonvi16XAf88T3xr/0WK281GGXh3CPRS2ZirfRPkXqiSkpKSkpKSkp/T9UZIBKBHgIuCCCi&#10;m2ZlVEg1IKILRwMRUVI2GohUBxnRMEScFw1GYuHIL0MSF4ZUnReBMVH3oYDI397iee5V+eM/0fsa&#10;iLgoRPxXTNhF/ovdUDQba+07BOK7SLDgJLXDjG+GFd8EK64pdlxTrPjGOHGNcOJewIlr+MuOfwE7&#10;/kV5XuRcOz5ybnWzV24EcS9C3EvSTi2W+xYIN4IFL8T4xfC+aIttUcdUXifcVtS17Pgoy22iL+I6&#10;Dd1+LWiCsaA13vheFCz+gFDOcrDK5fKZKigSm5hV6Z8iBUSUlJSUlJSUlP6eqlNARExCq0ddRC9D&#10;caGHgCKWYWMadhh4VEWIuO3UBBzRICMagkTAhtumcGQiHAtDagciKnfHP8//DiDiTtEdR1RGKYdg&#10;Kmz8hGBCB+z4VhDfGOJcO/PDECKhaRgQhEFA/Auu4wQQCDv2swQML0F8k/B5EeAQdgRCSCDR8Fcs&#10;jhHnRJ0fH+5LtTZrgyFR5wrHh2GHOD9efI46R/RH7I92goAgjSTQcaFO5HovwPyGkNAEEppjzW+O&#10;vrAjJQv7krdyGFbxBjDLw8tnRDRO2AqI/OOkgIiSkpKSkpKS0t9TdQqICMigm2K5jIgQseV7Q5aG&#10;dS1hhG5j6Q6m4WBIKOICkap2ItCiCnS40RxR4EM3MHQD3TDRDBstHHEitlu6gCsxUSamHe6HhVkZ&#10;ZVIFUOrS5Hlv/O8su7t3/jcAESE5eROTc6sYO28uvkU9MBOahWGIgAKNceKbYsc3w4lrBgktMeeL&#10;CBGxPwITagESlX4RJ74JdlwLQjMb4SQ0w1ogokRaYi5ojhXXHBJb4iS2wIlrItuNjfjYk+34xphx&#10;L2LMbyQjT6zoyI3K6I/G0k6l3X2OiAqpjP4Q9yJgTZOo42r2Q7QrrlHdjTEWiH40w0loCYmtcRJa&#10;YCS1wJvUjsKFAyjPmIwTzHejRGRZ3rAVEPnHSQERJSUlJSUlJaW/p+oEEBETc8u0MC0LzXIImg5+&#10;CwI2BC3QTQE/HBkZ4ug2djUgYmKYVUtmIktjhJ2wI0tsKqNCdBNNMwgJGAIExXXEe5m/xIUyEWu6&#10;iWk5cglP9SU41YFIXZpAK/9+/xuAiMgfIhbMyIm5XkDpmq/wJXaUoMEFHQJ4NMdOaI0R357yKW0I&#10;zemEGdcWK64FTrwLM0hsgR3XrNJie+USmQUtsBM6Ycd3IX7gf1k+9Hr0uPY4ST1gWT+2/fA04zuf&#10;g3eWyMchcoS02IOby1czroWEKFZcM2ltfmNpY0ETdLlcRSztcftBfAuQkS6tJJBxLfaJvjXDnN8k&#10;7KaY85tjzhf7BJhpjrOgGdb8Jtjzm+BIN8We39TdJ+4xbDuuOcH5zSmY1ogNX9yFEd9Wwh47oRlG&#10;Ygs8id0pXP4FRmEGWCEcywxbRYj8E6WAiJKSkpKSkpLS31N1CogYlo1X19leUsbWMg9bSyvYWVpB&#10;qU9DM0EzBBwBMS8MGRDUQTMdQiKSQ0RxSEBio4UsDN1BF9DEFDAjbMORx4ttIV1cy2FJxnZe/2Yk&#10;mQWleE2bkIAlpkPQcNsO6jp+0yRg22i2gDAmlqa51nVp2zCk69Ik+pesIkT27AhYq0tLofY1EHGz&#10;iIhSu4YsF1u8+C1CiW1wIktIZG4NAT7akju2Ca/ceQJj2/4XPb4zwfkt8c5uih7fASOuE6F57TDj&#10;2qPPa0VwQStCCe0JLuhEYF43QnF9KJ39MjP73cbMl6+nfE5vPm76fyz5/HlSfmjKRy+eQfH8Vyhf&#10;0B3P/E545nUgEN8RX1x76bJ57Smb0wHv/I744zqhx7fHSOiIFt+JUEJXfAu6oiV2xRffkWBSF7T4&#10;joQSulAxvyOe+R0wEztjJHTGO68jgbjueOZ2Qk/sTCixE6H5nTDnd0af30m2EYrvhX9Od4wF3SGx&#10;G8a89jgL2oNYRrSgFf5ZTbETOhCa3x7/vPaEEjrjS+zFmi8fo9/d9SicLACQiBIRxzVFS+pMcdIQ&#10;KjYnguEHW1TyscGKTrCq9E+SeqJKSkpKSkpKSn8/1RkgYoaByJxFC3m6Vz9ubd2Tu1r3onGfwcxe&#10;upYSDcoMKDehQoPSkEOFCX4HAoBHd9AcZGSJz3K3e2yosMDjuK+h8DYZfWLBbo/GnW27cU+Xvqwp&#10;LCdfM+V2rw3ecFsChnjBtYQvBoYWwNSCmLoLRhzdkP67ABHlv5f3LRAJR4YIO0G07GWUJA3ASGwO&#10;8eG8HyJvyILmmHPaMKvvLdxy6AE0POsICqa0Y/vPL/BJsxMpnN2Dqf3uYHSXqyiY1JEvGp3Ikk/u&#10;YdFnT9Lp9uPpd//ZfNjkSia98SIz33iGCX1uZ9IrD3LR0QfT6u4TGDvoXj5seQ075n7C970f5rUn&#10;L6DvvafwaePLKIsfwOaf29L7oTPoff9pvPv8RYzpewda0svSZXNe5ssWV9Pr7tP4+KWreO+lC1n0&#10;5QtMHXgrbzW6jLb3nUrvJ88mY0xbUr9vytAXzuflRy+g1U3H8XWn68ic0IERrS5n+AuXMKrd5az9&#10;vgVvPX8FXW87lW9b38TOMR2Z3vcmVr7zIIHZXfm507nMe+UW8qd05PUnzqHnvSfxXtP/47uet7Jq&#10;eDM63liPnCkdsJLaYiU0wU5ojJnYltL4/pSlTQVdJFcVQEQkb4nAEDV9VlJSUlJSUlJSUvqrVSeA&#10;iGsTw3LIKa3gq7lLuLntIG5o3pdvZi5kzc5Cxi5KZfSSFKavSyclt5CdXj8Tl6zi65mJTFu5kSnL&#10;01iX62HJtjxGzFnCpBVpfDtvCQmbc9hl2uzSID5tJx9PmMuExLVsLw/xw4LlnPLQSzR5/xtSPDpb&#10;KkJMTFzJO6OnMjtlJ7sDNpuKyxmVuIT5KRtZlLKRskAATQuiayFMESGi6QqIKO9X7zsgEoEhIo+F&#10;yGfhw7N1ASVJ/TASxVKT593EqPNFDpAWGPM68d4zZ9P//nMY/ND5JLz7BBkTOvLSDfWY91ETXrj8&#10;WF68/BCWfNqUO46qx/DOV/LkZfXo/ti1vNXiURqcXY9uT93AsM738kbD81g6og3/PeUwBr30X356&#10;+QFevPY4UmaMoMmt19Dlzkt5/Zk7aHTZ0Ux9symtbziOJtefxfstH+H5iw6ly11nEUgagrnkHUZ3&#10;vYN21xzHOw0bMPTxW3nm/COY9NpT9GhwIi9cexK9mz9KwzsuoO2dJ/Fjz3u54z/16P7ItQx68R6e&#10;uKQen7S9jhfOq0e3a49h+ceNefmJM2h96xl83PYJml5xBJ+3uIqv21zH64+ewpovm/D0WfVY83ln&#10;hj55CU2uPIkhLzagxU2n0ubuU0n4vBXtbj+c7VM7EFzUBlMCkZfQE1pRHNeLog1jQC9187VECswo&#10;IKKkpKSkpKSkpKRUJ1SHgIjI3wEeCzKDDi2GTafhGyPY7XfY6Tdp/vFIDrrxMZ4f+C7jEhfyzjfD&#10;ufaxp3is20Du7fQKlz/dmlGrt/LR7OUcfd19PNH/PW5u04ebWvdm9PqdJOTpXNukJ/d2f4vn+73L&#10;13OW8srIadS79Vmeev0Lpqfs5NUvR3Fnk2489dowbu8yhI9nr2T8qk2cfs9TPNPnFd4fNZZ8jxcj&#10;DELsMAhRQER5f3q/ARHHj2dbHMVJfauAiKwOIyqrtKR4QhsaXViPtxteS5MrzmTI0//HjjnvMLDh&#10;f+nx0OW0uOEkGl5Rnzeeu4ZG/63H2EF3c9/Z9Vg34VUKV/3EC7ccTc9G1/J5twYMfOIMcua9xhP/&#10;PZL44a2Z91FLnr7ieFJmjafFLTfwY/enyZ75EV3uPJuvujzO3afV44ueD+JZO5ru959Fx3vPxZP0&#10;LhXxb/LGk+fyyqNnUxz3MdtGvsZzFx7DtLcb0vXe//B6qzvYvm4SP3zYjjvPqccHba/j6f/VI332&#10;UHYkfsSTlx3BkEb/R/87jyHpzccwVn7EM1fV46cBjxJc/RNdbj+DvvefwfrvO/DUefV445mLaHXt&#10;IWyb+BqPnF6Pz9rcSOmyb/i82/00ueM0FnzRgTa3H8XmaR3xLRb5UJrgJDRGi29JSXxvCtaNAqPE&#10;XS4TGX6VQ0RJSUlJSUlJSUmpTqhOABHNCMnJXgSIbAo4NPtsBg1f+4Y8T4hsf5CXPh/Nxc36krC9&#10;jGUZm3mpZQtGz5rPRo/FNws3cEeb3oxdt433pi/k/IcbMXN7MXOzPNzWvi9DpiUxa5ePG9sOpvWX&#10;4/lw5mJmpu1k7vYiruj4Jh/MX0PStnyueeBpWgz5nIEzF3N1pzd4bOAnDI9fw5WNOjBs/iI2e0N4&#10;DAdbJDQJuZEhsflDFBBR3tfed0BEqPqSmWDWUsoWv4Ie3yyqVK5IrtqSeS9fxWMn1aP3PSfS/rrj&#10;eeacA1j9bRd+HvAMdx1/MO++cDNDnrqZO08+iI/bXsq6H5rQ4qp6fND4Mia9+Rw3n1yPfi9cyZft&#10;b+bNx86kdM5rPHTO8XzU9hpG9HqAZy4/lk0zf6b9rdcztvtD7Jo4gB53n8xPLz9Di9uOpskdR/JN&#10;/3u5/dR6dHzgTELL38W/+A1G9bqZl66sx8jeDfiy+Y3cf8bhTHjjOTreeTINbzqaL994gRfuPIrm&#10;dxzKqMH3c82J9Xi9xZV8P+BBnr+8Ht90uJm2F9Vj7QePUDa/L90fPYrG19Vj4qBHePGSenzf8X9U&#10;JLxGs//V48HT6vFtx1vxJn7Mq4+fTYsbDuOH/g/y9FX1eOmWk4j7vBUtbj6YbdM6EFgkgEhjCUT0&#10;+NYUze9D0YaJoAsgIkruRjiIihBRUlJSUlJSUlJSqgvad0DEDDt2+y/aLacrgIhhaLJyjMj/sTlg&#10;03bYZJq/+TX5niB5/iAtPvmRBj2GsMUL6zZtpUnjJiQsXUOuAbPSdvNY54FMXL2ZT6YmctWTzVhf&#10;5md9eZCne7/BWz/PZb0XPpmzmlYfjqDJax8yfFYSC7YVcFOXoXyzMJn4jTu48eFnaPbqB7w6fh5P&#10;v/4ZA0fO4Ou4ldzWshvLs0oo0iEgVhpoJk7IwNZrK71bVSa4umPvPWrMoh17jPK/3vsWiAiFJ+OO&#10;jlWUQvmyoYTiWoRhSBiIxDVndJuLmdLnaoKJAymY2o0u15/Bqs+eZ/fEHnS85VxWfNKElZ+0oMfd&#10;Z7Bp7PN4E7ow65Ub6XHLsQx95jS63X0So/rcypKPnmDuq7fhmdebkV2vo/9D9Zkz5HE+bHIN+bM/&#10;YnTXx1n9WSMKZ/Tk67ZXsHhYUzaM7kDvJ86h/7Pn8dQVB9LloZPwLR6IN6k3uTM78NZzZ9L1jhP4&#10;6MULGPzEOSQNa0Kv+07i0QsPpe2DJ9LqnlNY91NTpg29j4curUeLO46m2wP/YUS329kyuh3fNzmN&#10;nSOeJzC/J7sntaT/AyfS9eaj+PSl88me1AZ90QBmDLqdl+85g/VfvYQ/4U22je1M33tOpde9JzKk&#10;0VkM73QTyT+15Z0XTqV0fgf0hW2wEhpjJTQjmNiZgoTXKM2cB6YHnHCEiAIiSkpKSkpKSkpKSnVG&#10;+wyI6GaVY/dVs6ljGMLis1vKVjcFDNFkWV2RyHSb36bTRz/RYciXFHhCFPp02g0dzhPdXiEroLMj&#10;t4DWLVrxzLMv8smI8TTu+Rr/d9fjxKXs5Osp8Vz/8AtsKvaxuTTIcx368dnPc5ifuoumL7/FRz/P&#10;5aVeg+k65AMS0nfRoO2rjFuUQkZ+Gfc/14TnOvXni6mJPN6hN59OnsuUVRu5v3ln1m7Pxycqz+hg&#10;aRamJmBIFRCpigxx76m6awEiUeO112On/K/0vgcikXm5Ab4dVKweRiCuNY6AIQuEX5SlZrX5bfDN&#10;7YCV2A09vgt6fFf0BLdsbii+G1pCd8xFvfHNa4Oe1AZzUVu0xA5oiT3QE/ugxXfHSOyOb147jIVd&#10;CcS1x1rcDT2xO/aiAZhJr8DSNwjE9cG7oBvawl4YS/rhS+zH120vYFiry0n/uR+PX1CP/k/Vx7+w&#10;O77EdpTOa44nrjOeuP7oS1+hIqE3RXN70euuI/mp63XsmvMyefN7ElzUm5mvXUfD/9UjbUJbcub2&#10;xLewH/bivrCoN05CN8y4LmhzOxJa0ImK2W3wLxCVaLphJHaDpX0Jzu2IFtcd/4JeOItfxTurO2Uz&#10;umItGUwwYQDGkkH44jtjL+6AkdACK6EpekIbKhL7kL/sc/wF6yR4qmQglUBESUlJSUlJSUlJSemv&#10;1j4HImKi/4tLR2oFIjqmoUsgIqq8ZAdNvp6axOcjZ1Ba7sfj0/h2YhzvfT+egoCGJ6iRuWkzrVp3&#10;pEOvgXR//T26Dn6HFZt2MW9FCr1ff58Cb4js0hDvfDaCOYvWkuexefuLn2jSuR/dX3mbVamb2Zxd&#10;wsCPf2LJhq34NJOU9K10H/gWzbr049UPvyQ9u4QN2/Po9upQthWUEzCQ5XwtzZRAxDSEq+41cv97&#10;FR2irLyX3m9ABAOsIuys2ZTI8rlN3egQUXZ3fhNIbIUTJ6rPiNeWIMvKtsZJFG6FkyDcEidRlJxt&#10;hi0TijbHjm+LHdceFrbHTmqDI7YlNMGKb+weE98UM64lVlxbSOqEGd8eK1FUaGmFEd9alvRd/9lD&#10;tLjsUPo3OJJWVx9JxqiGOEvaYyQ2wUxqQnBBc0JxHbGX9JAlcItntOSj5/5D3Os3UzyvA6ElXTAW&#10;tmPVxzfw5tMHUTK7JVp8e+yFHdHmN8eKb4m1oDmIe4lriTa/KWZCC0Lzm6IvaIYhPL8ZtjguTkR+&#10;dCA4tw2mLDfcnpBwfHu0hHboiS0wEhujJTTCSGhOILEbxYlvUJwyHdNfIErLxAARJSUlJSUlJSUl&#10;JaW6oH0GRCIWcKBm1ESUawEiwqa0TcgEnwnlQZmmA0O30DVD5hcJGRA0LEKGjmkZBEM6Hr+OJ2jg&#10;DZl4QhYBUX5XHKuDmD+ahvvqnguegEkwZKJrFppmEQzZ+AMmfp9GwK8RFG2ELHwhi4qAgSdo4tMs&#10;PCETTbexdQt0E1v2tzrsqAIiysr7zvsaiDg42Ng4IkLEqgBfKoENH+BJ6oKW0BbiRD6RJhDfFBaI&#10;fCLifZPwNvH5JYhvBAkvQryw+CwSsYrqNC+458U3Dx//Ek7c85DQEBIbuefJNsQ+cZ3mkNACJ75Z&#10;2M2x41phCwgT3wEzriNmYkeMuBbYItmrPF8s6xGvYlszWNgaFrbDEGBjXjNsCWia4iQ2Rp/XEP+s&#10;5yBB9Elc90W337Lv4f6EPzthWwsautEycS/giOskNsUR9ySgT1xTaUdGgzTHSmiBndgSI6EZemJL&#10;AoldKFr4Gnkrf8CXk4pjhtyEqrYDjnDs01BSUlJSUlJSUlJS+qtUJ4CIACGW4cgcIgJmCAsAoukO&#10;um64CVflewdNfDZCaEYQXbZhoetm+DjxamKEbQpr4r2oYOOgmw4hw8YwxTUNt1qMeG860oYp9onj&#10;bDSrunXLlgBEJFIVQMT6RSASucfoe605TrU59jhl5X0PRGxpGblgB8DYDQXT8a55E/+iHjJaQ0RG&#10;2DKviIgQERVoIhZgIQJGomCJeC+ASMILkCDARRioJDRxP0cghLT4LI5xE5CKMrV2wothvwRJzWFh&#10;c0hqCQvb4iS1hsQW1a8t4Yho2406EUtV7ETXTrjSS5Uj1xf9ExAkAnKqYI44xu3HS1jxL2ILx4lz&#10;xPki8qWptBXfBCtOtN9MXtMUICShJVpia0JJHSmc15fcpV/i3bEctAo3maqlgIiSkpKSkpKSkpJS&#10;XdR+ASK/PMGPBgQuEBFLZSzdBSK6YUsb4r1uoxk6mqFFgQ7Rro4pwYqBKT7repSrPlthi3MESNE0&#10;kcDVzelhCnCh62ia2CeiP8zwe4OQrle37INY0iPK67rVZVwYUn1ZjAtEdAxTq+5aoEg0OIp27HHK&#10;/16bpvu92vdAxI0RcSvNiKQ4xaCnQvFc9PQv8S/uTzCxO1pCJ/T49hgJ7aLcFiOhTS1uLXNoGGL5&#10;SIKImGglt2vxrdHiW8kytMLuviqLqAo9sTlaYlNpPbGZXHaixzfHiG+FLs6Na4ke1woroQ12fGuc&#10;+NYygkQssTGj20tsiZkUuXa0xTbRr+bStojqEBbQR+wXkSXh/kWsR1l8DsW3rrS4J9kv4YS2BBI7&#10;4k3sSkVSHzzrf0DLXQN6KdgiRE2UNxYgRIy1WjejpKSkpKSkpKSkVJe0z4HIb7cbbSGWoIjXygSj&#10;Mj+HWNoiYIjIMRKBCO7xrmOqvOg6tlm1zdYFwIiUxY0+z7WITBEQxpCvVW3GwooI2IneLvtmCos+&#10;R0eK1AJEKl0FRmKvoYCIcqwFEBHWNI3i4mL5KuTIifUfk2jDccSyGQvQwRZQZBt412Hvno1n7Zd4&#10;VgylJKk/xYl9KU7sRUliT8oSe1GeVN0Vib3wxLg8oQdliT0pje9ezWWJPSgT+6JcniQs9nWlXDhB&#10;uBsV8dXtSehei8X26q5I6EZ5QvdKi8/VLbZ1pzy+G+XxXSn7VXcL978HJfE93PuI70F5XE/K4vpQ&#10;mvQq/jWfYG+bgFOaDEapO6Yyd4gY3zB8quY//gyVlJSUlJSUlJSUlP6Y/nIgIsCALZeiiLwcbvSH&#10;AAduklUTQ9Olq6DB3gOR6q46T8APN3eJiESJ2N0eaVf0RcIUPQJAYoGIADcRKBKJDPklGPLrQKT2&#10;iBrlf6tjgYiIFBGyRU6KPygXiERFLMhIEQ+YhaBngT8du2QZel48oZz5BLPmEMyaTShrNlp2dYdq&#10;c84cgsK5YYc/B7Jm1XAw290Xyp1LKHee67xaHNm3jxwUzpm7F55HIHd+jBcQyI0nkJuIXrQKpzwF&#10;AtvALAVHk6BJACe5VEaOsQIiSkpKSkpKSkpKSnVNdQKICBjgRnEIi/K7wgKCRIOQaKgRKXlbE4rs&#10;2W5OEbHsRpeRKNUdndxVApFwdIlwBFbUBCLR1XVi4Udtrg5EanPs+Cj/e10bEBEQY18CkcpgEzlP&#10;t3HsEDh+cMrBKQanEKywzSJZlaaG7dpcDOyF5bGi/YJftzhuX1reVy3XqWFxXPQ9F+NYJThWKY5V&#10;BmYFGF4wfG4pYxEZEsnRUisMUUBESUlJSUlJSUlJqS7oLwciwtWhgCZdOxQRy1nchKiuIxEdsfCj&#10;NojhQpTIUhctyhKKREWMiGPEOQLSuFErsW2576siRMSSmXAC1V+MEqmZS0RZeU/+M4FIJMVFZCmN&#10;iHJwwYjfTbxqB8ESFVM0aSfsyHtbRkVEW8fh12zgYIbBQazFdlPu31+OXGPvbFUmo3Xzr8TkAqkM&#10;thH7qs6rzNVSwwqIKCkpKSkpKSkpKf3VqhNARLgqQiKyXCbaEQhRlcDUtQs4YkFINAyJtC0Bh1hO&#10;I+BFeJmLJl0TiLjtVm8jup3ItsoIk0iiVrkvtsJMrGve+69Z3GN0f6L7pPzP9Z8DRNyJuQtDwnk/&#10;5Xxd5L/Qw2DECH8Wjp3Y78l/fMJfyRjCjkUme3Lk6ntjW4znLzgCjYTF6peIK8dLsKPo25atVoco&#10;+2NslJSUlJSUlJSUlJT+uOogEIkGDy4ccaNCqpe43TeOJEWN2A4vn3GBSeVymBrnua6CIW7/fius&#10;iIUctZ3rAp/qS4PcMal5bFWESti/E8Ao1w3vTyBShQRqqgqMiNm/yIMhZv17PLxK0aThD2ofNfOL&#10;ioUje/Iv6jcdrKSkpKSkpKSkpKRUl1QngIibg6PqfSWEkO/FpD5cyeUX4MTvcywQieQT2TsgEsk7&#10;4toFIjWPqd0R6BMb1RJ7nNtudeDiRqHEHqf8T3PdACKRkIg9Hu7qnw4GYu9vT1ZSUlJSUlJSUlJS&#10;+tuojgARN9GpCz6qoEQsEKkNTsRGWOwp0qJ271sgEmmz+vbofVWuDYgIxx5X1V5UGyoXyb/CfxUQ&#10;kYqd6P9W/9MUe397spKSkpKSkpKSkpLS30Z1AohEwEFVOdzIEplICd7aoYLw3oOF2hxJihoNRNw8&#10;JXsDRNzIjSjoIY+NhSG19z0W4OwZ5ISBSCRCJlLit8ZxkWNrc+xxyn8H/6VAJKLYCf/e+i9VbGf+&#10;TCspKSkpKSkpKSkp/V1UR4BIZFlIld2KMBFQEJtDJJJbZM9AJBY07MmVgCE294apy+gUN0KlNovz&#10;3aSuEejgHhuJ6PhlIPJbHImOcR3pU83jaoKQ8HUrQUrs8b9sd4wiY/1Lrnmu8h93nQAif0uJ+4pN&#10;ZPpn+J86nkpKSkpKSkpKSkr/TNURIOJChkiFlkpYEYYL1SJEZPnaEKYRqqU0r1taV7y3DX0vrGEb&#10;oWq2wjbNkLzOb7dWCzyJAS77yRFY8muOPW9PdssfV43JniyOq/lMlf+oawMif732Fjb8FjiwN23u&#10;6/Z+a5tKSkpKSkpKSkpKSv801R0gIkGHcHT0Q2y0hYiUEJN6LWzxPrKsxT0mEk3iQpFfcwSKuHYB&#10;i+ZO8Cv78xv9FyY8jYxFyNClNaNqfKotAaolUkSvpd8CUEXG5Jdd81zlP+66CUSEYpeJ1Obfqtjz&#10;Y/1bFXt+bVZSUlJSUlJSUlJS+jerTgMRuSTFtDFNByNcEjckJvyW7lpMFqUtNNOptG7YUUtVfs3h&#10;6+8zRyBO7HX2r02RDDacByVkCChioBlmpd1lN65jzzV0E10X4xC9XYAlEXUTicD5Jcc+T+V94boL&#10;RJSUlJSUlJSUlJSUlP7+qhtApFqUhYAKYrubV8QyRc4EMG3QLJugZRGwLPzCpoXPMPGEDIImlQ5J&#10;29JaNQtgErstAlVc1woM9trR0SwCyvx51nWLkG6GLd7baGK7BEnVHXuuadhomlE51lXb3Vwue+Ma&#10;z1T5D/vPBSKx0RMqgkJJSUlJSUlJSUlJ6Z+tOgJE3PwbZhiIuKVvLRkZoptgWBAyHAKGg98CnwVe&#10;CzyWQ7lhU6ZZFAdMKgx3uzgmYIPPtOWxEftNCEQ5aDoSmgQtG78l2nYIWA4hy4UpIQEKBEQIlwOW&#10;78OfI/2T0SuVcMF9L+CEZYlIFQFgkPegGwI0ID9LYGM4rk13W+QY11HRLuL+o4+Rx7n7QuFjxH5h&#10;3XQorghQ5tMp82pU+A38RuReISTGUVhev3qbAqDs2JVNSWm5bEc6BrgIcOLavW9hAVEiiWWrJ76t&#10;mcBWJV/9bf7zgUhsfg0FRZSUlJSUlJSUlJSU/rmqE0BEl0AkiGVqZGZmMmv+Anz+oJzsl4ZsZq1M&#10;Y8HKZLy6Q4VmUaSblFlQakGx7bAkYysfj5tKSmEFuZpNiQleGyosi0IHthuQCxTZ7jmlNpSL/bpB&#10;oddHQtom0koDZOlQBJQCJZZDsQ3Fpi0jUby2jUecr5kETAFDDAzLQbPBL7bpFgHNkrBC1ywJcXym&#10;6AP4bAhaLoAp0CxKbFw7juyfeO91oEwzJdAR8MZjW1Rg4XUcAmKfYVPhuPflMW2KLVueX2Y7Ev4Y&#10;NhRWhHj3x+lMWrqRpA2b+GbCbFKKveTakKdZcszEfQuLccjy2SzauIONuSVkeTW6vfI6P06eTLll&#10;4rEsSnWDMsOU1/SajrwHCVgEVHEgKK5rgSWjTqryt4hn6i63qb3yT+zzV67dfy4Q2TvFxpAobKKk&#10;pKSkpKSkpKSk9HdVHQIiISxTJ2HhIm697wHWZ2yRkR6ZBR4a9XydL8ZNx+dAvt8ktaiM9TkFbPdq&#10;7NIcRi1cwVO9BzN3ax6r88vZXuGXgKHUtFheVMEiv8PCihDLCytILi5jeXYe2wIh8kyTpLQMbm/d&#10;mc/jV5Hqd9iswUaPn1V5Jawr8bO2sJzdAYNduk1KiYfkwnLS84rIzNpNUSAkr5Mv9hdXUOTT0HTQ&#10;NYeKkMFOj581OXmk5RZRpjt4HNilO6zJLWd9fhkbK/ysKCxjW9BhS5mPTUVlrMstYtWuXHaFdPIc&#10;KAB2Bg2W785lbUEJu3SLPGCH7bCiqJxlOYVsyCsjT3PYWOTjf2360n/iAsau2MAD3QcyLbuMVAuW&#10;F3hYkVVIcomP1XnlbPSazN+cT6NX3+eTmQmsLfUzMmkJc9MyyHEcdoZMUgrKWJNdyDafTq4hoIpD&#10;ZrGXzLIga7PL2VLkxycAkIyGcZfYREeJxEaHKBjy21wXgYiQgiFKSkpKSkpKSkpKSv8E1Qkg4uYN&#10;EYlVTXJLyniqRWve/2EsRRbMXpvJM91fY2HGLraX+Rn89Rhubt6BO1p0YvBPE1mcXcqYlWk8M/B9&#10;pmwqoMVbw/h2ZjxllsPCTTu4d8D7vJuaS895q7i2bU8e6dGP619qRb8fRrOsoIhew76m3gX/44qm&#10;XRmxLJNpG3O4o20PbmrWlcf6vcs1LbozZtVGZm4v5PpWvXi071t0fvdTGnboyI+z5pJlOiRsyqL7&#10;0M9YkrJZRo0Ip+fk0e7td7nuxSY0aNqK0XMWsqlM550pidz0Uiceat+HJq99wMP9hhC3vZC3vx/L&#10;/U1a8UDHXtz4UhveHDuVZK/B2vIgHT78musaNqNBm858OiuRVRUGk7YUcmmzrlzRrCsNugxmZmo2&#10;aX6Ds1r1oOukBfy0PJk7+rzBmFyNUdtLubf7EO5o2Z1n+rzBDY07M2rlFrp8Oorjb36Yi59rxahV&#10;yTzb+2WGjpvM2nKTD6Yt5t62/birWTfavvc1ywqCzNqYzbMvD+WhXm9wZ4dB3Ne2H/NWZ8pIGLGU&#10;KBaIKP8x11UgoqSkpKSkpKSkpKSk9E9Q3QAi4YSkIkdHcSDEK8O+oGG/14nbUUL/4ePo+N63pJUE&#10;GDY9jtMaPMU7c5bw0YIVHHhjAz6Yt4yf12zl6QEfMXVTCfd3HMSHY2dTZDrMStnORW0G82qah9Zz&#10;U7m87cuMWJrMsHnLOOXuR5m6eQfj12/kksbtGDpnJQvzTB7q9AoP9xjM6DU76DcunvoPvcSIVZlM&#10;3F7OaY+3ocXHo5iZup3Or75Ou9eGkLCzmFdGzqbNm1+ypdArc3UU+0L0//xLHurZmynpW3hv7CR6&#10;vP0xn0xbxKWNOvHmpAWMW5VBkyHDOPmxl5izvYAub7zNc+07M3ndJoZOnMv1zTvz9fI02nw2krs7&#10;DuKHJWv4fE48bd//ghGrt3FZ6/488t73fJNeRPPPxvPkyx+xJNfD6S170nv6IsasyuD23kMYlunj&#10;6m7v89grnzNxwy6GjJ3O2Q88z7h1mxm/ZgcPdnudfhPns7iolAdateCV70YxZs12jrnpeT6duY5J&#10;a3ZycoNn6fnjdEat3sYtrfrQbeQMvtuwm6Zvf0OzwR/KCBkBgRQQ2bdWQERJSUlJSUlJSUlJSWn/&#10;qQ4AkarqLAKIiESp85I3ckf73gydsYgne77B8DnL5NKYJm+8xwsffMUSr8bqoM1FzTrQ9JNvmbRm&#10;K88P/JDpGYU82HEgH/w8m2zLYXrqbi5u+xavpXlpM2sjd/UeypriECtzKri7dXd+Xp/OoqwCznns&#10;OcZu2MGyvBA3Ptmcz2cuYqsDM7aXcVOnAXy9MJkp2yu4o8ubTE7dTY4Jsxat5JrHnuPtKYn8r2F3&#10;RsxbT3HQTdy6s6ScRzt1YdDIcWwTy34qgqzLKuT7hNWc/URz5u4sYrMJ3y5O5sxnmrEgq5jOr7zO&#10;Gx9+SrZmMT99N7e36ibBzy2d+tNp+BgyLEgOGCTkVTAqdReXNO7Gbb3fpsN303hqwCc80+s9Erbk&#10;c0HLl+kzZSljVm+lQZ+3eC+5kDOa9uWteSvYaMD8rfmc+sDTjFmfzoLtJTw94B0+WLSaNcEgD7Vv&#10;Te/hI/hw7gru6PwOqwoMdhrQ/6eZ3Nl5EF/MX82DnQcxJmUnq4LQ98cpvDT4PXZ5NfnsqgERUyyF&#10;qumaz195T1ZARElJSUlJSUlJSUlJaf/pLwUiYoKsGTqabmHoLhgpN20yKwxeePMrrm7Zn6f6vs2y&#10;LdmUG/DRuCnc2qE3EzKzmLRxF8fd8SCvjZ/N+NWZNOz/DnMyC3i8+2BefPUdZm/ezbvTEzmjSR/e&#10;TPPQZso6Hn35HVKKgqzL8/BAu16MXZ0uoyouePwlPklcS2KhxvWNO9HloxEkFIT4aNEGzn6sMeOX&#10;bWZ6eiEPdHqN+IxsSh3YVhHkgT5DOff5ztzdYRDrdpbiFQlHRXLTQJBOr75ByyHvsTi3gklL1/P1&#10;pJkMmzafMx9+nuHL0iRs6fH9dE5/4kUSskvo8urbDPnoK/JNm/gt2TzYYyCfJ62h2fvDebDPG0zf&#10;lsf4jdsZMj2Ob9du5pq2vXnsrWF8mLSePt9N5uOJCazMKuP8lzrSZ3wc41dv5uH+Q/lxZwnntejK&#10;Sx9/x5ydxXwyI4lLn2nKz+szWJbl4emer/H2rASWlnq5t10negz/nuGLkzn7oeb8tGIH87aV83S/&#10;d2g46D1GLFrHU31fZ+aWXDaEYNDoqTR56yMyK/wEJRARFqWLDUJR1moBI3XZsd/T2h0pD73/HAtE&#10;xKuQ4zjS/z7FVsLZk/+NY/NPU+yzVs903yh2XNXY/hWKzcO0Jyv9XkV/z9VIKikJxf58+VP/ZsRe&#10;uDb/axX980r93Pqr9NcBkfDkM2ToBEV0iAAipiGrmRQYMCIhmXpnXE2X974huzRAIGSyNbeE+9v1&#10;5qTbHuCUm++l2avvsSrHw7iF63m4VU/iM3IYGbeKC+97gtPuf5j/a9SSw+9vxBurcuj08xJua9yZ&#10;rcUhNuws4pqHn2fKqkzSyjQe7/Ealz7RmJ9WZ/J14lrOuvMxzny0Iec2bMERN93H6EUbmZmay60v&#10;diMpPRsvUGg7fJ6wnvp3P0//4eMp8Fr4gm7ZXr/tsDJ9C/e2aMeJ193OFQ0e5qMfx7B4Zw4t3xvG&#10;MTfew0VPNOXaZl256JmmzN+aQ9Nu/Xn17U/JDdokbtrFbU3aMXJZCotzPNzTvg/1b7yXc+97mt7f&#10;jGNFWYhvl6dy8HV3cdYDz3JPyx5MWpRKRnGIi55tSc8Rkxm7KJmbm3Zk2q5Chi1Zy38aPMo59z7B&#10;LY3bc/iVNzFpTRobS3U6DvmEU2+7lxEJS7nuiefp/tFXLMvz8eKgDzn3/uc5+c7HuOml9sRtymLS&#10;8mQaNG7DzJTNbNUt+g//iRdeHiwTwooSwLIcb2WJYpOQqaOFrYs8MX8XS9gR43BJ6KpttXyn97H/&#10;VkDkT/kfW+z/MPbk/dYBpT9Ftf3jQPgPKvY7Wpv/8dpPY6v0mxQ7+nuy0u+VGsl/nGJ/Vtfm36rY&#10;82NdRyT/ubcP+iOaiP2bsQ+a3TvFju2e/K/UX/pklMKqA0DEkEAkZJgyksCrmZSbkO1zSMkuY1dJ&#10;kEDIwdRsAgGbnUU+kvNLScstJddjyMiR3AqdHQUeynUoDcGm/FLWFxSRVuZlWbGXdZrD6jJd5vgI&#10;hMAftNicVURBwKHUhK1lQTbkl7LZq5OjQ2pBBStyillTVEFKUQV5AZM8HdLyPWR5dMp1R5bK/XbB&#10;ch7q1J/FmTmyFK1hIJeOhCyHMr/GtlIPabmFbMrKo8AXoMC02FThZUVWLuvyS2SlmbRiDzkhi92l&#10;HnKLyvCaFvn+EKk5ReQGLAo0SC/wsG5nAclZxWQFLQocyLUcUoorWJtdRGZ+BRUhd7nRphIfm8tD&#10;sp8ZBeVki/GxHFILykgrKCO9sIKMonIKNZMKG3aUeNlcUEpWhY/t+cXsKvFSpMNujybHZGlWPptK&#10;fZQaDqUBg+25Ytx0inWHnaU+thaWUxwQkT6RCBF3+ZMuJvIShmjoEib8fWwawqFaHNmn/ykVcxQQ&#10;iVXs/zD25P3WAaU/RbX940D4Dyr2O1qb//HaT2Or9JsUO/p7stLvVexI/iv+cv+zFfuzujb/VsWe&#10;H+s6IPFPvYj/qGL/VvypfzNix3ZP/ldK3Phf9mSUwvrLgYiwFo4oEEAkaJj4dBuf7hDQIKg56CEL&#10;K2RiBW1Cmk2FYePX3feVFp91B82AkIks2SvyeZTaUORAmQ0BE9BsHLFEx3DkcSIJqseEMgtKTCSM&#10;8RvIyik+CzQLTNNdCuN3QHPAsJEQoNdb7/Pyu5/gtUVbIjrCxtQtLN3C1Cz8hkVAgB7dRNdF9IuB&#10;xzalfZaF37IJmMIimsJAF8uHDA2/oeEzTfyGQ0CHgOH2M2i5Fvcm+ib67RV9M0DXHQmVxDmi/0HD&#10;lhYRK8LiPPe9Tch20CxbOiTH3kITS11E/g/TlstfgqaDx7IptSy8lo1uWTima5FAVRdj8//snQV4&#10;Xce1thVoe4u3t5hCuGGGhhMndpzEiZmZJJmZmZlJssggM8mWmWWQZFu2mFmymOkw6f2fmb330ZEs&#10;J2mb5Pb29/KzrLNpYA2ub9assQp5OzCK/FltcruM4kNEA0VE+TZYXShAwr8/261m7FaTC4trcd+V&#10;v/9jhH8IQEQL67sKT9I/GVRDWpo+0ajpgHE3vmsA9+j/DDUtU8HN0T9Q1o0mXi6zTMEOle9e+f5D&#10;qLmJ191ke4++D2pUDe9SItr9e/T1dHdFsbFUXce573y8+w+nbyMz7bmjqZy/oRZr4/3Xhe2kpo2m&#10;Of5Hqen3MjFNX/ohSYncYXeg1+uxWITS0niI+lfIXl+vsgM79ZK/XZCKgOrFd3YbRoMBi8WCw/EP&#10;jB13yPou/APR3aNq/KS595r2JaLe/2skvrc3Mwrcox+S/i0AEU2RFqCIUYIiVmULjfQtYsditmI1&#10;W7CZrVjMNowWCxazwmaVBeAgWCjiJpsDnVT2FUBAKPgK6OIQJhzUW0ScQmEX9x3obHZqbXZqbDb5&#10;W4AUEqywC6DDob4nvq+XQIrDaqO0spr13n5ExyZKEATRcQn0RKAs6l+ZHosVh9kiWQIeAhywW7Hb&#10;rDhsVupVFtc2u0WyyWbGYLNgsFgwCbBBpEGAEmp6zdKiRoAtdnW7keKDRWw/MlsckoXljVmwBJps&#10;WO12rALMkCxAC1cWAIZ2OoyIT/lGsd5R/IAIUEOAAIKVdxT5SVa/t0unqsJKRNk+Y7Eq8hIsru2S&#10;Hf8H2P41LPKpyOE/DRBpNkjnzW/bSf+zo5s2sHzdJPdOtUFJt5jwaoNJkwlZE25Ed0uqet34dS0e&#10;5e+3k0UzYf/DJD5uiKu54JrNm0Yut5v79ruhxmlsfO8fkNUd1LS8m1Jz8d6FXGeU8jPt2gF2G/WO&#10;BqXpn6eGPIv6KOuks146a+dd8qJQozJSfzTcayJfUQ9lXdRebIih4c0m3zj5Xy0bQY1jkVeNI/+P&#10;Jq2uNM67WiZNOjFXyTcnInEtVB9RW5o+a/6Lb0Pim3+lfP8VUtL8z6b825DMnWwGytilsGtsDfmX&#10;zd8h2uQ3t/NGaf6a95pSQ45d2pWapob47i4ReffujxuoaZqaXn/H1NA33vHEmdh6u10q2jZV4VaA&#10;EfFd475OSkeUhfbXobASTOM+Sfvl/LBp/Fpgsr018/zbkPadrCBaf93wqNE7glwQibtFebf730Ta&#10;vMJisnD1SjhTp80gMytHyl5Ea1f57hEoANSdjxo+UIY9u2Qb9VhVOTe8p/7S6qx6y9mS6+1UVZQT&#10;4OfHrh07sFosztCVuBvK745kuqb961iSa124S3j/CGl1TGXxp1Ff2yhg5Ym41RC7y3uyrqiVt97h&#10;LBvtna/rW5oj5X0RltUFFFHkL9rRvw623KNvSz8wINJE+VYVbe2ZUMQbHHHaVUXbLlFS6XRVABkS&#10;ZLBgs1jkX4FSCnaNQwlHtXxQlXtFyRcKu1BkG+IU94wCBLHbpVWGsOjQWNzXwhEggvhWUYaFTwzF&#10;KkJTjh1WC/UCMZXX4r7yfqNvLGYsFhNW59YLYXnQ8Fuw1WbCbDNhspqktYj4RrOuEPmVeVevhfWF&#10;tMBQ/Voo14rcmjoJbUhHY0Veyk7KtUGe0tGttFhRnivvmLFaxLYRLT4F8HEFopRTZuqxW8Amtw+B&#10;RVivWJXtROKZw+L4t+dvBkUUYETKoonPEU3O3wVY8kMAIhrJLrmZIOUkUnbQ4q9NmTAIFpMke73C&#10;Tj3Tdfi4Y8iR1GzaXa5lTC76hHOwEEqmmgYRjxx6nRMvOw6HBRxWOUDJVQyHA5ujHrvKWniNkqcp&#10;x2r0jVIlo1TCF6sp9fW2fw4Q0eIQJGWnZE6Twx2yUKnhuXhfyFtwg1yUdzTFWwzKyqTJNUuSXYJX&#10;s6TF0HwenHJXL10Da0INkyY1jSItjV5X6k2z8Qhy5tG1vDVWytWVGz5zDauhjjX+Vrun/taKrBGL&#10;mYxdAiIiDDGRd6WGMnDeafS8MSnyVNIq6opVspjk1NtMzvTIXKh1SZC2wOZw1jWXCZCL3BtLUJO5&#10;0CaU9Nc7BIs4RdtQ2lDDl9pX4pnyXIblVN4b3mlKDTK4e96VnLtcKIE3eqdRZr6BlDrl2r5dKuS3&#10;JC22pl9pupNsJ03qy9flsTGp8heyV2MQ5SbLVPSXDtFPKpVMtk2HHZvdJvshOYduJhqbWLDQejeX&#10;9Li2cWd6G/WPzdd5kS7tW1nyMq0/FIn4m1Esm5JrId31JZVc3hFzjUafSK1aU/ZU+ToFpYxZSjW3&#10;STk465QLaeE5xNih9qXKjbv0Xc2Q8on8yNnXu9atr6tjylfqM/lHDce1r3KCq67t9R9vG/8QaX27&#10;/C0uG+KSCrCaT4fdhlWMuRqwJ8dgUW/rsdkbxmJhiSwsjMWinqbgW20iHBGiyJdQCpX+WJBUNOVD&#10;LWQX8chP1MYgC18VfTNybu6es9BlxsT4agObmcqKCsorq5VHWvFrDc2lHYnbsnU57FRXlZOXl6+8&#10;pn2mpV27+bUk0qf04bciInn00ccYP2kWpRXlUsZigbiorAqr1uU40+78XP7nkP+aRib6IBvZ2bkY&#10;xUmF9TbsODAAlQYHKel5cg4vyOYQ32tyb6huWp8iblrNJjauW8svf/YzTp8+I58pNVOrD8qV+FSU&#10;9x3j2Tex/E+mwgUmVuq8fKJ2vY37wYa+rllynYcJalokjSxdlP5WyELIQal1LqQlQk2wllr5qJl2&#10;rl3bxVzDeU/9K2KTKJeofxbnfEb8M9Y7EOdKKiBYIwHdo++JfmBARLBilaCBBYri6LrNQvE/YbEK&#10;ywPFusCiWorYzDbsZit2s0WyUOI1RV4AJQ1hKuFJYECyZtGghN2QDg08UEAP6cfEmYYGFu8JBViA&#10;HQL4EKyAIBor97T7rnlr4Du3ZrgCIcq2DNV3hc2ExWqSAIRgh9XcLGvfNHyrAhVqHl0BmYa0KoCN&#10;ZpUjWANwXO87QSsJwDSAOkq6m+ZNKz8VTLA0WIgoYIhmIaJsV6q3CCudf192fBtWwbCmZaqBTk3r&#10;wZ3t4Jv5hwBEioqKiIyMJCo6lujYeG7evEVOVib5t3PZtGE9lVUVapcvOmoNDGlQ0OVg6QCbnI+I&#10;N7XBSxvMGqezAVRoQPzFb4O+hjPnLnH1WpxU5uT8RioQmoIpVAUbYsqlDPrqiomcaNmot5upq62m&#10;rqZWmpva7PVy4iVYDDhakhsmOM7IZZu4di2a6zdiZT2WJC0HxKTNgVVMH+qtcoInBjVl4G0Y3JR8&#10;aTMhB1npGcydNYuKklKZnprqajlp0pQkkTnXgbO58lTuqYO8UKwF2CMzoWp08iWlPOQkXyrUikzU&#10;WGRpCNB5565dhN+4idXukPLQQKQGYTQmkRS9zsSSxSu5fPmabLvyvjb3lOWilKMsHzGRFMq4w4pd&#10;XXmS6ZBAjRVHvTbQN45PhCHKxiZ0ejVrDawokmIip7AyuVbui++Ua6lCuiqLTWQq3xVb/WRlaaJT&#10;iDTaLIRfvsjFK5cVRUhOHhV2lotzMuI6aVKoIR4lrUpdteCoN0um3oyhugx/f3+SM7OwyHfMUmbl&#10;ZdWsWrURX98ADAaTqiAooIiMV2kEcoVWrLwKVgvAqew5bGaKCwuxWozUO0zERN1i577D1NQJEEak&#10;t6ENNgCKLquCrlqkqJfOuqnkzVUOTeWiJVEpay08tVoq/zWZsCrffh3J8FW+UxbfwC5ha6XlbO71&#10;UFJSxczZS9m9/yh6k6iX4rPG9cVZ5l9LWju2Yjbq2bnnAHmFRYoCbFfqq1SuZFmLeiHahkt/oSZI&#10;5LGivJw1q1aTnJyMFSXPzvxKwbn0f/KbpoqAVgcV2YoxoqSkRLYPEW98fAz79u+R44lWdv8waQJs&#10;7luXeuJaP4wGvVQshTLcqNU3KsuGYUXpHsQ9pQNwtdiSaVblJTGneqis1jFr7iLiE5LlnuZ6u1DA&#10;G8B0RX5q3yn/gs1iIiLiOjNnzaayssqZHhG+TShAchuBTbVy0MK5s81LUrsETSQyiepfJY8KSC37&#10;lKb9SdNA1PaotEwXeYsRVavEUjZKnbIZ9Rw/foqw8OtyniHk4iLhf44alYtaNqrmKfqqi+fOM3H8&#10;JNLTMp1grlIYFrAb0VdXEJ+URH55lbTI1uqyGJ8rq2pISk3n+s1oMrNzqaypk/XCYq/ndn4BySlZ&#10;GI1ibiP3tIPNQFVZMbdi4ikoqcBoNFCUk0JmQgRJyfEkZ2RRpzMo6RR9u9lESV4+hfnF2O3NyVlr&#10;I01kpIlf/Cdka7dQV1HMRx9+SJ9+A8kvLJGWL04NXADnEny2U1lWSlFJiVSaa2urGDZ0MMOHj6Cs&#10;skadCzXEKeMVadUqqNrHNk6IaAAWjLpyPD08eeW1t0nNypP+925np9G6dWsGeo7gdn5JQ7vR+gL1&#10;WhknRP0VbV9rSsrYlJGRyvvvf8ie3XtITYxj0tQpXIxOZ0fQeV5/8z3Cw8PR6arIy8+nUm/AIpLs&#10;0jblkCPquCqLmrISOnzxOW+//Q7F5VWIKYIAWeT8r95GcXEB85YswSdgKwajSRmv5beq0BuqfiMx&#10;KJdK2xV6UWlJITaLKGsbETfjOHIsBLOw8pdpce0LtXlZ82Us+gerwUBSTCzD3d15//0PWLXei8qq&#10;avma2IEQdPAwPXv0xL1/D86cPUmdQSxOQ05+MWPGDuezTz9g/eqVVJdXybzUVVXiu9mLt995hwGD&#10;PYiMim6+nqkk+uCYqCj69OlLmzbt2B54kNo6owKIiDmSw4jFrOfYsWB8/f3ILSujVvZJGjUV2D36&#10;rukHB0SkxYLcJqMpjg1gSAM71K0WimWBYl0g+l5hYWBXlVKrwi4KaIMi2lyY/zwLi4BGcX4NN03L&#10;3VnzVfHN3BQIaZ7v9GvRCAxplMam1g534wYLmK/jBgCl8fdCkVLAEM3iQgWVmpHb/yl2Akvfjv9d&#10;ARERxoULF/D09OTtd9/jib89TZ++fQk+fIjMtBS+/OIzbuflYhWTAIluq6OQii44zGI7mB27Tem0&#10;lZUhZfKurPSoK9ZyciojVBUEu8yXAkaKiZODqqpSRo2fis+2g1iEPx45dxAAhAW73aQomAgWw66i&#10;OIpVJ6sARET6rEa8165i/ao1GPRGJxgi2CbicMEjtBl6vZhImwwYq6vYvuMQmzbvRG9UVkqUCZBF&#10;Ti4scposlFyxfU8AsAYcYtVfTjYU5N8mrc+UCWxhXgHHjhxBV12Nz8aNLJ4/H4soOyeYdOeEv2l5&#10;aoCAMlAawC7YrEy0tQmVVg52m6J4CJlpc1kpcAcmYx29+vRm7UYfKTOjSalXDRMIZUYhwlMmT0Je&#10;gu2cPHGepKRM6UNJea6sZohJp5Y+CVaIMrIasFn1WB0WLLJcxGqTKEMhNyP19UJBt6iKnUsdEJNn&#10;sTAnxSKAK5WdYIgAogTbnCCI1i40pU+mR1gqyaw0KGaCxTuiLTlEYlRlXdE+6mX5O0x61i5fxJqN&#10;G7EK8Kte+EhSgC+5oqPNBAVQIgCIJmWlxaHIRLFUsjuM2OwGLFYdNksd+ooivmr7FVcjbsrwHQ4j&#10;DodZgk2dOvYmJiZBKVNZfvUyHcLCSRG4lXq7VW6ZNKt1WVZmOfE0U1OaT/vPWpMSG0G9pZrgoH30&#10;6D+ckvJazBYTdodZTa9ItwABzOrWTCE3MUnV5OaqAAlFRoy7KrAu5KTJVOTVprR5UWainBssukTd&#10;EP6sGqx6RNMXbVRYQCjlpSlv6tTXpf47ZWkTddqOTbR/DUQR6RTKjmQBcCkRa3+dAIIMVNzSVvoV&#10;ZVPI7tCxi7z095Zk5FXJna2KntlYmdcU16Zp00i5Fu9YsRhrpSLoOXwsV65FKG1Q5FH0fwLAtJtx&#10;2M2YrQo4Jdu8BOfsOIRMbTZqq6s5EhREeVmpVGYkcCLeczZkpc9ULI5U4FPKWwWr1DovMi2uo6Ki&#10;6NWrF3l5uZjNBgIDAxg9ejg6XZ0sS9dVysZ5ajKeaEUk4pe+w5RFAPFbkXXDc1lWaptU2qWNcyeP&#10;MnPaNHLzCqUvM63UnWEKWdk0rldZu1brmNreJbAqxwKlHxcKZ63FQcCuQ6Rn5EolVSyIya3DQvQS&#10;+FTAkHqHRYJUok7bLHqystLxC9iGQS/WXtX0OxxYRX8k4hDtVyqVatOX/YqrfJSMi/ov5jtOjNrZ&#10;BqRAZTkKYEVYTWj1Xikzl7Ck9YoC6AqFUq9u0XZYhcwVGcv+RqZD1HPR/xvRVRUzYtR4VqzaIGVl&#10;s4g2rozPrmV59/p7Z3nL8J1tTPurIMjVFeUM9fDEd/MWjEbFwkb9CETfbq5k/bIF/OIXP6fv0LGk&#10;F1RhEv72gMz8Qnr08+Dnv/gV999/P25ubgzyHEZkbCJ1RisdO3floT8/xuHgU4pFHSbMNaWMHDqE&#10;+x94gKVrN5GQnETrt1/iTz9z479+ch+PP/c8R0+fU9Jht2MoL2Ngz964uw+jsrrWmU/tr2h3sm2L&#10;NujMsPZMlYfo92wWjDUVLF66DC+/bVTX1sk5ADYL9UIJkXMCO3aDgYXz5tO5e3fyi4upKC9mi/96&#10;Nvv5UVlrkHGYhKW1upVfzn+EfGWHKdqQGDOVuq2UmdKXY68jLyuOJx5/gpHjpshxVCyQblgxn5/8&#10;+EcsX7UGnd6iVEGJOyj1RLDEc0RdkH27WZmPiD7apsyPCotymThhIpcvXiT2Zji//O9fs3n/ScIS&#10;8xk/dTbpKXFE37zCBy1asHnXfozqOCwBJ9m+FcBRgiTS/NtIyPHD/OlPf+bgsTPUmK1yqUqOMXYL&#10;wcGH6DlwIOnZOUq/qPbFsg+0uyzwuG6xEmUhC0foC3pSEqLo3uFLinMysOrrWLfel3GT5lNWWit1&#10;xIYxX7A63qgLJ876rUwWpdxL8m7T4t13ePKvf6FDu0787qFHmT13HlZ9DaeCj/Pb3/yZp558klde&#10;eIpXX3uZMyGh5BVX89Y77/K3vz1Eq09e5w+//SXTp8yitLiMDWtW8+v//iVffdmG3/7+Id78+1vk&#10;5+drNawRifqXlJjISy++yGuvvcF777fiRz/+Hb5+O9HrdTK/9XY9p44H8Yff/47nnn+ByORkaoRl&#10;oTMUpb7co++PfnBAxJXllgzp50Lx79GY6yU6p7GwNNCOdXW1bnAq48IqQvWNoWyPaRreP8+i8TWN&#10;827cKC13Y/mOul3oW3BTK4S7sZSpukVI2yakWOM0TaNQEpR8fT2r/ka+iaVDVlGmd4tHuVYAApHW&#10;xtuE/m+xBbvwpyLKRZ0AOstUs6r5jvj7BkQEiXBEXGfOnmPCpClU19RIEC4pLpZWH37AZq9NzJw9&#10;mwXzF5KUmiYndBa9gbTERJYuWMz4kePYu2s/FZV1mIQyJCaVNgM2Uw1paQksXLSQkSPHEHUrGovJ&#10;iM1iJDc7kzVr1zF2/CS8fQMoKS+jsrqMsVNnsc5vjzylqbSigp27tjNy5BCWr1hIanocNocek9VA&#10;cmoGq9duYPykCWzYvJmC/Dwyk+L58J23eev1N1m1ei3FpeVycrTvwEGmTJ3OooVLSElKlRNu4fQ4&#10;LzuXtcuXMWHkUHZu9WfpGl9WbdqF3qyunjsslBbd5ujxYxRVlGO0G6muq+HkiRNkpCaRl53JrsD9&#10;HDp4mAkTJrByxWqyMgsxGxwU3C4kOOgwuRnpdGnfjsf+8meWLlpIZnoaKYkJLFuyhPHjxhMSEoLR&#10;aGxUFiaTWVrszJkzh7lz5xJ64SSHt6+nIieO6pLbbA/czfZdB9h34IBcnS68nYOPz2ZGj5/AJm8/&#10;8gtLZX8qLDXqEfW1lq7duzNl9mKCjp1n7NhJbN26hfz829jEKVAmI4nx8SxduIixI8cQuH0nhUWl&#10;1NQa2L59L2mpOdTWmAkM3Muhg8FMmzaTWbNmk5SYJEEesZ0uIz2NpYvnM3XKGPbu38mFy6FERKdg&#10;kQq+UKZ1WC1VXAo5xcyZk5kzZzrpGcnojXVExcRx9sJ1jCbRniwU5eXhtW4jlRXlXLl6iSNHgtiz&#10;ZxfXroVx9epV9u7dy6ZNm4iNjUWn03H9+nVmz5rLtKkzOX78BHp9Lfn5eRw6dIh9+/YxadIkFi5c&#10;SExUjASzxGS/KL8IXy9vpkwYx/6dW5kybjir1m+QTqbLKqvwD9jC2LFjWbJkCWlpqZgMem7nZLF7&#10;/y627tgt5WA1W8m7fZvVq1cycuQotmwJpKioFJvdSG1tOTcirjJm7DBmTp/I4T3b6dmrJyHh17BI&#10;eRioqSll2rR5PPyX51i6ZCVVlRXoqms4e/oMo8eNY9bcucRER2E31VJamMvO3fvYsTcIb19/DAad&#10;XE2st+u4fDaYBx54gMHd23PsQADBB3fzVafBrN7oz7iJY1m6dD45OdmYTCapIEdH32Dp4nlMmTyR&#10;PXv2UlMnwEPVLNduxaSr4dCB/ZwPucLGTZsYN24c+/fvl/2P3WYj5MIFIq5HyImowGbikrM4euws&#10;1eXVHDtyjD0HjuDj409p/m2uXQnhfEgIW3bsZviI0ezcsYeysnI5mxdlHRkZzcKFi5k4cSJBQUFU&#10;VlbKPq64qJglixYzZtxYDgcHS+eCQuusLC9n946dDPUcgvcmL7IzMqWFqFMTlebcFlknps+YIfut&#10;s+fPUas3kllYznPvfcZ/P/YyO4MvUmMQ6/HKRFVYye3Zs4edO3fKOlNVVUVKSgqLFi1izJgxHDx4&#10;SKZN5L+2tpaQkAvMmjmZBXOnEXLuFL37exIeEUNCchqXrobLRR8x4S/NyyT4yAHKanXUGExE3LzF&#10;nNmzmTVjBufOnEVfp6O6spID+/ZSXlpMakoCwQf2s3/HTvr3GYCXlz+3cwtlv2A06rh58zqLFy9m&#10;+vSphFw6x86d28jJue3sP0RfIiyRHnv0USZMGEd4+BUOBe2jX79e7Nq1i2HDhrF+/Xo5adfGGNGO&#10;ZsyYIfsbrT+SypqqHJcXFRO4ZSsngo8ybeIkVi9fQUp8ghzLhWJXeDuP9WvXMmrkSAICAigtLaW6&#10;qoqZUyfy4vPPM2HiFNIyc1RLCQEk2KmrqSH48GHGjB7D0qXLiIqKk07xi8trWLPJl30Hg5gyZSor&#10;li8nJiaGxKQE5s6by+hRowkPj6DK5KDU6mBd4AEys/Mw1tVy+FAQY8aOZ+WqtRQUlGA2GUhOjJb9&#10;0sjhwwm9cgl9XRkpqYlsD9wjAQ1hlRVxI4KpU6cyeuxYTp45hclQg15XzaEjR6WSvmzZakaOGMuJ&#10;E6cxGAxS4UpNTZZ1Y8KESVy5EopOZ3ACrWKhJCU+hl27trF97y6GjBzB6tWrpcxFXyn69jNnL0rw&#10;RgAcWWnxnDhxijoLXI5OY+ueILw3+zBu9ChOnDhOWm4uh46cZOzIUQRuXk1VfgJmXQnDRk9gyoyF&#10;7N27n5GjhrJx4wYKCgqULc9ms6y/y5cvl/1fYGCgLBeR/uDgYFnHRT0Q72vjjijPmioBzh1m2pRp&#10;zJ8zj8iICPR1NZw6cYzHHnmUTh27ExuXIa2mlfYm2p4OY9Vt3n/zFQl2/O3FtzgXGitPPCyoMdGh&#10;e29e/HsLRoybzu6gE0yZPotnnn+RJSvWUFpZw4cffii/69ZrMAZDnQT/cxJu8cyTT3DfffczY8FS&#10;YpISef6Rh5nq3pO05DiScm+TX1MnQSTRL5iqKunfvQe9+vSnsrpO5kmAZxUVFXK8GD9uHNOnTOHi&#10;5UvSz54AqCpKSti0fh1TJ0/Ca8NGdu/cjY/3ZnIy0ti42Y9d+w9LK6L8rFSWzZ/L6CGebFqzmryM&#10;DDKSknnz1Tf43R8fYoCHJ2kpcRw/ugu/bYFUGWwUV9QSELCd0SPHMnnydK5di8CoN2LW6di/cycj&#10;hgxh9qxZ0ipDLk5IYFMAdHqOH9rNAw8+yLHzlzE6bORnJ/Pua8/y21/8mP59epN3O1/yimUrGTNi&#10;NJvWbmDPjj1sCdhFTXUt5eUl+PlsYuTIEcyZs4CrV67JMbG6uogVy5aQEBVBzLUQfvHfv8Yv6ALX&#10;0spYtHINt66HMGfqaH70ox/x0odfsGnLDnZv28quTWuoLSuU22RysvNZv86H6MhosOgpy0qg5Ufv&#10;MX7mPCqFFYhEaayYayrp0qUDf378cXwCtlBZXUNpeRn79u9n9OhRrF21hNy0ODm2FRUXE7DzAAFb&#10;93FgrxhXxaKJFbO+igCvdTz0858wekAfLpw8jo9vIF17DcXbexvDho1k3dqNlJVVSt3CZDJw48Y1&#10;2ZfNnTOP06fPYjIKoFADRKzcCgul5Qfvc+3KZWwmO6+/9g7t2rclPSmazz5tQ+vW3SnIyaIgI44/&#10;//khZsxbxvkrUXzw0ccc3B9IcUE2Xbp04dPP2pOdW8TRo0c5tH8vVqMeby9vfv7zn3PrVqTSnlwW&#10;VcS1aHvHjh6lxUcfkZSYRn5+JW+/8xl9+npQVVWGzaojJyORZ5/+G3/9618kuBKRkEC18C/ZMEO8&#10;B4h8z/SDAyKKnwvF2afJbpOnnghkXHcHKyepaCxOjBEnrYjTXASKLnx7CNb8f7iycIh6Z3j/HIu0&#10;GWyKY1Ytzq/j5tJzdxb5/2Y2Sp8oX8/iHSXvdvUEm4Z4NF8oCisnyIg8fSNLx7JN09wMq/k2qo5s&#10;NVZOq3FgtIt4VUetYtL9b89K3WyWnX5uFB8zTVkrD+mDxQlK3dkOvg3/kIDI6TPnGDdxErViVcRh&#10;Jzk+lod+/3vGDhvBsRNnGDB4KJ926EZBUYmcELf88CP8vH0JDQmlb+8BjBw1geLKOrkqVm83UlGS&#10;Q7funZg2bZo0723Xtj0pCQkU5GTTvUtnuQpz/PQFBngOZ4C7BwWFt5k4cz7r/fdSUlHHuEnjGeje&#10;j/MXTrF+3QratW9FTNw1svOy+KJtJxYtXcm58+f4/Ku2jBo5gszEeEZ7DGZg3/6Ehl4jPTObNWvX&#10;0+ardpw5cw5/3wBefvEVwkOvk59bSM+uPRnuMZhLZ4+ycO4Mnn3tfZZs3EmVQawSilU6sUIRiecQ&#10;T2KTkzHXmymrLGfAgAEcOxJE+JXL/O2JZ5k6bSYnTx5n5IhReLiPoaigkujIBFp8+CG3MzOYNWUy&#10;g/r2IzLiBrHRkfTu2YMpEycRfCSYlq1acfnyZWdZiMEzJOQSDz/8CKtWrSIo6BATPHvS4rk/EnNx&#10;P5nJMfzuD3/ly679OXz0CBkpSXgOHMi48RM4c+ESM2cvpPXn7bidXyhXw6gXW+5qafXpZ7zxXisW&#10;Ld/I8eNn6NmzG/369aa6uor4uDh6dunOxjXrCL8aRv/+A5k1Zx6p6dn06jWAffuCKSvTyZWgPr0H&#10;cvzYSSZPmsw7b71NYUEBaalpfPnFl4weMYyzpw8zZepYXnj9LVZv2obOJBYdHVgtNaQn36Jtm0/Y&#10;tWsrq1Yt4b333yQ1I4m1m7yZMnMJOoNBbg9MjI3h8b88RmZmOqNHj+RPf/ojc+fOJjo6SgIbv/jF&#10;L5gyeRIJcTFcOHeWNl98yY7AvZw4doaPP2qBv58XWVlZvPLKq3Tu3FkqeYsWLuTjjz4mJTGF2qpa&#10;evfoTfuvvuTYkUN4rV3OC089zJoNm+RpWVOnTadv376cOn2a1WvW0vrzL7gVcYOI6+E89Oif6dyz&#10;DxcuXCEv5zbt2n/O2rWruHz5KkOHjaFP30FkZqVy9txJXn75OTb7bOD4sYMM7NmJ5194ntCbt1RA&#10;xIheV4nXpgDafNGNc2dDKC0tYt3KlbKdHDgSjM+Wrbz86mucDN5PXlYqP/7JL2nxaTv2HwzCYNBL&#10;6yuHrZb4W5f50YMP4rdmEQXpUZw7GczvH3qShSs3cersCfr17cZgD3dpCh0ddZMXn3+SLX4bORYc&#10;ROvPvmD1Oi9KK3QqIGKmqjSfDz94n7c/+ISALVs4fOgQX335JfPmzZOgwPQpU6WyJHQiAXit3BDA&#10;mLHTycnIoXvXHrzw2tt4bfSmNDeTLh3a8WX79ixfs4FTpy/wycetGTFiJMXF+Zw5e4JPW7dh7bqN&#10;Egz55JNPpJKZmprKpIkTJSBy4tRJ3nn/PY4dO0ZVRSVD3D3o2b0718OvMWvGTPk7LydXbTxiVdHG&#10;qRMneffd99m+fTs7d+3k9TfewMvXj7TCCkbNX8MrrbtyNTYLnVEA2crKcVxcPH/96yN07dKNc+fO&#10;Ex0dTcuWLWV9u3TpEq1bf878+fMleBgUdJh33nmXTRtXcyJ4N4P69uSp517nRmQiW7btYsmyVRgk&#10;yGkj9loI7dt+QcLtco5evMYTz7xMwNYdHD12gk8+aUXQwYMkJybSq0c30lOT2LHNn4d/9z+sWbSE&#10;8MvhfNmmMxMnzKS2po64mGheefUF5sybxfnzpxk90oPf/+4XnD971tmPC4Dy0IGDvPn6GxwWVn6Z&#10;qVIx//3v/4cFC+Zz9vRpOnXsyKhRoyguLubMmTO89tprUmk8cuQIrVq1wsvLy2ktICghOpY//OY3&#10;TBwzjhABmo8aTdd2HSjMyaG8sJA2rT9j7uzZXL50iSFDhjBw4EBSU5Lx81ov29jJ0+coLK1wGvCY&#10;9EaWLFhI/959CA8NxWezD+3ad+FiaCSxOaW4/fS3dBvgwamTJxk+bIhUmIcPG8bePbvx8fLiq8/a&#10;ciU2hWSdhUc/+IyIWzEc3LubV19+hRMnT7NoyQpGjBhPUmI8nTt8zsqlC7l0MYR2X37B+TNHOXny&#10;GF+06UhFhY4Tx0/y+quvs2XLNvYfPESr1q3YuHoJebkZdOjclVdeF3XvDAcPHqFFi1YcO3aCqqoK&#10;WrX6mJkzZ3D4cDBPPfUMV0PDpeWcYoli4siB7fz5L//NrIUzuBgaQo8ePfHwGEJZWQULFixg8tQZ&#10;6E0W6m1GwkJOSAvN/Ao77bqP4JX3v8DffwsH9mzniScfplM/d2bMW8npY8do2+JFvJYOpyQvmXFT&#10;ZvHo06+xeMlyzp8/xZAh7nTu0pn09AzS0tL49NNP2b1rFyEXLjJixAipKKakpMryfuqpp/D19ZV1&#10;QJtHGHVG1q9ZR+tWn3LsSDBrV6/h5RdflEBSdkY6XTt1ZvXqjRSX6eW2cgUQEVaPdVy7cJSnHn6I&#10;gQMH0aZDT5au8qFYZ+bCrQT++OSLLFkbQLXeKm1GBQ4ktjsVFpejN1p4/4P3eOCBB/nLo89yKyIC&#10;h6mWHRtW84v/+i/uu/9+5ixZSUJaqgREpg3qy7XQq0SmplNisiI2Yop0SECkhwaI1EqLHeF3cMaM&#10;WfzpoT/x8MMP85c//4nHnnyCLYHbKS0ro2e3bvzhd7/jlZde5MXnnud//vt/+OD9Dwm7cpkPP/6U&#10;D1p+TmxcPKOHDOIPv/0tg/v15aE//pGpEyZw9fxFnn/meX7569/yYcvW3Lp+la4dW9GmfRfiM0oZ&#10;NWEOv/vdQ7zy4us8+eTf+Nszz3P61BluhIVKK5nPWrbkg/fe55MWHyv9lywCK/XWGjauWsnPf/4r&#10;krILsNTXU5CVxEd/f5EHH7ifbh3bcT08jB49e/GLX/6St9/8Oy89/SwPPvAAr7/1EalpGYwa5smv&#10;fvFz3nj9Nf7whz/y3rsfEXE9jIL8DJ547FF2BPgQf/OKtBDZdvQKQVcScPvJTzmw25+5U8fI9P3h&#10;2TdY6bWZjUvm8PL//IyIUwew6yrx9vLjl7/6NdfCrlNvrkVXkkW7Nq3p4zmCCoNRsUoVlpz6Wtav&#10;WUnbzh2JiIqUW4vGjBlLl249OXP2LPNmTaHdp++SnRJFXFIS//XrP9H6i66cOnlRHpwhw7CaOHf8&#10;CG89+xTHdmwjJSaa7Tv289+/f4qVq7y5ePEKb731HrNnzkFfV8fF8+d45ZWXZf8cFHSEjz78mICA&#10;rZjEUaUSOKvHYTKiq6zEZjJTV2Xgf379G4YOcSc14SYvPPcac+ZswGLUYaouov+AfnzyZRfSbleg&#10;q6vFZq4jLyeTzz7/krYdelCrF74dbRQX5LMrcDstPmpBx46dqaqqkXPo0NBQJ9+4cYOqykoMOh1m&#10;o1GCp1lZJTzz7BtMmTabutoKqisLGdC3B1981oqFC+bxwosvcS06hmrhsuAeDPKD0fcMiLg4nFQd&#10;gIpTVoRCKRTp2nqoqIdSGrhE7PUV95qwODpXcHkT1u43fd70/t24aXjNfdv0+b/CIr8aN312N3b9&#10;RnDlXbi5MJt+q91vmsd/Ja9flyaNq1SuFI6c/i9wM3nQZFzhqKdcHL3syqosxDHPOkc9erFSYxHH&#10;MAvrIsVs/x/l7w0QkZOZBhtfoYifv3iJCVOmUlenk4BIRmwMn77/PglxSRgsDkqqTLj9+mGOnw/l&#10;0N4D9O7ei5NHT3I99AZbA3bwq1//gVtxKYoDU7uF6opivvrqC2bOnClX9cJCr1FSVExoyEXee/cd&#10;Dhw+xvnQCHYFneCt9z/m6tXLzFm4gk1+e4iNS+GNl57H19eHS5cvc+H0CVq98wrb/dazZ+9uPEeO&#10;p7RKmICbqayu5NbNCLmndfHMGaxcugKT2Up6RhYffPARK9esJSzsGudOn2XIYE9mzJhHQMBOhnmM&#10;oKqkgHpzNYW3MxkxaS4zVvhRbRamoWL1U09aYhQjhg8nITUNa71NOjgbPMidE0ePcC38Om+915q0&#10;nEJpkiosJnr1G0JC0m1iYtL46IMPqS4pxXfdeubPmoPFaKSkqIDRI0cwcvhIroVfkyvZhYWFapEI&#10;PyoGhg8bKSe5wvmZ1WqkKC2Stx/9BfFXD5EUH8UHn3XnRnQqdrOeuMhr/PlPf2L7zj2EhN7kYNAF&#10;WnzSkUOHTykm2nYjdks1HTp0YviYaVTrFB9DebezeOXl5wkPC8PfZwu9u/Xh1PGTXAsNkysdwlxT&#10;TDh69hrI/gMnKCyq5Y033uPy5TDp3Lq8pJRWLT5i/57d7Nu3l3FjJ1JVVoLDXENhXir9h4xg4fqt&#10;VKmAiMOiIzc1hi4d2uDn58X1a5e4ceUMt3PS8PbfxuRZS6kzGKQPkpjISJ792/PS6mTO7BlMnjRO&#10;KqLCumPpkrXS2qi6soLaqnLmzZ5J/wHunDh5gSuXr7Fs0WLeeOU5EkRZDPTkTMhVuaJbVlos5bpt&#10;6xbSUmLp3bMzBfn51Nt0mPQleAzsyYq16yivqKRD+3b4+ngTcimEYydP85fHnpSWElG3ImjTqT0x&#10;KWnU6U2cORpMj3afS8DgytVwjh47h5vbTzl4KJjly5awfv0adIYa7DY9qbERPPX004TejJL1qL5e&#10;rMIbOXMqhCHu46koq6akuIA3Xn6RK6HXJLCss9hZsnINI4a5ExsVyQsv/Z3L4ZHSD4zYSiaXo+06&#10;dBU5PPbHXxIXfhqMZRw/fIDWbfuRnFuAwaojKzOB/oMGEX7tOjMmDqdn2w+4dO4Yly5dZOUGb55/&#10;8z1SswsU7wV2A/qqQrp17oDf9l0YzWZ5Etq18HDaduhMaloOC2bPkhZOYguKoR6W+exm1LgZ5Gbm&#10;4j7Yg3XeW+TKnLWumiGD+jNv4WLKaw3S4jM/v4TPWrbi4O4dzJ49Dy/vrdTW6jFbzCQnp9CxYydO&#10;nznN9GlTmDh+PFeuhhJ67bq0+ImPjeGrNl+xY/sOrl66zMH9++UE/+yp04oDPLOZspISOnXszP59&#10;QZjF/m+DnnNnTuE+ZCg3s8rZcOgiXw0eR5FO2aIgTLnF3OTGjQg6duwqty6ZTHbWrPamc6eenDp1&#10;SrZRL6/NsvxysjKYMnka3r5+GI212ExVJCfE8M5HnxMRlYT/lh2sWrMBnd4AVgPR4edp164NoYkF&#10;jJy5Au/A/XJLnsVkJSszl+SEBG5nZTCgX2+SEuPYuc2X4QN6UV58W5pP37weRseOvYmLSWDJonlM&#10;nTaeGkON3G5VnJ/BU4//kcsXLyg+YaTJeD2xkZF0+OpLcnOzMJv1bNvuR/cenampqcJuMRMfGcnL&#10;Tz9NRMQNRo0aiYeHp5Tz+QshDB8+klatWqOr0zuViFs3bvKJABMTkqX/r6rcPD59800SroVz9MAB&#10;2rZpK60zxGr37t27+dnPfkZY6FUunTvJmJEjKCgqxST2VanDVUFOLm0/+wx/Ly+uXgqR5dejR1+m&#10;zF7KlYQcfvrky1yPS5LttqQon88/b41/4HbpjN5QVcb4kSNZv/MgUQb4S4sOXLsRyflTJ/n7m38n&#10;OPg4YdduEhEVL/PftePnzJ05hZsRN7kRdpWq0jxOnzxOpy49KMgvZuzoMXht8sZgtKI3miXo+uZL&#10;TxIVGYnH8PH4btmDyWhBrzOyZtU65s9dIK0Rv/i8FdOnTSP0ajiXr4ZRWFqOUWyNEG3bpuPALl+G&#10;DRlAcWUhBqueqJho3D2GkpSczsxZs5g+e448QRCrnogLxxk1bDg5VfC552wmLVxPTU2NrFtePqt5&#10;7qPPKa4xY7cYiL60j+nDvyAz8TqjJ86i/9CJlJRVYtLXYKgoo1f37mzfsZPN3ptp26o1Z0+cIPTK&#10;ZXbt2snnbb4k+OgxCRYKayFpmSDnEYq2VZhXTLfOPYm4dkNaA+hrq1m1fDl9e/eioqyEoR4enDx1&#10;Hp3YQSK/EaCICZu+lH5d2vLOay+TlpEufSl07NaL+MJKjoZF8uTzrxB04qKyvVXZuSDjFPMEYUHc&#10;4pMPefbFl+nSrT+jR4whPS6Sz1q8R79evaVyPnfhMpJSkyUg8vEzT9CubRs8x00kJjVHseSst2Os&#10;rqBP96707tOPKhUQyc8r4r//+9d4eAyjqryCkoLbvPDi83zVoQMHgw7zgABbZs+Q/W55cRGvvvwa&#10;LT5qw/XQUD5o8QlfduhCfEIi/bt34c8P/ZH1q1dIJf/MyWPUlJcxavwUuciQX1BCXWUJfbp9Trte&#10;fQi+lMxPf/ZXevceQkVZpQTnjxwNJjEhnjOnjss8uQ8YwPaALWzx9aO2qpp6KRSLHKunT5zEY4+9&#10;SE5JGSa5plHHoonuvPTEH0iMvkH4lSs8/uSLLF62Dl1NLdkpibz15lu88e7n3Lh2i+cee5SFk8dS&#10;V11JZnoWB/ceIicjlcL8LB5//HH27txK9I0QCYj4B10kODyd//r170mIDif62gUefeRR1vjtkvPX&#10;3JQoWr3wKEsnuFOWl83bH35B134jqSyvlGVvKM+hS8ev6CUAEb1RaeJiy4rFzKG9uxkzbgw6vY7Q&#10;0Ct82rIVyWm5GM12dNXlTBvdk+Xzh5GYksxnbXsSE5epbLEXJ3Sq89P0+BjaffgulZlpWOpqWOe1&#10;lb6eU8grqpanb2ZlZtGlYycir19n5LCh0hL47LkQzl+4xNx5i/js868oLalQOh7pb0ZsY7RjrDMy&#10;fcocnvnbi5w4eojsjHief+EtVqzyx2I2Yq4tY7C7J++1/EpumREAjUVfjZ+PL7/53Z85ePgUZrPi&#10;qDk7I4PuXbvy178+ysBBnlRU1hAVHYPHEA/atPmCNm3a0L9/f6Ju3ZKWd4Iqy2sYMWIqzzz3Gtdv&#10;3MSkr2SL70Yef+QvJMbFcGDfPp599lkioqKpkZY3zl3e94CR75m+X0BEbvkQJ6coLBwEiZVzYb1Q&#10;ZnOwPyqdJRcSWBCSyLyQeBdOYP6lJOZfSmHB5bRGvPByGouupLM4NIMloZksDcty8rLwbJZfUzk8&#10;gxXh6awIT/saTmdFaOodvPxqShNOZenVdJZezVD/Ck5TWTxLcfKyq8ksv5rI8qsJKovfSSy/muwM&#10;f2VYGivDRNoyvzUvC8tgWWhDvOL3nZyppPFKBosvp0sW10uupEteLGT3DbxYfbchr1o+v57vTMv/&#10;YQ5LY1lYaiN2LWPJV1JZeiWFJZeTWXJJ4WWXEtlxLYlioxWd3D9aj8MsTt357gGRf4q0HlXum1Wc&#10;HIrfwnz4XIgKiOgUQCQzKoq2n35KTm6B3AojrK7c/vAMfruOsG71etp+1YHFi5YzZ9Z8li5ZxZRp&#10;c0m/Xaz6QrBhMtQRFhYqV5aHDhnB4sXLKcwvJGjvXv72t6eYPncRMxevYdbitcyYu4yUpBRmzl2K&#10;t98erlwK45lHH2bevPkSHFi1aCHzxg3h6unD0tR3+oJl1ErHWsL/hHJyk0lXy6KZ01mxZAW1dXoS&#10;EpL4y5//wphxE1iyeJkEJebPmsvxkxdYt96P+bMWYRYmuvUGOaFZvM6POWu3SUBEOgG115GRFMXI&#10;4SNISEmT5qCFxSUM6D+IE0eDuXUripZdh5JfpZcu8fLzbtOzjweRsVncuJXCh+9/RE1xGZtXr2HB&#10;nHnK6oBBT2x0FPPnzpeO08Sqc3Z2tiwaAWBUV1YzfNgoaZEjj+a2G7FU5vDJM78n+fpxkpPi+Ljt&#10;ANKyCsFhktYtf/j9H6RzwQXLNrBs5RaGDJ/FrahkWUccduGguZbu3XqxePlGdZW2ntqacrp0asux&#10;4KMsWbic1h9/IVfk58+dy+JFi2SZ3bhxUwIi+/afpLjEwBtvfkRiYqqcrNRVVTFxzGh8vTaxbsNa&#10;5s9fLEELbDrqKm6zaM0mZq3xp0IuzohIrVjqyjh3PIjx40YzcsgADmzZSFl+Dpt8tjBpzjJ0JuFX&#10;QwAiUTz1xHPk5eYyb85Mli9dKCcSZqOZ5Us3sWjRCqwm4XSvEI+B/Xj3g0+YPmsxixauYP3KVaxb&#10;uZj4xCQ8xk4hOjlDylZfV8306dPx8lpHxI0zjB0zSJrYCkDBbq1k/pwprFq3ntLSEt568zWmT5vM&#10;goULmL9kGZNmzuX02XNyhb6P+2DS8wvQm8z4rl9L248/ZMWyFSxYuJSFS9Yye/4ajgSfY+aMmQQf&#10;PYJN+E+xGym9ncZ773/AlRu3VEBEgD9mzp+5gvuA0VSWV5GRlsTrL79AVl6R3H9vdMDRMxfp0rkj&#10;Vy5f5e/vfkpsUpazrsiGbNdjqMzlFz/5MbFhp8BSxcngILoPGEVehXB0Z6KkOIshI0Zw9tx5PPt0&#10;oMunr7F80SzmzpvD3OWrWbrRj7yyGsWto72OuvIcenXrxOlLV5UVv3oH2VlZdOjWi9j4DObNnMrK&#10;FUsx10OdAxZu3svICbPJzsrF3XMIgfuDlb3suhpGeg5i+67d0tJQdDti1bZ7x054rVrO/AXLOXbi&#10;kvQjJPJTXFzKgAGDuHQphOysDFavWsmkyVMZPnI0mRkZXDx/nhYftGDBvIUsnLeAhfPnMWXiBOIi&#10;Y2SdFM5xb+fm0KZNW6Ii4xV/MVYLyfExuA8dSkhCPt5HrtJ56BTKTYpyJrvE+nqiIqMZPmwMubkF&#10;mE31jBo5jVYt27J48SLmz5/HwkVLmDV7NpkZqdJU+5jwXyBM3OtNlJUU0rHHQK6GRxO4Yy+r12yg&#10;TgAKdiORYWfo3rMLpyLSGTxlMeduxEhlUnTfck++2Ux+TiaDBvQhOSWBXYG+LJw2FpOuGGxVpCYK&#10;fyAe3LoRxbxZ0/Hz88Yiy15sbSrl/b8/R8j5M4ora3myTT0J0VF0bteWwoJcrDYj23f4MXLMUAxG&#10;se3Izu3UVF59+mkJiHXv3p3OnbuwctUaZsyaI1fU586Zr6RfjhNw41oEPbr1pLCgUO6RslRX079N&#10;ayLOniTQZzOfftKKpUuWyL5s5cqVcquZUP6uXjzD+LFjFIVdAiKKwJNiYnj39deYMHIEK4R858xm&#10;xvTZBJ++zPWUfH708NNkCGeW4njPsmL69u3F8YsXpC8WdBVMHz+K1Vv3EKGD37/fQTrqNNRUE+Af&#10;wNSp0xk6fBR7DgZTU1MhfSKsWr6IIUOGsXThAvKzUjhz8gRdu/WkqLCQ0SNHShBFOH8XRjFFhQW8&#10;+twjhIddZ8ioaew9dEpZMLDa2LzJh8kTpqCvqyXy5jWWL13KmNHjGDtxMjlFRdKXjnRYbK1lX6AP&#10;E8aOpsZQjcVhkUCBx5Dh3LgZw/xFC5kycwZ1JuE8VM+Ns0cYOWQoaZX1tB61gMU+u+T243qHnqDg&#10;Pbzethe10j2IheTwIKZ7tibpVgjDxkxj3jJvTMLkQvhjsBiZNHYMy1atYvHipbR4/U0WzpzB/Lmi&#10;rc+V/iciIm5JyyTtZBBtHiGmAVkZeQzo60FOlrC4Els4LBwJOigtGivLi/EYNIBTZy5QJ3z6yXmE&#10;qG9Gym+n8tAffs/zTz/JnLmzeevtt3jq2ec4GRHLpbg0/vT403gHBDpPlxH+hVJT0qTz9oqKSlq0&#10;/JD2nTuzc3cQ7739PiM9B/L3N17Gz89XbgUUim1KahIvPfIwc4a7k5QUT1JOPnUmAQAq6RBOq/v3&#10;7kGv3n2kA1ehd2Zm5MrtH4sWLVccNFtNfPjhB7z30Ues3bBBAhPbtwdI/2RiPOnVvS8tW3XlRmgY&#10;H7b4hC/adiQvv4DEqFtMmzCGjz54m/fefZOdgQHoaioZM2UWL73VisqKOkx1VXj060jXQe7sOH6L&#10;++57iAUL1iljsMMmt7uZTHrpa2Tj+rV069yZD995F4+Bg6gqLVOdrZqxWWpYMGcuv//DwyTmFGMQ&#10;5W4xsHyKB8/85WdkJkZw7tQJnn7+LQ4duyD9nugqixk2dBhPPvUa505f5NVHH+ZwgLdSby02LDoj&#10;dqOOmopiaa2ye+cWom9ckoBIwCEBiGTw41/9nsTYG8RGhPD4o4+yXWxdAepqS9i0ZDLPPf4wu3fu&#10;5MW3WrL7yHlV7kZqSjJo83lLeg8ZSYVO+AlTLPXEVrqgvXsYPXoERpOefXt20qFtW4rLKhSXHhYD&#10;G5aMYeaELkTFxdKuyyCyb5c1uOsSfaTdTnZSIu0+eIeqrDRs+jqWrvFh1LQVlNdapSVyZWUFfXt0&#10;5+qFc3Tr1BEPz2EsWLSc2XMXMX7iVPwCtlNSIsAbsRtUcUBeWljEiqVreOyR51mxZC21lUUU5KXy&#10;/PPPMm7STLk9UzjWbfnpF3TqOZDSihq51dtr3WqeeupZFixaSa3OhMFgISY6hsz0dAkQbdrkw18f&#10;fozjp85RVasjLSudlNRkUlNTSE9Nk/7kxOJCTXkJwz1H8sgjLxC46wg1tbUkxUXw5GMP87fHH2fO&#10;rJm0++orHnroIaZOn061Tu88Z0cDRu7R90c/KCCiWIlYqbHXk2q18fmKnbi1m4Rb9xm4dZ+GW9ep&#10;Ks/Ardss3LrNxq37Aty6z2/gHgtw6zYPt06zcOs4szGLe51n49ZlNm6dZuDWadrXc+fpuHWY0oSn&#10;4tZ+cjM8Bbf24pkLy/cnN/l+Em4dJuLWYbzKE3FrP0nhjlMV7jRdZZFmkc5vwV1m4dZ1Dm495uHW&#10;fa7C4tqVhVy6zFW4k5CBkIW4nqOweN71G1iTd89FuPVcgFtP8ftbcO+F/0Es8uPCfUQe5zbmHnNw&#10;6y7q6HTcuk7Drds03DpMoP28jeTU6THI46KVk5G+D6eq/xQ1A4hIz+RWxUJk4tTp6OR+fTvp0VF8&#10;1epTcm8XStPUOpuDn/z1efYcPs3R4BNMmzqL4qJyamr0pKZmMWDQUNJzi5xHiFWUF3H27Fm5Pz8v&#10;r5CuXXtx+sQZIq6G8t6775KclUeFwUFcaj4Tps4jOTGZeQtX4bt1PwV5Rbz3xouEXw/HbLFSWVzI&#10;wimjOH/8gFSYug/0JKe4XPrhKS4tYv2GdSTERrNi/mxWL18lvZAXFZbQ8qNPOHP+ImaThdqKKrb4&#10;BrB332ECd+xnyOBhlBXelkpxUV4G7qMnM2u5D3UWIRvhn6GW/KwkuTIWGn4Dk81EZnYOPXv05uTR&#10;o0RFR/NFr+EU1ujl6mxRfh69ew4mKjaLqJh0PvrgI6qLy/BatYolCxZhNhooKynicshFiguKpJ8E&#10;Ybou9vwLEkqhQa9nQP+BTJw8jTrhaMtuJDM6lCd+9QuiLgaRmppIyw79SM3Mk974M1Oieeh3vyc1&#10;4zZVOjtJ6cWMnTCPiFuJEpjCIcw6a+nYvhN9BwyTFiLiBJ6U5Fge+esfiboVyZ4d+xk/ahJlxaUY&#10;6nQkJSRKvwliwtq9R3927jpCXn41H3z4GRnpmTKtRl0t0ydOYMe2Lew7uI/hw0dTWVIqFfT8zHh6&#10;DxnN/I3bqREHPIgP7GZup8QSeuE0tdUVZCZG8dhvf0P8jTB27zkoZV9eUyWBrfNnL/D8s6+SkZYm&#10;J/Mrly+WcQrLlJUrNrF48QqsZgOG2grWLF/CilXrqKm1YtDbiAi7xpIFs6S39yHjphAhV5od6HW1&#10;TJsxDe/Na8nMiKJjh5ZkZKXK015qKwsY0L8XS1evobyyDA/3AYSFXkZvNFBaVcPEmXM4d+EiETeu&#10;02/IELJLSjBazIScPsHEoe7k5d6W/k/Sswpo33kAZ89dYeH8BSxaIrYB1Ul/OpHhIfz6f/6H0JuR&#10;6ikz4kQYqwREBvcfRWlRqZTLG6+9zKWwCLlFtNpoY+bC5XgM8SQyOpbX3vqY2KQM1cGkCog4DBiq&#10;bvOrn/yEW1dOgrmaMyeC6dTbk7zyCuz1wh9HOiPGjOHS5SssXzCdpbPGYqgtpaauhisRUcxeuoa8&#10;0irldAB7DXVlWbT9ohVL1m5AZzJht1nltq7WX7YjOS2blYvnMGniOKr0ZupsMHr2GsZOmU+WCojs&#10;OHhMAUT0NRJYmTx9BqU1BowWyMzM563X3uBUcBATJk/Hy3cHtTrFL0NkZBQfffQxFy9e4OSJY5SV&#10;llBeUcX8RYul34zoyFsM6NufhLgEjHoDpcXFTJ00ifjoWNUJqZXykhLafPEVQQePSWsGS10dIWdP&#10;4zl0KDHZ5XgfOE+fUTOpFqeguQAit25FM2L4OHJz8qUD4bVrNjN2zBTKykql75XrEZHMnD2H4qI8&#10;Zkyfxcq1GzAa66QFVljoFV547T1uRSezfdtOCSoIRa/eVMOZ4N107NyO6+nFuE+Zz4L1m6k1i62U&#10;9dKqaOO6daQmxuLh3o/U9GR2B/qzcu4UzPoKsNWQkRxHnz5DiYtKYOXSpYwdN47iqhoJdOakRfPK&#10;s3/h8kWxZUZzzFhPQlQkHdp8QX5eNlargd17tzN89BBMArB02MnPSOeVZ54m7FqoBC9mzpglAWSx&#10;sn4o6AjTp8+UVmSaYnLzxi25FUoAIg4B8leV0a/dp9w4d4yLx48wzNOd9PR06btCrIa3aNGCuNgY&#10;Lpw6Jv1gFJdWNAAi9Q4KsrJo2/pTboaFYjcaqCwrk/4WDgSfJTqjkF8+/izpBcJiyYauuowB/fty&#10;4mKIcmKTvow5k8eydutu4gzwwlf9uB4RJbfZib6spqaOy1ev0bFHX8LCLnHl4glKi/PlSRJTJoxn&#10;V4APJ44epWevfjI/w4cOkf6mdAaLtCoMu3qZ1194gujoOEaMm8X+w2dlmoWfmi1+W5gycapUgA4H&#10;7aOmspL8/CI8Roxk+759crusPMXJqmPvdl8mT5hAjb4Wk91EemYGw0aMlmn12ryZXv37Uq3XScu5&#10;Q9u9GDSgP+lVdrrOWMWyLXswW83UW2o5cvwQ73YeIIFHAaBmRBxj2uCWpEZfZeK0BfTznEBBYYns&#10;X/VlxbT5rDU7d+9m65atjPXwoKLgNvraKhISE1i5dh1XroZJC6Dz5y84ARFtKlGUX0abz9pzLVSc&#10;XGNGX1fF8qWL6NWjOyVFeXgOHsipM+clICLbjkM4mK/j7NH93HffffzkJz/mpz/9qQQhBNgwZcFy&#10;qqzw93c/4J0PPuZCyGVZx0Q/9NZbb+Hh4UFubo4ERNp16khUdCKPPPwov/j5z5gwTlhQhktAZN68&#10;hRIQeeqRh/FePJ86XQ3lejMGsWYhtUM7+upSevfoQvce3cnJzcdosFBWWsWDD/6I9u07k5OVRVpS&#10;LI8++jBftW/PydMnZRqHeA4kNzedvJwMnn36Od774Euuh4Xx4Ucf07FLD7llZu2Kpeza5istLDp2&#10;bEOrlu8TFxXBlNnzee3dT0lJyaG2vBj3vl3p0rc/566ncd99P6NLl/7k5eZw/dpVxo4dwZ69O9i9&#10;J1D2nalJiZw4cpRH//wXLqjglOJw3cienTt5UPgQuRgugXGHAESmufPKk/9NWlwYMTev8Ze/PsLY&#10;KfOklaOwEv3D73/Pex+2JSE2kWceeZgZI4dIa7nr4deZNHoc544dIT87jUceeYzdu7cTFXFZAiJb&#10;Dp3naHg6f3jkGRJjI4i5cZFHH/4ri1dtlFtgdOZaEuPC+M2vf8lfn3iSD7/oSE5hheoM1URBRjwf&#10;tfiAKfOXUGUQp6qpc0sVEBH5NprquHkjjMf/+lcSknOkhVBddSnD+n3OivmjiEtOpkM3T7JvC99S&#10;iu8XDYzNSkqi3UfvUpKWgFVXw/rNgYycuoxqgwBEkD5iPAcPIup6OCOGeLBnzz50epMELI6fOMuq&#10;1Rsor6hx9vNVFWVMnTyZZ556kfXr/Kmu1KGvLUVXU8RnrVvxxlvvcO78Wc6dOsavfvUrlq/ZSElp&#10;GatWrORnP/0ps2bNJSevmNo6EzXVdXJ72YhhwygrKWPf3oP87Gc/x3/bDiza0d0qfKE50C0vzKdr&#10;x3Y88+Rz7Nl9lNIKAwaTiXNngnn0kb/KtiPakCh/UT+fe/55CotLnQdOC74HiHy/9MMCItKhpo0K&#10;G0RZHTw5awtug3xx8/DDzd0XtyEBuHn6Kyx+fx0PFbylCbs89/TBzXPz17OHN/cN8eW+IT5Ovn+o&#10;SE8z7w7xupPdvWQYjVnc24ibx3rcPDaovzcp7O6tsvjWGzdP33+MPXzuzuL5YB9FjpJVmQpZemjs&#10;9+1Zfi/CFnL6JvbBbZAXboO9/wNY5GNjYx4kylArW63Mhcz91Loq6qwvbgM388GsTaTU6qUPFqtF&#10;HFsstj4oDm//Uf7eABH5uQbFC0tCO5cvh0qTQ51OeLu2kREXK81u8/NLMdqRZvy/ffxFDh4VIEcZ&#10;XTr3YPq02ezauY8O7buwWDiG1JskSCEsAiorChk8eLB0yigUBfFOYnwyFaUVTJg4GfcRY9jkH0j3&#10;3u5Mnr6AsuIyZsxezJYdwtzdzIa1S+nSozN+Af549O/P2KGDKc7Plk7Duvbux9gpMwjctYv2HTux&#10;eOlSaqsqOHFwLy3ef59Dhw5TUFDE4YOHadO2PX6+AcycPoOWLT4hJyuP2uo6+vfuRd8enTm4ewuz&#10;p0/kmZfeZKPfLgxm5eQSHHps5mq50te1c1e2bvNn5OgxvPLya5w9eZLIWzdp32MwJTV10oFpUUE+&#10;fXr1JyYmmZiYJNp+1ZbqsnLCL1/i3b+/w87t20mKj2PalMmMHSWclwZKvwnCR4EgeTqFwy5X4194&#10;6VVGjRmLv78P00Z48t6zTxN9+TSpyfG06dCDzJx8uWJoMlSyZP4CBg5wx9tvG/3ch9Or7xDKKnSq&#10;QiPqkYEunTrzxtsfyC1JW7cE8nnrltL6wmwySwewngM9mDhuovQ/0Parr1izZg25t2/Tt99ggg6f&#10;Jr+wivfe/4ScnByp2Oiqq5g+YQJb/HwoLC6gX79+DB08iN0Bm5kydjjPvP4BK/33UWtWDmIWk+fC&#10;nHSpIC9eNJ9l86bz6XtvUZ6XTVpaJm+3aMW4iRPZunUbLVu1ofXnHSQgsmjBHDauXy3lI7bMrFq5&#10;kcWLl2G3mKi3mUmOj6PN521YtnQNa1Zvot2X7Qg+fJCMjHRGT5pGZEKqnJjU1NUxY9YsNm/eKE99&#10;GT5sIB07d2TrVn/mzZnBY48/xhpvX0xWMwFb/enbvx9+AQFMmTGTT9t8RWp6OmHhobgPH05+aak8&#10;dUlsERrQvQsTJk6QJunduvdkkPsIKqpqiY6KomXr1owcOwZvrw0M6N2dl19+ieu3bsqTROQBm3Y7&#10;V0JuMHLYBIoLi6XDzp2B22j1+Ves9dnO0NETafVVZ2ISEsnIyeWdD1uRmKIAUqqtuNzDb9KX0+qT&#10;jxgzdCCxN64SHLSfHgOGkF9Wit1hoKw4i7Fjx3D9eoQ0nf7ko/dZNHcGXt7etO/Sk8A94lQnUU5i&#10;lbKG2rIsPm35ES3atGPOkmWsX7+Bz4SitWevtPBIioui5SefMHXGPBYu38ib77Vh0oxFZGXlMGb8&#10;BPYfOytPT7Hpqunfuztt2nVgxvxlbPbbQctP27J86Uq54ibK/cMWrZk9Zz6bNm2kxUcfs3PnbgoK&#10;8lm8aAGe7oPx9vGld9/+7NyxA6O+jlkzpuM+cBAH9x9k1PBR9OrRi8qKKmWCLk74sVqJvhXNe+9+&#10;yLqVq1ixcAGft2zJoaBgKg31+O89yYAR06iT9VI5MUm0k9jYBMaOmcjt2wVytby0tIwv27Rj0uSJ&#10;7N27j45de7FyzXq5RS/yZiRffNlGOjbdvsWfPr1789rbLYiNT5FK9ntvv8W4sePYsnkd7b9oQYfO&#10;HUjKqyAsPp0P27Rj2tz5rF63gU9afcatGzfITE3EY3A/UtOS2b87kBVzpmLSlUuwKzstmYEDh5MY&#10;m0B1WSkfftgC95HjCQjwYdoET5565H+4eum82rUroENFUZEERJYuWUBmVgp79gcybtJozGaTPI2l&#10;MDuLl59/lsSUJFKSk+ncsTOzZ81h9eq1tGnzFefPX1TAVHV4iIuOo0fXHpQUl8oT1sRqfL9OX3Dj&#10;wgmshhoG9u0jnbVu3bpVOhwUYKrJaCAlIYZPP/kEX/+tlFaIY8eV9AllaW/gdtq0/IR9OwKZPX06&#10;/fsNJCEli4SsfP78/IukF+RJZUJXW4Gn+yDOXb6inF6hK2PpvFn47thHlh7e+KKr9CFy4fQpvvry&#10;KzZv9mXKtFkMGT2BxMRYxo4YxLQp49i6bTu9u/fg3LFjnDp2ig4de6KrMxAfG8v7H7Rg0pQZEhh5&#10;/523OXn4kATTx02ey5GTYhVenHpjY1fgLgmIFOTl0a1Le8aOGoWvrz9vf/Ah50NDMQrnh+KoUIuR&#10;A7sDmTZxKnqDEYvdSmZONsNGjCEmLons3Nt8+vmnTJw8gQB/b7p3+Jz2bdtyu8qC+5xVrPAPlH7H&#10;HDYjR08c5ZPOfdEJsKXeTGrUWaYNbUdKTDhTZy7k1dffZvKkqfh6b6JHh/bMmDyVirJySouK6Net&#10;M7MmjWf3jm306NmDxctXkJaeKQER4aeq0RxCrqA7OLT/CJ981IqtAQHMnjmNp//2uLS6qqkqY9SI&#10;YVy4cBGjRfjYUhwwG+sqmTBqKB++/y7JKYmYLUZqqyoZ0Lsvr775DpW1JlLTsnn9tdd59tnnePnl&#10;l3nuueekXxjhzFeAjeL0LbFVrri4jMWLlvCnh/7IkcMHJVgiABHR36ekJPHEo4/y3KOP8Mbrr9Pq&#10;8zacPBMinTqL00nqqsvo27Or3Nry8ksv88VnXxEfl8zWrTt4/vmXeOGFF3j66b/x/AsvcO7ieXny&#10;2qpl83n2qSd4+aXnafXxR/zxoUd4+6P2chtp585dadeuszxieNH8OTz5yJ/5+5uv8eSTjzFl8li5&#10;HXjvwX089NfHefvt97lw5gwjPD3oPWAg+aU6Nnrt4PHHn+TFF57nySce4/333yU+Plr69Hnqb3/j&#10;72+8wSsvvsTfX3ud7PQMJ1goQJHMtFR++7vfMXrqbHn0rTgNbNmsEfztLz/jdloc5jqx3WI0//3r&#10;38p8/f2NV/jzn//MK6++T2pKOuuWL5X+UsSzJ//2Nz5r9Sn5mWmU5mXz5BNPEbgzkMibYTzy6KPs&#10;PnaJ4CsJPPTXJ4i+eY3SPLHV933+9MjjTJg9l8LKMkorS2nz5Rf8189/ybINm6V1kLDGc1iNnDse&#10;zBNPPCF9wQlfgU5AxG7j4J7dcruryaSTR8kK/1gtW33Fnt17GTl0IJ+3eJ2qkhxuRMXSpdcwcvOV&#10;rS0aECsqWW15Oa3ff4sF08YRHxmBl28gMxasp7pObE+Dqqo6+vfrT6boy+JieP+dd1izZj3rN26W&#10;Fh4nTp1TrL/EXNxsIeTCWR55+GHpxPfZZ1/htdf/Tr++fUiIvUF6ahzPP/cczzz9NE8+8TjvfdyS&#10;mKRUuZ3wD3/4gwT9hGXz66+/Sbeu3YmOjJJWM38Tp9K8/ArPPvs87777HoUlZc1ac4iTAPfv2C79&#10;ff38Jz/l+ede4rU33mLYyDGkZ6ViMgsfahZ56tj6tet48cUXuRoaJoGfe4DID0c/LCCiWoiU2eq5&#10;ZXXwzMxtuPVTFWmhdGqAwWChZAvFXFPi/XFz34qbewD3ufs34obnW3CT1/7c7+HH/YM3N8sPqCyv&#10;B3nzE3dffjzYx8ni+sGB3vyoCd8/aNOdPNhLDc9H8v3uPjwwyJsHBnrxwMCNPDBoIw8M3KT8ln/F&#10;M28Zvvh7/yCRhm/BzeSjMftw/2A/3AZsxm2gN24DvdS/4pmQhW8DD/K/895gX+4bdDf2+Vq+X/wd&#10;rIJagzZ/PQ9s5t7d+Nu++328J+XnwgO87pD5faKOSgBK5UHeUv7vzvYhqdYgt5iIVTOLxfhvDYhI&#10;c1J7Pfm3C4iOjsVoVI4jNNXWcOnseWpq1GPk7A6OnQslJ79E6h9idezAgSA2e/ty5sx5DEaLtCSR&#10;zjzFIbXWOrKyMuVpHwKQiItLlPuxxSkfFZXV7A8KZuNmf44cO4POYMagM5KQmEFiap7Mn05Xzqkz&#10;x/Dz9WH/rl0U5+XKVXUh08yc2wRs34WP/1b2HThEZVUV9TYrurIiTh49wpEjwRLB1+sMhFy+SoD/&#10;Fvbt3ktWRhY2s0Pu4a8oLeJo0F78vDcQduUisQkppGXkSXNbedytQ1jK6KgoKyD4yBECAvw4cvSY&#10;3DdemJ8vV6gjIxPlXlZBRrORa9cjKC2toLyskojrN6TfEJNex8ljJ9i7ezf5t3PkqpFIi3AmKE5N&#10;0cpUrvrLo2itZGTlELBlGzsCt5McGUnM5RCqC3Mw1FRxOSRclok0a7YZqSwt5eTxE6zfuIl9h45Q&#10;UlYrJ4pKeYuJtYkb164RfjOKU+cvs9nbj3NnzlBZXqpM9q0OcrNyObB3P5u9vLlw/jx1dXVyshoV&#10;HUdhUQW1dWb5W6zIiDQKXwRREdclCFSrqyE+Lprjhw8S4LWei6eOsynwAEu9AyUoqJ4dKo8vjI+J&#10;JGCrH3t3baEgLZp6izia1kZ0fAJbt29nx46dXL5ynTPnrlJRXk5ifIzcSiJIgItpqVnSkkCcVCWU&#10;OzGBSIxLYMd24XDRj7AroRKALC4q4HL4dQrKq2TsRrOV6NhEMjOU7UnVlVWcOHmWzd4+XDh3jqth&#10;YSRkZYn1XXQGHSdOncbH34/tO3aQm5+P0Wwi93YOwp+F2C4jW47NQkVhAcdPHMd7sxcnTpygqlqA&#10;Y+JENAvxiYn4+Puzc0cgkRHXpYVJUUkxNrG1QZqkQ0VZHdG3ErAL/wN2O9WV5YTeiGSd73a27txH&#10;ckYuZkc9xZWVhISGy5OTnEdYS0DEIv1J5GancnDvTq5cOEtGejLXbsVSYxBbuUyY9BXSWWGpmKhZ&#10;LeRnZ7JnRyBbtmzl0pVwjCZxlLCqUMstM7kM7NuLgyfOcvDEaby8NxMWFiaPoJTNwmIjNiaRrdv2&#10;sGtPEKcv3iA6Lo3KymquRdyUp7mI/sSiq2LyuJFsCdzJ0dMXWbfBT25XE2CkNOe2OaRPhV27drNt&#10;21ZCQ8NlexXtoLAgj+3btuK92Zez5y9SW1MjLUBEnRWOQf19/Ni/94AEPRv6QuWcVHH6T1xMPAGb&#10;fdm3cycRoswMVsTW9PTb5UQn5crfGom0ir4iIiKS2lqdtFISYRYUFLJv/158fPw4c+4SVTUCZKyX&#10;W7fi4+PZumULgVu3St9BodcjKSmtlGkX/l52iLq81ZeL509yPSKCWpMNg6OeuNQMtu8UK/jbiYlN&#10;kD6DxCke4WFXqayu4nZONkkR4diNVRLsqqupJuLGLWoqyzDUlhNx8wY7DgSxdYs/sbcu8/H7L3E1&#10;RKz2q9sfhQysNtISk9i1M5CEhBgys9OIiLwu/SLZhG+I6irOnjlFeWW5dMIq+sQAX392BAZKPyBS&#10;kvI0U2WlVlej4+L5EPQ6sY2mHpO+lhuXz1FTeFv2uVXllRI0EpZu4gQT0XcIqyJjXTU3roWza/de&#10;cvMEgKvWW+F0XFfLpXNn8fPaxJ6du0hKSsVkrae8Vs+hM6epMgozcWFhqVjg3C4olPXTbqwjJSGe&#10;pLQsyo02zly9IS0UTXV1XL58BR9ff7YF7iK3sERuUbidlcy+vTvklqBroeGYanVkpmXJPkZYbwrf&#10;WfEJCfgFbGWzj590WFlvtmCz2Am/EUP2baV+CUAkOyOLhNgE6V+jrKSAfbv3yLpx9mIINRL4UI51&#10;FWB6bla6tGQSVm3C2kaMTzduRlJaViHH9cSkOLYG+hO4YztXLp4jIiKCOjPcTM4nMjFNHvstwhGW&#10;JWFR8ZjEsa/1Jmors4kNP0Z1eQFJKdlcuXpLlo04JeXooSBKCoqdK/SlhXns2xmIv+9mTp46SZ3e&#10;iNFo5tq1G9zOva1ambmQQ2wtNHD21Hm2b9nGkaBDZKSlSOXWaKjlVsQ1uS1U5EceCV5vw2rWc+70&#10;cem0U2xBFNtDRJ2Ii4zm/LmLVFZUS2uxrIxMjgYHExDgz+7du8jLU8Z4UWcvXrwoFwUMBqO8f/rU&#10;KSory9Ab9OzcsZuMjCw597ly7hz7tm5j367dBB0OJjk5TVoeCd8kZpOeyBthbAvwleVy9PAxqqVz&#10;Sz23bkZJoH3X7l3EJyWjM+ixmHXERV9n/56d7NqxlfNnTjLIcwzvtOxGUlIyl0Iuy1PxdLU6qisq&#10;OHNCzEM2cUScGFVaIC1yKqpKuBASwp7d+8m/nUdcdCzXI26hN9nQG2xcvHCJLf6+7Nu7m/T0FCkb&#10;ccpX5K0bbNsSQODWbcTHxMqtHEp/rpCYMwwcNIjnXnmVmNRMjAYj6QkRHNm7DUNdDVhsVJVXc+Zc&#10;iJTnmdMnCA0L5+yZS9IS1mwQZXhSjj279uwlNTlVniBkrKvh8IEjZGZmUVlRytFjx0gtqia1xMie&#10;oNMUixOH6s2kJMYTuHcPV2/epM5spkqno0PnLrz69kfEp2XKbZRiO1VdVTldOnTk5Rdfo6SkWo57&#10;2pZcMa/Iz8klLi4aq1VsLbRL672zp8+z2cuLI4f2Ul2WT73VRGl5FRevxFBVo1iYOAERiRHZib11&#10;jT3bfYi8HkZmdj43YzPlVnRBYtvKjes3qSgtkVZcqcnJbPbxxccvgPDrN6VfIBmmGLdsdvJzczhz&#10;6hRHgo5x4MBJDgadk6fwlBUVyhMkU5IS5WlDBw7sJzE9E53ZSk5OLkGHDstFtuDgYxwOCuZo8DHq&#10;amox6vVcDwuXi1sCzM9TxyN1xuNarFImWakpnA4+wpH9BzmwN4j9+49w7eYtDGaT8yhrYcGblZEh&#10;rTKra2rlVjxXUOQeIPL90g8MiCg+RErs9dwUgMhsAYislxYT9w3exP0e3tzvLngz97v7cb+7P/e7&#10;B3C/u6/yzMOH+1ysGO4T4Id8R3lPXCssnjdjRdEM3+fh++3Y04f7PDdzn6e3+leznmgSplSUhcLs&#10;zQODhCLt7WTnM1WJvs9ThPvNfEcczbKfAkxoYbsLkMSX+wYrgMV9AjCRVh8CPPLDTYIY6m93RZb/&#10;LMvvRbjOOJpnkYaGdNydtffua+ZZs+99Q5jf+j3tXVV+ruzmcWc53NfISkaxMHl7ji+JTkDEjMX6&#10;bwSINCJt1FFWSaXvD3VAkuGLvaDqCqp0QKiyGPi0MUs4RtPOkBcTE7G/XQFExCqSRVkxc9iwCSVa&#10;DV+QfEN1aijiVVYWlEUSOdcS9+wWOYkXDkuVUw+EEqmeMS+/F/u+FVYGYamtSf8lwumkpjjKoOW3&#10;yoVydr0ySgqARQzuwgmsyINigqsO6vXimVmGJ76Xk12nmbHCyqKnIg3x3FV+ckVUYzm4N+yjV75V&#10;tj5oZanlQUwSpUzkc2XlWyj/AlAQEwihOEsgQ1qxiGMPtWuH3FcrReUsYnGhHOunhCkm92qcWmGo&#10;aZPvqGE786dOcrR8OpUuNX/iOjkliRnTJ3Hz2hVqK8qko8hPv+rGniNnMMuEKCtfMp31omwUmYvJ&#10;l5S9lJ2y0ifLQKtjMj7lGwVAUOQrJ/LivpCJXI1yYVmu4l1RZkpY2iRLhq9tNZFbDOpVx4KKzEV9&#10;UsSh1GmzRYxdyuRfkYXyjlbfpRNLhx2rUMLF8XpqPVbqo/Ku1VEv67isu+ozWdddi0e2sQZ5ynZk&#10;V/5qspDlqtb7hlmW+KFNk0RahDxEWVuwyfhFvoS1ltZ+1HIWZSzanV2pv5Jl01CctNaW36ZX9y5c&#10;uhYh47XZFB8fLsl29hdauxesyViWnaMeU10lY0Z4cPDwYepMDikLWR5ytqjURZutHrPZikn0k6Kv&#10;E3VYKIMi/Q67PMJb+txQ8yvLSliCOOuoS4IkK3FrR8aKvMo6IiaV6tHCYoKp1C8X1tqGZK0NijiU&#10;uLSyUJMhST5X5aiUs1qGavpE+xR1V56yZFe26Gj5F98odUGrVyLPav0UaZZ9nihPpS7X202kJEQz&#10;edIkYuJTqK4S/jFCeebJv5KeogCGmoJbrx6JKmUl+mHR5lDSIYAKEa5o50K+Wr8oJuGKhZoahiYY&#10;Z/tS8upMj+x7RN1q6HsEuOAsF/U9EYZsP2oRKY1AaifKiSziG1m/lDooZGQW7UmmXJGh3a74C5Ap&#10;k21baUNSUdCaszqOCHBLlIPip0U58cUh2oM2lom+T4pYq/tKegX4o8hCSYisL2p6tL5QqVfqtToO&#10;ie9k3VDHM6UMbdhtwkGmiF/Js6hT8uQyZ7+qWAMqwIJyT4hXjLMyHLUf0tqTMvYIeVvkNkghW6Xd&#10;KX2IMkY2HJWsIJdKfyBWpmX5aP25Ol5qZe1Kiv8vxcm6bAeSZYNV+2/lvki/ck/0nyJ8m1qHRZmL&#10;+qeUk9Ifa32y+Lahv23oh9Wtu5KVsGV4dsGibirtUuZLrYeivory1A5DUtqKqNtibBH9mzY2K+1N&#10;lJOQtehfpEVJXbW0XhDbsY4GB3Hq5HE+bNGKgZ5jqK0TW+G08hbxK2ONTegvdlGXxBzDKuuVrNva&#10;IKnWFWeWtXIXadLkpZWss79vGIM1EnKIjonmhVdfZea8heqpfwrQJPebiHzbRD+pjF+ifGX+RLch&#10;8irak3AWLVgd01VEQNZ/kWaZJikPpc7JMUkORgJ4U74zO+yY7HaSUtN45vkXmCxOQzEIx6nC+Xsd&#10;G9eu4YnHHuP0ybNKk1bDUcJydnQN+Vb7Z2WOoZwkI+qsqN/CQbfr3NJFGEp/I9uyUr+1cpXJVdtc&#10;Q0eu1GulHSrjpdLvaOGpY7k2VqufKQ1brZdqe7PK8Vurl2qZOdk1iS731agaStqFZJrV+Zyzvog+&#10;TOnblGQ0+sKZRi28plYn9+i7px8cEBFotwBEIqwO/jZ3G24D1ipbV4S1hedmJ/ChACICDNmiXHts&#10;5D65XcFlK4wEK8R7KkuQRAVM5JYZdSuJk31wG6Jyc8++lrXvxfYZEb/Y4iNYfS7/qtttBLsLyxEB&#10;hAhwRIASyj3J3yq+f4LFdg/nthwhU+23upVGU+Y1qwa55eNuLNLY9N5dWJSBAEaExYQAWv6vsygj&#10;V7BDbm9qRt6e6jYp8ddT2UL1dycgYsdsNf0bAyKNqcm44uyFRafsnMyrA5bWQbuymHCJ9+SkT3bw&#10;yh5K8c+u7alUk60NHM5xyhmoNqoqv7WJknbfNd+u3ythKMqzNuFyHaQaXmoaufhPGaA1wEMJq+kA&#10;2CQclZRnzQ5/qqC0GULTeO8kLSwt7Q0PNEBBTCAEeCMmM2LiqUwClb/KLME1Oidp2oZrYTVDd+RX&#10;skt9UN5y+UD5RkwgN21ay3vvvMYQ98HyKNW5C1ZQWqU4A1Mkd0dtkX+ViWKDbBuLqOl3Lm9JmTTU&#10;C+0VZXIjnjdMOhqoaXhNWYlZ5ElTXJqyosBqiorCWttoYEXJbVBmGmSoFYUzRc3E4WQtRS6/G5Mm&#10;R4Wl/wKpkAjlV7CimDRtU9pv17JVbilWUXVVRUyaOJ6oOOGHpmmcd1LjMtNu1mPWVzNt8ljOXriA&#10;Xpy0JZRYaX3V8KGIW570YhfAqaKwaEqLYJv0JKEkXSkbRSlrThqS1NuN+5MG2Tvz2qivu1P2iqLc&#10;UOe04BqRelOE0VDOrpJokIwTKHCRt1ZfRB5l6bkqU85qKb4XoIERXU0FUydN4d23PsJ94EBp5r97&#10;RyBWMSaok3xBAmDQ4m/og4Xi0RjQvbOOu+ZZuXYKS1VEJcCklkFjbuhvZcyN5ODyS4apKQVqZWgi&#10;F6dsRLrVeixlo4bbUG6ucnKp2mobVJx+CgVPhKHVf7XrkPWhcb6d+VfjaGjL2nuN64uWL61uKGlU&#10;2r6mlIvEKOFqMmqqXDlF5AzHlV0eN/pOfKjVH+VSU+ZUoagAtKbkae2pcdyuoTdHrmXYkNOGNtg4&#10;tTL3jZ5p3zSXs7uzFoYCymhydylcrZE4hwBxrQJAWp8n20NDeTn7bAEGOBTLXeHf7Jlnn+E3v/mN&#10;3BLx+uuvExUV1QB0ii0ggkW9l+CVAKEEQK4AQAqrJ6LIyFRJ3SFWVzk0KfBmbosLg9hylpoqLWd0&#10;dXUK0uGSfy1PjetUg2gaxKXVF7VOSJlo1+Kva9yqHF1Kw2A2s/fAfl559VWSUlLVBSyH9Id268Z1&#10;om9FyhPFxKeuxdNwoRaSFpGMS1xr47/SriWkrxSp5AZySeAdcmoqtiYPXajhUcM7Mpl31D/tuXii&#10;+QC5e7jNkZbMZpKrkiYH59Vd39UWZ5pL4T36fugHB0SMdhMldoe0EHlSWoiskUqlsAwRgMh97l4q&#10;IOLbYCHiISxEBPghFFQv3Dw3Sb7fcxMPeHrxoyE+/HiILz/x9ONH7r48IFb1JXCigh3SMsPbxeJD&#10;sQxRgAH1mbDG8PDlAQ9ffjw0gB95+vGgu49kxTJFBRM0ZdhpJeDLg0OFdYryvVSeB23AbfAmuY3i&#10;/gFecivOjwQP2ixZbMv5kbsPP/b8dvygu/c38o/dvfkv900KD97ETwZvkvceHLhRbg0SeZBpGrxJ&#10;Wrk0+MUQeW/wgXL/kM3cL/2pKFYw93n63WGx0pTv/9ZWLP9XuKlfmG/gJoCIsmXGhlECIv9GPkS+&#10;hrSB9Bu5yRCisXP13HnPBRBxmZA3S66j6dew/LzZIJRU3W2C3ui1ZkYgZVX4zve/afLY8Oybnjcf&#10;b1NqNj6XCa4EQ+zK6krjSaC6Ktf0W0HNyLE5co27OW5KDfeFrxxxpHA+18OvcTu/mFq9RW5LkACZ&#10;fLtpbfmmIV7ca/qeEpJ86pquRq9oeWxQtr45zCZ8h9LSPGuAx53cAJZo7Np+mstDc/z1dGdeFECk&#10;MTcGRBq3I1cWt+X3DnEcsIHy8jKscuX+m9JxNxJxWNDXVspVRW3lu7lsNc6JWPW+GyDSpD25klIN&#10;nVWpaf7uznfK/duWwZ1hKdwcNQ1Xqzsib+I0B1dQTZZFo/DEKqnYxmHAoNNzOztfbhMrKSqUW9cU&#10;q4YGoEmsqDvjVWXaGJS+M58NSnsTRVerMy6ASNM69rX9bVOSfZYLy0zeKUMZpUiv9q8RmOPyrpZU&#10;Ff/U5OdUkoWVnwqINI2jIe93z8vX8d1IwlCN3nUdl5qG7/pd0xbduGdsHGZD0Sh5aRrut+NvJNd2&#10;pdbFO1P53fLd8tK0D9My3/S9b2JBAmwR1n/FpSVyS1vYtWtyW5OYX2mAiGJNp4IjKpDiBGw1axfV&#10;Cse56v8dkUinnPeJk4i0vDd+o2nB/HN0x+cNF+KXAKrLKyspKCqUIJKUg7CqFAC2Wdn+LIpNTlE0&#10;dm2XsozuVnca4nK987W5+Q6y3EBN0/N1/L9DzaXwO8n6Pbor/e8DIn1X4zZokwRCFIeWAujw5gGP&#10;jTwgnJIOXC2vheXIAx6beNBjAw96rOMBj3U8OHglPx60QjkNpd1U3PosU8CSId6KFYcETzQWyqvq&#10;FFN7Jp1mCmenWtyKw0wBCCiKruZU9S5K8FDVYkSEI8MWQI3YArQat4HLcBu0XgVGvBQfE9KZqsYK&#10;qPPdsUj/Osn3e27kfo8N/MjTiwfdhcy8uE+8M2QNbp5rcHNfy4PDNvPgECFX8d0G7vcQW5a8uM9D&#10;lMUmHhiiAFQPePqoLH7fjQVopJTRfwYLWXwbFiDb/21ARAvLdbL4ddRcJ908NwAiyr/mrSycJAc6&#10;18mOy+Cn3pNpUwNR0qqF2DRVzcTk+opL2K4Tpe+aGoXtmp+7UNOJm3pXSbTLqp9TsXBVMO6mlDSd&#10;RN4xuVLINe6v4+a+UdKhKGZNFT0FBLuzdjSqKXeEfbdvmiFXuTrlqxZyo3t3C7MpK+lomtemdLfQ&#10;moIhcrW66bd33voH6W6xN+UmMmgSr9KGNBbWVcJ/hllVSBq/+w+TqlxLmchfd7Z/IWMFHBCsbK0Q&#10;2+vuBojcle6Sv3+GmtZ3hRvk9F2RJhdlw1OjEmtMMl+ifauWYM4XNWsLF6VE/HSujCttT7Edarzd&#10;6878NVXam4BpSmAq6tIcq0m9Sz/RQE2+U9/T3pfRiO0OLoDIN44darmLP5r8lHc1CTfe7nUnaV82&#10;zst3R03Dbz41Td+6+5sKNeRTu/oeSIvEGVlzqfw++C716I70/HOkhe3aR8s+R9vG4jJWOreEyS2p&#10;yl+5LUMDRJxj8L+QoCZ0Z76bhv0dCeJrSCvpBvkoshFgUgNAKrYy/euASNMnd6XvNNtNY/06/t+h&#10;5lL4L2f7Hn0tfb+ASFO2WTDazZQ4FB8iT8zejlvftRIwuE9YagwUp7F449Z7rXLMbHdxBO903NxX&#10;cL/nGh7wWMuPPNaroMgGCZj8rP8KHh20jPcXH+HR6XtwG7hG2YYjfJMMWI/bwI0Ka+CGaiUh45G/&#10;FSBEAjIDFcuOB8UzYUGhbkF5QJw+o55C49xyM2QzDwzz5YGhPjwwIkAJb+AGfjnKmydmBuLWdxFu&#10;vZfhNnAd9wkHrAOFnxThU0Q4YvXifvdNEnzQgB+xJUjZFiTSKp4p1w3Kt3ItQCHBYvuQ+F57Lu7d&#10;P3gdDwxey48FGOK+Xv59cPBmfuTuzU881nNfrwU8PSOQ308OxK3Xcn4yTFi0CGe2Ckv/KDLcjfxo&#10;iBcPeirbmL6JH/wPA0S0+vX1/J8BiAiSwf0D/X/TccmVG3fgitG2wl8zqRUkA3CZjDgD1e413Jav&#10;q2BGw8ffMGy4vuKS4GYnXt8RNQrbVUjylvPHne83mly5JNw542iem82Ly+TOyc1RI8VPmdVo4bly&#10;40/Ue07lqcFKomGb1V0EL6/VLR93WA+5fuPKzZBrkE6RqnE1uq9mrlH8Lu80SuM3091SeKfFSNMv&#10;/zFqmqqG4Bplrgm7fNX0kUt6GlcfoXgKXzpiVV1VvL8FNROs+kCpq1ImMjWN1Vqt7si64qjHaDZL&#10;lhNw1UqkOUDkjngENXvzn6emdd5VTt8VaXL5doCIiFwFReRv8bJqFqK2O61raPqpEm7DPvXmSXvT&#10;9a8Wr0sBN2rLrqy93nw/0UBNvlfNWsT7JpMYI4U0lLcUqxABiHxD2tW0uaZceVdc3QNE/iXSInFG&#10;1lwqvw++S37uSM+/RneNsZl4XHOukMvXzTW+74ruSItrSu5I+bejbyHDprE476v+XO4BIt8/NZfC&#10;fznb9+hr6QcGRKwYbAogEmERgEggbr3XyKN3pQNN4fOi5xLe9zrP9Js5zI3Kpdv+69w3eBE/dl/O&#10;AwOX8OCAJTw4cBkPCMDBfTW/6DOPRScSOFoOn208i1v7qTw4ZAP/JYCBgav48YCV/GTwGn40cJUM&#10;263vcsWSZMBKfjR0Iw+6r+G+AcuVY3IHrsVtsABo1nCfsLYQ7/Vdhlufpbj1Ur8V1/Ke+L1CAWBk&#10;mEtw6zSTyWfTCMzV8fS0ANx6L+E+TwGsbOCBAet5sM8KHhywmvsHruP+Aat5cOAK7h+8gfsGb+T+&#10;weu5v/9KHhiwih/3V98bsIr7B63i/oEr1d9reGDIBtwGrZTfPjhYhLWSH7mv5Uf9VvLjPsv4Ub/l&#10;Ms8P9l/BT4Zu4AH3DTw4cDX/1WcBL09Yz6qbRQw8moJb59m4DVjBA4L7LuXH/ZfyC4/V/GjAch4U&#10;6Ri8hvvc13O/sCIRvl2+gQUw8J/CGujkyo0tQ8S2LgGeiHy7WBG5e/PWXH+Sa40Y7HaM4lSlfxIM&#10;Efz9ASINo4pi4uvS+94t6G8ahNTnd45ZDYEq8TQDjrh+0LTnFx+p95zja9NInKNwQ6yNA24Stsvj&#10;r5/AfwO5fNc0TzI6dWWlSWLV9GorTC5hyLxqeXEhbbYhlAOxQuO87/qOGmzTrDQdUZ1BN0mTBjpp&#10;8auO15Q83ImpaHE541QnQ1qeNT8ajfKvRSf/iB+KWbtYYRNOEhuwGjXAJiwVdVdyzYKrmBtdaHEr&#10;CdTSqKyCKxEq9UpNj2QtU84EuSa90T1n8NrPprJpkuRvQ1p2REqEpY1gmaOGptA0dy6s1kTn7NQl&#10;QBGmi5GBoIYyFeCDsiavlaczMU3INUiZRs0JpfpXSZ/yT5OoBogowSnyF/VdvF9rtrHnxClCI6PR&#10;CbN16YsBeWqVdGypxussHS0B6u+GfKsxN65q8ofrPe2+az4a3NMqTmxF2oRMRBpEr+t0LO0ifye5&#10;pqdJeMJtsAZ4CLBHPBcgmVaugtUad0e5au1MtiMcwjWqMyxNBmqzVQBI12JTnX2KtEs5uqTZNX2u&#10;+RFhamkRpFntaPVFkb9izSPSLcKVf2XdUZ+rToCVvLvIVaZTs1hR0u2Ukd1GXEIChw4fobKmTjo0&#10;lLVF1JHm5O1KqhxcisDlXeXuXb+V5Crxr3/zn6NvH37TN7/u7cbPv+7N75qapvD74B+G/pFY73zv&#10;H/n6u6bvP+67xqAObJrT2TvGu0YfNk1b86E2f/eHoKYx343/96hpSv53U/OfT/8WgMgD7lu4Txyb&#10;23Mlb3tfYFsF7C40si21ksO10G3/Ddz+3oe3Fu+l5+4wPt0YTKvNx3lv02E+X7mDi4VWLpRZaDHP&#10;n1/1mclHq4PoL95beYCfdRmP2xdDcGvtSTe/C3TaGsLnG4/TPuACP+43kw/XBvHB+kO4eS7lx5P9&#10;eW/rFf62aC9unafw4qytdN52kc+8jvPhyoO8s/IAf5vlzyfeJ2m96TStvS9wf8+5/GLgIjoHnMVz&#10;xwV2xhQQqrPy8nRhjbISt54LcRu8ik+8L9JjayhvLdrLLz3X8OriA7TefEqCKT8fv5N3vC7z9Izt&#10;vDB1K902n6OT3xXeWXmEN5fvo+XGo7T0OsNLiw/g1mYELy4NpMu2s3zhcwy3jmP49aCFtPc6x5er&#10;jtEzMJw2m8/y+PhNuLUbh1vXSXy49iADdpxlXvAlLpeZmH8lHbfWQ3hqbgDdtp6nl/8pXh61iN90&#10;HMZrk9bTb3sYn24+z1/n7sWt93LuHyp8hDSzbeg/lAXQdYDQvwAA//RJREFU4cqNT5MR26mEI1nN&#10;r43mlFc4X/Xh7blbFEBEnLRgs8k6f0c7+Jb8/QEi2hRXW3/75h73zsHOlV00ZfVWwyRWOZdee0Xx&#10;kG9pWC9uZkB1xqM9VJOrTfYlqZqAlIUz8Kbp1/KphesKfigvNweINHevOdJMZm12q1QkGz1TFQrh&#10;fd9V3kqipdrlTJuWVxmlzIerWqLlVTkNQrzU1Bt5I2r6qEnUkuU7jW/WW4SDVlX26kvCPPZOp6EN&#10;ilrzrJnfq97hZV5UUsunoVQ0tUkoe67WFE0TrLA8Wcc1g1JeTVgR4l24wXeDciKCUgeNAv+RT4VJ&#10;tHJyT8Myl/KOduWMt6HYGuWr0WpZA451J7l852T1j0iLyKlo7VJCzjS7lsOdW3Nczb8btRvtG0Bn&#10;A70TtFCUbUWJbVBwZZqlQJq0qyZp1EpPsLEe9HYlzSZV4XcqwzIZrnZion6I+laP0VbP7nOXaD9q&#10;AqGJ6ejFSQhyqweIA8DF91qcotfQQBINnBCsKOeazwnxvXJPpEPG3WBIcQcLlVukWRxkLVim3yn3&#10;enRALVAn8qg+M4hydRZkg2yE3DQ5amHq1W/Et0JGAlgRaRPXmrxFOsR9kV7BZnnygnoChEs90MIT&#10;32r5FmEL1oAPKXfV8kK8I97X7gsSshVxaPkV3woZWdT+VcpUrS8G8a76npCDkIGoOyIs8btalY1g&#10;kSaZL7tDjn2aDLT8i/DFcy3NIjzBMg31DnKK8+nn6cGWfQcxiL5IFaysow1V7x7do3t0j+7RPfpe&#10;6H8fEOkjrDH8uW9wAG49VvDJtnB21sGmuELazNlE53X7eWzscj5esYfTlXZOlMCeAgd7a+vxKtIz&#10;au95Mm31ROnsjNl+hqUXEzhTYudUto5LBSZWBIfSetQ8dt7KJaTSwYE8M6dKHZyrtNJmsT9rIgvw&#10;Sq3gJwOm8OTS7WwqtzLlTAJtF24l6LaJ46WwN8/IVaOdnWmF9Ni4jcMltZyrtLEzw8SwnVfZlaMj&#10;uNjBwcwartfYuGm28tY8H2XLT+85DAnJ4HA1BBfYOVzgoNPaIDYnlbOzwMyvBs7lyVnbWJVlYcKp&#10;WKYeCOO6zsHxIgezT0Wz/HI8l3T1HC6yMfN0NOMPXuRUqY5j+VWcLTPgHZFK9xX+HLldS2hdPQfz&#10;jByvrGdjVDZPD5/KxBNhBJWYOFFUy7WSCjL1ZlacCuWTuevYl1fL6YJaTmaXcDy9gNajJjNn93Ei&#10;DfUcLqyn/5F43Lou4D6xHUSABZo/lmZAhP9/WDndSAAjTme70tHu/zVAxNUfhTrDd1F6mpKmYzV6&#10;z5XvAogIMCQlIYF1azdQXFyG1WKmprZWUdzUsBvte2+kRDYAE7W1Jlav9+dqWETDUXcugIg8lq9R&#10;+sUPsaaqOnptBIg0qETNgR/N3WuOhPf5pIQ41q1fQ1lFmfR/4HymKh9OQMQVGKl3UFKQxbkTh5Xj&#10;9Jx5lZFLR201ZSVUV1a5nIZQj9FopLi4lNiYeGbMmE11tVBF7qRGSXfV/jSWzxvftOh1lBSWKE4Z&#10;HXZuZySya89u6oxmzOKIR6loKayd7KiVmbPc5F+RT+EHQnFoeDdARAEghJWMkeyMVA4dPYfJoh3V&#10;6CIrFzYa66ioLJNHMsrgtEfOqiw0OfWmTEfDt6UFtzl98gRGi01d0VaO1DVYHeTXGMkpryaruJhK&#10;fS0Gi1E5tlaAMGo9dRWdLFsXRVXLj1RSNaVXKMYuIIOitDcABFrqtPC0WqmBDEJpLDZY2H/2AnGZ&#10;uVKJdQIBWvjqsYla2Fo8DXVd+S3el0poPeTWWthy6gI5FdVKWtTvNSDApCbKarFSU1Or7p13sQBQ&#10;WftGKLRXIhNY6bOVzNJqwuJSCImIwSiPT1UV9Eb5VaSnnB4CWaWVtHYfhu/Jc1SZlXuCBXiQVWMk&#10;v9aoxC+U7HqHBAtqrA4Ka00kFpSQXFxKQW0dOuEoUY1HZ7KRVlRNenkVeTo9OvltQxpcqo08XrLG&#10;buN0dBRTN21iof92EotKqHE4KNQZWLzrEKN9djHKexcTN2wlKPQW1dZ6J1jh2tTEbyHrgmojmw+f&#10;ZfIGP7aevURWrYkyB1TY68mtrCWlqJy4ogoK9CYqrfVUmW1klFeTVFpOSmkFqcUV5FfVyXSXWuq5&#10;kJzFhI3ezPTfxtWMPModDlmWNTYH52KTGL/am7ne24nLK6baUS+BjEq9keCr4YxftZ5lW/eQXV6D&#10;wWJDZ1Xi8gs6xehFa9h64iJFegtlOhshN2IJPHyO1Nslsr5V2xycjUtl3EY/Zu3Yy6XsPApt9RRb&#10;bZwS8W7cziTvHUzZ5M+mA4cpqtNLYKSwtpadF84zbtVqVgbuIr2kHJM4xlI8qzGw49Rlxi5dz8Lt&#10;e0koq6RGnFZV7+DszUg6DBvLrbQcpU24WKi4yvke3aN7dI/u0T36runfAhBxOh313MxfZ+5kdbqR&#10;83q4UOZgwp7zvDBqHquvZ3OlDvqu2kXfbcfxrzThW2PivRmrOJFai19YDu8NmcvVYjPn04oYvWQ9&#10;p2PTiSysYXfITXIB/xsJfDFrOf4RqcRYHXSYv5Z9OWUcLKnhp/2G8dq6rew22lh7NZnt13MIq6xn&#10;9JZTdFm5nQgDnM4vZfB6Hy5V6QkprWOk/1GmB0UQUQ9TjoTRcs56TuXXcc1g4/VZPrh1nMr9Yzaz&#10;LMvA3kIHo/2O4Xsth0EbjrA7qZyT5XZ+5z6HV5btwbvQyuyLCcw/epPrRvCKzOfT2RtZH5bIdQOs&#10;uJpEP99gDmRWcCqzkKErNrL7ejxhZUa8r8RxrsLI3pxa3pm8lLXXkgnVweT9JzlWamLf7SreGzeT&#10;ZUfOkFJbz6pT4Wy8nkyEGRbuPsGCPceI11nYEHyODUdDiDXA5OOJPDp9p7LNSB5x/E+cvvIfyT8c&#10;IKLxdw2IaH49lK0RNrDZwGyk3mrBrq7OCQXXbhPezsXpE4qya7UqZ8ELsgov42JLhcWK3WxRl6GV&#10;c+/NFgsGkwWb2GPqcJCXnUWAfwAV5RVEXgund6/+FJbWKAqdzSHfk3/V8+EtFqEoC53WJq0s5Eqt&#10;2cb6zduJjE7AarHJ4yWtZit2m131fK7sa9XABZvFiM1mxGK3Y1Ed9TVITVFfrVazBJykJYQKPjUc&#10;kal4ehfe1aWHdXXVWipSqn8Nh91KanISXl4bqdPXYRXbTFTnbPKUDvmusm3EbhNbUOzYLCZ5Ukx8&#10;ZCiD+3aWMndqaDLp9dhMehbPnc3ePXsxWcSqN5gsNnwCtjJrznwuXQlnk5cvdXV6Z6as1nrMZhG/&#10;UnZChuKZBAkkxqFocDYhW3msoIjXhlWUu8NG5K3rdO/Zh/Kyasx1Oi4c3c9nn7chr6gcncmOwVIv&#10;j00VgIhaBbDbxRGGQnYO7ELGwkxfWM2I2uWwYnfKQ+RAgFb1mA1mDGYbZnGsot2EzVRN2OWLfN6u&#10;O0UlVcoxh3ZRvhZnGkUYdpuFixfP4u4+kNzcXLUuqkCIfK4scdutyhYc8a2QsziJQ3BcZARzZ8+i&#10;pLzSCYgIPz+XE9LpP3MxH/X04OM+g9mwZy/FulqpwJnFkbAuW0xEHTCIplKvrG5X1EOduqovrEw0&#10;FqCCWEkXq+i1YkuIUF5RWFtlFwqtUHjldgwXQENYH4gwy+ohtdZA19ET2HPuklyFN4hw7PXU1ddT&#10;Yxe/FRZhCWBCWjCoYIlm9SFKQ4ALNWqYYQWVfD56GpcSMhRLAQdUO5TnFXYlDLO9ntDLYQwfNYay&#10;2jr5nkiTiEOLW+Spsh7K6+Hg5RvMXOtNamUdywJ2MH3VBoqNVsUKob6eOnu907JAg3+kBYIDdl8M&#10;58kvOhFdXC5lJ9Is0pBrgs4zltFv5jKyKnUKuCLlXE94Uhb9pszm437u/L1zdzoMHcXZG5HUmu2U&#10;1RiZvymQT/oM5ZOBw+g2eQbhWbfRi/7YBaSRMhcgo93O6evX+aBnT/rOnsPH/T3oP2UWCcWlJJXX&#10;8lIvD/7UoS+vDBzD33sOZcO+Y1SZ6rGIeqcCSgrEo4RZoTcyZ5M/f3yvNV+MmsoL7bqzYschMvQO&#10;ziXm8E5Xd1r0HcmHvYfQZ9ICLiXmEpqay5eDhvB+z/683rYrXw4YysyVXmRUWjgSncPznfrzgfsI&#10;3uk3mC9HT+JyVh4ltnrOR0TzXMuvGL7cl+6T5tN19BRSyqqottvZefw0n/R3Z9Q6HzpNmMWwuUvJ&#10;rajldo2B4YvW8Gn/YUzZuI3XOg1k6Y4jxBfXsWbXYR545EV8Dp+hxA6nYrN5oX1PPh4xntcHDeXj&#10;sVO5kF9GjqOeqQE7cHvmDd7ymMD7g0YxeslK0ktKqbU7CDh8jEdbfs7EDT50GDqSmavWUqTXU6q3&#10;smrbfl7r2Idx6wPoOGk2I1dtJrVGTwVQYLXRZdpilm4/qHbjGoTmtCe8R/foHt2je3SPvhf63wdE&#10;hA8R1Xmp2zA/3LrP49V5O/DwP8b2m+mE62B9RCqHs2s5X6bnp6168ueh01mYU4pXrY03pq9hf5qJ&#10;xReyaD9vC/F6GwmVZi6nFhBbqie5ykJIciFZNnDftAO3tz5jbtBlIurq6TRnLbtT8jlSVMXv+g3j&#10;3eWbOVJrxe9KAsdiC7mUZ+bdEQv4SatenMou5XR2IcM2+nK1Qsems6H8rlVX1l1N5YoB3pm8Ard3&#10;v2J7fC7hehsvTduAW89ZuPWcQ7cDNzhUaORigYWDsYX0X7SdM+nVhJXZ+U2P8bww25fdZTbmno1l&#10;zokYTlXZ6ewVxP2t+7P+eirnyupoMW8TL41fTkiVlehqE2eSc7mRX0NEiZ4t4cmcFFthrqfyYPuB&#10;zD51jRvVdlYev8SFKlh5LQ23p96i+6JN3Cy24XM1iV2JOcSY4Up2NecyS4mrsbE75Bbrj1zgYqmN&#10;Xw1cjFt3sd1HOKAVW0SUbSIKINAUJPhHuOkRt3fjpt8J1oCZf4abS/ddwpNOUptwo2/+7wMiUsWr&#10;t2OorODk/v1cCznH2uWL8d6wkYz0XDLSC1i/3puVK1Zy9UoYFqHEWmzo9QZOnzzF4oUL8PH2IiM1&#10;DbvZhrFWz9kTJzl8+DCLlyxhxcrVpKRkYTFZKCnM59KlEKoqK5kzZQp/+sMjrFjry+2icowWKzFx&#10;CSxctJhVq9cQFn4dq9WB2WThwoXzBB09ynr/LcRn5nHw2HmycwspKizizKnTHD1ylBnTp7M1IICi&#10;/AJswqrGaiE5IY6Na1ewdPFczp6/wKGjZykqq1VVMSE/G5WVJZw+fZLYuDh8fX1YsmQx165fx2gy&#10;SYCksrKCwB2BLFi4kA2bNpKVmytXk7Py8jh57iwHgw5x8fw5Cm/ncPx4MHqzAZ1BR3hYKIsXL2TV&#10;6lWEhV9DZxDqHRiNBo4fPcL8ObPZG7iN00d3MWRAF2XSr2nc0uxegExGtmz2YvL48VTX1Emlq6yy&#10;lhFjJnL8xBmycwo4HHxKAiJmk41bN2NYt24jS5Ys48rlUPR6I+npmYSHXXOCRqFXwoiOjJGghK66&#10;muBDBzEY9BI4MBpq8PXZyC9+9XvmzFnCjatXuXbmMC1btmJL4B4WL1/DZv9tFJWUY7UpTi8TEpNZ&#10;tXot8+Yt5MyZ89TW6hVrETUjuro6Tp85w4lTJ9i6xRd9XTW1VVUc3HeI2fMWs97Lh6zMVGzGakJD&#10;ztOmfU/KK+swmczExsSwbu06Nm3cRHhoGFcvXyYtJYmlSxbw29/9D3PmzSUlJY26OiORETGsXbWJ&#10;FUtXc/XSVSzCMafVil6n4/SpU8yZORP/zV7s37mNGVMnU1BSislhx+KwUmY0Mm6NF0NX+3K9zEBQ&#10;XDZD5i/heno6acUlHD55hhq9SSrphRU6TodFUqi3klFRS+DZi+wNj+BYRBQx2fkEnbvClahEjl8I&#10;o7DKRJHOzK4zoSzesg+/45eJKq0l2wJXMisIPHuTg2G3WBIQyMFLYWRU1SnbD+wQmXmbNXsPsXjf&#10;YbwvhvLZ6ElsDQmnsB6SymrYfPgkc723sePMFZIrdJQ66jl09RbBV25yPOQGtxIzlG0s6taLGrOD&#10;q/FpLNt5iHVHz+N7OZLWo+dwMT6HaivE5JawYGsQ87fsZ/eVCIpMVmmdsGzlWt5490M2B+4ipbic&#10;AqOFg1dvMGfzdrwOn+FAWByBIZFkmus5l5rPzks3yDDaWLRtL1PX+5JjsJFdpWfzgVMs8tlJcGgE&#10;tRJsVRA7UacrLTB+jR8TvXdQbFO2WYg3BPhzPrOCh9oN5PW+ozgWkaRsFamHuKxCWnQfwNytu7mY&#10;nUdYfglrDx3BY/osLkVFczU2gbc69+dgVCpXCioYMG8Z6w8dp8JidVreiF5U22KitzvYcfQYPkeO&#10;cdtiI7XWSHvPkRwIuUpcaQ0fT5iDf1QmIUUGIsstMp0CDJMWJy67iTQrmPicfDqNGM+e6zHk2B2y&#10;nMfOX86t2yWcTcrli1GzORCTw82SOkYs98N9/lriSmtJLq3GO+gYXw0ayuX4NPJqzeTUWBjvtZcJ&#10;XrsotDnINFiYsMGHZfuPkVZtZsbSNazZtp9sI1wvMnAhtYCMahOlJiv9J0xj8+lLpDuE9ayFHlPm&#10;ERR+i/DsIt7vO4wrOaXkOuDi7Qo6TV7MjWIdyQYLn3hOZsmeYyTpHIzx2sOY9VvIsdlJ0hvps2Q9&#10;Mw6cIUpvZdxmf2buOcKVSjNhJQay9VYJ8BXrzHjOXsqWC9coEM7zc0vp5DGUq8mppJXVMHzxWraG&#10;xpBph5sVtfScuZJLGQUU1UNxPUzddRLPxRsxCMRJgZTvASL36B7do3t0j753+t8HRKSFiDj6djNu&#10;/dbygV8YK7Jg7vl4xm05Skg1bIxIZ/ONDK4a6/HcdRrP42Fs0dnxqbHy97m+7M6BheFFPD9kJReK&#10;zYQXG1i65wzB0bnsCU1gzYHzpNvqOZRWyrjAoxxKLCHBWk+n+d5svpnBRX09k45eZX5oEpfNDrwu&#10;JbD5fCxhFfXMOnyV8fvPc8Pg4Ex+OaP9dnKpQo/35Sj+p3VnRmwP5oYD1t/IYOiu01yoMnHdYuPt&#10;xcInyjTchqxg7NVs/OJL8L2cwq0q8DqfxOHYEqJrYcGZWCacjiW4pp655xOYfipe/u7gfRS3z91Z&#10;GpbO6Uozb83dxEOes9l3u5bzBXWsDLrAoZgcDsXlMW3vOY7XmJh6IwO3jp5MOHadazqYves4h7Pr&#10;OFFupp/XHjZcTeBWLSw7HcWSszHS6mVLSCw+529yPrOcSeu2s/zQJU5VOXDrNV85RlhY7zQFRDSA&#10;oLm/38QyjG/DajyNvm0GvJDc9NvmuBmg466AiOYo1YWdgIoGiPhyv/sPC4iYTGI6/68DIsoUXgAi&#10;Ngoz03j1iUeYNMqTfTu3MHH8OFq1bMusmcsICAhkxvQZtGvTjoS4FIwmO8uWrubzTz8ncGsAs6ZP&#10;pWO7DmSn55Cdls17b77JgEEDORJ8hEmTp9CpS09SU9KIiozAw3MwOdmZeK1aycsvvsm2XYdJzy3i&#10;2KkztGz1BT4+vqxevYpPPmnFwUPBFBUW071bV179+5ssXreJm0np9PccQ0hIGJcuhPD8M88yadIU&#10;jh45zIDePfEcPFBuyREAR4cvP2fO1PEE7d/BtOlT+fOTLxEemdRghOEwk5Bwi+eef5ZhI0biH+DL&#10;hg1r+bR1a46dOElBYQHz581mzLix7NyzhzkLFtK97wASU9M4ff48T734Mp6jxnD+9BmuXw7B03MQ&#10;heXF7D+4n749exK4xY91q1fSoWMn9h0MxmiysmTJEtp+2QZf7034b1zDiAEd6NeltTDlUIpC23Ii&#10;LXYsxEfepHe3bsTFJUlLmouhN+k9wJOikjJOnjxH797uFBWVcS08gvbtuuDvv509u/fTr99A9u7d&#10;z6lTp+nWrRvFhYUUFRTy8ouv4Dl4CLrqWi6cOIHHgP7odcJewYHFrGNnYACvvPYOO3YdJDUhjmtn&#10;D/PjH/+YhUtXsHXnbrr16sfQ4ePIzy/iVmQUH33Skg2bvNm3/yC9+vRns99Wqmp1WO1mrFYd+Xm5&#10;PPvcq7Tv3J3t23zlFqHVSxczavgYdu8NZta8JQwZ4kF8ZDjXLl3gq469Kauo5vLly7z00sssXbqC&#10;gIDtjB41llaftOR62FUO7t/Da6+/wvadgWRkZnH5cij9+gzGx2srW/130rrlZwRu3YLZaMRrkzef&#10;fvoZe3btxHfjOvp0bU+/3j0oKi2TVgFWh51ivY4RK9bRc94q9kblEGNyEFVpIltv4Wp8Cp+170Ra&#10;ToFUxG+k5zN41mJCMgo5k3abB557g87T5uF//Cxnr93iwy/bMWHuAgL2HOZ6ah5z/ffSadwc5m89&#10;zIAFG+g8Zw3HCwzMP3qDP3zUnREr1jLNy4dWg4ezYFcQWVZle0LX8VPpMHE6E/x30m3hKp5o35Nt&#10;YdHcKNUxZq0vfeYsY/G+Y7gvWs10v51czi1l7BofXv68E1OXbSA0NkXZ+iJ8eoh6cyuBz/sNYcjC&#10;NUzwDqTdtCW81m8c5+LzuJpaQs9pyxm1aRcL95zk87HTWbL3EJG5+SxasZp3P26F354DXE7KZOW+&#10;47R0H8dM/92MXRfAWwPG8cmEJVwstbIy+BI9pi0k1QgLAg8wedMWUurszNq8gx4T5zLTbzftho3j&#10;zPUI5SBe1ZlqocFO18mLWB50TlqaaH4nyuz1DFixjdaz1jEp8DiTvXdRZKmXW07W7gqSFg5JOjNF&#10;4l3gttlCUmkZ2dXVXIiJ582uA1h/6grhZXpulhtIrTVTYYO8WgNhaVmEpmdxLSObxLwiKi12Cuv0&#10;5NfqKbfWE5VXRkfPUZy8EUlylYFX3cfTfYkX7su86TdnFUE3kym111NcZyYxNYeopHTCYpO4lZol&#10;t/ecCI+k18SZRBRXUwxEZOUxbMocLsSmEBydTueZKzmeUU6Gycq8wON0mziPlPIaquvhyOVQBk2Y&#10;TH55hbSSyazSMWzVFrxPXpWAWZnNzuqDx/FY7kNkYS3u46aycL0fi/z2MWS5H75nIyRgU2ayMWjy&#10;TJYdPEmk2cr5kjpajpyK94nzXM7I552eHhxLzCLdYiUoMYcP3CdxOrOUGKONFiNnMTPwCFF19XRf&#10;5M3mc9codiABmRVB5+m2xI/IOgej1/vyvvsIPNf7MmiZF0t3HqHYYKbYDEPmrmbFgdNkGa1cSc3n&#10;vbadOB0ZQ3qljiGL17Lx/A2STTYu5ZXTcfIy9l9PkIBIPuAdnor74o0UVSl9kwDtFUDkHt2je3SP&#10;7tE9+v7o3wAQWasciyusRDw285txW5h4s4KAfDsBabVsSaul/cpdtJjlza7bOrbnmfDJNeBXamdl&#10;toXnJm1mdZSeSRfLcXt7KGP3R3Ik28CxLBPH0muZvfM0Hw6eyMZzEZzNq+JcXgWhxUbi7dBq3mY6&#10;rdvH7nwD23PMbMsycqjYxrRjkbSYspZtieUcKRK+QqoILqrDOzKDnmu3sj21iClHr/KbDv15cfgM&#10;vOMKOFFoIzjLRFCuke05Bp6cshG3PrNxG7SMnodj2JFt4WhuPWfzocvS3fRafYBTeVYOZlvYnFDJ&#10;nmIHw4Ii8Dh4g43per5YF4xbq8FMvZjF5uQ6npm8Frduo+i+7Qz7so0E5Zg4mFXL5OBwvly9i7Up&#10;FQw6m4hbx9H03BvGlgwdnRb6M3nvRQ7l6jhWZOJIvp7jhcLvShhvjN/I9tQagnONnLitI+B6Kh94&#10;Tmf8tousSzLh1m+FPB1HAQNcLCRcAYWh6hHE4m9TsOFu3BR8cAIKTbmZb5tlAVgIp6ZNv3dl7XnT&#10;b5th4VR1iD/3D/FrwuKeOH7ZV/295X8NEPluSPgOsVCQFk+b918l4upZ7DYdGempvPraB+zfdwKb&#10;1U55aRljho9hV+B+kpJv07lLH+JiYrFbTeiqKxjmOYwVy1aTn52Pe58+nDl/Fr1RT3FxMR07d2f/&#10;/iBi42IYMKgfRYV53Lh8kZYtPyenqJrCyjq+aNuOgK07MRhM0mJh16499Oo9kLi4eHp078raTV4U&#10;15nIKauiz+CRXLwYyvnTZxnQpy9xiYlyO0R6Uiyd2n3B2QthLF2xmmWL5mOqKcVhriI6+jqPvfwW&#10;V24lKSu6cruLhbi4a7zy2ouEX7+BTl9DZWUpm7y88Rg6gktXLtOhfRuuhF4lOj6BsJvRvPZWC/Yd&#10;PMSJ06do160X0Wm5WExmwkPOMXzkENLzsvnsi9YcPxyEw6THqqtlS8A2xoyfTWh4BF9++RU3b97E&#10;Ko5i1pfit2Iqnt0/F/tOXAARdb+Lw05teRkzJ0/BP2ArtUYrk2YvYtUGH2m9curkefr0cSc9LVNa&#10;hUwYP43oqCTi41PYtMmHDh06cuHCBQYOGMCtiBvSwqLtl22ZN3s+aUmpbFqxnG2+fqosTNgs1VwL&#10;DaHNV10oLq3CbKgl5Pg+3n7nbVIyM6gzGUlKy6Rnn8FcC7/GsmVL6dGrD7EJiSQmJRO4ay9ftOtE&#10;YnoWFrsBq62cwoJMXn/zY46dvorNbCAr+RYe/XpwcG8QsQnZREQlMXjQIPw3rSXicgjtOvehpKSM&#10;kSOGs2DBYmpqDOh0VqJuxfHi8y8QfTOCyyEX6Ny1EwXFhdTU1bFk8XImjp9GQkwaiXFpbPX/f+y9&#10;BZjcRra/7d0s3rvf/d+7dPcuQ7IU3M1umJkcjhNT7JgxMTMzMzMzjZlpzB4zDtjDzNPcUvf7PafU&#10;mu7RTBsS23ESHT+vu0dSlUrQqqqfTp2azXvvvEnckaM0atyczVu2o/n8uEuKmDttIvXq1KSgpAS3&#10;FsAfDFAWDBB7KY1GwybyfrfhNBo1g6VH4kkqC3Do/CWqv/8B5y8lq87qvtQ8anQfzPrEfNYk5fKj&#10;p95k+clEkoo9HD97jg9rvs/O2L3kOXxsPpXAA/VbMGTzftaey2LGnrP8oW4rOu6Io8PWYzzcsjfH&#10;copJdHqZsGkvL7cfyLaUPAbMXUqtXgPZkVPEcY/OklOX+HP1mkzedohpO47wYa9hjNpxkNWJmQxf&#10;v4PX23Vn+q7DNB48lvfa9eBMvoNCLaCG1shwlEKPRoseA+g+fgZni/2cdmiM2RHHA407s+LQRUav&#10;2ceL7Qcz/3Qa685n0mnBat7t2ZddF+JZv30HL79VneSCEvYlpvN2h35M3nGCs06duAInLWas4L4O&#10;I1iTpzNo9S5qdhlAvAv6z1lGuwmzlcdhvT7DaTh0PAuOnWfJgZOcycxW8UBkCJl4VKS7Nd7qMIDB&#10;K7eRq4YL6Wqo0tm8En7xykfMjkth6dlsPh4yicO5xaR5A3QcM5UO46aTIqJEaFiSiAXyKcN6Lpd5&#10;GLhoDa981o1a/UbQd2EMJ3KdFGmw52QiNTv0oEbX3tTu0ZfB02aR63Cp4T9lAcgrc9NpyBjaDhzB&#10;5WIHF4rdvNx5IF0WrmfR8UT6Lt3EC616sTcpn0PnUmnXpQ8tuvehac++dBs9niPJGSyPPcx7bbpy&#10;It+lxJqzuSXUaNGOjcdOs+pkAn/7oDFNx82l8/RlfNCpPwu376NIC1IagNU7d9KwfTvScnPVcKP4&#10;gkIaDpnMrJ0HKSRInt/PyGVb+ajvePZezuXd+o2o3aYTs7ftp9/yHVTvMIQNRy9S7NeZt2kbL7Xq&#10;QvMZK3l/5Bx+81Y9xsdsUfdIq6ETqdFjEG2mzObtrkO5p0ZTYhIyifNqPN6qJ13nrSGuDN7vN5HJ&#10;24+o85ytBxm/fj+1B87iVCmMWrmNF1t1YsLuwwzbfIBX2gxg5eGLZPlgeswunmz0GZ1mLKHZwNHc&#10;98xLrIs9SL4eZNjiGF5v35eWE+ZRd+BEnmzQkfm7j5EZQAlIM49cpsmQyWQoQUSp/6Z8b5ttttlm&#10;m203zW4TQUQ8EWQIwjS+02A83/9kCL9qP5E/dJrMfzcYyB0fdue7H/Xkf5uP4NGhy/hbj1n8T8tx&#10;/KT9TDW17S+aTOC/mkzjh/Um8B81B/PHZiN5echiHmgzkp+/9yl31mzLZwu20HbBKuqNnsKkA+fZ&#10;4YV/9Z9Htert+EnDofyp/VR+/9kkftdqAj+pN5gffdiHP7Ycy8N95vGvXrO487OR/Kn1MH7RoBd/&#10;+nQY/9dsEP9drwf/WasLP6nfh2cHLubx7nP4fdPh/K7NOL5dtw93NBtjeFrUHsCf2k3nlRHr+VuL&#10;8fzgnW78vxq9+Hvzsfyz4wzu6zyDO9tN5ufNR/O/rcbz8xYT+O/Go/nP+sP4WfNx/KzpaH7cdATf&#10;q9uP//pkIH/8dAxPD13KPV0m8R91evCfDQbys8/G8/1mo6nWSKbhHcpPGw3jlx/35yd1+/DXdmN4&#10;dtgi/t5hDL9pPoSfNBxCtfe685NGw3ms/3we7Tmd33/Si5+804bf1hnAL1vPpFqDyVRrIp4QkcNF&#10;KvLtplP4lhIJRNiovL5qbrQgEil4ROM6BJHyeClXY9otHzJzQwURFXzBR/blc7z13EOkXzoLQQ/5&#10;eTm8+WZtdu06qDbzuFwM6TuIWVPnsmPnQd59rxZFhUVGnAafmymTplDj/dqU5JfRpllTjp88oWJG&#10;uF1OGjdtwcTJMzhz/owhiGSkcuboIZ5+9kXSC8pIzs7n17//PXHHzhixJjQfR4/E8c67NTl27Dit&#10;WjRj9fqNlMgbyhIndRq0ZOeOWLZu2ETnDh3JzssjqPkoyk6lacOPWbB0Lc1af8bmdTHgLQZfEfk5&#10;qTz9Rg12HD6rOmFqBpSAixMnYnnymcdJSpboQgE0zcPRY8d47qVXWbB4IXf+8Vd06daV1u070q5r&#10;Lz6sU58tW7ezdt1amn7WlhyHV8VTObBjC61aNyXu3Cnq1K3NhRPHIeAn6HOzb+9+mrfuwtp1m3jj&#10;9TfIzsoKTffq5viulbSu+5ZEr1St/fIpalWQWx3d62X9iuW0/6wNF5OSef7Vtzh49LiK07Fp41bq&#10;1WumRKP69evzyivVade2O20+60zbNh3p0qUzSUkJjBs7WnlIjB09mmFDhjJz+mxWL19N/25dObB3&#10;nzE+P+gl4C/h6P49VH+rBkVlLnS/m+0xS6jx4ftkF+TiDfhIz86hWct2bNuymfr16/HAvx+ia4+e&#10;dOnUgU6du9C45WfkFJfhC3jQ/AVkpCXy+JOvcOzMJYKalwvH93Lfn39Hw/qNad+pPx26DKB5s9Zs&#10;Wx/D0dg9vPFebbKzsqlTpzbrNm5R4pXEKsnPK6P2h7WVIHIwdi/vfvAuBSWFFBQV0KRBQx7+12P0&#10;7j6Yzh1607lDV7p37cKh/ftp1boNFxMuG/e6x82Rvdvp2P5TsuV3FAoSK8MwcoJwvMzDzoxi+i3f&#10;yvNNOrLxeCJ7Tifweo3anLqcSb4EDk0v5J2uQ1gbn8/qhDx++3pdDmY5KAjAydPn+KR+fVLSs3Dp&#10;sHr/KX75+kfUHTeXTnPW0m76Sp7qNYzBZ5JpHrOHV7qOoEgECx02nL7Mg/XasjEphzajp9J6/HRO&#10;ByAe2J3n5NmWXZm08yiDVm7loQaf0nr2MtrPXU6bqfNpMnIyy45fpMmQsbQaPIZCiV0Sms3DG4B8&#10;t48XP2rA3O0HSNYgFVh9uYhH2w9k7p5TdJuzlr/WbkXz6cvoOncNbeYs59OpcziUnsXanbt46Z33&#10;yPUG2X0xnRebdWVTUp56i39Zg1E7T3J/h5GszgswePVuanUeaAgis1fQceJCLvp1tqfm0mHmEt7r&#10;O4z3O/Xm6KUUfGoq54Dyesp263zQoT/DVmxVgogzEFBxPhZv3cVdr77HhM2HmbLrDE807syCg2e4&#10;7IHuk+fQcug4Lvl0coBCIDcUz0TOqcSiuOgOcLTUw/y48zzbojOdpi4mzaGR49U4l1fE+cIyFe8k&#10;ubCM0kBQiSnJpS5GzF3Mu00/42x2nhoWk+4LsCfPxWl/kETgaLGbGl0Hs+7IWRUPI7OgjEt5JVzI&#10;KeBSYRk5fp1Nx8/y3mdd2J9eRAZwMDWX2p16suV8PKvOXlIxN8ZuPcDKo+c4nl1Ipsev7kOJA7N2&#10;9y6ade5ERl6eqj/SHC6aj5rB8NVb1PlJ92oMXbKFlqPmciyrjE/admHi8g2kiQdTiU6dAZMZvnCt&#10;igeT4vKz7GQC/TfsZ9zBC7zdcyjTNu0gQ5d7uYip+0/Sd9UmRm0/wocDJ7IuNZ8jXo2nWvWk17wY&#10;TpbAu30mMHLjflKDkKwFGL5yJ02HzCG+GM4XaRwv8JAQhKOuAJ2nrmHYvA3kyX3m0Fl++jIDY7Yx&#10;K/YorzdpwYaDcUqwii/xs/xUMkPW7WbMtjje7zGG5YcvKNFFhoVNiY2nUf/xZBWXGS5zEcOSbLPN&#10;Nttss+1m2e0hiNQbz3fqT+Y7MtNMPfEUGUe1hmMND4Um0tGUITUimojXxQjjU4ZyNJhkeJYIH4+n&#10;2seTqVZ/ItXqj1YiRLWPB/D9+v25q+s0JmfCGleAWcllrPcGmZbr4Y6mY6hWfwzfaTKJbzWcwLcb&#10;TeS7TabyXRkOUX8S1T4eR7Xaw4zAorWE/lSr3Z9qdQbyrU9G8K2Go7ij0Riq1R6qZmOp9sFAqtUa&#10;TLU6g6lWezDfqjdaHce3mk4yyv3RUO6oN5bvfTKe79Yfy/fqjeK79UZzR/3R3KGON3TMajYXEQ8k&#10;tsoE7mg8gWr1R6h9yT6rNRxJtXqDqNZgKNUayz7GUK3JOKpJWZqNo1qziXy76WS+K+ehzjCqfTyM&#10;ajX7U+2TEVRrMJpqkt8nY4xP8QSpM4zv1B/JDz8ZzQ/rj+H7jadRrYlQWRD5lpqW1uBbDcOYy65G&#10;ZWEhGlYhJRqybWhITFTM9da0VWOddtfAiBliIMNlpn8tBJGc5PO88/wjZKfEEwx4KCrM5623a7N3&#10;zyHlrOB1eRg2YBAzp87kzPl4XnjxZS5euKgaq16ng2ZNmzJ40HCy03Lp8tmnnDh9Srk4S8yMVp+2&#10;Zez4KZw+d5pPGtUnLzeLo7G7eea5l8gudpNb5uZ3f/oTmzbvUkXyelysXrWaN9+qwfHjJ2netDHr&#10;t2xTHZbMEgcfftyUHdv3sm3jZrp36aoEEQm6WZiVQv06HxKzcSe9BwxiUL8++JyFECjjwtlj/OZv&#10;D7LnWHxYEAm6iYvbw11/+TP7Dx1CU9fIy9QZ0/mgVi127tlFjferk56VgdOnkVlQSvd+Q9m7L5YN&#10;G9dTp2Ej5bUiQWeP7NlOsxaNuJh2iSeefJzYbVtU8NSA28XypSv5uGFLDh08xGsvvcTxY8dV/I2A&#10;5mTKkK7Ufu0piU6rWvs+vzc0I0vIXUTzk5uSQotGDRk/fhx16zekqKRMdQxEEGncuDUJCQlqmNGQ&#10;ISMpLHArbWX/vqNMmDCe3Lws1q5dTacOHXjoXw+RmpzCmtVraNa0GW0++5SMzFxDdJCpbDUnxw/t&#10;5b0PalHiEI8RN9vWLOOjmjXILsjBF/STkZND89bt2R+7l8GDBtK9d19KnU4cJUXEHTvKiHETSMvL&#10;xxvwovmLSEtJ4KlnXuXoqQQlEGUmnqJts084uO8gLm+A3AI/8+YsYfO6tRzav5enXn6LzPR0Gtev&#10;T9/e/fF4ZDrjICdPXOR3v/0dF06fYseWzbz17ltKEMkvzKdXt64MHzICjzOA5oUjB08yasQoLiXG&#10;U7deffbEyj0cUEF/l86dQZ2a75Odl18+jW2Rz8vcbTuZd/AUpzxwoDhA9c96MmfLfrafjOehl6qz&#10;72KaEhOWn0nnzW5D2Rifx8pTafzxpQ84mVOmOrIX4y/RsFFjkjOylSCy+8xlHqzbknlnMziuwf5S&#10;Pz3W72J+ehFtVmynepdhKl6IeAVsPHmJRxp0ZOvlfIYtWUuN7v3ZmVvMWR3mxyXw86deY8mxeKbt&#10;PEzNviPYkJ7H+WCQbRmFTN19mB1p+TQePIb2IyYqLwgJ6CrHJkNPivwa7YaMpd3oKZwuDXDRDwM3&#10;HuDPdVqzeN8p+i/eyAvt+rEt36eGkK5LzmPOgWOcK3awft9+XvioHsleiU9RzEMff8rEXSc474e4&#10;Yg+Npy3lnnYDicn3MShmJx906cd5V4BesxfTfsoC9uWUMmbjLlbHZ7CjwEW7ibPoMmIcxW6Pmi1G&#10;no8F/iBdxs+i/YR5ZAZkphHIKS2lSadO/P6Rp/jJfY/zXw88z3fveYoWI6dzyRNg86l47nz6Rdaf&#10;jlcCT3oQ9mfk03f6HLadOsue+EsMW7qW/blOTrp1RmyI5eO+Y7hc6jamiDWD3Ia8S4RLpT41zKdu&#10;/5EczXeRpgWVsHIyO5eeC1awI7OIxCDsTivglWYd2Xk+yQg+GzEdrTmN7IXcQl5u0IrZe46ToMO8&#10;fSeo33cY+zLzWHYqgVc79GVXeoHKX1DlCAXZXb97Ny26dCEzLx+HHiTXr9FzxhKaDptCghdO5rto&#10;NngqI5duIcUVpNfYaXSbNA+R/fYVePmoz1iGLVlPptvD8j37mLbjIEc8cNCh8/pnnVm9/wgJpS66&#10;z1jA6vhMTvhhscQ16dSXXXlOjnv9PNqgPQPnr+OiI0jbKctoNGIm5zw6ccVOPuo1iiGLt3CxSGPa&#10;uj3M33+G+AAccXip3WM0M9ftJcsVZPmOw0zcfkh5nGxNz+P15q04GJ+ohvLM27KXZccTOeULsCm1&#10;hPoDJ7LjYipFIm4Foc/89bQeNBG3T4Iuizgcmn3LNttss802226i3SaCyDi+qwSRWVRrMDUkgExS&#10;Hcxvyd8NppZ/hplmeDEoZFsRUSTtjFAe8rZfhIUxVKsziL8NWU2nQ7mMvuyk68Ec7uq9imrNxBMi&#10;FNC1HEk7nWoNhKmhGXBEgBlriAhCw3HGVLSNJygviWp1RvO95tO5o/k07mg+ne82m8EPms7gu5Jf&#10;E0E6y6HpahtM5FuhTvYdsl6GC9UfF8H48DAVs0wSy0OJJSEaiggyMvQ5LhT4dCLfku8ijDSdYAxl&#10;UfsLiUmSrtEEvtV4Mt9qasboiIgHEhI2vidlazCZOz4x/i5fHyJSEPk8VI7tEY3KQkXVmILH1bh2&#10;QUSOsTIifkyN+BRBxPhbCSJyPhtO5pHeM7mgBBG+EoJIbsoF6rz1PNkpiWoITX5eLm+/U4v9+w+r&#10;hqgERR0/YhTTJk+mxFHGwMGDqF2zFquXr6BX1268+MLzJCWkkHYpg65t23DyzCk104gMf2nWojVT&#10;ps3m9NnTNG7akJzsdC6dO80D/3yIKXOXkJCexZ79B/jXvx9n4YIFTJsykbfefIuYtVvIyMymZbNm&#10;hiAibw9LnTRs0Z5dO/exY/NWunftVi6IlOSm81nLJmzctpdzCZd4783XGdSzE1vWLaV925b85A93&#10;s+9Eggp6aAoip08d4K6//IHmrVoxd+5cJkyYwPMvvsjeA/spKMpnyMDeNGzciIVLV9Cz/2Deq/Ux&#10;ySnJbNm6meZt2pDjcKvO9tE9O/isbUuyivNYumwxNd58naWzZjBn8lTerv4uS1euxetyMaB3D2rV&#10;rMmceQuYPH4kLWpVp/H7r6GXlDBv5mx279mBLuKEKYjIdKdlZfTu0pG/3HUny5YtD83CE2T79l00&#10;adKKgoI8Tp06Qf36DZk5YzELF6zllZffZvHiRXi9pSQknOWF516kccOmuBxOLpw7x//98heMGT+B&#10;Urem4jjIrC7obnLSE/j7PQ8wfspMLiUlsn3NSt7/4D3ySwqUyJGWlaUEkdjde7hw/hyPPPk0Q0eO&#10;YvmSxTRp2oRhY8YYnd2ABLYtJTPtMi++8iYnzl9Sx6O5ShjWtxuf1KvL0uUbGDl6NnVrN+LcqVMc&#10;OXyQ1z6oS0FuHqeOHOEf9/6DUaMmMn3GYtq26cqjDz/C+VMnuRx/kfseuJcxE8aSnHqZU8eP8eYb&#10;bzBp/FSWL4nh7TdqMHvmbDzuMiZPmUL1t95nxZLVLJg2m0Z1PqR2zffJLShUwUb9gSAlmsbMzdt4&#10;s0MfusxaQ+PRM/m4/1gOpRdx2eHjs0GjeaN5JzpOX8FHg6fzYIN27EwuYVt8Ng9/2IgzhS7VkT15&#10;Lp6GzVuTlFugOscZ3gADl23j1a7D6bZ4E03Gz6XOsElsy3YzfPMRPuo7jjzpdAdhw5kUHmvclb1Z&#10;pRzJdvBhz0G812c4PReup27/cdz7bn2WHTnPmRI/LUdO4d3uA+i/aiN1h4yh75IYDuQ7aTlyEn2n&#10;zVf7NoOGypAL6WDuvJDMm591pfmIqbSfuYK3+ozhoaad2Xkulbgcrxq28MnIGXSat4qPBo1j7MZd&#10;pPgDHEq8xFM1GtJhzGxizmYweedJ7q3ZnPZzV9Jq6gKe6TSQZ3qNZUehn5Hr9tCg/0jiPRr95y2n&#10;09RFnHH66Tl7KW+070372Ut5p203FZQ1X9MplaluA7ryrlm85zB3v1mbEwUl5OgB4pLiadmrOzvP&#10;JXC22KmG50zfdYzqbXtyIK2Ay24/E1atp0aHHnSYPI9Px8/hycZt6DhhOueKyjialcdb7Xrw8eDx&#10;fDZ1EdU7DmTmjmNk+gJKsJDzEjkDkAgS49ds4W9v1+Wd3qP4dNpSusxYyKbT50h0+uk4czFv9hhJ&#10;k1FzqNt7DIOXbCLe5VczBolnR4XZg0Tk0HSmxGzj6YZtebltb17+rDvDV24m0QebLqZRt89wDqTn&#10;KQFAiBRT1u6NpWXPXqTkF6hy5geC7E7M4t1Og3i9bT/e+qwvzQbP4EimQ03ju/N8Ch90G0qtgWN4&#10;t+8Yag2cyL7MEgoCQbafPkvN7oOoO3gS73bpT5uR47lc4iTLqzFy2Vre6TKYJqOm81H/UUzYfpBE&#10;Pch5n6YC7o5YsZWMAGy/lMdrbQfwVscBvPxZT97tMYLjRU4y/EHWHk/g0frtqTdiFh8NmkD9ARM5&#10;k1dKng47TsXzUuuu1Bg4hvd7D6LPzHnkur0U+nUW7TrEu50H0nT0TCXg9Jm3ihSnR81elOl08mHb&#10;3oxbsFo9607EHWXY4KF43ObU5LbZZpttttl2c+ymCSIy44N1mU8JIj5yAkTMMjOSah+P5Vv1J/Ft&#10;8RAxxQyhwRTu+GQadzSYpj6/9YkIFFMimBRCvETGGMLIJyJkzKBaw2khJvLtFtOo1nQy1WqP5Hsi&#10;Grzdj2+JJ0rTOSFBxET2KwJLSHRpOJVviSgjYoGICYISF8ZzhwgFDUQYCZVVAsOK+KDKM4Vq9UTw&#10;EGFDhJAQIozIZ+PJ3KGEh4l8u+EkJYzIZ7hTHtreLJcKbhryHlGiyGiqNZDZeUZT7RMRUSZwR4NJ&#10;3CH7b2ISEl1kX40ncUfjicoDRgkTsk8lUJjCi7EfKc8dnxifP6g/ke/K+bzhgojVe8M6vCXscaHE&#10;m6syhW81nnoNyHbWtFVTKaBqeZwSc+iNfMqQGVNoCQkiDSbzaC+rICJBJn2VfgvXw00RRFTH24+r&#10;MItNKxfgLC5Q06+KZ8eWLbtIScmQkRvofo0j+/ermVvkWAqLCli0YCF9e/Zm3OgxJCUmKeHEXepm&#10;77ZtpGek4fW61e//wMEjHDt+mvSMdPYf2IfX41TxHGJiNjBy/FRSMnNxuDzs2XOAwQMHMXjgAHbv&#10;3oPHG8Dl8rJ7125SMrNxyPACt5d1m3eSlprFpYQkYvfGUuZ0qc6231nKrq2bSU7LpqTMwdGD+xg/&#10;YiDDBvVk08YYHnz6ZQ6eig/NfyLH7eHMqQO8885r7D94gNFjRjNkyBB27NyJxytT8fpxlBYwb948&#10;+g8cwqjxk0jNzFbPr5TUy8QePoRXpucNBCjMSmfHzq24/F48Pg87N29gUM+eDJTpcXfE4vbK9LdB&#10;fC4Hq1asoFfvPiro6rnDezgZuxM8Hvbs2MWx40cJRHqIKHfxICnxF4hZsYSCvDw1XEaGFmVl5bB9&#10;2y68XpkRx8fJk6cYPHgUffoMZ+vW3ep+8fudOByFHDxwmLNnLqipdkuKi9i6dQtJl1MpcfmNKWXV&#10;dMk+Aj4HR48eZcjwUcTu2UvKxfNs3LSRUleZCmno9HjYtmOvCtIqUwhfuBjP8BEjGNC3L+s3rKfU&#10;7TZmN5GpfP0uCvJzWLZyDZl5EuFBFAgPjvxsVixdTM+eAxkydBKXk9LVtM0ZGels3rkPj9OF7vEQ&#10;dziOgQOGMmTIGA7sO8L+PfvIy8rE53KyYf1aho4Yypmzp1VQ2ONxcQweOIz+fYcSs2oDml9TUxuX&#10;lpao+6x3975MGzeZ2J3biTt6mBKHQ3mIyNCNAq+P3fGXGbx4LS1GzKDJ8Cks2HeK/alFHE4rIObI&#10;ObpMWsAng6fSZ/lOeizcwOZzGaw6dJ6hC9ew5WwSx5Iz2HHoGFMWLudQQjInM3I5mlrA1oQ8ei/Y&#10;QM3eY2gzZRGLD54jNrmYBXvP0Hf+WmKTMjiSnsfqE4n0XbSJTRcyOZRWxOxdh/ls4lyaDpvK+HW7&#10;mRCzi6V7T3A0rZCNJxLpMGEmH3TtR78Fq1hx7Dy7LmUzbNFq5mzazYWcEs6k5nA2LZuTadkcS83h&#10;eGYxMzbH0nzIJFqMnsmE7Ufpv2g9Gw6e4VByIcsPX6TRkEk0GDqRvovWsul8MkdSs4k9n8jweWvo&#10;On4+C/aeZktiPgMWb+T9viPoNGcZIzcfpOP89aw5k8rC2JOMWrqe2KQsJq/dzrTN+4hNyWfdyUQ6&#10;TVlAo2ET6DtzMTvOJXIyM4fjqamcykjnTFYOx7MKeL1FRyav30aK28fO06cYPnceB1OyOJCSz8H0&#10;EjaeSabvrCUsiT3GsYxC9iemM3ntNtqMmanO0+BlG9VMJUdScojLLGD+/pN8PHAsDYZMYtiKbWyP&#10;z+VoSh6n0/M4nZLDmdRcTqXlGtcqPYfJ67bTY84q2s9YyadTlvLphLnM3LaXfcnZbL6UTZe5q/l0&#10;wkL6zl3DxvNp7EvN5nByKkcvXeJI8iWOJl/meHIyp1PSOJ2Ww65zyQxftplmo2YwbOVWNp1NZv/l&#10;bDacTGDCqs1sPHaGI5fTOJaawamMnHLWHTjMxGUr2HHiNHFJKcSlZnI4JY8Z247Qeux82o1byILd&#10;ZzmSXkxcej57k7KYufs4rSfNoe3URcw7cI6dl7I5lpHN0dQ0ZmzZqzxruk6dy/q4U5xIzeBEahY7&#10;zl2m39zV1O87kkFL1rE1PoNDGUVsT8xkwOL1zNx6gP2Xc9mVlMv0bUdpP3E+XWYsZd7BM8Sm5XE4&#10;NYfY5Hym7zxJg+GzaDNtEUuOXORQWiFH5bolZTBty35ajJ1J5+kL2HTyImfT8zmenMWexAxGr9lB&#10;8+FT6Dp9GZvOJHI+J5cCj4ut+/bzUs1G7D1+Ts0GdeJYHDu271Bxk2yzzTbbbLPtZtoNE0Sks2B+&#10;N6a/NJZVQNdx64FyQeR33eeo4TLKm0EJINb4DdLhnB6e5aRc5LgaImYYb+zLKfcmMYY2VFp/VSKF&#10;k0ixInKb0HE0FG+N0FAe6/YRyDYm1nVVExIvGo2PwPSmsW5r7F918KvwgogUQkysZbmuoTCVBITP&#10;jypzgwl8S8p/i7naNQszoWLsEnWPTeGxXrO4UOpRgohX0/FrnttOEAmPyZYescSwkGEbmpqO1vCg&#10;CBqdbxlToQZxS0dcOvZ+5bkgyyV+hmwnfXcV7MEYf2HMChDU0TQtvI0ZH0PlJYE8Q8vMRYqg8lbQ&#10;dJmSMzKdvM0PTXEZ2k7Qddk+FGhC9qMECp3jRw8zdvhgMlMuovtKOHQolvv//TCnLiYZHiKhuBmn&#10;Tsby3nuvkZMjcT0kPz+BgKa8W8Tzwzi2ALrEm5D8Q2dOApGqeB+hE2mWR1CL5LscgyZ5GIKDnAd1&#10;3lSeRr5G8FRT+DA+Kl4gyUcnqMt5DCHnTpUhlG/oushyKacSN0JlULPVyPAchbHMKH/EoHxzn/Jp&#10;5qeHj7382MzNQmUyym5sI/tR+5eZQwiqT5lJRA/q6jyFDyt8DozzG1oq+clxqVsnlK+UQV1P41iN&#10;Mit3FuP8q3MROm9yfWQqYLknzTzLr4vc3gGCar2OLrErZIaZYACPrnEqKZlZqzcxYXEMU1duZNrq&#10;zUxZuZHZMduYs2Ybs1ZvY/KKTUxds53xK7cyceVmpq3cxIyVm5i6fB0z12xi7trNzFyxlhkr1jJz&#10;5TrmrNnAvLVbmLd+JxOXbWLS8s2MX7qe6Ss2M3vlFqYs3cDklZuZtXozM1duZPrKTUxaupGZq7Yx&#10;S6bFXbWJCcvWMWn5eiav3MikpevU/uau3cbMVZsNVm5i8uIY5qzeopDv05etY+7qjcxfs5EFazcx&#10;d80G5q7ayIKY7cxYsZlpK7YwZeVWpqzaypTlG5i2bD2zV8tyowxTVmxg4rJ1zFy9mVmrNhllW72Z&#10;iUvXqvJMXrWJiSs3MnHlBias2MDYZesYs3w9E1fI8WxkwrK1TF21kYkr1jN+xXq1/eRVm5m0ajPj&#10;lm9gvOxnzWZmrdnIrDUbmL1mPfPXbuRCdhEbD57kvUat2Xr0DOv2xTF5aQzTVm1kVsxWZqzcyJyY&#10;rUxfsYEpy9cyZ80m5sVsZtrydap809ZsZfLqLcxYs5XZIaau3sK0mG1MkvO0egsz125nxsoNzFq5&#10;XjFzxTp1rWauXMOsVeuYKse+fDNTVu9k3LLNjF26nglyfddtZvq6jYxfsZqJq2IYt2wlU9asZfra&#10;9cxYHcOcNWuZE7OOuWvXMzdmvfo+a42s28jUlZuYtmoLk5ZvZNqqDcyK2cyMNbJM7q9NzImR8y/H&#10;s874jJGyrWHaspXMXrmGeWvkeq5jnkqziWkxW5m2dru6n2at3cKctVvU/Td5xXqmrBQ2M3XVVmas&#10;3sLcdbJ+A5OXrVX367RV65m2MoZZq9cyc/V6ZqzaxFS5HnKNlkt55b42yj1puZyP9cxas4nZMZuZ&#10;smIdU1dtYPIquR/XMWPNOqavWqvymLx8M5OXy321iRlrZJ9yndYzc7Vx7DNWG+WZtWYL89ZtU9dR&#10;9iX3+My125gi31euJWbXXo6cu0ij1m2ZuWQFx89fZNW6tWTn5JQ/fyIfj7bZZpttttl2o+2WCyIS&#10;NC03JIj8VgSR+jIEJdyBV53iKwoihufG1bEKGreKykLDl4o6n1WIIVUIIlauXRAxBAxr+i9KpGB0&#10;q7CW4YpEeo2oczCFx3vN4nypRwU39CoPEXfIS6Tyb+ZauTmCiOoFKyFECR2qi28oFOWdc+lglwsZ&#10;Epkg3Bk21pkZmn8bnVZDFDE6vUZelh54RLahWTjLMbIO92ylw2vuqsJ2oXTh/RueFc6SIt56/WU+&#10;ePd1evboyMuvvsSMOXMocriMI1Q9by/Jl87w6qvPhQQRXXWyrXMZSCfaEBIqrlHFDh9c+UIldEQe&#10;ptHXDxfeTByxTYXv1vXq+A2ByRABKr4pFWFBSibHVFF8MPcnyyzzM0TdV3ifapXK27Jt+feQGBF5&#10;/BXMKFMlC6VTX83byxRIQtfTFJAMcSRiv/JpCiZm3qEyK3Gs/DyHHGzM2znkdKPyBTQRb0S4keEK&#10;fo1Ct49Cp5cSl48ip5cih5cSp48Sh48Sp59ip58Ch5cCp49CtcxHqdNHscNDgcNDodNDocNDkYnT&#10;TYnLS7HbT5Fb8tcp8WiUujQcbo0yt0axW1MzB5V5/OrT4dEok21kncunvpe4/RS7/BS5/Gp7k0LZ&#10;dxUY5fZSrPCoTzkmWSfeQFKeApePQjlOKZ98l23dxt/Gd786B0Y641MhZXH7jbRuH8UeObZQXm4f&#10;pR4pm8/IK4TapwwtkTKHjqFI0nl8imK3F4fMACRDl3wBjl+4RGJmHvlOL3lOH3luP/kunzrvRVIe&#10;VW4jXZHLEyqzmwK5ZqqMPspcfkpDx2qWzThe4zjkuglybYsdXkrlPDjkesl2ksYoa5GcB7VMrrtH&#10;fRrfZX8e9amuu1Out1EWE3U/uX3kSxk9PvJlezkOl488uY9C+zLKb+QReUzGtZFr4aXU48PplntE&#10;8pS0UhYP+bJ/t+TpVftRy51eCstC187MI3TejHvEQ4nbXG/c13I/y6dcq0KHlyK5x8vk/jHup9LQ&#10;fVB+n6vjle3kd2L8HiSN/G3cd5F4VBnUuoh7SM6tXJM8uc7qXHgodrjIys3nxKmzFJU6cfs1nG63&#10;qvtss80222yz7VbY7SGISIwO1cmUt+6Rwyosgoj6fi3ItlUMzfhCWGNSWONTmNtcQYD4KtH4eobH&#10;iBB0YwWRbzeWIT/W/dwaKp2LaJhCiBJDJB7MJB7vNVsJIjLM43YVRELd0Stg9iwjeqPqe9ijoUIH&#10;2cxSEZmHdWXor9Db+0q7ibSI9ZX2FWGqONLZ1YyyiUeFs6yYhPhz7N27m6RLl/D6/IYDS2jf0kv2&#10;ehzk5GSq4T3K+6XCsVv2oTrvRvwO1YEXj5LQd6MAIS+VCsuuUv5oyyuZ2rtCxA1D4IhMaGRUdXbK&#10;n8S6sLJVkdj807rKcGwJeRBFzfrK+y3PM3Ro5v0QifVWNJSy0Pahcx3VzPQhMUT+Lr9uGDPMCH6C&#10;auiTeHJFJi3/Htp3xAimCmY9N+Yy87PCHWVubOYTjci8qriVyjXKayEivyi7qGxVbKj2ewWqPIRK&#10;CypvJ3eznHm/eIEFg6FPg5D8amwbcQ6i5RVtuXV9+TZmnqGV5dtW8dOtgPWaXG37a8Vy/1vvEePD&#10;EDgrpS3PQ/43jyZskX9VSmMujzgf5ueV0kTD2D78PIrIpsIyubbqGptaekgIlb8jfra22WabbbbZ&#10;dkvsyxFE9EhBRIKVSlDQkMeC8mgwhYbrEUGsWEWLW4UpiIQ6yl9hzOCv14J12EtUlOARETC2SiTW&#10;SeV93Cqs5yEq4h1iimFKEJnM471mcq5cENHxyZAZ7fYaMhPZnQl3Xa3dnKqapKHmrHVxBbOmFyrm&#10;pbxHzA6u2fiPNOvfVzOzWKGhHmEPlYqddrWZ2k6GXRieF+Uzu0Q95tARhMQOs2Nt/h3Zg4kqiESz&#10;K60rt3BG5r9rTBiy6902vK/wPsNrTTHkyoLIlU3OsjKVYbgjV37qrJejwnmO/Dsy1wgL5Wv2rGRT&#10;85pFCiLyXXUxzf1HJDcpzyu0oIL3SeSGVqxmXV8Ji9gYDdM7q0ost7Iss97b1vyEq5XzKlZpE2t6&#10;K+UbGc8f1Qm2IsPkZBiUXEOF9Xdl/fuLEHFhK91r10PEtaiQTxVUZZXyi6B8g/Jfj8XMdZE3pmV1&#10;lN1GtahpIs9X5P6sN2DkAURuH0b99iMWyamLFMNss80222yz7VbYLRVE/LqGV9dUJPI4b4A/95ht&#10;xMFoMpk7mk1VM7Z8p8V0vtN8Bnc0n8kdzWdxR/PZIeR75N9XQrYz87hVGPv7dvMZfLv59ArIzDPX&#10;ijXtl4mU5ztVlDESc7017RfFup9bibUsVWFsO4NvN5uuUFMUN5zM072mqqCqZboIIkHjvv+CM83c&#10;eEHEaKBW7F5Ha9Ber1WVT8W8DEFELxdFyofImMmv10J9DJnStnxBxLryjk4FM4ZeVBZFrNsZFrk0&#10;fM4iFnwJVi7AXNWspa/KKl43wxPF9Eox0qjjjhB+rm3flU3108WMDCusK+8vVrh1otxLV9q9bBZy&#10;C5L9iUePxBBRKEEk8u437gU19Kj8yEN98JBHSnlH92oWcauZuVey8G4jNrhCBzzSKokgV0CdN1NR&#10;iH5vGybrLOe4qv1bzExVaTPrMVR5PMY1sIoh5mlW5zGSiLg24aJWcdzXSgULZWjdp3Uz67qoyH/W&#10;+zbi3EYzaz5VmXWbaNtHLo88Zmuaa6U8cbnKaLiMmcuqPD5znYwflOGZphwZkj3kHo24JoZoWfGO&#10;rbB722yzzTbbbLsJdsMEkWtC8+PRfBToQS74AlQfOo+f1O/LTxoN4ceNhkYwjB83GsGPG43kx03G&#10;8OPGY/hJs3H8pMlY4+8r0Vg+R/PjJqO+BGS/UsYqaHwNWNPcBvzPNaC2bTruGpFtx1yFa9/3jcZ6&#10;/NH4SZPR/KTxKH7aaEQ5P/5kMB8Pn01SqYtSH/j84NMC+P0y80YVv4drxOfzkZeXdwMFkS/XrJ3q&#10;z9uxjm5Xyi+y8R7eziyHxLOIjB1yVfsGtti/6HW7UlpTECkXRoylVXQqrR2vqi1c1rD4FR56VBG1&#10;PMKzqLwMCuOPysst5S3//sXO0RUtojxVUnljy7LrMzOHymfMwNp5/cpbxLW9KUSza93uK2nKF6sS&#10;0QcB2mabbbbZZtuts1sriPhFEPFToulk6nCwyMfKy4WsSCljRYqDFSlOxcoUl2JVipvVqR7FmjQv&#10;a0Lfr46kc30prFE4K7H6GrCm+bKRMq26CpFlj7kqrhDuKyLnUM6ldV+3gmu9DnI8a1PLWJtaUs76&#10;lGL2Z5SQpwUpCwkiXi2AT2KJVPFbuFa+boLIl2PSxLZ25cLNblsQ+SrYF+kxVnX9q+J68/3629XO&#10;nPWN/lferLfZl8XXzAwBpOI/M8Dx1/BwbbPNNtts+wrZLRdEJNCkWwtQpgcp1IPk60Hy9CC5gTAy&#10;pCY/AAUBKApRHPH9dkbKWWKhOAhF14BsZ037ZVIcCFJ0FQoFPUiRFrhGZFuugpGvdV+3imL96si1&#10;lvtT7tO8IOSFvhcGoFQDjw/8/oASACOHk30ebEHkRpg0ua1ducrN8Ot+q/817sB8vayq618V9oW0&#10;2tXO3NdOELHtppgtiNhmm2222Xa72i0WRDR8fl3h9etqejWP34/b78Pt90ag4dF0PFoQrw6+rwxB&#10;FThWYqX4dYmZYuATAj4LssxCRJrPh+8G4ser+/DoXjzmp+YLId/D+CqlvRLWMldG8jP2be7/FqJ5&#10;8coxXQGvOgd+XLqOUw/g1IMhwKFih4Dm1dH8Un632r7yb+HasQWRG2FVdetuQDPcFkS+IlbV9a+K&#10;m3Mhv8q3ydXOnC2I3GqLvJu+OneVLYjYZpttttl2u9pNE0TMwKqRGLEUdIUSRXw6Pp+O3+dH8/nQ&#10;vD7j06eh+6VDGcCvgV830DTQQ8j3yHWVCd5wDMHDwLouTAC/EkUiqSiQGMgy63ZVIy78unY1NHTd&#10;H8KHVkmI8F2TcKHpfoWUTwQaQwAxPqVjbwTIlc9IKosG0fFcEyJKWIWXW8HVxBAD8zzILDImMjQm&#10;qEQ8uW+D6h72KEFEtrf+Pq4HWxC5EVZVt85uhn9zrKrrXxU3/p6wdl1v/B5urplltp4pk69dDJHb&#10;3qxX46tx5o0oIpUFkZvzq7PNNttss822a7cbJohIB1HTpVMe6qD7pUPoL6eiKFIRTREpnkhaY7kM&#10;OxCkk6lbUIJJVAzh5UYhnV6ZRtXwXDG+q45wFdtWpqoYEmFx6GqIOHRtyLn2ofu9aH4vfs1AOvHS&#10;0TcxhQyZDtborIeFDckj4DPyU6KVJsM+AnivNPRD5RXe39ebsLhh3qcmxv1a8X7+olPuCqYgIrPN&#10;XPeQDttss822G2DRhBH7aWTbtVi0e8e+f2yzzTbbbPuy7ZYJIqYoYk0XDdk2srMpBARfGGtHtKLA&#10;UjFtdKyiQkW0kCghgTEl/oknhHyXZUbAzEgqCxpfRBCR/VvLFB05HkMQiRRFTK8Gc79eQQvg1oyh&#10;HjLMQ2K6lCqMYR8uDdxa+FO2N8oT0dn/xmCIR+oztMy4PytzM86LLYjYZpttt4uZnVi7M2vb9Zp9&#10;79hmm2222XY72o0VRDRNoYZv3BBBpCIBv5+gL4z8XVXeVaWtmqsLIkJYEDFmyRFMj4nKXhOVRY0v&#10;SxDxax4liJgxL7y6iCCoKWFF+JAAoJdcPg5nFbAnI5cdGblsS81mT3oOR7PyuVTqplALUiIiiR/c&#10;Mo2sPxjlWL5OWI9PqOzpUdGrKYx1uy+KdciMLYjYZpttttlmm2222WabbbZ9cbuhgoj5PZogcbXO&#10;Yni91cPDSG8VRCrmG+7IRtt/Za4miBhDc2QIzrV7iAhVDd+xblNZ/KiIdaiQUSY1nCU0pCWyjBUF&#10;kdCwGRWPw4tb9+PQA0rYKNAgU4OjOU7GrNtLzUGT+VONFlR75A2qPfA81e5+imr3P8vv32/K+z1G&#10;MnjRBvYm5ZPhgrIAuCV4bOiYwyLAtRzPVwnrtbJS+d69mVgFEdtss80222yzzTbbbLPNNtu+uN0W&#10;gki4g20Of7F6RkSKIj6CPoNwniJMmB3Z6PuvjOzP2FfVnhgiNEiQTPGKkDgapiBixBApjyOi9h3Z&#10;mZZPmXZV0hlpzfVaaOhJJEYcksjl8t1IK/s2BQ8RQ4K+kChiKaP1PBnnxofH78MR0CgIBMgKwkWn&#10;n7n7T/F218G82aE/bcfPZ+6ek2yNz2LX5Tx2X85ja0Iu8w+co9OsFVTvPJA32/dn+qaDnMv1UuRD&#10;zRBkXCNjf2FB6quHec9FYr0+FZH1le/hm4ktiNhmm21fR7MOobCHUthmm2222WabbbfabpggYsU6&#10;jCCaGCIYgkhYmBChwfSOMASHsDeCdMAjPUTC+VTsqFr3XVkMCQsi5r5NUSHcOTZmulGig88QJWRb&#10;t2ZMtSqfhigS4S2ihtME8AfB7wvgVzPpaAqvT9YHlAASCIqnhQxhCeDSZXrhoBIaDLFF8g3i81Mu&#10;iIgIYvUOMctnYP4dEeMjNFSmmABpwEmvzqA1O7m3RhPaTZjLvsvZpDg0CsRzRIbQ6FAUgMIg5Ach&#10;QwsSl1fCqJidPPBhMzpMXsKpXBdFKraIzAB09Wt7O1PVfRFdEIkUUirndTOxBRHbbLPNNttss802&#10;22yzzbYbbzdNELkezNlaBBEIygIBSgNBSgNQEpCAn8ZMJ+aMLpHChaQ3OuW+UMc8LGRUJRYY68Md&#10;eTUURj7L8wvPvqJihEQIJlJOlww9CUBxIKi+i9dIZGwRj67hDBhxN9wicsisNH5N4Q4FM5Vpe706&#10;eILgCARxBMEVBKem4dL9ODU/Tt3Yl5wPNctLeTlEZDGH8VSc7aackEgjxyVDZfKCEK8FmbDrMI98&#10;0o7Rq3aQ5g2Qr0GRHwp9UOCDQvmuGeJIng65epB0v0aqDgsPxfN0o24MW7KFNLeOIyCBVuV8V46t&#10;EQ2rSHU1rOmrwprmSlxb2isJIpXzuBXYgohtttlmm2222WabbbbZZtuNt9tAEAkNdxGhQAvg0HUK&#10;AwGy9QDJHi+pXh/5eoAyme1ERAYtqD5dWlAJBUY8Dx2vruFWgoV4boBHkECgviAurxFMVGZMkfUe&#10;TbwxDCQ/h08ECxFcRHgwhsWIeGHkb+Qj25ZpQXK1IFl6kAIRMTTx8jDKIR4TDr+u4myku/wczyqi&#10;wB/Aqcot4kkQt8TgEA8Mh5cLqTlkunQOxKewbPtecpwenMEgzoCfMt1HabkoFBKG1IwwxjmQPOW7&#10;zAYjnirGuaiM0x8kX4fLftiTWcKrn/ZgzPItXC7xKUGn2K9R7NMp9AfJ0iBNh4wAZAQhPQDZAcgP&#10;oI41wxdkzs5TvNayN+uPJyrhRM63OVSqsrDw1aCq+7FqMcQWRGyzzTbbbLPNNttss802275O9qUL&#10;IjIrjV8PoOlB/HoQp6YTn5PN1FUb+LB9L+r3GMD8zbtIKXJTFoTSIBQHDU+GYh1K9ABFfp1iEVF8&#10;QXI0yPVDUdAY/rH92EVmrd6mgoJmeI11xZJWZlrRRGiAEj+U+cEphP4WDwgRYUp84BAhxQ8JeS6m&#10;bTnC2jPpZPug2CWCiJFO8sr3Bsn0wII9p2g+ei7xJS7lgSH5ifdFnidIkQ77TifRus8INp9OZuTS&#10;jXw2aAznMvPVPlXwU01Xx5gn3hpB8dQwPDbkez5GUNQsESzEw0POh8wcI1PnBsAp5yiAivWR74e0&#10;IFzQYPS6fdTtPIgzyTk4RCzRfDh8Lkp8HlKKSzlR6uGIFw6W+dmb72BvgZPTxS5yvDrOgHF8SUVe&#10;mg+dzmfj5pMt50h5yMjQnMpDT6oiughhuSdCWNNXxbXkZ+b5edN+2dxsQcSeytc222yzzbbrNbPe&#10;sOsP22yzzbZvlpl9h6s9/6+2/nax20cQ0YIEZIrXkjK69+7HS2/Xpt/Y2fQYPY3q9ZsyY9laCrQA&#10;Wb4AW07HMylmC+sPnyTV6SfDF2DnxcusPZXIwv2nmLh+N8fznJwr9dBhzDTur/4hU7fsJzazjGVx&#10;Saw+msiOsxlcdgY4llXKnC0HWXvoPNuOJ7H3fBo5AYgv8RJz+BzT1+0hNj6HjLIAG06m8ZcPP+O9&#10;/tPYn1qmBAcRVES4OJpayOwt+5m35zRd5m/j9V6TOFrg4lKZxop9pxizaisbTidzyRtk/akknm/U&#10;liXHEtmRXsD0HftZdeg4u06fJ88fIE8PEpuQwo74FFIDsC+9gAmbYpkee5x9xR6OeWFXvotZB86y&#10;5lQS83YdZOGew5zKKyNdh4ulHhbuPsyZEg/ngrDP4aNmvwkMmbOKQrcM4RFPGB9uv5fUnFz6jJtC&#10;ncETmZdUTIt563m5x2iebDuI1uPmkVDgxBcAjxdKvDBnexxPN+vK0YxCNdzHnH5YXctrwHr9o2FN&#10;Fw1ruithTXu96b8sbpYgIg+pQCCAruvq86vy0LpRFvkwvxq22Wabbd8Eu57n3pW2jbb8amZ99trY&#10;2NjY3H6Y/YdIzL6EfFb1PL+d7UsWRHxouh9NDygxBAniuf8ITz3xHJs271NDUvK9cPRSBvvPJKoA&#10;oBPXbefe9+vxSvt+/PSpdxmwZCMHckqpN3gS//3oG7zXYSBP1mzOhx0Hs+pYIs16DeX+516h9eBR&#10;zIk9z5ONunLXc+/Qe9I8Np6+zEutunLvO/X4qG0fXninPi06DyTBEaT33GU88UlzqrfqxOO1GjFt&#10;3Q4lSnzvibe4q35nFh65YAQh9cORdAfvtRvAI+/U5502vbj/o9ZU7zmFbckltJ28hCda9+G1fpN4&#10;pv0gRm8+wrLjKbzcqieLTiYzcNU23u3Yj37zV/H3V9/jQHohZ0q9NOg3nE6T5rH9cgGvtunDY827&#10;8XDLnrzUdzxz05302XuOav/3N55v2YkWw8dz16sfMGLZNi66Yczq3bzdvh8Hi1xcBNanF/LP2q3Z&#10;dPQCpV4jWKvf58fr9+Lw+li6cz81+o1mY46XTRkOll3I49NpK+g3dyXpJW78AdA0KPPB0bQy7nm3&#10;CUv3xKlhOxJrRWKuVL62NjeKmyWIiMkDyuv14na7FfJd9mci+xfR0ro8GmZ5rwfJPxqR+UkZrkbk&#10;ObsSkdteDWtaK9e6nYn1GK/E9eRr8+VjvX42Nl815Jkjn2YD90pmNnzNhrGkk3rKxHwuW38b1ka0&#10;IPu1Ps9vJVJG67LbkcjzeyWs6a6ENW00rOmiYU0XDWu6K2FNWxXWNFfCmjYa1nTRsKaLhjXdlbCm&#10;jYY1XTSs6aJhTXclrGmjYU0XDWu6aFjTXQlr2mhY00XDmi4a1nRXwpq2KqxproQ1bTSs6b4oZp7y&#10;PDXbxvLMtwWRKomcrcPscOkEpNftD7JpzQZee/lNki7nIt2/fBn6ITE7/EEuFDh4+OPmdJi/ho0F&#10;HgZsO8V9ddowc99J6o6cRb0Rs9mTXsK8nSd54O3GLD58gQnL1/Neo6YcTstkW3IBzzTrRaeJczmR&#10;XcyAuct4qGFLVl/MYG9yLs27DqJJh77EXsriwVqfMHTNJg7nlzI/9ijLY4+yKymb17oMo8PSXZxz&#10;6yo+R54/yPStR6jetj/b4rM4kOPkg/6Tea3vTCbvPsNvP2jCy4Nn0m7tER5sPZAXOwxj7NYTPNeq&#10;N/NPpjFg9W6qdxrMtD2nebVdf8bvOc2ycxm80bY3iw+eodesFTxUvz0dlm2nxfzN/KxGKzrsOEOn&#10;3ef4jyfeYuXB85zJctB29Ezeaj+QjQnF1B8wiV7z1nJWD3IGWJqYw29eqsWxSzl4NZm5htCMOT5c&#10;Po1tpy9Sa8AYDpR6uSBDevI81O47hk0n4ynxBVWcFJlGWIYOJZZqPPB+c2as24VLJySG2ILIzUQe&#10;LDdLEJGGqMvlUnmLIGJ9QJoPtciH29WwdhJvBNear7UsN4Kr5Xu9ZbBufzWs6W1sbGxuBeZbvmgm&#10;DVxp7Mp2sr3UGaa4HtkwvlasjesbgXUfVsztrHVfNKzpr4Q17ZWwpo2GtUMTDWu6aMi+rWmrwi7j&#10;lbGmi8a1lvFaj1mwpo2GNV00vollvNb8BGvaaFjTReOrUMZrQeoA+TSfaWY9Iv0MWxCphDVgpUxH&#10;K7PDhAWRg/sP8dRzL7E37qyKAZKjw8nMAo5fzuZwagF/e68ekw6d42AAVmQ4+V31T5i84zDNpiym&#10;3ezVXPQG2RGfy59erMmqk5eYtnYLHzRvTopf41BeKS+07MXk9bvIDgTpMGYyT7dqx1FXgDQtQPth&#10;42neczA741P5x0f1WHbqIplBOFni5WxeCccyi/io52iGbDjCJQk+6g+S5gkwYH4Mb3boR1yhi3gN&#10;Oi3axot9ZzJy6zGqPfYGd7fsy7vDF/Dop4P4sP80xm0/xQuf9mfecRFE9vJWt5Gsji+g9cx1PNVt&#10;Ap2X7+HjgRPZn1JA3S4D+N2rdXhn0BRe6TORxzuPovP2U3Tbc467P2jGhQwnBU7YeSaV/32pBq2m&#10;r+CVtn1Yc/oyCTL0B1icmM2Pn3qX40k5SPsmoBmCiMzMIzPebDl5nk+GTiCuzEeiBnNjz9J48AQS&#10;izw4/ODz6Xh9RoySyy6N+99rxpTV221B5BYhv5GbJYiYD0RzX2bjVoh8W2h+Rnu7Z2Jue6O52n6F&#10;yLeU1vRWrmUbk8jzEw2zfNey7fVwLcdtc+u5nvvHxuariDzL5F6/kpkeIvJ7sDaMBbPOsOYdDWsD&#10;+4tizb8qzPJZ00bDmv560t4IzM7G1bCmuxLWtNGwpouGNV00rOmiYU0XDWu6K2FNGw1rumhY00XD&#10;mu5KWNNGw5ouGtZ00bCmuxLWtNGwpouGNV00rOmuhDVtNKzpomFNFw1ruithTRsNa7poWNNFw5ru&#10;RhH5XJTvtiBSibAgoqbBLY89oRHwiSiik19YTJN27Xj946ZMWbOTsSs38USNjxk0dT4nskp4r0Mv&#10;Xm7TnbF7TvNSp+E89kk7Np1LpsHQybSbvJALxToHEnP58wsfsOzQGeZv2s6LNd5jfdxRtp5J4/UW&#10;3Zm7aTcFWpC1B+P4w2tv0mvhcsbFbOKfr71F3fZdOZyZz8MfN6RWvyFM2xbLR136MGrhUnZfTObt&#10;dn2p0Xc8R/JLyEECmwZYsu84D9VsRLdZCxm3aTd/e78Jr3abwKKjiTzSuBOvdB7G6G0naTluIaPX&#10;xjJv31lebt5VxTMZsmwr73YcyN5sN3NPpPK9Fz7mz7XaMmrVDjLdQeau3cHd79Sn+7It9F61m1rD&#10;ZrM41Un3LYfUMJmEjEI1C05KsYeXeozgf16tRbMxM7jk0ckJwmUZMpNRxF9rNGP7yUR8uoghpiDi&#10;x6sH2HziHLV7D+FYoYvzpT56TV3CvB2HyHEFcPtA80nwVGMK5KNZLv78en2W7DxSLoiIsFL5Wtvc&#10;KOSBcqMFEfPhJA9EyTeys2d1gY4si9nAvZ2xnr+vMtZjs7l9sF4rG5uvE1I3XE0QEZN6xNxePu3f&#10;xu2B9Xl1O14Xa/nsMn4+rOWzy/j5sJbPLuMXwxZEropcPLmIcmEN7wLpmOuyzK9R5nFzITOdXhNm&#10;8uDb9fnHO3UZumAlCYVlFAWCHElK5f3POnPPW7V5tWUP9l/KIdmhMXj+GibH7CLLFeBkUg7vNe9K&#10;7MU0jicm07hNa2q1aM7GA+doO3gKm/fF4fDp5Ll8TFq/ib++8jq1O3ahUdceDJ4yk8seP5vjk3in&#10;S3fuffM96vXqz/GUNNJKPcxYu4fnGnZi2f7D5GkyRTAqtsmguUt5rGZdnmnYhBYjptBt8kqOpxez&#10;6chFanzai6dqN6PVkPHEZRSwLyGNziMnsed8CmsOnKTbhFnE5ZRw2hnk1e4jqN5pIAcv56iZcNIL&#10;vYxavoH73v+Yxz5uxah1sRwqDTB1bxy12ncmLTdXBUjNd3sZtOUQv3qvAQsPnqJAN6brFQ+X/YUu&#10;qvcYyYTV23CGhr/oviB+n0wvLAFck+k1ezEXnRrHM/IZOmcliSUeiv3gCQkibpm5R4cVR+J5qPZn&#10;xMZnGoKIun62IHIzuZmCiOQpQ2bMfVkftIL1zfi1YD2GG4F1Hzcb6/6/LKzlsrk9sF4nG5uvE1UJ&#10;Ima9YUW2t3ob2tjY2Nh8c7EFkc+BIYgYnz5dw6NrFDjdZJW4yCxxUuT149SDuPQgZf4A+S4vacUO&#10;Mks9FHuDKlBovlMj3+nH5QOnJ0hBqYcip4cyp5ui4mLyCosoLPOSW+ShxOHD4wvg8gUo9GhkO9xk&#10;lznJLnWQ5/RQ7AtQrAXJlv0UucgqdVPq9ePSAhR7dLJKPRS6fWqZTNMrw0pk9pasEjcZJU6yy9zk&#10;lHop9kgayC/zkF5YovIvdHso8fopdHnU+lKvRoHbS4k/QJFMGezVyXH7KfEGlQjh9EKRSyezxE12&#10;qZdcp06uJ0C2y09WiYMSp1vN0lPgcNNuwjxq9R7JhUKHmpLYoQfVDDgX3UF6LNpEg/7juJTrxuWR&#10;YTAidgRx+APKWybN5SVPC1LkD1Ds0tQ6rz9onCctQEkQLjk0OkxdQe2BE0n2aip/EUN0WxC5qdws&#10;QUS8QCRPGe8duT9rZ0/+NgSRax++Ye08fhH8uoZfyiCxhjRdfVr3dzOwXocvAzl+a7lsvnzUfVnF&#10;9bKx+bpgFUSsIkjkMvk9XE0QkdnorFi3+eogv39j2LeBdb2NjY3NNw+pC0whxBySI8ttQeQ6kI61&#10;8jRQs5b4FarS1LVQ5anh1XQ8mo7br+Hya3gDQTUExKehOu9q9hS/BA0Nqpgkus+v8Ht9+L1+fF4N&#10;n1fG+QfwiYeEpNFk6tgAHt3ArUueRl4KzSSAXzpJqjxCwMAfxC+BSgPmdpKflNWv8PhFfPHi9npw&#10;+7x4JNiNLKuEbKvh9YkYoSshwhQlZEriSPyalBu8cuy6CEAaCSmZfNCiA4t3HlKBXsU7RASLYg3S&#10;/bAuPouXW/dkZewZSv3glnSaIKJIEIem49TEY0RuZg1NzpUvgNMfpFAPkh2EtWfTebPLcMZsOaD+&#10;dkrHwBZEbjq3QhAxH2BmB9zYt9nYE2FCOoFfTkdQNZw1QzQ1+apMmfxFsYpDNrcP1mtlY/N1whRE&#10;rEJIZKP2egSR8jbd10IQqRgLr/J6Gxsbm28eUhfYgsgXQkQQbwWsFacpGkiH3RRERBwRQcAfgUwP&#10;q4eChsowHNV58glykUwxJAIRQ6QyF88U+dR0JZCIsCGiQzjvoEUQ0UOIUGJs4/WLiCFiht8QPyyi&#10;h1caGeXHUhWyriLeUIdURAqFiCZ+Xe3L5dMVTq9ORm4x2+NOk+HUysUQlx6gTAuSq8PpMo1uc1by&#10;ZP1P2Z+QRWkQCjUoVR4uQVx+EZp09enUAji0ICXi3RJAiR9x+Q6qdxlI49EzOFbgoiAIHhn2FBry&#10;VPma2twobqYgYs4IYD60Knb0zLdgX27jT+4v04vsxooiYcHn6ljT2tjY2Hx9sQoiVdl1CSJfG0QQ&#10;lUCyMrPOl1Mn2tjY2NyumIKIiSy7Uj1yu9jtK4iYAkIIEUXE88L0EJHOe7l4YXpzRHiIqKChSgi5&#10;RkFEhAqrIFKer4gjsizsrRIpiETu39hOloeFj/LyRxxLdHyV8PvlnJjnSJaZ3jJBPBoqDohCCyqP&#10;D5cm3wPqbxmyU6oFVayTE7ll1Ok9ipeadGT7hWRSfTrZMnVwACVwCHlBVLDYrCCkByHRH2T7pRw+&#10;7DGE97r2Z0dCippuuEwPoPm9tnfILeBmCCKmSZ6Cqeqa+zM+Zf8VBRHxEjHLZYon1rfm1/L2/Gpv&#10;2c23h7p4rMj0jyrwsuHxJb9n5f2l4g5d3YuiPM9KjXVZF3lskY1cK5XLaGNjY/N1xTpkpiq7FkGk&#10;Uj0RIXJ/cVH72rDWNda6wfp3ReSYwi8MKtcR0dLZ2NjYfPOwBZEvRBWCSCWhICyIRHIlQcT0EDE+&#10;pQMvFZkRVNTAEDpuliByfZgCiBy7pwL+ChjnxjgXhiAieFV5pSyGyKOGAYXWyzoRRgr9EJtUSNMh&#10;M7nvveb0nL+elWfTiM3zcrBI51BxkMOlcLAU9hYGWHIuiwExsTxUrx0N+41n25kkCpQYIvuU82sP&#10;l7kV3GxBRPYRHiZjULHhJ+Kh4aHk9RrDaoTImArmrDRmWusxWLc3t7E+NMuP2RwmExJEgn6NoPzA&#10;NB2CMnW0FoonEp4mOLIs1plyTMxlsj9D3KkoiOjiCVZJDLEbvTY2Nt8sbpQgIqi6QabxFXFb0wnK&#10;c/gWCiKR9Zu1LjLXV1VvGZiCiNR/UmeFPXbtusHGxsamIpHtenPYjC2IXBdmpRMi1CGKpIIQYemw&#10;qGl8K2C8iVAdqlBARukA6fIWWIkjRjrD28KM+WF+N/Zjzb/8jXQFV3prx0lXASCtZb82zBgqYYFI&#10;BJIKYpEpQJSfi5AIojCOx3qejPNhTJ0r8UMSizWmbT7MOx0G8nbnIVTvNISaAyZQa+Akag+cpD7f&#10;7zOWNzsOoE6v4YxetonEfAdFXh1XKF859hs3dMHmSlgFkRv5UDEfWJFihoGOz+vH7fZSWuqgqKiE&#10;4uJSSopL8Mn0itK4VW/75DfgRQsYAoOIkSI0arqIKCI8aPjFq6PcmyN0r8t9LA9MeViKKOOTPL0E&#10;VKwQQ2hTQqZXR3e5wesg6CnDW1bM5UuXcbk86D5DFAlKsFfNh1fz4PGLd5kh5hjlkXV+/D4PLmcp&#10;TmcJZY5ScvMLKC1z4/HoaBExg4zym43cSCpfFxsbG5uvI1IHSN1wNUFEzCqIWIUFs2HscjgpKigg&#10;LzuHsqJi/C43gVA9EBCPU/FI9PnxmvGsQi+z/D55HhvtNuX5K8tC+1CBvn1Sf2j4vUZ9JDHb/H4P&#10;uuZVMxmKuC71SUC2k7pO2kxeH0lJiRSXOVR7xhREJD9j9kM5B9KWC7epVHw3GRathkYH8Mj+fLJ/&#10;aQtJeb1ooXrRqBtDba9Q21PEFKlLyoUUn+HFXB7rrorrYGNjY/NVxPqy0xZEbjhGRWKIEybhjnkk&#10;ldNWjENgduIre2qE3k5HpIkWv6AqIcDqDhptu+vBWp6KIkRYlDE9WIwOZxj1VkZV2uI9AmUa5Png&#10;conG9rNpzN56hCEL19N/zmoGzl3D4PlrmbZxH5tPxBOfV0KRDMfRgyqmifnG3oq1zDY3DlMQEeFC&#10;7EY+VMwHVmVBxPAOETFkw4ZNdO/ekz59+rFm1Wpys3OUh4a6B70+AgGZ3cmhvEe8HmkwBtUMTjL7&#10;kQy7CQaC6KIQq7eEIlh4CYgnhzQO3W68Hjd+r5uA5iPg90oAIHQRXWSaJV8QvaSYE7tWUZR6ktyM&#10;RFbHrCW/0IEu+1BDZ7wEgz48mguXEkTCw32UV4j8pj0ODh/azdkzcazfuJa+A4Yyeeo8Jk2aTVJK&#10;Dn4JihzyGgsLIpWvhY2Njc3XFbPxeqMFEVkXd/QowwYPoUObtsycOJmsS8nqma8EAfH8E6HC4zEE&#10;ERFKvC7l0ef1SN5+vG6dgE8C5ht1j8frwetxEvRL3RHE55Gg+RKIX/JzEQyI96Mbh9Oh6pWAq5Sz&#10;J09w/txFXA4HmzZt4MKlFPSgPPfF+8OLJmkVRpvK7ZEXUQEDPYg3AJcy89i0IxaHU0QXKbfUZTJ8&#10;2IPm8xDQDaFe1U2hetQIiG/UVzJU26hnguheP0GpQyXwfxTvGhsbG5uvAmb9YX6P/NsWRG4SVQkU&#10;ViK3L78wUlmH3DavV6SoSiypCqsQcjMEkYp5RnqpmG/sDUQgMdKIiGEIIqoilmCxEntEPEZ8QUr9&#10;QYq9MgVxgCK3QYlMyRsw4o9IkFV/QCpzX8Qb/Ojn2+bG8mUKIuKJcflyCh07dmbgwMFcvHCRlMuX&#10;WbZkCWvXrCE9NZXYfXsZP2k88xcsYvGSNSRnFrI99ggz5y5ixoy57Ny2A0dxMWnJl1k4fwGzZswm&#10;OfEShXl5bIhZw/Qpk1i1Yhkb162lMD+XrPR0FsxbxPw5S4nbd5T4uEO88/RdTBjcjstJZ4jZuJmM&#10;3BJOnzjDxFGjWLlkAWfPHCO/OI+Fy5Yxf8Eypkyexf59h3C73Ore97gcLFsyl+3b1jFl2mRmzFnI&#10;iVMJLFkSw/BRk8nOc6jROBU9RCpfCxsbG5uvK5GCiBIIJEr9VaxqQSTSs86H2+WitLiEZUuWUqdm&#10;LQ7vjaU4O4eDu3exZNEiTp88Q0byZaZPm8bs2bNZvmwJ504e5fTxOGbPmc+UaXOZN28JOek5OIpL&#10;Wb18BQvnz+fQ/r2UFeaxe3css2bNY8nipaxctZJLCecozs9k5YolzJ03l41rY7hw4ihNGjakbt36&#10;nD55kq3bNnEuMZn0nAKWLlnG9OnT2L1nF8UlJRw4cIR58xYzadJUFi1cojwkxSNEhP4xU2fzzEvV&#10;iVm7gS0bN5GenIrP6yb50kW2bFpP7J69xKyKYcnCJSxftpKSEgd5eQWsXLWGqdNmsnbtJpxOtwr+&#10;Ly+qbEHExsbm64AtiHwJXK8gUlW66xUprlUQMYb2XMf2n4OKZQ97zZieM+ZwoEiRJOxVY8ZeMPDr&#10;/tDsOYLxFsREXEklrooMIRJXUnFvDVZxrqOdb5sbw80WRKoeMhOKG+I1xk1PmzZDNQzdThfH447x&#10;7NNPs3XTZnbu2EHjJk05EnecRUuW8/gzL7HvRALNO/aiR/8hbNuxl7dfr86Jgwfp1bETI4eNZPf2&#10;vWxcvZ5Fs2bSvFFdzp48zsB+fWn4ST0unDtD86ZNWbN6Ewf2n2TYgOGc3rud1jWfYNPyMZw7f5jh&#10;E6cSs3UfPbr24uSRQ6xYPIeePTqyY88OXnnjbWLWbmHrlj00adyaS0kp6r53O8tYsngumzetZs68&#10;WezYvR+XO0hubhmDh41jV+wRJYj41XTctiBiY2PzzcYURK7WkK1aEAm3P2QIsAxDCQZ04o4coV+v&#10;3pTk5uEuLKJdq5b079Ob+Ivn6drhUxYtnM/+/fv54J03mTN5JLOnj+ejj+ux/+gp2rbtzMrFK9m1&#10;cQv9u3Zn//YdrFgwn/07tlKnTn227djDnj2xvPjcc+zesoGFM6cwoHcP0pKTGTdyBDFLF9KhTRv6&#10;9hnA5aRE5s6bybY9BxgwZDQzZ84mdt8eatetxaYt2+jffwQ9uw3g9Ilz1K1Vh21bthMIykukIPNW&#10;r+fdWvU5cPAIo4aPYP7suZQWFzJ86AAliDRv2oKhg0aQcDGRDh07MWPWHObMX0jXnr05dOQYffsP&#10;ZuWqtUasO9tDxMbG5muCLYjccmSsphljoLKnwpU66FZBxMSa1lxvpisfhhLiqkKHZftK628o4cZH&#10;ZAwVUxgxPUbCgogENTNEEfH2CGgSt0E8PwzvD2OdgYojoYbiGA0bEVCUmFLF+apcLpsbxZcqiITG&#10;O0+ePJUFCxbjEkHkaByDBw4iJyubBfMXMHLUGJxuPxnZeXTvP5wdcfH0GD6Z2KOnKC7z0L1jF47u&#10;2kXsli289OyLTB03g5T4ZIb178vurevVcJr48+cZOWwYK5cvp1PHjhQWluF2BynOLcadlcrIzh+T&#10;dGo9KamnGDRhGn1GTWfyhKl4ykooyMlg1KihzJ43m9aftScvr5TCQie9eg1k+/bdany6x+Vk6eL5&#10;bN4Uw4IFc9m1Zz8eT1BtO2zEeLZs22MEWlbuzLYgYmNj883m8wsi8vyU56gggogMO/EYgsjhI/Tu&#10;0YOSvHzK8vMZPnAAx+MOcfnyRdq0bkRuThYOh4MFc2eybukMVi+dxbS5c3B4NVasiGHcyLGknU/g&#10;uYceZWiffhw/cJB506cxdeoMylwe8vMLleCyeuki+nbtSNyBfWpIi6O4iNK8LIYPHsLqlWsoKixg&#10;0qSxLFu9gU/b9SQ9LQuHs5SNWzYxftJ0Bg0ay+5tBwn4AqxcsoKJYycizjLiVbv10HE+69KL4uIy&#10;Lp49x8jBQ9mxbSv9+/UkMz2FQf0HcyLujGpvHTp8hJbt2lP93ff4zR//xDvvf8iD/36UTz/roAQR&#10;FUPE61PYgoiNjc1XGVsQueXICTZEEUMYqdw5twoakeLH9VC+T4uocVVB5JYS6Z5qih9VUx5vpTzQ&#10;bFgQkaCUZvBZE8PTxMzXDA4WCo4Z7VzZ3HBupiAieUYTRMJv+XQmTZzC/PkLcTqcxB05yohhw8nN&#10;yWXt2rV06NCJvIJSDsedpMbHTdi8/wy9h09hf9wZiks99OjUhb0bN3IiNpZdW3Yyc/JsxgwdRf8e&#10;3Zg5ZRz5ubls2bSJDu3bK4+T1q0/5fyFBLKyCjm87wgFacn0avMxx/avIjn5NIPHjGfynGUMGzKM&#10;/LwcTp84Sp/ePVgds4bGTVuQnV1Ibk4xPbr3ZdOmbUoQcZaVsnD+bDZtXMOcObNYE7Oe/Pxitm3b&#10;zcBBI0hOzcLtlgB+oUa8LYjY2Nh8g7lhgohqs3lVDCkRRHp07UpRbh6OoiIG9e3D2TMnycpKpUXT&#10;Bpw4cYyUlGQG9evJ4lljmTtjHDPmzcXl14iJWc/o4aNIOH2O2K3bWbt8BZ81b8GoIUPo2LELiZdS&#10;SExIon6duqxZtoQhfXuzZvkyCgsKOHb4EBdOHWP44MHMmTWXjPRUxo4dybJVaxk4dAyHDsWRnpHG&#10;sFEjmbNgGWNGT2fvjsNo7gBLFixmxLARapixyxtgz+HjNG3djoKCYsoKixk/ajSvvfYaa9Ysp6gg&#10;h25durNh7WYK8guYM2cOnbr3YOjIkfTuN5CDh48xf8FSDh48ii5xRcygrCq2iC2I2NjYfHWxBZEv&#10;GemMW8WQaIKINe03Bes5Ms6HERVdAlIaEdJl20hXV/st+e3CzRREpBErVCWIKFSjVmf+/EUsW7YC&#10;l8vNyZMnWbBgAaWlpaSlpdG9R086du5G9979adK6E4dPXmbqnJWcOpdEUYmTSWPHsX/bFmIWLaZL&#10;h6706taTFYuWcPTAPj5r1YR+ffvSuXNnBg0aRGJiIhs3bqRLt6507tKL8eMmk5OVzuQJg/m0eS2O&#10;Hd3HsuUrOXM2ngXz5tPms1b06tmVuXNmce78eXr06qu8S0pL3cycOZcTx08TCAQpKS5i04YYjhyK&#10;VePU69drQN++AxkxYgzHjp/G45UZcYyZcazn38bGxuabhtQLn08QsbYjjPzEuzT+wgWmTp5MaWER&#10;7jIHM6dNJelSgpr5a8nC+bRo2Zy+/fvSo2tH1q+Yx44tMWzYugWPpnPg4GFi1qxVgny3jp0Y0m8A&#10;I4cM4+yJk/Tt058uXXswaMAgWjRrxuHYWE4dPUqPzp3p07MXQ/oP4NyJY8Tu3EmN9z5g+9bNrFy5&#10;jLMXLrJ52y7atO1Atx7d6Na7F+fiL7N48RpOxZ0nqAfZvmUbCxcsUkMqvb4g6Wm5tPqsPUuXrsDv&#10;9rBy6VKeefY58vIyKCrIpnuX7jRv0pIhgwbRtUtnjsbFcez4cbr16E2fvgPp1r03Z06fR05peOYc&#10;cyp4o/61XgsbGxub252qBBFz2dXqkdvBvvKCiGD1VjDFj3JPjtvGm+PLo6IoIp41phgimOfM2pCx&#10;K+bbgS9bEJFhMzLbjEy7K7O3SDmKioqMRrDbQ0lJKWfOXiDpcjqZMlzFoZNd4MbplKkQAxTnFuAr&#10;K8PrcHI5MZmUSymUlRTjLCshPTWFs2fOkZaWQWFBsYpZ4nJ7uHQ5mYSEyxQVlqihXI6SHJLiT+J0&#10;lFBUXIbT5acgv5CEhARSU1OUOON0OikuLlH3rsQ9KSkRYcShyqz5PThKC3GUFimPlMtJSZw9c5b0&#10;9Cy1rSGEmG80K18DGxsbm28S1y+IeCM8RCoKIqr9IfHI3B4K8wvU9LcS4N5RWoLb41RxRiTOU9Kl&#10;RC7GXyArIwVXcS6lhbkUSkBTn0Z+fj7FRUVqJpqsjAzSklPJy85TXhalRaUkxieRmpxKYV4+zrIy&#10;3A4nuVnZJFy4SE5GBj5XGa6SElKSLlOYn0dJSQlev0aZ00XS5WTiExMpKCqmzOmloMCBy+HD79HU&#10;dMHFRSXGTDF+KCv1kpGRR3ZWDprHw6zp05gyZSo+n4u8nAyGDx3Gru27SYxPJCszUw0Bkjro8uU0&#10;zp1LICMjB49b6lojXlX5MOdQHWxjY2PzVcQWRG5jbmZg068iYVEkUhCJnHXHFkRuR0xBRBqoN9pE&#10;3JB8zf3IZ1WCiNfjx+8zY9IY20pan0IawbK9BOM1ZjCSeBy6T6LoBwj6dPDp6lNmOpI8lXCpiUu2&#10;eCeZYkRoneQVCCjPDjVlrwrm6yao7lfZfwCfBKRT21uHt4TvYRE5jDgoUnaZEtGF5nOrhriM3TaG&#10;klUcGmQ24G1sbGy+ybjd7msURFAiiMcjjV/rcEtj+l4llFSBPNslxohP6gK/xBoJfZehvH4PQdU+&#10;MeoFc8hv+MWX/G3GRpP1hrdF+dDg0DBhmaZXgsEHJT+ZBl4qqYDUMxIfTcMl4kxA6i5jmVEXheJJ&#10;eaXukPKHRHOfIYrIDDEy7burzMGkCeM5evgIfp+bnOx0Jk+cRFLCZVUWFXNNN4Yaywx/Pp+JOaRI&#10;1gXU9LwqyH0V18HGxsbmq4AtiHzJWD1DrF4ipndI+d/fNCxikHFujOEyYYx10jhQQVRD2ILI7cGX&#10;LYj4JbCqT5c2pIrHIW/6TE+ScNwZedslDTz5FFdgaTAGCYYEEfkUccRo3IYafhJsT40vNxqhhlBi&#10;iBjy5s4n20ijWTxjfF7VmDUEEWP7cF7W+9QqcIjwIWKKTMHriRg6ZhUATSpfAxsbG5tvEtcniASi&#10;CCLh56l6ISPPcBGjlUgdapdpPnxKGDfiw8nf8mkI4RoBqXuEyOHQql0TKYhERwkiIoSE6hBTEDHK&#10;Km0dH5oSLUIegkpIl3ovECpnhCAiQonUbz5DEPG63XjdLvweo/wuVyllJaW4HJ7QbH4yQ5/5IsEQ&#10;QsJDM01BxMD2ELGxsfkqYwsiNwTzLe+1UDGtVQSxErmNNe21pA+ntZbjSlTez5dF1d4xoYZHOebs&#10;OZqaUcbkdjuWbypfliCiRAoRMbzyaTTgymcaCmHMOmQ2fE1BRN6iBZUgIiKIgXyX5RGCSOjeM/4W&#10;jw8JMmd4dnhk2IsSYqQB7ZPpcAjKW8Xye9poJBtpzXs1kvA6ua+NQMyecgHQnIq6shhizavy9bCx&#10;sbH5unN9gkikh4g5DCQcg8qY5c4M7C6eFiEPvtAsdvKMDgeAN4SPgN9nqA8+jaBMT+uTZcY2piBi&#10;DjcJYwrrYQzPEfEUMdIrkUQ3BRFDBBEPDeMFgCGIKO8QqV9CdZAhiEh9YAr+Rl1l1CUi3hiih67L&#10;9sZ09UaekfVJWAxR+zbLZwonUQLWW6lc11WNeS4rEloXmgo57GVjXBv522gHVq77KudllsfGxsbG&#10;FkRuENYOSTQqP6SNtwuGm2WY8EW5EvIwjww2Gp0rdZ6sVFFGG5svwM0WRARzP8Y+jcabEkCUl0dQ&#10;vVUzG25mo9Kk4m8jPPRF0obBEDzKh6iEfieyT6/PaFT7ZLrnAE6XD7cvoEQRaVwab/fkd2i6VBsN&#10;OWMIjvX3J41N8+2jIfB5Qw3uCgJgFekqY/+WbWxsvplcuyASDqoq6eS5a3h1GMK4ErtliEl5ANEg&#10;Xm8Qrz+IRzOQZ7Q8c8PDXAyPDvEMDEUzBa/UAcZz2RDF5flsfWaHRfmKGOnKRZOQF0v5Z7l4YtZr&#10;4SE4hohQ1f7M4UAisofqPc0Y5mnmGxZ8QpTXK3KcQQKaIC8WpO6TZYZnTJjIWG/y97W3RQ2xw9qO&#10;NUQfXZeZ5WSGQanbg+A3PDklb7eIW1EEkcpt48r3jY2NjY0tiHxuKj/Mq6byQ9oWRGy+7tx6QUQw&#10;7mPxzgjKkBWvi6DXrbw0IgWRQLnHh4HxFs1oYJYLISEkwKp6+1b+Owm5SXt9ZOYUkJmRRWlRMRs3&#10;b+dg3Cm8aly1jP8W12nDw8OnCdIA1SAksqj9RTRwlSAScRzmG0j1d/mzwfq7rQr7t2xjY/PN5IsK&#10;IiIoGN6C0uEPGKj6IohX4m94A3h0cCtBxHh+m94KIoggHiJS57jd5GVkEbs3lvSsbDy6hkfz4xWP&#10;Ct0cqmk+s0WUMIZsCsYQF2Mb61Aes64yMbxYjDJKWU1BRMT18HkxxIxwOh8ej5u01Ayys/LxeP2G&#10;Z6N4oJQLIeHvZr2ivCtCQ0gNocNNQJNhNhI7JbLtKdMVG5+RgkjksVhFHVPwMeKWWNu5ZiwWD8WF&#10;eeRk5aJ5Ra2CYOh4ZUYfWxCxsbH5ItiCyOfG2hGJRuWHtC2I2HzdudmCiHXIjKDrMk2il6DfScrZ&#10;Y8yfMIxpI/sxbfxoFs1fRH5OvmpIhT1EDBdkhdcIwkrAiCMiYkhQ4qp6dHxqels/PhE3/A78foea&#10;aaB5q7a0atmaA7Gx/PWvf+PdD+tS6nITDBjB8FANPBnrbfze5Xep4pKEIvUbMUyMxqEmjVG/hleO&#10;JzT+u/x82oKIjY2NzVW5XkFEBdkO1SHm8Auj8+8jKCK218mlhHimTJpGl64DmDZzKQnJmfhltrPQ&#10;M1d5TOgB5ZEogVDxeyjMSOaDd9/hoceeZv3W7RSUleDyuQkQVHGtdD2ILsKK26sEd/luBj+VAKZe&#10;r47b7SuvI4x6yviUskfWH0oQEa8J3UAFOo2oPyTOh6SRGXWM4TB+HI5SBg0awuOPP0d6eoGM8MEf&#10;0PH6vfh0QxDx60H1qcQLiaklThle0yPFja6VoWtOgrpXjUEK6lIOWecnqEs9a8wwJ+skj3B9Z/wt&#10;x1de/5noUoZQucXDJnScuuTtczNu1HCeffYFLqWmq/K5HW6CkrcexOlyV5h9Tq5rQGKhKI9Oo/61&#10;BREbG5to2ILI58aoDCMVbmOZ1f3R7KSY4yONsaSmCBJG8jSVfBNzX+FlKg81ljM8ttV8Q6E6eiEX&#10;QpPKHSazjCbX0Ikqj+kR+ZYhfFxRZ8WJmDHHnkr4m8WXIYiI+CCN2IDPyfYVC7nrZ//N8w/8mUcf&#10;uJvf/ea3tG/TjoLcfDSPTJ3oJD0ji+zsXJwOl/qteN1+8vOKKSl2UpRfQnZGLm6nPBylwaXjdBaT&#10;n5+qSEu+zBtv1+CJp57l7OnTbNi0la079+NyuykpzqOsMI+SghKyMnPIys7G5/cSCIjniEZxYRGZ&#10;GZkUFRZTVFRCfn4xpU63ehsnDb9KY51tQcTGxsbmqnwRQST83BUhQgJZOyjKS+f1l57n3r/fy1//&#10;cjc//emvqPlxAzJz83C5vZSWlJGfk0dhbj7O0jJKCwpxFeRwfP8O/vdnP+Pjes24EH8Jj9eDw1FC&#10;bk4WuTn5uFxuAkFDGHG7vBQXl5GdXUBRYamqD9LSMlWZZAr2vLxCo63m09U08vK3TLsuz3qHw0V2&#10;Zo4qg6O4lKL8IjwuL26Xm6KiYgoLi8jNz8PpcinBXZZlZqSTlpbMp61ac889/yAltQCPtFUDGl7N&#10;S5nLSWZ2nqLM6VH7Kit1kpst0wcbAozHVUp+3mX83iJ1nkqLi1SdWphXhMfpwONyUFJUqOq64sJi&#10;9bLB5fSQlZlNfl6+Om9S13ncXspKyiguLKGwsJjs/HzyiorUsQVkyKnHp85BZmY2pXk5tGnamN/8&#10;/k+cTkjE4ZNyOcjLzCU7I1sdmz8UOL2oqEgde15OLo6S0lD72BZEbGxsomMLIp+LkEt7uRgCHk3c&#10;KI1Pb7nbowTukk/TPdAUUELjSZUSbwaECgsVxlzvYbGiouhiuvAb2wXUVGoS/FEqqtD0aKF9ml4i&#10;PjXm1SifWUafcs+MEETE3VAon9rTRMQMU7SRCtM8VskzUO6q6FXuoGFhRFR+cQ8V5I2DfMrx2qLI&#10;N4NbJ4gYQ2cECT4aDGoEPA62LJ7Lw3/8HWd2bqY4M5V2bT7jX//8J/t37+bs8ZPUrVOXP/3lr7z4&#10;4stMHDuO0vxCTh07ydtvv8+HH9Xjpedf5pUXX2HMyPGUFDtwljnYujGGGu+9xpOP/ZO6H9Xknw8/&#10;zfMvvsq5kydo1eozevQeRHLyJbp1bEudGh/w/psf8eRjL1GrVn3OnDmNy1nMsUOxvFm9Os88/Qzv&#10;vvU2dWrV4aNa9Th5Pl65YBuR+42x2ab7cDiGiFWQrApbELGxsflm8kUEEROpR2QoiN9bQtzBXfzp&#10;N//HqGHDycspY+XKrTT/tD2XU9NUx75n1668/PzzvPXKK3zatCk13v+AMUMH0KJBLapVq8YD/3yK&#10;6dPmcCk+nrbNGvHMI//i8YcfoUu3XlxOzcLp9HLk4FHef78mjz/5AnXrN+e9D2pT/Y032LVzB736&#10;DaZNh+5k5eTjcJQxYeIkXnnlDRISksjKyqZz52489cTTvPvmWzSqX5+3Xn+T3Tv3cuHsOd59610+&#10;rteIWh834sTpeA7HnaZmzdq88MyT1K7xLi8/+wJ//vPdJF7OwykeKT4vDlcZw4aP4PHHn+GRx56h&#10;9aftuHw5mbWr1/Humx9x6PBpJW5s27KO557+J3u2r+T0iYM0a96KevWb8fab77N+zUrGjRxOzRof&#10;0qhBY8aNmcDF80l069ydxx95lKeeeILOHbuQkZlLYUEJndt15KMPPuKDGjV58tlnqdOgIUfjTuIu&#10;cRAXe4APPqzNI488Rs03q/PSE4/z9/sf5ERCMun5xfTvP4jnnnyah/7xT1o2b0V8opyXdJq1aEnt&#10;Wp9Qr25DFi1YVMmD2nrf2NjY2HyjBZFr91wIT6tW7hUh7vYhbxCXWycpv5SzOcVczC3hcnYBZS4R&#10;BZTHnxIk1JhM8exQUcB1ValIerf6DKoYXLKtsb2BhBzwK/fC0NhScaX0BfFI1G9xZxRVX9wsxcXf&#10;q6ugX24Zwir5aGq+URXgMd/hI9sTpEAPsjkunklL1lMqk2D4A3h9Om4ZQypqvTkmVgsY7pfiqugT&#10;YcOLR/cowcPlC5KQlc+eM+dJc7go0QO49CDeQABnMIArILNtaDhFKAkGcWgaLiWaGKJIpMdIlV4l&#10;Nl8LbokgIiKdTz6NwKVKEBEvEXcZWxfO5rHf/po9a5Zx4tA+3n6zOo8/8jDbN26gzvsfKHFkwZIl&#10;NGrchMf+9RCr5s7n8O69fP8/fsRjTzxD185deOzhR/jJj3/Klk07SDp/gT/f+UcefehBPm3Rgtof&#10;1uR7P/gRz7/wCmfjjvLAfffRoFELsjJTeOHZp/nzH+6iWYPP+LRlZ371y9/StUtH4g7H8soLz/CH&#10;P95F40ZNaVC7Dv/z//6bv9/7T/afPItLuSnLGHPD2yUshFwLVq8yGxsbm28W1yqIBALS1jG2l09D&#10;fA4L0GpmL28pyfGnePCev/CHX/2K4UPGEnfkHMlpORSVOpg4YQK/+dUvqfVRDTq0bslzTzzGL37z&#10;ayaNG8GCWZP40X//D8+/W4+du/fTte1n/OPPdzKoc3t6devA3+++l74Dh3Ps2GleffFVJUw0ad6e&#10;N2s046f/93ueeuJRdu3cTp2WXbj38ZfILszF4cqnTbs2/P2e+9l34BB9+vXjl7/6NTVqfET7tm34&#10;65138q1q1di4bjNJp87w/370/3HnXffSsfsoYo+k8sA/H+fuu++nXatmNKjxPr/40U+5866/E385&#10;RwkiXr+P1LQUfvbTn/HGa2/RvWc/Xn71DVatXM2sKTP50X/+iG07DqiYIzGrl/Cd79zBro2LuHA2&#10;jp/97Lf87+/voVHjZpyKO0y3ju358f/8mBeef4nNG3bQsX0X/vbXv9GtSxfGjBrJX//8F7p07U3i&#10;hSReee4F/vT7P9C4cTOaNWvGr379G9p26MrJo8d59fmX+NOdf6F585Y0qF2L3/7vz3nwkSc4ej6D&#10;4ePmcvc9/6B5o0ZMHT+av/z5bho3/oyE+PO89vob/Pznv+edt2pz+sQZNWwmHPS18n1jY2NjYwsi&#10;1ySImITf0IoYYQgisGf/SZr2HMXTzXvwbPNu1G7Xkx1HTlAsYoNm4BVhQw/icPiUoOEMrSvzBXH4&#10;A0o0EGHBIRGzA0HcAfAEwKUFcahtDS8PCeillolHiR5ysZf8PSI6gFMLUiqCiwQDC0JGvoOxC9ez&#10;+kgSFx2w5HAiXSctJNMDTtmHpivXw1JvQO3TK/v2B3D6dcrEJdOrKVHDiKgexOmFWcvX0aLvEM5k&#10;F1EchBLZp6ZRoAcoVvsPUKQFKNV1Cn0+XLpOmdeLy+fD4zeGB9mCyNebWyeIuCsJIgFnCVsWzORv&#10;//Ujnv3n/Tx43908+vCDLF88nwM7t/OjH/6Ql55/gdETJ9CxQyfu/ctfaFjzIw7v3sP//O+vmbNo&#10;lbSY2b1tK9/93vcYPW4yu3Zs54G//5lVSxehez0UZGZzzz8e55nnXua8KYg0bkZmSjzPPfkYLes3&#10;Ii+nmMLcIv5x/33Urf0+i+bO5J9//yv9Bo2guNRBfmYGn9SszS//8FcOnLmISwW1k3NniDxatN+H&#10;iCWRXJdwYmNjY/P15IsJIhGedhJ/wudGdxdz8cQRurVrx2P/foI//u4vdOrSk337D/Hov/7F26++&#10;TNqli/hKcpk3cwr/9Yufs3rlYpLOn+Qnv/g1A8ZO49TJ0zx19195+p6/Mn1Efwb26c4D/3yIdz/8&#10;mPHjJvLd736XIcPGkluik5Dt4onnXuPZpx5j/97t1GjUlr8/9jI5RfmUluXSsXNH7r3/X6zfuJlH&#10;H3+Mfz74LzWkxOMsY9aUSfzoP/+TrZt3knTmHHf/+R6GjJhGan6ArbHx/OCH/8OIYRPwlxbgyEyi&#10;5lvvcOddf+PCpWwcXh2X10N2Tib33HuPqtfadO7D2KmzSLiUzMxps/jRf/yILSKI+DRiVi/lu9+5&#10;g9gNi0g8d4Jf3PMYn/YaRXFeAa6ifDp91poH7v8HJ4+dI/5cCk889jQPPfhvhg4cwOjhw7j37nt4&#10;4813iDt4kBqvv0a9Dz8kKyeXvLxcnnzmBT6o1YBF8xby+//7Df0HjsTpcFOYmkL9d97lzr8/QOzx&#10;ZO75x9P8+c6/M6h3f8aNGMW//vlv7r//YQ4fjOWlV9/khRc/4sK5bNwOiR8SORtO5fvGxsbG5hst&#10;iCghRIscOxoxbr9KIgSR0FAXGUKSnudmcexFnu88iqfa9GPZvjiOJWcwa0ssE5auZ97qjZy8kEB6&#10;Vh7TZi9h2OS5zF23k9lrtxN3OYeNh84wavYyFm7YS7/xc1iz+xjpTo10FyzfeYxuo2Yye802Uovc&#10;5Ptg56lEuo6YzKxl61i6ZhMbt++h0KORUuhi5upt9BkznZWbdpBW6GLlnhPc9Uodnm3Zn/lHUph5&#10;JIX2M1aR6IWLBWVMXr6O7qMmMWvNZpIKXVwq9jBhSQwTlq5j0KwlDJ2zlKOXMymVKed84PTAxIWr&#10;qdWxD/tSC0ly+Jm5civdR0xhcsxWTuWUkK3DxUIHU1eto+/4icxdvZop8+Zx4VKScsu0BZGvP1+a&#10;IKL7CLhK2LRgJv/4xc+ZOXYU2zavJ/78aXzOEk4fOcj3v/99PnrvfTZs2MCSRUsYO3w4W1ev4sj+&#10;g/zy939j3ZZ9EAxw9MBevve97zFs9HjWrF7Fg/f9nXWrlxPw+yjJL+CRJ17m2WdeKhdE6jVqRnZK&#10;Ii89+ShdWrcmN0/GdedQ/ZXHaVz/Q2ZMmMBD99xLv0EjKXN5KMzJpvHH9fnVn/7OgbPxSgjVAhJk&#10;zqcCuNpCh42Njc21YwoiYldqzJpDZqoWRIxhyQFpqzgKSTl/mtSEBHLSc2jcsBkPPfIEc+bO57UX&#10;X+SdV18mJ/0y/rJ81qxczA9+9mOWLV9IwvmT/OyXv6H/8AmciDvGE3/6Le8+/iDrl81l5cplDBs7&#10;g3mLV7Fk/iIliIwZN4ViD6QW+Xn8udd4+okn2Ld7C7UateLefz9Ldl4BJaWFNGvenMcef0bFrHry&#10;6ad48MF/qzgiEsB05qTx/McP/4ON67eScOY89/ztfmYvjKHEB9v2nuIHP/wvJoyfqYK+luamUr9O&#10;Te76swgi6Ti8fjx+P/kFBayJWcuseQt4r04D/t///o5Vazcye8ZcJYis3bSLMqeXpYvmKQ+R2HWL&#10;STp3iu/99h7GzFmhZtfxlhTQtV0bHn3kMbLS88lKy+fhfz2ihgqtXLKERXPnM2HMJMaMn8iFM6f5&#10;8PVXaVqvLsWlZTgcDt5+7yOqv1ub2dNn86ff/IHhIyaouCVluTk0+vBD/vSX+9h/7BL33Pc4f//r&#10;fcyftYD1MZuZMG46w4eM4eyJ4zzx7Kt8WOdTcnPd+Dwamtf2ELGxsbky32xBJETkzC3XLogYcTXE&#10;86NEg4u+APXGLqX2wEmklLnJdHppOnw2P33kdRp17sO6bTtVx+r5N2vSqNtgnqrbnAferM2CvSeY&#10;timWXz/8IrU69Kd6kw48+u4nrDxwga3nc7m3ej1ajZzNO626MXXNNraeusTT9VvzVuuu1GnXncde&#10;rk6zDl25WFBKq0FjqN6sI3Xa9eKFD+owYcka5u44wv8+/T5PfTqQWcfT6bIylnvrtedoCbQYPI4n&#10;PmpI074jeOqjhvSfuYTtCRk82/BT7n+7Lp/0Hc2jdZpTo0t/kgo8uHzg8MCERaup3X0wy05cosPE&#10;hTz5TkPqdx3Ks0070nT0NE6X+WnUfxR3PvcqzfsO4I2P6/Lv557h4PE4VelKfBFbEPl682UIIoII&#10;Irq7hA0LZ/LQH3/PubhDKiK+z11GwOsiNzWZ+/7yFx7+57/Yu2MnE8aO55knnmDZvDkc3n+QX/zm&#10;b8RsjCVIUMX7EA+RCZOmknDhAv/vv/6LF555ipiVKxg6aAjf+ta3eeHZV7gQEkTqN/mUvPRUXnnq&#10;Cbp/1kYFs3OVZPHKsw/y8YdvE7tlO88+9hh33vVXpkybxZSxY/nfn/6Uux94mAOnL1QQRK48ZMZc&#10;d6VtbGxsbL5ZuFyu6xZEpK4KD5kxBZEAmsdL0pkTvPXKCzSuW5e1K9dS/+MG/Puhx1i/fiMjBg/m&#10;5z/9CX17dCFm6TxeeP4pvvfj/8fCJXM5dyaOX/z69wwePZ3kpGSa1P6QO3/7K2IWz2XWnDk8+mx1&#10;ho2awOm4Yzz9r3/x8MOPM3vRSroOmsD//PT/eOzhx9i/Zxude/bjl7/+PePGTmbRosVqNrN//ftR&#10;9u47SMPGjfnJT35K//4DWbFkAc88/ijfueMONm/cwenjJ7nrzr8xe8EqSuTl16Us/vCHO/nnPx5m&#10;/tzZDOjfk9/85tfcedefib+UilOGTft1zp67wCOPPsqw4cOYNnsBP//l7+jVZzBbN2zj//vR/0et&#10;eo1ZumwVb7/+GnfccQfbVy4g8dwZfvT7+xg7dxk+jwO3EkTa8shDj5KTWYCjxE3Lpi34y113Mn3S&#10;RGJWrOaFZ1+ma4++JF2I54NXX6NBzVqUlLnwuD28Vv0d3nq/Dvt27+OpR5/gH/98hKVLVjJ32mR+&#10;8dOf8u+HnuTEmVS69xjKn++8m7Ejx7JmzUZeevF1OnzakfizZ3n4yZd5r3YrCgolFoyuhn7bgoiN&#10;jc2VsAWRzy2IhGZR8QcpC8ApV4CmE5bRqP948sucZJe4aD85hofqduBMTimHT5+nXpPmLN+2nyQv&#10;rL+QziuturLseALj1u/hgXfqcTjbwekiN9Wbd2LEos3sTXHyl/ca0GbyCiZvOcz+tEI6T5jNEw3b&#10;caDAS6LHR5v+w2jZtQ+7E1J4vG5Tlh0+x2VvkP0JaRxOzeRAWh41eo6kT8x+9rmh/dId/LlmS7Yk&#10;F/Fumx4sPnCay3qQeXuPUb11F6btPMQjH7dgwOL1nPfCwsMXuOvt2uxLzMHhB4dXBJFVfNhtAGO2&#10;HuLhuq1ZeTieJB9M23uCJ1t0Yu6BMzxcqylTt+4jKxBk0/ETPPb6Kxw6cdwItKoEkXDQ1mvzzrH5&#10;KvFlCiKau4y1i+bw8j/vI+HMCSWIyOwzMpeu7nZw4eRJHnrwX/zwBz/g5z/9Ge0++4zSgjz27t7L&#10;z395J+s27lENpyMH9vBfP/oPZs+ai9/pYvaUyfzpd7/lBz/4AX/769+5575/U/2VNzm2bx/33H03&#10;jZq3Jzs5nTdfeJHeHbuQl1+AoyiXeh+9w3tvvEra+XgSjh3jx//9U+Wl8uDf7+X5J57m17//MwdF&#10;EJFGekCG48mxyFvLyudVYQ+ZsbGxsanEtQsiMtS4KkHECESvppn1a3hKCpg3fTLf+8531HP/f3/+&#10;CyZMmqZmB8tNz+Dt117j+9//Hj/4wfd58slHuOO/fsSCRfM4czqOn/z8VwwcNgW3y0/qpSReffZp&#10;VedIPu98+AnJaVn4HQ7idu/mT3/8I9//wQ+496Gn+cNdd/PoI0+QePEsZ84l8OQTz/P97/+A//zP&#10;/+L++/+p4macu5DA+YvxvP/BR6oukXyffPgh9bll03Yunr3AnX/8CyvXbKHUHaTU4WPvrv3cd899&#10;avs//elP3Hfv/dz/wIMkJqXh8vgJBIOUlDpo2aIFP/zhD/mP//hPnnjyBY7HnaasoJRuHbvxve8b&#10;5X/w/vv57ne/w5ZVi7l08QJ//edTjJ+1CIe7FFdpEV3bd+CF514gL7sA3RcgJz2TGu+9W378Nd6v&#10;zdnzSWRn5PHBa2/xadNWlJV5cTnd1K77Cc+88DrpKRns2raTX/7y1/zgBz/k73fdyYP33MtvfnsX&#10;Z84nk5tbSrMmzVV+sv61V9/kxJETFOXk8drbNWnSugelZX40NdW9MR3w1dv4NjY231RsQSTEtXfI&#10;w28SjGltUYLIWV+AxhNX0HDAJPLKXGSXOmk2agHvdB5BiivImYRkPm7SnDWxccS7NZYeS+SF5p1Z&#10;ejyJMRtiuf/d+pwpdnIqp4yPO/dj+MJ1nCqGITG7qD9iDs+17sXImO20mzCLRxq1Z0tWKSccbloM&#10;HK48ULZdzOCe9+ozf/8ZUrwaR7IKiE1OVZ/vdR5I91W72emArjF7+UutFmy8VMC77fsx58AZTrg1&#10;pu05xqttezBx52GeatqOIau3ER+ANacuc1/NZuyPz6bMC0VOP1OWrKJuj8GM336Eez5qwoJD54j3&#10;aMw7eIZXWnVnRVwSD9dqzpiNe7ng9rM0No6n3v+Q2KNxKviqmts+NF1wwFdxOrRruwY2tzumICIN&#10;1Bv9UIkWVFWEAREypCHrKi4mLyMNr7ME3echoKbk9RFQwfLcZGVmcPHiRVJTUykuLlYNYqfTRXpG&#10;DqUlDnSfD6+zjPSUyxTkF6JrOs6SEjIuXSbh7Hlys3LJSMsmNzsPp0zhm5pJhnwvcShRJD8rD7fX&#10;h9ftoDAng4L0ZNz52RzbtZ3xI8eye8ceTh4/ycf1PuH+fz3M6aQUFT9IPKhkticVn0jF7al8bm1s&#10;bGxsKmMOgbmaBYPiiWcIKD6fpJW4azo+FZMtqIZoBGXYjMeNt6yEzORk4s9eJCM1C4fDg6YF0D1e&#10;ygoKiT97huTEi+RkZpCWnqGmfy0rLSEtJV1NVSsdcs3rp6SoiKSERE6fPkdObj4uhxOfy8nWDTFM&#10;mjye7Xv3cuRsAk88+xLPPfcamenpeF1ustMySbgQT0ZGJtnZeaSkZlFU4kDi5ucXlnLuzHkuJ15S&#10;089mpRkxM5wlTrIyctUU8jK1rcTQ8Dhc5KZncuH0eTJSM8nOyCE1JdOIa+fVVdB/oaCgiIvxCVy4&#10;kEBOdiF+r1+V31HiIOFiEonxSWSkpJEcH4+vrBiPw0F6Ri4FBWXocs68fvKzssnLysPn9qtlutdH&#10;UX4BlxKSSLyYRFFBKT6ZOtjrJy8jh9z0XNxuYxbGnJx8UtJz8Hl1td/M9CwuXEgkPU2mLC4gLS0b&#10;j0fD49YoKighKeEy8ecTKcgtVPvyuSU4bBapmfm4fAF0mZQg1OY0X8JZ7xsbGxsbWxD53IQFEUcA&#10;4n0BWo5fStP+E8grdZHv8NBk0DQ+7DKcDHeQzPxiOvTqQ62W7ek/ewU1e43kzlc/YvmJS4yM2cXf&#10;X69FQpmLxEIX7zVrx4iFMexPLabFiGkMi4nl5da96DhhLrO2HeDeDxtTb/gkus1ZzAPV36fmp505&#10;klaghrhUb9eXbtMW8eZnHZm+fjP7k9Ko23Moz7Xpw6Jz2XRbvp27P2zG4TydOl2H836nwfSZv463&#10;O/Sj5ajprDmTwr8+bMTI1dtI8MKy/Wd5uO5nHErIw6VBmVdn3JzF1O7Sj0VH4mkwfBovf9qd/vPW&#10;UKPTQFoOmsLpvAD1eo/loU/a0WHKEur3Hsk9L79FbNxxFbRVphg2BZGgTyNgCyJfO26mICJiiIgi&#10;5n4i9ytvgtAlah7oXq8SQzSfR42xFlHE/O73SdBSaQD60FVwYnkr6JfQIWg+Db/H2N7vdYWnZvR6&#10;Caq5tHUCMkOTy6fefmnikusP4vZqeF1egl5jvVtNYS1pvOB348zNoOZbb/DQA/+gR7eedO3Snf/+&#10;8U9p2qo1OSUOnGoaa5llRgImy9Tb9qwxNjY2NtfKFxFEpF2igseL2OEPEJA2nsdDwOshKDPPeP2q&#10;s+2V+kHaLz4/AQmspkul4SeoSzBXNbmfqg9kqIbURQEtqAhKlHtZr0HQL2l0HHm5tGnehPvvv5tu&#10;vbrTumMX7vrbAzRr0R5HmQMVGV8XAqrcalcSDN8XUMiqgNQVXk3NNKjLjIM+qZu8avZBr1vH4/Lg&#10;c3sISP0m7S2vTtBwolH1ne4zZjD0iZggxyYzImq6Wuf3GeXXPBJkVl5g6SDHIuX3aQTVuTEC7vuk&#10;POKN4dWUmCTihJRDCSJ+Tc1cqOpmdX5EqJBtQuUJzaKo9qUFVWw+yVPaiKqtKLMvSj4yY6OU06sZ&#10;x6y8P+QkGPW21+3F75GXCgG8atIAEUNQ6dRQKLtOtbGxiYItiHwuRGUWxdlAZn7J1YKsPnieNTsP&#10;4/bqON0aa/aeZFXsMbLL3Li8fpKzshkyaTr9Js1i3PJ1DJy9hLiMQmITM5gas40cn06O08PijduI&#10;PZdEqsPH3E076DF5DoNmL+Nkaj6ZTo01h09Tv/dABs1dyNCZ81i9fQ85Dh9HL2cxeN4KWg0Zx9hV&#10;60kqdJDl8LH7bBIdJ81l8/k01p5MYsraXaQ64ejlPIbPWUn3sTMYtziGExn5JBS5Gb80hl1n4sn1&#10;w+UCJ9PWGAFaRW2XsaanEpJYvHU3FwrdnMwto/+cpfQcP5PR81cQn11CvhcOpxXTfcF62kxZSpdp&#10;y3msRgMOnDitKilbEPn6c7MEEclHGr3RBBGZcUmmtVb3ljRsNQ1d86OH4nLIp/HdXy6EKDFE3Xty&#10;L0ojy2jAGeONJVirmbfkJQ27kAuuiCHi4aSm0pbGVqhxJlNWK0Ej1BCUBrrPS8BVRualBBo3aMCr&#10;L7/K008+Q9v2HbiUmo5bxBCZvlreUkrD3J5G18bGxua6+CKCSCRGh11EEX85MvOMiObiwSdpZZmI&#10;GqJSBDWNgAgigaDqfOt+Q/gwMDr6ql6Q7z5AiqgFVBDSpNOnaNroE557/jmeef55unTvTWZ2kSqX&#10;1EfmPmRGQT0QxC/oMkW7IVxIHaSJ+K7qIkOUkDpJBBnDO0XWS10mdZohQhjbyt9yjIZHjPGCTwQR&#10;EYWMGQxV+VVdKuUw1BgRQAxEaQiE6jqj/jPOWQgRN0LLVHtP1ccmcv6NYdOqTKG2tAxVMvIyBBGz&#10;ja1eQEo+MjW9KZKofRj7kfMq+RrXJqBmdBQ9SmZMFKHGyDN0fFXcNzY2Nja2IPK5MCqSsAtekDIZ&#10;OqPJAxiCIqL7ghQ6NEpkqlrp4Pg03H6NIpebIo+XYq+fApePQq9OiT9AiQ6lgSBlHg/Fbq9a5gRK&#10;dD9ZLjd5bo0yn0yLC6X+ALluL7lON/mlLlwuuXgByvxB8r1Bcj0BCvwyNa8xTW+xN0CGSyPXK9Ph&#10;QoE7QKkqb5BiT4BCl588h5syv44jINPmapR4fZR5/Wp++iJ3IBSF3IdbTZ/rp0y28Qcp9EO+18ij&#10;yOOnzCvH6Gf0glV0mrOCPYVuxm85zL/fqcvxC/H4giKIVBwyYwsiXz9uliAiJh4iasiMXzw8ZH/h&#10;8d/qb9XQMxpgRiNKGnleNXOLJjFGFIbAYYwdN8os955xL0p6YyiXFhGfw9xeiSzlDbnI70bjTN7Y&#10;yaf6W71VE1FE3rB50Dxu/B4PhXn55GTnUuZ0q6mv1Qs3HeUZIr8PaehK4856Xm1sbGxsquZGCSJq&#10;SIzqbIu3n1EXqEayxHaSWFS6DMEMCyJKIBevChFGQm1CwagX9HJRRAQGJZb4gwS9ftTUfR43PkcZ&#10;+fm5ZOXm4HDJMFBJb7SNRHiQfFVdpVcmHAMvXA9VRuoyQ2wwRIiKVIjjFtqPvFyQ4SZybHKshigi&#10;9ZnfIPQSQTDOmyFeGPsz69+wWBIpSlRs54Vj84WJ3L4yZvvROLeGMCLlNcpt1PtSj3rFU0dhCyI2&#10;NjZXxhZEKlDxYRm9c24E3jIFEakApG7zKFVb3CEFOZHgD4pSbXSifJJW3kZLYFGJUeDzK8RNUTpF&#10;DuWu6Mft8ynxxC1xDTQ3Dr8fp1K6g2jeAD4h9MBXFZBH3A59uH0aLn9QuQlKeZSAr0lHK4hTN8QR&#10;t6yTZeKSqMt2QbySt3IXNQKeyqdHppyTYQU+vzG+VCpc3bhhdAn8KNtIzANxbxR3SRkiIGkDGi7N&#10;z9p9h3iiYXPueqsmj9dryaBZi8grcypBxHj7bZw/s7FhiiHRz7nNV4mbKYiUD2ERN+eQ+7KJ+j2J&#10;e3NITFDBj3WZItuH1y9TPhuzQ0n8kchGoNmolCl1jfvR+G1bj0swtq1aEJG3g8plOiSIhLeRN3jG&#10;8B2fRz7FvToYck8WZFprwztEiSER+7b+Lqzltn8zNjY2NtcjiEin+SqCiBK2jee3+YzVpcMdEkQC&#10;EYKI+ZyX+sOoQ4w2otlpDyMdc6ODbngZSrBvGWIiwzg9qu6SOkvqONmn8k5RM6QY+zdn55P2l2pL&#10;6lJPWQURiygiw2hUfWLsW7W7RNiIOLZwHiHhXzwnlSBinAM51oCIPRHBScMvsMwXElUIIiGvD5l8&#10;wBQlTBHFqF+vRuVrLESW18Q4P+EXGOochUQZ07PkSnna2Nh8s/mGCyKR7vbyoDQemOZ0sFfqbJju&#10;hcaD2axsQhWCuCyGKgblwq/eKIdmhBBVX/JQD24JBmnOFCHiiKwLXRC1jZRFhBSpUML5yxhK+S6f&#10;pjAjrpxG5zBSETfecqjjUp0sI53Kp4JyHzruSsdoYDQYQrNehMorFXf4vIWR4/VoAQq9fo5fSmVt&#10;7EEOnL1IWmEJLnHx1A0xRVVWljcT0c61zVePmy2IhD1E5Pdi3KORDzPzgRaNqhpUkY1P1VhT9+mV&#10;0ppiiPnd2vgNNTiVO7O4W3tUENjwfW7uw/isqiFYoaEapdz278bGxsbmegSRoBoqaWxvffZGtmdC&#10;RO6n3INCBALx/gsNtaz0XA53/CtiesgaaYx6RwKfVn6WX0vbqGIbyrqvqsWH8LbhvKuqW8L1W3SM&#10;9MY+qq4HzXZm2OPDaD9XRbjuuxIVjzna+al8Pa81fxsbm28mkf2Hr4LdOEEkQk02HpQVBZGqKqiK&#10;2xsPV7NCMB/0FYmodMo7VyIqSAyE8HShphAi68OdObNMFpQgEvGp3pSbwkX4OKquBKrI7yqVxNU6&#10;lxUR7xcdtxbEKcN2/EFcWtCIkRDyQgm/5bCmtfkyiLweN+q63GxBJDKGSDSsZYqk6safOWQmdAxR&#10;zkXVaatqCBpv72TYjTH0JvSbr6I80Yjcl7UBeOXGoI2Njc03C0Mov3pDtqIgUjmfKxFZL0TWGVaq&#10;ei6HRYNIMV1mYjE9E6OnvRmY9Yv5t/UYrgWzrEZe0epBa5szGldui9rY2NjcaMqFb8sw+q+C3SaC&#10;SFVYH+7RHvAhQSSSCt4qJlEEkSqpaj9VYU13PWmvBaPM4tGihgEoAuXBIg3vkOidTZuvBzdLEJF8&#10;rLPMXIsAYsUqKJhYG3kK5RkVQRXpjIZuVQ3B8G9dgroK1rJciahlsrGxsbGpwOcRRCIbwNdEqB6w&#10;1hlWqnpeX2l7K1Wl/zxYG/kV1oX2ZW5XSaipAvGGMYksp5GXVfAxsHqoXJnK5bSxsbG5majnX2iC&#10;BXNY/lfBbEGkSqraT1VY011P2mslXG5juE/VYogtiNweVNVIu777vjI3UxCRRqwpgHxeQcRaVpXe&#10;8pbOPA/We7aq+7YqQUQFegv91tUMN2rseeW0V8IWRGxsbGyujesRRAKBgNo+cqaxz0NV9We057US&#10;UXwy/XvlusZKVek/D+bxVSWKRAoisk1kENlrpaIgUjU36liuF7OT80Wur42Nzdcfsw9heqB/8wSR&#10;q8QQuf4HeVUCRuVKSKFicXw+QaTysJwr7KcSlfO79rTXjpxDFaRVId8rdyqr6lh+NYh2vsw3HCbW&#10;9bcvqqEWgXX99fJVEkQisZ4HwXrPVnXfXpsgYgQmtqa9EpGNTHVdqihL1eWpvMzGxsbm64wKRiqz&#10;oVzFbrQgolCxoipi3VZivd1qQeRKWMsZWd9Yqarc1mO0Hr81/xuF1cU9ki9yLW1sbL65SD/iGyyI&#10;WKnYib3+CsnaIb4RHeOKeUnHy4wQHsm1lNXoOFXMzwxuat32C6MEn8ihBqHgseZy6/ZfGeRcVSUi&#10;mctvrtD0VcEURKTBeSNNGrIisogoYg6bqerN143gesUhaxA7w0248nZVESnsRAo8VnHGmk5hEUXM&#10;bWVmK2tj8YtgdhyuhmxbqYy3CGuZbwTW44uGtSy3Cmt5bwTWY4uGtSy3EmuZvyjWY4uGbGsty63C&#10;WuYbgfX4omEty+1C5DPzWgUREUMEax0SeV6seVdF5DbiYRiJddto21WFNc2txFqWK3Etaa3bXAmz&#10;M3I1rOluBNb7KhrWdNGwprsS1rTRsKaLhjVdNKzproQ1bTSs6aJhTRcNa7poWNNFw5ruSljTRsOa&#10;LhrWdNGwprsS1rTRsKaLhjVdNKzproQ1bTSs6aJhTRcNa7qrIWnM54v8/VWwmyiIfEHMjknE+NKo&#10;nZjPieRniCBGhHNzKrRr2Y9ZtqstuyFYYyVc1RvmdiayvJGCUuQ2tiASiTxQboYgIiYPLBFEJG/Z&#10;j7UR+42jCkHkVr1htLGxsfkysTaCRby5mplei5GNX2sD2iocRcNaHpvPj/VaRsOa7kZgva7RsKaL&#10;hjXdlbCmjYY1XTSs6aJhTXclrGmjYU0XDWu6aFjTRcOa7kpY00bDmi4a1nTRsKaLhjXdlbCmjYY1&#10;XTSs6aJhTXclrGmjYU0XDWu6G4U8WyLrhBvp3X6z7PYRRCp4QFR0Yb8xbo9y4StieIhU5lr2U5X4&#10;UdWyG0IlD5HImCkR66zpbkeUuHO1Sliujy2ImMgD5WYJIvJAlHzN4KqyL/NvQcSSbxouT/i7J4R4&#10;0nwZWMt2K7GW5VZiLcutxFqWW4W1HLcSa1luFdZy3EqsZbmVWMtyOyJiiHh+XKtF1h2SPrIesXol&#10;RCMyjc0X41rvM9nWeh2+6DWx5hENa7poWNNdCWvaaFjTRcOaLhrWdFfCmjYa1nTRsKaLhjVdNKzp&#10;roQ1bTSs6aJhTRcNa7poWNNdCWvaaFjTRcOaLhrWdFfCmjYa1nTRsKa7HiS9VWA1BRCrIHK99cmX&#10;YbeFIGIdw2/lxrylrdzJjpy/vsJYzkppK1OV+FHVsi+MOgc+yznxRhBeVynt7YgZ7+WKokjla2UL&#10;IjdHEDHHf5tKcVUPNSvW8kXDqkTfKqzlvZ4y+0KUH8M1Pg9sbGxsvuqYz1BpvF7vGz2zLhGsQ4Su&#10;5xlsc2OQ62hdZmNjY3OjsIorJpHtbmudcjvbbSKIGPE3IrEKC+GOSaSXR+W8DCp7g1TVyQ4LIlVN&#10;a2bNz1pm6z7DgkjFDtS1lLcqwmkqCiLyPbogcu2dN+u5sa6vapvK25nXpSJVb6uIDIAbdfiMYAsi&#10;JvJguVmCiJj5kDIbtGZDuCo111x3O/NFTFJ/sRxss8022776Js9Ssz64FjO3sz6Pb8Rz2TbbbLPN&#10;ttvf5FlvCuGmQH499ciXaV+CIGLtBFs7vpU7wKaXiNHRNqaelU9dM9C0QMT2xjbhGWNkdooAejnm&#10;zBVmsMaqZpkx8jM8U0QkkXQV54mPhsyEofu9aAo5VjO/ysdVNdZzEhKHFEYgVU1m19AjlofKFagi&#10;mnmYcIwU6wwe4fMRFjWM4zXWhc9LxfIb24X3K58Bn3G+5JxXeayVPETCx2sIVNb9Vd7vN41bIYhc&#10;jchtIx9ytxPWstpmm2222fb5LFodcC32edPZZpttttlm25dht14QqRBDomLn3+wImx10syNvTMNp&#10;iBc+fwCfFlCfpiCiqyk5zdgfRl5mx9r8HvBV7PyH864siBjpTHFDOvmRaao4pghMkSAsLpjiwNU7&#10;9qboYy2LeWxG3j50iasibkgR+4sUJiL3X1kYMY67aoz9m+clUjAJnxcRYnyhc+Mj6JPzI/uW74IW&#10;Ol/GNbEeo+HRYsQ9MY+3sjhjCyKR3E6CyLVu/2Vgm2222WbbjbEv8mz9vOlss80222yz7cuw20QQ&#10;MQQDsxMeKUAExLMhJGbINkoM0YLqUwsJIgHN8OAID9WQvEwRwsxHhIBIQcSgolBilMEYtmN4Mkin&#10;3yo0VDqmCExBQ7xYTE8Wo3MfLo81TTitKVZYBYKKokVAE4zvVRFZxuiiSDSM/ZtCRKQwYpwbI4aJ&#10;9dyIQGIg3yPEE8sxmkN8ZJ0pvsg1iLwO4fS2ICLcakHkastvV/uqlNM222yz7XY3+3lqm2222Wbb&#10;N8VuC0FEZnYzhr1I8C0Dr1/Dq+n41RAPY7iLiApeLYR0ktV6DU0PoOnBkPeIjj8QxKsF8ahtjY60&#10;6ryHZpEpFxoiOuKmiCH79AR03Lofj8To8HnV/O+RQRul3IZoEhnoNBTHQwWS0dS+3YEgnkAAn5RP&#10;RBxfKK0l0KOMtQqfo4peM+XCREgAKg9QI8epzmeoTBFBMb2CJc5J1UEmTQHJSGt6bMjfXl3Ho8v5&#10;0PCFlpnHbM5u45PrqOnq+Fx+H07Nj0vSBcCrByuJGJJ/WFyqLPxULYTYgsjNFkRss80222yzzTbb&#10;bLPNNtu+iXbrBRElhlQURAIRgoiIHR49gEOHUh2cAfCImOAXkQM8uoFbC+L2a7h9mvrbpYHDF8Ch&#10;BSnz6bhkfQDcuogk4eElIlgE/DpBHfxeWR4WWlx6AKceoFTXKfJ5cIkoojqk0iEPD3sR0UWEExEL&#10;DCIEEb94QGi49CDFigBuJQ4YQo8SFiIEigod/VBAWSNv41wokaeSIBISCCR6e3kZQmkl8q/fKLcq&#10;e8SycNBaEX80vCLQ6AGFEpLU8YnYJNcAdQxOuR4iLvlE9BA03H6vIYAEdMoCQUp1IUCxplPk1yjR&#10;gjjl/JZHOQ8LL6anS9hrxjxGA3NZxbgrtiBiCyK22WabbbbZZpttttlmm2031r4EQcSKdJAl3oRM&#10;d+nFqWnkB+GyB07kukgo9lLskw66eHwEKfYEKfAEKRJ8QUoCQQp8kFbqI8sdJM8H59Pz2bT/NFmu&#10;AIV+cEjeuhe35sGtRAUIaKD7we8Hrw9cXijzQ5EfYmKPMGb2fHJKy3DqOs4glAVQgoDX51cCiHhC&#10;uILS8RfBwBBFyrwe3IEAzkCQS4VlrI87S3xBMQ7p3OtBvEFUXiK4SDolMASCKh+PeJPoQVya5Is6&#10;rtIAlIa+lynPCxFXAniCQbySTgQjXcoWpMgv20t5gpSIMBQM4ght6/SJx0tQiUVSNrcILSruhx+n&#10;x4dPjs0XQJMy+IOUaZBc4iI+30GuR9JBiWacmzIdHCGhpDgQ5LLTx8VSLzk6nM8t4tNBI9h+Lp68&#10;QABX0Kc8bcRTximiSjCIpov3iJRb8g3gFW8SEa40A4+G8u4RlBBUHvw27MnyTcMWRGyzzTbbbLPN&#10;Nttss80222683QaCiAyfkCET4iHhoUzXyAjCsnNp/K3Wp3Sfu4p0pw8/UOj2KeEj2w/ZXkh1+0n2&#10;aRzPddBj5gqmbjvC6WKNGRtjeadVb3YlFZDi9lHg9+EIeCkN6hToQXJdGnllfkrLO/oB8r0aeX6d&#10;BIfOwr0nGbFwFYmlLnL0IIlOL4lOH4UiWASDFHu9ZLi8xJd4SXP6KfTrSozI9/pJc/o4X+xm9cl4&#10;3u02mC1nEijxByh1ByjwBkmSMns1cvxBinTI9gVIdnjIdmtKAMnXgqR4dbVNqlcj0eUjQw+SL+v8&#10;OtkuPxkOjSxngAI/5PgCJBa7yPDpZOpQoEOhBhluL9keH4WasR9ZlivbeLzk+fxK6Clzu8l1ecj1&#10;aGQ5/OQ6fOp8yDEvPHCCLjOXEJddRm4wSGYALknZXRq5/gBZTj+JTp2xWw/SZMJCTuS5OJFTQttx&#10;04g5G88lj5sCbyn/P3tnASbFsb39+/1zJblRiCtxF+J2kxAnTpwYQQOEEIImkODu7h7c3Z0FdmGX&#10;dXd3Hfff95zqaWZ2diEkIXbv9PO8z+zOdFdXVVfXOfXWkUq7jQq7hxKrEFYuKuxQYHWRbrKQ53RR&#10;LCSXR9rmId9kp9Bsp8YpxBDKakWPq3KymCT/CwgSIsEjeASP4BE8gkfwCB7BI3gEj+Bx5o8/ESEi&#10;8Sg0QiTZZKXD3JX87T9v8GTn3hzOLKDMDtvD4/hh9lJiqq2kOzwMWbGR4et2MHHHES589h2uf6cN&#10;U/ZGMHNvBA9+1ImWw2bw9jd9mLJiJRmV5RQ43MzcFsKnfYbxbveBjN8YQnSNjT3p+QxYsIouUxcy&#10;cNUOFh1NpfeclezLK2dZVBLvD57Am31G8uPBSJIqrRzLLaPT2Fk07TqIrtOWEJpXSabFw7aYDDqM&#10;mkaz3kP4eNQ0Hmzfmy3JeZQ6oNwKB1KKaD9lAV9MnMPSI7HElFkYsXIrb3Ttx9ejp7MrLp0Us4eR&#10;mw7SafICvpowh7e6DmDe3giiS03sisvg2wlz6T5hPssORnO82MrQxZt5pVMfOoyex/6ccnJtsP5Q&#10;Ip/3Hkm7/mPYcCyWXKeH+Eoz389ZxoffD6XTuKmEF5aSYjAzdv1WOo2bTYv+o2j5/TA2H0/lUIGB&#10;F7sN4Pwmb/J672GElNYwOzSeDwaNp92oKfSf+SMDZy1mYWgCN3zWnb89+S59pi9jb0oeHSfMZOaB&#10;UPrPnM2WA3sps7vIqLIyaMYSNh5LIiS/irbjZvJ6n6H8sGITRyusZDrczN4Zwsf9RtFiwCi2Ho+j&#10;1GjFobIHBQmRICESPIJH8AgewSN4BI/gETyCR/AIHmf++NMRIjUOG6H5hTTu9C2f/rieBzt9x/x9&#10;xyiwwbjVu2jS+Qd25ZuItXm44f02fDljKWujs7n7k868P3Q66xMKmLk9jGubvM2AhRsYMX8FzT5p&#10;wbqdu9gRn8tLnQfRYcw8es5aw0Of92Tq3nC2ppdx82uf8WafscyOyGLE5jDe7DmMH4+m8HzngXw2&#10;bgnDN4fTfcYaVkVk8engabz43UQG707ihW/H88X4H1kZnsnHP0zgg29HM2bdAd7pO547WvRkQ2qx&#10;IikK7fDj4Tj+dv+zfDZhARsS8lgUEsWjbXsxbEsorYZO5vUve7An38DL/ady80edGLJ2F30WrOGh&#10;Ft2YtS+KeSGxXPpMMz4ft4BliXl8v3IPTXoMp//WCJr2m83bQ2axIa6cD7qPpd3oRXy7aAcDf1zN&#10;kcIqBi3bwovdR/D96iO81GsUb38/mpASGy/3HsUjHQcxeksYn/efwDvfDGFdbDFfz1zLvZ98zZjN&#10;h1kZm8PdH3ehxYiZjFm5hVc/aUvTj1qzMT6fN4fO48r3urA4JJG9acWc/3RTpu0PY/DshXzTpx8Z&#10;NXZWhyXwXJuezNkTzaej5/DuiFn0XnuAl3uPofvc9ayPyeS+jzvQcdZKev64gfFrtpFbYdCy9Ngl&#10;vW+QEAkSIsEjeASP4BE8gkfwCB7BI3gEj+BxZo8/BSHisGtZYOxOK0aXg+lbtvB0j77MTS3h47Gz&#10;aT98OtkWGLP+AE26DmRnvplYu4cbPu7IlzMWE11h59XvhjJw/V7iTDBnWwgvduhGSF45cSUVtGjb&#10;ggkzp/L9og282HM4IWUW4uxu3ug1nJe+6c/KuHxe6zWK+VF5HLRC16VbeKnnAFYn5tBi+Ayufa0d&#10;fZbuZn1SKWuSiznnxfd5cuRC3pu/nacHTOf2z7vSY+FGbmzWii3xhaRaPcwPTeLRLgNZkZJPrhvy&#10;HDBz/zFu+LgDe4osRNXY+GTQCC5/6xNazl5Oi9GTueKJJmxMKeT9MYtoMXEJsSY7sUY3L34zmA4T&#10;5jN+xxHu/vRLVufWsN/m5G+Pv8TD3Qfz+fxNvDV+FX975BXmHUrl075TeODTrvyw7iCb0gvZV1TN&#10;Q2178WjXUbRcsJt3J6zg/Oc+ZFliGa8Pm0ub+bs4ZocFR+J56MP2bEguYVpIAq/3GsbuzAoWHIrj&#10;xjdbsTe3kiyrg9lLFvLa++8QklNMj+XbebLbMGJqnBwtMvHPp15kTlg06w5H0uGbPmyJSKb79CV0&#10;nPgjP4alcXPzL2k2cjZfzNvIqz9M5JGWPZm9P4qnuvTjquYd6L/lEDvTiymzegO9BgmRICESPIJH&#10;8AgewSN4BI/gETyCR/AIHr/B8QcQIoHBMe04Ja2tWIi47JSZanj/y45c8/yrvDdsCjc1a8F/WnUh&#10;JM/ArIMx3Pt5Z9aklnKw0sIlr3xIl5lLiSq38db3w+i/ZjvRNS6mb9zDG1/3IqKonKSSUjp+3YFR&#10;UyYyas1Onu70A3uKq4m2OHn6i5689e1gNiQX8Na3w1mVUEC4HX5YuZ23+wxhb245a2MzmbAjjE9G&#10;zeKNb4cxdM1ubmvegdfGzKHdsp18MmUp38xdzbhtR7ixWWtWRGSSbHMzZd9xHu3Uh1VJ+eR6INfl&#10;Yda+cB5s+Q2hRRaSzTZajxzF9e99Trelm/hu/mLaDRzK7pxKXho8g4/GLeB4tZWoCitPt+nJt7NX&#10;MW3XMR75vAtb8wyEWe1c9sp7PNZ1AF+v2kOL2etpP3U5O+JL2BpdwORtx3hv2FSadu/Piphsnuw0&#10;gHs7DKLzijDazdlK+ynL2JJVxTvDZ/PVwm1EODzMConmsc87szmxiCk7j9GsxxB2ppexMiqDCx9v&#10;yua0IpINJkZMn8KrH33EgawiBq3fzX86f09UpZ3wYhOXv/gGC8JjiKww8XG33rQZOp6mnb9nwb4Y&#10;tsUV0fiTr/lgxGz6rN7HZ6Pn02/xdg5kG1gek8vQbaG0HDePT3qPIDmvWEunrILuejME/Y8iSIgE&#10;j+ARPIJH8AgewSN4BI/gETyCx5k/fmdCREuzWzvVrB27zeolRBzEpiby+AvPMXHpWjbHZLE4JIaX&#10;O3Rn8pa9HCis5KHPOvJar0G0GTuLfz3wDF0mzCWu3M6ng8Zw34etWBoSycwNu3mzY1fiiyvIKqug&#10;VdtWjJwwgV3xObzS+Xve6DWYFsMm8egn7VlyJJItSRm817M/W5PylYVJ/wVreLNTD3bGp9N76ly6&#10;TJxFhylzebpdVxYfjKbHlB95qWsf2kxeyAcDxjJ3TyhH8qr4eOAkHvnsazpNnM+znftwy9st2JxS&#10;RJ5LLETcykXm/nfaEFVopMDpZl1kJA988gWthk+h07BRDJw+i6NlVp4fOJWGTZvTcdxcWvcdy6Pv&#10;t2VlaAJLDsbwQLPPCcmrItnuZuquwzzSpiutpi7m5T4jGb5kG4eTy+g/aQldRs/mg0Fjeb7jtxzI&#10;rWH0hkM8/tUQ2k/fxDt9JzN67S6iq2y83nMQfX5cS5zDzdKIFO548xP2pxawKSKVx95vwzfj5rAu&#10;OoPn2nfnte796DByPE82e5uXP23JoawS5uw/xgWPNGHC6h3sjMvissebsPhoJKkumLhpG+c/+CRN&#10;23cnttBAapmDDkOn8/JX/eg4YSGfDprMnF3HOZBSRruhU+k0aQEdRs+i9XfDSc0txOnSssxoFiJ6&#10;qub/PQQJkeARPIJH8AgewcN3eDyewK+CR/AIHsEjeASPX3T8OQgRuxWHw6YIkbScTNZv30J2UQXV&#10;dii2eNh8JJrNYcfJsbpZHxbD0PnLmbp2G9PXbWdvTBplDgjLLGLM4jUciE0jMr2AVbsOUlBlpsJg&#10;IeRgCEcOH6XA6GF7VCpDflzN4AUr2BwRR6bJSnxpGUt27yO2qIICB4Qk57D+QCiZ5dUcTkhl4rL1&#10;3vMTyDO7SS43M3HtVvrNX8XUDbvIMtopsHg4nFbC8B/XMmzxWqZu38/0HQeIr3FQ5vaoDDXHc0pY&#10;tiuM7Eob5Q4PeRY7K0KOMWTeMmasWk9UTj7pZjdvDp7Cu/0nMG7VDgZMW8iemFTyrG7CMwtZvvsQ&#10;mQaHyiiTYnQwe+dhBi3ZpKxfUsqtVNjgUFQmYxesYdiPq9gUkUCh001ipY0p2w7Rb8EGJq3fQ0pl&#10;DdkmM+vCo9mVlEGmw0NEURXzth8gq9JEVpWdlbtDmbV2O+nVNg4k5TBi4XLGLV3Bqr372bAvhLwa&#10;OxmVVuZt2cvK/WHE5lcwa+M2IotKKAHiy6oYuXAZGw6FU2r1qAwzGZU2pq/dyaA5y5i1YQ+5RhtF&#10;Ng9bjicz+MfVTFi9lcMJ2VQYZEyIhYiQIv+77jKCICESPIJH8AgewSN4+I4gIRI8gkfwCB7B40wd&#10;fx5CxGnD6ZTAqnacTvnehdUBRgdUS4paSd/qlPS2UGF3K1TZ3VTbPBjsqDStFgeY5W+bB4vdg8nq&#10;xmp24rK6FUwWjyJZJAVtpaTcdXgwuFyY3U7MLhdGp0d9Z3SCTe5vd2B1OFXZZpd2D7mX1Mno0uHB&#10;4HBgsju1+zug0u6kxO5Q9a1yuTE6XZicTu+ndr3JARaX9lnj8FAj7bE5KbE5aTNiGgPnriLP6KDU&#10;7KTK4cbgQqWjlfqV2yRNsJtSm0cRDSVWD9VSPxdYpe7eulZYXCq1sLTH4IQquZddg8HmwGizUOVw&#10;qrTBkvZWUOnwqD6Uvpf2mOxQbfVgVH0q7fNgdLix2tyYLW6MVg81Dm/ZNjA4PFTbXNTYnFSp/nNj&#10;t3u08uQZSf/ZoUqVCSardp2UIXVV9XWA0w0eL2TM2J1BQuT3IEREyXS73YFfnzjk99PF6R6B150M&#10;p3sEXncqnO4ReN0vKeO3PgLrdTL8UUdgPU6FP+oIrMep8EcdgfU4Ff6oI7Aep8LpHoHXnQynewRe&#10;dyqczhF4zalwukfgdSfDb3GcSg7ox8nurX/v//vJzg08AtsWiNOp11/xCGxnEEEEEcRfBTIvy+fJ&#10;Dv08////bMefghAR6xCnw4bLC7dDAmnK725sDrDahRyxYXM5sbu1Bb/ALnB6sDs0OJzgdIHLDx4X&#10;4NQgf9vcYPJokL9tLhd2t1P7lPJkAe4GtyrAgcflVItzgXyl/y3naHDj9Nhwu+2g7udRrh5mlwOT&#10;Invs2B02rC4bVqcdq9OFzelW9XVKve1uRRqYHW5MTjfVVjudh09mzJzlVJjsGtHj9hIy/vB+J7/Z&#10;PGDHr1/cPljlO4cHm92jyAzVnw5UBhfpa7PTjVFIG5eQLvLpwinpbgUuDw63B6fbg9ulQ/oGb1u1&#10;vrB6wCr9Iv97f/c4tfPlUzrK43DjcIDLrp0jfSefHqfWr77+9Pa1E9xeOKTezv9dUuS3JkRkYnLJ&#10;+LfbsVgs6j4Cm82mjV8/yHf67z8FKet0YDabTwuB150MgdedCoHXngyB150MJpPpBAJ/C/z9VOf9&#10;EgSW+2sRWP6vRWD5ZwKB9/i1CCz/TCDwHr8WgeWfCQTe49cisPxTIfDakyHwupMh8LqTIfC6UyHw&#10;2voQeM2pEHjtyRB43ckQeN2ZgMiEnyIf/JVhp1c+67LC/29ddgR+Hyjn/M89GUS2BMqln0KgbPq1&#10;CCz/ZJB2Sb8EQvo2ENKHJ0PguUEEEUQQfybo81rg3BVInPyZj9+ZEBHUDaqqAqv6QTLOaIE0NQJF&#10;PrUYEgL9eg12BVcdOOxuLzw47R5c6tOFzeHC4tRgU9c6vNDLEbJCu58QBvIpvzvtznog9bfhcFhx&#10;2a147E48dqm3HZtdhL8Nl00je2wOK3anDbvToRb2WmwMl6qTw+5UdbE5HFhsdrJLqigoqcJmd2Nz&#10;epTVh8Di9GBxCITUEKsLITh0SL21zCwaceDC4XTjEMLIrvWJnON0ehRcThduZZEj17ixudxYXS6s&#10;QgB5hbbDqfWv9LP2DLQ66xBXFinXKteLVYcXLocbt107Vz6lTyQOiLL0sAl5JUSWkDJyvkYMOU+4&#10;x8inG5fTB81C5H/XbUYUq9+KEJEJKlCRFQQqof7KaCBZUB/kvMBrTwZdyQz8PhCByubJEFjuyRBY&#10;/qkQeO1PIfD6U5UTeM4vRWC5vxaB5Z8JBN7j1yKw/DOBwHv8WgSWfyYQeI9fi8Dyfy0Cyz8ZAq87&#10;FQKvPRkCrzsZAq87GQKvOxUCrz0ZAq87GQKvOxkCr/u1kHlU5MLpEiJyrlznXx8po756+s/Vgb/r&#10;CJQngfi5bQ4s3/8e/nU7nXL9zz+TCJRjQQQRRBB/FfjPYfK3zJH6//4ksL/s+LMdfwAhcqbh9JIA&#10;flBWKPWhNplyqgW2IgV05sshC/r64CNvZMGvkQRamf7X1JchRftdJxjk00sGOXULDS/ho8gMj1/7&#10;dOsSX3wNHVo5/vULTFer/e87T6+7r96BfVu3D+uDkBYaseFyejQCw65f6yVWdOikVa1npZMtvowy&#10;9aFu/f43IBPKb0WIyPgOnNgEgXXQoU90f2b4K7mB7QoiiCCCCKJ+yPzuP9+LHnKqw58Q0cvwl1uB&#10;0H/z31kMtILQCfpT4WRWFv44nXL0sgK/OxlqnxuoS9Yt53TqGUQQQQTx3wJ9PtdJcoH/93/m47+C&#10;EKm7QNdJgEAEnqOfF1hmbUF2ckLERzzokGvFCkSVcQpCRPtdIyh0CxiJoaINJIEI9PrqqZMa9aEu&#10;IaKsNBxO3HbHCauN2ufWJnJq42R9dhJ4XW3kbx8hUhu+IKl1/9brpPddfahbx/9+iCL5WxAiosjq&#10;91AEoG4ZVE8dfg8EKs+/FQLvK/Bv/x/dD0EEEUQQvwUC58Kfgug/pzoCCRH9PvXNn/XNvX/cfFv3&#10;fqdTB/0cu10gbfbHqfu3PkuQwPKDCCKIIP5b4D/PBQmR3wX+hIc/As872bmB59SPwIW5htoWGkIq&#10;aC4xtUmRky/k5f5CCMinv0uQ/p2/RUegNUpdCOkh7im1IS4rmtuK/r+7HiLl5IRIXZyw9vgFCCxL&#10;ledHish9/fswsD//FyETym9FiJxKCTxBCJ7inCCCCCKIIP5YBJK5gQg8/3Rxugqs3ENf7AeWIfg5&#10;BEBg3QMReP7Ph5Sh61iBv50m6pAhP02I1Ic65QYRRBBB/BcgcJ4LxhD5HVCXpDgVAXEmIcJUrCE0&#10;iwhdwMrC3Xaai/gTLiSKLNAy7NQW1v4WJNIucauRTz2mh6+9QpTUT4ho37vldxmU6n8hQdy47O5a&#10;1iKBfXgyOFQWoJ+CTnj4W4j46i3t18urTZT49V0g6unD/wXIhPJbECJy6ApmoNmbPwLr83vhzCvC&#10;tRFY/q9FYPlBBBFEEH9ViLz5KQsR/ZD570wRIr8d9PufAUKkll7j02/qnudDUFYEEUQQ/ysIEiI/&#10;G5pgCFxwnwqBZQT+frLzAhF4/k9f5wssqp1Xd7H/8wiRQOsJnRDRyw4kFAK/8/9fj8HhIz4CobvR&#10;aH/rrjO1CZHTwan7qHb7AhWG2v3n1+cB/aT1W+32+RB4n/9+/FaEiExOUrYosqKk+ZMgEj9HoAIO&#10;y4R2hkipE0RXPb8FQquTVi+fEvkzxkK9Fkn+5f8cUkSrQ11orm2ae1s9dVDw9t/Pen+CCCKIIP44&#10;iLyROe50DjnvpwgRh/e3QJ2rPgRer6HuHK5D7l+/NaPfNUq/qrvpVH+ZgXJD25yqfV1t/aa+ck7d&#10;nvrbHPh/EEEEEcRfDUFC5LShC01NiMjkH7jwrg+/Vkj4ExT6PXXrCf0egddo0ISfL3aHdn0g6fFz&#10;Fnu1hbL8rxMi/gpFbaGrESf+hEGgMK6tjGiZcur246/Br30Gp4fAtp1c4TjRbz+FgL75K+G3IET0&#10;yUnKr58QkXTTGinikHTX/lY79dTxdPpbJwsFWjl+5zltXniVZqdLBRjW4Xv28rdulVXfePCNUe19&#10;0ecYXYnVz6u/jno99c/a75pehj/83k+VdaquILBJJippl10yTv1e71AQQQQRxC/HzyVE5PzAMnTI&#10;XOiUmCQq49ypcfL50X8erj1/1yZE6tOh6iNE/PWK+uD7XZNHEjQer/yR3wPrVxd1CI8Ad2rdFVpl&#10;M/T7vr4+0OVJXVK+fgRe/3sisC4nQ+B1vycC63IyBF73eyKwLidD4HW/FwLrcSoEXvt7IbAep0Lg&#10;tb8XAutxKgRe+2dFoB4cJEROCl1g6YuV2oLjZKhbzs9DfYSIciHxE8aB12jQhGMgIaKXGUiMnD5O&#10;Nbj9hbL2t3YfEZz+i04/eBeTerl/XUJEoLc/EIHn/ffjjyJEdEsRzdKibr1+LpS1iV8sGW3HzVu2&#10;0+qFluXAP+2ynnpZO1fLaKSh/nqpdNjiz636zqn+lt1J/8n5dFCbANLvpb+Ten1+mhBRdarVh6df&#10;hyCCCCKIPwJnmhBx2WoTIroOFoiT6xj6fCufpyBETuhBJ7vG/zsd/gSJP7R5W7MClJhbQohoc73/&#10;PP9LIXJJiCL5FOLcbrfhsFsV1N9+7futFkSBC65TIfDa3wuB9TgVAq/9vRBYj1Mh8NrfC4H1OBUC&#10;r/29EFiPkyHwut8TgXU5GQKv+z0RWJeTIfC6QJzueYGoNc8FCZFToTYhUvf33wZ/PkIkEIGCubaw&#10;rm0hcjLo55/c8iaQaPq5qHvPM43AfqitnPhD6hPYvl+D36d9Pw8yoZxpQkQOf0LE/346KSK/y0Qo&#10;99cnRf03/Vz9e33S8/9eL0snXPTI/A612+Y+QVxIn9tsFpwuO06Xrw7KDcyppeuSZy/3sFpF8XZj&#10;s7lVeXqdatXfCzVe7Fp6av16vZ4nm+BPCAovuaG+85bnlu8DxqNqxwnCxve8/BVetQuo6ujCJnVS&#10;SnvdewcRRBBB/Fkg8/bpBlWV+e1UhIiaB202pW85rJqlnAQm1V19TwZ/wuCE/FB6gMiU2vfQ5YDI&#10;En3+FSLD49ZIDHG/1EkRmePdIsvUfaQOmpyoPb/rrpDaPO8j4+sSIlobdVnmzSQj1pBel1T9HK1O&#10;cp5fgHwJeu9yq3OFBHFK2xQ5Iv2pt+OXLUqCCCKIIP4IBM6PQULkpAggRPxIhVOhbjk/D2ecEDmj&#10;ddRJAP9Arbrw13B6hIifMD+JsqEt+vXdkto7LX8e1G67D7XP09p4uqjbF/Xhz0aKyITyuxMiOtHg&#10;ta6QPhEFUicgThAHJxQ1DS6XljJa+/SRKPo5bpfsJrpx2KxYTQZsZhNWi0XdVzvfZ2khSq9SCpW7&#10;iR27Uixd2G1uHHafhUgtpfTEc9TeJ7vDg9MlCrGvfXpdatffR5K4XRJbx2e5pspTxIaeXUD6xZcW&#10;2ynKtDfGiN5/Uh+lCMuiwmFTZIrd4cZic2JV7as7loMIIogg/iw43aCqOnH+U4SIx2HHI7JEzeMa&#10;uSHzrNuLEzJYtyKRT+/f/oSIJlNkvvaRDDpRL7/ZvESC/CaEusgb0d3kevWbUyMYhIRQ+pyUadNk&#10;huZaqelhYhGiu8eouV7mfUWIyHdau/zT6Cp5oVsjevVNm5zjtzBQcsouMsFrLWNz4nF48Ij1iUvS&#10;Unq0evmRH0FCJIgggvirIUiInDb0xYt3IaWbpp8gFgIDjop1hGYh8WsWEvURIv5kyMkXwpqQ1FPg&#10;6uep8vzK1MrX6/hTkHP9iQjtHvVlrlG/e/tGC9iqxSTQss74oNVFL8eXnSaQEJDdB1/MBl/chr8i&#10;fCTV6SCQIKkLTSGqe58/Er87IeKN2+F2uqipqiY6Koqtm7ewbfMWwkJDMRoM2u6aHttDduE8IJuJ&#10;DhdYHR4sNlFANYJEDhmfSmGWzEZODx6HjaKcFJq/+xpbNm3CbhOFz63Kkb81QkYUSzMutw2X04LD&#10;bqGivJoxo6YScuAYdpsdi9mi2iHn6+Pd47TjlvfE4cHmBpvLg91hxaUUYU1BlvfDarVhtdmwea1W&#10;3DJhu8VyxaoIG0151XYoPU6HbIMqZdXtkvtJmVKWtE0jUNR84iV1nG43MvUryxebAbvVRGWVCYsd&#10;7ErRru0qGPjMgwgiiCD+SFgsFrUI/6lDrEhOToh4N1zsVpD512wmNSmZ9PRMrDavVYUeX8RPDovs&#10;EcicK1DWIEq/0Vwo5X+z2ci+ffuZNn0WBoNBczuxWNiwdjXz58/FbDOrOFgyDwsR75aYWEoG2BXp&#10;LSQEQtCLDPMSFSJHPEJKiDwTLkhdLNdKAHKZs4WM91q2uDTrRUVeWG04bELaa2UrS0CROyIPlazQ&#10;XDfdDhduu10VLrLCbZe2gsMJZdU2TFYtVom0Xel0qu/suJwil326589DfbpnEEEEEcRvhyAh8gtx&#10;YhfWu3j3mS261aLGh9qm6b8WP39BcjrCxEdInBo60SFEhr4g9RJAamfbCy8RpJMhPkLEisthOQGn&#10;w+r3u89dRmubXif5W+7nF6/hxL1/HwRa1PxS+MoM7NdfD39LnFPhVAFEzyT+CEJEU8g0N5Pjx4/z&#10;6aef0uGL9mzduIn8rGwy09JJSUqmqrqG8opK9h04RFRsIskZ+RRWW8gqqiQmJpnDh0LJycrCYTNh&#10;NtYQG53E8eNxVJcVs2nFHN5+5RGyMlKoMZiIS0gi7Gg4ZaXlWM0WigpyiI2LICMrkdzsOFKTo4mL&#10;TiQ0JI6stGIK8grIzMgk7PBhivJysdsc2Mxm0uKjiTh8kLSMbNIKKqg0mXHYDbgdJiorqwkLjybi&#10;eBTpGelUVtdgMNtJTM1iX8ghcnIycdlMWEzVJCYmEBYaRklhIS6xaDHUkBQXS0RYKKXFJZitTnJy&#10;i6ksqxCtGkNFGSUFhZSWlhMVl8CBI4fJzErFYSll5/ZNfPRZWxLS8zFZ5R3XSB9d8T+d3T+fpU3d&#10;34IIIoggziRON4aIIqT9XCOVS6DKUCbWExqR7bAZwWmlODeXL9q0p8vXXbFahSS3UVNdw5FDhzkS&#10;cpiK0gosJiuVFVXERMUQFRZGblYGBYV55OTlUFJahcPmxlBdRUpyIhmZuYQei6egsJjEuHjS4hJI&#10;iorg6LEQ0nPTSMpI4fCRUGJj4zEaq7DbTFSUlXI45BDREVHk5eRRVWPAIq4pNivGmmrSUpKIOBZG&#10;anIyRQUlOK12KsrKCA8PJzY2FmN1jbLuKC8t5fDBg6QlJGCtqsZusal6HAkLIyEpFZPFSWmllaTs&#10;MixiHWi0kZeWRXVJKSmJ8cTFxxETGUlZlZHcKhuvf/41S9bvpqS0WlnRuB1WnDarIuhdDpsXmiVK&#10;4LOqhXo3uXT9Jig/gggiiN8eQULkF8JHhpyMEMGLM0uI/Daou8A+Ofyya3gFnbbLrVmj+HxatQW6&#10;1QuNEPGRIRqs6hw95W9tQiTwfv6ESKDg/G0RSCqcDKcfYyGwT88E/lxKwx9DiDiVu4duEjx1yhRm&#10;z5yFqbqGhOgY2rVqzaKFCxWBMWDQUGbNWcDYiVNp82U39kWk8MPwyfT+fjDTps2k69dfk5wYzbIl&#10;CxkzchLLlq9hx6Z1zBrfn2ZNHyQy4jBr1q5j2oxZLF++ipHDx5Icn8SKJT/Sts1nhIXtY8r4fnz1&#10;5Wds37KTFUu3ELIvkmGDhzF75lTmzJhE3969iI5OZOf2vQz4tjtL582ke49v6TtyCrnFpTjtBmoq&#10;ihg7dhLDRo5n0ZKlfN6qJcciI9kXEkaffkNYtXY9Y0aPJCk6nAP7dtFvQH/mzJnDqOHDSU1MYMPq&#10;VQzp349pEyfQ57vvSE7PY+qM+ezesVv8gFizaAkb16xn5849vPNBc2YvnMf3/b4l/PA2Vi7/kdvu&#10;eoDt+45SbbL9bELE3yQ88LcggggiiDONX0qIKLhEXxPZJe6QZhy2GlxWI3u372Bw/6G0adOO5ORU&#10;ysoqWLJ4KdOmTGPOzNmMHT2GmOhYpk2bwYTxE1m7ZAmfNf+AZcsXMWP2DNau26LcJRPj4/i+z7fE&#10;xCby45J1bNy8hU7tO7By4SIO7drB0mULWL5uGV9+04m169cxcMAAtmxeQ3paEr2/6820ydOYNnkG&#10;nzX/lMjoaIw2q7I42b93N0MG9WfRwrl81bEjkydMoSi3gNkzZzJlyhRGjRzJyqXLSI5PZPTIUSxb&#10;/CNjhw9k//Z1ZKQm0aVbTyZMmszQ4aNYuWozew7HMmzqQspqzGSlZTN/8gwSjobz6ksvsWDhfL7r&#10;2Z3Z8xcTk1vJlQ+/QL/xc0jLLtBcNMXCRSwMfxEh4mf9+zts2gQRRBBB+CNIiPxCBAkRjRDRrq9t&#10;YWK2CHHhVESHVcxYVXq2+gkRrTxfXXyCM/B+fxwh4m+VcyoEXndyBJqDngkE3qN+BNb559f99PBb&#10;EiL+E5YO5aPt7QdRcsV0evbs2SxZtAir0cTxsKP0692HjLR0lixZwrff96OkykxscgatvuzO/qgM&#10;+o6ewdbdBykpreCr9u05tG8HkyeO4dNPW7F23SZSYo+xZ9MCJo3uQWF+Eq++/hotW7dj6rTZ3Hfn&#10;Q2xYuZZZkyazdtUySksyGTP0G1avnE1RQQFzZiwjZF8ME8ZMIiE2goqSLEYOHcjYCTNo1eorjoXs&#10;w1iez5q16/mq91Byistx2M3EHA+jZ88+pGbkUVBYQtsO7Tl49Cgjxk5mxeqN1NSYiIs6Tsyxw4we&#10;OZTomCgqKyuVBUpibAwfvf8eUeHHqCoroX/fvqzcsI1hoyayesVqPDYbcydMYvmPy9m+bS/9Bg+h&#10;pLqM6bPGM2/mSEIP76NN+y7kl5mxqLgmmqm1bh6u+4z7CxH9uajnESREgggiiN8RugvMTx06sa7H&#10;HJE5SulqihyRwKwSJNSAzVjJ/JmzWbdqAwsXLGLUqLFERsYysP9gMlIzqSovZ/fO7ezYuZuvvulJ&#10;ako6lQUFDO77HdOnTWDcxHEsWbYaq9nB8fBjtG3TgmPHohgzfhar16xhyoSJ2KoM7N2yianTxjNx&#10;5gTGTZ2AxWJm68Z1DBn4LXPmzKB7z96UlRlIT87k4/c+Yv+Bg1hdDioryhg6eCA7tm3GZKhiwby5&#10;9P9hAJHHItR8X1RURHFREbu2bWfjuk0MHTQMi7GG7LQ4EiIPsGDuTIaNGE1pRQUHQkL5slMPfly1&#10;ne9HT6ek2kRKQhqTh44i6sBhOnf8krLyYiIjwhgweAQpZXY+6D6IbUcTMNrEbVNirZgUGfLLCRFd&#10;z9Ozt/2+ul4QQQTxv4tAPTZIiJwm6hIiehyN2i4zvvgasijQgxqeyQXCz1sQ+0MUAXnYmlWHfwyQ&#10;U8HrdqE+NXcZq4JLxT2wOF1YHEKGaISIIkVOWIhYlZtMbfjVqZaVxakIkd/PZUbqV/tZnxyBJEMg&#10;Ass+Uwi8z6lQO/6Ir96BZf5a/JaEiH8EfB1a2zT/bvlf7jt9+nR+XLBAESKRx8IZP3qMMhkWK5GB&#10;Q0didkNucRVdeg9h9/F0+oyazsHwaExmK0N+6Mu+7ZuIjTrKrp17mDlrNisXz2bb2pnMm96PivIM&#10;3n77LaZMncHOHfuZPnEOseExzJ06k0P79lBTmcvMid8Rdngz1ZXlzJq+lAN7opk3cyEVJfnYjKUs&#10;nDuL8RNn0a59V9LiI3HZKtm//yA9+o8hr0RMpc1EhR9mxIgxlJRXU1VtoPt3vTgUdZwxk6ezc/d+&#10;1R/FebkkRIUzcthgUlKSVR+UFheTnpzEG01fpjg/D7vZqHYK5y1fw/Cxk1ixdDkel4vZ48azeO4S&#10;9uwOYd6PizE7zaxcvZBpEwcRcfQQbb74mmqzDasDjRCpFXek/qB5J3ZcT/J7EEEEEcRvgV9FiIhu&#10;pqwT5DtZ1BvITkvi/WZv8/orb/DmG814u9n77Np5gH4/DKK0qExZRSTERbHv4CG++KoHJcVluCxm&#10;RvTvzeyZk5gxawaz5yxUWWMOhxykQ/u2RETEMHX6IpYsXcamdevB6eHA9q3Mnj2VGfOms3jVUjwe&#10;F0f272D44F7MnjWdH/oNw2yF0qIKunXuyu49ezHbbVRUlNPnu2+JjDiqYmRtWLeO4UNHEnYolIH9&#10;B6iNAWljSkISC+YsZPzYiarOVkM5uWkxjB45nFmz56m2R0XH0779Nyxft4fOfYZRUWMkJjKOUf2H&#10;cmxfCEMHDcJqN5KUGEN/IURKHXzUfRD7o9KkCdgtFs1l5owQIjoZEiREgggiiDOP+vTTICHyC6Av&#10;vlRqSjVhu7A6wewEqwssAi8h4nRIMEMJQCU72xJYy5sTXtJZOuU67VMFX/UGYD0Rh8NLCshv2jlC&#10;XHjrISSDcufw/uZwY5N7OIWQkb/diqCQTzF11x6wU1lsyD2tTjdmu/iLGjBZhbiQ8zSrFptT4MEq&#10;QSalTU4pR9qg7aBo99TuIQSI0ekkLjuPI7Hx5FRUk15YSrnBiNXhxOJyYxbTVEV2+JtFBhAb/q4n&#10;6jt/oscbs0Th9xWSvmf96/CTCsGvQF2iozbh4YN85x+wtb66nZkF7B9FiCjix5tSd9KkScyeNQub&#10;yUR0eASTxo3HVGMgOyODZu98yPgpc+n+3UBuvvcxth2Op9fQiewNDVf+2d/36MHa5YuZOmkcHdt3&#10;pEf37owZ3pcNK6Yye0o/DDX5LFq0gI4dOjF65AQ6tfuGxOhE5k6bzf5duzBU5TNlbC+OHNIIkelT&#10;FrJj8xEmjZtGaWEBVkMls6dPY8HCpazfsIXundsxc9JIXnn1DTp0609hWY0y3S4tzqNjx6/4+pvu&#10;9B8wkHvub8yuQyFs3b2Px594mjEjR9Pq00+JPHqEzRvW0bpVK0YMH07Lzz4jKy2VyePH8fWXHRk5&#10;ZDBtWrUiKSuXrTv38NH7HzBn0mTuu/FmZk2axbq1W5g8bTomm5H5C6czZfwg0pLieOLJ51i5ZgtG&#10;s7yrvjg/dcfNyXBmxtPvCa1desBbfR7yR91rgggiiD8ev44Q8ekoEhzbbKxi3y5xlxlAckIyKclp&#10;9O8/mHlzFzNh3FT6ft+PoYOH8E3njhw7Hk3PPgPo9OVXjB0yhJeffozFC+dw4FAILVu1Y8yocbz0&#10;wnO88/Zb7N9/iNFjprJixWpWLl+honrv3ryRCeNHM3LcCBYu/VFlKwvZu40fvuvMoYP7aPF5ewYM&#10;Hk3vnn149j9NOBIahkmCaNtsLF28iI8+eJ+J48fR+N776NG1J7mZObRv156RI0bQq2cvpk6cQmR4&#10;pPpt+pRpdGzXhm0b15AUH8/bb7/HqFGjad++E4sWrSQto5jmn3ei+7ff0/6LL3nvzXfYuXk7fXr3&#10;wWI1kpIcrywsUwqMfNqpDz37jSI5JROH1aoCeTsl0KtXN9bIkJ8gRPSYdIEIPO93Q+B87wt+fjLU&#10;LeO3xC+TRX++utb33ZlD4DM6k8/rTJYVxO8Pfwtm/++DhMgvgHSWTPIqNaXDjsXupBI4XmJm8KLN&#10;bAyLp9zkwGLXyBAVkdvlwWyXBwA2O5gdHmqcHsodHiqdHozyu7Ks0MgVo13OB4vNg8nuptoBBjFL&#10;9BImYoFhEsLBLeW4MNs9GJxQY5drITa3jIXbD1FkcalzJH2b1e6k2umhyuWh2OYmOq+SzoOnEJld&#10;QJnNicEBRgfUuKHaDtVWSMirYPG+SLLKbYoUsTjlPh5qHB4Mdhcmp4sqJ8xcv49vBoxia2g87ftP&#10;YNfRWEUOVbmg0g0mIVgkYFmdbDGB8F/o/rYT5ukicDL9pQgs98yhbgwXDYFCPPA8vV46yST9fWYs&#10;mH5LQkTKD4whIu3wX6TL7wUFBaSnp+OUIHjlFWSkpXnTBtrJzcpnwcKVbN1xkPCoFEqrbMSnZKtd&#10;MUk5mJqSRFVlJaXFpWxYt56N69dRkpdBRWE6WSmROO1mSkuK2bljN0sXryQ1KROH2UF2aham6ipc&#10;DhOFeclUV5aqCP+5WUXkZBaTmZaD2+7GYbKQl5VFcVGxqueS+dNZNG8602fMpu+wiRSUVmLzplUs&#10;Liph7fr17N6zRwWLra6qpqaqhuPhkSxdvIT4mBisRgMWQw3btmxRSnZyfLzapasoK2HHti0sX7KY&#10;9NQUzBYb1dUGjh4JY+3ipRzff4iirAKKC8soKSvDjYvCoixyM1Kwm80cOnyU8Mh4jGbxzdey9Jx+&#10;5gB9PMnfvx+J+WugjaPa70ltC7lf/278egQq7IG/BxHE/yZ+DiEiSrE/ISJBVdXGjEoZq2WSyc3K&#10;pKy4BKvZhtlsp7i4jKycPPILilm/bgNrVq2mML8Am8VKfl4+a9asZfWK5UybMpl5c+dgMBo4EhbO&#10;qhWrCT18iOSkRBXAOiMzm9zcPIoLClUw0rKSIjIzU8nOy6SguACLzUJpaTEZacnKLWbLls0sXLCQ&#10;Hxf8yFcdvyLsSBh2q2S6cWKormHfnt2sXrmCY6FHVeBuU42RvOwcli1ZwrrVa6gsr1BpelMSk1m+&#10;dBmhB0MwVVdjNZlJSkxh2bIVHNgfQk21EYvFTkpqBmvWbmDXjt2kJKdSXFhCWkq6CgJuqDaQnp6F&#10;xepQ7qVbd+xWljEep1gQ1tV7TiYrfPHX/IPmCyzezz9KZuhyyweVoafOBtPP3Rw4E/Cv26nn/lrx&#10;7fzrWWvj8bdAoA5fX311fTPwu8CyTh+1N1R9OmEgaj8rXx1ONVYDEahv1n0Wv64tQfwxCBIivwA+&#10;QsSqCBGrw02hy8PYXZH87eZn+GDgZJKKazDa3cpSJDmniB2hEWw7HEZ+uZEqGxSY3BzNKmb14Uj2&#10;J2aSb3JgckNelYkD0Sms3R/B4cQcCmtcZJSb2ROXSUqpEZMDcstq2BseS0aFkb3R8eyLS2TbsQRW&#10;H4wls9pNVrWLb2cv48a3WjDvQAS5ZgcmlxAcbgptHtZHJjBv7zGm7TjGdc9/xN60AordcCy9guU7&#10;I1l7OJ4Mo5MsCwxbvoVbP+7M+HX7yDY4yDHY2RAaw6qD4eyJTmDrkXAyjA72ZNaw9EAUBzLLuebZ&#10;D1mwPZQqt4cj6aUsD4kmNCmTapMJSexZOxBpPbsD9fR5EKdCXQFeVwDVd573+xNWN4EC6pfjjyJE&#10;VCpC7+9yb4FbzJ7EIkZSCErkPImBYZf2g2TYVUSfTVLLSvpdUYwlwJ63bEnDq2Jm2PE4zHjsBly2&#10;am+aXLGykVSI4HZ41KekRfS4RJk24XIYwCP3ldS3co72u91iV1kAbGYLdquV1StXMmH0UPbv3k7P&#10;Xj8wb/Eaqo0WXC4tlaIiIoRZxYNbPiX9olTcI8W7VRpugUfMz7xuLfK3pPHVzZaFlbVbLVjMZlVv&#10;j+RMVFEEhaF147K5FBFkd1pxe+xSUexmi0rjqFm2aWl3A5/zqaGPN/n7r6Eg+BQdzZrqz0eIBL7D&#10;f4Y6BRHEnwOnS4io1LPeoKq1CRHNulAnRlX6XJUaV1LTinWvR5MZIhecHjVHIJa4Zqs2r7o9OO0O&#10;lixerFw2JSONyy0TtUfLwqJcpjVIWly5h1hWiEWI2y1yR9OHVKpd+c7pUGRJ8w/eZ+3q1cydPYfv&#10;en5HYV6hIkOckvrdLnO/ytGr0u1KnSSdrsg7h7RP2mJ3YLfatPMkPa9qm8gKCZAtqdtRdXeotMJS&#10;N5E7bvW9nl5e6mu1yDzuwmaVXVaP2uhzCsRV3CIWIRp5EPhc6kPtBbtXB6lFiPxRumDdOVbkgP+C&#10;OhB1y/itEFi3wN/rR60F/G9NiNTZ1KxPTp1MH/AG1P0FgXUDCZFAIqQuIeKrmz/hdTrP0788Xzmn&#10;N+6D+PMiSIj8AtQmRMRywk1SpYWneozi9i+H8UDbPmyLSsfggqT8Mj7q0Z+3u/Ti7U5d6DFsNAnF&#10;BjZFZvNa5/6822sIL7XtypRVW8mosjF20Wre6NSHZt0G8XTLb1h1MIZNUem8/91ItsXnUmiHxTsO&#10;8Xr7Xmw4nsanvfrx5hcd+Xr0dB759GtGLt/BrtQinus2gL89/iqtJ84jLL+USg+UWd2MW72Zuz78&#10;nLf7juKZrwfS4LmP2Z5VwcHcSpp/P4HmfSbTavAMvpuxlL3Z5bQZP4+/Pfo6Hw2dzvbEPKZu3EPj&#10;d1rS4ocRfPB1dx5s+gb708uYuCOK9/uMYv7RVK54pRUzd0eyN6mAN7oOot24eXzaawAhYUdxS1DM&#10;WilitYCr/gjs7yB+CjqREYj6zqtHmP5MwXM6+K0IETmk7JMRIvUJM6X8CRkiQk+UR5sDj8T3sYHT&#10;rllsCex2j1J0pT+0mDdaqlmJyeEScsEu77v2zmvkiii/olRqJIRblEsveeK0W3BLcD6lcGpkiEt4&#10;GatdQZRYgdTZZDCwef06Vixbxuo1GyivMikl2u1yY1fEjUB2LfV5RxPeTlF6Ffnhva+U5y1TkSRO&#10;+d2GwyYBjG14XGImKPVz4vGSRCo4iF1IFXGZk/dRlHELHodFneNScZBkN1WPg1S3f08OfbzJ32d2&#10;fP1W8B9HylJExoMoTE4hhTQLvcBrfjsEvse/rg/rVd5/QjEOxoIJ4q8EkTcyVn/qqI8Q0dyWfWWp&#10;eVKR3jJXy/jX5kJxSVbuzGLxq+Z++dRjK2kESlFhETk5OVjFvVOVIfLBS7KKJYWQCN45Vd5Jm92K&#10;3a6TABLQ1eZ1PbFht5qJi4lmwdx5LF28mKT4JGxm+c2tyHaXXeZ0YUI8WgYwuYfoqErGaMSIvniT&#10;Np34W5E9IhPlGq8c87bJX08QskOrq9886P3f5oWcI9dq/VT3udQLv5hxPnJB3xTT57rAOfD3QG09&#10;SXdd/2MIkECcRIc7DfjXXZP1dc85IwgkRE7oMH7P8ZTWP/oz/3nP/vQJEb1c/zF+Mhfy+qHpWNq7&#10;5CtL5KT8f6q2BfFnRpAQ+QXwESKay4zN7mJnbCr/6TyQMSHpvPHdWEYt2UKhWFjMX0vTrv1Zl5zN&#10;5qQ05m7bwfb4bFoNX0ybsUvYlV/D8ohUlhyIYlt0Oq927MHYLYfYkmeg76pdvNShN1N2hvFyz+Gs&#10;icsjS9xTth3hiZY9WXY8mxfadaH3xKkcKzIwavMhHmvXgw2JeXy/aidXNmvD8oQ8MhxQIS49WcXc&#10;+XZzusxbxr4KCz+sP8i173ViTVopfZdv48E2fRiyMYLu8zZzzzutWXQ4lh+Pp3PRG22YF5rKnvRy&#10;rn32TQYv28bRIgPT1mzi3mdf5FBWFWM3R/Bmz2HMOprGJa+2ZubBWObsPsbNb31O35U7mbZlH3Ep&#10;qVhlsLl+ghD5rSbq/3mcRJj+txMiKjiOL7aK/O3xKn4S40c2FDXI39Iv+piU8anH95Gydb9oTYl0&#10;2YXk0Hb5dH9pbU7QlFktPS14xDLEoVmRCBlitwkpYlM7gypVoZhuK5Nsm3JNEbc5IUNcXqVTr5Mo&#10;i9o96saIURYiivTxQbcOEdcZsVpRBInX7UVZiIhJjAoYpCnDWntFGbfiEeJHFGqlHGs7gD6BX/dZ&#10;6wKkNvTxJn/X9/ufD7UJEU15sntJEY2cOn0F7dcjQJGstWvmj8Dr6od/2wSBCmQQQfzVcbqEiCi5&#10;dQmR2gv0E5Z23r91WaEFzBfZ4R+Py0uIyLninmyxeGNdaTLEtwMd6Laqvds2h1VzJ/aSIWrelv+F&#10;KLFZsKmApZo1iM0ihLx+X23uFncVIW+0+sp5Io98pPvJIfXSSX1fe/yTBPhcB33fnUggcCK2nUbE&#10;aDI1cEF76jlT62shcLxtVnOarw6nImPrlzu/Fj49SW+fCrjr/V3uKWPmt7n3T+EkOlw9UP3qdW/V&#10;9SKVGc4rr21Kz/EjpvzG/y+HLqP0/33ys9Y4qEOI6OPEv20B8u8n4C/PdFlXH7TxWfsev8ZCRPQp&#10;Xz0D2//fCeVSGDC2/hsQJER+AXyEiMChfEu/Hz+NF9p2Z+bO43z+wzha9R5BTIGFVgMn8sWkBYSb&#10;HaS63ESXVXA4t5xXuo1l8JoQ4t0QY/ZwrNDA/pQ8Hn7vM9Ym5RPuhMVxeTz+aWdGrd/Hyz2HsTo+&#10;j3QXTN1yiIdbdGdpVBZNO3Zlysp1lLhg+fEUXvjmB3akFzFxawh3vNuOkAIDOXYocXg4nJTJlU+9&#10;wLzweBKAJQn53PVpN5bF5/HZqBnc8F4HXu83laY9R/L4xx1ZfSSGtVGZ3PlxF/ZmVnMgrYyG9z/D&#10;6uMZZDpgx/E4Hn/pNY5mVDJp0zHe6TGEuWEpXP5qS6buPkacwUWvuSt5rddgXmjdSVmIKLNUESa1&#10;CJHa+PWTchD1I1AQeL/X3ZZOLK5+/YT+RxAigZOzpkh5yQMRykqJ1KxFPGJurBQuPT22RororiHa&#10;WNRi+ki8Hhmr/oSIxAER6xKNSJGyNCVWWVZIOmml3LlPECIoUsSNQwIYi1mymE/bvKSDUrjEcgps&#10;XmVbERcufSdOytesPWTOEVcX2dFTO3dKERWLF6mTXUGIEVGMdUJELFXw2PEoslHePyFxPIoUUi4z&#10;dg8OuwRJ1totbfR4iRexgNEtRES51xRB6V+tb6XuOrR61he3xj+wnr4TG6go6//XhnZ93e/9r611&#10;P73cE+UH1sd/jMjv/sqMdq6mFEm/ieIrpvQeb0BpeR6+98anbNZXT//3Qb9P/XWpe62OQEXL/x2t&#10;f+z72la3TzWlT4N+no8QCby393cv1P+BinNwng7iT4ZfQ4jUtlbQiAWZbz1CKKt5QSNEJMabWAVr&#10;75TXgkKsNJQwsOOwWLErlxLt3RULg0ACW4NONPhtEHnfc90aUGuX9s4qWaHcYAQyN2sEhEdcK5Ur&#10;qHZ/be7X66ZZNmiWIf510OY33e1T2uazdtSgbRBoBIdcq5Eg3u/EykXNid7y1caDlCWyRNrkT5zo&#10;c5jvOfnPe4rkF4tKu6TsNXkX7Hq2Rr2fA6/1znVe96ba46D+uez0oM+7mhWQnsxAewbSb15Zps99&#10;Si84FXTZcOq5uW49TgW9jr7r6shdZamkjRc1ZnTyyCZ6ifwtY02TxbUttrUy/cvS+r+2jKot8/zq&#10;5o2/oyVyEGj6jmZV5F9Hn07g6yeNmKjbd/6o3Y9afTXo7dH/12WdP/zL0cadbErJppH2PurnaG30&#10;kZa1+tZbN3Wudy0oz0PJSe976993p3rOvnbWLV+vhz/qnnf6OFU9NOi/1W3ziXP0OVK3FBMdNSAw&#10;6V8ZQULktFCb8ZQB4xMuTspKynn9zWY89vJbtPlhJE+934bH327BmpBoZm4N4clWXzNnz1Hm7dhP&#10;7/GT2BgRx1fj5vJJ39FsiMum79wVjFyyjj2xabzxRRe+n7uCFbE5tB83jw+7DGJNaBJvdOnHl+Pm&#10;sjY2m08GjuPxNt+w9Fg8zb7syuQlqyh3w5qj8bzSsQc74jJYuOsI1zZpyppjseRZ3ZTYPcQXlPBM&#10;q69oPngiS+Ny6Dh9KQ3/8zpbU0uYtOUQL3T8joVhycw5EMOQJesIL6lmTUQKjT/qxKLD8RzMLOeJ&#10;5l/QduQM1kSl0HfaLG5+6HHC0yqZsSWcD7oP5sfQRC57/j3m7z3GwawSJqzdwZqIJD7q1ocBQ4Zp&#10;k6L+Ap2YhH8adZ9JED+NuuP2lITISRZcvwS/JSGixwYJvKdM3LUnNBlrbrEkVkGHTaKoOcV3xYnT&#10;YlW+zw7xB3ehUhpaLHj9xEUJ04StpgxpSp/LZgaHCY/VgN1oxWLxYFNZmURxEvLBAk4THpsBm82K&#10;VbgLiUtitOI0m7EZTUp5FtJD/MmxWfHY7JjMNiqtbhUQWTxYROkUH27xVXe4ROmUtomrjrixWFX9&#10;JRaJInDsXn9wtwu3mFhbRbHUiBO5h3KRcQu5YcTtMGEXNxxv3BTpCiF2hLSxWF2YbXYssqCwObAY&#10;zZhNsjvpwi7BnOV8cRHyCkLNekVMv5WbvZZJS5UlZtua25DbJX71onSLQq7NldJXknVKz66lkTD6&#10;2NQUbj1luTLD9iolKnSKqrNPIZe5xOMRdx9ZtGjktNRLgv0JwST9qtVVX9z4FiOakPdl1tKVAKmj&#10;xIfBacVmrsRgqqHK7sDidpFdkE9pWbkKLCgm6m5ZBIlVjvrUd0c1Bd5nvSF/e8k25Tal1UO5N9m0&#10;WDJC1mnX6u0LfE/1+VJ/T2v7WWtknKS51OC/kNLM+71uT2LNZPd466rJL5/Co49zzSxekdZuFw6P&#10;W4vb43ar9On+0DKH1X33gwjij4LM+0Jw/NRRixBRlnwa+aGg3mmxonPhtJrx2Ew4zUaQmB8iSyRI&#10;vEveAZPSZeR2ipwQWSdEg8uNTebNE4t5zaVRWfCJXDKbFOHskHTmJisWs13NQRabUwVTFdQYDUrG&#10;yTwmc7WUKaSMBFK1We2YTRYV28NmdSqZJdldcIhs0IgOm0WbS80q5odGiGjzjpDdIh8seMQ10u1W&#10;87vNKrFCtHlK5giBmoe9gVIFGjki87BG2CsSRuZg8T0VmSObDjYPVqsshHXyRIdvAa9kqTeOl8gf&#10;cWHFagRrJR5zKTazgbzCKoqrzFgUWSXPR9tIk/7W44Dpk6rIFqcirr2bbSLjvNAXbHpGiZNBrtc2&#10;QWRjwJtl0SlZEu1KRolMVGSTxYDbLPHB7DhcYu0s861v7lWQtM0yjlS9RSbKp1cGCsR1Vblf6nN7&#10;3QVqYP30OjoktpkX8r9AG79yHy1umHLbkthikgtZPU83ZosVs8mMxVhDUX4eFhk3brDaZB7XNhBE&#10;TvpbO+nrGzV+RbbbNRmi9BO7bKjIONGyWIrlt4xRQ5WB/LwSqkwuzFZtLKjNHbU5pD07rZ56Xf2h&#10;/+4PTT/RIH9rcXWkrnbRI9ySTVPTs1QGT5fnxLOXtihLYEUe6skotP6W9w+bESxl4DBq+qBF4rtJ&#10;/2ttFgtgt4LHqztoz1fqILqSlCl6h7G6nIL8Eqw27Tlqm2a6nhGod/uetS579f7W3LG1TTLl9hag&#10;A2j6iV6+D9p8pW2KqY2xEwSQT9+R/6UMzf3LR4ro6ysZAxr5J++tpodo5WsxiJSOoN4PcetzKt1U&#10;vPTkXbGrPtc3ur2WdvXMzX8F1EeI/NmP358QqeVSUJcQCT96jA7t2hOdkkGxxUVKUSV9Rk1k5ooN&#10;JJYa6TZiCu+0786bLdoxfekqcgxWjqTm0Pb7QTz74ed89M23bD5ynBKLh/X7wninYy+eb9WZNzr2&#10;4nBcLtlVLhZu3c+LLTvy/je9adN/JF8MGcvWqCS+7j+U1Vt3Y3J72B+bSo8REzieXkB8XjlNW7bn&#10;m8GjSMkrwexCZYZZdyiS51t/w6ud+/BOj4E06/y9CnyaVmWj64ipvNjiS15v05Xpa7aQUWMlvqiG&#10;doMm0vaH0RzPqmTr0SSe/qg9L37ekZbdevHpF1+SlFXGqr0R9Bg+gQ3HYnm+7desC4nkeHYZHX4Y&#10;RvOvvuWjjt3YH3JI+e7W7d/aCCRD1Av2F37J/jAE+nLWt8jSzzsR1PavS4jo9/WHwWgiOj6VxIxC&#10;qiwy8UtgORs5aSmkpqdjtLlUNqTKagdxcZmUlxt9AUS9i3ZJLS1jUKw/ClPjmDd+JP2+/Z6RY2aS&#10;mJqLRe22WHFaDbhtVSTHHmPatKkci0rCYvWwbtVapk8Yy8zJE5k+bQ6z5i0iNiYaU2UZh/cfoN+g&#10;IXw7eBRL1u6muNSoKbpKgHvJAlF6RBjbTXhkF81sIjU5i6TkYkxGjwqIqpQ1uxVLVSVpSYlEhIUS&#10;HRlJUXERbpfEDzFirCoiJjGJjPxileVKlHBRfG0WD3GJGcQlJWMymSnOL1IZbKKj4oiKiiMzK08L&#10;nOdHiMiuT1ZmDseOHSciPIrU1AyMRlEGdUJEFgYSR0UUQ40U8SdEBBaVtluDtnjQhLFGUojypZtw&#10;iwKuEyIaYaSIDlGOXU4qS0uIO36c6IjjHI+IJOJ4NInJaWoxIL76SoHXiQg/IqA+QkSRG8pyx4Sx&#10;qpjR48ewdtde0ooKuOLKK+k3oD+GGiGXRNnSFjnyKdf5dnzlffIGB1T3UY/nBCGiXaPBXGMkMy2L&#10;1JQMjAYhcLxjr877Gvie+qAp5BInRoM/IaJZHPkRMkqJlQWaz71L2/UMmBtcQoC4qKgxkJKRQWlV&#10;FRanA4sEEfcjRYLzchB/JvwaQkQWSbLA0d9pIUQk8JPHWoOtuoz05FRi4tMpMdoxue1YnAZKKiqJ&#10;jE2nqsKgXjKX2UBybAxpaTlYvS522oJSW8C7bRbcNjOG8lLWrVhJvz4/MGjAMCLCEzBa7JRXV3Lg&#10;8EH6DRzAwEEDmbtgNQUlVYq4ELL7eMRxhg4bQd9+A1ixcg1V1ULKyIJNAmJJ2Ubioo8zd84yIiKT&#10;tPgeKmOORoYoslxiYdnNKui33W4iLi6JxMQ8zGaJpeV1BZL1opD5auGuEUU6IaIF+ZZA4R6NDRci&#10;xm7BUF5BVpaUI89Bm8s1aCS2WAtoC0AfiSwLbTGNtFeUsmnuJHaunk9mSiLvN29Dx27fUVRReWIR&#10;rRMe/tYwmkWMjxCRhZlNzV1CbHgtWOohFxTB4I2NpCz91PUinzQCSq4V91HRF9QiWjYJKsrYt2EV&#10;qxfOx2Ex4vY4sLlkDtbJEJF34p5qVy6qHlVXf6LCa1Wo3FZ9cVhq6WJeBNZVxqiPENHIGJ0UOTkh&#10;IoahHtJTMhk7biLRkVFsWLOS6xtdz4GDoVRW1pCXX0iNyaTarr0DGjGoyUjdQkKek5AgWreLPNEI&#10;ESFJtEW2BKOvqa5h+qRpvPrym8Qk51JeZSMlNZOqaoPXmlXuoRMimguvv36gfe9Pmsin6BNaDDYV&#10;/Ff6VzafFCHixiKkjpcfU5syEiNeghwrK1ipt06IaPWUsWFTAeitGEuzWT6pL5H7N2KqLGfxgjVs&#10;2bhdxYyTcarIOm87PYotlA0xM8aqclIysjEbZQPMSf/vv+ORh58kKjpeG08/gxDR15BqU0eC9qvA&#10;/XK9r+/rEiGa5a9uMazrEhpJqD3D2mSIdg9dxuubJAKN+JN3RducUu+4uIIrd3C9HM0KWekWdiNO&#10;m5mykgpycoswWpxKf7Opd89nbRQ4nv8qCBIip4NTEiIOlbpM0nNabMIYS2YZF8UVVSp1ptkBJdUW&#10;sgsryCuqoNpkw+x0U211kF9eRWJWLpmFpVQYbVgk5a3ZQVZRNfHZJWSW1FBtdmNxQbnJTkZRORnF&#10;FeRWGMkoq6bIaKOkwoCxRsxEocriJLukEqPVrVL+5pdWk1dYjtUsdZUdCBdVZiepRVXE5pWRXmYi&#10;vaiaaqsHgw2KKy2k5ZUpVFscmBwejDbIrrCQml9BldFFtclNfpmZhKxisgvLyMsvwmxxUlplpqC8&#10;kiKDidTiCsrNTpUGuKDSRGxaLlkFZSrl52mZV9VHiASeE8RP43+QEAnEkmVLufW2u3jrg7Zkybvg&#10;sGAzVfJtj660bNuWjIJSjE5ISi/ikUefYf6Cleo9sUmcD6emWJndIjhclBfn0/vLVtx2zZU89sDD&#10;NH70RT5p8zU5ufmKLHGbq8hNPs4rLzzNeeefz6BRkymrMNO3dx8+/+g9Pmj2Os89+yJ/O+tc1qxe&#10;Rej+XTzcuDG33HEX9zz+PLc2bsL4ifNVWt3CoiJyZSfHZtUUH1ns2k24bQYSIyN44IFH+E+T9wmP&#10;zMJqtOEx1VBTkMfw/v14qPH9PHz/wzzy8OM0afIsmzatoaYih6TYMO67/0Had+lNUYVRWbfITkBo&#10;aBz3NH6Q19/7gPj4BEYNHMpNN97Ca6+/zZtvvse8BUswmcVMUrOeMRrNzJ49l0ceepgHGt/PY488&#10;zv2NH2DJklWUldcoCwqToRK7tQar2aiCuop/uPjVV1bXUF5jwCBkldOj0omXGqyYxKpDmdc6qTHa&#10;MVs1k02ryYjVbFXxVaqrTZhMYsXktVKRHSKLmQN7dvP6Sy/y+MOPcPttd/DKq2/weatWlJSVY7FI&#10;bBZtd0z88MXdSEzajQYDBqMFs5G37NcAAP/0SURBVMWFwWhXO2VKebHYMFVXYjJUkJkay5333ss3&#10;PwwmOS+PDz5tzrIVSzHJ7q3JjNVgwmIwKliNZm+GBnnP7JjNNdTUVGA0ShpLJyajHYfaafIRIrKr&#10;k5aUwlP/eZoHHnyK3XuOKCsbZXIrARZl98lgVmmSrVaLZkav3k8bJpOBmppKjMYaHHYfGeKwm6mp&#10;rqKmpgaLxYrNa5FkMtsxGm1qR1l2mG2mauymctx2AzazSZE8JpOV6mojBoNZLaQkTfz23ft49PEn&#10;2L3/IAarVSNFgoRIEH9S/CpCxI+oVFCLbjNYq0iKDOPxRx/j/gcfY8Oug5jcVixuM/OWrOT2h18g&#10;5EikWi3aKkpo/clHdP66ByaL5sKnCFlZsAipbrdirS5n/swpXH/lFTxy//3cfOPtPP3Ua0TGJLDn&#10;4D7ue+he7rn/Xp5u8gzX3no/Q0ZNVPNNVmICTZ57kWsb3cBNt97OldfewJTpczSXHLtFWSZmxEdy&#10;/333cMEFlzBk2ESsDheVleXkZmfhsJg1sldIGbvMqxWkpcZz22138OprHxEZlaXmC7vNhs3soFrm&#10;YSE27DbsFpMivO02cR90YLGaqakxYjSaNKLeWsOapUt45unniY5LwmiyYzLZsZjsWM0OtXhUz8dm&#10;w2I0YpSUvxaR43asRiOm/Gw+fOx+BnVpQ1ZyMqNHTWPMpJmUVdZoRLrFSpWhBqPZhF1ckoxiiSm7&#10;+mYsJgMWi5mqmhqqjUbMdidWWfjKXO8lROQ5iM5QU1ONyWRS40QnROTvGqORaqMZg8VJjdRbYsBY&#10;DBirq5Q1hZDrJdkZvP/8M3zdojnlBTkYjVVUm2pUQFzNxUmbg83GKgw1VTikr5V1jrg4WbGaLQqy&#10;6SBzraaDaW6Yej0EUr/q6molO/Q6St1NZhMmiwmzzYxdLFeUHDCpuV5kpCKNbELMyPOxY6qxYKiQ&#10;gO1bufuee9mzay9HDx3io/ffJzY+iYTEBJq9/S7LV66husaggvc6rSblvmQVmWC0KqsHCd5ul/hm&#10;BhsWO5jEmlRinZlNmA0Gaoxi1eTEaDCxZd06hvYbTHxyDmERifzn6RfYs/+I0h/EhUa9Z4oA0YIF&#10;G6orMRtrVAY8LSC9kE9iOWXGWGNQ2Z1k/FhE/5AFvKkSh6UGs9FAlcFMjVWetWYZIjqBWIUKiV9j&#10;Fp3DhdvmzSgo6aKNJgwm6T8rbreNvLRoHr/xbEZ915qKohwee6wpX3/dU2X+E/lrNZowVdUoOe8w&#10;1eA0VeC2VLNp7XqavfcxR0MjcZpsLJw7h65dviU1LUt7jlYLhqpqDNXVWMwixzV9W8a6PHsZWwaD&#10;AZM8X0V+COEortYGPE4jLptF/SZyX8lwixmrqUZZjwjxJv0m41L6zSlWxl4iS+YY0XMkDbe8L9LX&#10;WkBlqZMNg8j2GhNWsQgTq2AHVBodGKxChoieYMMi49NgxWF1aePVZMVssKk03nazbPgZcJiqGDN4&#10;CB3bdyI7rxiL6BhBQuQPO/50hEhtNtAfwu5pgRs1EyTNDFwgAfpEkImJksqW6TULE2bObhfywq1M&#10;7tWixWsdqO+cCqtnUUy27H764hNo5n4+02jNJB6wSeAFb+BEu0sNYNkhFlglfoDyH9V2YlWcBZU6&#10;VIOYY+oMrLC0ci+pp25W5WN0NUEpTLOYUMmmtfjaikuCWUzulYmVnONjSAW62dhPoc4zCeKn8V9K&#10;iOgpdQPvGQhRKJ597jn+9re/ceGlt7Jh+36sdiMWYzFvvv4yrzR7h/isXGpcEJWUw4UXXszQYRMw&#10;W+V6r1mgB2yS+tbtoSg3gxVzJrJj1QJqKir4ps8Ibr7nSRITk0GY84pCxg3owSXn/4MLL76UQWOm&#10;q/fXVFNNdWk+pYW5tGjRkkeeeJ7wY2FMHDWQRx9ozNHIWHIrHTz0xIt88GFbYqNj6PVtTzp26kBJ&#10;WYkKfiaLXqfNiMtSTb9e36g2/f3v5zFq8mIltJzV5cweP0Z9361LD9au3syiRau4976HeLvZa2Sm&#10;hBN+eKf6/eKr7uDQ0Xhljm00WujwZW/+3//9H7c++DCx8XG0fu8jXn6hKbv3HuJoeCyp6blYbJKB&#10;x6MW95s2beG8c8/ns08+ZdmiRaxcsozXXnmDO+56kP0hx8nOzue7Xl2ZNmU8M6dNIeJYGOWlxUyc&#10;OJFWLVvTvkNHNu3cSYHBTmRmBW2/6cuWnXswmw2kpKQybPg0tmzbTUFBDksXz2fKpEmMHDmazz5r&#10;Rd++A4mOjldklYplYrdRnJ9HyO6dtP7sU+647R4W/riYoxFhZGZnMXX6PCZOnsbkKZM5uH8/hsoq&#10;Fs9bQPsv2vNd775Mm7GQ3t8PJuTQYYwGI7u27aBr56/o9EVrJo0bzu1338M3PwwlvaiY1h1as2LV&#10;UrKy0pkxdQrjRo1hcP8BtG/TlknjJlFUUKHmy4KCUvr1G0CbNm0ZPGgw8+YtYfiIiZSXVdciRJxW&#10;G4sXLFTP5Kyz/kXvvqPVIkJ2cA0VhWzZuIGvOn1Ny5atWbJkMeXlpaqPkpMT+f6HPrRs2YKuXbsQ&#10;eiQEQ3W5wppVy2jbpjWdOnVi5szZlFcaMJhszJ2/iGEjxlJaYaCqupoNqxYxdmhPbDX5HD5wkP79&#10;BzFixCg+/7w13bt/S2RUotqZbvr6u/zf//0fz7zQlFXrN2CUBY2flYhK1RyAwPcwiCB+L5wuISKW&#10;qvpCU+0GiwuIuMmcsPoSQsSGy1KJ21bB+OED+Nc//8nZ55zP1736U2auVqRIxy7dOevc69iyJ0wp&#10;apbyAp54sDFvv/cxNWZRvuRefkq100ZpXiafvv8m3b5qT15WBmtWreP6RvexeNkaho8ewWWXX0Zu&#10;YQ6ZOVn859V3ef2Dz7AajCycMIkrr76eNZt3kJJdwIuvv8M99z1ASVmlcu2pLMqh51dfcM2Vl6l3&#10;tku3ARSWVNC3bx86tm9HYV6OFlxbyBOxgKspoX+/Pmr+ueyyG5g+fSkm5WJjZ/eO3YwZP5PM3GK1&#10;uD8Sso++PwwhJjqFgoJ8Jk8ezyeffU6nLt8SduQg8ccP8dRjD3P+vy/krXc/ZOW6jRw9epxBPwxi&#10;7vQ5TJk4GUNVFckJCfTv+wMd2rdj7PhxjJ86lTmzZlISF81nDz/I4I4tKUzLYMaUhUyaOoey8iqK&#10;CooYNmQobb/4gqHDhzFz6jRGDRpMXmoq+3fuYPDA/owdN5YvOrTnuz59SEhJwySBbcUiQD6tNoqK&#10;ihgxYgStW7emc+ev2bljJ1VVlVRXV7F+wwa+7PwNnbv3Zv7SdfQfNJyd27eSGH2UYb2/Z/Gi1UyY&#10;MovNq5fzzfsv81nTpxk9sA9t23xO5+7diIiKxGAyYjQZ2LplI1992Z4v2rZk9sxpVFWUYaypYtuW&#10;rfT/YQDDh47ky45f0a/vANLSMrU4GyrehgOzxcLhI6H07duPzz9vycCBA0lNTVWL47179tC3X18m&#10;TZ3E3AXzqKqpIiomml69vqVdu3YMHDCIrIwMLCYj5WWlTJo8jQ5ffEWfXn0Z1H8oN99yKzu27SY6&#10;/Djdvv6aI6Gh9Pq2B3//+995+NGnmD5jNmZDJbiFZKpixdLFjJ04g+KyKjVedm7dyrgJs0jOKmfX&#10;gaP06t2TcWOH0frzz+jXbwjRMclqk+HI/t1MHDGS/SHH+PDTDpx9bgOefflt1m7coayPhGixm6op&#10;ys1i2pRJtGvTip7du7Fvz24vEWLiSMghenTrTvt2XzB+7ESGj5jAj4vXUVJSyaghPzB93DD6fNuD&#10;1m07smDpekqrTCogcUZGOgMHDaVFm3b06vM9x8OP45RNWKudndt30vHLr2jZth0z5y0gr6CA3PQE&#10;/nPzuUz4oR3VRTk8+virdOveR23C5GWmM7hvX9q3ac2Igf2ZMnIwc8cOIuP4IbXhdN6FV/L2259w&#10;eO8htm7cRM8e3ytLWiEIt23ZTJevOtOmVSsmjJ9IZlaOIkM2bdpM167dGDdunHpmgwYOJCE2Fqfd&#10;rFyacVRhN5cRcSyEb77pQut27Rg+cjhjRg5m/qzJWA3llJfks2DebD7/7BO6fNWJbZs3YTEYsJst&#10;7Nu5i15du9O2ZWsmjp9Afm6u0jfKS8pYMHcB7Vt/wZftvmTRotUUV9jJKjLyw9AFLFi2FaPFQnV1&#10;udLXZkydSklhIVMnTWbEsNF833sIbdt+xdSp0ygtzicuIpTbG13HZZddQZv2XxGTmKLcy8SF9q++&#10;ga3rMLLG0Fyyg4RIPai7sPSZMQUSIr4Fp27y5IverZESys/cS0To0AgT7++KJNFM1B3q0+sjp0zF&#10;tQB/KraBN7q3Lsh1IkaZYKksGJqZm5h9yf+ayZS/z5h2vjLd8gZk1FK9ibmfU5n8CfkhJIvUQ5mJ&#10;qwCOWgwBjdmWdmuBJhVxoRbUWuwFxToq5lGP1F07rZ1SRHQzdT8E9qvWt4HPJIifRt1x+79AiKjx&#10;6LSTEB/LWX//O01fe5e33m1N2y+7UmUsx1iTT7M3X6Fps3eJy8o7QYg0aHAJg4eMISevgJjYWI6F&#10;RxIRGU9MbDKlxWVYDBU4jUUUZkQzZcpUHnjyVTr3GKR2AjzmSvatX07jGy5n5OC+3HDrXfQcOE57&#10;b+ximWAkMzWRZ5o8R/dv+2OqqSRk1waee/oJvv1+ABPmrOahp5oxftKPiuFfuXI5M2bNwGQ1q0Wn&#10;ZBtwin95TTkNLjiHx598nHc/6cDLb35EQUGhUoabPPkEzT9oTl5+qWYSaYPyshryc9MwlGdw9OBW&#10;/u+sf3HWPy+iS4/+6r3MzMzn9jueUIrLLQ88QnJqEq3ebU6Tp59n6/Z9ykQ8R1nWCHkKBoOFjh2+&#10;4sEHHiInMwe7WEdUV1NcUExiWh7ZBZVExyZw1ln/R8MGF/LuW69zaP8evuzYgYcefoTmH37IKy+/&#10;zL0PPsSP63ey8VAyDS9rxIixEzEbK4k+fpxrr7uTgUNGk5uTxvvvvslVV16lrD4+/qQFN950C2+9&#10;/T5pGdlasDaZH6wWHNUVjBs2mDtvu4/UtHSsNiO5udk8+thTXNSgIU8++Tgh+3ezaM4cLr/0Mp5+&#10;+hne++Bjrmt0M5dddhXz5y/gWFgoN994I088+igfN/+Qhxrfw/kXNqBr35Ek5uTyz3/+kx7fdiU+&#10;Poq77riDu++6j+YfSHte4orLr2TKlMWkpZfz5lsfcNlljWj68iu8+sqrNGx4qbJSysktUfFClK+v&#10;3Ym52sB7zd7mkYcf46OPOvD0c++QlpmvTOoPblvHdVdeydNPN+Hdd9+jUaPr6d27B1npybz1xmvc&#10;custfPDhBzz44IM0eeZpjhw6wIJ5s7jm6qt47dVXeOvNt7juuhsYOXo8ufnFPP/iyzz46OPKarHK&#10;YOC7bh25+fqrMRSlMXH8JC6+5DJeePFlPvn4Y+65pzEvvPQqqVklNHv3I7VgevaFl9l/JAyz7D46&#10;NUJEc2X0peXVEfg+BhHE74WfS4jIbq1k/fIRIgIhRCQuhhWc1VSXZND87Td45slnademM4898xyx&#10;GSkY3A7aderBWQ1vY/OecGV9ZinL54mHGtPsvU8oLK8hOTWVqOgYoo5HEhcVRU5aMjZDOdUludSU&#10;FWEz1TBn1lzuvvtRtu/Yy/6Qfdx5922MGjucSdOncvfTLzNxzo84TBY+eLkpjRs/TEZBGTV2D4NH&#10;TOS2Ox8gPCIGY1UVP86axh2Nrmb5jws55+x/07PPcCoMFhYsnM/wYUOorCj3xhwwgdNMQU4qd991&#10;J882eZmnn3qFd9/5jLKyGmVBNmTQEO69/3GORSUq2TNnxlSuuPwaNm7azdw5c3jowftp36ETjz/z&#10;Ck89/R/WLZ/HGy88x0XnXcjLr77OnpDDrFm9lrPOOos7b7qF5u++TUFWBk1feIFG1zXinbff5pVX&#10;mnL+RRfyYtNXKImNpvXDDzKyY2ty4xJo+/lXfPJJG9KSU/myXXsuvfRS3nzrLXXdpRdfzJ0330xO&#10;YjyzpkxV1pjPv/g8b775BnfddScvvNSUkooajRCR+BZWO61ateHuu+/lzTff4tFHH+POO+5k987t&#10;bN60jptuvonHn/gPr7/1Pvc++gKXXnYlc2dMITZ0H5ddcAGXXHwZzzV9i63r1tD29ZdodME5NH3m&#10;cT5u/gGXXXU1z778KgkJCaxcsZzLL7+cZ555hleavsz1ja5jzPBBlBbl0atnb845+1zefONtmr//&#10;AddcfQ0tW7ahvLxKI0QcLvLyi7njjru4/8GHaf7RR9x4442899675OdkM3nSRP597rlcc30jRo0d&#10;R0xcPI8/8YSSY61ateLRRx7nrbeakZgQx/Bhg7nkkst4/oWmvN3sA669thHXXHsd27ftZuvGjVx4&#10;4YXs3rWbgQP6ct75F9L4gYdZtnINNonj4jLhqCnmlRdf4IVXmlFYUqli6PTu1ZOb73qIqNRS+g4e&#10;zYUNz+e1V5+jxWcfc+01jXj//Zbk5+cyeewI3mn6Cuu37uWdDz/j7PMv56kmL7E35DhWWfeIDlNd&#10;Rv/ePbj2mqtV+x5++EH13EIO7Cc6IoLbb7udO26/g48//oTHHvsP5553AR07fUdSYjrXXXExjW+5&#10;mjYtP+PJ/zzNFVddy4atu6muruD5557joUf/wzvvf8h99z/AA/ffT3x0lCJznnjsCV5/401atGzJ&#10;Pfc/xLd9BhITfpRnbr2YyT90pLowlwcfeZmuXb+lsqyE5555mjtvuYU3Xn+dN5q+yGUNzufZe64n&#10;LzqU++5pzKWXXU3Tpm+QHJPID999y+13NCY0LEIRXzdedy1NnnmG5s2bc+ONN9Hlm+5kZmbSrWtX&#10;/v3vf/Ny06Z8/PHHStdo93kLaiqKwVENjgrysxJ46slHuerqq/jks0959bWXaHDReXzY7CVM5XkM&#10;HTyQG2+4gXffeYfHHnuUO2+/nRVLl6p+u6FRI575z9N81Pxj1Yft2rZWBOSAH/rR+O77eO/td3nt&#10;5abcc+e9TJm1jAMRWdzxQDPe+qC90jPzclN5+KEH6NblG/KzM3mhSRNuvvlOXnn1bd5s9iE33HQn&#10;AwYOIjzkoHoH//Wvf9Gy7Rek5eZjVe5mQULkjzh+c0LE3ypBe7g62aCf4x8d2f/82hYiymfOq/xq&#10;fuaaT5ueTkzz5dIsOzT/TJ20CFy8aiSKRqbov2v30+8h5td6/TQSQfNpl6BHtaInS7wDMSlU/uXe&#10;lFh6vnpph/dT91eTa3z10/3v9QjIOgEiUZpl0SZp5gQyqCSVnLD02qeKah2wg6iV508Y6ahLigQJ&#10;kTOBwHHl/f6/ihDRdtjdxipGDuzLQw80JvTQYfr07seTz7xKdFwKNZUFvP7qCzQVBSInH5MHjsdn&#10;0KDhJYwaO5nde/YrpUGEl+DWW+9kxbJVuKw1uF01HDu4hXPPPZd//utcevQejrnGQGl2Mk8+cCdd&#10;O7UiNS2ev/3jHPqNnqHeMYdNGPxyFi2Yx5VX30x0XCI2SzVRoXu48frrOPucczj7nHO56JJrGDV1&#10;kXqfLRKE1eHAZLNitttUm202C9u3bePv//gHM+fPYP7Sldz5wJOEhIaRnBDJA/fdS8/uvTBabCp5&#10;jIr4b3XjcVtxmAoIC9nK1dfdzGtvf8hTz73M8egEpkybw823PcG7zdtz0003kZaUQLuPPuf//u8s&#10;zj7731x19bVMm7NQs5RxeMgvKOfVV97lhedfprighE2rV/JFi49p364dH33WjulzFrF7zz7OOftf&#10;tG/9CfmZqUQdO8Jd9zZmzNQ5VFdVkZEQxy0330yrLgOYvTZUESLjJkzFWlNObEQEV199I4OHjaU4&#10;N433m73KC8+/yPGoeKpqLMxfuIyzzz6bxUtXKjcXRd7aLLiqypgyqD8333QXSSlpWCwGCgtyuf+h&#10;J3it2TvExUVSXpTHow8/xGuvvkF6Vh4VNRbaftGDhg1uYMa02XTt8hWPP/wgRw4cUAuV3du2ceHF&#10;V9Ct3ygSc3L45z//QfdeXUhIiOe6axvRum1niouKyM9M4K1Xn6PZO234cc0RLr70ar7/YRjVNZVk&#10;pCcqi6Cbb7mXrGzZbfNa9NndHD0Upnboli9Zyc5te7j/kSas27wTm6GSD195gddffJGkpHSqq80c&#10;PRpGaOh+tm5axaWXXcrYCeOV+5G4Vh08sJ9jYYd57JEHafX5J5SVllBSUsq33/ZRCvbh0GM898JL&#10;PPDIY+SXllNeXU23r9pyyw3XUJ2byITxk7j+lns4Gn5cmeHOnjOPq6+/g31hiWzaHqKIoC27QzCJ&#10;ZaGYn0uAVRUnJfDdCyKIPxa6IvtTR21CxLsJdMI6xKbmFGwGFXQx8vAerr3kClYsWklCVBK33H03&#10;M1csp8TpoVP3vpzV8E627T+uTNfNpfk89mBjmr3/MdFJmXzQvPkJOSL4rts3OE1VipDA4yQrLZmn&#10;//MML774BqVlVcQmxHDHnbeqOU7kwr+uuJ5ZS1YpmfDUfffxxguvUl5lweLyMGP2Eu6+91EOHDhM&#10;SmIiLzz1JMP69qEkL5tzzjmHHn2HK/dsq2TSUPGMvCnYbWJ+X8b61Yt46P4HWb92GwsXLOeSS64k&#10;NPSo2qmXhc+Nd95PWFQidqtJESKXXNqINet2MrD/QG664QbGTpjK0fg89h4+SFVJFkunT+W2q27h&#10;SGQcJoeT1UsXc96//82ssWOozM8mOjSEa6+5julTZ2OqqaE4O4PrGzXipabvUx6fSZuHH2JMp7YU&#10;JKbQ6pOOvPPOR+zfvZdLL7mEIYOGUllZRXZmBp+++x6333QtuQlHmDJ+Eg0uuZKDoceorCpXu+43&#10;3Xwrh49FYZHn67BTVFzG5ZdfQf9+AykvryQ/v5A9u/cQemg/n37yPo0fuJfIuGQKK+1M/3EdV111&#10;LQtmTOX4nq1cf+75fNm6EylZeRRlpfNRk//wcuNbyIgJw1xdyur1mzn/mjvo238QTzz+GK+/+Sb5&#10;+fkYK8vp/vl7PHr9ZUQePkj3PkN55PEXVBwaiR0mi1QhLeLi05R+LfFmJk6ewdlnn6NcWGqMZqJj&#10;49i/fx85GamMGjmCS664VlmwFJRUsnT5Si677HKWLF1BbnYOkyZN5bprr6NPn++45ZabaftFFzKz&#10;yigrt9Dru/5cf+PNbN26S1kdnn/++Rw5HEpqYgwXNbyCuT+uokoCvwtR5qjCUVPIC02e4ekXmpFX&#10;XI7VUELPbp258Y6HiEgu5ftBo7nvgQcJjziEyVDG11/25OxzriIlJY2Jwwfx3nMvEJmQye7QGK67&#10;4XZWrNuLweZRoQTEGiI9IZLzzzuXIf1/UO6dJSVF7N27k6TYGMYMG8aD9z/Anr37VQiCw6GhXNPo&#10;Dr7o+C0ZyZlceeGFDOzWEbuhkoSEZK658S569ulPRPgRbr79DuYuXU2pwUZmfhHbt20hOuIoPb7p&#10;okiwg4dCiU1I5L3mn/L4s68zf85cnr/rKiZ9/yU1hbk0fvA5un3Tk/27dtDwwgsZMWSoCi6fkxTL&#10;c3dfwQt3no+nIoe50+dz9/1NOHToqHKV7te7J7fecR979x9SmxdvvvYqOTk5VFVWM2jwcG678x72&#10;H9hPj27daHz//YQdO6osk7p0aM+dN91A3PFQcFTitpawdOFM/vH3f7Bq7SbMDiuRx0P5z9238Omr&#10;z5GfeJwGF13Ex81bUlxUSnFxIfv37+FQyCG+7dGDZ558kiMhoZgtDmW1dOzoEQ7t38ez/3mGTu2/&#10;oqK4guKcNF587mmeeakZCzfG0Pixj3jznTbKBS4vK5kHGt/HN199TWFODi8+9zwvv/IumQUmckqd&#10;3H3/E7z/cRvyMlL4slUbnnjyKfJKKzAKEazcZerOx381BFq6yvFnJ0V+c0LEfwHuy4DgR4icxqJR&#10;7Vx6g0f5dh50QkRbkPrnONdTe50MOglxgojwu49+L/+/9SA69SHQUkAr19tmb0Ch+oge/bzabdX6&#10;wneuH07Dx9y/XbVRXz2C+HX4HyFEHFbKslJ54qEHuP/eu5g9fSqff9aGG259hFVrd2CqKeW9d97g&#10;xaavEpOaoWLdHA6PVZYE4yZNpaiomKhICc4ZRfjxWBLiUynMK6aqrJj0+HCyko6TkZlOr+9H8cjj&#10;LymXgxbvv815/z6Hbh1aM2zwQM45tyHPPNdMKQkuh5HigkyeevI/fNGxOxYJfmoqY9TAb3n6iUfZ&#10;vjuE+MwKmrzViqdf/5jC3ELl1y5kosXhxCyMtcTcqKnhgw8+5Ibrb2bowL707/0Dl19+FeMnTiUl&#10;JZ7nmzThs08+o7C4TJEX4n5XkFtKctxxyvITOXZ4B9ffeAvjp06jyYsv0bJte+594Ak6dx1Cp28G&#10;ctONNyk/9dbvfMRzz7zJvgORJKTmkl9Wic3tUaRIRaWRNq07qh2pzPRMEqOiGNynD52+/Jp/X3AF&#10;ffqPYN++/Zz773OYOWk0DkMlB3Zu5cprrmPe8nVaXIzSIu69+x7ebtmNScv2cuElVzFm4jQsxkpi&#10;jh/nqquuZ8CQkRRlJdH87df54P2PyCuoVGmJ9x0M59//PpdpM+dp/s1i2SZ+z1UlTB3Uj1tuvIOU&#10;lHRsVhN5eTk8+PSrfNm1JzVVJRRnp3DfPXfRoUMnysWX1gWz5qzmyivuZuK4yTR/vxlvvPIS2Wnp&#10;KlhZakISN9x8H937jyYxJ1sRIt16dVG7cNddez29vh+m4r2YKvPp0Oo93mzWkgnzt3LRxVcxd94y&#10;FWi3orSEDz/txE23NiYju1KzrrPasJlM9O7ZU5m2D/ihL0P69adBw0vp0WcwhspSXnroPj5q9haF&#10;hWUqbmFFRSUFBZns2LJamdQvW70Ki92JwWSmorycyIhjNGp0HQP7f6+IM4PByLjxk7nt9js5GHKY&#10;555/kQeFECkrp6JGCJF23NToakyFGYwbO4mb7n6UhKQUXHYzq1av5PJbH2HP0STWbtmnCJFdh45h&#10;crkxqWC4mqtMcF4O4s+GX0KIqHGsMjuI9asEKZQMYBoh4jYWMXHEEC698DKG9B/K9AmTueDCC2nx&#10;1TfkmVyMmLaMs/7ZiNWbDii/56rCbB554D4++PhziipqSElPJyIqmoiICI4fO6YWty5zjXJ9TI6N&#10;4vFHHubRhx8nKjJFxegYMnQAN97UiMjoCCJi4nnlky94/KU3KCnMo9U7b3H/LXeQlpat3J6/7zuM&#10;u+66jyOHw5SJ/qUXN+S7Ll8zfcJ4RbQ++9q7xKWItZwZu9XgJUQsYK/Casim0xefc/11NzBh7FS6&#10;fN2dq6+8mpEjhlNTWcagQQO5/r4nOBQeg8NmZtrECZx7/uXs3BNGTGQMnTt8yRtvfci1dz3J4LFj&#10;KMpLY/bYMdx30z0ciUmg2mZhw8olXHreuRzfvR3M1RzdtY0bb7iJNWs2qVSnjpoK7r3nHpo89zZl&#10;CTm0fvhhxnypESItPunAx5+0YuPadTS4qAHzZs1TWUyqK8r5vltX7rv9enITDjFt8lQuvf4+ohNT&#10;lIXDzGnTuPnWOwg5GoXJbsNoNZOTV8iVV17NxIlTVcByi8VOWWk5edmpPP7Yvbzy2kskZuZR44Sd&#10;RxK45prrWThjGpF7tnLrRQ2ZN3MBlSYrFcX5fPTsU7R+/TkMxZm4bEbCj8dx6c0P0LnzNzzy8EN8&#10;1qoN1RJXqqaKOUN7c8clDQnZuYWeA0bT+OHnyM/KxG2uYOGcmVxyyaVExyYpMsRsddGqdTvuvPth&#10;DoSEqZgYVTVGysvLqCotYNDAAdx278OEx2UinljiOnrhhRfx9jvvqx39li3b8XLT1xgxYjiNGl3L&#10;kOETqKh2UmVwMnPuYm69/U42b9nO1k3ruEAIkZAjpMZHKUuHWfOXq+DyEn9KFuZiBfvis8/R5MV3&#10;yC8qVW5jX335Bdff8RBHk8r4fuAYnvjPM6SnJeBxmhg7fCL/+Md5xCckM37YQN599gXCE7LYGRpL&#10;oxvuYOXafSpGockqAcBNxB8/zL/POYfZ06dgNEosrxrKygqpKCmk+1edePLRJ4iKjpOkTsQnJXLn&#10;PY/xeZuupCdlctUFFzBtZH88diNZmVnceEdjvunZm53bt3DnPY1Zu2UvRqeHSpONkqJCstOSaPHJ&#10;h9x6y620btueLt2788Z7zfm0zVdsWLmcl+++nGk/dKCmIJOHHn2erzt1ZtuGtVx1xZXMnb0At1jG&#10;lhfRoum9PHH92bjKc1gw+0fufeh5DoaEgstKz65fcsud97Fx83ZeafoKrVu0oLSkROnbCxcv59zz&#10;zmXDpnX06PoNzzzzNMlpaWrjeMqokVx3SQOij4XgtpbiMhUyefQwrrv6Zo5Hxinr+/yMZN598mHa&#10;vPocWVFH1LPr3XuQFvrAYia/II+MzCy+aNuGt157neTEdBXeoKyqitLSQiKPhXHP7XcxfswknBYn&#10;htICun7dnjsaP8LMFUd44PEPePPtFtjsZoryM7jnrrvo8lUXCnOyeeHZZ/mk1Vfk1zgotMBTb33O&#10;s69/SEFWKl9+3oqnnnyGzKJSzJJ5K0iI/GHHX4IQEUgZuvuKDj16sBY/JJAQqVvG6UC7TyA0QiSQ&#10;/KgftUmWIP5b8b9BiEhgsANb1nHN5ZfSoMFFXHHJJTRs2JBzL7yajl/3pqaylEF9v+P6629g0rQZ&#10;HDkeQ59+g2nQsCEbNm9RJtcqQJkek0fc1Wxu0hITaPnRu4wZ2p+kpEQGDZnI3fc+xqoVK3jr9de4&#10;4tJLufbSS7jwwgv429/O4uKGl7Fh3XoVwHLTutXccvPtrN+8G7PViKmmkO+7dVAxRA6GxpCYXcnL&#10;H7al8dOvkpKQQkJcEofDwjHZNF9oyXGfnJTIXXfdxfkXXMB1V1zOJRdfzDnn/JtX33iPjKxM5Xd7&#10;x223M3LEKGKiEwg5cJT33vmYD99tRnJcGEeP7FE7RWs2bGLoyNGcddbfefDRp1mx7gBdeg1VFiJZ&#10;iXG0ffcjXnvpbcKOxZOeXURxZY1KWexCgnMamDt3juq7Af0HEnv0OMlR8Xz7bX+uu+FeVq/fQVho&#10;mCJE5k+bgMdiJDMxlgcfeJAvvuxKWNhR9mzbzI233MVX349k/aE4Gl5/J81btuHg4YPMmzefiy+5&#10;kgHDhlOWn8oHb73Kgw88ypLlGwmPTKFj52+5qMElbNyyS+0giTm3y2rEWVPGpKEDuPv2u0lNTle7&#10;nPkFBdz/zGt0/KYXFmOVMjl9/ZUXadz4flauW8fRqDhef7MFDS66jlkzZjFq+EDuuPUmFs1fSGJs&#10;LGNHjOW8Cy+hx4DRxGdnKmLgmx6dSUiIVbtxPb8foogHc2UhX3z2Lu+935LV28O47Iqraf5hS8KO&#10;HGXT+q3cfs+z3HTrw6Rll6q0mHZzNSUFWdxz1x38+5yzaXTNlVzcsAHnnXsed9/3CGVFBXT65APu&#10;uvUm1q7dQHR0Ar17/8C0aRPZuWU111xzFT169+ZwaDjrNm7mhx9+YPfObbz91ms8/tjDHDp0kENH&#10;Qmn2XnMefOhR4uISadu6HZdcejnrNm9h157dvPzsE9x8/bUYirIYP24KN93zOEmpaSpA4rp1q7jm&#10;rsfYGhLJlj2H+Mc//8mYaXMorKrB7NYIEVF+goRIEH82/FxCRI8hIoSI2sAKIESqitJp+vzznHvu&#10;edx2y21qzhXrwHsefoqYjHIOR2Twf+fdTKsvuhMbdZylC2Zz8w2N+Pb7/so6w2C1qED74lomGbEk&#10;1odkogndt4v77r6Le++6i5nTZ5GelktmZhadv+7IVVddSVJSksr89eEXPbjnsSaUFGazfuk8rr7k&#10;UoYOHc7WHXu4864HePqpJuRm5/POW8249JJLueySS7i4QQP+9rd/cvV1N7B89Toiwo9y5OAerGaD&#10;WsRjqyA94TD33X075513Htde1YgrLr9CWaW8/NLzFOWksmDOdK697R7GTZlGdGQEH7z7LudfeBnr&#10;N+9j7cp1TBo7gSNhMbzfujsXXHkNO7dtYvH0GVx/5XUsWL2GrJJ81i3/kUvOO5fovTvBUk1eXCQ3&#10;XHc9X3XuQUR4OPt3bOHiixvS5IVmFCZm8cnDDzHiy3bkJ6by2acd+eCjzzkWGsoVl1/OKy+9Qvix&#10;CHZu38bz/3lCWYjkJBxl+tTpXHztnSSkpOJ2mJk3cyY333IH+w8fx2gX60oLFVU1yq3jk08+Jzw8&#10;ij17DtKte092bFvHwH7dadToahatWMv+8CS69xvL5VdczfwZ0zm+dzvXNLyYxYuWU2W2qfgJHz7/&#10;NI0bXcGKBdOJPh7OgMEjueS6O5g1a5Zyk7n73vvZsm0n4aGHeeuph3nlwZuJizpKL7GqeLgJ+Vlp&#10;ygJj0bwZihCJjI7Vgrdb3cybt5x//OOfjBg5QbmdTpg4mWFDh5KdEs+wIYNp/NgzypJV4pJt3riF&#10;Sy+9jFEjxxAbGc3EidMZMHi4skQQt4cmz77E9p0hHDwUQZPnXuGaaxuxZcs2tmxcrRbVhw+EkBYX&#10;xVVXXsM33fuQkpGLQ7IFOapxGEr4+MOPuP2uh1m9biPR4WG89NLL3HTPo4QlV9BnwGieePIZMtKT&#10;cNkMTBo9mX/841wSk1MZO2wQbz33EscSc9kTFs8VV9/E+Mk/UlhmxCzvmtNEbmoM11x1BR+++zYR&#10;xyNYtXYVn7X4iNCD+5g1aRK33XwbY8ZOIjYxmcnTpvLv8xrS+ovupCZmcNmFFzBz0khFxGRnZXDd&#10;LXfxdfdvSYiJ5NZbbqN7z34cjUpm/uIVdO7UiYN7t9O3Tw8eefgR1q3fzL6DISqr35w5C4k6fIA3&#10;G1/FdC8h8uTTLytLi4SocBo2aMCnn7biWFgUuzas465rG9Dk7stwlOezZsVabrnzEX5ctBxLTQXf&#10;fNWe2+65n/0HDtOyxec88cjDbNiwgcjIKN59/2Pue+gxwo4eplfXb2jSpAlpWZkqSPq0USO55cpL&#10;iT1+WLnmeazl7Nq4TrmZ9es7kLSUJNYsms+j11/Npy8/Q0laDDfdeAPPP/cqYWHh7Nu3j05fdWbp&#10;suUMGTSAO2+7jRXL1hAdm0b/IcOYOnUSe3ds49UXXuSNV98g9OARDu/dpYIuv9u8JVv2x/PIk6/z&#10;6ONPE3r0CBvWr+TG62/g687dKMjO4cVnn+fTtl0U8Vtghyff/pwmzT4hLyOZbh2+oPH9D7LnyDFK&#10;TeYgIfIHHn8ZQkRD4CK0fjIkSIgE8dsjcCx6v/8vIkQkuJbFUMWw3t25/abr2bVjiwpcl5yQxEct&#10;2nPLbXdy/Fg4JblZPPfUk1xwwYVcdFEDzjv/Anp825vi0jJVd3mHpL8kBo4WPNiDuaaGnl934pKG&#10;DRTB0vDiS2ndphMFBQUq9Wt+VjqZaQmsWrVExV1o/uEnVJaXUlFaxAfvvscbr79NbmEZVrsFh7WS&#10;gzvWc+tNN3LFlddw5U130/DK6/hh1CQVm+Pj5i1URoH84gpFiFhtVhb9OJ8rrryK+T8uVlkDMtOS&#10;+f6HQVxy2RUsXLqC4uIS5dfc6NprVf0aNGjIpZdewY8/LqSoKIeQg/uURcmK1esICTuq6tjs3eaE&#10;Rabz+RfduPXWW4iNOMJrL7zAef8+j4YNL1a+x/2HjsBoteNw27DaaygrL6BXr15qh6phg4Zc3PBi&#10;rmt0KzPmLqekvIaoyOOcc/bZzBg/EhwS96SSCWPGcNFFDVWZYvb5+FPPsutoDGnlBpq37cj5UlbD&#10;hlx88cWc9fd/0qf/DxTnJCgLkZtuvF1dK+0R16KvuvSmoKgCi+x82kwq2KzdWEWfHt245OJLSEvJ&#10;VDs7+XmFPPbMS3Tu2htTVaXKFnFk71auv/46LrzoIhpefDENLr6B88+/mDmzZ5GSGM3TTz7ORd66&#10;3HjdTZx11j/p2LM/Memp/N9Z/8fHLT4kOTme6665lo5deilCpLIwmw4tPqTpK29yLC6N/oNGcv55&#10;F6j6NrzoMm649UluuvVRUjOLVPA0t8PA5g3LuejC8+jXpyvFeWlkJkYxaewkzj//ApYtWkJ06GEa&#10;33MHF110EQ0aNODWW29n6dIlVBbn0P2bL2lwsfRHAzV2mzVrRkZaModD9nHbrTera6RtF152JcvX&#10;bKSm2six0GM0bHCx+k0WIef9+2xuu/l6SnNTGDZsNBdefB2JKWmqL1esXMoV19/Cpv1hRCamcvvd&#10;93LhRQ0YPGYMlRZTkBAJ4k+Ln0uIiIWIWK2pdKhqPGspZiX4qVhxHNy9iYsubMCAAcNJSU0nPSWR&#10;uXPmctHF1zBh2iKKy6x06PSDcpPT3scLadr0ZRJTMrzpX7VU45qFrebOWZCVxpuvvKzm3/PPO4/L&#10;Lr1MLY4nTpzAqtXLue22W7nkkku45dbbuaDBpQweNQGrpZqa8nxaf9RczbkXNWjAHXfcw66d+3DY&#10;nJQVlVCUk0txVhb7tm7hH//4Bx982pbk1Exefukl7r7zDgqz08Beg8tcwswpw/jXv/7Joh+XkJUu&#10;siSN73p1p0GDC9m9eTWpMUe58+671Twpc/J5557LP/7xL5Ys38Tq5atpfM99yrXk+pvv4vEmL5Ke&#10;kszxQ4fUvH/ZVVcxeeZkls6fyUVijbBjO0hw2soivv6ivepP6SuN0D+bG2+7l5iwCF59+EH6tm9J&#10;QngkH3zYmlfeeIukxESmjpvI2X//p++as//FfXfeSkr0USZKoNlrGpGYmKgyAs2bOYPrb7iFw8di&#10;sLocyhrTaLIydepMTfaoZ3QRTzVpQkpyNHExR2h8711KljVoeDFX33y/IiVGDx9ByI4tXHTBhcxb&#10;uASj3al23F9q8iT/+H//j8saam2Q+frT1h3IzMog9MgRbrnldq2sBhfxwG3Xs3PVfEpL8nivVQcu&#10;v/ZmctKScBlLmTt9MhdfcinHIqKVfuGweqgsM/Nus4/UnC7yR1xben/3HeUiX75oxz/Pv5iouFTl&#10;CmupMdDsjTfUWBCXIpE1ffsPJisrk7WrlqrNDiV/Gl5Mo0a30qjRjaxfv5HlS+Zz/nnns2PLNsry&#10;s3mv2VuqDd169VF6j9shWWYM7Ny2Rek3Uhfpc7HKbHjpFRyILlAWIo3vf5jsrDScViM/9Pxe9VnE&#10;8RhGDRvKC/95jtDoTBLSi7n19nuU5eO4SbOV65YQGQ5LBXOnjFNBiqUPZQPp6WeeICM5gcLMTF58&#10;7kXVhxdfcgkXNbhIvSfvvP8J0VHxXNKgAWNHD8HtspKfm8Pf/n4OX3Tqgt1ipFvnzt6+v5jzL7iQ&#10;9u06kJ+drgipe+6+W41jKfOGG29iyaKlJB8/yvXnn80PX7yvLDFuvuV2OrT7QukSEhdEdEPVhw0a&#10;8M+/n8WN11yBrbKM+OhYzju/AY0a3cCqpYt55603ueKqq9UGhQStvf/uu1W75Ble2+gmps+ZT3FJ&#10;IV+0bsXDDz1EenaWIkTGDhrAxQ0u5Pixg7idBrAbqMzLocVHH3PB+aI/NODiBhdx7t/P4r2Xm1BR&#10;mM6GDWto1OgmNYYFEmMl7OgxstJTefiB+5U1lbT/0iuuYsH8+ZQV5rFm2WKuvOIKrU4NGnDnnXez&#10;PySC0monQ4ZN4JJLL/PqXg3Vpk/bNl+Rk5bNC02ep9kHn1NgclLs8PDUK+/y7OvNqSjIZumsqVx1&#10;xRU0uvEm9h8LD7rM/IHHb06I+Ct6Z4IQCSQ+Toa6154e/tqEiCzG/VArEGgQZxYnIUTUM/jvIESU&#10;oms1kRUfRfSRA5iN1co8V9KQ5RWWcex4ApXlVTgMBsrzcti9cyer1q7j4JFQleZMYt2oXUNvHBx5&#10;L+U9cjskF70dY1kpxw7uZ/vWbYQcOkZBkRAoWlBilU7OZaW6qoQ9e3aQlpqmUvFZTQaOH40gKTEN&#10;k1UCqMn7aVZp3OIiZZd/C2u27mT3sWjyqkzYrA7i45I5GHJUpYVVqVNtVjLSUggNO0JldZVyRRMz&#10;x7Lyag4ciiItu0C5u4nZaWT4MTau38yWzbtISMxU2XasVhNlZeUcPhJGYUkZlQYTxyKjScnIp8ro&#10;JDEtn/0hh6iqKCE7JZUtGzazaeMWtu/cS2JqhjLrtTvt2J1mnC5JX2ggKjKJ7Zt2snXjVo6GR2Iw&#10;OzBZzFRXlrJz01pKcjJUYELxxzdVVhIedow1azawdds24lMzqLC6qHa6KaysYdvuvWzbsYtDR46y&#10;a88BElISKCvK4P23XqX5+x+zcs0mVq3bwo7dB8lXZIjUR3acJN2tUT3zvMwMwsIjqDFKukOwGK2E&#10;RSYRm5CJU8ah06xSzaakJLBm4yp27ttHTFw2Rw5Hk56Wgt1mIDsznd07xNd6E/ExiRwKjSUqNZ+i&#10;mmq27dlJelYyhpoKYiJiSMspVCbYsuObdDyMxIRUiiprSMvMY/ni1ezcuocdW3bx0adfc/udj5Cd&#10;W4Zbdp9dkhknW+28VZUW4RFTZaeJqpJSIsJiycvJx1BVoUySN21az+rV64gUv3yjpF02UlWWz8HQ&#10;I6xas549+w6oDAriIiQ7wMlJcWzZvJENW7cRl5lNhcGsMt9YDGZSE1PYsmmLyrYTdmgvh/ZsxFxV&#10;RF5eEUeikqk2SErLGnJzM9l1NJqMkgqqrDZik1PYvHsfsakpmGWRIYRI0JUxiD8hfgkhoq45oQjb&#10;tADWksraZqC8OJewI6GUlFap9K1ul4PSkmK1+EtOy8VsdlBWYeHI4aNs3biBvTt3kpWZrfz4LTYt&#10;eL2m23kJEUmVWl1BfFS42r3dt3sX+/bsZd/e/eTkZFFVWU50VBTLV6xk9br17Ao5TlmVEbtd0m2a&#10;KCvIVxlHdu7aQ2pqppp/xJXEIynR3G7l8mOurGT/gVBSMvKw2dwkxsVzPPQwNkOVcjXwWCvIz4wl&#10;LCwUk9GCzSxlW1VGlCOH9lOal47TUEpqciI7d2xn/779hB87zv4DRygoqqa0uJy4qFg2bdzJ5m2H&#10;SE7LVmlSnWYL8cdj2LtrD7ExkZTmZ3P80EEMFeUgWTQs1VQXFLJ71wE2rl+vgliHR8VwNDIGU2UV&#10;WeFHyIs5hrXKQFJyLnGp6VpK2SoDUUfC2bh+g7J+O3rkMGFi8VJTTlFhIYeORlFVWYnTYqQgO4vw&#10;8GiKSquwuTSXbbvdrYKBS9abVavWsWnzdvIKi9R8b7dUkpWewsYNW9m87QAJ6YUcPBxBXnYuxooy&#10;Dh08SE5hqbKQFBmalhDK8QPbiYkIY9XqdezZe5jikgq1ySEuDDmZeaxbs57161aTGR+Bo7oIm81E&#10;XGYe+w8fw1pTjctYpcirffuOUl5pwWZ1Ybe4cFqgtKCa3dv3s2rFGvbtO6DcIR3mavJysjgWFY/B&#10;ZNfSu5uM1JQWs23jJtatWcvuPQdUtiHRE8yGCiKOhrJ5w0b27t5HemoO+3YfoqiwiIrSfPbv3obF&#10;YMJpMVCQncmO7Ts5FhmjkjS4XTZFiogsiYyMZMvmzezZuY+9ew9zMDyB/BoPyVkVhB6NxGSsUWkx&#10;K4pK2bPnKFXVJory84mPiKfUYKfa5CYpOUf1a1pGgcqW57RL6tZqLJUlyp1j2bJlrN+0nuxszU3V&#10;bbVQkJuvdIANW7Zx5NhRQkLDSUrPo6bGzLGD+8jJzcBpkyxJ1RwOj1b6iRAiNaUlHNobwvKl69h3&#10;IIyC/GKlF4hVVE5mJus3bGbdxk0cOXac6hpNJ0kJ3UVJRgIWo4mjEfGKGHTZzGqDK/TQMTat2cLh&#10;vSGEh+wnIfwwHqtF9V10fJqKGZKTlk55USHh0fGUV9SoEAkp8fFs3rSJdes3cDQihtLKGmw2M7lp&#10;qRw5dIgalfbZRkl2Fkf37aKqohCnw6iC13rMZgwlJeodX7NhA4dCDhJz+ACxR/cr0sRsrlZ65Pp1&#10;W1i/bpOaAySLksNqpqy4iG1bd7F0+UaOHItRMXckHbe5qoyII4fZvGETWzZvJzklG4PZpTKASsrk&#10;I6GH2b5jC4dDD7P/4BGOHo3DWGkmLiqeyIQsqmxQ5YDIlDyORqZhqynHXFZA+LGjrNu2k2JJDxwk&#10;RP6w43clRDRB5gv0qb5Xi/e619UHLS+zDn8CxP97DYHX1ge9boEEiP69P7QF8Omi7r3OJPzrHVSi&#10;/xhoz0DLQuQfuFYUtTNJhgj+KEJElFy3U0yfJYWbUSkpsgMoZIEs6q12LbW0BCGWtIpaMGA96K83&#10;ho7KtqT3ha+/hBCRa8RXXALxSZYTm6TNs3tjWahAxBKgT/LFy6cWZ0EPcCzZpCS2h3wncU4kIJfs&#10;GMpugdlmVybWkk5bWZCp7FOS3lo+Xd5J2orZLMqxPCvtnZWgzBZRqLwEl2SJUunrrHbsNgmGLNfr&#10;77jMO+IGJPFJnFjEn9rmUqkWTRabMmkVwS3X12qfpPd2eVQ/OvW2yc6nRdqmZb8SpfMEySZ1sFq9&#10;WaMcuGyiZElf2zCbzUqAS2puu0dSc7tVsDVlBSMWOXaXKlcEvKQq/uDtN2n9eVsKSqsw2tyYzA5s&#10;Ful/J06XE5fLgcupQfpVpTG0iz+0ZMKSzDhCJjnxOCXAtPS5Vn/xp1cpGSW9uUXKkeDSZtxOzTrI&#10;bDSpgNSS6tziRMVysdptylJHe34uVa48V/GpUmPJ4SQnL0+5NTV/vzn79xxk5dK13HfvE3z8SQfK&#10;y0w4JBe5Uxt7Qo6oMSV51kVxV89Mz0ymPUub1YLNYsPtdHsh97GonU95xhZJKyhWTFJ/pxW706Is&#10;ZyQbjMnlwazGtIxbhwr6aJe+t1mxWozYrTXYLQb1nGUcWNVzt2CTtL92h4LscGuBsSUItwOnW8aQ&#10;912r5/0LIog/EqdLiIiSK66RMh8p5debWUAnRexCiMj7ZJX3RJsLdeJbbTYJQSykrMWu3Cnlf5f6&#10;Xd5bJzb57cSmgzZXa/JXI0V0OGUuknvKXGuxYhOCRj6tNswWKwar40QaeJlfJPCrcrtWc4FmuSjx&#10;plSWHJEJEiTWYsVidaq4FDK3SR0dMofYrHi8BLXLKuSnTZtzLFYcsqiSuU3mJOU2pLdTa4/ITJlX&#10;ZX6WrDwOsRhUcSfAatWyBarEATIvWmVuMiuS1i6fFovKnIXMr0LsePtY5jYlc2XTQeYomxW31E0l&#10;CPB4g/lr7ZVyVfw877OShZ7EOxLySkgn3frGrcgtJyazRclI6RuRA5KUQNVfZZ7RdHCRA5oclmci&#10;chcFicEgWRSlT5Ws8spNNU5sRtxWIy6bBKoVAkH6X6xIvc/easdls2O3Sv1Ehmhklsg4STvrsjlU&#10;HZX7vF/2SLm/yyabLsKXuzCbrFhlPCn3XU0vMVtFBkmSBKcoBrgtZixGA2aTBbNZ9BVNbqh00VYL&#10;TrF+kvrYJZ6Y25tJUtM55Dw1/mwWLZGCIu20vtXGo6YDWM02LCYrZotdk792sNglwLpby+bkdqvN&#10;IpvVq7fY7VhNNuXWY5NMmk5UdjrRD+T5SX+L1ahslDhtVhWLSslVu1WNP+39kn4X2Sw6m8RPk8QT&#10;0mTpP3lfvHLRJr9Jvzpx2uw4LXZcogvZvM9YucFpslUyu5lqTMqaSuS2jGc1tk3iRmZW76fF5lZj&#10;WwIPy3vksMjzdOG0OrXnbTMrdzpph9TJZrFr481sUuNU5gil60mbLGZqTBYtPoxZNmhsqu64xAXb&#10;O66l3UYDTrFGc2uZPWVASJnSRpME1peAzzYrDrMBj0vLhmU1S1usWE26viDvqaZfSXwcmzwjq+g9&#10;8uzlnTDjEn3Zq19I7DXRtXSiVsanVeS+00vi2mQceVT7RF+VecRkk1h2HqVruixW3FaZG0VntHn1&#10;Ax+J8FdGkBD5CWgLyNqEiOyUni4hItBSEWmptU7AL0WRlr6w7nX1QScVAvGnU04D2/dnruv/EHRi&#10;qja8hMgZtM75IwkR2clT8JIGmlIki0aPgihIIlgkToim8PkUAZ0M0eBQ5+jjVoLuqcB7qmwNmkDR&#10;MjVp52nZmTRI3/oHM9azNcl5mkIsjIIswkUpVErXiU+dzNCJBmmLKPuSVlJTlLT03Fr6a/lfa6uW&#10;+tTl0jJTacLXf97R4b2HSqkti2mdFNXGgJQnZahyBMpSxjtWlPDVFtqasqnVU+8TTXGVfpPfRGnW&#10;FH+t7i7cEqBViBlZOAS4D6pyrFoqXUlL2a5FC7qJT2tZFSZRwL3pyYUcUM/6RHv1PtKInxNQiqeW&#10;nUsbB17CRglwhyJW9P6VtmnQn5v2DIQQ0pUHgezIygLAPzOWlp3LjtlkUOkXr7n6au64/U5uuuFW&#10;brrxZkIPRyqrFY8TpZwpEkURKaJsyQJD6iVKnEbAq3GplDO72v31uDwKEodAlCcZ3xrJJunX3Tik&#10;/W7ZkbYpSCBeIdfUYkHdy4FEZ1XjWVLkidKnUqzLMxTySFestHfIoXZ85F7abx75VGPC914FEcSf&#10;DadLiOgWIia1W2s/MYdoEBlix+ORBa/2vT6v6eS2SxZUVlkwyQJX3mFZlMn7o33KuyxzYGD9tLnF&#10;Ox+egEY+KNJdERsawaFizXkz/Ml7rhGlOrSFqMo8qM+BftDkgsyz2oJdLfBVPDttwS7QZJ9vA0Cb&#10;w3QCX8tOqNqk2qPNfWIZpm8wSFulDkLmSH9ISnFFnqi26ta+GtRmgSyCvXJAQc09+twd+Cz1udwf&#10;vgWLECEOuxAqVqW7SLmKqFfWPRrpK3O9Jr+1uds/66FakHpjxghp71aEvuIZ/PpNiH6vTDohh6VM&#10;33OQOVknbBS8pJBEBFX3VmS9TszIM3CpOV+ILF2+iPz0SMRy2bJ3elTgbelvnWDQ2q3LKo0QUQS3&#10;l+hWGShP1EOTKSiiXcgtrT5aWmntGp8eo+keSg55rZ80ma+NGamTltlSkwWarPYgzZNPvY8UKeRd&#10;6KuxdiIbpqZziJxXxJ2XsNF1I+kX0TvsXusCu1f2inxVY1/arMaP6HNSvpd09L6Pcm+trlo9RbYK&#10;Oamdr8kpdb5ViAvpD9m8kOei1VEnvdRmikvfhJLv5TrpN+3ZiB6j1129v+r9kj4Vksm7CaW+9+oY&#10;3jEsmzxO0XXU+JJxJkybkG3aJpfSHxX5oY1HteGh5hbtHZS5zCG6gbyrQowonUDqJi5W8l56ZbYQ&#10;PkofkL+15yNToEaUaoGiFdEi5btljEu/e+ur+lXGml3TISTekZdw1TaXtLlEvpPnosr06gnq//8y&#10;nSBIiPwEzgQhoiFAUa/z++lBX8QGkiF/NpIhkPARBAmRPyn0GCL/LYSIH7RdP91ywAfd6sunFAZA&#10;KXm68qMrwl6l1Suw9QW3RojUPkfHifO80O6rW5L4oJRNLykgFhzaAtwfIsS8iqRLE2Y+pVcjI/R+&#10;1/pBJ2G8Som3XL3s2iTE6QozqYOmbCglVs2BmrKqC02tT7wkkVeJ1OqkQ67R6q5+q1MXWWhIYFwL&#10;DrORsvx8KorLlKuRVSmKXgJCQau3/qx9c6yXDFK7gtp3/uSRv5Kt/y4LJP/va/W9S8gjXakVQkQf&#10;Ez7FWFkIyXtksygUFeQTcTScyIhICvOLlRKjlCH59CquSqnwpvvUF1GigOsWRwo2bVdIU+I0hUus&#10;QaQ+PqJN7z/d2tBr2aEIEa29SiFW41brL1GA5LlIOzTLE6/y682CpilaWlwFbVGh/f3fsAsUxH8v&#10;fg4hInOYPyGif6fGvUubazVrEc1yRC0gvCSE2uH3kiEnCBH13taWI4H1UzjhnqpBI0Rq63Tyvumy&#10;Sp+HtHlBJ1785h6/+dun0NeWd5rM03TYn4ZOiLi9CzDvvZTM8ZOvuqWMENhekkY+/RcVar5QFh2y&#10;+68RIifaLvfSZUlgH50EvnLlmYi1iUaI6KSI7O4L1IaDuLB6LQflWtnF1neyA3VorR99hIhaZCso&#10;AwMlU/xlifr0yhifDPAS8Cf6rb7+1gkKnWTxyiqxYhRiRMpTc7BGiujt1vrap7d4dGJFzctewl/J&#10;FVl8e4kenYjy3tv3mzafaxsVXjmj7iGfXlnp3y6vPFTWpUpPEXmoWdQoCxdF7vjkkb4Boa6RcuWd&#10;0seTrst45dCJTJReUkTTbfyfuaYbaf0t8PaHn36kERGaRajTa6mqbQh59TBdlzsxjn0bRbpM1+oq&#10;RIVYwmqyXetXjRDR3jfvRoyUeWKTRcrR6yq6oZyvbZApfUbXH5X1mEagSRkn6u09V7+neoaqP71t&#10;9brzafqFRmxpRKi3XNUX2rhS40Vtjvg2p3zWYzpBKxY0+ppR/vdaIMv7oXsx6Ofp491LwqkxpIgV&#10;TRfQ30ef/lX3ff2roda8FSRE6uLPRoj8VRBIhgQJkT8LNHeBuhCCQVNSzgRkQvktCRHFntdzXx3+&#10;k/SJ3QS14+Od5NWO1skhpsT6jp8uqPyhC/wTQrmec+o7T7t3bcVNCBK1ONcJEa/yoYSb9xqlOLo1&#10;6wB/YuFk84k+b8n9dULE+qsIEe+OlX6N2k3QSBpffQLnuLr1UnXTn009dZF7nBC+IpDUrpYEJvRa&#10;oZwgmrRyao8Dr6LiT87UgrYjpysBen21a2orSr7f9TbVVkK0T/lf/16+00gRbedN3H7EJN2mmaz7&#10;LWK0XUQ/BVlXwJQy5yVm1BjxWSppiy0v2eR9FroC6l9f5dok1/u5aPraovXTCas976Kmbh9p5/8Z&#10;ifYggjgVfi4horvM6AqwXKvc58TSStwJVJwiKVPeBXnXPRoBIG6XNoG4imgEpz4H6FDWdN561XqP&#10;/AmRExYidRfOgbLj5DLGK+dO3Cfwndav1+vop4v5WYhoO9OaO+AJd5w6C1kffLqxtkjTrtHmaL0/&#10;9Xppi3Ovi5AfIfJLoS3efVY2taxE/KA/A80lXauzll5Zc6PQLUC19mmEiGbtqC2wNULE31LTay2k&#10;k/cn+lRbOGoWH7WfS+16Bz5XnRQ5mc6gP1u9r31/a5krtfJU35+QQwHP2At9XPnGlq9+vt91IsBr&#10;ReHXrhOy6US99f7SrF20cnWZokPK1/QbRR6cIO7976n9rckk33uo3jl1nn+f1R6DtaHXSyN1lGyt&#10;1ae1z1f387ZfWcCouukyWH/e/n2hu61q/eK7l/6MvHqlt9+UfFWEhPZe6MSE2lDxbqppzzRQp/C3&#10;ptH7R3tuGinidbFSJJnPAloRQiL/xcJNtU0fowL5X+sj1Z9efcI3tvXNlNpjU99I0ogV/X3Rn3Hd&#10;9/KvjiAh8hPwTUT6xHkmCJH/zsH0U/Cf/AJ/C+L3gWRhsTusJ8GvU1L88UcTIjp0CxH93VM7ZV7h&#10;oSt9+g65P3RTYWUW7Pe9T0nwClZlfSITqKZM6IJT/1tTJvyFTF1CRJtTNGGswynWs/UQIm633Pf0&#10;CBF9R0TKs3hxckLkp+Yk//mr7v0CFRNf+V5zWGUS618/rY6BdRHoSqZmPaHtaOkEgD4PSxn6zqJv&#10;d6J+QqRWrCbZ6QsgRHTLEV34+37T26XvFOk7JV6ZoHyz/b/X5jdNcfDu5pywvtCVpXoUIO+OoLqH&#10;8rWWvvFfJOkyyKcs1yVEfH2vlBvZCVXvu+93XeH0kdS+8339pSuDtQkRf+UxiCD+rDhdQqRODBGZ&#10;G06QIgIbLvHZd0t5mjWicieQOUJihliceKwaGaLFzpD3tLbln74Yr/Me+ZHI2nv+6wkRfXHpu493&#10;Pj3xTvvmVX/UJkQkppEfISLzmneOq1eO+dXBJ0O97nd+c7LUSVz2ahEiv8Ia1Tc/+ve1TizVJUT0&#10;hZ4iDlSsEwceFftB4kSI241NW0j6ESK+xaDX7TNAPmoLdvleq4v2DHyyw0cKBNY/UI7W7Uv/OV4v&#10;44QVhFdu1u57fQFd9/nWhSZL6m3Tid90EkDKlL/1WGZ1x4C+waBdo+tFge3VoC3cdbmowb9ucr4i&#10;SnT3Nd0FzCtz/fWFwLpr8PWbPDtFGOnkhFcP8D//hEyTAPVeQkTpR36EiC4/dVmr941ypfV7r7Qx&#10;qfWXphNoGxOaWw7e98JrbekdO/oz1Mezbxxpz1K37tHJjBPP3C7vplibikWn93t/i+ATct0fvufh&#10;P35OjNkTOlLt63yESG0yqN7x431uf2VrkSAhchrQBpCfgviLlUPf5FD3t5NDv68u7P6q+G9px18R&#10;+gvuWwydGoHX/1z8loSIlKkrvgL/3Shf/eV7TXharHYtQJc3SKhLxbCQmAyy++MtQwVCEwEkAs1r&#10;kupV8nR/cE3w6LtlWjYaubfmwiOBRmUHxGtC6g3sKYtvFchNmTNqOwOiPCtTSCXwtCCdSiHz+hUr&#10;JUQJZt9iX3MR8s5DYvKo2iNuERKMVNqlmS6qWA8yv6hgXFpwVavdg1kFGhNzSi34mVifSD9oAl/a&#10;6MZuEcVVq7suXGujvvmrPuFbHwKEp3derV2mr2x9ntAVwBNt987D6pwTFkB62dozqqu46aa5evmB&#10;bfGhriLru8Z3f59S4UPg/7UVKJ/C6K+4+pQ9rXy9HN3H3tdP/vCv68nrG/i/33eqL/T+qg96PYJz&#10;dRB/LZwuIaLHEPERIv6ZkzTrA5dTfO+tYJcAlVb27Qnhu+8GkZGep7k32ERG6FYRvus0SwWd5NBM&#10;9oV4ULJJuQ9o861GRujn6nOB77p652CvW4bPtU2+lzKEcNB3pv0JEX1xJ3XU5536SBiJcaAFehY3&#10;PZGNegwFfUGsx1jQ61J7nvDW94RbjV5n7+JakS6624e3n/0t4GrJBH1+1ogjLfaJPm/6u4Jo8lNl&#10;GfO6BKhMb35Ba1U/et1KpW+EDEHaaDIyc/IYJowdQXFZBTUSHFZCb8iGhFoIi9zWyRF/GeZH8PuR&#10;/bXnXP3/ep7fKeAvNwJ/8/2ule0/X/vLkdrPtD78f/beAj6O4+7//z3P/4E+haRpOGmTNoxNAw2U&#10;0qZpmjZN0yQNM8cOOOQkZmaImZnZMkiyRZZlkGVblmWLmfl0DHugz//1nb2VVqM7WbLwpO/n9Xr7&#10;rN2Z2dnZ292Zzw3oDYaWz/em57+GatS3fKdqNH2/1L8DlYO6TXwvWuS7KW+NeWk2LEv+bgR4n7U4&#10;lor+WHJ4ub6rGiIq+h9zWj9fzRBRz1srKxVtm1ae/jJoPE99Hlueh/68m7b5DZdmqMfXm2ktvz9y&#10;Wcnl4t/vrx9pPx7JZdiyPJun23jN2BDpVnW7IdKT0A3R4oHBMOeBNveDDK0coUGTKDZNsHn+dIch&#10;ornRekOEZsrWKihWqwNxBw+LZWbJlKAZtCuqanAiOQVHjiTh5MkU1NbViqXqCgryYTFbAB/N8q7A&#10;Um9EWUmpmME98WgS9u2LwpEjiaitMfiH3agT8qWnpyMuLg4HDhxAaWmFOvs6GS7+ngg0j5fLP/ZW&#10;K38xKaviFjOlU4WO8k8rvpBJQZVaMX9J48uFzkVBfn4+9u2LxrGjJ5CTlgW7yYKSskpU1dfDTpN5&#10;kjnjn/CVJuESY6ddDhiNFuTkl8Fq84gVB4oKS1BbaxBGCU2GRrOO220epJ3JwYnEU/DRrw/0C2jA&#10;ClCg70WgSkMw5LidTbC8BMp3ZxPs2M1pakTI6Muo6Rfkrkb/fglYOWWYEOK8DRHt1+lmvQyctF41&#10;4LTjSGw8rr/+Jnz97TixZCe9JxoUmqSwAb4GMrO1X0bVe1drwIlf8P2GOjW2rE43jCaafJnuM6nH&#10;WaMhov0y3PL5Ic8LoqKu+qV2o2+aD0AbAtD4LG80HvwTmurudzIPaAUan1NdlU30kvR3qdfm1hCm&#10;iDbPkXi/0affbNauQeP7mPJLx1UbiGIiVrEaj2oeifNrNEQCmUBNZakZIuqzk0wbWsGM5iShlVxo&#10;yXV1pSzKr5hIVIcYjuhfNYbKW+0d4kSDw45TibH4xTVXY+qM2Sitp1Xe1He1aBSK85MNET/6Xo8B&#10;f0Bq27vg/JAaoQGe3fpneFuQ76GWx2wrbX/PynloPT+dj3z9AqHWg+VzDIYWVj+0qOVxA6PWJ1vS&#10;PJz2PGkLze8j+Xito/9O0/XoT/UBNkR6OdoXsj99KZnOh25w+v7ouys2dltsRGuctYzfXnrKEFFf&#10;ZKpbnZmZhQkTJyFiX5SoGBqMZuwJj0R8wmGcTctEZGQU4uMPoqSkCNOmTcWBuHjRK8RNvwZGx2DJ&#10;oiUor6jCpk1bcODAQeTmFqC+3uSfqduLEydOYseOHTh27BiOHDmCnTt3Ib+gFDU1Rpw9k47sgmLU&#10;mm3Izi9C0slknD17FjarFYbqGpQUFYl5Iupqq5Cdm4taowWZuQXIyspG8smTKMjPF+cjxrO7XcJ0&#10;2bMnAmlnMrB84RIkxMZh5er1WL91O1IzMlBQVCTKob7OgKKCAtjMZjGJXWFRKQ4ePoF6kwMmkw0L&#10;FyxGWNhuVFRUoaqqBomJx5GUlIr4+GOICI+Gh2Ywd9B3IEBFMODLVX6Ja7QlbmcT6Lg9fezzIXCF&#10;qCvQv1/kirQclmF6O51hiAhzQCzHqi4VW1dYiJeffxn3P/A7VNSYxBwADosZuemZOHTkOJJOpaGy&#10;2gC7neYcabpv1SF6ao8Ol6sBFrsX8UdT8e7Aodi8PVKYDJph0twQUXuNtNUQoaU9qQcE9WqkSTPJ&#10;RGgcJkI9EmkFDbGkrtolX3vGNJ83xAWvw4ozx49iwZxZyM3N9/eqIJNeG8qnLl3rJBPd5YVD8cFJ&#10;PSnEKlz0zlB7yKgNCsqHPt+0neLTe0Utn5aGiNro0+ogKmrvGSoLOh8nrSwjlhG1oMFpgs9lRnba&#10;aUyfvgBZmQViiVJadrbJEKE6j9Y7pmlSa1ov2GWuwvTxI3D1T3+G2MOnYBVLx6oThKqNyiCGSIt3&#10;XUtzOzhyWBX5exz8fdI8XKDnd8fbCvIx20qg8whlgl2DQGjfhfMpCzmtwPHba4g0fd/a933Q6tDq&#10;MftXfYANkV4OGyJMZ6J/wOnp3Bdq1xoi6hCVwKvMiAcZ9biw2RAZvgeHDydgw6ZNqKypFT1Dwvft&#10;h9lqE70xaD36iooK1NRUY968udiwbj1qK6pRX1WDdatWY9269aisrsX27TtxLPG4MBHsNlruzwuL&#10;xYHt23aKHiJGowFZWZlISDiM9LPZSDl5BkuXrsDRU6k4kZaBrbv24HDiMezdswdJR46irLAI4bv3&#10;iMpeUWEeNm/divzyKixfvxFxB+NxLPEoNm/YhIL8Qv+52nHo0CHExR1ERWklFs2Zi0OxcVi3YSt2&#10;hu9H0qkUbN66BQaDAZkZGTh08CCcNqswRLKz8xAddwQWmyLyPGfOPNW4yS9EdHSsSPP4iTOYO38Z&#10;du/eB8Xlg+KkF2mwiqBc5oEqDS0rjC3jdRXycbvr2IHKoaN0T97lZ0FH732G6Sk6Yohoc3uQGaGa&#10;IRY02Aw4GheHy6+4DnMWrILT5YLdYkD0zk148I478fuHH8f1tz+Ez74ahurqajH0ktIyWcywOxxw&#10;uKj3ngdmhw8GO/Dnf7yKn17/a8TEJ6lhaQ4LmwNOmxMuh1MdDkLGjKKIYZgulwKXk4ZMuuFwqEMg&#10;qTcE/d9isYthoA53gxgW6qV3Lc3P4bTD6VDjivkxXA74XDax5Ko61JKWPPeqq29Q+pQHhw0OkwHr&#10;ly/GNddcg30xscL4px9M/EuviDwp9D5yeWF1+mByNMDo9MLmaYBDTO7ohMdlFeelDplRn18Oh100&#10;sKgXJB1X+/WdJpym4TkK9W4Uk0874bLZRJkIY8fhhNupDmWllTHove1w2uFxO+GjYTKKGS5rLXZt&#10;24KLLr0Oe8Nj4XHaVXPH5YTLaoHHpZYpvQs1k4YairTf46hHdsox3HvnXZg2fT5qjE5alVWd50KY&#10;VIHnTtHS0NO8QaofwhIIufEa7Dkvv8cCh5Of3R1/fp/vuyxw/kIbufyDIYeV02mNQOXdMg21ni5/&#10;l86FarCqZqV83LZxvvFCETZEejn6xmp/+mIy3Yf8Mu2M71lXGyKtTapK+a8sLUXEnjDU1VUhcl8k&#10;Eg4fRVx8gvh0inlEqOJD9TwPamtrsGLFciTEH8TRA4dw5kQy9uwMw5694SitqMLatesRG3MAhYUl&#10;sNtpzg8fqqsNWLNmPSoqylFUlI/IyL3YsG4DwrbtRuKhJMQdOIjSunps3h2OE2fSYHE4kJGWjrBt&#10;25F1Ng1bNm4SqxgU5Odgzdp1yC2vweY9EbA67LBZLYiLjkNMdKz6a5/iRFRUFMaMGY+9u/fi9PHj&#10;qCotRUxcApLPZqG63oKt27cjKSkJMVHRSD+bJibIo4pwTm4BDiQkwWRxwWx2YPOmrTiVfBqFhcVY&#10;t3YDauuMqDe7RC+S7Tv2wOWiCbRa+2VMLm+5YnA+FYK+QKBKTTDksgpEsPJmGCYYHTdEqK6lAMIQ&#10;McFpqsKSxUtx1bW3Iz27RDxXawrS8LcH7sFzf3kMcTHHMHDQGFxxxTWIiYoS5sLRo0fxySef4quv&#10;vsKatWsxdcYcrA+Lw/KdCfivH/0M11x3N9Zt2Aavy44zxw7j20Gf4dOBn2DDmrUw1dWSCwGH1Yqd&#10;O3Zj4MBPMHnSZITvjcDYcRNx4EAC9kVGYf78RcjNK4Td4cKR46cweco0ZKSehstixJnTp/DN10MF&#10;K5YtxaypExCxYyOKc7OxcP5irFi9BcuWr0V2WjqcVhtWr1qNzz75BJPGjMTwrz7DVVddhcjoGDEM&#10;SKz05XahKCsDY4YNw6CPP8HcuYtQXm1BTkk9vh47F5EHTwjjp7KsAFMmjMSusN0wmy1YtXo1li5f&#10;hu9mzUTC4QQcTjyOKTO+w/LVqxC2a5f44SI1JQUjKN1PPsHK5cthrKkWxk50RCS+mz4Ti+YtxOBB&#10;X2LqxCkoLioRc2O5bFZE796BIZ9+iIkjv8HUieNx6VU3YtvOcPgUB0qLCjDs22/x6cCBmD1jGky1&#10;VbCZ6rBh4zZMnb4Qq9dsRdS+/fC5LDBXFOGVZ5/FG6+/h6JKI5zk//hXKAk0KXpgA0RDm1BTM0Va&#10;/tDUssEarIdITyK/i9oKxe2eoZ4BCTjsJUC4XodcjvrybEKuo7cNbV6jHrwuIQQbIiGA/gsu7+tO&#10;Wt5sgfMk7w8WruUDIPjDoCPI+egs5OMwTVDFtCcMEXFtXC6kp5zGnOnTsXP7NsyaNRu790Qi+VQq&#10;wsL2oqamXlR0aqtrkXE2DeUlJdi5bRtKi4qxYfVabF63HmdPn0ZkRCQqq6qxZ3c4CgqKRO8QMVbZ&#10;7YPNbEfY9jAcT0yC1WJGbXW1qLTu3R2B5BMpOEzzjZgs2B4egQOHj4pf0M6kpCIibA/Ki0uwdfNm&#10;2G02ZKanYcXyFcgvrcKaLTtQWVMHh8OJiN0ROHroiBjG5LDbcfTwERxLPAab2QKP0wmzoR4R+2Nw&#10;Ki0LZrsLp1PPYNHixdi2dRvqauvEr4z0q1h+XiHiDhyG1eYUvzhu3bIVp1NOo7y0HGtWrUZ1VS1s&#10;DjfCwiKxZ08kXPRLo38cdWBaljlDyOV0LuT4wdKS9zEMEwx639BQynMpmCEihs2IsRI0maoFjvoK&#10;DPzoMzz82PMoqjCK52pZTioeuf9uPHzvfYiLTUJmdh1qqoywGQ1IPZWMW26+FTfccBP+8uhf8Iff&#10;/RYXXHAhvhk3G8PnbsR/X3A1Lrr8GqxYvgSnEw/i9/f8En946CE8/+9/48F77sXY4cNRV1GOsK1b&#10;cd11N+Lee+/DP5/4Oy6++GJc9dNrsXXLNsycNgM333wLTp1Og9Vmx6KlK3D/r+9HfNR+pKUk49Zb&#10;bsGNN96KR/78KP708O/xox/8H8Z8+wmyzqbgvnt/jQsuvAiPPvYEjh2Kx4ypU/GTn1yMBx98CH9+&#10;+Pe46vJLccmll2DPvn2iMUlLiFsNNXjuqSfxy9tvx4vPv4Crf/ZzDB01CYdO5eN/rrwL4+cth8Nl&#10;QV5mEn74wx/gyy8Ho7KiAvfccw8uvPBC3HTz9di5aysWL1uN//3e93HrHXdgyNBvUJifh1/edjt+&#10;/9vf4cXnn8Ntt9yEcSOGorq4BN9Nno6fXn0NnnziSfz1sb/glptvwgfvvY+C/AJsXrsW1191BX5z&#10;79147E+/x6033oBrfnYjoiKjUZyfhd889CAefPBBPPP00/jVHbfh3Vf/jbLcTLz/4Vf40QWX4o47&#10;f4eFixbD4zJDMVZj8Dvv4JUnnkVGQTlsYmJVtdeGNvRANkRaGiFyjxF52M+5kb/HzHmimSAhY4Z0&#10;B2yGtBXZECEzhA0RJiD04JYd70APc+0hL4drGZYq/PKvp53/y6icl44S+FwYPWRYUBdih8Mh378d&#10;VmuGiDAQLFYkHkxA5pmzsBpNYuhJePh+lJdVITb2IHbtCkdMVAx2btmKpMNHUFtZhdh9+2ExGsWv&#10;fBF7w2GqNyLx8BFhLmzcuBnbtu0Q84iUlVWqs/w73cjLzMHu7WGIjojCvr2RYghNeXklzpxJExOx&#10;2mwOZOUXYO3GTdi7NwLrVq9D1tkMmA1GbFi7DmE7dmD5kqVYtmQpcvKLMXfxCuwOjxLGxIa1G1BS&#10;WKT+gqQoIi/pZ86KbsXUldhqsWB/zAGs37oDZZXVqKmtxZIlS8RcJlTmtNoMrRhQXFiM9es2IDYm&#10;Fvn5uYiLiRFmTGZ6ujjXzRs2IjIyGkuWrMDBg4dEGTY2EBiGYUKIjhgiikeBi3qJUA8TRQFcVjgN&#10;FXjhhdfx7KufoLyehlq64TRVI3L7elxy8U/w05/+Ak8//SbWr96A6pJCDBk8GJdeegUi98fDYrJg&#10;+fx5uOziizFs0lyk1AE/uvNPePSld1CQl4Yv3nsTN19/vegNQb013nzpZfzxwYewd9sWXHDBBXjq&#10;qWeRnZWDmrJiPPuvf+La624ShvfMqVNx400340TKGVhptZQly3D/vfdiz7atWDh7Nq644irsCItE&#10;cWk5Nm1Yg4t+fCFGDf4AZ08l4e577sdf/v48jh1PRmbqCdx680349/OvoLCgGJUlBXjuiceFIRIW&#10;Ea72mHHZYKqpwP1334XfP/QAkhITsXzVGkTHJyE+uQj/dfWDGDlrKZzOeuRnHMEPf/h9fPLpZ6ip&#10;rsavfnUX/vjoXxAbtx+VVcWYv2g1rrjqZ5izYDHy8nIxecJ43HHrbdi3Jxz5Wel4+YVncM9tNyHl&#10;0BHMnz4b99z7axw+dBQmQzU+GfA+/vLHR0RvzeeeeBK/vfcelGeeQUVeGt546UXc/ItbEBm2C0sW&#10;fIdrf/5zbN68DTlZOfh64Du499oLsWPNCgz4ZASuve5e7Nx9GHX1RnjcNrjNNRj57rt4+/GncCan&#10;GBalAU6/qaFN5CrXT2VTRDNB5O8iwzChRSBDpLeLDZE+g/YrqPzS4ZdLqNOThghNFEerxNgtFmEm&#10;2Kx21NTUwemg+UU8KCurQGF+IcqLiuEwW+B1umAx1MPn9cFoMMBiMol4VrMFTrsD1dW1YpK5goJi&#10;mM00RtoNr5OW5vWhtrJGGCOlhSWwWuyiBwmFsZhtYkI9Gp5D85Dk5xehoqxSjBWncdl1NbVi8tPS&#10;4hIYautQXWfE5h27UVhSjuycPBipwiZm+/eKcdb1dXVw0NwndO5OJ6w2Gyx2FwpKK2G02lFRWSkm&#10;eC0vLxcPc1rv3icmzfOgvKwCZWVlMBhqYbNYUF1RCYvRJP5fmF+AwoIi1NXRpIB28QJgQ4RhmFCk&#10;o4aItrpCg8sFOC1wm6rw+hvv4o9/fxkltWYxjMRtrYW5Mg95aanYuTMcf/rjk7j9pjuwavFiPPXE&#10;M/jdw/9ASY1VLLGemZiIa666CqNnLsYpI/CDu/6Ex15+B7kZp/HXBx7AT6+8Gq+8/Cbefu1N/PWP&#10;j+CNF17AjnVrceEFF+DzL76Goc4Aj92KuTOn4xc33YEtW7dhxtTJuOHGm3DsZArMFhPmzluAh359&#10;P3Zt3ozh33yDK6+8CmmZBWJlsxNJh3HVFZdj9NfvIfPMSTz0+8fx7ahZMFsdOJV0CD+7+ip8PWQE&#10;HA4FdnMdJo8agiuuvEIYIgp1tVdscNuMCNu0Dr974D7cd8/dePKpp3HwSAqOna3Gjy59AGNmroTi&#10;tKIwXe0h8tHHg1BdVYVf/epX+HroUBiNtbBY6zF73lpcd/1tSEpOh9VqxeuvvoJrf/ozvPjsc3j3&#10;jdfwzD/+jMcffginDiZgzpSZeOi3f0BuXoHorTN51HA8/oc/YfWSVbjvhlsx+N134TXVwGupxapF&#10;C/HTy67Bvt27MGnsMFx19dV4+tnn8ebrb+Hff30ET953M/auX40PPhmGv/zrfRSXO2B3UU9IG1ym&#10;Snz57lt49clnkJpXCosXcPjnPwnUQ4TrpwzTd2FDhOlh6IsnI4dhQg3NENEa2Z31YKF0yGQJZohQ&#10;JZcmRWtotoIOzYvR4P9U/08zz4MmjBOTxqmfDR5PYzyaZESYEbQEH8054m0Qs+5rM+97XR74XB40&#10;iKX+qDeGfryxPP8G/a3uV39dkscXe2AyWRAZFQu70wVvAy3nSPnW9UrSTA6xcoAXbi+ZLTRBHWW/&#10;AdnZ2YiIiGiq3IvZ9t1i1RxaXpcq5z6v2ttEP6s/4fM1Le8rvxAYhmFChY4YIrSal8tf/yBDpMFh&#10;gttciYkTJuGGO3+HjMIasaymqboc6xbPwZI5c1BRYcSOHXH46dW/wPQpU/DVF4Nx8cWXYUtYFGrL&#10;a7Byxgz85Ec/wvBpC3DCBPzv7b/HE69+gOLsNHz57rv4xc+vE3M3ZadlYsGs2Vg+fwHSThzH9T//&#10;OR7+459xPOkEinMy8crz/8bPrrsZG7Zswby5M3Dtz6/Bjp3bUZifi88+/xJ33XEH9m7fjgWzZ+Oy&#10;y6/E8tWbUFhcitUrF+OiH1+AEV++LQyR3z38d4yZvBh2pxvFeem4/bZb8NjfnsSpU2eQm5GK399/&#10;Ly6+5GLs8hsiXsUOS10FFs+egW0b1iJ6fyR+ccNN+Ps/X8CRUyW4+tp78dp7g1GQk43IbRvwP//9&#10;3xj40SBUVVaKHiJDRoxAvbEGNrsJ8xdtwA033omTqVliQthJ48fj9ltuxeZ1G0QPkcVzp2L2pDEo&#10;zczE3Knf4fcP/wk5uflocNkxe/IE/O3hR7B13Ra8+czzeOCuXyL/9AmU56bhvTdewzVX/QJRe/dg&#10;zbL5uOZnP8OiRUuRm5WL9QvmYsnob1B0+iTe/3gIHnnyTVTVKXApCho8ZlhqCvDS0//EW6++i9zK&#10;elh9TYaIWwyPlc0QNkQYpq8i1387q93SlWJDpAdp66RFcjjtl5eeQs5LR5HTZ5rTVYYIidIO2mD3&#10;qoaItqQwmQdE09LCtESh3/RwCzehEc0MIRr8hogYsiKMEDJEyFTx4zdEqFstmSLButcGoqUhQuXl&#10;RmV1jVi+0O2l81DHssuGCOWfzBCCPB1xCm4fLBaLgBoDVA5i+Uh/DxHVqKHz0C1z6F9uUcxC7qUV&#10;e6hhQDPxsyHCMExo0l5DxGaziWcdPWvFkrE0CSEZ4zSxqsOEBnsN9kVG4n9+fC027Y4V5rK9vh5z&#10;J0/EBT/6ES677Fr86EeX4qEHHkbyiWNIPHIA9993P77//R/gxxdciIt+8AP8x//7f/h20lycqAf+&#10;7xf34G9PvwJTXTlSEw/ijttuxYUXXIjrr70Wl192mZj3qq6sBHEREbj00svxwx/+EDdcczXuuuM2&#10;XHH1tQjfvx9Jx+Nx66034Ac/+AF+fu01uPHGm/Hza65F3P79OHsqBffddz/+7//+Dxf++Me4/LKL&#10;8Z//+R/4YuBLOH3yKO6+9zf4asgk2J20wo0JK5Yuwv/+7/fEca675ipcdfGPxXwlZIjQkBmv4oC1&#10;vgZvvfoSfvTDH+LPf3pYHPebYWORV2bGawO+wf99/4e49uorcf3VV+I//uM/8Prrb6OosAB33HEH&#10;vh06FHV1lXC6TJg8bT5+cd2NSDqZIkz4grwc/OaBh/CTi36C226+AT+96grMmjIe5Tk5mD5+Eh76&#10;7e+Rk5sHn9uBaZMm4M5bbhPzdEWF7cYvfvpTXHThBbjxmivwf9/7Hv77v/8HO7dsQWl+Fp74299x&#10;wY8uwPXXXofLfvJjDP/wTVTkZuOFlz/A3ff+ERWVFjE3is9eh/K8FDz2xz9gxIhJqLG7YHUDLv8y&#10;vTQsVp5UlVCXNOb6IMP0NeT6b2e2W7pKbIj0IC1eBEFeBm0N113I+ekocvqhQndN5tVThkhjDxEv&#10;GRtkAgSGhtb4aJywHrGdht24RW8K+lTLqPmEmKKyRL1GNJrNFn9uAk24RksCOmkZRurFQWaI3xBp&#10;DCOWNVTzTmPcVdTKGvVg0c69sRyo5weF1+VLnIswROTvABkhDrFEo1yeDMMwoUJ7DBEKb7OSIULP&#10;VjK03VC0ZyetMOB1iUZzRUkBfvvwY3j8yWfFSl1OmwOmmjpEhUdh0cLVWL1qO86kZsFmtcJptyIr&#10;LQMrFq3G6sUrEbs3Ant27sHxs3mocAFb444jJuE47DYTXDYjcjLOYuWyZVi+eAmiIiJhrquF22pB&#10;bXk5Nm/egUULl2L3jjAMHzIUv7jhFhxIOAyT2YDk5CQsX7EUW7dsFqun7dsXJSYFd5qtyM/MFXNC&#10;0bLxh+LjsHv7ZqQcT0B9XS2iYw4jLatMDOX0eRxwWs2IjYnH4kVLsG/vLiQnHsb2rVtRWlEBu90B&#10;j0JL3NphqCzDru1bsWjhAuyNiERZpQF2Baiqt2Hrjp3YuG4N4iL3YdPq9UhNPetfbecITp9Jgd1h&#10;gstlRWFxOWLiDqPOaISX3m+KCwW5eWK5+8ULFyB6fwTqayvFssG0Ilt03AGxlLzLaUNtTQX2R0Sg&#10;3lAPm9GEk0cPY+mCWdi5dT2iIiMQtn0XSgoKoNjNqCwrw/Yt27Fs8TJE7tqF+soKuCxWnErJxKEj&#10;KXDYFTSQ+W8ox7olc3H5FVdh1/6DsLh9sLt9cPnfo+oyvS3f32LJ4D5SH2QYpgk2RBimn0AVPf2k&#10;sNr/5XCdQVcbIsGGzJBpQD09aMhLY++KAOGC4nE1p5uGcNH5CKOGerP4e3l0lM5Kh2EYJhRojyGi&#10;9hChnnFkfjf4zWXVNKb3BryEXaxGsmDubFx3483YsmMPbHZ6VqtDKLWhlDTRNs1PRUa5R/HCq5Cf&#10;0gCf2wufD7DTUBuXD/bGDon0nHehwUM9+TzwuMiE8UCx22CpN2DA+x/i1VfewLFjycg4m4PXX30b&#10;d/zybqScPgtF8QqzwuGwCwPHSYY8vV8JTwNAvRXFcA9KUxG9XVw2Oxq8DXC6AJsTYrglGRJeqvj7&#10;TX1app2W/HU6nHC6qDzpXFzCPKCld+HzQnG54FTccLkb4FQAm0NRl7F3U68a6q5I7131Bwm34oRH&#10;9D4k04nS9MBFhoP/nUr5o3CgLIv3nyLMD6figMOjwElzulDeFQfcigNet0vMoSWGjroVOKxGKC6b&#10;OtST8utyCjOFhr7SkFiHzQG3i4wuGiJL423pvNXjOi0mFJ09hZ//9Gp88umXyKswwO6BKEttcl1X&#10;L/ghj2GY7oMNka4mUO+CoA9Z/TwaGnIYhjk/+oMhQr0f1N4eNDTlPM6xhwwRvRmi7+nREdgQYRim&#10;P9FWQ4TeR/ScpSXOtbmhVIODzA1qXFPDWwHcdjS47aipqsCUqdOweesOYYjQhNmaiSLMEfoURoRq&#10;iHiUBngJN0CL1ji9EA1uh1jWVWeIeP3zPNGxqbGuuKA47MjJysZdd92DG264GTfddCsuu+xKTJ0y&#10;AzYbnV+TGUNDLRX69Prz7/LA63TDSxN/+4dF0vvQKwwbeh8ALkJpEEYImTFelyIm7lYNEpf/famt&#10;pqKaDz4xwar6zqXJWlVjwytQ/D0Vm85fPQ+v2wmfl3AIs4PmX3Eras8cQtRD/O898TfVi70KHG4H&#10;nPTpcQlzgnpLesk40kF/e700vIlWBaL3dlPPTzo+GSRizi5hXAFej3odxHxelDenHWlJRzBj3HiU&#10;l1fB5vbB6fH5h8PQ5LpE57yHGYYJDdgQ6WK0xqeMHK5Ft7xG5HAMc370hCHSVavMUMVXfngRmgmi&#10;p13n2EOGCMMwDNMx2mqIkCic00nPeP0cEerQQvXdQSYADRuhngZOuJwuYaA0C08mADW6hQniX4rV&#10;bz6o80/4xKTX1Nh2eGg4RoMwRKixrfUQaWhcwlXtkUHQ6mbZ2fmIjIzFtq27ceJEKgwGMzzCYFEN&#10;ER91hPRqPVv8kBGgmRLC5PAPkXR5hAHiUsjEUE0Rt4sMFK/fPKFeMZrZoPaYoQnIxXxafkNEnW+K&#10;5rhSz4lQPGSIaGVBvUzUibvdLurR4YTX7RCGiE+YGmRIUH6bhnc2G8oq0qYeL064fAqcXpcwSDxe&#10;1QCRDRHa7vG54aFJwX00p5Z/wnFRb6brok2mrhoiwhQRPVjICHIBLic8drua38Zr6q8DiO+TOveW&#10;/B1jGKZvIrcp2BDpZGQjhA0RpqfoS4aINo8IGyIMwzAM0bmGiNprQu3toBoF6rtTH15F7U3RhD4M&#10;GQYuP4q/x4IwNDzUO4SciSZDpOmYZEoAbqUBNiv19muA4qIGOhkKakNfTPLdaIioq6ER6rAddSLu&#10;RkOE5plS1NVVXIoPCnV+cdHk4GSIaJN8Nxki6gTifkOE8qnfR71RhCHig+JVz4/MGL0hovUQUQ0R&#10;uiYUlwyJ5oaI1iNSM0Q0U0TxeqD4JxenuHozpNEU8dKcW4oIR+EbJxsX6eknQm/qIUKfPrHKHA2t&#10;JaOHDCl1uI967RWBWvemvHIdnGH6C3Kbgg0Rhumj9FVDRH9c2XjUkPMXFDZEGIZhQpK2GiJU0dUM&#10;kcaeHI3mhmZ8yKtyqcaBNlG1imyGqMuyq9vVYSwibRqOIY5Bw2tU1Ea5OueVNjE3mSTUW0M1MKhB&#10;Tu87LX+Urr+XQ+MS8k0Ta2uIIT9ibhDVDKG/1fzQ+9IleolQ7xAP9RChXi3UQ8R/vj6aSFb05tDS&#10;15ajp0m61Tm6mpayp08yMXS9ZUQPFRp64xS9Snw0bMZDZUzvUu081Gsl6iD+YS5NqKvACWNDrA6n&#10;lokwZag3jTAxKF21RwsZJi6dIdK0opyW/6bV4bRPGp6krianTjxO5U+oeSJDhPKn9jJhQ4Rh+g9s&#10;iDBMP6Hpl6/z7D3RDuiBUlNTIyqona3WDJEOI8Yk62BDhGEYJiTQJqc+l7Q5RJoMEbnXh/oOs9ts&#10;cNPqX5Su3xzR/19MJkqNcGFo0HAZbe4QL3xkXPjnEWnsoUD/F9u0hrm6upl+pTNhYtDcIC4yOprM&#10;Gh8tBS/i+/y9QFRomAzNJeJyKbr5tbR3V9PwEWGU0HlR2rSkLM0hIoyMpkaA10eGklqG9Lc2L4ea&#10;T9UUcdntYhUZdVIOMlG8cIk80/wlLnhdTjTQZKzU+4JWSnPSsBSHelwybIRBok5cK1Z2o7hOmrNF&#10;LTPR00QMCaJyol4nLngcDnhdDjS4KV0XfDTHC9Vf6Bp63LDREFr6DvhXY1MND9UcUc/f3/un0XRp&#10;WsVNhOf5thim38OGCNNvkSe77evLp7EhwjAMw/RVzssQ8feyCGSIkBliNNQj42waTiQlITUlBeZ6&#10;o2jAa8NRtJ4jag+RBihO1RwhU4PMC5edGvzUc0Q1SxSnF25CrIxC6ZBBQUNM/AYBHdvpgstJeWjq&#10;/UFGgdtJBoxqpmg9S5qG51CDn96HNMeWHU6no9HwIcgwUYeT0HwnbjFPyYnjSbDbrairq4PNZoPV&#10;akJi4hHU1tY2miJUFqqBQXl0wWUnk8gJt8MGuBwozM9HxL5o1NTUQbHZxfwcZFqY6mpw9lQyHBZT&#10;kyEiTBGa/8vpN5c0Y0k1RcikqSirhNNOx1InmvUpbjQotFSuSxzT46CJbt3CfEnPSEdqRjqOn0pG&#10;eUWFqM+IJZXJFKI6AplZzcrHP/GqQDNFuBcIwzBsiDD9FHlIRbChFdp22UjoKwQ6586gOwwR7Tjy&#10;sRmGYZj+x/kYIupwiuamiFYprqmqQsz+KETv24+Tx48jfPceJB45AofNBovRhIy0NGGWVJSVwWgw&#10;ojCvGGmpGThx7Djyc/KRn1OElOQzyM0qgOLwwlBrwtnTGTidfEasJFNdUYnTp1KQlZEJY51B9Lyo&#10;rapG8omTyM7KQXVVLQwGI9LOZuBUcipSU86grLgUtdXVqKooh9NuQ1FBEepqDLBbbSgqzFe3FRbg&#10;9OnTSE/PhM3qhNPpQWlJOU6dSkFhYSEKCwpgNZuxds0K5OVnYc2aNYiOjkF5eQXWr1+PxMREJCcn&#10;o6ysTH3XUnk47TDVG3D61ElBeXEhXOZ67NyxHavWrkdVZQ08Tid8ih1elw2nko5gyvhRKM7PFkNc&#10;aqrrUVlZK65TXW0dMtPTYTVbUJCbh1MnT6K0uAQlhSVYNH8REuIPoaK0AoX5BchKS4eprg6Gqkqk&#10;HE9CTnoaCrKyYDHU49Dhw0hKOYVTqadRWVUFk8mE9LNp4rrk5eSgtqYWLmEo+XuKaOaV33jS14O6&#10;qi7EMExowIYI0y+RjZBgL8S+bIYQgc65MwhNQ0Se0JgnNmYYhgkVOtsQocZ1XEwMLCaz6L3htNtR&#10;VVGByvJy7A7bhYMHDiDxyFHsDgtDXnYudm7fjeh9sTiTkoq1q9ciZn8cjiQkImzHHpSXViH5eAo2&#10;rt+C5BP0uVHES0lORmR4uDBaqBG/d9duHD92DLExsdi/bz/S0zIxf/5iHEs8iZioWOzaGYYjhxKQ&#10;EB+HyvIyrFq+EgkHEpCXnYMDMVFIO5OKiPBwnDxxElFRscjMyENmZh62bNmOI0cSER0dLUyPqopK&#10;rFmzDLl5aZgzZw727YtBaWklFi5YjNjYOMTFxWHTpk2itwgZInarGQnxB7A/kvJ6CGHbtqAsLxcR&#10;e/di09btMBrNYrgMvNQ7pAK7dmzCzm3rER+3H8Z6A1JOncXBg4mw253C7Fm8cBEy0tKxe2cYkk+c&#10;wJGEQ8jKyMK82fOEIZKblYuN69YjPiYWZYWFCNu6BQmxMTh8IA6rlixFSX4Bjhw5grhDhxAdF4fU&#10;s2eQdOyYKNPUUylYs2qVKEO7UxHLJKuGiLaUMA1v8g9zapwbpuX3iWGY/gMbIkyfojVz43zQ0pKN&#10;hL5AZ5aTTOgaInLXaTZEGIZhQoHzM0Ro8tOWz3x6d9EwmdjoaNEjhHpvqHNdeJCbnYPNGzfCaDDA&#10;ZrEgJioae3btwd5dESjML4bDasfeXXtxOvksLEY7Dh9MFD1HTial4OiR47BZXTiUcAh7du0S72Iy&#10;QnZu3y6IjYkR7+XysjLs3r0bsbEHsHbNRtisihhOsmHdeqQkn0TY9m04k3IaC+bMR/iuvcI4OHIw&#10;HsuXLsX0qVOxaeMmjBs3EYsWLsfWLTsRf+CQGDZDPUQ2b9qM4qIibN68DuUVhdizZzcyM3JhNtux&#10;adNWlJVVwGQyY9OmzcjPz4dbcYkeKXt3haG0uFCYIwdjohEfGYlTyck4eOSImL+DhrZ4XXaUFGQj&#10;et8eVJQXYlfYVlRUVCD1dDr27YsV851kZ+dgzuxZYrjNimXLsWXjZuTn5KG+th7bNm1DSWGp6C0S&#10;sWcvDNU1yElPR+y+SJjramGqrcGKRYtQlJuHI4mJiD96FGF7w3H4yFEsXLAQRQUFcNrsiI+NQ/je&#10;CNjssiHin99Fv9xxF9aFGIYJDdgQYfoUevOCX3A9R2gaIkR/7B0in3N/OW+GYfoS7TdE1FVp6P/y&#10;s4/SSk9Lw77wCNRV14h5PegzJysLaWfOYNP6DWLYiclQj/DdexEXHYfo/TFiqIfVZMX+iCikpqSJ&#10;OUSOJ57E2dPpSEpMxpEjJ2G3KziWeAz7IvaiwedBQUEB9uzZg8jISERHRYnjV1aWIyxsJ+Ji47Fx&#10;43Y4HT5UVVRhy6aNyM3OxK6dO0RvkYNxBxG9LxqbNmxETlYG9uzaif379yEzMwvHk04iKysfO7bv&#10;RXR0PBTFjby8XGzYsBFlZaXYsHEdqqoqsHPnduTm5qO+3oStW7ejproOJpMFW7ZsQ35+gSgfGqaz&#10;c/tWYYhYzUZERezF8YQEpKSkIOHIUVHf8ik0t4gV0ZF7MHPaJOzcvhlTJ08Qpklyciq2bQ2DyWjG&#10;yZMnsHTpYtTV1YiyTDmejJ1bdqCssAx7duxBWWE5CnMKcTAmHk6LDbkZmaJHisVQB2NNNZbPX4CS&#10;vAIcOXYM8YnHELY3ColHT2L92rXIzc6Gw2oTRlb0/mi4HP4JX5utBuRfmvg83nXyvHN9fe45hukv&#10;sCHC9CnYEOkdhK4h0t8I1CuGe8YwDBN6dMwQaZmWxWQSc4jERkWLYSyR4RFIOBCP8tIy0ZsjJioK&#10;sdExwhApLS7FgZgDqK6ohs1iQ3zsQWGCOKwupJxMRVZ6Dk6dTMWJ4ylwujxIOnYc8XFxoq5C5sT+&#10;/fuRmZmJ8PBwHDx4UPxNw1uysnIQvnc/7Daa06RGmCClxcVISkzE0kWLUVVeiSMJR7BuzVoYaqpR&#10;UVYqhrrEx8dj755wpKdlIye7AGvXbsLBg4exb98+rF61BpVVFdi+faswRMLDyTCJFT1DIiL2obq6&#10;VgyBCdu5G4WFRWLIDPWSOXQwHjRk5kBsNFYvXwZDRRXOpp7BieRkuMRwGTdspnpEhe9Gfm4mTKY6&#10;pKScQHR0FMpKK7FnTyTi4g5g9ZpVWL16JfLycsTwntj9Mdi6cQtqK2oRHRGNgzEJyEjNwKG4g7Cb&#10;LDAbDNixZbPoJUI9U2ZPm4bSwiIcT07G4eMnEb7vANLTc8S12bJxk+jZs3jhQtUQsStiOWBtaePG&#10;ITI0KW6A7xDDMP0TNkSYPgUbIr0DNkQYhmGY7oTeC2RwnEvnMkQaK8UuRQyJqSgtQ1ZGBkqKisTq&#10;JbT6CU2qSr0RcrOyYTFZRC8Em9kGh80Jl90Fm9kOu9UFp90Nu8UpJlV12BQYjRZhiNisDtjMVric&#10;LjgcdjEhKOWnvr4eOTk5KMgvhNVqE+GM9RYoLprDxAmz0SSG7tCwkJqqatgtdliMFtTX1sHlsMHr&#10;VlBdXSWGxpSWlMHhoNVdfKgorxHzkVCPj4qKatjtNtTUVsFqt8BgqENxUYkwQUyUP5p3w+WB2WSF&#10;w+GE4l9q2GGzih4iRfl5qKuqhNfhFL0xzGYzXFSWVG4OB+wmE1xOhzBJ6NyMRiNsNieqq+uQk5OL&#10;goI8VFdXwmazoLamGoW5BbDWm+F1emExWFGSX4K6yjrYzXbA7QPcXtFTpDivAMX5hSgvKRVLIlts&#10;NhhMVhjq7bBanXDY7cIsKsovEENn6mrq4KHeIWI1oJZwHZFhGA02RJg+BRsivQM2REIJKkMZOQzD&#10;MEzvprMMEYF/OVgPLd3qdPmXufXXLcSSuwoavDQ5Jy2XS0vEekXjuwn6m5bX9cGjNMDjBjxudQJX&#10;F/XCUyguLYHb8tg0lIPCeb0UTw0r/m5c4lf/SfnS9qnL45I5Qe9GmhuFzBBF8cHrAXzkLSgeuFzq&#10;8CDFo0DxUK8aWoKWwqj5o1VZxESztDqLGFqinrNXUZfe9XncaKATUtxwO5yqSSSWDVbLqMFvQDQ/&#10;L5qrpQFeL52XG24PvcNVo8Xn8sKneNHgbkCDAhVXg/gb1OHH7UODQlAYyqf/mtHcLyJNtWwbvD6R&#10;Bz36iVNl6LyUdr7vtPlGZORwDMOEFmyIMH0KNkRkWla2ugM2RBiGYZjupFMNEcJvfDSZD57Gbeon&#10;mQDy/BRNeMgEcDfA3QitZuMTk3xqE3wKw8M/fwnN8aGhDl0kE0GFJn9VG/kesWysZsqQoUJQ3hq8&#10;9H+aKFY9HzWdBmGI0CcZEjSxqmaweLweuL1u8akoHmGYUPH5vBDmiDZ8kgwaYS54qByoPFR8ZIII&#10;I0TdrxkitE1viKjnpB+OqcDlcsClOOGhtFweYYj4FB98SgO8LvVT/b9X7NeHEddBGCJk7lCaEMaP&#10;2O6ivDU3jOg6yWZIoyEiyijI9ZfQzI9A6chhGYYJLdgQYfoc7NjrocoCfXavcdCVhgilT+lqx5GP&#10;zTAMw/Q/2juHiGagyOloaPUIrZIs6hZkRmimBBEgnop+fibVCFFpmquJzBDVEGkN1SxRjYmWPRNE&#10;bxJpX/M8aPnQH7t5Pprlyd9TpAm/KaPLr0qw/ATKhz4vTWXb8hw0E0mm+bHV3i00oSl9eqH4yzZw&#10;3rT/0/Vz+T/1+dPKp32mSPDzZBgmFJENEZ/P1+tNETZEGKZNaC966p7avcZBVxoilCb3EGEYhmH0&#10;dLYhoqGvJBP6HiX6SnRL1B4ILhqm4od6YrSPcx2jLchpBkc2SFqnbSaCjGYkNO9d0Z5ja8cNFidQ&#10;vhR1mI4YqqOvNzQ3ahiG6Z/on5n0NxsiDNNnYEOEYRiG6R+0xxAhI+ScQ2b86CvJMi3Nh5a4OmSK&#10;tO0YrSOnGRwxb0gLgyEYVCYyLctIhkwQbbiNZopovTmaDIpzQWlpdRyZQNdTZ4i0MEUYhunv6J+Z&#10;9DcbIgzTZ+ibhgjPIcIwDMPItNcQcTgcrRoi2na5onx+qO9jmj+kZQO+NQLnre0EMw06A/lYbUPr&#10;HSLT1uEnegOl+VAajUBlJhkibIowDKNDfs6zIcIwfQqt0tK9L/6uNkR4DhGGYRhGT2cbIvI+Sl+u&#10;NMvbWofeWS17ZbSOOuymZVrnQovXvmPSKjQtjY+2ou+9ERx5Do7zMUTUOE0T2rbNEAlAN9eNGIbp&#10;neifn/Q3GyIM06cIVDHoeuiB0lWGiH7ITEfQHnoMwzBM6NNWQ4QquhSO3iXaJKmEvjKsof3d8d4i&#10;HtE7pP09RFpr5AcjkKnRnviBaW6ytPf8m+iIGdIS+Tw751yJ87vODMPo0T8ze/P9JOeRDRGG0SG/&#10;tLuK868M9E7ogdJVhghVeumXvc58uOorxQzDMEzooRkcbZE2h4j+HSBXiAnt/xReRj5+q1BD3eOD&#10;4tFWRGkvQY7XYvUXDTl+gLhtRN9TpqPv3GD1KTlcMJrnzb98cAuaykqOf75o3wttyK4e/feGYZgm&#10;5PuoNyPnmw0RhgmA3MWzs5GPF8pQJYQeKF1piFC6BB1HX+nRP9D0FRW5AqPtk7e1Fe34/Qm5DPoD&#10;chn0F+Ry6A/IZdBfkMsh1NDOQXue03ugLdKGzFB8+iTsdrtAXy7nKi9tu5ZGcMjIV2B3KuKz/VB8&#10;go6loW2Tw8po8eQ8tY6+bPWNm468OxW6RgGg7XLYQGj5UPNEn1Tf8OrQhhm1rUHWnnPR1y8Yhmkb&#10;8n3U1cjHD0ZrcejZQGYIGyIMo0Nd775rcRMBjh2KdJUhoj2YKG06hs1ma6y0aRVSfcVUfkgGevhp&#10;f8uV3r6AXLntD8hl0B+Qy6C/IJdDf0Aug/6CXA566DmulQ29f8joaKvoF0BC39tD/x6jT30FORhy&#10;ZTowTSvNyPN2dA9ty6d8blS2dju9a8koomuhXhO7wy7ewe3FTu/tANB2OayM/L0Q2J1w2F066O8A&#10;4VrhXHUAOTzDMG1Hvp+6C/nZpkffHqA80vPFarUKKC49/0NBbIiEBNrkWnrkMExfpCsMETJDtO5r&#10;dAxtUjzNwdX26f/WxolTOO3vQOjj9SX6o+Qy6C/0R8ll0B/oj5LLQEYLQ8/6tpZTW8J0heioPXPk&#10;81dTWdP7Vk8H3p2+AMhhzkHTO5z+L9PyPX8u5PSDIcdjGKZ15Huoq9GOKw9xlJHzqY9Hn6GgEDVE&#10;yHnvL8ZAoAm9Om+iK6Z3oxkitbW1XWKItOcXQJL8sGQYhmH6BoGe9SwWi8VinY9C6T0SwoZIbzUF&#10;AhkYHcmn3DOkvxhBDNEVhgiptYpwZ0hOn2EYhgkdWCwWi8XqL2JDpNORjYuOGhhyOh1NjwklQtUQ&#10;YbFYLFZoid8JLBaLxeqPYkOk06G8ychh2gOdo9zjpLeeO9PZdJUhwmKxWCwWi8VisVj9XSFsiIRO&#10;Twl5FZTG1VAChA2M3DskNM6b6ThsiLBYLBaLJYt6sdBkfeeiPb1d5DTbE5fFYrFYoaoQNUSI0DAG&#10;ZBPk/AwRpj/T2avMsFgsFosV+tLWmmmN9qqj8VksFosVagphQ6STCGBUyFCYFvGCESROizTleAwT&#10;BDZEWCwWi8VisVgsFqvz1e8NEdmoCIYcrzX0cTx+5DAM01bYEGGxWCwWi8VisViszle/N0RaEMAM&#10;aY8hojdAGuO2Iz7DyLAhwmKxWCwWi8VisVidr35viMjGR4cNjI7GZxgJNkRYLBaLxWKxWCwWq/PV&#10;7w2RRgNDjxwmJNAmmeXlefsamiHicDjQ0NAgYLFYaLwf9LDaL7kMuRzPT3IZcjmyWCwWi9X7xYZI&#10;nyGQIRIaK/EwraMZIna7nSvZvVxyY4ivFYvFYrFYLBYrVCXXa/ti3ZYNEYbp5bAhwmKxWCwWi8Vi&#10;sUJBPp+vkVAQGyIM08vpakOkrenJ7nBnoX9odgR9mrLkYwYL1x7JaXVFeoHSlPe3l86WnH57jkPh&#10;5OtIdIfk/LaXzpacfnuOQ+HkMmxr3I5Kzm976WzJ6bfnGHIZ9udy7A5RvuXyZhiGYXoXgd4x8jso&#10;UBgSxfd6vUH39xaxIdKnUOD26KC/W4RhQo3uMETkh18oQw9ej8dzTiicHDcQbU2vo7Q1P4T8EqJt&#10;cnrdRbD8yHS0HOX0CPleIeR4wQiU747msSPIeemKcgz2HZPLsD3lKOc5VMpRjtceApUjbZPLsKPl&#10;KIcJhnzMUEY+N4ZhGKZn0Z7P1B5pD9oznQ0RpgfQjBA2RPoKXWmIaI0XOobL5Wr2ENND+wha6Ub7&#10;v35bIGgS2LYgpxcMOX2ZtoYLFOd8kNPqKuTjBkOOFyyuHKajyOm3Fzm97kLOR7D8yPuDhesocvrt&#10;RU6vKwh0HDkfgcIECxcsbEeQ028vcnrdhZyPYHmRw7QWtjchV5SDvWvk/cHCMQzDMF2P/CzWkN9B&#10;erT6vfbspx8NervYEGGYXg49TLrKENHMEIL+r/2yS8fVXF39Nm277BzLD8pzPSz1yPE6ilx+gfIs&#10;u95yecvI8ToaNxhyesGQjxHsOHK87kTOH22T8xcsj3LcYOcXCDmtYMjptzeP3YGcv2B5lOMFix8o&#10;bjDktIIhHyPYceR43YmcP0LOX2t5lOPSNjluMOS0giEfo7157EvI5cAwDMOEFvo6fme2W7pKbIgw&#10;TC+HHiZdaYjQA4sq2nrzQ9/lXb+9Pcjn0VHk9GXk8G2JK4cj5Ic6IYdpD/Ixgx03GHJegiHH6y7k&#10;fLSGHLc9yGXYnnKU89EactzuQs5HMOR47UUuw64oRzledyLnJRhyvPYil2FfK8fORj631uhq05xh&#10;GIZpO/Lz/FzIcTuz3dJVYkOEYXo59EAhQ4S6nmnj4TtLVImn9LUx9bIpEuj/bUU+j+5CzkdX5UV+&#10;YRBaOemR89JV+QmEnD9Czksw5HjBkI/ZXuT0CLkMe1s50jY5L8GQ4wZDPmZ7CZReW8qQyzF4/gg6&#10;dm8qRzl/2jnLeeku5LwEoq3hGIZhmN6H/B46F3ojm/5mQ4RhmA5DD5TONES0B5M2aR+l31ZDJBC0&#10;3+1xNyfAeXQncqVd3h8oTGvI50zI6WlpBtomI4cJhhyvNeT8BcujHCYYcrxgyPloDfkYtE1OT0sz&#10;0DYZOUww5Hit0ZY8BgoXDDluMOR8tIZ8jEB5DIacVkfjBkLOX7A8BgsrEyhuMOS8BEM+RnuOI6fV&#10;1nitxQ+EnD9CTktLTw7XXch5CYRWPnIlm2EYhun9yM/0c8GGCNP19JIGJ9N90ANFM0RInW2I0DFa&#10;M0S0vwXutiOfR2AoXDDaEzYQFIcexhpyegzDMExHkCvOMm0NxzAMw/RO5Of+uZDjdvZw/64QGyKh&#10;hMcNhQ2Rfgc9UMgQIceV1FkPFUpHe2CRIULHkn/9k38F9Li98LYBCiefR2DIuKCwMrIhEizcORBL&#10;ULvYEGEYhukC5IqzTFvDMQzDML0T+bnfFvRx2RDpZXgCIIfplfgNEMqvN9TyznQYeqB0tSGimR6y&#10;ERLIEPG5fY3IRggbIgzDMAzDMAzTf9EbIqGgfmOIaGaCnlAwFvT5Pj8jhxqEOrhhGHJohog2ZKaz&#10;DBESpamtMiMfVz+WvXGbMDx88HkaBPR/2QzpXkOEerbI23SwIcIwDMMwDMMwnYo8vF7/I6rWdqDP&#10;UFC/NkQ0k0EO29tozOP5DJfRGoR65DBMr6Y7DBH5mIR40Il5Q5qMOMXlhtvlBWgaEy+ZInpDxAOf&#10;4kfMI9IyTRl1vhHNQPFC8aNub24CqvOSNIVX4zRAcTe0NELYEGEYhmEYhmGYLuFchohGKKjbDZGW&#10;DZyWYbqClo2rJuSwvQ2aN0SjNUNEPi/13PSTSqrIYUKlHPorXWmIOByOgIYIfR/IDBGmoeJGbXU1&#10;jiQcQsLBw8jLLUSDtwENPgLwip4iNJTGgwYaK6ioqIaj9kDUpU+usXCO1clXyUgh3B4vHC43FP/f&#10;lJ6P8kFDepp9b+lvF9wuJ4wmGxRPAxSP1lvEB09jrxE6BveKYhiGYRiGYZjORG966JHnHwkFdbkh&#10;0tiQ1xpZ/gaN+n/1l2A5DtN+tMZiW3rAyGGChetZeKiPRlcYIloaZIhQuvrjad8jn0c1JQry8jB+&#10;zBhs37IF27fvxPDho3D4YAIUpwsWsxWpqekoyC2AYrfDbbfBUFmJrLNpyExLg6m+HsWFhThzJhU2&#10;m1Ucq7KqGjl5BUg9cxYmk0mEOZl0HGVl5bC7FDjdbhjrDDiZeByG6hp4XQ4Ya6tQWlKIY0cPo7qy&#10;BHZLDcK2bcLLr76NwpIy2BwOFBWVIjU1DXabEx6P97wngmIYhmEYhmEYpv3Iy+6GgtgQEai/VrdE&#10;Dte7kXt8BDM52mqcML2DnjJEFKcTdosVq5Ytx/bNW2A1muCw2ZGVlY387CwU5Obhm6EjMXfeEkwa&#10;NwVbN6zHqcSDGPTBO1i3cjlmTJmCLz//HOvXrMWUyZMwY8Y0FBYWYdqMmZg4eSomTJqMV195GYvn&#10;z8PUCeMxefIUZBcUIjUjE6OHjsSapSsxd/pMpCQdxcI5U/D1lx/hu5lTMGbUEJw8Foe5M6fgplvv&#10;QdSBw9gfE4PJk6dj6dIV2BW2BzarPWDPF4ZhGIZhGIZhugY2RALQuw2RYBM1amh561u/NMumSWvm&#10;CdPzdLUhIhsH2n3a4PWhtqoaE8eMxcljSfA4nHCTeeJ0wGkxYeWKVZg1fynMVg8yz2Zh3nfTsHvr&#10;KsycOAyGqlJknj2Drz7/AtmZWaiuqsLjjz+GxMREzJw1G0knk1FdW4s3Xn8F2zavgdlQjXnz52PN&#10;xm345PNvsXb5WuSezcaMiZOxeM4MzJg8DNH7d8JsrMa8OdOwdeNyJMRG4u33PkFReTXWrF+P0aPH&#10;Izn5NE6fPgMH5TVAWTIMwzAMwzAM0zWwIRKA0DNE1HkImlav8E9M2iJuL0Q318i55hvp/ci9dUKz&#10;105n0JOGiMlQj++mTsOenWFifhCfW0FNeSlyMzOwZPEyrNm8C3YXUFpYhsnjR2HFoilYtnAivE4T&#10;yoqKMGPaNBQXFsGtuPDSSy8gKek45s1fiNNn0lBvMuGbr7/EnrANcNkM2LJlC5at2oA//+UJDP9m&#10;JNYsW4NRQ4chcvdWzP1uNI4ejoHLacGKZfOxbtUixOzbjQ8HfgGr04NTp1Oxfv1mzJ41F2E7d8Ni&#10;sbYoR4ZhGIZhGIZhug42RAIgN8zV3gjaBInqpIpynO4jkCGimSK9qYeIbAoELjO9GaI3okKPYNcl&#10;8Hn3dXrCECFoDhGPoiA1+RRGDx+OlUuXYO2K5ZgwehSSk5Jw+NBRvDPgc6xcvRmzps/G9MmTsD98&#10;CxbMnQCXvR4lBQUYM2oU8nPz4FYU/Pvfz+Lo0URMn/EdklNSYTRZ8NZbbyJizzY4rPVYs3oN1q7f&#10;is1b9+KTAYOwatlqTBo3AfGx+zB9yggcPhQDh92EZUvmYd3qxTh6KA4XXnQ5YuISELZrN2bMmIUx&#10;Y8Zh5IhRqKutg0LLCXMvKIZhGIZhGIbpFtgQCVlksyG46dD9tN0ckM2Q3miIyPlrPY+98Xp0P91t&#10;iBBNhogLNosZZ8+cRtiObdgTFoakxGOwWaxiCd5jiUnYtGEzdoftQXlpKaory5CdeRY+rxtGgwGZ&#10;6emwW63CWEk+mYyamjrk5OTBZLLAbnfi7Jk0GGoNYvne8rJKlJZVos5gxMEDCdi6eRsS4g+KFW7y&#10;crNRV1cFp8uK4uJclJXmo662Art278LxEydQWFiImJhY7Nq1C3m5ecIMcbtoNRr/BLH+T1GerX7n&#10;GIZhGIZhGIY5H9gQYboI2RgIXXNANkOCNU7lMKGMfG7tpScMEe24LjHhqiKW4FW30YOODBMvPB6f&#10;+L/LqcCt0PA3Wn+cwjjVXmCKopoqLvX/tHyvk8L641IcAcXzNIhtGnQsrfcYmRsuF+WD8mqD20Of&#10;Vng8TnE8bR107b6gv7Vz8Hooba9YxpdMnsZr0gnXhWEYhmEYhmGYJtgQYZhzoTVG9chhWgvbi5CN&#10;j2CI8PK5tYPuMETIUNAbCdpxNZrWF1f3aZ+KGE7W1IvJI+bbIYPF1bSKkeKfO0hRjZSmIWlN6A0R&#10;8bdXRTuuekzVFCFDhP6v/q3Pmz8slTudA62F7ke7Xi4/Hb0mDMMwDMMwDMM0hw0RpguhL5WGvE9F&#10;ni+B503oWmTjIxhyvPbS1YYIpevzkRkhGyJuuPw09kwSZoLSHLHPPxGxfz997+SlnamXhmyENDdE&#10;VFNE/ZsMkSYzREAGiEc1RBoJcD/ojQ89To8bDi8bIgzDMAzDMAzTFbAhwnQRcgO0ZSNQMz/kRmio&#10;GiKyqRPKyOfWXnrKEHERikegeLx+6P+y6eOF4m6A4vY17qf48nfxXIaI19vQ2HtE30OkMU8el98U&#10;0RHgXmjVEPH/vzOMKoZhGIZhGIZhmmBDhOlR5IZ4ZzTGewLKd8vGdGt4ejUdvQ49ZYjo56zx+nyw&#10;OxzqUBQ/Yt4OYSw0hdP2BbuGLefC8UAhw0WRzRI5L50EGyEMwzAMEyJ0UV2AYST6Qvupt8CGCMN0&#10;AsEa04FQl25WJ/Q8F942IsfrKB19ofecIdIEmR8UVt4mh9MIdg3lcN1uiDAMwzAM00vR9/rU6gVc&#10;H2C6lkB1VjZFzh82RBimk5Cd2uC0NCC6E3noR2DO/2VOJkVXGiKUJj24zmWIBKK18IFeLsEMkZbl&#10;1bEyU9HPudNyWA3DMAzDML0N/TtbXz9Qe5Q2R47LMOdHy7aFihyOOTdy24D+DgWxIcKENNRDRO7h&#10;EYi2mhea0SHHl+kJQ4R6aJA62xCh9M/HEGmNYIaI3jFW6QpDhObaoflGdHSSKaJfzUZPV4cLFlYO&#10;EyxcoLDy/o6GCxZWDhMsXKCw8v6OhgsWVg7T0XCBwsr7OxouWFg5TLBwgcLK+zsaLlhYOUxHwwUK&#10;K+/vaLhgYeUwwcIFCivvDxautxJKee2PyN+r0PiOBTNEZHrzOTBM+5Dvz9C4VwMjz/9H/w8FhZgh&#10;QsMjWtIyXO+AHUamo9CDpK8YIrStsw2RQG4+LQlMy/82J/ALR5u8ta3I8YOlI+/vaLhgYeUwwcIF&#10;Civv72i4YGHlMMHCBQor7+9ouGBh5TAdDRcorLy/o+GChZXDBAsXKKy8v6PhgoWVw3Q0XKCw8v6O&#10;hgsWVg4TLFygsPL+1sLJzz5Ce57qaXw2BkinK5DzxPQO5O+UjBy+98CGCNO/kO9NGTl8b4feC/p8&#10;0/9DQSFliATqDdBbDRF9g5BNEaYjdMWQGRKlQ8Nl5OOdC7kCHgx3AOQwKuoSv3rkYwbDq6h4/LQn&#10;f8GQj8EwDNPTyM8p/bNK3t4ZyMeXoXeHfpw4w3QNLesHTchhGYbpSejdoJkh2jYySEJBIWeIBEIO&#10;1xs4f0NEc8f1yGGY/gQ9ULrCECFpDy5KW4N6ouhpbV9r6OO1Fl8O0x7cDhXF4YTL0XI/wzBMX0Az&#10;IPTIlVHaRmHlZ2x70NLWb7Pb7QKbzSbQ/tbvOxfy+TAMwzB9C/m9RO0LNkT6M/6lPeWu/AxzPnSl&#10;IUJDZSg9+tTQd4cmw4Q+9fs7G7l7oHbMttDgacLnUbfJ6TMMw/QV5GdgZ0LPXjoGvRM0AinY9tak&#10;T5NhGIbpm8jP/FBR6BkiZDbokff3MIqnCXnfuQk2XrJ39oJhuoeuNEQCpSU/3Lr6oSYfpz3Ap0et&#10;yLNYLFZ/kPw8JGQDJRhyvGbPVRaLxWKx2in5XRJK75MeNUTaPdzFo0CRoG0twnUJ8soVgY/bMUOE&#10;oDKRkcMw/YmuNETOpe54oMkPz7aCgMips1gsVv8UPSdlI4QNERaLxWJ1tULtXdIzhogwMsgQOY9J&#10;UXuqh4jIs7yUZ4BwbUVnnHTcRGH6Mj1piPR6UVFosFgsVj+XbG6cDywWi8Vi9Sf1iCGi9uygCUdb&#10;M0QCDR8JFra76NyJTuUlQ3muESYQbIi0IjZEWCxWP5dsaHQUFovFYrH6k3qxISKbIb3BEOk89KvQ&#10;6JENEjZJGM0QoRn9SVxh1YkNERaL1Y8lmxmBaM9wGYLFYrFYrP6kXmyI9MYeIp1HMEMkEGyK9G80&#10;Q4SWLmRJYkOExWL1Y8lmhmyEnDp1CpWVleL/2moy5zJFWCwWi8XqT+rlhoiMHCZ0YUOEaStsiLQi&#10;NkNYLFY/lmxm6CHz4y9/+Qu2bduGvLw83TLqLcM2IR+BxWKxWKy+rR4xRDSCmyFNhkFfHTYiD4tp&#10;DTku079gQ4TFYrFYgdTS0GiCDJCBAwciKSkJixYtQn5+gfhxyeulHiIBFunyw2KxWCxWf1KPGiKt&#10;oe9BwaYA059hQ0QnHiLDYrFYjZJNED30/njnnXdgNBqRnZ2NlStWoaioBG43zSVCQ2qABh/UTzZE&#10;WCwWi9VP1esNEbm3RCDkuAzTl2BDRCc2RFgsFqtRsgkiGyIffvihWKGMeovk5uZh2rQZKC0tF8YH&#10;GSECLxsiLBaLxeq/6rWGiIa+p0gg2BBh+jpsiOjEhgiLxWI1SjZBNGjiVHp/fPDBB+LdQdu8Hi/S&#10;zmZgw4ZNwhTxeCiMVxgielOExWKxWKz+JDZEGKaXw4aITmyIsFgsVqNkI0Q2RKiHiGaIaIZHeloG&#10;Zs+ei5KSciiKhw0RFovFYvVr9YAhoi2nG3xCVUIeFiMbI101ZEY+Zmenf24U3f/73uo6TPvpj4ZI&#10;0Do5GyIsFovVTLIZokHvjwEDBoh3BxkkmmhS1aysXKxbtwGlJeXqqjO6uUT0abJYLBaL1dfVzYaI&#10;ZoZoyPub0BsgmikRaFtHkc0P7Rjy/+V4nYInELIhcm7zqFVapB8gDNOr6a+GSIuquN4MabGTxWKx&#10;+qdkI4TMD/rUVplxOBxim8vlgs3mRFjYbmGGDBr0OaKiYkQ9w+tt6kGiT5PFYrFYrL6ukDZENOS4&#10;bUWfnkx3GCKKpzldYYjIx2g8ToCwTO+kKw2R3lrpZc+DxWKx2qZAhgihGSJmsxm5ublYtGgxsrNz&#10;MX7cRERE7BP/Nxkt/glWVUNEe/D21ncDi8VisVidrZAyRLTtwfa1l540RPSGjp6WQ2a6wBAJEI7p&#10;vXSlIaJVmmkVAvoVkY7RG7Dp/u+w2+EMAu2T4zIMw/QF6JncFuj5Tb0/CHpfaO8N2v7GG2/gyJEj&#10;mDhxAkaNGoMtW7Zj1ao1WL9uIyxmG2w2RyN2u1PgcKir0rAhwmKxWKz+oJAzRM61r73IhoTeBNH/&#10;X47XUeRjanS2IcKEPl1liFBl1+v1ivR7Gy530//digJPEGifHJdhGKYvIL8LZLQwcjzNHCFGjhyJ&#10;b7/9FklJScjJycWAAR/jxIlkfPvtUFRWVsPj9jVCE6xq0LtBP+8Ii8VisVh9Vd1siBDaRKGtN/Kb&#10;mwQtOdf+jtDSpOgpPPAIeiYvcjm0hhw3EHKccyHH769QBberDJG2Vrw1ml2fLhyCpU+XjiX34Oos&#10;Q5RhGKa3Qr00WkMfVjZFNGOkvr4eVVVVoreIzWbHzp1hWL9uPebPXyD2afUxRaE03HC5KJ76TiBT&#10;hMVisVisvq4eMESY9qBvDHZ346+1hqiMbGYEQ44XDDleawTKdyDkcKFCVxoi2q+I8jGDQeWoXZ+u&#10;HIbFhgjDMEzbkc2QYBiNRpw8eRLFxcUinjbMRob26Q0RHj7DYrFYrL4qNkR6OfrGYHc3/lpriPYW&#10;ZNNDI1A4+fxCha40RLTx5/Ixg8GGCMMwTO9FNjY0c0O/X/sMZoZoYdgEYbFYLFZ/EBsivRw2RDqH&#10;7i67zkQzRMi46OyZ/8kQ0XqIUBdsGjMuH18PGyIMwzB9C9kM0QwRnkOExWKxWP1BbIj0ckLBEPER&#10;ShsIELe76O6y60y60xChLtLy8fW01RBp63cn2HVhQ4RhGKZ7kM0QDXonsFgsFovV18WGSC+HGnx6&#10;xHatsRigIdqZyMcOBjVMhSnSBuQGbXcRyg3nnjJEtGsbCNrXZIjoJ0puQpsQ2OtW/PE88ClNNPiN&#10;Mq/4NZLC+lc6cHuheJpWo6J0RFx/fPq/mraKfNzAEza33K5+f3VpiPtJToegPPjgdXsFWngtX1p+&#10;Ah2DYRgmFNF6ibBYLBaL1dfFhkiooftVPtiv891Naw3n3gIbIoEVzBCh8iIDi0wLPWRKaAaA+v1T&#10;hCFCBkYzhHFAKPC4Xf7r4IVP8aJB8QKKG1AUgY+Or3jhUQAPbfZDdXG3u0GkQ8ekeASl0Xz5bpmW&#10;poSaF9XMUI0Ql/97q5oc6jmotEyP8gD4FKBBUY0RzSihvBDqtsDHZhiGCTXovcA9RFgsFovVH8SG&#10;SKjRCw0RQu410p3I5kcgKJyc51ChOw0RbQ4RKq+Whgj10qDGP/XkIPOAzBCX/7O5IULmgGo2qIaI&#10;mqZqJlAvDyguQLELfC5nNxgiPniVhsY8ed1OeIVRoxo8Wq8U+myZXnNDhMrA7TeB1LyxIcIwTN+C&#10;DREWi8Vi9RexIRJq9FJDpKfoj4ZIZ0ozRKhnCEEVYO24DV4yINzwOF3wuhRUlJSisqwcFpMZPq9P&#10;/e75aKiJAq/HDZ/XIz7JcBBxPWSAKGhoIKPADZfihSJ6Uyjw2I1osNfCbamE12lDfl4hCvJKoLga&#10;YHO44VR8cDo9cDrp2qmGiOiJ4fLA46QyoWM1wOOhcGS6+ODzQmzTxr7TJxk8wujxNKiGhtsnXBeP&#10;0wrFYUFNVSXSz6bBTekoXrjcPrhcZA6p6Sp0PIpLnVrsHvhcXtgtNpw+cwb1NjsciluYOWyIMAzT&#10;l2BDhMVisVj9RWyIhBpsiDRD7i3SGnLcUKFHDRG3B8aaWsyfPQdzZszEnO9mYuyYkSgpKobd4YTZ&#10;aoebTBOXA1azEW7FCY/iRF1VFWxGMxxWM+x2C2x2O0xWO6qq62C3WuCxG5B/9gi2rJ6DuqoKnDye&#10;gpSTZ3Hq5FlER8ejoqoOFosTLpc6NMVpc0Cxu4Qp4rK7YLc5YTJZ4CLTQvHAZnWgvt4swituD1yK&#10;ApPJBIvFAovZDKfNBafFBY/DJQwRt8MMl92EkqJ8xMXGwOlyw2i2w2ym8yHjxoPaWgMsFrswZsio&#10;sZtdsBgsyMvOxauvv46Cigq4fA2NvWHYEGEYpq/AhgiLxWKx+ovYEAlBmpkh/dwQ6Q9ohgiZF91l&#10;iAgTyeWCw2LBtk2bMG3SJFSVlcFcV4nN61di8sSJOHjoKHbtiYHi9KC2ohwRYVtRkJ2GmMg9mDl5&#10;EpbNW4Dvpk7CoYR47I+Oxez5SzB77kLMnjUTmWeOYN7Uwbjrhh/jQNR+HIw/iujIA5g0djKefeZ5&#10;LFm2Eus3bEFlVS2MRgt2bt+FsuIyMdymvKQMCxcuwvz5C1GYX4j4uHgsWbIcK5avxcGDR2EwWhAT&#10;F49Zs77DypUrMeTb4TiakISkQ8dx+kQyPE4bDsVGIOlQDApy0rF3dxhSUtMwevx0rN+wHTmZ2dix&#10;fSdWr16HVavXIz0jH/VGJ5YsWImlC5dhwbz5eOzxvyK7pAR2McxGnQyWYEOEYZi+ABsiLBaLxeov&#10;YkOEYXo5miFit9vl+7fDCmSIaMOQPIoLNZUVmDh2DBIPJcBtt8FtrUfu2RMYO2Y0lq1aj0lTF8Fp&#10;86I0NwezJw1H5PZVGPblQJw5fhTZp5Lx8ftvYdmyxRg7cTqmzVqCjJw8zJn7HbZsWIDNK8fjyw+e&#10;QmlhPnbuCMfGtVsQERaO8WPH49jxExg/aTL2RuzH0cQTmPXdPNTXGcX8Hfk5OXj//fexe/du1FZW&#10;4e2338LK1WuwasV6PPGPZxEVl4jPvhqC+IQDOJ2agr8++k/s3h6JPTv2YsuGTfA4Ldi5bhnWLJiO&#10;1KR4zJ4xFYlJyfjoy5E4npKJfXsj8MZrryMiMgqffDYYQ4aNw5bt+/DWGwOQlZ6D8D178Yc//gE5&#10;paWwe2hVHJpjhOYnoU82RBiGCX3YEGGxWCxWfxEbIgzTy+lJQ6S2qhJTxo/DkfgDcDts8NhNOHvy&#10;CL75ejAWr1iL8ZPnwWHzoDgnGzPHDcHKeVMwY/xw+GxWuAx1WDpvpjBEFixdheiDSTDZ7Ni1azs2&#10;rJ6L/WFLMG3sp7Cbjdi8aSe2btiOhJgDogdGVU0NomNjMXT4CIyfOBUJB4/CSyu8KB7kZmWL3h+l&#10;JcXCsPnLo49g1pzZmDxxBsZOmIFN2yMx8LPBsNjNsFhN+PKzIYjYFY09O8KxY+t2KHYjtq9bgjUL&#10;ZyDr9DHMnTUDx0+exsIVG1FtsGPV8mV47NFHMXXaTAwfNR7zFq/EF9+MxuLFa+BRfCgqLMYT/3wK&#10;ucWlsHl8cHnUyWDJFGFDhGGYvgAbIiwWi8XqLwopQyTQBJqhPDcEw7SF7jBE9MfT7jM3rf7iciBs&#10;2xa8/dqrqK2sgLG2EnO/m4ZFixZhX0w8Pv9yOEqLa3D8yDF88v5biNy5Cc8/808UZGWhrrQUH7z9&#10;GlatXIZ5C5cgNuEYLHYHwsJ2YOXy+di+ZRlGD/sULpsFWzaHYdO6rYgKj8Tc2XNgMNajsKQYL7/6&#10;OgZ+/BnKSqvgczeIHiI5mZmYOnUqSooLYTLU4ttvByPp+HGkn83BO+9/iqgDSXh34Kc4fioJBYW5&#10;uO/u32J/RBx2bNuFGTNmorQoH4M+eAfrly9EanIipk+ZhBMnU7Bk2TqYzE7sj4zAV19+CaPJio1b&#10;dmLOwuU4cPg4rr/+dpSXViE2Jh4P/fZhFBSXweJ0C0NEXRWH5hNhQ4RhmNCHDREWi8Vi9RexIcIw&#10;vZyeMkSohwgZInaLCTu2bsaYEcMx/Ntv8MqLL+DUqdOoMRixctV6DP5yGIZ+MwLLFsxHeVE+Tp84&#10;gS8+GYQJo0Zj9PAhiIneh4RDh5GWngOr3YH0jDTEH4xGds4ZvPPOy9i+ZTMOxB3GyaRTqCmvwuef&#10;fYbde/eipq4Oo8aMw6LFK2C3uYAGWiXGi7rqGsTGxsJgqIPisONY4hF89vnnGD50NA4fTUadScGR&#10;pGR8PvhzTJ06GY88/Dj2hcfCUGfGt0OGY8yoURg0cABSTiShtLgA8XFxyM7Jw+HDSWJyVpvFio3r&#10;N2Dc+EmYOHkGMrILYLDYsXHTNgwfOgpjx0zEyFHjUG+yQvE2wEkr03ga4PLwHCIMw/QN2BBhsVgs&#10;Vn9RjxoirXUvD7Q6SFcYIvrjBEOO031Q+QQvI6Z/oJ9UtbMVzBAhfLQ8rUtdNYb+rzgdMBvqEb0/&#10;Ctu374DJaoPdqQizwmq2Q7HZ0OBW4HMpsJFZYHfB7XCIpXgVhSrYHjicTihuBS63Ey63A3aHBQoZ&#10;L26fWDLX5/EK48fmcKCwuBgTJk3B8RMpYhlcsXSu2wsfrSLjdMGt0Dq66tK+djoP6q2hNMCpAE53&#10;AxwuJ8xmE779egT27IqEz9sAi8UBp8MFp90BHw0PoiV63W44nC54vD64FdrmgULnZXfBanNCoaV8&#10;fZSuBw6HAgctC+zywOX2wuXxwqmD71eGYfoCbIiwWCwWq7+oRwwRxaOI1VFoqcpgpoje/NBMiUDb&#10;OoI+PRmtUdhZx2o7iu7/6pKj3Mjq32iGCFVQaZWZzlxpJpAhQtB3vkEyRODzCgPBYbOhsrwCNocd&#10;Hp8PXsLjEeEbKJ6bluul+T68Ys4Pr+JW/+9paJyrhBBLSLsVKFT5dqvL5dL/VbyoqKpGVEwc6k0W&#10;cR/QKi70zPC5yRyh/3uEqUHH9ggzQoVWfSGzgtJxezyIjIhCWlqmOL7iojlSKA2vWMKX0qN0XIoH&#10;TsqHQuXtaQbtI+ODUNNvaYSwIcIwTF+CDREWi8Vi9RexIRKELjdEdEvnNl9Glw0Rpjnd3UNEQ+sh&#10;4lac8Lhd8LkVYYgoVFGm7yQt0Uth3IropaHeO2SAkBHihYfMBx3U+4LORcblVuAUvUY0VIPE4VJg&#10;tTtFzwzN7CAzQzUxmsyMpvtT61FFYWn4ilcYGjabEy6nInqYeIWpokLGivp/r/+YKrIhIvA0x+Xx&#10;wBkAXgabYZi+ABsiLBaLxeovCjlDJBBy3PYgp6U3QfT/l+N1FPmYTefChgjTnO6eQ0SDhrrQxKpe&#10;6iFCQ2GEYaeaAdSbg/aTYUL7yBBp8PrEKiy0GozL4Ybi8ophMqqpoJ4HDY+hz2bn56GJSZujeLxQ&#10;aElbsaxtU++P1gwRNX3N0CAzRBdP8bYwRJqgY5HRQcdtMl/0BDZE3C1gQ4RhmL4AGyIsFovF6i8K&#10;KUOkLfs6ChsiTG+jpwwRj2Z4EIoLPp8PLq8XTjGfhrqvweUCPDR0xW84KIDb2QDF2SDm81DcDcLc&#10;cLpdcLnJDAlsiDSHTAcyIZpoiyHSREtDgwyR5vGa0zZDpCmPZNrIZggbIgzD9BXYEGGxWCxWf1GP&#10;GCJiWIjoan9uQ6TJKGi+r6vMCtmgCHT8rqWlIUJl1L15YHoTPWeI0FAXJ6A4UV1ajINxsdi9LwpZ&#10;RaUwm82AxwW3xYLss+k4cOAgTp1Igc3kguIAqipMSD2bh7TsIpisdtUMofD+YTLNzu9chogwJWgI&#10;jK9xHhHZEGl+n7Y0NVoaKU3QPur50h5DRDNFZOQyZBiGCUXYEGGxWCxWf1HPGCJ+gpkhTfuDmxGt&#10;7eso+nS76hhthcqoq3rDMKGBZog4nU75/u2wyBChdPVzejQel4aGOB0ozDyDZ//+CH7z61/iprse&#10;wO/++m/kZGXCYzdhx4YNuPW2O3DX/Q/hjptvw4Lp82Aot2D2dytwzY2/xqMvDEBKZr5/iA0ZEC2/&#10;x9RjTG+GyGaEChkiDX5TpMkM0e4N/T0ijJzWECZKc5qXOf2tp+U1ISgtdR4VHQHCMQzDhBpsiLBY&#10;LBarv6hHDRHm3FADjw2R/k1PGSIujwKr1YBF303ATdf9DPv3bMbaLTtx6bV3YtGC+chLP4U/PPgQ&#10;Hn30MUTFxeCrgQNw9y+uQ+qhJBRkleAvT76Gy+54GEmpWfD6GuAVK8NI32NhgnSuIaIvO/2qNo2r&#10;2wQo42BQg0COr6HfJ8djGIYJZdgQYbFYLFZ/ERsivRw2RJiuNkSCDZlxup2w2w3IST2CzJMHYKkr&#10;xpmMDPzqgT9hyoTxiNu3G9/73vewaet2WB0mnDwYjbt+diW2LZwHe009Ph8yBRfe+BCOnc6Eh8wQ&#10;/1K5XW2I6HuDyOekR+tlJiOHk4f4BKItx2MYhgkV2BBhsVgsVn8RGyK9HDZEmJ4yRMio8Lht8Npq&#10;4bNVw+esx4xZc/CTn1yM/eF7EB62Fd/73v/iwJFE2BQrcs8cx9/vuQWzh3wBpc6AwcOn4cc3PIik&#10;1Eyx8os2/KurDRH5PIKhv7dai99iyI1kfnBPEYZh+hpsiLBYLBarv6gbDBF5LL78K6r8N6OHDRGm&#10;pwwRmhPD56FlY+xw243YsWk9Lr/yZxgyfAysRiMi9uzA//7v/+LA0WNwNijIzUzFw3feiEUTRsFd&#10;b8Y3w6bi4hsewIkzGWIy1WDf47YZIpop0v2GiDxUpjXkuAzDMKEIGyIsFovF6i/qJkNEa9Coq0c0&#10;N0f0fzOBaNaVX1rpgpf57Pt0lSHS0NAgDBH5eE2QieGEuaYcU8eOwk3XXYfPvxiMvPwSKE4Xkk8c&#10;xQ9/+H2MGT8GFTWV2Lx5Ay7+4f8hasc2OOtN+Hb4ZFx9229w4kw6PIoCn/gen3v4SctJTZuj9jRp&#10;aYYEMzRaQ7u39MhhGIZh+htsiLBYLBarv6gbDBH9L7xkiGgNm6ZtbIi0A8kQEaaIHIbpU3SVIULS&#10;JlSVj0l4PW44bWasXDQP//Nf/4Uf/+AC/O2v/8CgQYOxYvlqFBXl4t333sRPf3o13nzrDVx99VV4&#10;4q+PobakBIrFjs+/HIGrrrkJJ1PT4FFc8LlpCE7L47SXQD07ztcQYRiGYVrChgiLxWKx+ot6wBBp&#10;ua1lHCYobIj0OzRDhHpzdLbIEAk2ZEYYIlYz9u3egWeeegpPP/W04F9PPY3ly1fCaDKgsrIUE8aP&#10;xZP/+Ac+GzQImWln4XU64XEq2B8Vj6+GjEVZRY3oIUKGhXyM84ENEYZhmK6FDREWi8Vi9Rf1gCES&#10;qIeIHIcJChsi/Q7NELHb7fL922HJS+3q8dLwFocVHrsZDU4nGhQffIo6h4e4lxWXCEO9P1w09IYq&#10;0LRNccGtuOFQfDA76BgN4u/Out/ZEGEYhula2BBhsVgsVn9RDxgiWqNIb4x0vJHUb5DNEDZE+jxd&#10;ZYhoc4hQLxH5mAJhbjjQ4LIDNOTF5YVX8cKjqPeuy+WEm4wSj1dAvUDcLqeYJ0Rxu+Fwe2FXAA+Z&#10;KCJO55igbIgwDMN0LWyIsFgsFqu/qBsMEb35of9bv1+OwzCMRlcZIiSq9GpDZuSeImJ5WeoB4jc9&#10;aDJT6umh9SppNCGo9wfFpW20BC3F8xJeeDwN8Hq8Ao8O/cos+iVs24o8ESpPiMowDNN5sCHCYrFY&#10;rP6ibjBE+gg8VIXpIXrKECFEbwyFjA8yRwLs0/XMkJHTahaXjJMOGCIMwzBM18GGCIvFYrH6i9gQ&#10;YZheTlcaIvpJVYMaIgFMj0D7z3foSmcbIrIxI+eZYRiGaR02RFgsFovVX8SGSBsJ1PDjRhbTHXS1&#10;IaLNIdJWQ0T+7ve2e6O35YdhGCbUYEOExWKxWP1FbIi0EfnX5t7VwOrcX9iZ3kVvNUS0e0C+L3r6&#10;/pDz0ZN5YRiGCUXYEGGxWCxWf1E/N0QCrXLTslHYu+m81TuY3klPGyLBzA99GO6RwTAM03dgQ4TF&#10;YrFY/UW91xDplklM1RVvFA8RqsvYsiHS1+lJQ6QtsCHCMAzTt2BDhMVisVj9Rb3XECE0g6ILjQrZ&#10;dOka46UrYUOkr6MZIg6HQ75/Oyw2RPoH+lV95H3nS2evEtTZeezs9Ijefs4E57Hl/vOhs/MYarAh&#10;wmKxWKz+ol5riHRXI0s2Q6i3iBymd8OGSF9HM0SogtrQ0ACfzyffx+etzjBE+gPUMOhM5PRl5PBt&#10;QU6jK9PrijTlsG1BTkNGDt8W5DS6Mr3zSVOOLyOHbwtyGl2ZXlekKYdtC3IaMnL4tiCnEcqwIcJi&#10;sVis/qJebYgEQg7XYTz6RqBmLoRSxUbLc6jlm2krvX3IDMMwDNN26FnbFuR43QkbIiwWi8XqL+q1&#10;hkjPQIZCqJkKWp5DLd9MW+kKQ4R6mpCo0hvIEDnfXzv1aciV+2AVfXlfMCiv8rbehFaWNLSpNSiM&#10;HFdGO1ctzXNB4c6Fll5XpCnHDYQcNxCcx5bxZeS4gWhPel2Rphw3EO1Jr61pashxAyHHCUR78ijH&#10;bS/yM6AzOZ/0KQ4NGWKxWCwWq6+LDRGmF6A3ddjgkaHKaVcYIoR2DBqGQ5Vf+iS0oTka7Rmbr3Uf&#10;18bgB0Pubh7qaNeqLchl1hpy3GDI8VpDjhsIOU5ryHGDIccLhhwvGHK81pDjBkOOFww5XjDkeK0h&#10;xw2EHKc15LjBkOO1hhw3EHKc1pDjBkOO1xpy3EDIcVpDjhsMOV53oT1/gqHlTX4Gt/Ys1t4HLBaL&#10;xWL1dbEhwvQwsgnChogMVWa7yhChiq/WW0SWFkajPWpv+L6i7jhv+bqcz/WRJafVFel1RZodkZxW&#10;V6XZEclpdTQ9kpxeR9OU0+poeiQ5vY6mKafVFel1VZpt4VxqSxhZbU2bxWKxWKxQFxsiTC+Afr2S&#10;kcP0X7rCENFEvwK2pdIrV8CZwOh71bSGHI9hGKY3wWKxWCxWfxEbIgzTy+lKQ4Qrvp0ruVERDBaL&#10;xWKxWCwWi9XzYkOEYXo5XWmIsFgsFovFYrFYLFZ/FRsiDNPLYUOExWKxWCwWi8VisTpfbIgwTC+H&#10;DREWi8VisVgsFovF6nyxIcIwvRw2RFgsFovFYrFYLBar88WGCMP0ctgQYbFYLBaLxWKxWKzOVw8b&#10;Ip4A25jzxeP2CNRy1dMyLBM6sCHSO0VrxfB6MSwWi8VisVgsVuiq2w0Rj0ARn9xg7wjNTQ8yQrxu&#10;LzxuL9x+FA99cvmGOmyI9D6REeLzw6YIi8VisVgsFosVmupWQ4RMEJ/bjQbFDa/Y5oHicQdEjsvo&#10;IZOjyfggyAjxCmNEb4iwGdIXYEOk56U3QGTYEGGxWCwWi8VisUJTPWaI0CdtE+YHGyDtpDVDpKnX&#10;CBtLfQM2RHpWrZkhelOEjREWi8VisVgsFiu01O2GCNHUcFfYDDkv5DlCtCEzavlq4RQPla+ilnMz&#10;5PSY3gwbIj2rthgiminCYrFYLBaLxWKxQkfdaog0oTXke0HjXOuhEgg5bC+m+dwsKmyI9A3YEOmo&#10;OmZVsCHCYrFYLBaLxWL1TXW7IdLb5gmR5y6RkcMzTHfDhkhH1bEBLW0xRM4/db06lk8Wi8VisVgs&#10;FovVPvV7QyQQoZBHpv/AhkgPSPImzmWKsI3BYrFYLBaLxWKFnkLKEFHnH2mOfohIZ9GRPDJMZ9Md&#10;hkhDQ0Mj5yc1nhq9O3s6yFZF4GNrW1vuCaIAgfVpBDpqexQgeRaLxWKxWCwWi9XNYkMkwDCZjuSR&#10;YTqb7jREfD7feRgjTWGbopFNcH5qnzkj99XwoUGyG/TmRcsUm4drtt/XPLQ+X6KsgqWr/dEiQUpD&#10;DR1gV6OazjtYCBaLxWKxWCwWi9UZ6veGiGyAyMjhGaa76UpDRGt8iwZ6A3kADYLmZkTz5rv8l8/j&#10;gdVshcPlkULJYc+lBqDBhwafB74GH7x+06G1+E22hFfQ4Ef83eCDw+6AyaFAaVC3Ntk0lKo/nN+g&#10;aDI3/H+ReRHElBGxGwCPyKMaQ4hMFO0P/8k3JiO2q7mgGI1xaKcofDUInXvrZ81isVgsFovFYrE6&#10;Q91uiHSErjBEAtFWQ0Q2T0T4c8RhmPbSlYaI1iPEZLYgOzcP6ZlZKCophddLDXeS3ipo+kvYCKKR&#10;70FOSgq+GPgFzmYXqs14sV02GYJIMwoEXsDnhNNSi5LyEljdbjgbVONBGA1+Y0HvUfiEuUDmhweA&#10;Bz6on/Da4XUYEbZjDxat3Qaz4oa7mf1BcZwA3HA5HSgsrkJVjREuLxkclGNF7INPLQe3y4PCghJk&#10;Z+cjN68QZRU1cLq9qmnT5HaIZ5KhthZ5OTnIycpGUUEJLGaH2O1ze9GgOFFXWYbiokJ4PJRXyq6C&#10;Bo+CioJiGA0mKD43GkRZtFZwLBaLxWKxWCwWq6MKOUMkEHK4jtJWQ4RhuoOuNkSSk5Px+N+ewB2/&#10;/BWuv+lm/P7hP2LTps1wOskwaG5r6A0RIa+CnWvX4v/9v/+HnRGxzQwRLVbAdn0zI0Q7DJkULkSE&#10;bcI//vkPRMQnwOEDPCIRDxp8NKSnyRQhI8crGSJqPxCPMDucxko8+sjjeHfQt6gyW4XFoRoilCCF&#10;d6KhwYGjhw/j3l//Fn978nlk5BWrfTgaXIDPAfhcKC8qxpiR4/DInx7DDdffgjvvvBuPPf4EVqxZ&#10;jzqTxX9uDXA67Ni+dSue+seTuP3WW3HjdTfg9795GG++8S5ysgrQ4PXBZqrD5LGj8Pxz/0ZlRZXY&#10;1qA4UF9RjBef+jcmjZ8Kt9fjN0R0vU1YLBaLxWKxWCxWpyukDJGuQO7hISOHZ5jupisNEUrzscce&#10;w9333ofVa9dj05ZtePSxx3HllVfi8OHDcCsu+LxumIwGnDlzBqdSUpGalgmT1QGf1ycMke2rVgtD&#10;ZPveKLX97vPBbrXidGoqTp46hYysTNgdDnG8BuqR4vPBbDQh7cxZpCSn4MzpdBhqDfApDpjryjFm&#10;2Ff44QUXYtTkGcgsKILNQcdywmqx4MyZNBxLTEJKymkY6g3+wSeqCaI4rcjOy0TyyURkp51EWV4a&#10;Hn/scbz32VBUmqxwUW8TNRdo8Lnh9Vhht1Zj0oSJIv+XXvEzbNgRDofPB0+DAjQ4YKgowluvvISr&#10;r7wKI4aPwa6wcKxctQ7Pv/gKfvTjizBm4iTY7DZ4PW5s3rgeV11xBf75j39g186d2B22C+NGj8O1&#10;1/4Cv//d75GbmYb6qiK88erzeOzRx1BeXqP2pHHbUF2ciasvuRKDvxgGq8sJn1dBdWU5zqSm4tix&#10;48jPL4Tioj4uLBaLxWKxWCwWq7MUeoaINiylk4anyAaIjBxej9xTpat6rDD9m640RMrKynDdddfh&#10;7Xfeg9lihc3uQE5uHj4b9BnKy8rhtNlQmJeLl158Abfeeituu/0O/Oru+/DVNyNQW2tAg8uGrStX&#10;CkNhx54oeD1elBQW4blnnsFdv7oLt9x6K355110YPWYsqiqrRK+OmqpqfPjBh/jlnb/ELTffijtu&#10;uwuffvIFSgrycCg2Aldd+mP8x3/8Jy7/2XV49qVXUVxSBFNdOb4e/BVuv/0O3HH7nbjjjjvx6muv&#10;ISc/Dx63EzaTAauXL8Utt96M2267CQ/eeyee/fuf8et7f4s3PxqMCpNNGCLawJ8GrwKfx4ba2mI8&#10;9NBvcNfdD+HSq2/EB58NQbVVgUI9UhQLls+aissuuACR4eFwOhUoihcejw8GoxkTp0zHqLHjYDDU&#10;ITc7A1dfeQU+fP89mOrr4fN64fV4YDGZERsTiw/efxcFOWdhrCnAG6/+G489+neUl9X5DRELakoy&#10;cPUlP8XgL0bB5laQmXkGLzz3NG6/7XbcfvuduPe+B7Bl6y54qUeJfBFZLBaLxWKxWCzWeSm0DJFA&#10;hsU5TItzIacnI4fX011zmjD9m640RIxGI+655x7cfNNtWLFiFcrKy2Gz2cTwFHh9qKmowMfvv4cb&#10;b7gBW7duQWLiMcxfsASXXHIZZs5aAMVuxJ7Nm9QhM7v2wVhXj1/fdx8e+vX92LBuHZKTT2DRooWi&#10;l8SKZStQXV6GkcOH41d334tZc+bhRHIKFi1Zhe9///sYMXw4DJXFGDr4U/zP/34PXw4fh5yCEjhs&#10;ZkwY+TV+8IMfYN68+Th58hRWrVyDm2++Fe9/8AFqqioQuz8Sl116Gf717LOIiYlETOR2DHjrJfzX&#10;f31fGCLlZhuc/klLxXAerwsetw1HjsbjZz/7OWbNXoxPPh+G629/ACcyiuCkXiy15Xjiofvw+j+f&#10;hMVsFmYEDdnx+hqoaMRQHjJ4aKjMupXLcO+vfon4uFh1Qlr/MCDRI0bMMaLOWWIzluK1l5/GY48+&#10;gbIyg2qIeCyoET1ErsFXX4yFzePBsGFf4fZbrsPChQsQE5eAx/72NG648WaUV9ayIcJisVgsFovF&#10;YnWSQssQ6Q7aYYgQ3DuE6Wq6yhARc3B4vcjIyMCDDzyEu375K9x111144/U3kHDgEFw2O5ITj+Ly&#10;Sy7Giy88h7joKKQkJ2PP3n24/uZ78djfn0FFWQH2bt8iDJHwiGgcORiPn1x0EV549t84EBuLEycS&#10;ERGxBz//+c/xj8f/joPR+4Rh8tZ7H6CiziiGsFhdHhw7mYqc7Cx4nWZsXLUIF118CVZt2Q1PA1Bf&#10;U4Vrrr4Sj/35T4iKihaGSELCUTz44G9w112/QnRkOIYOHoxf3vkrnE7PgNdjR4PbiIKMZNx4/U14&#10;++OvUWG2i/lItPk+vB4XFMWG119/Fb++77c4fSYNiSdO48qf3YRZizfC6fGiurwI9958I4Z9NAAO&#10;uw0+MYcJrcDjn+PVvyoPGSLjx4zEr+/5FdJSU9XC1QI0TnhCB1eEIfKqMET+jrKyWjHDSoPHiuri&#10;LFx1ybX48ouxsLu9mDtrKi658L8xc/pUZOeXIfFkNhKTc2Bz0sSxLBaLxWKxWCwWqzPU7w0RuUeI&#10;jByeYbqbrjBEyAwhaFJVSr+6sg7HjiZh8cIF+MPvfoeLLroIB6NjsW/nDvz3f/83br31Ztx+8024&#10;645b8au7f42LLrsRj/7tOeTlZyAmYpcwRPZFRGNf2DZ8//++hztuuRV333UXbr3lOtz/63tw3bXX&#10;4ze//g22rFmBH190ESbPnAOTyw2attXRALGajJuGgzS4sX75/EZDxOXxIetMKi67+CJcf+1Pcd99&#10;9+Haa36OW2+5EzfccCvuufs+7NiyCa++8CJ+//s/obymHj6fE/BZYKkuwsO//zPeHTQEZSZbkyFC&#10;k7f63KiuLsN//ud/igllEw4dQGx8HK6+ls7redSabaitLMf9d9yOT155RfQQoWuhll3zlW7cLgfm&#10;zZiCu265EYf8PURostQWk6IKQ6Qcr778DB579G8oK6tSJ4L12FBVnIsrLvk5vvhyLGyKG7VVJfjq&#10;k/dwxeWX4Q9/fgJvDhiKrXsPw+5uEKvuaNePxWKxWCwWi8Vinb/YEAlggrAhwvQmusIQIVGDmtLc&#10;t28fTh4/DcWpwGGzYO+uXbjgRxdiybwFOBITjf/9n//BBx+8hwMxUdgfsRdxcYewZ/8xHE5Kg9FU&#10;g+2b1wlDJHLvfiREheNHP/wBXn/5FSTEH0BsdASi90cgNuoAUk+cRtqJY7jzjjvx5ZARqLbY4KKJ&#10;XRsaUFhZh7KKSnidFmxcsQAX/eQSrN8WLhr/VWUl+OmVl+OxP/8RUVH7ER+fgOjoeMREJ2D71jDk&#10;pKdjwDvv4YH7/4DswlJhiPhcdagsSMcdt92NNwZ8hTKz3hDxweNyYP3aNSLfl11+Oe6883bcetut&#10;YqjOpVdej+TTWXBYrBj75SBcc8UVOJOaInrTEORDuFyKKLfVK1fAUleFlKMJuO5nV2PaxAli7hB1&#10;ORxaUdeL9PRMbNq4GflZGTDXluLdN1/Gb+5/CAV5BUCDGw1eB3Kz0vGTiy7DyNHToXg8MNdWIiP1&#10;JFJTU7F8zVbc9eDf8auHnkBGXlkzQ4RNERaLxWKxWCwW6/zFhkgAE4QNEaY30VWGCInmELnjjjvw&#10;wP0PIf1sOszGesydNRsX/OgCbFu/GbUlpXjyz3/Ggw/ej/ycbFhNRhw+nIRnn38H8xevg9lSix1+&#10;Q2R/RDSqCvNw+y034y+P/BmnTp6AzWpCbPR+PPfM81i7Yi2qinLx/L+fw5333IfwuARYbXYcS83A&#10;Hx59HBMmT4HNWIPdm1fhoosuxryFq2G3O1BfW40nHv0Dfn7N1Th0+BBsNjsSE0/g3XcGYNAnn6O8&#10;qAhrlq3AVVf+AoOHjUZNTTlqKvMwZfS3+M///AFeef9zlJqsTYZIQwNsZiP+/eyzuO22u7Fh0xac&#10;TD6Fo4kJWLBoEf7v+z/A1BmLxTwqJVlpuPWay3Dn7bcjMTERVqsVNTW1mDnzO1x66aV4843XYTXX&#10;w+uwYODbb+AnF/0YE8eNg6GuTlyvAzEHcfev7sVPr74GZ06loMHrxM7Na/D//X//H0YPGwarpR61&#10;NZUYMWKEOOfIffHwKB58N2E8nnvmaRxLOgGL1YGJ363ChZffguj4JDGHCfXsIdgQYbFYLBaLxWKx&#10;zl/93hAJBBsiTG+iKwwR/XCZzZs349prfoFLLr5ENPJ//OMf4+033oHVYIHPruBITBxuv+02XHrJ&#10;Jbjs0ktx+eVX4bHH/4VTqTnweJzYsWWDf8hMFLx2K04cOYQ7b78DP/nJT3DF5ZfjkosvxlNPPo3i&#10;vEJAceD0qRTce/+D+Mmll+KyK67AxZdciod+97BYohdeFyoKM8VKMtRL5JE/P4q83GzkZqbir4/9&#10;RSwHfPnll+Piiy/Bgw/+HolHj8PtcKK8qATvvzsQP7zwYlxyKeXzYvz59w8Ik+Ttj75CmdHcOKlq&#10;g9eDrPQ03HTjLfh68FhhOLhcVBZOVFVX4fG/PY1f3X0/bGYnfE47UpMS8Oc/P4JL6Pwvu0x8Xnjh&#10;hXjnnXeQl5Orjp/xuWGuq8Ggjwfi8svVMJTPn1z0E9x99704eOAw3C4F8CmwmWvx8YAPcf3Pf46L&#10;L/6JKJ8rr7wKEyZMh91By/02oCgjEw/d/4Aow8uvuAoX/uRqvPTaANQZnWLeEjZEWCwWi8VisVis&#10;josNEYbp5XSFIaKJGtQOhwMZ6VnYsGEzli5ZhtiYOFgtdrFGrc/thVfxorioBJs2bMbKFauwe3c4&#10;Kipr4Xb70OBtQEVZOcJ27kRVVSV8Xo8YMlJWUortW7ZgzcoViNwbjrpqA7wKhfeKcyoqKUXYnnDM&#10;XbgYO8P2Ir+gBB6PBz4fTU7sRNrZDGzavB2xcfEwm60iTl1dPXbt2oNly1Zgy5btKCoqg8frg8c/&#10;lMVqtuLQwYNYs2oltmzagMyMdJw+nYpDh4/CpXjEyjAkWhK3proaO3fuQlFRuX/oCZWFD16fF5lZ&#10;uQiPjILVbIOX4rndoifN/v37sWrVKqxZswYHDhwQvVd0JSlwkYFy+hTWrVuLlStWImznbpSXV6rH&#10;EHOKkCvjg8tux7HDh7Fu1SpsWLcWx48fh9WqTtxK8roUFOTmYeuWHVi0eCXCI+JQU2tG42icQMNl&#10;1CywWCwWi8VisVisNooNkT6FEgA5DBNqdKUhQtIa1vThdqtzZGjyr74rPhW3VzTGtUa7jyazoL+9&#10;Pv/cGtRIV3suNC7FIpwGsZiKQEw2KqbxoN4N6iotjceieLTqSgOtPeNfqMWfVBOqsaDlWYTxfwpp&#10;k8V61TQ0qavDaPn2+ZfDVf0Jf7RmJoO2j+ZflffrjYim/1JCTSfq859DU3paXP8JUTmI4P6/G9Pz&#10;h/OvUkPBxalQkGbl0YohIm1msVgsFovFYrFYgcWGCMP0cjRDhHpydIWamQBaJwa/n0Geh9/3UJv8&#10;/ja/MBIaNzal0ZieBjXqNUdFZ0rQpzbso2k5W9UwUE0VdZswX4QRoPbiUI/V9HdTPK0HRlN+AkHS&#10;hpqoedCdt57G82qeXnCpAX0+zRhqfkw5brP9Iu/+4S/6cOJvvwEl5y9QfjQzpLVsslgsFovFYrFY&#10;rEaxIdJn8Ihf91tC2+WwTCihGSJOJy1S27Jx3dlqbHRLbWxxVPpHM0Kax2qJ3wRpiuAL2F4P2LgX&#10;21VzpCVNx2i+rW2SzYrmO5vO/3ykNy1ak7eBls+VjJNAhRNEAfOvL34Wi8VisVgsFot1TvW4IeIJ&#10;sI05X8j8kJHDMKFGTxkisr/ReoNb32VEGz6ilxoxaPQWolBymq3RtlR7i9qS66Blda4eIiwWi8Vi&#10;sVgsFqtN6nZDRKzc4l+9hcwQDTkcwzAq3W2IdI24ta4XlwaLxWKxWCwWi9Xz6nFDhFZwYEOEYYLT&#10;lYZIJybFYrG6Qa0O+WKxWCwWi8VitUtsiDBML6drDRFuWLFYoSQ2RFgsFovFYrE6T2yIMEwvpysN&#10;kca5PTo1TRaL1VViQ4TFYrFY/Vn69yDTuwikYNt7k9gQYZheTucbIhRfndbT1+AVS8Xql6JlsVi9&#10;V22pfLBYLBaL1R+kvQupHsv0LPo6iXZNQqW+0s2GiAeKxwu3R1sBxQtPkJVQPG4FXgk2Tpj+iGaI&#10;uFyuTnygqD1DKisrkJ2dhdzc3EZycnK6lezs7Dahj5OVlcVIZGZmNn4SGRkZjf9vK3KavYnM7PNH&#10;TisQcln0NiiP2r0g5z0QFE67p+V9oYz+eSBvk8O2RnuePZ2FnAdtu5aXnnq+6b9jbUWLc65y1MLK&#10;8fsy+muplcG5yulcaGnLz4VgyHliOg/9tZT3MV2Hvry1+ys/P7+RvLy8RvR1Wo327G9ruM7e1lnI&#10;eQ6GHK+jBEq7vr5eGCO9XT1jiDQuCav9Xw6nrT5DJoieluEYpq/TNYaI6t7SS4ReKiUlJY2UlZUF&#10;pbS0tNMpLy9vExUVFcw50MqKrmNxcXGL/W2hsrKyS5CPE4xyQXkzyioqOgSlKR+n2TFD5PtF15TQ&#10;7lX5HpHR4snbQxn98yjQtraiPX/k7d2JloeioiKB9vyVz7kz0Y6t/7u9z+L2QPe+vK2vo5Un3at0&#10;XeV33vl897S05WdCMOQ8MZ2Ddr/Qvaq/Z+Ty743I5xKK0POErsHhw4fFOdXW1jZC9WQNg8HQAmqY&#10;a8j75P1tCRdom377+WzrLOQ8B0OO11H0adfV1QljhK6b1+vt1PZLV6jXGiIMw6h0pSGiPaxMJlMj&#10;ZrO5VfRhOwOj0dgm5HhMYLTKQXV1dYt950Iu885GPl4w6glzJ0HnFeAYMvL3vDdSVVUlKhlyedI+&#10;i8XSAjl+VyOX6bmQ43cEOl+r1QqbzSY+z0V3l5F8bbT80j6tYiqXiVxeHYW+M1rFVd5HyHkOhv4c&#10;zlXeWhnLx+rLaOVE5U33K5WRfO0JfRz5WRnsuSlfC6b7oWsqNyjla9Ybkb+noQiVOX2SIUKN7ED1&#10;ZULeTlB4wiNGKTTfR9u0/XrkcMHSaes2/XECbessKM22IMfrKPL5U52F2hjcQ6QF7TFEtDB65DAM&#10;0/eR5xDpLOkNEf0LM1CFTa4QML0Xul5kiFAlTd6n7ZeRK05tQU6jMxGGSCfSFkMkFKBfxzRDRN4X&#10;6Dp39rWSjyEjh9cT7Lsjp9HW9IIhpxEMOV5PQGVBeaFKI92zPZWvjpSJXK5ME3Sv0nWVy6yzCXRf&#10;MV0HXVPNDNHKXr72TNdA5U/lnZCQIBrfwcyPvkJXmBZdiWa0aPnXDJHO/DG3q9SrDREKqyd4WIbp&#10;u3SXISK/9PXIL6W2IKfBdA90Len7QpVxeR+h/0VLH6e9yOmeCzl+a7SIG8DkaA99zRCRt+vp7/ef&#10;/BwKhhyvJ6DvOuWluqq6Rw0RpmvQeuvJ25nQJpAhIofpjcjPwFCEzoPKu78YIqEOGyI61LlANFoa&#10;IkqArktqvOa9QyicirpSjYa2Yo0K3Rgacpote5o0z1tzmuVFNwnsuQl8Pm0nUN6Z/ozeEOnMh0qw&#10;ITMa1IgMSIAGbKuVAqMJZqMJFv+nTOPxAqTXlCZ19TbAaKSu3noofXNL/HGawunyJsJYYDSqXZr7&#10;GlRJ0wwReV9Q6skoobhUTlq5UdfUehhNAcLraHG9gyDHa4xPx5QwU+VNop7O7TyRj9+WfHUWcjkE&#10;Q44nQ2HIENG6DJ8L7X6l/+vLUQ6nD6un+f0j3UMtoHuuCbOJrqH+Omrfq9bjNcYX97CK0U/LuKEL&#10;nZ84R3oumiyoqapBbU0tzP5zb6LlfSBfU/11PhfyNQ4eV/8caLr+cl6CfZ8CIX+f+wOBDBG57OVr&#10;oI8vlyFhNlPPzZb3TFMY7dq1jC8fT86DvJ8JDF3TYD31mt83uvpJi3A6qB6kqwupdSajn+Z1GnVb&#10;4DpUf4BMEarjHDhwoN+YIdowoFBAzrveEOnM9ktXqMsNEW1ZXYL+rxogzY2OQCaCGqfJ4FA8RHMz&#10;JJghIpsbKh54/Kva6CdppTzJyIaIimx8BKPluQSiZf6047b8QnUEOf2m4/Q2WjOz+jf0kOnOOUQ0&#10;qFIk/9JOjUu50nfOCpzfDAlEW17m2i8DRqPaQG8OVRSogijTVIFo2ZizwGS0+cO1PF6oQ5UFbciM&#10;vE+P/rpZzFaYTVZhEjWVGfVEoDIPfF3Phxbfl8ZKX3PO53vSGtovS/q/9dvkfHUmcl6CIceToTDt&#10;NUTonqX/6w1JOZwWVqZ5wypwA0tFa5A1NdTIALE0u471flMkUFz53rXAbGz6v1FwjgZFiEHnZzFa&#10;YK43w2qyoqaqFnXVdeo2o1l8qrS8D7TGqv7vtjZg5WscPK583VXkZ3mw7xOjcj6GyLkwm60t7hdx&#10;z5j9c7WYted3y/uNjqP1mNPMtBbv+Hbmpz+iGSLyds38NZvoeae9f7Vr1DKdZvF09xL9rT4/CfUH&#10;HHVffcBngpxeawQ2NIOZa70P+o7TOzAuLk7Uj2mYhlxnZtpuosjxOhs2RHToDRFCmBg68yDYUBg1&#10;vL+BLMwQ1RBpHk6L1/yiUlzZ5PC6PfC6vf5PbSlfOUxzQ4S+LDQZltpDRDY+gtHyXAIRKI/aOevL&#10;S8vL+SKn1Rlpdj56M4RNEZmuNERoSazWDJEWBGioyY02Gf0vGS1e5tKLLhBN85nQnBj1sFhonhOV&#10;YA2q5pUQuTFHhohWqWyZ31CHrkO7DBHqkeGvZBtF5UqrUDcZIvI10SOn214CfS9kxPcnwLHbQ7Nj&#10;BtneFcj5CIYcLxDtN0TUdNUyVs0mOVzH0e417RzU3iHNDBH/tpaNtHPdv3LafYP2GSJaWaqGhNZY&#10;1e6L9jaoO4J8XxJyGKaJQIbIuTj3M6H5vUHPbrPZ5kedpLflO08lkCFipB8bLCqNhoi57c+tvo5c&#10;hkQgQ6TpnqB7lYyLer9ZoT6/VJMjcK8qubeVapCo6YieYo11lY4ZIloemt+/gZ7Bgc+7N0DXhN6B&#10;8fHxom1Gk3XKdWaGDZHzUQ8YInpzoTVDRO3RoYVV5xGhHiH6C6g3IZqg48hmw/kaIg6HQzdkpi20&#10;LINAyAaFRqB8dcTAkHvUtDSVehqt3M7PWOoPaIZIV8whQuu5UyNLfukQ9dTwook5TSZYyZDwD8dQ&#10;97c0Q/SmCHX9ttEKBBYL6mprYayvh4XMDRM1AKjCb4LRUC+gFxytRiAfX6vQ0X6LhV7QqhlithhV&#10;zEZ/rxUzDPV0TPWXZTOZHaIHSDDTQzNE1MpjW2iZRmDkeMGQ43UmdA2osibPEyKHIdQVINRKNZWL&#10;xUJlQmVK3YFrYRSfgY0Vik8vOy2tczXU6bz13xHqbUTfCTsdU+4lUm9UvytmM2xmC6yim7i/fHXl&#10;TGmpXcipm7Eu7Xr1/1o4baULrey7+hp0FW01ROh+ol4VZotdbSQZ62E1G2G3qudNaTR+N8S9aIDN&#10;YlXLnAxIUc6qQVbvv7doWJW+0myxqA0wg4G6MNO1UK+H2pPACGOdQQwHMVF8owlWswmmetrm7wYu&#10;tssVcbo31U+RXr1WWae01XPTrmNr3+/eTtsMEfpsalxZRbnREDY6d5OIZ6Vra7XB4l/NRT5O4/H8&#10;3/d6Q724xsIgozI10PVo+XxSwze/LpQvq9EEO92PdD39yMdimp51wQwR7QcC8f7TesrpnstafPqO&#10;a6uFNT2z1HtDu0/EtTHbYbU4YbU6/M9y9fqKxrI2FJHSpve2MD7UZ68wSMRKXMbGFbno/5rBFqr3&#10;V1cTyBAR90Y9YYTTZIJdPHPpWtHz1Np4v1h0cbRrql1zk//aaIaVnVaiMltRb/CbniJNtQ5FdSv6&#10;pOtaXVXVrA6lfY/071vVZFG/F33BEKEhM1Q/1vcQ0U9ASj8gUt1Z2y9P+qkh17dbQ0tD/7eWDv2f&#10;6tS0nZ7F2rFpX2DjoX1txlCFDREdzQ2R9s0hop9HRJ0/RB46Ixsi6t8UTzYVzscQIeiL3N6bpi2o&#10;5kcgWuarI4ZIaNB0nfvLQ6I99JQhQhUmeuEWFxbh8MEEHE88hpRTKSJ8UyNZa+TWi5d1PTWgqBJv&#10;MsFmMiP9bBo++OADRMdEw1BXJ7ZrjV6qjIuKoX9lG/2xbVYLyspKUVxcIip/6i8o9aiprkRqagry&#10;8nKQn5+L+ENHBElJx1FaXAKryQazyaYaIo3DYuQXfN82RIjWDBGxrd4IQ50Bp06dwpHDR5GUdAI5&#10;OXmN15NMEdUM0TWcJQ4dOoSxY8fi9OnTjZV3OYx2PH3FjD6zs7NRVl4uvitkiIhGX70BZjLg6o3i&#10;eycqfX6oEkhx1Ya6vxypMkeVTIsNFqp4ksEmhvxoJk/TdafKorb0pZy/UKIthghdh7NnzyItPRNm&#10;iwNWq12YEJXlJTh6JEFUULTKs5g3xmBEfZ1BlHdleTkK8vKEOVJTXYtdYXuRn18k0iBDhAwKATXW&#10;LXZhhJAhYjTSvWQRxxZLrZrNKC4oQuTe/cjNyoPVRJV3Ewy11cjPzUFttQF2MmsaTUu1kSfMG4sN&#10;Jout8VpSw08M6fJ/B7RlXptV9gPcY70V+q62xxCx+g2RuupKnEo+jsysLHHNTPVmEb+ouBSnUlKa&#10;9fTTGj/a87WiogJ5efmoqapGRVk5wveEIycrWzSOhBFGpqTVppor/r+bGtv+/xvNsJutSD1xEtHh&#10;EagpLYed9gf4DvZ36DrTdzOQIaL/lZ4azPTeOpt6RvwAQc/t6uoaZGVli96bkeER+OqrwaioqISN&#10;lmimxqyZ7i8yOc0w1BlRVlqBrMw8WK1OWMyqAar2SKBnpPqepXubno8myhetfkPPWq2HCP3YQM9F&#10;i1X0KNP3EJHPi1EJZIiQGeIUGKHQtspKZJ5NR3VVjbhW9B6jMPR+08ejudG0dyeZIWarBQaxQpwJ&#10;DqsVdis9J1VDn97H9XV1KMovQHFhIQy1tTgQG4fRo8YgKyNTmNl2q028L9XnI71vm46lGtP03Gjq&#10;vdeXDBGtvqzv/UBlm5GRgdTUVFSWV0BxufxxtDaj+iO63O7T8FIvFG8DFJcCt7892LjPb5BQfkpK&#10;SkRvldLSUsycORPxBw7CbrOjqLBQ5Fmk46E2qNq+1X7o7+vtHTZEdDSZIXpDREVppTeA/AUVc4UI&#10;mpsfTfGb/qaeJbKp0GSIaF/I4Mh56QrkYzahHzKjmkL6fHVnHpneQWcbItpD6ZyGCP1CW1uL6PAw&#10;PPfPv+Kt117Be+++jxUrVqKyogy1NdUwGKhnQD3qDXXi19+aOgOqa+rEi9pUW42yknIsWbISaWkZ&#10;sJjVF3BtVTXqamrEL8hUIRS/VFEPA2rE+3ulVJaVYOOGDVi6bAXKy6vEdnN9HUqK8jFi5FCE7d6B&#10;ffvC8fAjj+GV19/EO2+/hWHffoszKWkwGh0wmZ3+HiL0K1jzOQhE5UKYIU29BkIV+ZppUIUtUMNZ&#10;9PahylB9Pepqa/D1N9/iH08+jTfefBtvvPGWmLldWypSq6gZ/BOTGuoN/p4F1Ci14+zZM1izZg1K&#10;S8tEWdbSda+jMP6Kt9/8oLToV06tcZCfn4d3338XUTExqCWTjBp9VEGvq4G5rlb9JY0q8YYa2I21&#10;wiipqzWIX7drKqtRV1uHmppamOqMMNbSkB+LaCDWVtWgnnorGMyorVUNIfpljRr9dXWURp2YuJJM&#10;O/EruzDvtAojlWXw8uwtUOVCrohrUKPZZqxBTUUJRgwfjk8/+wqlZdXiV+Pqykps3rAODz5wH/bt&#10;i1Svq8GAKrG6iVq2dTW1iNq3D9OmTENWRj4KCirwzDMvI3zvftTVGGCoJdOTepCQ0aj2UiBDpK6O&#10;fn2me0qtSFNZ0/16LPEY3njtXRxOSIRN9PQxIi87GxPGT8ahg0eFAUDDtdSJfKmSa0JNTT3qTTZU&#10;1RhRXUv7qNFH15F6qqkVYco7PbPou0TfL2HASD2AejOioapNnkoNXG1S1eo6YXDoh8zQMCMyROjX&#10;5qKcLHz68QeYOXMuqiqpR48D1VV1mD9/GQYO/BhnU0+LZymVVX1tHUx1BpjoGWAwYM/uPZg+dSZy&#10;s7ORlpqK99/9ELFR8airNqhGl8mMGoMJBpMVdfUm1NTSfUz5pca3XXwa6VlfVYO9O3ZgxNdfoyAz&#10;C3ad6SKfJxNkyAxd93qtx40R2zZuwDuvv4LCvBzRkzIvrwAjR4/B1q1bkZJ8EosWLkFlRTWM9fRu&#10;rIHJQN8TI8xkihnqsS8yAl9+8RXy84rE/UL3ZV0d/XhQK+5peuZRXLpGdP/UGeg5WIN6esYb61Fd&#10;V4c66u1Xa0CNwYg6o0k888kUMZr9vUo0pJ4H/QH5mtK2QIaI1Wjx9xAxwGGsQ0bySQz+cihOnjgD&#10;p9kGJ7036ZlZqz536blnJRPSbBXP4MqqGlTQO4zqJxYysa0w07WsIdOanq1WYYZUV5Rh+eKFWL9m&#10;HUqKipGenoZ16zeiIDdfvNfpfq+rrhH1KTKv6d1I/6f3H3036PtA30Gj3zgLTMvvcm+BnvHBDBFF&#10;1Jfd8ChuKE4XcvNyMWnaFDz/yot45ZWX8PGAd3A86SAUtx12hwNWm0MYJG6XCy6HAy6nU7SvXE4X&#10;nA4HHHY7FIcDiuKBy+H0h3HBbneIOhBtdzgU8YPfmDGjUV1dJa7RurXrkZWVi8L8fIweNRonT50S&#10;15vegz63Wxgj1P61OxU4FZd/5EPfmzKAzCN6V5eVlfV6M4TU5YZIcyRDpFkPDzlsIGQjJDDnMkRU&#10;d05Ou5fQbEiQOmyI8q43RPpHrxFGoycNEXNtDSK3r8VXA15HYXY6Eg4ewocDPkL4np1YvWoZZs6Y&#10;hYULF+N0SjIyzp7G9O9m46tvhmL6tClIP30CRYUlGDFyEk6eOIWaqgrs2LYNQ78dgvFjxiLhQDyq&#10;KypRW12DTRs2YtyYMRg/dhzi42KREBuFv//tb/jr409g6fJVKCkpht1cj4rSQnwz5Ets27kZ+/bv&#10;xR8eeQxHjiUhKzMN0ydPwofvfYTsnDLUG52ioawaIs1f8uo462DDafoG9H0JaIgYTXBQd3tRKa7C&#10;t8OGY8Hi5cgrKMLUadPw5puv4/DhBPELx6xZs7Fl23YUlZZi997dGDpsKEaPHCl+XSaDgsJNnToF&#10;qalnkJOdhxlTZ2DYkGHiO5GXXyB+7Tp58qToRTJixAgsWrQIZ86kYt36tfjl3XfilTffwL6oaNGQ&#10;txvrcOxgLGZMmoCFs+dg4qhhWLd0FqqLs4VRsn//AYwYPgpTJkzBzBnfYfbsecjLzMeW9Vswbeos&#10;jB83CSOHDENkRDQ2btyG4cNHYMaMGSgtrRS/oibEH8LY0eMwbOhwbNy8FZXVtTAYyRSRfx3rvZVB&#10;qogHM0SosWMz1sFlLEd1SQ4GffopfvfwX7Brz34YTTbk5eTh808/xb1334Wo6H0oLS0WxubQoSMw&#10;ZMgwHIg7iOzMHHwycCAeeuAhjBv3HY4mpuPxvz+Hb78ZidEjRmP0yNFIT8sUFdK0tDRMmjQJI0aM&#10;wvRpM5GZmSPK+fjxkxg/fiImTBiHyZOn4q23BiLh4DHYKI91NVg0fwHuvff3eOedgVi7ejUmT5qA&#10;mJgYUe5JSScxf8FyxBw4htETZmLG7MWYOXMORowYicjISGGqFRYWYsWKFRg2bJj4XtH3i84/lAwR&#10;opmxSWaE3hCpVw0RdTgRNbSMcNYbUJyVjheffxovPPcGThw/K8yj1NMZePbp1/HCcy8iJfk4crIy&#10;8d307zBiyFDMmjYdmWfOIC8zE6+8+Aoe/t0j+G7GTCQdPYK33ngPY0ZMwZiREzF50jScTElFeU09&#10;MvOKMG7SNAwZNgrz5i1GYWGp6HlwOOEohnw9BONHj8HooUPw0bvvoDArUxg1jXMZBDjP/k5gQ4SG&#10;kVFj1wyroR4px47iib88jIS4/cLISkg4ivc//Agnk0/icPwBjB0zXjSu1qxeie+mj8G0SaMxcugQ&#10;HIyJRcqJ4/h44Ht48Nf3Y/iwEUhNPYv4Awnivhw9eizmzp2P8eMnoKioABkZ6Zg4eSIGD/4Sc2fO&#10;wOwZ03Do8GFU1tRiw5ZtGDxkBEaOm4i9+6NRVlUFA/X4NDdhbJwktH8TzBChobp0H9iMtbAba5Ce&#10;fByvvT4Ahw+fhqXGAFtNNU6fSMGkiVPx5ZeDRb2psLAE1dUGxB84jK+/HoZvvh2J2XOXoKioEoZa&#10;C3Zv24ORwydg1uwlWLJ4FRbOnod9u7fjX0/8FU8/+RSmT52O+Pg4zPhuDjLTMlBeVISlC+Zh1LBh&#10;mDVjOk4mnURtdS12h+3AhHETMXnadxg2YiR27t6LSvrhgAyaIMZPb6U1Q8RFbUzFA5/LA4fZiunT&#10;p+L1995CZmEuyiuKsXrFHHz4/r+RkXkS+2OiRF2Afsyj4YiLFy7C/ohI0Zsqet9+TJ4wEdOnTMGy&#10;RQuxaPEypJ5KwY7Nm7FowSLxzhs9aiySklJQUFCOTz/7BPfe+yvxPjt29ChmfzcH4RFRmDZpIn73&#10;299i4CeDsGLlasyb9R0yz6bCarEiLSMH8xcvQ2FJMVyKE24PGSN+ArQDQhHNEKFeM2yItKC7DJHW&#10;hsyEqiGi9oxRz63JIGH6Pj1tiOzbvg4fvfUCInftwMaNm/Cvp5/BwQP7MXzoN/jnk89g6dIVOJN6&#10;CpPGjcRnX32L9Zu3YfTI4Rg74hvs3xeN117/ABER+xEbvR8D3v8AC+fPx7QpU/H2m2/iZNJxHIiN&#10;xeuvvop5c+Zi+pSpmDR+HA7FRWHQxx+LimHcwcNiHhJrfS1Ki3Lx5deDsH33FuyP3otH/vp3ZOXS&#10;L2s1SDmRhLdefxdxccdgNjlhMdrUc/D/Ett0bk1d9OVfg4Ihl013IedDRg6v0bohYoStngyRSgz6&#10;ajBGjJ6IvRH78MorL+Orr77A0cQj+Ne//oVBgz5HTOwBREZF4dXXX8Xs2bMxd84cfPD+B4iPP4iD&#10;Bw/gnXfeQmTkPowbOwFDvxmKdWvWY/iwkZgwcRKOHU/CRx99hHHjxomeJGSK7N6zGwfi4/DAbx/A&#10;mEkTcTLltDBEXGYDondvxwtPP4V5s2dh5eLv8PHbz2F/2GYU5eTjheffxfjxk7B25Ro8//yLeP+D&#10;gUg7nY4xw8dg4MDPsWbVOoz4Zgief+4VTJ0yE/PmzcO7776DRYuW4dSpVHz26eeYNnkatmzailde&#10;e0NUhOiXcPo1rq8ZIpVFmRj81Vf457+ex/AR45CbV4SI8Ah8+P57eOzRRxAevgvbtm3BBx98iGXL&#10;VmDcuAl49933cSA2Ht/NmI4XnnsBe8IP4mRKAf7wxycxevQkbN20BW+89hrGjB6L5JPJGDp0KEaP&#10;Ho316zfio48+EWZVenqmqOhTQ2zbts0YOmw4nnv+TSQcOi56h9hNBkTv24cn/v5vzJ61CGfPpOLb&#10;b77C6NEjRS+jxYuXY9iI8Ug6lYU/PvYvDPh4MDZt3o6JEyfhqaeewpEjR7Bx40a89dZb4vv09ddf&#10;4/PPP0dxcbFaBiFkiGicyxChXlbUg8pRb0BR5hm8/+5rePpfL2Ld2q0oLi7Dpo3b8K9/vYwBH3yI&#10;2OhILFu8GG+89gZ2bt2GUUOHY/yo0chJT8ek8ZPw2itvYO/ucJxNPYuXX3gDI4dNwKb1W/H5Z19h&#10;xqw5OHbqDF57dwC+GT4aG7fswOBvhmH8+Ck4evQ4Pvn4M4weMQrbNm7C0K++xMB33kZRdhZsNCcM&#10;GyJBaWmI+JdQ9V9nMkTqysswdsRQjBkxDCVFpViyZAWGjxwjhoxG7g7Dc8++gNTUNAz+8jN8OuA1&#10;bNu0WhgaXw36DCcSEzF39nQ88vCfsG3rdsTHJ+Ctt94RJgrd259+8hlefPEl8UyfPn06PhjwAdau&#10;XS1+PHjx389g0+ZN2B0RgX8+828sX70ek6fPwqtvvYOEI0dQY6iTDJHg75v+BD2Hgxki1LtRNkSO&#10;HDkNa209qvLz8dpLr2LkiDFYtWoNXn7pVSxetBQnT57GkCEjMGLEWCxdtgZffzsSu3btQ/Lx0/hs&#10;4GeYMmkWlq/YiDdffw/DBg/Bodh9+OTDdzHgvQ8QtT8K+/dHYuCnXyA1JRUzJ0/Cpx++jx1btmDy&#10;hPH4dvC3OH4sCbO/m4Hnnn0OS5avwpix4/GPfz6FIydSxPuvuyZk7izaaogU5xfg2X8/gwOJh2Dz&#10;ueD1uVBdnoM3XvsHdoatw7IVy/HNkOEw1NXAZjFj0MeDsGDePGSmpeOF557DdzNmYNvmzXj95Zfx&#10;5VffIvVUMiaOHYMPPxyIzZu3YtSoMRg8eCiysgowbcZUPPGPvyJ87y7RA++Vl17Fnr2RiIvej3/8&#10;4wksW7EKx5KOY/iQr7Fs0QJUlFdg6Yo1+HbkGFTWVAkTxOOh4Ti0iAgbIj2lEDREzk3fM0TUXi9N&#10;vV96+TkwnUpPGSLUXdNcU42onRvw4j8fxZzpU0Tjdsu2zcjLTcM3g7/E5InfoaioHJkZZzD4848R&#10;ERWLOpMVxxKP4O1Xn8PatRvwwkvUaI7CuDGj8OzTT2Pu7DmYNWMm3n7zLaxcvhzzZs/BtClTUFZc&#10;Irp6Zpw9g7KCHCyYO1etGFbWqBOMmepRWpiLQV8MxI49W4Uh8vBfHsfZjHRYzHUoyssWhkhk5EFY&#10;zApM9eo4/GCGSG9u/HaUcxoiRoMwRAZ8OgjvDRiE8RMnY/KUyTh27AiOn0jCp59+itjYA6Ib74jR&#10;ozHo80FiHoKigkJ8+skgfPfdLMQdiMVHHw8QXbtfevEVfP3l11iycAm++vJrvP3uu1ixaiUGDhyI&#10;pKQkUYEsKKBfKTOQl5+LXz/0a2zbvRsGMVeISRgi+8O24eP330XqqZOoLM7ChOGDMG/qOByOS8DA&#10;AYORkZ4tGoqzZ83F22+/h8wzWRg7Yhzmz1+KkqJyxEfF4uWX3sChhESUl1eIXi6ffvKFMOX+9te/&#10;Y9TwUVi0cDGee+Elcb5VNXViOFVfM0Soh8h7772H8ROm4YN3P8K2rTsxZuw4TJ0+FX99/C/Ys3cn&#10;Jk2agOeeex5Lly7HxImT8cLzLyFsxy5s37oVH3/0CXLyqpCTX49/PvU69u6JQn1dDWZ9NwXvv/ch&#10;wsJ2YciQIYiJiUVNTR22bw8TjTD6JBMtLu4A6utrEHcgTtz7BxOSGg2R/JwcvPzSO9i/L14MsYve&#10;vweP/PEh7N8XiW+HjMTajbuQW2zAnx5/FktXbkRNLQ0hyMfbb7+NlStXYvz48cIQmT9/PkaNGiWM&#10;kmPHjjXrcSGXTa/HaEJ15bkNkZLsNAz44E3Mn7cYo0eNFwbR4MFfY+rUWRj44YfYuX0LXnrhebz5&#10;2ptYsmAhhn87BC8/9zzyc7KxeeNmfDJwEEqLKpCTWYAB7w/C/og4VJVXYeWKVRg1djw2bNuFW+66&#10;DwePHkdVrRG79kTiuedexry5i/DWm+/ixLHjMNcZsHX9enzz2SAU+g0RmveHDZHmaGZ1S0NEvd40&#10;hxMNe7HR8MU6g/hl+s033kVUdAKGDR2LXTv3iHKN3LUTLz7/Ms6ezcDQb7/GwjmTYKwpQ0bqaXz8&#10;wQAcTUhAZHgYnv7nU8hIzxLv2fffHyB6itCwmV279uKxx/6K8PA9+OijgVi/YR3q6+uQeSYV33z5&#10;ObZs3YJJ06bhsSeexJQZszBx2kw88tjj2Lh1q+ghYrTQZKtsiOhpjyHy6msf4vDhFNgNJiQdiMOj&#10;D/8ZSceoV5sFK1esxosvvoz16zdj0KAvcejQMVTXmpGZXYiMjHxsXLcVY4aNRVZGIeoMdsycPg+j&#10;h45ATtppTJ88HlMmTkJFWQUOJsQLQyT5+Enx/ty0drXokZd8PAkfvDcAEXv2YtbMafjs08+QnVeI&#10;s+mZeP7FlxAedaBPGCLahKYemkiV2kWKFw1uH3Izs/D43/6KpNMnYW8go8GOuqp8DHj/eaxfv0TU&#10;T0aMHCPmpSNDZOAHAzDnu1nYu3s3vvjscxTk5okhMgvnzcWng77A2ZRTmDZpApYvWyGu38GDh/DF&#10;598gNTULW7dvxcuvvIC6miqUl5bizdffQkxsPIoLcsUPM0knTsJssWLnts34+IP3EBsdgwEff4Y9&#10;+6JhtlmguHW9Q9gQ6TGFmCHSNrRhJWyIMH2BnjNEzMIQ2b9jPT5//1Vkpp5CSUkRqmvKYTbVYPjQ&#10;IZg/dwVMRgcy0s7i6y8GYU/EftRbbDhyOAEvP/cvbN2yA6+/8QF27QrHtMmT8d7b7yApMRHJJ05g&#10;y8ZNOH3qlDBEJowbJ+Y5qKmswuGDB3E2JRmLFi7E8BFjUO43RGgsfUlhHj774mPs3L0N+6PC8fg/&#10;/omz6emoN9RgT9hOPPH4k0g6fhYmk8s/cao6h0jzhm7vb/x2lNYMERrnTGVZV1eDwd8OwZx5i5CV&#10;k4eKygrU1FQhKSlRNHiTk1NQW1ePSVOn4rMvPhNp5uXm4oP3P8TMmd8hNjYab731Jnbv3ot3334P&#10;a1etxenk09gXGYWdYbuwdft20TAnQ4SOTZOvJiYmClPkwd8+hF3hEbDZHXDabHCa67EvbDs++eB9&#10;ZKWmwlRVjqljhmDetPE4sD8Kgz75Cqmnz6KmsgaTJk0RPUQy07IxafwULF26ClWVNUg+dhwfDRyE&#10;1NNpYnjFwoUL8Mknn4n8vfj8S4jcG4mU5NPYvSccMXHxoodIXzREasty8fHHH4m5e7Zt3onnnnke&#10;Xw0ejJi4GPzxkYcRFrYdc+bMwrffDkFiYhIOHzqCTZs248zpVGxavx6DvxqMouJ65OYZ8ZfHnsPe&#10;PfuFIbJwwXfCiIqKisZnn32GAwfixZj0tWvW4+WXX0V0dCzefvtdhIdH4P9v7z284ziurd//5a31&#10;3rqfZUkON6fP6fr6Ol3ZVnKULcmycqQyc84kSAKMIHLOkQRBkARB5JxzzsBgcg7Yb53qaaDRmAEG&#10;wAAcgGdLPw6m83R1V1ftPlVlMulwu+g2Xn/jHZQ+rBAFdDI0+7p78MLzf8Dduw9FB8ujw7344N3X&#10;8ec//hFvvv0hKuraMTRlwn/81//i7IVrmNMa0dPdK95yJyQk4OjRo/jiiy9QX1+PO3fuICMjAz09&#10;PTvGEBGRA94+ROQmM2SIWHRkiHTg810fID09E3t27xXG0FtvvS3S442/vobszDS8/MLzOHbkGNpb&#10;WkU0TmZaKiZGRxAfG4/PPvkCM5Nz6O0exF9ffRul98uEkZGYkICDh46KqJC/e+pbuF9agRmNDpmZ&#10;Ofjtb/+AhIRkvP7aGyi5UwL9rAY3IiLwwZtvoq+9nQ0RPwRqiBiFOa3H8OAwXnv1LXz2xX58uutr&#10;9Hb1inQvyMnCSy++jPb2Luz++gtEXDwOvWYK3W1t+Pi991FZVob83Gw8/+vn0dvTh7KycvzhD6+I&#10;vJLuzYT4JPzwBz/C7duF+OSTTxAXHyf68mqur8dH772HtJRUHD12Ei///k8or6pDeWUtYuKT0NrR&#10;AaPZhDn9HDeZUeHfEJFGX6J8mKJZ2+rr8LvfvYGKimbY9CY0VVTiP//l31Ff1yDMqsjIKPzmNy+I&#10;++z99z9GRUUtNFoTHpXX4N79R0iMT8Huz3ejs2MAk1N6HD1yCvu+3oPO1kacPHYE506fFZEGDx7c&#10;xzvvfYTyR+X422uvIuraVfGSoaaqAq/9+TUU5hfg9Mnj+GzX5xgcGkNndy/++KdXUED3s1EajUz9&#10;G0OZlQwRp4vqRh7ANY/p8Qm89fabOHTqGLQ2I+wOE6rLi/Hi8z/Ggwe3kJSciA8//BiDA/2YGB/D&#10;66++hohL4cjNzsYXn30mOq512myi6dGnn32BhtpanDx6ROSlVrMNtTX1oplTS0snUtJS8Nprf4ZB&#10;P4exkRG89pfXcbfkHsZHBvHG66+hvqFBjFhKefHvX34RH7z/Ad5+7yMMjU3CQn2YyJEhbIg8Vm2x&#10;ISINuytYFtmxfNn14s8QITNBJtj7DBo+DJHFY1Yff/DPHRN6PC5DRPRAPjuDwuxUfPj2axjs7ZaG&#10;utVS55VT2Lt7Ny5dvCo636P+KMLOncYfXvkLPvtiN3770ku4cuEsyh5W4He/fw1FRSVoaWzGH3//&#10;B7z1xpv44L33ceTQEdEpGE3/nx//BO+/+x7efONNfPHpZ+hoaUZiXDz+539+juycfMxMz4imFaPD&#10;g/j4kw+QlZOBojuF+P/+z1P44suv8MEH7+LXz/0vbkZGY2qaOvW0ekewkDoMXPoWhAoA26sQsFb8&#10;GiKUrqKHea3oFPejXbtw9XokZqkjTOq8VDODqqpKfPDBB6isrBIdZD4qL8cvn/ulGC3ovXffxWuv&#10;viZ6bL9//554+0EV4xvXbwrT4eOPduG99z5AVFQ0BgYHsXv3brzyyiuiMP7ee+8hLy9fjJ7w4//+&#10;b7z74YeorasXhTeTVoO7hfl456+vY6CzE7qpSRzb+yUunjqKkf5e/OF3fxSmy+6v9uInP/kZ/vyX&#10;19HZ3oNDB46IZjGaGS3qa+rx+mt/Q1Nji+jE6+LFi+JY6O3qRx9+jDdefwOffLIL7773Pioqq7zX&#10;hXwthP41saIhIoZ0pL5YZjA+0o+33nkbkTej0dpM4b8v43xYGGpqa/CDH/0Aefm5uFtSjF/+8pf4&#10;6KOP8ac/vSKMBkqXkrvF+PWvfo0TJ8NQXtGCn/7sBRQW3oFOq8HVq5dEJAgZZadPn8Erf/qzMJxe&#10;eul3iImOx9DQqAgjfvHFF/Hll5/hd7/7HZ771QvCdKHO5Oj4qJD5wfu78Nbf3kNtdS1mpyaRm5GG&#10;//7hjxB+JRIjU3oMTGjx458/j1889zL27T8sKni035aWVpSUlOD555/Hxx9/LK4nigLabp2qLsNr&#10;iFAnsyI6xBshQtB8qhibdVoMdHXg44/ew63CW8jNycX3/u9/IjEhXphDf3vjr3j08CEy0tNF+lE/&#10;TR+8954wuGampsQ6//1fP0FMVJwIxf/b62/j3t37ovPr6Kib2Lf/AMorqvH+h5/gpZd/jw/e/0hE&#10;DSUlJgtDatfHu/D8r36DL3d9ij+89BJe+e1v0UejWtBoGGLUMB+/i/FtiBDyULsiL9ZBM6PBmdMX&#10;8B//+WOco05zJybFMNVkiLz4/IvoaO/EwQP7cPXyBWhnp9HT0Yn3334X5aVlKH9Yiv/4t3/H8WPH&#10;cf/eA7z91tt44fkXRPO1559/CS+99DJqaqoQcTkc//vcL7Hrk4/x/jvv4jfPPYe87FwRsfDr37yM&#10;N99+X1Ssv96zD339gzCZzaLTVa1eig7hCBEJ/4aINJytSTcnnmet9XX4n58+hw8//BzHDx9FxYMH&#10;ePOvf8Obf3sLH334EX7y3z9Bemq6MLKOHT2BP7/yGj786FP8+S9/RVZWnjD2qYnNG399B599Ts+9&#10;X2D3V1+jq70VEZcu4H9/+b+IiYlBYWEB3nrnPTQ1NiE+Jga//uUvsOvjj/HHP/weR48cRWdHJ06f&#10;OolPPv4Ew6Pj6O0bEJ2o3yoqgd47RPN2QmmIUNlYHvZWGg3UBbfLDQ+9cLfaUFlRjj/+5U/48+v0&#10;rHoTz/3ihzhzah8M+in09HSKZ99bf3sDhw7sx7//67/ixvXrGB0ZwYsvvCCaIe7bswc//9lPRTmi&#10;sb4ep08cR3xsrOgDpKG+EZ/u+hxtbV24dfsWvv+D7yEi/BLqamrw5t/eRHHxXUxNjOHll14UJn5n&#10;ZwfsNisiLl7AD3/wQ8QlJsNks0vNfJZ0qCrVARcH11iKun4QyrAhsgqLQ+YuTlMn+Eqot+cLWk5t&#10;iEgRFYvRKSFrJKgMEXX/KMtR/g61yRSiv5FZE4/LEKFhbvVaDRrqanCrIA/Tk+MwGqkwMIXZ2UkU&#10;FxeLsG29Xiemj40Oibfv0TEJyM/JweTIILo6e/DiS68gj94yz+rEG/qrl68hMS5RtHk1G8yi069H&#10;pY8QdSMKqUmp6GjtwBwNPdjeiayMbNwreSB6zKdhfaemJkSFrrmlCW3trbh+IxIxsTFITU0WDz8a&#10;6YQ6TJWG7NyGlaMg4c8QEVBP9DQi0Mw07peWoqKqWiwv90tCHVfevn1b9M1AhQ+KtqBmCdRkITk5&#10;WXRkSctRZ5jUJKapqRmjI+PIzy9ETEwcsrNyMTk5JZahZjKZmZmiI0zqd4TejFFv6xWVlUhJTReV&#10;a4oUoJFkKMS3MCcHsxPj0E1P4dHdIlQ/vA+LXoeG2jokJ6YgNSkdeTmFKCgowuDAKO6XlKKyolqM&#10;JtPb3YfMjBz09vaL31NTU4OcnFyMjU2IYSzT0lJFAZKuWX9DBIcy/gyRheFVvW/pNXNzuFV0Gy0t&#10;LeJ+KCq6g/r6BpEW0dFRaG1vXShQRkZGIjomGl1dUmep1HlxQUGBKJA3NbciK4sMrH6YzUbU1tbg&#10;3r0HmJ6eFUM0JyenIi4uAbk5BZiapCGajSJag9I7KuomcnKykZdXIPoHoTSmvISGAG1pbEV6aiba&#10;WjpgmDOi7F4Z/vKnP6O0rAo6sxNDExr88jcv4+Dhk0hISkNCYgqamlrFULA0uhCNhBQXF4fExETx&#10;m2QzRJyLbWqIUOTT3JRGMkOobwnxtlka0laqZOkwOjiAkrtFYkjl0ZFRFN0qQF9PN3p6usX92t/f&#10;L/LywsJCxMXGIi8nVwzNSUPrUoE0KysL+XkF6O8ZQGZaFjrbOmE2GtFQXyeuBWoe1z8wiIzMLERF&#10;RuFWwS0Rkk8Vvc72TiTExiE1IREF2TkoyMnFxPAIbDRMr8oMYXNklQgRJTTCkpaGxtWhrbUTKSmZ&#10;aGhoFC8ejHotutpacefWbfR296CkuFhEVM5OT2FsZBQFuQXo7ujC+MgI8rJzRHr3dHWhs70dcTGx&#10;SExIQmHhbeTm5mFkdAgdHW1ISUlGTHQ07twuwkcffIj8nHwxKldpaQXiE1KRkJiK5pZ2cS9Lz1E2&#10;QdSsZojQywbD3BwG+3rFMycqOhpRNyPR1taKtrZ2pKelIzaK0uC2GAVoblYjOkSl51t0dDzu3n0g&#10;hjKfndHi0cNyxMYkIT0jT3TSee/ePUxPTWBwoE/c45TXUue7d4rvYmR4BBNjlC8UIvLGDRE9R3k3&#10;PTOqq6tEx9QTk9OC9PQstLV3eTuXX/4bQxnZEKFzIQ+tK0Ojy4j6nsMBj8slhiCm6OX01GTERt/A&#10;B+++hqOHv4Jmdgw2mxl1tXVISogX5yw3O0e86KFyNpWLU1NTkZ6ejpK7d0U/aQP9/aiuqkR7W5uI&#10;9qBhdik6b3JiSpQniopuC3OKnoFUNqYXDC6HHV2d7aJZcV9vjxiWNykhAa+++hraOrpgcThh846O&#10;oy73+67HLl8ulGFDZBWEEaIwQwhfCe+LjV0MSnMhhI2CdRsisgHibz6zXXl8hggNaUqVGI0onOl1&#10;NHQfRYhQQUAaLlOqdOugN2hFIU4aytYM/ZwO2ulJ5OUW4he/fFGMNGHSU+FZCgUXb0DFUI566DRU&#10;+DPBZDDDarLCRMPNiY7n9DAZTGJYSvoUocbeESXkyjs9HOlhRNNoHh2PPIIMDSep/k1PCisZIvK5&#10;k4delb/L86RzaFg4zzSdvsvz5Ir5+fPnRaep9PbSbLIKE4rOPZkTNJStvH/aDr3FJ4NKGu6Y3uib&#10;peX1RlEpEwVJihTRG2Ch5hU6rRgJx6iZgXFOAzNNN1pgNtlgEMOAWsSnkYYnFMPA0vWxtNmLfOzy&#10;tSGbIPJvUZ+XUMevIeJlYTnvsvQ7aVllevuKopDSSQudjqKEaHnvct5mRGREWCx0nulvb7oZTGLI&#10;bTrvBr0ZWq3JO6oTDfkp7VPajwFGA92/dL/rhSFCQ4VaTBbYzDbMTs3iWsQ17P5yL0ZGJ6HRmTAy&#10;OYv//NFPEBOXgjmdGbOUPxil4Slpu7R95e9SpqX6t20LVBEich8iEpIhIkavMBoxN6eR7kGtVtwr&#10;oukFRd+YpHMj37dUYZOvCSktvdcEmSve9DDRdK0OVrMZZqNJGKVknlD66GiYY7mzVLGOAToaIpuG&#10;CqVpmjnR1MPiPQYaPnkhr2BDZOFcrGqIKJalzlZpKE/pPqXzqZXSSEfPRzqv3vTTG0VeSCaKzWIX&#10;z0lKP/k6oXuMlhXDKWsNwkSkFwnZ2Zk4c/qU6GQzJTEFf3v9b6gqr/I2LZXyVClfNXvz1G14L20B&#10;lF4+DRGveSlD9ycNgy3nSbSe2WwW9xZFZlGamg1Gcb9RX2dUzqE8zmymZ5w8Cp40jLzRZIPeaBEj&#10;t9G2TCbp2SybwYv5Lc1bbmTJz0DKu6kplZSvS3nqdktn+p2BGCL0Nw1vS98dNjMsJj26OppxOfw8&#10;mhvrhFkx73ZjnprZOByi2Y3dbhflbBllGdxDzXJcTrGMFI0iTZePQfp76Ty3k47DBrfTLv42m0z4&#10;9NNPcfFSOOxON2wOF2wiQsR3PW09AQGhBBsia4QMks0wRJSRKBKyWRDikRPrNkQIddjV0syC2Z48&#10;LkPEaNRoCo9PAABxbElEQVTD5IUqTML4EA9V+k4PUfpO06kCLRXixHSdZGiMDQ7g5IkzOHvuMoaH&#10;JmHUm4XZsVjYX86CWeJjuvwwlI9P/dAnpEovLSNXjpf/ricBul7UBbaVkM+lr3OqbI4gV7LpuqGO&#10;LumtM3WsSZVjiv6g5lNyQU65joRU4KP58tDHNE0UHL0FSOlvCiOn0SuooCghKll0DVDhXWdeZFkf&#10;IMvTfFtWkn1AaePLEBHzvKiny+upWTpdvnclU4SQ73Xp3Mkmk/o8e9GRSULpSgXx5fsnqKItIglE&#10;EwG5om3A+Mg4Dh88IoYa1enMmNOZMD6lwe9eeQ0JSRnQGSzQeo0uce2otu/rel1+3S1FvfzjYEla&#10;UITI1Kwwh+TRR9SGiBwBtLCO9zyuZj7Iv3fhU1Vpk5psyNtfTBt/kBki8PZ/ITW/U+1zlWN6kgjE&#10;EFmErmX5/qRKrnQu1Wmgfi4qrxMlojKtJYNSagpZX1+Lr778Aj/+4X+J5o0ZqRlidCPxvDZYYTTK&#10;WGA0SJXlULlfQglKn9UMETKylIaIEpomz1989kkviBafi9KzkTqDFy8ADBboKP+Tt6F6JvtDHNeS&#10;aern7/YzROQ8sLS0VFS4KepCLisrDZHFuiP9bRfGhNNuE8s47Q447Xa4vcsr65hqk0VdFlfjb7qY&#10;RwaJg/ZJpohDRPEdOHAAvRR1abULM4RMEX+GyHaHDZE1oGw6o3bC/KHehl/kSJQFvH2XCJY32wkZ&#10;NmSIEGyG7DQelyEi2g1TZ2reDtWkdsRkeMgVJDIfqL8OMkQIryHijfAwzs2KphRj4xrodRaY6I2+&#10;D7MjEGRDJDDYEFkpQiRQFgpwirdQtE2CCoPUpIb2s1BZFVE5tBydf6mQpaz4SZVldYVaKhDKFTMZ&#10;qXK2iFTJkirfazVEdgp0Dn0ZImSEaL3Q3wsRIz6MEN9472OvuSmhbFK0ghmiTBNvnz2+EJUFUVlW&#10;prM0/Ojw0ChmZuhtp02YIjq9GQPD4xgdnxURItJ2A0/b5b9vuWnyuJGPi/pooOgKihAhU0REtYmR&#10;saQ8T1khlo0G0ZeD9zyu1XxYZoj4qEivhC9DhNJUvtZEvxiK76GcBlsB5Y+BGSLyywX5vqP7iq6D&#10;5WmgfjZKqJehbUj3LUVySpFfUoeP/b19GOwfEk1VKTqTIrwkQ8S2aIh4owfkSjWzCF3LARkiXvND&#10;bVIIQ8RrhghDRHz6MUQEyw2R9UMRfUv348sQWb6ef9TrbjZyfrJWQ0R8OigaxA23w7XMDCHUZW81&#10;gZggSigKRTZEHHYrLBazKD9ZbXYpOsSLg/qGpEiVJSj7Rll+LNsBNkTWwKabEkpDxGfUiHJ5OXJk&#10;8eIL6EJUGy/q+Wtmo4YIs9PYCkPEV4FVMkAWO1ST3kLLlV1CeqNFzWWkJjO0nhQhQpUdsygc0wPX&#10;Cp3WLIbBpQrQ0gI/4R0adxXUx+cf5TGq5z0Z+CqwycjRBKvhq9Ajz5vTaqEVFToqnFAhRSpskVlG&#10;byWlaepKEW1DmTYSVIBc/naapi8ipT9ViKVIhEUkU2V5mnuvzQWWn4ftCPXnok7XZem2YIj4SgPf&#10;LD9fynOmPr9qlGmhPN7FZcSbTmLJPS1V+qjCRutKBXUK17dAQ82uaJvU/G6h0C6n7fZnyfnX6kQf&#10;SZpZMqLoNy5e00vO15Jzrmwq5S/dCHVaLa63FKoYq1Ets+T+lDoEFSj2R3mFr0rg46g4PU7ke2p2&#10;ViNYng5qaD1l+knTfaeB2gyRjDP1sku3T89pHbRkZs9SM1haRmqKSib2QkVZ3INyRVwywtW/7UmH&#10;0lZ+vkrpLE1fkkZeo0N9D8jI85eiPO+L5180QZbzQR/bWhvq7avzbO9vWbaeN+/w/q3st2krUeab&#10;Dx48EHU0auqiLC+Ll+eOxZfoi6YIfUqjdEqjji4lkJE712KIOBciROxw0f6pNYRs4FDd0k2fbm90&#10;yOKAGQsoDBH6jWIkHcW0UGVJWrAhEiK47HB4ob/pgly2zBIWzQcHhVQFYoisaLAEC3+myCrHxuwY&#10;gm2IyFIaInLfEOoHUCDIxon8nQrvVEijTgGlApsZBvEWWfmmV8nybTLrQy4sUGHN35tJOZpgNdTr&#10;ie0vWUYHrWyCLUvTwAtL6jebEuoCv3r7K107yogHmfVd26EGpelGI3+Cj5z+yjT3dU34IvDrZCdC&#10;lQpq5idVnH3dr8pzK6M+b+prXb3uaueb7g31NpTbYdaKnA9L6Ur3qzod1PhKF9+om5WuLXqSUF4X&#10;6nlMIMj58HrLTGvD1z3/ZLHEQPYiD7urNkTUUD3OvYDbL6vW94LAgrHhA3nedkd5HtkQCQEkZ3Bx&#10;XGcXtR/za4jQcvI8KUJEdgBXu0Fom8tZvtzGkSNXlKiXYXYq28EQoaH55O/LDRFqQqMOfVeyfJvM&#10;+gimISKMLtqecvs+DBEpakidpoEX3pabIWyI+CM0DRFf+LomfBH4dbITWTRE1tLXhC98GRm+0sDX&#10;+Q6+IaKuvKwF9ba2I/JvCRVDZOnbfDZENsrWGiKMOo8g1mSI+Ki4q1mtvhcMVjvWnQadU2rmy4bI&#10;Y0QOk5LNCfX3JZAZQsaJX8PEP3JIlhr1cgyzETbbEJmYmFj2APKH+qFEUDv4ORqhgtrDiw7/qE8I&#10;GkpVCqmmZjKibwmf+N4msz6ociWbIfRJ35fMp35AgozSMFkPgbSTl5pXqCsR/gr06ordzjBEqFKj&#10;7Cz3cYQsB46vyrgvQvk3bD5KQ0RO1/UNCe3LyPCVBr7Od/ANEUZKx+lp6kNEGvmMoL45/EMjf6wO&#10;jcZGw9UrUS8jN2kINup9PAmofz99Kp+pcnqrz1UwUF9TG0W9/Y2i3v5KqNf1h6911NuivJIMERrx&#10;hZqgKFEaHGtBbZAEA/U+njSo/kJlFhqimA2Rx8SCMaHqtFW9nISyA1Jv9IW649VNaQqzFpQdpXKH&#10;qU8aW2GIUOFtvcxp56DRasQnfafhAGnYXcOc1juEo060WabhWJcjVeKZ4EBvrahyJXfmR9+XzCfD&#10;JMiI/kTWi3eIz+XQ8JFLCezakYaO1WpnFdD3pedhuyG/jaRoLkpbmkbf1ekbMlDaLEsvH4gOH32s&#10;/wRBhXvqG4aQv0vzKG1XQrkd+ZpXXOs+08DX+d6Z98zjhvLfiYlJTIxPYU5D553Mf6nT6eUE/mJA&#10;HolIRrxw8LWcogKpnscEjjJN5e/Klw7ycupKezBQH8tGUW9/o6i3vxLqdf0hL0/nWe7EXQnNo7yS&#10;+hChYYypXEzGiBrl8LmBot4GszHonFJ0yNjYGBsij5u1GRqKPkRUhsjm9A2yFtRmCBsiTxKbZYiQ&#10;2tra8OjRI1RXV6+bquoqgfy9pqoGtQL6W/peXVWL6mo1NV6Wb5NZH1VVVaioqBBpWl5eLr4vWybo&#10;0D58oT4+9fwqVFdVoWYZ0jVTU1WrgK4hX/jaR6UPfB3P9oHSsaamBg8fPkRZWdnCd1/pGwpUVdGx&#10;1a6KSEMf6z8pUBpWVlaKNJXzYfouzfd3LSuuZ7r+xTlcXLaqis6/Mg1Wul9W2k9oXlvbBcqHS0vp&#10;fi1HbU29j+cfXf/yvSDdy4Eg0rCyZhGR1suXY4ID3Y8y8nd6tsrPWEpneV6wUe47GKi3HwzU+/CH&#10;ej1/rLZOSUmJGGHm9u3bqK2tRX19vchH5eehr+0EinpfzPqQzyeZVnSfDA0NsSESdHx1YrpBs2Lp&#10;9iQjRL2MhLoPD3+o12OYjbGZhkhPT48IA6XMitk5ULgiXTfq6ZuDxw/rXY7xB711oTyBQoPV85jt&#10;iXLYSPU8ZvtC6Wq3O+Cwu7zTKCpTwuMhaBkvbmn5rcUNj0ca9YJZG3JzAPpUz2M2F4oOGRgYEOde&#10;bpqiXkaJ+r5Uo16eCQ50f1A6UR2DI0Q2C9Hnh4ItiZZYjB5ZHTZFmOCyWYYIZVDUZIbCDlk7S1RI&#10;oGtn60QPOyW+RNM9KrzLrrYqS4jSlNKWtXNE+bDc3py1c0TpSiMWOhxkiCjyNoUxspn5nbritxSq&#10;KLq9rF5plGFJ55UqfLIZwtpaUbNR6pOCzj1fk6ErSp/BwUH09/eLZvnbIa22mSGijsbYqqgMNkSY&#10;x8dmGiLd3d0wmUw+CzzqwtD6WSwALkW9HLMRlOkmR4j4knq9jaMsXK9UyF6+HOY96otiSYWBr5dF&#10;SPIIaPJ31vaXXLmidGXtDNH9SelKhojd7oTHX1a3iaaIOv9YChsigUr9++lTaYg8yefmcYgMkfHx&#10;8SXpwQo90b1BESK9vb0cIbIZuJwuuJxuFVtlQARqimzV8TBPCptpiFCECBsiOwNlum0XQ0SYIh6K&#10;IV/K8mtlM457+8GGyM4TGyI7T4v3qxQhIgwRpQny2EUHoYrSY/mUMv+Vv7Mh8vgkGyIkOS1YoSc2&#10;RDYZefhcJf5Hj/GFOrKEzQsm9NmZhoh6GWajKNNt+xgi1Jg+UENkM459e8GGyM4TGyI7T/L9SmVM&#10;yRCh74v5WGiIDZFApMx/5e9siDw+KQ0RVuhKNkT6+vrYENkcHHA57UsIvA8RfxEeazdFQmPkGeZJ&#10;4XEZIpShyQ981vaRVBCXOnxj7SxRp6rch8jOEt2vazJEKDtWE6BoUXUvPr5YwyYDjzXwc8zqY/K9&#10;jcCWCiVRutKzW+7cmrUzJN+vcmeeK6ftGm9Q1qqi/igIVmiL7g0aXYYjRDYN6kjVvpStNkSCNcKN&#10;jxFzloyeo16eeWJhQ4S1FrEhsjNF6Up5AKfrzlKwDZGV8mu1rUC46Y2391PGI54H6rUXIxyU8+Rt&#10;+jiU5cepXFixiC+rY+nvUC+1snw9z9RSz1d/36hoe2yI7DxRmYiMaWWEiH/5uOBZGxIbIttDbIhs&#10;OoEaIupmMf7MkBA2RDaybWZH8TgNEXoLop7+WBVChxLKkptWsHaO6D60Wq1siOxA0f26WrouZMP0&#10;SaaEHxdCzq+VlTX6W3zOz8NstcJKkUYKA8RFTQA8HpisFjhpKEsfhojSDBF46LidYj1R7aN1FpaV&#10;/pqnJnDyMcoo6ody839ajPZpMJrhcErnQX4miW0JvD2TyoaIuB9ssFisSw0aVRMH5XRf39XnayXW&#10;Ilqe8+GdJUpTKhNRPrzc6FJf6PLFrrb6WOsV3aPUZIYNkdCXbIhwk5lNYy2GiNr48MdjMkQUTW98&#10;oV6WeXJhQ0QhuZzBWlHym0nWzhHdh2yI7EwF2hSKroHpyRnU19TDoDMsGg6K+TKyCSJPJ3nmPWhq&#10;aUbpo7KFsobLIxkgJosZCUmJMJpNcIl8f3G7tA/R3Y8iOMNmc6C0tAxT0zNwU/9AgHc95QF5V6Lf&#10;5qduSD/B5QFsTg+SUjNRXVPvNV1U21lYUcLjcqG2pg4PHpTB6XDDScPbipFcpEqrx9sXkVhdZX6o&#10;/yaxIcJaTfK1ZbFYxD2rmqsyQHyxtmuItSg692yIbB+xIbLprGaIBBIRomaNhoiyDxE2LpgtgA0R&#10;1lrFhsjOE92HbIjsTAVqiLjdHlQ8qsAH736AjrYOeFxuuBwOUUFzuaTOdt1uF8xmM9wuGpXPicmJ&#10;CVGJkK4dJ0ZGRzAwMgIbPVucDmi1cxgeHcXY5ATe//BD6PR6EflhNJowMjIKvd4g9kuPAeogdGZm&#10;FpOT05iZmcONG1EYGRsXRovbTfv3wOZwYFajwcT4GJx2M+ZddtgtZphNZkxPz2JkeBQ2q0082+i5&#10;NjE5BbvLA7trHs3tvdDMGYSZodfrMTIyIo573uMW6LVzGBsegkEzK7Y5OT6JkZFJUc+k86eZncPY&#10;yKh4ptHptFqd0Gr10M5pMTk5IT1DvY8zk9GE4aFh6LRacSzBfs7JhogcSeAL1vaSdH9txBBhU2S9&#10;onPPhsj2ERsim85qhoja7FCjbkazdjNEiTqqg00SZjMIJUOE/vLFVmir97ddpSyIB1trOf/q68m3&#10;FFuk5VdKZH/TnxDR+QzMEJFO1EqnkhVaCtQQ0c1pkRAXjyOHDiM9JRUOmw1TExPIz8/D7Oy0uEa6&#10;uzuRn5+LkeEhpCan4NTJk7gYdgG52TnQamZQU1OFB+XVsDndKK8ox4WLYbh89SpuREfh4127oNPq&#10;MDoygoSEBJw5cxbXr99EbU093E43KssrcDk8AhcuhCM5NRPHT57F8NgkPPMUkeGAw2nHg4ePcOny&#10;ZYSHhyE5IQq62UmMjwxj3779uBEZjZOnziIqKgrlZQ9x9XIEzp45jfyCW5jRWZCckYeeviGMjowh&#10;JipKHHdsdAxMRiMmx8aQFBeHS2dPIzLiIqbHRtHY0IhH5bWw25woLX2IS+HhOHfmLBLiEoRR0t4x&#10;gK++PIjU5GQcP3YEKUnJMBvNmJ6cRlxMHM6cOo3I69cxNzuL+SAP37nWfHgr7lNlnkBI/cUszmOt&#10;rJUNEVl0JhfND+k/+pvu7+W5srwEa2WxIRIMbd11xobIpuPDEHGRISKzWnTIxgwQn8gmCJshzCYR&#10;SoYISV2o2iotLWaw/GmtBfG1aFmabzgh5FRVbWvZjrxaoYnATtfKhoh8wuSCt1wY930aV5O/8+lv&#10;Omtj8m+IyClIw1F70NPVhcuXwtFQW4cTx45hbnYGDqsFMTFRaGysh81uQeTN66itrcKd27eRGBeP&#10;mckpjA6PICE2Dg9KinGnqBCp2YUYGBnHkSOH0NXVgRmNBjkF+Xjtjb+it6cHWekZKC4uhlarRVNT&#10;Cy6GhaO1uRU3rl1HY309ZjVaPCirxOdf78PIOBkx1FzFjvHxEYRfuYG2zk5MTY/ixtXzuHcnF+2t&#10;LfjLX15Hd+8gRiemERYWhosXzmFyYgTtbc04duIEugYncfzCDdy9X477JSVITkzE9OQkKh+Vo7+3&#10;F7cLChF3Mwr6qQlU3ruDvvYWlD96hMzs2xjoHUJY2AX09ffDoNWhML8QOTlFKLpTgT/84W8YGx3G&#10;3Ow0Ii6Fi+ZG5WXlOHb4GGamptFY34DhwUG4g9y0ZfPyYcU1sQ4p15Y7z13/1p4srd0QkUsr8rSl&#10;aSf9pZ7nS8r1lFDkFrUTk5CGtpfZWRFJdPxsiGxUgV4D6uvMu556ki+8YkNk0/FliCijReTl1FEg&#10;G48G2TLUBgubLE88m22IUHi13H5aPX+ldtVr0ZLl5byVyvjK6BPVdtX7UBYxFosPi+9X1nZEO1d0&#10;3lYuiK//TC2YUeoTrviunuVLi2krLy0uBl9lRsVKS6fJfQRQPwpic77W2UGic+bPEFn6FpLmy28j&#10;lcuopyxq2b0WpPueFZj8GyKLOZ7TbkPR7dsiQmNocBBnzpzG/fsloonMw7IHSM9IRV9/Dy5fDsf4&#10;+Cgy0tJQXlYmIh+o6cyDkntIiInCg3vFSMu5hcaWdrGsy+UQ/Yj0DQ3i1b/+Fd2dXTh78hTi4+NR&#10;WVmJ4uJ7uH7tJkqKS0TUhslghMs9j7GJGRw/fR7DY9Piepv3WNHW1oxDx07jflkZSu7dQkriddy7&#10;nY2+7i4cPHQUBosdLs888vJykZQQK5rBGPVzOHX6NJq6hnD4/A08qmqAZmZGHH9eTg5K7hRjdmoa&#10;E6NjSImLR25qMopzMjA9PIC7xcXIyLqNmso6JCcmS+dwfh5tLe1ISspGTt597D9wCi6nDR6XHcmJ&#10;SSgqLMLs9Cwy0zJF1Ezp/fvQUD8oTtey54+atWj1fFgteT+L3+U7dnHfNH/R8NyolL9L/LtSJsES&#10;58qXIaJIKW/aSHnwYulEbY7IObZyPr18UubbyoRQbmMpYp0FE8QtRWvNe7xml9QhMX0qOz3ejhK/&#10;gQ2RTRJdI4pn/pLrVZHfLF6+/vGKDZFNx58hIkeI0DJbZ35QIcMX6uUCxkcTHO5gldkKQ8RXgU9+&#10;AMmfLqc0zJyY5pmHxxs9In/Ky6mh3yA6uZPDc727od0tPLRF+3ipQrCwD1VhTSpmSFn14maoSOGR&#10;RkWQD5y1SkFcOoPestJCB4Zy+q0kN6WnskKuHEVCGBPSqBXK1JC3vZCW3v0sjT7ymiEC5d9Sn4zi&#10;WqG+GekadLlFh4rSdQh4pDrQAjtNyvO3miHi8chmiKIzS68o7aTRQ3zf60qtdB34Wl+pleaxfGtV&#10;Q2TeDaNBh7Dz53H8+HFkZGXi7PlzOHzsMIxmA4ZHBhEVFYnU1GRkZ2fAajUjJzsLRbduib5EaPsJ&#10;cXEozMtByd0iESHS2tGN06dOQqOhTlHnUV5dhb+8/rowRK5fuYK0tDTRh0h9XSPS07LQ1tKGa5ev&#10;YGRoWNzdjS0d2L3/sIgQEdfcvA29vV04cSYMDa0t6B/oRF52ArpaazHQ24MDB49AZ7TC6nCjqKgI&#10;aSmJmJ93wqDT4KQwRIaFIVJZ1yyaAdF+ujs6cTEsDKX3HwhDpLejExMDfbhw7DBK7xTiXkkJ0rNu&#10;oa25ExfCLkCr08HjdOFR6SMkJGQiL78UR4+eh9tlh8thRU5mFrIzsjE6NIqRoVEM9PUjKjISFY8e&#10;wWlXjxqyMdG2Vs6HlZr39pNCt6yUN9M09X0o3Xty/u3/HpbzWF/36sJ3kadKz2fx4s3tEhmor6hQ&#10;liQ6L2pDRD7HdMakfynSiCBDhP6ldKBz65LyZG8hiPJql8cJl5ueZdTkjD7JlFM2rVncL5kcynmy&#10;MSYZIvLzWzI+pNGj5AentB36rnwBtd0kX9NsiART0nUkjDQqSC3JV6T+qMgw91DeQPmJ23v9isLW&#10;wmJL8YrSig2RTcWHIeKzD5GtM0QozFLJhgwRf/2S+FiOeXLYKkNELfkBRAUAYWiICihlijRiwGJh&#10;iwwRueAmmxlyYUxejypxDqdTPLApM/W4pWk0KgF9KpenggZNo98uRlEQdWTpbYqTtuV92EtmitTZ&#10;nlzZY0nyXxAXIRX0qFsoRFGHiXI6kaS08J5zL3Jau8W5ltJMr9PB5XAuPggVhTFRPfemnXh2LhTY&#10;PIsG2kLjdemYFswV2o7LI6BlXPQpCu/zcDkovaW3YdK1KaF8EO80yeeOIEPEV8WZfj7dE5Q2dC7p&#10;HAunyE0Fc6kwTWlDQ6TKaa28t6VzurgfgiRdC9I8sZ8A7rFAlmEtlX9DRNwQIk0H+ntxMzIS4+Pj&#10;mNNqMTA0iLCL59Hb3ysMkPj4WHz44fsYGRkShdvhoUFcibiMq5cv49qVK7h+9SomxkZwq7AAGXm3&#10;YLTYkZqagpMnj+PajesIv3xZdKpK0Rl11dW4cuWK6Ovj7NkwFN8pEZ2QZmVkIOzcOURGRuHq9Sjs&#10;P3xc9CEiGSIOmM0GxCWm4vL167h2PRxxUeGYHOlFX083Tpw8A6PFIfouuXPnDtJTkzDvoQ5g9WLf&#10;DW19OHj6CkpKK9HV0Ynom1G4EhEh9tfV0YGO1jbERUXh+qULOLHva7Q31okIkbSMAtgtTiQlJotm&#10;MzevXUfY2TDU1rWivKIZBw6eXDBEMtLSUZBbgP6efty8cVNE25w/cxatTc0L+VKwRNvynw9LkvNE&#10;uv9o/24XPRfl/Fe6N+Xno8hbvfeuVC5wwkXm8EI+u3jv0jpUmZGfq4odin2RsUxGmTCYRWXcveTF&#10;Ih2zeP4uyQ+Cd262q+g8+DNEJB+fnqF0HdnhmXd6yyuUdk7A4xAVSimyUTLAyACRnqnK/JfWJ2NE&#10;ug7o8UZRVS5a12uKSBVYMlmk8o94rMtBlt4hrMVzW36bIAzxxRdWsuklP/O3g+TjZUMkWPI+W7zN&#10;rqjDbbnOIV1D3uud8gkXld0p36B6rkuU+6gMv1KWQMuTIdLb28uGyONha5vHqCNDNmqGMIwvHpch&#10;IhsXtTU1OH70KI4dPYqIi+fR2tSA0gdlOHniNE6KjuoSYTbbMDenQ3p6Og4dOoQDBw/h2o1ItHd2&#10;ISU1HV/v2YfPvvgKd+7cFRlsQ02tKIh+uusz3Lh2AxqNFga9EVevXscnn3yKA/sPorW1TX6Wixcr&#10;nd3dCLt0EV093VLm7KLKuAe93R24ejUCQyNjC9EjT7r8F8Tp7EiVF6fDgvjEZOw/egLHT55GdVUl&#10;PG5aRyp8OWk4THogSh7FwptJYmZ6AmdOn8b01JT09kAU5KTl6E0jFfCosC6Xo+VRMy0GI5obGmEz&#10;W0SieijfdNjR1dqChyV34bTbYbda8LCsTITrF926LTpOpOtTrzciL68A9+/dw8Ww8zhy6CAOHTiI&#10;SxcuYnJ8YtFQ2aGic+A/QsRriMxTRXgAZaUPYLea4LHp0VBTgfsPy2Ago3F+HpU1daiqqVkoDC/c&#10;+yKdFgvIouLlsMPltGN4cACjw8Oiv4p5uu+851peV6S9nzfSrNXl3xCRROfUbDZJo8fIlRkaKtds&#10;gs1OI7aQGWGCwaD3jjYjNZOhihuN1kIYjUa4nA6YTEaYrFbYnU5Y7XbM6XQCvckIrV4vmdS0rsmE&#10;mekZGAxGYWbTdBodhoxQ6lvEZDaLeRQxRvuj/Jj2bTKZRaTGnGYWFpMRHnqxY7dDq9WJshltRxyX&#10;Tov5eQc8Hrs4brPVgRmNEXY7vZUkw1UPzcws9HNayVCnaQaDMGxMOh2N8QubxQar1Y551zycNoo2&#10;MUCrmYPFbIHTNQ+zzY1pjU4YLx6XQxyPyWCA02aHSWeAZmoGZoNRRJXIb9KDJUoj//mwJFqGnuvZ&#10;mZnY88UXOHH8FO7dewiX0w393ByOHD2G9z/8CBcvRWBgaBgWmx09PT348ssvsWfPXmFMmc3Whe1R&#10;Gufk5IhOds0W6htMfusrGcpkHtusdsRER+Prr7/GwQMH0d3dBYvFjOjoaLzz9jt4829v4fPPv0RD&#10;Q5PiSOWweRblc5QPy+m6NM+Tnq8U+TQxOYaMrBzMaObEd6fNiMyMDPT0DmB2dg4pCXE4dewkcnJy&#10;oZnVorm+BfV19eKNvN1qxKOH9/HgYQUcTg8MRgcKbpWgf2B4oWkMRZzoZqdQmJ8t7i3aM2Xfo2NT&#10;yMsrREtrIyrK78FmtYi0b25ux5kz53D69BncvXtXHP92yqtFnseGSBAlrhhhqpmMepw+eRx7d3+F&#10;c2fPondoHI55oLyqEV99uRt7v/4KGRkZ4rwX5ufhwP596O8fUG9wiWRDZGBggA2RJxYfER6+4L5B&#10;mEB5bIYIBX7a7aJzvviYWEyMjcOo08Bq0iMxIQWpKZkYHuhFblYmTp86j9bWdly7Rh361YphFw0m&#10;M9o7u3H+wiUMDo+Jh/nFC+HoJZMkIREVDx+JAmxMVCzKHpbjwYOHiI9PFIWDsrJy3Lhx0/vQhhiu&#10;8VJEBL7asxstba1SIcQ7DGP4xbM4fuwQunsHxBsZZUTDkyr/BXGpwAaPFQ6LHucvXkLhvYdo7ehC&#10;+KULeHDvDvR6evs8jNbuHkzMaWG02tDXPyAMk6GBPljMRtisJvT0dIsCOFWapyYm0VDXjK6efpht&#10;Fm8UiRsjI+NobGxGZ3sXLCYzJkZGcXj/AbQ2NsGiN0pNOtwuzE1O4NrFC6ipKEdvTzeSU1IwMDiA&#10;rs5OnDh2HFqNDs1NrcIwo2FEezo70NRQj/iYGPEG2aQ3LP68HSq6nlc3RFzCEImJugnNzDjshhmc&#10;O3UMew4cwMDUDPQOFy5FXEV9Y6Oo0HZ2daGmpgbDA4PQzWrgdDhhNlvQ19cvpo+PjkA3N4v0lGRE&#10;XruGsaFBUbE06fXo7OhGTU0dxiYmFyrpT/p9t16tZoiQlr3t906Tz70yDeQ3wUrEMvQ2et4jzAXp&#10;epkX5RGKHBLRQ8Jo8e7Ha3iJ9eXIL0X6KvelPC7l/qT+fRYjG+Tp8t9SJVs+bslYU5prUpld2gYd&#10;Hx2btJN5zNMrTGUd3evXimgLsSyZs9IbdikCje4bbxs70ZzM+4ZTPnSxYPBEx+w/H5ZE54UMjvNn&#10;z2JiaBgtTW2Ii0vGUP8gkuPikJGZjdk5HVLSMpCZnYvxySmkpqaiqakJExOTIj+UjQvKF6qrq4XR&#10;ERkZCaPRALdnaUexUsW4RZgfNKRxaWkpEhMTMTo6KvqMqa+vx9DQCHQ6gxhiWYri8z4zBCxKVyqL&#10;+b9fpRGXeno68fLvX0Fmdh5sNjOcdoto1vWwrALZ2bnITk/FxPA4EhISce/ufXS1dCMxIUmYl5rp&#10;SRzYuxtnzl6AzmDFxKQOF8OvY2x80nuvSIaIw2pEalI8qiurFl4GZ2XlIic7FzXV5cjKTIR2bhaF&#10;BcWIvBEjOkim9L9+/Tpyc3NXvDZDTXK+wYZIsCQZIvQ8z8/NRkpSAgw6LfJycxCVkI6uwWmEX41F&#10;Y2MLxkeGxAhera2t0M7O4PrVK6irb1iS76tF9wcZIv39/WyIPKmojY+VUK/LML7YCkPEp6gQ6nCi&#10;+HYRMtPTYTWZ4bKb4bCahCFy9+4DuFx2jA0P4v33P0Z9faMwRFpaWkRly2y1Q280YWRsAnanB5o5&#10;Ay5disBw/wBGB4dgM1ngcriQlpyGO0XFGBkZw8y0RoQMk7lChojJZBFQASI3Px9Xrl9DaxtFjnig&#10;180hJioSGWlJSEtLQntnD+wUnaDoZf1Jlf+CONUYXIDLDKtRi/MXw1Hb0gGbw4FbtwpwOTwMVZXl&#10;OHriJGKTU9AzNIy7pQ9xMTwC8XExiL55A/fuFsFqMYo3BlSobmluQlTkTaSnZiEhMRV5BfniDXFF&#10;RRWio+OQnJQqTK/Sew/QXN+AXR98iNzMLIxRXwSiaYdLRB00VVfh0rmzSE1JwqPycvHm2WwyIzUp&#10;BQ8flCEjI0tskyKMaB0aYSM2OhpV5RWiT5GdLrqeAzFEqK+JyxGX0NPZhqnRQYRfOIe9+/ejqbML&#10;Y7MaRFy9hs6ebpSVl+NSRDiuXbuGtOQUXDx7Dq3NLaiurkFEhNSHREz0TbQ0NuBy+CUc3L8frY0N&#10;0ExO4FZ+AaKjYpGZmYMr126gu6fXW1BnQ2Q9CsQQIS0YDX5QSj1NrLtoQXgNEDJCyCTx9jvg7QWB&#10;1lPuS246J293LVIfx9L15Qq3vJyvZSRR1JlfLV984bdKdXrpTag8Goc35E2xsI8NbFD0G/znw5JE&#10;JIxej7GREWEOD/QNIT4+Ga3Nbfj844+FAeJ0e9DTN4Cb9FJiclpUBqlcQMZlcnKqeHlA+6KKB5kb&#10;FCESGxsLg0EHo1EPjWZWRGDOzVH0kAdarR6zs7Ni3w0NDbh58yampqZw48YNsd7t20Xi5YTBQC9K&#10;6CjpH44QUYrS1P/9Sv2lOUR/Ol/t2Y/L1yLR3NwAs0EjDJH7Dx4hKSkVhbnZmJvWYGpqBlqNFvoZ&#10;LeLi4jE2No6RgQHs+fILkbf29Y+hqaUbJ0+HwWyxeu8Tem46REfBjbXVSIqPF9FSszManD93XjSX&#10;q6p4iIz0eHR2tODVv7yJyYkZkZ4UJUTPEWrKQNfRdpGcJ7EhEixJOSRFz1FTSooSoWjdeyV3hSFS&#10;VtOG85duiPI3RQFnZWXh3v37cNqsoizY1Nyy0FzPl9gQYZaZHiuhXpdhfPHYDBGKELHZxXCHe3fv&#10;FsMgNtZVQ6eZRnJyGr7+eh+yM1JFO+/U1Ez09w/i7NmzuHDhAjIys0QhzummgjZgd7pRUHhHmBzU&#10;KaZ4UedyY2p8CufOnMfY6IQ4HqfTA4vFhtjYBJSUPIDN5hCV4JycPGi0WkTHxqK1vQ0WsxnFRbeR&#10;EBeD6clRZGakoLO7Fw5qh+1tY+uzlPyEyH9BfNEQsZt12LP/IA6dPIuY+ESEnT+LtpYGlD28j7CL&#10;lzCjN2BwfAJHTp5CW3uHCL3t6+lCbHQkxkQnjlHC/IqLjUFGahqGBsdQUVWHA4cOCkPj/PmLaGxo&#10;hsPuwtjIONqaWjA9Ni4q3rqZWTgsVqkiIt7YuuG0mHHu1Ens2f0VJqempAfoPDDQ24/PP/0c0dGx&#10;otmMeAPscqDi0UPRN4KIDlmpsrRDROcjEEOEmrikpybjVkEeujraEBsThZTUVNwvfYiO7h6kZmag&#10;u68X4ZcjUF1TI+6l4cEhMbJIU0MjMjIyERZ2Ef19/eju7MDk+CjuFt1GZloabCYjuttacfH8edTV&#10;NWBgYAhRMXG4GR29JAqAtTYFYojIxoIvAtWCSbAKgW8x2BLuxSpTlsrfPHk9ab7q1ylnrraDdSoQ&#10;Q0S+V8gYnnc6UZh/G1lZeRgfncCuDz7AnFYv5g+NjiHiyjVoqGmEN83b2ztEkxl6kUDNlJKSkkRU&#10;F0WcJCQkQKebQ3t7K9LT00RTw+LiEql5kTfyx2QyCQOFmk9QGYDWT0lJQW9Pn8hrb90q8l5byquG&#10;RaL71X8+J0WI0HDWF8OvoKyiCnFx0ejvacfpU6fQ0Ngi8s3E2BhcuXQFhbdui6ZhbpsdcXFxaGps&#10;xqPSMiTGxiEhKQmlZZVIy8hBwa3biuhXemY6Me92YHp8BAnRMRgZHEJVRSVuXLsGu8WEyvJSpKfG&#10;oa62Evv2HRFN0cSlL0yR4PaXsxWi42VDJJiS7mvRB5/LIcpgU5PjiI+LRXNnP0orm3HlejysNjs8&#10;Tgfy8/NRTE2tbBbExUSjkfpd8nsPsCHCMMwm8LgNkcK8fMTRA3doCPq5WVhNBqQkp4nmLdcuh+PA&#10;3j2YmZkTzVpu3IgUhbLpmVkYzBZhhljtTtwquov9B49iZnpWbJc6kBsdHMbZ0+dQV1Mv2kzT8RiN&#10;VDBLQUxMnHCmKXz3rbfexc2b0Si8fRsf7foE2Tk5qKyoEBXngrxcZKan4PPPPkFufgHMNqvojO5J&#10;L8D5L4h7DRG3FRaTDsdPnkJ6Ti4GhoYwPT0Bq0WP8keloiBmpzeWo2M4ePQYDEajeEtAbxFuXLuM&#10;9rZmYW7V1zXg3JmzuHwpAjlZ+UhOyUBMfDwelj3CyZOnMTOjkUZOcHrgsjmEEXI1PAJ6alctQtYX&#10;DZG56SkcO3xQ9A/S3t4mHrZihAybXXSAeK/kvhiBgdaZHB/D1csR6OnuXuz5fIeL7o9ADBEqLDc3&#10;NogmUPdL76GsvAwNDfVITEhE4a1buFtSgsHhIVwMD8fU9LQ4z9RfRFJ8Ahrq6zE7q8G9ew9w9coV&#10;RN+MxGB/L4pv30J+bi7cdpto1rRv927k5xUiLTUDuXkF4p5kQ2T92omGSDC8Bvl4V9rGSvMWFexf&#10;t7ooXfznw4sS+ZzbjcqyctyMjMHIyCSMejM+3/UpJqdmxNH29g9KhsicTixLFYwrV66itqYeRoMJ&#10;+fkF2L17N7Kzs0XTF2o209fXI6JEZmdnRB8T1AyGBh2gt7pUrqAKDjWtmZubE9scHByEjjrKdrnx&#10;6FEFrl294e04NBgpubO0siFCeaALnV3tIsJjdHwSBQW5iI26geMnTqCxuQ1miw1Ggx6jw6NITEpC&#10;dla2MMWKim4J8yohNgF93b24c/cu0sigvhiO0fEJKRXke150puqG3WJGVlo6yksfIiEmFnVVVZh3&#10;OaQIkbQEdLS34L33PoKFXkCI9aXyAUUm+XqWhKrYEAm2pNyVzJB5txNmox5JCXHIycqCxeZGXVM3&#10;Ll+LFZFoDpsVubl5XkPEyoYIwzCPh8dtiNwuLER2RiZcVLCbp47sjIiPjUNJ8V1MjI2KYRG7u3sx&#10;NTmDa9duYGhoWOrR3GuGFN0tQcSV6xifmIHN6oDb4URnaxuib9xERVmFaDZjMlowMUHto9ORlpYJ&#10;nVYqvNG0hARqEpOBpJQU/Okvf0ZUdLRo65yTnY3srAwkJsbizTdfR2JSIuwOLsCR/BfE6ZxQkxMb&#10;bBYDLly8hHoKfRSFLBqZwIby8lLEJ8SJIY71FjNOnz+H0rIyMWpBTc0jhIefwfT0OG7cvInGphbE&#10;xsTiXnEJLGYbevsGkZ2bi96+fpw7F4a62gaRjqOj46iurMbIIDXhuAjN9PRiB54UGWS1IvLqVWSk&#10;pKC+pgaxMTGiQ0cyzmxWqygwktEmOgW02cT8lORkmE0mEeFAQ0JLm9q5ab6aIUINIsRYTB4X9FoN&#10;Ptn1EY6ePIbh8RHotFocPngIu7/+GuMT45iamcG5C2GorK4WzdvIWPr6iy9RVVkp2gl3dXaJ80pD&#10;kj56+BAlxcVISkiAy27HYF8frl+5it7uHhh0etEpIPUbtJ4KOkuSZIj4KFwuZGXzmKfIOnq766KK&#10;gdQfhPS2X8b3uVdOkjcnDVa+3AgJtmUQjO0EYxuP45kQiCFCy1AHs/l5+eJeGx4ahcs1D6vFhohL&#10;4cjMzBZRcfkFt0SUpN3uRHd3N44cOYLy8goYDWbRqWpNTa2I8KBmbhSl+eqrr6Krq9Pn9UAd4VJz&#10;R4pGmJ6eFsdHZQCKDqHnqsFgEAZLfHzCqibdk6qVDRHqM8cpTP3rZDhRB8RGA06dOIK/vvE3PHhY&#10;jjvFJWhtbREd3D4oLUNCYqJ44dDT04Uvv/waYecviJdEndSH1onjCI+4JNKCjK2BgUHvyGqisx1B&#10;R2sLjhw8gLCzZ6DTaETnyfRiIyc7HdOT4zh39hyyM7NEE1S63u7duyfMMPp7u4gNkc0QjUjlxMzM&#10;NCJv3EBubo6oazjcHuhMFoRdjEBtbR1mpqcQHh4umtjZbTYkxMejrq7OZ/4iiw2RLUEeGmxxiDCG&#10;2ck8NkOECnQ2Gx6VPkTY2XNITU5GcdEt0WdISfEd1FRWwu10oKW5GXFxCejrHRD9PFDll/I+emZT&#10;s5lPP/8S58IuISs7H/l5BWhvaUXczSgcPnAQ2ZnZyMvJR1VlNe7ff4ivvtqNyBtRwgApLS0T7Z1p&#10;pBsqABjNZqRlZqCnr9c7FKH0Rpo6AS0qKsTgYL+3mB/6Ge9my39BnM4Nhc464LBbkJWVjcGhIW+f&#10;K2SIONDS2oT7D+6JJakJUltnB25GRyE2Nhrh4WdRU1sGzdwUIqOjMDQyKsywa5evIjE+Cdcjo3D3&#10;3n1YbQ7U1zWKKJKY6DhxfTTWN4qOVXOzsxEdeRMDfX0LwwJSvzLRNyIxNzsLo16PvNxc0Ts5XaNU&#10;+Lx//74IBSdRIY5GMqKmWRQaTiMbaTQa6ddtg4fuehWoIUIhOTRST1p6Cq7HRMLmtMNiNiEzLV00&#10;b6MCjcvtQmt7O86eP4fo2BgROh9+KRzdXV2iGVTUzZuIjY7BlfAIDPT2oa+nB5cvhePunTti1I8H&#10;9+4h6kYkEuLicCEsTFSs5GPcyWmwWVrVEKH+PBxOTI9NoqqiGlaLPOTnckNkkcV5ys2pzQ9fcApu&#10;XIEYIlRpoGcwjRpD/UskJaagpOQ+xscm0N3VgwsXLuH69UgRrTE4OCxGJ6GK7BdffIHExCRkpGeJ&#10;pqrUmSY9C6m80NbWhsLCQmFskJTXBC1D9/euXbtE3yGUd9IQyBQtQPnr5cuXRT8ilK9S/1D+K/1P&#10;tnwbIouGG3VePDIyjOzcHNE0ic79yNAA3nnvfbS0d6K5pRXXb1xHbFw8IqNi0NHZJdbVajU4fvwE&#10;bt+6I9bR6w2IiY3CnTu34HDYRd9qhQW34bDTy6nFm1Wv1eL8mTNiBBDqT4vMlfa2FpTcvQOLySA6&#10;n09KiEdiQoIwwqi/GErf7ZRXy9cvGyLBFZUnKFps16efinufOtu99+C+GHGsrr4eERGXERdH/YVl&#10;SiOVuVzIy8sT+dZK1w8bIlsCGyLMk8XjNEToYUtv6E0Go6iomgx6OO1WUeGiT1FQn58XhS+z6ADV&#10;LN5iUdMGh8st+g4xmCzQ6o3ik8LvaIhDGn6VOmm1mqnphlU0j6E3XdRkhkKAxXeTRUQX0Pbo0+l2&#10;w2y1iCEgpcOTSgP0NsZiMcHppPOzWCh5kuW/IE7nhirUVIB2iWWokCEP5UdYrZSG0rVGo1HQWTZZ&#10;zDCZ9LBaTXC5bdAbNKJDzuHRUXjc8zDojJid1sBossDmoCE6pbfYlKYUqm212uCmN9xkbjmkIT3t&#10;VttCUpHpRcNhys1o6Ljo2pffUNKn/Dc9kOleIGOEDAJl6O92eOiuV/TbAjFEKEKEOp212S0wWk1w&#10;uB2inTCdb7qXqRkSLUmdaeqNRui8Q7LSPSw33aC/NbOzsFut3j5/5oWZRd9FGnqHZTXodHAuXEMc&#10;IbJe+W0yI7Izyoc9ojO7jJRUMRIF5aO0vFRJkM0PaVhV6ftiBVhOG9E0w+OBzekQ0N9qI4QNkeCJ&#10;zrn/fFgS5XGUl1HFl559lF9S2lJ0AOWflHfSs5D60qJEoXSmPICgJhCUrzoc8vNQSnPaJuWN8vWh&#10;vi/pOqD5VFGn+5zuffn6oOlU1pCayrB8ic6Vb0Nk8c4R6UBDUItyCfXPQHmmQzwbrQ4X7E4XjBaz&#10;yH/NVttCh8W0TZvNLso70nfalwUul00Mx/voUaWIulSanbQM5dE2i1W8wKKJ9KLB6bTDQWU0b4fC&#10;1PcDDbktV2q3Wz4tX6NsiARXdE4pj6JrmqD8iPIXOS+hfILqCDRNfpbQd1pupWuIDZFNh4aVcqug&#10;aerlGGbn8LgNkSUsvJZYueisXmrJkupt+t7EMokhIRWLSxksVQOVfYb4P6YnSf4L4nRuJENEOlf+&#10;pUxD6YxKU6igVVn1CJevRohwYOXC1MWHSx7RUvV2WlqGSnCq60qet0EpC/07UfTbAjFEREIIs1Bq&#10;GKGOmhLnaVna+pEynXyhXnyHp8FmSTJElqerdJ7pfnFjsKcbu7/4Eump6RgeGkF5eTlKH5Sivr4B&#10;Br0BTU3NC80LB/oHxbUyPDwslqO3ftSkor6hAS1tbUjLyEBKWhpGxkYXRpnhHDS4ovvAfz68OfJ1&#10;7/E9GVxRpZDKZUoDUzrHZEAtNYZpmGjRp5m4hz2ipOLyjhbt+35bnk4UuUmdtFLTBooQombH3sDK&#10;5c9XYqE/LfVetvedLc6nwhDha/rxKNDzzobIpiONs70c9XIMs3N4bIYISX7IykhP3FUfsOqlliyp&#10;3qbvTSyTvM2li6+4pydW/gvidG5Escx7rvxLeWblM0oFPrvdivqGOgwOD8LmsMl1bzGqJZkhhN8C&#10;my9DRM06tdML/vTbAjZElqFednna+pQ6bdSoF9/habBZkgwRetOvShlxniVDZLi/B2dOHEfRrSJ0&#10;dnTig/feE305UR5eVvZINHeoq6sXw7DSKEGNjY0oKioS/U1UV1eLfgMOHzmKpJRUVNfWIjk5WTSZ&#10;ojfUZGQGfE2wAhLdB/7zYdZ21doNEe8D0Zs7q1/fLL3ffN15tF2nt4kwRX+onquyluXL6r0Q21ds&#10;iGwvUVqxIbIJLAxTu4OGqnWpUM9nGBm1IRKMjEV+YFMHbcsNEdq+/JbZ+4Rd8qBVPHlXOBTl83mF&#10;xQKW7+2o97J8iSdRKxfE6RytXu3xd1bpuhF9uFBhz+Mdvs+7kOJPVpC1kiFCks65OtWWp4Z6jj9Y&#10;W6elhogiFcQH5cUuGDRTSIiOQmtLK0aGR7D7iy8wPT4Jq8UqRvcqKysTL4iog+GCgkLRP0Rx8R2k&#10;pCTDarVAo5lFQmISKqvrRDOL6ckJnD1zBlqtQeyG6mzU5EZO+2A8Z55ksSGyM+XfEJGbniqaKaly&#10;U3UeG1heK21b+lx96UWp97KWdUNPbIiEhuRrezXR/UERin19fWyIBBPZEBGmiI/52xEyQagdNsHG&#10;CLMSsiEit+sNRsYiZ2pkiMg9jUvbJbxvE5TD127/5+kTpc0uiCsLfaytEZ3rlQyRjUj9HpFTdWu1&#10;3BDxSuS7FHLvhEk7jfTEeHR3dmFibBwH9+yBfk4nRgOKiaGRt6Re/2nY1Fu3bolmMnfuFKGwMB8O&#10;hw063RwyMrPR0NQujBPD3BzCzp3HnEYv+nwSZqbX7JQrH6z1i87hZufD69LOqSM/Fvk3RPiZuJmS&#10;8yQ2RB6vAr3GKa3YEAkSSoNgp0aIyIaIEvVyDMOGCGutCsmCOGtDovtzswwRdR2Jb/WtlV9DhOSN&#10;EDFpZ5AQdQMd7R0YHR7G7i8+F8NOu11OPHr0EDdv3hBDrVZX1+Do0WOorKxEQUEBcnKy4HLZoTdo&#10;kZicipr6FtFpp3Z2BqdPnsLg4Aiam9ox0D+CBw9KRYgzDb3MHWtuTCFhiKhval+w1qRADJFAK42s&#10;wEXnkw2R7SM2RIKI0jBQz9sJrMUQoQKwehrz5MCGCGuteuwF8TVIXT7ny8y3NtMQYT1eUd7udNH9&#10;6sMQIdEw5g4HGmuroZnViNF97t25A7vNLobYNJuNuHfvLjIy0pFJUSANjeJa6evvQ19/jzSilNOG&#10;to5OjE1qRNMYh8WC8rIyjI5OoLKyDj3dA8jJyRV9jzx8+HBhpJIlh8EVvoBF5+ex58PqjNUXrDWJ&#10;DZHHIzqfSkOEFdpiQySIqJuUqOerkR886ukrsdblg47DscwYoenyb1FChWA2Rp5M2BBhrVWPvSDO&#10;Crro/mRDZGcqEEOEmHc6MS96QCWHhJrS0JDVLrg9VEGj4VZpOET7QuWBhvyUh9Omhd0eGm6ZVqWh&#10;OqWyFWX7bpdHmuahoXvdC81m1M8arvAFLjo/jz0fVpsfvmCtSZSuVC6TDRFf94KvaayNSc7T2BDZ&#10;HmJDJIistV8NX4YIfbfTdG+zG7sX0QTH6RTz1NvZSuTjXetvZZ4sZEMkmKPMyA/s5YaI+Iu+LO1U&#10;lbWt9NgL4qygi+5PNkR2psgQoWE1/ea1C1mz15wmLYzWJOXRUgeOyuUpj5eMEDJahDEi5+gL//jX&#10;dijAPi4Fcm5oGUrXx5oPLyS44hpibUi+DBFf8jedtT6xIbK9xIZIEFGaBKtBy6/LEHGGhiHCMCux&#10;9YaIVHjaDhkYy7fYENl5YkNk50rqQ2Rp85QlWqjQevPkgCq6NGNpd7kq24S1TsnPz5UUEoYIK+ii&#10;ih6l6Wr58GrXB2vtonM6NTWF8fFx9SxWiInuExp2lwyR0dHRbXE/hLQhou5fQ43H5YLb24zElyGy&#10;EhuNyFjr/hhmvbAhwlqr2BDZeWJDZOdqRUNEbX74wqeWGyIrLMxag9gQeXJFFT3RxE00N/N/Daw0&#10;j7U+sSGyfcSGSBAJ1BDxuNwL66xkUPja3kZMETZEmK2CDRHWWsWGyM4TGyI7V0pDZFllW21++MKn&#10;aIZ/Q0TeD+fzmyM2RHau2BDZWinPJRsi20NsiAQRdbOYlVCvq96OPyNktXUZJhTYDEOERBlUT08P&#10;GyI7UGyI7DyxIbJzRXk7GyI7S0+aIfIkXU+BGCKs4IkNkcevtd7fbIiEIGrzhI0QZruxmYZIV1cX&#10;zGazehbN3BYZGGu5KN3kUak4DXeOKC2VFWfWzhHl81SAXGuhc2WpXRMZ79yg7oulFp1X+fm9U6W8&#10;hvyxEyVHhyt/o/p3M+vDl5TzqVNVMkTk/JI+WZsvdTqtBInKKWSI9Pf3c6eqDMMEh8dhiKgzOF/4&#10;knoZZuuhAoKMeh6zPZFF+YGvAqB6eWZ7IIvv2Z0JVQront1p9+lGf8t2kb9jpXQl1L+L2XxohBmq&#10;YLMhsjmSz6kadTqsBt0fZIb09vYKA4umhbrYEGGYEGczDZHOzk6YTCb1rGWZmy98SZ5HGagcpcBs&#10;HfQQUj7E6Lt6GWb7IRfA1YUUdVoz2ws57XylNbO9UVYkdsI9Kv+WYKDOux4HdByryd8yVC6jc6L+&#10;XczmYzAYYDQaxd+BpiPLv+Tzqvyuvk/WAz3LtFqtiBIZGRlZso9QFRsiDBPibKYhQhEi9HBRi+ZR&#10;ZqgsEMnTZEhyhqkuPMkFKIZhGIZhtjfK5zpVdtQVoNVQb2+7oP4dagJdTr38k4b6PKwV2oa/siXN&#10;V0u53kZQH0cwthlKBPLb1OedlpP7qVNvQ70u9fnCfYgwDBMUHpchQhkgNaehjlerqqpEJIkyo5Pf&#10;ZpIL3NDQgHv37qGkpGQB+s4wDMMwzM6gtLRUlBvk/ozUFSp/qCtK2xH1b1rtdwW63JOA+rytBVqf&#10;rjU5ik697ZVQv6hbCfW6TyLq6FRfUYu0HBkdlZWVon5AeQFN83WdU92FI0R2HC4/qJdjmODyOAwR&#10;EoUmPnr0CBERETh79qzozEr5MKL1yQy5desWTpw4gSNHjuDo0aMMwzAMw+wgjh8/Ljh58iTOnz+P&#10;mpoaUT6RKzrqSqwadUVpu6D+HTvhN4Ui6nOrPs/Kyrl6XSZ40PlVmiDKaUpDqq2tTdQLbty4IYwR&#10;qi/IaaVMo9nZWe5DZGdBxgd1jqWGDRFm85ENERrqjRSsjIW2093dvdAeU/nwof0lJCSIgtDhw4eF&#10;4UHT1A8jGlLrzJkzoqBEyyg5duzYQiGKYRiGYZjtCT3PZahMEBkZCY1GI8oB6zUH1BXfrUR9LMGA&#10;Iw02hjqNNjOtGP+ozSdfESOtra04ffq0KOufOnUK2dnZ0Ov1YnmaT+lGn0pDhAhlbUNDZHMjNGQn&#10;jLYtt5FiQ4R5nGyFIaLMDOkeaG9vXyj8UGZHn2pDRM4UqbBEGSMtp4TeJDEMwzAMs3Og5314eLgI&#10;hacyCpsATDBQGyFsiIQmctmfyvlyZPilS5fEiDJyerEhsun4MiaCa0q4XWSIeLyGiMTyfW7OvhnG&#10;F1ttiBAU/nb79m1R+Dlw4IAwPaanp5cZIgMDA6JJDRWQzp07J0Jpw8LCRCgdZZY0nWEYhmGY7Y/8&#10;siMmJkaUS6iMwoYIwzxZkCFCL0qpzE9Q30KUHyiNLDZENhV/5oR6ufVDhoibDBGHmw0RJiTYLEOE&#10;RB0i+TJEaL/UiWpzczNu3rwpzA4Kj1UWfCiSivo1oQ5X5agQuZkMOcb0N/crwjAMwzA7A2ouc+3a&#10;NRFFSuUEKhOwIcIwTxZ0/1+8eBGJiYkYHh4W9ROqE7AhsunIzWPUhoTSmFCj3kZguGRDxLk2Q8Sl&#10;Qr1dhlkvm2mIUIibevQYQrlvGjKLxhKXe5KWocyORNMpw+vo6EBnZ6eAOmul6BOGYRiGYXYG9Gyn&#10;573FYoHVal1WdmAYZmdDZX+6/6luQAMryOaHbIyyIbJprGRIrIR6O4EhdRojNZtxOSVjhHA4pGOh&#10;eWrThQwQtwKlIeJwOeEkfOyLYQJhs0aZIZEhQkPrypmVr4xP2bmS0v1VQvOUPVMzW4vU79Hya4dh&#10;GIZhgoX62aMuC/hDXT5QlzVWQr1PhtkJKK9x9f2yFnxtzxfKdfzNUx+jvF31OjRdvqfV85SQYcKG&#10;SFCRTRF1FIiM2gxZvyHif3v+KxyrGSLCFPGxHsMEwmYZIpQ50dse2jZFiRDUfEaGjBKaRv2JEPIy&#10;DMMwDMM82chlBILKDHJZQUZZnqA3ykooumQtqNf3hXodhtkOqK/jYEL3qC/8Lae8l5V1AfU8GlFG&#10;ee+rt0/QbyMzZGxsjA2R4CIbEjTqixJ5nhr1+mtBva2Vt8mGCLOZbLYhQn2D+Muc5e/0SftXz2cY&#10;hmEY5slCLi9QuYCgJr3yyIwyNE1GLj8oyxRrQd7PSqjXWcu6W4H6uBhGfY0EC+V9txZWOyaar7yv&#10;/d3jMtSshgh1M4QUQoaIyuhweVltuWXztx42RJjNZLMNEZ1Ot6wgsxLq42MYhmEY5slBal6++KJQ&#10;/r4a8rLqsPyVUIfh+4OW9Xec60V9LBsh2NtjtjebcY3JKO8Lf81k1PcOob5/VkI+dnl9+q6ePzU1&#10;JWBDJGDI/LCrkA2R0KiAqTtNVZoeqxki3IcIsxE22xCh0LfVDA+1KeIP9XoMwzAMw+wc5Iqcevpa&#10;oAqUuvzgD/W62xW5Aqk2XZgnEzIS1NM2gvpaWw5Nl69DCRddjwL6e+XWEDLK+3LBgHF7xCitLupr&#10;U8HU5BQmJ9kQWQNqQ8SPEeKNtlgvy7YXIGrDw5fx4csoYZhgQBnPZhoi1B5QuS9CmYmu1TVmGIZh&#10;GGbnIpcNlKgrZb7wtR7DMMHFt1EiBRq4FqB6tRtOWsZN86TvvtddvHeV36WRWd3wuDw+mZ2exeTY&#10;pGSIkCcSwr5IiBgioU0ghgjDbBZbYYgo38LIf8uZH7nY6mNiGIZhGObJxJexoa5AMQwT6pAhQkaI&#10;HIzgfxARX/c8mSFuYX7M+2R2WoPJMW+EiGyIhKgpwobIMtQdqUpI4T/+m80wzGax2YYINZlR71MJ&#10;F3IYhmEYhpHxVTnisgLDbB7KyA11FIevaWqUyy6+BKW/va0znBQhLk1buszS/S/+TWbKPFxuwO2a&#10;X47Tg5mpWYwrI0RCWDvSEFGbFmszLyix1UPu+nfMGGaz2WxDhDpVXSkTZRiGYRiGkaHyAhsiDLP5&#10;rNafzkrzlIhyvmjyQmYHTXPB6XDBbrPB6bRLTWgcNM0BN93LDtq2hHx/2+3SfsQ+nR7YnYDDBbiE&#10;CUL9iMx7/54XdeepqRmMyYZIiGvHGiLrb97ChggTWrAhwjAMwzBMqMCGCMMEi8XWCPI06vBUHgFG&#10;uaxcVpeiM9xw0r3nmRf9gCzOW9zO4t9kZjhhszthJxPELpkfZGI4bTa4HDa4KVKEDA+7DW6nXdSd&#10;hWHiHVKbtuVxS0aHMGBc88IQsTnoGD1wO90iKkSOEGFDJERQR4cEbogQyotz6UXKMFsNGyIMwzAM&#10;w4QaviphDMOsBXrpTqYCGQ12jI2PYmCgD8PDQ+jtGUBv7wBMJhMcDhvsdiscdK95AKsHsHiAgYk5&#10;9I2MwmK3wCGgiA/JwJCMSjesNgcelJaj5EEZzFYnrDbJFJl3e+CyW+FxWNHT2Yr87HTcvV0A7cwo&#10;PB475jRalJTcR05uDhobm2A0WmGxONDU3ISmlg5MTOulCBFhhlDXEouBBA6HC5OT0xgdnWBDhGGY&#10;jcOGCMMwDMMwDMPsNMgMkSIqNJpZhIWdxT//89/je9/7T/zTP/4bfvTDn6CgIB92uwUWqxkGswlW&#10;pxt6hxvjegve+XQv3vr4E4xOjMBq0UOvnYXNZoXVahWGiN3hxLRGizfefg/vf/IFZrUmTExqYNCb&#10;YDWb4bKZ0VRXiR/933/Fr37+Yzz1//0/iIsKx8zUIBITkvF3f/cN/Nu//Qv+5V/+Gfl5t9He1oUX&#10;X34B//DP/460rFuwOeZFP5tSawyqR7AhwjDMJrAVhgiHuzIMwzAMwzDMVrJoiJhMRvT2dqL0YQl+&#10;9rP/wf79h9HZ2YuxsVEMDffj2vWr2LNvH27ExqOxqw8P61vxf3/6PL7305/j6o0rGBjoQk11OXbv&#10;+Qrnz5/DzchIXLl2Dc3tnXjzvQ/xzkefob65E3v3HUFKSgYsJiPsFgNKS24h7PRR1FU8wN9e/SM+&#10;+/hNVFWU4He/+xNOnDiFquoKvPnmm3jvvY8wPDyOjOx0/OqF3yIxNQ9Gi2SEqA0Rgg0RhmGCxlYZ&#10;Iur9MgzDMAzDMAyzWSwaItS5qc1mhl6vwQ9/+H2Eh1+ByWiFTqfHnr1f4blf/S/2HzqIZ777D9h/&#10;4jRyikvxnz/5FX7481/gauQV3L1biF8/9wv8+tfP4cSJ4/jXf/1X/OGPf0JNYxPe/XAXPvlyDzp6&#10;hpCUnIny8mrYrRa4HRYYtdOwGucwMdSLP7z8G5w4ugeNdY/w3//9M9y9ew96vRbnz5/H//7yNxgY&#10;GEJVTRWee/63SMkogMXu8WmIuFweTE7OYGRknA0RhmE2DhsiDMMwDMMwDLPTWOxDhPr+IFNkbm4G&#10;3//+9xAefhlGoxnd3T14+eWXkZqaiqmZGSSlZuCF3/8JxQ8r8Mpf38Xv/vIaevt7kZ2VgX/9539E&#10;dXU15ubmcObMGfzmhRdQ09CEN955H7u+2ocZrVl0hOpweOCiEWQcVrjtZsxOjODo/j342Y//C52t&#10;9ehqb8JPf/pz3L59BwaDHhEREfjFL55Db18/qmur8SthiOTDYncr+hCR+hER310eTE3OYJQNEYZh&#10;gkEoGCLcnIZhGIZhGIZhgsniaKY09K3b7YRWqxGGyJUr14Qh0tvbj1/+8jlER8dienoW1yOj8Ps/&#10;v4qiB4/wyZd7xd+joyPIz83BD7//fdy9excWiwWHDx/G8y+8gKaWdrzz/kf49Mu9mNIYMTgyhfGJ&#10;GTG0LtxOTI4M4tTRQ/jo3bdRX1MNg3YW46ND+N3Lv8ORQ0dRW1ONt995G6/+5XXMzmpQV1eHX/3m&#10;JaSk58JkcXgNkeXMTM1gQh5lhjwRmRAUGyIME+KwIcIwDMMwDMMwO43F0UylkWFconPV733ve7h4&#10;8RLMZmpCY8Chg4fx3HO/wR//+Ar+539+huMnT6NvaATR8Ul49jt/j/PnzqP4dhFe+M0L+PnPf44/&#10;/elP+MUvfoEXX3oJ9Y3NeOudD7Dr8z1o6ejDBx9/gStXI2ExW+Fy2JGSEId//u538Ktf/AKvvvJn&#10;HD18CJ3tbYiLicVP/uu/8ZOf/AS//d1vkZubB4vFiocPy/C/zz2PhKQ0WO1SM5llpojDjZnJGUzI&#10;fYgoDZEQNEXYEGGYEIcNEYZhGIZhGIbZuchD5VJ0x7Vr10QkBtUB6Pvk5BTi4hJw4cIlpKdlYmJy&#10;GnaXG9Ozc7h85Rry8woxNjyGhroGXL16FfHx8cjJyUFKaiqGRsaQmZ2PjOwCDI1Rk5ss1NY1wWa1&#10;w+1wor2pEelJSUhPTsHN6zdxu/AWZianMDs9g7t37iA2Nha1tbXCnKHRa4YGh1FQWIT2zl5YbFRP&#10;8fYbwoYIwzCbRSgYIgzDMAzDMAzDbB7yC0i73S7+pjqAjM3qgM1Gf7vgdHngcLlhc7hgsTlgtznh&#10;srvgsDlht1HnrDZpezSKpGceVrsbZpsbJpsbVgdgd3jgdLjgtjvgttvgtFrgtNrgsNpht9rhEH/b&#10;4KJ92+1i/7Q96VhcYn3qi8TupP5IlhsidCzTE9MYl/sQYUOEYZiNwIYIwzAMwzAMw+x8qNxP5XKl&#10;GeJw0Dy5vxE3HITLDbuTzAmpM9MFM0J0bipty253wEwGh2teIAwM57xANkQ8dhs8djs8Dic8Yhsu&#10;eFwy3u15o1ckw4b2r9iOt1NYn4bIqA9DJATFhgjDhDibZYiQenp6oNVqFzI5bhrDMAzDMAzDMKGE&#10;3NfIIg6KIPEiDX0r41Qgj/6ydBSYxeXJBFnE1zZkc2X5sUidwcoo90Mdtk5NTmFsdIxHmWEYZuNs&#10;lSGy6PwuPwaGYRiGYRiGYUIElxMOL2RaLDVCgsdyQ2R1qO4yOTmJ0dFRNkQYhtk4m22IUJOZpaFw&#10;y4+BYRiGYRiGYZgQgQ2RoIkNEYYJcTbLEKEMigwRvV6/qiEiR5CEGurjZLYe+dpZDX/X1lYQ6DEy&#10;DMMwDMOEGj7LUFtkiLh9lKF8Ho8CNkQYhgkqW2KIrJLBqTPCUEF9nMzWE6jZ4O/a2goCPUaGYRiG&#10;YZhQw18ZaqsMEbmesNrxLBwXGyLBhIb4UaKezzA7n800RHp7exeazMio90+sNG+rkHvalr8rj5l5&#10;fKgf2iuhXnerUB8HwzAMwzDMdkFdriGcCkRZZ0nHqkHERzlKfSxqqJw+MTHBhkhwYEOEYTbLECF1&#10;dHSgtrYWLS0taG5uRkNDg1/q6+uXTdtKGhsbF3jcx/IkoDzfW436WPyhXo9hGIZhGGa7oC7XbBfo&#10;2JuampbQ2tqK9vZ2QVtbG+rq6jA0NMSGCMMwG2ezDBE5QsRgMCxxe9UusBq1C7zVqI+H2Rw8Hs9j&#10;Q30s/lCvxzAMwzAMs11Ql2u2C/5+g/yd6i5zc3MYG+Nhd4PA4tjGEur5DLPz2UxDpLu7GyaTaSFT&#10;o2kyLBaLxWKxWCwWixWI5DoEmSIajYYNkY1DBgh1mqiETRHmyWOrDBGlGbIdMi8Wi8VisVgsFosV&#10;OmJDZN3I5occCaI2QtgQYZ5ctsIQ2Q6ZlVJ0tAKViRPI71hYbmEjNM33tgLdpiz1ev54kuTrd/ua&#10;xmKxWCwWi8Xa/qIXrbOzs2yIrI2VTBA2RJgnGzZElsoDwAnA5f17rUeu8EGWMj8Pz7wHnm1uYKiP&#10;PdShhyaLxWKxWCwWa2eIyndsiDAMEzTYEPHKG9RhB2ACYPR+mucBsweweADrPGCbBxwq7N7phNW7&#10;HK1nmgcs3vmSEbI9KueymaCeRiGKWq1WdGRFTE9Pi2tnM5iamgoIGodeRp5G68vHRtcfHTeLxWKx&#10;WCwW6/FJ/dJqrSi3w4YIwzBBgw0Rr+YBqjaTCdJlcaOwbw55PVrk9+i96CS6tCjo0iK/c26BvK45&#10;5KrI69agsGcaZQPTmLHY4aZIhfnFvlRCWb4ePmQq6PV6mM1mkab0abFYAoaW9wdtT43RaFwz6u0S&#10;dMyyKRLq553FYrFYLBZrp0ptcKwF9XbYEFkzjgBRr8cwOx82RBZFhogeQH7fNH7wVRj+/vMIfOuz&#10;y3j20wg880k4vvnRRXxrVzi+89llfOfTKwt8+7PLYjmZZz+7gn/8LAw//uoMXjkWjrqeQanpjUca&#10;MmylTD6UpDw2uk4oOsRqtS6gNj1WQ2lUrGU7ymXXAq1Lwz7LQz+H8rlmsVgsFovFYq0uNkTWjdr8&#10;8IV6HYbZ+bAhsijqN0QLILN/Dv+0NxLfOpyGpw6l4enDaXjmcDqeOZKObx/MwHcOZeLZw6l49nAK&#10;vn0wFd8+lIZnDqbh2YOp+Bb9fSgD390fhx/su4zf7DvvNUTm4XY5tq0hQtcKNZORDQoRIaIwHoTR&#10;4Y0cWQrNI2ODlrUtIE1XL7tIoGaIej31Nuj60+l0bIiwWCwWi8Xakdq80g1tWU0gWsuyaxcbIgzD&#10;BBU2RBZFnanOAUgb0OGZvUn45tFs/N2hDHzjSBaeOirx7cN5+PbhXDx1JBXfPJKEZw+k4FsHM/D0&#10;/nTBswcz8fTBLHxrfxL+Y/9NPL/vImq6+jEPzxJDZLvJbreLIc5kA0Q0m6G/ZVOEDAhFUxeaL5sa&#10;ZhN92mG12mGlT/G3ykzxYWYEYoqol1UTKobISiaYv+ksFovFYrFYq2nzSg+0Zer/TmblPS0tz6y+&#10;/HrFhgjDMEGFDRFJdIRkiFCECBki3z6QjKePZuEbhzPE5zePZuHpI5l49kgOvnU4C88eScGzhxPw&#10;rQOJ+PbBNDy9Pw3P7E8T5sgzBzPx7f1J+N7BKLy4Pxy1whCZh8vl9GmIbIfKsGyILBgdZEb4MEQW&#10;jQ6aZhFYLTbYbA7Y7U5hilgstlUNj0CjRNQGiJrVDBHlw9vX/GBJvR8ldE34ui5YLBaLxWKxtouW&#10;lqcCM0TUZSI1vkTT2RBhGCZobKYh0tvbK6IF1ppZrXX5tcjftuXhdskQSR/U4zsHUvAMGSJHMoUp&#10;8s0jmXjmSBa+cyQbf384HU99HYnvHorHdw8l4el9iXjmQOoSQ+Q7B5Lxg0MxePlgBOq6BsQ+3G6X&#10;zwxe/X0jWu0hsl7JhohsNJgtZhjNUgeoIqrDZBbmh95kwfSsFppZHYx6MklsIkJkbHQco6Pj0OuN&#10;sJit4npb2NYKESLq6epl5E5Y/UWK0Dzq+8TX8LvyOZLNCHVzpmBKuU1f+/K1T/X39SpY22GxWCwW&#10;i/V4JZUXlk0NyHwgKcsE6vLH0jIJfV+Kx7P0JY4SeRq9gJLKXEsNEfXyynVWQy2axoYIwzBBYzMN&#10;kZ6enjUbIso35f4ywo3I3zZpCvUhogOQMaDH31O/IUcy8RSZIV5EhMiBDDyzJwE/Op+DH4Xl4LuH&#10;EvH0/uWGyLf3J+J7B27ihf2XUNe9uiGinrYeydvZjGiDlQwRuYmMyWhCeVUtPv7sS9y+XQK9xoiZ&#10;iVlkpGViz+49+OLzL5GVmYPZWa2IIFEbHOshEEOEIkR8nQ+6/ulhSsvJ94N8DoOVJrKWbM/Hw169&#10;T/X+1fNXknoZ9XcWi8VisVjbTy6XS/TBZrM74KbBC4VRQX9QFOzykQzpb2kdsyjvq+crRZOp/EjL&#10;U3lPo5mDy0XbBNwujyi3OexOzHtHTXS7nDAY9KJ/OSo/yZG4i/vwb4isZoQsPa7lx0vT2BBhGCZo&#10;hJohQsdElW9lxkjfgyXanvxQWDpDyroN1KnqgB7/cDgNzx7JwtOHM/HM4Uzx+fThLPy/XybgX45m&#10;4YPcVlwbcOH3ybX45r5EPH0gFU/vT8WzB9PxNHW8eiAJ/7kvEi/su4S6rkGp9aVHflgs3TUdTzBE&#10;26YHEj3M5N9H2w7G9lcyREQzGjIoTBb0Do7jw09347PP90A7q8OdwmK8+8Eu3LlzF8W3b+HVP/8F&#10;RcX3YbbYYCJDg8wUgWSoqIfSlbfva5oSpSGiNkzUhoh8XVksZqSlp2J4ZBi9vQMYHZvwFizkIZIX&#10;ShtLhkyWkOYvu478SCpAqF61eIsKothABQTFtSEVFuSVFYUIgbxvZdSLvKXlUh/iwm9QrqEqjPiK&#10;qGGxWCwWi7W1ksscHo8LPV2dSEpIQGNTq/QMX3iIL5ZJlpRL5ucxMjyC6KgoVFZVwUXRG3L5Y1nZ&#10;gAZDdGNsbBjJycmorWuEw+mGy+0REb4pSakoe1AqliEDxmW3oL2lGbW1dZjS6NDa1g2DwSQZI6IM&#10;IZUylGULeKTyFJVj6DjcHo8C+i5Nk8o60uJilaWHKrbFhgjDMEFjqwyRQDMsqnR3dnaKDJUqty0t&#10;LairqwtKBY1+L/VrQttctj3v4ZkAZPXp8F0aPeZIDp45lI1nD2fjaW9nqd88kIV/OpiBF05nIabH&#10;gjdzWvHN/Yl4mkajOZQq+OahNHz7QBL+Y+9NvHjgMmo6BqQM3VvhXfqsmkd1dTUmJibE8QV6nnyJ&#10;ftPk5CTq6+vFULMk+j4wMLCh7ZLoOllqiFiWGCJihBmTFXMGFy5HpuHLrw9hemIKYWHhiEzOgYlG&#10;ldHNIjM9CWfCwqE3OWAwUpMaI8xGA8x+DBEZefhcav5C5+rBgwe4c+cOioqKcPv2bVRUVIh5yqgR&#10;GbUhQqLvVpsZjc216O3vQdjFSERcuYnx8TE4HVbYzCbU19SgqbYGdpORXsvAZDBgYmISHR3taGyo&#10;hctph9FkQlVVDbq7e+F0uuF2z8NstqKhoQHNzc3ieMS+RUHAA5vJCJ1mFgN9vXhUViZ+i5ve4Lg9&#10;sDmc6Oruxf3Sh5idnaPFxXmd08xieGhIPPzpOnLPe2B32jA1NYmxkTE8uHcfI8P9cLvJ+KK3QR70&#10;9PajoqpamDw6nRE2q00cw+zMDCrKyzE0NAStTgeDySgufTKl6mvrUFVZuXDMyjc4LBaLxWKxtl7S&#10;c9gFzDuh00wj6tp13CoqgXsecLol40B6QbL4rF54dtNLQKsN6ampSElNhYuavHiXpGe8VjuHispy&#10;tLe3w25zwGa1oKQ4H4cOHUZ9YzscLo9Yx25zIi05FakJifA46CWlB267GVNjwxgaHkF91xDeeOcr&#10;FN8pxdTEBGwWC0aGh0VZraend+FlnXZqGqOD/bhfeg8tXZ0w2ezoHxpEVXU1hkbGxf7odc2cTofy&#10;qhr0DAxLkTBLzogkqruMj49vizIKGyIME+KEmiFCx1JZWYnh4WGUlJQgIiICd+/eDXh9teSKHVWW&#10;qdJ87do1ZGdni8x56YJShkuGSHafDt85lIpvLTNEMvHNg9n4h32p+OmBOER1GvFOfrsUIeLPENmv&#10;NEQWWdjt/DxSUlJx/fp1YYys1AHoaqLfSYYPbSs3Nxf9/f1oa2tDX1/furanFEWIUNqsZojoTB5E&#10;3EzH13uPYGp8AqdPn0dSbjH0BgNM2mkU5mXixJkL0JvcMBisMBsMMBv0MBn0MBoNfo0Qgvaj1+uF&#10;MfD111/j+9//Pn784x8LkpKSxPJyMxll1AiFc8ptWuXzQJ863RwiroShorocp05fxqkzFzE8PATN&#10;zASS4mIRFx2DmBvXkRoXjamRYVSVV+LAwcNISkrA1csXcSHsLFLT0hEXl4CLF8Nx61YRNBod0tMz&#10;cf36DXGtkWlD547eqHhcLlSVluLs8WNIio/FjevXcOXqFdQ3NQnDKCYuAdGx8cjJzceVK9fQ3t6J&#10;poYGHNy3F5cuhAmjkIoKZIj09HXj66++QvTNWKQmJ+P0yaOoqy2H1WrBgweVOB8WjqiYWMH58xEY&#10;HR5Fe2srTp88hetXryEuLg4nTp1EbUM9JiYnkZKUjOibUYiPi0NMTAxGRkbYEGGxWCwW6zFLaYg4&#10;LEakxifi1u1FQ4SiKqgMT89/KveIMof80o/KwC43iu/cQXJqyoIhQusODAwhPPwirly5hIiIcCQl&#10;pmBqYhyZ6Qn46quv0NreB7vLA6eHIqtduFdcgpT4BHjsVmDeBY/dhLrKMjwsK8P92la88Pu3kZyc&#10;jf6eHlRVVOLKlSsoLCzEjRuRonxEkSrH9+3HjcuXkJGdjrArETh78SIysrNwPTISR4+fRkdXHyan&#10;pxCXlIi4pFScv3QN1fWt4sWRHNkiiw0RhmGCxmYbIlQxXUuliiq7lIFmZGTgwoULuHTpkvi+LKIj&#10;QNF+qTJ9//59nD17FidOnEBOTs7y7SmbzPRq8eyBZDx7NAdPkxlyOBvfJDPkUCb+z/5MfHdvCn5x&#10;OAEx3Wa8W9DpNUQkM2TBEDmYhO8diMHz+8JXNUQSEhIQHh4ufmtpaamo2C87vgBE2+rq6sLVq1dx&#10;6tQppKeno7i4WEwL9Pz7Eq1L1wlFm8jGhDAsFIYIRRiQIaI1uoUh8vlXBzAxNo7jx04hJb9EjEZD&#10;hsjdonwcPxMGndEFg8EiokNMBp3AaNAvMUDIHJL/VhslZG79+te/xs9//nO89dZbGBwcXJinNETo&#10;UzZElOeAzu/c3CyOHjuAju52pKQWoKj4oRi5pqLsAW5cuYLxkQlMDA3ievhZ3MrJwL27DxBx+Rq0&#10;Wg20mim8+uc/4u69+2LknKamFhw5cgwD/UMIC7uI+/cfCFOPokTo3pp309sUO3LTUhF+7iz0cxrx&#10;ex+Vl4uCQMn9BzhzLgw9fQMYHZ9AQnwS0tIyUPrgPg4d2Avd3Kx4u+KBGx440djUiF27vsBg/zBc&#10;djsa6ipx8sQhdHR04OiRMLS0dsFkMaGjqx2ff7Ybrc2tyM7IxP2SEljNZpGWx0+eQF5BAe4UFyMu&#10;JgZ93T0YHRkRb5Hy8/OXtDdeyz3MYrFYLBYrOFowRDwOOK0mpCUkIb/gDui1HhkbVrsLZY/KkJiY&#10;IF4OUdSsbIpQ0xXibnExEpOT4aSyyDxEU5ikpBSkpaXCbKbo1zGcPn0O1RQt0laH+IQEzGiMcHgA&#10;F+F0o7TkAVISEuC2WQCPHW6rHsWFuaK80DM+h31HLqGraxBajQZRkZGi3E1lDXrZd+5cmIhA3f3J&#10;J6h+VAqrw4LmznbsO3wEPf190BuNKC2rREJSKuoa6xEZHYXWzh60dPShub0XLvodqvPChgjDMEEj&#10;lAwRWmZ6ehplZWUifC8rK0uYIhQpEsj6/kSVYaowFxQU4Pz58yLzXmY4UFMEAHoaZaZXi2cOpkpG&#10;yKEswVMHM8TnNw5k4e/3pS4xRJ7al4SnRd8haYJvHkoXw/YGaojQA0w+LrnpzLLjC0C0LYoQIUOE&#10;IgCamppQW1sr0mEj509piJDhIBsNPg0RgxtXItPx9Z7DmJ6YxOkz5xGbWQijyQyjdho5mck4c4Ga&#10;zDih15tFZIhBp4VRr4dBT1EiRhEFojRGfJki9D0lJQU//elPUVVVJdaRpy8ck8kkvlNTH1+GiEZD&#10;hshBYRqkZ97C/dJK8TsL8rJw6vhR3Ll9D0UFeYi7GYFHD+6ipPghUlIz4HQ64LRbcOLYEXR29Yhe&#10;1ycnp3Hi+ClotXo0N7ciOTkFiYmJoiBA6UmJ7nY4UJyfh7yMdDgdNtHJbk9vL86cPYvYuAQcPHQE&#10;2Tl5KCi8LaJOSu7ew4P79xB57Qo8Lqk5lWveDve8HQ2NjQi/FCn6bSFNT47j9KljqKmpxe6vT2F6&#10;Rg/3vBNa/SzOnbuA+tp6JMbHo7O9QyxP5kpWdjbybxUiISkRp0+exO3CQuTn5SE+Ph41NTWSAbOJ&#10;I++wWCwWi8VaWQuGyLwDbrsFSXHxyC9cNEScLo/o3HR6ekq8VKRyjxwF7c8QsdmdiImJQ1VVhWhu&#10;Q8/7G9cjkZWRjoG+DtGHiFZvgWvea4i4yBC5L5rMuG1WwOOEy2JEcWE+8vML0D2uwZ5D59HdO4Tx&#10;sTGcPXNGRJuSOZOenoHMzGy0trRg32efY7i/B555F0YmJ3A1MhLDYyNwulwYGh5DTGwCNFoNSh+V&#10;4WZsPGISUtDW1Q8XnQPVeWFDhGGYoBFqhsjU1JTo44OOjd7skzlCTWjWYxAoRdumSjNV9ChqQtl8&#10;QtaCIdKnxTOHyNggIyQT3ziYgW8coJFmsvB3ezPxD/sz8bMjKYjstuLtwi48tS9ZdKQqQ5Ek3z6Q&#10;IgyRF/auboiQ4UP9flBEBB2XzFpF26KoBGpiRMYKpS01m9lokxlaN7AIEQt0BgeuRaZgz97D0Gm0&#10;SElJx95jZ9HU2o7Gump8+fknSEnLhNHsgE5HTWV0whAxGUzCEKHtUDrJZoY/Q4TmU2dact8hshmi&#10;NkTonK5kiBw5eghtHe1ISy9A0Z1SYXZUVTxE+MUwTE3OYnJsFLfzM9HV3oKSklKkpWfC6SBDxIpj&#10;R4+gt69fpOfU1AwOHTyMiXHqw6VR3FOtra2i2Qz9TReA02pDdkoKLpw+jempSZitZhTeviWa1zws&#10;LcOpU2cwMDCIuTkdbt26jdqaOpSVluL6tStwOR3imF3zDnjmKUKkGZ/u2o2BviG4XW5UVVbg9KmT&#10;GBwYxskTl1Fb2wKz1YT2zlZ89dVutLW0IjY6Gnk5ObCaLZiemsLuPXtQXFKCuyV3kRAXj/HRMdHH&#10;CEVk0bHL1yEbIiwWi8ViPR5JnaVKTWbcDisSYmKRX1i00PSF8CXx3PY+x8kQSU5JEf2VUfMTu8Ml&#10;Xtzk5GaLyNiJiXHs27sfFeVl6O5qEy909EaL1NcImSIuNx7eL0VqYhJcVF+Y98BhMeMOvUjJL0Tv&#10;6Az2HDqNru4+UYaLjIwUfbxRs+WmpmYUFRVjaGAQX+3ahcG+Hrg9ToxNTSAqLgZTM1Oi35DpqRnx&#10;Mmh0bBQtbW2Y0WiRU3Ably5fh1N0Brv097EhwjBM0NhsQ4QqqoFWpijTpuNRGgOUUcvbWK/k/YsK&#10;pYuaahh8bk82RDL6dfjmgRR841Am/u5ABv7PQYm/O5iBpw7k4lt7s/BPuxNxrF6HP6Q14pv7ZUOE&#10;okTShSHyrQPJ+Le9N/HS/suo7pQMEXp6qQ0RksEgRV3IlU9fZk0gonUoTel80e8kUbqSMbBeycdB&#10;4ZeyIaI0JpRGhNFowpzBiLxbRVLTkjkdRoZGcObMeezdsw97v96DKxFXMTE5A4PBDL2e1jHAbCYz&#10;xQSbxSqac5gM0jbV+1HuT/5UNqvxZZzQdzJE1OeTvuv1OsTGRWN0dAz1de04c+ai6HNFr59Fbk4G&#10;oqIiERN1HVlpCTDqZlFZWSHMKzq3DocNsbHRoq8N2haZdxERl0WE08OHD3HzZhRiY2Nx7949cQ2L&#10;tLHZUJiZjVPHjiMtLQ0x8XGIio1Fb28vjAYjsrOykZyUhKTEJGRlZGBsZBSN9fUounULbjFyEF2j&#10;LrjmnahrbMCXX+1BcnKqKNRERt5Aa2uLGI6vpqYely9fRWJiElJS0nD1yjXRfGlkaAiXL4UjKSER&#10;6alpIpKI+jih+5/61aG3OXTMdGzyOVPDYrFYLBZrCzUvjepCOGwWFN+6jbLyqiWGiL9ntWyI0Es3&#10;Ko8oX7qRmUDPe3ruR0fHiNEAqdzU2dkmIjtM3ghU2hw1mamrrUduVi7cDqfoJJ6MkaryClSUV0Gr&#10;NSM7pwiRN2PR2dWFxsZGUaagJuEJCYmoq2uAZlaDmJs3MT1BJoYbk7NTyMnPwezsNDxulzieO0VF&#10;GB0dRWZWFuISk3Dl2k2UlVeLSFw2RBiG2TRCyRChZdSREfK0QNb3J/VDwt+2lhoiUoQIRYYoEYbI&#10;vkz8/e44/OB0Np45mCiWpRFolB2vfutACv593028tG91Q4Skfpj5O8aVtNH1fUnezkqGiNJ80BmM&#10;mNNS6Cb1kWGGUW8UzUhoyLaR4VGMj09Cr6fOUWn5pc1jaKQZs8EIo8EgpgeKvG9fhggZJnR9q88H&#10;fSdjg8wiGpXF4fDARj2s28i8cMJs0WNWMw2NZhpmox4elwMOp13cM3IHrXRO6Dtti6aR8UHTaRrt&#10;l/YvG10kj8OJu/mFyM/OgU6vx9ScBgYyq7zHRqaHbk4L7awGNrMFbqcLLocDdptN6odEFHzccM+7&#10;0NDUiEsRVzA2NiFGpKGh7uj4aZQbGu2Gzi+dd5vVDqvFDofNLjq5bW9pxczUlPib+pihNzjysZMJ&#10;QsYOvdGR7zk1LBaLxWKxtlAKQ8TjdsLldIomL7IZQhEf/p7VyjIclfdl0TOenv00ncpN9Oyn+dJ0&#10;lygTuGl4F4UoSsRqscFDbWjof+pwlY7DReUOj+jg1Wi2wGq3wel2iW3Tdunll8UslY/Eyx0PRey6&#10;4fI4Ybdb4XY5xDSKhCWovGOxWjCn1UKrN8LudC1EqijFhgjDMEFjMw0R6s9iLU1mSIEutxlaYojs&#10;T8MzR3JEtMdScvDMwQx850ACvnUgHk8dTMHThzLxzAYNEdJaztNWSfkwVTeZkQ0JpRlBhghFf1AF&#10;3aA3waAjg4Oav3i/ez/1OskUoQeltK4RBooY0dPy0nSJpeYHGQ1K1PsP1BCRJSYvm0XBm9SBF5kC&#10;dFVQocADjxjWbvGc+NsmSVkwWTAXXG4UUR8hOblwYx4O0UWqd/8+oYtl8fjoQzoqDxqbm3Dl6nUx&#10;xK98TS25tpSHRgUmpwsNtXU4evgwHty7h9zsbBw9ckQ0rRKLhOC1x2KxWCzWEy8qe8iI8ogkKlfS&#10;t/U+udf9zFeXVbzFFer4VIwGs3TWEknTqbxBpSDJGJEKx/JvW/x9UplnEfX22BBhGCZosCGyKKUh&#10;8tT+NDx9JAdPCRMkS3wS1IzmKTGSTAK+eSgJTx3KECPQLI8QScW/U5OZJ84Q8ZoeBpMwQoyyCaJE&#10;GCLUZGYxUkQsT2aIXlpHMktkY2R5VIivfa/HEFlJ0mN9Eel7YFIaIgvp6vZgrLcfY0PDYkvUqGlh&#10;i8rChRrldr1mzZxOi/rGZjidUtOohfkr/EyKEqEIERpRJjkhEQP9/Quhs6F47bFYLBaLxVpaFiF5&#10;i5Q+jYJAte5nvo8yCm2LhsWVj8fflqXjpnLM4ssmqXC89PctLuv/d7IhwjBM0Ag1Q+RxiqqWOmGI&#10;6PH0/jQ8ezRXmB0iUkQYHWSMZOAbh1PxjcOJ+MbhFClq5GCWtJwXOULkP/bfxIv7I1DV2ScZIuI8&#10;rFxpDTWt1RDRe80NpSkiGx5KRISIN0pEaZ6YZENEZ5R4rIbI0sfx8j7O/UtthsiGyDyFflLIqNeA&#10;W3z0BybJDnHD6XbCTW14vT3JB6J5zzwcdgcsJrMwR6R+SVTHyGKxWCwWK4SkLItIz2lRpFzFfNg0&#10;+dj5QhlilYORVpFKMkvtDt+2h49dLYj6bKPO9bdD2YUNEYYJcdgQkTJZMkPoDMwJQ8SAv9+bhm8f&#10;yMK3DmThu4dz8e2D2QHzrYO5+O7BJPzjnjD85tAFVHT3Sk0jtrHo+pCHc5MNEbUR4R/ZuFg0RmTz&#10;YzWo+czy7QXORgyRTZGvp/oy0QLqQoLSmPGGmopmPKtujMVisVgsFis4WsmlWFW+yjdr3ogQGyIM&#10;wwQNNkQkUZbs9DaZye6fwz/vjcU/7k/AP+yPxz/si8d398QGzHf2xOOf9tzA//36DH578AyqunuE&#10;4SJFGIT2efAn2RDx129H4MjNY5abH77YsYbIiofjq8CgLjysuhEWi8VisVis4EtZDAkUIXV5Zv2G&#10;yNTUlBiRJmTKdyuIDRGGCXHYEPHK2zmVeR6omtTj69S7eOtqBt4WZIq/A+ZKBt6/no6Pr8ThdEIq&#10;BiYnRISIdAZC/Dz4ETWZIUNES71+a7VrM0ao41TReap3ebnz1ACQ1ls/dKx0fW8/qUsS/mCxWCwW&#10;i8XaDlKXYdZfjuEIEYZhggYbIl55mz7SoGTaeWDGA8x60ayTGacHBpcTZptFjFAS4mfAryjt6Dqh&#10;IWTpWpEhg4Sg4Vr9MweNRuv9JDSY02igDRBadvk2A0ceRpbFYrFYLBaLtTPEhgjDMEGDDZGlokgO&#10;at5CxohDDI06D+c6kNYHXGSE0PBi3iFbt6vkNKTrRA1Fj8jQ9bQUusZcXqTrzelwwBUgtOzybS5H&#10;3r/62Aj3GjoeDR2p36D4I1Cp11vLuiwWi8VisVgblbocsv6yCI8ywzBM0GBDZFHqLHqjiJFlxIYX&#10;hzWVJ61HC9sIEmuRet21s3QbYoi1gFBvZ+sIulTnIPiI0+UD9XIMwzAMwzDbB7WUhoiv+aEkNkQY&#10;JsRhQ2TztVKGTlJn+lvFWqRe1x8Ba5nx4Y/l+/DH45L6OPzBYrFYLBaLxdq4qMn2xMTEtihjsSHC&#10;MCHOZhoiPT09C4bIkyh1hTgYeDyeoKHethrl71Cvq1zf17TVEOEzAaBej1kNdXTI5lyHDMMwDMMw&#10;W4Va1E8cGyIMwwSFzTZEqCNO1vaX+sGkfPj4msZisVgsFovFYgVb9AKORhHkTlUZhgkKwTZElBXj&#10;wcFB9Pf3i89AGBoawsjISEAMDw9vCNoXQfsdGBjYFOi3B4J6PX+oz9dWoj4W5fGopwfCING/Ct7l&#10;1OtuFepz4A/1eiuhXjf40DU9rEC6xhmGYRiGYbYrVHYfHR0VUD2AmuVPTU2xIcIwzMaRDREaoYMU&#10;zIyFtm80GqHT6QJCr9dvKbRPcpgJ9Tx/y62G+jcFgnoboYivY6UhbYnN/C3qcxUM1PtgGIZhGIZh&#10;Qg+57KYslxsMBlG/sFgs6qpHSIoNEYYJcTbTECGtZXvqJhlbyWpSLx8IgUq9Xiji61h9Sb3eZrMe&#10;qbfBMAzDMAzDhB6+tNr8UBMbIgwT4qibzGxG5qLO3Pyxk6T+bSuxHbTSsW7mb1Gfq2DAYrFYLBaL&#10;xQp97YSyGxsiDBPiqA0RFovFYrFYLBaLxWJtXGyIMEyIw4YIi8VisVgsFovFYgVfbIgwTIjDhgiL&#10;xWKxWCwWi8ViBV9siDBMiMOGCIvFYrFYLBaLxWIFX2yIMEyIw4YIi8VisVgsFovFYgVfbIgwTIjD&#10;hgiLxWKxWCwWi8ViBV9siDBMiMOGCIvFYrFYLBaLxWIFX/8/+XufF5FiRIAAAAAASUVORK5CYIJQ&#10;SwMECgAAAAAAAAAhAEIR424H3AAAB9wAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAQwAAABHAgCAAAAvqDTqwAAAAFzUkdCAK7OHOkAAAAJcEhZcwAAFiUAABYmAWJ/&#10;dzMAANusSURBVHhe7J0FoFzF1cfX5e3b566xl+TFhSiBKIEEL+5tofSrt7SlLQVaKJRCDSvBJbgF&#10;AvEEiLu757n7ut39/jOzu2+fu5/tbdi3e+/cmd+du/f855wzI3c6nTJ6EYHeRkAu8/IqycV/Wnp5&#10;vWw/uVwuSZLJZAoNDdXpdC0dRN8TASJABIgAESACRIAI9DwBRc9XgWrQLQS8MPH70MalSCvVSLfw&#10;o5MQASJABIgAESACRIAIdAkBEiRdgpUKJQJEgAgQASJABIgAESACRKA1BEiQtIZSf9hHOBz60NYf&#10;oFMbiAARIAJEgAgQASJABFoiQIKkJUL94nu5TIYr3bc21BkbvYgAESACRIAIEAEiQAT6NwESJP37&#10;+vbh1glBQpqkD19CqjoRIAJEgAgQASJABFpBgARJKyD1/V0wBVXf3fo+fmoBESACRIAIEAEiQASI&#10;QJMESJAMlM7RRwXJQLk81E4iQASIABEgAkSACAxUAiRIBuqVp3YTASJABIgAESACRIAIEIFeQIAE&#10;SS+4CFQFIkAEiAARIAJEgAgQASIwUAmQIBmoV57a3aMEmo+g69Gq0cmJABEgAkSACBABItCtBEiQ&#10;dCtuOhkREARIkFBPIAJEgAgQASJABIiAIECChHoCESACRIAIEAEiQASIABEgAj1GgARJj6GnExMB&#10;IkAEiAARIAJEgAgQASJAgoT6ABFohgALrcL/O+vl9Xol/qpXoISPvRK+7cCJOnJsi6f1hZiJygfq&#10;jwqLV4vH0w5EgAgQASJABIgAEWiKAAkS6htEwEdAGN34vxd6AUa21yOTSX5bu4HNjQ/wpX9ju/ND&#10;+cbf+yx1th/f2CfsTHK5Vy4Plh+w7+UyBTZ8h12wOD2TJk3b+kzUeCWP1+vG+VmJKNbjldx45ztT&#10;0CWtpxZQMjYcy5oo2sv+EceJxshQLHbA55LkkWHzurF5ZW635JS8LnypUKCekkxyo6pyOWuQj5ko&#10;Cn+xkhpRcnXVizhvcF2beE89lAgQASJABIgAEejXBEiQ9OvLS41rOwG/LIGNLYfVzXwaTGTA9g62&#10;3UW5zCD3b3Xy1Ota1rVixqdVWGHiQPGCGqlTFoz85isul3kVzJp3SzKPBOHk9UiSs7KiwmS2BA4M&#10;WP9B6gbNYFUINMa/c+35hZSC+HChYLaj2JhYUsoVpspyl93q9bghqtiHTFNAjuA9/g9ZFSRzghHU&#10;FVfBaksIOL+G80k6/rdPlLX9AtIRRIAIEAEiQASIQB8jQIKkj10wqm5XE8CQv9vtrKqurqjCq6aq&#10;srq6kr08HuYwgS/C51eoWw+/gPDJDOGX4P/6rHm/P8KnB4IlB3MyMOcI34TqEa4L36u+cwaiQi7z&#10;yL1up81mrrEIEZCbfe5H997z+ON/M5nMfveMOL+vbFEsNAOUDC+BvbhAqqOGbHb3G298/Otf/z4r&#10;K1ehwO+DwutVSFyQnDp57Pbbbv3HE4/DPcOPZuqGawn2BiVLHld1VaXD4WAVkAuvC5cbPKqrQWBX&#10;QJIJEcSL8btsBAk/w66+5lQ+ESACRIAIEAEi0JMESJD0JH06dy8kANN4+/atM2ZMHRz0mjhx0p49&#10;eyQJkUvM9vYJDaFPhIzg9rMwolmKhfiTiwGxiQMhPeBWUDJvg08QeDwI4KotA+9RAR7VhcOCvSjB&#10;1jmz9V02618efuQPj/61rNKEcC+jQT954riRmaPVGo3H4/Z4XHK5glWAx5IJ/cDdI0wkMFeGP8jM&#10;F7bFdQOvvCw/v+ib9WvF5x74Sfih+DY2Mnzk8CFDhg5iSqRWPAntJZO53EXZWePHT3x36Tvw1+AI&#10;OHD8AXCoiJwHeonCfK8gH5GPk1+TsDiwXtg3qEpEgAgQASJABIhAVxBQPvLII11RLpVJBLqfAOxc&#10;mLxOp1Oj0ahUqnZXIDzMOOviqQvmztu5c09a+oQ//fkvP77vvgnjMl1u98mTp2tqrFkXCiS3Iyw8&#10;1OVyXjh/7vCRQzm52Ta7w2yxFhYWRkSEwRo/depUWVl5UVHJ8WMn8/IKZEq10WhgRrnHU1RQsHf/&#10;4eycPLPZGhoaqtWoERwGt8yFC+cPHzqYm5vjdDmcTs/58zlGY6haLYfAyMvLP3LkyIULFywWc4hO&#10;rVYpCrOyH3/ymZIqZ0xsfIRBZTRoQsMiE1IykpIS4Dyx2eynT509fuLkhawcl0cWGRGuVMrdLuu5&#10;M8cqSkrNJsv+/Yfz8ou9MmWo0aBkIWNMKeB/Vpvn2283HTt24JJLLykuKjx75pzdJYUajQq5pNMo&#10;QxSu0ZmZ0UnpktuTl5N/7OjR8+fPlVVURIRHyJ2OzZu+e/uDTwyG0LT0NJ1Oo9NpzWbTuXMXjh49&#10;npdX6HS6QADXBdDy8nLz8wtMJivapVB4z549o1Rp9CF6LqGgiErz8ouAUclcNELX0YsIEAEiQASI&#10;ABHotwTksN76beOoYQOGQGDoHd4Jk8kEK1+n07Wj9b5y2NC+q6K07OZb7k1In/zPfz6cGBsqc1n3&#10;7tzxq98/Ghafuuar5f94+i8P/OxHW7fteOzJp3fv2YeAroXzZxtCw60exQvP/1vhcd3/w/8z2e3I&#10;7tizd49Spb7x1h/85S8PpyXGZJ869rfHHvvoqxXwGYwaf/EDD/z6lusvl3ucWzZvfuzvT23fsRP2&#10;99x5l6YPHnXg4PHXXn5udObQPbt3/eWxJzZu3Iivxowdc98Pb7tu0fy1X6++9zcYTVAolcqH//yH&#10;229a/Pu//mtoxoRHH/qtzGN9/bU3ly59/8TJ41qdbsasS3/7uz/NnjnVUlHw0O9+cTqrQKk1bN62&#10;A8ph3vwr/vzoo2PHjhA+D9j+NWbXk08+886bL2WMGHH61FFTjWnStIt/++CDV18+z1ySd/9NV86a&#10;PesXf30q52zBgw//bf0362w266hRE3/34B/HjUi57/77d+87gPokJye/+tILs2bO+PDjT1548aWT&#10;Z87iWlw6e9Zdd959043Xu+01Dz381/3HLpSUVoXqFY//9c9/e/zxq6657he//W1kiMFhc/3mN38u&#10;qSh78fmnExJi23ER6RAiQASIABEgAkSgbxGgkK2+db2otl1OwJcYwWa+YlNeeeVKPiUVorA8Dpt5&#10;/8G9R48ceOPDd2+98Zqzp07c+6OfWO2uT7/8cveuHdcsumLFypX5hYVuya1Qqnbt33shK/s3Dzyw&#10;c/uWJ//2+JqVyz5ftgxZKZ9+8uGGb9Z/tPTdnTv2jMnM+OqrFaXFJXnZ2b/8zQMmi/3zr1du27lz&#10;9qWzP3j3TYfT7fZIRfn5d959j93hXLVqw5YtOxYsWLB8+Zc5WeevunLRxLHjpl969cdfrr/vvvvC&#10;wiJyCotyCwpsds+yZauef3HJwsVX79y154vPPzNXV/z2N784fea0x+UsL6s4cPT0zTfdvHvrlqf+&#10;9viqlV+88/6HVSabyN3gnghEjHldbtfUadNWrvzqqy8/zT136oVXXs/KLZBL0sGDWZWFxXK7Zfmy&#10;z3fv3vnsv/9zYO++1NSEFavXIq3k8Ucf0ut0d9151+rVK6ZMHrd9x65HH//32ImTt23fum7d1+Fh&#10;+r/+9dGDB/bJJceZs+cP7t8/a/ac/730v/Hjxqampmzbvr2otAKFFBSXvPvBq+MnTQgLD2ss86TL&#10;OwCdgAgQASJABIgAEehmAiRIuhk4na7XE+BpDn7rnLkNMN+TyBxxYz4rufw3f3jo+quuSIiP37xp&#10;c2RU9F/+9ve5c+aMGzvmlhtvXDh/nkuChFFJcqVMprxi8Y2Lr7x64oRx99x5U1x0+KkTR1wed1hE&#10;WLnFvmXTepe95smnnnr88UeNYSG7du68kJ3zyKOPz547f8L4Cf93/4+nzZrvQs6Ky/3tt98g4uv+&#10;//sZ3CaTJ43/858e/O+//z127DhjWHh8bFxUdOSYsSMTEhL5hMHIPpebzY777/9hQtqI+37y07Fj&#10;R8+dPeuZp/4G18ry5V+YTTVoWOaIjNtuu238hPF33HbzpXPmb9y2o7wan2PaLl+mO5pvNIbdfPON&#10;EyeOmzd35vV33LH/0NH8olKl3KtGjBebo1gRZgytqq48fGifx21/8+23H3704SEZGYOHDVYo5cOH&#10;p2UMS1VpZS+//mrGqIsee+KpyZMmXnrJjIf+9EBNjembDWvtdqc+JHzKzMsefPDByRddlJAQf9tN&#10;1+dmXzh25ITFKXv/k0+HjBw9d95srVbTYL2WXt95qIJEgAgQASJABIhA2wmQIGk7MzqiXxMIzGnF&#10;Mq9h4wcSGLySUq2RaYwJ8clGrVopk/LyCxXqkOiYRJ1KDYM+NDRk1OhMCUewaXyVXnVkeEycVqtC&#10;GeEG3fAhCVZrDVb0uPWe7//y/ls++uzz7//gzocf+VN2zgUccf7cmZT4pPQhQzCxFc5o0OmuvGpx&#10;UWmxWqU6fPjI4KEjBg/JQDq8UikLC9WPGD4ixBgph+0vV2lRE/xX4UW2hVeu0Gj0HhdbkGTIkEFx&#10;MZEqJSK6vCkJ8XqNqrykzOH0KJVqvQ5uDK1MKdeqFcnJCRaPzOHG1Ft8PRG2LgibUEulVLJ8D6UX&#10;2iozc4gTy5x4WavQToVCJdPqrr/lxptu+N7Gbzd8/847fv3LX+blF6i0OpwepagUXkgXNKO8ojIu&#10;LiHcGMriweSypMRYjUZdUlLscrlR04jImFBjKBqrUipmTZ/itJq3blhbmF/29RfLLr5kZubIYTx1&#10;pP4MY/2661HjiAARIAJEgAgMUAIkSAbohadmN0qAT//E56OCje+bNMs/Xa1CJUkKtUqvkKlVsLoV&#10;ytTkZLvDVVZexQbyvV6703781EmtWqPwMAscRrwX82nxF2bpddrMSEWXKdRuj+y3D/z2yMFd/3j6&#10;mY1btv7hoT8VlBRnZAy12ix5+bkeLFooOR0O27ZtW0NCQ+GzGDNm9LkzJ3Jy8/h6jR58lZefb7da&#10;sPQI7l4sQgKhwmflYvXGW71eZww1lhTk1VRV4xCP01FRVm6qNsdExuk1yKpX88l8+bKHkmQIMbgx&#10;sa9oaWC2MJ8K4BP6QlrJZdAYmP0X5fOZj9m8yKjnQ488vOrrlX9/4u9bt2x+9NG/Hjp2yitX83Kg&#10;wcBHHRFmLC/KspjMkgc1lxcVFrmcrqjIcLYyowdRbXweMSgcpSI2Lu7uW27cs/27j979yKsIvf66&#10;74WH6hk3SmenG5UIEAEiQASIwAAgQIJkAFxkamKbCPiWAlEwmaHAquQOnkPCUks8bq/TUonlNpxw&#10;GKiUk6ZfVF6a99r/ntu6ecuhQ0eWfbF64zdb1HINlAgs6TBDiAIhVEKPyBQabYhKqcIS6GtWr79i&#10;0Y1btu1KShly+eVXnj+fXWN2TJ0x3RCq/ucTD+/dvOnooUPvv/fehlXLYyMioWkuuXSmSqVc8vKz&#10;32zcvOfAkX8//+pdd91/5kyWJJdUWkdO4fkdu3eez8q2uORGTShmFtPrlH95+NHTJ4589N57hw4e&#10;373n8JPP/Le6puraa68OMeiZ/4OrETG7MGoWodYiS4ZXk2WPYJ5fPjsw/4tNR6xUeOVRhlB84Faq&#10;7DKZEx4SSbl69erbb7th/8F98ckpN97y/cKcbKx/AmkBsXHo+MkDh06VV1juvP3OPbs3vvq/5w8f&#10;OrJ7x95nnn4R84NdsfDysLAwhLVBmLGKsEXrFfD0XH/9tVUlBU//448GY8iEseMgaNgaKC2uENmm&#10;K0s7EwEiQASIABEgAr2SAAmSXnlZqFI9Q0C4BvjqHwi9Uqjj4uMwWZdKzZckh3dDpYiKClOr4JXw&#10;ylSqEaNHPf/ss/v2bvu///vxvffe/+zzSxBYBe8J/BQeyRNtVGjVwvWg8MhUXmUIgqvUCvmll8wZ&#10;OXrCr3730L33/eSzTz/99W9+O3RIRmLKoP+98N/83Nxf/fQnd911x+tvvD512qWOGkzLK6Wkpn62&#10;7IPcnLO//s0vvv+D+/793xcWX3XdoOGZamP4z372oyOH9v/0Jz/58LMvy6vtUaH6MIMyRK+8+547&#10;7/3BPf9+5ukf3PODH9z749PnLix56bXhmcNVWpVSrYyMioRXAq2RKVQI34rQenQIQBOKRCZDAJVW&#10;o8GUuwiv4q4ilU6tD5E70Ha0QpeSBBcMjp136dyo8LDf/+H39/zovhdfWXLXvf83PGNYdFT0LTd/&#10;b+36b3/1uz+cPHVu3tw5/3zy8Y8+fP8H3//+fff9ZOfO/U89+Y/x4y/Cyitqldtg0AAUXnC5KNTa&#10;oRkZw9ITHTbLD79/T5hBD6cKXDjYfOul9Ex/oLMSASJABIgAESAC3UGApv3tDsp0jq4m0EnT/nJP&#10;CHsxb4jb5Skpr7a5ZYnJcTqVXOGy2m223JKqqLj4iDCDzGuHOW2zuAsLy8pKS7F3YmKCXh9idjkG&#10;p6W53VJOdoHeGJqaGI3CXHZLRWWZ26OIjonH2hrVVRVnL5zDmuhh0XFpg9IjDDq1V3LZTSWlpWfO&#10;nddolXHxyeGRcRXVpqSEuBCd0u2yFxUXYSkPLJoeGRmZnpaCJTtgyTttlpz8ihqLIyYmKioirKy0&#10;UqvXJCbEKeUK5K/n5uSXlJRgCcZBgwcnxCdpNErJaS3MzVLqjAmJSWioy+UqKi1zyjSJ8dF6NVuq&#10;0cOXRywuqbFaq5OTonUaudvpMlkdZTXW+JhYg1qRn3UmLDQ0KjEZKyaWl5UgkKzCZI2KS05JGxwZ&#10;FgIhZq6pupBbAI/LkNRkLKLitjux4Eh2To5Gpx2UnhYTHY1piF1Oe2FZldWtSklL0Mgxi5lTiaVW&#10;LDV333htqV299KPPYqLj2CoyAXkoloikFxEgAkSACBABItBPCZAg6acXdoA1q1MECdwR3CfABQn+&#10;78F/FAhgEjJFxaxiNmjP8ipYzrabJ10r4Evhk3CxIyBRkD+ClwLRRghGEmut86+9XiS0o3T2DYv/&#10;4jVm+Rgs/91/UjlPRkEaiVeJU/O6sLUekYLCd/QvX8jf8Cmx2B5IN0dQmYLFlWF2L7bWOU/E5zuz&#10;kDGWjc6ir0STWFWYP8Q3xS8vw7c3VBhviAjVwkkVchdaJ8mUHl5vFfvCw87HclX4KvUs/0Qp1qXn&#10;hbA8E971fHFfohuyGcr8i8SjNkh6R/49S7RBjaGxZC6Z15V96vgPbrvr+tvv+ulvfof8HPineHq9&#10;/0WCZIDd0dRcIkAEiAARGFAEKGRrQF1uamxrCAj7HEP3MIyRQuHbhDpgU2gxix8aglvMbOorBd8T&#10;G/ZWKvEfZk+LTBSuLkRKBj6CEwJagAsUqAA+GxcS0yEioFWgfrAjP4ec5Z2z8lAFNqsVdkUcGDLF&#10;lVwJ+GRJwGvApvTCTphsi9eFJ1/47fegPAwumfC3qAHbgoRE0HRWvuL5LkKusGqwyvBSUQc2b5iv&#10;Mrw0VigUhk+NMJXm34ROY6nrjBE7EKIG0WJ8/jImubg0Q06O3frV8q8rza4ZMy9h85qJFpAIaU1v&#10;pX2IABEgAkSACPR9AiRI+v41pBZ0GgGf0R1sC8MqDjLwmU3PrGufU4HNplVrfgfscL52CfcLCI8B&#10;3vHpqXy7chs9MKEt24WfBL4Q5h8JuEGablWjxnqty8NvzfuEldAEwovBp7USGkGkjAfmseJ7MI0E&#10;lwffuCsHgVOs9T4nj6iRzyHE6l13Ut4AFDZ1Flc+TCuJEjgb9jmbX5hXhmktoXcUao9ME5WQ9sjj&#10;j48aO557XficXoF6kzLptB5OBREBIkAEiAAR6I0EKGSrN16VRuvUp62yupZr5zPvlJCtNlZLRGk1&#10;ell4xJe/OB7zxafb8jk3aoORRLX9prdwpIhDG44U1ENY97zBX3a8ozRXmpg3LPBqoI2audJNVwwT&#10;EDudTvh21Go1mPgmJm7j9aDdiQARIAL9n0C7fmP7PxZqYd8nQIKkz1zDPh3DIpwHXffq3YKkXut5&#10;gkZAiAQttcFbIQK6fAuY+PeqU4Lfi1IrZRqIhLqSoTHudbVQkMIIOG+EWOKxZ0Gvzhck/vmHWXyb&#10;OBEtP9J1dwqVTASIQN8mQIKkb18/qn2TBChkizpHdxDo02qqEwAFR3PVLY5lt/MMd99/uD3e4Ix1&#10;HkE88Kr2JXLfg7ZW1bdeASKYq86ZWYBVx70tLVemNmrMX6eWj6E9iAARIAJEgAgQgX5EgDwkfeZi&#10;9gObvuv8JL3dQ1I3CCrYQ+Lvf8wxwX0FIsGj3khB5/slmuv3wXFk9ffr3pr0mbtzAFU0cK810+Yg&#10;/1sje7XoAevI4R05FnXtyOEdObYHT918tfkISXMDEx1pda89dYtdtCdvePKQ9CR9OncXEiAPSRfC&#10;paLrEehbmqrFh2Vz80BxzeFvr9/74PNB1Ho0BJ9a+198UycDRXzfkqeino+kzf6SoAsV/LSrryBF&#10;TZp1yHRiTej+6X0EWnFTtFzp5gvplFO0XAnaIzAW0qze6EHTvAdP3ZHeEejAtU7vjhTX8Ni++RtL&#10;93Xn9oK+Ulqb7gLykPSVy9p/5kHtCj9JT3hI+kzPoYoSASJABIgAESACRKCbCbTGox6oEgmSbr46&#10;HTpdS+PkHSq86w6uV+1eLkhw/xQUFJhMJramCBbxY2FUjYBvztuDOX+D/B5iZuDaWy5oulx8JUKg&#10;2nRlu3TgsOtGr0WGSDPdjIbQuu4e7JSScYEwH5ooqt6tEfzUCezT1EkbdoM2XfrG78dmu1anNJ8K&#10;IQK1P+NiPkT/PBweDyZ2ZzdFMKLATYHPRacVt0ZHfsDZc6fpkK16z5rgyrR4V7Z4cXFqMWl7oy8+&#10;GUtzZYBGU9MnAogA2OKrTRMwtulXpcVT0w6tJBDAjsvqdrsjIyNjYmJUKiwh0PKLBEnLjGiPDhJo&#10;KEg6WGDDwzvRQ4KiTp8+rdPpDAaDeHI0+iPYzFNBaJVAsgXLVw+qcbCSET/iLBCqS+cg63TcVOAA&#10;INDQusKtgdmZcVNgduaOGFVdCq95w6ueKm5TOEHDn4I2GXkdOXVDMd+mUzd6KVt5FTr31G2qdkeI&#10;de7FqseqYbdxOBwYwNJoNA2NYGGIi7a0tb81co0aS0AM3q15VSD2bIeljgcUX4+r2RGl1o2rNfrT&#10;0cqOETwDSqDVDZtT7xTtaG8r7w7arSljDH0e19RsNuNaJCUl4e5oDSsSJK2hRPv0dgKdIkgCzhAI&#10;EqPRGBISIn67Gx+RbVpCiFGyYEEiBUkSEiS9vTNR/TgB8QgJfpbjAeNyufCkwXAXCRJ2j/v9Ra3p&#10;Mh0xrztXFbTJLO7cU3cbsW4WJBDquF/EMkoNzd/eJkgApylV0Iztzr08XSVImlEXwTdX+352SJC0&#10;5geqE/fBZcKdjpfFYsH7xMREEiSdiJeK6u0EOlGQoKhTp05BkISGhjZodu3PMXfY8/8L1z3flfvT&#10;2d/44WZLtftitcRnta+APySwznvrhpZ6+1Wg+vUnAuLZH/wsR1gFDC+oERheXdrSRg2IQExWg6GA&#10;unePV8LfYh8+CUOdb/mM2bV1Dz4Ru4dbug87MvLakWMbWpBtsrHo1PV6cmt6bzO2b0P4QpCIuJSA&#10;JgkazhdzsyvF9O51Y3hbrovoleIZE+ihwb04UAQvun4nbtCpRfXxT0vdvW7VWgjZal2r2tRvG6Jp&#10;+KMk9mm+h3fwpC1fIdqjLgHcCMGCJCEhgQQJ9ZEBRKBTBIngJQRJeHi48JAEvYJ9G8Gf+xdiF7+M&#10;bOZe5tzmv88iLpb9yfVJ7avWZmrd7/gAupbU1N5KQAgSqJFWBgS3tx1eydtIQDkbqucmFBMcwS8m&#10;92s/UvLvxWCAMOHY6IDfz8mHDBqvF9ufW4vNvNpkpNYrpyuObWUUUFOnbs3hHTmW028caFefuvmh&#10;9OYt1BaH4UV3ChSC9wjZghskINQDuSK8KPQs5i/3ypRemQIyQMG6aGuDdAM9NtjNzh4qPrAor7Yo&#10;3ufr3A51VuH19UjfIQgl49PM86rxOyUo87GRm6CZe4cV0fomNfu70Fbx0NCDxypTJ0q6PSFq7f3t&#10;ouNqb3k8L+AhwX1BgoS6xcAi0OOCJNhD0jZB0lIu4MC6kNTaXkwADxiEbEGN4BnTpuzSNrYp4Fps&#10;/LgGgqROJnGwIIEZKKbcDhTUQaOqrdZSGxveyO4wbduNOvCr2L5q9OCpAwKyHTXvYKubEVHBlfF7&#10;GZgywctms4kcksYqLEamIA3aJkh8qsavtrnXvc6La5IgQYJBL6gCb+1uXJo0VISSuCF6pyBpKCea&#10;7wOtESTt6EV0SDsI1Ltt2yFIaB2SdmCnQ/ongWBro02xzgJHw8x1/Fayibpo/p/+2V8GXKsClnHw&#10;8LCv8/M4laAYFWYndI/5zs8iRoUDm7gfkUzctqCUXnhF261GhGHd4mB/M03uwVN3pNodbHUr+4A4&#10;i6iniNFqfW+vd1S9w/GnmOCx9iVHR4Zrpc4ryLXBVTacL0pmzgXvVtdPUHs4TuHx4BHHZFKj7YUp&#10;2fhLwnGNb5Kn3pq59QsONDP4DasEfwVDaObqB35kAvvgExEdFPxq5UWk3TqXQEduW1ETEiSde0Wo&#10;tIFAoGUrhznp+eS/PHRS3lyIS8uFDQSk1Ma+QUA8cgIWVcAaY88S/5ynwraAfdB6E60jjUeOPU7O&#10;Y60wPlx7OyHwC1VgVh2MuaZMs46cmI4lAn4CrTXFfGvjNgdO3Eet7LHC1cG6uILpf3HTBdSRvGlB&#10;zqf98n3d8Fx4YDXyUqqQJtP01oIxGZBwwW/EDBlskgx+owaPaDTKSIi0ViYkUPfscwRIkPS5S0YV&#10;7lkC4tdfiV/zBkNWPg85i+LFb71SIbk9FrO5vKLc4XRyR3rDQS4MIzMDjzv0ae7fnr2ydPZWEfBr&#10;ErYzs3/wf0liUVwyhQrzDKnUGpWKJ+9iopV6Ie08s9d/FwTdDL57g38SlP3Bq4P9FUxn8LLEy6c6&#10;+J64r7wyDLC6PTKPJEdNePlsTz5gK5lM1Va7hVt4/qP9Z6l3N/IbsOFdGqhPC4FkrTVJW8WYduob&#10;BOoZ2U1Vmk+Y64X5zx0fXNIHXBOBXoiILoVKrlS7vXKnx2t3ues+EVj383sAxQ3ge2qgKKvVUlRS&#10;6nJ5cPdBMQgHC24C5rXw3w/+7sv8mChZjBZ4kc/C3Ph4XHF9gj/FHSbGFPjGdmT/wd3M37ONvfVv&#10;eO/7Jrj5ojR/3jxrpE8nYZyOl1tnZ9/QuBJjd/7ANp785U9uYY9cOIAUKjSosqoaGTuN3W6sQbyZ&#10;InGmTi5N3+hPA76WJEgGfBcgAK0jIPzz+KnHT15+XuHxE6drTBb2wyp5vMz3LZ4XCo9XjidJdl5B&#10;SVmFy+k6deL4hx99UGWpgeHEst35g0j8omP0VthasOQQzuvGQ4I/pVrjMml0tKl17aC9iED7CfgH&#10;U5mBglJgdECKqNGDJclhdezfffDAnn0njx4zm8yQBgqZSo7EWbfETBB2l3hlbrfTai0sLKisrmH2&#10;CmbE8ip45IjC4zMjJIXMzRUIc3dw3S+pJbdScilZbpZICGHGE590FzcN26W0vPqbjdssVrtKCRnk&#10;tFlM2bm5FrvDZrN+/PG73367jh+COY6YHQRLiY0O+ISRiKdk3+I7VBB1CUrPradGmtMkrRzSbj96&#10;OrIvEUD/5DKE9yYFVv1zuc6fPZOVdR5LxSkVSnb3MC0txDZ7LHjc7uLi0vzSKrtXlVdetXHn3iqL&#10;jaV54BZhNjybOsUnEzwu3DlKOXzv+C/7KuvC+SWvvV5cVuV2eZXs8cJ6MYxzFU7EblSEczGlzQrB&#10;7ejBQJkEs37z9u0FpWVuN9PxGDxDPblXH7cydsdtzTZ2i+MJBZXglwfYmd2Z/C4UI28K6Ajcxiw0&#10;Gf9ntRIeS8mLs+MXgN/nOAo7ylVKRJbJlSoFhAdK5RKLqwebxZZfUGwyubwyjUyuxqMw8C0qY7c5&#10;CvKLHC7J4fK++dbb3278lruCWPPxH5wXdWas2X/wS6KQZEzYsEcuALfqidqX+lY/rqvykUce6cfN&#10;o6YNKAIwK/DzhImAkFzYvomAxLhLeXm5VqttkKHIHy1ymd1qe+3V175asSY1bUhyUiLsJIww4Sin&#10;y4OhKfww4807731QVVM1dHAqDDF9WHh0XJxWrXQ67F4Mf8lkWq2ajeqyBwVGkb0ujO6y8WW2kBCT&#10;O61RJAPqulJjew0BRHvzeInAWm/Md8E3xflzOQ/+/k979u7es2v7yRMno6NioqOisTMsGJcbq5fA&#10;UoK1IpUUF7/38ScylSY5IRHWlkalYc4NpsphzcB88KA0HATDAgn0kscJfaKWedVqpd3hUirUHo9b&#10;zgaAYeA5MKLscssdTk9+Ycn/Xnp51szpkUYdRgwKCgr+t+SVxOS02OgotUqWmJQSHh7BLSJu+mH9&#10;YA8GDXg6MtQOi7xHc5QOp4vJIOYARVV9jst64Pm4L736OYF23G2QGUzU1q7+FvgRZ08NrNpTUVn1&#10;z3//5/ixU2PGjgvRG/CgQidkWR9MaSiRmKFSyFevXnPqfG7KoMHHTp5etWrNuDGj8BjSa7XojR7J&#10;iWwLFswllzRqyAcn4pZwe8C74ZXcbpdDExI2dMhQg17ndNrdTPrLVEoVN9DhP7GibpAEKnbfMK8J&#10;7uIaU9Xyr1fHJSQmJcaquRZxuDwKpYqLF2bo43ZAuez+ZdOCsVR5JnQ8DrnMzR0RcrfkxZMO9wru&#10;cOzgsDu9LHBADNzhroSbR6ZSKeWSm51XqXK7PS6nQ6vRQo+x5YxUSsyRAaWCT9wez/FjR9es+zYh&#10;OS3EEMIxSl63i0sMdi6sDLZixcro2ISIiAjUJjExISIqEv5Y3L/wCNmtdgXzzcJ/AqqoKgLLcGKW&#10;4M9HG9pxPemQTiAAYwwXGt0BKyi0MiGNBEkncKciegmBLhUkfCQGYzKe7PPnli/7TGsIx4DN1MmT&#10;ZF53QX7u88+/8Mabb586cyo6Nv7M+WwIkuMnTqjk7ojI8C07d6UPHmK3WN55e+lrr75y6viRhLgo&#10;Y7jxsy+++uKL5Ru/+3bZ558awiMTk1OwwIOwdxoEd/USwFSNgU7AL0h8GSN8rNSDDXdGcXH5jh17&#10;Hn74z9/73rU1lRVfLls2fsJ4s8Xyxuuvvvraq6dOn9mzd6+5pnrfvr0rv92+7+CxjEGpWoX300+X&#10;Pfviq3sOHomJjomJjkacI8ZUK8tL33rvg/88/8L5s6e2frdOp1JERkW9+OLL32zcvPTdpcePHxs0&#10;JB0jDnv37nvu2SUr124oq6iuMVsumTk1Ktxgs1YvefnloydOnzmfFRMZvv/AHpvNHhub9MYbb65b&#10;v+bLzz/duXO7LiR0+fKv3njtFXNV2fBhQ+C7Wb123X/+++w3334nV6lTUlJUbLokX5BM3UtO1s1A&#10;vwUabX+zggQmuwJi48jR42qVNiExGevE5eXmvfHGG0nJCZAQGzdt3fDN+tjYqBdeXHLg6Cm5WqPW&#10;aLds2ZJz/vTS116vqChLTknGhMK79+xBF/36q2UuK4a60svKyl56460N322qKi+F+b7h282DoGSO&#10;HF76ztvLv/oKyjklOaWysvKTzz5ZsmTJnj17YMpHRUYeO3LoxRdf+viTT8vKywpLykePGZcYH6NR&#10;yMpKS199/a3Vq9eVl1dERER+9dXX2G3ztq2hYaHR0dHrVq5c9sXnGzas+/DDpVZTZfqgtAu5hW+9&#10;+96mzVvNNVWRYYaN3218+pl/bd66Ta/XJ8Qn5OTk/O+ll75asbqqsnLI4FSXw/7xJ58/++yze/fs&#10;RR3weu+991as+nrlyhVr16zT6ZgC+fyzT77ZuCUrr3D4iBG5uTn/+dfTXy//4vTJU/v27TcYQ9dv&#10;WLd+7dpz53LiE1O2bdtWVlqSk5117tz5xKSEiorKd9/7QK3WWiymDz/86JVXXz90+Eh4eBhOBCFE&#10;gqQHb9d2CBIK2erB60Wn7ksEROKgx+k4fmh/Unz01dcsOnn2RHFJkc1u++CD9001Nf/34x8rVepD&#10;R46FR8akpKZPnDB+woTxGMctLyuz2RxffL78+IkzP/jB95Vy5wdLXyvMzy8oKKwxmWbPvmTsmMy3&#10;337n7PnzbPxVgdARMnr6UscY2HVlkSCY1ZR7+BChodDrQuLj4i5fMC/MoD9x4sTXq1YcP3787rvv&#10;SU5O3rFjJ8Zbx40fl5yYPHf2/KTYmM0bvz164sQNt9wWF5e89L1PcvPyENzhsNvXrFq9acu27//w&#10;3sTE5GOHD1VUlDhdjiMnT4ZFRtx6+y3FZSWrVq08e/bMe+++l5KadtXV11oc7vKKKuaEkXsxKDt/&#10;/lydTj11ytS0NNhtFSZTDXTU+QsXQgyhV1xxGQyXJS+/agg1XnPN4iOH9+/dtW33zm3Lv/gMR40e&#10;M+azZcuPnTjFRoNpVGBg9+xObH2N2bx1+46ZM2eOHTP2+LHjbofL6XTl5+chqBA3jslkys7ONYaF&#10;ZWaOHD9+3NixY9VaDYalMjKG/OT/fnT48MEDhw6eOnP+1dfemThp+hWXX7Fq5fKd2zabLaZjp09b&#10;Ha7U9HRYflnZOYWFRevWrQ8zhi1cuBBPF2ybN20+c+rMXXfdFRcX9/HHH+/evXv5ss+jI8Nuv+3W&#10;0LDw8soqFlvFEuGxvpD99Omz8DCkpQ/auHHTvv0Hbr755mHDhy/78ouc7OyC/Pwzp06Pysy85qor&#10;t23dvH3brspK05GjJ3FsanLSoYMHl3+94prrbxgxfMTatesOHzm8YcN6nVY7Z+6cyurKouKiNatX&#10;Q4rcdONNWI/iq6+/Pnf+HF4Op33OnNlY7+vDDz6uqa4ZO2rUsGFD58yf6/R4Pvn8i6jo2BtvvBE+&#10;Gvx6OFzujIxhQ4YMuXT23MTElKKiYskthYUaTxw/VlVdkZ2bc+bcuTCIoo3fXbhw7tbbbo6Ojly9&#10;Zm1JSUk7psrsxItORbWDAAmSdkCjQwYiAZ7PJ9lt1uNHj06fPj01JSEuLuLoicNlZaV79+69+ZZb&#10;Z1588c9++vPLr1icnJoaGxs7GONIqSlulxMedZvFfuL46R/84AcL5s2+5urFhw/tqa6qghd7xMiR&#10;M2ZMve66q7AII8wmOJcxGSMPRidNMhD7WB9ssy95lCe3IwzejXAq9F5MxYM/Kisw8Fp6w003zZs/&#10;b/GiRRnDMhCVnpqaFhUePnZUZkxU7Lmz5+0uZ3ZePsI7Sisqc/PyWeiI3X5g34HFi6+aO3fe1ddc&#10;N2rMWNgubsmdnp46ZdqUiy+5GDZbBXshDN503XXXX7Fo4aJFl4sYDURkIdJy2NChyO4dMWJ4PFYI&#10;VsjUSoTMyKOioqZPmzpnzpxp06YlJiVfc+21U6dOjY6Jyr6A2P7TVTWm4pISDBBUVlYVFRbyqbob&#10;JsXSXdkHe2jPVDkoaVsuhxgur6ocPXpMUmJCfl4uRq8Q1GQ2W0RgIJsjRakM0esR4ggxP3jIYIQh&#10;DR6UNm/2pZMnT4yPj7HZrWfOno+NS5o3//IFC6+cOW3GkcNHbDZnQlzStVdfPXbsGLVag4wqQ0hI&#10;RsbwyuoqhByPHjUKz5Tz589bbJasrGyLxYpI5lOnkfdYM3/+ZXPnzZs9e+7QoRk4MdyDiKVCQBdc&#10;lIuuuGLMmDGIj0KUV05uDh5SuH8rKspRyVGjRi9atHjRlVcNHTzk9KmTJos9ffCw6665euTwDBTr&#10;VaiLSsstVitG34oKi9LS0oqLi3Nyc8eOGxMREbZ37x6n3Z6Xn+d0OaFtCgsK8FuB0bp58+Zecfnl&#10;UGW4W5OTk1JTkkeNysRviMvlvuKKy2dD0Mydm5KeptXp0wcNiomJGTN6TGxMHOJDtWrtiGEZcKVm&#10;ZWcdPHI4LT0dYyIFBTkymTsvJ8tsNuEWrqmqotu1Z/p+B85KgqQD8OjQ/kUgeOKOhiGPzN7xSPm5&#10;eWcvnD9++sTmTd/m52QdO3HM5nQaDeEYj0LU7PkL+PHPwmiTJJeqzSYWhuuRVCqtWqNXqjT5eTk1&#10;puqi0iIDAmERBwyHC5vuEMYb8nptcq9b7uUB9Ox3tN4MQP0LNLWm7xPwZaMybx7yRzUsYVUphYVp&#10;zRbIBNPu/QeKy8pTk5M1cllBXl5NZVVlWXl5SQlCvZHsjpB3i6nCZqnRaHXhYZFQGtHR4dOnX5Sc&#10;nAhDTaNSR0XHZJ27YK0xw6yBoaPRhEJoICMWK0tLLmSYaNVqnVqjg+4pLimurCjJyz2nQEy7THKx&#10;NRJYWL7b6ZScSIW1uex2yYnAdzacwCYAQwVQCILUcUNqQ3SaELcL1Y7AgHFK+qDBgwfNnjF1KIac&#10;3R5kcyGHXmTo+jeycPp+x+2mFgjPIQIaFU6n++CRo063Z+tORCruyT5/Kuv8ScnjCA0xlBdjcgdr&#10;aXmlSqNTK3UalVbC3nYn0i0wLYRSoUFWOjohMkiMRkNlVXlldTkm1CoprggNj1aqdFqV2gBXIMvy&#10;8OrVmlC9AYJk3rwFDrvr048/ycvJUamVGrUuJSV1UPrgyZOnpKcPhrcBwruivLq4sNRSXeNmiR44&#10;A1yLUPRIp8IsXUi/VOt1uoT4+MFpaZfNm50UH4N2mC2uwpLKqhprbmGxITxMZ9AosatWiwelIcSA&#10;GyUhPjEhLmHm9JkYiRsxPOO6a6/Rq7Ufvf9BdlZWWJgxPMwYm5CQmpo6fdq0VAQn4+cCKoc9HJVO&#10;NkufhEwwK56YVrMCeSBOZ15+fo3ZVFJeVl1tYpOPSQqXwwEhhzQUuVeDJPzIiDCDVn3yGByox1Fm&#10;VGQYUIfoQ5IT4tIS4mZOuSg6KoqpPTENn//F7meazrJbbgH/7NPs4rb+hCRIWs+K9uznBJqfJwe+&#10;C0iOvfv3w3ZZdNXVCxdefsP3rj9w4ACGam+7445lX3z597///cUXXiwsKER2XXpq6lfLV2zZsg0O&#10;D7OpCorjqqsXf/bZp088+cRHH316/fdujY9LrCwvt5pMbIUqt9dqs2FcCJYUmTz9vJP1o+YF9VU2&#10;iyjsij37977+5usPPfzntevW3fuj+zJHjZp18cVfr1jxxN+ffHvp2xVVlWarBVM5wGPx6qtLLuRk&#10;zZp9iclcs2fXjlUrv05LTYyJjUI+LSyixYsXI1Dl6X/84/XXXjtz+ozD47U53WWVlbAvoPCRw1pZ&#10;VhkTGT37kktffPGFf//zmW/Wra2uKEOGK0vJVar1ekNUVPTHH318+OBBE7weZgtGXWHN2KxWKBbc&#10;xcgq4XMNsfcYnh4/fsKg1LTvvvlm+9ZtWq0OKbMslYuCtvpRX+2RpogHSk1Nzb79+xFGhV59+eVX&#10;IEMJ+SEYjBo9ejQSLf79739v3LSxpKQUz5eExMR9u3d+u36N225BLrgX8zfIvEgER6Dj0CGDEhPj&#10;l7z04jP/eKqguGTO3PkQ2FXVVQgJxkIeSG/Mw7RyZoR+Za9Zu+706VMOuyMsPOySSy+BQN+8efPO&#10;nTuNRuOY0aMnT5760cefPfvc8598/HF+Qa4M89SxF5tbxWYzYcYI3MeLr1wMn8nadWs3fLcB6SzI&#10;7IJAQoDxm2++/dhjT2DK3UkTJ+GxVVpSbHc6lSrV9GnTw8Ijv9343batW+HtSUpOOn3q9Oeffpp1&#10;7izimeH5QcNNZjOyJdeuXxcWFhYdE11eiSkocWo5SkaIAbxE0bExJ0+ffveddzDqh2jnd9564x9P&#10;PbVuzdqiogJkzIcaQjC49+XyZSdOniwtLYbLFCGXmB5gxco1SBQBHMxaMX36NLg3EZaGgLHY2JjI&#10;iAgxqugfOvHN6t3Q79kjfYNO2igBORx5hIYI9HUC4qefzSUiYeUBE2Z10Ol0bW0US1vn83SdOnUK&#10;sa1wedcpgYdslRYVYqLFqNgYpVprMlsLCgsT4xM0SmVOTi7Gr4zhEamDButCQiqrqorzC6OM2pjI&#10;sKLSUiQyIsa+oCC3qrI0MsKIpEatLiwrr0Sv1STEROOM5/LzYuLiEBeL03M7rw2DCm1tJu1PBNpH&#10;AB0V5gjya3E4okr4ujlsojg+647CYnFcuJANax8DtoivwAgr9sTM11lZF8xWs1qjgVsjNjYa92Z5&#10;ZWVxccmg1CStTnshJ7+0vEaDwd1h6ZFhOiRpYc4frCty9kJ+WWWVXq8O0Sjio2NCjOHYE6FWuCsr&#10;kC9SWZWcmlRVU51fUIK8qxCDEbp+SHqaDh4ZiQn73PzCGoslKSnOYqrGpEbhEdF5+UUREeFhoSEI&#10;nS832Qalpys8jprSYsxsGh0XX1BWkZ1fAD9PUhJyjhP40IDIIqEhgvZ1loF1lN1uh/nbYGJGNikt&#10;wp8w7VtsfBw8CfAMVCP9oqoiISHZYnPkFxRizig8SuCRQMxSTU11QWFxiNGIvxHuODg5SadSlpQW&#10;q3VaY1g4pm1AlojdaomPiUpJTsYkV/nFZYgNDjPocGBhQVlsXDzUS1Fxgd1mhyqIjY3D4ywvvwC+&#10;SbgO4hPi0f/N1ZWFxaVWqxP3kVKj4YnuYWrMOexyZecWQMaHhYdjZqSy0jLkfmCOlfi4aFj277/5&#10;flF5BeLFMGcdnmiJSUkWpwRPaExkZLhe43I5Syurz2XlapXq9LQ0zE1htVmQmG61OcMjwpPioxAz&#10;WVxaWVBcHKLTpSYlo8DislJ4ZXA7YmggKyc/Yyii1BS4ly1WV2pKmtvrzsu94HbaDIYQBDanpgyC&#10;JikuKqw22VIHDSkqKAgLD42NCYPz83x2jsEYlhDPJrGE+MnNza2sqDQaw9LShoYajfwWDlq/SGgv&#10;flfTyF+X3p/CHkPmnsViQSdMSkpq5VqWJEi69LpQ4d1EoDsECQ+jYuYJbB4MLDFvvAqZvLjr1Ao2&#10;TyImHMRglZvPiM7igjHpIVubChP9srsTMx9i0BUBsvgI32IREi8L2MJKDWyidiebjZH9SLIp3UmQ&#10;dFOvodO0jUBTgoRPoavC7L2IBXd7nHwRETYTti/gia0MgHgqvHATMA8+ghThnYDRz/Pg2eIICBxh&#10;82vBesBMpuxIBSKz2HyoCGlki5BgYQXEd+BPNg0dslPYdHcyDOe64A9BrBhUPMto5yswYGiZB1d6&#10;MREoJibFMDO+4quxYWEFREfCmSNzYxUH1FFyscKhQtQaO25MFh3D1k/gq6OwZR84HQoiaFsnGZh7&#10;NyVImGTnL/ZIwHy3+A8eEHz9HI8EKa1CNgWb850vj4PHCltwna3gw3ZmK33ibsETBGUgFUqjw5oh&#10;CDhkIVasF7Nej79FiC/uG4Raoetyzx9bIVE8q7APtDqK5fOA4S5DTTCggOl/cUMo4CfEbYOJItlN&#10;xycV5oN6bBZsZJbg7vNiumG3++3X3jW5XPf+6N6QEA3Cp1idlVp2P7IZjZlbklURZbN1SJhrEfcr&#10;KgKFhvtajUBLHMAeeri75MhYgVMFc/PCCYMxDfYolLxsOizeHpVCiymL3Ww1IOzCNrhoWONRT9SW&#10;zeiLczKCTFOABrud2TwWfJ16zpn/zsALy8cWxV3MxhkD3ZIEScfv0OZjSQLftkOQ0K9tx68OlTBQ&#10;CODXjq+bJlZqZz/MwsgSTx3+LPGw30L8DVuHzYXK1pliIbBcY3A1gt982EUasUQufkzxo4qxLvyE&#10;M8XiC3alBJKB0qP6dDuFB0EsiswnxYbZADnhW4kg4FrAhxDb7AZgL7aACcZjWVoG7gu+rgfuDBYk&#10;Dn3C1DgEApZFY5N2QT6wKR5gxsBugwsGqx4y00YoFnyMVdZwG+LMHmaOSC5mwfAVEmDnsZwWVivc&#10;fhA/bL03vkAcKgLLCPYcX3COyQ0sSCo5kNTLRgRwL8IG8q/7xq4NuUf6dA/tFZX33w/MkPbfAliC&#10;g90RfMUO9uLr+wm7mS3mh1sC9wib3gR9VaWBBY/bBPOjsIU9sfAuFhJhG8u9YA8NiG18DqHOniQo&#10;lisTdrux7g6jkN1hotvDmmeLHIrnFfaFDmGPLSUW9GDPNKQzMjXBFv9l++MoHIvbTpWQGB8ZFsYF&#10;P5P6+Az1UfP14Plyouym5ovQQ89DaeADLEnCHovsE1ZVFl3AVm5nQgtKjDUDleQTuLDqYOEUrMrC&#10;hZUHJ0ebfEuzKzGUgFawdYfxL3uLHDL2J2svG/jjTWH3Nn/5RvP4mo3sG9/C7f5F4n2axbf8vP8v&#10;+m+bCXTdfUUekq5jSyV3H4FO8ZCI6qKoRkO28GMqDBR+LvbTHKwb+Bf8eDECw/8NmDPsAK42hEHG&#10;96uzBGJgllGygLqv09CZ2kgg4CFhQsLXjYP7fSPFwbCA4cPlOhsK9a2Lzm0x397MxPHJmOAQKf/N&#10;xOfaZhZO4MZht1ELFWcGChs35acOxGywM4qV23jQPBvBZWrG76jx3710C7axW9DuMhk8JFgYR0Qz&#10;Nj9+7JPvbCFz5jRBB8R/2BODdUsxol+ne4v9WXa27+nCfBz+h43QMI302GbqINwF/h18xwa5EMRX&#10;4nNfUAAmBLM7HFjJhC83LAYixCrpQr0zWSUG6vgzLlD/2ohHVkvWBKaDgusrbGFxY/JdfPVha34F&#10;PWD550HJ6f57VYiQIAdI4Blc2yk5wDp9lOK1uuGWZT+tbQ/ZIg9JN1waOkV/IMAHpPgYL/8JbejF&#10;EE8G/PYF/q3bbPZx8ORdwY8R9nNO47H9oZsMwDY023PrGEv1PYDsRsJcvfxVz7TyFypMteA1sFsm&#10;LMwo5lyBH9JnxvkcN9xVwoaHRSl+I6/lMmkPItApBJjvgsUuMRsbNpsok/8RKL6BwPAb6/wLoQd8&#10;x3FV0MirmarW1SqitDol+O+M2rs11BiKzBA4WJieEI8/Hg0l6iX2Y34a4aaofQU1hAsM9vSs++QU&#10;Qxv8sej3aoj61N1N+DrqvfhtHqxGOMgG8iyYl/+W75QrSYV0PgESJJ3PlErsHwSaGmQKDOr0j2ZS&#10;K4hAlxIIDuBueCLcTS3u0NbqBQoMGusVpotvbFjc2oEbvLHhhbaek/Yf6ASad4wE0+Hmdq2x7tME&#10;jYxxtQdpa6rRmn3qVpiNdgdkfOCrgI7h43TN1VYIJ6Eg2tOqJo5pbWl8wE9sFIbZifybLyrwk9v6&#10;M5IgaT0r2nNgERDOkIZtbsdt1g5wrf2pbUfRdAgR6BYC6MN+j6IvMKPeWK6oReDDRivV0AwK3Bri&#10;Tmx0hNj/uYjXYhtLrEUYus/Dyb0k7D2fIoy/8W++qnYLoe44SSutz1bu1h017oPnECP9ra04N89r&#10;dxZ/Nm/Rt7bo+vv5PIMN/tPW8vw+zDrH1Su1xTJ76qHml3x1vEst1pZ2aCWBhhaR+CTI9d3KkmSU&#10;Q9JaUrRfbyYQGH2BkdHuaX8D5pHIIdHyVZ/qWT8BCLXDq2Lgp0Ggap1I2SAvu7+Eek+vunHD3Mxq&#10;x883eW96cy/tW3Vr2P3QuzBNPOLIW2N+iWdSQJAIhSAIBB5gIsCjRYWPqC4Rge6PbOc3S2tHWuuE&#10;bNQbIa0XzhEI+WjKOg9uRV+5mq35GSE10sGriemwEdHUmhwS3nODf/xruySinvzT1NaJ3wru6XxZ&#10;vxa6vpBGgZtL3GL1GtiOJ0W9+7RBnwlegbBRnM2lftW7MVvKEmvb5RLND/79Cf6zbWXR3g0IBDpG&#10;oJsFehem/UU/TEhIoGl/qeMMIAKdKEhA7fTp05hR3mAwiGFUcZvV+02vb1Q1gM1mFuJT/gSMsLq7&#10;1H3KNHGtWmP5dfxJM4A6CjW1XQSEIS4EiT/mu7mCgmV8u07Y7EH1IszZbBPBL2HbBEy6BqKjhYr7&#10;Zs9rdK/WGPed3962lxhsLIrc/ebL6CvtajuJbjrCZrNBqPOc7za9GkqLxnzyQUW2cCFbd3LxWAnO&#10;9xA9pIP9pOnDO9q/OlixRgVJoL3NF9581TtYsX55ajGWKp4XECQY2E1OTiZB0rpbk/bqFwQ6V5Cc&#10;PHkSU/RiBbfgYaSGgkSQa+Y3JfgXv00/yfXsibZeohZ/JdtaIO1PBERXx6Jpwm3YygCVTu+KsOAw&#10;c1dwXi+bSqv28jQMEm+DIBGjDM3UuZ5x36abuke6kPgFa6Xd08pr2iMN6c0nRTeotw5JK4F3RaNa&#10;c8cFDPTAzvVM9vap8dacuqkmd6nd3zznDl6sjhzedceiyR1B2pFjA7TFLFthYWHp6ekkSLriZqcy&#10;eymBThQkKAoekvj4eAgSYYQFCg9ufLB3siko9X7uG+7W1G0f/DsVvE8rf/FbuVsvvZZUrd5KAP1K&#10;OAwD7sFmatoaE6cdDRWxF3UO9M/z4/+wXjBkGwSJeIo38zDuK3dWoJ5CY7RYbdHkulMktePiDKBD&#10;6nUSeA7xCQaDBYJWGpotXpcuBYqzBySoqEmL9em6W6ODFnCLFUPTArd2vUjRQBBEO2RYR4iJO66Z&#10;mncdk+avdXDHaJRJi60OHFVRUQFZAmuKBEmX3stUeO8i0LmC5MyZM4mJiUajMdDIphRCQwqt37OD&#10;D4DedQGoNgOAAPo2ni7CiOnJ0fR6YSutTSbpqivU+sdzV9WgQbm933XTbSi650TIIUE30Ol0bRIk&#10;3VO31pyl44KkNY+zZmrSpcZ38wRaqR7bZ5p3pF0dORa17cjhHTlWnFqUAEEC5yEJktbcg7RP/yHQ&#10;uYLk7NmzECTCQ9LwAdP6e5XMgv7Tw6glfAAVoYztmDulgyY73UfU+3o5AVhdqGFAkPTy2jZVvY6Y&#10;5l0qSJovvIO/D13a6tZbCw0vSovtaqbmHTm2E8VMVVWV1WptvSBp9UR1ffQOo2oTgbYTaP4XqvW/&#10;Xx20w9pecTqCCHQhAfTngPJvY98OXn+6hRgqse6zHItAs3Wg2VLQLQxw1l0rrgvbz4sOnkK0q89F&#10;5ROB7iQgBraberVYk+YP77rCW6xY8zt0XcVaVAVdd+oWmXTk1K0/tkUC9epJgqTFC0c7EIH6BNpo&#10;jRFAIjDACeBBwxZjbnGyXvEAY4syKPhCZvx9B9kFdFQHywmoEVGOL1IsIFA6XnqghHrrJnQUQCfW&#10;jIoiAkSACLSKQDt+eEmQtIos7UQE6hEQN1vDF7Na/APJBI0IEAGf9e4NLFPQnCzBrYMVCt1iXWjh&#10;Imlp1QVRXFOJJJ04dhDs2en+vBXhY2p0I8FCdxkRIAK9kEBbbSESJL3wIlKVei+BQMhKIG0r4L4M&#10;SBF8EpjcplF7COZWixPa4EDshlfvZUE1G8AEGvriRY+t1+GZwOCLo5eVV2zfvsPlcvLbhH0SvKe4&#10;ifAJkoM3frexuroG3hG2eTHJr29Ke1FOIzcO7HFM/IutwWobgf0bPheDzx4YVkDh4tVoQ4RY8nls&#10;ap0YHZIDjfw+BJcn3EVc/dTqLuY9qv1TSKNO1F0DuFN3ZtPrdbkuukANixXnFd24M9tDZRGBrieg&#10;fOSRR7r+LHQGItAdBIRNgxkYsaxh29eoqq0hpobAFFsoJLjSKFmsQgCrhFljYoF2/6oF+FisASSe&#10;EKIaLrdbo1bzsHN/fAdfKrGhMVfvk4ZWXcBmavFNd4CmcwwAAo1KDlg5jS6MGDDlfTFX/m4qej5M&#10;o4MHD5aVFY0cmYE/sZAJPg/cKf77iNlPpaVlX3/19UUTJ4XotdzVyFRJQPxDKYidA2dhVhd2UrK8&#10;E6iF4IXhxT6+e5an47Pighcq5QJDaA8xghAoVqy1ErjIotXiNhbn9n3JvT7sH75v26QJX7wxcKfX&#10;no59zn9leHlomOSBl4j/4DAcfNFHfO3xiBmQ+Q5u1vxmpxAdAB22J5soRo6CHzqBviT6RcO7qbOq&#10;Gyi5nggJ3CaNnkjcoF1Xq85qHZXTpwlgsgcsXYX5gVo5K6McZlOfbjBVnggIASB+9PGjbDKZcAO0&#10;e8ITFIVpf5OSkhrOsuX1SEVFRWqVOioqWqHC+mzMJGCGjszrtNuWL1u26Mrr3E5biF6vDzOePnOu&#10;tLxy1oypsMfkcqXf+mBmU0lJqSHEYDQaYGawRd1gU3CrBuXhsRawObBbaVnZ8Ixh2rrSiK44EegR&#10;Arg18HTBjPJ41dPM8PkdOHDAZrMOGTKkvLwUkh5uQpfLk5o2aPCQIVANX365LC0lfvTIEdt27hoy&#10;LCNjWEZVZfm+/QftDntURPiUyZM1Oi0M71279uXm5F19zSLJZd+/fx9EvV5vGDVqVGRUVE5uLqa/&#10;c9jtKanpI0aMhJQ4depEaWmpTikfNnRYXGLStu27q8wWPPl0Wu24sWPiYmJYmJhXjh8E1K2yslKt&#10;Uo0dNyYlNZXdtx5PUWHR8dPnzHZHVGTo+HFjcEuWl5cfO3LY4XDidKNHjwnBc5QpASgl6BlPTk5u&#10;WWX1uHFjdGoVPkQFcs6fs9ttQzNGqTU6nuwi4R6G9xNt55n5zBSVZJKCqy9WlG9ggo9ZiAwZr1cp&#10;V/AxDiZr3JJMif3wI1ZVefjQvsSEhKTU1F17D0XFxGeOzFApZRAn1VWmI0ePWm2mMKNhzOixEZGR&#10;8D4dPXbcYjLHxESPHjsWPz/B+qpHuspAO2mDWbb4zzpTu67KyqrKKkv6oHS1UmGxWgqLSpNSUrRa&#10;DRPRXFri6eDTBkLy4pHAnyxMggapYh9SoXr9YtkfRihJbjfuhXPnzjsdTvSgiIiIMWPGqjAcxnsh&#10;Oit/OHqUSuFdQ2eVHE6X2WTFngrW5wbaFaP2dgmBYJWL92KWrYSEhFauQ0Ieki65KlRojxDoUg8J&#10;e3Z4pL179pSVlCcnJVdUlJvNNTk5WQqlUqfXeT1uEywenXHH5k01VWVGY5gHTxWlOi4mwu12Zufm&#10;lBQVwkpxuNwmi3X9txthQCQlxStVKpvdjm/Lysu1ag17fshkJpM5KzsLUSvFxSV4paelwpDqEZ50&#10;UiJQj4BYh6TR4a6ysrJVq1ZBPOh0WjFav3v3Xn1IKEwxq825bdu26VMmhUeEffPtZrPFnjFsyOaN&#10;35RX1CQmJR4/egSD/AmJ8S635+Ch4zDCExPjDx8+eOH8BcibPbt3I5ckNi5m1ZqVKpUyKjJy67Yd&#10;SUkpZWUlGzd9M2zo0IrSoqxzp5OTktZ/tzEqBjIkNiTEEB0Tg2owI0zmzc3LO3r06NAhQ001NYUF&#10;BfEJCRazRSnzbtm4qdpkxdkOHtyn0ShDQkI2btwIbRAVGX7g4AGXRwoPj3K67BqNGs0pLSn5evmK&#10;48dPT5o0Qa/TwENRXJi/7LOPivJzR4waq9WGMI3jclqsZrdHyi8oqK6qMehD5LBB7faa6urKyoqy&#10;0lK9LsTt9Fw4f8Zqs+gMBjnMQyZ4uPvDK+GWzyssCQ01qiF4PK49OzdXVxQNHTZs575DhaXVg4ek&#10;2+0mqJft23bm5ecPGZZ2eN8uueSMi4v75ruNFZWVeOofPnwYsioyOlqlxAgIN1zJ0uyWexjDUjhP&#10;kIeE6waITI/r8OEjb7z9/uBBg9GvykpLduzaFxWb4HbjBpFpVErJ7agxmaHzayordRqN0+GorqkW&#10;znmz2exxMbdeYRG6bT6KczjcCq/CZjLbrJaigsLqarNSo1VpVOg80DFOp8Nqtm7fug0XHU+oqKgo&#10;1Co3Lz87O0en07NFGyWvuaqyIC/PaUevVh09cmTzlh06fQg0CRcq9CICHSVQ7wenrR4SEiQdvQB0&#10;fO8h0KWCBIV7PO7c3DyEucdGx7777tvZORcKCwv27TsAAyrMELJ2zZrY+JQDe3fm5V6IT0ywOTyl&#10;ZeWpSfEbN21cuXp1dVXlvn17SsrKvEr15u27snKz0welwsBavXYdRl6zL5w7e+bUoCGDnC7Hh++9&#10;e/LEyby8giNHjsNLM2J4BgmS3tPHBnJNmNXcVMiWx6vWqE+ePDlhwvj09HQ4GCMiIouKikePHRMd&#10;HZmTk3/m1OlLL5mhU6mLSsphJqckJx3Yv++yyxcNH54BvXHsyJFRo0ebLLajR09mZmbGREfCQBo7&#10;ZvSgIUNMppqy0uJBQwfBJrtk1sWDBw0qLat0uiBgEkaOyBg5coTkcpw5dXLIsGG5+fm6EENRYUl0&#10;dHRyUoJCiYI9GG7WaLXDMzLS0lJdTgxXV2h12mWffR4eaigqLp41d87wzBEOhzUvNzcyIiY7O3fm&#10;zJmIK8MAdnZuvsPpxm2ZnpoCGbZt6zY4SSKjoocOTjeEhFRXVnz91ZfxsVFwR8BDotXpMehstZi/&#10;+PKLg4cOZ2VlHzywv6iwOC4x8ciRo6tWfI3xiz279+Tl5mfn5BQW5n333Tf60LDI6Bg1HK0s7Irl&#10;rZSUlZ69kJuUlKhTKVVqZXVJPjymGWPG1Jg9VqsrJESzbu3K+Ni448dPzLpk1vCMIeF6RWlhbnJy&#10;yva9By5beAW4wX49efLEyMxMNR/aIE3SbXdrY4KE+dbcLmdefsHZrIKigoKMYYPhT8vOyY9PTNm+&#10;Y6dep40KDy0vLT105KjL5V65YuWozExoDzwsUuHEk8t37d6t1el279mzc+fOkpLivXv35ebm4qj9&#10;e/ds3ryporJi3979DocrLiEeSkapUOCr8PBwaJdRo0ZnjsqEyNm6dSsGBaqrquEhhFCHdbhu9Yqs&#10;rKydu3aFhOihVQ4fORYWFpaclKjV1YlP7jZudKL+TaCtgoRkcf/uD9S6ziEQpPtZ6AV8HWazac6l&#10;l954ww2JCYnHjp6w2WxZWeeNoaHp6Wmz58waOmyw2WLGIFZFWfnZc+fvvOvOG2+4ftpFkwry81R6&#10;w/Cx48dNHJ8xcvjZc+dsVuuc2XOwwau+dfv29Rs2xMXG/vDeH9xwww0wNRD0woSQVD9XuHNaRaUQ&#10;gU4ioFQp4VvgebQs9gjbhQvZen1IYkI87LKTp05kDB+q0epkChabhNsHJj7iuzCQj5FkREZB5KOf&#10;Y0gYlnRkJMZrlSkpKVHR0RgJzrqQlTF8uNVqg4GlwXiwWh0WHo6ok5joqKSEBCS6nzx9OjEl1RBq&#10;LCgqLC0vHZw+aM/OPTt37GIJJ9AkMpkx1IBWrlq1es2aNYOGDkbI1r0//CFuVbvdoYIvQubFWDIK&#10;xy1cXWNRKOH98BqY+0Kdmj4Epj/OePToEZSAmzQ0xKBVq91O58kTJ5KTk8eMGc9CETA+zVNZJAyH&#10;Hz0aHRt/zbXX3X7brTAEL1zIyc8vxOD0FYsW3nrbLeUVFRHhEVdeufiKKy6H/8ditSOBBcEyFWVF&#10;27dsWrN63dpvvl21dsP+g4ckh13u9Xgll0xyYw+7x4UxjptuvDnEEALvisGgh/wLDwvDmLfNZofq&#10;UiCcSy4PDTOaakyddEmpmM4hgN/wiRMmxCfE7dy5Ta1Gb8GVUhcUFsNNh8vnsNuqKsrhY0dIYTF7&#10;lRQUFGTlZJeWl1dWV7k87sKiogUL5l9//fXTp08vL6+AC6W0uCA9NenKRYsWL7oiJyu7sqKa5UHJ&#10;4LpEhVm4IHNgemVwjCDAeMaM6XPnzkV/3rljZ1bWBUQBz5gx4+qrrtKHhKSlpg0bOmTcuPE6vZ7f&#10;s23LgeocOlQKEQgiQIKEugMRaBsBMU4cH8teeJDExcbBsoFNwvIa5Qq1RqNHZIZBL8J/rRaLQa+P&#10;j4sLCzOmp6TERkWplGqVBo8DvUqhKCsty88t2L1z1/59B50uGEKK7Oy8QYOGwjESFhY6bNiwUGZL&#10;0XOibReI9u46AiIXtvHy/RM3QFrASkakytChw3RancPlys6+MCg9BWnhyKVSKFh4CQQMYh1xj7CM&#10;CbcbZj3G0spLSxCtpIVukWM3FdJFMOMW3B0ZGSPdLkmp1MA9w+05lqeBaCdkmBzct7+ktGL6zEu0&#10;IYbv3XjTtdffMH3GRQsvv2z//v0YdUbQJEaOIVowDLxgwYKLL7747NlzuH0Ro4J7FGlmClRCjkgY&#10;B25e3K+4cxUqtUKhhtMCpwg1whcSkpOb9+GHH8bFxSImraykFJknWRcu7NmzJzUlGdkyRYWFlWWl&#10;LCxfiRN5kpKSx44fHxEZBQcRfh8qKypZ/ExyUmQEAqmi0lLTExMT8aOBQDUEsyG4C9YjYOI2h2Ab&#10;OWrUyMzRI0cjyyVNqdUpkWkvJj1GtoFCjtCc8IhIgyEUKWpoFX5w7Dan2wOaaplCDU2CCsMFhN8m&#10;lptAr15DADpdq9UvXHgZHHH79u3FFUdPVijVTEQgfUSp9Mi8ep1+3ry5iKGCp2XqtKnnzp49ffo0&#10;rrXFYoXTIyYmBo44uPigK9DH1Fo1/IShxlBocjxIaqprcEeyjHYxtxb/F2NYcC3m5OScPnNm1+5d&#10;IrE4NTVt6JAh27dtz87OjoyIwDMI95rBEAJHfa+hRRUZ0ARIkAzoy0+NbyMBlpIOFwkcFi6YCkoV&#10;ni5sTFguR6yvR0IIsRLCxGw1uVwOlnHidSk1GpvDWV1Z7XK6cwsLqkxsPlM1xm0dTrlHFhUeGRcT&#10;PRZx95mZifHxQ9Iw8pWM5F2nw+10uPLz8mCTMduMmW1kZLTxWtHuXUOgaU3CEmf5jNZexCwhFSo1&#10;NQn3itVUGaKWx0RFwq72MuNajvgSBJnAGMvLzYHZdO7cuaTkZCT31lRbjLCPtDC3vUh537RpS02N&#10;ZdyEyUzkh4RA5CBtt8bE8kCMeh18Jnv37EXMyew580PDwl1u6fz5C1UVFdAhCBWDAuETT7HlTI4f&#10;P7Z9+zbcQtEx0TAGzRYr6qbW65HQVZBfZDHbz53NiYyMwZAB3DzFhXkmiyU7r1ChVLldLqvZgjIN&#10;BuOx4ydg2O3cve3UmVPFZSWI+9974PDGLVsPHzuRlZ0NKxB+EtynVZXVOTl5DicyAWryCwsiIsI0&#10;CMoS83LJFVgcElklUBgsxcbrQS4zNBp4arSGuPjkwelpI4akjEhPio+OYiPWCgVcPEzo4K3X7fK4&#10;kAOjVqqQbHbq+EmYoacu5KoMyHOJwqg7UtQw9nH+wvnBQ4dC7IkfCxrz7po7oDWligkMcL1VclxB&#10;ryfUoJt80ZTjJ04UFeap5e4QjRLzFiCtvKy00may6bW65JTUAvgvKiuHDhthc7hPnDiJsMZwo8Fi&#10;xqQMSEzyoFc7nHbWqV1wrLmYJ1IOQct6Eu4paG+ciPUxXHc+D2SoIRRKJj0tfcyYMQihTElFJr12&#10;xKgxF196aW5+wa7dexH3CF8K1DhPQQleZac1DaR9iEDnEyBB0vlMqcR+SYD9YOMnX62GEoEmgR8E&#10;QR345ddo1czIkCswRxAiSsIjI46dOHX0+CkYQzqdOjYxEdMEffXVihWr1u09eMTmcGB6lcHJ8SeP&#10;HDl17ERqcjICfw8fPnTs2NHCgvzEuNiZ06chUPizT5etX7s+O+s8Ylqan72xX6KmRvVBAswGgiLH&#10;C7FPBw8cmjB+XGiITu51VxYXRoSGQGnwdRHQoWGiyZCkMWXq1K1bNq/8+msknU+bPkOj0VVXmpLi&#10;ExBm5fU4ETf//vsfIIv3zJlzh44cQap3mNH47XfffvHFl5bqGvhbzp8988KLLzldEqazO3joKGQG&#10;Uq2+Xb9u1ap1+/bvmzN3jlajFVNdhRlDd+7c8fWKr7Zt3xpqMLhd7i+WL8fw9LDhw3ft3PXVV2tK&#10;issnT7wIrs4hg9L279315fLl+w4cmjhxUlFRwaFDh0aOzPzznx++5ZZbF1w2H9GY02dMmzpt2u//&#10;9Kfbbr/z5ttun3nJpWMnTGATGfNFSuCj2L9vH5L7V6xcCeswLTUZ6gBp8Wg5C6VRwgGjZpMEYzCD&#10;5RFjii3shbg1NgFGfHz8ZEzhpcKPCTMqVcga0UNWaUK0WkyvVV5SvGXTFlONGfbl5s2bl3/19eHj&#10;pwcPH4lfpIsmjt21bfvqVatActJFk1kCCY1f9PAtxOdkxjWHMwTJTBiEUikRKzh16gyX06FWeXHJ&#10;9u7e9c3ab/buPYipFTFzI9KTcHNo9SHxCYlRkTEet4TUxIT4OEwcv2r16lUrV8Mph/md0ZfwQpIR&#10;V7gYIPMgipHrXaZG1Ijkw6gY+pZSBREC7+LRY0ePHTt24cIF+FisNtvKNWsPHD6MxxACC6OiYyqr&#10;qg4c2F9dXe2nRd74Hu43A/z0NO3vAO8A/aT5XT3tr8CEs2AmHPzWq9Xampqa6OhwjE4hbsRqtRtD&#10;QkqLCyNjEyS3s7goTwt3eChGbd0x0dFms+VC1gUMHMPDjiD4sIgINoibl6fX6TAxDlYvgWMdtgpG&#10;szBhDp4ybGqtklLE38N4Co8I55N4knukn3TUPt0M9H+MpzJjp7Fp3xBtgjh4RJjg2/Ky8oiwMI1O&#10;43HaN2/cgKHYeZct5JEhcH1Uw02BgBModsTHY1JI7BkbE1NYWLL8yxXXXnddcgq7iTADb2VVtZuH&#10;tYSE6OA7tFqsCLHHv0mJydAYNru1rKycLS4iefQhOsTouyVvSWm5xWRHOEpcXAzywkW4I8KxUBri&#10;rTBCjJAq+DEKCwtTklmqelFJWbXZGh8XExURplLhaegogqsBt3N4VFxiPKL83XYbQq2EfxJJL0hK&#10;RgP9k4x57RjcttmQDQ+7EztUlBS+//Fns+YuwM+CVqlMSEiE1wUzbOFoBIkhRAcz9hrDwIcFicEo&#10;RASOliexoAmwJvkM4Gz6Xz7O7bFUlsBPojdG2Jwei92BkQubyRQTGYUVSErKy6qqqxASFgW/k1rt&#10;sDsw8y9eiAfDiepdHXKudsNN12DaX985cVPYMMecC1GCBqyFY7c7LRZ3RGQErjgyDOEkwfXClIxh&#10;kWHwUlRWV+sNiMjTWcw2u80SGRWJroJOiLR4xFzB6YcOjAeN3WTCQwShjXi+WKw2TCCPO4uljbCk&#10;IwmSVaVSG0INkttjtlgKiopxV8JPEhkZCSFTXFKEP1EOZp5A78IdhJIxWzSPDaYXEehMAu2Y9pcE&#10;SWdeACqrpwh0jyDxyxLfUods5RDEjfP1cNlYLOwOPrQpJpD3ecFhZfCPmaXBjxe+/OA4b2ExBMdX&#10;BE/mTfZET3UqOm89AgFBgjHaRsOBAv1WdGi2IqLHffTQgcTk9NiEBN+yHDIVT6Blt43o2yySC4vz&#10;FJefO5c9fuK4EL2Ord7B5sLlcSS+5RrE3cNOq1TAA8AWUsBecDWIYsU67XKFihfM9hROgkA9ffeR&#10;WK/Id1axHyssoPh9C7GzGrBX3RCCOmEtbFUHtqgDX1NejpVJvBVlJZ98uuzq62+AwsE3fC1FX7XF&#10;bwLb038qrj7ELwMXJAo0pHbcAdOIY3kSxGoh/g0F4Tj8xX5BfK6PwHrxviFtX2v9C0EGLhz9enTP&#10;XdyUIMHZ2RXEPA5srRH40PAB67H+flB3pMkXaRf0nAjqwb5nHOsv7DEjNvRSsWQnCyXGhG1w2dfN&#10;IBJPIza7NHcXssrwpUbF3cdz2fmyOTTk1T0dZSCdpR2ChEK2BlIHobZ2KgH+I87WdPYv6+xbXZmb&#10;N8yhzr7xfQ+3PdtENoj4N/ASlQr+RCwUTcZEp14uKqwTCIhuGaxGgrtxoMcye5mb+QhSGjN+Qkx8&#10;vN+S5sq9TmcXcVUyDNNOnTZFr9Vztc4y10XylLgT+I2EYWD/EijMkqq16CFEuHXPzSxkarDNZ2GJ&#10;QwI3lC8byz8qwGroly51o+i9SCjnSxc29uKnYn4SMZTATUDsqtSox04YD88nG7D2mYDiLuY/COxE&#10;bPUJoUOazDzn58TK8JiLieFTYfIL9tPBU1D485qfW7SXm5Jia+Tngn5AOqHHd7gI1hV99r/ow/zq&#10;MX1ZOzrle+97Evj7BhfZAbHs68YojYldNs8BbjE2zMV7eqCb1asv6xy87wjJIXqNf3/fTUZqpMMX&#10;mQroHAIkSDqHI5UysAjUGYYSv/RCUghTi9sHfjPEZ3+wnfwDvnxAq5mXgEk5qQOrU/X61vq8gUH1&#10;DDZ5A++FwcMNJRhfKoVaK+aSYuPDLBiJ+wyFhe0zxLAb3B5qpRqpFNwr4XNhsKwM/uLuD3b7+NeZ&#10;9ttWtQ5HfvOJG7GFF78zWYGsXN8pfIf47l/fXdxg3NhvQiLJ3DfG7RvpFr4cozEcc7OGhxm5s8Z3&#10;vwvjL0g5cNOQW5X+qrKc5No6+35OGraDD4r7Tti4LUsKpKVr34XfNwPfb/H7r2mtp42rT5+3I/BG&#10;CJGAr66uKva7xPhDh+kMMeld4EbxKXOf8PXfEYFTcADBVaXJfruwT1DRbSRAgqSNwGh3IiAeIL4B&#10;WYHDZyb4pUntR2wsTCgVPvDrH6hqFcRGRz1bdSTtRAS6jAC6pQjNamiB+T8U/+V9nw/nihsEM/kG&#10;3jcwqP1PoiA7vMEYMg+QYmPLfv9L7dAuEz/M6A9qdfO3D3dWsEAnvvnUE48l84fG+McY6jazjiAA&#10;Bq5MROwMY8IHpLl9GPSz4K9U4Ng6RiM3EIPkCd+7kRiaIBNTGJXBm2is73cm6H2X9QIquD6BVggS&#10;3yH+DiweJKITBW8sootvtcKFd6mANudq2idPfTdO4NIH1EyjbxreFCRiqSv3HgIkSHrPtaCa9A0C&#10;naITAgZEo2/6Bgiq5UAiIESIyOf2Z3V3VfsDsiD4BAGPYuBDvuyC79Up7sRgsz741E3crXUCL4UG&#10;C96zeS9ovW+7CiWVSwSIABHoRgINf6hbf3JKam89K9qz9xLwjWqySdolTNuORaCw6ln7qouisDAC&#10;puA0Go3tK4GOIgL9jwDuLFjbmDUIs2x1gyBpN8BWj/j6kt/9J2rf2FwbCmkY8CZOHahw8zXviOJq&#10;NZPmqAcq0Cmltfv69rYDBRYktWNyMzbhMn915GL1tgZSfYhAUwTET0HD3i4+xy8eZpTGPIqYTRRP&#10;jdZgbN+vcGtKpn2IQF8lIAaDGw5w9tX2UL2JQIcJBPLCA+6LNnkAgnduvi6BeLCmvIgdbopPCASV&#10;03LiSRMnrRMj1nzFAun19d74atNSZnHzPtVu87iSGumk7kfFEIE+T6BRV3agVcHu9FZKdPKQ9Pk+&#10;QQ0IaHQ8LDvFQ3LmzBlMDw8fS6MRt628tei6EIE+TSC4n+O9ECTwkDQV19SmxjZq1wbG1Zq3esVg&#10;QVOna+arwHieb3KsOkX4koPb1AoeyR/8arOwET9ZrdQkbaxb7e64asJ0EOcKIGrTT1k9nzMpE8FX&#10;MMRqHmJV0OAP23296EAi0CcIBCJTgn8NAuO5+LXBcm1oCNZHEo+PFhtFgqRFRLRDHyDQiSFbaG1R&#10;URFWLgs0u02P7T4Ai6pIBJomgCcHHiT1+rx4xuCghg+VpiKRmmHcUOfX27mpO0583mjAWIs3acDx&#10;0lTFmh/t63iXaSrOrR0A212ZFik1WrI4qpVBF+2uW986MCBug7tNQKu3j3PfIkC1JQIBAvWeC/hT&#10;/NzBjoqKikL0O7Q6CRLqMAOFQOcKEvGMCdw/9HQZKN2I2sklRz3TvDUPks4l1/wd14x3pflqNC85&#10;ur+ZnQuNSusRAvUeFo2K9h6pGJ2UCPQGAk2NZDVaN/KQ9IZLRnXoKIHOFSQdrQ0dTwT6PoFgVdDN&#10;xno7BEkreTdTcje3sZUVpt16OQHRowL9qkXvXy9vDlWPCPQgAUpq70H4dGoiQASIQK8m0M8MrKZU&#10;B6mRXt0Le2vlgkMZOyW3qrc2lOpFBLqDAAmS7qBM5yACRIAI9C0CPShFArZd8JvOotelhXdWJamc&#10;PkEgEI5CaqRPXC+qZC8nQIKkl18gqh4RIAJEgAiw5JYe1Eh0AYgAESACRKBLCZAg6VK8VDgRIAJE&#10;gAgQASJABIgAESACzREgQUL9gwgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAE&#10;iAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBAB&#10;IkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEgQUJ9gAgQASJABIgAESACRIAI&#10;EIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJ&#10;iQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEi&#10;QASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAI&#10;9EMC3rqvfthCahIRIAJEgAgQASLQXwiQIOkvV5LaQQSIABEgAkSACBABIkAE+iABEiR98KJRlYkA&#10;ESACRIAIEAEiQASIQH8hQIKkv1xJagcRIAJEgAgQASJABIgAEeiDBEiQ9MGLRlUmAk0T8Mpk2GRy&#10;uXjD3uNfr/gvvYgAESACRIAIEAEi0OsIkCDpdZeEKtTjBIITwnu8Mu2oQECKkAppBz06hAgQASJA&#10;BIgAEehmAiRIuhk4na63E6g3P5UkSb29xlQ/IkAEiAARIAJEgAj0ZQIkSPry1aO6dyoBIUVQpLzu&#10;K/B5p56t8wujqX47nymVSASIABEgAkSACHQ9ARIkXc+YztC/CATs/l7RLH+aCGWJ9IrLQZUgAkSA&#10;CBABIkAE2k6gTwsSf/ouhrT5FvRqMngeY99tp0RHDAgCktcreeVeL+8hXuYnkXnxf/xP7pHJXJIX&#10;wVsSdvLBwJ5IFvf9UZs+LpNhZ2wtvQJHtLRj89+Lro9Ko8L+PSX2N/tULkOVKZ+9Y4TpaCJABIgA&#10;ESACRKCLCfQJQSJsrtqNWYi+v2FywbDjViP/kL+EaRasSWoFCw0kd3GP6svFK+Qy3BAKqA6WNwJD&#10;3u5wFBWVFBQW5hcWWu0ODz5uQtGitzHbn1v//E3zr+AZsDpKzBdnVtvxoZm8ZVWmarOFnUYu8Xuk&#10;pRp1tBZ0PBEgAkSACBABIkAE2klA7nQ623lo1x7GRQUbq27g/PB9JKw+pkaYCSlGifknbKzYJ0yC&#10;ZQyMNMnlcmk0GpiUrZQlgd3Ir9K1V7vDpQdyP6AlTCZTaGioTqdra6miSzG3CESFx3vy9IVPPv5o&#10;9aqvystLwiKjrr3uxu997/rhw4Zq1Sp/yUz4Ch3MvSJeFTsWjhTW8ZT1nHZ1aoO+6pHLAuW0taaB&#10;/Vl90fZaAc5AeEw2679feluh8P7yZ/cb9WoVz4tBjYRSJxdhu3HTgUSACBABIkAEiEBXEOjNggT6&#10;AraTsmGzuc5oRJDAJmSahK/AwF7scKFVfH+73W6VqpECmyJLgqQr+lxXlNkpgoQLXB7m5JWOHTl1&#10;8+13SnL19++4KSEusqi48JXXlyYlJT333HOTJoxnncsrVVZWulxuKACjMUwXasCRKsljqq7CJyq1&#10;uqbGJFcojEajwWCw2WzYGZXEn3hBw3gkR1WlValUQutaLBalUgERFRISYuYvlB8aih1DuXb2QmXZ&#10;7U4ILY/Ho9frw8LDVXDmeD3VNSbJi3cyi9WikMkNxlCczCtzn8vOXnjlnaPGDH/qb48MTUsyaFVu&#10;j7e0osrtkbRqTVRUlDhvV1wIKpMIEAEiQASIABEgAm0l0J8ECQapeaQNGwyGTShGuoMFiU+WUPhK&#10;W3tJ79+/UwQJbya6kMdUVXnlVd9zKrTPPvfsmOEZBo3K4bDu2Lv/jbeWLpg39/bbbsF+a9euXvLy&#10;ksKCYo1KP2r02F8+8MDYsSPMlaVPPfLH4qJSnTFi98HDKrVm0uTJN9100/r16/CCnMjMHPXr3/x6&#10;2tSLaqrLf/jDn0P/wI+RlZUFebDgssvmzp277PPPDx484HJ6M0eN+sMffzdm9EhIn9Nnzv7zn/85&#10;cOCAx+OOj4/78Y/vu3Lx5ZLd9uif/5ZfWiPJPMePHQ41hs6cMfMnP/3JoMHpN914wxfL10bExsck&#10;xDz28B8WzZ7x+bIvXnvn/RqzLSYm9o5bb7n77rshbIIvK+mT3t/JqYZEgAgQASJABPorAeUjjzzS&#10;K9smhm8Dg7i1o7n+EC4RrMX2YT4R9kb4RcT74GAt0T6WZ8K/o2D6XnnBO6NSIhgPUYgIzFOp2hEQ&#10;xbLW4R45c/jQB2+/fd33vnfTTTeolfBGKNRqTXp6+nXXXTNu3Di5XLF58+777/+xRqNdvOiK6Ojw&#10;DRvWf/fdd5ctvELucXzw7tvfbNoeHRs7f/48hcz71dcr1qzfoFBr5lw6KyU+Zs2XX5bmZs1beJnb&#10;5brvR7/KLywekTni0lkznTYLNMPmLdv0upCLZ06Li4tas2ZteWUN3ruc9u/dcEtWTt7ChZdNnjS+&#10;MDdn6TtLL5kyNjkm5u//fmHV+vVpgwcvXrxQIfN8+eXXcqX8osnjQ0LDv9m8OzI89Pbbbr3myoVZ&#10;Z089+MdH09KHzJu/IDc3b8269ahqXGyM736om/ROyqQzeiKVQQSIABEgAkSACLSBQK8VJMFqxKco&#10;Av/hSbq+v2rf+T/igfINHSMUoNKGbtFHd+2YIGE5SKxreaUDWzav/OKrq2/43oRJk5WKwJQJrK95&#10;vQqHW3bPDx+QK5QffLD0xhuuWXj5glEjx7z97keh4RFD0xM2r11lCDV+8vH7C664bP7F086dzbmQ&#10;l/+f5/531+03LJw3y+i2ffblShwSExP3zL+XXrrwxhde+MfViy+bN2vagSOnkEC/ZMlrt9xy7ZxL&#10;pheVVu7afXDG1MmHDx16/sX/3fn9H/3ql7+YNH702OGD3n7vI5Wr5rIFl7/13uejJs/+35IXrll8&#10;2YK507dv3VNaUnzNtVemDx+5dOXmSy6e9fijf0iIjc7PPvfhx19cffU137/v/sVXXXvRjIsHpw8y&#10;hhp82p0vuhK44iRI+mjnp2oTASJABIgAEei7BPrELFvCrcFHr31bHS+HyG33f8ccJuQE6bs9sqdq&#10;jm6DZHQvn2ZLq9UjOMrhqDvfAzfclUqZzSnt3bUvftCY5OQkmcytkLmHDEmLiwnLy8vzuNyhckVM&#10;SIg+VC/zuvBvalpaZGRUWHiE5HXLNYrBaSnI/1B53MhkkstViYkJxtBQnMoYFpqWnmqMToiJj0V3&#10;RhzXhAkTC/Oz0ZP37t0tSZ7Vq1Z+74Ybb7zp5j/9+RGUXVlT6XTLVCp9UlKyTqtF99eq1aOHDNF6&#10;lV63JFfIvSqV0ytzuT0yuWdk5sh77779408+ufuue1763xKX0x0eHkYpJD3V0+i8RIAIEAEiQASI&#10;QD0CfUWQiMiswGSpTSkO4Rtp6B6h604EWiDAg/z4vL9yxdCxYzXxcbv277NYrKyroUN5vdXV1d9s&#10;+O7EiRy3R6HR62sqS202Kz9IYbVanU435vVSqpRsNisFvCr8zoLmUONlQPwYS2+Sy/EH66C+/utC&#10;LjsTOQrMyAUJoZDwJyLNWB67B19JMq1KqYqNjUZpF02a8LvfPfCLX/76Jz/7xV8fe/Rnv3lQrtbh&#10;llDgXCoFX3UE7zDDHCb5VWDWYrfbKUluvpSKUqc13HHbra+/uuTuW2/ZsWnzI488fPjIsVZONEf9&#10;hggQASJABIgAESACXU2g7wgSFk3TMDMkmI8/u6SrmVH5/ZcAnxFBnjAo/c57v//u+++/9NJLlRVV&#10;SEavqqr60x//eM/379myebNWKb/z7huLco5u2brD5ZYqK6rffPu98oqKSy6+RK83WOReO/PY4c5S&#10;QgyoVSq5XPLKsCGjROHweB1QG3IFQr8ERe6pgI6QuSXJhRVQ+HKL+FTySHLJoVSpL1u4EJNiQapM&#10;nzbtyiuvTEpJ27f/hAO7Yqour9PtcXkwZRcy8eVKpxtnYRPTqRRqpcuu9LqcDpdXUuzfe+ShPz7i&#10;stvvuO3mhx/+Y1VxweHDh0iQ9N9eTC0jAkSACBABItDHCHS3IAlIijqcms3vaF5nNPatL7u97hom&#10;LXpX+tiVo+p2OgExNQIEgVKt+dnPfvHb3/32rTdfmz9/7pQpU+bMn7ti1cr77rv35puvDTfKHn/k&#10;1xlDUx/4za+mTZs5f8GiDz784O6771y4YJZGq3ErVG6FWiZTy+RaSaFxez1eya5TM0cIPvRoDE65&#10;yu1VSApMDexRyazQIPBzIMpKq1SFyHEYC0BUKjUKzMyrVLvd0rCM4S88/+ymjd9de83Vc+bO/dFP&#10;fp6bXzx0+GgEYykUMo3cpWZKXSnJ1C6lwuR0IN4LGmjR7Olrv/r86sVXfPLJ5/EpqQ65/Mc/+ens&#10;eXP+/PCfIqKj5156MUuN8b2Cbw1aQrHTuxUVSASIABEgAkSACLRAoLuT2gOCJFg0iOmygt0fwbql&#10;UbXSaglDuewD6B7oWFI7W9xGdBf4KzCt1pQpk2fOnIk1RpKSkydNnIQZdW+++aaICJZ9odEo586b&#10;ExsbGxkVNXHipF/+8lf3/ODuEJ0Ojg2kj1x00dSRo8YidMvjlStUSkzyO3zYMEyfxaajVqgyR40e&#10;PWaMPiI8KibqsgWXpKcmIdbK4/VEh8dOmzR1bGamCgoDYkOpGT1m/MRJE8MjjGPHjhszZmyowZCS&#10;nLpo0aJf/+pXiUnJKpUmIT5xyKDU0ZmjNGoIGUVUXFza4EHjxo/X67TjRg5Pio8bOnTIxbNmDhue&#10;cfEls/QhIQmJSZMmTfrzH/8wYngGCyvzTTpXJwDSr1PoxhlANw41lQgQASJABIhAzxLovnVIYOAE&#10;Gz6tjK9qasA22FxqkFAiyg5IHhr07dk+1h1n76R1SFiih3ghj1yhUEpSbWQTz2lnLyxTyHZAlJTH&#10;i0gqFmHFZpSGvwKODxwAjweWHYQ/xDefLj5hWSFYLRGLcvKALCgeFnCFlBGW7oT0EQ9bzNOLb/lf&#10;MhcL4mJZKCJ+i8kkTD2MyDGcF2+YcOJH+k7ANISYAYwtoYjwLrZ2O58BWbTFFxUmKsFyTVBNCf8K&#10;8VVvImz/LFutvEG74+LSOYgAESACRIAIEIH+TaCbBElwdAgzgpB4y6PdW3y1S0yQIGmRa3/bodMF&#10;CQcUHNDIVIegJsx9D8vX8DlUuH5gEwarWE45kw9cBwQgM6XA9QMyRHwfSwpklkC3CMcgT0pnfZ3/&#10;hy/ryf/i6oWl2rMvWJG+FXegefgJfB4d8XWtMBc1rHeNm57Pl+klIVrqHkKapL/dJtQeIkAEiAAR&#10;IAK9k0D35ZDUahL+jhtwvi14Qt/671ujWnonWqpV/yEgppUOOBy48V7X4uffcbnR2Hy6wrXCvkJm&#10;O3o+pvJi82OJ1TpFUeKdWMCTL33CPmWzdYn/+EoQSFuasrdp7dH4JfFVoP6X7RoN6D8XnVpCBIgA&#10;ESACRIAIdBOBbhIkDU2b4E/EBFqNbu3FEBgtJqOqvQgH4nHCJxDYghE0dDjU2ZV5/FinE9JCOBsC&#10;nVD4TKAtoCyUyA7hAV3+veqdJOg8/noEJ50H7V13hfVWXK5AOfX2rdfqpgi04gy0CxEgAkSACBAB&#10;IkAE2k6gmwSJsM58WR38P82HbDGbiFt47VrjMNiAa5Bg0nZGdMSAIdCUIPEpinraAaFU/rmo4fNg&#10;KSANpq5q0vQXnpSmg6Jqv+X6JnADCQ+iSETh4V+1CsjvbuHOlYYvfyENL2YzgoQclF3Y95sapqHf&#10;rC6ETkUTASJABIhAryTQfYKkjjEnDKqgj4IViG/9w17JiypFBJoi0NZAqbaQbGCjMonkd8U0FBSN&#10;Fy0K6Rxzl2fIt/BqSwMH6L4iFjCwNeEL60w49a5ZZxZNZREBIkAEiAARaC+BnhEkdcQJd4Z0kpnU&#10;Xgx0HBFoF4FgR0S7CuirB9XJaWmsEV0pz/oqtDbVu3OEY5tOSTsTASJABIgAEeghAt0tSBqNT6e4&#10;kB66+nRaItACgeadIPUO7n4RIqoXXI2GnwS+bbQtvbIHsNmefVuDBjZsbHC7emVzqFJEgAgQASJA&#10;BFog0N2CBNVpOm6erhYR6HECnRs1I1I9Ov5qSrO3vmzs2aLwb3/bAw6T9mqS1jekFia32esLEvE1&#10;Vykt55I1o16avWYtl9yRSy60CEsU8lOpJ7oaK9y3ayv2rKNoGKuO1LXNx5I3vM3I6AAiQASIwEAg&#10;0N2CJBAz3b1PwYFwKamNHScgsUXa2TqGWGSkjuUkPmm+08IW9GDFQf94tTCMJaxVyLZ29ne/xezL&#10;qm9gQNcvtoG55zNu/WgamSTCf0jjFnxbBUbAIG6LZdwwuaW+kGsUH8/iFwvONzTHGwqVRspoYr7j&#10;+lZ6A6r+qQV85/V1jYB88K1TyaDXzhZdr3f6L2X9WonxGjYpW62C5Bl2bEcGNdC/2LI2bK2ado/w&#10;8BJ91WpRJwS6R1MHtL6Ht3iujt/IVAIRIAJEgAj0MQLdLUj6GB6qLhHwEWBTvgk71COWXg8yguvp&#10;hCAjL7C8SOdy5Cu482pA7TRrCYrZIoQ4wjFYmbF2NXrxMS+EbVyMYb1HbBLayJvpW4W+xdoHooaC&#10;9xQfCo3WqDnuPwrNEZuwtll1UIcgy9f3aXBsUrBrhK87WU+BMKseZdadxznwZ8AmZl6jesXy8wbP&#10;bFa/7oIm7wuiEwhFBHqBMCs0wQOYPvANvBBBss3v5OHtD/wcC14MSp31LsUJAzDFujdiKRvfWjWB&#10;5jR/ybhHi69yI3HurGfjv7WXiV8F1N+Xb+/r8ry/NNx4Z8Hm9r9ppkvWuukaqOsWexntQASIABEg&#10;Av2WAAmSfntpqWFtJeAbBOZmpd+MZqYVrGNhocLkdPM/YAAK61nYfz67k9u/bCbg2hP7BACsP1Z4&#10;g2yHRmsYKBZvgnLHxWmZEcmGxb3MkhSzZ9eKAV4nnyntawIfaOduH6zuzo3PWn9C7dl91WNqS85k&#10;lzCy+eB7s69AiwKOFNZS3syGnzRTkn/Je5wQfKGIsC/kBIQR91m1VAecS1wvj8enAQLehSZcU4GG&#10;scsiqtpqXxBXNcDJKwaqPmeaEA++PwKeKJ8gZHoFh9SfXLBuw/hVEN2stj68WBzp5o42Phu0T5Pw&#10;sK7GPTABHdhQCtY5JevXvL/i1C1da35gnQ5ft/bBIqRW4okbRJLYdWEQOO9ujhJroRPT10SACBAB&#10;ItALCJAg6QUXgarQOwgE/B5cfPg8B7CP+cvrsDvPnTlTVFQoRr8D9pfb7T537lxeQb7b4ykpKjZb&#10;rEGmnccruUqKS2tMdj6aXfvi5mkjEqVRC5J7DWCc4wyevLxCu8MN61mp8A+KM2uSvbhR7dMj4g1r&#10;BKrudpSVFFWZTG4v3Dv1I3z8C8Qzu9dhMRXn52FpeIUwfVvKOwmY8gHt1FBNBTRVvaYFCQBmv/IV&#10;XZiLBg01mS3bd+6rqKhk+7RuWXqn03XixAmn0+lH7FOXAX+CXw8wIvzUIirK55MJXIs6soRf44ZX&#10;BIqJfy4VlxSZrBYuEbiRjU7BDHvWYuZcgnQUzhPhfWqUqB8xM9b9AV5sNRvhbJHLLTVV+/fttdrt&#10;WE4TV9zldrpczgsXLpw7l8XqIHxYdV+BJgRL5breD+FeYjqVS1ihqWobW6/J3AvnU0HYKfjCiaNE&#10;32vULeIriktiIdcD2HvHTU+1IAJEgAgQgV5BoOcFSaOPsV7BhioxwAjwEBYlVlTftGnjlq2bhZEP&#10;27C6uuqTTz49dfLkJx9+vH3rtqCEEGaEuVyul1763/vvvV9aUvrKkpdOnz7FDxTGqGSzmP77n+cO&#10;Hzpez3BEgIvwmfBwI6mwsGDFylWwqnn8jc/IY94GDI17mGHKR989ZnP1Y3997OTJ08JKFzYwC7CC&#10;WmFRTr4BbI/H7XY5Dx08euDQEbfHjW/fX7p01+49bhaYowgaVGcuEafDumrtuvMXstD4vbu2P/ev&#10;Zxx2G8qH8yX416HWIPWdmR3r8bj27t23d+8hkTojbFNe2ToD7sE+k8B7bm+jsbCHJdZQ2PCSUyZn&#10;YT+vvvbO2+98UFVd45cTvpIDJ+Bj+j61IrwBRUVFf/vbE6dOn/HLqGBBwkUIPC7M/8OVln+YntUB&#10;SPweCQGcO1tq3UQ+0VV7L3CPitfrstsf+ctfd+7Z5+Lg2QG46NzVgP8pFUr8zYQrArG8Er4IWjQz&#10;YMTL0NuwsfLk2JkXwqSSXKHg/UeSjh8/9tNf/LyotAzfipJlkufzzz77cvly6FNFcFAX9yj5JYbw&#10;g/kuCu8mXFnxYEMGnfst3B6XkIBcb/AzCAeXf41NAVHBOjNevhU5fYFpXFH7hBOHjp3YaQBaiA7R&#10;FXjj4NQzm0zfbtySl1vA7iiIE/+LxYsJfUQvIkAEiAARGMAElI888kjPNr+xCJLW1CgwgNvUm9YU&#10;Qvv0KwLCnMIwuUajUalUbW2bL3hFJivIy330sYevvGpRiD4EHoZtW7f999kX7/3hvUMGD0lJS4+I&#10;irBabTVV1dU1JvgSdBpVYnzs5MnTjaHGTWtXxKek60PDyiurYempYF673B99umJY5rjhg1OhGsrL&#10;y0vKK6wOl0avw4A3W9tQ7pE8jtVr1y95ZenESZONYaH40G62lJeWV1RUe+VKlVrN9vN6lAqvw2Z5&#10;ecmrU6bMDAsPKy2rhCDQatT4EtLA5fQUF5VVVFbBetRplE6L+ZPP167duH3UiAyt17Zq7Qa9MTo0&#10;IsZsteO8SpQJGSBzySRHZUXpg3/6u1KpGTYo+fzx/Yd3b50ya05ZeZXV5tRodSpYxl7JYjGXwmFR&#10;VSnhjFott9HhbnFZrZY//PHxs+eKx40fqVLKLdVmCKOa6mqthvlbakzmsrIKh8OpVCqsVjsOMplN&#10;Vqu1qqqmqrJGpVJiQ9XdLltlRVVlZaVS7lSrpcry6v+88M6MmZfOmDpBp1VbzTXlZaU1FuaI0Kg1&#10;sJ1Ly8qdDofNZve4PDgXBGF1dbVcoRw8dPjIEWNgzVeUlTvsjvLySqvDrtPp0QA4l8zmmrKK8qrK&#10;crTU4nB6FZAMzBEEtQAT32p3FZaWmcxmGOB2uwPVktyymuoau91WWlZqM1vRau5QkOCgKCwqsFtN&#10;kuT+9wsvT5x+8bChg9EOmONwnMC2xnkrK2sgklxOV2lZWbjRKLk8lZWm0vJqi82uVYMTM90dNmtx&#10;cZGpxoQ9nU6rw6uwS7KC0gqjQa/CR243OoBKow016IYMH542IrPa4XTYnB6bXea0JScnJ6QOio2J&#10;qKoosrkcpeWVdqtNo9WiQ6E56AlllZXlZUVudDiv12Kx6LQaJoh4mgg0S2VVVXllqcNpU6tUVpsd&#10;VOUgYEGXKzVbbehxKqUSwX02u6O4tLiyuhrM1SqNEorRI7OYbaAIUEp0ApUCYCvLylT4VsmKNplt&#10;Vhdkkry8vAwYa6rNNlO1SuYGn8L8wr8+9V8orbSkeK1WYzGbUW24whSohErlU5htvWNpfyJABIgA&#10;EegvBHpekLSLZItqpFUB0e06NR3Uewl0UJDw4WDWtcLDw7/d+F2IMXzUyEyYti8teWXxlVdnZgz/&#10;6MMPYFFFxMb89z//ef7Z55Yt+wL2d2JczEcffQhjdNjQYV998Wl+afmKlaufe+65Y8eODk1LSYiJ&#10;WbZi7ZhxE9MSo/fs2vH0P//97PMvrf92s0KtT01MNuh1XhlivmwP/fkvBw8eyzp3YVTGEKXkev31&#10;15948olPPv0sKzs/KTk1Ni4aRrWCeTPsH328DJbgypVr/vnPpw4dPBAbF5+SklRTVfXO0vf//o+n&#10;33p76dETR5KS4yWn/bV3P9mxc3dxUcGYEYM3bd1xOit/7Ybv/vbEkxeyC8aMyYwMM7J0Ea977569&#10;jz/2t9y8Yr0a7p6a4wf2W+zORx97fNXaNeHR8YNSkt0O2wcffvjY3596Z+nbp0+ejI2NhUEMjeT2&#10;OM6eO7fkpVcKCqtMNaXGEOU777y3b+/hzz7/JCNjUG5+3lP/ePqJvz157NixwsLi/fsPhBpDn33h&#10;2e++2/jJRx+99cabuTm5g4YN0+rU2zZv/vOfHn7p5dcry4qHpMbt2H3oH0+/6HR7R48cLLkdLzz/&#10;/N+f+sdXX63ML8gfPmIkxvd/+tOf7t6z6+SJ4whGe/jPjx4+cvi77zYYjIY1a9aPHDnmwrmsv/z1&#10;4SOHDz/2+OObNm9KiI9LTUmC/+TNd5Y++fcn16xckVdQsHHbbq0hPC05UQlBKLkRz/b6W0v//szT&#10;K75ekZOTu2H9hkijwW2X/vzHh06ePP7C88999tkXEcao5JQ02OiffPLx35544svPPiopLj52Nmv6&#10;pXOGDxuigmdNrnC4pVVr1//1scffeuOd7PM5u3bu2n9g/8TxY3bv3Pnscy/869/Pbdy0Fd6nQWnJ&#10;8GC9/dbSv/3tb8uXf1FeVrxu/TpJZVRoI2646bZrFl8RFa6z2s0/+/UDaUmpDqfl5TffHDv1kqXv&#10;L//i05W7t25wWk3HT50uKq+Oigr73a9/cfjYiRdeWvLBBx+ptfqhg9Mh71avWvMkesJbr2RlnTt0&#10;8EhObvGoUZkKBfSnhLDDXbv3PvrXx15/45WTxw4V5Gdv37V32LBh+blZz/7rHy+9tOSzL74qr6gc&#10;MSIDWR9fffUVavjO228fPXYsNDQkPTkV1/HNN97657/+9fbbbxfkFyUmp0Bq/vKn92cMTY9PjHa7&#10;3F8uX33i5JmoKMMvf/PrYydPvfnm2++/9brHWjUkLenw8VP/efY/WVlFIRqvVqN4/a03//3fF1at&#10;WoW8mOEjRmjUKu5L8d+Cvfc3hmpGBIgAESACXUKg50O2uqRZrNAWA+C77MxUcB8mwEJHQkLDFiy8&#10;esO3W2CA5ublV5mtF8+aCQdFZVmJ1WrKzsle+s67Tzz59+eff95ssVTXVGdnZ8P1AedMUUF+TU3V&#10;nx76/YoVX8bFxD337HOm6holQl7k7oryEhj011573dcrVzz19DPLPv/qxPGTSO9ANBGsul/8/OdT&#10;L5ryjycfHzEk/c0lz586eeSD9955//13MY7+8iuvuJwOFsPDI2fKSksL8nN//tP7V69aNiwj7eXX&#10;Xy8qLt2+Y+eGb9Y/+dSTX678evSoMY/9+WEY7pfOnX/5ldf88Q8PpqcNsthsMoXyoT//ce3a9adO&#10;X1ixYq2LBY2xe2TCuLELr7ju17/85ffvuTspITE3L2vq1Ilff/3FPffc/emyL4sKC48ePrh7185/&#10;PPPPL5d/NW361HfffQe5ExgaVyo0gwYNHjtuwiUXX/zrn98fHaHff3CXJHf99ve/Uut0f3v62SHD&#10;R63fsP6hPz106sSJ3bt3KZSq4ydPVNdUPfPMU6+/9nJ21vl169ZVVla99L8lixYtXrVyRVxsDEze&#10;ObPnzLtswZ133jIyc/jLryzBgP3ny75884034ENZuXJ1TY1p545tEEW33HpTakrq+g2rDYbQX//m&#10;54MHp54/f14hV3k88j179y5YsOCbDeuuv/rqp596EqP1X3719fbtu16G4f7++7GxcevWfwsfCY9v&#10;g2fJBqG4c+e2f/3zmTfeeCMzc/SGDd847U6bxXbo8NGLJk19/933fvmzn7+y5LW83KKDh4699fa7&#10;//znP5cuXTppwkRTeQX8MyKuCTki57MLn3zm2dtuv3PZsk9vv+2W7du3umy2spKKd979eOrUGatW&#10;fvXXR/+Yn3cuK+vMxs1b1q7/7sknn/r4g/cmjx+zc9vGispqj1d5/kI+c2rAKyeTtu/b6/Ag4M59&#10;LivbLnmzsguPHjpy9w++P33m1KLSEriU0B/2Hzw4ZGjG0vc/euLpf7/4ylsHDx45f+7Cs88/f/ud&#10;t3/55fIbb7h+x/YdhYVlCCCE6wTiMzs391/PvjB3/vxPP/kYXWj39i2nT56qMVlffXlJZGTE2+++&#10;t2TJS4UFBcePHjt++MgH77/3xON/+3r58svmzT9x7ERZWeXSd94vKCxcsuTFzz7/KDRc/+bb7xTk&#10;FxcXFtmtVji6EAJWUVWRX1gEj9POLdslpfqFF59d8r//rvjiw2OH9kwcN2beolt+/svf3HbbLWWl&#10;he+889Zzzz371N+fQt1MJrPIs+nDPxtUdSJABIgAEegYgX4sSEiTdKxrDMSjRfaGDEErl8xesHLV&#10;hvMXsrfv2JE6aHBcfJxarVQrWDZCYlLi2LFj33/33S1btlxxxeUpKSkej6RGNJEkDR485Oabbhgy&#10;OB0D83ffeVdURBQiVXQatdfjLC8t/nr12m3bd3zy6bLVa9fkFxTm5mVLHjdihhA8FGpAbI4+PDJM&#10;IXfl5529++7b0wanpaen3Hn3nRazxelE9geLbYRdaTAYrr/+2pGZg+JjI2677abzOTlHjh3ftWvX&#10;DTfdMHHyxLj42Ntuv/vM8dP5ufnhYUYUGh1llKtVxoiIaTOnDxualpoWf9Mtd+w/eMyFSnMLUKvR&#10;alTqyIhwvTEC0ikjM3PUpCnRsTEzpk8Nj4gor6x4+h/P5OXlfrdpKzw22TlZO3fuggBjie8s8ksX&#10;GhoWGRkWFhGCUKPU5NhFVy0cMmywCXFCTu+137spOSV5eMawW26+OTklBZkEao36qqsWDx48ePiI&#10;jKuuvOLsmTNIZ7jyqsXLPv/sk48/mjRp0rhxEw0heOkx/I/klnff+6CgqOjL5bCKl1dVVe3YsdNi&#10;cYwZM/naa68ZNmywPiRELtfccMMNGRlD9XoW2CaxfBBlavKQKVOnxCXEXzZ/bniooaAgDzrnxptu&#10;yxyZGRsbf83VV0+bPsstIVwLUCU3BMnunVdeuSgzc2RaStLChZePGjUGgXTRMfHDh4+ePHVaQkrK&#10;rJnTEbpWUFC0c/fea667bvSoUQmp6XNnz9ZAk6nhV2LaBhkV323dlTp4xBVXLEhOjhs/Yew1ixYr&#10;JE9xMYKjZAsuuzwpKW7ypHEP/PrnaWlJ6zd8d+Mtt1w0eXJMfOzsS2dccvEMxJW5vF6lLgTxUjxD&#10;XK4PMagRJwXQKq3Lq1IYjLMuWzhuTEZsQixPWmFXICIicgpqmBg/fvLE5EFDDh85cfTIsUvmzLlk&#10;9qzYmKipF1105ZVX6w2hqJ+CRZO5s3JyE5JTr73u2pTklFGjR/3ohz8whIQVF1fI5Oof3HtfUmrq&#10;sIyMxx9/bML4CWtWrb5o0uTJkybFx8Zdf+21d95xp1qt/fTTz69cvHjo0EFp6UnXfe/KwsKi7Jx8&#10;yQ2tjP+pWX4KvHgseUQh0+vmLrwsKSUpI2PwdVddlp9zjiWryJQRUdEGQ8jI4RmXzJjx9htvHD5w&#10;aMbUGVGRUSLzn15EgAgQASIwYAn0b0FCmmTAduz2NdwXCgjTKC429s477/74k8+2bt0KQxnJJHzu&#10;IzZ9LnIf/vbY4zfeeGN5Rfkrr7yan5ePmHsWoS8hqQFxK24kheD0+Aw2P4axXZj6yetVIUkjffCU&#10;i6ZkjhoBw/tHP/r+8BFDWaY1T+lFfrGSZUQjs1ky2a18Mln4BlCs3M1mjhIhiGyuYSQ+sMlweQY1&#10;NAFixvT6EGgKPo+TpFGxXfMKizQI65dJSqRxI59bJmm0Sq1ezaxbucxgMFbXmMWINMtfVijsNqtY&#10;eM8Jo1ihl8m10D7IdpC5kUNhjY2PhS9i8sSJo0aNQv1/+tP/gznr90DKtdoQrVYNwx5VVao0IQbk&#10;wKCGHrVGgUwInv7txUC/0+4ADeR6IyUGUxYj2QcCz+m2oW6zZs18+pmnQo2G119/A04JD6QCq5cX&#10;sgRAJk6cPHbcOFyCK6+66o7b7wwPi8CAOjJDuCJShIclhoaGiomtlEqW1wAxiU/wnmstNVI2cGFc&#10;iABj64IggdrjcnmQ3uBb9kSSABlH2e32QJQnLqHT43YijUPyoMJseig2EQA8Qki1wERnrKVoFZqC&#10;C4E/xYHAp9frqqqqmYuDz29mMYMqyxKSkG/D0rjZRcOJkD6hVqvdLhTLst/xqcvhEBMuR0WG4bT4&#10;UO6RS1abw+WA8vDgMqIGXpfOwCc8kCMvycV6BksdkrQhIbyzqXQ6A6ZQA163ywX5hE8Aw253skQS&#10;1m35xM9I9RAzKUA4oDEuj8Vi0+tCZTIkXCELBJOwSTw/x4oaWi1mNAP9A8daLVa7A2n8DuACeJEt&#10;73Q5GQReEPqaXKG2OxxsMjC5GtFrELp4umByML2WZXMBstvtVKlYRzMaQn/3q1/dcsMNeVlZ7779&#10;TkVpufilFsMB9CICRIAIEIEBSKDfCxLSJAOwV7e7yb5BWtwVYSHq6668fNWKFVarc+zIkTCyYE67&#10;ZMi+VV04d37Jq0vShgy6/IqFORfO5ebmqTE8jJAVuXTmwoVPP/k8r7C0uKz8w/eXIkwrOinR7kb+&#10;tzw0ImrwoEEwCCdPHBsTaVyz6ksmKTCkDHPTq4J/oai0oKKi3K3Qp4+YvPT9zwsKSrOy8t57d2lU&#10;lFGvQ1IylwyS3G6yrvhy+ZkTF/ILyj7+7IsRwwbDPzBm3Pgvln1x4siRksLi995548prrolPT9Vr&#10;JUtlmaXK4nZ4YC1qVXAgcFNfsilhXsMC5Wa8R6kxRhjOnz9jr662ebwetR7mqVimT6vwhug1P/zh&#10;D0pKS+IiQ6dddFFubuHBg0fhEIHFK0qDaiguzrLYXFY30hRUMGkVknJQcrrablq57JPSkrJz5y8g&#10;YaCwqAh1gIGuVqmZFSu5ZAq3Ui03Wy2ffr4MkUlXL1oUEhJx/HS2BapIcsDkV6v137/rbtisI4YO&#10;Hjp0yObNm3PzcmAz2x2YBIxVj2XJmyp5rjlMeyVmxFUooCJsXjlb1JHPPuaFgQ6f0pBBKatWLMu6&#10;cK6spGzNmg0HDx2BXGSeCIVKoQmZNnPWt99uOHPqBGr73bffnDp1Uqs3uDxI73bJ2UxiuHzIgXeF&#10;GVWXzpjy9afLDu/bX1VQ/O2GTTDS1TDDZXIVJh/wyuZMG2spPvvNug35+WX79x1cvX4NPA9x8fEq&#10;lfTdxnWlpWXHjx9/5NHHL1zImzd71orlnx88cLSiuGrHtv179xxQK1SRIYaa7DM7d+wqKSz97pst&#10;5uoaic/OBbWqlXk0XqfXyRrOcsmhWCCwWJY6SzXHpWSmP3qSUpk5KnPbls3bNm1GWtHBw0dXrF6D&#10;OR74wolapVI3ODUt//yptatW5OeVnDmX99Lrb8iVUlR0qN1hf+udd0tLyzGb8MOP/uXb776bO3/e&#10;oSMHDxw6gAx9zOn1z389C6/XTbfduHbD2rw8pOGULX37s6T4hBEZ6eMnjEHCFaL4zmTlrl69AfID&#10;1wCiU4s+5HHDYeVRhriUIQq1JiVel5t1ymyynDmV9fr/Xh2anrbg8oUlFZj4oJxJ98ZmWG73nUwH&#10;EgEiQASIQN8i0HcFSfC0ng3f962rQLXtJQR4WoFYAUKmSEqIHz1qNMbmkxIT4MeAdZuQlBwRGTk6&#10;MxMzAy1evOhnP//Z1KlTRo0aHRMby0amPa4pU6ZhzqK77rjrxhtuOHnyBKaFDTWGpaalGAz6hISE&#10;B37725eXLLl8wYL7fvjD71137ajMEQoFG8bGwPVgTOA1ZND9P/7xufPZP/3ZryKjYi6/fPFNN92M&#10;0e4/Pvggm4YIA9GY5lWhGjtubFxC3AO//+2ixVfv2L7rgV//KjY2esFlC6ZOm3bPXXdfc9XiXbt3&#10;/PM/zySlJo0dk3nwwJ5H//qX81m58fEJUZERaoVMpfCGG7URYQh2Ym2E9tBpQ2655cY33nj1naXv&#10;1JhtQ4cO55O+ModDRHi4Vq2Gg+K666+/6447EK7z1fIV9957H6JuEJ/GTGOV6q677vryy8+e+se/&#10;srLzolhADrwTqpjomH/8/cntW7fMmTP39w/+fuTIkdOnT0PQEGJ9ENvGppdFtJdGl5ycZAwNHTNm&#10;7M9++vNbb73NbLHNmDkLXo309FSEkYXo9b/7/e/hX5oze/Ytt96CMfvLL79cp9MOH57BCmGmuWJk&#10;5jBoPEgjrSYkLTUVJnpIiA7xdXD7wJRXqTVIvMaI/t333DV9+lQEd91xx10nTp6ePg2VYUtcYlOp&#10;tRdfOmfGjJm33HwLGrhl08bLLlvAp771YrYABFCx6bhUSrzXapTjx43+yU9+fPMtN990y207du2Z&#10;Nn1mZHgYnyyNTWabmpz4338/89jjf7nl9lteff3V2ZfOCQkLTU5N/tnPf/rNNxuuuebqH/3oR+gh&#10;aOP8+fMWXrbgh/ey1+bN340fNw5q0RiqfuXdD/759N/vuP3W9evWThw/ARpCJVekxcfpvJ702Mj0&#10;xFg2Ma9MlZYySK8LkVzSiOHDQ/UaXEW13Ds4FQIhZtjwjN//7rfP/ufZxYuv+t9LL0+fOUMXylwo&#10;fD0XRWpq6l/+8ijy1K+//obfP/inyVOmI/wMgX1//NNDWVm511173X33/QghiNdddx1i3u6//8d3&#10;3333ZQsXfvb5Z3fceQe66E9++hPcHLimiAQrLin93QO/GTxk0IN/emj/4SNXLFr854cfRTczhOiR&#10;VzM6c5QWAWcQ6pBPGoMhPEpvCFm08LIXnvvPhx99FBYWHp+QdNddd//u979DAn1qajJcOmJVndof&#10;gsCPei/5baBqEAEiQASIQFcSkActJdaV5+nWshv1+lOEcrdeg24+WWB1CxjKJpMJQTs6na7tdRDD&#10;tDwsBhEpeDmcGNZHTgM+QugL/oZxqtZqbHYbwloQrxNmNEKcwALD5wjcwixYGOo128xYByTSGAbj&#10;GBWzOxHto0ZcE2afNZvNFrtNpdUYjWE80It5ItgcsxLiiFC8B/FX2BNJI2gF2iIawi1enqcgSXab&#10;E3abDaE/TrseysAAacGMOfgHbFYrZuzSh+j0ejYzr8uFiCunx+kx6LRuHIkkAMzYi2ltbU5ULyzU&#10;wEpl4ktyYE+bDYY92oL1R3R6AxNgHjaBMptWWKnEAHZ1DVwXLqAIxYEIXvIiHItNSgY3hM3m8Lhs&#10;mFvWLcm0+lA4XthMux6XBZMjm62IvIKPAiXArMcUwAiiYrPQIqvG6UAcFfQbamDDxF4OF+LitHoN&#10;gq7MNr4bZl6SvIggMtXUSAq5wRiq18F7I8dcsWggAuegETHhb3iEAXYsW7nS4dLr2YkQZwazmDu1&#10;3FarGTvnFxRkZ+empaYjQSW3oOylN5beeucdc6aNZ/xZ3okcp6+pqYGnBYIKpUGMoRWorU6vVSCU&#10;yYOZxmxQUGqNFhF5mGsY2BA2xhCoVHBgiYA3vMDfbLODvA4KFTWUS/oQPfoArjvmO4amwtzQPO0E&#10;kws77Tac1oLYrNdff23I2IvmL76BxXA5zHKXXafRIL5MoUJ2j8JkdWgNRofTBVeaUa/2YnYzF4IC&#10;5RBIuOTaED2qyxha7QpU1OVAkk9a2qDYuEinW3pr6UcavfEXP/mhHgF4uKhyBa4pauJwOFQqRajB&#10;IMmQBqNDkx12O6axVmo06LSY/I2l+7tdyF8CBFBFNBqfR9uLfldTY4aQM4aFQWajwki7R+eBs4hF&#10;7Gl1AKdRKS02h06r16oRe+ZwOyxwV6m0IQ4Xm0oYQVuhOj2C6NDfEWOmMxgwCzDTj8FqpO23Lh1B&#10;BIgAESACfZpAvxQkffqKUOXbQ6BTBAlbgd338mkS31p0XOGyPGK+2jqPnGLJGGx1ELbONf9aDOjy&#10;F3IGeOKBiu/Ml7Nj/xEGvPiLJ/H6licXa5HjMx53438h4p+tqSf25+va8TX3UALLOuD14b4ctoQf&#10;RBPTJOwjkZYvaiSOQpnsUxij4rgAKr7KHg/hglUqsmf496zAujMe1abW+JbI8503aPVAtsg66scX&#10;AOTnFav8IXUeyiFga/rXSwyMfrNzMR8RV4B83T+Wr82Xk2er6SEOirurWC6G2FVY/pwKryl7z9Iz&#10;+OeMnm9JQ/aFDxoSPeCr+dc//3njzbenp6Vv2rzt6Jlzjz3xxIj0REaYRT6h7mw5RD4bFassd5D4&#10;rgQCj/j1E2f1ofCh4o3kZ60d7xAdwnc4uyZ1aIpr6C8a/0XekfWpvz+RMXby1dfdoIdG9dFnyeGI&#10;qmNlYye+VqFoIe9Fvgmq+RVnkzfzPoLYLmdlRflvfvM7zA0wderk8qqq/738xm8f/OPCeZdoeP4Q&#10;Tx9hUyPwxR9ZmlOdykCbCl8PW3AFrRbt4p2u1nvBHFPiY3EviK4iugI/AmtQQr3zPslqy9Jv+J2D&#10;/7MLLXpobbJIEI9aMEE8RecRNSfRUnu96F1PEAj6KWP9njpkT1wEOme/JUCCpN9e2gHVsM4WJMJm&#10;qjXXmO3PLTC+DDWz23w2ca3lFDzAy4QNX+hcSAL2D8sOrrVxhR0n7F6mJOQyjLazxGK/VVfv6gXZ&#10;u8Km4+tbw3hmgoQtAu6z2ni5PhOvzohz4Gxc5vBHqfiI6RyJJTQzO9y3ZjmzSYW1KezRIJUTsD/Z&#10;Z0wz+QxWtifLvWYF+qxU/+F+EcObFDA/A6JFLGnPbGVh4vqWUhd7swqK730WvgARJJ9EkYGPeY2E&#10;ucxPxbOvJavZtGvnjp17DmKtw6SklMsWX5k+OF3D5jeD6mH7czM9yLqo5S2ayU/oP6vf+PafKUDc&#10;V7c6JjYvqbY4nx6tbYPX5bTu3LM7LAb5GCNxJDJSmEJiG+tucA1BonFDnmsZvyTmy637+pQghAA0&#10;CAEk7R85fGzTpm0mUxUSX6ZffOm0qdMMISysK2DZN2NFiSYx6JAUTOXy5deFGOAONd6UeovO17bQ&#10;J1F4AbVCnatTfiF5LXxdO4hSA00ibmf/vUA6pN6vAf3ZWwjwIRLqn73lclA9+joBEiR9/QpS/X12&#10;J7PxMFrcoZAtGHQsNQL/iqFyPjovyud2cGOjuX3/AvhERSc0pHbkXPCqtSoDtmztWbgiqjNY3mwN&#10;6miE4LJ9RTdzbdihuKaY/oxNkoYoKLgIWAk+S6KtVzVQk7Ye2LB9sGYQV8Y0GFOVzOT3SdJ2XQzu&#10;4mNIETPG5/VCfCEydmpbGmzlC1dJI1XyCwEmeXzyzveR8P2I2yGwbAgXarV/8l2Ftgz4cZgg4Z+L&#10;eym4WwgfYMdBtosXHUQEOkaAuSX5IwPFNHo3dax4OpoIDCwCJEgG1vXur63tFA8Jt7SYkYqZlRBk&#10;j0mHYHghNcQ3RMyCXIKtYmFP+0KgAmCbd+KLorrnKtSrSTecV5irSAIX5+JeHGaJske1r9FBTidm&#10;mjLruZVMWv28F9ZtLWRYDMwWDoo6wp8B5Smq1zycpr7teMCG8Df4+hE32YEj2Dxv4ynQUlYky+Jh&#10;IVrMs4LOzKKsfALb1/18F6iuJmnYzHqf1ItXaUU39rlM/MKmvvDA52KCZnF1UFVRZhtb3YqK0C5E&#10;oFMJiB6LFxLDeGYd5s4mTdKpiKmwgUeABMnAu+b9scWdJUiEwMCyfufOnUfeOZvZto7qqKclukla&#10;tOmK1bO823RsR3cWEwL4RtaZ1gjKZhFD43WcJv6Ml1YNkLdDUAXbteJwkT4hrnJAirQYd9HUqdtR&#10;pfqEmVYQwXNcSDCpVKdTtck05/JPCBL2auh9wofC+ycgBAMJyIB64VLtUwgNlUyjDYECETpTuGuC&#10;axVcQr1j28Sko12ajicCTRAQgxoYusJUFpi/LiwsTKhrehEBItA+AiRI2seNjupdBDpXkJw4cQLj&#10;XkOHDuOmaqClPnHSkZb3pFroSL1beWx9gdaQWN0YoVYpkVaeu/27CTu41R6Y9p+o4ZENAdURbW07&#10;VacW1rZT095EYCASwHMHagQr8+CHHfNl85no6EUEiEA7CfTddUja2WA6jAi0SACTtEZGRvLEXLYs&#10;tX9jcS8dfPXzwd3AoHzjb/x54Y2M3bd4TbpwBxHR1IUnaHXRHVAjOEfHjm62koGwOrwJ+DFa3Sza&#10;kQj0QwLipmDrNUVEwE/Sz3/b++EFpCb1OgK94jHc66hQhQY2ATxa8JjhS3nTqyMEGuqSjpTWVcf2&#10;oCUBQL5ZxrpUT3QSuYAfspPKo2KIQB8mgNsh4PEmld6HLyRVvdcQIEHSay4FVYQI9EMCwZqkHzav&#10;U5rUyzxGndImKoQI9HMCwW5VvpIqDWD18ytOzetqAiRIupowlU8EiAARIAJEgAj0WwKkRvrtpaWG&#10;dSMBEiTdCJtO1UcICF98H6ksVZMIdDkBMREZhWx1OWg6QZ8iIEK2xJzafariVFki0BsJkCDpjVeF&#10;6tSzBHpJinPPQqCzE4FgAmI6BzK8qFcQASJABIhAVxAgQdIhqs0HfwevcEZh4h0C3e0Hk+HV7cjp&#10;hJ1CoN5EAp1SJhVCBIgAESACRKBrCfQHQdKdU/k0fNoLT20j/lpy4XZt16XSiQARqEeA1Ah1CSJA&#10;BIgAEeiTBPqDIBF6INgF0aVaoA2aJEipiEXLeuPK3n2y31KliQARIAJEgAgQASJABPoJgf4gSGDl&#10;Y6XlwNb9dj8W8w5IoHqhPqwyXbheWT/phdQMIkAEiAARIAJEgAgQgQFLoA8IkuB1lMU0L3iJKV9q&#10;X3Jm9we27rycvEps9WKvR2L/kaCM6r/IMdKdV4TORQSIABEgAkSACBABItCHCPReQVLPsSDmnQyQ&#10;9a2Qirn28Dm2ugFRTfkkhGLp3BerATYmm/A/9vKVX1eFkJ+kc7FTaUSACBABIkAEiAARIAL9g0Dv&#10;FST1hEOjsx4x4z9IfATyyxtPNO9sKeLrAbwCQiAFyRH2JdNJQS/yk/SPe4ZaQQSIABEgAkSACBAB&#10;ItCJBHqpIIGRr/CyrQURwXeo3Vkcwg3/Jie/qgsPXpdGg6yaQtwwX6We5KinOlCZ4K0TrxwVRQSI&#10;ABEgAkSACBABIkAE+gGBXipIGpKFbGjcSeKVKaFDIGD4Fhys1UpN0pGrGAgV6/5M+o5Um44lAkSA&#10;CBABIkAEiAARIAK9hEAvFSTMESFnGzP0+UvwqqdJ6uWKNJxat0VNEpwx375LQpqkfdzoKCJABIgA&#10;ESACRIAIEAEiAAK9VJCgZsGxT8Hp7PUuW7AeqHeUT8MEDqAcDuryRIAIEAEiQASIQKcSaMZE6dTz&#10;UGFEoD8T6L2CxDdzVrPw63knWlQcIp2DXkSACBABIkAEiAAR6DgBUiMdZ0glEIFe7SGhy0MEiAAR&#10;IAJEgAgQASJABIhAvyfQez0k7Ubf0G1CTpF2w6QDiQARIAJEgAgQASJABIhAlxLoh4IEvCjRvEs7&#10;DRVOBIgAESACRIAIEAEiQAQ6i0BfESRNrb3eEofapRODVzRpb2ktnY2+JwJEgAgQASJABIgAESAC&#10;RKBNBHqtIAmswR4QD21WEV45T4xnmkQ001cm+5zJky5aub1N/GlnIkAEiAARIAJEgAgQASIwoAn0&#10;WkFSqx+CVjtssybhK5coZHKFV67weGWSV+gTVjh/Q5pkQPd+ajwRIAJEgAgQASJABIhAjxPozYKk&#10;UThtVRF8fyywyBLbFVjS3cucIz4dQpqkx/sfVYAIEAEiQASIQN8lUG+95r7bEKo5EehZAn1OkAQ8&#10;J63gFqQ9mKuE6xD8dvBZwwOaRBRILyJQnwDNLk99gggQASJABIgAESAC3UCgLwqS1koIpjNqZ/xl&#10;ayIqFPgMYVtMqfjNTVIj3dDN+t4pSI30vWtGNSYCRIAIdDsB8pB0O3I6Yf8k0EcFSWsvBmK1mEPE&#10;K8E/wsSITBJqhOe5s5x3Wri9tSgH2H6SJJEmGWDXnJpLBIgAEWgzAWZhSFKbD6MDiAARqEugNwuS&#10;jq8mwkpgaoRvMq8ETaJg2ewiaoteRIAIEAEiQASIABEgAkSACPQwgV4rSBqqkfbpE/hDgjY2zRb7&#10;s+7aiT18Dej0RIAIEAEiQASIABEgAkRgwBLotYKk3hWpJyFa6d8IHOUrDXKEv2tfaQO2k1DDiQAR&#10;IAJEgAgQASJABIhAVxHoK4Kk/e1nPpEGEqT9xdGRRIAIEAEiQASIABHwE6C8duoLRKDjBPq/IKFZ&#10;fTveSwZUCfRoGVCXmxpLBIgAEegIAUpq7wg9OpYIBAgMBEFCl5sItIcATX7QHmp0DBEgAkSACBAB&#10;IkAE2kiABEkbgdHu/Z1AYAY2moqtv19qah8RIAJEoBMIkF+9EyBSEQOeAAmSAd8FCAARIAJEgAgQ&#10;ASLQLgI0dNUubHQQEahPgAQJ9QkiUJ8AhrvEQlf0pKHOQQSIABEgAo0SoAcEdQwi0IkESJB0Ikwq&#10;qp8QMBqNJSUlHo+HHPH95IpSM4gAESACnU0ADwiXy1VUVKTX60mcdDZdKm/AEZA7nc4B12hqcL8j&#10;IB4GwrNhMplCQ0N1Ol07WinKwU1x4sSJmpqakJAQ0iTtwEiHEAEiQAT6EIG2yonAc8HtdhsMhmHD&#10;hmm1WnpY9KErTlXthQRIkPTCi0JVajOBThQkKAovjHuZzWb8S8+YNl8MOoAIEAEi0LsJNKpAxI9/&#10;o7/54sPAUeJP/KvRaOAeEeNf9LDo3decatfbCZAg6e1XiOrXGgKdKEgCT53AI6c1FaB9iAARIAJE&#10;oE8TgIMdP/vt0BWBB1Cfbj5Vngj0LAHKIelZ/nT23kVAPIoU/NW+J1Pvag/VhggQASJABFpFgMXr&#10;sv9zT4h4QaLgFTQXPL5quImDfMe26lS0ExEgAg0IkCChTkEE6hBox/AYESQCRIAIEIHeTADTJvp0&#10;A6ulxy86oC6gNyQZplX0yhwOx76Dh3Py8rgUcWN4SqFAIJZXzg/1etjUi3xHGd5JXnzFDmfHQ6aI&#10;mC6SJb25E1DdejcBEiS9+/pQ7YgAESACRIAIEIGOEfCrETg4HB6npaQoNz8/32KxQXTwdBBoEo/Z&#10;bDp3/gKTHJAYMmQSOjHdYkFBgcNh97hcVdU1JaVlpeWlZqvV5ZFV15iLSspLS8urq2vcHogVNiNK&#10;YOtYZeloIjAQCSgfeeSRgdhuanN/JADnBka2MEcWEg1VKlV/bCK1iQgQASJABNpMAFIBwkMOx4bX&#10;cfrY/i+//nLrtn2lJea0tHSdXiWT3BAh2Tk5+cWlmaNGGkL0kuQ5ePDgRx99hH9xWHhE2IcfflpY&#10;WJaVna1Sa3X60A8//iwrK6u4qNjldMfFxyiVSqZruJ9EvGrftbmydAARGIgEyEMyEK86tZkIEAEi&#10;QASIwMAh4JcHXrvFdGz/roXzZ//k/35UUlZ15myW5EYEFzwkrsLCPK/kMYYaJK/kdDirqquuueaa&#10;O+644/DhQzarxe12ZWaOzMwcnZKSqlQp4RVJTU8dMjxjROYorVYnrytAKHZr4HQtamlnESBB0lkk&#10;qRwiQASIABEgAkSgNxIICBKkgrjs7riYhKjoSCiKqhqT28OSRCBC8nJz0wYNkimUkBM6rfbimReP&#10;GDmytKwsKjJKpVCWFhecOXV8z85dG7/ZZLHYq6oqT58+dfDAwa9XfG0y1TRsM2mS3tgPqE69mAAJ&#10;kl58cahqRIAIEAEiQASIQIcJ8HgtvJRer9IjU7gkr1tChBVMIIVX7pWp1BarMzu3MCE2Frsp5AqE&#10;YGk1mvz8gvXffDt67ITwyNhbb7tr7twFc2ZfWl5WKjlt1yy+/Lqrrp4/Z87+PXuqK6sRLswS4ClS&#10;q8NXigoYsARIkAzYS08NJwJEgAgQASIwkAh45QivkinVxSWlVVU1J04ejo2LVKlY8mFlVU1UdExk&#10;RASfYcspc7sK8vLWrls3Zfq0oSOGY73ErOwcpmAUSrO5WnI7crMveNxOpULm8TgDBEmQDKTORG3t&#10;ZAKU1N7JQKm4HiRASe09CJ9OTQSIABHo7QQwqZZSGR4W9sSTT69e982MmTOnT5+sUbFHx5Gjx3U6&#10;/YgRw+E1kUsem8Xy/ocfPvfCC2WVVQjlSk9JxaRbDz300ObNm6+4YmFm5vDKyrI//OHBnTt33HTT&#10;TZmZmRqNGm0XOe2B+YVJn/T2/kD1600EaKX23nQ1qC7tJdBZK7W39/x0HBEgAkSACPR+AiyzAy4Q&#10;s8nk8coNBgPS072SC9P8rv/mu4jI6MmTJylViOJiE//a7Q67y+30eLQqtdFggGqprjap1RqdVqPW&#10;qDwet8lkwgq6BoMRbpOg6bXYKiXiRYKk93cIqmHvIUCCpPdcC6pJ+wmQIGk/OzqSCBABIjAwCHA5&#10;4lWIRQxrV2V3e7zeispqvT7EYNDDPyL3SkgjQS4JyzBBtBZbANE3b3Cw8OC+kEZm9yVBMjB6E7Wy&#10;kwmQIOlkoFRcjxAgQdIj2OmkRIAIEIE+REBoEJ+GwNqH4n2dOCu2C1+aXezF0kv8IkS8b3l9kYAg&#10;EWW3fEAfIkhVJQJdRoCS2rsMLRVMBIgAESACRIAI9BoCdeQBlg4J+lu85Z+xebYCUoIrkHbKCpr5&#10;t9dceapIHyBAgqQPXCSqIhEgAkSACBABItAnCARcIu3UMX2ikVRJItDZBEiQdDZRKo8IEAEiQASI&#10;ABEYqAQCOoQEyUDtAtTu9hAgQdIeanQMESACRIAIEAEiQAQaJUBShDoGEWgrARIkbSVG+xMBIkAE&#10;iAARIAL9k4CYIiXwqvcnPm/4SVOapH8ColYRga4hQIKka7hSqUSACBABIkAEiEBfI9CaebRa2Saa&#10;X6uVoGg3IgACJEioGxABIkAEiAARIAJEoBECwfpEvO9ExULEiQARCBAgQUKdgQgQASJABIgAESAC&#10;RIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH&#10;0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAI&#10;EAEiQASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFC&#10;fYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAAR&#10;IAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CC&#10;pMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJE&#10;gAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEg&#10;QUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASI&#10;ABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4j&#10;QIKkx9DTiYkAESACRIAIEAEi0L0EvDKZJJPhX3o1SQB0gjf/fp2ALlAs0a9HgAQJdQkiQASIABEg&#10;AkSACPR7AsIYxkve75vakQYGSRGvV4aNUYOGEzIu8En7JB3Qi61/vOopt/YxEShIkPSPLkGtIAJE&#10;gAgQASJABIhAiwQCJnETboAWC+hHO7QCQUDF1VcR7RcV/ctL0pgrqT1dRO50OttzHB1DBHoTAS8b&#10;wpDJ5XJJkkwmU2hoqE6n600VpLoQASJABIgAEeg9BGrtbH+dfAP3eJ7iYSqequKFP/l/2zz8jTJ8&#10;h7bQbt/pWrdzmxi2oBrqURCD9IEPq1Iz2nQy2rkpAlG5Z1qEQx6SFhHRDkSACBABIkAEiAAR6NUE&#10;ICEavvw19ocdeT1eye31YvN4vVJgC26YX43Ucx7445Xq5FaICCaUg9I8ddMu2FfQNU3LmIC8wRuP&#10;TI7yWSEtbL7IKRE/Fdgaxg0FPmm62v6GyFFP3yYw+P5Eu3r19e53lSMPSb+7pAOyQeQhGZCXnRpN&#10;BIgAEegDBOC6x0NKqVT6DF6uG8R7WP9+/0NHG4KzBAqsLd/n1vDIvG5xwqDTiPfyVnkxfJkUgaPr&#10;HSUSK1h7WpEf0UCldMgz4j9jkEunOZS19fRdAF+GCODJ1bz+ImGEvSpSMzt6Veh4TiAq5ww6Gsg2&#10;47EiQUKdpT8QIEHSH64itYEIEAEi0L8IQCQINSLcDg3VBzfR6hhpjcVKBYKm6tAR/hAhQsQX4ixC&#10;+TCrn33rUWCk3+2QuWwyt1PmgSwRJwxWFI1aidAYQadraO7XURH+nUXJLb/qRn/JOxitww+v49Dg&#10;rfNVBHFjQacTDWH/CPYwk4VAUso0Rple7zuKfSivSBvVclNoj1YQIEHSCki0S78gQIKkX1xGagQR&#10;IAJEoP8QgBSxWCyVlZUOh4PZv+wlxImQEMzk9YkUv3EfrEYCGsN/bOMpHCjK4/EITaJWq5FCGRkZ&#10;iTf+wX6P3OOUlReV7t16ZMMqr82qVql4NJXMwz0qonD8qxCGuk94MO0UrCxYRetfGf8OvB2Sz0FS&#10;d6/GtQn3aQSVJ1cIVdD4q8kvfLvXpr7gA37CwFl5Q9lfAZ+MXIJu4TrOdyH43h6F0izTpE2eNWLB&#10;FYbkVK8Cik4pyeTVaSP7T3fs0ZYgh0RcR/KQ9Oh1oJN3PQESJF3PmM5ABIgAESACrSWAp5Ldbi8p&#10;KYEmEb4R7irxLQDCDGSmB/CxQkRtKRQteAlERFa9lzgw8BVOpFKpoqOjo6Ki4CfxyjzQHTKnpWrL&#10;up1vvhAjd6q4uwZSBFZ5sNsAxWJvbroLu5Gfi+3BKom3qJyijqMhIF3Yjsw/ooCqqPNiOqXJcLS6&#10;jeXqTDh8Gh7BJEQzLyZsUJpPtiiUSgAN7I7W1AELD5Ikud0eVJZdEaDwuGSSxylX2XShBR5t5OzF&#10;8+76vsYYLpOpPDKFOXV48Jmjp97MpVSg8oJPoHr+mgj3C3fANPlCzeDIaibMzKejGi1AESznmjhF&#10;8LnraTq5DNe/OT9WPeD1DodaE3K6wYsJOQnEceHLd7wf/HWkP6m9mdN20E3W2juT9iMCRIAIEAEi&#10;QASIwMAhAMeI2Wxm1r0kwYnBrW0YwkpsCrlSpVSrlCohR2A0C3O8rS8REhZ4oSiXy4WpJjlkn8tD&#10;5nYXnDgarnRJDqfkkWSSFwnkCnhE5KoGm1Kh1sjVavGvXKWVq3T8X61crcOm8G/sT/G5b2Nf8Q/F&#10;hv01YmdxYINNLVerxKbQqL0KBcuIVyqUGhyFs7dl06gVGlaI2GANw1vEdJhchug0pM6wP2X1NpZE&#10;j2+9uBwqrVoTotVolHKPVi27cOqUuaqKUQrSGbU91u1hMW/wOLENSsYpk5ieAVIk5MPlxL5luhFa&#10;xitTcUXX1KaCsOG7NbXhW7EISiMba5AcDW1yE8GBXA/WKZ9rN0jPZs6LCitVQZtCppTX2XzH+kSq&#10;kKp8Q1VRZ4XMo5R50Pj6L58nq+n7nwTJwPltpJYSASJABIgAESAC3UogMPAvxv7Z+D0fVcdQPSa8&#10;EgPGcFmI6aWYtx/WrX+DV0XO7F32JQb3RawXD6ZifwirU3gVxIe8HMntgXkPOcKDrmAg4p3NHiop&#10;VBiSh/KBd0ClhASC4FDLlRq5XCuXaeWSSuGFPHK7XB54UHhFYAoHzGloHpfkERsTV6iYkFb+zev2&#10;YGORXTy4i//p9rjcktOjgA7Ce1TL7Ub5fHMGNpfT6fG6ECHlllw2p9XmtFjqbja3zea2i83h8m1O&#10;l51vDrfTKTlcDpTisnucdgmfuJxelwNpM6zlMiWElzCFmf+C+S08ajWkDxvHx+afbQwV9mokSWGz&#10;ymwOJZ8erF5uD5DyixXQGHXdCEiDYRt2YSFhTJxAvUjQJ01sbhez4T1SkxtTDd6mNhkuAQfeyOaS&#10;vLiGbqfYIEdZTdjmYklE2FxONsNB4xVDnSGroLv4v0xgiD8hw1xM3KE3BsoRpdVuLuwjl9xKr1sO&#10;qVb/5Vtispl7jwRJt/4w0cmIABEgAkSACBCBAUtApFH7V/3mtjKPlQqEsgSsZ/+b4A982AIpEfUw&#10;sglrgxIm/KXKYYhjWJxLjOBX7Qy3Qt/AZkSGCexCnuEhZJN/hD7oTPwsrBzftMFcvrAm+Y5hB0ms&#10;MAzgq9wKJZ9jWOZiOgblwtoXzhm1f1NJiI/yQiIwfaRQalV8Uwc2hdbn/lBolEqNSun3hnCfiFIJ&#10;YYXwNJVCqeabCn9BWWkUOA1qBI0kBcx6Vkf4h3h1xcaTVxhhHK+SK9QszIwDaCzeCjsz7wL3B3C5&#10;wtwNQRuC1rgu9OufZt40HvLU6rtCXKCgCYsDMxcLoeqrR23wWqCTteCnEBMA+DfID3h7hAbj15yp&#10;Tebea3zj8XIsn0jZSJRdS6lAtFJ7q68+7UgEiAARIAJEgAgQgY4TEIIEL2bZNtQk4gQiSzx4g7En&#10;Us8Dn9arSnN5AQ1qzSxzJhvkklwhQR6wEXmMhrtZigAzQfmXjb185ipLiPFtbCBdqBGe3cCNZQlq&#10;xK5Q2ZVKjwYqQaPThUA8iPx5ZGgEb3KvSmwqhVZsaoWumU2l0Cl9m5bpCDg84PJRamRKrVepkVQq&#10;mQoKBwBZKBVa4oF3B34jeBPgkmIZ9GIT4FFt1lzmaYJHAt+yZJjmQPq8Rr7rAK+Ikm28NL9KaVUP&#10;4aInSDr4tAx366A9TW/4lldTZM40tfnq4GsJk1/N7l77rdBqPNmJTwDA8PgUMK8y+4B7kGo34bAL&#10;iKx62UmtoiG6Bb2IABEgAkSACBABIkAEOpOASO2oVyLzK3D3AkKekEPCNAZPB0fsk89A9h/AAp/4&#10;qDSfKQomrwLxWOxDlgcCy79ZqzlwVuataDwp3Ct3uZFyokB4jcqMSBwWQsZivUQuOo8Bw1uY6/VW&#10;IWR/olDE8SC4i22I74ELhO+J2CwY/TD98ZdDrrAp1CZJckDpuFxepwvTgTEhgvQKnmER2LRemdg0&#10;ElwQXiTpo3iU1ejm9iJ4yLc5vR43282F/3o8klOSWeSKMoWyQi63qxUupUJSKXkUkcwJeKgGmw3M&#10;zUKP2AaGkGS+/HAoGjWTezzrv9k0enEIU2soRI2ibTK7Rea2I1SJR8xBArUsDFEAm1qgwYvnwyMg&#10;Dpn3CHJrfENTWSAVxEKDXBAhcYOlh5CvSkwc1uqN1V50G9ZzFDKbnV1wOK9EmBti/upvzOeFXBMe&#10;ssb/14CACAFs/u4iQdKZvz5UFhEgAkSACBABIkAEGugQZmWy/0sujH3D6raYbSazyWazelywnBFe&#10;JIxhvpN/ExacCLWCdepwOgsKC1mcEHwaPNEj2KDl03a16uVzsHgRoKRxKHSw4Es0unJjWEWosUKj&#10;q/TIoE8c0AUKNSxutinUbrnajT/ZpnErNE652iFXYXIqlwJBWWo4WFAUBAWisOTYX1I45RqrV2NX&#10;6dLHX+TQGk0uuV2mcSl0brnOiZN6FTa31+bxWj0yq8dr8XhtkmSTvGaX24rsEqgcyA7/5naj7exP&#10;LDGPr1w8kUV8CIWBWC+PXO+Ra93YFBqLTGM3xMZkjLfLQmWyELlHI5fULM1agvbTYGJk5Lwg6sjD&#10;NoWbbf5JsloOKfKxFZ4BvJiHoroK/1GrvaFKJwQJIr+YE4tt7Cwsq0S4E3wfcrudTVfGduCuFR7l&#10;xZJP+HsezYdWQV5BA4hIOP+//ug5NjWYb45lnrUiyuGbAunnvGq1fjXf2TGvscSrFKgJd4ux/Boh&#10;ePmf2EeBCch4yJfIUwcz1bCJE7XhYTInclMQjKViRWFiN+yvUOK9R4FP8B5qTAhI9g/EYas6Yt2d&#10;lI888kg7DqNDiEAvJCDS+5xOp0ajwdSHvbCGVCUiQASIABEYIAQwy5aY8ApGWsDngFF5eESqq2te&#10;+N8rGzd+u/W776qqqtKGDlWqtTBG2bxbCjY9EzQHci4Qh4RPVGoVUtohWs4eP752+bLhGcP0er1K&#10;o4UzAnYos8p5SgMflWZPQSxCEhUZCc8L+xtj6S576d5tnqIc2JM8x4Q7OGC9qtUOmbbE7tGkpi+8&#10;6Zbh8xcMmjwlOTbhQnaB1amwyzXlNmeN22uRKattdpdCWe3yVLm8ZqcD2c0OGLb6cItMV4oMdMlb&#10;hcR05J4oVDaZqtzurrS7zS65Q6WLGT5q3OWLlG5bVX42GNgkucnrrXFiWRavPCTU4nDb3RAFSB3R&#10;mV2yGqSjy2QWN1SKwuSR22RKKzweMM1VWrdSZXJ7Ku3wsyi92jCLQl3hcpoxLa9TsruhhlRur9rk&#10;VpQ5PEVOb/KEKRMvmVFRWlJpshaZbDWY2ReeEbXG5PKYIX7cTrfHyTQhpuHyeuCYQr1BDxY2JFa1&#10;xph58Wx9RDTcCbhmrv++ENxXn0kaLVI0cCyujAdmht3y/euvvHH+7LPnz5eXV7IEk8oKmblGZi6V&#10;2SpZ7rjOILOYZKYKWU2FrLpS5rLItCqZpUZWVSKzVclAQq2SOSyyyiKZ1cJDzNBmkwyOF/iYkHdu&#10;qpIBrMUis5llNovMaZfpNCo1zH8sK6+UWcpZsfZKpdeul5yuimKoNFlIqMxul1VXyFz8vKZymb1G&#10;5jDLKku8DpPXYUO2jhc1wWYxs7A8pcZbVS2rLpPVlMtMNcz5hHY57LKaallZkVan+OWP742Nizmz&#10;dwebLaC8WGY1eZ02r17tNVfKqsplVWUs+UaphiZhJDkcdMcHC48Howt54BciOq2Ze59Wah8gP4z9&#10;vJncG8h+j/G7jwcAVobS6XT9vM3UPCJABIgAEeitBPBUgtIoKCgQTgz/ahiIbHLALMsvKHvwoUdv&#10;vuGajPT0jz//fMqsSxfMW1BWXLRn9269LiQ6OsYpc0yZPAWzR+3asau4tHjoiMzRmSNOHjrw9Wcf&#10;PvjHP5rsnkMnz4yfMC42KlJEwohAGZa8IUkhISFDhgzh65DgdC6Zper4kmc8B7e62aRebOxawuxN&#10;MhjximqENKUMmnPzDSqlrOjYkVBDiHH4CNO53FVfrw6PiZ4wc5peH1pUXJwUGXr86MGwyNiwqPjw&#10;CINkqzq5b2/e2XyPxjBu+vTEYYPdtppje7cWnDwbGps0ec58Y2Rk0YVzGzduTh09cd51V5fv33hy&#10;zVdqpd6sDs2YOj02PdVcUrjju00piUljxozevXat261IHTE6JDKirOJC2ohRbofKaoerxB4ZHa5X&#10;K47v3lttsoyfNSsiOra6sHjbt5tUBv3Y2VORaBIeGmavrNqxbrXT5oobmpk5dRYa79YqEiP03372&#10;UWFO/oz5V8QlJTiryvd8s7a8ogSUQ0JVoS7HqS3brVXVaogBCRnYiCBTOJWqarmmOjnzsp8/GJGU&#10;IqngFJJbUjOC+1f05Btr/2TZJ+7oaOMLD/4iLSHyneXr333vQ21kzLVzZkWG6sPCQ9RG3ZqtO3Zv&#10;3DV9/uzMtOTY0JCosMgzeeff+WxZ6qDBV8++1GqpMjnly9Zumjg2c9GMyZiA+Jstu8/l5M2bffHG&#10;7dtyTp9LGTbk0tkXb/12i1KunHfpzOS46HPnsz9duc7ugTcoFCFwI0elf2/2JUaNYvnnn1UXl85d&#10;dOXWrNLje47EDh286NIp+/dvnzF5fJhOY7daj504MXP6DLPDczaveM3KNYvnX3Lp9Bk1NZZlKzec&#10;KSi98rIFSQlhqDbiAld8t2n/8TOICrvr+mtGDE52uexjJ03eduDgK//615jp0783d47T5Vy1dcfe&#10;HbsunTf3olEjHTb72i27zpabMY2yDALZv0RJ+YFlweiick/5HTdN3rHkIemtP2ZUr7YTIA9J25nR&#10;EUSACBABItAlBLAwYk1NDYoWGSPiHCpEu8gxJG3asXvnzOlTYmKjT5w9F5eQoNfoXl3ycnFxicls&#10;Xvb5p0WlRdOmzXzllTdOnTqNXIJvvtkQZjTCfD5/6tSQ4cNfeu1trU4/eeJEzDnFM459goRPGsU8&#10;JFisXUiggIfEW5SDSDDuIfHNuCQpQ01y9cg5s6PSEvZ/+n7p0QM5Rw6VX8g+nlMkhYZffvuNEbGx&#10;XlVobMZoXWpyZWVNaubE2NFTHQ5nWFJiUuaoE8dPjZkybfj8+VqZIiQ6Jj0jU9KGTb1sUUT6YJtX&#10;kTA0VR0Z4fCq0jOG23Kzys+frnJKo2bPT5t3BSYHjkpJDouK1kdFRk256NTWrWZJPf6ShVHpqR6d&#10;O27azND4lKoqc1RSSsxFE/RyeYlFGjdnYXj6ULNMGZs53hiXVOl0jb/y8qjQEAQVhaUNCotPqvaq&#10;Lrn6RmN8ssuriElPlWk0R4+dnrbw6kHjJ9s8nojE+PhhQwpMVeMWzgvPGKSqqbYVlpiKynRYtJ5d&#10;F5b7AG+Uw6t0hMUOnXaxLiwcWRKNeUhG+XLX2YVUYWbhRbOmjB6cBFdPZHzchpVfR0YafnXnDZPH&#10;jERMXkJMzKypFzm8zokjh1x5ycxYeDYk14yJo9LjIOmcd167eFh6ck11ZXJMxP233BgllyL1mksu&#10;mqDz2OdMGa/XyA5t2njHnTdNHTPSbTLdfs2izJSYCJX3olGZyXEJ+48fRxZNbFz4w/9334iE+FiN&#10;5orpk3et+fr2m24tc3hPHjo6beqka+dP85QXXnHp9MkjM0JcNqWl5qbrr4pPTLGWVVw6buQ1l1wU&#10;IncPjo+5+KJJxdkXrr9m4UUTR8s9jvS4yOljhh04uu+X991z5eyL5U5bclJ8Skr4qUNHjBrl739w&#10;V5jKGx+unzdtUkFO3pypk6+cOxMzne08dLi0Bo4XPgoscvtl8j8UnQi+qfQP/KJFQUI5JF3yM0SF&#10;EgEiQASIABEgAgOZAJu1qcH663zFEaYfSorLNnzz7Rtvvn7mzMlJF120acs2gzHid3/40wMPPDD7&#10;khkepwMD2DVmx1133/OLn//kzw/9MS0tTanWWGzW9z74ODQ88rrv3aDRatuKlw3r+1NNXC6ZQmeM&#10;TU/3uF2m4lyttQLWcPaF8/lFhcPHjVVr1TtWfLH0+edzz2VJ6v9v77qD47iv89bbq+iFh0KwQRSb&#10;RFk0ZUmOm6TIZaxmR3JGNhVlIjvjKJlMbCd/OMlk4okdj5KMJyMl44xNJ5ET2ZGb5MSyXGRaFMUi&#10;ihIIAiABorfDod0B1/Zuby/f++3dCQRAAKQomQDezg502Nvy+327hN63773v86puH5hOdDzy7//2&#10;1KGf/DprKQ07dm+8frvZ2/rDg//47DcebznZEty0VW/aNDYd7R0aSKvKtTuuBS+ivnHyH7FQzYPy&#10;M3TCD46MtLe0njvfnUNeRkadD7rgVUtyoa8DnulSItL74pFDz/wUDo8oWPrOtw4mkqY32BjJ2ucG&#10;Bkw7F9yybUNjvT073frrF7538Buh0eGqjQ03ve8Dmr/kZ9/57rP/8eSZEy25tBaobqjfudPMmr19&#10;XTPJmUBjsH5zk+QyEr2DR77/TKi3z+P3QlTLoXNCXiwLcSuFir1FTL2wL7uINRl02Gj11tXcvu2b&#10;4pPh40cPo5QsuGs7JIfhvNLZO/gXX/nal584GDPTt7/n1oayEstMPnHw4J9/6UvHThzbvqXpmo31&#10;Hk176pnnDj719J7rrovNRP7h77/y5b/9azMRu3HXTnNycl/zNZrPu3PzpvDQYGVVefPmYHxibGJw&#10;yJBzt+67QUNRVhY1ZWrA74nHoi8fO3z4pRdcuu12SW44Q6qYh2y4kP5RfD53d3fXvz7xz309nWY2&#10;++SPf/HM4Vd27N5TXV3acbYtNBGua6zesWeXZHi6hsJf/PJjz/70ec22Dtz34Xfv297advpzf/N3&#10;j3/76YmpVImufejWm2tKvN2950NjIxWlJY8ceBDqyr2Dw195/In2vgHcYRJaQyUZyQRf5sKE5DKB&#10;48MYAUaAEWAEGAFGgBG4BARQG4SWCWEnuHnzlnvuvvcLn/v8/v37n/yvb8Phr7y62u3z6YaraWMj&#10;TMwzWSQqyrw+H7pKGurrmrdtNQxjfGLylZOv3nb7nWXl5QslvC46koJYMLXOOz4ZaGhGk3xsZnpi&#10;UvUHMpo2NBufyuXctRt8tbW+ijLJTkXCQ1NjA2MD/XYGwllgFtl0NKZnpLGxabSMqB4fCMbwYM9s&#10;KBTu6z/64kvJRBLTq62t2bt7j6EoqImirJCQ2IXelZrJtJ04OdbWds2WzTt/65bKYE08lQQPmEql&#10;THRroIjMrblQPJWZSY0Nu1JJFb39GXOos6O8tAzReU111a3793t0l22m3Joqm7PJ8Eg6OpOOJVAP&#10;p/sDcsoMDY/Ep6cnEUGbGd0FtiZ7dPUde/eUYzrJOJwVpZQZ7x80rJzX7YEomAXhr0LmSiSwhKjZ&#10;Uo0OIsOEeF/TkYSpKPHfuGt7udddF6ytrym//ZZ3BeiuWV0DQ5Fo/HRf/1BozOvzSJIZngidaG0d&#10;C4U7z/fBgdEN6mVmT7aet1RfwBsY7R/oG+wbD41FJ6ZQbd7V1wP940/d+6G6skDb6Vb4Wfp9xo6d&#10;O2/Yu9fjc01MhW3Nkjyusfb27//wmWw6c/eHPnLT9TeU+YBKzqVYkol2mwQcLjX0DFnZyPRkykxC&#10;CS0p2yfO945nspobT5n/Pe97b+PmLdEYzCbRWqOMpbIz0dhUwoSVS+OGGqgOd/X3xkOjHX0DE9Mz&#10;EE/zGJpLN/btv6V5++5EKgNiDIeZ4YnpofGY7auRXAEhFO30wq9QAG7+08qE5BL+kvCujAAjwAgw&#10;AowAI8AIrBABp7/xjQU9HuR+jmyBEp2eRsdjZGYG8XzWzGxsbDzfdebokUMnTxx/7vmfm6Zd5vea&#10;8cixoy9393T/z3efPnnyVHw2Vl1ddd999zz17W9he1GdNi/Re7ExFX0MkRsRQk5o51ZyptclBRRr&#10;+LVTdnT2tk99Zt/9n7zxrns//MjDt73nveG+YVt23fzBu+/8+Cd24ZW8oSPadIMYIWbMWn601Ns5&#10;3Ua/dHTLu+54712/e99Df/DQww/aaM6OTEZCw+0tJ2eHhqZGQ8npCdFCT4K4iq7u2rWjqqam9/x5&#10;e3p6U1MTiqIk3XPnQ79/84fvrNzdbNspBa/XEe7bcDG33Aq6r2Wvqo31dlpjw5P9XS3HX7LCw6GO&#10;tvGBXviauHQ09lMeQFflyOigrUl3H/jETR94903vus5XoqVmJ1ITY5nobMep1yMD/aHu7omhfrTQ&#10;wHQxnSUdL9wKFT0kBVdKR9t4Oaktx50DElhQIot+9AO3uQ3XcHgqEklExqO337qv0qeVGtr733n9&#10;A/fc/mcPP7BtY0Nr+9nZlF0frP/CH376kw998q677kpBGyCegkmLy+WfnIx3DYSu2X3dgQMHHnnk&#10;002btr7W2fPCqTNmRv69Aw/iXr386mtnus73jUy93tb+wouHzvcOvdJx1orGQZxKduzc+459E5OT&#10;A30DG+qboH4WT6Q+8u6bPvaJe+7/4Psry0rBmnTDo7g9MeiWuTwZzE13T41Pnu/t7x0OHT78Ykd7&#10;GzIeXb19Zo5UCiARBqkCULSegZGh0ak7brv9gYcP/PGD929tqELHf/fgyHR05rVjxztaW/v6+3/w&#10;v/+H6jgJZVqyS8pYREPymtHiKVwOx0UfVe4hWeFfFd5tFSDAPSSr4CbxEBkBRoARWB8IOCpbjnpr&#10;8U28UNxSTDPT0dE+PT19pv0MHAN/5+P3b9u6BY4gLx1+MTQ2Xhus27J56ztu2FtRVnr82LGOs2en&#10;pqdvufkW1OFEJifuuu++ZNqcmpratq3Z0JFTwMkLriQX6yF55Yg92k8ERnhMIBYnCw64WMhSMpmK&#10;TEVq64OBqqrS6qpkaOzVI8cGOnvLSwKVtcGKyppcIq5Ew6M9Xe6snRgPD3a2uzWrviIQ7uke6RsM&#10;BsqqNm72lJdGB7pbjr4EhahgXU1NbbWajA20tycjM40l3smejlh4iLw9NL22trZyQ5WcTvWebuk8&#10;fbrGMMqCdR63T08nEqGB2bH+UkkaOdc3G49XBau0VGKk/QycSVDKVbehqq6uVkmlRjraYuNjDRWB&#10;gY6O2ZnZDeUlRjrVefp1JZ2qrKmqb6jVzFgyNNjV8upsOFxfU1tbVeqW7VBP52Rfz+aq8sxg/8TQ&#10;sO44IYpkCORywUrSimwqrgx6SPbf4g6IHhJJSl+osvVY3Q56cgE21LEse/87905FZ/7p69/8+csn&#10;Z+IJFDINd3bsv34vVNQwy2Cwtmdw9Ls//klT08amYNBt55qvaYbw149/9sLY1KynrPrQsVen42Y4&#10;Eq2sLNlzbXN1Td2Z3qGvf+9H5/qHq6tqff7AD376yxMdXaHJiLe0fFNjfWllZUp2/+hXR0PjUVt3&#10;mbOxHc3NG+s2eNyezp7u7z33PETMNtRv3LppE/JgocnJk6dOu0pKWs+e7RsZTWbV8qbdvzjRmgyP&#10;x6KT9Q3Bmtoaf2ll7/D4y6fa/BsaRiYjZ0+3eLx6SUnJqbaeEy3t9XUNu5qbXYoym8yePHP2J7/6&#10;dXlFxeamJjTs94yGn37+51V1TaaVfb29Cwps0FRGLaAQHXas6qXL6CFhla318Xdxrc+SVbbW+h3m&#10;+TECjAAjsJoQKKpska0ECfg6BSmofEK1PYI2NZGA9wb6JiQI/hqGhzxFMiY0dZGHMAwXnChwICTs&#10;E8kEPmAPnAFmJYqVVgx32s6Z6Szp2yuwWyeG40BzMZWttn/5qt1yJGOl89bkjvgvhLZkF3RnI+jW&#10;8MP2TjZUJWuitAclST7kUFS3ochaLBZFcRMalt0KjD40O2HCgdDnNtAsEIklNb+vrLwsa8ateBSK&#10;xdG0GaisQI8FeQWaUJBFg73iz6WkZBTTyiiumKx6S0pM1AmlTNRkychxeH14yx6fmdFyCa+acsmy&#10;mdKzqjuno84r40on4dtoGV7DH4D/RjY2C50wj98fT6d8SLtASUyVzEw8Df0wzfAEAobbNRONuFU5&#10;HoulURwFuauSUjM5i54TLxxJCMK0F6mADPW0EAgoKMupEEGOK3JM88Uadt7xR58vCzbC7h39ELEL&#10;VbaqbvwYadoCOSuLUqtZ6ORKKQLdG4AYLqDZs6H6Tz/7aFdf31PPPpv1eAeGx1FO9vlHP7Orrvrx&#10;xx7LBirODQwmY0nD45Gh8kwHwyMlK6Vj25pqE4n0NGxpcFW/n3R+bRONImgXIcv5lFm3ocLv93YP&#10;jmZlDB95CdSzJaVYrKTCWxnwjo0MQFotm876PH6X7p2OxSS3Gxey5Kyu2plUHJVgMdWjGmUKGoYm&#10;+r0Bf1N93Uw0PhqKQpjYduEWgEpklGzSNhNuw5+KJ3x+X01VxcT0VAq1euTUmFYy6U2NDbj7g+Hx&#10;nO6BKQkli5AhUalhxcpkgCWQJEKSkyZf+/7cf64rUdliQrKa/sDxWC+GABMSfjYYAUaAEWAErh4E&#10;5sr+ElXIJ0kQvcIjnLwNRSMHOdwhfIeRHFR6aZNj4lBcyPSCrNzRFI5t2AHpApQ1gYIIcjN/uRgh&#10;OfPEV+UzR9FLIJhLvjQJPciIxeUcGdulKWFCklyKhMEheaDA+aRgbkfRqAqpYCkH13O37tLhmQiT&#10;d5jiwSEE9hNZuHnABj2Nip+sLqfBsjA829IlNUvJBxvhP0z/wH/IFhB95LaFM4sZCE92mg4SEpi+&#10;rdkmGfhpBnXCw8schVUKNZvDwF1C2zguJsNEksqs4PGnkXgxWZYL2EAq8AkWKSjdwi85TXPhMjgA&#10;zvG4qqqgaQbe5vQaH/aNZHgv3udfEiGpvOGe/M3BLYEzIEaPbiA6KzCzpNRsfU3Zn3z20XMD/f/9&#10;n0+mUpbkr5Z016MPP7Clruqv/vKL8Rl4QhqSx093DrwTNo+KTmkaEDe4qpCNBzDTVZ8/m4QLC/Ub&#10;EUxo9EfQnzbphpMMAPnVoHMdbJbIbSohuT0SKCXwA7yYM06oAyNL0rwSnF3AEdCpj4ItKreDMyLx&#10;TisVIyKEy2kuuq7uElcB2ijlS9ODBr0EoBOPSS4wZuwjnjS0A8ELBW3/OsbpJuCJ4lJpmGPROYeQ&#10;5BbI/naKUyzlQ8I9JFfPny8eCSPACDACjAAjwAisaQSErhN1TxNJof8IJV4x5fxXzg5iFdbtML52&#10;2Ad2RtGV6HpYLribB+H8OJDOBsNtCnqlLCUikITJZVwSXM0RKEtIf7hzWY+U8+YkL1R90XygIh+j&#10;++DJh9QNnNjJbTytZtPunOWXJQ84gIyoWUZjiUFOh8KBXExLmOUhhsWG/Ce3rIDVuNBDAeahqV6y&#10;hJQNaHjR23VDlr1ELcA1cCQOIXfxHPSOdcnyGRCPwghU9Il7c0hxZHTJhugwXRdBspTDpT2KYsAx&#10;HpcEJ7FtnBaJETf2sSU9h33IDh1zR0IF7/PRRzKH1jkN2UtFzMJ5HazQcVvHB0E0cVdAp/Cryz0S&#10;Tz935Pix1s6Mt0wqqSRuEE0eP9Xxw1++ZFqqXF0tubya6kKySFbFMIn9qcQKSiuV0go1EFA8HlVG&#10;r46mgXggwifaIIYE1uH20p6KjdQRGdTj1ugeI1CjaH7VW6oYuEtgOz7JHyDC4AGoqJFTiWxg2HBm&#10;06FyBl91GQRNdZdqgUrNF0BuQ0LjjmwK/gMIVWgVGIYPMgQ0x5JSKVCCJ0JWXaqiu5CZ8ZXRMAA5&#10;rFB0Q8GKVnqRQckjtxR+S2Kbb4df0//2eXKMACPACDACjAAjwAhcFQggOsznNxw+QtwgvykfH7/B&#10;RyjjQUkAIRQs6osQQ2NjcY+5Myooac3NsTifKddBhzg+7XmmQP9FssZCloa+p8ogsVLXPVILxH1y&#10;pK2V50J4I4+N1LBCCQ1qCSd3c9gs4p18hj5QiI+zCYZFITrsu5FFIEUxvM+nfhXKB9kIXbOoNspY&#10;FlYL/ntYkMFwRoZx0FBwRuyDPWnWlJihuVPOBc3oyCU5OSJaSWjW+SnGRbbjROqQtICvCIk+kZyv&#10;SKfQZ4zQ8WGhnwUMKTdDSQpKWpH0mBP9OydaeqGJ0omIeRFnRFiv5tK5Q798sb3lDKqnaIhYDO2V&#10;Y8cOH3rZ0n2U4NBBkQhRhSYnchr0CxEMkE/MWBT4WSJ7g5o18DawQjRoIL1DCIKeYbTYFfkkZKjM&#10;NNJR1GFPiR+ap4CeIKFsEWEjmC+NEKkS/AYeiXsC7iieKdwNAg/0BpIDyKIIAQYiwAAYdxhfUTkZ&#10;UnO0K35aaVOktAg7TBu3UMgliOdXPFS02Xk0F1mWYSPOWXhhBBgBRoARYAQYAUaAEXirECg0tVP3&#10;CIWh+QwC2V1Q0E4lQHmrdSd6dlbHEkPE6k7ETdFgPp4ubHG2F0q98gxkzpv+wmmRCqHyIpF6ELEf&#10;ok7wBwSeTuwpKAg2ogzIRqQJooIVBnxZ+gAzQ3APJ4ClGiWKeFHWRWfIpJSMKWewMaXmUDIlTDpI&#10;XpiaYCjGpqYZYiOCViCAt0QlklAGo6nlSUXxQJRdgcIQRtR2XswNFVWwcP60LEEpmHR7aQAUkhN/&#10;EaXbNAUaPM5iI82SQdCNqi/BuzBZbKeYW9zkQvhbSE4JiMVZQMlor8Xi4wIJIX5DPdyixA6UCeG/&#10;kw2iIihUkzmd3cTItJyqwZ5E1yDvhcsLOiqEl0lrDUYoxIHEzRORvDMGO4tmHpIdyGUtNPS4kK8g&#10;7WRnBe0RNJXq3+C1iB2xIX81KkyjG0wyy3RqSlzhGih6I0oDWkgVYjl0wACcLJiGyFpR2RnyTzQW&#10;RwMZ91qwNhJI01CVRk+MYGjE1nAWXBCfRAKPCv0E6aQR0k/xpDqJv0temJBcMmR8ACPACDACjAAj&#10;wAgwAitBQETlbyyO6JbT9zh3oRfTYpm78yV+vmgUiAAzTVkNktVy6sKoi6PAWsQHQREuWChAFQkD&#10;Cj/FNyJkRdAqImkKRMVGkQcRr96Le4gv5uwjIm+Hg8y77oKrImNRZFOFCy4ysvz5iqMiBiOyFfPn&#10;QKGzIHFvXFrwjXzKCF8gQUMyw/gpSZHobDaTxl2gdp2Fd5cSGsV6LVHUlJ+SYCNONRcF5Yj/RXRO&#10;JI+YJSWhnHK7OXQTzKrwKIgOI1rzGQd84/SoiIUKouYsIldF6RTRRSLSGPlfxX+wEi2TwT3ARkTv&#10;jWjCwa/oAxINOUiGoIgOFW3weqHtC1ZYmGDFRDQ0NznHFlf8mj8bNbXTbsivFL4VCbIi55sD4EoI&#10;ChOSlfw94X0YAUaAEWAEGAFGgBFYEQJzWQeKeYoMZK5xe3Ef50P+7fSC08/dbeG1550E19Lg2Sfs&#10;2Au1M2AOmlEVDCeQ7kDHON6p6zbeiENpirIyb6z5Yh+nRKy4IowWqYcLNs7bZ8W/ikj6gnXR0+aD&#10;auqfebPXJSEv5+X9ghUmGvjKQgpFrEADRCRDTRe6U4VFeYgFrBGKv0TurEQum8rZyVwWa0rCaifz&#10;K22h1cZqQ0kstdhK22E9OXfN2TjhG1ssK5nDhS5nRcmbZcN/MQsSuvRqwhxzBftc7CQmJMtwuG0V&#10;T+IoyGl45OYhRxWBy/3TYZWt5RDi71cDAs7bJvxBx19h6L77/X6I3K2GgfMYGQFGgBFgBNYaAg5P&#10;gA9JOByemZmhBgNRib/sPOfRkoUsZd5JLtyB3k8bLqOquqq8vFxVKR9C1VgZM9J68lff/Jo6NYFe&#10;ApRo4dV9QWtrLhFarqV72dFfpTssATvFDMihWLI8m1OTgWDzHR/Z99F7DX8ZGAwSGpGN186dU+W1&#10;vy3KxJxtyIoIiQHBXi6YOiV5RFfLUm0R+Z6Pi2Am2tmX7rBf/EgxHieNI/TI3r6F6rmcSyMpZU+e&#10;e37upUsHu5aGgwBNp6HwxQsjsLoRYEKyuu8fj54RYAQYgTWEgPO/JPyMx+OpFN6RU8DqFGVdLBNC&#10;AVlhKSJRTK0Ut8w7fAHJkWGTBwcJjURg88pc6J6Q4tFIf9dQy+tSxnSaNYrNFE6ZUyHCXr7zeA3d&#10;JdHgLkCycqja0oPb9wR37JECpZDQJUVhIiTb19J8f4NzASFZlu8yIfkN3iC+9BVDgAnJFYOST8QI&#10;MAKMACNwhRBYSVZk3qUWZSxzz+PQm0UX4ZCI4qN51fg4Gm4cGTWdLETgi705p7OuRUKSp1sLACuw&#10;MCETRc0w8ACRoMZLTSBOvZsyvfGaK/QgrPfTlA92Lft4MSFZ70/J2pg/E5K1cR95FowAI8AIrG0E&#10;lqYoS+RPVsJtLn646MYQHeoC3sUICQXh64+QOE8b6UJBP0yIUc3BhgnJlfrHWCEIydILE5LlEOLv&#10;VwMCTEhWw13iMTICjAAjwAi8/QgU+tuXufJ6VDm6kObNJ3RTjc1v/91ak1dcCSFZj8/fmrzZPClG&#10;gBFgBBgBRoARYAQujsBc8duFn9cjcqK1vLiuRwSunjlzhuTquRc8kstHgDMkl48dH8kIMAKMACOw&#10;lhFYYYakaEyylrGYNzcyn5+zkD3l/IXQc/YiOWBSsSrsU9x3nn7axbpWxJnnChsspf/1Jm6Cc78d&#10;+/q3dREO7vMSHSsfAhOSt/Vm8cXeIgSYkLxFwPJpGQFGgBFgBNYKAkszk3VHSJbUUM6zEHJ4LPCN&#10;JTp8Fj4hl90stHoftssDqjhfLtlavbeeR84IMAKMACPACDACjMAKESg4VDhmEet+mWfrPg+PvLf8&#10;YnLMiyI3j+0t8KC/YIM4Qz6TUfiwiu/HQn3qy5gME5LLAI0PYQQYAUaAEWAEGAFGYPUisGg/yeqd&#10;zlUx8hXWxl0VY736BsGE5Oq7JzwiRoARYAQYAUaAEWAE3loE5nGSt/Zi6+Tsl8JJGP8LHgomJOvk&#10;3whPkxFgBBgBRoARYAQYAULAqbEpLgzKsggAK1hSrgSxS+Eky152Ne1QLEq7vEEzIbk83PgoRoAR&#10;YAQYAUaAEWAEGIH1gsClNbWvF1Su2DyZkFwxKPlEjAAjwAgwAowAI8AIMAKrAoFLasVeugMe852n&#10;GLCuRAOKAgBv5r4zIXkz6PGxjAAjwAgwAowAI8AIMAKMACPwphD4fwdPQwYRpAaPAAAAAElFTkSu&#10;QmCCUEsDBBQABgAIAAAAIQDKZHqG3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAFITv&#10;gv9heYI3u1k1tY15KaWopyLYCuLtNfuahGZ3Q3abpP/e9aTHYYaZb/LVZFoxcO8bZxHULAHBtnS6&#10;sRXC5/71bgHCB7KaWmcZ4cIeVsX1VU6ZdqP94GEXKhFLrM8IoQ6hy6T0Zc2G/Mx1bKN3dL2hEGVf&#10;Sd3TGMtNK++TZC4NNTYu1NTxpubytDsbhLeRxvWDehm2p+Pm8r1P37+2ihFvb6b1M4jAU/gLwy9+&#10;RIciMh3c2WovWoR4JCCkcwUiusunNAVxQFioxyXIIpf/+YsfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;eE4gB/kAAABRAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO0ks1KAzEURveC7xDu3slk&#10;Bh0tzdRqW+iim1IfICR3ZoKTH5Io7dsbLUILFVdd5oac7/DdTGd7M5JPDFE7y4EVJRC00iltew5v&#10;u9XdI5CYhFVidBY5HDDCrL29mW5xFCk/ioP2kWSKjRyGlPyE0igHNCIWzqPNN50LRqR8DD31Qr6L&#10;HmlVlg80nDKgPWOSteIQ1qoGsjv4nPw/23Wdlrhw8sOgTRciqDY5OwNF6DFxMKi0OA6rwtse6GWH&#10;6ooOUqvJj1bJmm+H55ItXu+b5byon1ZN/TLPGzn6bpzKNSz3CYMV41+u7IquJ32x377o2UdovwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsB&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkypw0tgIAAAUIAAAOAAAAAAAAAAAAAAAAADoC&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDXbbw8iHEDAIhxAwAUAAAAAAAAAAAAAAAA&#10;ABwFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQBCEeNuB9wAAAfcAAAUAAAA&#10;AAAAAAAAAAAAANZ2AwBkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItABQABgAIAAAAIQDKZHqG3wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAA9TBABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeE4g&#10;B/kAAABRAgAAGQAAAAAAAAAAAAAAAAAbVAQAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABwAHAL4BAABLVQQAAAA=&#10;">
+              <v:group w14:anchorId="5CDF8C1F" id="Group 1" o:spid="_x0000_s1026" alt="Screenshot of a webpage titled Transaction details showing the surrender process. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Transaction log. The main heading reads Transaction details with an orange status tag Awaiting approval. Below is a note stating the selected units are being surrendered to reduce net emissions for ACME Logistics (facility) for the 2023–24 monitoring period, with a link to related surrender details. A summary section lists:&#10;&#10;Transaction ID: Pending&#10;Transaction type: Safeguard surrender&#10;Transferring account: AU-3478 ACME Group Trading Account&#10;Acquiring account: AU-2804 Australian carbon credit unit cancellation account (Safeguard surrender)&#10;A comments field appears below, followed by Quantity required: 201.&#10;The Selected ACCUs table lists one row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF22244, project name Project XYZ, method type Waste, method Avoided emissions from…, vintage 2024–25, location NSW, VIC, and quantity 201. Total displayed at bottom: 201.&#10;Below is a Transaction history table with columns for Action, Date and time, and Authorised representative. It shows one row: Action Initiated, Date and time 17/03/2025 2:00:44 pm +11:00, Authorised representative Nuwan Test.&#10;At the bottom is a Comments text box labelled Visible to both the transferring and acquiring accounts with a 0/255 character counter. Two buttons appear at the bottom right: Back, Cancel surrender, and a highlighted blue button labelled Approve surrender.&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu." style="position:absolute;margin-left:0;margin-top:28.05pt;width:487.75pt;height:379.4pt;z-index:251658253;mso-position-horizontal-relative:margin" coordsize="61946,48186" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBkypw0tgIAAAUIAAAOAAAAZHJzL2Uyb0RvYy54bWzUVV1r2zAUfR/sPwi/&#10;t7YS13FMkjLWtQy6Lqwbe1Zk2Ra1PpCUOP33u5KdLB+FjcIGfYijq497zzk6kmbXW9GiDTOWKzmP&#10;8GUSISapKrms59GP77cXeYSsI7IkrZJsHj0zG10v3r+bdbpgI9WotmQGQRJpi07Po8Y5XcSxpQ0T&#10;xF4qzSQMVsoI4iA0dVwa0kF20cajJMniTplSG0WZtdB70w9Gi5C/qhh1X6vKMofaeQTYXPia8F35&#10;b7yYkaI2RDecDjDIK1AIwiUU3ae6IY6gteFnqQSnRllVuUuqRKyqilMWOAAbnJywuTNqrQOXuuhq&#10;vZcJpD3R6dVp6cPmzuhHvTSgRKdr0CJEnsu2MsL/A0q0DZI97yVjW4codGZ4mqajqwhRGEtznI/z&#10;QVTagPJn62jz6WBlNgJ77FZmydRvR7wrHB/B0ZwW8Bs0gNaZBn/2Cqxya8OiIYn4qxyCmKe1voDt&#10;0sTxFW+5ew7Wg43xoORmyenS9AHIuTSIl3AU0myaT9IJHkVIEgHWh2m+Ogos/Uo/uV9KPLV7RZ8s&#10;kupjQ2TNPlgN5oU8QZPj6bEPj+quWq5vedsio9xP7prHhmgoiYMn/eBAGZx/4pwXVOtdeaPoWjDp&#10;+mNmWAvslbQN1zZCpmBixYCm+VxiH7ZcPoVo1B8pa+g3wB+Ol3WGOdp4K1WAceiHfd4PBEI7Dr2S&#10;FiyJVt0XVQIPsnYqUDmx5HTiDfSSK/N0msB5994a4xyPr4Ir994CwY11d0wJ5BuAHMCGCmRzbz1s&#10;mLqb4oFL5eUNdFp51AETfU+g4EEPTdiingg03oxpJ5M0TTBOzzyLc7+txy5806YdH9nUvw5wjw19&#10;/8yuYMjej8m+2O97FO7/8eBYnI0nWXbl4fxvx4ZLF96aUHl4F/1jdhhD+/D1XvwCAAD//wMAUEsD&#10;BAoAAAAAAAAAIQDXbbw8iHEDAIhxAwAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAA&#10;AA1JSERSAAAERAAAAjEIBgAAAES6bWsAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlw&#10;SFlzAAAYwgAAGMIBCY08tgAA/6VJREFUeF7snQV4XEXbhou7lQ93hx8+Pty1uDulUHf3lhoUKcW1&#10;SJEiVequsbpLpElTb+OerB+//2vm7CabTQoFWggwT6+H3T0yZ86cbejceed963m9XvZs3x5cdYzP&#10;6yHoF64g4KvA6/VQUlZBabkHny+IX9jv2uv34wl4pb0BD35/BSF/Od6yAkqKSykqDVLu1cjPKWHp&#10;kg1k5ZRQ7vHi93oJev2EvB7ydu9kztw4Nu/Ko8Kv4w8Y+MWrXwtbJ+DXCPpDBP3BGAcI+X2E/F75&#10;Kj6L7YFw/1z7oyw+i7Z0tICGt6wCT0UFpR4PBaXlJCxazuKla/B4xDGirQAB4YCwn0DARzDgISDt&#10;DdsXtjg2VM2RMfL5fASiXPO57OnZePH6fPL8msfvvT0eT2VbHvE5yrHH/nbH9nnPffX7ffI5iPup&#10;zWVlZeTn55Obm0tOTk6lxee8vLy9cm4tjt4v2svKymJ32Fk52WHnkJOXz+6cXLKyc8jJyg47h+ys&#10;3GrOiXHuHpyTXXUf4h4i9yHusaioiFAoJC2+O5Hv6G951uK5Vj7bvXDk+N/r2Pb+qGPb35trxB4f&#10;e84vbfs1x14r1rHHRyyfmc+LZy8c26aysrKysrKysrLynhw9V4rdJt5H/j1aEbbHK+zO8yLbol1e&#10;UVHDsdfZF64+B69pd37tutr2X3BsG3tyPV3X+SM2dA1TD2LoHvzeEvLzc+jZuy+JSUuwLAfTtDEM&#10;G8O00E0TzTJcmyEMw4dj+tiWuYGvvhrO2tRteDSYPmsxV1/XgOWrkhGyDB3HsLBCIWZPn8LFl17B&#10;/IUr8Gs2mm6jV9rB0B1M3cbSLWxxjmZiaeLVwhTbtBCOHsTWNQzdxNRNDN1ClzbRNHFfRtjuPlOz&#10;0H0hkubH88P3Iyn1aeSVh3ipRWceffxpPL4glmlhmzaWsGVhWSaWZeBYGrYVxLZCWJaOaRmYliXH&#10;JdZyjAwDwzAwDQMr/Bo75nuypmk1tsXu/y2OPf/PdOT6Yixi90UsQEFmZibp6emkpaVVeuPGjbVa&#10;HJeRkSEtPqempZGyMY3UjWmkiPdpqdKpqa5FW+J13bp1rFyzmjXr17EhNYVksW1DMrPmzGPF6rWk&#10;pKSSlpIcdiqpKeK8jaSkpJGSnEaq8IZU0pLTSNmQKj+L92kpaaSnZZCeli5fN6ZtrHEPkXvbunWr&#10;HBPbjny/XDuOU+l9rei2f4/3tWLb35vrxB4bffyvbfs1/5Jij93b85SUlJSUlJSUlJR+ryL/3hRz&#10;hohj/y0a6187LrqtXzv2187bk2s7d2+27QvXExPOX7eYmEZcfZ87cQ9hGmX4fQXs2LGZw484kvc/&#10;+Jzycg/JyckkJ6exfMVKEhKT2LE7i6BhYtomhuFBCxTx7ZcfcvKpZ9Clz+usTs9m/PTlnHHeNXz7&#10;wzgWL17C4oVJFOcX4hgGqevXMuyLb1ifvo2QCbt2ZbNgQQKLFi2joKAU2wJLtzEDGo5hU5xTwKol&#10;y0mYn0D6xkycUACCXnS/l9VrNjBv3gJWrVxNRYUXTRP3ZFFQUCLbi49PJCUlhYDPT+72XTx4132c&#10;cfp5jJ8eT0ZWBd+Nns33IydiOQ6BYJCtW3cStyCBxIQEdu3ahWnq6CEvWzI2sGbVItJT1zE/Lo6N&#10;m7dR4QtKCCOuJ8BLxJrhTvYNXccMOxYE/Fk29Njvwb7ynr9Pe2vTNGXkhoAG4hlt2LChEmTU5ghk&#10;WLlyJV988QUrVqyQsGHq9GlMmjpFQo6II+eI7+7YsWNp9OKLXH/jjTz86COMGjOaDSkpTJ4yjSee&#10;eo75cQtJS90oYcjmTels2phO+kYBXDaRkZ4pvTE1XTplfQppyakuBElNr+GNqRur9Tdi8VkAEfFM&#10;Yn/Y/bUWP5Qijt2nrKysrKysrKysrPxXOAIP/g0Sd1mb91Z7AUR0DDPKMZPYCBCxjDKCgXy2bk3n&#10;8MOP5N13P2PH9h1ce821XH/djdx86+2ce/4F3HDTLaxJTscbDGAaHsoLt/HIvbdy4EEHcewJJ/Lh&#10;Nz8zZUEqRx5dn6tvbMCZZ5zBuWecTpcOnSgtyGdxQjyPPPoU8cvWkpKxlZtvuY2zzjqXc8+9mEYv&#10;tiQnpxhDs7CDOr6iMl57eQCXX3AhZ515JjfefBerFy/Em7ebD99+i1tvu5vTTzud66+9jj59+5Gd&#10;V0RBYRmNXmzORRdfwelnnMn5F17AlCmTmT99OsccdRSHHXYEN9z+ADMXptKu2xs827AFIT3EnPnz&#10;+e8VN3D2Wedy5hmnc+9997B46WIqSvNo3OhpLj7/bB6451ZOOfVUrr39buYkLiYQ1DFNC9Ow3CgV&#10;QwCR8LjqUa7xTH79uewLR6JUol17X36L912/xXISAQxigUhKlFNFxEZ4+5o1a2jbtq20eD916lSe&#10;fvYZvv1+hIz82JCSTHJKMqnJyaQkr2fa1Kncc8+9vP7Gm4yfOJm333uPu+6+m1GjRjN9+kzubPAA&#10;02fMJy0lg2+Hf0WPbh34evhw1q7dQEbGFuLjFzKg3yv06v4yC+bEsUlAkbXreXvIULp16c5P3//E&#10;mlVryRDwZKMbKRIBN9FARICZzZs31wkggrAdtiMiVKJd83jl2l1tHH/BsecpKysrKysrKysr743/&#10;LYoFIb/1zvcCiNTmqt/wm4aOZQQx9VJCwTy2bEnh8COO4MMPPmfr5s3858QTafTCS2xIS2PStCkc&#10;fPAhvPnup5T7/Bh6OVaogKR5U7j2+usY9sM4dpSYjJ25kqOOOYU+A98iMyOdvj26cfDBB7N0URJz&#10;Zkznyv9dw/QFi/j0y2847bTTGTNqHNNnzOPMcy5h8fJ1cqmOCBVJX7OUs048gjf69yY/J48nnmvM&#10;m4MGsDxuFlddfimvDH6DvF1ZjPj6a849/3y+Gz2Rj74ey3HHncDnX45g6fJVtGrTmltvu4Xi7N20&#10;adqM6669hQ2bCthdYtOwaQ8uv/ImCgrzueiKK7jzgSdZuWYdq1Yt4/TTT+GFxi+Sn7OVBnfdyrVX&#10;XsDSxOksXRTPSSefyYtt+qCJJT2WLZfaSChiiKgZFzpEu+b4/zmO7cdf3Z9YZ2dnVwMHlREVcvmL&#10;+5oulp2kpbFm9Wp69OjBM888I5fALFy4kMcff5whQ4eSnJYqoz6Ek1PWszFtDRvWreShBx+iV68B&#10;pGfsInljBuuTU1m+YgVr1qxmyuQp3HxHA6bNmMeQN97m8ksu5aknn+Ciiy+hecu2LF6yihcbNuXq&#10;/13DXXfcy9NPPseC2XPo1qkTV115FY1faspddzZgyJtDWbt2PWtWr3MjTWIiQwTsERZLg+oCEKlu&#10;QZ6rgAiODfavzfWdGt7TCeIaYr+IwBL+rT/coiX6ajtWdWPjhB29XYCeiB1b2JQ/T6K314RBwipS&#10;RllZWVlZWVlZ+a931b+B/8i/oP8++r0wROj3ARFTq7RpaO6SGb0cLZTP5i0bOEICkc/YsildApGP&#10;PvoEn66RX1LAUcccR8/+b1JU7sUyPWCUsmrhHK78338ZNXUWJTqMnrGco0+5ggWJK7C0AAlzZnHg&#10;gQeyMDGBOTNmcNVV1zF13kJS0jO59ppruOG6G3nzrQ+YMiOevFI/uoAMWgBfaQ6tXniMqy67gA7t&#10;2vPp1z/JPk39+UeOO+44XnjhRV7vP5D2rVpx8f9dzstvvkfDtr05/j+nsXlbNqbt4AmIRKc+NG85&#10;vbt24eab7yS3NEhWqcUjz7bl5tvuo6Agl9PPv5APv/qBoG7g9ZbSuXMHLrvqf6SnruL+e+6g+YuP&#10;4y3dSnnRdu64/wVuvq8pnoCbT8QSYCQKhuybSIx/vn8NiAinpaRIT544iQsvvJAJEybIaItBgwZx&#10;++23M2/BAplHZH3yBtZv2EDyhrWkJq9k2eJ4brvlNoYP/4nk1O1sSNtEeuYWmX9kw7q1TJ4wkfsf&#10;e4JhX37LA/c8xJTxk+S158ybz+NPPsf48TO4r8HDNH2xKaNHTWTKhGnMnjqNW66/lv79BvD119/R&#10;sGEj7rqrAcuWrSQ1Nb0GEIlYAJG6EiESbcktXJwg/1sJRMRLmHNUtzgvepmNa+w9OLzfdmwscVwN&#10;9hv7Iy92n2vxR/Qx0k7E7h8XiVRuq9EfC8eyXCBSS99qWtxjbfetrKysrKysrKys/Oe48l/H/xIg&#10;8ke0D4GIFy1USGamC0Q+eP9Ttm3O4MQT6/Pdt99TEQxQUJrPCSedQte+gymq8GFo5aCVsTphNlde&#10;8X+MnzGHshD8PGsFp154K4uXJ8sEqMsT4sJAJJE502dy9dXXM2XuQlavT+bncWOYM3sud9/zCBdc&#10;ei1xi9cS1E0wNPxFOcRPH8+syeP47rvvOP/ya+g3oB8/fPMZJ9avz1eff8nm1I0sX7yU9z8extIN&#10;GXTq9xrHHnc861I2UeYNsXp9KnGJCykrzqNzhzbcfe8D5JQGyC4zeejZNtxyx73kZO3gpDPOZvCQ&#10;D/H6gpSVFtHw+ee44fY7Sd2wknvuuo12LV7A592Fp3QHt9//HLc+0BRvSCRXNXFEIlYFRH6z9waI&#10;RCJE1q5ew5tvvsmjjz7KnDlzWLJkCc89/zwDBg1k2Yrl4QgRd6lMRup6Utat5IH7HqBLl94kp25h&#10;XUoGqemZTJo0iTkzZzB98hTue/QJPvrkS2694XaWJi5i29ZtxC9cRIP7HmbcuGnMn7OQwQNe5fFH&#10;G9K/zyuMHjGC6//3X7p37c5LLzWhY8fOdO3andWr1sokrKmptdxLOEokFoj8VRI/UgWasAATMADR&#10;K/Fe/rytBkRifzhHoEFsZEVN1xaJ4V452rE/4CO9cy1Qh4gDcV0VaSIc21Ll9lqiVRwrfEPifZj0&#10;VPufS/hebbFPSUlJSUlJSUlJqY5IAZFf1z4BIqYugEgQQysjMzOVww8/gnff+ZTN6WnUP+EEhg//&#10;RgKRvJI8jjnuOHoOGExBmQdD80Gggi1rlnHJBedz6533snhFGjPmrePI/1zOwqXrZaTHsvj5lUBk&#10;5tRpXHbZf5k8dyETps7g2quv4uW+/XjiqUbUP+UC5iatRDMcHNNi96aNPP1AAxo/+zRffDGcsy66&#10;nK69e5C8bhn33X4zD919H906d6NVy/bcdc8jLFmTwpykxZx02mnc8+DDtG7fhbPPv4xOXXvj9xTx&#10;9luvcNQxx9K172ssT9nFg8805+prryXoK6ZT5y6ceso5tGvbiZbNWnL22efx5rsfk7VzK3fedgtt&#10;mjTE58vH68nlv9ffSYNHGuML2eiGjq2bCoj8Du8JiIjcIZEEqSnJbk6Q1OQU1q5dy8CBA3nppZdY&#10;vnw5s+fMkUui3nr7bbd6TEoKqSkppItqMevXMX7cOO66+z76D3ydn0b/TP9Br/LII48wddJEJv48&#10;nutvu4Mx4ybT6NkX6dSmPaNGjaJbz1488XRD5sxJon/fwbz9xlCGDvlQRotMnzCRZx57hCYvNWHk&#10;yDH06tWHTz8dxvp1yW5FGpnvxF0iEw1ExGvskpl9rVh4UZvEVgEWNNvEq+nkV/jILveQXeElt9xD&#10;wHQwbTAc0J3wKw6648hXQ0CHMEQRAEVsF9vE+whgiWyTq97CkEWABulwv8R/TcvGsh1MKxypEmVR&#10;ISoYDEnAUVBWStySxVQEgpgO0obtvsq+2I78LLeJ95aAHi7UcUTbloPfF2DX7my5T/RLnhu+ViQO&#10;RTATYXHPol1x/8ISFMUOpJKSkpKSkpKSktKfoD39u16pSr8TiIiEmLFARAM7QFFRHldddS2zZyaS&#10;tWM7bZo1Y8mSZfj0ECWeYjp268QP4yYSMETuDB1CfgK5uxnxxedccMGFjJswmxVrdvJc0z6kZ+6W&#10;kR47MzZy6aWXsCVzE+tWraFH996s2LCJ3MJi3nv3HS6+6GKuufYmhn83jtwSP5pY8i9ycngqSJo9&#10;g3vuuJ2LLv4/XmrXldStmwgGy8hYt5I7bryJC0Si1xvuYM6CpZR4gpT5/UycNo3/Xnkl5553Hl26&#10;92PbjlzMkIfNGeto+EJDHn+uMQvXZPLOZz/Qq8/LYPgoyMvljVeHcO4553LppZfx7jsfkl1QRsDn&#10;YWDPrnz+/lv4faUEg+V88e339BjwJkHDkWV2bV0tmfk93lsgIpbMCNAh4MLq1auZPHky69evl5Ek&#10;8+MWsHDxYplHRJy3UUSVpCSTIaJFNmxg+rSZPPzwEzz0yBM8+3wjRowYQVryBhYmJNLz5QHMm5/A&#10;0kXLeeT+h2TOkWYtWjJ1+hySUzL5dviPPP7QYzz2yDN8/tlXJK9ZS/y8uTz37PM888zzdO7cldmz&#10;50oYIioxuUCkepWZyPtNmzbtdyASyekR0jRZkztWEkSEAUfqlm0M/fxrOg8eSrOXX2HAsOGk7s4j&#10;CARs8NsCgkAA0Bzkdq/j2h/+LK4Q2S8gScQuGHEjT8RnAUYigEXABgEjIrBBvEqYEoEwQMaWHSQs&#10;Xo5uWaTs2M3HP46U0CYUjmYJORCwHLdfjvu58rphOBKBJprlkJa5hcFD36U0pMk2tHC//IbbRiRC&#10;RjiyT7xGrqf+N6SkpKSkpKSkpPRXSAGRX9fvAyJRdhNtisSqBraAJJqGFjLQgmJir2MbGroRQrc1&#10;TDOIP+DFr+lung9Tw9FCoIWwggFCIZ2g7hDQwa85GLotIz2cYBDdH8DWTGzDxtQtNN2Rr0F/AJ83&#10;gMcTIqg5EoZo4jfVhgWmAaKMbTCIP6jjDRkEJcgJYush7JBJwBsgFDAxDQeRKsC0TDRdIxgK4A8G&#10;CVkOId3CDPkwQ150LUhQMyn3W3iCDv6A274Z0tACBgFfkIoKDyFNxxC/xRaJZ0M+HCOAIaJoDA3N&#10;MAloFiFD3IcYPzePiCnKEdfB5KV11aLsbgQgRLt6lRkBQ6pDhkgVF/eYlOrHCyiSkiItI0tSUklL&#10;TWfNmvUSXMj2RRUakYA1LZ2UcO6PjalpJG9IdmGMhBtiewYb0zJIS8uQJXVlu7WU1HUTp4rXmvcS&#10;8f4EIpEoBwEUvJbDuFlzmTBzFiHbRhNgQ0Ri2OHoCDHhF8dpJktTN9F+8BBavjqEuE3b2VhYTuL6&#10;VBasXc/UpSvYGdDY6tP4avIMRs5LZMWOXMYuXMXGwgrmrk1jwuI1fDphFj/OjGNHeYBSB3aUhfhu&#10;SjzDxs9h/a4iPECx5pC0fiOf/TiaBWvSiFufydodeRKu7Cj38+XEmfw0awFbC8soCpl06fcqdz38&#10;JONmzmfWqg0MmzGPrf4geabDkoyt/DBpKvHLluMR+X4cmLtuE+OTlvP9zLlMiEsiu8Lvgh0BTkyb&#10;danpdOjZj90+gzzNZs2WXQz/aRyzF62kQDfxAhW2w8LkdL6bOpM5a5JJSM1k5ZZdBM0/lgxWSUlJ&#10;SUlJSUlJSWn/6Q8DEeHoSbxlupN6AUgkEBEAwgiimwEsI4BphjAsU4IHWa5X17A1DQx32YgIjddN&#10;B123Zbi6BCKGiSPygohcG5oh1/QbIV2+t3QRWWGiC0hi2IR0E910S9gaegjHcvuom7YEEbppYpii&#10;r+J6loQqtoAhugAtosythq6HpDUBcyzRrun2U3f7KwCGmJvqgrcYYBmiXyamZmGZFoa4hrgXCX1M&#10;LFOXFuDINA1ZWUb2UVSXMW0MCUNcKBI7tsp7tgAiAibEwoNfcyWQSHWBRKwjiVgjS21SkwUEcc8T&#10;+yOVX1IEBBEgIzmF5Kiyv9ICnlSzaNd17PV+zeJa+xuIhGwoNWx+XryaQV9+z9qd2fhsW0IRETUS&#10;WW4il5yIyAmg1LR49avv6P/Vd+QDu0M6/T/4lAaNGtPr42FMTc6k22ff83zPAfT55Bue7/cW93cd&#10;yIItuXR4+xNub96Zdh9/x7M9B9H/yx9ZuruMt36aQcvBw2j11lcM+HoiK3eX89n4mTzVpRc93v2Q&#10;zu99zp0te/DF7MXMT8vkoQ49aPzKUJq98iYvfzSMJRnb6PnGu9z71Av8PDeREXOSeG7gW8RnlfBd&#10;4koa9hpIj9eH0qx9R74eOZqdHo1un43iqqeb0u2Dz3iodXte/+ZHCjQDjwM+y2Ftajptew0guSDA&#10;yITVtHz5DfoP/Yg2/V7j1RGjWFdQzoRFq2jUcwCN+79C+3c+4bZm7flqRhwBXcTUKCkpKSkpKSkp&#10;KSnVRe0TIBJtkSTUfTWwLQFI3OU1uhmSAMQwQ5i2gWGJY8Q2DUdM9AQQ0EREiSmrOhi6gAgCrpgS&#10;VMh9ulheIiCIISNRIu/FMbouIjtc4CEtoy1E5IooD2zI33BLKCKO0UX7ol1TlrwVVTUtAUUkJNGw&#10;rMiSIB3dFDBFgA4R7WHIfkUAjG44GBKmiHPFflvCEAldZF4QAXUE9BDJU6vK6oo2tTCkMcQ5YSDi&#10;lt6tOabKtfv3AhHh5ORk6djt0pV5R6IcdU70uZF8HyLq5Pf25de8v4GIWJLitWHK8g3c364X70+e&#10;w9SVG5i3YhVL1q5la3ZO1ZIWsUTEdpeZFBsWr3z1LQO+GkGODTt8IV79+AveHD6CTJ/O6KXrafX2&#10;MFbmlpPpt/hszlKeePVDZm7OpdXbnzBkylyW+Szm7cjnsR4DGbt6E32/mUC3YWP5cmEq49bvZO6W&#10;Qh7q2JOvE5ew2bRYUujhsf7v8vb0JPp98yNNX3+XNF+INI/O9FUbSM0v4+sJ0xn84RcUazoJm3bz&#10;VP8hfLtkA/e068m0tZvI8ussWrueVt26s2Z3Ad2//JkB340nw6MzNzWT53r2Y01WnoxYEVBkRepG&#10;mnXvx8LthbQdOoyfFiwlJ2izYkcB93fqybBZ8XR9bxifTp3HulI/C7NLePrlN/l40lwqQiLripKS&#10;kpKSkpKSkpJSXdQ+ByLVXAkUXIttloyQEOVmBXRwgYhcbqMbOBHgIT7L7SK6RIANEcUhokTE9kj0&#10;iftebK8qWxtxFXyoWnoiIIkhI0+EBYhwl6i47bsWERwC2gTDFu/FPYi2xPHivOjriHNtF4iIJTyG&#10;iPwIA5Fqy2Dca4ht7v7IeLjbqruWcVSu1b8FiESiOmqDGjUcC0PEEpmY82LP3dt+/B4L4LI/q8yI&#10;CXupZjN86jyueaYZr3w/ju9mx/HdhEmMmTyZtC1bJQiJtogQKdItBn3xDa9+/QP5Duz0Bnn7i28Z&#10;PWs+eTb8kLSW1u98xdaQRaEDkzbs5qnXvmDeLg9tPviKLxevIc1xWF7q45HuA5mcupsFOyp4Z8oi&#10;Onw5nr4/zmTM2i3c0Lg1k9K3sAXYELJp+tEPDJmxiE6ffk3fb0axxXTYZcPOkEmBuO60ebzxyXAC&#10;lkXcxh083HMQ3yxez3UvtCY+M4tyBzZl5dKmdx+W7sylx1fj+XR6IgUCfuzK5+4W7ViyfRdFDpQ5&#10;sCR1I4179Gd2RhZt3v2CaWszKBZtVPh5duAbDB49ieaD3+Hn1alsNiEtBK0/+JZPZyzEK6Bo7IAr&#10;KSkpKSkpKSkpKdUJ7TMgEg0+atoFBCLSQh4vIYNrt2yviAzRJfCQURhhR8OMark1wu26nyNAwwUg&#10;8jq/CBbcaJIIMKkOUASkicCQKiASaTcSzVF1jfBSF92FIiIPSaQtsT/SLzfyJBIB8muO7a/ynhwL&#10;RCLQIxYoRPbFAo1YqFHp3wFE9qf/DCAilszk+TXe/HYUr3zxHVm+IKWajl8APMd2K8FElsyEk4WW&#10;iAiRL7/mleHfkW/Broogb378JaNnzJVwIWFHAY92e51v5i4jLiOXp3q+zeUv9GTedg+t3v6c4YvX&#10;kuo4rCz180CHfnwbv54PpyzmhyWZzNoV4MZmffgqfh1P9B5M4yHvk5hdxodzV3D6w815b+5qRq5M&#10;59hrbmdW+i7mbtzB0BFj2JBdzPdT5/F8qy5sLvQRn7GbpwcMZWLaLpoP+ZTuH37N0owdfPnjaBq1&#10;68Dawgo6ff4zn05LosiGVTsLuKtVRxbt2C0hTxmwKDWd57v0ZWFWOe0+/JZ2bw9jfW4ZH4yfyZWN&#10;WjB14w66f/otrd7+lFlbcvgyaQ3/91wrPpm5EI8CIkpKSkpKSkpKSkp1VvsMiAhIsUfHRFVU31eV&#10;lFV4r5KJRp1b1e6ePkeuUZuj+xWpnuMu63EtIlQibcSCiyogIiJDIq5tvxvBEokYid4fMy619Fu5&#10;doulWXl5eZV5PWIBQnTS0t/sSFWaKFfmDYlyjfP2saOvtb+BiJi0i6oou0sr+OyHkUyPiyNgmmi2&#10;Jau4iP3CkfK4orpKiW4yPnEh4xcuId9y2OkN8f202cStTyPbhkzd4ee1GbR75zNe+X48n8xYyOvj&#10;5rGsIMQnM5KYlZnDVgeSK0IM+HosC3eUkLithD6fj6HHF6N5Z2Ic68o0luRU0P+7cfT5agyvj5nD&#10;wJGzmJyaTbLX5vM5S+jz5UgGfj2aMUmr2KXZrMstY9Cw7/l0wmxmbNjC4JFTWF3iZ0WBj5e/+InB&#10;X4+i/0dfsWR7Nlt1+GLeciauziDXho3lAfp9/ROr84vJcaAQWF9Qzps/jGejHxbuLuWtUVMZ+PmP&#10;9Pr4W+ZvymKn6bChMMCA4aNo99FXdPn8B1q/9RnfTE9QESJKSkpKSkpKSkpKdVj7DojUcVdFalS3&#10;CygiIEJEg1SVFHY/i+1if00YsreOQJGqPCER1+yn8t5ZwIHS0lIyMzPdijG1AIs9RYVEe8OGDXXe&#10;4v62bt2634CIUKRsrLhCuT/ArpxsguL774gJvaiU4v6xbAdfIMiGjRuZkZjA+PnzGTN3PpMXLWF8&#10;/ELGJyxi9Lx4Rsct5MfEZXy7IIlv4xYxImEJoxav5Pu4pfyUsIIf4pczMmEl4xatYVzSSr6dmcCY&#10;hOWy8syP8xfz44IljE5cwZikFfL9iHlLGJm0hh/iVvLdPNHGKkYmrmL0wjWMmL+Y4TPiGBu/nAlJ&#10;qxibuIIf5i9m/NJ1sqrNj3FLGRm/jHGLVsu2vp+/mBHzFjEyfikTlq3hp7jF/DB/IT8vXsnopGX8&#10;sGAhIxOWyM8Tw/u/m7tQHj924UrGLVzF2IQVjJy3mCmL1rDbZ7JmWwHz129mfYVO0u5i+n/yLXOX&#10;rCNgOwqIKCkpKSkpKSkpKdVR/cuASPVojUiOj9hjXSgShiPy894Dkap8JHu2e2xt11XeW4sIkUAg&#10;QEFBgVw6s2vXLnbu3FnDO3bs+EVv27ZNevv27X+5I32J7ZPop7i//QlEItEf4lUsi7FsW1aDsh2x&#10;JRJDIirOWIQ0jV3Z2azYsI4VKcmsSE1jWUoaK1LSWZmawZL1qSxcn8qKzG0sTt8svUS8btzMwpR0&#10;lqVvkfuWp29hWVomy1MzpJelpMvXVemZLEvLYEV6JktT012nZbA4NYPFaZtYsjGTJWmZLEpJJ2lD&#10;qty3LDVdXn/ZhjSWbkhj0foUlqRsZPnGTbKdxclp1T4vEuelbmT15s2s2pTJ8vQMlqamsWhDMss2&#10;prM4OYWlaWksS9soP4tzxPmrMreyLDWD1Rmb5b2mbd1JedBg0cr1tO/Vn37Dvqbnh5/T860P2JxT&#10;KJcXqaSqSkpKSkpKSkpKSnVT/xogIgBELJhw4UQsmNjT8pXYpS21u7ZIFJH41U3+GolKqa195d9j&#10;AUb2xgImCGuaVs2R7XXBkfuJfI70T7wWFxfL9/tTYuJezY6DI4FIld0/NZfQRDtSkUb0NtaV1WrC&#10;x0ZwS6xFu7EWBWyNGEeuGWknch+Rvv26nb109fMqMZHIq2LZhDSDDWkZTJwbx4xFK8gq8ci8LOJY&#10;x3GtpKSkpKSkpKSkpFS39K8CIrX7lyJBfju0ELlJIvlQYl0tMaxynbIAEZZl/aWOwJvYvv1ZQKR2&#10;VUWHCItlM5FP0eAhGoREAw8BMVy7nyMwIeJql4m4lk1VvYj+4/al8pSYNmLPr9178yf2nJqyHQfN&#10;sNFsh5DjSPhTrW9KSkpKSkpKSkpKSnVO/yIgsifHApFYxx7/y94TEFEQ5K91bMRIrGOPr0uOABHx&#10;+tcoFiFUTfTFa22RIlXRF3alo0FIBBb8FmDgwgkXg7iOxhW/o8E9qPrd7n2TIgpERIxE35+SkpKS&#10;kpKSkpKSUt2VAiL72LUBEQVDlH+vBQQJhUISiIjX/apYClCba5HYHAs7IrEkNQFGzSZrc+2q/Uq/&#10;z7VfJbYfv9yfWg6MPSl22y82pqSkpKSkpKSkpKT0Z0oBkf3g2PK+sfuVlX/N0blF/o5AZA+H/kmq&#10;rUex/mt7qKSkpKSkpKSkpKT010sBkTrsv8uSDuV972ggElkyU1eBSN2TAiJKSkpKSkpKSkpKSr8u&#10;BUT2tU0DPcY1jtkL1wZBatum/M+0AiJ/RHUViNQcSFHJ59+j/fElCi/DkhWRRDmfmCvIbeJ5Kykp&#10;KSkpKSkpKdWUAiL72rUBkd8BRSLwI1J6NXqb8j/b0TBEAZHfqtgO78l/hSKTc/f6lZP4f7wiYx6B&#10;UftGLgoRuWksbMdyS0SHgUhkVF1I8lcBMCUlJSUlJSUlpbouBUSUleuQoyFIxHUqh0idn1f+yZ2M&#10;HZtY1zi4CgpEgMg/H4xEBsOtPVTLwPwu2Y6NY+k4jokloUhVeEhkTG3blpY9CI/xv2fclZSUlJSU&#10;lJSUfk0KiCgr13H/5UBE1JKN2q/mkFGqMVYxnyOHhSMVHFPHW1ZMcUGBBF9ysl6XJ+a1dOv3d1UM&#10;jlF7o79HIirE1PF7vRSVVuAPmlVNRwER03awHAcraqwVEFFSUlJSUlJSUhJSQERZuY45EiUS+fyn&#10;AZE9yQovc7AdHAFH9sccMjIxjQEJ0RIRAJXz3T0ftsd9f2zyK86tJQdJ5GIRW+HtUStDxHUty8Iy&#10;DXZty2RQvz50bNeWhPh4ub2uKXqcRPd83hBFhR6Ki/wEA7rs828dS3G4bYt7NWN37ZUi15NPQS6N&#10;McHWyN2+hTdefYO2HXoyeUYchm5iGyF8nlKKiwopLCnHp1nuE6vMM1IFSxQUUVJSUlJSUlL6d0sB&#10;EWXlOuY/E4iIvDSZmZls27qVzPR0NqdnsCVjE1s2bXad6Xrblq2yhLSEI8IRMPJH55KRZQ7R7e2h&#10;XXlYjGs7uOaW36aqSXK0q67qiNdIos6YwxzTobigmM2btrBty3Z8voC8RdO0MTSNcSO/58ADD6Re&#10;vXo8+tDDlBQX/8He7hvFRk24sAB03eLNN97lhusb8PSTLVi3NlXuC58V00p1RfZGIITf52HHDvFd&#10;2kJebgG2AGxRkOuXnpx7nBh5xwUiYpGM7mHk8I856KCDqHfAAdz7yJMUlxbjLy/k0/ff4pr/XckT&#10;z75AyuZdlZyq8vsmu6SiRJSUlJSUlJSU/u1SQOQPWSQ5rW5T2qh0zXN+7dyarnmu6+jrVLtWTCLX&#10;PR6nXCf9ZwKRTZs2cdGFF3FAvXoccvDBHHDAARxz5FEcfeTRHHXkMRx/7AkcdMBBXHLxxWzJSMMx&#10;BRCJCZL4NTZSY0fljDQcOiDDB8KQwc33UHlYjGQKTbFUohJQ1MxJIT5FuudyjV+LanH7E7kHd+rt&#10;Tr9rIpiYa0U+hk/WfEE+eu8jjj76GK64/GoWL14hb880HUxdZ8bEMXKcxST+mSeeIuT3V7YbPTGv&#10;9j7KVarZl2hFn1Pz3IjE1nA7YjmPdDQUcdB1k0cffZp69Q7ixBPPZPr0Be49WyLSIzz2MUAh0mpV&#10;D8VSIY3FCfO49cZrOfess+jdqx+aYVYe554ovgOR51nVa9me6I9jy6UvESBiGx6mj/2aY485So7n&#10;I08/i8dbQaAklyfuuVNCp7POu4i45WvRxXmiJfk9q/ruiXuuzDGyByspKSkpKSkpKf1zVWeBSGyl&#10;lt9breXXHHuN32LDsGpYAAzLMCodDSCqny9AR+y5FlYtFrCk+nXddqOv415LRze1Shthm4aGVWld&#10;QZHf6dhnsL+8JyAiEqzuy99oi3bS0tI456yzOejAAznowAM4sF49DjrgADmZrFfvAA488CAOOeQQ&#10;Lr3oQnZtTZfRIY4h5q1VSw9EjgYjzElE8Ig7r3Un1GK/6HckqsARE2lxnlg+Ie1WBhETbMsIYtkG&#10;elT0hWjDNC0s0V5kUmzrOFYQrCC2GcRxLBnpYlk2himSa7p90a0wYxHrPoTDw2Zb4u+UO7byPNuU&#10;bViOjSn6a9vShkjWaZuVFUwi4y7eu8tGIKAZbrNyNYiN7gkw6OUBcvzOPON8pk6bR0gX9yCoiI1W&#10;XsCyuKnMnDiBotx8dwzE8g8sHEsMrBudIfoWWZpiCJhiI8dYpnMRN2WGQCQUFZN5uyp5aMRiHMSh&#10;EWxRE5/IcBbkw7TDDsOB6CUxumHywIOPU6/eIZx44rlMm54gx1kc7zi6Czts0fdIP0AzQNyuEX4O&#10;jmPghMqJmzrWjeaoV4+2bTsSFN/z8PdG3Ae2CaZoU/TNfXjyqyHuQw6fQ1Az5HdCjpvpRy/dReLs&#10;Gfz40xg2btmGYWnohdk80+AOF4icfxEJ6zbgF9/TCOIQ/RXfSUOXy5h0w5Djo5nuiqeIXVjjojEl&#10;JSUlJSUlJaV/pv5WQGR/TERj2/8tjgUa+xOIRPc5Eunx+4CI+FxzHJSrHPuc3Wdd8/P+8p8FRIQq&#10;yivkEplNyRtYuyiR1i8+LyeShx56GL37vMry5RtIT8tkc3oqhr8Ew+dle/oOliUuJWNjOuUVHgpL&#10;ypizIIGd2Xku3xBzWcshP7+AZcuWMWHCBObOmcOWzExCAR+7d2xj6cJEVi1dQkVxkYQhpreUzOQ1&#10;rFy+jIytOyiv8JKZuYWZM2czceJkVq9eK7fJSb6lgR2QQES4vKyY1NRUZsyYyaRJ04hPWsq2nQX4&#10;g46cN8toBiMoE3rqQS852TtJSFzA+PFjGT9+HFlZu/D6KtiybSuJS5aSuGw5vmAIU8AQWyQ+dZ9B&#10;VlYWCxYsYNq0aUyeNJm1q9fJezdMAYlsTH+I1YuW8fC9D8oxrF//NHr1GUzCwlXs2JmLY5qEyvLI&#10;XJvIhhXLyNuVDaZIMirsQhktFCAjI4MpU6YwZswYZs6ay47dBXgDNqHwiqUIDNictoFVy5ezYe0G&#10;iouKyc7OZubMmXK84xOT2J2XL8GOQAw142jCeTgE1BDgx9TIz8uR9yfOnzFzJps2Z1JUUs4jMkLk&#10;cOrXP4+pEoiI64dwdB9ebxm7d+5kwZx5TJsyg0mTZ7F0RTIlHg2v5sg7syyNol2ZvPVyV7lcSEQj&#10;PXD/I8QtXM669C2UVARk9Iwb9aGxfcsWEubPZfzY0cydO4+t23dRVFJB5pYdLF66htVrktGCfjA8&#10;WGW72bBsMUuWrJBAxHY0zKJsnm1wuwulzr+I+HUbCEhAZmKGglQUFrJ22TJmTpnMtMmTWbpsGUVl&#10;HjeKRAERJSUlJSUlJaV/lRQQqeUae+tYoPFHgYiwWLMvXH37npfNVFq2qYDInl37eNd09Wicqmdd&#10;8/P+8p8JRGRbsnyphhnyMHRALxktcvjhR/DDTxNkdIIbZaHh6BV4ivJo17I1xx93PA3ubMCI70fx&#10;YuOWHHPMsXz2xddouphc26xYtoLGjRtz0kknccQRR3DM0Udz2y238N7bQ+nWqSMnHH88l192KYvi&#10;54PmZXvySm685iqOO/ZYbrvtPt5550Ouu+4GjjrqKI484kjOOOMsOnfpTeaW7RgiOsLxYeml5OVs&#10;p0f3blxwwQUceeSRHHHEkRx77HE8/NhzTJo6TyYBFUDE0b0YoVIWJ87h8cce4vjjj5PHH3nkEdx5&#10;1+18/vlnPPvcMxx3/PGcd8XVJG/eiiUTdwYpLczih+9H8PDDD3PcceHzjjiSi86/kL59+pG+aTOG&#10;bpGzI4tbb7iJQw4+hMMPPYIDDjiUww8/kuNOqE+n7n0ozstj/cK5XH3RmRx/3HEMfX0wOBoQwrZ8&#10;bN2czquDBnPJJf8n71uMm1h6c+/9j/HO+8PJzqvAFAzD0jGDRdx/z13yOdxw3c306zuIxx9/gqOP&#10;Plqe+5+TTuLp519g8YqVaJb9C0DEQvNXsDB+Hs8+/RTHHnusvD/Rzo0338yXw7/lrrsF4DlKApEp&#10;0+ZjiUgWM4DmK2PcuJ+5576HOeaYY+R54tqnnXYO7Tp0Z9nqZAKmTSDo5asPhnDcEYdzZL16HHbA&#10;ATLq6NjjjuP62+5i/bpkHNvA1ILMnzOXhx55QrYnvzfHHMM99zTgk08+5blnmnDccSdyww23sWPb&#10;NjDL2LBoJueedSbHH38CvfoPxDCDGIXZPHd3GIhc4AIRcf+GobNh9SpaNWvKeWefFf6+HCHvuVXb&#10;DixesRrNdDAssSxLARElJSUlJSUlpX+D6ggQieTQiAAEMSl1J6aatCntQoTq59TWTvXt0dtiJ8Vu&#10;u27bNSfBe7Y4PnYi7VoCEV3AEBeMRO6n5kRbHC9C46usGzYh3SJkWPIf5sK6SMYYc1+RNiJ9dy0+&#10;CyBSZTEBiACRaCiigMgvO/Ldi7ZoI/bz/vKfCUSkBPGwg1h6BW8P7F4JRH4cOQEzst7C0kErp7xg&#10;N88+/pj8Lf9RRxxP/RNPCS+vqcfHnw4jGAiybs06OaGObBeTXznBPfxwjjryCI4/5hg3guKEE5gz&#10;bSLopWxfm8B5Z54ul+kccnB9jj2uPkcdfbSc6IpJtjhe5De57/5HyMreiWN78JRt56knH5H7Dj/8&#10;cM466yyuvvo6CUXEtgsuvoKli1fgaEEcO8SCOZOof8Kxlf0Sx7kT78M56igBH9zrHHb8ySxPTkfX&#10;AwTKchkyqFflUg9xL8cff7w8L9LOHXfdTVp6Jtu37eKWG27m8MMO4+ADD5VA5Igjj+bY4+vTsn1n&#10;CrKzWDpzIgeFz+vToxM4fmyjnOR1Sdxx+22VbR4uJ+rHyUidAw44mCOP+g9NW3SlsMiDZQbRfDlc&#10;efml4eMP5IjDj+XIo46SfTvyiCMqE7f+96qrSd+yUy45qf6tEWE8GrbuY3niAk44/riqax9+uLy/&#10;Qw87lGOPO54jjqhPvXrHU7/++UycPMuNmtEq+Pi9dyrH+sgjj+bkk0/hxPr15fdHbLvmuptZuGIN&#10;voCXLz54kyMPPzQMRA7k4IMPlvd38cWXkLZ+LXagnOkTx0tAIZbniGd9xJECbh3LYYcewrHHHMPB&#10;B4kxP4JzzrmUrVu2glnC8nnjOeqIw+X1WnfshG4EMAqzqgORtckYjsPOrVv43xVXuP094gjOOON0&#10;zj77LA477DC57a57H2Tr9qzK/L4KiCgpKSkpKSkp/fNVB4BI1UQ1AkQ00yJo2pUOibX3Yn2+gAgC&#10;iogJq5i4CoggP4uJv4AAYltkYivyA4jcAi5scF/FdgdN2m0vKCacUVBBhFWLNkOyH+52cf2A6ci+&#10;iM+GZRGSwMJdd64bwo68jvjtuCl+S67bmBJ0iAm2ABzR9+MCFU0X7Yk2HEImBE0IGA5+Q1wLuU0X&#10;UKTynkxMS1xfRISY6JZoS/RFtO/2W4IRy3QtJtYROGKK3CERxz6Df4P3FojEQraq811QEgFzezru&#10;j/vPByLi1+EBGXHx9qBuMpeIjBAZNTEKiIRAK8VXtJunHn6IQw44lAMPEgDhQC7777W0aNGWxYsW&#10;Ul5cxPXXXReeXB/A7bfdzciRI4lfMJfJP4/iwvPO4uCD3HwlIkpk/qwpcmK7feVszj1DwBUxmT6K&#10;u+97jKkz5rJ48TLGjh4lf5sv2jyh/slMnDIFy/SyOX0Fhx7qTp4bNWrExo0b2bJ1B59+MZyjjzuB&#10;Aw44kNdfG4LhLaU8fxe333KjbEPkRbnjrof5efx04uPm89VnH3Lh+WfLibe4/iHHnsqyDRvRgl7W&#10;LZ7HOScfL887+9zz+eTTz1i2bDlzZs7ilJNOrrzPfoMGU1BUSmpyGs8+/YzcftzxZ9D/lbdZsiaZ&#10;HVk5aF4PK+dM4ahDXLjSu3t7cCow/Hm0afacCxIOOJSrrr2JiZNnEp+whO+++4lzzrlAHn/UUcfy&#10;0adfY1l+ghVZ/PeyizmkntvWldfcys+Tp7Jk6SImjR/D9dddK7cfcsjhvP3BF4QMN4NG+IG7y3Sc&#10;EBU522jy9OMceMCBchyvvOpaJk2eSlLiQr779htOPPFEDjhAjHF96te/gElTZmMES8ndnsrRYVB1&#10;+hnnMeLHCaRtzGTF0iX06NKZQw89VI7ziy3aU15RTv7urbw7oDuHHOjmp7n33oeZMz+Jdes2yOdT&#10;vCuDKy+7lHoHCZB2CA0efIIJU2cyb84sPv/kHc469SQOPVBAm/qcc87/2Jy5BYwiFs8aw5E1gMhu&#10;nmvgwqUzL7iYuDWpMhnr1Ik/u8//gAPo3qUr6RtTSE3dQNeu3dztBx3ET6PHy1wl4Wwjlel1lZSU&#10;lJSUlJSU/pn6y4GISGoowEYEYmiGQYXtUGpDhQMeG/wWaBYEDQFKLIKWCyj8BvhNi4CpETANAmJ7&#10;GBIIaCGhgQQQbrSFZliEdBuf5eC1BHSwCFg6ftOU5/ktE79Iymc7BCwHn+Fu99lQ5kCZBV4BOMT5&#10;JuwuDZDv1WX/guE+CuAiYIjIoyCSCwq44TMdPBbkhyyyvSE8pjjHxCfasxwqLJtsj4+8oM6mvCIW&#10;J2+m2GfINv2GTVBEjgiYEo5oEREKIhJFQJWAHBNbLlUQ9+q3LDy2idc2JewJGjohmVuk5tj/u/xL&#10;QCQKcIThUWS5kbSItAmPd8S/DE/+mPcERPZHlRkpCUT8NYDI96MmYYhAAjEftPygFeEr2smTDz3A&#10;gQccwqGHHUGf19+nxBvA7w3gaAFWLEqk/gkuQPi//7uB9Rsy3JwTtg6Gj43rl3FMOBJDAJG5MybJ&#10;pQ87V87i3NPdaJPzLrqKNWlb5Pdffse95Qx9Y3AlfHhl8PtoIS8b1y+SERsHHngADRo0ID09g5Bu&#10;UlhWQcLS1YyeMFsuxzC8haxImhs+vx5X3dCA9Wk7JMQUU147UMaSWZM47hgxGT+YQ449g2XJ6QR9&#10;5fRq82LlZPm9jz8joOluUlEHcnZl06Z1W1q3ac+4SdMp9wYJBEP07d1HTupPP+Nqps5KJCjK18pl&#10;OwFWzZnMYQe5UKB3t7Zgl5G/Yz2HH3ao3HbhxZezLatI/owRP0NM3ZJ5VASsEH27/6FnKC3JQfdm&#10;c8WlF3HkAYdy0ilnMXLSPCp0HcsuxzRymTT++zBcOpgXG3fGF9Sils2IEIgQ2F42Ll3A8fK+63Hp&#10;ldewNScfUyRmFfmLLJMVy5dz2GECOBxD/foXMm36XDyl2Xz2vvs8jjzyOIZ9MRJfCAIhnVDQy86t&#10;m7j5Bhc+nX/R/5GWsRnMIPGTfuKog9zoka7dehMMuT/H0H1M+e6T8D0ewF0PvEjmzkI0ASZsDVsr&#10;Yc6UsRx8sABWJ3HW2ZfL/DKYtQERfxiI3Cq3nXH+xcxflYpP1xg/dmTld+DFho0oyM/GMALkF+Qz&#10;P34RP0+aweZtu7Bk1ZkICFEwRElJSUlJSUnpn6y6AURE9IeI2NB1/JpGsQPL8iro9fUkJi5Pp1Rz&#10;K0b4LYdyy5IAocIEjwMVOJRhUYZDOVBq2XgBn2Pjd2y8DpTb7rFiPbtfdyjVRTsOQceRx1WE9wsA&#10;U2IZEsaU2FBsOJRasHRHEV/PW0mmx6RId2FItt/g5S9HMvTnWeQA+SaUO0j4oQlgYojzRf+gxIHs&#10;kMMPcctpN+QjNldUUGRbFDlQ6EBSxlZ6f/QJs1PSeH3ET9zTtA3JOcWUifsQ9yTaAHl/HsfBa1tU&#10;OA5Ftrh3d78o3immy+IeCiybAt2gQjdd2COjXfb/Uo+67ehlR9GOBhsxIKTSLpz4qyNE9i8QETk5&#10;Snh7UHcZwSGAyIhRk8NARGSZ9IJWgLdgG08/7CYNPeeS64hft0lWMrFFuRAjwMjhn8nJ/cEHH0az&#10;5r0pKPCE2xcJUL34y7Np17KpPF/k8YgAkd0rp3Pu6W7ExS13PUJWqZeAWMkj+icm03OmhSezBzDg&#10;lQ/w+71o3sLKpTliMn3V1VfTtn0Hhg3/hnXp2yWolFVw/IWM+PIjedzBhx3F4Pe+pCwoft7YoGtg&#10;eqnYmsL1F13oLtk59ixWJGdQXpzPzVf+X3hifxlrUjIkqJAVb0TEhfihJKqkiHK7Al6Iv//+EH36&#10;9KZevcM47YzrmDIzQSbrFHk3HN3PytkTOfgAd1Leq2trsItZMmdc5UR90BsfEAgnQo0QjPLSCs4+&#10;+xy5/4r/3UjmplQMby5XXnYxh9Y7kHMv+D+S1mXiFWVy7VJsLYttm1ZyyUWXSyjyzHPt8QZCldVm&#10;3PwhfrDKmD3yC7e60EEH07hTb/nzU3zLTHmPIbzlZdx6691hIHIR02bMp7RwJ61fEpVn6nHMsafx&#10;6GON6d5jID179aZXz85079yW/158sdx/0CGHMz9xqYwwSpg8kmPCQKRDx+5omu6WzdE8DG7rficO&#10;PPhwBn44Uv6sFt8rGclilpKzNZkbr7lBRg+defaVZGwSkKV4D0BkVxQQuYS5K1PxGRrZWdu44Jyz&#10;3OsceCB33nYLPXt2ZszYsezMLpQ/tyMIpHKcFBBRUlJSUlJSUvpHq04AEVOUy7TEsg8xidfZFTJ4&#10;b/5q6l35MM+//iUbC/wSMBSFbDbkFjJp0TJmLl/NjjIfOZbDVt0gYdt2Ri9cQkLGFnaHDAptyAoY&#10;zE/dzKhFq1iQvp08v0F2ucGS9N3s9miUm7C1uIJ56zLY6jFZkrmb+JRNTF6TwdQ1m8ksD7GpPET3&#10;z0dz5v0t+DpuLVvKNcot2OnTeajXEB4e8AETUrOYuHozKUUBinQo0WHVjiLGLU5h5vptbK4Istlr&#10;8e6EOG5p3oOVhV42+01mrd/KmEXr+WxGEg37DWHyhs1M37iNz2YmsTy7ggXpO5m3cRtT121i0tqN&#10;ZPp18i3ICRrMS9nITwtXMHvjDqZv2MJmr0me5bBg0w5GLVnN/I1byfbqMqJFRM+E/vVApDb/ViDy&#10;1+YQqRtAZCvPPPKQnFT+37V3k5i8FU3MG8Xs1QwyYtgHHHrIIRx8yGF07T6EQMCQJVklELG9BMp2&#10;071TO3n+noDItbfcR1aZX0IBESEiKqEkzZ8ehgYH0G/g+3gqynEsP7nZO2jVuhXnnXeejBYRx4i8&#10;FmefezG9+r/L7pwC9EAJH783RO47/OgTeGfYj/gt210OJICIUYGWtYm7/k/k5BBA5GwJREoLc7gx&#10;nKfjwkuvIH3rLrn0QkgAEVvUwRXlZcMwRNym3x+id+9eEoicKoDIrERZ7lVUqnE0H6tmT+LoQ91l&#10;LhEgMnf8N+F7q8fbH36FRyyTExeRjTp4y7z873+3hPtxFWvXrkKvyOHKyy6RuVwuvPR/LFiVToUV&#10;BiKh3WxLX8Hll/1PRqo8/0JnvAHNBVey92JMfXKp0vgv3pXtHnLY4Qz84AvKLRtZj0cm0nCj9u67&#10;79EwELmYadPnU1qwk0ZPNODAgw7jsMNP4OBDRP6S42VC2qOPOkyWbj7i0EM55OBD5fdgwaLlOGaQ&#10;uAk/cGwYiLRt35WQprnfPV8JA1s2ktsPOuwYXvtigoyek+MmKwmVUpabyW03irwgx3Hm2ZeTkRkG&#10;IjNrAyI7ea6BO14CiMxbmYpuW2ial9R1a3jo/gc4/bTTK/PCiBw15194Ke9/PJxybyicUDWCRRQQ&#10;UVJSUlJSUlL6J6tOABFL5PqwDEKWjseySSn3c+8rn3Nd72Hc0f0dZiTvJFeDDXnlNOz/Jve06EiD&#10;Ri0Y9NFXrC7w8uPqjdzX5WXuaNGeBi078vHkuawvCfH+xHnc0a4v/2valRta9mT0wrVMW72FF/u+&#10;w/zknRSa8OOcRdzTsgfj12yh+asf8Hjbnjwz6GOub9qLgSMmMSNlG7e07M05j3Wl+dAfWL27TAKR&#10;HR6Dh3q/y7nPdeKFIcO5qUl3Xv56Alt8JgkZ+TzVeyi3Ne/B3U278MY3o1md6+HjWSu4vcOrxOf4&#10;GDxyOlc80pyHO7/GYz3f4poXOjF61WbenxbHEz3fZNSyLTze4y1eGPgh97YbyDVNujJ0SjxrSjS+&#10;mhbPLQ2b8mDHvtzb6VWubNiFH1dsYWJqNje160WDHoN4ut9bzN2wjXIRFWPolREiVYlrlfceiLjL&#10;Zv4NQOSdV3pwyEEHuUBkZGTJTO1A5PLr7iYpeUsYiDhy0jvxp29lwkqRd+KFRl0oLvaHgYhYouHD&#10;W7STZx53E6HGApHzznCByHW33k92mc8tRivrzJosipsVhgYH0Kff2wT8Phzbjy0irYoKWbVqFRMm&#10;TKRnz96ccsqp8voHH1af14Z8iNdTxJifvnXPP+gQOvV5nWKvIYGII8bU8FCwcTWXn3t2ZYTIShEh&#10;UpTPPdde5U6szz6PpauT5VDJPC6mha1b5OcVsWt3AVl5ZTKnjz8Qol//fpURImLJjIzMsC0JRFbO&#10;nhwFRNqAXcLKuMmVQKRtpz4UeIKI4BU5HzdtivOL5T2J/f+79lbS0tajewQQuVjCBwFE4lany5+d&#10;ul2GHcpiW/rKGCASigEifhl5ETd2OIccJPKHHMizLTuSH9Dwi6gXAYw0UdK4hKuvFpEZR0sgMnXa&#10;PEryd9C1zQuyP0cc8R+6dH2FWbMSmTR5MlOn/CxzxUz7eTzjx0xmyqyFZOWVyGiTxCmjOS4MRNpF&#10;gIhQqIL3encKj8FBtO79HsV+S36vHEfHDhaSvWUdV1wionWO5syz/y8MREpYNGtsJRBpExUh8mw4&#10;QuRMAURWpBK0TCwrhK0HKS8qZs3y1YwZ+T1t2zTj2GPdBLnHHi/y08ySy65cKSCipKSkpKSkpPRP&#10;Vx0CIiaazH1hMX1DGte3G8iHS7fz2MBPGDphLpsDDkPGTOPudn2YtymHhZm7+WH6AhakZ/Hsa5/S&#10;+oNvWFFQwcRVyYxMXEPCliJua9GTobOWMyXLR9dRs2jQ6WU+m7OUh7u/xoyUHewIwtezkri5aSd+&#10;3rCNJ3oOpMcHn7OqVGfItEXc1q43CTsLeX3sbM5+pD3ztlWwM+jIXCI7PTpP9RnKc68NY3lpgHcn&#10;JXDLS52J21JG63e+5fnXPmXu1gKmr0qlQcOmjFu0jvemL+aurq/zzbI0bm/ZnddHzWJFUZB3pyRy&#10;b8cBjFqZwftT5vOAfL+T+7u8xjuTFrAkx0efn6bw6KC3+XFVGg2atWPINz+yrtDHF3FrueS5Tny7&#10;YgtvTF3IGU+8RJ/xs/h6aQorcsop0k18EoiIKj6i8o1bzSf2Ofw7HMkPErbcFpMLJDZ/SJSrlzSu&#10;Ahb72n8JELE8LhAZ1ItDDq4NiLg5RMSSmQgQueLaO1mUstmdvFu2BCIpq5ZyysknyYntqadewOxZ&#10;ie6yCJFDxA4SP2uSjCCpAiKTwaxg58qZnBsGItffcj+5ZT45gZf5OrBYFDe7Ehr07TeU0tIStqSv&#10;ZdgnHzB8+FcsW7ZMJp0VyzDWrU3hnHMuknDjkcdfID8vm7TkNZXnX371zcxLWCaXhWDbGBVFfPn2&#10;a5U5LA459nRWbsjA8Ht5p7+I9nCX5PTqO4iQpuPI+3FYkrSYxx59kieffoHX3nyPohIPoZDG66+J&#10;/BqHcvrpVzN91kK3WonIS6EFWTlnKkcferBss1cXkUOkgqIdaRwXzqty6mlnsmjFGpnzSEafBDU+&#10;fPf9cB8O5tGnGlFcnC0hwX8vdZelXHTp/0hcnYHPdjCcCuxQDtvSV3H5ZVfKJTPPv9CuliUzbuni&#10;LasSOfU/J8p2zjjnQhKXr5U5lBzTxtJDMqGtSI4qqruIHCKTp8whUJbHzyM+4/BDD+OQQw7l1Vfe&#10;JeA3sQVE0YNsTd/I6BE/MeyT4Yz6eSYevxgziyWzJnNcOCqjXfvOBAIiFkU83iAJk3/iIAlLDuSq&#10;6x5m2dp0wYLAMbCCxXzx4ZBw5ZzjOOvsS9gkl8yUkzRzXCUQadvBBSJ64W6ejiRVPe9iFqxMkUsx&#10;N6xbxReffswP337LlvRNMsG0p6KQsWPHhPOk1KNb95cpq/DJPCIKhigpKSkpKSkp/fNVJ4CIKRKg&#10;WiYh26Tc0Bg87FNuerEt785cxeP93uWpvm+S5jF56c1PaPrhCDICOrmWQ5bPYPnuUm7r9CpDJs5n&#10;uw1bgxbp5QazU/O56pkOjE3LZ6UBP2QUcEGT9gyePJ+Her/J5ORd7Dbhq7mruLFFD8at28xz3fsy&#10;bMxYdpkwcu1m7u35GnE7ivh4ZiJXvtCRZbl+CkSCVRt2ezWe6TWIzp+MYCcwdsVmrn2mHTPTC3hy&#10;4Af0GDmdLRpszKngoeda8MWk+Xw4bRENurzG8IQNPN79NUYu28gWG35et4Wn+w1l9IqNvDdxDve1&#10;78MPyzbz9MvvMGbZerZrNp8uWMEjA97lh2UpNHi+MXNXriXPgfnbi7i6aW++TUon1eMw8KcZ3Nvj&#10;NR4f+C7TU7eTE9TwhavaiN9oCwswEvsc/r2uZSx+AYpU+Z8BRCTssMX6BJF7ooC3B/WRQOQwCUQm&#10;RiVVDYBWgqdge1WEyNW3sHzjZsTKESwTzBC6r5wnH38sDB8O4Jyzz6d3zz78NOJ72jRvxrlnncGh&#10;Bx9UWWVm3owpEsZsWTWHc2SVmXrccOv95Jd63emoe3ES46uAyMsvv4nHU8aaVUmyfKvYds1VVzFx&#10;/AQKCwsZ+dMoCXTE9sZNOlBUWETQU0ajp928FwcceCAXXXwZ/fsNZOLP42j+0gucedopHCzbP5hD&#10;jjmJ5evSJeRJW76Eo8KlZY87vj6tWrZhzOixfPjBRxwRvoYo2/r9j2Pc0tmaxsgff5AT+8MOPYYb&#10;b2xA/8HvMmPWArwlpSybPZ3DwpVWendpL6v7GL4SenVxIyQEeDn/ggt5ZdBgxo4aTZvmzTn2GFFd&#10;5RCOPOpYfvx5PLpRhrdkO1fKJT4uEElanY7PtjEdL1glbE5byf9d6uY/ee75ZvgCwTAMkYMKjikh&#10;la+8hFZNm8gkuSJK5KyzzqF3z76M+nEUbVu15uSTBaQSAEtEiJzLlCmzsELlFG7P4IzTTpH9PeXk&#10;0+jbq58stzx54kRuufEmCS9EEtTefV/DENFDtkPaymWcebhYUnMAZ591Dj16vMz3346mNL+IipJs&#10;br7hv3L8BUy69LIreeWVN/jhu+9o2eQlTjj2WA4+QECLIzn7rPPJ3JSJY/pYMGO8jEgS99kuDEQC&#10;+Tt57I6b5bazzruIuBUbCOoGI38cUfkduvuO21m2NIGsrK283KcPBx3kfo9efXUoQVH6S0lJSUlJ&#10;SUlJ6V+hOgNEdFHK1rbIKi3ioRee497Gbej0wXc8+/Jb/O+JxkxZuZHvEtfwvxfb82PSan6clcQr&#10;73/GjLWbaPvZSJ7q9wYzUtMZOnIcg4aPYkZyFve06UePbyfz3dqtNP9sJPf1eI0J67Zye9u+tP9k&#10;JJPWbafhoA+5rX0/Rq1O5+muPflk1EiZl2T8hi3c2/VV5m/O44eFqzjxpgf4eXkqO/26rDiT7dN4&#10;vudAun38DbsFEFmewTVPtyFuSzE9vx7PA/3e4YdFyYyYkcS9zzZn5vKNfDlrGbe16M2ktdu5r21v&#10;Wg79nIkbttDl0++5qUlHxq1M54MJc7ivQ29+XJbOs32H8PPS1ewK6Xw+fykP93mLCWszadytN51f&#10;H8r09Zvo+d0UTnu0lQQi8ZmFvDMpnuGLU7mxZQ96fv49uSFdAhERCSEz0+qWjBKJfQ7Kdcd/OhAR&#10;U2Xbg22U8M7gfhwcASKjJmCIRJMSmgRw9FLKC3fw1KMuELnkimtZkZYhq5JgGWDpcqKdtX0rp8iJ&#10;tDv5FJNjtwzrgRx1xBGcctJ/5Ha3ysxUsHxsWjWvEojcfPt9FJSIdMQRIGKSGD+nsr2+fQfj9ZYT&#10;CJTQNQwShAWYEElWxbXE52OPPYmx42YQ8AUlrNmSurqymkukX4eF+yXySRxzlAAfB3DQ4ceybE2y&#10;myckGOCbjz6ubFMAAHGdSL4S4ZeatCAvvxjTsHAsg9TktRx++GHh/Qdw8CGH8swLLSjMyWf5vNkc&#10;JNqRQKSDW87YCJK9fSsP3X9/ZZuiP4cdGmmjHocfdjSDBr9LhaYhUq76y7K48vLL5L4LL/kvi9em&#10;47dNTMePrZeQmbaaK68QgKEeTz7VEK8/gB1dslm+Opi6TlpKCuefd361cYk8L/F6yCGiHwdS/4RT&#10;mDBhMrbuwygrJGHmVE4/zX1mor+iNLIYm0g7Dz74OJmbdokgHHm5ktwc2jzzBAfUc4GQaP+scy5l&#10;9Yr16JqHhLjp4eUr7n4BKSL9EJ+POUpULzqQs886l82bMrHNIAnzpnPkkS4Qad+howQioaIc7rvJ&#10;Lf181nkXEi8jbkx279zBgw9UjbF4RkcffVTls7zg/MtYsni1uyyqih4pKSkpKSkpKSn9g/WXAxFR&#10;GldYExEilsnK5PW07d6VVembKdJsNhV7efnDLxgxdR4bi3x0GvoxT7fvQcN23fl27CS2lAaZl76L&#10;53sP4PkevXimS08mLlnDNr/FuIVrubdND57s+xrXv9iWhZtyydMdvp+3jDtbdKPJwHdo1P8t2rzz&#10;OTNSt9D93Q+YmBhPiW0Tv2knHd7+nDVZRWwsLuOOF1vR54PPSN2dLavY5Hj8DPzkCz75eQqFQFzq&#10;dlr0e5u0fA/JeeU0Gvw+T3V/hfubtefr8TPYWRJiYtI6ur39BWmFXkbHLeWOl9ry4suvS7d45W1m&#10;rctgTNwSWr/+DpNXpdPrwy9JSEkhL+hj/JIVdHz3M9ZlF7FwfSqPt+3Cc71f55GX3+WcJ1szduVW&#10;lm7Lp2Hv12jz1jCe6PEqc1IzKQrpslyvJYCIKIWhgEid958PRMQMMIht+hk94hvOOetszj7nPKbM&#10;mOcuKwmXabXNCipKc+jcoS3/OfE/PPjo06Rt3YYl6sMKGGIbcomDgAL52Tk0er4Rp55yKiecUJ//&#10;/OckLr7oIkb/8COvDujPf048kf9efjlLEuNlfpHM5CXcedtNnPSfk3ipaUvKvL7wggUX2KxauZTT&#10;Tz+dk08+hU8/+YJA0CtzQng9FXzy0UdccMEFnFi/Pscffzz1T6jPf6+8iomTZhIIikwkgtNosoTr&#10;1oxUnn36KU488US5ZEeUCG5wx22MHPEdndu3l+0L0LNpyw730oaF5g0wd9ZcGtx1DyfWF+edwHHH&#10;Hc9ZZ53NkLfeJSevyM1HIodKRIn4mTdnJtdcdTUnnXQS/znpZHr1fYWi/CLS1q7muv9eLu//g3eG&#10;hMdLl8tT8rJ2M/TNNzj7rLNk/4RPOulkrr7qGqZMnkOZJxhe9mLjKy/k6ccf4+STTuK++x8hJXMr&#10;QdvAluV0g+zclsnjjz9J/fon0qt3fwICpESASPiRSotErCGdTRs30al9J0455RT5bIUvu+wyJkz4&#10;mSZNm8jnd83VN7F82XIJRLA1rJCXFUuTeOzhh+RzFuMufMbpZ9C71wC2bcvCNMQ13WtZmk52ZgZt&#10;Gjfl1FNOof6JJ3L9zXeSnrYJUw9gaF5SNqznphtv5pSTT5XjXL9+fVnCd+SPI2nfthP16/+HW2++&#10;g53bd2FoQdavXsYlF1/MySedzBtvvIlhhAiVFzGge1fqn3AC1910M2tSUrAdG8vUKczP5dVBAzjj&#10;jNM54YQTKn3XHXeTsGAxesiSMEQCEZkvJvxclZSUlJSUlJSU/pH664FIuHqHSPqp2RaegJ+i0jJC&#10;IV2uIa/QDQq8AXYWlsnKAwVejW2FZWSV+agI2TIBoChvu720gs0lJWwuKafEdMvQiqo0O8sCbCsP&#10;sKM8RIUOPlFS14DNxUEySzzsDphs9WhkBUx2VXgpCPrwOCYFIYNsj06p4VBu2+QGg2wvKqQi5Cdg&#10;6fgsi9wKDwWBEKWmI4/bWSL2IfskKtxsKfaTlltMqWbjM6AkCHkeTVaD8NiOrHCTWVjGLk+QnRV+&#10;ec3CgMbOci95IZtsb5AKI4TPDFAYEvdQQZ4vyMKVa5i5Yj2bAzBjUx63tOzFlJWZFJuQVaGzpSTI&#10;Dq8pSwd7dRNdD5cI1Sz5qpbM/JojZXV/zbHn7Rv/FUDEkQsqLCpKSyjIKyQnrxiPLyQn0WEyEIYi&#10;AUIBP35fiKJSD/6QmGhb2DJHiBG2WI5hE/AGKMovpriwlNysPDxlHqyQRtDroSg3h7KiQmxd3JNN&#10;yF9KaUk+Bfn5FJUWE9L1qCUzIpeISWlpMaWlFfj9ATexaXifKUpMl5WTl5PL7l27yMnJpbzCixne&#10;7zg2jljSI65kagT9XnKzd0vnZ+/GU1qMpYUI+vwU5pdQWuKVZcDFSiLBemQAjWnjKfeStSub3Tuz&#10;yNqdQ0lJBbrhyJ9TsiiLHCq3Oos42e/1UVRYIo/zVPhllFYw4KekuJC8nN0E/RUSiIg+WYYm+2ho&#10;IfJzc9m9cxe7d+4mP6+QinKRPDb8vER3HActFMBXVkZRbj6lJWUEdQ3dErk6XABkWw6l5T5y84sp&#10;KimXY+ECkSgYIhuLTPwdgr4gheLZZ+WQk5VNcXEhpqVTXl5KSUk5edklsn8ChojKP7K0kBki4Kkg&#10;LzuX7N050gV5JZjhCjwRuCABgxgk3UDzBiksyKOotJRyjx9DExV7xP3r2IaBt9xPYW4xu7aKZ5RL&#10;WVkZwWCQoD9Ifk4JZUX+yggOLeCjvLiIwvwCykpLJYxzTB3d76OsqJjS8jICoSCWKbYb6KEAhq5R&#10;VJAvI0bkOO/Yjc8j/o9RNSaifTdVTGTcoqJrlJSUlJSUlJSU/jGqM0CkmnXxD2MTR0SPiGSronqC&#10;6WAKWxC0HAKmIxMPioIAmoFMBOg3LfxiImaBYTiVk5WAbiOWhZviOBMCJvgENLHAYzjyvTgnJOzY&#10;+E0Nn26hO+JYm4Bt4bNNNMdAM4Lopo4vFCIkr2XhNyz8pkPIdsuEhgwDn+ibaM+EkOE6qLn90W1b&#10;Vj0IihKXtoOotSBexWfNsgiKdkW/DZuQmOgYQVmBJygmWZrOmHETaNKpGy1eHswTnV+m0ctvkp5b&#10;4Z6ji/FxoYzPcggZbkSII25cgpHYpKr7b2Jf9xwLNPZkkWh1b7x/xu7PByJumVHxJ6LI/FUkAw2H&#10;ErgTYEkI3Am32O+2YeOInBQyL4WAAe5s0hHLbUSESeXkW3x2YYGEMOFfwzu2iWVrEso4joXliPeR&#10;PkRBjfCEXvRJVm2p3OdgWZa7/M403QSmMvjBkXbPc2e54lqR64vPtukm/HRn7bLeauVEvho4iIIH&#10;EcnDIw5/jgYApimgiii5G+63I4rGWOiG+Bsv+iKuK/rjWn6W2yIXqFq6EbmO7ErkuUQaDd+/Jc8V&#10;Y+zuEvloRf4O0xbj4I5lDSASZRFFJnJ9uP2vulF37CP9CfcZcWwYgEW3K/oavt9Yuw/U/XqYjvv8&#10;xPi4SWrD9EkeXAWiZH/kye5zrrxGuGSOI79r7iC5z1i0FyFUkf5HPf/KBxsjed9Vz1/2U1Y9VkBE&#10;SUlJSUlJSemfrH0GRCrLke6LkqSmLisACLvb3ImqWKMvExcaNpp8dSGJ2Cb2CxihGWLCYcvfULrb&#10;q2yZtnu8acvcCK7lLy3DbYkIeQFfdLcNuU98ttBlYlIxWdUw5X7Dtdwulv24/Yr01X0v+ibAjNtX&#10;QxOVG0Q1DvEba1GRwZCwwhZVduT9iYo7AgKJ64lzRLtiDELyVV7fMCkqKWHO4qV8+O33jJk9n7Ss&#10;PLy2C0IEeBHwR8AYcX8iP4toHwlFDPkb2CogItrev9EOdce/BXTsrf+ccdufQCSiSAWSyOQ1wjEi&#10;ciNIqiaTlZPcyOyxhiOz0ahGpKqFDFR9FhNsLBltIl/DV6xxeqXCk/DIp6hJq/tbfduNXJHRK+7k&#10;OzJhrpxt19Z6LZuk5P3uaWd1VY1N+HPYcnIdfYnoMYger4jDk/oIB5CObjvqGBcEuDskRIh5GuJ5&#10;upP7yMVjJCFL5HrRk/9IS+5bFyjU0u+9Ubgp0bR4PmJD9Ji6bdc81j3ml67jHlz5fCObfvGU6OvW&#10;fmDkuxT93VJSUlJSUlJSUvpnaZ8DEQlFatn/211bFY89/SY/dvsvO1LqVwASKwxUqsBKpD0BKSKf&#10;qya/0b+533O/Iq7eN/kb2HCUhmvDtYAihoAjrl1gETkvZizkGJsETRuvbsioGJ8hEtKKaBTHBUXi&#10;XgQMkfcngIiIthEwRMeSoCnSpvCfN7H/ax15Hnvj2Oe4p3P/nHH7M4BI9PQ2MgWuPv2LmWFW+xj5&#10;EOvqYKCq5RhHARERISId05/qfalSZF9kaUPlEodwBEp0NImc0MoTat5dpfawWWhvJsSVfQnH20Tf&#10;cQSIVB1cy91Fb4rZXOsxlUCkqn+Vr9HXFqMbjpjZk6LPr36vVe8rx7byT80u7/EKkT5WgpXqY1pj&#10;fKvBmT22WnnVWoHIL7nGhsodbhMxMKRG/5SUlJSUlJSUlP722udARLwXE+7qyzLqliOh9aaIzJBR&#10;I65rTnj33eRXjIeAHSJSQ0ZrhCM2Iq4JRGq3G5ViyCgSy7Hl8hxRQUET0TEykiUS/SLuKQJ/RJ4C&#10;AUPcXAVu5I0CInt2LAyp7dzI9tjr7Hv/GUBETPViUcUep3+1zx/3QrVdpXbXdmRtqu24SJdiJ7N/&#10;xoS2tv7U1rfKg3/Ne9JeHveL1/8d+rX721fX+cOKHZ/aXOvdVPU89rvzZ3x/lJSUlJSUlJSU/lzt&#10;MyAScWTi/2sT+7rh2ia6e/Ifm/xGxiUagvweICItlybpGKaGLh1eTiOBSHi5jVnVZwFAIjDk3wtE&#10;9tZ7+k78dWMkQEhJSQmapu23SVnsXLFyzlib9uqg2lTbBLR213ZkbartuN/UpX2s2vqzx77FjmNt&#10;3pP28rhfvP7v0K/d3766zh9W7PjU5lrv5i/vuZKSkpKSkpKS0p8oBURqTHz35OgJcWz0QGy7NR0Z&#10;F7sWGPKbgIgEHwKAaGhmiJAVImSG0ExdVuqpgiJVfa4ORHRMU0TJuK55b8o1n+9fOz5/BhCpXdET&#10;xn2l2iahsa7KWPJrU9XaWqvtuD9T0X2K7d+f3bd9ff3Y9vbkP3qdP0e13c3fo+dKSkpKSkpKSkr7&#10;RvsFiNT1JTPVHTvx3ZOjj/8lWLJnR4/NLzn2vBoOL09yIUjEkSVLNfsc275I3CrKmArvbd+V/zpH&#10;gIjIX7P/JSaE7kRR5vTADL/WTNQZbZGmNOLKaWXsQWFHinlET0FjXctptSr2mD0d99sU25tfmSTL&#10;vBhVlWpEwlCxnE1WyIkkOv31Vvab9vIu9lqxI1Ob/yzFLmnZk/esv6rnSkpKSkpKSkpKdUH7HIj8&#10;HkeDgGrld/dV1Zp96tqAyN5DkX3mPzBOVTlU/uQ+/6WOBVx/Hxj05wARMRmMIIVwiV3E9YSNStQR&#10;m1JzT39ke5FasTF2E3NGT0FjJ6V779r+xB6zZ0fuNdbi3mNdG8KJVMwR5XKrSg6L+4uUa3WBiHDM&#10;aP/iJF1pbxULPvZkJSUlJSUlJSUlpdpUJ4BI9DIREekQktEPVf4tk/3977oBRGKjPvYqsuRf7VgQ&#10;ooBIdYVBgKODEwDHB06Fa1vY49rZW3vB/gXL9iMWn6POlcf4oux3zb62D/DWdI17EY7ub7g/0f2z&#10;AmCHwDbc6jYSiohSsLWX+BXVb9REXUlJSUlJSUlJSemvVZ0AIrERIhEoEnHlcpA6AUb+eiAil73E&#10;WEGRvXF0MtmIY4+pe97/QEQs+dCAAFhlYORCcBuUp0DRKpy8xTh5i8JeiC2cvwinYDFOwRKcoqVV&#10;Llzibitcgl24DCts8T5ipyDaS6GwNi+L8nIoXIFTUJtX1jCFq/bS4tgVe+nYc8MuWQelqeDZAnoe&#10;WALoiFwvFrYsISyeWc2FPCpyQUlJSUlJSUlJSemvV50DItKVOTKqYIgCItUdGx2iYMg/1/sfiIil&#10;HmVg5oIvA3ITCa3/Ee/i9/AmvYEncTCepEHSFUkDKK90f8oShftRmvCytPgstov9ZUkDa3W5cGKV&#10;vQtjPSDs/lEeQEViTXsSB+CNsS9pIL6kQdXsTxpEIDHGSQMJJPWvtD9JnOtaXM9Tze79i1evbNO9&#10;RnDxG2grP8Rc/zXOtqng2QyWiKwRkTZGGDQpIKKkpKSkpKSkpKRUF1UngEiVXdigGxaaaVbCEHfC&#10;b2IZJrZ8tTDDEMLdp0dBgerAQhwnLM6JOLLNbWNvLa4lHDm35tILN6mp8t/ZdREy7Wsg4mbacJOm&#10;ygm7I6JCtkBRInbGDwQWv4ovoQ/++E4E49sTiu9ASL62RYtvhRbf4lcdim9JKL4Nofh2leeG4luH&#10;z69uPb4VRg23rOm4VhhxrdFlO67F+4jFPjOuNVZcK6y4luHX6PdiX7Qj+6psxkWuU9WX6GtEbCa0&#10;kccT3xonvi16XAf88T3xr/0WK281GGXh3CPRS2ZirfRPkXqiSkpKSkpKSkp/T9UZIBKBHgIuCCCi&#10;m2ZlVEg1IKILRwMRUVI2GohUBxnRMEScFw1GYuHIL0MSF4ZUnReBMVH3oYDI397iee5V+eM/0fsa&#10;iLgoRPxXTNhF/ovdUDQba+07BOK7SLDgJLXDjG+GFd8EK64pdlxTrPjGOHGNcOJewIlr+MuOfwE7&#10;/kV5XuRcOz5ybnWzV24EcS9C3EvSTi2W+xYIN4IFL8T4xfC+aIttUcdUXifcVtS17Pgoy22iL+I6&#10;Dd1+LWiCsaA13vheFCz+gFDOcrDK5fKZKigSm5hV6Z8iBUSUlJSUlJSUlP6eqlNARExCq0ddRC9D&#10;caGHgCKWYWMadhh4VEWIuO3UBBzRICMagkTAhtumcGQiHAtDagciKnfHP8//DiDiTtEdR1RGKYdg&#10;Kmz8hGBCB+z4VhDfGOJcO/PDECKhaRgQhEFA/Auu4wQQCDv2swQML0F8k/B5EeAQdgRCSCDR8Fcs&#10;jhHnRJ0fH+5LtTZrgyFR5wrHh2GHOD9efI46R/RH7I92goAgjSTQcaFO5HovwPyGkNAEEppjzW+O&#10;vrAjJQv7krdyGFbxBjDLw8tnRDRO2AqI/OOkgIiSkpKSkpKS0t9TdQqICMigm2K5jIgQseV7Q5aG&#10;dS1hhG5j6Q6m4WBIKOICkap2ItCiCnS40RxR4EM3MHQD3TDRDBstHHEitlu6gCsxUSamHe6HhVkZ&#10;ZVIFUOrS5Hlv/O8su7t3/jcAESE5eROTc6sYO28uvkU9MBOahWGIgAKNceKbYsc3w4lrBgktMeeL&#10;CBGxPwITagESlX4RJ74JdlwLQjMb4SQ0w1ogokRaYi5ojhXXHBJb4iS2wIlrItuNjfjYk+34xphx&#10;L2LMbyQjT6zoyI3K6I/G0k6l3X2OiAqpjP4Q9yJgTZOo42r2Q7QrrlHdjTEWiH40w0loCYmtcRJa&#10;YCS1wJvUjsKFAyjPmIwTzHejRGRZ3rAVEPnHSQERJSUlJSUlJaW/p+oEEBETc8u0MC0LzXIImg5+&#10;CwI2BC3QTQE/HBkZ4ug2djUgYmKYVUtmIktjhJ2wI0tsKqNCdBNNMwgJGAIExXXEe5m/xIUyEWu6&#10;iWk5cglP9SU41YFIXZpAK/9+/xuAiMgfIhbMyIm5XkDpmq/wJXaUoMEFHQJ4NMdOaI0R357yKW0I&#10;zemEGdcWK64FTrwLM0hsgR3XrNJie+USmQUtsBM6Ycd3IX7gf1k+9Hr0uPY4ST1gWT+2/fA04zuf&#10;g3eWyMchcoS02IOby1czroWEKFZcM2ltfmNpY0ETdLlcRSztcftBfAuQkS6tJJBxLfaJvjXDnN8k&#10;7KaY85tjzhf7BJhpjrOgGdb8Jtjzm+BIN8We39TdJ+4xbDuuOcH5zSmY1ogNX9yFEd9Wwh47oRlG&#10;Ygs8id0pXP4FRmEGWCEcywxbRYj8E6WAiJKSkpKSkpLS31N1CogYlo1X19leUsbWMg9bSyvYWVpB&#10;qU9DM0EzBBwBMS8MGRDUQTMdQiKSQ0RxSEBio4UsDN1BF9DEFDAjbMORx4ttIV1cy2FJxnZe/2Yk&#10;mQWleE2bkIAlpkPQcNsO6jp+0yRg22i2gDAmlqa51nVp2zCk69Ik+pesIkT27AhYq0tLofY1EHGz&#10;iIhSu4YsF1u8+C1CiW1wIktIZG4NAT7akju2Ca/ceQJj2/4XPb4zwfkt8c5uih7fASOuE6F57TDj&#10;2qPPa0VwQStCCe0JLuhEYF43QnF9KJ39MjP73cbMl6+nfE5vPm76fyz5/HlSfmjKRy+eQfH8Vyhf&#10;0B3P/E545nUgEN8RX1x76bJ57Smb0wHv/I744zqhx7fHSOiIFt+JUEJXfAu6oiV2xRffkWBSF7T4&#10;joQSulAxvyOe+R0wEztjJHTGO68jgbjueOZ2Qk/sTCixE6H5nTDnd0af30m2EYrvhX9Od4wF3SGx&#10;G8a89jgL2oNYRrSgFf5ZTbETOhCa3x7/vPaEEjrjS+zFmi8fo9/d9SicLACQiBIRxzVFS+pMcdIQ&#10;KjYnguEHW1TyscGKTrCq9E+SeqJKSkpKSkpKSn8/1RkgYoaByJxFC3m6Vz9ubd2Tu1r3onGfwcxe&#10;upYSDcoMKDehQoPSkEOFCX4HAoBHd9AcZGSJz3K3e2yosMDjuK+h8DYZfWLBbo/GnW27cU+Xvqwp&#10;LCdfM+V2rw3ecFsChnjBtYQvBoYWwNSCmLoLRhzdkP67ABHlv5f3LRAJR4YIO0G07GWUJA3ASGwO&#10;8eG8HyJvyILmmHPaMKvvLdxy6AE0POsICqa0Y/vPL/BJsxMpnN2Dqf3uYHSXqyiY1JEvGp3Ikk/u&#10;YdFnT9Lp9uPpd//ZfNjkSia98SIz33iGCX1uZ9IrD3LR0QfT6u4TGDvoXj5seQ075n7C970f5rUn&#10;L6DvvafwaePLKIsfwOaf29L7oTPoff9pvPv8RYzpewda0svSZXNe5ssWV9Pr7tP4+KWreO+lC1n0&#10;5QtMHXgrbzW6jLb3nUrvJ88mY0xbUr9vytAXzuflRy+g1U3H8XWn68ic0IERrS5n+AuXMKrd5az9&#10;vgVvPX8FXW87lW9b38TOMR2Z3vcmVr7zIIHZXfm507nMe+UW8qd05PUnzqHnvSfxXtP/47uet7Jq&#10;eDM63liPnCkdsJLaYiU0wU5ojJnYltL4/pSlTQVdJFcVQEQkb4nAEDV9VlJSUlJSUlJSUvqrVSeA&#10;iGsTw3LIKa3gq7lLuLntIG5o3pdvZi5kzc5Cxi5KZfSSFKavSyclt5CdXj8Tl6zi65mJTFu5kSnL&#10;01iX62HJtjxGzFnCpBVpfDtvCQmbc9hl2uzSID5tJx9PmMuExLVsLw/xw4LlnPLQSzR5/xtSPDpb&#10;KkJMTFzJO6OnMjtlJ7sDNpuKyxmVuIT5KRtZlLKRskAATQuiayFMESGi6QqIKO9X7zsgEoEhIo+F&#10;yGfhw7N1ASVJ/TASxVKT593EqPNFDpAWGPM68d4zZ9P//nMY/ND5JLz7BBkTOvLSDfWY91ETXrj8&#10;WF68/BCWfNqUO46qx/DOV/LkZfXo/ti1vNXiURqcXY9uT93AsM738kbD81g6og3/PeUwBr30X356&#10;+QFevPY4UmaMoMmt19Dlzkt5/Zk7aHTZ0Ux9symtbziOJtefxfstH+H5iw6ly11nEUgagrnkHUZ3&#10;vYN21xzHOw0bMPTxW3nm/COY9NpT9GhwIi9cexK9mz9KwzsuoO2dJ/Fjz3u54z/16P7ItQx68R6e&#10;uKQen7S9jhfOq0e3a49h+ceNefmJM2h96xl83PYJml5xBJ+3uIqv21zH64+ewpovm/D0WfVY83ln&#10;hj55CU2uPIkhLzagxU2n0ubuU0n4vBXtbj+c7VM7EFzUBlMCkZfQE1pRHNeLog1jQC9187VECswo&#10;IKKkpKSkpKSkpKRUJ1SHgIjI3wEeCzKDDi2GTafhGyPY7XfY6Tdp/vFIDrrxMZ4f+C7jEhfyzjfD&#10;ufaxp3is20Du7fQKlz/dmlGrt/LR7OUcfd19PNH/PW5u04ebWvdm9PqdJOTpXNukJ/d2f4vn+73L&#10;13OW8srIadS79Vmeev0Lpqfs5NUvR3Fnk2489dowbu8yhI9nr2T8qk2cfs9TPNPnFd4fNZZ8jxcj&#10;DELsMAhRQER5f3q/ARHHj2dbHMVJfauAiKwOIyqrtKR4QhsaXViPtxteS5MrzmTI0//HjjnvMLDh&#10;f+nx0OW0uOEkGl5Rnzeeu4ZG/63H2EF3c9/Z9Vg34VUKV/3EC7ccTc9G1/J5twYMfOIMcua9xhP/&#10;PZL44a2Z91FLnr7ieFJmjafFLTfwY/enyZ75EV3uPJuvujzO3afV44ueD+JZO5ru959Fx3vPxZP0&#10;LhXxb/LGk+fyyqNnUxz3MdtGvsZzFx7DtLcb0vXe//B6qzvYvm4SP3zYjjvPqccHba/j6f/VI332&#10;UHYkfsSTlx3BkEb/R/87jyHpzccwVn7EM1fV46cBjxJc/RNdbj+DvvefwfrvO/DUefV445mLaHXt&#10;IWyb+BqPnF6Pz9rcSOmyb/i82/00ueM0FnzRgTa3H8XmaR3xLRb5UJrgJDRGi29JSXxvCtaNAqPE&#10;XS4TGX6VQ0RJSUlJSUlJSUmpTqhOABHNCMnJXgSIbAo4NPtsBg1f+4Y8T4hsf5CXPh/Nxc36krC9&#10;jGUZm3mpZQtGz5rPRo/FNws3cEeb3oxdt433pi/k/IcbMXN7MXOzPNzWvi9DpiUxa5ePG9sOpvWX&#10;4/lw5mJmpu1k7vYiruj4Jh/MX0PStnyueeBpWgz5nIEzF3N1pzd4bOAnDI9fw5WNOjBs/iI2e0N4&#10;DAdbJDQJuZEhsflDFBBR3tfed0BEqPqSmWDWUsoWv4Ie3yyqVK5IrtqSeS9fxWMn1aP3PSfS/rrj&#10;eeacA1j9bRd+HvAMdx1/MO++cDNDnrqZO08+iI/bXsq6H5rQ4qp6fND4Mia9+Rw3n1yPfi9cyZft&#10;b+bNx86kdM5rPHTO8XzU9hpG9HqAZy4/lk0zf6b9rdcztvtD7Jo4gB53n8xPLz9Di9uOpskdR/JN&#10;/3u5/dR6dHzgTELL38W/+A1G9bqZl66sx8jeDfiy+Y3cf8bhTHjjOTreeTINbzqaL994gRfuPIrm&#10;dxzKqMH3c82J9Xi9xZV8P+BBnr+8Ht90uJm2F9Vj7QePUDa/L90fPYrG19Vj4qBHePGSenzf8X9U&#10;JLxGs//V48HT6vFtx1vxJn7Mq4+fTYsbDuOH/g/y9FX1eOmWk4j7vBUtbj6YbdM6EFgkgEhjCUT0&#10;+NYUze9D0YaJoAsgIkruRjiIihBRUlJSUlJSUlJSqgvad0DEDDt2+y/aLacrgIhhaLJyjMj/sTlg&#10;03bYZJq/+TX5niB5/iAtPvmRBj2GsMUL6zZtpUnjJiQsXUOuAbPSdvNY54FMXL2ZT6YmctWTzVhf&#10;5md9eZCne7/BWz/PZb0XPpmzmlYfjqDJax8yfFYSC7YVcFOXoXyzMJn4jTu48eFnaPbqB7w6fh5P&#10;v/4ZA0fO4Ou4ldzWshvLs0oo0iEgVhpoJk7IwNZrK71bVSa4umPvPWrMoh17jPK/3vsWiAiFJ+OO&#10;jlWUQvmyoYTiWoRhSBiIxDVndJuLmdLnaoKJAymY2o0u15/Bqs+eZ/fEHnS85VxWfNKElZ+0oMfd&#10;Z7Bp7PN4E7ow65Ub6XHLsQx95jS63X0So/rcypKPnmDuq7fhmdebkV2vo/9D9Zkz5HE+bHIN+bM/&#10;YnTXx1n9WSMKZ/Tk67ZXsHhYUzaM7kDvJ86h/7Pn8dQVB9LloZPwLR6IN6k3uTM78NZzZ9L1jhP4&#10;6MULGPzEOSQNa0Kv+07i0QsPpe2DJ9LqnlNY91NTpg29j4curUeLO46m2wP/YUS329kyuh3fNzmN&#10;nSOeJzC/J7sntaT/AyfS9eaj+PSl88me1AZ90QBmDLqdl+85g/VfvYQ/4U22je1M33tOpde9JzKk&#10;0VkM73QTyT+15Z0XTqV0fgf0hW2wEhpjJTQjmNiZgoTXKM2cB6YHnHCEiAIiSkpKSkpKSkpKSnVG&#10;+wyI6GaVY/dVs6ljGMLis1vKVjcFDNFkWV2RyHSb36bTRz/RYciXFHhCFPp02g0dzhPdXiEroLMj&#10;t4DWLVrxzLMv8smI8TTu+Rr/d9fjxKXs5Osp8Vz/8AtsKvaxuTTIcx368dnPc5ifuoumL7/FRz/P&#10;5aVeg+k65AMS0nfRoO2rjFuUQkZ+Gfc/14TnOvXni6mJPN6hN59OnsuUVRu5v3ln1m7Pxycqz+hg&#10;aRamJmBIFRCpigxx76m6awEiUeO112On/K/0vgcikXm5Ab4dVKweRiCuNY6AIQuEX5SlZrX5bfDN&#10;7YCV2A09vgt6fFf0BLdsbii+G1pCd8xFvfHNa4Oe1AZzUVu0xA5oiT3QE/ugxXfHSOyOb147jIVd&#10;CcS1x1rcDT2xO/aiAZhJr8DSNwjE9cG7oBvawl4YS/rhS+zH120vYFiry0n/uR+PX1CP/k/Vx7+w&#10;O77EdpTOa44nrjOeuP7oS1+hIqE3RXN70euuI/mp63XsmvMyefN7ElzUm5mvXUfD/9UjbUJbcub2&#10;xLewH/bivrCoN05CN8y4LmhzOxJa0ImK2W3wLxCVaLphJHaDpX0Jzu2IFtcd/4JeOItfxTurO2Uz&#10;umItGUwwYQDGkkH44jtjL+6AkdACK6EpekIbKhL7kL/sc/wF6yR4qmQglUBESUlJSUlJSUlJSemv&#10;1j4HImKi/4tLR2oFIjqmoUsgIqq8ZAdNvp6axOcjZ1Ba7sfj0/h2YhzvfT+egoCGJ6iRuWkzrVp3&#10;pEOvgXR//T26Dn6HFZt2MW9FCr1ff58Cb4js0hDvfDaCOYvWkuexefuLn2jSuR/dX3mbVamb2Zxd&#10;wsCPf2LJhq34NJOU9K10H/gWzbr049UPvyQ9u4QN2/Po9upQthWUEzCQ5XwtzZRAxDSEq+41cv97&#10;FR2irLyX3m9ABAOsIuys2ZTI8rlN3egQUXZ3fhNIbIUTJ6rPiNeWIMvKtsZJFG6FkyDcEidRlJxt&#10;hi0TijbHjm+LHdceFrbHTmqDI7YlNMGKb+weE98UM64lVlxbSOqEGd8eK1FUaGmFEd9alvRd/9lD&#10;tLjsUPo3OJJWVx9JxqiGOEvaYyQ2wUxqQnBBc0JxHbGX9JAlcItntOSj5/5D3Os3UzyvA6ElXTAW&#10;tmPVxzfw5tMHUTK7JVp8e+yFHdHmN8eKb4m1oDmIe4lriTa/KWZCC0Lzm6IvaIYhPL8ZtjguTkR+&#10;dCA4tw2mLDfcnpBwfHu0hHboiS0wEhujJTTCSGhOILEbxYlvUJwyHdNfIErLxAARJSUlJSUlJSUl&#10;JaW6oH0GRCIWcKBm1ESUawEiwqa0TcgEnwnlQZmmA0O30DVD5hcJGRA0LEKGjmkZBEM6Hr+OJ2jg&#10;DZl4QhYBUX5XHKuDmD+ahvvqnguegEkwZKJrFppmEQzZ+AMmfp9GwK8RFG2ELHwhi4qAgSdo4tMs&#10;PCETTbexdQt0E1v2tzrsqAIiysr7zvsaiDg42Ng4IkLEqgBfKoENH+BJ6oKW0BbiRD6RJhDfFBaI&#10;fCLifZPwNvH5JYhvBAkvQryw+CwSsYrqNC+458U3Dx//Ek7c85DQEBIbuefJNsQ+cZ3mkNACJ75Z&#10;2M2x41phCwgT3wEzriNmYkeMuBbYItmrPF8s6xGvYlszWNgaFrbDEGBjXjNsCWia4iQ2Rp/XEP+s&#10;5yBB9Elc90W337Lv4f6EPzthWwsautEycS/giOskNsUR9ySgT1xTaUdGgzTHSmiBndgSI6EZemJL&#10;AoldKFr4Gnkrf8CXk4pjhtyEqrYDjnDs01BSUlJSUlJSUlJS+qtUJ4CIACGW4cgcIgJmCAsAoukO&#10;um64CVflewdNfDZCaEYQXbZhoetm+DjxamKEbQpr4r2oYOOgmw4hw8YwxTUNt1qMeG860oYp9onj&#10;bDSrunXLlgBEJFIVQMT6RSASucfoe605TrU59jhl5X0PRGxpGblgB8DYDQXT8a55E/+iHjJaQ0RG&#10;2DKviIgQERVoIhZgIQJGomCJeC+ASMILkCDARRioJDRxP0cghLT4LI5xE5CKMrV2wothvwRJzWFh&#10;c0hqCQvb4iS1hsQW1a8t4Yho2406EUtV7ETXTrjSS5Uj1xf9ExAkAnKqYI44xu3HS1jxL2ILx4lz&#10;xPki8qWptBXfBCtOtN9MXtMUICShJVpia0JJHSmc15fcpV/i3bEctAo3maqlgIiSkpKSkpKSkpJS&#10;XdR+ASK/PMGPBgQuEBFLZSzdBSK6YUsb4r1uoxk6mqFFgQ7Rro4pwYqBKT7repSrPlthi3MESNE0&#10;kcDVzelhCnCh62ia2CeiP8zwe4OQrle37INY0iPK67rVZVwYUn1ZjAtEdAxTq+5aoEg0OIp27HHK&#10;/16bpvu92vdAxI0RcSvNiKQ4xaCnQvFc9PQv8S/uTzCxO1pCJ/T49hgJ7aLcFiOhTS1uLXNoGGL5&#10;SIKImGglt2vxrdHiW8kytMLuviqLqAo9sTlaYlNpPbGZXHaixzfHiG+FLs6Na4ke1woroQ12fGuc&#10;+NYygkQssTGj20tsiZkUuXa0xTbRr+bStojqEBbQR+wXkSXh/kWsR1l8DsW3rrS4J9kv4YS2BBI7&#10;4k3sSkVSHzzrf0DLXQN6KdgiRE2UNxYgRIy1WjejpKSkpKSkpKSkVJe0z4HIb7cbbSGWoIjXygSj&#10;Mj+HWNoiYIjIMRKBCO7xrmOqvOg6tlm1zdYFwIiUxY0+z7WITBEQxpCvVW3GwooI2IneLvtmCos+&#10;R0eK1AJEKl0FRmKvoYCIcqwFEBHWNI3i4mL5KuTIifUfk2jDccSyGQvQwRZQZBt412Hvno1n7Zd4&#10;VgylJKk/xYl9KU7sRUliT8oSe1GeVN0Vib3wxLg8oQdliT0pje9ezWWJPSgT+6JcniQs9nWlXDhB&#10;uBsV8dXtSehei8X26q5I6EZ5QvdKi8/VLbZ1pzy+G+XxXSn7VXcL978HJfE93PuI70F5XE/K4vpQ&#10;mvQq/jWfYG+bgFOaDEapO6Yyd4gY3zB8quY//gyVlJSUlJSUlJSUlP6Y/nIgIsCALZeiiLwcbvSH&#10;AAduklUTQ9Olq6DB3gOR6q46T8APN3eJiESJ2N0eaVf0RcIUPQJAYoGIADcRKBKJDPklGPLrQKT2&#10;iBrlf6tjgYiIFBGyRU6KPygXiERFLMhIEQ+YhaBngT8du2QZel48oZz5BLPmEMyaTShrNlp2dYdq&#10;c84cgsK5YYc/B7Jm1XAw290Xyp1LKHee67xaHNm3jxwUzpm7F55HIHd+jBcQyI0nkJuIXrQKpzwF&#10;AtvALAVHk6BJACe5VEaOsQIiSkpKSkpKSkpKSnVNdQKICBjgRnEIi/K7wgKCRIOQaKgRKXlbE4rs&#10;2W5OEbHsRpeRKNUdndxVApFwdIlwBFbUBCLR1XVi4Udtrg5EanPs+Cj/e10bEBEQY18CkcpgEzlP&#10;t3HsEDh+cMrBKQanEKywzSJZlaaG7dpcDOyF5bGi/YJftzhuX1reVy3XqWFxXPQ9F+NYJThWKY5V&#10;BmYFGF4wfG4pYxEZEsnRUisMUUBESUlJSUlJSUlJqS7oLwciwtWhgCZdOxQRy1nchKiuIxEdsfCj&#10;NojhQpTIUhctyhKKREWMiGPEOQLSuFErsW2576siRMSSmXAC1V+MEqmZS0RZeU/+M4FIJMVFZCmN&#10;iHJwwYjfTbxqB8ESFVM0aSfsyHtbRkVEW8fh12zgYIbBQazFdlPu31+OXGPvbFUmo3Xzr8TkAqkM&#10;thH7qs6rzNVSwwqIKCkpKSkpKSkpKf3VqhNARLgqQiKyXCbaEQhRlcDUtQs4YkFINAyJtC0Bh1hO&#10;I+BFeJmLJl0TiLjtVm8jup3ItsoIk0iiVrkvtsJMrGve+69Z3GN0f6L7pPzP9Z8DRNyJuQtDwnk/&#10;5Xxd5L/Qw2DECH8Wjp3Y78l/fMJfyRjCjkUme3Lk6ntjW4znLzgCjYTF6peIK8dLsKPo25atVoco&#10;+2NslJSUlJSUlJSUlJT+uOogEIkGDy4ccaNCqpe43TeOJEWN2A4vn3GBSeVymBrnua6CIW7/fius&#10;iIUctZ3rAp/qS4PcMal5bFWESti/E8Ao1w3vTyBShQRqqgqMiNm/yIMhZv17PLxK0aThD2ofNfOL&#10;ioUje/Iv6jcdrKSkpKSkpKSkpKRUl1QngIibg6PqfSWEkO/FpD5cyeUX4MTvcywQieQT2TsgEsk7&#10;4toFIjWPqd0R6BMb1RJ7nNtudeDiRqHEHqf8T3PdACKRkIg9Hu7qnw4GYu9vT1ZSUlJSUlJSUlJS&#10;+tuojgARN9GpCz6qoEQsEKkNTsRGWOwp0qJ271sgEmmz+vbofVWuDYgIxx5X1V5UGyoXyb/CfxUQ&#10;kYqd6P9W/9MUe397spKSkpKSkpKSkpLS30Z1AohEwEFVOdzIEplICd7aoYLw3oOF2hxJihoNRNw8&#10;JXsDRNzIjSjoIY+NhSG19z0W4OwZ5ISBSCRCJlLit8ZxkWNrc+xxyn8H/6VAJKLYCf/e+i9VbGf+&#10;TCspKSkpKSkpKSkp/V1UR4BIZFlIld2KMBFQEJtDJJJbZM9AJBY07MmVgCE294apy+gUN0KlNovz&#10;3aSuEejgHhuJ6PhlIPJbHImOcR3pU83jaoKQ8HUrQUrs8b9sd4wiY/1Lrnmu8h93nQAif0uJ+4pN&#10;ZPpn+J86nkpKSkpKSkpKSkr/TNURIOJChkiFlkpYEYYL1SJEZPnaEKYRqqU0r1taV7y3DX0vrGEb&#10;oWq2wjbNkLzOb7dWCzyJAS77yRFY8muOPW9PdssfV43JniyOq/lMlf+oawMif732Fjb8FjiwN23u&#10;6/Z+a5tKSkpKSkpKSkpKSv801R0gIkGHcHT0Q2y0hYiUEJN6LWzxPrKsxT0mEk3iQpFfcwSKuHYB&#10;i+ZO8Cv78xv9FyY8jYxFyNClNaNqfKotAaolUkSvpd8CUEXG5Jdd81zlP+66CUSEYpeJ1Obfqtjz&#10;Y/1bFXt+bVZSUlJSUlJSUlJS+jerTgMRuSTFtDFNByNcEjckJvyW7lpMFqUtNNOptG7YUUtVfs3h&#10;6+8zRyBO7HX2r02RDDacByVkCChioBlmpd1lN65jzzV0E10X4xC9XYAlEXUTicD5Jcc+T+V94boL&#10;RJSUlJSUlJSUlJSUlP7+qhtApFqUhYAKYrubV8QyRc4EMG3QLJugZRGwLPzCpoXPMPGEDIImlQ5J&#10;29JaNQtgErstAlVc1woM9trR0SwCyvx51nWLkG6GLd7baGK7BEnVHXuuadhomlE51lXb3Vwue+Ma&#10;z1T5D/vPBSKx0RMqgkJJSUlJSUlJSUlJ6Z+tOgJE3PwbZhiIuKVvLRkZoptgWBAyHAKGg98CnwVe&#10;CzyWQ7lhU6ZZFAdMKgx3uzgmYIPPtOWxEftNCEQ5aDoSmgQtG78l2nYIWA4hy4UpIQEKBEQIlwOW&#10;78OfI/2T0SuVcMF9L+CEZYlIFQFgkPegGwI0ID9LYGM4rk13W+QY11HRLuL+o4+Rx7n7QuFjxH5h&#10;3XQorghQ5tMp82pU+A38RuReISTGUVhev3qbAqDs2JVNSWm5bEc6BrgIcOLavW9hAVEiiWWrJ76t&#10;mcBWJV/9bf7zgUhsfg0FRZSUlJSUlJSUlJSU/rmqE0BEl0AkiGVqZGZmMmv+Anz+oJzsl4ZsZq1M&#10;Y8HKZLy6Q4VmUaSblFlQakGx7bAkYysfj5tKSmEFuZpNiQleGyosi0IHthuQCxTZ7jmlNpSL/bpB&#10;oddHQtom0koDZOlQBJQCJZZDsQ3Fpi0jUby2jUecr5kETAFDDAzLQbPBL7bpFgHNkrBC1ywJcXym&#10;6AP4bAhaLoAp0CxKbFw7juyfeO91oEwzJdAR8MZjW1Rg4XUcAmKfYVPhuPflMW2KLVueX2Y7Ev4Y&#10;NhRWhHj3x+lMWrqRpA2b+GbCbFKKveTakKdZcszEfQuLccjy2SzauIONuSVkeTW6vfI6P06eTLll&#10;4rEsSnWDMsOU1/SajrwHCVgEVHEgKK5rgSWjTqryt4hn6i63qb3yT+zzV67dfy4Q2TvFxpAobKKk&#10;pKSkpKSkpKSk9HdVHQIiISxTJ2HhIm697wHWZ2yRkR6ZBR4a9XydL8ZNx+dAvt8ktaiM9TkFbPdq&#10;7NIcRi1cwVO9BzN3ax6r88vZXuGXgKHUtFheVMEiv8PCihDLCytILi5jeXYe2wIh8kyTpLQMbm/d&#10;mc/jV5Hqd9iswUaPn1V5Jawr8bO2sJzdAYNduk1KiYfkwnLS84rIzNpNUSAkr5Mv9hdXUOTT0HTQ&#10;NYeKkMFOj581OXmk5RZRpjt4HNilO6zJLWd9fhkbK/ysKCxjW9BhS5mPTUVlrMstYtWuXHaFdPIc&#10;KAB2Bg2W785lbUEJu3SLPGCH7bCiqJxlOYVsyCsjT3PYWOTjf2360n/iAsau2MAD3QcyLbuMVAuW&#10;F3hYkVVIcomP1XnlbPSazN+cT6NX3+eTmQmsLfUzMmkJc9MyyHEcdoZMUgrKWJNdyDafTq4hoIpD&#10;ZrGXzLIga7PL2VLkxycAkIyGcZfYREeJxEaHKBjy21wXgYiQgiFKSkpKSkpKSkpKSv8E1Qkg4uYN&#10;EYlVTXJLyniqRWve/2EsRRbMXpvJM91fY2HGLraX+Rn89Rhubt6BO1p0YvBPE1mcXcqYlWk8M/B9&#10;pmwqoMVbw/h2ZjxllsPCTTu4d8D7vJuaS895q7i2bU8e6dGP619qRb8fRrOsoIhew76m3gX/44qm&#10;XRmxLJNpG3O4o20PbmrWlcf6vcs1LbozZtVGZm4v5PpWvXi071t0fvdTGnboyI+z5pJlOiRsyqL7&#10;0M9YkrJZRo0Ip+fk0e7td7nuxSY0aNqK0XMWsqlM550pidz0Uiceat+HJq99wMP9hhC3vZC3vx/L&#10;/U1a8UDHXtz4UhveHDuVZK/B2vIgHT78musaNqNBm858OiuRVRUGk7YUcmmzrlzRrCsNugxmZmo2&#10;aX6Ds1r1oOukBfy0PJk7+rzBmFyNUdtLubf7EO5o2Z1n+rzBDY07M2rlFrp8Oorjb36Yi59rxahV&#10;yTzb+2WGjpvM2nKTD6Yt5t62/birWTfavvc1ywqCzNqYzbMvD+WhXm9wZ4dB3Ne2H/NWZ8pIGLGU&#10;KBaIKP8x11UgoqSkpKSkpKSkpKSk9E9Q3QAi4YSkIkdHcSDEK8O+oGG/14nbUUL/4ePo+N63pJUE&#10;GDY9jtMaPMU7c5bw0YIVHHhjAz6Yt4yf12zl6QEfMXVTCfd3HMSHY2dTZDrMStnORW0G82qah9Zz&#10;U7m87cuMWJrMsHnLOOXuR5m6eQfj12/kksbtGDpnJQvzTB7q9AoP9xjM6DU76DcunvoPvcSIVZlM&#10;3F7OaY+3ocXHo5iZup3Or75Ou9eGkLCzmFdGzqbNm1+ypdArc3UU+0L0//xLHurZmynpW3hv7CR6&#10;vP0xn0xbxKWNOvHmpAWMW5VBkyHDOPmxl5izvYAub7zNc+07M3ndJoZOnMv1zTvz9fI02nw2krs7&#10;DuKHJWv4fE48bd//ghGrt3FZ6/488t73fJNeRPPPxvPkyx+xJNfD6S170nv6IsasyuD23kMYlunj&#10;6m7v89grnzNxwy6GjJ3O2Q88z7h1mxm/ZgcPdnudfhPns7iolAdateCV70YxZs12jrnpeT6duY5J&#10;a3ZycoNn6fnjdEat3sYtrfrQbeQMvtuwm6Zvf0OzwR/KCBkBgRQQ2bdWQERJSUlJSUlJSUlJSWn/&#10;qQ4AkarqLAKIiESp85I3ckf73gydsYgne77B8DnL5NKYJm+8xwsffMUSr8bqoM1FzTrQ9JNvmbRm&#10;K88P/JDpGYU82HEgH/w8m2zLYXrqbi5u+xavpXlpM2sjd/UeypriECtzKri7dXd+Xp/OoqwCznns&#10;OcZu2MGyvBA3Ptmcz2cuYqsDM7aXcVOnAXy9MJkp2yu4o8ubTE7dTY4Jsxat5JrHnuPtKYn8r2F3&#10;RsxbT3HQTdy6s6ScRzt1YdDIcWwTy34qgqzLKuT7hNWc/URz5u4sYrMJ3y5O5sxnmrEgq5jOr7zO&#10;Gx9+SrZmMT99N7e36ibBzy2d+tNp+BgyLEgOGCTkVTAqdReXNO7Gbb3fpsN303hqwCc80+s9Erbk&#10;c0HLl+kzZSljVm+lQZ+3eC+5kDOa9uWteSvYaMD8rfmc+sDTjFmfzoLtJTw94B0+WLSaNcEgD7Vv&#10;Te/hI/hw7gru6PwOqwoMdhrQ/6eZ3Nl5EF/MX82DnQcxJmUnq4LQ98cpvDT4PXZ5NfnsqgERUyyF&#10;qumaz195T1ZARElJSUlJSUlJSUlJaf/pLwUiYoKsGTqabmHoLhgpN20yKwxeePMrrm7Zn6f6vs2y&#10;LdmUG/DRuCnc2qE3EzKzmLRxF8fd8SCvjZ/N+NWZNOz/DnMyC3i8+2BefPUdZm/ezbvTEzmjSR/e&#10;TPPQZso6Hn35HVKKgqzL8/BAu16MXZ0uoyouePwlPklcS2KhxvWNO9HloxEkFIT4aNEGzn6sMeOX&#10;bWZ6eiEPdHqN+IxsSh3YVhHkgT5DOff5ztzdYRDrdpbiFQlHRXLTQJBOr75ByyHvsTi3gklL1/P1&#10;pJkMmzafMx9+nuHL0iRs6fH9dE5/4kUSskvo8urbDPnoK/JNm/gt2TzYYyCfJ62h2fvDebDPG0zf&#10;lsf4jdsZMj2Ob9du5pq2vXnsrWF8mLSePt9N5uOJCazMKuP8lzrSZ3wc41dv5uH+Q/lxZwnntejK&#10;Sx9/x5ydxXwyI4lLn2nKz+szWJbl4emer/H2rASWlnq5t10negz/nuGLkzn7oeb8tGIH87aV83S/&#10;d2g46D1GLFrHU31fZ+aWXDaEYNDoqTR56yMyK/wEJRARFqWLDUJR1moBI3XZsd/T2h0pD73/HAtE&#10;xKuQ4zjS/z7FVsLZk/+NY/NPU+yzVs903yh2XNXY/hWKzcO0Jyv9XkV/z9VIKikJxf58+VP/ZsRe&#10;uDb/axX980r93Pqr9NcBkfDkM2ToBEV0iAAipiGrmRQYMCIhmXpnXE2X974huzRAIGSyNbeE+9v1&#10;5qTbHuCUm++l2avvsSrHw7iF63m4VU/iM3IYGbeKC+97gtPuf5j/a9SSw+9vxBurcuj08xJua9yZ&#10;rcUhNuws4pqHn2fKqkzSyjQe7/Ealz7RmJ9WZ/J14lrOuvMxzny0Iec2bMERN93H6EUbmZmay60v&#10;diMpPRsvUGg7fJ6wnvp3P0//4eMp8Fr4gm7ZXr/tsDJ9C/e2aMeJ193OFQ0e5qMfx7B4Zw4t3xvG&#10;MTfew0VPNOXaZl256JmmzN+aQ9Nu/Xn17U/JDdokbtrFbU3aMXJZCotzPNzTvg/1b7yXc+97mt7f&#10;jGNFWYhvl6dy8HV3cdYDz3JPyx5MWpRKRnGIi55tSc8Rkxm7KJmbm3Zk2q5Chi1Zy38aPMo59z7B&#10;LY3bc/iVNzFpTRobS3U6DvmEU2+7lxEJS7nuiefp/tFXLMvz8eKgDzn3/uc5+c7HuOml9sRtymLS&#10;8mQaNG7DzJTNbNUt+g//iRdeHiwTwooSwLIcb2WJYpOQqaOFrYs8MX8XS9gR43BJ6KpttXyn97H/&#10;VkDkT/kfW+z/MPbk/dYBpT9Ftf3jQPgPKvY7Wpv/8dpPY6v0mxQ7+nuy0u+VGsl/nGJ/Vtfm36rY&#10;82NdRyT/ubcP+iOaiP2bsQ+a3TvFju2e/K/UX/pklMKqA0DEkEAkZJgyksCrmZSbkO1zSMkuY1dJ&#10;kEDIwdRsAgGbnUU+kvNLScstJddjyMiR3AqdHQUeynUoDcGm/FLWFxSRVuZlWbGXdZrD6jJd5vgI&#10;hMAftNicVURBwKHUhK1lQTbkl7LZq5OjQ2pBBStyillTVEFKUQV5AZM8HdLyPWR5dMp1R5bK/XbB&#10;ch7q1J/FmTmyFK1hIJeOhCyHMr/GtlIPabmFbMrKo8AXoMC02FThZUVWLuvyS2SlmbRiDzkhi92l&#10;HnKLyvCaFvn+EKk5ReQGLAo0SC/wsG5nAclZxWQFLQocyLUcUoorWJtdRGZ+BRUhd7nRphIfm8tD&#10;sp8ZBeVki/GxHFILykgrKCO9sIKMonIKNZMKG3aUeNlcUEpWhY/t+cXsKvFSpMNujybHZGlWPptK&#10;fZQaDqUBg+25Ytx0inWHnaU+thaWUxwQkT6RCBF3+ZMuJvIShmjoEib8fWwawqFaHNmn/ykVcxQQ&#10;iVXs/zD25P3WAaU/RbX940D4Dyr2O1qb//HaT2Or9JsUO/p7stLvVexI/iv+cv+zFfuzujb/VsWe&#10;H+s6IPFPvYj/qGL/VvypfzNix3ZP/ldK3Phf9mSUwvrLgYiwFo4oEEAkaJj4dBuf7hDQIKg56CEL&#10;K2RiBW1Cmk2FYePX3feVFp91B82AkIks2SvyeZTaUORAmQ0BE9BsHLFEx3DkcSIJqseEMgtKTCSM&#10;8RvIyik+CzQLTNNdCuN3QHPAsJEQoNdb7/Pyu5/gtUVbIjrCxtQtLN3C1Cz8hkVAgB7dRNdF9IuB&#10;xzalfZaF37IJmMIimsJAF8uHDA2/oeEzTfyGQ0CHgOH2M2i5Fvcm+ib67RV9M0DXHQmVxDmi/0HD&#10;lhYRK8LiPPe9Tch20CxbOiTH3kITS11E/g/TlstfgqaDx7IptSy8lo1uWTima5FAVRdj8//snQV4&#10;Xce1thVoe4u3t5hCuGGGhhMndpzEiZmZJJmZmZlJssggM8mWmWWQZFu2mFmymOkw6f2fmb330ZEs&#10;J2mb5Pb29/KzrLNpYA2ub9assQp5OzCK/FltcruM4kNEA0VE+TZYXShAwr8/261m7FaTC4trcd+V&#10;v/9jhH8IQEQL67sKT9I/GVRDWpo+0ajpgHE3vmsA9+j/DDUtU8HN0T9Q1o0mXi6zTMEOle9e+f5D&#10;qLmJ191ke4++D2pUDe9SItr9e/T1dHdFsbFUXce573y8+w+nbyMz7bmjqZy/oRZr4/3Xhe2kpo2m&#10;Of5Hqen3MjFNX/ohSYncYXeg1+uxWITS0niI+lfIXl+vsgM79ZK/XZCKgOrFd3YbRoMBi8WCw/EP&#10;jB13yPou/APR3aNq/KS595r2JaLe/2skvrc3Mwrcox+S/i0AEU2RFqCIUYIiVmULjfQtYsditmI1&#10;W7CZrVjMNowWCxazwmaVBeAgWCjiJpsDnVT2FUBAKPgK6OIQJhzUW0ScQmEX9x3obHZqbXZqbDb5&#10;W4AUEqywC6DDob4nvq+XQIrDaqO0spr13n5ExyZKEATRcQn0RKAs6l+ZHosVh9kiWQIeAhywW7Hb&#10;rDhsVupVFtc2u0WyyWbGYLNgsFgwCbBBpEGAEmp6zdKiRoAtdnW7keKDRWw/MlsckoXljVmwBJps&#10;WO12rALMkCxAC1cWAIZ2OoyIT/lGsd5R/IAIUEOAAIKVdxT5SVa/t0unqsJKRNk+Y7Eq8hIsru2S&#10;Hf8H2P41LPKpyOE/DRBpNkjnzW/bSf+zo5s2sHzdJPdOtUFJt5jwaoNJkwlZE25Ed0uqet34dS0e&#10;5e+3k0UzYf/DJD5uiKu54JrNm0Yut5v79ruhxmlsfO8fkNUd1LS8m1Jz8d6FXGeU8jPt2gF2G/WO&#10;BqXpn6eGPIv6KOuks146a+dd8qJQozJSfzTcayJfUQ9lXdRebIih4c0m3zj5Xy0bQY1jkVeNI/+P&#10;Jq2uNM67WiZNOjFXyTcnInEtVB9RW5o+a/6Lb0Pim3+lfP8VUtL8z6b825DMnWwGytilsGtsDfmX&#10;zd8h2uQ3t/NGaf6a95pSQ45d2pWapob47i4ReffujxuoaZqaXn/H1NA33vHEmdh6u10q2jZV4VaA&#10;EfFd475OSkeUhfbXobASTOM+Sfvl/LBp/Fpgsr018/zbkPadrCBaf93wqNE7glwQibtFebf730Ta&#10;vMJisnD1SjhTp80gMytHyl5Ea1f57hEoANSdjxo+UIY9u2Qb9VhVOTe8p/7S6qx6y9mS6+1UVZQT&#10;4OfHrh07sFosztCVuBvK745kuqb961iSa124S3j/CGl1TGXxp1Ff2yhg5Ym41RC7y3uyrqiVt97h&#10;LBvtna/rW5oj5X0RltUFFFHkL9rRvw623KNvSz8wINJE+VYVbe2ZUMQbHHHaVUXbLlFS6XRVABkS&#10;ZLBgs1jkX4FSCnaNQwlHtXxQlXtFyRcKu1BkG+IU94wCBLHbpVWGsOjQWNzXwhEggvhWUYaFTwzF&#10;KkJTjh1WC/UCMZXX4r7yfqNvLGYsFhNW59YLYXnQ8Fuw1WbCbDNhspqktYj4RrOuEPmVeVevhfWF&#10;tMBQ/Voo14rcmjoJbUhHY0Veyk7KtUGe0tGttFhRnivvmLFaxLYRLT4F8HEFopRTZuqxW8Amtw+B&#10;RVivWJXtROKZw+L4t+dvBkUUYETKoonPEU3O3wVY8kMAIhrJLrmZIOUkUnbQ4q9NmTAIFpMke73C&#10;Tj3Tdfi4Y8iR1GzaXa5lTC76hHOwEEqmmgYRjxx6nRMvOw6HBRxWOUDJVQyHA5ujHrvKWniNkqcp&#10;x2r0jVIlo1TCF6sp9fW2fw4Q0eIQJGWnZE6Twx2yUKnhuXhfyFtwg1yUdzTFWwzKyqTJNUuSXYJX&#10;s6TF0HwenHJXL10Da0INkyY1jSItjV5X6k2z8Qhy5tG1vDVWytWVGz5zDauhjjX+Vrun/taKrBGL&#10;mYxdAiIiDDGRd6WGMnDeafS8MSnyVNIq6opVspjk1NtMzvTIXKh1SZC2wOZw1jWXCZCL3BtLUJO5&#10;0CaU9Nc7BIs4RdtQ2lDDl9pX4pnyXIblVN4b3mlKDTK4e96VnLtcKIE3eqdRZr6BlDrl2r5dKuS3&#10;JC22pl9pupNsJ03qy9flsTGp8heyV2MQ5SbLVPSXDtFPKpVMtk2HHZvdJvshOYduJhqbWLDQejeX&#10;9Li2cWd6G/WPzdd5kS7tW1nyMq0/FIn4m1Esm5JrId31JZVc3hFzjUafSK1aU/ZU+ToFpYxZSjW3&#10;STk465QLaeE5xNih9qXKjbv0Xc2Q8on8yNnXu9atr6tjylfqM/lHDce1r3KCq67t9R9vG/8QaX27&#10;/C0uG+KSCrCaT4fdhlWMuRqwJ8dgUW/rsdkbxmJhiSwsjMWinqbgW20iHBGiyJdQCpX+WJBUNOVD&#10;LWQX8chP1MYgC18VfTNybu6es9BlxsT4agObmcqKCsorq5VHWvFrDc2lHYnbsnU57FRXlZOXl6+8&#10;pn2mpV27+bUk0qf04bciInn00ccYP2kWpRXlUsZigbiorAqr1uU40+78XP7nkP+aRib6IBvZ2bkY&#10;xUmF9TbsODAAlQYHKel5cg4vyOYQ32tyb6huWp8iblrNJjauW8svf/YzTp8+I58pNVOrD8qV+FSU&#10;9x3j2Tex/E+mwgUmVuq8fKJ2vY37wYa+rllynYcJalokjSxdlP5WyELIQal1LqQlQk2wllr5qJl2&#10;rl3bxVzDeU/9K2KTKJeofxbnfEb8M9Y7EOdKKiBYIwHdo++JfmBARLBilaCBBYri6LrNQvE/YbEK&#10;ywPFusCiWorYzDbsZit2s0WyUOI1RV4AJQ1hKuFJYECyZtGghN2QDg08UEAP6cfEmYYGFu8JBViA&#10;HQL4EKyAIBor97T7rnlr4Du3ZrgCIcq2DNV3hc2ExWqSAIRgh9XcLGvfNHyrAhVqHl0BmYa0KoCN&#10;ZpUjWANwXO87QSsJwDSAOkq6m+ZNKz8VTLA0WIgoYIhmIaJsV6q3CCudf192fBtWwbCmZaqBTk3r&#10;wZ3t4Jv5hwBEioqKiIyMJCo6lujYeG7evEVOVib5t3PZtGE9lVUVapcvOmoNDGlQ0OVg6QCbnI+I&#10;N7XBSxvMGqezAVRoQPzFb4O+hjPnLnH1WpxU5uT8RioQmoIpVAUbYsqlDPrqiomcaNmot5upq62m&#10;rqZWmpva7PVy4iVYDDhakhsmOM7IZZu4di2a6zdiZT2WJC0HxKTNgVVMH+qtcoInBjVl4G0Y3JR8&#10;aTMhB1npGcydNYuKklKZnprqajlp0pQkkTnXgbO58lTuqYO8UKwF2CMzoWp08iWlPOQkXyrUikzU&#10;WGRpCNB5565dhN+4idXukPLQQKQGYTQmkRS9zsSSxSu5fPmabLvyvjb3lOWilKMsHzGRFMq4w4pd&#10;XXmS6ZBAjRVHvTbQN45PhCHKxiZ0ejVrDawokmIip7AyuVbui++Ua6lCuiqLTWQq3xVb/WRlaaJT&#10;iDTaLIRfvsjFK5cVRUhOHhV2lotzMuI6aVKoIR4lrUpdteCoN0um3oyhugx/f3+SM7OwyHfMUmbl&#10;ZdWsWrURX98ADAaTqiAooIiMV2kEcoVWrLwKVgvAqew5bGaKCwuxWozUO0zERN1i577D1NQJEEak&#10;t6ENNgCKLquCrlqkqJfOuqnkzVUOTeWiJVEpay08tVoq/zWZsCrffh3J8FW+UxbfwC5ha6XlbO71&#10;UFJSxczZS9m9/yh6k6iX4rPG9cVZ5l9LWju2Yjbq2bnnAHmFRYoCbFfqq1SuZFmLeiHahkt/oSZI&#10;5LGivJw1q1aTnJyMFSXPzvxKwbn0f/KbpoqAVgcV2YoxoqSkRLYPEW98fAz79u+R44lWdv8waQJs&#10;7luXeuJaP4wGvVQshTLcqNU3KsuGYUXpHsQ9pQNwtdiSaVblJTGneqis1jFr7iLiE5LlnuZ6u1DA&#10;G8B0RX5q3yn/gs1iIiLiOjNnzaayssqZHhG+TShAchuBTbVy0MK5s81LUrsETSQyiepfJY8KSC37&#10;lKb9SdNA1PaotEwXeYsRVavEUjZKnbIZ9Rw/foqw8OtyniHk4iLhf44alYtaNqrmKfqqi+fOM3H8&#10;JNLTMp1grlIYFrAb0VdXEJ+URH55lbTI1uqyGJ8rq2pISk3n+s1oMrNzqaypk/XCYq/ndn4BySlZ&#10;GI1ibiP3tIPNQFVZMbdi4ikoqcBoNFCUk0JmQgRJyfEkZ2RRpzMo6RR9u9lESV4+hfnF2O3NyVlr&#10;I01kpIlf/Cdka7dQV1HMRx9+SJ9+A8kvLJGWL04NXADnEny2U1lWSlFJiVSaa2urGDZ0MMOHj6Cs&#10;skadCzXEKeMVadUqqNrHNk6IaAAWjLpyPD08eeW1t0nNypP+925np9G6dWsGeo7gdn5JQ7vR+gL1&#10;WhknRP0VbV9rSsrYlJGRyvvvf8ie3XtITYxj0tQpXIxOZ0fQeV5/8z3Cw8PR6arIy8+nUm/AIpLs&#10;0jblkCPquCqLmrISOnzxOW+//Q7F5VWIKYIAWeT8r95GcXEB85YswSdgKwajSRmv5beq0BuqfiMx&#10;KJdK2xV6UWlJITaLKGsbETfjOHIsBLOw8pdpce0LtXlZ82Us+gerwUBSTCzD3d15//0PWLXei8qq&#10;avma2IEQdPAwPXv0xL1/D86cPUmdQSxOQ05+MWPGDuezTz9g/eqVVJdXybzUVVXiu9mLt995hwGD&#10;PYiMim6+nqkk+uCYqCj69OlLmzbt2B54kNo6owKIiDmSw4jFrOfYsWB8/f3ILSujVvZJGjUV2D36&#10;rukHB0SkxYLcJqMpjg1gSAM71K0WimWBYl0g+l5hYWBXlVKrwi4KaIMi2lyY/zwLi4BGcX4NN03L&#10;3VnzVfHN3BQIaZ7v9GvRCAxplMam1g534wYLmK/jBgCl8fdCkVLAEM3iQgWVmpHb/yl2Akvfjv9d&#10;ARERxoULF/D09OTtd9/jib89TZ++fQk+fIjMtBS+/OIzbuflYhWTAIluq6OQii44zGI7mB27Tem0&#10;lZUhZfKurPSoK9ZyciojVBUEu8yXAkaKiZODqqpSRo2fis+2g1iEPx45dxAAhAW73aQomAgWw66i&#10;OIpVJ6sARET6rEa8165i/ao1GPRGJxgi2CbicMEjtBl6vZhImwwYq6vYvuMQmzbvRG9UVkqUCZBF&#10;Ti4scposlFyxfU8AsAYcYtVfTjYU5N8mrc+UCWxhXgHHjhxBV12Nz8aNLJ4/H4soOyeYdOeEv2l5&#10;aoCAMlAawC7YrEy0tQmVVg52m6J4CJlpc1kpcAcmYx29+vRm7UYfKTOjSalXDRMIZUYhwlMmT0Je&#10;gu2cPHGepKRM6UNJea6sZohJp5Y+CVaIMrIasFn1WB0WLLJcxGqTKEMhNyP19UJBt6iKnUsdEJNn&#10;sTAnxSKAK5WdYIgAogTbnCCI1i40pU+mR1gqyaw0KGaCxTuiLTlEYlRlXdE+6mX5O0x61i5fxJqN&#10;G7EK8Kte+EhSgC+5oqPNBAVQIgCIJmWlxaHIRLFUsjuM2OwGLFYdNksd+ooivmr7FVcjbsrwHQ4j&#10;DodZgk2dOvYmJiZBKVNZfvUyHcLCSRG4lXq7VW6ZNKt1WVZmOfE0U1OaT/vPWpMSG0G9pZrgoH30&#10;6D+ckvJazBYTdodZTa9ItwABzOrWTCE3MUnV5OaqAAlFRoy7KrAu5KTJVOTVprR5UWainBssukTd&#10;EP6sGqx6RNMXbVRYQCjlpSlv6tTXpf47ZWkTddqOTbR/DUQR6RTKjmQBcCkRa3+dAIIMVNzSVvoV&#10;ZVPI7tCxi7z095Zk5FXJna2KntlYmdcU16Zp00i5Fu9YsRhrpSLoOXwsV65FKG1Q5FH0fwLAtJtx&#10;2M2YrQo4Jdu8BOfsOIRMbTZqq6s5EhREeVmpVGYkcCLeczZkpc9ULI5U4FPKWwWr1DovMi2uo6Ki&#10;6NWrF3l5uZjNBgIDAxg9ejg6XZ0sS9dVysZ5ajKeaEUk4pe+w5RFAPFbkXXDc1lWaptU2qWNcyeP&#10;MnPaNHLzCqUvM63UnWEKWdk0rldZu1brmNreJbAqxwKlHxcKZ63FQcCuQ6Rn5EolVSyIya3DQvQS&#10;+FTAkHqHRYJUok7bLHqystLxC9iGQS/WXtX0OxxYRX8k4hDtVyqVatOX/YqrfJSMi/ov5jtOjNrZ&#10;BqRAZTkKYEVYTWj1Xikzl7Ck9YoC6AqFUq9u0XZYhcwVGcv+RqZD1HPR/xvRVRUzYtR4VqzaIGVl&#10;s4g2rozPrmV59/p7Z3nL8J1tTPurIMjVFeUM9fDEd/MWjEbFwkb9CETfbq5k/bIF/OIXP6fv0LGk&#10;F1RhEv72gMz8Qnr08+Dnv/gV999/P25ubgzyHEZkbCJ1RisdO3floT8/xuHgU4pFHSbMNaWMHDqE&#10;+x94gKVrN5GQnETrt1/iTz9z479+ch+PP/c8R0+fU9Jht2MoL2Ngz964uw+jsrrWmU/tr2h3sm2L&#10;NujMsPZMlYfo92wWjDUVLF66DC+/bVTX1sk5ADYL9UIJkXMCO3aDgYXz5tO5e3fyi4upKC9mi/96&#10;Nvv5UVlrkHGYhKW1upVfzn+EfGWHKdqQGDOVuq2UmdKXY68jLyuOJx5/gpHjpshxVCyQblgxn5/8&#10;+EcsX7UGnd6iVEGJOyj1RLDEc0RdkH27WZmPiD7apsyPCotymThhIpcvXiT2Zji//O9fs3n/ScIS&#10;8xk/dTbpKXFE37zCBy1asHnXfozqOCwBJ9m+FcBRgiTS/NtIyPHD/OlPf+bgsTPUmK1yqUqOMXYL&#10;wcGH6DlwIOnZOUq/qPbFsg+0uyzwuG6xEmUhC0foC3pSEqLo3uFLinMysOrrWLfel3GT5lNWWit1&#10;xIYxX7A63qgLJ876rUwWpdxL8m7T4t13ePKvf6FDu0787qFHmT13HlZ9DaeCj/Pb3/yZp558klde&#10;eIpXX3uZMyGh5BVX89Y77/K3vz1Eq09e5w+//SXTp8yitLiMDWtW8+v//iVffdmG3/7+Id78+1vk&#10;5+drNawRifqXlJjISy++yGuvvcF777fiRz/+Hb5+O9HrdTK/9XY9p44H8Yff/47nnn+ByORkaoRl&#10;oTMUpb7co++PfnBAxJXllgzp50Lx79GY6yU6p7GwNNCOdXW1bnAq48IqQvWNoWyPaRreP8+i8TWN&#10;827cKC13Y/mOul3oW3BTK4S7sZSpukVI2yakWOM0TaNQEpR8fT2r/ka+iaVDVlGmd4tHuVYAApHW&#10;xtuE/m+xBbvwpyLKRZ0AOstUs6r5jvj7BkQEiXBEXGfOnmPCpClU19RIEC4pLpZWH37AZq9NzJw9&#10;mwXzF5KUmiYndBa9gbTERJYuWMz4kePYu2s/FZV1mIQyJCaVNgM2Uw1paQksXLSQkSPHEHUrGovJ&#10;iM1iJDc7kzVr1zF2/CS8fQMoKS+jsrqMsVNnsc5vjzylqbSigp27tjNy5BCWr1hIanocNocek9VA&#10;cmoGq9duYPykCWzYvJmC/Dwyk+L58J23eev1N1m1ei3FpeVycrTvwEGmTJ3OooVLSElKlRNu4fQ4&#10;LzuXtcuXMWHkUHZu9WfpGl9WbdqF3qyunjsslBbd5ujxYxRVlGO0G6muq+HkiRNkpCaRl53JrsD9&#10;HDp4mAkTJrByxWqyMgsxGxwU3C4kOOgwuRnpdGnfjsf+8meWLlpIZnoaKYkJLFuyhPHjxhMSEoLR&#10;aGxUFiaTWVrszJkzh7lz5xJ64SSHt6+nIieO6pLbbA/czfZdB9h34IBcnS68nYOPz2ZGj5/AJm8/&#10;8gtLZX8qLDXqEfW1lq7duzNl9mKCjp1n7NhJbN26hfz829jEKVAmI4nx8SxduIixI8cQuH0nhUWl&#10;1NQa2L59L2mpOdTWmAkM3Muhg8FMmzaTWbNmk5SYJEEesZ0uIz2NpYvnM3XKGPbu38mFy6FERKdg&#10;kQq+UKZ1WC1VXAo5xcyZk5kzZzrpGcnojXVExcRx9sJ1jCbRniwU5eXhtW4jlRXlXLl6iSNHgtiz&#10;ZxfXroVx9epV9u7dy6ZNm4iNjUWn03H9+nVmz5rLtKkzOX78BHp9Lfn5eRw6dIh9+/YxadIkFi5c&#10;SExUjASzxGS/KL8IXy9vpkwYx/6dW5kybjir1m+QTqbLKqvwD9jC2LFjWbJkCWlpqZgMem7nZLF7&#10;/y627tgt5WA1W8m7fZvVq1cycuQotmwJpKioFJvdSG1tOTcirjJm7DBmTp/I4T3b6dmrJyHh17BI&#10;eRioqSll2rR5PPyX51i6ZCVVlRXoqms4e/oMo8eNY9bcucRER2E31VJamMvO3fvYsTcIb19/DAad&#10;XE2st+u4fDaYBx54gMHd23PsQADBB3fzVafBrN7oz7iJY1m6dD45OdmYTCapIEdH32Dp4nlMmTyR&#10;PXv2UlMnwEPVLNduxaSr4dCB/ZwPucLGTZsYN24c+/fvl/2P3WYj5MIFIq5HyImowGbikrM4euws&#10;1eXVHDtyjD0HjuDj409p/m2uXQnhfEgIW3bsZviI0ezcsYeysnI5mxdlHRkZzcKFi5k4cSJBQUFU&#10;VlbKPq64qJglixYzZtxYDgcHS+eCQuusLC9n946dDPUcgvcmL7IzMqWFqFMTlebcFlknps+YIfut&#10;s+fPUas3kllYznPvfcZ/P/YyO4MvUmMQ6/HKRFVYye3Zs4edO3fKOlNVVUVKSgqLFi1izJgxHDx4&#10;SKZN5L+2tpaQkAvMmjmZBXOnEXLuFL37exIeEUNCchqXrobLRR8x4S/NyyT4yAHKanXUGExE3LzF&#10;nNmzmTVjBufOnEVfp6O6spID+/ZSXlpMakoCwQf2s3/HTvr3GYCXlz+3cwtlv2A06rh58zqLFy9m&#10;+vSphFw6x86d28jJue3sP0RfIiyRHnv0USZMGEd4+BUOBe2jX79e7Nq1i2HDhrF+/Xo5adfGGNGO&#10;ZsyYIfsbrT+SypqqHJcXFRO4ZSsngo8ybeIkVi9fQUp8ghzLhWJXeDuP9WvXMmrkSAICAigtLaW6&#10;qoqZUyfy4vPPM2HiFNIyc1RLCQEk2KmrqSH48GHGjB7D0qXLiIqKk07xi8trWLPJl30Hg5gyZSor&#10;li8nJiaGxKQE5s6by+hRowkPj6DK5KDU6mBd4AEys/Mw1tVy+FAQY8aOZ+WqtRQUlGA2GUhOjJb9&#10;0sjhwwm9cgl9XRkpqYlsD9wjAQ1hlRVxI4KpU6cyeuxYTp45hclQg15XzaEjR6WSvmzZakaOGMuJ&#10;E6cxGAxS4UpNTZZ1Y8KESVy5EopOZ3ACrWKhJCU+hl27trF97y6GjBzB6tWrpcxFXyn69jNnL0rw&#10;RgAcWWnxnDhxijoLXI5OY+ueILw3+zBu9ChOnDhOWm4uh46cZOzIUQRuXk1VfgJmXQnDRk9gyoyF&#10;7N27n5GjhrJx4wYKCgqULc9ms6y/y5cvl/1fYGCgLBeR/uDgYFnHRT0Q72vjjijPmioBzh1m2pRp&#10;zJ8zj8iICPR1NZw6cYzHHnmUTh27ExuXIa2mlfYm2p4OY9Vt3n/zFQl2/O3FtzgXGitPPCyoMdGh&#10;e29e/HsLRoybzu6gE0yZPotnnn+RJSvWUFpZw4cffii/69ZrMAZDnQT/cxJu8cyTT3DfffczY8FS&#10;YpISef6Rh5nq3pO05DiScm+TX1MnQSTRL5iqKunfvQe9+vSnsrpO5kmAZxUVFXK8GD9uHNOnTOHi&#10;5UvSz54AqCpKSti0fh1TJ0/Ca8NGdu/cjY/3ZnIy0ti42Y9d+w9LK6L8rFSWzZ/L6CGebFqzmryM&#10;DDKSknnz1Tf43R8fYoCHJ2kpcRw/ugu/bYFUGWwUV9QSELCd0SPHMnnydK5di8CoN2LW6di/cycj&#10;hgxh9qxZ0ipDLk5IYFMAdHqOH9rNAw8+yLHzlzE6bORnJ/Pua8/y21/8mP59epN3O1/yimUrGTNi&#10;NJvWbmDPjj1sCdhFTXUt5eUl+PlsYuTIEcyZs4CrV67JMbG6uogVy5aQEBVBzLUQfvHfv8Yv6ALX&#10;0spYtHINt66HMGfqaH70ox/x0odfsGnLDnZv28quTWuoLSuU22RysvNZv86H6MhosOgpy0qg5Ufv&#10;MX7mPCqFFYhEaayYayrp0qUDf378cXwCtlBZXUNpeRn79u9n9OhRrF21hNy0ODm2FRUXE7DzAAFb&#10;93FgrxhXxaKJFbO+igCvdTz0858wekAfLpw8jo9vIF17DcXbexvDho1k3dqNlJVVSt3CZDJw48Y1&#10;2ZfNnTOP06fPYjIKoFADRKzcCgul5Qfvc+3KZWwmO6+/9g7t2rclPSmazz5tQ+vW3SnIyaIgI44/&#10;//khZsxbxvkrUXzw0ccc3B9IcUE2Xbp04dPP2pOdW8TRo0c5tH8vVqMeby9vfv7zn3PrVqTSnlwW&#10;VcS1aHvHjh6lxUcfkZSYRn5+JW+/8xl9+npQVVWGzaojJyORZ5/+G3/9618kuBKRkEC18C/ZMEO8&#10;B4h8z/SDAyKKnwvF2afJbpOnnghkXHcHKyepaCxOjBEnrYjTXASKLnx7CNb8f7iycIh6Z3j/HIu0&#10;GWyKY1Ytzq/j5tJzdxb5/2Y2Sp8oX8/iHSXvdvUEm4Z4NF8oCisnyIg8fSNLx7JN09wMq/k2qo5s&#10;NVZOq3FgtIt4VUetYtL9b89K3WyWnX5uFB8zTVkrD+mDxQlK3dkOvg3/kIDI6TPnGDdxErViVcRh&#10;Jzk+lod+/3vGDhvBsRNnGDB4KJ926EZBUYmcELf88CP8vH0JDQmlb+8BjBw1geLKOrkqVm83UlGS&#10;Q7funZg2bZo0723Xtj0pCQkU5GTTvUtnuQpz/PQFBngOZ4C7BwWFt5k4cz7r/fdSUlHHuEnjGeje&#10;j/MXTrF+3QratW9FTNw1svOy+KJtJxYtXcm58+f4/Ku2jBo5gszEeEZ7DGZg3/6Ehl4jPTObNWvX&#10;0+ardpw5cw5/3wBefvEVwkOvk59bSM+uPRnuMZhLZ4+ycO4Mnn3tfZZs3EmVQawSilU6sUIRiecQ&#10;T2KTkzHXmymrLGfAgAEcOxJE+JXL/O2JZ5k6bSYnTx5n5IhReLiPoaigkujIBFp8+CG3MzOYNWUy&#10;g/r2IzLiBrHRkfTu2YMpEycRfCSYlq1acfnyZWdZiMEzJOQSDz/8CKtWrSIo6BATPHvS4rk/EnNx&#10;P5nJMfzuD3/ly679OXz0CBkpSXgOHMi48RM4c+ESM2cvpPXn7bidXyhXw6gXW+5qafXpZ7zxXisW&#10;Ld/I8eNn6NmzG/369aa6uor4uDh6dunOxjXrCL8aRv/+A5k1Zx6p6dn06jWAffuCKSvTyZWgPr0H&#10;cvzYSSZPmsw7b71NYUEBaalpfPnFl4weMYyzpw8zZepYXnj9LVZv2obOJBYdHVgtNaQn36Jtm0/Y&#10;tWsrq1Yt4b333yQ1I4m1m7yZMnMJOoNBbg9MjI3h8b88RmZmOqNHj+RPf/ojc+fOJjo6SgIbv/jF&#10;L5gyeRIJcTFcOHeWNl98yY7AvZw4doaPP2qBv58XWVlZvPLKq3Tu3FkqeYsWLuTjjz4mJTGF2qpa&#10;evfoTfuvvuTYkUN4rV3OC089zJoNm+RpWVOnTadv376cOn2a1WvW0vrzL7gVcYOI6+E89Oif6dyz&#10;DxcuXCEv5zbt2n/O2rWruHz5KkOHjaFP30FkZqVy9txJXn75OTb7bOD4sYMM7NmJ5194ntCbt1RA&#10;xIheV4nXpgDafNGNc2dDKC0tYt3KlbKdHDgSjM+Wrbz86mucDN5PXlYqP/7JL2nxaTv2HwzCYNBL&#10;6yuHrZb4W5f50YMP4rdmEQXpUZw7GczvH3qShSs3cersCfr17cZgD3dpCh0ddZMXn3+SLX4bORYc&#10;ROvPvmD1Oi9KK3QqIGKmqjSfDz94n7c/+ISALVs4fOgQX335JfPmzZOgwPQpU6WyJHQiAXit3BDA&#10;mLHTycnIoXvXHrzw2tt4bfSmNDeTLh3a8WX79ixfs4FTpy/wycetGTFiJMXF+Zw5e4JPW7dh7bqN&#10;Egz55JNPpJKZmprKpIkTJSBy4tRJ3nn/PY4dO0ZVRSVD3D3o2b0718OvMWvGTPk7LydXbTxiVdHG&#10;qRMneffd99m+fTs7d+3k9TfewMvXj7TCCkbNX8MrrbtyNTYLnVEA2crKcVxcPH/96yN07dKNc+fO&#10;Ex0dTcuWLWV9u3TpEq1bf878+fMleBgUdJh33nmXTRtXcyJ4N4P69uSp517nRmQiW7btYsmyVRgk&#10;yGkj9loI7dt+QcLtco5evMYTz7xMwNYdHD12gk8+aUXQwYMkJybSq0c30lOT2LHNn4d/9z+sWbSE&#10;8MvhfNmmMxMnzKS2po64mGheefUF5sybxfnzpxk90oPf/+4XnD971tmPC4Dy0IGDvPn6GxwWVn6Z&#10;qVIx//3v/4cFC+Zz9vRpOnXsyKhRoyguLubMmTO89tprUmk8cuQIrVq1wsvLy2ktICghOpY//OY3&#10;TBwzjhABmo8aTdd2HSjMyaG8sJA2rT9j7uzZXL50iSFDhjBw4EBSU5Lx81ov29jJ0+coLK1wGvCY&#10;9EaWLFhI/959CA8NxWezD+3ad+FiaCSxOaW4/fS3dBvgwamTJxk+bIhUmIcPG8bePbvx8fLiq8/a&#10;ciU2hWSdhUc/+IyIWzEc3LubV19+hRMnT7NoyQpGjBhPUmI8nTt8zsqlC7l0MYR2X37B+TNHOXny&#10;GF+06UhFhY4Tx0/y+quvs2XLNvYfPESr1q3YuHoJebkZdOjclVdeF3XvDAcPHqFFi1YcO3aCqqoK&#10;WrX6mJkzZ3D4cDBPPfUMV0PDpeWcYoli4siB7fz5L//NrIUzuBgaQo8ePfHwGEJZWQULFixg8tQZ&#10;6E0W6m1GwkJOSAvN/Ao77bqP4JX3v8DffwsH9mzniScfplM/d2bMW8npY8do2+JFvJYOpyQvmXFT&#10;ZvHo06+xeMlyzp8/xZAh7nTu0pn09AzS0tL49NNP2b1rFyEXLjJixAipKKakpMryfuqpp/D19ZV1&#10;QJtHGHVG1q9ZR+tWn3LsSDBrV6/h5RdflEBSdkY6XTt1ZvXqjRSX6eW2cgUQEVaPdVy7cJSnHn6I&#10;gQMH0aZDT5au8qFYZ+bCrQT++OSLLFkbQLXeKm1GBQ4ktjsVFpejN1p4/4P3eOCBB/nLo89yKyIC&#10;h6mWHRtW84v/+i/uu/9+5ixZSUJaqgREpg3qy7XQq0SmplNisiI2Yop0SECkhwaI1EqLHeF3cMaM&#10;WfzpoT/x8MMP85c//4nHnnyCLYHbKS0ro2e3bvzhd7/jlZde5MXnnud//vt/+OD9Dwm7cpkPP/6U&#10;D1p+TmxcPKOHDOIPv/0tg/v15aE//pGpEyZw9fxFnn/meX7569/yYcvW3Lp+la4dW9GmfRfiM0oZ&#10;NWEOv/vdQ7zy4us8+eTf+Nszz3P61BluhIVKK5nPWrbkg/fe55MWHyv9lywCK/XWGjauWsnPf/4r&#10;krILsNTXU5CVxEd/f5EHH7ifbh3bcT08jB49e/GLX/6St9/8Oy89/SwPPvAAr7/1EalpGYwa5smv&#10;fvFz3nj9Nf7whz/y3rsfEXE9jIL8DJ547FF2BPgQf/OKtBDZdvQKQVcScPvJTzmw25+5U8fI9P3h&#10;2TdY6bWZjUvm8PL//IyIUwew6yrx9vLjl7/6NdfCrlNvrkVXkkW7Nq3p4zmCCoNRsUoVlpz6Wtav&#10;WUnbzh2JiIqUW4vGjBlLl249OXP2LPNmTaHdp++SnRJFXFIS//XrP9H6i66cOnlRHpwhw7CaOHf8&#10;CG89+xTHdmwjJSaa7Tv289+/f4qVq7y5ePEKb731HrNnzkFfV8fF8+d45ZWXZf8cFHSEjz78mICA&#10;rZjEUaUSOKvHYTKiq6zEZjJTV2Xgf379G4YOcSc14SYvPPcac+ZswGLUYaouov+AfnzyZRfSbleg&#10;q6vFZq4jLyeTzz7/krYdelCrF74dbRQX5LMrcDstPmpBx46dqaqqkXPo0NBQJ9+4cYOqykoMOh1m&#10;o1GCp1lZJTzz7BtMmTabutoKqisLGdC3B1981oqFC+bxwosvcS06hmrhsuAeDPKD0fcMiLg4nFQd&#10;gIpTVoRCKRTp2nqoqIdSGrhE7PUV95qwODpXcHkT1u43fd70/t24aXjNfdv0+b/CIr8aN312N3b9&#10;RnDlXbi5MJt+q91vmsd/Ja9flyaNq1SuFI6c/i9wM3nQZFzhqKdcHL3syqosxDHPOkc9erFSYxHH&#10;MAvrIsVs/x/l7w0QkZOZBhtfoYifv3iJCVOmUlenk4BIRmwMn77/PglxSRgsDkqqTLj9+mGOnw/l&#10;0N4D9O7ei5NHT3I99AZbA3bwq1//gVtxKYoDU7uF6opivvrqC2bOnClX9cJCr1FSVExoyEXee/cd&#10;Dhw+xvnQCHYFneCt9z/m6tXLzFm4gk1+e4iNS+GNl57H19eHS5cvc+H0CVq98wrb/dazZ+9uPEeO&#10;p7RKmICbqayu5NbNCLmndfHMGaxcugKT2Up6RhYffPARK9esJSzsGudOn2XIYE9mzJhHQMBOhnmM&#10;oKqkgHpzNYW3MxkxaS4zVvhRbRamoWL1U09aYhQjhg8nITUNa71NOjgbPMidE0ePcC38Om+915q0&#10;nEJpkiosJnr1G0JC0m1iYtL46IMPqS4pxXfdeubPmoPFaKSkqIDRI0cwcvhIroVfkyvZhYWFapEI&#10;PyoGhg8bKSe5wvmZ1WqkKC2Stx/9BfFXD5EUH8UHn3XnRnQqdrOeuMhr/PlPf2L7zj2EhN7kYNAF&#10;WnzSkUOHTykm2nYjdks1HTp0YviYaVTrFB9DebezeOXl5wkPC8PfZwu9u/Xh1PGTXAsNkysdwlxT&#10;TDh69hrI/gMnKCyq5Y033uPy5TDp3Lq8pJRWLT5i/57d7Nu3l3FjJ1JVVoLDXENhXir9h4xg4fqt&#10;VKmAiMOiIzc1hi4d2uDn58X1a5e4ceUMt3PS8PbfxuRZS6kzGKQPkpjISJ792/PS6mTO7BlMnjRO&#10;KqLCumPpkrXS2qi6soLaqnLmzZ5J/wHunDh5gSuXr7Fs0WLeeOU5EkRZDPTkTMhVuaJbVlos5bpt&#10;6xbSUmLp3bMzBfn51Nt0mPQleAzsyYq16yivqKRD+3b4+ngTcimEYydP85fHnpSWElG3ImjTqT0x&#10;KWnU6U2cORpMj3afS8DgytVwjh47h5vbTzl4KJjly5awfv0adIYa7DY9qbERPPX004TejJL1qL5e&#10;rMIbOXMqhCHu46koq6akuIA3Xn6RK6HXJLCss9hZsnINI4a5ExsVyQsv/Z3L4ZHSD4zYSiaXo+06&#10;dBU5PPbHXxIXfhqMZRw/fIDWbfuRnFuAwaojKzOB/oMGEX7tOjMmDqdn2w+4dO4Yly5dZOUGb55/&#10;8z1SswsU7wV2A/qqQrp17oDf9l0YzWZ5Etq18HDaduhMaloOC2bPkhZOYguKoR6W+exm1LgZ5Gbm&#10;4j7Yg3XeW+TKnLWumiGD+jNv4WLKaw3S4jM/v4TPWrbi4O4dzJ49Dy/vrdTW6jFbzCQnp9CxYydO&#10;nznN9GlTmDh+PFeuhhJ67bq0+ImPjeGrNl+xY/sOrl66zMH9++UE/+yp04oDPLOZspISOnXszP59&#10;QZjF/m+DnnNnTuE+ZCg3s8rZcOgiXw0eR5FO2aIgTLnF3OTGjQg6duwqty6ZTHbWrPamc6eenDp1&#10;SrZRL6/NsvxysjKYMnka3r5+GI212ExVJCfE8M5HnxMRlYT/lh2sWrMBnd4AVgPR4edp164NoYkF&#10;jJy5Au/A/XJLnsVkJSszl+SEBG5nZTCgX2+SEuPYuc2X4QN6UV58W5pP37weRseOvYmLSWDJonlM&#10;nTaeGkON3G5VnJ/BU4//kcsXLyg+YaTJeD2xkZF0+OpLcnOzMJv1bNvuR/cenampqcJuMRMfGcnL&#10;Tz9NRMQNRo0aiYeHp5Tz+QshDB8+klatWqOr0zuViFs3bvKJABMTkqX/r6rcPD59800SroVz9MAB&#10;2rZpK60zxGr37t27+dnPfkZY6FUunTvJmJEjKCgqxST2VanDVUFOLm0/+wx/Ly+uXgqR5dejR1+m&#10;zF7KlYQcfvrky1yPS5LttqQon88/b41/4HbpjN5QVcb4kSNZv/MgUQb4S4sOXLsRyflTJ/n7m38n&#10;OPg4YdduEhEVL/PftePnzJ05hZsRN7kRdpWq0jxOnzxOpy49KMgvZuzoMXht8sZgtKI3miXo+uZL&#10;TxIVGYnH8PH4btmDyWhBrzOyZtU65s9dIK0Rv/i8FdOnTSP0ajiXr4ZRWFqOUWyNEG3bpuPALl+G&#10;DRlAcWUhBqueqJho3D2GkpSczsxZs5g+e448QRCrnogLxxk1bDg5VfC552wmLVxPTU2NrFtePqt5&#10;7qPPKa4xY7cYiL60j+nDvyAz8TqjJ86i/9CJlJRVYtLXYKgoo1f37mzfsZPN3ptp26o1Z0+cIPTK&#10;ZXbt2snnbb4k+OgxCRYKayFpmSDnEYq2VZhXTLfOPYm4dkNaA+hrq1m1fDl9e/eioqyEoR4enDx1&#10;Hp3YQSK/EaCICZu+lH5d2vLOay+TlpEufSl07NaL+MJKjoZF8uTzrxB04qKyvVXZuSDjFPMEYUHc&#10;4pMPefbFl+nSrT+jR4whPS6Sz1q8R79evaVyPnfhMpJSkyUg8vEzT9CubRs8x00kJjVHseSst2Os&#10;rqBP96707tOPKhUQyc8r4r//+9d4eAyjqryCkoLbvPDi83zVoQMHgw7zgABbZs+Q/W55cRGvvvwa&#10;LT5qw/XQUD5o8QlfduhCfEIi/bt34c8P/ZH1q1dIJf/MyWPUlJcxavwUuciQX1BCXWUJfbp9Trte&#10;fQi+lMxPf/ZXevceQkVZpQTnjxwNJjEhnjOnjss8uQ8YwPaALWzx9aO2qpp6KRSLHKunT5zEY4+9&#10;SE5JGSa5plHHoonuvPTEH0iMvkH4lSs8/uSLLF62Dl1NLdkpibz15lu88e7n3Lh2i+cee5SFk8dS&#10;V11JZnoWB/ceIicjlcL8LB5//HH27txK9I0QCYj4B10kODyd//r170mIDif62gUefeRR1vjtkvPX&#10;3JQoWr3wKEsnuFOWl83bH35B134jqSyvlGVvKM+hS8ev6CUAEb1RaeJiy4rFzKG9uxkzbgw6vY7Q&#10;0Ct82rIVyWm5GM12dNXlTBvdk+Xzh5GYksxnbXsSE5epbLEXJ3Sq89P0+BjaffgulZlpWOpqWOe1&#10;lb6eU8grqpanb2ZlZtGlYycir19n5LCh0hL47LkQzl+4xNx5i/js868oLalQOh7pb0ZsY7RjrDMy&#10;fcocnvnbi5w4eojsjHief+EtVqzyx2I2Yq4tY7C7J++1/EpumREAjUVfjZ+PL7/53Z85ePgUZrPi&#10;qDk7I4PuXbvy178+ysBBnlRU1hAVHYPHEA/atPmCNm3a0L9/f6Ju3ZKWd4Iqy2sYMWIqzzz3Gtdv&#10;3MSkr2SL70Yef+QvJMbFcGDfPp599lkioqKpkZY3zl3e94CR75m+X0BEbvkQJ6coLBwEiZVzYb1Q&#10;ZnOwPyqdJRcSWBCSyLyQeBdOYP6lJOZfSmHB5bRGvPByGouupLM4NIMloZksDcty8rLwbJZfUzk8&#10;gxXh6awIT/saTmdFaOodvPxqShNOZenVdJZezVD/Ck5TWTxLcfKyq8ksv5rI8qsJKovfSSy/muwM&#10;f2VYGivDRNoyvzUvC8tgWWhDvOL3nZyppPFKBosvp0sW10uupEteLGT3DbxYfbchr1o+v57vTMv/&#10;YQ5LY1lYaiN2LWPJV1JZeiWFJZeTWXJJ4WWXEtlxLYlioxWd3D9aj8MsTt357gGRf4q0HlXum1Wc&#10;HIrfwnz4XIgKiOgUQCQzKoq2n35KTm6B3AojrK7c/vAMfruOsG71etp+1YHFi5YzZ9Z8li5ZxZRp&#10;c0m/Xaz6QrBhMtQRFhYqV5aHDhnB4sXLKcwvJGjvXv72t6eYPncRMxevYdbitcyYu4yUpBRmzl2K&#10;t98erlwK45lHH2bevPkSHFi1aCHzxg3h6unD0tR3+oJl1ErHWsL/hHJyk0lXy6KZ01mxZAW1dXoS&#10;EpL4y5//wphxE1iyeJkEJebPmsvxkxdYt96P+bMWYRYmuvUGOaFZvM6POWu3SUBEOgG115GRFMXI&#10;4SNISEmT5qCFxSUM6D+IE0eDuXUripZdh5JfpZcu8fLzbtOzjweRsVncuJXCh+9/RE1xGZtXr2HB&#10;nHnK6oBBT2x0FPPnzpeO08Sqc3Z2tiwaAWBUV1YzfNgoaZEjj+a2G7FU5vDJM78n+fpxkpPi+Ljt&#10;ANKyCsFhktYtf/j9H6RzwQXLNrBs5RaGDJ/FrahkWUccduGguZbu3XqxePlGdZW2ntqacrp0asux&#10;4KMsWbic1h9/IVfk58+dy+JFi2SZ3bhxUwIi+/afpLjEwBtvfkRiYqqcrNRVVTFxzGh8vTaxbsNa&#10;5s9fLEELbDrqKm6zaM0mZq3xp0IuzohIrVjqyjh3PIjx40YzcsgADmzZSFl+Dpt8tjBpzjJ0JuFX&#10;QwAiUTz1xHPk5eYyb85Mli9dKCcSZqOZ5Us3sWjRCqwm4XSvEI+B/Xj3g0+YPmsxixauYP3KVaxb&#10;uZj4xCQ8xk4hOjlDylZfV8306dPx8lpHxI0zjB0zSJrYCkDBbq1k/pwprFq3ntLSEt568zWmT5vM&#10;goULmL9kGZNmzuX02XNyhb6P+2DS8wvQm8z4rl9L248/ZMWyFSxYuJSFS9Yye/4ajgSfY+aMmQQf&#10;PYJN+E+xGym9ncZ773/AlRu3VEBEgD9mzp+5gvuA0VSWV5GRlsTrL79AVl6R3H9vdMDRMxfp0rkj&#10;Vy5f5e/vfkpsUpazrsiGbNdjqMzlFz/5MbFhp8BSxcngILoPGEVehXB0Z6KkOIshI0Zw9tx5PPt0&#10;oMunr7F80SzmzpvD3OWrWbrRj7yyGsWto72OuvIcenXrxOlLV5UVv3oH2VlZdOjWi9j4DObNnMrK&#10;FUsx10OdAxZu3svICbPJzsrF3XMIgfuDlb3suhpGeg5i+67d0tJQdDti1bZ7x054rVrO/AXLOXbi&#10;kvQjJPJTXFzKgAGDuHQphOysDFavWsmkyVMZPnI0mRkZXDx/nhYftGDBvIUsnLeAhfPnMWXiBOIi&#10;Y2SdFM5xb+fm0KZNW6Ii4xV/MVYLyfExuA8dSkhCPt5HrtJ56BTKTYpyJrvE+nqiIqMZPmwMubkF&#10;mE31jBo5jVYt27J48SLmz5/HwkVLmDV7NpkZqdJU+5jwXyBM3OtNlJUU0rHHQK6GRxO4Yy+r12yg&#10;TgAKdiORYWfo3rMLpyLSGTxlMeduxEhlUnTfck++2Ux+TiaDBvQhOSWBXYG+LJw2FpOuGGxVpCYK&#10;fyAe3LoRxbxZ0/Hz88Yiy15sbSrl/b8/R8j5M4ora3myTT0J0VF0bteWwoJcrDYj23f4MXLMUAxG&#10;se3Izu3UVF59+mkJiHXv3p3OnbuwctUaZsyaI1fU586Zr6RfjhNw41oEPbr1pLCgUO6RslRX079N&#10;ayLOniTQZzOfftKKpUuWyL5s5cqVcquZUP6uXjzD+LFjFIVdAiKKwJNiYnj39deYMHIEK4R858xm&#10;xvTZBJ++zPWUfH708NNkCGeW4njPsmL69u3F8YsXpC8WdBVMHz+K1Vv3EKGD37/fQTrqNNRUE+Af&#10;wNSp0xk6fBR7DgZTU1MhfSKsWr6IIUOGsXThAvKzUjhz8gRdu/WkqLCQ0SNHShBFOH8XRjFFhQW8&#10;+twjhIddZ8ioaew9dEpZMLDa2LzJh8kTpqCvqyXy5jWWL13KmNHjGDtxMjlFRdKXjnRYbK1lX6AP&#10;E8aOpsZQjcVhkUCBx5Dh3LgZw/xFC5kycwZ1JuE8VM+Ns0cYOWQoaZX1tB61gMU+u+T243qHnqDg&#10;Pbzethe10j2IheTwIKZ7tibpVgjDxkxj3jJvTMLkQvhjsBiZNHYMy1atYvHipbR4/U0WzpzB/Lmi&#10;rc+V/iciIm5JyyTtZBBtHiGmAVkZeQzo60FOlrC4Els4LBwJOigtGivLi/EYNIBTZy5QJ3z6yXmE&#10;qG9Gym+n8tAffs/zTz/JnLmzeevtt3jq2ec4GRHLpbg0/vT403gHBDpPlxH+hVJT0qTz9oqKSlq0&#10;/JD2nTuzc3cQ7739PiM9B/L3N17Gz89XbgUUim1KahIvPfIwc4a7k5QUT1JOPnUmAQAq6RBOq/v3&#10;7kGv3n2kA1ehd2Zm5MrtH4sWLVccNFtNfPjhB7z30Ues3bBBAhPbtwdI/2RiPOnVvS8tW3XlRmgY&#10;H7b4hC/adiQvv4DEqFtMmzCGjz54m/fefZOdgQHoaioZM2UWL73VisqKOkx1VXj060jXQe7sOH6L&#10;++57iAUL1iljsMMmt7uZTHrpa2Tj+rV069yZD995F4+Bg6gqLVOdrZqxWWpYMGcuv//DwyTmFGMQ&#10;5W4xsHyKB8/85WdkJkZw7tQJnn7+LQ4duyD9nugqixk2dBhPPvUa505f5NVHH+ZwgLdSby02LDoj&#10;dqOOmopiaa2ye+cWom9ckoBIwCEBiGTw41/9nsTYG8RGhPD4o4+yXWxdAepqS9i0ZDLPPf4wu3fu&#10;5MW3WrL7yHlV7kZqSjJo83lLeg8ZSYVO+AlTLPXEVrqgvXsYPXoERpOefXt20qFtW4rLKhSXHhYD&#10;G5aMYeaELkTFxdKuyyCyb5c1uOsSfaTdTnZSIu0+eIeqrDRs+jqWrvFh1LQVlNdapSVyZWUFfXt0&#10;5+qFc3Tr1BEPz2EsWLSc2XMXMX7iVPwCtlNSIsAbsRtUcUBeWljEiqVreOyR51mxZC21lUUU5KXy&#10;/PPPMm7STLk9UzjWbfnpF3TqOZDSihq51dtr3WqeeupZFixaSa3OhMFgISY6hsz0dAkQbdrkw18f&#10;fozjp85RVasjLSudlNRkUlNTSE9Nk/7kxOJCTXkJwz1H8sgjLxC46wg1tbUkxUXw5GMP87fHH2fO&#10;rJm0++orHnroIaZOn061Tu88Z0cDRu7R90c/KCCiWIlYqbHXk2q18fmKnbi1m4Rb9xm4dZ+GW9ep&#10;Ks/Ardss3LrNxq37Aty6z2/gHgtw6zYPt06zcOs4szGLe51n49ZlNm6dZuDWadrXc+fpuHWY0oSn&#10;4tZ+cjM8Bbf24pkLy/cnN/l+Em4dJuLWYbzKE3FrP0nhjlMV7jRdZZFmkc5vwV1m4dZ1Dm495uHW&#10;fa7C4tqVhVy6zFW4k5CBkIW4nqOweN71G1iTd89FuPVcgFtP8ftbcO+F/0Es8uPCfUQe5zbmHnNw&#10;6y7q6HTcuk7Drds03DpMoP28jeTU6THI46KVk5G+D6eq/xQ1A4hIz+RWxUJk4tTp6OR+fTvp0VF8&#10;1epTcm8XStPUOpuDn/z1efYcPs3R4BNMmzqL4qJyamr0pKZmMWDQUNJzi5xHiFWUF3H27Fm5Pz8v&#10;r5CuXXtx+sQZIq6G8t6775KclUeFwUFcaj4Tps4jOTGZeQtX4bt1PwV5Rbz3xouEXw/HbLFSWVzI&#10;wimjOH/8gFSYug/0JKe4XPrhKS4tYv2GdSTERrNi/mxWL18lvZAXFZbQ8qNPOHP+ImaThdqKKrb4&#10;BrB332ECd+xnyOBhlBXelkpxUV4G7qMnM2u5D3UWIRvhn6GW/KwkuTIWGn4Dk81EZnYOPXv05uTR&#10;o0RFR/NFr+EU1ujl6mxRfh69ew4mKjaLqJh0PvrgI6qLy/BatYolCxZhNhooKynicshFiguKpJ8E&#10;Ybou9vwLEkqhQa9nQP+BTJw8jTrhaMtuJDM6lCd+9QuiLgaRmppIyw79SM3Mk974M1Oieeh3vyc1&#10;4zZVOjtJ6cWMnTCPiFuJEpjCIcw6a+nYvhN9BwyTFiLiBJ6U5Fge+esfiboVyZ4d+xk/ahJlxaUY&#10;6nQkJSRKvwliwtq9R3927jpCXn41H3z4GRnpmTKtRl0t0ydOYMe2Lew7uI/hw0dTWVIqFfT8zHh6&#10;DxnN/I3bqREHPIgP7GZup8QSeuE0tdUVZCZG8dhvf0P8jTB27zkoZV9eUyWBrfNnL/D8s6+SkZYm&#10;J/Mrly+WcQrLlJUrNrF48QqsZgOG2grWLF/CilXrqKm1YtDbiAi7xpIFs6S39yHjphAhV5od6HW1&#10;TJsxDe/Na8nMiKJjh5ZkZKXK015qKwsY0L8XS1evobyyDA/3AYSFXkZvNFBaVcPEmXM4d+EiETeu&#10;02/IELJLSjBazIScPsHEoe7k5d6W/k/Sswpo33kAZ89dYeH8BSxaIrYB1Ul/OpHhIfz6f/6H0JuR&#10;6ikz4kQYqwREBvcfRWlRqZTLG6+9zKWwCLlFtNpoY+bC5XgM8SQyOpbX3vqY2KQM1cGkCog4DBiq&#10;bvOrn/yEW1dOgrmaMyeC6dTbk7zyCuz1wh9HOiPGjOHS5SssXzCdpbPGYqgtpaauhisRUcxeuoa8&#10;0irldAB7DXVlWbT9ohVL1m5AZzJht1nltq7WX7YjOS2blYvnMGniOKr0ZupsMHr2GsZOmU+WCojs&#10;OHhMAUT0NRJYmTx9BqU1BowWyMzM563X3uBUcBATJk/Hy3cHtTrFL0NkZBQfffQxFy9e4OSJY5SV&#10;llBeUcX8RYul34zoyFsM6NufhLgEjHoDpcXFTJ00ifjoWNUJqZXykhLafPEVQQePSWsGS10dIWdP&#10;4zl0KDHZ5XgfOE+fUTOpFqeguQAit25FM2L4OHJz8qUD4bVrNjN2zBTKykql75XrEZHMnD2H4qI8&#10;Zkyfxcq1GzAa66QFVljoFV547T1uRSezfdtOCSoIRa/eVMOZ4N107NyO6+nFuE+Zz4L1m6k1i62U&#10;9dKqaOO6daQmxuLh3o/U9GR2B/qzcu4UzPoKsNWQkRxHnz5DiYtKYOXSpYwdN47iqhoJdOakRfPK&#10;s3/h8kWxZUZzzFhPQlQkHdp8QX5eNlargd17tzN89BBMArB02MnPSOeVZ54m7FqoBC9mzpglAWSx&#10;sn4o6AjTp8+UVmSaYnLzxi25FUoAIg4B8leV0a/dp9w4d4yLx48wzNOd9PR06btCrIa3aNGCuNgY&#10;Lpw6Jv1gFJdWNAAi9Q4KsrJo2/pTboaFYjcaqCwrk/4WDgSfJTqjkF8+/izpBcJiyYauuowB/fty&#10;4mKIcmKTvow5k8eydutu4gzwwlf9uB4RJbfZib6spqaOy1ev0bFHX8LCLnHl4glKi/PlSRJTJoxn&#10;V4APJ44epWevfjI/w4cOkf6mdAaLtCoMu3qZ1194gujoOEaMm8X+w2dlmoWfmi1+W5gycapUgA4H&#10;7aOmspL8/CI8Roxk+759crusPMXJqmPvdl8mT5hAjb4Wk91EemYGw0aMlmn12ryZXv37Uq3XScu5&#10;Q9u9GDSgP+lVdrrOWMWyLXswW83UW2o5cvwQ73YeIIFHAaBmRBxj2uCWpEZfZeK0BfTznEBBYYns&#10;X/VlxbT5rDU7d+9m65atjPXwoKLgNvraKhISE1i5dh1XroZJC6Dz5y84ARFtKlGUX0abz9pzLVSc&#10;XGNGX1fF8qWL6NWjOyVFeXgOHsipM+clICLbjkM4mK/j7NH93HffffzkJz/mpz/9qQQhBNgwZcFy&#10;qqzw93c/4J0PPuZCyGVZx0Q/9NZbb+Hh4UFubo4ERNp16khUdCKPPPwov/j5z5gwTlhQhktAZN68&#10;hRIQeeqRh/FePJ86XQ3lejMGsWYhtUM7+upSevfoQvce3cnJzcdosFBWWsWDD/6I9u07k5OVRVpS&#10;LI8++jBftW/PydMnZRqHeA4kNzedvJwMnn36Od774Euuh4Xx4Ucf07FLD7llZu2Kpeza5istLDp2&#10;bEOrlu8TFxXBlNnzee3dT0lJyaG2vBj3vl3p0rc/566ncd99P6NLl/7k5eZw/dpVxo4dwZ69O9i9&#10;J1D2nalJiZw4cpRH//wXLqjglOJw3cienTt5UPgQuRgugXGHAESmufPKk/9NWlwYMTev8Ze/PsLY&#10;KfOklaOwEv3D73/Pex+2JSE2kWceeZgZI4dIa7nr4deZNHoc544dIT87jUceeYzdu7cTFXFZAiJb&#10;Dp3naHg6f3jkGRJjI4i5cZFHH/4ri1dtlFtgdOZaEuPC+M2vf8lfn3iSD7/oSE5hheoM1URBRjwf&#10;tfiAKfOXUGUQp6qpc0sVEBH5NprquHkjjMf/+lcSknOkhVBddSnD+n3OivmjiEtOpkM3T7JvC99S&#10;iu8XDYzNSkqi3UfvUpKWgFVXw/rNgYycuoxqgwBEkD5iPAcPIup6OCOGeLBnzz50epMELI6fOMuq&#10;1Rsor6hx9vNVFWVMnTyZZ556kfXr/Kmu1KGvLUVXU8RnrVvxxlvvcO78Wc6dOsavfvUrlq/ZSElp&#10;GatWrORnP/0ps2bNJSevmNo6EzXVdXJ72YhhwygrKWPf3oP87Gc/x3/bDiza0d0qfKE50C0vzKdr&#10;x3Y88+Rz7Nl9lNIKAwaTiXNngnn0kb/KtiPakCh/UT+fe/55CotLnQdOC74HiHy/9MMCItKhpo0K&#10;G0RZHTw5awtug3xx8/DDzd0XtyEBuHn6Kyx+fx0PFbylCbs89/TBzXPz17OHN/cN8eW+IT5Ovn+o&#10;SE8z7w7xupPdvWQYjVnc24ibx3rcPDaovzcp7O6tsvjWGzdP33+MPXzuzuL5YB9FjpJVmQpZemjs&#10;9+1Zfi/CFnL6JvbBbZAXboO9/wNY5GNjYx4kylArW63Mhcz91Loq6qwvbgM388GsTaTU6qUPFqtF&#10;HFsstj4oDm//Uf7eABH5uQbFC0tCO5cvh0qTQ51OeLu2kREXK81u8/NLMdqRZvy/ffxFDh4VIEcZ&#10;XTr3YPq02ezauY8O7buwWDiG1JskSCEsAiorChk8eLB0yigUBfFOYnwyFaUVTJg4GfcRY9jkH0j3&#10;3u5Mnr6AsuIyZsxezJYdwtzdzIa1S+nSozN+Af549O/P2KGDKc7Plk7Duvbux9gpMwjctYv2HTux&#10;eOlSaqsqOHFwLy3ef59Dhw5TUFDE4YOHadO2PX6+AcycPoOWLT4hJyuP2uo6+vfuRd8enTm4ewuz&#10;p0/kmZfeZKPfLgxm5eQSHHps5mq50te1c1e2bvNn5OgxvPLya5w9eZLIWzdp32MwJTV10oFpUUE+&#10;fXr1JyYmmZiYJNp+1ZbqsnLCL1/i3b+/w87t20mKj2PalMmMHSWclwZKvwnCR4EgeTqFwy5X4194&#10;6VVGjRmLv78P00Z48t6zTxN9+TSpyfG06dCDzJx8uWJoMlSyZP4CBg5wx9tvG/3ch9Or7xDKKnSq&#10;QiPqkYEunTrzxtsfyC1JW7cE8nnrltL6wmwySwewngM9mDhuovQ/0Parr1izZg25t2/Tt99ggg6f&#10;Jr+wivfe/4ScnByp2Oiqq5g+YQJb/HwoLC6gX79+DB08iN0Bm5kydjjPvP4BK/33UWtWDmIWk+fC&#10;nHSpIC9eNJ9l86bz6XtvUZ6XTVpaJm+3aMW4iRPZunUbLVu1ofXnHSQgsmjBHDauXy3lI7bMrFq5&#10;kcWLl2G3mKi3mUmOj6PN521YtnQNa1Zvot2X7Qg+fJCMjHRGT5pGZEKqnJjU1NUxY9YsNm/eKE99&#10;GT5sIB07d2TrVn/mzZnBY48/xhpvX0xWMwFb/enbvx9+AQFMmTGTT9t8RWp6OmHhobgPH05+aak8&#10;dUlsERrQvQsTJk6QJunduvdkkPsIKqpqiY6KomXr1owcOwZvrw0M6N2dl19+ieu3bsqTROQBm3Y7&#10;V0JuMHLYBIoLi6XDzp2B22j1+Ves9dnO0NETafVVZ2ISEsnIyeWdD1uRmKIAUqqtuNzDb9KX0+qT&#10;jxgzdCCxN64SHLSfHgOGkF9Wit1hoKw4i7Fjx3D9eoQ0nf7ko/dZNHcGXt7etO/Sk8A94lQnUU5i&#10;lbKG2rIsPm35ES3atGPOkmWsX7+Bz4SitWevtPBIioui5SefMHXGPBYu38ib77Vh0oxFZGXlMGb8&#10;BPYfOytPT7Hpqunfuztt2nVgxvxlbPbbQctP27J86Uq54ibK/cMWrZk9Zz6bNm2kxUcfs3PnbgoK&#10;8lm8aAGe7oPx9vGld9/+7NyxA6O+jlkzpuM+cBAH9x9k1PBR9OrRi8qKKmWCLk74sVqJvhXNe+9+&#10;yLqVq1ixcAGft2zJoaBgKg31+O89yYAR06iT9VI5MUm0k9jYBMaOmcjt2wVytby0tIwv27Rj0uSJ&#10;7N27j45de7FyzXq5RS/yZiRffNlGOjbdvsWfPr1789rbLYiNT5FK9ntvv8W4sePYsnkd7b9oQYfO&#10;HUjKqyAsPp0P27Rj2tz5rF63gU9afcatGzfITE3EY3A/UtOS2b87kBVzpmLSlUuwKzstmYEDh5MY&#10;m0B1WSkfftgC95HjCQjwYdoET5565H+4eum82rUroENFUZEERJYuWUBmVgp79gcybtJozGaTPI2l&#10;MDuLl59/lsSUJFKSk+ncsTOzZ81h9eq1tGnzFefPX1TAVHV4iIuOo0fXHpQUl8oT1sRqfL9OX3Dj&#10;wgmshhoG9u0jnbVu3bpVOhwUYKrJaCAlIYZPP/kEX/+tlFaIY8eV9AllaW/gdtq0/IR9OwKZPX06&#10;/fsNJCEli4SsfP78/IukF+RJZUJXW4Gn+yDOXb6inF6hK2PpvFn47thHlh7e+KKr9CFy4fQpvvry&#10;KzZv9mXKtFkMGT2BxMRYxo4YxLQp49i6bTu9u/fg3LFjnDp2ig4de6KrMxAfG8v7H7Rg0pQZEhh5&#10;/523OXn4kATTx02ey5GTYhVenHpjY1fgLgmIFOTl0a1Le8aOGoWvrz9vf/Ah50NDMQrnh+KoUIuR&#10;A7sDmTZxKnqDEYvdSmZONsNGjCEmLons3Nt8+vmnTJw8gQB/b7p3+Jz2bdtyu8qC+5xVrPAPlH7H&#10;HDYjR08c5ZPOfdEJsKXeTGrUWaYNbUdKTDhTZy7k1dffZvKkqfh6b6JHh/bMmDyVirJySouK6Net&#10;M7MmjWf3jm306NmDxctXkJaeKQER4aeq0RxCrqA7OLT/CJ981IqtAQHMnjmNp//2uLS6qqkqY9SI&#10;YVy4cBGjRfjYUhwwG+sqmTBqKB++/y7JKYmYLUZqqyoZ0Lsvr775DpW1JlLTsnn9tdd59tnnePnl&#10;l3nuueekXxjhzFeAjeL0LbFVrri4jMWLlvCnh/7IkcMHJVgiABHR36ekJPHEo4/y3KOP8Mbrr9Pq&#10;8zacPBMinTqL00nqqsvo27Or3Nry8ksv88VnXxEfl8zWrTt4/vmXeOGFF3j66b/x/AsvcO7ieXny&#10;2qpl83n2qSd4+aXnafXxR/zxoUd4+6P2chtp585dadeuszxieNH8OTz5yJ/5+5uv8eSTjzFl8li5&#10;HXjvwX089NfHefvt97lw5gwjPD3oPWAg+aU6Nnrt4PHHn+TFF57nySce4/333yU+Plr69Hnqb3/j&#10;72+8wSsvvsTfX3ud7PQMJ1goQJHMtFR++7vfMXrqbHn0rTgNbNmsEfztLz/jdloc5jqx3WI0//3r&#10;38p8/f2NV/jzn//MK6++T2pKOuuWL5X+UsSzJ//2Nz5r9Sn5mWmU5mXz5BNPEbgzkMibYTzy6KPs&#10;PnaJ4CsJPPTXJ4i+eY3SPLHV933+9MjjTJg9l8LKMkorS2nz5Rf8189/ybINm6V1kLDGc1iNnDse&#10;zBNPPCF9wQlfgU5AxG7j4J7dcruryaSTR8kK/1gtW33Fnt17GTl0IJ+3eJ2qkhxuRMXSpdcwcvOV&#10;rS0aECsqWW15Oa3ff4sF08YRHxmBl28gMxasp7pObE+Dqqo6+vfrT6boy+JieP+dd1izZj3rN26W&#10;Fh4nTp1TrL/EXNxsIeTCWR55+GHpxPfZZ1/htdf/Tr++fUiIvUF6ahzPP/cczzz9NE8+8TjvfdyS&#10;mKRUuZ3wD3/4gwT9hGXz66+/Sbeu3YmOjJJWM38Tp9K8/ArPPvs87777HoUlZc1ac4iTAPfv2C79&#10;ff38Jz/l+ede4rU33mLYyDGkZ6ViMgsfahZ56tj6tet48cUXuRoaJoGfe4DID0c/LCCiWoiU2eq5&#10;ZXXwzMxtuPVTFWmhdGqAwWChZAvFXFPi/XFz34qbewD3ufs34obnW3CT1/7c7+HH/YM3N8sPqCyv&#10;B3nzE3dffjzYx8ni+sGB3vyoCd8/aNOdPNhLDc9H8v3uPjwwyJsHBnrxwMCNPDBoIw8M3KT8ln/F&#10;M28Zvvh7/yCRhm/BzeSjMftw/2A/3AZsxm2gN24DvdS/4pmQhW8DD/K/895gX+4bdDf2+Vq+X/wd&#10;rIJagzZ/PQ9s5t7d+Nu++328J+XnwgO87pD5faKOSgBK5UHeUv7vzvYhqdYgt5iIVTOLxfhvDYhI&#10;c1J7Pfm3C4iOjsVoVI4jNNXWcOnseWpq1GPk7A6OnQslJ79E6h9idezAgSA2e/ty5sx5DEaLtCSR&#10;zjzFIbXWOrKyMuVpHwKQiItLlPuxxSkfFZXV7A8KZuNmf44cO4POYMagM5KQmEFiap7Mn05Xzqkz&#10;x/Dz9WH/rl0U5+XKVXUh08yc2wRs34WP/1b2HThEZVUV9TYrurIiTh49wpEjwRLB1+sMhFy+SoD/&#10;Fvbt3ktWRhY2s0Pu4a8oLeJo0F78vDcQduUisQkppGXkSXNbedytQ1jK6KgoKyD4yBECAvw4cvSY&#10;3DdemJ8vV6gjIxPlXlZBRrORa9cjKC2toLyskojrN6TfEJNex8ljJ9i7ezf5t3PkqpFIi3AmKE5N&#10;0cpUrvrLo2itZGTlELBlGzsCt5McGUnM5RCqC3Mw1FRxOSRclok0a7YZqSwt5eTxE6zfuIl9h45Q&#10;UlYrJ4pKeYuJtYkb164RfjOKU+cvs9nbj3NnzlBZXqpM9q0OcrNyObB3P5u9vLlw/jx1dXVyshoV&#10;HUdhUQW1dWb5W6zIiDQKXwRREdclCFSrqyE+Lprjhw8S4LWei6eOsynwAEu9AyUoqJ4dKo8vjI+J&#10;JGCrH3t3baEgLZp6izia1kZ0fAJbt29nx46dXL5ynTPnrlJRXk5ifIzcSiJIgItpqVnSkkCcVCWU&#10;OzGBSIxLYMd24XDRj7AroRKALC4q4HL4dQrKq2TsRrOV6NhEMjOU7UnVlVWcOHmWzd4+XDh3jqth&#10;YSRkZYn1XXQGHSdOncbH34/tO3aQm5+P0Wwi93YOwp+F2C4jW47NQkVhAcdPHMd7sxcnTpygqlqA&#10;Y+JENAvxiYn4+Puzc0cgkRHXpYVJUUkxNrG1QZqkQ0VZHdG3ErAL/wN2O9WV5YTeiGSd73a27txH&#10;ckYuZkc9xZWVhISGy5OTnEdYS0DEIv1J5GancnDvTq5cOEtGejLXbsVSYxBbuUyY9BXSWWGpmKhZ&#10;LeRnZ7JnRyBbtmzl0pVwjCZxlLCqUMstM7kM7NuLgyfOcvDEaby8NxMWFiaPoJTNwmIjNiaRrdv2&#10;sGtPEKcv3iA6Lo3KymquRdyUp7mI/sSiq2LyuJFsCdzJ0dMXWbfBT25XE2CkNOe2OaRPhV27drNt&#10;21ZCQ8NlexXtoLAgj+3btuK92Zez5y9SW1MjLUBEnRWOQf19/Ni/94AEPRv6QuWcVHH6T1xMPAGb&#10;fdm3cycRoswMVsTW9PTb5UQn5crfGom0ir4iIiKS2lqdtFISYRYUFLJv/158fPw4c+4SVTUCZKyX&#10;W7fi4+PZumULgVu3St9BodcjKSmtlGkX/l52iLq81ZeL509yPSKCWpMNg6OeuNQMtu8UK/jbiYlN&#10;kD6DxCke4WFXqayu4nZONkkR4diNVRLsqqupJuLGLWoqyzDUlhNx8wY7DgSxdYs/sbcu8/H7L3E1&#10;RKz2q9sfhQysNtISk9i1M5CEhBgys9OIiLwu/SLZhG+I6irOnjlFeWW5dMIq+sQAX392BAZKPyBS&#10;kvI0U2WlVlej4+L5EPQ6sY2mHpO+lhuXz1FTeFv2uVXllRI0EpZu4gQT0XcIqyJjXTU3roWza/de&#10;cvMEgKvWW+F0XFfLpXNn8fPaxJ6du0hKSsVkrae8Vs+hM6epMgozcWFhqVjg3C4olPXTbqwjJSGe&#10;pLQsyo02zly9IS0UTXV1XL58BR9ff7YF7iK3sERuUbidlcy+vTvklqBroeGYanVkpmXJPkZYbwrf&#10;WfEJCfgFbGWzj590WFlvtmCz2Am/EUP2baV+CUAkOyOLhNgE6V+jrKSAfbv3yLpx9mIINRL4UI51&#10;FWB6bla6tGQSVm3C2kaMTzduRlJaViHH9cSkOLYG+hO4YztXLp4jIiKCOjPcTM4nMjFNHvstwhGW&#10;JWFR8ZjEsa/1Jmors4kNP0Z1eQFJKdlcuXpLlo04JeXooSBKCoqdK/SlhXns2xmIv+9mTp46SZ3e&#10;iNFo5tq1G9zOva1ambmQQ2wtNHD21Hm2b9nGkaBDZKSlSOXWaKjlVsQ1uS1U5EceCV5vw2rWc+70&#10;cem0U2xBFNtDRJ2Ii4zm/LmLVFZUS2uxrIxMjgYHExDgz+7du8jLU8Z4UWcvXrwoFwUMBqO8f/rU&#10;KSory9Ab9OzcsZuMjCw597ly7hz7tm5j367dBB0OJjk5TVoeCd8kZpOeyBthbAvwleVy9PAxqqVz&#10;Sz23bkZJoH3X7l3EJyWjM+ixmHXERV9n/56d7NqxlfNnTjLIcwzvtOxGUlIyl0Iuy1PxdLU6qisq&#10;OHNCzEM2cUScGFVaIC1yKqpKuBASwp7d+8m/nUdcdCzXI26hN9nQG2xcvHCJLf6+7Nu7m/T0FCkb&#10;ccpX5K0bbNsSQODWbcTHxMqtHEp/rpCYMwwcNIjnXnmVmNRMjAYj6QkRHNm7DUNdDVhsVJVXc+Zc&#10;iJTnmdMnCA0L5+yZS9IS1mwQZXhSjj279uwlNTlVniBkrKvh8IEjZGZmUVlRytFjx0gtqia1xMie&#10;oNMUixOH6s2kJMYTuHcPV2/epM5spkqno0PnLrz69kfEp2XKbZRiO1VdVTldOnTk5Rdfo6SkWo57&#10;2pZcMa/Iz8klLi4aq1VsLbRL672zp8+z2cuLI4f2Ul2WT73VRGl5FRevxFBVo1iYOAERiRHZib11&#10;jT3bfYi8HkZmdj43YzPlVnRBYtvKjes3qSgtkVZcqcnJbPbxxccvgPDrN6VfIBmmGLdsdvJzczhz&#10;6hRHgo5x4MBJDgadk6fwlBUVyhMkU5IS5WlDBw7sJzE9E53ZSk5OLkGHDstFtuDgYxwOCuZo8DHq&#10;amox6vVcDwuXi1sCzM9TxyN1xuNarFImWakpnA4+wpH9BzmwN4j9+49w7eYtDGaT8yhrYcGblZEh&#10;rTKra2rlVjxXUOQeIPL90g8MiCg+RErs9dwUgMhsAYislxYT9w3exP0e3tzvLngz97v7cb+7P/e7&#10;B3C/u6/yzMOH+1ysGO4T4Id8R3lPXCssnjdjRdEM3+fh++3Y04f7PDdzn6e3+leznmgSplSUhcLs&#10;zQODhCLt7WTnM1WJvs9ThPvNfEcczbKfAkxoYbsLkMSX+wYrgMV9AjCRVh8CPPLDTYIY6m93RZb/&#10;LMvvRbjOOJpnkYaGdNydtffua+ZZs+99Q5jf+j3tXVV+ruzmcWc53NfISkaxMHl7ji+JTkDEjMX6&#10;bwSINCJt1FFWSaXvD3VAkuGLvaDqCqp0QKiyGPi0MUs4RtPOkBcTE7G/XQFExCqSRVkxc9iwCSVa&#10;DV+QfEN1aijiVVYWlEUSOdcS9+wWOYkXDkuVUw+EEqmeMS+/F/u+FVYGYamtSf8lwumkpjjKoOW3&#10;yoVydr0ySgqARQzuwgmsyINigqsO6vXimVmGJ76Xk12nmbHCyqKnIg3x3FV+ckVUYzm4N+yjV75V&#10;tj5oZanlQUwSpUzkc2XlWyj/AlAQEwihOEsgQ1qxiGMPtWuH3FcrReUsYnGhHOunhCkm92qcWmGo&#10;aZPvqGE786dOcrR8OpUuNX/iOjkliRnTJ3Hz2hVqK8qko8hPv+rGniNnMMuEKCtfMp31omwUmYvJ&#10;l5S9lJ2y0ifLQKtjMj7lGwVAUOQrJ/LivpCJXI1yYVmu4l1RZkpY2iRLhq9tNZFbDOpVx4KKzEV9&#10;UsSh1GmzRYxdyuRfkYXyjlbfpRNLhx2rUMLF8XpqPVbqo/Ku1VEv67isu+ozWdddi0e2sQZ5ynZk&#10;V/5qspDlqtb7hlmW+KFNk0RahDxEWVuwyfhFvoS1ltZ+1HIWZSzanV2pv5Jl01CctNaW36ZX9y5c&#10;uhYh47XZFB8fLsl29hdauxesyViWnaMeU10lY0Z4cPDwYepMDikLWR5ytqjURZutHrPZikn0k6Kv&#10;E3VYKIMi/Q67PMJb+txQ8yvLSliCOOuoS4IkK3FrR8aKvMo6IiaV6tHCYoKp1C8X1tqGZK0NijiU&#10;uLSyUJMhST5X5aiUs1qGavpE+xR1V56yZFe26Gj5F98odUGrVyLPav0UaZZ9nihPpS7X202kJEQz&#10;edIkYuJTqK4S/jFCeebJv5KeogCGmoJbrx6JKmUl+mHR5lDSIYAKEa5o50K+Wr8oJuGKhZoahiYY&#10;Z/tS8upMj+x7RN1q6HsEuOAsF/U9EYZsP2oRKY1AaifKiSziG1m/lDooZGQW7UmmXJGh3a74C5Ap&#10;k21baUNSUdCaszqOCHBLlIPip0U58cUh2oM2lom+T4pYq/tKegX4o8hCSYisL2p6tL5QqVfqtToO&#10;ie9k3VDHM6UMbdhtwkGmiF/Js6hT8uQyZ7+qWAMqwIJyT4hXjLMyHLUf0tqTMvYIeVvkNkghW6Xd&#10;KX2IMkY2HJWsIJdKfyBWpmX5aP25Ol5qZe1Kiv8vxcm6bAeSZYNV+2/lvki/ck/0nyJ8m1qHRZmL&#10;+qeUk9Ifa32y+Lahv23oh9Wtu5KVsGV4dsGibirtUuZLrYeivory1A5DUtqKqNtibBH9mzY2K+1N&#10;lJOQtehfpEVJXbW0XhDbsY4GB3Hq5HE+bNGKgZ5jqK0TW+G08hbxK2ONTegvdlGXxBzDKuuVrNva&#10;IKnWFWeWtXIXadLkpZWss79vGIM1EnKIjonmhVdfZea8heqpfwrQJPebiHzbRD+pjF+ifGX+RLch&#10;8irak3AWLVgd01VEQNZ/kWaZJikPpc7JMUkORgJ4U74zO+yY7HaSUtN45vkXmCxOQzEIx6nC+Xsd&#10;G9eu4YnHHuP0ybNKk1bDUcJydnQN+Vb7Z2WOoZwkI+qsqN/CQbfr3NJFGEp/I9uyUr+1cpXJVdtc&#10;Q0eu1GulHSrjpdLvaOGpY7k2VqufKQ1brZdqe7PK8Vurl2qZOdk1iS731agaStqFZJrV+Zyzvog+&#10;TOnblGQ0+sKZRi28plYn9+i7px8cEBFotwBEIqwO/jZ3G24D1ipbV4S1hedmJ/ChACICDNmiXHts&#10;5D65XcFlK4wEK8R7KkuQRAVM5JYZdSuJk31wG6Jyc8++lrXvxfYZEb/Y4iNYfS7/qtttBLsLyxEB&#10;hAhwRIASyj3J3yq+f4LFdg/nthwhU+23upVGU+Y1qwa55eNuLNLY9N5dWJSBAEaExYQAWv6vsygj&#10;V7BDbm9qRt6e6jYp8ddT2UL1dycgYsdsNf0bAyKNqcm44uyFRafsnMyrA5bWQbuymHCJ9+SkT3bw&#10;yh5K8c+u7alUk60NHM5xyhmoNqoqv7WJknbfNd+u3ythKMqzNuFyHaQaXmoaufhPGaA1wEMJq+kA&#10;2CQclZRnzQ5/qqC0GULTeO8kLSwt7Q0PNEBBTCAEeCMmM2LiqUwClb/KLME1Oidp2oZrYTVDd+RX&#10;skt9UN5y+UD5RkwgN21ay3vvvMYQ98HyKNW5C1ZQWqU4A1Mkd0dtkX+ViWKDbBuLqOl3Lm9JmTTU&#10;C+0VZXIjnjdMOhqoaXhNWYlZ5ElTXJqyosBqiorCWttoYEXJbVBmGmSoFYUzRc3E4WQtRS6/G5Mm&#10;R4Wl/wKpkAjlV7CimDRtU9pv17JVbilWUXVVRUyaOJ6oOOGHpmmcd1LjMtNu1mPWVzNt8ljOXriA&#10;Xpy0JZRYaX3V8KGIW570YhfAqaKwaEqLYJv0JKEkXSkbRSlrThqS1NuN+5MG2Tvz2qivu1P2iqLc&#10;UOe04BqRelOE0VDOrpJokIwTKHCRt1ZfRB5l6bkqU85qKb4XoIERXU0FUydN4d23PsJ94EBp5r97&#10;RyBWMSaok3xBAmDQ4m/og4Xi0RjQvbOOu+ZZuXYKS1VEJcCklkFjbuhvZcyN5ODyS4apKQVqZWgi&#10;F6dsRLrVeixlo4bbUG6ucnKp2mobVJx+CgVPhKHVf7XrkPWhcb6d+VfjaGjL2nuN64uWL61uKGlU&#10;2r6mlIvEKOFqMmqqXDlF5AzHlV0eN/pOfKjVH+VSU+ZUoagAtKbkae2pcdyuoTdHrmXYkNOGNtg4&#10;tTL3jZ5p3zSXs7uzFoYCymhydylcrZE4hwBxrQJAWp8n20NDeTn7bAEGOBTLXeHf7Jlnn+E3v/mN&#10;3BLx+uuvExUV1QB0ii0ggkW9l+CVAKEEQK4AQAqrJ6LIyFRJ3SFWVzk0KfBmbosLg9hylpoqLWd0&#10;dXUK0uGSfy1PjetUg2gaxKXVF7VOSJlo1+Kva9yqHF1Kw2A2s/fAfl559VWSUlLVBSyH9Id268Z1&#10;om9FyhPFxKeuxdNwoRaSFpGMS1xr47/SriWkrxSp5AZySeAdcmoqtiYPXajhUcM7Mpl31D/tuXii&#10;+QC5e7jNkZbMZpKrkiYH59Vd39UWZ5pL4T36fugHB0SMdhMldoe0EHlSWoiskUqlsAwRgMh97l4q&#10;IOLbYCHiISxEBPghFFQv3Dw3Sb7fcxMPeHrxoyE+/HiILz/x9ONH7r48IFb1JXCigh3SMsPbxeJD&#10;sQxRgAH1mbDG8PDlAQ9ffjw0gB95+vGgu49kxTJFBRM0ZdhpJeDLg0OFdYryvVSeB23AbfAmuY3i&#10;/gFecivOjwQP2ixZbMv5kbsPP/b8dvygu/c38o/dvfkv900KD97ETwZvkvceHLhRbg0SeZBpGrxJ&#10;Wrk0+MUQeW/wgXL/kM3cL/2pKFYw93n63WGx0pTv/9ZWLP9XuKlfmG/gJoCIsmXGhlECIv9GPkS+&#10;hrSB9Bu5yRCisXP13HnPBRBxmZA3S66j6dew/LzZIJRU3W2C3ui1ZkYgZVX4zve/afLY8Oybnjcf&#10;b1NqNj6XCa4EQ+zK6krjSaC6Ktf0W0HNyLE5co27OW5KDfeFrxxxpHA+18OvcTu/mFq9RW5LkACZ&#10;fLtpbfmmIV7ca/qeEpJ86pquRq9oeWxQtr45zCZ8h9LSPGuAx53cAJZo7Np+mstDc/z1dGdeFECk&#10;MTcGRBq3I1cWt+X3DnEcsIHy8jKscuX+m9JxNxJxWNDXVspVRW3lu7lsNc6JWPW+GyDSpD25klIN&#10;nVWpaf7uznfK/duWwZ1hKdwcNQ1Xqzsib+I0B1dQTZZFo/DEKqnYxmHAoNNzOztfbhMrKSqUW9cU&#10;q4YGoEmsqDvjVWXaGJS+M58NSnsTRVerMy6ASNM69rX9bVOSfZYLy0zeKUMZpUiv9q8RmOPyrpZU&#10;Ff/U5OdUkoWVnwqINI2jIe93z8vX8d1IwlCN3nUdl5qG7/pd0xbduGdsHGZD0Sh5aRrut+NvJNd2&#10;pdbFO1P53fLd8tK0D9My3/S9b2JBAmwR1n/FpSVyS1vYtWtyW5OYX2mAiGJNp4IjKpDiBGw1axfV&#10;Cse56v8dkUinnPeJk4i0vDd+o2nB/HN0x+cNF+KXAKrLKyspKCqUIJKUg7CqFAC2Wdn+LIpNTlE0&#10;dm2XsozuVnca4nK987W5+Q6y3EBN0/N1/L9DzaXwO8n6Pbor/e8DIn1X4zZokwRCFIeWAujw5gGP&#10;jTwgnJIOXC2vheXIAx6beNBjAw96rOMBj3U8OHglPx60QjkNpd1U3PosU8CSId6KFYcETzQWyqvq&#10;FFN7Jp1mCmenWtyKw0wBCCiKruZU9S5K8FDVYkSEI8MWQI3YArQat4HLcBu0XgVGvBQfE9KZqsYK&#10;qPPdsUj/Osn3e27kfo8N/MjTiwfdhcy8uE+8M2QNbp5rcHNfy4PDNvPgECFX8d0G7vcQW5a8uM9D&#10;lMUmHhiiAFQPePqoLH7fjQVopJTRfwYLWXwbFiDb/21ARAvLdbL4ddRcJ908NwAiyr/mrSycJAc6&#10;18mOy+Cn3pNpUwNR0qqF2DRVzcTk+opL2K4Tpe+aGoXtmp+7UNOJm3pXSbTLqp9TsXBVMO6mlDSd&#10;RN4xuVLINe6v4+a+UdKhKGZNFT0FBLuzdjSqKXeEfbdvmiFXuTrlqxZyo3t3C7MpK+lomtemdLfQ&#10;moIhcrW66bd33voH6W6xN+UmMmgSr9KGNBbWVcJ/hllVSBq/+w+TqlxLmchfd7Z/IWMFHBCsbK0Q&#10;2+vuBojcle6Sv3+GmtZ3hRvk9F2RJhdlw1OjEmtMMl+ifauWYM4XNWsLF6VE/HSujCttT7Edarzd&#10;6878NVXam4BpSmAq6tIcq0m9Sz/RQE2+U9/T3pfRiO0OLoDIN44darmLP5r8lHc1CTfe7nUnaV82&#10;zst3R03Dbz41Td+6+5sKNeRTu/oeSIvEGVlzqfw++C716I70/HOkhe3aR8s+R9vG4jJWOreEyS2p&#10;yl+5LUMDRJxj8L+QoCZ0Z76bhv0dCeJrSCvpBvkoshFgUgNAKrYy/euASNMnd6XvNNtNY/06/t+h&#10;5lL4L2f7Hn0tfb+ASFO2WTDazZQ4FB8iT8zejlvftRIwuE9YagwUp7F449Z7rXLMbHdxBO903NxX&#10;cL/nGh7wWMuPPNaroMgGCZj8rP8KHh20jPcXH+HR6XtwG7hG2YYjfJMMWI/bwI0Ka+CGaiUh45G/&#10;FSBEAjIDFcuOB8UzYUGhbkF5QJw+o55C49xyM2QzDwzz5YGhPjwwIkAJb+AGfjnKmydmBuLWdxFu&#10;vZfhNnAd9wkHrAOFnxThU0Q4YvXifvdNEnzQgB+xJUjZFiTSKp4p1w3Kt3ItQCHBYvuQ+F57Lu7d&#10;P3gdDwxey48FGOK+Xv59cPBmfuTuzU881nNfrwU8PSOQ308OxK3Xcn4yTFi0CGe2Ckv/KDLcjfxo&#10;iBcPeirbmL6JH/wPA0S0+vX1/J8BiAiSwf0D/X/TccmVG3fgitG2wl8zqRUkA3CZjDgD1e413Jav&#10;q2BGw8ffMGy4vuKS4GYnXt8RNQrbVUjylvPHne83mly5JNw542iem82Ly+TOyc1RI8VPmdVo4bly&#10;40/Ue07lqcFKomGb1V0EL6/VLR93WA+5fuPKzZBrkE6RqnE1uq9mrlH8Lu80SuM3091SeKfFSNMv&#10;/zFqmqqG4Bplrgm7fNX0kUt6GlcfoXgKXzpiVV1VvL8FNROs+kCpq1ImMjWN1Vqt7si64qjHaDZL&#10;lhNw1UqkOUDkjngENXvzn6emdd5VTt8VaXL5doCIiFwFReRv8bJqFqK2O61raPqpEm7DPvXmSXvT&#10;9a8Wr0sBN2rLrqy93nw/0UBNvlfNWsT7JpMYI4U0lLcUqxABiHxD2tW0uaZceVdc3QNE/iXSInFG&#10;1lwqvw++S37uSM+/RneNsZl4XHOukMvXzTW+74ruSItrSu5I+bejbyHDprE476v+XO4BIt8/NZfC&#10;fznb9+hr6QcGRKwYbAogEmERgEggbr3XyKN3pQNN4fOi5xLe9zrP9Js5zI3Kpdv+69w3eBE/dl/O&#10;AwOX8OCAJTw4cBkPCMDBfTW/6DOPRScSOFoOn208i1v7qTw4ZAP/JYCBgav48YCV/GTwGn40cJUM&#10;263vcsWSZMBKfjR0Iw+6r+G+AcuVY3IHrsVtsABo1nCfsLYQ7/Vdhlufpbj1Ur8V1/Ke+L1CAWBk&#10;mEtw6zSTyWfTCMzV8fS0ANx6L+E+TwGsbOCBAet5sM8KHhywmvsHruP+Aat5cOAK7h+8gfsGb+T+&#10;weu5v/9KHhiwih/3V98bsIr7B63i/oEr1d9reGDIBtwGrZTfPjhYhLWSH7mv5Uf9VvLjPsv4Ub/l&#10;Ms8P9l/BT4Zu4AH3DTw4cDX/1WcBL09Yz6qbRQw8moJb59m4DVjBA4L7LuXH/ZfyC4/V/GjAch4U&#10;6Ri8hvvc13O/sCIRvl2+gQUw8J/CGujkyo0tQ8S2LgGeiHy7WBG5e/PWXH+Sa40Y7HaM4lSlfxIM&#10;Efz9ASINo4pi4uvS+94t6G8ahNTnd45ZDYEq8TQDjrh+0LTnFx+p95zja9NInKNwQ6yNA24Stsvj&#10;r5/AfwO5fNc0TzI6dWWlSWLV9GorTC5hyLxqeXEhbbYhlAOxQuO87/qOGmzTrDQdUZ1BN0mTBjpp&#10;8auO15Q83ImpaHE541QnQ1qeNT8ajfKvRSf/iB+KWbtYYRNOEhuwGjXAJiwVdVdyzYKrmBtdaHEr&#10;CdTSqKyCKxEq9UpNj2QtU84EuSa90T1n8NrPprJpkuRvQ1p2REqEpY1gmaOGptA0dy6s1kTn7NQl&#10;QBGmi5GBoIYyFeCDsiavlaczMU3INUiZRs0JpfpXSZ/yT5OoBogowSnyF/VdvF9rtrHnxClCI6PR&#10;CbN16YsBeWqVdGypxussHS0B6u+GfKsxN65q8ofrPe2+az4a3NMqTmxF2oRMRBpEr+t0LO0ifye5&#10;pqdJeMJtsAZ4CLBHPBcgmVaugtUad0e5au1MtiMcwjWqMyxNBmqzVQBI12JTnX2KtEs5uqTZNX2u&#10;+RFhamkRpFntaPVFkb9izSPSLcKVf2XdUZ+rToCVvLvIVaZTs1hR0u2Ukd1GXEIChw4fobKmTjo0&#10;lLVF1JHm5O1KqhxcisDlXeXuXb+V5Crxr3/zn6NvH37TN7/u7cbPv+7N75qapvD74B+G/pFY73zv&#10;H/n6u6bvP+67xqAObJrT2TvGu0YfNk1b86E2f/eHoKYx343/96hpSv53U/OfT/8WgMgD7lu4Txyb&#10;23Mlb3tfYFsF7C40si21ksO10G3/Ddz+3oe3Fu+l5+4wPt0YTKvNx3lv02E+X7mDi4VWLpRZaDHP&#10;n1/1mclHq4PoL95beYCfdRmP2xdDcGvtSTe/C3TaGsLnG4/TPuACP+43kw/XBvHB+kO4eS7lx5P9&#10;eW/rFf62aC9unafw4qytdN52kc+8jvPhyoO8s/IAf5vlzyfeJ2m96TStvS9wf8+5/GLgIjoHnMVz&#10;xwV2xhQQqrPy8nRhjbISt54LcRu8ik+8L9JjayhvLdrLLz3X8OriA7TefEqCKT8fv5N3vC7z9Izt&#10;vDB1K902n6OT3xXeWXmEN5fvo+XGo7T0OsNLiw/g1mYELy4NpMu2s3zhcwy3jmP49aCFtPc6x5er&#10;jtEzMJw2m8/y+PhNuLUbh1vXSXy49iADdpxlXvAlLpeZmH8lHbfWQ3hqbgDdtp6nl/8pXh61iN90&#10;HMZrk9bTb3sYn24+z1/n7sWt93LuHyp8hDSzbeg/lAXQdYDQvwAA//RJREFU4cqNT5MR26mEI1nN&#10;r43mlFc4X/Xh7blbFEBEnLRgs8k6f0c7+Jb8/QEi2hRXW3/75h73zsHOlV00ZfVWwyRWOZdee0Xx&#10;kG9pWC9uZkB1xqM9VJOrTfYlqZqAlIUz8Kbp1/KphesKfigvNweINHevOdJMZm12q1QkGz1TFQrh&#10;fd9V3kqipdrlTJuWVxmlzIerWqLlVTkNQrzU1Bt5I2r6qEnUkuU7jW/WW4SDVlX26kvCPPZOp6EN&#10;ilrzrJnfq97hZV5UUsunoVQ0tUkoe67WFE0TrLA8Wcc1g1JeTVgR4l24wXeDciKCUgeNAv+RT4VJ&#10;tHJyT8Myl/KOduWMt6HYGuWr0WpZA451J7l852T1j0iLyKlo7VJCzjS7lsOdW3Nczb8btRvtG0Bn&#10;A70TtFCUbUWJbVBwZZqlQJq0qyZp1EpPsLEe9HYlzSZV4XcqwzIZrnZion6I+laP0VbP7nOXaD9q&#10;AqGJ6ejFSQhyqweIA8DF91qcotfQQBINnBCsKOeazwnxvXJPpEPG3WBIcQcLlVukWRxkLVim3yn3&#10;enRALVAn8qg+M4hydRZkg2yE3DQ5amHq1W/Et0JGAlgRaRPXmrxFOsR9kV7BZnnygnoChEs90MIT&#10;32r5FmEL1oAPKXfV8kK8I97X7gsSshVxaPkV3woZWdT+VcpUrS8G8a76npCDkIGoOyIs8btalY1g&#10;kSaZL7tDjn2aDLT8i/DFcy3NIjzBMg31DnKK8+nn6cGWfQcxiL5IFaysow1V7x7do3t0j+7RPfpe&#10;6H8fEOkjrDH8uW9wAG49VvDJtnB21sGmuELazNlE53X7eWzscj5esYfTlXZOlMCeAgd7a+vxKtIz&#10;au95Mm31ROnsjNl+hqUXEzhTYudUto5LBSZWBIfSetQ8dt7KJaTSwYE8M6dKHZyrtNJmsT9rIgvw&#10;Sq3gJwOm8OTS7WwqtzLlTAJtF24l6LaJ46WwN8/IVaOdnWmF9Ni4jcMltZyrtLEzw8SwnVfZlaMj&#10;uNjBwcwartfYuGm28tY8H2XLT+85DAnJ4HA1BBfYOVzgoNPaIDYnlbOzwMyvBs7lyVnbWJVlYcKp&#10;WKYeCOO6zsHxIgezT0Wz/HI8l3T1HC6yMfN0NOMPXuRUqY5j+VWcLTPgHZFK9xX+HLldS2hdPQfz&#10;jByvrGdjVDZPD5/KxBNhBJWYOFFUy7WSCjL1ZlacCuWTuevYl1fL6YJaTmaXcDy9gNajJjNn93Ei&#10;DfUcLqyn/5F43Lou4D6xHUSABZo/lmZAhP9/WDndSAAjTme70tHu/zVAxNUfhTrDd1F6mpKmYzV6&#10;z5XvAogIMCQlIYF1azdQXFyG1WKmprZWUdzUsBvte2+kRDYAE7W1Jlav9+dqWETDUXcugIg8lq9R&#10;+sUPsaaqOnptBIg0qETNgR/N3WuOhPf5pIQ41q1fQ1lFmfR/4HymKh9OQMQVGKl3UFKQxbkTh5Xj&#10;9Jx5lZFLR201ZSVUV1a5nIZQj9FopLi4lNiYeGbMmE11tVBF7qRGSXfV/jSWzxvftOh1lBSWKE4Z&#10;HXZuZySya89u6oxmzOKIR6loKayd7KiVmbPc5F+RT+EHQnFoeDdARAEghJWMkeyMVA4dPYfJoh3V&#10;6CIrFzYa66ioLJNHMsrgtEfOqiw0OfWmTEfDt6UFtzl98gRGi01d0VaO1DVYHeTXGMkpryaruJhK&#10;fS0Gi1E5tlaAMGo9dRWdLFsXRVXLj1RSNaVXKMYuIIOitDcABFrqtPC0WqmBDEJpLDZY2H/2AnGZ&#10;uVKJdQIBWvjqsYla2Fo8DXVd+S3el0poPeTWWthy6gI5FdVKWtTvNSDApCbKarFSU1Or7p13sQBQ&#10;WftGKLRXIhNY6bOVzNJqwuJSCImIwSiPT1UV9Eb5VaSnnB4CWaWVtHYfhu/Jc1SZlXuCBXiQVWMk&#10;v9aoxC+U7HqHBAtqrA4Ka00kFpSQXFxKQW0dOuEoUY1HZ7KRVlRNenkVeTo9OvltQxpcqo08XrLG&#10;buN0dBRTN21iof92EotKqHE4KNQZWLzrEKN9djHKexcTN2wlKPQW1dZ6J1jh2tTEbyHrgmojmw+f&#10;ZfIGP7aevURWrYkyB1TY68mtrCWlqJy4ogoK9CYqrfVUmW1klFeTVFpOSmkFqcUV5FfVyXSXWuq5&#10;kJzFhI3ezPTfxtWMPModDlmWNTYH52KTGL/am7ne24nLK6baUS+BjEq9keCr4YxftZ5lW/eQXV6D&#10;wWJDZ1Xi8gs6xehFa9h64iJFegtlOhshN2IJPHyO1Nslsr5V2xycjUtl3EY/Zu3Yy6XsPApt9RRb&#10;bZwS8W7cziTvHUzZ5M+mA4cpqtNLYKSwtpadF84zbtVqVgbuIr2kHJM4xlI8qzGw49Rlxi5dz8Lt&#10;e0koq6RGnFZV7+DszUg6DBvLrbQcpU24WKi4yvke3aN7dI/u0T36runfAhBxOh313MxfZ+5kdbqR&#10;83q4UOZgwp7zvDBqHquvZ3OlDvqu2kXfbcfxrzThW2PivRmrOJFai19YDu8NmcvVYjPn04oYvWQ9&#10;p2PTiSysYXfITXIB/xsJfDFrOf4RqcRYHXSYv5Z9OWUcLKnhp/2G8dq6rew22lh7NZnt13MIq6xn&#10;9JZTdFm5nQgDnM4vZfB6Hy5V6QkprWOk/1GmB0UQUQ9TjoTRcs56TuXXcc1g4/VZPrh1nMr9Yzaz&#10;LMvA3kIHo/2O4Xsth0EbjrA7qZyT5XZ+5z6HV5btwbvQyuyLCcw/epPrRvCKzOfT2RtZH5bIdQOs&#10;uJpEP99gDmRWcCqzkKErNrL7ejxhZUa8r8RxrsLI3pxa3pm8lLXXkgnVweT9JzlWamLf7SreGzeT&#10;ZUfOkFJbz6pT4Wy8nkyEGRbuPsGCPceI11nYEHyODUdDiDXA5OOJPDp9p7LNSB5x/E+cvvIfyT8c&#10;IKLxdw2IaH49lK0RNrDZwGyk3mrBrq7OCQXXbhPezsXpE4qya7UqZ8ELsgov42JLhcWK3WxRl6GV&#10;c+/NFgsGkwWb2GPqcJCXnUWAfwAV5RVEXgund6/+FJbWKAqdzSHfk3/V8+EtFqEoC53WJq0s5Eqt&#10;2cb6zduJjE7AarHJ4yWtZit2m131fK7sa9XABZvFiM1mxGK3Y1Ed9TVITVFfrVazBJykJYQKPjUc&#10;kal4ehfe1aWHdXXVWipSqn8Nh91KanISXl4bqdPXYRXbTFTnbPKUDvmusm3EbhNbUOzYLCZ5Ukx8&#10;ZCiD+3aWMndqaDLp9dhMehbPnc3ePXsxWcSqN5gsNnwCtjJrznwuXQlnk5cvdXV6Z6as1nrMZhG/&#10;UnZChuKZBAkkxqFocDYhW3msoIjXhlWUu8NG5K3rdO/Zh/Kyasx1Oi4c3c9nn7chr6gcncmOwVIv&#10;j00VgIhaBbDbxRGGQnYO7ELGwkxfWM2I2uWwYnfKQ+RAgFb1mA1mDGYbZnGsot2EzVRN2OWLfN6u&#10;O0UlVcoxh3ZRvhZnGkUYdpuFixfP4u4+kNzcXLUuqkCIfK4scdutyhYc8a2QsziJQ3BcZARzZ8+i&#10;pLzSCYgIPz+XE9LpP3MxH/X04OM+g9mwZy/FulqpwJnFkbAuW0xEHTCIplKvrG5X1EOduqovrEw0&#10;FqCCWEkXq+i1YkuIUF5RWFtlFwqtUHjldgwXQENYH4gwy+ohtdZA19ET2HPuklyFN4hw7PXU1ddT&#10;Yxe/FRZhCWBCWjCoYIlm9SFKQ4ALNWqYYQWVfD56GpcSMhRLAQdUO5TnFXYlDLO9ntDLYQwfNYay&#10;2jr5nkiTiEOLW+Spsh7K6+Hg5RvMXOtNamUdywJ2MH3VBoqNVsUKob6eOnu907JAg3+kBYIDdl8M&#10;58kvOhFdXC5lJ9Is0pBrgs4zltFv5jKyKnUKuCLlXE94Uhb9pszm437u/L1zdzoMHcXZG5HUmu2U&#10;1RiZvymQT/oM5ZOBw+g2eQbhWbfRi/7YBaSRMhcgo93O6evX+aBnT/rOnsPH/T3oP2UWCcWlJJXX&#10;8lIvD/7UoS+vDBzD33sOZcO+Y1SZ6rGIeqcCSgrEo4RZoTcyZ5M/f3yvNV+MmsoL7bqzYschMvQO&#10;ziXm8E5Xd1r0HcmHvYfQZ9ICLiXmEpqay5eDhvB+z/683rYrXw4YysyVXmRUWjgSncPznfrzgfsI&#10;3uk3mC9HT+JyVh4ltnrOR0TzXMuvGL7cl+6T5tN19BRSyqqottvZefw0n/R3Z9Q6HzpNmMWwuUvJ&#10;rajldo2B4YvW8Gn/YUzZuI3XOg1k6Y4jxBfXsWbXYR545EV8Dp+hxA6nYrN5oX1PPh4xntcHDeXj&#10;sVO5kF9GjqOeqQE7cHvmDd7ymMD7g0YxeslK0ktKqbU7CDh8jEdbfs7EDT50GDqSmavWUqTXU6q3&#10;smrbfl7r2Idx6wPoOGk2I1dtJrVGTwVQYLXRZdpilm4/qHbjGoTmtCe8R/foHt2je3SPvhf63wdE&#10;hA8R1Xmp2zA/3LrP49V5O/DwP8b2m+mE62B9RCqHs2s5X6bnp6168ueh01mYU4pXrY03pq9hf5qJ&#10;xReyaD9vC/F6GwmVZi6nFhBbqie5ykJIciFZNnDftAO3tz5jbtBlIurq6TRnLbtT8jlSVMXv+g3j&#10;3eWbOVJrxe9KAsdiC7mUZ+bdEQv4SatenMou5XR2IcM2+nK1Qsems6H8rlVX1l1N5YoB3pm8Ard3&#10;v2J7fC7hehsvTduAW89ZuPWcQ7cDNzhUaORigYWDsYX0X7SdM+nVhJXZ+U2P8bww25fdZTbmno1l&#10;zokYTlXZ6ewVxP2t+7P+eirnyupoMW8TL41fTkiVlehqE2eSc7mRX0NEiZ4t4cmcFFthrqfyYPuB&#10;zD51jRvVdlYev8SFKlh5LQ23p96i+6JN3Cy24XM1iV2JOcSY4Up2NecyS4mrsbE75Bbrj1zgYqmN&#10;Xw1cjFt3sd1HOKAVW0SUbSIKINAUJPhHuOkRt3fjpt8J1oCZf4abS/ddwpNOUptwo2/+7wMiUsWr&#10;t2OorODk/v1cCznH2uWL8d6wkYz0XDLSC1i/3puVK1Zy9UoYFqHEWmzo9QZOnzzF4oUL8PH2IiM1&#10;DbvZhrFWz9kTJzl8+DCLlyxhxcrVpKRkYTFZKCnM59KlEKoqK5kzZQp/+sMjrFjry+2icowWKzFx&#10;CSxctJhVq9cQFn4dq9WB2WThwoXzBB09ynr/LcRn5nHw2HmycwspKizizKnTHD1ylBnTp7M1IICi&#10;/AJswqrGaiE5IY6Na1ewdPFczp6/wKGjZykqq1VVMSE/G5WVJZw+fZLYuDh8fX1YsmQx165fx2gy&#10;SYCksrKCwB2BLFi4kA2bNpKVmytXk7Py8jh57iwHgw5x8fw5Cm/ncPx4MHqzAZ1BR3hYKIsXL2TV&#10;6lWEhV9DZxDqHRiNBo4fPcL8ObPZG7iN00d3MWRAF2XSr2nc0uxegExGtmz2YvL48VTX1Emlq6yy&#10;lhFjJnL8xBmycwo4HHxKAiJmk41bN2NYt24jS5Ys48rlUPR6I+npmYSHXXOCRqFXwoiOjJGghK66&#10;muBDBzEY9BI4MBpq8PXZyC9+9XvmzFnCjatXuXbmMC1btmJL4B4WL1/DZv9tFJWUY7UpTi8TEpNZ&#10;tXot8+Yt5MyZ89TW6hVrETUjuro6Tp85w4lTJ9i6xRd9XTW1VVUc3HeI2fMWs97Lh6zMVGzGakJD&#10;ztOmfU/KK+swmczExsSwbu06Nm3cRHhoGFcvXyYtJYmlSxbw29/9D3PmzSUlJY26OiORETGsXbWJ&#10;FUtXc/XSVSzCMafVil6n4/SpU8yZORP/zV7s37mNGVMnU1BSislhx+KwUmY0Mm6NF0NX+3K9zEBQ&#10;XDZD5i/heno6acUlHD55hhq9SSrphRU6TodFUqi3klFRS+DZi+wNj+BYRBQx2fkEnbvClahEjl8I&#10;o7DKRJHOzK4zoSzesg+/45eJKq0l2wJXMisIPHuTg2G3WBIQyMFLYWRU1SnbD+wQmXmbNXsPsXjf&#10;YbwvhvLZ6ElsDQmnsB6SymrYfPgkc723sePMFZIrdJQ66jl09RbBV25yPOQGtxIzlG0s6taLGrOD&#10;q/FpLNt5iHVHz+N7OZLWo+dwMT6HaivE5JawYGsQ87fsZ/eVCIpMVmmdsGzlWt5490M2B+4ipbic&#10;AqOFg1dvMGfzdrwOn+FAWByBIZFkmus5l5rPzks3yDDaWLRtL1PX+5JjsJFdpWfzgVMs8tlJcGgE&#10;tRJsVRA7UacrLTB+jR8TvXdQbFO2WYg3BPhzPrOCh9oN5PW+ozgWkaRsFamHuKxCWnQfwNytu7mY&#10;nUdYfglrDx3BY/osLkVFczU2gbc69+dgVCpXCioYMG8Z6w8dp8JidVreiF5U22KitzvYcfQYPkeO&#10;cdtiI7XWSHvPkRwIuUpcaQ0fT5iDf1QmIUUGIsstMp0CDJMWJy67iTQrmPicfDqNGM+e6zHk2B2y&#10;nMfOX86t2yWcTcrli1GzORCTw82SOkYs98N9/lriSmtJLq3GO+gYXw0ayuX4NPJqzeTUWBjvtZcJ&#10;XrsotDnINFiYsMGHZfuPkVZtZsbSNazZtp9sI1wvMnAhtYCMahOlJiv9J0xj8+lLpDuE9ayFHlPm&#10;ERR+i/DsIt7vO4wrOaXkOuDi7Qo6TV7MjWIdyQYLn3hOZsmeYyTpHIzx2sOY9VvIsdlJ0hvps2Q9&#10;Mw6cIUpvZdxmf2buOcKVSjNhJQay9VYJ8BXrzHjOXsqWC9coEM7zc0vp5DGUq8mppJXVMHzxWraG&#10;xpBph5sVtfScuZJLGQUU1UNxPUzddRLPxRsxCMRJgZTvASL36B7do3t0j753+t8HRKSFiDj6djNu&#10;/dbygV8YK7Jg7vl4xm05Skg1bIxIZ/ONDK4a6/HcdRrP42Fs0dnxqbHy97m+7M6BheFFPD9kJReK&#10;zYQXG1i65wzB0bnsCU1gzYHzpNvqOZRWyrjAoxxKLCHBWk+n+d5svpnBRX09k45eZX5oEpfNDrwu&#10;JbD5fCxhFfXMOnyV8fvPc8Pg4Ex+OaP9dnKpQo/35Sj+p3VnRmwP5oYD1t/IYOiu01yoMnHdYuPt&#10;xcInyjTchqxg7NVs/OJL8L2cwq0q8DqfxOHYEqJrYcGZWCacjiW4pp655xOYfipe/u7gfRS3z91Z&#10;GpbO6Uozb83dxEOes9l3u5bzBXWsDLrAoZgcDsXlMW3vOY7XmJh6IwO3jp5MOHadazqYves4h7Pr&#10;OFFupp/XHjZcTeBWLSw7HcWSszHS6mVLSCw+529yPrOcSeu2s/zQJU5VOXDrNV85RlhY7zQFRDSA&#10;oLm/38QyjG/DajyNvm0GvJDc9NvmuBmg466AiOYo1YWdgIoGiPhyv/sPC4iYTGI6/68DIsoUXgAi&#10;Ngoz03j1iUeYNMqTfTu3MHH8OFq1bMusmcsICAhkxvQZtGvTjoS4FIwmO8uWrubzTz8ncGsAs6ZP&#10;pWO7DmSn55Cdls17b77JgEEDORJ8hEmTp9CpS09SU9KIiozAw3MwOdmZeK1aycsvvsm2XYdJzy3i&#10;2KkztGz1BT4+vqxevYpPPmnFwUPBFBUW071bV179+5ssXreJm0np9PccQ0hIGJcuhPD8M88yadIU&#10;jh45zIDePfEcPFBuyREAR4cvP2fO1PEE7d/BtOlT+fOTLxEemdRghOEwk5Bwi+eef5ZhI0biH+DL&#10;hg1r+bR1a46dOElBYQHz581mzLix7NyzhzkLFtK97wASU9M4ff48T734Mp6jxnD+9BmuXw7B03MQ&#10;heXF7D+4n749exK4xY91q1fSoWMn9h0MxmiysmTJEtp+2QZf7034b1zDiAEd6NeltTDlUIpC23Ii&#10;LXYsxEfepHe3bsTFJUlLmouhN+k9wJOikjJOnjxH797uFBWVcS08gvbtuuDvv509u/fTr99A9u7d&#10;z6lTp+nWrRvFhYUUFRTy8ouv4Dl4CLrqWi6cOIHHgP7odcJewYHFrGNnYACvvPYOO3YdJDUhjmtn&#10;D/PjH/+YhUtXsHXnbrr16sfQ4ePIzy/iVmQUH33Skg2bvNm3/yC9+vRns99Wqmp1WO1mrFYd+Xm5&#10;PPvcq7Tv3J3t23zlFqHVSxczavgYdu8NZta8JQwZ4kF8ZDjXLl3gq469Kauo5vLly7z00sssXbqC&#10;gIDtjB41llaftOR62FUO7t/Da6+/wvadgWRkZnH5cij9+gzGx2srW/130rrlZwRu3YLZaMRrkzef&#10;fvoZe3btxHfjOvp0bU+/3j0oKi2TVgFWh51ivY4RK9bRc94q9kblEGNyEFVpIltv4Wp8Cp+170Ra&#10;ToFUxG+k5zN41mJCMgo5k3abB557g87T5uF//Cxnr93iwy/bMWHuAgL2HOZ6ah5z/ffSadwc5m89&#10;zIAFG+g8Zw3HCwzMP3qDP3zUnREr1jLNy4dWg4ezYFcQWVZle0LX8VPpMHE6E/x30m3hKp5o35Nt&#10;YdHcKNUxZq0vfeYsY/G+Y7gvWs10v51czi1l7BofXv68E1OXbSA0NkXZ+iJ8eoh6cyuBz/sNYcjC&#10;NUzwDqTdtCW81m8c5+LzuJpaQs9pyxm1aRcL95zk87HTWbL3EJG5+SxasZp3P26F354DXE7KZOW+&#10;47R0H8dM/92MXRfAWwPG8cmEJVwstbIy+BI9pi0k1QgLAg8wedMWUurszNq8gx4T5zLTbzftho3j&#10;zPUI5SBe1ZlqocFO18mLWB50TlqaaH4nyuz1DFixjdaz1jEp8DiTvXdRZKmXW07W7gqSFg5JOjNF&#10;4l3gttlCUmkZ2dXVXIiJ582uA1h/6grhZXpulhtIrTVTYYO8WgNhaVmEpmdxLSObxLwiKi12Cuv0&#10;5NfqKbfWE5VXRkfPUZy8EUlylYFX3cfTfYkX7su86TdnFUE3kym111NcZyYxNYeopHTCYpO4lZol&#10;t/ecCI+k18SZRBRXUwxEZOUxbMocLsSmEBydTueZKzmeUU6Gycq8wON0mziPlPIaquvhyOVQBk2Y&#10;TH55hbSSyazSMWzVFrxPXpWAWZnNzuqDx/FY7kNkYS3u46aycL0fi/z2MWS5H75nIyRgU2ayMWjy&#10;TJYdPEmk2cr5kjpajpyK94nzXM7I552eHhxLzCLdYiUoMYcP3CdxOrOUGKONFiNnMTPwCFF19XRf&#10;5M3mc9codiABmRVB5+m2xI/IOgej1/vyvvsIPNf7MmiZF0t3HqHYYKbYDEPmrmbFgdNkGa1cSc3n&#10;vbadOB0ZQ3qljiGL17Lx/A2STTYu5ZXTcfIy9l9PkIBIPuAdnor74o0UVSl9kwDtFUDkHt2je3SP&#10;7tE9+v7o3wAQWasciyusRDw285txW5h4s4KAfDsBabVsSaul/cpdtJjlza7bOrbnmfDJNeBXamdl&#10;toXnJm1mdZSeSRfLcXt7KGP3R3Ik28CxLBPH0muZvfM0Hw6eyMZzEZzNq+JcXgWhxUbi7dBq3mY6&#10;rdvH7nwD23PMbMsycqjYxrRjkbSYspZtieUcKRK+QqoILqrDOzKDnmu3sj21iClHr/KbDv15cfgM&#10;vOMKOFFoIzjLRFCuke05Bp6cshG3PrNxG7SMnodj2JFt4WhuPWfzocvS3fRafYBTeVYOZlvYnFDJ&#10;nmIHw4Ii8Dh4g43per5YF4xbq8FMvZjF5uQ6npm8Frduo+i+7Qz7so0E5Zg4mFXL5OBwvly9i7Up&#10;FQw6m4hbx9H03BvGlgwdnRb6M3nvRQ7l6jhWZOJIvp7jhcLvShhvjN/I9tQagnONnLitI+B6Kh94&#10;Tmf8tousSzLh1m+FPB1HAQNcLCRcAYWh6hHE4m9TsOFu3BR8cAIKTbmZb5tlAVgIp6ZNv3dl7XnT&#10;b5th4VR1iD/3D/FrwuKeOH7ZV/295X8NEPluSPgOsVCQFk+b918l4upZ7DYdGempvPraB+zfdwKb&#10;1U55aRljho9hV+B+kpJv07lLH+JiYrFbTeiqKxjmOYwVy1aTn52Pe58+nDl/Fr1RT3FxMR07d2f/&#10;/iBi42IYMKgfRYV53Lh8kZYtPyenqJrCyjq+aNuOgK07MRhM0mJh16499Oo9kLi4eHp078raTV4U&#10;15nIKauiz+CRXLwYyvnTZxnQpy9xiYlyO0R6Uiyd2n3B2QthLF2xmmWL5mOqKcVhriI6+jqPvfwW&#10;V24lKSu6cruLhbi4a7zy2ouEX7+BTl9DZWUpm7y88Rg6gktXLtOhfRuuhF4lOj6BsJvRvPZWC/Yd&#10;PMSJ06do160X0Wm5WExmwkPOMXzkENLzsvnsi9YcPxyEw6THqqtlS8A2xoyfTWh4BF9++RU3b97E&#10;Ko5i1pfit2Iqnt0/F/tOXAARdb+Lw05teRkzJ0/BP2ArtUYrk2YvYtUGH2m9curkefr0cSc9LVNa&#10;hUwYP43oqCTi41PYtMmHDh06cuHCBQYOGMCtiBvSwqLtl22ZN3s+aUmpbFqxnG2+fqosTNgs1VwL&#10;DaHNV10oLq3CbKgl5Pg+3n7nbVIyM6gzGUlKy6Rnn8FcC7/GsmVL6dGrD7EJiSQmJRO4ay9ftOtE&#10;YnoWFrsBq62cwoJMXn/zY46dvorNbCAr+RYe/XpwcG8QsQnZREQlMXjQIPw3rSXicgjtOvehpKSM&#10;kSOGs2DBYmpqDOh0VqJuxfHi8y8QfTOCyyEX6Ny1EwXFhdTU1bFk8XImjp9GQkwaiXFpbPX/f+y9&#10;BZjcRra/7d0s3rvf/d+7dPcuQ7IU3M1umJkcjhNT7JgxMTMzMzMzjZlpzB4zDtjDzNPcUvf7PafU&#10;mu7RTBsS23ESHT+vu0dSlUrQqqqfTp2azXvvvEnckaM0atyczVu2o/n8uEuKmDttIvXq1KSgpAS3&#10;FsAfDFAWDBB7KY1GwybyfrfhNBo1g6VH4kkqC3Do/CWqv/8B5y8lq87qvtQ8anQfzPrEfNYk5fKj&#10;p95k+clEkoo9HD97jg9rvs/O2L3kOXxsPpXAA/VbMGTzftaey2LGnrP8oW4rOu6Io8PWYzzcsjfH&#10;copJdHqZsGkvL7cfyLaUPAbMXUqtXgPZkVPEcY/OklOX+HP1mkzedohpO47wYa9hjNpxkNWJmQxf&#10;v4PX23Vn+q7DNB48lvfa9eBMvoNCLaCG1shwlEKPRoseA+g+fgZni/2cdmiM2RHHA407s+LQRUav&#10;2ceL7Qcz/3Qa685n0mnBat7t2ZddF+JZv30HL79VneSCEvYlpvN2h35M3nGCs06duAInLWas4L4O&#10;I1iTpzNo9S5qdhlAvAv6z1lGuwmzlcdhvT7DaTh0PAuOnWfJgZOcycxW8UBkCJl4VKS7Nd7qMIDB&#10;K7eRq4YL6Wqo0tm8En7xykfMjkth6dlsPh4yicO5xaR5A3QcM5UO46aTIqJEaFiSiAXyKcN6Lpd5&#10;GLhoDa981o1a/UbQd2EMJ3KdFGmw52QiNTv0oEbX3tTu0ZfB02aR63Cp4T9lAcgrc9NpyBjaDhzB&#10;5WIHF4rdvNx5IF0WrmfR8UT6Lt3EC616sTcpn0PnUmnXpQ8tuvehac++dBs9niPJGSyPPcx7bbpy&#10;It+lxJqzuSXUaNGOjcdOs+pkAn/7oDFNx82l8/RlfNCpPwu376NIC1IagNU7d9KwfTvScnPVcKP4&#10;gkIaDpnMrJ0HKSRInt/PyGVb+ajvePZezuXd+o2o3aYTs7ftp9/yHVTvMIQNRy9S7NeZt2kbL7Xq&#10;QvMZK3l/5Bx+81Y9xsdsUfdIq6ETqdFjEG2mzObtrkO5p0ZTYhIyifNqPN6qJ13nrSGuDN7vN5HJ&#10;24+o85ytBxm/fj+1B87iVCmMWrmNF1t1YsLuwwzbfIBX2gxg5eGLZPlgeswunmz0GZ1mLKHZwNHc&#10;98xLrIs9SL4eZNjiGF5v35eWE+ZRd+BEnmzQkfm7j5EZQAlIM49cpsmQyWQoQUSp/6Z8b5ttttlm&#10;m203zW4TQUQ8EWQIwjS+02A83/9kCL9qP5E/dJrMfzcYyB0fdue7H/Xkf5uP4NGhy/hbj1n8T8tx&#10;/KT9TDW17S+aTOC/mkzjh/Um8B81B/PHZiN5echiHmgzkp+/9yl31mzLZwu20HbBKuqNnsKkA+fZ&#10;4YV/9Z9Htert+EnDofyp/VR+/9kkftdqAj+pN5gffdiHP7Ycy8N95vGvXrO487OR/Kn1MH7RoBd/&#10;+nQY/9dsEP9drwf/WasLP6nfh2cHLubx7nP4fdPh/K7NOL5dtw93NBtjeFrUHsCf2k3nlRHr+VuL&#10;8fzgnW78vxq9+Hvzsfyz4wzu6zyDO9tN5ufNR/O/rcbz8xYT+O/Go/nP+sP4WfNx/KzpaH7cdATf&#10;q9uP//pkIH/8dAxPD13KPV0m8R91evCfDQbys8/G8/1mo6nWSKbhHcpPGw3jlx/35yd1+/DXdmN4&#10;dtgi/t5hDL9pPoSfNBxCtfe685NGw3ms/3we7Tmd33/Si5+804bf1hnAL1vPpFqDyVRrIp4QkcNF&#10;KvLtplP4lhIJRNiovL5qbrQgEil4ROM6BJHyeClXY9otHzJzQwURFXzBR/blc7z13EOkXzoLQQ/5&#10;eTm8+WZtdu06qDbzuFwM6TuIWVPnsmPnQd59rxZFhUVGnAafmymTplDj/dqU5JfRpllTjp88oWJG&#10;uF1OGjdtwcTJMzhz/owhiGSkcuboIZ5+9kXSC8pIzs7n17//PXHHzhixJjQfR4/E8c67NTl27Dit&#10;WjRj9fqNlMgbyhIndRq0ZOeOWLZu2ETnDh3JzssjqPkoyk6lacOPWbB0Lc1af8bmdTHgLQZfEfk5&#10;qTz9Rg12HD6rOmFqBpSAixMnYnnymcdJSpboQgE0zcPRY8d47qVXWbB4IXf+8Vd06daV1u070q5r&#10;Lz6sU58tW7ezdt1amn7WlhyHV8VTObBjC61aNyXu3Cnq1K3NhRPHIeAn6HOzb+9+mrfuwtp1m3jj&#10;9TfIzsoKTffq5viulbSu+5ZEr1St/fIpalWQWx3d62X9iuW0/6wNF5OSef7Vtzh49LiK07Fp41bq&#10;1WumRKP69evzyivVade2O20+60zbNh3p0qUzSUkJjBs7WnlIjB09mmFDhjJz+mxWL19N/25dObB3&#10;nzE+P+gl4C/h6P49VH+rBkVlLnS/m+0xS6jx4ftkF+TiDfhIz86hWct2bNuymfr16/HAvx+ia4+e&#10;dOnUgU6du9C45WfkFJfhC3jQ/AVkpCXy+JOvcOzMJYKalwvH93Lfn39Hw/qNad+pPx26DKB5s9Zs&#10;Wx/D0dg9vPFebbKzsqlTpzbrNm5R4pXEKsnPK6P2h7WVIHIwdi/vfvAuBSWFFBQV0KRBQx7+12P0&#10;7j6Yzh1607lDV7p37cKh/ftp1boNFxMuG/e6x82Rvdvp2P5TsuV3FAoSK8MwcoJwvMzDzoxi+i3f&#10;yvNNOrLxeCJ7Tifweo3anLqcSb4EDk0v5J2uQ1gbn8/qhDx++3pdDmY5KAjAydPn+KR+fVLSs3Dp&#10;sHr/KX75+kfUHTeXTnPW0m76Sp7qNYzBZ5JpHrOHV7qOoEgECx02nL7Mg/XasjEphzajp9J6/HRO&#10;ByAe2J3n5NmWXZm08yiDVm7loQaf0nr2MtrPXU6bqfNpMnIyy45fpMmQsbQaPIZCiV0Sms3DG4B8&#10;t48XP2rA3O0HSNYgFVh9uYhH2w9k7p5TdJuzlr/WbkXz6cvoOncNbeYs59OpcziUnsXanbt46Z33&#10;yPUG2X0xnRebdWVTUp56i39Zg1E7T3J/h5GszgswePVuanUeaAgis1fQceJCLvp1tqfm0mHmEt7r&#10;O4z3O/Xm6KUUfGoq54Dyesp263zQoT/DVmxVgogzEFBxPhZv3cVdr77HhM2HmbLrDE807syCg2e4&#10;7IHuk+fQcug4Lvl0coBCIDcUz0TOqcSiuOgOcLTUw/y48zzbojOdpi4mzaGR49U4l1fE+cIyFe8k&#10;ubCM0kBQiSnJpS5GzF3Mu00/42x2nhoWk+4LsCfPxWl/kETgaLGbGl0Hs+7IWRUPI7OgjEt5JVzI&#10;KeBSYRk5fp1Nx8/y3mdd2J9eRAZwMDWX2p16suV8PKvOXlIxN8ZuPcDKo+c4nl1Ipsev7kOJA7N2&#10;9y6ade5ERl6eqj/SHC6aj5rB8NVb1PlJ92oMXbKFlqPmciyrjE/admHi8g2kiQdTiU6dAZMZvnCt&#10;igeT4vKz7GQC/TfsZ9zBC7zdcyjTNu0gQ5d7uYip+0/Sd9UmRm0/wocDJ7IuNZ8jXo2nWvWk17wY&#10;TpbAu30mMHLjflKDkKwFGL5yJ02HzCG+GM4XaRwv8JAQhKOuAJ2nrmHYvA3kyX3m0Fl++jIDY7Yx&#10;K/YorzdpwYaDcUqwii/xs/xUMkPW7WbMtjje7zGG5YcvKNFFhoVNiY2nUf/xZBWXGS5zEcOSbLPN&#10;Nttss+1m2e0hiNQbz3fqT+Y7MtNMPfEUGUe1hmMND4Um0tGUITUimojXxQjjU4ZyNJhkeJYIH4+n&#10;2seTqVZ/ItXqj1YiRLWPB/D9+v25q+s0JmfCGleAWcllrPcGmZbr4Y6mY6hWfwzfaTKJbzWcwLcb&#10;TeS7TabyXRkOUX8S1T4eR7Xaw4zAorWE/lSr3Z9qdQbyrU9G8K2Go7ij0Riq1R6qZmOp9sFAqtUa&#10;TLU6g6lWezDfqjdaHce3mk4yyv3RUO6oN5bvfTKe79Yfy/fqjeK79UZzR/3R3KGON3TMajYXEQ8k&#10;tsoE7mg8gWr1R6h9yT6rNRxJtXqDqNZgKNUayz7GUK3JOKpJWZqNo1qziXy76WS+K+ehzjCqfTyM&#10;ajX7U+2TEVRrMJpqkt8nY4xP8QSpM4zv1B/JDz8ZzQ/rj+H7jadRrYlQWRD5lpqW1uBbDcOYy65G&#10;ZWEhGlYhJRqybWhITFTM9da0VWOddtfAiBliIMNlpn8tBJGc5PO88/wjZKfEEwx4KCrM5623a7N3&#10;zyHlrOB1eRg2YBAzp87kzPl4XnjxZS5euKgaq16ng2ZNmzJ40HCy03Lp8tmnnDh9Srk4S8yMVp+2&#10;Zez4KZw+d5pPGtUnLzeLo7G7eea5l8gudpNb5uZ3f/oTmzbvUkXyelysXrWaN9+qwfHjJ2netDHr&#10;t2xTHZbMEgcfftyUHdv3sm3jZrp36aoEEQm6WZiVQv06HxKzcSe9BwxiUL8++JyFECjjwtlj/OZv&#10;D7LnWHxYEAm6iYvbw11/+TP7Dx1CU9fIy9QZ0/mgVi127tlFjferk56VgdOnkVlQSvd+Q9m7L5YN&#10;G9dTp2Ej5bUiQWeP7NlOsxaNuJh2iSeefJzYbVtU8NSA28XypSv5uGFLDh08xGsvvcTxY8dV/I2A&#10;5mTKkK7Ufu0piU6rWvs+vzc0I0vIXUTzk5uSQotGDRk/fhx16zekqKRMdQxEEGncuDUJCQlqmNGQ&#10;ISMpLHArbWX/vqNMmDCe3Lws1q5dTacOHXjoXw+RmpzCmtVraNa0GW0++5SMzFxDdJCpbDUnxw/t&#10;5b0PalHiEI8RN9vWLOOjmjXILsjBF/STkZND89bt2R+7l8GDBtK9d19KnU4cJUXEHTvKiHETSMvL&#10;xxvwovmLSEtJ4KlnXuXoqQQlEGUmnqJts084uO8gLm+A3AI/8+YsYfO6tRzav5enXn6LzPR0Gtev&#10;T9/e/fF4ZDrjICdPXOR3v/0dF06fYseWzbz17ltKEMkvzKdXt64MHzICjzOA5oUjB08yasQoLiXG&#10;U7deffbEyj0cUEF/l86dQZ2a75Odl18+jW2Rz8vcbTuZd/AUpzxwoDhA9c96MmfLfrafjOehl6qz&#10;72KaEhOWn0nnzW5D2Rifx8pTafzxpQ84mVOmOrIX4y/RsFFjkjOylSCy+8xlHqzbknlnMziuwf5S&#10;Pz3W72J+ehFtVmynepdhKl6IeAVsPHmJRxp0ZOvlfIYtWUuN7v3ZmVvMWR3mxyXw86deY8mxeKbt&#10;PEzNviPYkJ7H+WCQbRmFTN19mB1p+TQePIb2IyYqLwgJ6CrHJkNPivwa7YaMpd3oKZwuDXDRDwM3&#10;HuDPdVqzeN8p+i/eyAvt+rEt36eGkK5LzmPOgWOcK3awft9+XvioHsleiU9RzEMff8rEXSc474e4&#10;Yg+Npy3lnnYDicn3MShmJx906cd5V4BesxfTfsoC9uWUMmbjLlbHZ7CjwEW7ibPoMmIcxW6Pmi1G&#10;no8F/iBdxs+i/YR5ZAZkphHIKS2lSadO/P6Rp/jJfY/zXw88z3fveYoWI6dzyRNg86l47nz6Rdaf&#10;jlcCT3oQ9mfk03f6HLadOsue+EsMW7qW/blOTrp1RmyI5eO+Y7hc6jamiDWD3Ia8S4RLpT41zKdu&#10;/5EczXeRpgWVsHIyO5eeC1awI7OIxCDsTivglWYd2Xk+yQg+GzEdrTmN7IXcQl5u0IrZe46ToMO8&#10;fSeo33cY+zLzWHYqgVc79GVXeoHKX1DlCAXZXb97Ny26dCEzLx+HHiTXr9FzxhKaDptCghdO5rto&#10;NngqI5duIcUVpNfYaXSbNA+R/fYVePmoz1iGLVlPptvD8j37mLbjIEc8cNCh8/pnnVm9/wgJpS66&#10;z1jA6vhMTvhhscQ16dSXXXlOjnv9PNqgPQPnr+OiI0jbKctoNGIm5zw6ccVOPuo1iiGLt3CxSGPa&#10;uj3M33+G+AAccXip3WM0M9ftJcsVZPmOw0zcfkh5nGxNz+P15q04GJ+ohvLM27KXZccTOeULsCm1&#10;hPoDJ7LjYipFIm4Foc/89bQeNBG3T4Iuizgcmn3LNttss802226i3SaCyDi+qwSRWVRrMDUkgExS&#10;Hcxvyd8NppZ/hplmeDEoZFsRUSTtjFAe8rZfhIUxVKsziL8NWU2nQ7mMvuyk68Ec7uq9imrNxBMi&#10;FNC1HEk7nWoNhKmhGXBEgBlriAhCw3HGVLSNJygviWp1RvO95tO5o/k07mg+ne82m8EPms7gu5Jf&#10;E0E6y6HpahtM5FuhTvYdsl6GC9UfF8H48DAVs0wSy0OJJSEaiggyMvQ5LhT4dCLfku8ijDSdYAxl&#10;UfsLiUmSrtEEvtV4Mt9qasboiIgHEhI2vidlazCZOz4x/i5fHyJSEPk8VI7tEY3KQkXVmILH1bh2&#10;QUSOsTIifkyN+BRBxPhbCSJyPhtO5pHeM7mgBBG+EoJIbsoF6rz1PNkpiWoITX5eLm+/U4v9+w+r&#10;hqgERR0/YhTTJk+mxFHGwMGDqF2zFquXr6BX1268+MLzJCWkkHYpg65t23DyzCk104gMf2nWojVT&#10;ps3m9NnTNG7akJzsdC6dO80D/3yIKXOXkJCexZ79B/jXvx9n4YIFTJsykbfefIuYtVvIyMymZbNm&#10;hiAibw9LnTRs0Z5dO/exY/NWunftVi6IlOSm81nLJmzctpdzCZd4783XGdSzE1vWLaV925b85A93&#10;s+9Eggp6aAoip08d4K6//IHmrVoxd+5cJkyYwPMvvsjeA/spKMpnyMDeNGzciIVLV9Cz/2Deq/Ux&#10;ySnJbNm6meZt2pDjcKvO9tE9O/isbUuyivNYumwxNd58naWzZjBn8lTerv4uS1euxetyMaB3D2rV&#10;rMmceQuYPH4kLWpVp/H7r6GXlDBv5mx279mBLuKEKYjIdKdlZfTu0pG/3HUny5YtD83CE2T79l00&#10;adKKgoI8Tp06Qf36DZk5YzELF6zllZffZvHiRXi9pSQknOWF516kccOmuBxOLpw7x//98heMGT+B&#10;Urem4jjIrC7obnLSE/j7PQ8wfspMLiUlsn3NSt7/4D3ySwqUyJGWlaUEkdjde7hw/hyPPPk0Q0eO&#10;YvmSxTRp2oRhY8YYnd2ABLYtJTPtMi++8iYnzl9Sx6O5ShjWtxuf1KvL0uUbGDl6NnVrN+LcqVMc&#10;OXyQ1z6oS0FuHqeOHOEf9/6DUaMmMn3GYtq26cqjDz/C+VMnuRx/kfseuJcxE8aSnHqZU8eP8eYb&#10;bzBp/FSWL4nh7TdqMHvmbDzuMiZPmUL1t95nxZLVLJg2m0Z1PqR2zffJLShUwUb9gSAlmsbMzdt4&#10;s0MfusxaQ+PRM/m4/1gOpRdx2eHjs0GjeaN5JzpOX8FHg6fzYIN27EwuYVt8Ng9/2IgzhS7VkT15&#10;Lp6GzVuTlFugOscZ3gADl23j1a7D6bZ4E03Gz6XOsElsy3YzfPMRPuo7jjzpdAdhw5kUHmvclb1Z&#10;pRzJdvBhz0G812c4PReup27/cdz7bn2WHTnPmRI/LUdO4d3uA+i/aiN1h4yh75IYDuQ7aTlyEn2n&#10;zVf7NoOGypAL6WDuvJDMm591pfmIqbSfuYK3+ozhoaad2Xkulbgcrxq28MnIGXSat4qPBo1j7MZd&#10;pPgDHEq8xFM1GtJhzGxizmYweedJ7q3ZnPZzV9Jq6gKe6TSQZ3qNZUehn5Hr9tCg/0jiPRr95y2n&#10;09RFnHH66Tl7KW+070372Ut5p203FZQ1X9MplaluA7ryrlm85zB3v1mbEwUl5OgB4pLiadmrOzvP&#10;JXC22KmG50zfdYzqbXtyIK2Ay24/E1atp0aHHnSYPI9Px8/hycZt6DhhOueKyjialcdb7Xrw8eDx&#10;fDZ1EdU7DmTmjmNk+gJKsJDzEjkDkAgS49ds4W9v1+Wd3qP4dNpSusxYyKbT50h0+uk4czFv9hhJ&#10;k1FzqNt7DIOXbCLe5VczBolnR4XZg0Tk0HSmxGzj6YZtebltb17+rDvDV24m0QebLqZRt89wDqTn&#10;KQFAiBRT1u6NpWXPXqTkF6hy5geC7E7M4t1Og3i9bT/e+qwvzQbP4EimQ03ju/N8Ch90G0qtgWN4&#10;t+8Yag2cyL7MEgoCQbafPkvN7oOoO3gS73bpT5uR47lc4iTLqzFy2Vre6TKYJqOm81H/UUzYfpBE&#10;Pch5n6YC7o5YsZWMAGy/lMdrbQfwVscBvPxZT97tMYLjRU4y/EHWHk/g0frtqTdiFh8NmkD9ARM5&#10;k1dKng47TsXzUuuu1Bg4hvd7D6LPzHnkur0U+nUW7TrEu50H0nT0TCXg9Jm3ihSnR81elOl08mHb&#10;3oxbsFo9607EHWXY4KF43ObU5LbZZpttttl2c+ymCSIy44N1mU8JIj5yAkTMMjOSah+P5Vv1J/Ft&#10;8RAxxQyhwRTu+GQadzSYpj6/9YkIFFMimBRCvETGGMLIJyJkzKBaw2khJvLtFtOo1nQy1WqP5Hsi&#10;Grzdj2+JJ0rTOSFBxET2KwJLSHRpOJVviSgjYoGICYISF8ZzhwgFDUQYCZVVAsOK+KDKM4Vq9UTw&#10;EGFDhJAQIozIZ+PJ3KGEh4l8u+EkJYzIZ7hTHtreLJcKbhryHlGiyGiqNZDZeUZT7RMRUSZwR4NJ&#10;3CH7b2ISEl1kX40ncUfjicoDRgkTsk8lUJjCi7EfKc8dnxifP6g/ke/K+bzhgojVe8M6vCXscaHE&#10;m6syhW81nnoNyHbWtFVTKaBqeZwSc+iNfMqQGVNoCQkiDSbzaC+rICJBJn2VfgvXw00RRFTH24+r&#10;MItNKxfgLC5Q06+KZ8eWLbtIScmQkRvofo0j+/ermVvkWAqLCli0YCF9e/Zm3OgxJCUmKeHEXepm&#10;77ZtpGek4fW61e//wMEjHDt+mvSMdPYf2IfX41TxHGJiNjBy/FRSMnNxuDzs2XOAwQMHMXjgAHbv&#10;3oPHG8Dl8rJ7125SMrNxyPACt5d1m3eSlprFpYQkYvfGUuZ0qc6231nKrq2bSU7LpqTMwdGD+xg/&#10;YiDDBvVk08YYHnz6ZQ6eig/NfyLH7eHMqQO8885r7D94gNFjRjNkyBB27NyJxytT8fpxlBYwb948&#10;+g8cwqjxk0jNzFbPr5TUy8QePoRXpucNBCjMSmfHzq24/F48Pg87N29gUM+eDJTpcXfE4vbK9LdB&#10;fC4Hq1asoFfvPiro6rnDezgZuxM8Hvbs2MWx40cJRHqIKHfxICnxF4hZsYSCvDw1XEaGFmVl5bB9&#10;2y68XpkRx8fJk6cYPHgUffoMZ+vW3ep+8fudOByFHDxwmLNnLqipdkuKi9i6dQtJl1MpcfmNKWXV&#10;dMk+Aj4HR48eZcjwUcTu2UvKxfNs3LSRUleZCmno9HjYtmOvCtIqUwhfuBjP8BEjGNC3L+s3rKfU&#10;7TZmN5GpfP0uCvJzWLZyDZl5EuFBFAgPjvxsVixdTM+eAxkydBKXk9LVtM0ZGels3rkPj9OF7vEQ&#10;dziOgQOGMmTIGA7sO8L+PfvIy8rE53KyYf1aho4Yypmzp1VQ2ONxcQweOIz+fYcSs2oDml9TUxuX&#10;lpao+6x3975MGzeZ2J3biTt6mBKHQ3mIyNCNAq+P3fGXGbx4LS1GzKDJ8Cks2HeK/alFHE4rIObI&#10;ObpMWsAng6fSZ/lOeizcwOZzGaw6dJ6hC9ew5WwSx5Iz2HHoGFMWLudQQjInM3I5mlrA1oQ8ei/Y&#10;QM3eY2gzZRGLD54jNrmYBXvP0Hf+WmKTMjiSnsfqE4n0XbSJTRcyOZRWxOxdh/ls4lyaDpvK+HW7&#10;mRCzi6V7T3A0rZCNJxLpMGEmH3TtR78Fq1hx7Dy7LmUzbNFq5mzazYWcEs6k5nA2LZuTadkcS83h&#10;eGYxMzbH0nzIJFqMnsmE7Ufpv2g9Gw6e4VByIcsPX6TRkEk0GDqRvovWsul8MkdSs4k9n8jweWvo&#10;On4+C/aeZktiPgMWb+T9viPoNGcZIzcfpOP89aw5k8rC2JOMWrqe2KQsJq/dzrTN+4hNyWfdyUQ6&#10;TVlAo2ET6DtzMTvOJXIyM4fjqamcykjnTFYOx7MKeL1FRyav30aK28fO06cYPnceB1OyOJCSz8H0&#10;EjaeSabvrCUsiT3GsYxC9iemM3ntNtqMmanO0+BlG9VMJUdScojLLGD+/pN8PHAsDYZMYtiKbWyP&#10;z+VoSh6n0/M4nZLDmdRcTqXlGtcqPYfJ67bTY84q2s9YyadTlvLphLnM3LaXfcnZbL6UTZe5q/l0&#10;wkL6zl3DxvNp7EvN5nByKkcvXeJI8iWOJl/meHIyp1PSOJ2Ww65zyQxftplmo2YwbOVWNp1NZv/l&#10;bDacTGDCqs1sPHaGI5fTOJaawamMnHLWHTjMxGUr2HHiNHFJKcSlZnI4JY8Z247Qeux82o1byILd&#10;ZzmSXkxcej57k7KYufs4rSfNoe3URcw7cI6dl7I5lpHN0dQ0ZmzZqzxruk6dy/q4U5xIzeBEahY7&#10;zl2m39zV1O87kkFL1rE1PoNDGUVsT8xkwOL1zNx6gP2Xc9mVlMv0bUdpP3E+XWYsZd7BM8Sm5XE4&#10;NYfY5Hym7zxJg+GzaDNtEUuOXORQWiFH5bolZTBty35ajJ1J5+kL2HTyImfT8zmenMWexAxGr9lB&#10;8+FT6Dp9GZvOJHI+J5cCj4ut+/bzUs1G7D1+Ts0GdeJYHDu271Bxk2yzzTbbbLPtZtoNE0Sks2B+&#10;N6a/NJZVQNdx64FyQeR33eeo4TLKm0EJINb4DdLhnB6e5aRc5LgaImYYb+zLKfcmMYY2VFp/VSKF&#10;k0ixInKb0HE0FG+N0FAe6/YRyDYm1nVVExIvGo2PwPSmsW5r7F918KvwgogUQkysZbmuoTCVBITP&#10;jypzgwl8S8p/i7naNQszoWLsEnWPTeGxXrO4UOpRgohX0/FrnttOEAmPyZYescSwkGEbmpqO1vCg&#10;CBqdbxlToQZxS0dcOvZ+5bkgyyV+hmwnfXcV7MEYf2HMChDU0TQtvI0ZH0PlJYE8Q8vMRYqg8lbQ&#10;dJmSMzKdvM0PTXEZ2k7Qddk+FGhC9qMECp3jRw8zdvhgMlMuovtKOHQolvv//TCnLiYZHiKhuBmn&#10;Tsby3nuvkZMjcT0kPz+BgKa8W8Tzwzi2ALrEm5D8Q2dOApGqeB+hE2mWR1CL5LscgyZ5GIKDnAd1&#10;3lSeRr5G8FRT+DA+Kl4gyUcnqMt5DCHnTpUhlG/oushyKacSN0JlULPVyPAchbHMKH/EoHxzn/Jp&#10;5qeHj7382MzNQmUyym5sI/tR+5eZQwiqT5lJRA/q6jyFDyt8DozzG1oq+clxqVsnlK+UQV1P41iN&#10;Mit3FuP8q3MROm9yfWQqYLknzTzLr4vc3gGCar2OLrErZIaZYACPrnEqKZlZqzcxYXEMU1duZNrq&#10;zUxZuZHZMduYs2Ybs1ZvY/KKTUxds53xK7cyceVmpq3cxIyVm5i6fB0z12xi7trNzFyxlhkr1jJz&#10;5TrmrNnAvLVbmLd+JxOXbWLS8s2MX7qe6Ss2M3vlFqYs3cDklZuZtXozM1duZPrKTUxaupGZq7Yx&#10;S6bFXbWJCcvWMWn5eiav3MikpevU/uau3cbMVZsNVm5i8uIY5qzeopDv05etY+7qjcxfs5EFazcx&#10;d80G5q7ayIKY7cxYsZlpK7YwZeVWpqzaypTlG5i2bD2zV8tyowxTVmxg4rJ1zFy9mVmrNhllW72Z&#10;iUvXqvJMXrWJiSs3MnHlBias2MDYZesYs3w9E1fI8WxkwrK1TF21kYkr1jN+xXq1/eRVm5m0ajPj&#10;lm9gvOxnzWZmrdnIrDUbmL1mPfPXbuRCdhEbD57kvUat2Xr0DOv2xTF5aQzTVm1kVsxWZqzcyJyY&#10;rUxfsYEpy9cyZ80m5sVsZtrydap809ZsZfLqLcxYs5XZIaau3sK0mG1MkvO0egsz125nxsoNzFq5&#10;XjFzxTp1rWauXMOsVeuYKse+fDNTVu9k3LLNjF26nglyfddtZvq6jYxfsZqJq2IYt2wlU9asZfra&#10;9cxYHcOcNWuZE7OOuWvXMzdmvfo+a42s28jUlZuYtmoLk5ZvZNqqDcyK2cyMNbJM7q9NzImR8y/H&#10;s874jJGyrWHaspXMXrmGeWvkeq5jnkqziWkxW5m2dru6n2at3cKctVvU/Td5xXqmrBQ2M3XVVmas&#10;3sLcdbJ+A5OXrVX367RV65m2MoZZq9cyc/V6ZqzaxFS5HnKNlkt55b42yj1puZyP9cxas4nZMZuZ&#10;smIdU1dtYPIquR/XMWPNOqavWqvymLx8M5OXy321iRlrZJ9yndYzc7Vx7DNWG+WZtWYL89ZtU9dR&#10;9iX3+My125gi31euJWbXXo6cu0ij1m2ZuWQFx89fZNW6tWTn5JQ/fyIfj7bZZpttttl2o+2WCyIS&#10;NC03JIj8VgSR+jIEJdyBV53iKwoihufG1bEKGreKykLDl4o6n1WIIVUIIlauXRAxBAxr+i9KpGB0&#10;q7CW4YpEeo2oczCFx3vN4nypRwU39CoPEXfIS6Tyb+ZauTmCiOoFKyFECR2qi28oFOWdc+lglwsZ&#10;Epkg3Bk21pkZmn8bnVZDFDE6vUZelh54RLahWTjLMbIO92ylw2vuqsJ2oXTh/RueFc6SIt56/WU+&#10;ePd1evboyMuvvsSMOXMocriMI1Q9by/Jl87w6qvPhQQRXXWyrXMZSCfaEBIqrlHFDh9c+UIldEQe&#10;ptHXDxfeTByxTYXv1vXq+A2ByRABKr4pFWFBSibHVFF8MPcnyyzzM0TdV3ifapXK27Jt+feQGBF5&#10;/BXMKFMlC6VTX83byxRIQtfTFJAMcSRiv/JpCiZm3qEyK3Gs/DyHHGzM2znkdKPyBTQRb0S4keEK&#10;fo1Ct49Cp5cSl48ip5cih5cSp48Sh48Sp59ip58Ch5cCp49CtcxHqdNHscNDgcNDodNDocNDkYnT&#10;TYnLS7HbT5Fb8tcp8WiUujQcbo0yt0axW1MzB5V5/OrT4dEok21kncunvpe4/RS7/BS5/Gp7k0LZ&#10;dxUY5fZSrPCoTzkmWSfeQFKeApePQjlOKZ98l23dxt/Gd786B0Y641MhZXH7jbRuH8UeObZQXm4f&#10;pR4pm8/IK4TapwwtkTKHjqFI0nl8imK3F4fMACRDl3wBjl+4RGJmHvlOL3lOH3luP/kunzrvRVIe&#10;VW4jXZHLEyqzmwK5ZqqMPspcfkpDx2qWzThe4zjkuglybYsdXkrlPDjkesl2ksYoa5GcB7VMrrtH&#10;fRrfZX8e9amuu1Out1EWE3U/uX3kSxk9PvJlezkOl488uY9C+zLKb+QReUzGtZFr4aXU48PplntE&#10;8pS0UhYP+bJ/t+TpVftRy51eCstC187MI3TejHvEQ4nbXG/c13I/y6dcq0KHlyK5x8vk/jHup9LQ&#10;fVB+n6vjle3kd2L8HiSN/G3cd5F4VBnUuoh7SM6tXJM8uc7qXHgodrjIys3nxKmzFJU6cfs1nG63&#10;qvtss80222yz7VbY7SGISIwO1cmUt+6Rwyosgoj6fi3ItlUMzfhCWGNSWONTmNtcQYD4KtH4eobH&#10;iBB0YwWRbzeWIT/W/dwaKp2LaJhCiBJDJB7MJB7vNVsJIjLM43YVRELd0Stg9iwjeqPqe9ijoUIH&#10;2cxSEZmHdWXor9Db+0q7ibSI9ZX2FWGqONLZ1YyyiUeFs6yYhPhz7N27m6RLl/D6/IYDS2jf0kv2&#10;ehzk5GSq4T3K+6XCsVv2oTrvRvwO1YEXj5LQd6MAIS+VCsuuUv5oyyuZ2rtCxA1D4IhMaGRUdXbK&#10;n8S6sLJVkdj807rKcGwJeRBFzfrK+y3PM3Ro5v0QifVWNJSy0Pahcx3VzPQhMUT+Lr9uGDPMCH6C&#10;auiTeHJFJi3/Htp3xAimCmY9N+Yy87PCHWVubOYTjci8qriVyjXKayEivyi7qGxVbKj2ewWqPIRK&#10;CypvJ3eznHm/eIEFg6FPg5D8amwbcQ6i5RVtuXV9+TZmnqGV5dtW8dOtgPWaXG37a8Vy/1vvEePD&#10;EDgrpS3PQ/43jyZskX9VSmMujzgf5ueV0kTD2D78PIrIpsIyubbqGptaekgIlb8jfra22WabbbbZ&#10;dkvsyxFE9EhBRIKVSlDQkMeC8mgwhYbrEUGsWEWLW4UpiIQ6yl9hzOCv14J12EtUlOARETC2SiTW&#10;SeV93Cqs5yEq4h1iimFKEJnM471mcq5cENHxyZAZ7fYaMhPZnQl3Xa3dnKqapKHmrHVxBbOmFyrm&#10;pbxHzA6u2fiPNOvfVzOzWKGhHmEPlYqddrWZ2k6GXRieF+Uzu0Q95tARhMQOs2Nt/h3Zg4kqiESz&#10;K60rt3BG5r9rTBiy6902vK/wPsNrTTHkyoLIlU3OsjKVYbgjV37qrJejwnmO/Dsy1wgL5Wv2rGRT&#10;85pFCiLyXXUxzf1HJDcpzyu0oIL3SeSGVqxmXV8Ji9gYDdM7q0ost7Iss97b1vyEq5XzKlZpE2t6&#10;K+UbGc8f1Qm2IsPkZBiUXEOF9Xdl/fuLEHFhK91r10PEtaiQTxVUZZXyi6B8g/Jfj8XMdZE3pmV1&#10;lN1GtahpIs9X5P6sN2DkAURuH0b99iMWyamLFMNss80222yz7VbYLRVE/LqGV9dUJPI4b4A/95ht&#10;xMFoMpk7mk1VM7Z8p8V0vtN8Bnc0n8kdzWdxR/PZIeR75N9XQrYz87hVGPv7dvMZfLv59ArIzDPX&#10;ijXtl4mU5ztVlDESc7017RfFup9bibUsVWFsO4NvN5uuUFMUN5zM072mqqCqZboIIkHjvv+CM83c&#10;eEHEaKBW7F5Ha9Ber1WVT8W8DEFELxdFyofImMmv10J9DJnStnxBxLryjk4FM4ZeVBZFrNsZFrk0&#10;fM4iFnwJVi7AXNWspa/KKl43wxPF9Eox0qjjjhB+rm3flU3108WMDCusK+8vVrh1otxLV9q9bBZy&#10;C5L9iUePxBBRKEEk8u437gU19Kj8yEN98JBHSnlH92oWcauZuVey8G4jNrhCBzzSKokgV0CdN1NR&#10;iH5vGybrLOe4qv1bzExVaTPrMVR5PMY1sIoh5mlW5zGSiLg24aJWcdzXSgULZWjdp3Uz67qoyH/W&#10;+zbi3EYzaz5VmXWbaNtHLo88Zmuaa6U8cbnKaLiMmcuqPD5znYwflOGZphwZkj3kHo24JoZoWfGO&#10;rbB722yzzTbbbLsJdsMEkWtC8+PRfBToQS74AlQfOo+f1O/LTxoN4ceNhkYwjB83GsGPG43kx03G&#10;8OPGY/hJs3H8pMlY4+8r0Vg+R/PjJqO+BGS/UsYqaHwNWNPcBvzPNaC2bTruGpFtx1yFa9/3jcZ6&#10;/NH4SZPR/KTxKH7aaEQ5P/5kMB8Pn01SqYtSH/j84NMC+P0y80YVv4drxOfzkZeXdwMFkS/XrJ3q&#10;z9uxjm5Xyi+y8R7eziyHxLOIjB1yVfsGtti/6HW7UlpTECkXRoylVXQqrR2vqi1c1rD4FR56VBG1&#10;PMKzqLwMCuOPysst5S3//sXO0RUtojxVUnljy7LrMzOHymfMwNp5/cpbxLW9KUSza93uK2nKF6sS&#10;0QcB2mabbbbZZtuts1sriPhFEPFToulk6nCwyMfKy4WsSCljRYqDFSlOxcoUl2JVipvVqR7FmjQv&#10;a0Lfr46kc30prFE4K7H6GrCm+bKRMq26CpFlj7kqrhDuKyLnUM6ldV+3gmu9DnI8a1PLWJtaUs76&#10;lGL2Z5SQpwUpCwkiXi2AT2KJVPFbuFa+boLIl2PSxLZ25cLNblsQ+SrYF+kxVnX9q+J68/3629XO&#10;nPWN/lferLfZl8XXzAwBpOI/M8Dx1/BwbbPNNtts+wrZLRdEJNCkWwtQpgcp1IPk60Hy9CC5gTAy&#10;pCY/AAUBKApRHPH9dkbKWWKhOAhF14BsZ037ZVIcCFJ0FQoFPUiRFrhGZFuugpGvdV+3imL96si1&#10;lvtT7tO8IOSFvhcGoFQDjw/8/oASACOHk30ebEHkRpg0ua1ducrN8Ot+q/817sB8vayq618V9oW0&#10;2tXO3NdOELHtppgtiNhmm2222Xa72i0WRDR8fl3h9etqejWP34/b78Pt90ag4dF0PFoQrw6+rwxB&#10;FThWYqX4dYmZYuATAj4LssxCRJrPh+8G4ser+/DoXjzmp+YLId/D+CqlvRLWMldG8jP2be7/FqJ5&#10;8coxXQGvOgd+XLqOUw/g1IMhwKFih4Dm1dH8Un632r7yb+HasQWRG2FVdetuQDPcFkS+IlbV9a+K&#10;m3Mhv8q3ydXOnC2I3GqLvJu+OneVLYjYZpttttl2u9pNE0TMwKqRGLEUdIUSRXw6Pp+O3+dH8/nQ&#10;vD7j06eh+6VDGcCvgV830DTQQ8j3yHWVCd5wDMHDwLouTAC/EkUiqSiQGMgy63ZVIy78unY1NHTd&#10;H8KHVkmI8F2TcKHpfoWUTwQaQwAxPqVjbwTIlc9IKosG0fFcEyJKWIWXW8HVxBAD8zzILDImMjQm&#10;qEQ8uW+D6h72KEFEtrf+Pq4HWxC5EVZVt85uhn9zrKrrXxU3/p6wdl1v/B5urplltp4pk69dDJHb&#10;3qxX46tx5o0oIpUFkZvzq7PNNttss822a7cbJohIB1HTpVMe6qD7pUPoL6eiKFIRTREpnkhaY7kM&#10;OxCkk6lbUIJJVAzh5UYhnV6ZRtXwXDG+q45wFdtWpqoYEmFx6GqIOHRtyLn2ofu9aH4vfs1AOvHS&#10;0TcxhQyZDtborIeFDckj4DPyU6KVJsM+AnivNPRD5RXe39ebsLhh3qcmxv1a8X7+olPuCqYgIrPN&#10;XPeQDttss822G2DRhBH7aWTbtVi0e8e+f2yzzTbbbPuy7ZYJIqYoYk0XDdk2srMpBARfGGtHtKLA&#10;UjFtdKyiQkW0kCghgTEl/oknhHyXZUbAzEgqCxpfRBCR/VvLFB05HkMQiRRFTK8Gc79eQQvg1oyh&#10;HjLMQ2K6lCqMYR8uDdxa+FO2N8oT0dn/xmCIR+oztMy4PytzM86LLYjYZpttt4uZnVi7M2vb9Zp9&#10;79hmm2222XY72o0VRDRNoYZv3BBBpCIBv5+gL4z8XVXeVaWtmqsLIkJYEDFmyRFMj4nKXhOVRY0v&#10;SxDxax4liJgxL7y6iCCoKWFF+JAAoJdcPg5nFbAnI5cdGblsS81mT3oOR7PyuVTqplALUiIiiR/c&#10;Mo2sPxjlWL5OWI9PqOzpUdGrKYx1uy+KdciMLYjYZpttttlmm2222WabbbZ9cbuhgoj5PZogcbXO&#10;Yni91cPDSG8VRCrmG+7IRtt/Za4miBhDc2QIzrV7iAhVDd+xblNZ/KiIdaiQUSY1nCU0pCWyjBUF&#10;kdCwGRWPw4tb9+PQA0rYKNAgU4OjOU7GrNtLzUGT+VONFlR75A2qPfA81e5+imr3P8vv32/K+z1G&#10;MnjRBvYm5ZPhgrIAuCV4bOiYwyLAtRzPVwnrtbJS+d69mVgFEdtss80222yzzTbbbLPNNtu+uN0W&#10;gki4g20Of7F6RkSKIj6CPoNwniJMmB3Z6PuvjOzP2FfVnhgiNEiQTPGKkDgapiBixBApjyOi9h3Z&#10;mZZPmXZV0hlpzfVaaOhJJEYcksjl8t1IK/s2BQ8RQ4K+kChiKaP1PBnnxofH78MR0CgIBMgKwkWn&#10;n7n7T/F218G82aE/bcfPZ+6ek2yNz2LX5Tx2X85ja0Iu8w+co9OsFVTvPJA32/dn+qaDnMv1UuRD&#10;zRBkXCNjf2FB6quHec9FYr0+FZH1le/hm4ktiNhmm21fR7MOobCHUthmm2222WabbbfabpggYsU6&#10;jCCaGCIYgkhYmBChwfSOMASHsDeCdMAjPUTC+VTsqFr3XVkMCQsi5r5NUSHcOTZmulGig88QJWRb&#10;t2ZMtSqfhigS4S2ihtME8AfB7wvgVzPpaAqvT9YHlAASCIqnhQxhCeDSZXrhoBIaDLFF8g3i81Mu&#10;iIgIYvUOMctnYP4dEeMjNFSmmABpwEmvzqA1O7m3RhPaTZjLvsvZpDg0CsRzRIbQ6FAUgMIg5Ach&#10;QwsSl1fCqJidPPBhMzpMXsKpXBdFKraIzAB09Wt7O1PVfRFdEIkUUirndTOxBRHbbLPNNttss802&#10;22yzzbYbbzdNELkezNlaBBEIygIBSgNBSgNQEpCAn8ZMJ+aMLpHChaQ3OuW+UMc8LGRUJRYY68Md&#10;eTUURj7L8wvPvqJihEQIJlJOlww9CUBxIKi+i9dIZGwRj67hDBhxN9wicsisNH5N4Q4FM5Vpe706&#10;eILgCARxBMEVBKem4dL9ODU/Tt3Yl5wPNctLeTlEZDGH8VSc7aackEgjxyVDZfKCEK8FmbDrMI98&#10;0o7Rq3aQ5g2Qr0GRHwp9UOCDQvmuGeJIng65epB0v0aqDgsPxfN0o24MW7KFNLeOIyCBVuV8V46t&#10;EQ2rSHU1rOmrwprmSlxb2isJIpXzuBXYgohtttlmm2222WabbbbZZtuNt9tAEAkNdxGhQAvg0HUK&#10;AwGy9QDJHi+pXh/5eoAyme1ERAYtqD5dWlAJBUY8Dx2vruFWgoV4boBHkECgviAurxFMVGZMkfUe&#10;TbwxDCQ/h08ECxFcRHgwhsWIeGHkb+Qj25ZpQXK1IFl6kAIRMTTx8jDKIR4TDr+u4myku/wczyqi&#10;wB/Aqcot4kkQt8TgEA8Mh5cLqTlkunQOxKewbPtecpwenMEgzoCfMt1HabkoFBKG1IwwxjmQPOW7&#10;zAYjnirGuaiM0x8kX4fLftiTWcKrn/ZgzPItXC7xKUGn2K9R7NMp9AfJ0iBNh4wAZAQhPQDZAcgP&#10;oI41wxdkzs5TvNayN+uPJyrhRM63OVSqsrDw1aCq+7FqMcQWRGyzzTbbbLPNNttss802275O9qUL&#10;IjIrjV8PoOlB/HoQp6YTn5PN1FUb+LB9L+r3GMD8zbtIKXJTFoTSIBQHDU+GYh1K9ABFfp1iEVF8&#10;QXI0yPVDUdAY/rH92EVmrd6mgoJmeI11xZJWZlrRRGiAEj+U+cEphP4WDwgRYUp84BAhxQ8JeS6m&#10;bTnC2jPpZPug2CWCiJFO8sr3Bsn0wII9p2g+ei7xJS7lgSH5ifdFnidIkQ77TifRus8INp9OZuTS&#10;jXw2aAznMvPVPlXwU01Xx5gn3hpB8dQwPDbkez5GUNQsESzEw0POh8wcI1PnBsAp5yiAivWR74e0&#10;IFzQYPS6fdTtPIgzyTk4RCzRfDh8Lkp8HlKKSzlR6uGIFw6W+dmb72BvgZPTxS5yvDrOgHF8SUVe&#10;mg+dzmfj5pMt50h5yMjQnMpDT6oiughhuSdCWNNXxbXkZ+b5edN+2dxsQcSeytc222yzzbbrNbPe&#10;sOsP22yzzbZvlpl9h6s9/6+2/nax20cQ0YIEZIrXkjK69+7HS2/Xpt/Y2fQYPY3q9ZsyY9laCrQA&#10;Wb4AW07HMylmC+sPnyTV6SfDF2DnxcusPZXIwv2nmLh+N8fznJwr9dBhzDTur/4hU7fsJzazjGVx&#10;Saw+msiOsxlcdgY4llXKnC0HWXvoPNuOJ7H3fBo5AYgv8RJz+BzT1+0hNj6HjLIAG06m8ZcPP+O9&#10;/tPYn1qmBAcRVES4OJpayOwt+5m35zRd5m/j9V6TOFrg4lKZxop9pxizaisbTidzyRtk/akknm/U&#10;liXHEtmRXsD0HftZdeg4u06fJ88fIE8PEpuQwo74FFIDsC+9gAmbYpkee5x9xR6OeWFXvotZB86y&#10;5lQS83YdZOGew5zKKyNdh4ulHhbuPsyZEg/ngrDP4aNmvwkMmbOKQrcM4RFPGB9uv5fUnFz6jJtC&#10;ncETmZdUTIt563m5x2iebDuI1uPmkVDgxBcAjxdKvDBnexxPN+vK0YxCNdzHnH5YXctrwHr9o2FN&#10;Fw1ruithTXu96b8sbpYgIg+pQCCAruvq86vy0LpRFvkwvxq22Wabbd8Eu57n3pW2jbb8amZ99trY&#10;2NjY3H6Y/YdIzL6EfFb1PL+d7UsWRHxouh9NDygxBAniuf8ITz3xHJs271NDUvK9cPRSBvvPJKoA&#10;oBPXbefe9+vxSvt+/PSpdxmwZCMHckqpN3gS//3oG7zXYSBP1mzOhx0Hs+pYIs16DeX+516h9eBR&#10;zIk9z5ONunLXc+/Qe9I8Np6+zEutunLvO/X4qG0fXninPi06DyTBEaT33GU88UlzqrfqxOO1GjFt&#10;3Q4lSnzvibe4q35nFh65YAQh9cORdAfvtRvAI+/U5502vbj/o9ZU7zmFbckltJ28hCda9+G1fpN4&#10;pv0gRm8+wrLjKbzcqieLTiYzcNU23u3Yj37zV/H3V9/jQHohZ0q9NOg3nE6T5rH9cgGvtunDY827&#10;8XDLnrzUdzxz05302XuOav/3N55v2YkWw8dz16sfMGLZNi66Yczq3bzdvh8Hi1xcBNanF/LP2q3Z&#10;dPQCpV4jWKvf58fr9+Lw+li6cz81+o1mY46XTRkOll3I49NpK+g3dyXpJW78AdA0KPPB0bQy7nm3&#10;CUv3xKlhOxJrRWKuVL62NjeKmyWIiMkDyuv14na7FfJd9mci+xfR0ro8GmZ5rwfJPxqR+UkZrkbk&#10;ObsSkdteDWtaK9e6nYn1GK/E9eRr8+VjvX42Nl815Jkjn2YD90pmNnzNhrGkk3rKxHwuW38b1ka0&#10;IPu1Ps9vJVJG67LbkcjzeyWs6a6ENW00rOmiYU0XDWu6K2FNWxXWNFfCmjYa1nTRsKaLhjXdlbCm&#10;jYY1XTSs6aJhTXclrGmjYU0XDWu6aFjTXQlr2mhY00XDmi4a1nRXwpq2KqxproQ1bTSs6b4oZp7y&#10;PDXbxvLMtwWRKomcrcPscOkEpNftD7JpzQZee/lNki7nIt2/fBn6ITE7/EEuFDh4+OPmdJi/ho0F&#10;HgZsO8V9ddowc99J6o6cRb0Rs9mTXsK8nSd54O3GLD58gQnL1/Neo6YcTstkW3IBzzTrRaeJczmR&#10;XcyAuct4qGFLVl/MYG9yLs27DqJJh77EXsriwVqfMHTNJg7nlzI/9ijLY4+yKymb17oMo8PSXZxz&#10;6yo+R54/yPStR6jetj/b4rM4kOPkg/6Tea3vTCbvPsNvP2jCy4Nn0m7tER5sPZAXOwxj7NYTPNeq&#10;N/NPpjFg9W6qdxrMtD2nebVdf8bvOc2ycxm80bY3iw+eodesFTxUvz0dlm2nxfzN/KxGKzrsOEOn&#10;3ef4jyfeYuXB85zJctB29Ezeaj+QjQnF1B8wiV7z1nJWD3IGWJqYw29eqsWxSzl4NZm5htCMOT5c&#10;Po1tpy9Sa8AYDpR6uSBDevI81O47hk0n4ynxBVWcFJlGWIYOJZZqPPB+c2as24VLJySG2ILIzUQe&#10;LDdLEJGGqMvlUnmLIGJ9QJoPtciH29WwdhJvBNear7UsN4Kr5Xu9ZbBufzWs6W1sbGxuBeZbvmgm&#10;DVxp7Mp2sr3UGaa4HtkwvlasjesbgXUfVsztrHVfNKzpr4Q17ZWwpo2GtUMTDWu6aMi+rWmrwi7j&#10;lbGmi8a1lvFaj1mwpo2GNV00vollvNb8BGvaaFjTReOrUMZrQeoA+TSfaWY9Iv0MWxCphDVgpUxH&#10;K7PDhAWRg/sP8dRzL7E37qyKAZKjw8nMAo5fzuZwagF/e68ekw6d42AAVmQ4+V31T5i84zDNpiym&#10;3ezVXPQG2RGfy59erMmqk5eYtnYLHzRvTopf41BeKS+07MXk9bvIDgTpMGYyT7dqx1FXgDQtQPth&#10;42neczA741P5x0f1WHbqIplBOFni5WxeCccyi/io52iGbDjCJQk+6g+S5gkwYH4Mb3boR1yhi3gN&#10;Oi3axot9ZzJy6zGqPfYGd7fsy7vDF/Dop4P4sP80xm0/xQuf9mfecRFE9vJWt5Gsji+g9cx1PNVt&#10;Ap2X7+HjgRPZn1JA3S4D+N2rdXhn0BRe6TORxzuPovP2U3Tbc467P2jGhQwnBU7YeSaV/32pBq2m&#10;r+CVtn1Yc/oyCTL0B1icmM2Pn3qX40k5SPsmoBmCiMzMIzPebDl5nk+GTiCuzEeiBnNjz9J48AQS&#10;izw4/ODz6Xh9RoySyy6N+99rxpTV221B5BYhv5GbJYiYD0RzX2bjVoh8W2h+Rnu7Z2Jue6O52n6F&#10;yLeU1vRWrmUbk8jzEw2zfNey7fVwLcdtc+u5nvvHxuariDzL5F6/kpkeIvJ7sDaMBbPOsOYdDWsD&#10;+4tizb8qzPJZ00bDmv560t4IzM7G1bCmuxLWtNGwpouGNV00rOmiYU0XDWu6K2FNGw1rumhY00XD&#10;mu5KWNNGw5ouGtZ00bCmuxLWtNGwpouGNV00rOmuhDVtNKzpomFNFw1ruithTRsNa7poWNNFw5ru&#10;RhH5XJTvtiBSibAgoqbBLY89oRHwiSiik19YTJN27Xj946ZMWbOTsSs38USNjxk0dT4nskp4r0Mv&#10;Xm7TnbF7TvNSp+E89kk7Np1LpsHQybSbvJALxToHEnP58wsfsOzQGeZv2s6LNd5jfdxRtp5J4/UW&#10;3Zm7aTcFWpC1B+P4w2tv0mvhcsbFbOKfr71F3fZdOZyZz8MfN6RWvyFM2xbLR136MGrhUnZfTObt&#10;dn2p0Xc8R/JLyEECmwZYsu84D9VsRLdZCxm3aTd/e78Jr3abwKKjiTzSuBOvdB7G6G0naTluIaPX&#10;xjJv31lebt5VxTMZsmwr73YcyN5sN3NPpPK9Fz7mz7XaMmrVDjLdQeau3cHd79Sn+7It9F61m1rD&#10;ZrM41Un3LYfUMJmEjEI1C05KsYeXeozgf16tRbMxM7jk0ckJwmUZMpNRxF9rNGP7yUR8uoghpiDi&#10;x6sH2HziHLV7D+FYoYvzpT56TV3CvB2HyHEFcPtA80nwVGMK5KNZLv78en2W7DxSLoiIsFL5Wtvc&#10;KOSBcqMFEfPhJA9EyTeys2d1gY4si9nAvZ2xnr+vMtZjs7l9sF4rG5uvE1I3XE0QEZN6xNxePu3f&#10;xu2B9Xl1O14Xa/nsMn4+rOWzy/j5sJbPLuMXwxZEropcPLmIcmEN7wLpmOuyzK9R5nFzITOdXhNm&#10;8uDb9fnHO3UZumAlCYVlFAWCHElK5f3POnPPW7V5tWUP9l/KIdmhMXj+GibH7CLLFeBkUg7vNe9K&#10;7MU0jicm07hNa2q1aM7GA+doO3gKm/fF4fDp5Ll8TFq/ib++8jq1O3ahUdceDJ4yk8seP5vjk3in&#10;S3fuffM96vXqz/GUNNJKPcxYu4fnGnZi2f7D5GkyRTAqtsmguUt5rGZdnmnYhBYjptBt8kqOpxez&#10;6chFanzai6dqN6PVkPHEZRSwLyGNziMnsed8CmsOnKTbhFnE5ZRw2hnk1e4jqN5pIAcv56iZcNIL&#10;vYxavoH73v+Yxz5uxah1sRwqDTB1bxy12ncmLTdXBUjNd3sZtOUQv3qvAQsPnqJAN6brFQ+X/YUu&#10;qvcYyYTV23CGhr/oviB+n0wvLAFck+k1ezEXnRrHM/IZOmcliSUeiv3gCQkibpm5R4cVR+J5qPZn&#10;xMZnGoKIun62IHIzuZmCiOQpQ2bMfVkftIL1zfi1YD2GG4F1Hzcb6/6/LKzlsrk9sF4nG5uvE1UJ&#10;Ima9YUW2t3ob2tjY2Nh8c7EFkc+BIYgYnz5dw6NrFDjdZJW4yCxxUuT149SDuPQgZf4A+S4vacUO&#10;Mks9FHuDKlBovlMj3+nH5QOnJ0hBqYcip4cyp5ui4mLyCosoLPOSW+ShxOHD4wvg8gUo9GhkO9xk&#10;lznJLnWQ5/RQ7AtQrAXJlv0UucgqdVPq9ePSAhR7dLJKPRS6fWqZTNMrw0pk9pasEjcZJU6yy9zk&#10;lHop9kgayC/zkF5YovIvdHso8fopdHnU+lKvRoHbS4k/QJFMGezVyXH7KfEGlQjh9EKRSyezxE12&#10;qZdcp06uJ0C2y09WiYMSp1vN0lPgcNNuwjxq9R7JhUKHmpLYoQfVDDgX3UF6LNpEg/7juJTrxuWR&#10;YTAidgRx+APKWybN5SVPC1LkD1Ds0tQ6rz9onCctQEkQLjk0OkxdQe2BE0n2aip/EUN0WxC5qdws&#10;QUS8QCRPGe8duT9rZ0/+NgSRax++Ye08fhH8uoZfyiCxhjRdfVr3dzOwXocvAzl+a7lsvnzUfVnF&#10;9bKx+bpgFUSsIkjkMvk9XE0QkdnorFi3+eogv39j2LeBdb2NjY3NNw+pC0whxBySI8ttQeQ6kI61&#10;8jRQs5b4FarS1LVQ5anh1XQ8mo7br+Hya3gDQTUExKehOu9q9hS/BA0Nqpgkus+v8Ht9+L1+fF4N&#10;n1fG+QfwiYeEpNFk6tgAHt3ArUueRl4KzSSAXzpJqjxCwMAfxC+BSgPmdpKflNWv8PhFfPHi9npw&#10;+7x4JNiNLKuEbKvh9YkYoSshwhQlZEriSPyalBu8cuy6CEAaCSmZfNCiA4t3HlKBXsU7RASLYg3S&#10;/bAuPouXW/dkZewZSv3glnSaIKJIEIem49TEY0RuZg1NzpUvgNMfpFAPkh2EtWfTebPLcMZsOaD+&#10;dkrHwBZEbjq3QhAxH2BmB9zYt9nYE2FCOoFfTkdQNZw1QzQ1+apMmfxFsYpDNrcP1mtlY/N1whRE&#10;rEJIZKP2egSR8jbd10IQqRgLr/J6Gxsbm28eUhfYgsgXQkQQbwWsFacpGkiH3RRERBwRQcAfgUwP&#10;q4eChsowHNV58glykUwxJAIRQ6QyF88U+dR0JZCIsCGiQzjvoEUQ0UOIUGJs4/WLiCFiht8QPyyi&#10;h1caGeXHUhWyriLeUIdURAqFiCZ+Xe3L5dMVTq9ORm4x2+NOk+HUysUQlx6gTAuSq8PpMo1uc1by&#10;ZP1P2Z+QRWkQCjUoVR4uQVx+EZp09enUAji0ICXi3RJAiR9x+Q6qdxlI49EzOFbgoiAIHhn2FBry&#10;VPma2twobqYgYs4IYD60Knb0zLdgX27jT+4v04vsxooiYcHn6ljT2tjY2Hx9sQoiVdl1CSJfG0QQ&#10;lUCyMrPOl1Mn2tjY2NyumIKIiSy7Uj1yu9jtK4iYAkIIEUXE88L0EJHOe7l4YXpzRHiIqKChSgi5&#10;RkFEhAqrIFKer4gjsizsrRIpiETu39hOloeFj/LyRxxLdHyV8PvlnJjnSJaZ3jJBPBoqDohCCyqP&#10;D5cm3wPqbxmyU6oFVayTE7ll1Ok9ipeadGT7hWRSfTrZMnVwACVwCHlBVLDYrCCkByHRH2T7pRw+&#10;7DGE97r2Z0dCippuuEwPoPm9tnfILeBmCCKmSZ6Cqeqa+zM+Zf8VBRHxEjHLZYon1rfm1/L2/Gpv&#10;2c23h7p4rMj0jyrwsuHxJb9n5f2l4g5d3YuiPM9KjXVZF3lskY1cK5XLaGNjY/N1xTpkpiq7FkGk&#10;Uj0RIXJ/cVH72rDWNda6wfp3ReSYwi8MKtcR0dLZ2NjYfPOwBZEvRBWCSCWhICyIRHIlQcT0EDE+&#10;pQMvFZkRVNTAEDpuliByfZgCiBy7pwL+ChjnxjgXhiAieFV5pSyGyKOGAYXWyzoRRgr9EJtUSNMh&#10;M7nvveb0nL+elWfTiM3zcrBI51BxkMOlcLAU9hYGWHIuiwExsTxUrx0N+41n25kkCpQYIvuU82sP&#10;l7kV3GxBRPYRHiZjULHhJ+Kh4aHk9RrDaoTImArmrDRmWusxWLc3t7E+NMuP2RwmExJEgn6NoPzA&#10;NB2CMnW0FoonEp4mOLIs1plyTMxlsj9D3KkoiOjiCVZJDLEbvTY2Nt8sbpQgIqi6QabxFXFb0wnK&#10;c/gWCiKR9Zu1LjLXV1VvGZiCiNR/UmeFPXbtusHGxsamIpHtenPYjC2IXBdmpRMi1CGKpIIQYemw&#10;qGl8K2C8iVAdqlBARukA6fIWWIkjRjrD28KM+WF+N/Zjzb/8jXQFV3prx0lXASCtZb82zBgqYYFI&#10;BJIKYpEpQJSfi5AIojCOx3qejPNhTJ0r8UMSizWmbT7MOx0G8nbnIVTvNISaAyZQa+Akag+cpD7f&#10;7zOWNzsOoE6v4YxetonEfAdFXh1XKF859hs3dMHmSlgFkRv5UDEfWJFihoGOz+vH7fZSWuqgqKiE&#10;4uJSSopL8Mn0itK4VW/75DfgRQsYAoOIkSI0arqIKCI8aPjFq6PcmyN0r8t9LA9MeViKKOOTPL0E&#10;VKwQQ2hTQqZXR3e5wesg6CnDW1bM5UuXcbk86D5DFAlKsFfNh1fz4PGLd5kh5hjlkXV+/D4PLmcp&#10;TmcJZY5ScvMLKC1z4/HoaBExg4zym43cSCpfFxsbG5uvI1IHSN1wNUFEzCqIWIUFs2HscjgpKigg&#10;LzuHsqJi/C43gVA9EBCPU/FI9PnxmvGsQi+z/D55HhvtNuX5K8tC+1CBvn1Sf2j4vUZ9JDHb/H4P&#10;uuZVMxmKuC71SUC2k7pO2kxeH0lJiRSXOVR7xhREJD9j9kM5B9KWC7epVHw3GRathkYH8Mj+fLJ/&#10;aQtJeb1ooXrRqBtDba9Q21PEFKlLyoUUn+HFXB7rrorrYGNjY/NVxPqy0xZEbjhGRWKIEybhjnkk&#10;ldNWjENgduIre2qE3k5HpIkWv6AqIcDqDhptu+vBWp6KIkRYlDE9WIwOZxj1VkZV2uI9AmUa5Png&#10;conG9rNpzN56hCEL19N/zmoGzl3D4PlrmbZxH5tPxBOfV0KRDMfRgyqmifnG3oq1zDY3DlMQEeFC&#10;7EY+VMwHVmVBxPAOETFkw4ZNdO/ekz59+rFm1Wpys3OUh4a6B70+AgGZ3cmhvEe8HmkwBtUMTjL7&#10;kQy7CQaC6KIQq7eEIlh4CYgnhzQO3W68Hjd+r5uA5iPg90oAIHQRXWSaJV8QvaSYE7tWUZR6ktyM&#10;RFbHrCW/0IEu+1BDZ7wEgz48mguXEkTCw32UV4j8pj0ODh/azdkzcazfuJa+A4Yyeeo8Jk2aTVJK&#10;Dn4JihzyGgsLIpWvhY2Njc3XFbPxeqMFEVkXd/QowwYPoUObtsycOJmsS8nqma8EAfH8E6HC4zEE&#10;ERFKvC7l0ef1SN5+vG6dgE8C5ht1j8frwetxEvRL3RHE55Gg+RKIX/JzEQyI96Mbh9Oh6pWAq5Sz&#10;J09w/txFXA4HmzZt4MKlFPSgPPfF+8OLJmkVRpvK7ZEXUQEDPYg3AJcy89i0IxaHU0QXKbfUZTJ8&#10;2IPm8xDQDaFe1U2hetQIiG/UVzJU26hnguheP0GpQyXwfxTvGhsbG5uvAmb9YX6P/NsWRG4SVQkU&#10;ViK3L78wUlmH3DavV6SoSiypCqsQcjMEkYp5RnqpmG/sDUQgMdKIiGEIIqoilmCxEntEPEZ8QUr9&#10;QYq9MgVxgCK3QYlMyRsw4o9IkFV/QCpzX8Qb/Ojn2+bG8mUKIuKJcflyCh07dmbgwMFcvHCRlMuX&#10;WbZkCWvXrCE9NZXYfXsZP2k88xcsYvGSNSRnFrI99ggz5y5ixoy57Ny2A0dxMWnJl1k4fwGzZswm&#10;OfEShXl5bIhZw/Qpk1i1Yhkb162lMD+XrPR0FsxbxPw5S4nbd5T4uEO88/RdTBjcjstJZ4jZuJmM&#10;3BJOnzjDxFGjWLlkAWfPHCO/OI+Fy5Yxf8Eypkyexf59h3C73Ore97gcLFsyl+3b1jFl2mRmzFnI&#10;iVMJLFkSw/BRk8nOc6jROBU9RCpfCxsbG5uvK5GCiBIIJEr9VaxqQSTSs86H2+WitLiEZUuWUqdm&#10;LQ7vjaU4O4eDu3exZNEiTp88Q0byZaZPm8bs2bNZvmwJ504e5fTxOGbPmc+UaXOZN28JOek5OIpL&#10;Wb18BQvnz+fQ/r2UFeaxe3css2bNY8nipaxctZJLCecozs9k5YolzJ03l41rY7hw4ihNGjakbt36&#10;nD55kq3bNnEuMZn0nAKWLlnG9OnT2L1nF8UlJRw4cIR58xYzadJUFi1cojwkxSNEhP4xU2fzzEvV&#10;iVm7gS0bN5GenIrP6yb50kW2bFpP7J69xKyKYcnCJSxftpKSEgd5eQWsXLWGqdNmsnbtJpxOtwr+&#10;Ly+qbEHExsbm64AtiHwJXK8gUlW66xUprlUQMYb2XMf2n4OKZQ97zZieM+ZwoEiRJOxVY8ZeMPDr&#10;/tDsOYLxFsREXEklrooMIRJXUnFvDVZxrqOdb5sbw80WRKoeMhOKG+I1xk1PmzZDNQzdThfH447x&#10;7NNPs3XTZnbu2EHjJk05EnecRUuW8/gzL7HvRALNO/aiR/8hbNuxl7dfr86Jgwfp1bETI4eNZPf2&#10;vWxcvZ5Fs2bSvFFdzp48zsB+fWn4ST0unDtD86ZNWbN6Ewf2n2TYgOGc3rud1jWfYNPyMZw7f5jh&#10;E6cSs3UfPbr24uSRQ6xYPIeePTqyY88OXnnjbWLWbmHrlj00adyaS0kp6r53O8tYsngumzetZs68&#10;WezYvR+XO0hubhmDh41jV+wRJYj41XTctiBiY2PzzcYURK7WkK1aEAm3P2QIsAxDCQZ04o4coV+v&#10;3pTk5uEuLKJdq5b079Ob+Ivn6drhUxYtnM/+/fv54J03mTN5JLOnj+ejj+ux/+gp2rbtzMrFK9m1&#10;cQv9u3Zn//YdrFgwn/07tlKnTn227djDnj2xvPjcc+zesoGFM6cwoHcP0pKTGTdyBDFLF9KhTRv6&#10;9hnA5aRE5s6bybY9BxgwZDQzZ84mdt8eatetxaYt2+jffwQ9uw3g9Ilz1K1Vh21bthMIykukIPNW&#10;r+fdWvU5cPAIo4aPYP7suZQWFzJ86AAliDRv2oKhg0aQcDGRDh07MWPWHObMX0jXnr05dOQYffsP&#10;ZuWqtUasO9tDxMbG5muCLYjccmSsphljoLKnwpU66FZBxMSa1lxvpisfhhLiqkKHZftK628o4cZH&#10;ZAwVUxgxPUbCgogENTNEEfH2CGgSt0E8PwzvD2OdgYojoYbiGA0bEVCUmFLF+apcLpsbxZcqiITG&#10;O0+ePJUFCxbjEkHkaByDBw4iJyubBfMXMHLUGJxuPxnZeXTvP5wdcfH0GD6Z2KOnKC7z0L1jF47u&#10;2kXsli289OyLTB03g5T4ZIb178vurevVcJr48+cZOWwYK5cvp1PHjhQWluF2BynOLcadlcrIzh+T&#10;dGo9KamnGDRhGn1GTWfyhKl4ykooyMlg1KihzJ43m9aftScvr5TCQie9eg1k+/bdany6x+Vk6eL5&#10;bN4Uw4IFc9m1Zz8eT1BtO2zEeLZs22MEWlbuzLYgYmNj883m8wsi8vyU56gggogMO/EYgsjhI/Tu&#10;0YOSvHzK8vMZPnAAx+MOcfnyRdq0bkRuThYOh4MFc2eybukMVi+dxbS5c3B4NVasiGHcyLGknU/g&#10;uYceZWiffhw/cJB506cxdeoMylwe8vMLleCyeuki+nbtSNyBfWpIi6O4iNK8LIYPHsLqlWsoKixg&#10;0qSxLFu9gU/b9SQ9LQuHs5SNWzYxftJ0Bg0ay+5tBwn4AqxcsoKJYycizjLiVbv10HE+69KL4uIy&#10;Lp49x8jBQ9mxbSv9+/UkMz2FQf0HcyLujGpvHTp8hJbt2lP93ff4zR//xDvvf8iD/36UTz/roAQR&#10;FUPE61PYgoiNjc1XGVsQueXICTZEEUMYqdw5twoakeLH9VC+T4uocVVB5JYS6Z5qih9VUx5vpTzQ&#10;bFgQkaCUZvBZE8PTxMzXDA4WCo4Z7VzZ3HBupiAieUYTRMJv+XQmTZzC/PkLcTqcxB05yohhw8nN&#10;yWXt2rV06NCJvIJSDsedpMbHTdi8/wy9h09hf9wZiks99OjUhb0bN3IiNpZdW3Yyc/JsxgwdRf8e&#10;3Zg5ZRz5ubls2bSJDu3bK4+T1q0/5fyFBLKyCjm87wgFacn0avMxx/avIjn5NIPHjGfynGUMGzKM&#10;/LwcTp84Sp/ePVgds4bGTVuQnV1Ibk4xPbr3ZdOmbUoQcZaVsnD+bDZtXMOcObNYE7Oe/Pxitm3b&#10;zcBBI0hOzcLtlgB+oUa8LYjY2Nh8g7lhgohqs3lVDCkRRHp07UpRbh6OoiIG9e3D2TMnycpKpUXT&#10;Bpw4cYyUlGQG9evJ4lljmTtjHDPmzcXl14iJWc/o4aNIOH2O2K3bWbt8BZ81b8GoIUPo2LELiZdS&#10;SExIon6duqxZtoQhfXuzZvkyCgsKOHb4EBdOHWP44MHMmTWXjPRUxo4dybJVaxk4dAyHDsWRnpHG&#10;sFEjmbNgGWNGT2fvjsNo7gBLFixmxLARapixyxtgz+HjNG3djoKCYsoKixk/ajSvvfYaa9Ysp6gg&#10;h25durNh7WYK8guYM2cOnbr3YOjIkfTuN5CDh48xf8FSDh48ii5xRcygrCq2iC2I2NjYfHWxBZEv&#10;GemMW8WQaIKINe03Bes5Ms6HERVdAlIaEdJl20hXV/st+e3CzRREpBErVCWIKFSjVmf+/EUsW7YC&#10;l8vNyZMnWbBgAaWlpaSlpdG9R086du5G9979adK6E4dPXmbqnJWcOpdEUYmTSWPHsX/bFmIWLaZL&#10;h6706taTFYuWcPTAPj5r1YR+ffvSuXNnBg0aRGJiIhs3bqRLt6507tKL8eMmk5OVzuQJg/m0eS2O&#10;Hd3HsuUrOXM2ngXz5tPms1b06tmVuXNmce78eXr06qu8S0pL3cycOZcTx08TCAQpKS5i04YYjhyK&#10;VePU69drQN++AxkxYgzHjp/G45UZcYyZcazn38bGxuabhtQLn08QsbYjjPzEuzT+wgWmTp5MaWER&#10;7jIHM6dNJelSgpr5a8nC+bRo2Zy+/fvSo2tH1q+Yx44tMWzYugWPpnPg4GFi1qxVgny3jp0Y0m8A&#10;I4cM4+yJk/Tt058uXXswaMAgWjRrxuHYWE4dPUqPzp3p07MXQ/oP4NyJY8Tu3EmN9z5g+9bNrFy5&#10;jLMXLrJ52y7atO1Atx7d6Na7F+fiL7N48RpOxZ0nqAfZvmUbCxcsUkMqvb4g6Wm5tPqsPUuXrsDv&#10;9rBy6VKeefY58vIyKCrIpnuX7jRv0pIhgwbRtUtnjsbFcez4cbr16E2fvgPp1r03Z06fR05peOYc&#10;cyp4o/61XgsbGxub252qBBFz2dXqkdvBvvKCiGD1VjDFj3JPjtvGm+PLo6IoIp41phgimOfM2pCx&#10;K+bbgS9bEJFhMzLbjEy7K7O3SDmKioqMRrDbQ0lJKWfOXiDpcjqZMlzFoZNd4MbplKkQAxTnFuAr&#10;K8PrcHI5MZmUSymUlRTjLCshPTWFs2fOkZaWQWFBsYpZ4nJ7uHQ5mYSEyxQVlqihXI6SHJLiT+J0&#10;lFBUXIbT5acgv5CEhARSU1OUOON0OikuLlH3rsQ9KSkRYcShyqz5PThKC3GUFimPlMtJSZw9c5b0&#10;9Cy1rSGEmG80K18DGxsbm28S1y+IeCM8RCoKIqr9IfHI3B4K8wvU9LcS4N5RWoLb41RxRiTOU9Kl&#10;RC7GXyArIwVXcS6lhbkUSkBTn0Z+fj7FRUVqJpqsjAzSklPJy85TXhalRaUkxieRmpxKYV4+zrIy&#10;3A4nuVnZJFy4SE5GBj5XGa6SElKSLlOYn0dJSQlev0aZ00XS5WTiExMpKCqmzOmloMCBy+HD79HU&#10;dMHFRSXGTDF+KCv1kpGRR3ZWDprHw6zp05gyZSo+n4u8nAyGDx3Gru27SYxPJCszUw0Bkjro8uU0&#10;zp1LICMjB49b6lojXlX5MOdQHWxjY2PzVcQWRG5jbmZg068iYVEkUhCJnHXHFkRuR0xBRBqoN9pE&#10;3JB8zf3IZ1WCiNfjx+8zY9IY20pan0IawbK9BOM1ZjCSeBy6T6LoBwj6dPDp6lNmOpI8lXCpiUu2&#10;eCeZYkRoneQVCCjPDjVlrwrm6yao7lfZfwCfBKRT21uHt4TvYRE5jDgoUnaZEtGF5nOrhriM3TaG&#10;klUcGmQ24G1sbGy+ybjd7msURFAiiMcjjV/rcEtj+l4llFSBPNslxohP6gK/xBoJfZehvH4PQdU+&#10;MeoFc8hv+MWX/G3GRpP1hrdF+dDg0DBhmaZXgsEHJT+ZBl4qqYDUMxIfTcMl4kxA6i5jmVEXheJJ&#10;eaXukPKHRHOfIYrIDDEy7burzMGkCeM5evgIfp+bnOx0Jk+cRFLCZVUWFXNNN4Yaywx/Pp+JOaRI&#10;1gXU9LwqyH0V18HGxsbmq4AtiHzJWD1DrF4ipndI+d/fNCxikHFujOEyYYx10jhQQVRD2ILI7cGX&#10;LYj4JbCqT5c2pIrHIW/6TE+ScNwZedslDTz5FFdgaTAGCYYEEfkUccRo3IYafhJsT40vNxqhhlBi&#10;iBjy5s4n20ijWTxjfF7VmDUEEWP7cF7W+9QqcIjwIWKKTMHriRg6ZhUATSpfAxsbG5tvEtcniASi&#10;CCLh56l6ISPPcBGjlUgdapdpPnxKGDfiw8nf8mkI4RoBqXuEyOHQql0TKYhERwkiIoSE6hBTEDHK&#10;Km0dH5oSLUIegkpIl3ovECpnhCAiQonUbz5DEPG63XjdLvweo/wuVyllJaW4HJ7QbH4yQ5/5IsEQ&#10;QsJDM01BxMD2ELGxsfkqYwsiNwTzLe+1UDGtVQSxErmNNe21pA+ntZbjSlTez5dF1d4xoYZHOebs&#10;OZqaUcbkdjuWbypfliCiRAoRMbzyaTTgymcaCmHMOmQ2fE1BRN6iBZUgIiKIgXyX5RGCSOjeM/4W&#10;jw8JMmd4dnhk2IsSYqQB7ZPpcAjKW8Xye9poJBtpzXs1kvA6ua+NQMyecgHQnIq6shhizavy9bCx&#10;sbH5unN9gkikh4g5DCQcg8qY5c4M7C6eFiEPvtAsdvKMDgeAN4SPgN9nqA8+jaBMT+uTZcY2piBi&#10;DjcJYwrrYQzPEfEUMdIrkUQ3BRFDBBEPDeMFgCGIKO8QqV9CdZAhiEh9YAr+Rl1l1CUi3hiih67L&#10;9sZ09UaekfVJWAxR+zbLZwonUQLWW6lc11WNeS4rEloXmgo57GVjXBv522gHVq77KudllsfGxsbG&#10;FkRuENYOSTQqP6SNtwuGm2WY8EW5EvIwjww2Gp0rdZ6sVFFGG5svwM0WRARzP8Y+jcabEkCUl0dQ&#10;vVUzG25mo9Kk4m8jPPRF0obBEDzKh6iEfieyT6/PaFT7ZLrnAE6XD7cvoEQRaVwab/fkd2i6VBsN&#10;OWMIjvX3J41N8+2jIfB5Qw3uCgJgFekqY/+WbWxsvplcuyASDqoq6eS5a3h1GMK4ErtliEl5ANEg&#10;Xm8Qrz+IRzOQZ7Q8c8PDXAyPDvEMDEUzBa/UAcZz2RDF5flsfWaHRfmKGOnKRZOQF0v5Z7l4YtZr&#10;4SE4hohQ1f7M4UAisofqPc0Y5mnmGxZ8QpTXK3KcQQKaIC8WpO6TZYZnTJjIWG/y97W3RQ2xw9qO&#10;NUQfXZeZ5WSGQanbg+A3PDklb7eIW1EEkcpt48r3jY2NjY0tiHxuKj/Mq6byQ9oWRGy+7tx6QUQw&#10;7mPxzgjKkBWvi6DXrbw0IgWRQLnHh4HxFs1oYJYLISEkwKp6+1b+Owm5SXt9ZOYUkJmRRWlRMRs3&#10;b+dg3Cm8aly1jP8W12nDw8OnCdIA1SAksqj9RTRwlSAScRzmG0j1d/mzwfq7rQr7t2xjY/PN5IsK&#10;IiIoGN6C0uEPGKj6IohX4m94A3h0cCtBxHh+m94KIoggHiJS57jd5GVkEbs3lvSsbDy6hkfz4xWP&#10;Ct0cqmk+s0WUMIZsCsYQF2Mb61Aes64yMbxYjDJKWU1BRMT18HkxxIxwOh8ej5u01Ayys/LxeP2G&#10;Z6N4oJQLIeHvZr2ivCtCQ0gNocNNQJNhNhI7JbLtKdMVG5+RgkjksVhFHVPwMeKWWNu5ZiwWD8WF&#10;eeRk5aJ5Ra2CYOh4ZUYfWxCxsbH5ItiCyOfG2hGJRuWHtC2I2HzdudmCiHXIjKDrMk2il6DfScrZ&#10;Y8yfMIxpI/sxbfxoFs1fRH5OvmpIhT1EDBdkhdcIwkrAiCMiYkhQ4qp6dHxqels/PhE3/A78foea&#10;aaB5q7a0atmaA7Gx/PWvf+PdD+tS6nITDBjB8FANPBnrbfze5Xep4pKEIvUbMUyMxqEmjVG/hleO&#10;JzT+u/x82oKIjY2NzVW5XkFEBdkO1SHm8Auj8+8jKCK218mlhHimTJpGl64DmDZzKQnJmfhltrPQ&#10;M1d5TOgB5ZEogVDxeyjMSOaDd9/hoceeZv3W7RSUleDyuQkQVHGtdD2ILsKK26sEd/luBj+VAKZe&#10;r47b7SuvI4x6yviUskfWH0oQEa8J3UAFOo2oPyTOh6SRGXWM4TB+HI5SBg0awuOPP0d6eoGM8MEf&#10;0PH6vfh0QxDx60H1qcQLiaklThle0yPFja6VoWtOgrpXjUEK6lIOWecnqEs9a8wwJ+skj3B9Z/wt&#10;x1de/5noUoZQucXDJnScuuTtczNu1HCeffYFLqWmq/K5HW6CkrcexOlyV5h9Tq5rQGKhKI9Oo/61&#10;BREbG5to2ILI58aoDCMVbmOZ1f3R7KSY4yONsaSmCBJG8jSVfBNzX+FlKg81ljM8ttV8Q6E6eiEX&#10;QpPKHSazjCbX0Ikqj+kR+ZYhfFxRZ8WJmDHHnkr4m8WXIYiI+CCN2IDPyfYVC7nrZ//N8w/8mUcf&#10;uJvf/ea3tG/TjoLcfDSPTJ3oJD0ji+zsXJwOl/qteN1+8vOKKSl2UpRfQnZGLm6nPBylwaXjdBaT&#10;n5+qSEu+zBtv1+CJp57l7OnTbNi0la079+NyuykpzqOsMI+SghKyMnPIys7G5/cSCIjniEZxYRGZ&#10;GZkUFRZTVFRCfn4xpU63ehsnDb9KY51tQcTGxsbmqnwRQST83BUhQgJZOyjKS+f1l57n3r/fy1//&#10;cjc//emvqPlxAzJz83C5vZSWlJGfk0dhbj7O0jJKCwpxFeRwfP8O/vdnP+Pjes24EH8Jj9eDw1FC&#10;bk4WuTn5uFxuAkFDGHG7vBQXl5GdXUBRYamqD9LSMlWZZAr2vLxCo63m09U08vK3TLsuz3qHw0V2&#10;Zo4qg6O4lKL8IjwuL26Xm6KiYgoLi8jNz8PpcinBXZZlZqSTlpbMp61ac889/yAltQCPtFUDGl7N&#10;S5nLSWZ2nqLM6VH7Kit1kpst0wcbAozHVUp+3mX83iJ1nkqLi1SdWphXhMfpwONyUFJUqOq64sJi&#10;9bLB5fSQlZlNfl6+Om9S13ncXspKyiguLKGwsJjs/HzyiorUsQVkyKnHp85BZmY2pXk5tGnamN/8&#10;/k+cTkjE4ZNyOcjLzCU7I1sdmz8UOL2oqEgde15OLo6S0lD72BZEbGxsomMLIp+LkEt7uRgCHk3c&#10;KI1Pb7nbowTukk/TPdAUUELjSZUSbwaECgsVxlzvYbGiouhiuvAb2wXUVGoS/FEqqtD0aKF9ml4i&#10;PjXm1SifWUafcs+MEETE3VAon9rTRMQMU7SRCtM8VskzUO6q6FXuoGFhRFR+cQ8V5I2DfMrx2qLI&#10;N4NbJ4gYQ2cECT4aDGoEPA62LJ7Lw3/8HWd2bqY4M5V2bT7jX//8J/t37+bs8ZPUrVOXP/3lr7z4&#10;4stMHDuO0vxCTh07ydtvv8+HH9Xjpedf5pUXX2HMyPGUFDtwljnYujGGGu+9xpOP/ZO6H9Xknw8/&#10;zfMvvsq5kydo1eozevQeRHLyJbp1bEudGh/w/psf8eRjL1GrVn3OnDmNy1nMsUOxvFm9Os88/Qzv&#10;vvU2dWrV4aNa9Th5Pl65YBuR+42x2ab7cDiGiFWQrApbELGxsflm8kUEEROpR2QoiN9bQtzBXfzp&#10;N//HqGHDycspY+XKrTT/tD2XU9NUx75n1668/PzzvPXKK3zatCk13v+AMUMH0KJBLapVq8YD/3yK&#10;6dPmcCk+nrbNGvHMI//i8YcfoUu3XlxOzcLp9HLk4FHef78mjz/5AnXrN+e9D2pT/Y032LVzB736&#10;DaZNh+5k5eTjcJQxYeIkXnnlDRISksjKyqZz52489cTTvPvmWzSqX5+3Xn+T3Tv3cuHsOd59610+&#10;rteIWh834sTpeA7HnaZmzdq88MyT1K7xLi8/+wJ//vPdJF7OwykeKT4vDlcZw4aP4PHHn+GRx56h&#10;9aftuHw5mbWr1/Humx9x6PBpJW5s27KO557+J3u2r+T0iYM0a96KevWb8fab77N+zUrGjRxOzRof&#10;0qhBY8aNmcDF80l069ydxx95lKeeeILOHbuQkZlLYUEJndt15KMPPuKDGjV58tlnqdOgIUfjTuIu&#10;cRAXe4APPqzNI488Rs03q/PSE4/z9/sf5ERCMun5xfTvP4jnnnyah/7xT1o2b0V8opyXdJq1aEnt&#10;Wp9Qr25DFi1YVMmD2nrf2NjY2HyjBZFr91wIT6tW7hUh7vYhbxCXWycpv5SzOcVczC3hcnYBZS4R&#10;BZTHnxIk1JhM8exQUcB1ValIerf6DKoYXLKtsb2BhBzwK/fC0NhScaX0BfFI1G9xZxRVX9wsxcXf&#10;q6ugX24Zwir5aGq+URXgMd/hI9sTpEAPsjkunklL1lMqk2D4A3h9Om4ZQypqvTkmVgsY7pfiqugT&#10;YcOLR/cowcPlC5KQlc+eM+dJc7go0QO49CDeQABnMIArILNtaDhFKAkGcWgaLiWaGKJIpMdIlV4l&#10;Nl8LbokgIiKdTz6NwKVKEBEvEXcZWxfO5rHf/po9a5Zx4tA+3n6zOo8/8jDbN26gzvsfKHFkwZIl&#10;NGrchMf+9RCr5s7n8O69fP8/fsRjTzxD185deOzhR/jJj3/Klk07SDp/gT/f+UcefehBPm3Rgtof&#10;1uR7P/gRz7/wCmfjjvLAfffRoFELsjJTeOHZp/nzH+6iWYPP+LRlZ371y9/StUtH4g7H8soLz/CH&#10;P95F40ZNaVC7Dv/z//6bv9/7T/afPItLuSnLGHPD2yUshFwLVq8yGxsbm28W1yqIBALS1jG2l09D&#10;fA4L0GpmL28pyfGnePCev/CHX/2K4UPGEnfkHMlpORSVOpg4YQK/+dUvqfVRDTq0bslzTzzGL37z&#10;ayaNG8GCWZP40X//D8+/W4+du/fTte1n/OPPdzKoc3t6devA3+++l74Dh3Ps2GleffFVJUw0ad6e&#10;N2s046f/93ueeuJRdu3cTp2WXbj38ZfILszF4cqnTbs2/P2e+9l34BB9+vXjl7/6NTVqfET7tm34&#10;65138q1q1di4bjNJp87w/370/3HnXffSsfsoYo+k8sA/H+fuu++nXatmNKjxPr/40U+5866/E385&#10;RwkiXr+P1LQUfvbTn/HGa2/RvWc/Xn71DVatXM2sKTP50X/+iG07DqiYIzGrl/Cd79zBro2LuHA2&#10;jp/97Lf87+/voVHjZpyKO0y3ju358f/8mBeef4nNG3bQsX0X/vbXv9GtSxfGjBrJX//8F7p07U3i&#10;hSReee4F/vT7P9C4cTOaNWvGr379G9p26MrJo8d59fmX+NOdf6F585Y0qF2L3/7vz3nwkSc4ej6D&#10;4ePmcvc9/6B5o0ZMHT+av/z5bho3/oyE+PO89vob/Pznv+edt2pz+sQZNWwmHPS18n1jY2NjYwsi&#10;1ySImITf0IoYYQgisGf/SZr2HMXTzXvwbPNu1G7Xkx1HTlAsYoNm4BVhQw/icPiUoOEMrSvzBXH4&#10;A0o0EGHBIRGzA0HcAfAEwKUFcahtDS8PCeillolHiR5ysZf8PSI6gFMLUiqCiwQDC0JGvoOxC9ez&#10;+kgSFx2w5HAiXSctJNMDTtmHpivXw1JvQO3TK/v2B3D6dcrEJdOrKVHDiKgexOmFWcvX0aLvEM5k&#10;F1EchBLZp6ZRoAcoVvsPUKQFKNV1Cn0+XLpOmdeLy+fD4zeGB9mCyNebWyeIuCsJIgFnCVsWzORv&#10;//Ujnv3n/Tx43908+vCDLF88nwM7t/OjH/6Ql55/gdETJ9CxQyfu/ctfaFjzIw7v3sP//O+vmbNo&#10;lbSY2b1tK9/93vcYPW4yu3Zs54G//5lVSxehez0UZGZzzz8e55nnXua8KYg0bkZmSjzPPfkYLes3&#10;Ii+nmMLcIv5x/33Urf0+i+bO5J9//yv9Bo2guNRBfmYGn9SszS//8FcOnLmISwW1k3NniDxatN+H&#10;iCWRXJdwYmNjY/P15IsJIhGedhJ/wudGdxdz8cQRurVrx2P/foI//u4vdOrSk337D/Hov/7F26++&#10;TNqli/hKcpk3cwr/9Yufs3rlYpLOn+Qnv/g1A8ZO49TJ0zx19195+p6/Mn1Efwb26c4D/3yIdz/8&#10;mPHjJvLd736XIcPGkluik5Dt4onnXuPZpx5j/97t1GjUlr8/9jI5RfmUluXSsXNH7r3/X6zfuJlH&#10;H3+Mfz74LzWkxOMsY9aUSfzoP/+TrZt3knTmHHf/+R6GjJhGan6ArbHx/OCH/8OIYRPwlxbgyEyi&#10;5lvvcOddf+PCpWwcXh2X10N2Tib33HuPqtfadO7D2KmzSLiUzMxps/jRf/yILSKI+DRiVi/lu9+5&#10;g9gNi0g8d4Jf3PMYn/YaRXFeAa6ifDp91poH7v8HJ4+dI/5cCk889jQPPfhvhg4cwOjhw7j37nt4&#10;4813iDt4kBqvv0a9Dz8kKyeXvLxcnnzmBT6o1YBF8xby+//7Df0HjsTpcFOYmkL9d97lzr8/QOzx&#10;ZO75x9P8+c6/M6h3f8aNGMW//vlv7r//YQ4fjOWlV9/khRc/4sK5bNwOiR8SORtO5fvGxsbG5hst&#10;iCghRIscOxoxbr9KIgSR0FAXGUKSnudmcexFnu88iqfa9GPZvjiOJWcwa0ssE5auZ97qjZy8kEB6&#10;Vh7TZi9h2OS5zF23k9lrtxN3OYeNh84wavYyFm7YS7/xc1iz+xjpTo10FyzfeYxuo2Yye802Uovc&#10;5Ptg56lEuo6YzKxl61i6ZhMbt++h0KORUuhi5upt9BkznZWbdpBW6GLlnhPc9Uodnm3Zn/lHUph5&#10;JIX2M1aR6IWLBWVMXr6O7qMmMWvNZpIKXVwq9jBhSQwTlq5j0KwlDJ2zlKOXMymVKed84PTAxIWr&#10;qdWxD/tSC0ly+Jm5civdR0xhcsxWTuWUkK3DxUIHU1eto+/4icxdvZop8+Zx4VKScsu0BZGvP1+a&#10;IKL7CLhK2LRgJv/4xc+ZOXYU2zavJ/78aXzOEk4fOcj3v/99PnrvfTZs2MCSRUsYO3w4W1ev4sj+&#10;g/zy939j3ZZ9EAxw9MBevve97zFs9HjWrF7Fg/f9nXWrlxPw+yjJL+CRJ17m2WdeKhdE6jVqRnZK&#10;Ii89+ShdWrcmN0/GdedQ/ZXHaVz/Q2ZMmMBD99xLv0EjKXN5KMzJpvHH9fnVn/7OgbPxSgjVAhJk&#10;zqcCuNpCh42Njc21YwoiYldqzJpDZqoWRIxhyQFpqzgKSTl/mtSEBHLSc2jcsBkPPfIEc+bO57UX&#10;X+SdV18mJ/0y/rJ81qxczA9+9mOWLV9IwvmT/OyXv6H/8AmciDvGE3/6Le8+/iDrl81l5cplDBs7&#10;g3mLV7Fk/iIliIwZN4ViD6QW+Xn8udd4+okn2Ld7C7UateLefz9Ldl4BJaWFNGvenMcef0bFrHry&#10;6ad48MF/qzgiEsB05qTx/McP/4ON67eScOY89/ztfmYvjKHEB9v2nuIHP/wvJoyfqYK+luamUr9O&#10;Te76swgi6Ti8fjx+P/kFBayJWcuseQt4r04D/t///o5Vazcye8ZcJYis3bSLMqeXpYvmKQ+R2HWL&#10;STp3iu/99h7GzFmhZtfxlhTQtV0bHn3kMbLS88lKy+fhfz2ihgqtXLKERXPnM2HMJMaMn8iFM6f5&#10;8PVXaVqvLsWlZTgcDt5+7yOqv1ub2dNn86ff/IHhIyaouCVluTk0+vBD/vSX+9h/7BL33Pc4f//r&#10;fcyftYD1MZuZMG46w4eM4eyJ4zzx7Kt8WOdTcnPd+Dwamtf2ELGxsbky32xBJETkzC3XLogYcTXE&#10;86NEg4u+APXGLqX2wEmklLnJdHppOnw2P33kdRp17sO6bTtVx+r5N2vSqNtgnqrbnAferM2CvSeY&#10;timWXz/8IrU69Kd6kw48+u4nrDxwga3nc7m3ej1ajZzNO626MXXNNraeusTT9VvzVuuu1GnXncde&#10;rk6zDl25WFBKq0FjqN6sI3Xa9eKFD+owYcka5u44wv8+/T5PfTqQWcfT6bIylnvrtedoCbQYPI4n&#10;PmpI074jeOqjhvSfuYTtCRk82/BT7n+7Lp/0Hc2jdZpTo0t/kgo8uHzg8MCERaup3X0wy05cosPE&#10;hTz5TkPqdx3Ks0070nT0NE6X+WnUfxR3PvcqzfsO4I2P6/Lv557h4PE4VelKfBFbEPl682UIIoII&#10;Irq7hA0LZ/LQH3/PubhDKiK+z11GwOsiNzWZ+/7yFx7+57/Yu2MnE8aO55knnmDZvDkc3n+QX/zm&#10;b8RsjCVIUMX7EA+RCZOmknDhAv/vv/6LF555ipiVKxg6aAjf+ta3eeHZV7gQEkTqN/mUvPRUXnnq&#10;Cbp/1kYFs3OVZPHKsw/y8YdvE7tlO88+9hh33vVXpkybxZSxY/nfn/6Uux94mAOnL1QQRK48ZMZc&#10;d6VtbGxsbL5ZuFyu6xZEpK4KD5kxBZEAmsdL0pkTvPXKCzSuW5e1K9dS/+MG/Puhx1i/fiMjBg/m&#10;5z/9CX17dCFm6TxeeP4pvvfj/8fCJXM5dyaOX/z69wwePZ3kpGSa1P6QO3/7K2IWz2XWnDk8+mx1&#10;ho2awOm4Yzz9r3/x8MOPM3vRSroOmsD//PT/eOzhx9i/Zxude/bjl7/+PePGTmbRosVqNrN//ftR&#10;9u47SMPGjfnJT35K//4DWbFkAc88/ijfueMONm/cwenjJ7nrzr8xe8EqSuTl16Us/vCHO/nnPx5m&#10;/tzZDOjfk9/85tfcedefib+UilOGTft1zp67wCOPPsqw4cOYNnsBP//l7+jVZzBbN2zj//vR/0et&#10;eo1ZumwVb7/+GnfccQfbVy4g8dwZfvT7+xg7dxk+jwO3EkTa8shDj5KTWYCjxE3Lpi34y113Mn3S&#10;RGJWrOaFZ1+ma4++JF2I54NXX6NBzVqUlLnwuD28Vv0d3nq/Dvt27+OpR5/gH/98hKVLVjJ32mR+&#10;8dOf8u+HnuTEmVS69xjKn++8m7Ejx7JmzUZeevF1OnzakfizZ3n4yZd5r3YrCgolFoyuhn7bgoiN&#10;jc2VsAWRzy2IhGZR8QcpC8ApV4CmE5bRqP948sucZJe4aD85hofqduBMTimHT5+nXpPmLN+2nyQv&#10;rL+QziuturLseALj1u/hgXfqcTjbwekiN9Wbd2LEos3sTXHyl/ca0GbyCiZvOcz+tEI6T5jNEw3b&#10;caDAS6LHR5v+w2jZtQ+7E1J4vG5Tlh0+x2VvkP0JaRxOzeRAWh41eo6kT8x+9rmh/dId/LlmS7Yk&#10;F/Fumx4sPnCay3qQeXuPUb11F6btPMQjH7dgwOL1nPfCwsMXuOvt2uxLzMHhB4dXBJFVfNhtAGO2&#10;HuLhuq1ZeTieJB9M23uCJ1t0Yu6BMzxcqylTt+4jKxBk0/ETPPb6Kxw6cdwItKoEkXDQ1mvzzrH5&#10;KvFlCiKau4y1i+bw8j/vI+HMCSWIyOwzMpeu7nZw4eRJHnrwX/zwBz/g5z/9Ge0++4zSgjz27t7L&#10;z395J+s27lENpyMH9vBfP/oPZs+ai9/pYvaUyfzpd7/lBz/4AX/769+5575/U/2VNzm2bx/33H03&#10;jZq3Jzs5nTdfeJHeHbuQl1+AoyiXeh+9w3tvvEra+XgSjh3jx//9U+Wl8uDf7+X5J57m17//MwdF&#10;EJFGekCG48mxyFvLyudVYQ+ZsbGxsanEtQsiMtS4KkHECESvppn1a3hKCpg3fTLf+8531HP/f3/+&#10;CyZMmqZmB8tNz+Dt117j+9//Hj/4wfd58slHuOO/fsSCRfM4czqOn/z8VwwcNgW3y0/qpSReffZp&#10;VedIPu98+AnJaVn4HQ7idu/mT3/8I9//wQ+496Gn+cNdd/PoI0+QePEsZ84l8OQTz/P97/+A//zP&#10;/+L++/+p4macu5DA+YvxvP/BR6oukXyffPgh9bll03Yunr3AnX/8CyvXbKHUHaTU4WPvrv3cd899&#10;avs//elP3Hfv/dz/wIMkJqXh8vgJBIOUlDpo2aIFP/zhD/mP//hPnnjyBY7HnaasoJRuHbvxve8b&#10;5X/w/vv57ne/w5ZVi7l08QJ//edTjJ+1CIe7FFdpEV3bd+CF514gL7sA3RcgJz2TGu+9W378Nd6v&#10;zdnzSWRn5PHBa2/xadNWlJV5cTnd1K77Cc+88DrpKRns2raTX/7y1/zgBz/k73fdyYP33MtvfnsX&#10;Z84nk5tbSrMmzVV+sv61V9/kxJETFOXk8drbNWnSugelZX40NdW9MR3w1dv4NjY231RsQSTEtXfI&#10;w28SjGltUYLIWV+AxhNX0HDAJPLKXGSXOmk2agHvdB5BiivImYRkPm7SnDWxccS7NZYeS+SF5p1Z&#10;ejyJMRtiuf/d+pwpdnIqp4yPO/dj+MJ1nCqGITG7qD9iDs+17sXImO20mzCLRxq1Z0tWKSccbloM&#10;HK48ULZdzOCe9+ozf/8ZUrwaR7IKiE1OVZ/vdR5I91W72emArjF7+UutFmy8VMC77fsx58AZTrg1&#10;pu05xqttezBx52GeatqOIau3ER+ANacuc1/NZuyPz6bMC0VOP1OWrKJuj8GM336Eez5qwoJD54j3&#10;aMw7eIZXWnVnRVwSD9dqzpiNe7ng9rM0No6n3v+Q2KNxKviqmts+NF1wwFdxOrRruwY2tzumICIN&#10;1Bv9UIkWVFWEAREypCHrKi4mLyMNr7ME3echoKbk9RFQwfLcZGVmcPHiRVJTUykuLlYNYqfTRXpG&#10;DqUlDnSfD6+zjPSUyxTkF6JrOs6SEjIuXSbh7Hlys3LJSMsmNzsPp0zhm5pJhnwvcShRJD8rD7fX&#10;h9ftoDAng4L0ZNz52RzbtZ3xI8eye8ceTh4/ycf1PuH+fz3M6aQUFT9IPKhkticVn0jF7al8bm1s&#10;bGxsKmMOgbmaBYPiiWcIKD6fpJW4azo+FZMtqIZoBGXYjMeNt6yEzORk4s9eJCM1C4fDg6YF0D1e&#10;ygoKiT97huTEi+RkZpCWnqGmfy0rLSEtJV1NVSsdcs3rp6SoiKSERE6fPkdObj4uhxOfy8nWDTFM&#10;mjye7Xv3cuRsAk88+xLPPfcamenpeF1ustMySbgQT0ZGJtnZeaSkZlFU4kDi5ucXlnLuzHkuJ15S&#10;089mpRkxM5wlTrIyctUU8jK1rcTQ8Dhc5KZncuH0eTJSM8nOyCE1JdOIa+fVVdB/oaCgiIvxCVy4&#10;kEBOdiF+r1+V31HiIOFiEonxSWSkpJEcH4+vrBiPw0F6Ri4FBWXocs68fvKzssnLysPn9qtlutdH&#10;UX4BlxKSSLyYRFFBKT6ZOtjrJy8jh9z0XNxuYxbGnJx8UtJz8Hl1td/M9CwuXEgkPU2mLC4gLS0b&#10;j0fD49YoKighKeEy8ecTKcgtVPvyuSU4bBapmfm4fAF0mZQg1OY0X8JZ7xsbGxsbWxD53IQFEUcA&#10;4n0BWo5fStP+E8grdZHv8NBk0DQ+7DKcDHeQzPxiOvTqQ62W7ek/ewU1e43kzlc/YvmJS4yM2cXf&#10;X69FQpmLxEIX7zVrx4iFMexPLabFiGkMi4nl5da96DhhLrO2HeDeDxtTb/gkus1ZzAPV36fmp505&#10;klaghrhUb9eXbtMW8eZnHZm+fjP7k9Ko23Moz7Xpw6Jz2XRbvp27P2zG4TydOl2H836nwfSZv463&#10;O/Sj5ajprDmTwr8+bMTI1dtI8MKy/Wd5uO5nHErIw6VBmVdn3JzF1O7Sj0VH4mkwfBovf9qd/vPW&#10;UKPTQFoOmsLpvAD1eo/loU/a0WHKEur3Hsk9L79FbNxxFbRVphg2BZGgTyNgCyJfO26mICJiiIgi&#10;5n4i9ytvgtAlah7oXq8SQzSfR42xFlHE/O73SdBSaQD60FVwYnkr6JfQIWg+Db/H2N7vdYWnZvR6&#10;Caq5tHUCMkOTy6fefmnikusP4vZqeF1egl5jvVtNYS1pvOB348zNoOZbb/DQA/+gR7eedO3Snf/+&#10;8U9p2qo1OSUOnGoaa5llRgImy9Tb9qwxNjY2NtfKFxFEpF2igseL2OEPEJA2nsdDwOshKDPPeP2q&#10;s+2V+kHaLz4/AQmspkul4SeoSzBXNbmfqg9kqIbURQEtqAhKlHtZr0HQL2l0HHm5tGnehPvvv5tu&#10;vbrTumMX7vrbAzRr0R5HmQMVGV8XAqrcalcSDN8XUMiqgNQVXk3NNKjLjIM+qZu8avZBr1vH4/Lg&#10;c3sISP0m7S2vTtBwolH1ne4zZjD0iZggxyYzImq6Wuf3GeXXPBJkVl5g6SDHIuX3aQTVuTEC7vuk&#10;POKN4dWUmCTihJRDCSJ+Tc1cqOpmdX5EqJBtQuUJzaKo9qUFVWw+yVPaiKqtKLMvSj4yY6OU06sZ&#10;x6y8P+QkGPW21+3F75GXCgG8atIAEUNQ6dRQKLtOtbGxiYItiHwuRGUWxdlAZn7J1YKsPnieNTsP&#10;4/bqON0aa/aeZFXsMbLL3Li8fpKzshkyaTr9Js1i3PJ1DJy9hLiMQmITM5gas40cn06O08PijduI&#10;PZdEqsPH3E076DF5DoNmL+Nkaj6ZTo01h09Tv/dABs1dyNCZ81i9fQ85Dh9HL2cxeN4KWg0Zx9hV&#10;60kqdJDl8LH7bBIdJ81l8/k01p5MYsraXaQ64ejlPIbPWUn3sTMYtziGExn5JBS5Gb80hl1n4sn1&#10;w+UCJ9PWGAFaRW2XsaanEpJYvHU3FwrdnMwto/+cpfQcP5PR81cQn11CvhcOpxXTfcF62kxZSpdp&#10;y3msRgMOnDitKilbEPn6c7MEEclHGr3RBBGZcUmmtVb3ljRsNQ1d86OH4nLIp/HdXy6EKDFE3Xty&#10;L0ojy2jAGeONJVirmbfkJQ27kAuuiCHi4aSm0pbGVqhxJlNWK0Ej1BCUBrrPS8BVRualBBo3aMCr&#10;L7/K008+Q9v2HbiUmo5bxBCZvlreUkrD3J5G18bGxua6+CKCSCRGh11EEX85MvOMiObiwSdpZZmI&#10;GqJSBDWNgAgigaDqfOt+Q/gwMDr6ql6Q7z5AiqgFVBDSpNOnaNroE557/jmeef55unTvTWZ2kSqX&#10;1EfmPmRGQT0QxC/oMkW7IVxIHaSJ+K7qIkOUkDpJBBnDO0XWS10mdZohQhjbyt9yjIZHjPGCTwQR&#10;EYWMGQxV+VVdKuUw1BgRQAxEaQiE6jqj/jPOWQgRN0LLVHtP1ccmcv6NYdOqTKG2tAxVMvIyBBGz&#10;ja1eQEo+MjW9KZKofRj7kfMq+RrXJqBmdBQ9SmZMFKHGyDN0fFXcNzY2Nja2IPK5MCqSsAtekDIZ&#10;OqPJAxiCIqL7ghQ6NEpkqlrp4Pg03H6NIpebIo+XYq+fApePQq9OiT9AiQ6lgSBlHg/Fbq9a5gRK&#10;dD9ZLjd5bo0yn0yLC6X+ALluL7lON/mlLlwuuXgByvxB8r1Bcj0BCvwyNa8xTW+xN0CGSyPXK9Ph&#10;QoE7QKkqb5BiT4BCl588h5syv44jINPmapR4fZR5/Wp++iJ3IBSF3IdbTZ/rp0y28Qcp9EO+18ij&#10;yOOnzCvH6Gf0glV0mrOCPYVuxm85zL/fqcvxC/H4giKIVBwyYwsiXz9uliAiJh4iasiMXzw8ZH/h&#10;8d/qb9XQMxpgRiNKGnleNXOLJjFGFIbAYYwdN8os955xL0p6YyiXFhGfw9xeiSzlDbnI70bjTN7Y&#10;yaf6W71VE1FE3rB50Dxu/B4PhXn55GTnUuZ0q6mv1Qs3HeUZIr8PaehK4856Xm1sbGxsquZGCSJq&#10;SIzqbIu3n1EXqEayxHaSWFS6DMEMCyJKIBevChFGQm1CwagX9HJRRAQGJZb4gwS9ftTUfR43PkcZ&#10;+fm5ZOXm4HDJMFBJb7SNRHiQfFVdpVcmHAMvXA9VRuoyQ2wwRIiKVIjjFtqPvFyQ4SZybHKshigi&#10;9ZnfIPQSQTDOmyFeGPsz69+wWBIpSlRs54Vj84WJ3L4yZvvROLeGMCLlNcpt1PtSj3rFU0dhCyI2&#10;NjZXxhZEKlDxYRm9c24E3jIFEakApG7zKFVb3CEFOZHgD4pSbXSifJJW3kZLYFGJUeDzK8RNUTpF&#10;DuWu6Mft8ynxxC1xDTQ3Dr8fp1K6g2jeAD4h9MBXFZBH3A59uH0aLn9QuQlKeZSAr0lHK4hTN8QR&#10;t6yTZeKSqMt2QbySt3IXNQKeyqdHppyTYQU+vzG+VCpc3bhhdAn8KNtIzANxbxR3SRkiIGkDGi7N&#10;z9p9h3iiYXPueqsmj9dryaBZi8grcypBxHj7bZw/s7FhiiHRz7nNV4mbKYiUD2ERN+eQ+7KJ+j2J&#10;e3NITFDBj3WZItuH1y9TPhuzQ0n8kchGoNmolCl1jfvR+G1bj0swtq1aEJG3g8plOiSIhLeRN3jG&#10;8B2fRz7FvToYck8WZFprwztEiSER+7b+Lqzltn8zNjY2NtcjiEin+SqCiBK2jee3+YzVpcMdEkQC&#10;EYKI+ZyX+sOoQ4w2otlpDyMdc6ODbngZSrBvGWIiwzg9qu6SOkvqONmn8k5RM6QY+zdn55P2l2pL&#10;6lJPWQURiygiw2hUfWLsW7W7RNiIOLZwHiHhXzwnlSBinAM51oCIPRHBScMvsMwXElUIIiGvD5l8&#10;wBQlTBHFqF+vRuVrLESW18Q4P+EXGOochUQZ07PkSnna2Nh8s/mGCyKR7vbyoDQemOZ0sFfqbJju&#10;hcaD2axsQhWCuCyGKgblwq/eKIdmhBBVX/JQD24JBmnOFCHiiKwLXRC1jZRFhBSpUML5yxhK+S6f&#10;pjAjrpxG5zBSETfecqjjUp0sI53Kp4JyHzruSsdoYDQYQrNehMorFXf4vIWR4/VoAQq9fo5fSmVt&#10;7EEOnL1IWmEJLnHx1A0xRVVWljcT0c61zVePmy2IhD1E5Pdi3KORDzPzgRaNqhpUkY1P1VhT9+mV&#10;0ppiiPnd2vgNNTiVO7O4W3tUENjwfW7uw/isqiFYoaEapdz278bGxsbmegSRoBoqaWxvffZGtmdC&#10;RO6n3INCBALx/gsNtaz0XA53/CtiesgaaYx6RwKfVn6WX0vbqGIbyrqvqsWH8LbhvKuqW8L1W3SM&#10;9MY+qq4HzXZm2OPDaD9XRbjuuxIVjzna+al8Pa81fxsbm28mkf2Hr4LdOEEkQk02HpQVBZGqKqiK&#10;2xsPV7NCMB/0FYmodMo7VyIqSAyE8HShphAi68OdObNMFpQgEvGp3pSbwkX4OKquBKrI7yqVxNU6&#10;lxUR7xcdtxbEKcN2/EFcWtCIkRDyQgm/5bCmtfkyiLweN+q63GxBJDKGSDSsZYqk6safOWQmdAxR&#10;zkXVaatqCBpv72TYjTH0JvSbr6I80Yjcl7UBeOXGoI2Njc03C0Mov3pDtqIgUjmfKxFZL0TWGVaq&#10;ei6HRYNIMV1mYjE9E6OnvRmY9Yv5t/UYrgWzrEZe0epBa5szGldui9rY2NjcaMqFb8sw+q+C3SaC&#10;SFVYH+7RHvAhQSSSCt4qJlEEkSqpaj9VYU13PWmvBaPM4tGihgEoAuXBIg3vkOidTZuvBzdLEJF8&#10;rLPMXIsAYsUqKJhYG3kK5RkVQRXpjIZuVQ3B8G9dgroK1rJciahlsrGxsbGpwOcRRCIbwNdEqB6w&#10;1hlWqnpeX2l7K1Wl/zxYG/kV1oX2ZW5XSaipAvGGMYksp5GXVfAxsHqoXJnK5bSxsbG5majnX2iC&#10;BXNY/lfBbEGkSqraT1VY011P2mslXG5juE/VYogtiNweVNVIu777vjI3UxCRRqwpgHxeQcRaVpXe&#10;8pbOPA/We7aq+7YqQUQFegv91tUMN2rseeW0V8IWRGxsbGyujesRRAKBgNo+cqaxz0NV9We057US&#10;UXwy/XvlusZKVek/D+bxVSWKRAoisk1kENlrpaIgUjU36liuF7OT80Wur42Nzdcfsw9heqB/8wSR&#10;q8QQuf4HeVUCRuVKSKFicXw+QaTysJwr7KcSlfO79rTXjpxDFaRVId8rdyqr6lh+NYh2vsw3HCbW&#10;9bcvqqEWgXX99fJVEkQisZ4HwXrPVnXfXpsgYgQmtqa9EpGNTHVdqihL1eWpvMzGxsbm64wKRiqz&#10;oVzFbrQgolCxoipi3VZivd1qQeRKWMsZWd9Yqarc1mO0Hr81/xuF1cU9ki9yLW1sbL65SD/iGyyI&#10;WKnYib3+CsnaIb4RHeOKeUnHy4wQHsm1lNXoOFXMzwxuat32C6MEn8ihBqHgseZy6/ZfGeRcVSUi&#10;mctvrtD0VcEURKTBeSNNGrIisogoYg6bqerN143gesUhaxA7w0248nZVESnsRAo8VnHGmk5hEUXM&#10;bWVmK2tj8YtgdhyuhmxbqYy3CGuZbwTW44uGtSy3Cmt5bwTWY4uGtSy3EmuZvyjWY4uGbGsty63C&#10;WuYbgfX4omEty+1C5DPzWgUREUMEax0SeV6seVdF5DbiYRiJddto21WFNc2txFqWK3Etaa3bXAmz&#10;M3I1rOluBNb7KhrWdNGwprsS1rTRsKaLhjVdNKzproQ1bTSs6aJhTRcNa7poWNNFw5ruSljTRsOa&#10;LhrWdNGwprsS1rTRsKaLhjVdNKzproQ1bTSs6aJhTRcNa7qrIWnM54v8/VWwmyiIfEHMjknE+NKo&#10;nZjPieRniCBGhHNzKrRr2Y9ZtqstuyFYYyVc1RvmdiayvJGCUuQ2tiASiTxQboYgIiYPLBFEJG/Z&#10;j7UR+42jCkHkVr1htLGxsfkysTaCRby5mplei5GNX2sD2iocRcNaHpvPj/VaRsOa7kZgva7RsKaL&#10;hjXdlbCmjYY1XTSs6aJhTXclrGmjYU0XDWu6aFjTRcOa7kpY00bDmi4a1nTRsKaLhjXdlbCmjYY1&#10;XTSs6aJhTXclrGmjYU0XDWu6G4U8WyLrhBvp3X6z7PYRRCp4QFR0Yb8xbo9y4StieIhU5lr2U5X4&#10;UdWyG0IlD5HImCkR66zpbkeUuHO1Sliujy2ImMgD5WYJIvJAlHzN4KqyL/NvQcSSbxouT/i7J4R4&#10;0nwZWMt2K7GW5VZiLcutxFqWW4W1HLcSa1luFdZy3EqsZbmVWMtyOyJiiHh+XKtF1h2SPrIesXol&#10;RCMyjc0X41rvM9nWeh2+6DWx5hENa7poWNNdCWvaaFjTRcOaLhrWdFfCmjYa1nTRsKaLhjVdNKzp&#10;roQ1bTSs6aJhTRcNa7poWNNdCWvaaFjTRcOaLhrWdFfCmjYa1nTRsKa7HiS9VWA1BRCrIHK99cmX&#10;YbeFIGIdw2/lxrylrdzJjpy/vsJYzkppK1OV+FHVsi+MOgc+yznxRhBeVynt7YgZ7+WKokjla2UL&#10;IjdHEDHHf5tKcVUPNSvW8kXDqkTfKqzlvZ4y+0KUH8M1Pg9sbGxsvuqYz1BpvF7vGz2zLhGsQ4Su&#10;5xlsc2OQ62hdZmNjY3OjsIorJpHtbmudcjvbbSKIGPE3IrEKC+GOSaSXR+W8DCp7g1TVyQ4LIlVN&#10;a2bNz1pm6z7DgkjFDtS1lLcqwmkqCiLyPbogcu2dN+u5sa6vapvK25nXpSJVb6uIDIAbdfiMYAsi&#10;JvJguVmCiJj5kDIbtGZDuCo111x3O/NFTFJ/sRxss8022776Js9Ssz64FjO3sz6Pb8Rz2TbbbLPN&#10;ttvf5FlvCuGmQH499ciXaV+CIGLtBFs7vpU7wKaXiNHRNqaelU9dM9C0QMT2xjbhGWNkdooAejnm&#10;zBVmsMaqZpkx8jM8U0QkkXQV54mPhsyEofu9aAo5VjO/ysdVNdZzEhKHFEYgVU1m19AjlofKFagi&#10;mnmYcIwU6wwe4fMRFjWM4zXWhc9LxfIb24X3K58Bn3G+5JxXeayVPETCx2sIVNb9Vd7vN41bIYhc&#10;jchtIx9ytxPWstpmm2222fb5LFodcC32edPZZpttttlm25dht14QqRBDomLn3+wImx10syNvTMNp&#10;iBc+fwCfFlCfpiCiqyk5zdgfRl5mx9r8HvBV7PyH864siBjpTHFDOvmRaao4pghMkSAsLpjiwNU7&#10;9qboYy2LeWxG3j50iasibkgR+4sUJiL3X1kYMY67aoz9m+clUjAJnxcRYnyhc+Mj6JPzI/uW74IW&#10;Ol/GNbEeo+HRYsQ9MY+3sjhjCyKR3E6CyLVu/2Vgm2222WbbjbEv8mz9vOlss80222yz7cuw20QQ&#10;MQQDsxMeKUAExLMhJGbINkoM0YLqUwsJIgHN8OAID9WQvEwRwsxHhIBIQcSgolBilMEYtmN4Mkin&#10;3yo0VDqmCExBQ7xYTE8Wo3MfLo81TTitKVZYBYKKokVAE4zvVRFZxuiiSDSM/ZtCRKQwYpwbI4aJ&#10;9dyIQGIg3yPEE8sxmkN8ZJ0pvsg1iLwO4fS2ICLcakHkastvV/uqlNM222yz7XY3+3lqm2222Wbb&#10;N8VuC0FEZnYzhr1I8C0Dr1/Dq+n41RAPY7iLiApeLYR0ktV6DU0PoOnBkPeIjj8QxKsF8ahtjY60&#10;6ryHZpEpFxoiOuKmiCH79AR03Lofj8To8HnV/O+RQRul3IZoEhnoNBTHQwWS0dS+3YEgnkAAn5RP&#10;RBxfKK0l0KOMtQqfo4peM+XCREgAKg9QI8epzmeoTBFBMb2CJc5J1UEmTQHJSGt6bMjfXl3Ho8v5&#10;0PCFlpnHbM5u45PrqOnq+Fx+H07Nj0vSBcCrByuJGJJ/WFyqLPxULYTYgsjNFkRss80222yzzTbb&#10;bLPNNtu+iXbrBRElhlQURAIRgoiIHR49gEOHUh2cAfCImOAXkQM8uoFbC+L2a7h9mvrbpYHDF8Ch&#10;BSnz6bhkfQDcuogk4eElIlgE/DpBHfxeWR4WWlx6AKceoFTXKfJ5cIkoojqk0iEPD3sR0UWEExEL&#10;DCIEEb94QGi49CDFigBuJQ4YQo8SFiIEigod/VBAWSNv41wokaeSIBISCCR6e3kZQmkl8q/fKLcq&#10;e8SycNBaEX80vCLQ6AGFEpLU8YnYJNcAdQxOuR4iLvlE9BA03H6vIYAEdMoCQUp1IUCxplPk1yjR&#10;gjjl/JZHOQ8LL6anS9hrxjxGA3NZxbgrtiBiCyK22WabbbbZZpttttlmm2031r4EQcSKdJAl3oRM&#10;d+nFqWnkB+GyB07kukgo9lLskw66eHwEKfYEKfAEKRJ8QUoCQQp8kFbqI8sdJM8H59Pz2bT/NFmu&#10;AIV+cEjeuhe35sGtRAUIaKD7we8Hrw9cXijzQ5EfYmKPMGb2fHJKy3DqOs4glAVQgoDX51cCiHhC&#10;uILS8RfBwBBFyrwe3IEAzkCQS4VlrI87S3xBMQ7p3OtBvEFUXiK4SDolMASCKh+PeJPoQVya5Is6&#10;rtIAlIa+lynPCxFXAniCQbySTgQjXcoWpMgv20t5gpSIMBQM4ght6/SJx0tQiUVSNrcILSruhx+n&#10;x4dPjs0XQJMy+IOUaZBc4iI+30GuR9JBiWacmzIdHCGhpDgQ5LLTx8VSLzk6nM8t4tNBI9h+Lp68&#10;QABX0Kc8bcRTximiSjCIpov3iJRb8g3gFW8SEa40A4+G8u4RlBBUHvw27MnyTcMWRGyzzTbbbLPN&#10;Nttss80222683QaCiAyfkCET4iHhoUzXyAjCsnNp/K3Wp3Sfu4p0pw8/UOj2KeEj2w/ZXkh1+0n2&#10;aRzPddBj5gqmbjvC6WKNGRtjeadVb3YlFZDi9lHg9+EIeCkN6hToQXJdGnllfkrLO/oB8r0aeX6d&#10;BIfOwr0nGbFwFYmlLnL0IIlOL4lOH4UiWASDFHu9ZLi8xJd4SXP6KfTrSozI9/pJc/o4X+xm9cl4&#10;3u02mC1nEijxByh1ByjwBkmSMns1cvxBinTI9gVIdnjIdmtKAMnXgqR4dbVNqlcj0eUjQw+SL+v8&#10;OtkuPxkOjSxngAI/5PgCJBa7yPDpZOpQoEOhBhluL9keH4WasR9ZlivbeLzk+fxK6Clzu8l1ecj1&#10;aGQ5/OQ6fOp8yDEvPHCCLjOXEJddRm4wSGYALknZXRq5/gBZTj+JTp2xWw/SZMJCTuS5OJFTQttx&#10;04g5G88lj5sCbyn/P3tnASbFsb39+/1zJblRiCtxF+J2kxAnTpwYQQOEEIImkODu7h7c3Z0FdmGX&#10;dXd3Hfff95zqaWZ2diEkIXbv9PO8z+zOdFdXVVfXOfXWkUq7jQq7hxKrEFYuKuxQYHWRbrKQ53RR&#10;LCSXR9rmId9kp9Bsp8YpxBDKakWPq3KymCT/CwgSIsEjeASP4BE8gkfwCB7BI3gEj+Bx5o8/ESEi&#10;8Sg0QiTZZKXD3JX87T9v8GTn3hzOLKDMDtvD4/hh9lJiqq2kOzwMWbGR4et2MHHHES589h2uf6cN&#10;U/ZGMHNvBA9+1ImWw2bw9jd9mLJiJRmV5RQ43MzcFsKnfYbxbveBjN8YQnSNjT3p+QxYsIouUxcy&#10;cNUOFh1NpfeclezLK2dZVBLvD57Am31G8uPBSJIqrRzLLaPT2Fk07TqIrtOWEJpXSabFw7aYDDqM&#10;mkaz3kP4eNQ0Hmzfmy3JeZQ6oNwKB1KKaD9lAV9MnMPSI7HElFkYsXIrb3Ttx9ejp7MrLp0Us4eR&#10;mw7SafICvpowh7e6DmDe3giiS03sisvg2wlz6T5hPssORnO82MrQxZt5pVMfOoyex/6ccnJtsP5Q&#10;Ip/3Hkm7/mPYcCyWXKeH+Eoz389ZxoffD6XTuKmEF5aSYjAzdv1WOo2bTYv+o2j5/TA2H0/lUIGB&#10;F7sN4Pwmb/J672GElNYwOzSeDwaNp92oKfSf+SMDZy1mYWgCN3zWnb89+S59pi9jb0oeHSfMZOaB&#10;UPrPnM2WA3sps7vIqLIyaMYSNh5LIiS/irbjZvJ6n6H8sGITRyusZDrczN4Zwsf9RtFiwCi2Ho+j&#10;1GjFobIHBQmRICESPIJH8AgewSN4BI/gETyCR/AIHmf++NMRIjUOG6H5hTTu9C2f/rieBzt9x/x9&#10;xyiwwbjVu2jS+Qd25ZuItXm44f02fDljKWujs7n7k868P3Q66xMKmLk9jGubvM2AhRsYMX8FzT5p&#10;wbqdu9gRn8tLnQfRYcw8es5aw0Of92Tq3nC2ppdx82uf8WafscyOyGLE5jDe7DmMH4+m8HzngXw2&#10;bgnDN4fTfcYaVkVk8engabz43UQG707ihW/H88X4H1kZnsnHP0zgg29HM2bdAd7pO547WvRkQ2qx&#10;IikK7fDj4Tj+dv+zfDZhARsS8lgUEsWjbXsxbEsorYZO5vUve7An38DL/ady80edGLJ2F30WrOGh&#10;Ft2YtS+KeSGxXPpMMz4ft4BliXl8v3IPTXoMp//WCJr2m83bQ2axIa6cD7qPpd3oRXy7aAcDf1zN&#10;kcIqBi3bwovdR/D96iO81GsUb38/mpASGy/3HsUjHQcxeksYn/efwDvfDGFdbDFfz1zLvZ98zZjN&#10;h1kZm8PdH3ehxYiZjFm5hVc/aUvTj1qzMT6fN4fO48r3urA4JJG9acWc/3RTpu0PY/DshXzTpx8Z&#10;NXZWhyXwXJuezNkTzaej5/DuiFn0XnuAl3uPofvc9ayPyeS+jzvQcdZKev64gfFrtpFbYdCy9Ngl&#10;vW+QEAkSIsEjeASP4BE8gkfwCB7BI3gEj+BxZo8/BSHisGtZYOxOK0aXg+lbtvB0j77MTS3h47Gz&#10;aT98OtkWGLP+AE26DmRnvplYu4cbPu7IlzMWE11h59XvhjJw/V7iTDBnWwgvduhGSF45cSUVtGjb&#10;ggkzp/L9og282HM4IWUW4uxu3ug1nJe+6c/KuHxe6zWK+VF5HLRC16VbeKnnAFYn5tBi+Ayufa0d&#10;fZbuZn1SKWuSiznnxfd5cuRC3pu/nacHTOf2z7vSY+FGbmzWii3xhaRaPcwPTeLRLgNZkZJPrhvy&#10;HDBz/zFu+LgDe4osRNXY+GTQCC5/6xNazl5Oi9GTueKJJmxMKeT9MYtoMXEJsSY7sUY3L34zmA4T&#10;5jN+xxHu/vRLVufWsN/m5G+Pv8TD3Qfz+fxNvDV+FX975BXmHUrl075TeODTrvyw7iCb0gvZV1TN&#10;Q2178WjXUbRcsJt3J6zg/Oc+ZFliGa8Pm0ub+bs4ZocFR+J56MP2bEguYVpIAq/3GsbuzAoWHIrj&#10;xjdbsTe3kiyrg9lLFvLa++8QklNMj+XbebLbMGJqnBwtMvHPp15kTlg06w5H0uGbPmyJSKb79CV0&#10;nPgjP4alcXPzL2k2cjZfzNvIqz9M5JGWPZm9P4qnuvTjquYd6L/lEDvTiymzegO9BgmRICESPIJH&#10;8AgewSN4BI/gETyCR/AIHr/B8QcQIoHBMe04Ja2tWIi47JSZanj/y45c8/yrvDdsCjc1a8F/WnUh&#10;JM/ArIMx3Pt5Z9aklnKw0sIlr3xIl5lLiSq38db3w+i/ZjvRNS6mb9zDG1/3IqKonKSSUjp+3YFR&#10;UyYyas1Onu70A3uKq4m2OHn6i5689e1gNiQX8Na3w1mVUEC4HX5YuZ23+wxhb245a2MzmbAjjE9G&#10;zeKNb4cxdM1ubmvegdfGzKHdsp18MmUp38xdzbhtR7ixWWtWRGSSbHMzZd9xHu3Uh1VJ+eR6INfl&#10;Yda+cB5s+Q2hRRaSzTZajxzF9e99Trelm/hu/mLaDRzK7pxKXho8g4/GLeB4tZWoCitPt+nJt7NX&#10;MW3XMR75vAtb8wyEWe1c9sp7PNZ1AF+v2kOL2etpP3U5O+JL2BpdwORtx3hv2FSadu/Piphsnuw0&#10;gHs7DKLzijDazdlK+ynL2JJVxTvDZ/PVwm1EODzMConmsc87szmxiCk7j9GsxxB2ppexMiqDCx9v&#10;yua0IpINJkZMn8KrH33EgawiBq3fzX86f09UpZ3wYhOXv/gGC8JjiKww8XG33rQZOp6mnb9nwb4Y&#10;tsUV0fiTr/lgxGz6rN7HZ6Pn02/xdg5kG1gek8vQbaG0HDePT3qPIDmvWEunrILuejME/Y8iSIgE&#10;j+ARPIJH8AgewSN4BI/gETyCx5k/fmdCREuzWzvVrB27zeolRBzEpiby+AvPMXHpWjbHZLE4JIaX&#10;O3Rn8pa9HCis5KHPOvJar0G0GTuLfz3wDF0mzCWu3M6ng8Zw34etWBoSycwNu3mzY1fiiyvIKqug&#10;VdtWjJwwgV3xObzS+Xve6DWYFsMm8egn7VlyJJItSRm817M/W5PylYVJ/wVreLNTD3bGp9N76ly6&#10;TJxFhylzebpdVxYfjKbHlB95qWsf2kxeyAcDxjJ3TyhH8qr4eOAkHvnsazpNnM+znftwy9st2JxS&#10;RJ5LLETcykXm/nfaEFVopMDpZl1kJA988gWthk+h07BRDJw+i6NlVp4fOJWGTZvTcdxcWvcdy6Pv&#10;t2VlaAJLDsbwQLPPCcmrItnuZuquwzzSpiutpi7m5T4jGb5kG4eTy+g/aQldRs/mg0Fjeb7jtxzI&#10;rWH0hkM8/tUQ2k/fxDt9JzN67S6iq2y83nMQfX5cS5zDzdKIFO548xP2pxawKSKVx95vwzfj5rAu&#10;OoPn2nfnte796DByPE82e5uXP23JoawS5uw/xgWPNGHC6h3sjMvissebsPhoJKkumLhpG+c/+CRN&#10;23cnttBAapmDDkOn8/JX/eg4YSGfDprMnF3HOZBSRruhU+k0aQEdRs+i9XfDSc0txOnSssxoFiJ6&#10;qub/PQQJkeARPIJH8AgewcN3eDyewK+CR/AIHsEjeASPX3T8OQgRuxWHw6YIkbScTNZv30J2UQXV&#10;dii2eNh8JJrNYcfJsbpZHxbD0PnLmbp2G9PXbWdvTBplDgjLLGLM4jUciE0jMr2AVbsOUlBlpsJg&#10;IeRgCEcOH6XA6GF7VCpDflzN4AUr2BwRR6bJSnxpGUt27yO2qIICB4Qk57D+QCiZ5dUcTkhl4rL1&#10;3vMTyDO7SS43M3HtVvrNX8XUDbvIMtopsHg4nFbC8B/XMmzxWqZu38/0HQeIr3FQ5vaoDDXHc0pY&#10;tiuM7Eob5Q4PeRY7K0KOMWTeMmasWk9UTj7pZjdvDp7Cu/0nMG7VDgZMW8iemFTyrG7CMwtZvvsQ&#10;mQaHyiiTYnQwe+dhBi3ZpKxfUsqtVNjgUFQmYxesYdiPq9gUkUCh001ipY0p2w7Rb8EGJq3fQ0pl&#10;DdkmM+vCo9mVlEGmw0NEURXzth8gq9JEVpWdlbtDmbV2O+nVNg4k5TBi4XLGLV3Bqr372bAvhLwa&#10;OxmVVuZt2cvK/WHE5lcwa+M2IotKKAHiy6oYuXAZGw6FU2r1qAwzGZU2pq/dyaA5y5i1YQ+5RhtF&#10;Ng9bjicz+MfVTFi9lcMJ2VQYZEyIhYiQIv+77jKCICESPIJH8AgewSN4+I4gIRI8gkfwCB7B40wd&#10;fx5CxGnD6ZTAqnacTvnehdUBRgdUS4paSd/qlPS2UGF3K1TZ3VTbPBjsqDStFgeY5W+bB4vdg8nq&#10;xmp24rK6FUwWjyJZJAVtpaTcdXgwuFyY3U7MLhdGp0d9Z3SCTe5vd2B1OFXZZpd2D7mX1Mno0uHB&#10;4HBgsju1+zug0u6kxO5Q9a1yuTE6XZicTu+ndr3JARaX9lnj8FAj7bE5KbE5aTNiGgPnriLP6KDU&#10;7KTK4cbgQqWjlfqV2yRNsJtSm0cRDSVWD9VSPxdYpe7eulZYXCq1sLTH4IQquZddg8HmwGizUOVw&#10;qrTBkvZWUOnwqD6Uvpf2mOxQbfVgVH0q7fNgdLix2tyYLW6MVg81Dm/ZNjA4PFTbXNTYnFSp/nNj&#10;t3u08uQZSf/ZoUqVCSardp2UIXVV9XWA0w0eL2TM2J1BQuT3IEREyXS73YFfnzjk99PF6R6B150M&#10;p3sEXncqnO4ReN0vKeO3PgLrdTL8UUdgPU6FP+oIrMep8EcdgfU4Ff6oI7Aep8LpHoHXnQynewRe&#10;dyqczhF4zalwukfgdSfDb3GcSg7ox8nurX/v//vJzg08AtsWiNOp11/xCGxnEEEEEcRfBTIvy+fJ&#10;Dv08////bMefghAR6xCnw4bLC7dDAmnK725sDrDahRyxYXM5sbu1Bb/ALnB6sDs0OJzgdIHLDx4X&#10;4NQgf9vcYPJokL9tLhd2t1P7lPJkAe4GtyrAgcflVItzgXyl/y3naHDj9Nhwu+2g7udRrh5mlwOT&#10;Invs2B02rC4bVqcdq9OFzelW9XVKve1uRRqYHW5MTjfVVjudh09mzJzlVJjsGtHj9hIy/vB+J7/Z&#10;PGDHr1/cPljlO4cHm92jyAzVnw5UBhfpa7PTjVFIG5eQLvLpwinpbgUuDw63B6fbg9ulQ/oGb1u1&#10;vrB6wCr9Iv97f/c4tfPlUzrK43DjcIDLrp0jfSefHqfWr77+9Pa1E9xeOKTezv9dUuS3JkRkYnLJ&#10;+LfbsVgs6j4Cm82mjV8/yHf67z8FKet0YDabTwuB150MgdedCoHXngyB150MJpPpBAJ/C/z9VOf9&#10;EgSW+2sRWP6vRWD5ZwKB9/i1CCz/TCDwHr8WgeWfCQTe49cisPxTIfDakyHwupMh8LqTIfC6UyHw&#10;2voQeM2pEHjtyRB43ckQeN2ZgMiEnyIf/JVhp1c+67LC/29ddgR+Hyjn/M89GUS2BMqln0KgbPq1&#10;CCz/ZJB2Sb8EQvo2ENKHJ0PguUEEEUQQfybo81rg3BVInPyZj9+ZEBHUDaqqAqv6QTLOaIE0NQJF&#10;PrUYEgL9eg12BVcdOOxuLzw47R5c6tOFzeHC4tRgU9c6vNDLEbJCu58QBvIpvzvtznog9bfhcFhx&#10;2a147E48dqm3HZtdhL8Nl00je2wOK3anDbvToRb2WmwMl6qTw+5UdbE5HFhsdrJLqigoqcJmd2Nz&#10;epTVh8Di9GBxCITUEKsLITh0SL21zCwaceDC4XTjEMLIrvWJnON0ehRcThduZZEj17ixudxYXS6s&#10;QgB5hbbDqfWv9LP2DLQ66xBXFinXKteLVYcXLocbt107Vz6lTyQOiLL0sAl5JUSWkDJyvkYMOU+4&#10;x8inG5fTB81C5H/XbUYUq9+KEJEJKlCRFQQqof7KaCBZUB/kvMBrTwZdyQz8PhCByubJEFjuyRBY&#10;/qkQeO1PIfD6U5UTeM4vRWC5vxaB5Z8JBN7j1yKw/DOBwHv8WgSWfyYQeI9fi8Dyfy0Cyz8ZAq87&#10;FQKvPRkCrzsZAq87GQKvOxUCrz0ZAq87GQKvOxkCr/u1kHlU5MLpEiJyrlznXx8po756+s/Vgb/r&#10;CJQngfi5bQ4s3/8e/nU7nXL9zz+TCJRjQQQRRBB/FfjPYfK3zJH6//4ksL/s+LMdfwAhcqbh9JIA&#10;flBWKPWhNplyqgW2IgV05sshC/r64CNvZMGvkQRamf7X1JchRftdJxjk00sGOXULDS/ho8gMj1/7&#10;dOsSX3wNHVo5/vULTFer/e87T6+7r96BfVu3D+uDkBYaseFyejQCw65f6yVWdOikVa1npZMtvowy&#10;9aFu/f43IBPKb0WIyPgOnNgEgXXQoU90f2b4K7mB7QoiiCCCCKJ+yPzuP9+LHnKqw58Q0cvwl1uB&#10;0H/z31kMtILQCfpT4WRWFv44nXL0sgK/OxlqnxuoS9Yt53TqGUQQQQTx3wJ9PtdJcoH/93/m47+C&#10;EKm7QNdJgEAEnqOfF1hmbUF2ckLERzzokGvFCkSVcQpCRPtdIyh0CxiJoaINJIEI9PrqqZMa9aEu&#10;IaKsNBxO3HbHCauN2ufWJnJq42R9dhJ4XW3kbx8hUhu+IKl1/9brpPddfahbx/9+iCL5WxAiosjq&#10;91AEoG4ZVE8dfg8EKs+/FQLvK/Bv/x/dD0EEEUQQvwUC58Kfgug/pzoCCRH9PvXNn/XNvX/cfFv3&#10;fqdTB/0cu10gbfbHqfu3PkuQwPKDCCKIIP5b4D/PBQmR3wX+hIc/As872bmB59SPwIW5htoWGkIq&#10;aC4xtUmRky/k5f5CCMinv0uQ/p2/RUegNUpdCOkh7im1IS4rmtuK/r+7HiLl5IRIXZyw9vgFCCxL&#10;ledHish9/fswsD//FyETym9FiJxKCTxBCJ7inCCCCCKIIP5YBJK5gQg8/3Rxugqs3ENf7AeWIfg5&#10;BEBg3QMReP7Ph5Sh61iBv50m6pAhP02I1Ic65QYRRBBB/BcgcJ4LxhD5HVCXpDgVAXEmIcJUrCE0&#10;iwhdwMrC3Xaai/gTLiSKLNAy7NQW1v4WJNIucauRTz2mh6+9QpTUT4ho37vldxmU6n8hQdy47O5a&#10;1iKBfXgyOFQWoJ+CTnj4W4j46i3t18urTZT49V0g6unD/wXIhPJbECJy6ApmoNmbPwLr83vhzCvC&#10;tRFY/q9FYPlBBBFEEH9ViLz5KQsR/ZD570wRIr8d9PufAUKkll7j02/qnudDUFYEEUQQ/ysIEiI/&#10;G5pgCFxwnwqBZQT+frLzAhF4/k9f5wssqp1Xd7H/8wiRQOsJnRDRyw4kFAK/8/9fj8HhIz4CobvR&#10;aH/rrjO1CZHTwan7qHb7AhWG2v3n1+cB/aT1W+32+RB4n/9+/FaEiExOUrYosqKk+ZMgEj9HoAIO&#10;y4R2hkipE0RXPb8FQquTVi+fEvkzxkK9Fkn+5f8cUkSrQ11orm2ae1s9dVDw9t/Pen+CCCKIIP44&#10;iLyROe50DjnvpwgRh/e3QJ2rPgRer6HuHK5D7l+/NaPfNUq/qrvpVH+ZgXJD25yqfV1t/aa+ck7d&#10;nvrbHPh/EEEEEcRfDUFC5LShC01NiMjkH7jwrg+/Vkj4ExT6PXXrCf0egddo0ISfL3aHdn0g6fFz&#10;Fnu1hbL8rxMi/gpFbaGrESf+hEGgMK6tjGiZcur246/Br30Gp4fAtp1c4TjRbz+FgL75K+G3IET0&#10;yUnKr58QkXTTGinikHTX/lY79dTxdPpbJwsFWjl+5zltXniVZqdLBRjW4Xv28rdulVXfePCNUe19&#10;0ecYXYnVz6u/jno99c/a75pehj/83k+VdaquILBJJippl10yTv1e71AQQQQRxC/HzyVE5PzAMnTI&#10;XOiUmCQq49ypcfL50X8erj1/1yZE6tOh6iNE/PWK+uD7XZNHEjQer/yR3wPrVxd1CI8Ad2rdFVpl&#10;M/T7vr4+0OVJXVK+fgRe/3sisC4nQ+B1vycC63IyBF73eyKwLidD4HW/FwLrcSoEXvt7IbAep0Lg&#10;tb8XAutxKgRe+2dFoB4cJEROCl1g6YuV2oLjZKhbzs9DfYSIciHxE8aB12jQhGMgIaKXGUiMnD5O&#10;Nbj9hbL2t3YfEZz+i04/eBeTerl/XUJEoLc/EIHn/ffjjyJEdEsRzdKibr1+LpS1iV8sGW3HzVu2&#10;0+qFluXAP+2ynnpZO1fLaKSh/nqpdNjiz636zqn+lt1J/8n5dFCbANLvpb+Ten1+mhBRdarVh6df&#10;hyCCCCKIPwJnmhBx2WoTIroOFoiT6xj6fCufpyBETuhBJ7vG/zsd/gSJP7R5W7MClJhbQohoc73/&#10;PP9LIXJJiCL5FOLcbrfhsFsV1N9+7futFkSBC65TIfDa3wuB9TgVAq/9vRBYj1Mh8NrfC4H1OBUC&#10;r/29EFiPkyHwut8TgXU5GQKv+z0RWJeTIfC6QJzueYGoNc8FCZFToTYhUvf33wZ/PkIkEIGCubaw&#10;rm0hcjLo55/c8iaQaPq5qHvPM43AfqitnPhD6hPYvl+D36d9Pw8yoZxpQkQOf0LE/346KSK/y0Qo&#10;99cnRf03/Vz9e33S8/9eL0snXPTI/A612+Y+QVxIn9tsFpwuO06Xrw7KDcyppeuSZy/3sFpF8XZj&#10;s7lVeXqdatXfCzVe7Fp6av16vZ4nm+BPCAovuaG+85bnlu8DxqNqxwnCxve8/BVetQuo6ujCJnVS&#10;SnvdewcRRBBB/Fkg8/bpBlWV+e1UhIiaB202pW85rJqlnAQm1V19TwZ/wuCE/FB6gMiU2vfQ5YDI&#10;En3+FSLD49ZIDHG/1EkRmePdIsvUfaQOmpyoPb/rrpDaPO8j4+sSIlobdVnmzSQj1pBel1T9HK1O&#10;cp5fgHwJeu9yq3OFBHFK2xQ5Iv2pt+OXLUqCCCKIIP4IBM6PQULkpAggRPxIhVOhbjk/D2ecEDmj&#10;ddRJAP9Arbrw13B6hIifMD+JsqEt+vXdkto7LX8e1G67D7XP09p4uqjbF/Xhz0aKyITyuxMiOtHg&#10;ta6QPhEFUicgThAHJxQ1DS6XljJa+/SRKPo5bpfsJrpx2KxYTQZsZhNWi0XdVzvfZ2khSq9SCpW7&#10;iR27Uixd2G1uHHafhUgtpfTEc9TeJ7vDg9MlCrGvfXpdatffR5K4XRJbx2e5pspTxIaeXUD6xZcW&#10;2ynKtDfGiN5/Uh+lCMuiwmFTZIrd4cZic2JV7as7loMIIogg/iw43aCqOnH+U4SIx2HHI7JEzeMa&#10;uSHzrNuLEzJYtyKRT+/f/oSIJlNkvvaRDDpRL7/ZvESC/CaEusgb0d3kevWbUyMYhIRQ+pyUadNk&#10;huZaqelhYhGiu8eouV7mfUWIyHdau/zT6Cp5oVsjevVNm5zjtzBQcsouMsFrLWNz4nF48Ij1iUvS&#10;Unq0evmRH0FCJIgggvirIUiInDb0xYt3IaWbpp8gFgIDjop1hGYh8WsWEvURIv5kyMkXwpqQ1FPg&#10;6uep8vzK1MrX6/hTkHP9iQjtHvVlrlG/e/tGC9iqxSTQss74oNVFL8eXnSaQEJDdB1/MBl/chr8i&#10;fCTV6SCQIKkLTSGqe58/Er87IeKN2+F2uqipqiY6Koqtm7ewbfMWwkJDMRoM2u6aHttDduE8IJuJ&#10;DhdYHR4sNlFANYJEDhmfSmGWzEZODx6HjaKcFJq/+xpbNm3CbhOFz63Kkb81QkYUSzMutw2X04LD&#10;bqGivJoxo6YScuAYdpsdi9mi2iHn6+Pd47TjlvfE4cHmBpvLg91hxaUUYU1BlvfDarVhtdmwea1W&#10;3DJhu8VyxaoIG0151XYoPU6HbIMqZdXtkvtJmVKWtE0jUNR84iV1nG43MvUryxebAbvVRGWVCYsd&#10;7ErRru0qGPjMgwgiiCD+SFgsFrUI/6lDrEhOToh4N1zsVpD512wmNSmZ9PRMrDavVYUeX8RPDovs&#10;EcicK1DWIEq/0Vwo5X+z2ci+ffuZNn0WBoNBczuxWNiwdjXz58/FbDOrOFgyDwsR75aYWEoG2BXp&#10;LSQEQtCLDPMSFSJHPEJKiDwTLkhdLNdKAHKZs4WM91q2uDTrRUVeWG04bELaa2UrS0CROyIPlazQ&#10;XDfdDhduu10VLrLCbZe2gsMJZdU2TFYtVom0Xel0qu/suJwil326589DfbpnEEEEEcRvhyAh8gtx&#10;YhfWu3j3mS261aLGh9qm6b8WP39BcjrCxEdInBo60SFEhr4g9RJAamfbCy8RpJMhPkLEisthOQGn&#10;w+r3u89dRmubXif5W+7nF6/hxL1/HwRa1PxS+MoM7NdfD39LnFPhVAFEzyT+CEJEU8g0N5Pjx4/z&#10;6aef0uGL9mzduIn8rGwy09JJSUqmqrqG8opK9h04RFRsIskZ+RRWW8gqqiQmJpnDh0LJycrCYTNh&#10;NtYQG53E8eNxVJcVs2nFHN5+5RGyMlKoMZiIS0gi7Gg4ZaXlWM0WigpyiI2LICMrkdzsOFKTo4mL&#10;TiQ0JI6stGIK8grIzMgk7PBhivJysdsc2Mxm0uKjiTh8kLSMbNIKKqg0mXHYDbgdJiorqwkLjybi&#10;eBTpGelUVtdgMNtJTM1iX8ghcnIycdlMWEzVJCYmEBYaRklhIS6xaDHUkBQXS0RYKKXFJZitTnJy&#10;i6ksqxCtGkNFGSUFhZSWlhMVl8CBI4fJzErFYSll5/ZNfPRZWxLS8zFZ5R3XSB9d8T+d3T+fpU3d&#10;34IIIoggziRON4aIIqT9XCOVS6DKUCbWExqR7bAZwWmlODeXL9q0p8vXXbFahSS3UVNdw5FDhzkS&#10;cpiK0gosJiuVFVXERMUQFRZGblYGBYV55OTlUFJahcPmxlBdRUpyIhmZuYQei6egsJjEuHjS4hJI&#10;iorg6LEQ0nPTSMpI4fCRUGJj4zEaq7DbTFSUlXI45BDREVHk5eRRVWPAIq4pNivGmmrSUpKIOBZG&#10;anIyRQUlOK12KsrKCA8PJzY2FmN1jbLuKC8t5fDBg6QlJGCtqsZusal6HAkLIyEpFZPFSWmllaTs&#10;MixiHWi0kZeWRXVJKSmJ8cTFxxETGUlZlZHcKhuvf/41S9bvpqS0WlnRuB1WnDarIuhdDpsXmiVK&#10;4LOqhXo3uXT9Jig/gggiiN8eQULkF8JHhpyMEMGLM0uI/Daou8A+Ofyya3gFnbbLrVmj+HxatQW6&#10;1QuNEPGRIRqs6hw95W9tQiTwfv6ESKDg/G0RSCqcDKcfYyGwT88E/lxKwx9DiDiVu4duEjx1yhRm&#10;z5yFqbqGhOgY2rVqzaKFCxWBMWDQUGbNWcDYiVNp82U39kWk8MPwyfT+fjDTps2k69dfk5wYzbIl&#10;CxkzchLLlq9hx6Z1zBrfn2ZNHyQy4jBr1q5j2oxZLF++ipHDx5Icn8SKJT/Sts1nhIXtY8r4fnz1&#10;5Wds37KTFUu3ELIvkmGDhzF75lTmzJhE3969iI5OZOf2vQz4tjtL582ke49v6TtyCrnFpTjtBmoq&#10;ihg7dhLDRo5n0ZKlfN6qJcciI9kXEkaffkNYtXY9Y0aPJCk6nAP7dtFvQH/mzJnDqOHDSU1MYMPq&#10;VQzp349pEyfQ57vvSE7PY+qM+ezesVv8gFizaAkb16xn5849vPNBc2YvnMf3/b4l/PA2Vi7/kdvu&#10;eoDt+45SbbL9bELE3yQ88LcggggiiDONX0qIKLhEXxPZJe6QZhy2GlxWI3u372Bw/6G0adOO5ORU&#10;ysoqWLJ4KdOmTGPOzNmMHT2GmOhYpk2bwYTxE1m7ZAmfNf+AZcsXMWP2DNau26LcJRPj4/i+z7fE&#10;xCby45J1bNy8hU7tO7By4SIO7drB0mULWL5uGV9+04m169cxcMAAtmxeQ3paEr2/6820ydOYNnkG&#10;nzX/lMjoaIw2q7I42b93N0MG9WfRwrl81bEjkydMoSi3gNkzZzJlyhRGjRzJyqXLSI5PZPTIUSxb&#10;/CNjhw9k//Z1ZKQm0aVbTyZMmszQ4aNYuWozew7HMmzqQspqzGSlZTN/8gwSjobz6ksvsWDhfL7r&#10;2Z3Z8xcTk1vJlQ+/QL/xc0jLLtBcNMXCRSwMfxEh4mf9+zts2gQRRBBB+CNIiPxCBAkRjRDRrq9t&#10;YWK2CHHhVESHVcxYVXq2+gkRrTxfXXyCM/B+fxwh4m+VcyoEXndyBJqDngkE3qN+BNb559f99PBb&#10;EiL+E5YO5aPt7QdRcsV0evbs2SxZtAir0cTxsKP0692HjLR0lixZwrff96OkykxscgatvuzO/qgM&#10;+o6ewdbdBykpreCr9u05tG8HkyeO4dNPW7F23SZSYo+xZ9MCJo3uQWF+Eq++/hotW7dj6rTZ3Hfn&#10;Q2xYuZZZkyazdtUySksyGTP0G1avnE1RQQFzZiwjZF8ME8ZMIiE2goqSLEYOHcjYCTNo1eorjoXs&#10;w1iez5q16/mq91Byistx2M3EHA+jZ88+pGbkUVBYQtsO7Tl49Cgjxk5mxeqN1NSYiIs6Tsyxw4we&#10;OZTomCgqKyuVBUpibAwfvf8eUeHHqCoroX/fvqzcsI1hoyayesVqPDYbcydMYvmPy9m+bS/9Bg+h&#10;pLqM6bPGM2/mSEIP76NN+y7kl5mxqLgmmqm1bh6u+4z7CxH9uajnESREgggiiN8RugvMTx06sa7H&#10;HJE5SulqihyRwKwSJNSAzVjJ/JmzWbdqAwsXLGLUqLFERsYysP9gMlIzqSovZ/fO7ezYuZuvvulJ&#10;ako6lQUFDO77HdOnTWDcxHEsWbYaq9nB8fBjtG3TgmPHohgzfhar16xhyoSJ2KoM7N2yianTxjNx&#10;5gTGTZ2AxWJm68Z1DBn4LXPmzKB7z96UlRlIT87k4/c+Yv+Bg1hdDioryhg6eCA7tm3GZKhiwby5&#10;9P9hAJHHItR8X1RURHFREbu2bWfjuk0MHTQMi7GG7LQ4EiIPsGDuTIaNGE1pRQUHQkL5slMPfly1&#10;ne9HT6ek2kRKQhqTh44i6sBhOnf8krLyYiIjwhgweAQpZXY+6D6IbUcTMNrEbVNirZgUGfLLCRFd&#10;z9Ozt/2+ul4QQQTxv4tAPTZIiJwm6hIiehyN2i4zvvgasijQgxqeyQXCz1sQ+0MUAXnYmlWHfwyQ&#10;U8HrdqE+NXcZq4JLxT2wOF1YHEKGaISIIkVOWIhYlZtMbfjVqZaVxakIkd/PZUbqV/tZnxyBJEMg&#10;Ass+Uwi8z6lQO/6Ir96BZf5a/JaEiH8EfB1a2zT/bvlf7jt9+nR+XLBAESKRx8IZP3qMMhkWK5GB&#10;Q0didkNucRVdeg9h9/F0+oyazsHwaExmK0N+6Mu+7ZuIjTrKrp17mDlrNisXz2bb2pnMm96PivIM&#10;3n77LaZMncHOHfuZPnEOseExzJ06k0P79lBTmcvMid8Rdngz1ZXlzJq+lAN7opk3cyEVJfnYjKUs&#10;nDuL8RNn0a59V9LiI3HZKtm//yA9+o8hr0RMpc1EhR9mxIgxlJRXU1VtoPt3vTgUdZwxk6ezc/d+&#10;1R/FebkkRIUzcthgUlKSVR+UFheTnpzEG01fpjg/D7vZqHYK5y1fw/Cxk1ixdDkel4vZ48azeO4S&#10;9uwOYd6PizE7zaxcvZBpEwcRcfQQbb74mmqzDasDjRCpFXek/qB5J3ZcT/J7EEEEEcRvgV9FiIhu&#10;pqwT5DtZ1BvITkvi/WZv8/orb/DmG814u9n77Np5gH4/DKK0qExZRSTERbHv4CG++KoHJcVluCxm&#10;RvTvzeyZk5gxawaz5yxUWWMOhxykQ/u2RETEMHX6IpYsXcamdevB6eHA9q3Mnj2VGfOms3jVUjwe&#10;F0f272D44F7MnjWdH/oNw2yF0qIKunXuyu49ezHbbVRUlNPnu2+JjDiqYmRtWLeO4UNHEnYolIH9&#10;B6iNAWljSkISC+YsZPzYiarOVkM5uWkxjB45nFmz56m2R0XH0779Nyxft4fOfYZRUWMkJjKOUf2H&#10;cmxfCEMHDcJqN5KUGEN/IURKHXzUfRD7o9KkCdgtFs1l5owQIjoZEiREgggiiDOP+vTTICHyC6Av&#10;vlRqSjVhu7A6wewEqwssAi8h4nRIMEMJQCU72xJYy5sTXtJZOuU67VMFX/UGYD0Rh8NLCshv2jlC&#10;XHjrISSDcufw/uZwY5N7OIWQkb/diqCQTzF11x6wU1lsyD2tTjdmu/iLGjBZhbiQ8zSrFptT4MEq&#10;QSalTU4pR9qg7aBo99TuIQSI0ekkLjuPI7Hx5FRUk15YSrnBiNXhxOJyYxbTVEV2+JtFBhAb/q4n&#10;6jt/oscbs0Th9xWSvmf96/CTCsGvQF2iozbh4YN85x+wtb66nZkF7B9FiCjix5tSd9KkScyeNQub&#10;yUR0eASTxo3HVGMgOyODZu98yPgpc+n+3UBuvvcxth2Op9fQiewNDVf+2d/36MHa5YuZOmkcHdt3&#10;pEf37owZ3pcNK6Yye0o/DDX5LFq0gI4dOjF65AQ6tfuGxOhE5k6bzf5duzBU5TNlbC+OHNIIkelT&#10;FrJj8xEmjZtGaWEBVkMls6dPY8HCpazfsIXundsxc9JIXnn1DTp0609hWY0y3S4tzqNjx6/4+pvu&#10;9B8wkHvub8yuQyFs3b2Px594mjEjR9Pq00+JPHqEzRvW0bpVK0YMH07Lzz4jKy2VyePH8fWXHRk5&#10;ZDBtWrUiKSuXrTv38NH7HzBn0mTuu/FmZk2axbq1W5g8bTomm5H5C6czZfwg0pLieOLJ51i5ZgtG&#10;s7yrvjg/dcfNyXBmxtPvCa1desBbfR7yR91rgggiiD8ev44Q8ekoEhzbbKxi3y5xlxlAckIyKclp&#10;9O8/mHlzFzNh3FT6ft+PoYOH8E3njhw7Hk3PPgPo9OVXjB0yhJeffozFC+dw4FAILVu1Y8yocbz0&#10;wnO88/Zb7N9/iNFjprJixWpWLl+honrv3ryRCeNHM3LcCBYu/VFlKwvZu40fvuvMoYP7aPF5ewYM&#10;Hk3vnn149j9NOBIahkmCaNtsLF28iI8+eJ+J48fR+N776NG1J7mZObRv156RI0bQq2cvpk6cQmR4&#10;pPpt+pRpdGzXhm0b15AUH8/bb7/HqFGjad++E4sWrSQto5jmn3ei+7ff0/6LL3nvzXfYuXk7fXr3&#10;wWI1kpIcrywsUwqMfNqpDz37jSI5JROH1aoCeTsl0KtXN9bIkJ8gRPSYdIEIPO93Q+B87wt+fjLU&#10;LeO3xC+TRX++utb33ZlD4DM6k8/rTJYVxO8Pfwtm/++DhMgvgHSWTPIqNaXDjsXupBI4XmJm8KLN&#10;bAyLp9zkwGLXyBAVkdvlwWyXBwA2O5gdHmqcHsodHiqdHozyu7Ks0MgVo13OB4vNg8nuptoBBjFL&#10;9BImYoFhEsLBLeW4MNs9GJxQY5drITa3jIXbD1FkcalzJH2b1e6k2umhyuWh2OYmOq+SzoOnEJld&#10;QJnNicEBRgfUuKHaDtVWSMirYPG+SLLKbYoUsTjlPh5qHB4Mdhcmp4sqJ8xcv49vBoxia2g87ftP&#10;YNfRWEUOVbmg0g0mIVgkYFmdbDGB8F/o/rYT5ukicDL9pQgs98yhbgwXDYFCPPA8vV46yST9fWYs&#10;mH5LQkTKD4whIu3wX6TL7wUFBaSnp+OUIHjlFWSkpXnTBtrJzcpnwcKVbN1xkPCoFEqrbMSnZKtd&#10;MUk5mJqSRFVlJaXFpWxYt56N69dRkpdBRWE6WSmROO1mSkuK2bljN0sXryQ1KROH2UF2aham6ipc&#10;DhOFeclUV5aqCP+5WUXkZBaTmZaD2+7GYbKQl5VFcVGxqueS+dNZNG8602fMpu+wiRSUVmLzplUs&#10;Liph7fr17N6zRwWLra6qpqaqhuPhkSxdvIT4mBisRgMWQw3btmxRSnZyfLzapasoK2HHti0sX7KY&#10;9NQUzBYb1dUGjh4JY+3ipRzff4iirAKKC8soKSvDjYvCoixyM1Kwm80cOnyU8Mh4jGbxzdey9Jx+&#10;5gB9PMnfvx+J+WugjaPa70ltC7lf/278egQq7IG/BxHE/yZ+DiEiSrE/ISJBVdXGjEoZq2WSyc3K&#10;pKy4BKvZhtlsp7i4jKycPPILilm/bgNrVq2mML8Am8VKfl4+a9asZfWK5UybMpl5c+dgMBo4EhbO&#10;qhWrCT18iOSkRBXAOiMzm9zcPIoLClUw0rKSIjIzU8nOy6SguACLzUJpaTEZacnKLWbLls0sXLCQ&#10;Hxf8yFcdvyLsSBh2q2S6cWKormHfnt2sXrmCY6FHVeBuU42RvOwcli1ZwrrVa6gsr1BpelMSk1m+&#10;dBmhB0MwVVdjNZlJSkxh2bIVHNgfQk21EYvFTkpqBmvWbmDXjt2kJKdSXFhCWkq6CgJuqDaQnp6F&#10;xepQ7qVbd+xWljEep1gQ1tV7TiYrfPHX/IPmCyzezz9KZuhyyweVoafOBtPP3Rw4E/Cv26nn/lrx&#10;7fzrWWvj8bdAoA5fX311fTPwu8CyTh+1N1R9OmEgaj8rXx1ONVYDEahv1n0Wv64tQfwxCBIivwA+&#10;QsSqCBGrw02hy8PYXZH87eZn+GDgZJKKazDa3cpSJDmniB2hEWw7HEZ+uZEqGxSY3BzNKmb14Uj2&#10;J2aSb3JgckNelYkD0Sms3R/B4cQcCmtcZJSb2ROXSUqpEZMDcstq2BseS0aFkb3R8eyLS2TbsQRW&#10;H4wls9pNVrWLb2cv48a3WjDvQAS5ZgcmlxAcbgptHtZHJjBv7zGm7TjGdc9/xN60AordcCy9guU7&#10;I1l7OJ4Mo5MsCwxbvoVbP+7M+HX7yDY4yDHY2RAaw6qD4eyJTmDrkXAyjA72ZNaw9EAUBzLLuebZ&#10;D1mwPZQqt4cj6aUsD4kmNCmTapMJSexZOxBpPbsD9fR5EKdCXQFeVwDVd573+xNWN4EC6pfjjyJE&#10;VCpC7+9yb4FbzJ7EIkZSCErkPImBYZf2g2TYVUSfTVLLSvpdUYwlwJ63bEnDq2Jm2PE4zHjsBly2&#10;am+aXLGykVSI4HZ41KekRfS4RJk24XIYwCP3ldS3co72u91iV1kAbGYLdquV1StXMmH0UPbv3k7P&#10;Xj8wb/Eaqo0WXC4tlaIiIoRZxYNbPiX9olTcI8W7VRpugUfMz7xuLfK3pPHVzZaFlbVbLVjMZlVv&#10;j+RMVFEEhaF147K5FBFkd1pxe+xSUexmi0rjqFm2aWl3A5/zqaGPN/n7r6Eg+BQdzZrqz0eIBL7D&#10;f4Y6BRHEnwOnS4io1LPeoKq1CRHNulAnRlX6XJUaV1LTinWvR5MZIhecHjVHIJa4Zqs2r7o9OO0O&#10;lixerFw2JSONyy0TtUfLwqJcpjVIWly5h1hWiEWI2y1yR9OHVKpd+c7pUGRJ8w/eZ+3q1cydPYfv&#10;en5HYV6hIkOckvrdLnO/ytGr0u1KnSSdrsg7h7RP2mJ3YLfatPMkPa9qm8gKCZAtqdtRdXeotMJS&#10;N5E7bvW9nl5e6mu1yDzuwmaVXVaP2uhzCsRV3CIWIRp5EPhc6kPtBbtXB6lFiPxRumDdOVbkgP+C&#10;OhB1y/itEFi3wN/rR60F/G9NiNTZ1KxPTp1MH/AG1P0FgXUDCZFAIqQuIeKrmz/hdTrP0788Xzmn&#10;N+6D+PMiSIj8AtQmRMRywk1SpYWneozi9i+H8UDbPmyLSsfggqT8Mj7q0Z+3u/Ti7U5d6DFsNAnF&#10;BjZFZvNa5/6822sIL7XtypRVW8mosjF20Wre6NSHZt0G8XTLb1h1MIZNUem8/91ItsXnUmiHxTsO&#10;8Xr7Xmw4nsanvfrx5hcd+Xr0dB759GtGLt/BrtQinus2gL89/iqtJ84jLL+USg+UWd2MW72Zuz78&#10;nLf7juKZrwfS4LmP2Z5VwcHcSpp/P4HmfSbTavAMvpuxlL3Z5bQZP4+/Pfo6Hw2dzvbEPKZu3EPj&#10;d1rS4ocRfPB1dx5s+gb708uYuCOK9/uMYv7RVK54pRUzd0eyN6mAN7oOot24eXzaawAhYUdxS1DM&#10;WilitYCr/gjs7yB+CjqREYj6zqtHmP5MwXM6+K0IETmk7JMRIvUJM6X8CRkiQk+UR5sDj8T3sYHT&#10;rllsCex2j1J0pT+0mDdaqlmJyeEScsEu77v2zmvkiii/olRqJIRblEsveeK0W3BLcD6lcGpkiEt4&#10;GatdQZRYgdTZZDCwef06Vixbxuo1GyivMikl2u1yY1fEjUB2LfV5RxPeTlF6Ffnhva+U5y1TkSRO&#10;+d2GwyYBjG14XGImKPVz4vGSRCo4iF1IFXGZk/dRlHELHodFneNScZBkN1WPg1S3f08OfbzJ32d2&#10;fP1W8B9HylJExoMoTE4hhTQLvcBrfjsEvse/rg/rVd5/QjEOxoIJ4q8EkTcyVn/qqI8Q0dyWfWWp&#10;eVKR3jJXy/jX5kJxSVbuzGLxq+Z++dRjK2kESlFhETk5OVjFvVOVIfLBS7KKJYWQCN45Vd5Jm92K&#10;3a6TABLQ1eZ1PbFht5qJi4lmwdx5LF28mKT4JGxm+c2tyHaXXeZ0YUI8WgYwuYfoqErGaMSIvniT&#10;Np34W5E9IhPlGq8c87bJX08QskOrq9886P3f5oWcI9dq/VT3udQLv5hxPnJB3xTT57rAOfD3QG09&#10;SXdd/2MIkECcRIc7DfjXXZP1dc85IwgkRE7oMH7P8ZTWP/oz/3nP/vQJEb1c/zF+Mhfy+qHpWNq7&#10;5CtL5KT8f6q2BfFnRpAQ+QXwESKay4zN7mJnbCr/6TyQMSHpvPHdWEYt2UKhWFjMX0vTrv1Zl5zN&#10;5qQ05m7bwfb4bFoNX0ybsUvYlV/D8ohUlhyIYlt0Oq927MHYLYfYkmeg76pdvNShN1N2hvFyz+Gs&#10;icsjS9xTth3hiZY9WXY8mxfadaH3xKkcKzIwavMhHmvXgw2JeXy/aidXNmvD8oQ8MhxQIS49WcXc&#10;+XZzusxbxr4KCz+sP8i173ViTVopfZdv48E2fRiyMYLu8zZzzzutWXQ4lh+Pp3PRG22YF5rKnvRy&#10;rn32TQYv28bRIgPT1mzi3mdf5FBWFWM3R/Bmz2HMOprGJa+2ZubBWObsPsbNb31O35U7mbZlH3Ep&#10;qVhlsLl+ghD5rSbq/3mcRJj+txMiKjiOL7aK/O3xKn4S40c2FDXI39Iv+piU8anH95Gydb9oTYl0&#10;2YXk0Hb5dH9pbU7QlFktPS14xDLEoVmRCBlitwkpYlM7gypVoZhuK5Nsm3JNEbc5IUNcXqVTr5Mo&#10;i9o96saIURYiivTxQbcOEdcZsVpRBInX7UVZiIhJjAoYpCnDWntFGbfiEeJHFGqlHGs7gD6BX/dZ&#10;6wKkNvTxJn/X9/ufD7UJEU15sntJEY2cOn0F7dcjQJGstWvmj8Dr6od/2wSBCmQQQfzVcbqEiCi5&#10;dQmR2gv0E5Z23r91WaEFzBfZ4R+Py0uIyLninmyxeGNdaTLEtwMd6Laqvds2h1VzJ/aSIWrelv+F&#10;KLFZsKmApZo1iM0ihLx+X23uFncVIW+0+sp5Io98pPvJIfXSSX1fe/yTBPhcB33fnUggcCK2nUbE&#10;aDI1cEF76jlT62shcLxtVnOarw6nImPrlzu/Fj49SW+fCrjr/V3uKWPmt7n3T+EkOlw9UP3qdW/V&#10;9SKVGc4rr21Kz/EjpvzG/y+HLqP0/33ys9Y4qEOI6OPEv20B8u8n4C/PdFlXH7TxWfsev8ZCRPQp&#10;Xz0D2//fCeVSGDC2/hsQJER+AXyEiMChfEu/Hz+NF9p2Z+bO43z+wzha9R5BTIGFVgMn8sWkBYSb&#10;HaS63ESXVXA4t5xXuo1l8JoQ4t0QY/ZwrNDA/pQ8Hn7vM9Ym5RPuhMVxeTz+aWdGrd/Hyz2HsTo+&#10;j3QXTN1yiIdbdGdpVBZNO3Zlysp1lLhg+fEUXvjmB3akFzFxawh3vNuOkAIDOXYocXg4nJTJlU+9&#10;wLzweBKAJQn53PVpN5bF5/HZqBnc8F4HXu83laY9R/L4xx1ZfSSGtVGZ3PlxF/ZmVnMgrYyG9z/D&#10;6uMZZDpgx/E4Hn/pNY5mVDJp0zHe6TGEuWEpXP5qS6buPkacwUWvuSt5rddgXmjdSVmIKLNUESa1&#10;CJHa+PWTchD1I1AQeL/X3ZZOLK5+/YT+RxAigZOzpkh5yQMRykqJ1KxFPGJurBQuPT22RororiHa&#10;WNRi+ki8Hhmr/oSIxAER6xKNSJGyNCVWWVZIOmml3LlPECIoUsSNQwIYi1mymE/bvKSDUrjEcgps&#10;XmVbERcufSdOytesPWTOEVcX2dFTO3dKERWLF6mTXUGIEVGMdUJELFXw2PEoslHePyFxPIoUUi4z&#10;dg8OuwRJ1totbfR4iRexgNEtRES51xRB6V+tb6XuOrR61he3xj+wnr4TG6go6//XhnZ93e/9r611&#10;P73cE+UH1sd/jMjv/sqMdq6mFEm/ieIrpvQeb0BpeR6+98anbNZXT//3Qb9P/XWpe62OQEXL/x2t&#10;f+z72la3TzWlT4N+no8QCby393cv1P+BinNwng7iT4ZfQ4jUtlbQiAWZbz1CKKt5QSNEJMabWAVr&#10;75TXgkKsNJQwsOOwWLErlxLt3RULg0ACW4NONPhtEHnfc90aUGuX9s4qWaHcYAQyN2sEhEdcK5Ur&#10;qHZ/be7X66ZZNmiWIf510OY33e1T2uazdtSgbRBoBIdcq5Eg3u/EykXNid7y1caDlCWyRNrkT5zo&#10;c5jvOfnPe4rkF4tKu6TsNXkX7Hq2Rr2fA6/1znVe96ba46D+uez0oM+7mhWQnsxAewbSb15Zps99&#10;Si84FXTZcOq5uW49TgW9jr7r6shdZamkjRc1ZnTyyCZ6ifwtY02TxbUttrUy/cvS+r+2jKot8/zq&#10;5o2/oyVyEGj6jmZV5F9Hn07g6yeNmKjbd/6o3Y9afTXo7dH/12WdP/zL0cadbErJppH2PurnaG30&#10;kZa1+tZbN3Wudy0oz0PJSe976993p3rOvnbWLV+vhz/qnnf6OFU9NOi/1W3ziXP0OVK3FBMdNSAw&#10;6V8ZQULktFCb8ZQB4xMuTspKynn9zWY89vJbtPlhJE+934bH327BmpBoZm4N4clWXzNnz1Hm7dhP&#10;7/GT2BgRx1fj5vJJ39FsiMum79wVjFyyjj2xabzxRRe+n7uCFbE5tB83jw+7DGJNaBJvdOnHl+Pm&#10;sjY2m08GjuPxNt+w9Fg8zb7syuQlqyh3w5qj8bzSsQc74jJYuOsI1zZpyppjseRZ3ZTYPcQXlPBM&#10;q69oPngiS+Ny6Dh9KQ3/8zpbU0uYtOUQL3T8joVhycw5EMOQJesIL6lmTUQKjT/qxKLD8RzMLOeJ&#10;5l/QduQM1kSl0HfaLG5+6HHC0yqZsSWcD7oP5sfQRC57/j3m7z3GwawSJqzdwZqIJD7q1ocBQ4Zp&#10;k6L+Ap2YhH8adZ9JED+NuuP2lITISRZcvwS/JSGixwYJvKdM3LUnNBlrbrEkVkGHTaKoOcV3xYnT&#10;YlW+zw7xB3ehUhpaLHj9xEUJ04StpgxpSp/LZgaHCY/VgN1oxWLxYFNZmURxEvLBAk4THpsBm82K&#10;VbgLiUtitOI0m7EZTUp5FtJD/MmxWfHY7JjMNiqtbhUQWTxYROkUH27xVXe4ROmUtomrjrixWFX9&#10;JRaJInDsXn9wtwu3mFhbRbHUiBO5h3KRcQu5YcTtMGEXNxxv3BTpCiF2hLSxWF2YbXYssqCwObAY&#10;zZhNsjvpwi7BnOV8cRHyCkLNekVMv5WbvZZJS5UlZtua25DbJX71onSLQq7NldJXknVKz66lkTD6&#10;2NQUbj1luTLD9iolKnSKqrNPIZe5xOMRdx9ZtGjktNRLgv0JwST9qtVVX9z4FiOakPdl1tKVAKmj&#10;xIfBacVmrsRgqqHK7sDidpFdkE9pWbkKLCgm6m5ZBIlVjvrUd0c1Bd5nvSF/e8k25Tal1UO5N9m0&#10;WDJC1mnX6u0LfE/1+VJ/T2v7WWtknKS51OC/kNLM+71uT2LNZPd466rJL5/Co49zzSxekdZuFw6P&#10;W4vb43ar9On+0DKH1X33gwjij4LM+0Jw/NRRixBRlnwa+aGg3mmxonPhtJrx2Ew4zUaQmB8iSyRI&#10;vEveAZPSZeR2ipwQWSdEg8uNTebNE4t5zaVRWfCJXDKbFOHskHTmJisWs13NQRabUwVTFdQYDUrG&#10;yTwmc7WUKaSMBFK1We2YTRYV28NmdSqZJdldcIhs0IgOm0WbS80q5odGiGjzjpDdIh8seMQ10u1W&#10;87vNKrFCtHlK5giBmoe9gVIFGjki87BG2CsSRuZg8T0VmSObDjYPVqsshHXyRIdvAa9kqTeOl8gf&#10;cWHFagRrJR5zKTazgbzCKoqrzFgUWSXPR9tIk/7W44Dpk6rIFqcirr2bbSLjvNAXbHpGiZNBrtc2&#10;QWRjwJtl0SlZEu1KRolMVGSTxYDbLPHB7DhcYu0s861v7lWQtM0yjlS9RSbKp1cGCsR1Vblf6nN7&#10;3QVqYP30OjoktpkX8r9AG79yHy1umHLbkthikgtZPU83ZosVs8mMxVhDUX4eFhk3brDaZB7XNhBE&#10;TvpbO+nrGzV+RbbbNRmi9BO7bKjIONGyWIrlt4xRQ5WB/LwSqkwuzFZtLKjNHbU5pD07rZ56Xf2h&#10;/+4PTT/RIH9rcXWkrnbRI9ySTVPTs1QGT5fnxLOXtihLYEUe6skotP6W9w+bESxl4DBq+qBF4rtJ&#10;/2ttFgtgt4LHqztoz1fqILqSlCl6h7G6nIL8Eqw27Tlqm2a6nhGod/uetS579f7W3LG1TTLl9hag&#10;A2j6iV6+D9p8pW2KqY2xEwSQT9+R/6UMzf3LR4ro6ysZAxr5J++tpodo5WsxiJSOoN4PcetzKt1U&#10;vPTkXbGrPtc3ur2WdvXMzX8F1EeI/NmP358QqeVSUJcQCT96jA7t2hOdkkGxxUVKUSV9Rk1k5ooN&#10;JJYa6TZiCu+0786bLdoxfekqcgxWjqTm0Pb7QTz74ed89M23bD5ynBKLh/X7wninYy+eb9WZNzr2&#10;4nBcLtlVLhZu3c+LLTvy/je9adN/JF8MGcvWqCS+7j+U1Vt3Y3J72B+bSo8REzieXkB8XjlNW7bn&#10;m8GjSMkrwexCZYZZdyiS51t/w6ud+/BOj4E06/y9CnyaVmWj64ipvNjiS15v05Xpa7aQUWMlvqiG&#10;doMm0vaH0RzPqmTr0SSe/qg9L37ekZbdevHpF1+SlFXGqr0R9Bg+gQ3HYnm+7desC4nkeHYZHX4Y&#10;RvOvvuWjjt3YH3JI+e7W7d/aCCRD1Av2F37J/jAE+nLWt8jSzzsR1PavS4jo9/WHwWgiOj6VxIxC&#10;qiwy8UtgORs5aSmkpqdjtLlUNqTKagdxcZmUlxt9AUS9i3ZJLS1jUKw/ClPjmDd+JP2+/Z6RY2aS&#10;mJqLRe22WHFaDbhtVSTHHmPatKkci0rCYvWwbtVapk8Yy8zJE5k+bQ6z5i0iNiYaU2UZh/cfoN+g&#10;IXw7eBRL1u6muNSoKbpKgHvJAlF6RBjbTXhkF81sIjU5i6TkYkxGjwqIqpQ1uxVLVSVpSYlEhIUS&#10;HRlJUXERbpfEDzFirCoiJjGJjPxileVKlHBRfG0WD3GJGcQlJWMymSnOL1IZbKKj4oiKiiMzK08L&#10;nOdHiMiuT1ZmDseOHSciPIrU1AyMRlEGdUJEFgYSR0UUQ40U8SdEBBaVtluDtnjQhLFGUojypZtw&#10;iwKuEyIaYaSIDlGOXU4qS0uIO36c6IjjHI+IJOJ4NInJaWoxIL76SoHXiQg/IqA+QkSRG8pyx4Sx&#10;qpjR48ewdtde0ooKuOLKK+k3oD+GGiGXRNnSFjnyKdf5dnzlffIGB1T3UY/nBCGiXaPBXGMkMy2L&#10;1JQMjAYhcLxjr877Gvie+qAp5BInRoM/IaJZHPkRMkqJlQWaz71L2/UMmBtcQoC4qKgxkJKRQWlV&#10;FRanA4sEEfcjRYLzchB/JvwaQkQWSbLA0d9pIUQk8JPHWoOtuoz05FRi4tMpMdoxue1YnAZKKiqJ&#10;jE2nqsKgXjKX2UBybAxpaTlYvS522oJSW8C7bRbcNjOG8lLWrVhJvz4/MGjAMCLCEzBa7JRXV3Lg&#10;8EH6DRzAwEEDmbtgNQUlVYq4ELL7eMRxhg4bQd9+A1ixcg1V1ULKyIJNAmJJ2Ubioo8zd84yIiKT&#10;tPgeKmOORoYoslxiYdnNKui33W4iLi6JxMQ8zGaJpeV1BZL1opD5auGuEUU6IaIF+ZZA4R6NDRci&#10;xm7BUF5BVpaUI89Bm8s1aCS2WAtoC0AfiSwLbTGNtFeUsmnuJHaunk9mSiLvN29Dx27fUVRReWIR&#10;rRMe/tYwmkWMjxCRhZlNzV1CbHgtWOohFxTB4I2NpCz91PUinzQCSq4V91HRF9QiWjYJKsrYt2EV&#10;qxfOx2Ex4vY4sLlkDtbJEJF34p5qVy6qHlVXf6LCa1Wo3FZ9cVhq6WJeBNZVxqiPENHIGJ0UOTkh&#10;IoahHtJTMhk7biLRkVFsWLOS6xtdz4GDoVRW1pCXX0iNyaTarr0DGjGoyUjdQkKek5AgWreLPNEI&#10;ESFJtEW2BKOvqa5h+qRpvPrym8Qk51JeZSMlNZOqaoPXmlXuoRMimguvv36gfe9Pmsin6BNaDDYV&#10;/Ff6VzafFCHixiKkjpcfU5syEiNeghwrK1ipt06IaPWUsWFTAeitGEuzWT6pL5H7N2KqLGfxgjVs&#10;2bhdxYyTcarIOm87PYotlA0xM8aqclIysjEbZQPMSf/vv+ORh58kKjpeG08/gxDR15BqU0eC9qvA&#10;/XK9r+/rEiGa5a9uMazrEhpJqD3D2mSIdg9dxuubJAKN+JN3RducUu+4uIIrd3C9HM0KWekWdiNO&#10;m5mykgpycoswWpxKf7Opd89nbRQ4nv8qCBIip4NTEiIOlbpM0nNabMIYS2YZF8UVVSp1ptkBJdUW&#10;sgsryCuqoNpkw+x0U211kF9eRWJWLpmFpVQYbVgk5a3ZQVZRNfHZJWSW1FBtdmNxQbnJTkZRORnF&#10;FeRWGMkoq6bIaKOkwoCxRsxEocriJLukEqPVrVL+5pdWk1dYjtUsdZUdCBdVZiepRVXE5pWRXmYi&#10;vaiaaqsHgw2KKy2k5ZUpVFscmBwejDbIrrCQml9BldFFtclNfpmZhKxisgvLyMsvwmxxUlplpqC8&#10;kiKDidTiCsrNTpUGuKDSRGxaLlkFZSrl52mZV9VHiASeE8RP43+QEAnEkmVLufW2u3jrg7Zkybvg&#10;sGAzVfJtj660bNuWjIJSjE5ISi/ikUefYf6Cleo9sUmcD6emWJndIjhclBfn0/vLVtx2zZU89sDD&#10;NH70RT5p8zU5ufmKLHGbq8hNPs4rLzzNeeefz6BRkymrMNO3dx8+/+g9Pmj2Os89+yJ/O+tc1qxe&#10;Rej+XTzcuDG33HEX9zz+PLc2bsL4ifNVWt3CoiJyZSfHZtUUH1ns2k24bQYSIyN44IFH+E+T9wmP&#10;zMJqtOEx1VBTkMfw/v14qPH9PHz/wzzy8OM0afIsmzatoaYih6TYMO67/0Had+lNUYVRWbfITkBo&#10;aBz3NH6Q19/7gPj4BEYNHMpNN97Ca6+/zZtvvse8BUswmcVMUrOeMRrNzJ49l0ceepgHGt/PY488&#10;zv2NH2DJklWUldcoCwqToRK7tQar2aiCuop/uPjVV1bXUF5jwCBkldOj0omXGqyYxKpDmdc6qTHa&#10;MVs1k02ryYjVbFXxVaqrTZhMYsXktVKRHSKLmQN7dvP6Sy/y+MOPcPttd/DKq2/weatWlJSVY7FI&#10;bBZtd0z88MXdSEzajQYDBqMFs5G37NcAAP/0SURBVMWFwWhXO2VKebHYMFVXYjJUkJkay5333ss3&#10;PwwmOS+PDz5tzrIVSzHJ7q3JjNVgwmIwKliNZm+GBnnP7JjNNdTUVGA0ShpLJyajHYfaafIRIrKr&#10;k5aUwlP/eZoHHnyK3XuOKCsbZXIrARZl98lgVmmSrVaLZkav3k8bJpOBmppKjMYaHHYfGeKwm6mp&#10;rqKmpgaLxYrNa5FkMtsxGm1qR1l2mG2mauymctx2AzazSZE8JpOV6mojBoNZLaQkTfz23ft49PEn&#10;2L3/IAarVSNFgoRIEH9S/CpCxI+oVFCLbjNYq0iKDOPxRx/j/gcfY8Oug5jcVixuM/OWrOT2h18g&#10;5EikWi3aKkpo/clHdP66ByaL5sKnCFlZsAipbrdirS5n/swpXH/lFTxy//3cfOPtPP3Ua0TGJLDn&#10;4D7ue+he7rn/Xp5u8gzX3no/Q0ZNVPNNVmICTZ57kWsb3cBNt97OldfewJTpczSXHLtFWSZmxEdy&#10;/333cMEFlzBk2ESsDheVleXkZmfhsJg1sldIGbvMqxWkpcZz22138OprHxEZlaXmC7vNhs3soFrm&#10;YSE27DbsFpMivO02cR90YLGaqakxYjSaNKLeWsOapUt45unniY5LwmiyYzLZsZjsWM0OtXhUz8dm&#10;w2I0YpSUvxaR43asRiOm/Gw+fOx+BnVpQ1ZyMqNHTWPMpJmUVdZoRLrFSpWhBqPZhF1ckoxiiSm7&#10;+mYsJgMWi5mqmhqqjUbMdidWWfjKXO8lROQ5iM5QU1ONyWRS40QnROTvGqORaqMZg8VJjdRbYsBY&#10;DBirq5Q1hZDrJdkZvP/8M3zdojnlBTkYjVVUm2pUQFzNxUmbg83GKgw1VTikr5V1jrg4WbGaLQqy&#10;6SBzraaDaW6Yej0EUr/q6molO/Q6St1NZhMmiwmzzYxdLFeUHDCpuV5kpCKNbELMyPOxY6qxYKiQ&#10;gO1bufuee9mzay9HDx3io/ffJzY+iYTEBJq9/S7LV66husaggvc6rSblvmQVmWC0KqsHCd5ul/hm&#10;BhsWO5jEmlRinZlNmA0Gaoxi1eTEaDCxZd06hvYbTHxyDmERifzn6RfYs/+I0h/EhUa9Z4oA0YIF&#10;G6orMRtrVAY8LSC9kE9iOWXGWGNQ2Z1k/FhE/5AFvKkSh6UGs9FAlcFMjVWetWYZIjqBWIUKiV9j&#10;Fp3DhdvmzSgo6aKNJgwm6T8rbreNvLRoHr/xbEZ915qKohwee6wpX3/dU2X+E/lrNZowVdUoOe8w&#10;1eA0VeC2VLNp7XqavfcxR0MjcZpsLJw7h65dviU1LUt7jlYLhqpqDNXVWMwixzV9W8a6PHsZWwaD&#10;AZM8X0V+COEortYGPE4jLptF/SZyX8lwixmrqUZZjwjxJv0m41L6zSlWxl4iS+YY0XMkDbe8L9LX&#10;WkBlqZMNg8j2GhNWsQgTq2AHVBodGKxChoieYMMi49NgxWF1aePVZMVssKk03nazbPgZcJiqGDN4&#10;CB3bdyI7rxiL6BhBQuQPO/50hEhtNtAfwu5pgRs1EyTNDFwgAfpEkImJksqW6TULE2bObhfywq1M&#10;7tWixWsdqO+cCqtnUUy27H764hNo5n4+02jNJB6wSeAFb+BEu0sNYNkhFlglfoDyH9V2YlWcBZU6&#10;VIOYY+oMrLC0ci+pp25W5WN0NUEpTLOYUMmmtfjaikuCWUzulYmVnONjSAW62dhPoc4zCeKn8V9K&#10;iOgpdQPvGQhRKJ597jn+9re/ceGlt7Jh+36sdiMWYzFvvv4yrzR7h/isXGpcEJWUw4UXXszQYRMw&#10;W+V6r1mgB2yS+tbtoSg3gxVzJrJj1QJqKir4ps8Ibr7nSRITk0GY84pCxg3owSXn/4MLL76UQWOm&#10;q/fXVFNNdWk+pYW5tGjRkkeeeJ7wY2FMHDWQRx9ozNHIWHIrHTz0xIt88GFbYqNj6PVtTzp26kBJ&#10;WYkKfiaLXqfNiMtSTb9e36g2/f3v5zFq8mIltJzV5cweP0Z9361LD9au3syiRau4976HeLvZa2Sm&#10;hBN+eKf6/eKr7uDQ0Xhljm00WujwZW/+3//9H7c++DCx8XG0fu8jXn6hKbv3HuJoeCyp6blYbJKB&#10;x6MW95s2beG8c8/ns08+ZdmiRaxcsozXXnmDO+56kP0hx8nOzue7Xl2ZNmU8M6dNIeJYGOWlxUyc&#10;OJFWLVvTvkNHNu3cSYHBTmRmBW2/6cuWnXswmw2kpKQybPg0tmzbTUFBDksXz2fKpEmMHDmazz5r&#10;Rd++A4mOjldklYplYrdRnJ9HyO6dtP7sU+647R4W/riYoxFhZGZnMXX6PCZOnsbkKZM5uH8/hsoq&#10;Fs9bQPsv2vNd775Mm7GQ3t8PJuTQYYwGI7u27aBr56/o9EVrJo0bzu1338M3PwwlvaiY1h1as2LV&#10;UrKy0pkxdQrjRo1hcP8BtG/TlknjJlFUUKHmy4KCUvr1G0CbNm0ZPGgw8+YtYfiIiZSXVdciRJxW&#10;G4sXLFTP5Kyz/kXvvqPVIkJ2cA0VhWzZuIGvOn1Ny5atWbJkMeXlpaqPkpMT+f6HPrRs2YKuXbsQ&#10;eiQEQ3W5wppVy2jbpjWdOnVi5szZlFcaMJhszJ2/iGEjxlJaYaCqupoNqxYxdmhPbDX5HD5wkP79&#10;BzFixCg+/7w13bt/S2RUotqZbvr6u/zf//0fz7zQlFXrN2CUBY2flYhK1RyAwPcwiCB+L5wuISKW&#10;qvpCU+0GiwuIuMmcsPoSQsSGy1KJ21bB+OED+Nc//8nZ55zP1736U2auVqRIxy7dOevc69iyJ0wp&#10;apbyAp54sDFvv/cxNWZRvuRefkq100ZpXiafvv8m3b5qT15WBmtWreP6RvexeNkaho8ewWWXX0Zu&#10;YQ6ZOVn859V3ef2Dz7AajCycMIkrr76eNZt3kJJdwIuvv8M99z1ASVmlcu2pLMqh51dfcM2Vl6l3&#10;tku3ARSWVNC3bx86tm9HYV6OFlxbyBOxgKspoX+/Pmr+ueyyG5g+fSkm5WJjZ/eO3YwZP5PM3GK1&#10;uD8Sso++PwwhJjqFgoJ8Jk8ezyeffU6nLt8SduQg8ccP8dRjD3P+vy/krXc/ZOW6jRw9epxBPwxi&#10;7vQ5TJk4GUNVFckJCfTv+wMd2rdj7PhxjJ86lTmzZlISF81nDz/I4I4tKUzLYMaUhUyaOoey8iqK&#10;CooYNmQobb/4gqHDhzFz6jRGDRpMXmoq+3fuYPDA/owdN5YvOrTnuz59SEhJwySBbcUiQD6tNoqK&#10;ihgxYgStW7emc+ev2bljJ1VVlVRXV7F+wwa+7PwNnbv3Zv7SdfQfNJyd27eSGH2UYb2/Z/Gi1UyY&#10;MovNq5fzzfsv81nTpxk9sA9t23xO5+7diIiKxGAyYjQZ2LplI1992Z4v2rZk9sxpVFWUYaypYtuW&#10;rfT/YQDDh47ky45f0a/vANLSMrU4GyrehgOzxcLhI6H07duPzz9vycCBA0lNTVWL47179tC3X18m&#10;TZ3E3AXzqKqpIiomml69vqVdu3YMHDCIrIwMLCYj5WWlTJo8jQ5ffEWfXn0Z1H8oN99yKzu27SY6&#10;/Djdvv6aI6Gh9Pq2B3//+995+NGnmD5jNmZDJbiFZKpixdLFjJ04g+KyKjVedm7dyrgJs0jOKmfX&#10;gaP06t2TcWOH0frzz+jXbwjRMclqk+HI/t1MHDGS/SHH+PDTDpx9bgOefflt1m7coayPhGixm6op&#10;ys1i2pRJtGvTip7du7Fvz24vEWLiSMghenTrTvt2XzB+7ESGj5jAj4vXUVJSyaghPzB93DD6fNuD&#10;1m07smDpekqrTCogcUZGOgMHDaVFm3b06vM9x8OP45RNWKudndt30vHLr2jZth0z5y0gr6CA3PQE&#10;/nPzuUz4oR3VRTk8+virdOveR23C5GWmM7hvX9q3ac2Igf2ZMnIwc8cOIuP4IbXhdN6FV/L2259w&#10;eO8htm7cRM8e3ytLWiEIt23ZTJevOtOmVSsmjJ9IZlaOIkM2bdpM167dGDdunHpmgwYOJCE2Fqfd&#10;rFyacVRhN5cRcSyEb77pQut27Rg+cjhjRg5m/qzJWA3llJfks2DebD7/7BO6fNWJbZs3YTEYsJst&#10;7Nu5i15du9O2ZWsmjp9Afm6u0jfKS8pYMHcB7Vt/wZftvmTRotUUV9jJKjLyw9AFLFi2FaPFQnV1&#10;udLXZkydSklhIVMnTWbEsNF833sIbdt+xdSp0ygtzicuIpTbG13HZZddQZv2XxGTmKLcy8SF9q++&#10;ga3rMLLG0Fyyg4RIPai7sPSZMQUSIr4Fp27y5IverZESys/cS0To0AgT7++KJNFM1B3q0+sjp0zF&#10;tQB/KraBN7q3Lsh1IkaZYKksGJqZm5h9yf+ayZS/z5h2vjLd8gZk1FK9ibmfU5n8CfkhJIvUQ5mJ&#10;qwCOWgwBjdmWdmuBJhVxoRbUWuwFxToq5lGP1F07rZ1SRHQzdT8E9qvWt4HPJIifRt1x+79AiKjx&#10;6LSTEB/LWX//O01fe5e33m1N2y+7UmUsx1iTT7M3X6Fps3eJy8o7QYg0aHAJg4eMISevgJjYWI6F&#10;RxIRGU9MbDKlxWVYDBU4jUUUZkQzZcpUHnjyVTr3GKR2AjzmSvatX07jGy5n5OC+3HDrXfQcOE57&#10;b+ximWAkMzWRZ5o8R/dv+2OqqSRk1waee/oJvv1+ABPmrOahp5oxftKPiuFfuXI5M2bNwGQ1q0Wn&#10;ZBtwin95TTkNLjiHx598nHc/6cDLb35EQUGhUoabPPkEzT9oTl5+qWYSaYPyshryc9MwlGdw9OBW&#10;/u+sf3HWPy+iS4/+6r3MzMzn9jueUIrLLQ88QnJqEq3ebU6Tp59n6/Z9ykQ8R1nWCHkKBoOFjh2+&#10;4sEHHiInMwe7WEdUV1NcUExiWh7ZBZVExyZw1ln/R8MGF/LuW69zaP8evuzYgYcefoTmH37IKy+/&#10;zL0PPsSP63ey8VAyDS9rxIixEzEbK4k+fpxrr7uTgUNGk5uTxvvvvslVV16lrD4+/qQFN950C2+9&#10;/T5pGdlasDaZH6wWHNUVjBs2mDtvu4/UtHSsNiO5udk8+thTXNSgIU8++Tgh+3ezaM4cLr/0Mp5+&#10;+hne++Bjrmt0M5dddhXz5y/gWFgoN994I088+igfN/+Qhxrfw/kXNqBr35Ek5uTyz3/+kx7fdiU+&#10;Poq77riDu++6j+YfSHte4orLr2TKlMWkpZfz5lsfcNlljWj68iu8+sqrNGx4qbJSysktUfFClK+v&#10;3Ym52sB7zd7mkYcf46OPOvD0c++QlpmvTOoPblvHdVdeydNPN+Hdd9+jUaPr6d27B1npybz1xmvc&#10;custfPDhBzz44IM0eeZpjhw6wIJ5s7jm6qt47dVXeOvNt7juuhsYOXo8ufnFPP/iyzz46OPKarHK&#10;YOC7bh25+fqrMRSlMXH8JC6+5DJeePFlPvn4Y+65pzEvvPQqqVklNHv3I7VgevaFl9l/JAyz7D46&#10;NUJEc2X0peXVEfg+BhHE74WfS4jIbq1k/fIRIgIhRCQuhhWc1VSXZND87Td45slnademM4898xyx&#10;GSkY3A7aderBWQ1vY/OecGV9ZinL54mHGtPsvU8oLK8hOTWVqOgYoo5HEhcVRU5aMjZDOdUludSU&#10;FWEz1TBn1lzuvvtRtu/Yy/6Qfdx5922MGjucSdOncvfTLzNxzo84TBY+eLkpjRs/TEZBGTV2D4NH&#10;TOS2Ox8gPCIGY1UVP86axh2Nrmb5jws55+x/07PPcCoMFhYsnM/wYUOorCj3xhwwgdNMQU4qd991&#10;J882eZmnn3qFd9/5jLKyGmVBNmTQEO69/3GORSUq2TNnxlSuuPwaNm7azdw5c3jowftp36ETjz/z&#10;Ck89/R/WLZ/HGy88x0XnXcjLr77OnpDDrFm9lrPOOos7b7qF5u++TUFWBk1feIFG1zXinbff5pVX&#10;mnL+RRfyYtNXKImNpvXDDzKyY2ty4xJo+/lXfPJJG9KSU/myXXsuvfRS3nzrLXXdpRdfzJ0330xO&#10;YjyzpkxV1pjPv/g8b775BnfddScvvNSUkooajRCR+BZWO61ateHuu+/lzTff4tFHH+POO+5k987t&#10;bN60jptuvonHn/gPr7/1Pvc++gKXXnYlc2dMITZ0H5ddcAGXXHwZzzV9i63r1tD29ZdodME5NH3m&#10;cT5u/gGXXXU1z778KgkJCaxcsZzLL7+cZ555hleavsz1ja5jzPBBlBbl0atnb845+1zefONtmr//&#10;AddcfQ0tW7ahvLxKI0QcLvLyi7njjru4/8GHaf7RR9x4442899675OdkM3nSRP597rlcc30jRo0d&#10;R0xcPI8/8YSSY61ateLRRx7nrbeakZgQx/Bhg7nkkst4/oWmvN3sA669thHXXHsd27ftZuvGjVx4&#10;4YXs3rWbgQP6ct75F9L4gYdZtnINNonj4jLhqCnmlRdf4IVXmlFYUqli6PTu1ZOb73qIqNRS+g4e&#10;zYUNz+e1V5+jxWcfc+01jXj//Zbk5+cyeewI3mn6Cuu37uWdDz/j7PMv56kmL7E35DhWWfeIDlNd&#10;Rv/ePbj2mqtV+x5++EH13EIO7Cc6IoLbb7udO26/g48//oTHHvsP5553AR07fUdSYjrXXXExjW+5&#10;mjYtP+PJ/zzNFVddy4atu6muruD5557joUf/wzvvf8h99z/AA/ffT3x0lCJznnjsCV5/401atGzJ&#10;Pfc/xLd9BhITfpRnbr2YyT90pLowlwcfeZmuXb+lsqyE5555mjtvuYU3Xn+dN5q+yGUNzufZe64n&#10;LzqU++5pzKWXXU3Tpm+QHJPID999y+13NCY0LEIRXzdedy1NnnmG5s2bc+ONN9Hlm+5kZmbSrWtX&#10;/v3vf/Ny06Z8/PHHStdo93kLaiqKwVENjgrysxJ46slHuerqq/jks0959bWXaHDReXzY7CVM5XkM&#10;HTyQG2+4gXffeYfHHnuUO2+/nRVLl6p+u6FRI575z9N81Pxj1Yft2rZWBOSAH/rR+O77eO/td3nt&#10;5abcc+e9TJm1jAMRWdzxQDPe+qC90jPzclN5+KEH6NblG/KzM3mhSRNuvvlOXnn1bd5s9iE33HQn&#10;AwYOIjzkoHoH//Wvf9Gy7Rek5eZjVe5mQULkjzh+c0LE3ypBe7g62aCf4x8d2f/82hYiymfOq/xq&#10;fuaaT5ueTkzz5dIsOzT/TJ20CFy8aiSKRqbov2v30+8h5td6/TQSQfNpl6BHtaInS7wDMSlU/uXe&#10;lFh6vnpph/dT91eTa3z10/3v9QjIOgEiUZpl0SZp5gQyqCSVnLD02qeKah2wg6iV508Y6ahLigQJ&#10;kTOBwHHl/f6/ihDRdtjdxipGDuzLQw80JvTQYfr07seTz7xKdFwKNZUFvP7qCzQVBSInH5MHjsdn&#10;0KDhJYwaO5nde/YrpUGEl+DWW+9kxbJVuKw1uF01HDu4hXPPPZd//utcevQejrnGQGl2Mk8+cCdd&#10;O7UiNS2ev/3jHPqNnqHeMYdNGPxyFi2Yx5VX30x0XCI2SzVRoXu48frrOPucczj7nHO56JJrGDV1&#10;kXqfLRKE1eHAZLNitttUm202C9u3bePv//gHM+fPYP7Sldz5wJOEhIaRnBDJA/fdS8/uvTBabCp5&#10;jIr4b3XjcVtxmAoIC9nK1dfdzGtvf8hTz73M8egEpkybw823PcG7zdtz0003kZaUQLuPPuf//u8s&#10;zj7731x19bVMm7NQs5RxeMgvKOfVV97lhedfprighE2rV/JFi49p364dH33WjulzFrF7zz7OOftf&#10;tG/9CfmZqUQdO8Jd9zZmzNQ5VFdVkZEQxy0330yrLgOYvTZUESLjJkzFWlNObEQEV199I4OHjaU4&#10;N433m73KC8+/yPGoeKpqLMxfuIyzzz6bxUtXKjcXRd7aLLiqypgyqD8333QXSSlpWCwGCgtyuf+h&#10;J3it2TvExUVSXpTHow8/xGuvvkF6Vh4VNRbaftGDhg1uYMa02XTt8hWPP/wgRw4cUAuV3du2ceHF&#10;V9Ct3ygSc3L45z//QfdeXUhIiOe6axvRum1niouKyM9M4K1Xn6PZO234cc0RLr70ar7/YRjVNZVk&#10;pCcqi6Cbb7mXrGzZbfNa9NndHD0Upnboli9Zyc5te7j/kSas27wTm6GSD195gddffJGkpHSqq80c&#10;PRpGaOh+tm5axaWXXcrYCeOV+5G4Vh08sJ9jYYd57JEHafX5J5SVllBSUsq33/ZRCvbh0GM898JL&#10;PPDIY+SXllNeXU23r9pyyw3XUJ2byITxk7j+lns4Gn5cmeHOnjOPq6+/g31hiWzaHqKIoC27QzCJ&#10;ZaGYn0uAVRUnJfDdCyKIPxa6IvtTR21CxLsJdMI6xKbmFGwGFXQx8vAerr3kClYsWklCVBK33H03&#10;M1csp8TpoVP3vpzV8E627T+uTNfNpfk89mBjmr3/MdFJmXzQvPkJOSL4rts3OE1VipDA4yQrLZmn&#10;//MML774BqVlVcQmxHDHnbeqOU7kwr+uuJ5ZS1YpmfDUfffxxguvUl5lweLyMGP2Eu6+91EOHDhM&#10;SmIiLzz1JMP69qEkL5tzzjmHHn2HK/dsq2TSUPGMvCnYbWJ+X8b61Yt46P4HWb92GwsXLOeSS64k&#10;NPSo2qmXhc+Nd95PWFQidqtJESKXXNqINet2MrD/QG664QbGTpjK0fg89h4+SFVJFkunT+W2q27h&#10;SGQcJoeT1UsXc96//82ssWOozM8mOjSEa6+5julTZ2OqqaE4O4PrGzXipabvUx6fSZuHH2JMp7YU&#10;JKbQ6pOOvPPOR+zfvZdLL7mEIYOGUllZRXZmBp+++x6333QtuQlHmDJ+Eg0uuZKDoceorCpXu+43&#10;3Xwrh49FYZHn67BTVFzG5ZdfQf9+AykvryQ/v5A9u/cQemg/n37yPo0fuJfIuGQKK+1M/3EdV111&#10;LQtmTOX4nq1cf+75fNm6EylZeRRlpfNRk//wcuNbyIgJw1xdyur1mzn/mjvo238QTzz+GK+/+Sb5&#10;+fkYK8vp/vl7PHr9ZUQePkj3PkN55PEXVBwaiR0mi1QhLeLi05R+LfFmJk6ewdlnn6NcWGqMZqJj&#10;49i/fx85GamMGjmCS664VlmwFJRUsnT5Si677HKWLF1BbnYOkyZN5bprr6NPn++45ZabaftFFzKz&#10;yigrt9Dru/5cf+PNbN26S1kdnn/++Rw5HEpqYgwXNbyCuT+uokoCvwtR5qjCUVPIC02e4ekXmpFX&#10;XI7VUELPbp258Y6HiEgu5ftBo7nvgQcJjziEyVDG11/25OxzriIlJY2Jwwfx3nMvEJmQye7QGK67&#10;4XZWrNuLweZRoQTEGiI9IZLzzzuXIf1/UO6dJSVF7N27k6TYGMYMG8aD9z/Anr37VQiCw6GhXNPo&#10;Dr7o+C0ZyZlceeGFDOzWEbuhkoSEZK658S569ulPRPgRbr79DuYuXU2pwUZmfhHbt20hOuIoPb7p&#10;okiwg4dCiU1I5L3mn/L4s68zf85cnr/rKiZ9/yU1hbk0fvA5un3Tk/27dtDwwgsZMWSoCi6fkxTL&#10;c3dfwQt3no+nIoe50+dz9/1NOHToqHKV7te7J7fecR979x9SmxdvvvYqOTk5VFVWM2jwcG678x72&#10;H9hPj27daHz//YQdO6osk7p0aM+dN91A3PFQcFTitpawdOFM/vH3f7Bq7SbMDiuRx0P5z9238Omr&#10;z5GfeJwGF13Ex81bUlxUSnFxIfv37+FQyCG+7dGDZ558kiMhoZgtDmW1dOzoEQ7t38ez/3mGTu2/&#10;oqK4guKcNF587mmeeakZCzfG0Pixj3jznTbKBS4vK5kHGt/HN199TWFODi8+9zwvv/IumQUmckqd&#10;3H3/E7z/cRvyMlL4slUbnnjyKfJKKzAKEazcZerOx381BFq6yvFnJ0V+c0LEfwHuy4DgR4icxqJR&#10;7Vx6g0f5dh50QkRbkPrnONdTe50MOglxgojwu49+L/+/9SA69SHQUkAr19tmb0Ch+oge/bzabdX6&#10;wneuH07Dx9y/XbVRXz2C+HX4HyFEHFbKslJ54qEHuP/eu5g9fSqff9aGG259hFVrd2CqKeW9d97g&#10;xaavEpOaoWLdHA6PVZYE4yZNpaiomKhICc4ZRfjxWBLiUynMK6aqrJj0+HCyko6TkZlOr+9H8cjj&#10;LymXgxbvv815/z6Hbh1aM2zwQM45tyHPPNdMKQkuh5HigkyeevI/fNGxOxYJfmoqY9TAb3n6iUfZ&#10;vjuE+MwKmrzViqdf/5jC3ELl1y5kosXhxCyMtcTcqKnhgw8+5Ibrb2bowL707/0Dl19+FeMnTiUl&#10;JZ7nmzThs08+o7C4TJEX4n5XkFtKctxxyvITOXZ4B9ffeAvjp06jyYsv0bJte+594Ak6dx1Cp28G&#10;ctONNyk/9dbvfMRzz7zJvgORJKTmkl9Wic3tUaRIRaWRNq07qh2pzPRMEqOiGNynD52+/Jp/X3AF&#10;ffqPYN++/Zz773OYOWk0DkMlB3Zu5cprrmPe8nVaXIzSIu69+x7ebtmNScv2cuElVzFm4jQsxkpi&#10;jh/nqquuZ8CQkRRlJdH87df54P2PyCuoVGmJ9x0M59//PpdpM+dp/s1i2SZ+z1UlTB3Uj1tuvIOU&#10;lHRsVhN5eTk8+PSrfNm1JzVVJRRnp3DfPXfRoUMnysWX1gWz5qzmyivuZuK4yTR/vxlvvPIS2Wnp&#10;KlhZakISN9x8H937jyYxJ1sRIt16dVG7cNddez29vh+m4r2YKvPp0Oo93mzWkgnzt3LRxVcxd94y&#10;FWi3orSEDz/txE23NiYju1KzrrPasJlM9O7ZU5m2D/ihL0P69adBw0vp0WcwhspSXnroPj5q9haF&#10;hWUqbmFFRSUFBZns2LJamdQvW70Ki92JwWSmorycyIhjNGp0HQP7f6+IM4PByLjxk7nt9js5GHKY&#10;555/kQeFECkrp6JGCJF23NToakyFGYwbO4mb7n6UhKQUXHYzq1av5PJbH2HP0STWbtmnCJFdh45h&#10;crkxqWC4mqtMcF4O4s+GX0KIqHGsMjuI9asEKZQMYBoh4jYWMXHEEC698DKG9B/K9AmTueDCC2nx&#10;1TfkmVyMmLaMs/7ZiNWbDii/56rCbB554D4++PhziipqSElPJyIqmoiICI4fO6YWty5zjXJ9TI6N&#10;4vFHHubRhx8nKjJFxegYMnQAN97UiMjoCCJi4nnlky94/KU3KCnMo9U7b3H/LXeQlpat3J6/7zuM&#10;u+66jyOHw5SJ/qUXN+S7Ll8zfcJ4RbQ++9q7xKWItZwZu9XgJUQsYK/Casim0xefc/11NzBh7FS6&#10;fN2dq6+8mpEjhlNTWcagQQO5/r4nOBQeg8NmZtrECZx7/uXs3BNGTGQMnTt8yRtvfci1dz3J4LFj&#10;KMpLY/bYMdx30z0ciUmg2mZhw8olXHreuRzfvR3M1RzdtY0bb7iJNWs2qVSnjpoK7r3nHpo89zZl&#10;CTm0fvhhxnypESItPunAx5+0YuPadTS4qAHzZs1TWUyqK8r5vltX7rv9enITDjFt8lQuvf4+ohNT&#10;lIXDzGnTuPnWOwg5GoXJbsNoNZOTV8iVV17NxIlTVcByi8VOWWk5edmpPP7Yvbzy2kskZuZR44Sd&#10;RxK45prrWThjGpF7tnLrRQ2ZN3MBlSYrFcX5fPTsU7R+/TkMxZm4bEbCj8dx6c0P0LnzNzzy8EN8&#10;1qoN1RJXqqaKOUN7c8clDQnZuYWeA0bT+OHnyM/KxG2uYOGcmVxyyaVExyYpMsRsddGqdTvuvPth&#10;DoSEqZgYVTVGysvLqCotYNDAAdx278OEx2UinljiOnrhhRfx9jvvqx39li3b8XLT1xgxYjiNGl3L&#10;kOETqKh2UmVwMnPuYm69/U42b9nO1k3ruEAIkZAjpMZHKUuHWfOXq+DyEn9KFuZiBfvis8/R5MV3&#10;yC8qVW5jX335Bdff8RBHk8r4fuAYnvjPM6SnJeBxmhg7fCL/+Md5xCckM37YQN599gXCE7LYGRpL&#10;oxvuYOXafSpGockqAcBNxB8/zL/POYfZ06dgNEosrxrKygqpKCmk+1edePLRJ4iKjpOkTsQnJXLn&#10;PY/xeZuupCdlctUFFzBtZH88diNZmVnceEdjvunZm53bt3DnPY1Zu2UvRqeHSpONkqJCstOSaPHJ&#10;h9x6y620btueLt2788Z7zfm0zVdsWLmcl+++nGk/dKCmIJOHHn2erzt1ZtuGtVx1xZXMnb0At1jG&#10;lhfRoum9PHH92bjKc1gw+0fufeh5DoaEgstKz65fcsud97Fx83ZeafoKrVu0oLSkROnbCxcv59zz&#10;zmXDpnX06PoNzzzzNMlpaWrjeMqokVx3SQOij4XgtpbiMhUyefQwrrv6Zo5Hxinr+/yMZN598mHa&#10;vPocWVFH1LPr3XuQFvrAYia/II+MzCy+aNuGt157neTEdBXeoKyqitLSQiKPhXHP7XcxfswknBYn&#10;htICun7dnjsaP8LMFUd44PEPePPtFtjsZoryM7jnrrvo8lUXCnOyeeHZZ/mk1Vfk1zgotMBTb33O&#10;s69/SEFWKl9+3oqnnnyGzKJSzJJ5K0iI/GHHX4IQEUgZuvuKDj16sBY/JJAQqVvG6UC7TyA0QiSQ&#10;/KgftUmWIP5b8b9BiEhgsANb1nHN5ZfSoMFFXHHJJTRs2JBzL7yajl/3pqaylEF9v+P6629g0rQZ&#10;HDkeQ59+g2nQsCEbNm9RJtcqQJkek0fc1Wxu0hITaPnRu4wZ2p+kpEQGDZnI3fc+xqoVK3jr9de4&#10;4tJLufbSS7jwwgv429/O4uKGl7Fh3XoVwHLTutXccvPtrN+8G7PViKmmkO+7dVAxRA6GxpCYXcnL&#10;H7al8dOvkpKQQkJcEofDwjHZNF9oyXGfnJTIXXfdxfkXXMB1V1zOJRdfzDnn/JtX33iPjKxM5Xd7&#10;x223M3LEKGKiEwg5cJT33vmYD99tRnJcGEeP7FE7RWs2bGLoyNGcddbfefDRp1mx7gBdeg1VFiJZ&#10;iXG0ffcjXnvpbcKOxZOeXURxZY1KWexCgnMamDt3juq7Af0HEnv0OMlR8Xz7bX+uu+FeVq/fQVho&#10;mCJE5k+bgMdiJDMxlgcfeJAvvuxKWNhR9mzbzI233MVX349k/aE4Gl5/J81btuHg4YPMmzefiy+5&#10;kgHDhlOWn8oHb73Kgw88ypLlGwmPTKFj52+5qMElbNyyS+0giTm3y2rEWVPGpKEDuPv2u0lNTle7&#10;nPkFBdz/zGt0/KYXFmOVMjl9/ZUXadz4flauW8fRqDhef7MFDS66jlkzZjFq+EDuuPUmFs1fSGJs&#10;LGNHjOW8Cy+hx4DRxGdnKmLgmx6dSUiIVbtxPb8foogHc2UhX3z2Lu+935LV28O47Iqraf5hS8KO&#10;HGXT+q3cfs+z3HTrw6Rll6q0mHZzNSUFWdxz1x38+5yzaXTNlVzcsAHnnXsed9/3CGVFBXT65APu&#10;uvUm1q7dQHR0Ar17/8C0aRPZuWU111xzFT169+ZwaDjrNm7mhx9+YPfObbz91ms8/tjDHDp0kENH&#10;Qmn2XnMefOhR4uISadu6HZdcejnrNm9h157dvPzsE9x8/bUYirIYP24KN93zOEmpaSpA4rp1q7jm&#10;rsfYGhLJlj2H+Mc//8mYaXMorKrB7NYIEVF+goRIEH82/FxCRI8hIoSI2sAKIESqitJp+vzznHvu&#10;edx2y21qzhXrwHsefoqYjHIOR2Twf+fdTKsvuhMbdZylC2Zz8w2N+Pb7/so6w2C1qED74lomGbEk&#10;1odkogndt4v77r6Le++6i5nTZ5GelktmZhadv+7IVVddSVJSksr89eEXPbjnsSaUFGazfuk8rr7k&#10;UoYOHc7WHXu4864HePqpJuRm5/POW8249JJLueySS7i4QQP+9rd/cvV1N7B89Toiwo9y5OAerGaD&#10;WsRjqyA94TD33X075513Htde1YgrLr9CWaW8/NLzFOWksmDOdK697R7GTZlGdGQEH7z7LudfeBnr&#10;N+9j7cp1TBo7gSNhMbzfujsXXHkNO7dtYvH0GVx/5XUsWL2GrJJ81i3/kUvOO5fovTvBUk1eXCQ3&#10;XHc9X3XuQUR4OPt3bOHiixvS5IVmFCZm8cnDDzHiy3bkJ6by2acd+eCjzzkWGsoVl1/OKy+9Qvix&#10;CHZu38bz/3lCWYjkJBxl+tTpXHztnSSkpOJ2mJk3cyY333IH+w8fx2gX60oLFVU1yq3jk08+Jzw8&#10;ij17DtKte092bFvHwH7dadToahatWMv+8CS69xvL5VdczfwZ0zm+dzvXNLyYxYuWU2W2qfgJHz7/&#10;NI0bXcGKBdOJPh7OgMEjueS6O5g1a5Zyk7n73vvZsm0n4aGHeeuph3nlwZuJizpKL7GqeLgJ+Vlp&#10;ygJj0bwZihCJjI7Vgrdb3cybt5x//OOfjBg5QbmdTpg4mWFDh5KdEs+wIYNp/NgzypJV4pJt3riF&#10;Sy+9jFEjxxAbGc3EidMZMHi4skQQt4cmz77E9p0hHDwUQZPnXuGaaxuxZcs2tmxcrRbVhw+EkBYX&#10;xVVXXsM33fuQkpGLQ7IFOapxGEr4+MOPuP2uh1m9biPR4WG89NLL3HTPo4QlV9BnwGieePIZMtKT&#10;cNkMTBo9mX/841wSk1MZO2wQbz33EscSc9kTFs8VV9/E+Mk/UlhmxCzvmtNEbmoM11x1BR+++zYR&#10;xyNYtXYVn7X4iNCD+5g1aRK33XwbY8ZOIjYxmcnTpvLv8xrS+ovupCZmcNmFFzBz0khFxGRnZXDd&#10;LXfxdfdvSYiJ5NZbbqN7z34cjUpm/uIVdO7UiYN7t9O3Tw8eefgR1q3fzL6DISqr35w5C4k6fIA3&#10;G1/FdC8h8uTTLytLi4SocBo2aMCnn7biWFgUuzas465rG9Dk7stwlOezZsVabrnzEX5ctBxLTQXf&#10;fNWe2+65n/0HDtOyxec88cjDbNiwgcjIKN59/2Pue+gxwo4eplfXb2jSpAlpWZkqSPq0USO55cpL&#10;iT1+WLnmeazl7Nq4TrmZ9es7kLSUJNYsms+j11/Npy8/Q0laDDfdeAPPP/cqYWHh7Nu3j05fdWbp&#10;suUMGTSAO2+7jRXL1hAdm0b/IcOYOnUSe3ds49UXXuSNV98g9OARDu/dpYIuv9u8JVv2x/PIk6/z&#10;6ONPE3r0CBvWr+TG62/g687dKMjO4cVnn+fTtl0U8Vtghyff/pwmzT4hLyOZbh2+oPH9D7LnyDFK&#10;TeYgIfIHHn8ZQkRD4CK0fjIkSIgE8dsjcCx6v/8vIkQkuJbFUMWw3t25/abr2bVjiwpcl5yQxEct&#10;2nPLbXdy/Fg4JblZPPfUk1xwwYVcdFEDzjv/Anp825vi0jJVd3mHpL8kBo4WPNiDuaaGnl934pKG&#10;DRTB0vDiS2ndphMFBQUq9Wt+VjqZaQmsWrVExV1o/uEnVJaXUlFaxAfvvscbr79NbmEZVrsFh7WS&#10;gzvWc+tNN3LFlddw5U130/DK6/hh1CQVm+Pj5i1URoH84gpFiFhtVhb9OJ8rrryK+T8uVlkDMtOS&#10;+f6HQVxy2RUsXLqC4uIS5dfc6NprVf0aNGjIpZdewY8/LqSoKIeQg/uURcmK1esICTuq6tjs3eaE&#10;Rabz+RfduPXWW4iNOMJrL7zAef8+j4YNL1a+x/2HjsBoteNw27DaaygrL6BXr15qh6phg4Zc3PBi&#10;rmt0KzPmLqekvIaoyOOcc/bZzBg/EhwS96SSCWPGcNFFDVWZYvb5+FPPsutoDGnlBpq37cj5UlbD&#10;hlx88cWc9fd/0qf/DxTnJCgLkZtuvF1dK+0R16KvuvSmoKgCi+x82kwq2KzdWEWfHt245OJLSEvJ&#10;VDs7+XmFPPbMS3Tu2htTVaXKFnFk71auv/46LrzoIhpefDENLr6B88+/mDmzZ5GSGM3TTz7ORd66&#10;3HjdTZx11j/p2LM/Memp/N9Z/8fHLT4kOTme6665lo5deilCpLIwmw4tPqTpK29yLC6N/oNGcv55&#10;F6j6NrzoMm649UluuvVRUjOLVPA0t8PA5g3LuejC8+jXpyvFeWlkJkYxaewkzj//ApYtWkJ06GEa&#10;33MHF110EQ0aNODWW29n6dIlVBbn0P2bL2lwsfRHAzV2mzVrRkZaModD9nHbrTera6RtF152JcvX&#10;bKSm2six0GM0bHCx+k0WIef9+2xuu/l6SnNTGDZsNBdefB2JKWmqL1esXMoV19/Cpv1hRCamcvvd&#10;93LhRQ0YPGYMlRZTkBAJ4k+Ln0uIiIWIWK2pdKhqPGspZiX4qVhxHNy9iYsubMCAAcNJSU0nPSWR&#10;uXPmctHF1zBh2iKKy6x06PSDcpPT3scLadr0ZRJTMrzpX7VU45qFrebOWZCVxpuvvKzm3/PPO4/L&#10;Lr1MLY4nTpzAqtXLue22W7nkkku45dbbuaDBpQweNQGrpZqa8nxaf9RczbkXNWjAHXfcw66d+3DY&#10;nJQVlVCUk0txVhb7tm7hH//4Bx982pbk1Exefukl7r7zDgqz08Beg8tcwswpw/jXv/7Joh+XkJUu&#10;siSN73p1p0GDC9m9eTWpMUe58+671Twpc/J5557LP/7xL5Ys38Tq5atpfM99yrXk+pvv4vEmL5Ke&#10;kszxQ4fUvH/ZVVcxeeZkls6fyUVijbBjO0hw2soivv6ivepP6SuN0D+bG2+7l5iwCF59+EH6tm9J&#10;QngkH3zYmlfeeIukxESmjpvI2X//p++as//FfXfeSkr0USZKoNlrGpGYmKgyAs2bOYPrb7iFw8di&#10;sLocyhrTaLIydepMTfaoZ3QRTzVpQkpyNHExR2h8711KljVoeDFX33y/IiVGDx9ByI4tXHTBhcxb&#10;uASj3al23F9q8iT/+H//j8saam2Q+frT1h3IzMog9MgRbrnldq2sBhfxwG3Xs3PVfEpL8nivVQcu&#10;v/ZmctKScBlLmTt9MhdfcinHIqKVfuGweqgsM/Nus4/UnC7yR1xben/3HeUiX75oxz/Pv5iouFTl&#10;CmupMdDsjTfUWBCXIpE1ffsPJisrk7WrlqrNDiV/Gl5Mo0a30qjRjaxfv5HlS+Zz/nnns2PLNsry&#10;s3mv2VuqDd169VF6j9shWWYM7Ny2Rek3Uhfpc7HKbHjpFRyILlAWIo3vf5jsrDScViM/9Pxe9VnE&#10;8RhGDRvKC/95jtDoTBLSi7n19nuU5eO4SbOV65YQGQ5LBXOnjFNBiqUPZQPp6WeeICM5gcLMTF58&#10;7kXVhxdfcgkXNbhIvSfvvP8J0VHxXNKgAWNHD8HtspKfm8Pf/n4OX3Tqgt1ipFvnzt6+v5jzL7iQ&#10;9u06kJ+drgipe+6+W41jKfOGG29iyaKlJB8/yvXnn80PX7yvLDFuvuV2OrT7QukSEhdEdEPVhw0a&#10;8M+/n8WN11yBrbKM+OhYzju/AY0a3cCqpYt55603ueKqq9UGhQStvf/uu1W75Ble2+gmps+ZT3FJ&#10;IV+0bsXDDz1EenaWIkTGDhrAxQ0u5Pixg7idBrAbqMzLocVHH3PB+aI/NODiBhdx7t/P4r2Xm1BR&#10;mM6GDWto1OgmNYYFEmMl7OgxstJTefiB+5U1lbT/0iuuYsH8+ZQV5rFm2WKuvOIKrU4NGnDnnXez&#10;PySC0monQ4ZN4JJLL/PqXg3Vpk/bNl+Rk5bNC02ep9kHn1NgclLs8PDUK+/y7OvNqSjIZumsqVx1&#10;xRU0uvEm9h8LD7rM/IHHb06I+Ct6Z4IQCSQ+Toa6154e/tqEiCzG/VArEGgQZxYnIUTUM/jvIESU&#10;oms1kRUfRfSRA5iN1co8V9KQ5RWWcex4ApXlVTgMBsrzcti9cyer1q7j4JFQleZMYt2oXUNvHBx5&#10;L+U9cjskF70dY1kpxw7uZ/vWbYQcOkZBkRAoWlBilU7OZaW6qoQ9e3aQlpqmUvFZTQaOH40gKTEN&#10;k1UCqMn7aVZp3OIiZZd/C2u27mT3sWjyqkzYrA7i45I5GHJUpYVVqVNtVjLSUggNO0JldZVyRRMz&#10;x7Lyag4ciiItu0C5u4nZaWT4MTau38yWzbtISMxU2XasVhNlZeUcPhJGYUkZlQYTxyKjScnIp8ro&#10;JDEtn/0hh6iqKCE7JZUtGzazaeMWtu/cS2JqhjLrtTvt2J1mnC5JX2ggKjKJ7Zt2snXjVo6GR2Iw&#10;OzBZzFRXlrJz01pKcjJUYELxxzdVVhIedow1azawdds24lMzqLC6qHa6KaysYdvuvWzbsYtDR46y&#10;a88BElISKCvK4P23XqX5+x+zcs0mVq3bwo7dB8lXZIjUR3acJN2tUT3zvMwMwsIjqDFKukOwGK2E&#10;RSYRm5CJU8ah06xSzaakJLBm4yp27ttHTFw2Rw5Hk56Wgt1mIDsznd07xNd6E/ExiRwKjSUqNZ+i&#10;mmq27dlJelYyhpoKYiJiSMspVCbYsuObdDyMxIRUiiprSMvMY/ni1ezcuocdW3bx0adfc/udj5Cd&#10;W4Zbdp9dkhknW+28VZUW4RFTZaeJqpJSIsJiycvJx1BVoUySN21az+rV64gUv3yjpF02UlWWz8HQ&#10;I6xas549+w6oDAriIiQ7wMlJcWzZvJENW7cRl5lNhcGsMt9YDGZSE1PYsmmLyrYTdmgvh/ZsxFxV&#10;RF5eEUeikqk2SErLGnJzM9l1NJqMkgqqrDZik1PYvHsfsakpmGWRIYRI0JUxiD8hfgkhoq45oQjb&#10;tADWksraZqC8OJewI6GUlFap9K1ul4PSkmK1+EtOy8VsdlBWYeHI4aNs3biBvTt3kpWZrfz4LTYt&#10;eL2m23kJEUmVWl1BfFS42r3dt3sX+/bsZd/e/eTkZFFVWU50VBTLV6xk9br17Ao5TlmVEbtd0m2a&#10;KCvIVxlHdu7aQ2pqppp/xJXEIynR3G7l8mOurGT/gVBSMvKw2dwkxsVzPPQwNkOVcjXwWCvIz4wl&#10;LCwUk9GCzSxlW1VGlCOH9lOal47TUEpqciI7d2xn/779hB87zv4DRygoqqa0uJy4qFg2bdzJ5m2H&#10;SE7LVmlSnWYL8cdj2LtrD7ExkZTmZ3P80EEMFeUgWTQs1VQXFLJ71wE2rl+vgliHR8VwNDIGU2UV&#10;WeFHyIs5hrXKQFJyLnGp6VpK2SoDUUfC2bh+g7J+O3rkMGFi8VJTTlFhIYeORlFVWYnTYqQgO4vw&#10;8GiKSquwuTSXbbvdrYKBS9abVavWsWnzdvIKi9R8b7dUkpWewsYNW9m87QAJ6YUcPBxBXnYuxooy&#10;Dh08SE5hqbKQFBmalhDK8QPbiYkIY9XqdezZe5jikgq1ySEuDDmZeaxbs57161aTGR+Bo7oIm81E&#10;XGYe+w8fw1pTjctYpcirffuOUl5pwWZ1Ybe4cFqgtKCa3dv3s2rFGvbtO6DcIR3mavJysjgWFY/B&#10;ZNfSu5uM1JQWs23jJtatWcvuPQdUtiHRE8yGCiKOhrJ5w0b27t5HemoO+3YfoqiwiIrSfPbv3obF&#10;YMJpMVCQncmO7Ts5FhmjkjS4XTZFiogsiYyMZMvmzezZuY+9ew9zMDyB/BoPyVkVhB6NxGSsUWkx&#10;K4pK2bPnKFXVJory84mPiKfUYKfa5CYpOUf1a1pGgcqW57RL6tZqLJUlyp1j2bJlrN+0nuxszU3V&#10;bbVQkJuvdIANW7Zx5NhRQkLDSUrPo6bGzLGD+8jJzcBpkyxJ1RwOj1b6iRAiNaUlHNobwvKl69h3&#10;IIyC/GKlF4hVVE5mJus3bGbdxk0cOXac6hpNJ0kJ3UVJRgIWo4mjEfGKGHTZzGqDK/TQMTat2cLh&#10;vSGEh+wnIfwwHqtF9V10fJqKGZKTlk55USHh0fGUV9SoEAkp8fFs3rSJdes3cDQihtLKGmw2M7lp&#10;qRw5dIgalfbZRkl2Fkf37aKqohCnw6iC13rMZgwlJeodX7NhA4dCDhJz+ACxR/cr0sRsrlZ65Pp1&#10;W1i/bpOaAySLksNqpqy4iG1bd7F0+UaOHItRMXckHbe5qoyII4fZvGETWzZvJzklG4PZpTKASsrk&#10;I6GH2b5jC4dDD7P/4BGOHo3DWGkmLiqeyIQsqmxQ5YDIlDyORqZhqynHXFZA+LGjrNu2k2JJDxwk&#10;RP6w43clRDRB5gv0qb5Xi/e619UHLS+zDn8CxP97DYHX1ge9boEEiP69P7QF8Omi7r3OJPzrHVSi&#10;/xhoz0DLQuQfuFYUtTNJhgj+KEJElFy3U0yfJYWbUSkpsgMoZIEs6q12LbW0BCGWtIpaMGA96K83&#10;ho7KtqT3ha+/hBCRa8RXXALxSZYTm6TNs3tjWahAxBKgT/LFy6cWZ0EPcCzZpCS2h3wncU4kIJfs&#10;GMpugdlmVybWkk5bWZCp7FOS3lo+Xd5J2orZLMqxPCvtnZWgzBZRqLwEl2SJUunrrHbsNgmGLNfr&#10;77jMO+IGJPFJnFjEn9rmUqkWTRabMmkVwS3X12qfpPd2eVQ/OvW2yc6nRdqmZb8SpfMEySZ1sFq9&#10;WaMcuGyiZElf2zCbzUqAS2puu0dSc7tVsDVlBSMWOXaXKlcEvKQq/uDtN2n9eVsKSqsw2tyYzA5s&#10;Ful/J06XE5fLgcupQfpVpTG0iz+0ZMKSzDhCJjnxOCXAtPS5Vn/xp1cpGSW9uUXKkeDSZtxOzTrI&#10;bDSpgNSS6tziRMVysdptylJHe34uVa48V/GpUmPJ4SQnL0+5NTV/vzn79xxk5dK13HfvE3z8SQfK&#10;y0w4JBe5Uxt7Qo6oMSV51kVxV89Mz0ymPUub1YLNYsPtdHsh97GonU95xhZJKyhWTFJ/pxW706Is&#10;ZyQbjMnlwazGtIxbhwr6aJe+t1mxWozYrTXYLQb1nGUcWNVzt2CTtL92h4LscGuBsSUItwOnW8aQ&#10;912r5/0LIog/EqdLiIiSK66RMh8p5debWUAnRexCiMj7ZJX3RJsLdeJbbTYJQSykrMWu3Cnlf5f6&#10;Xd5bJzb57cSmgzZXa/JXI0V0OGUuknvKXGuxYhOCRj6tNswWKwar40QaeJlfJPCrcrtWc4FmuSjx&#10;plSWHJEJEiTWYsVidaq4FDK3SR0dMofYrHi8BLXLKuSnTZtzLFYcsqiSuU3mJOU2pLdTa4/ITJlX&#10;ZX6WrDwOsRhUcSfAatWyBarEATIvWmVuMiuS1i6fFovKnIXMr0LsePtY5jYlc2XTQeYomxW31E0l&#10;CPB4g/lr7ZVyVfw877OShZ7EOxLySkgn3frGrcgtJyazRclI6RuRA5KUQNVfZZ7RdHCRA5oclmci&#10;chcFicEgWRSlT5Ws8spNNU5sRtxWIy6bBKoVAkH6X6xIvc/easdls2O3Sv1Ehmhklsg4STvrsjlU&#10;HZX7vF/2SLm/yyabLsKXuzCbrFhlPCn3XU0vMVtFBkmSBKcoBrgtZixGA2aTBbNZ9BVNbqh00VYL&#10;TrF+kvrYJZ6Y25tJUtM55Dw1/mwWLZGCIu20vtXGo6YDWM02LCYrZotdk792sNglwLpby+bkdqvN&#10;IpvVq7fY7VhNNuXWY5NMmk5UdjrRD+T5SX+L1ahslDhtVhWLSslVu1WNP+39kn4X2Sw6m8RPk8QT&#10;0mTpP3lfvHLRJr9Jvzpx2uw4LXZcogvZvM9YucFpslUyu5lqTMqaSuS2jGc1tk3iRmZW76fF5lZj&#10;WwIPy3vksMjzdOG0OrXnbTMrdzpph9TJZrFr481sUuNU5gil60mbLGZqTBYtPoxZNmhsqu64xAXb&#10;O66l3UYDTrFGc2uZPWVASJnSRpME1peAzzYrDrMBj0vLhmU1S1usWE26viDvqaZfSXwcmzwjq+g9&#10;8uzlnTDjEn3Zq19I7DXRtXSiVsanVeS+00vi2mQceVT7RF+VecRkk1h2HqVruixW3FaZG0VntHn1&#10;Ax+J8FdGkBD5CWgLyNqEiOyUni4hItBSEWmptU7AL0WRlr6w7nX1QScVAvGnU04D2/dnruv/EHRi&#10;qja8hMgZtM75IwkR2clT8JIGmlIki0aPgihIIlgkToim8PkUAZ0M0eBQ5+jjVoLuqcB7qmwNmkDR&#10;MjVp52nZmTRI3/oHM9azNcl5mkIsjIIswkUpVErXiU+dzNCJBmmLKPuSVlJTlLT03Fr6a/lfa6uW&#10;+tTl0jJTacLXf97R4b2HSqkti2mdFNXGgJQnZahyBMpSxjtWlPDVFtqasqnVU+8TTXGVfpPfRGnW&#10;FH+t7i7cEqBViBlZOAS4D6pyrFoqXUlL2a5FC7qJT2tZFSZRwL3pyYUcUM/6RHv1PtKInxNQiqeW&#10;nUsbB17CRglwhyJW9P6VtmnQn5v2DIQQ0pUHgezIygLAPzOWlp3LjtlkUOkXr7n6au64/U5uuuFW&#10;brrxZkIPRyqrFY8TpZwpEkURKaJsyQJD6iVKnEbAq3GplDO72v31uDwKEodAlCcZ3xrJJunX3Tik&#10;/W7ZkbYpSCBeIdfUYkHdy4FEZ1XjWVLkidKnUqzLMxTySFestHfIoXZ85F7abx75VGPC914FEcSf&#10;DadLiOgWIia1W2s/MYdoEBlix+ORBa/2vT6v6eS2SxZUVlkwyQJX3mFZlMn7o33KuyxzYGD9tLnF&#10;Ox+egEY+KNJdERsawaFizXkz/Ml7rhGlOrSFqMo8qM+BftDkgsyz2oJdLfBVPDttwS7QZJ9vA0Cb&#10;w3QCX8tOqNqk2qPNfWIZpm8wSFulDkLmSH9ISnFFnqi26ta+GtRmgSyCvXJAQc09+twd+Cz1udwf&#10;vgWLECEOuxAqVqW7SLmKqFfWPRrpK3O9Jr+1uds/66FakHpjxghp71aEvuIZ/PpNiH6vTDohh6VM&#10;33OQOVknbBS8pJBEBFX3VmS9TszIM3CpOV+ILF2+iPz0SMRy2bJ3elTgbelvnWDQ2q3LKo0QUQS3&#10;l+hWGShP1EOTKSiiXcgtrT5aWmntGp8eo+keSg55rZ80ma+NGamTltlSkwWarPYgzZNPvY8UKeRd&#10;6KuxdiIbpqZziJxXxJ2XsNF1I+kX0TvsXusCu1f2inxVY1/arMaP6HNSvpd09L6Pcm+trlo9RbYK&#10;Oamdr8kpdb5ViAvpD9m8kOei1VEnvdRmikvfhJLv5TrpN+3ZiB6j1129v+r9kj4Vksm7CaW+9+oY&#10;3jEsmzxO0XXU+JJxJkybkG3aJpfSHxX5oY1HteGh5hbtHZS5zCG6gbyrQowonUDqJi5W8l56ZbYQ&#10;PkofkL+15yNToEaUaoGiFdEi5btljEu/e+ur+lXGml3TISTekZdw1TaXtLlEvpPnosr06gnq//8y&#10;nSBIiPwEzgQhoiFAUa/z++lBX8QGkiF/NpIhkPARBAmRPyn0GCL/LYSIH7RdP91ywAfd6sunFAZA&#10;KXm68qMrwl6l1Suw9QW3RojUPkfHifO80O6rW5L4oJRNLykgFhzaAtwfIsS8iqRLE2Y+pVcjI/R+&#10;1/pBJ2G8Som3XL3s2iTE6QozqYOmbCglVs2BmrKqC02tT7wkkVeJ1OqkQ67R6q5+q1MXWWhIYFwL&#10;DrORsvx8KorLlKuRVSmKXgJCQau3/qx9c6yXDFK7gtp3/uSRv5Kt/y4LJP/va/W9S8gjXakVQkQf&#10;Ez7FWFkIyXtksygUFeQTcTScyIhICvOLlRKjlCH59CquSqnwpvvUF1GigOsWRwo2bVdIU+I0hUus&#10;QaQ+PqJN7z/d2tBr2aEIEa29SiFW41brL1GA5LlIOzTLE6/y682CpilaWlwFbVGh/f3fsAsUxH8v&#10;fg4hInOYPyGif6fGvUubazVrEc1yRC0gvCSE2uH3kiEnCBH13taWI4H1UzjhnqpBI0Rq63Tyvumy&#10;Sp+HtHlBJ1785h6/+dun0NeWd5rM03TYn4ZOiLi9CzDvvZTM8ZOvuqWMENhekkY+/RcVar5QFh2y&#10;+68RIifaLvfSZUlgH50EvnLlmYi1iUaI6KSI7O4L1IaDuLB6LQflWtnF1neyA3VorR99hIhaZCso&#10;AwMlU/xlifr0yhifDPAS8Cf6rb7+1gkKnWTxyiqxYhRiRMpTc7BGiujt1vrap7d4dGJFzctewl/J&#10;FVl8e4kenYjy3tv3mzafaxsVXjmj7iGfXlnp3y6vPFTWpUpPEXmoWdQoCxdF7vjkkb4Boa6RcuWd&#10;0seTrst45dCJTJReUkTTbfyfuaYbaf0t8PaHn36kERGaRajTa6mqbQh59TBdlzsxjn0bRbpM1+oq&#10;RIVYwmqyXetXjRDR3jfvRoyUeWKTRcrR6yq6oZyvbZApfUbXH5X1mEagSRkn6u09V7+neoaqP71t&#10;9brzafqFRmxpRKi3XNUX2rhS40Vtjvg2p3zWYzpBKxY0+ppR/vdaIMv7oXsx6Ofp491LwqkxpIgV&#10;TRfQ30ef/lX3ff2roda8FSRE6uLPRoj8VRBIhgQJkT8LNHeBuhCCQVNSzgRkQvktCRHFntdzXx3+&#10;k/SJ3QS14+Od5NWO1skhpsT6jp8uqPyhC/wTQrmec+o7T7t3bcVNCBK1ONcJEa/yoYSb9xqlOLo1&#10;6wB/YuFk84k+b8n9dULE+qsIEe+OlX6N2k3QSBpffQLnuLr1UnXTn009dZF7nBC+IpDUrpYEJvRa&#10;oZwgmrRyao8Dr6LiT87UgrYjpysBen21a2orSr7f9TbVVkK0T/lf/16+00gRbedN3H7EJN2mmaz7&#10;LWK0XUQ/BVlXwJQy5yVm1BjxWSppiy0v2eR9FroC6l9f5dok1/u5aPraovXTCas976Kmbh9p5/8Z&#10;ifYggjgVfi4horvM6AqwXKvc58TSStwJVJwiKVPeBXnXPRoBIG6XNoG4imgEpz4H6FDWdN561XqP&#10;/AmRExYidRfOgbLj5DLGK+dO3Cfwndav1+vop4v5WYhoO9OaO+AJd5w6C1kffLqxtkjTrtHmaL0/&#10;9Xppi3Ovi5AfIfJLoS3efVY2taxE/KA/A80lXauzll5Zc6PQLUC19mmEiGbtqC2wNULE31LTay2k&#10;k/cn+lRbOGoWH7WfS+16Bz5XnRQ5mc6gP1u9r31/a5krtfJU35+QQwHP2At9XPnGlq9+vt91IsBr&#10;ReHXrhOy6US99f7SrF20cnWZokPK1/QbRR6cIO7976n9rckk33uo3jl1nn+f1R6DtaHXSyN1lGyt&#10;1ae1z1f387ZfWcCouukyWH/e/n2hu61q/eK7l/6MvHqlt9+UfFWEhPZe6MSE2lDxbqppzzRQp/C3&#10;ptH7R3tuGinidbFSJJnPAloRQiL/xcJNtU0fowL5X+sj1Z9efcI3tvXNlNpjU99I0ogV/X3Rn3Hd&#10;9/KvjiAh8hPwTUT6xHkmCJH/zsH0U/Cf/AJ/C+L3gWRhsTusJ8GvU1L88UcTIjp0CxH93VM7ZV7h&#10;oSt9+g65P3RTYWUW7Pe9T0nwClZlfSITqKZM6IJT/1tTJvyFTF1CRJtTNGGswynWs/UQIm633Pf0&#10;CBF9R0TKs3hxckLkp+Yk//mr7v0CFRNf+V5zWGUS618/rY6BdRHoSqZmPaHtaOkEgD4PSxn6zqJv&#10;d6J+QqRWrCbZ6QsgRHTLEV34+37T26XvFOk7JV6ZoHyz/b/X5jdNcfDu5pywvtCVpXoUIO+OoLqH&#10;8rWWvvFfJOkyyKcs1yVEfH2vlBvZCVXvu+93XeH0kdS+8339pSuDtQkRf+UxiCD+rDhdQqRODBGZ&#10;G06QIgIbLvHZd0t5mjWicieQOUJihliceKwaGaLFzpD3tLbln74Yr/Me+ZHI2nv+6wkRfXHpu493&#10;Pj3xTvvmVX/UJkQkppEfISLzmneOq1eO+dXBJ0O97nd+c7LUSVz2ahEiv8Ia1Tc/+ve1TizVJUT0&#10;hZ4iDlSsEwceFftB4kSI241NW0j6ESK+xaDX7TNAPmoLdvleq4v2DHyyw0cKBNY/UI7W7Uv/OV4v&#10;44QVhFdu1u57fQFd9/nWhSZL6m3Tid90EkDKlL/1WGZ1x4C+waBdo+tFge3VoC3cdbmowb9ucr4i&#10;SnT3Nd0FzCtz/fWFwLpr8PWbPDtFGOnkhFcP8D//hEyTAPVeQkTpR36EiC4/dVmr941ypfV7r7Qx&#10;qfWXphNoGxOaWw7e98JrbekdO/oz1Mezbxxpz1K37tHJjBPP3C7vplibikWn93t/i+ATct0fvufh&#10;P35OjNkTOlLt63yESG0yqN7x431uf2VrkSAhchrQBpCfgviLlUPf5FD3t5NDv68u7P6q+G9px18R&#10;+gvuWwydGoHX/1z8loSIlKkrvgL/3Shf/eV7TXharHYtQJc3SKhLxbCQmAyy++MtQwVCEwEkAs1r&#10;kupV8nR/cE3w6LtlWjYaubfmwiOBRmUHxGtC6g3sKYtvFchNmTNqOwOiPCtTSCXwtCCdSiHz+hUr&#10;JUQJZt9iX3MR8s5DYvKo2iNuERKMVNqlmS6qWA8yv6hgXFpwVavdg1kFGhNzSi34mVifSD9oAl/a&#10;6MZuEcVVq7suXGujvvmrPuFbHwKEp3derV2mr2x9ntAVwBNt987D6pwTFkB62dozqqu46aa5evmB&#10;bfGhriLru8Z3f59S4UPg/7UVKJ/C6K+4+pQ9rXy9HN3H3tdP/vCv68nrG/i/33eqL/T+qg96PYJz&#10;dRB/LZwuIaLHEPERIv6ZkzTrA5dTfO+tYJcAlVb27Qnhu+8GkZGep7k32ERG6FYRvus0SwWd5NBM&#10;9oV4ULJJuQ9o861GRujn6nOB77p652CvW4bPtU2+lzKEcNB3pv0JEX1xJ3XU5536SBiJcaAFehY3&#10;PZGNegwFfUGsx1jQ61J7nvDW94RbjV5n7+JakS6624e3n/0t4GrJBH1+1ogjLfaJPm/6u4Jo8lNl&#10;GfO6BKhMb35Ba1U/et1KpW+EDEHaaDIyc/IYJowdQXFZBTUSHFZCb8iGhFoIi9zWyRF/GeZH8PuR&#10;/bXnXP3/ep7fKeAvNwJ/8/2ule0/X/vLkdrPtD78f/beAj6O4+7//z3P/4E+haRpOGmTNoxNAw2U&#10;0qZpmjZN0yQNM8cOOOQkZmaImZnZMkiyRZZlkGVblmWLmfl0DHugz//1nb2VVqM7WbLwpO/n9Xr7&#10;rN2Z2dnZ292Zzw3oDYaWz/em57+GatS3fKdqNH2/1L8DlYO6TXwvWuS7KW+NeWk2LEv+bgR4n7U4&#10;lor+WHJ4ub6rGiIq+h9zWj9fzRBRz1srKxVtm1ae/jJoPE99Hlueh/68m7b5DZdmqMfXm2ktvz9y&#10;Wcnl4t/vrx9pPx7JZdiyPJun23jN2BDpVnW7IdKT0A3R4oHBMOeBNveDDK0coUGTKDZNsHn+dIch&#10;ornRekOEZsrWKihWqwNxBw+LZWbJlKAZtCuqanAiOQVHjiTh5MkU1NbViqXqCgryYTFbAB/N8q7A&#10;Um9EWUmpmME98WgS9u2LwpEjiaitMfiH3agT8qWnpyMuLg4HDhxAaWmFOvs6GS7+ngg0j5fLP/ZW&#10;K38xKaviFjOlU4WO8k8rvpBJQZVaMX9J48uFzkVBfn4+9u2LxrGjJ5CTlgW7yYKSskpU1dfDTpN5&#10;kjnjn/CVJuESY6ddDhiNFuTkl8Fq84gVB4oKS1BbaxBGCU2GRrOO220epJ3JwYnEU/DRrw/0C2jA&#10;ClCg70WgSkMw5LidTbC8BMp3ZxPs2M1pakTI6Muo6Rfkrkb/fglYOWWYEOK8DRHt1+lmvQyctF41&#10;4LTjSGw8rr/+Jnz97TixZCe9JxoUmqSwAb4GMrO1X0bVe1drwIlf8P2GOjW2rE43jCaafJnuM6nH&#10;WaMhov0y3PL5Ic8LoqKu+qV2o2+aD0AbAtD4LG80HvwTmurudzIPaAUan1NdlU30kvR3qdfm1hCm&#10;iDbPkXi/0affbNauQeP7mPJLx1UbiGIiVrEaj2oeifNrNEQCmUBNZakZIuqzk0wbWsGM5iShlVxo&#10;yXV1pSzKr5hIVIcYjuhfNYbKW+0d4kSDw45TibH4xTVXY+qM2Sitp1Xe1He1aBSK85MNET/6Xo8B&#10;f0Bq27vg/JAaoQGe3fpneFuQ76GWx2wrbX/PynloPT+dj3z9AqHWg+VzDIYWVj+0qOVxA6PWJ1vS&#10;PJz2PGkLze8j+Xito/9O0/XoT/UBNkR6OdoXsj99KZnOh25w+v7ouys2dltsRGuctYzfXnrKEFFf&#10;ZKpbnZmZhQkTJyFiX5SoGBqMZuwJj0R8wmGcTctEZGQU4uMPoqSkCNOmTcWBuHjRK8RNvwZGx2DJ&#10;oiUor6jCpk1bcODAQeTmFqC+3uSfqduLEydOYseOHTh27BiOHDmCnTt3Ib+gFDU1Rpw9k47sgmLU&#10;mm3Izi9C0slknD17FjarFYbqGpQUFYl5Iupqq5Cdm4taowWZuQXIyspG8smTKMjPF+cjxrO7XcJ0&#10;2bMnAmlnMrB84RIkxMZh5er1WL91O1IzMlBQVCTKob7OgKKCAtjMZjGJXWFRKQ4ePoF6kwMmkw0L&#10;FyxGWNhuVFRUoaqqBomJx5GUlIr4+GOICI+Gh2Ywd9B3IEBFMODLVX6Ja7QlbmcT6Lg9fezzIXCF&#10;qCvQv1/kirQclmF6O51hiAhzQCzHqi4VW1dYiJeffxn3P/A7VNSYxBwADosZuemZOHTkOJJOpaGy&#10;2gC7neYcabpv1SF6ao8Ol6sBFrsX8UdT8e7Aodi8PVKYDJph0twQUXuNtNUQoaU9qQcE9WqkSTPJ&#10;RGgcJkI9EmkFDbGkrtolX3vGNJ83xAWvw4ozx49iwZxZyM3N9/eqIJNeG8qnLl3rJBPd5YVD8cFJ&#10;PSnEKlz0zlB7yKgNCsqHPt+0neLTe0Utn5aGiNro0+ogKmrvGSoLOh8nrSwjlhG1oMFpgs9lRnba&#10;aUyfvgBZmQViiVJadrbJEKE6j9Y7pmlSa1ov2GWuwvTxI3D1T3+G2MOnYBVLx6oThKqNyiCGSIt3&#10;XUtzOzhyWBX5exz8fdI8XKDnd8fbCvIx20qg8whlgl2DQGjfhfMpCzmtwPHba4g0fd/a933Q6tDq&#10;MftXfYANkV4OGyJMZ6J/wOnp3Bdq1xoi6hCVwKvMiAcZ9biw2RAZvgeHDydgw6ZNqKypFT1Dwvft&#10;h9lqE70xaD36iooK1NRUY968udiwbj1qK6pRX1WDdatWY9269aisrsX27TtxLPG4MBHsNlruzwuL&#10;xYHt23aKHiJGowFZWZlISDiM9LPZSDl5BkuXrsDRU6k4kZaBrbv24HDiMezdswdJR46irLAI4bv3&#10;iMpeUWEeNm/divzyKixfvxFxB+NxLPEoNm/YhIL8Qv+52nHo0CHExR1ERWklFs2Zi0OxcVi3YSt2&#10;hu9H0qkUbN66BQaDAZkZGTh08CCcNqswRLKz8xAddwQWmyLyPGfOPNW4yS9EdHSsSPP4iTOYO38Z&#10;du/eB8Xlg+KkF2mwiqBc5oEqDS0rjC3jdRXycbvr2IHKoaN0T97lZ0FH732G6Sk6Yohoc3uQGaGa&#10;IRY02Aw4GheHy6+4DnMWrILT5YLdYkD0zk148I478fuHH8f1tz+Ez74ahurqajH0ktIyWcywOxxw&#10;uKj3ngdmhw8GO/Dnf7yKn17/a8TEJ6lhaQ4LmwNOmxMuh1MdDkLGjKKIYZgulwKXk4ZMuuFwqEMg&#10;qTcE/d9isYthoA53gxgW6qV3Lc3P4bTD6VDjivkxXA74XDax5Ko61JKWPPeqq29Q+pQHhw0OkwHr&#10;ly/GNddcg30xscL4px9M/EuviDwp9D5yeWF1+mByNMDo9MLmaYBDTO7ohMdlFeelDplRn18Oh100&#10;sKgXJB1X+/WdJpym4TkK9W4Uk0874bLZRJkIY8fhhNupDmWllTHove1w2uFxO+GjYTKKGS5rLXZt&#10;24KLLr0Oe8Nj4XHaVXPH5YTLaoHHpZYpvQs1k4YairTf46hHdsox3HvnXZg2fT5qjE5alVWd50KY&#10;VIHnTtHS0NO8QaofwhIIufEa7Dkvv8cCh5Of3R1/fp/vuyxw/kIbufyDIYeV02mNQOXdMg21ni5/&#10;l86FarCqZqV83LZxvvFCETZEejn6xmp/+mIy3Yf8Mu2M71lXGyKtTapK+a8sLUXEnjDU1VUhcl8k&#10;Eg4fRVx8gvh0inlEqOJD9TwPamtrsGLFciTEH8TRA4dw5kQy9uwMw5694SitqMLatesRG3MAhYUl&#10;sNtpzg8fqqsNWLNmPSoqylFUlI/IyL3YsG4DwrbtRuKhJMQdOIjSunps3h2OE2fSYHE4kJGWjrBt&#10;25F1Ng1bNm4SqxgU5Odgzdp1yC2vweY9EbA67LBZLYiLjkNMdKz6a5/iRFRUFMaMGY+9u/fi9PHj&#10;qCotRUxcApLPZqG63oKt27cjKSkJMVHRSD+bJibIo4pwTm4BDiQkwWRxwWx2YPOmrTiVfBqFhcVY&#10;t3YDauuMqDe7RC+S7Tv2wOWiCbRa+2VMLm+5YnA+FYK+QKBKTTDksgpEsPJmGCYYHTdEqK6lAMIQ&#10;McFpqsKSxUtx1bW3Iz27RDxXawrS8LcH7sFzf3kMcTHHMHDQGFxxxTWIiYoS5sLRo0fxySef4quv&#10;vsKatWsxdcYcrA+Lw/KdCfivH/0M11x3N9Zt2Aavy44zxw7j20Gf4dOBn2DDmrUw1dWSCwGH1Yqd&#10;O3Zj4MBPMHnSZITvjcDYcRNx4EAC9kVGYf78RcjNK4Td4cKR46cweco0ZKSehstixJnTp/DN10MF&#10;K5YtxaypExCxYyOKc7OxcP5irFi9BcuWr0V2WjqcVhtWr1qNzz75BJPGjMTwrz7DVVddhcjoGDEM&#10;SKz05XahKCsDY4YNw6CPP8HcuYtQXm1BTkk9vh47F5EHTwjjp7KsAFMmjMSusN0wmy1YtXo1li5f&#10;hu9mzUTC4QQcTjyOKTO+w/LVqxC2a5f44SI1JQUjKN1PPsHK5cthrKkWxk50RCS+mz4Ti+YtxOBB&#10;X2LqxCkoLioRc2O5bFZE796BIZ9+iIkjv8HUieNx6VU3YtvOcPgUB0qLCjDs22/x6cCBmD1jGky1&#10;VbCZ6rBh4zZMnb4Qq9dsRdS+/fC5LDBXFOGVZ5/FG6+/h6JKI5zk//hXKAk0KXpgA0RDm1BTM0Va&#10;/tDUssEarIdITyK/i9oKxe2eoZ4BCTjsJUC4XodcjvrybEKuo7cNbV6jHrwuIQQbIiGA/gsu7+tO&#10;Wt5sgfMk7w8WruUDIPjDoCPI+egs5OMwTVDFtCcMEXFtXC6kp5zGnOnTsXP7NsyaNRu790Qi+VQq&#10;wsL2oqamXlR0aqtrkXE2DeUlJdi5bRtKi4qxYfVabF63HmdPn0ZkRCQqq6qxZ3c4CgqKRO8QMVbZ&#10;7YPNbEfY9jAcT0yC1WJGbXW1qLTu3R2B5BMpOEzzjZgs2B4egQOHj4pf0M6kpCIibA/Ki0uwdfNm&#10;2G02ZKanYcXyFcgvrcKaLTtQWVMHh8OJiN0ROHroiBjG5LDbcfTwERxLPAab2QKP0wmzoR4R+2Nw&#10;Ki0LZrsLp1PPYNHixdi2dRvqauvEr4z0q1h+XiHiDhyG1eYUvzhu3bIVp1NOo7y0HGtWrUZ1VS1s&#10;DjfCwiKxZ08kXPRLo38cdWBaljlDyOV0LuT4wdKS9zEMEwx639BQynMpmCEihs2IsRI0maoFjvoK&#10;DPzoMzz82PMoqjCK52pZTioeuf9uPHzvfYiLTUJmdh1qqoywGQ1IPZWMW26+FTfccBP+8uhf8Iff&#10;/RYXXHAhvhk3G8PnbsR/X3A1Lrr8GqxYvgSnEw/i9/f8En946CE8/+9/48F77sXY4cNRV1GOsK1b&#10;cd11N+Lee+/DP5/4Oy6++GJc9dNrsXXLNsycNgM333wLTp1Og9Vmx6KlK3D/r+9HfNR+pKUk49Zb&#10;bsGNN96KR/78KP708O/xox/8H8Z8+wmyzqbgvnt/jQsuvAiPPvYEjh2Kx4ypU/GTn1yMBx98CH9+&#10;+Pe46vJLccmll2DPvn2iMUlLiFsNNXjuqSfxy9tvx4vPv4Crf/ZzDB01CYdO5eN/rrwL4+cth8Nl&#10;QV5mEn74wx/gyy8Ho7KiAvfccw8uvPBC3HTz9di5aysWL1uN//3e93HrHXdgyNBvUJifh1/edjt+&#10;/9vf4cXnn8Ntt9yEcSOGorq4BN9Nno6fXn0NnnziSfz1sb/glptvwgfvvY+C/AJsXrsW1191BX5z&#10;79147E+/x6033oBrfnYjoiKjUZyfhd889CAefPBBPPP00/jVHbfh3Vf/jbLcTLz/4Vf40QWX4o47&#10;f4eFixbD4zJDMVZj8Dvv4JUnnkVGQTlsYmJVtdeGNvRANkRaGiFyjxF52M+5kb/HzHmimSAhY4Z0&#10;B2yGtBXZECEzhA0RJiD04JYd70APc+0hL4drGZYq/PKvp53/y6icl44S+FwYPWRYUBdih8Mh378d&#10;VmuGiDAQLFYkHkxA5pmzsBpNYuhJePh+lJdVITb2IHbtCkdMVAx2btmKpMNHUFtZhdh9+2ExGsWv&#10;fBF7w2GqNyLx8BFhLmzcuBnbtu0Q84iUlVWqs/w73cjLzMHu7WGIjojCvr2RYghNeXklzpxJExOx&#10;2mwOZOUXYO3GTdi7NwLrVq9D1tkMmA1GbFi7DmE7dmD5kqVYtmQpcvKLMXfxCuwOjxLGxIa1G1BS&#10;WKT+gqQoIi/pZ86KbsXUldhqsWB/zAGs37oDZZXVqKmtxZIlS8RcJlTmtNoMrRhQXFiM9es2IDYm&#10;Fvn5uYiLiRFmTGZ6ujjXzRs2IjIyGkuWrMDBg4dEGTY2EBiGYUKIjhgiikeBi3qJUA8TRQFcVjgN&#10;FXjhhdfx7KufoLyehlq64TRVI3L7elxy8U/w05/+Ak8//SbWr96A6pJCDBk8GJdeegUi98fDYrJg&#10;+fx5uOziizFs0lyk1AE/uvNPePSld1CQl4Yv3nsTN19/vegNQb013nzpZfzxwYewd9sWXHDBBXjq&#10;qWeRnZWDmrJiPPuvf+La624ShvfMqVNx400340TKGVhptZQly3D/vfdiz7atWDh7Nq644irsCItE&#10;cWk5Nm1Yg4t+fCFGDf4AZ08l4e577sdf/v48jh1PRmbqCdx680349/OvoLCgGJUlBXjuiceFIRIW&#10;Ea72mHHZYKqpwP1334XfP/QAkhITsXzVGkTHJyE+uQj/dfWDGDlrKZzOeuRnHMEPf/h9fPLpZ6ip&#10;rsavfnUX/vjoXxAbtx+VVcWYv2g1rrjqZ5izYDHy8nIxecJ43HHrbdi3Jxz5Wel4+YVncM9tNyHl&#10;0BHMnz4b99z7axw+dBQmQzU+GfA+/vLHR0RvzeeeeBK/vfcelGeeQUVeGt546UXc/ItbEBm2C0sW&#10;fIdrf/5zbN68DTlZOfh64Du499oLsWPNCgz4ZASuve5e7Nx9GHX1RnjcNrjNNRj57rt4+/GncCan&#10;GBalAU6/qaFN5CrXT2VTRDNB5O8iwzChRSBDpLeLDZE+g/YrqPzS4ZdLqNOThghNFEerxNgtFmEm&#10;2Kx21NTUwemg+UU8KCurQGF+IcqLiuEwW+B1umAx1MPn9cFoMMBiMol4VrMFTrsD1dW1YpK5goJi&#10;mM00RtoNr5OW5vWhtrJGGCOlhSWwWuyiBwmFsZhtYkI9Gp5D85Dk5xehoqxSjBWncdl1NbVi8tPS&#10;4hIYautQXWfE5h27UVhSjuycPBipwiZm+/eKcdb1dXVw0NwndO5OJ6w2Gyx2FwpKK2G02lFRWSkm&#10;eC0vLxcPc1rv3icmzfOgvKwCZWVlMBhqYbNYUF1RCYvRJP5fmF+AwoIi1NXRpIB28QJgQ4RhmFCk&#10;o4aItrpCg8sFOC1wm6rw+hvv4o9/fxkltWYxjMRtrYW5Mg95aanYuTMcf/rjk7j9pjuwavFiPPXE&#10;M/jdw/9ASY1VLLGemZiIa666CqNnLsYpI/CDu/6Ex15+B7kZp/HXBx7AT6+8Gq+8/Cbefu1N/PWP&#10;j+CNF17AjnVrceEFF+DzL76Goc4Aj92KuTOn4xc33YEtW7dhxtTJuOHGm3DsZArMFhPmzluAh359&#10;P3Zt3ozh33yDK6+8CmmZBWJlsxNJh3HVFZdj9NfvIfPMSTz0+8fx7ahZMFsdOJV0CD+7+ip8PWQE&#10;HA4FdnMdJo8agiuuvEIYIgp1tVdscNuMCNu0Dr974D7cd8/dePKpp3HwSAqOna3Gjy59AGNmroTi&#10;tKIwXe0h8tHHg1BdVYVf/epX+HroUBiNtbBY6zF73lpcd/1tSEpOh9VqxeuvvoJrf/ozvPjsc3j3&#10;jdfwzD/+jMcffginDiZgzpSZeOi3f0BuXoHorTN51HA8/oc/YfWSVbjvhlsx+N134TXVwGupxapF&#10;C/HTy67Bvt27MGnsMFx19dV4+tnn8ebrb+Hff30ET953M/auX40PPhmGv/zrfRSXO2B3UU9IG1ym&#10;Snz57lt49clnkJpXCosXcPjnPwnUQ4TrpwzTd2FDhOlh6IsnI4dhQg3NENEa2Z31YKF0yGQJZohQ&#10;JZcmRWtotoIOzYvR4P9U/08zz4MmjBOTxqmfDR5PYzyaZESYEbQEH8054m0Qs+5rM+97XR74XB40&#10;iKX+qDeGfryxPP8G/a3uV39dkscXe2AyWRAZFQu70wVvAy3nSPnW9UrSTA6xcoAXbi+ZLTRBHWW/&#10;AdnZ2YiIiGiq3IvZ9t1i1RxaXpcq5z6v2ttEP6s/4fM1Le8rvxAYhmFChY4YIrSal8tf/yBDpMFh&#10;gttciYkTJuGGO3+HjMIasaymqboc6xbPwZI5c1BRYcSOHXH46dW/wPQpU/DVF4Nx8cWXYUtYFGrL&#10;a7Byxgz85Ec/wvBpC3DCBPzv7b/HE69+gOLsNHz57rv4xc+vE3M3ZadlYsGs2Vg+fwHSThzH9T//&#10;OR7+459xPOkEinMy8crz/8bPrrsZG7Zswby5M3Dtz6/Bjp3bUZifi88+/xJ33XEH9m7fjgWzZ+Oy&#10;y6/E8tWbUFhcitUrF+OiH1+AEV++LQyR3z38d4yZvBh2pxvFeem4/bZb8NjfnsSpU2eQm5GK399/&#10;Ly6+5GLs8hsiXsUOS10FFs+egW0b1iJ6fyR+ccNN+Ps/X8CRUyW4+tp78dp7g1GQk43IbRvwP//9&#10;3xj40SBUVVaKHiJDRoxAvbEGNrsJ8xdtwA033omTqVliQthJ48fj9ltuxeZ1G0QPkcVzp2L2pDEo&#10;zczE3Knf4fcP/wk5uflocNkxe/IE/O3hR7B13Ra8+czzeOCuXyL/9AmU56bhvTdewzVX/QJRe/dg&#10;zbL5uOZnP8OiRUuRm5WL9QvmYsnob1B0+iTe/3gIHnnyTVTVKXApCho8ZlhqCvDS0//EW6++i9zK&#10;elh9TYaIWwyPlc0QNkQYpq8i1387q93SlWJDpAdp66RFcjjtl5eeQs5LR5HTZ5rTVYYIidIO2mD3&#10;qoaItqQwmQdE09LCtESh3/RwCzehEc0MIRr8hogYsiKMEDJEyFTx4zdEqFstmSLButcGoqUhQuXl&#10;RmV1jVi+0O2l81DHssuGCOWfzBCCPB1xCm4fLBaLgBoDVA5i+Uh/DxHVqKHz0C1z6F9uUcxC7qUV&#10;e6hhQDPxsyHCMExo0l5DxGaziWcdPWvFkrE0CSEZ4zSxqsOEBnsN9kVG4n9+fC027Y4V5rK9vh5z&#10;J0/EBT/6ES677Fr86EeX4qEHHkbyiWNIPHIA9993P77//R/gxxdciIt+8AP8x//7f/h20lycqAf+&#10;7xf34G9PvwJTXTlSEw/ijttuxYUXXIjrr70Wl192mZj3qq6sBHEREbj00svxwx/+EDdcczXuuuM2&#10;XHH1tQjfvx9Jx+Nx66034Ac/+AF+fu01uPHGm/Hza65F3P79OHsqBffddz/+7//+Dxf++Me4/LKL&#10;8Z//+R/4YuBLOH3yKO6+9zf4asgk2J20wo0JK5Yuwv/+7/fEca675ipcdfGPxXwlZIjQkBmv4oC1&#10;vgZvvfoSfvTDH+LPf3pYHPebYWORV2bGawO+wf99/4e49uorcf3VV+I//uM/8Prrb6OosAB33HEH&#10;vh06FHV1lXC6TJg8bT5+cd2NSDqZIkz4grwc/OaBh/CTi36C226+AT+96grMmjIe5Tk5mD5+Eh76&#10;7e+Rk5sHn9uBaZMm4M5bbhPzdEWF7cYvfvpTXHThBbjxmivwf9/7Hv77v/8HO7dsQWl+Fp74299x&#10;wY8uwPXXXofLfvJjDP/wTVTkZuOFlz/A3ff+ERWVFjE3is9eh/K8FDz2xz9gxIhJqLG7YHUDLv8y&#10;vTQsVp5UlVCXNOb6IMP0NeT6b2e2W7pKbIj0IC1eBEFeBm0N113I+ekocvqhQndN5tVThkhjDxEv&#10;GRtkAgSGhtb4aJywHrGdht24RW8K+lTLqPmEmKKyRL1GNJrNFn9uAk24RksCOmkZRurFQWaI3xBp&#10;DCOWNVTzTmPcVdTKGvVg0c69sRyo5weF1+VLnIswROTvABkhDrFEo1yeDMMwoUJ7DBEKb7OSIULP&#10;VjK03VC0ZyetMOB1iUZzRUkBfvvwY3j8yWfFSl1OmwOmmjpEhUdh0cLVWL1qO86kZsFmtcJptyIr&#10;LQMrFq3G6sUrEbs3Ant27sHxs3mocAFb444jJuE47DYTXDYjcjLOYuWyZVi+eAmiIiJhrquF22pB&#10;bXk5Nm/egUULl2L3jjAMHzIUv7jhFhxIOAyT2YDk5CQsX7EUW7dsFqun7dsXJSYFd5qtyM/MFXNC&#10;0bLxh+LjsHv7ZqQcT0B9XS2iYw4jLatMDOX0eRxwWs2IjYnH4kVLsG/vLiQnHsb2rVtRWlEBu90B&#10;j0JL3NphqCzDru1bsWjhAuyNiERZpQF2Baiqt2Hrjp3YuG4N4iL3YdPq9UhNPetfbecITp9Jgd1h&#10;gstlRWFxOWLiDqPOaISX3m+KCwW5eWK5+8ULFyB6fwTqayvFssG0Ilt03AGxlLzLaUNtTQX2R0Sg&#10;3lAPm9GEk0cPY+mCWdi5dT2iIiMQtn0XSgoKoNjNqCwrw/Yt27Fs8TJE7tqF+soKuCxWnErJxKEj&#10;KXDYFTSQ+W8ox7olc3H5FVdh1/6DsLh9sLt9cPnfo+oyvS3f32LJ4D5SH2QYpgk2RBimn0AVPf2k&#10;sNr/5XCdQVcbIsGGzJBpQD09aMhLY++KAOGC4nE1p5uGcNH5CKOGerP4e3l0lM5Kh2EYJhRojyGi&#10;9hChnnFkfjf4zWXVNKb3BryEXaxGsmDubFx3483YsmMPbHZ6VqtDKLWhlDTRNs1PRUa5R/HCq5Cf&#10;0gCf2wufD7DTUBuXD/bGDon0nHehwUM9+TzwuMiE8UCx22CpN2DA+x/i1VfewLFjycg4m4PXX30b&#10;d/zybqScPgtF8QqzwuGwCwPHSYY8vV8JTwNAvRXFcA9KUxG9XVw2Oxq8DXC6AJsTYrglGRJeqvj7&#10;TX1app2W/HU6nHC6qDzpXFzCPKCld+HzQnG54FTccLkb4FQAm0NRl7F3U68a6q5I7131Bwm34oRH&#10;9D4k04nS9MBFhoP/nUr5o3CgLIv3nyLMD6figMOjwElzulDeFQfcigNet0vMoSWGjroVOKxGKC6b&#10;OtST8utyCjOFhr7SkFiHzQG3i4wuGiJL423pvNXjOi0mFJ09hZ//9Gp88umXyKswwO6BKEttcl1X&#10;L/ghj2GY7oMNka4mUO+CoA9Z/TwaGnIYhjk/+oMhQr0f1N4eNDTlPM6xhwwRvRmi7+nREdgQYRim&#10;P9FWQ4TeR/ScpSXOtbmhVIODzA1qXFPDWwHcdjS47aipqsCUqdOweesOYYjQhNmaiSLMEfoURoRq&#10;iHiUBngJN0CL1ji9EA1uh1jWVWeIeP3zPNGxqbGuuKA47MjJysZdd92DG264GTfddCsuu+xKTJ0y&#10;AzYbnV+TGUNDLRX69Prz7/LA63TDSxN/+4dF0vvQKwwbeh8ALkJpEEYImTFelyIm7lYNEpf/famt&#10;pqKaDz4xwar6zqXJWlVjwytQ/D0Vm85fPQ+v2wmfl3AIs4PmX3Eras8cQtRD/O898TfVi70KHG4H&#10;nPTpcQlzgnpLesk40kF/e700vIlWBaL3dlPPTzo+GSRizi5hXAFej3odxHxelDenHWlJRzBj3HiU&#10;l1fB5vbB6fH5h8PQ5LpE57yHGYYJDdgQ6WK0xqeMHK5Ft7xG5HAMc370hCHSVavMUMVXfngRmgmi&#10;p13n2EOGCMMwDNMx2mqIkCic00nPeP0cEerQQvXdQSYADRuhngZOuJwuYaA0C08mADW6hQniX4rV&#10;bz6o80/4xKTX1Nh2eGg4RoMwRKixrfUQaWhcwlXtkUHQ6mbZ2fmIjIzFtq27ceJEKgwGMzzCYFEN&#10;ER91hPRqPVv8kBGgmRLC5PAPkXR5hAHiUsjEUE0Rt4sMFK/fPKFeMZrZoPaYoQnIxXxafkNEnW+K&#10;5rhSz4lQPGSIaGVBvUzUibvdLurR4YTX7RCGiE+YGmRIUH6bhnc2G8oq0qYeL064fAqcXpcwSDxe&#10;1QCRDRHa7vG54aFJwX00p5Z/wnFRb6brok2mrhoiwhQRPVjICHIBLic8drua38Zr6q8DiO+TOveW&#10;/B1jGKZvIrcp2BDpZGQjhA0RpqfoS4aINo8IGyIMwzAM0bmGiNprQu3toBoF6rtTH15F7U3RhD4M&#10;GQYuP4q/x4IwNDzUO4SciSZDpOmYZEoAbqUBNiv19muA4qIGOhkKakNfTPLdaIioq6ER6rAddSLu&#10;RkOE5plS1NVVXIoPCnV+cdHk4GSIaJN8Nxki6gTifkOE8qnfR71RhCHig+JVz4/MGL0hovUQUQ0R&#10;uiYUlwyJ5oaI1iNSM0Q0U0TxeqD4JxenuHozpNEU8dKcW4oIR+EbJxsX6eknQm/qIUKfPrHKHA2t&#10;JaOHDCl1uI967RWBWvemvHIdnGH6C3Kbgg0Rhumj9FVDRH9c2XjUkPMXFDZEGIZhQpK2GiJU0dUM&#10;kcaeHI3mhmZ8yKtyqcaBNlG1imyGqMuyq9vVYSwibRqOIY5Bw2tU1Ea5OueVNjE3mSTUW0M1MKhB&#10;Tu87LX+Urr+XQ+MS8k0Ta2uIIT9ibhDVDKG/1fzQ+9IleolQ7xAP9RChXi3UQ8R/vj6aSFb05tDS&#10;15ajp0m61Tm6mpayp08yMXS9ZUQPFRp64xS9Snw0bMZDZUzvUu081Gsl6iD+YS5NqKvACWNDrA6n&#10;lokwZag3jTAxKF21RwsZJi6dIdK0opyW/6bV4bRPGp6krianTjxO5U+oeSJDhPKn9jJhQ4Rh+g9s&#10;iDBMP6Hpl6/z7D3RDuiBUlNTIyqona3WDJEOI8Yk62BDhGEYJiTQJqc+l7Q5RJoMEbnXh/oOs9ts&#10;cNPqX5Su3xzR/19MJkqNcGFo0HAZbe4QL3xkXPjnEWnsoUD/F9u0hrm6upl+pTNhYtDcIC4yOprM&#10;Gh8tBS/i+/y9QFRomAzNJeJyKbr5tbR3V9PwEWGU0HlR2rSkLM0hIoyMpkaA10eGklqG9Lc2L4ea&#10;T9UUcdntYhUZdVIOMlG8cIk80/wlLnhdTjTQZKzU+4JWSnPSsBSHelwybIRBok5cK1Z2o7hOmrNF&#10;LTPR00QMCaJyol4nLngcDnhdDjS4KV0XfDTHC9Vf6Bp63LDREFr6DvhXY1MND9UcUc/f3/un0XRp&#10;WsVNhOf5thim38OGCNNvkSe77evLp7EhwjAMw/RVzssQ8feyCGSIkBliNNQj42waTiQlITUlBeZ6&#10;o2jAa8NRtJ4jag+RBihO1RwhU4PMC5edGvzUc0Q1SxSnF25CrIxC6ZBBQUNM/AYBHdvpgstJeWjq&#10;/UFGgdtJBoxqpmg9S5qG51CDn96HNMeWHU6no9HwIcgwUYeT0HwnbjFPyYnjSbDbrairq4PNZoPV&#10;akJi4hHU1tY2miJUFqqBQXl0wWUnk8gJt8MGuBwozM9HxL5o1NTUQbHZxfwcZFqY6mpw9lQyHBZT&#10;kyEiTBGa/8vpN5c0Y0k1RcikqSirhNNOx1InmvUpbjQotFSuSxzT46CJbt3CfEnPSEdqRjqOn0pG&#10;eUWFqM+IJZXJFKI6AplZzcrHP/GqQDNFuBcIwzBsiDD9FHlIRbChFdp22UjoKwQ6586gOwwR7Tjy&#10;sRmGYZj+x/kYIupwiuamiFYprqmqQsz+KETv24+Tx48jfPceJB45AofNBovRhIy0NGGWVJSVwWgw&#10;ojCvGGmpGThx7Djyc/KRn1OElOQzyM0qgOLwwlBrwtnTGTidfEasJFNdUYnTp1KQlZEJY51B9Lyo&#10;rapG8omTyM7KQXVVLQwGI9LOZuBUcipSU86grLgUtdXVqKooh9NuQ1FBEepqDLBbbSgqzFe3FRbg&#10;9OnTSE/PhM3qhNPpQWlJOU6dSkFhYSEKCwpgNZuxds0K5OVnYc2aNYiOjkF5eQXWr1+PxMREJCcn&#10;o6ysTH3XUnk47TDVG3D61ElBeXEhXOZ67NyxHavWrkdVZQ08Tid8ih1elw2nko5gyvhRKM7PFkNc&#10;aqrrUVlZK65TXW0dMtPTYTVbUJCbh1MnT6K0uAQlhSVYNH8REuIPoaK0AoX5BchKS4eprg6Gqkqk&#10;HE9CTnoaCrKyYDHU49Dhw0hKOYVTqadRWVUFk8mE9LNp4rrk5eSgtqYWLmEo+XuKaOaV33jS14O6&#10;qi7EMExowIYI0y+RjZBgL8S+bIYQgc65MwhNQ0Se0JgnNmYYhgkVOtsQocZ1XEwMLCaz6L3htNtR&#10;VVGByvJy7A7bhYMHDiDxyFHsDgtDXnYudm7fjeh9sTiTkoq1q9ciZn8cjiQkImzHHpSXViH5eAo2&#10;rt+C5BP0uVHES0lORmR4uDBaqBG/d9duHD92DLExsdi/bz/S0zIxf/5iHEs8iZioWOzaGYYjhxKQ&#10;EB+HyvIyrFq+EgkHEpCXnYMDMVFIO5OKiPBwnDxxElFRscjMyENmZh62bNmOI0cSER0dLUyPqopK&#10;rFmzDLl5aZgzZw727YtBaWklFi5YjNjYOMTFxWHTpk2itwgZInarGQnxB7A/kvJ6CGHbtqAsLxcR&#10;e/di09btMBrNYrgMvNQ7pAK7dmzCzm3rER+3H8Z6A1JOncXBg4mw253C7Fm8cBEy0tKxe2cYkk+c&#10;wJGEQ8jKyMK82fOEIZKblYuN69YjPiYWZYWFCNu6BQmxMTh8IA6rlixFSX4Bjhw5grhDhxAdF4fU&#10;s2eQdOyYKNPUUylYs2qVKEO7UxHLJKuGiLaUMA1v8g9zapwbpuX3iWGY/gMbIkyfojVz43zQ0pKN&#10;hL5AZ5aTTOgaInLXaTZEGIZhQoHzM0Ro8tOWz3x6d9EwmdjoaNEjhHpvqHNdeJCbnYPNGzfCaDDA&#10;ZrEgJioae3btwd5dESjML4bDasfeXXtxOvksLEY7Dh9MFD1HTial4OiR47BZXTiUcAh7du0S72Iy&#10;QnZu3y6IjYkR7+XysjLs3r0bsbEHsHbNRtisihhOsmHdeqQkn0TY9m04k3IaC+bMR/iuvcI4OHIw&#10;HsuXLsX0qVOxaeMmjBs3EYsWLsfWLTsRf+CQGDZDPUQ2b9qM4qIibN68DuUVhdizZzcyM3JhNtux&#10;adNWlJVVwGQyY9OmzcjPz4dbcYkeKXt3haG0uFCYIwdjohEfGYlTyck4eOSImL+DhrZ4XXaUFGQj&#10;et8eVJQXYlfYVlRUVCD1dDr27YsV851kZ+dgzuxZYrjNimXLsWXjZuTn5KG+th7bNm1DSWGp6C0S&#10;sWcvDNU1yElPR+y+SJjramGqrcGKRYtQlJuHI4mJiD96FGF7w3H4yFEsXLAQRQUFcNrsiI+NQ/je&#10;CNjssiHin99Fv9xxF9aFGIYJDdgQYfoUevOCX3A9R2gaIkR/7B0in3N/OW+GYfoS7TdE1FVp6P/y&#10;s4/SSk9Lw77wCNRV14h5PegzJysLaWfOYNP6DWLYiclQj/DdexEXHYfo/TFiqIfVZMX+iCikpqSJ&#10;OUSOJ57E2dPpSEpMxpEjJ2G3KziWeAz7IvaiwedBQUEB9uzZg8jISERHRYnjV1aWIyxsJ+Ji47Fx&#10;43Y4HT5UVVRhy6aNyM3OxK6dO0RvkYNxBxG9LxqbNmxETlYG9uzaif379yEzMwvHk04iKysfO7bv&#10;RXR0PBTFjby8XGzYsBFlZaXYsHEdqqoqsHPnduTm5qO+3oStW7ejproOJpMFW7ZsQ35+gSgfGqaz&#10;c/tWYYhYzUZERezF8YQEpKSkIOHIUVHf8ik0t4gV0ZF7MHPaJOzcvhlTJ08Qpklyciq2bQ2DyWjG&#10;yZMnsHTpYtTV1YiyTDmejJ1bdqCssAx7duxBWWE5CnMKcTAmHk6LDbkZmaJHisVQB2NNNZbPX4CS&#10;vAIcOXYM8YnHELY3ColHT2L92rXIzc6Gw2oTRlb0/mi4HP4JX5utBuRfmvg83nXyvHN9fe45hukv&#10;sCHC9CnYEOkdhK4h0t8I1CuGe8YwDBN6dMwQaZmWxWQSc4jERkWLYSyR4RFIOBCP8tIy0ZsjJioK&#10;sdExwhApLS7FgZgDqK6ohs1iQ3zsQWGCOKwupJxMRVZ6Dk6dTMWJ4ylwujxIOnYc8XFxoq5C5sT+&#10;/fuRmZmJ8PBwHDx4UPxNw1uysnIQvnc/7Daa06RGmCClxcVISkzE0kWLUVVeiSMJR7BuzVoYaqpR&#10;UVYqhrrEx8dj755wpKdlIye7AGvXbsLBg4exb98+rF61BpVVFdi+faswRMLDyTCJFT1DIiL2obq6&#10;VgyBCdu5G4WFRWLIDPWSOXQwHjRk5kBsNFYvXwZDRRXOpp7BieRkuMRwGTdspnpEhe9Gfm4mTKY6&#10;pKScQHR0FMpKK7FnTyTi4g5g9ZpVWL16JfLycsTwntj9Mdi6cQtqK2oRHRGNgzEJyEjNwKG4g7Cb&#10;LDAbDNixZbPoJUI9U2ZPm4bSwiIcT07G4eMnEb7vANLTc8S12bJxk+jZs3jhQtUQsStiOWBtaePG&#10;ITI0KW6A7xDDMP0TNkSYPgUbIr0DNkQYhmGY7oTeC2RwnEvnMkQaK8UuRQyJqSgtQ1ZGBkqKisTq&#10;JbT6CU2qSr0RcrOyYTFZRC8Em9kGh80Jl90Fm9kOu9UFp90Nu8UpJlV12BQYjRZhiNisDtjMVric&#10;LjgcdjEhKOWnvr4eOTk5KMgvhNVqE+GM9RYoLprDxAmz0SSG7tCwkJqqatgtdliMFtTX1sHlsMHr&#10;VlBdXSWGxpSWlMHhoNVdfKgorxHzkVCPj4qKatjtNtTUVsFqt8BgqENxUYkwQUyUP5p3w+WB2WSF&#10;w+GE4l9q2GGzih4iRfl5qKuqhNfhFL0xzGYzXFSWVG4OB+wmE1xOhzBJ6NyMRiNsNieqq+uQk5OL&#10;goI8VFdXwmazoLamGoW5BbDWm+F1emExWFGSX4K6yjrYzXbA7QPcXtFTpDivAMX5hSgvKRVLIlts&#10;NhhMVhjq7bBanXDY7cIsKsovEENn6mrq4KHeIWI1oJZwHZFhGA02RJg+BRsivQM2REIJKkMZOQzD&#10;MEzvprMMEYF/OVgPLd3qdPmXufXXLcSSuwoavDQ5Jy2XS0vEekXjuwn6m5bX9cGjNMDjBjxudQJX&#10;F/XCUyguLYHb8tg0lIPCeb0UTw0r/m5c4lf/SfnS9qnL45I5Qe9GmhuFzBBF8cHrAXzkLSgeuFzq&#10;8CDFo0DxUK8aWoKWwqj5o1VZxESztDqLGFqinrNXUZfe9XncaKATUtxwO5yqSSSWDVbLqMFvQDQ/&#10;L5qrpQFeL52XG24PvcNVo8Xn8sKneNHgbkCDAhVXg/gb1OHH7UODQlAYyqf/mtHcLyJNtWwbvD6R&#10;Bz36iVNl6LyUdr7vtPlGZORwDMOEFmyIMH0KNkRkWla2ugM2RBiGYZjupFMNEcJvfDSZD57Gbeon&#10;mQDy/BRNeMgEcDfA3QitZuMTk3xqE3wKw8M/fwnN8aGhDl0kE0GFJn9VG/kesWysZsqQoUJQ3hq8&#10;9H+aKFY9HzWdBmGI0CcZEjSxqmaweLweuL1u8akoHmGYUPH5vBDmiDZ8kgwaYS54qByoPFR8ZIII&#10;I0TdrxkitE1viKjnpB+OqcDlcsClOOGhtFweYYj4FB98SgO8LvVT/b9X7NeHEddBGCJk7lCaEMaP&#10;2O6ivDU3jOg6yWZIoyEiyijI9ZfQzI9A6chhGYYJLdgQYfoc7NjrocoCfXavcdCVhgilT+lqx5GP&#10;zTAMw/Q/2juHiGagyOloaPUIrZIs6hZkRmimBBEgnop+fibVCFFpmquJzBDVEGkN1SxRjYmWPRNE&#10;bxJpX/M8aPnQH7t5Pprlyd9TpAm/KaPLr0qw/ATKhz4vTWXb8hw0E0mm+bHV3i00oSl9eqH4yzZw&#10;3rT/0/Vz+T/1+dPKp32mSPDzZBgmFJENEZ/P1+tNETZEGKZNaC966p7avcZBVxoilCb3EGEYhmH0&#10;dLYhoqGvJBP6HiX6SnRL1B4ILhqm4od6YrSPcx2jLchpBkc2SFqnbSaCjGYkNO9d0Z5ja8cNFidQ&#10;vhR1mI4YqqOvNzQ3ahiG6Z/on5n0NxsiDNNnYEOEYRiG6R+0xxAhI+ScQ2b86CvJMi3Nh5a4OmSK&#10;tO0YrSOnGRwxb0gLgyEYVCYyLctIhkwQbbiNZopovTmaDIpzQWlpdRyZQNdTZ4i0MEUYhunv6J+Z&#10;9DcbIgzTZ+ibhgjPIcIwDMPItNcQcTgcrRoi2na5onx+qO9jmj+kZQO+NQLnre0EMw06A/lYbUPr&#10;HSLT1uEnegOl+VAajUBlJhkibIowDKNDfs6zIcIwfQqt0tK9L/6uNkR4DhGGYRhGT2cbIvI+Sl+u&#10;NMvbWofeWS17ZbSOOuymZVrnQovXvmPSKjQtjY+2ou+9ERx5Do7zMUTUOE0T2rbNEAlAN9eNGIbp&#10;neifn/Q3GyIM06cIVDHoeuiB0lWGiH7ITEfQHnoMwzBM6NNWQ4QquhSO3iXaJKmEvjKsof3d8d4i&#10;HtE7pP09RFpr5AcjkKnRnviBaW6ytPf8m+iIGdIS+Tw751yJ87vODMPo0T8ze/P9JOeRDRGG0SG/&#10;tLuK868M9E7ogdJVhghVeumXvc58uOorxQzDMEzooRkcbZE2h4j+HSBXiAnt/xReRj5+q1BD3eOD&#10;4tFWRGkvQY7XYvUXDTl+gLhtRN9TpqPv3GD1KTlcMJrnzb98cAuaykqOf75o3wttyK4e/feGYZgm&#10;5PuoNyPnmw0RhgmA3MWzs5GPF8pQJYQeKF1piFC6BB1HX+nRP9D0FRW5AqPtk7e1Fe34/Qm5DPoD&#10;chn0F+Ry6A/IZdBfkMsh1NDOQXue03ugLdKGzFB8+iTsdrtAXy7nKi9tu5ZGcMjIV2B3KuKz/VB8&#10;go6loW2Tw8po8eQ8tY6+bPWNm468OxW6RgGg7XLYQGj5UPNEn1Tf8OrQhhm1rUHWnnPR1y8Yhmkb&#10;8n3U1cjHD0ZrcejZQGYIGyIMo0Nd775rcRMBjh2KdJUhoj2YKG06hs1ma6y0aRVSfcVUfkgGevhp&#10;f8uV3r6AXLntD8hl0B+Qy6C/IJdDf0Aug/6CXA566DmulQ29f8joaKvoF0BC39tD/x6jT30FORhy&#10;ZTowTSvNyPN2dA9ty6d8blS2dju9a8koomuhXhO7wy7ewe3FTu/tANB2OayM/L0Q2J1w2F066O8A&#10;4VrhXHUAOTzDMG1Hvp+6C/nZpkffHqA80vPFarUKKC49/0NBbIiEBNrkWnrkMExfpCsMETJDtO5r&#10;dAxtUjzNwdX26f/WxolTOO3vQOjj9SX6o+Qy6C/0R8ll0B/oj5LLQEYLQ8/6tpZTW8J0heioPXPk&#10;81dTWdP7Vk8H3p2+AMhhzkHTO5z+L9PyPX8u5PSDIcdjGKZ15Huoq9GOKw9xlJHzqY9Hn6GgEDVE&#10;yHnvL8ZAoAm9Om+iK6Z3oxkitbW1XWKItOcXQJL8sGQYhmH6BoGe9SwWi8VinY9C6T0SwoZIbzUF&#10;AhkYHcmn3DOkvxhBDNEVhgiptYpwZ0hOn2EYhgkdWCwWi8XqL2JDpNORjYuOGhhyOh1NjwklQtUQ&#10;YbFYLFZoid8JLBaLxeqPYkOk06G8ychh2gOdo9zjpLeeO9PZdJUhwmKxWCwWi8VisVj9XSFsiIRO&#10;Twl5FZTG1VAChA2M3DskNM6b6ThsiLBYLBaLJYt6sdBkfeeiPb1d5DTbE5fFYrFYoaoQNUSI0DAG&#10;ZBPk/AwRpj/T2avMsFgsFosV+tLWmmmN9qqj8VksFosVagphQ6STCGBUyFCYFvGCESROizTleAwT&#10;BDZEWCwWi8VisVgsFqvz1e8NEdmoCIYcrzX0cTx+5DAM01bYEGGxWCwWi8VisViszle/N0RaEMAM&#10;aY8hojdAGuO2Iz7DyLAhwmKxWCwWi8VisVidr35viMjGR4cNjI7GZxgJNkRYLBaLxWKxWCwWq/PV&#10;7w2RRgNDjxwmJNAmmeXlefsamiHicDjQ0NAgYLFYaLwf9LDaL7kMuRzPT3IZcjmyWCwWi9X7xYZI&#10;nyGQIRIaK/EwraMZIna7nSvZvVxyY4ivFYvFYrFYLBYrVCXXa/ti3ZYNEYbp5bAhwmKxWCwWi8Vi&#10;sUJBPp+vkVAQGyIM08vpakOkrenJ7nBnoX9odgR9mrLkYwYL1x7JaXVFeoHSlPe3l86WnH57jkPh&#10;5OtIdIfk/LaXzpacfnuOQ+HkMmxr3I5Kzm976WzJ6bfnGHIZ9udy7A5RvuXyZhiGYXoXgd4x8jso&#10;UBgSxfd6vUH39xaxIdKnUOD26KC/W4RhQo3uMETkh18oQw9ej8dzTiicHDcQbU2vo7Q1P4T8EqJt&#10;cnrdRbD8yHS0HOX0CPleIeR4wQiU747msSPIeemKcgz2HZPLsD3lKOc5VMpRjtceApUjbZPLsKPl&#10;KIcJhnzMUEY+N4ZhGKZn0Z7P1B5pD9oznQ0RpgfQjBA2RPoKXWmIaI0XOobL5Wr2ENND+wha6Ub7&#10;v35bIGgS2LYgpxcMOX2ZtoYLFOd8kNPqKuTjBkOOFyyuHKajyOm3Fzm97kLOR7D8yPuDhesocvrt&#10;RU6vKwh0HDkfgcIECxcsbEeQ028vcnrdhZyPYHmRw7QWtjchV5SDvWvk/cHCMQzDMF2P/CzWkN9B&#10;erT6vfbspx8NervYEGGYXg49TLrKENHMEIL+r/2yS8fVXF39Nm277BzLD8pzPSz1yPE6ilx+gfIs&#10;u95yecvI8ToaNxhyesGQjxHsOHK87kTOH22T8xcsj3LcYOcXCDmtYMjptzeP3YGcv2B5lOMFix8o&#10;bjDktIIhHyPYceR43YmcP0LOX2t5lOPSNjluMOS0giEfo7157EvI5cAwDMOEFvo6fme2W7pKbIgw&#10;TC+HHiZdaYjQA4sq2nrzQ9/lXb+9Pcjn0VHk9GXk8G2JK4cj5Ic6IYdpD/Ixgx03GHJegiHH6y7k&#10;fLSGHLc9yGXYnnKU89EactzuQs5HMOR47UUuw64oRzledyLnJRhyvPYil2FfK8fORj631uhq05xh&#10;GIZpO/Lz/FzIcTuz3dJVYkOEYXo59EAhQ4S6nmnj4TtLVImn9LUx9bIpEuj/bUU+j+5CzkdX5UV+&#10;YRBaOemR89JV+QmEnD9Czksw5HjBkI/ZXuT0CLkMe1s50jY5L8GQ4wZDPmZ7CZReW8qQyzF4/gg6&#10;dm8qRzl/2jnLeeku5LwEoq3hGIZhmN6H/B46F3ojm/5mQ4RhmA5DD5TONES0B5M2aR+l31ZDJBC0&#10;3+1xNyfAeXQncqVd3h8oTGvI50zI6WlpBtomI4cJhhyvNeT8BcujHCYYcrxgyPloDfkYtE1OT0sz&#10;0DYZOUww5Hit0ZY8BgoXDDluMOR8tIZ8jEB5DIacVkfjBkLOX7A8BgsrEyhuMOS8BEM+RnuOI6fV&#10;1nitxQ+EnD9CTktLTw7XXch5CYRWPnIlm2EYhun9yM/0c8GGCNP19JIGJ9N90ANFM0RInW2I0DFa&#10;M0S0vwXutiOfR2AoXDDaEzYQFIcexhpyegzDMExHkCvOMm0NxzAMw/RO5Of+uZDjdvZw/64QGyKh&#10;hMcNhQ2Rfgc9UMgQIceV1FkPFUpHe2CRIULHkn/9k38F9Li98LYBCiefR2DIuKCwMrIhEizcORBL&#10;ULvYEGEYhukC5IqzTFvDMQzDML0T+bnfFvRx2RDpZXgCIIfplfgNEMqvN9TyznQYeqB0tSGimR6y&#10;ERLIEPG5fY3IRggbIgzDMAzDMAzTf9EbIqGgfmOIaGaCnlAwFvT5Pj8jhxqEOrhhGHJohog2ZKaz&#10;DBESpamtMiMfVz+WvXGbMDx88HkaBPR/2QzpXkOEerbI23SwIcIwDMMwDMMwnYo8vF7/I6rWdqDP&#10;UFC/NkQ0k0EO29tozOP5DJfRGoR65DBMr6Y7DBH5mIR40Il5Q5qMOMXlhtvlBWgaEy+ZInpDxAOf&#10;4kfMI9IyTRl1vhHNQPFC8aNub24CqvOSNIVX4zRAcTe0NELYEGEYhmEYhmGYLuFchohGKKjbDZGW&#10;DZyWYbqClo2rJuSwvQ2aN0SjNUNEPi/13PSTSqrIYUKlHPorXWmIOByOgIYIfR/IDBGmoeJGbXU1&#10;jiQcQsLBw8jLLUSDtwENPgLwip4iNJTGgwYaK6ioqIaj9kDUpU+usXCO1clXyUgh3B4vHC43FP/f&#10;lJ6P8kFDepp9b+lvF9wuJ4wmGxRPAxSP1lvEB09jrxE6BveKYhiGYRiGYZjORG966JHnHwkFdbkh&#10;0tiQ1xpZ/gaN+n/1l2A5DtN+tMZiW3rAyGGChetZeKiPRlcYIloaZIhQuvrjad8jn0c1JQry8jB+&#10;zBhs37IF27fvxPDho3D4YAIUpwsWsxWpqekoyC2AYrfDbbfBUFmJrLNpyExLg6m+HsWFhThzJhU2&#10;m1Ucq7KqGjl5BUg9cxYmk0mEOZl0HGVl5bC7FDjdbhjrDDiZeByG6hp4XQ4Ya6tQWlKIY0cPo7qy&#10;BHZLDcK2bcLLr76NwpIy2BwOFBWVIjU1DXabEx6P97wngmIYhmEYhmEYpv3Iy+6GgtgQEai/VrdE&#10;Dte7kXt8BDM52mqcML2DnjJEFKcTdosVq5Ytx/bNW2A1muCw2ZGVlY387CwU5Obhm6EjMXfeEkwa&#10;NwVbN6zHqcSDGPTBO1i3cjlmTJmCLz//HOvXrMWUyZMwY8Y0FBYWYdqMmZg4eSomTJqMV195GYvn&#10;z8PUCeMxefIUZBcUIjUjE6OHjsSapSsxd/pMpCQdxcI5U/D1lx/hu5lTMGbUEJw8Foe5M6fgplvv&#10;QdSBw9gfE4PJk6dj6dIV2BW2BzarPWDPF4ZhGIZhGIZhugY2RALQuw2RYBM1amh561u/NMumSWvm&#10;CdPzdLUhIhsH2n3a4PWhtqoaE8eMxcljSfA4nHCTeeJ0wGkxYeWKVZg1fynMVg8yz2Zh3nfTsHvr&#10;KsycOAyGqlJknj2Drz7/AtmZWaiuqsLjjz+GxMREzJw1G0knk1FdW4s3Xn8F2zavgdlQjXnz52PN&#10;xm345PNvsXb5WuSezcaMiZOxeM4MzJg8DNH7d8JsrMa8OdOwdeNyJMRG4u33PkFReTXWrF+P0aPH&#10;Izn5NE6fPgMH5TVAWTIMwzAMwzAM0zWwIRKA0DNE1HkImlav8E9M2iJuL0Q318i55hvp/ci9dUKz&#10;105n0JOGiMlQj++mTsOenWFifhCfW0FNeSlyMzOwZPEyrNm8C3YXUFpYhsnjR2HFoilYtnAivE4T&#10;yoqKMGPaNBQXFsGtuPDSSy8gKek45s1fiNNn0lBvMuGbr7/EnrANcNkM2LJlC5at2oA//+UJDP9m&#10;JNYsW4NRQ4chcvdWzP1uNI4ejoHLacGKZfOxbtUixOzbjQ8HfgGr04NTp1Oxfv1mzJ41F2E7d8Ni&#10;sbYoR4ZhGIZhGIZhug42RAIgN8zV3gjaBInqpIpynO4jkCGimSK9qYeIbAoELjO9GaI3okKPYNcl&#10;8Hn3dXrCECFoDhGPoiA1+RRGDx+OlUuXYO2K5ZgwehSSk5Jw+NBRvDPgc6xcvRmzps/G9MmTsD98&#10;CxbMnQCXvR4lBQUYM2oU8nPz4FYU/Pvfz+Lo0URMn/EdklNSYTRZ8NZbbyJizzY4rPVYs3oN1q7f&#10;is1b9+KTAYOwatlqTBo3AfGx+zB9yggcPhQDh92EZUvmYd3qxTh6KA4XXnQ5YuISELZrN2bMmIUx&#10;Y8Zh5IhRqKutg0LLCXMvKIZhGIZhGIbpFtgQCVlksyG46dD9tN0ckM2Q3miIyPlrPY+98Xp0P91t&#10;iBBNhogLNosZZ8+cRtiObdgTFoakxGOwWaxiCd5jiUnYtGEzdoftQXlpKaory5CdeRY+rxtGgwGZ&#10;6emwW63CWEk+mYyamjrk5OTBZLLAbnfi7Jk0GGoNYvne8rJKlJZVos5gxMEDCdi6eRsS4g+KFW7y&#10;crNRV1cFp8uK4uJclJXmo662Art278LxEydQWFiImJhY7Nq1C3m5ecIMcbtoNRr/BLH+T1GerX7n&#10;GIZhGIZhGIY5H9gQYboI2RgIXXNANkOCNU7lMKGMfG7tpScMEe24LjHhqiKW4FW30YOODBMvPB6f&#10;+L/LqcCt0PA3Wn+cwjjVXmCKopoqLvX/tHyvk8L641IcAcXzNIhtGnQsrfcYmRsuF+WD8mqD20Of&#10;Vng8TnE8bR107b6gv7Vz8Hooba9YxpdMnsZr0gnXhWEYhmEYhmGYJtgQYZhzoTVG9chhWgvbi5CN&#10;j2CI8PK5tYPuMETIUNAbCdpxNZrWF1f3aZ+KGE7W1IvJI+bbIYPF1bSKkeKfO0hRjZSmIWlN6A0R&#10;8bdXRTuuekzVFCFDhP6v/q3Pmz8slTudA62F7ke7Xi4/Hb0mDMMwDMMwDMM0hw0RpguhL5WGvE9F&#10;ni+B503oWmTjIxhyvPbS1YYIpevzkRkhGyJuuPw09kwSZoLSHLHPPxGxfz997+SlnamXhmyENDdE&#10;VFNE/ZsMkSYzREAGiEc1RBoJcD/ojQ89To8bDi8bIgzDMAzDMAzTFbAhwnQRcgO0ZSNQMz/kRmio&#10;GiKyqRPKyOfWXnrKEHERikegeLx+6P+y6eOF4m6A4vY17qf48nfxXIaI19vQ2HtE30OkMU8el98U&#10;0RHgXmjVEPH/vzOMKoZhGIZhGIZhmmBDhOlR5IZ4ZzTGewLKd8vGdGt4ejUdvQ49ZYjo56zx+nyw&#10;OxzqUBQ/Yt4OYSw0hdP2BbuGLefC8UAhw0WRzRI5L50EGyEMwzAMEyJ0UV2AYST6Qvupt8CGCMN0&#10;AsEa04FQl25WJ/Q8F942IsfrKB19ofecIdIEmR8UVt4mh9MIdg3lcN1uiDAMwzAM00vR9/rU6gVc&#10;H2C6lkB1VjZFzh82RBimk5Cd2uC0NCC6E3noR2DO/2VOJkVXGiKUJj24zmWIBKK18IFeLsEMkZbl&#10;1bEyU9HPudNyWA3DMAzDML0N/TtbXz9Qe5Q2R47LMOdHy7aFihyOOTdy24D+DgWxIcKENNRDRO7h&#10;EYi2mhea0SHHl+kJQ4R6aJA62xCh9M/HEGmNYIaI3jFW6QpDhObaoflGdHSSKaJfzUZPV4cLFlYO&#10;EyxcoLDy/o6GCxZWDhMsXKCw8v6OhgsWVg7T0XCBwsr7OxouWFg5TLBwgcLK+zsaLlhYOUxHwwUK&#10;K+/vaLhgYeUwwcIFCivvDxautxJKee2PyN+r0PiOBTNEZHrzOTBM+5Dvz9C4VwMjz/9H/w8FhZgh&#10;QsMjWtIyXO+AHUamo9CDpK8YIrStsw2RQG4+LQlMy/82J/ALR5u8ta3I8YOlI+/vaLhgYeUwwcIF&#10;Civv72i4YGHlMMHCBQor7+9ouGBh5TAdDRcorLy/o+GChZXDBAsXKKy8v6PhgoWVw3Q0XKCw8v6O&#10;hgsWVg4TLFygsPL+1sLJzz5Ce57qaXw2BkinK5DzxPQO5O+UjBy+98CGCNO/kO9NGTl8b4feC/p8&#10;0/9DQSFliATqDdBbDRF9g5BNEaYjdMWQGRKlQ8Nl5OOdC7kCHgx3AOQwKuoSv3rkYwbDq6h4/LQn&#10;f8GQj8EwDNPTyM8p/bNK3t4ZyMeXoXeHfpw4w3QNLesHTchhGYbpSejdoJkh2jYySEJBIWeIBEIO&#10;1xs4f0NEc8f1yGGY/gQ9ULrCECFpDy5KW4N6ouhpbV9r6OO1Fl8O0x7cDhXF4YTL0XI/wzBMX0Az&#10;IPTIlVHaRmHlZ2x70NLWb7Pb7QKbzSbQ/tbvOxfy+TAMwzB9C/m9RO0LNkT6M/6lPeWu/AxzPnSl&#10;IUJDZSg9+tTQd4cmw4Q+9fs7G7l7oHbMttDgacLnUbfJ6TMMw/QV5GdgZ0LPXjoGvRM0AinY9tak&#10;T5NhGIbpm8jP/FBR6BkiZDbokff3MIqnCXnfuQk2XrJ39oJhuoeuNEQCpSU/3Lr6oSYfpz3Ap0et&#10;yLNYLFZ/kPw8JGQDJRhyvGbPVRaLxWKx2in5XRJK75MeNUTaPdzFo0CRoG0twnUJ8soVgY/bMUOE&#10;oDKRkcMw/YmuNETOpe54oMkPz7aCgMips1gsVv8UPSdlI4QNERaLxWJ1tULtXdIzhogwMsgQOY9J&#10;UXuqh4jIs7yUZ4BwbUVnnHTcRGH6Mj1piPR6UVFosFgsVj+XbG6cDywWi8Vi9Sf1iCGi9uygCUdb&#10;M0QCDR8JFra76NyJTuUlQ3muESYQbIi0IjZEWCxWP5dsaHQUFovFYrH6k3qxISKbIb3BEOk89KvQ&#10;6JENEjZJGM0QoRn9SVxh1YkNERaL1Y8lmxmBaM9wGYLFYrFYrP6kXmyI9MYeIp1HMEMkEGyK9G80&#10;Q4SWLmRJYkOExWL1Y8lmhmyEnDp1CpWVleL/2moy5zJFWCwWi8XqT+rlhoiMHCZ0YUOEaStsiLQi&#10;NkNYLFY/lmxm6CHz4y9/+Qu2bduGvLw83TLqLcM2IR+BxWKxWKy+rR4xRDSCmyFNhkFfHTYiD4tp&#10;DTku079gQ4TFYrFYgdTS0GiCDJCBAwciKSkJixYtQn5+gfhxyeulHiIBFunyw2KxWCxWf1KPGiKt&#10;oe9BwaYA059hQ0QnHiLDYrFYjZJNED30/njnnXdgNBqRnZ2NlStWoaioBG43zSVCQ2qABh/UTzZE&#10;WCwWi9VP1esNEbm3RCDkuAzTl2BDRCc2RFgsFqtRsgkiGyIffvihWKGMeovk5uZh2rQZKC0tF8YH&#10;GSECLxsiLBaLxeq/6rWGiIa+p0gg2BBh+jpsiOjEhgiLxWI1SjZBNGjiVHp/fPDBB+LdQdu8Hi/S&#10;zmZgw4ZNwhTxeCiMVxgielOExWKxWKz+JDZEGKaXw4aITmyIsFgsVqNkI0Q2RKiHiGaIaIZHeloG&#10;Zs+ei5KSciiKhw0RFovFYvVr9YAhoi2nG3xCVUIeFiMbI101ZEY+Zmenf24U3f/73uo6TPvpj4ZI&#10;0Do5GyIsFovVTLIZokHvjwEDBoh3BxkkmmhS1aysXKxbtwGlJeXqqjO6uUT0abJYLBaL1dfVzYaI&#10;ZoZoyPub0BsgmikRaFtHkc0P7Rjy/+V4nYInELIhcm7zqFVapB8gDNOr6a+GSIuquN4MabGTxWKx&#10;+qdkI4TMD/rUVplxOBxim8vlgs3mRFjYbmGGDBr0OaKiYkQ9w+tt6kGiT5PFYrFYrL6ukDZENOS4&#10;bUWfnkx3GCKKpzldYYjIx2g8ToCwTO+kKw2R3lrpZc+DxWKx2qZAhgihGSJmsxm5ublYtGgxsrNz&#10;MX7cRERE7BP/Nxkt/glWVUNEe/D21ncDi8VisVidrZAyRLTtwfa1l540RPSGjp6WQ2a6wBAJEI7p&#10;vXSlIaJVmmkVAvoVkY7RG7Dp/u+w2+EMAu2T4zIMw/QF6JncFuj5Tb0/CHpfaO8N2v7GG2/gyJEj&#10;mDhxAkaNGoMtW7Zj1ao1WL9uIyxmG2w2RyN2u1PgcKir0rAhwmKxWKz+oJAzRM61r73IhoTeBNH/&#10;X47XUeRjanS2IcKEPl1liFBl1+v1ivR7Gy530//digJPEGifHJdhGKYvIL8LZLQwcjzNHCFGjhyJ&#10;b7/9FklJScjJycWAAR/jxIlkfPvtUFRWVsPj9jVCE6xq0LtBP+8Ii8VisVh9Vd1siBDaRKGtN/Kb&#10;mwQtOdf+jtDSpOgpPPAIeiYvcjm0hhw3EHKccyHH769QBberDJG2Vrw1ml2fLhyCpU+XjiX34Oos&#10;Q5RhGKa3Qr00WkMfVjZFNGOkvr4eVVVVoreIzWbHzp1hWL9uPebPXyD2afUxRaE03HC5KJ76TiBT&#10;hMVisVisvq4eMESY9qBvDHZ346+1hqiMbGYEQ44XDDleawTKdyDkcKFCVxoi2q+I8jGDQeWoXZ+u&#10;HIbFhgjDMEzbkc2QYBiNRpw8eRLFxcUinjbMRob26Q0RHj7DYrFYrL4qNkR6OfrGYHc3/lpriPYW&#10;ZNNDI1A4+fxCha40RLTx5/Ixg8GGCMMwTO9FNjY0c0O/X/sMZoZoYdgEYbFYLFZ/EBsivRw2RDqH&#10;7i67zkQzRMi46OyZ/8kQ0XqIUBdsGjMuH18PGyIMwzB9C9kM0QwRnkOExWKxWP1BbIj0ckLBEPER&#10;ShsIELe76O6y60y60xChLtLy8fW01RBp63cn2HVhQ4RhGKZ7kM0QDXonsFgsFovV18WGSC+HGnx6&#10;xHatsRigIdqZyMcOBjVMhSnSBuQGbXcRyg3nnjJEtGsbCNrXZIjoJ0puQpsQ2OtW/PE88ClNNPiN&#10;Mq/4NZLC+lc6cHuheJpWo6J0RFx/fPq/mraKfNzAEza33K5+f3VpiPtJToegPPjgdXsFWngtX1p+&#10;Ah2DYRgmFNF6ibBYLBaL1dfFhkiooftVPtiv891Naw3n3gIbIoEVzBCh8iIDi0wLPWRKaAaA+v1T&#10;hCFCBkYzhHFAKPC4Xf7r4IVP8aJB8QKKG1AUgY+Or3jhUQAPbfZDdXG3u0GkQ8ekeASl0Xz5bpmW&#10;poSaF9XMUI0Ql/97q5oc6jmotEyP8gD4FKBBUY0RzSihvBDqtsDHZhiGCTXovcA9RFgsFovVH8SG&#10;SKjRCw0RQu410p3I5kcgKJyc51ChOw0RbQ4RKq+Whgj10qDGP/XkIPOAzBCX/7O5IULmgGo2qIaI&#10;mqZqJlAvDyguQLELfC5nNxgiPniVhsY8ed1OeIVRoxo8Wq8U+myZXnNDhMrA7TeB1LyxIcIwTN+C&#10;DREWi8Vi9RexIRJq9FJDpKfoj4ZIZ0ozRKhnCEEVYO24DV4yINzwOF3wuhRUlJSisqwcFpMZPq9P&#10;/e75aKiJAq/HDZ/XIz7JcBBxPWSAKGhoIKPADZfihSJ6Uyjw2I1osNfCbamE12lDfl4hCvJKoLga&#10;YHO44VR8cDo9cDrp2qmGiOiJ4fLA46QyoWM1wOOhcGS6+ODzQmzTxr7TJxk8wujxNKiGhtsnXBeP&#10;0wrFYUFNVSXSz6bBTekoXrjcPrhcZA6p6Sp0PIpLnVrsHvhcXtgtNpw+cwb1NjsciluYOWyIMAzT&#10;l2BDhMVisVj9RWyIhBpsiDRD7i3SGnLcUKFHDRG3B8aaWsyfPQdzZszEnO9mYuyYkSgpKobd4YTZ&#10;aoebTBOXA1azEW7FCY/iRF1VFWxGMxxWM+x2C2x2O0xWO6qq62C3WuCxG5B/9gi2rJ6DuqoKnDye&#10;gpSTZ3Hq5FlER8ejoqoOFosTLpc6NMVpc0Cxu4Qp4rK7YLc5YTJZ4CLTQvHAZnWgvt4swituD1yK&#10;ApPJBIvFAovZDKfNBafFBY/DJQwRt8MMl92EkqJ8xMXGwOlyw2i2w2ym8yHjxoPaWgMsFrswZsio&#10;sZtdsBgsyMvOxauvv46Cigq4fA2NvWHYEGEYpq/AhgiLxWKx+ovYEAlBmpkh/dwQ6Q9ohgiZF91l&#10;iAgTyeWCw2LBtk2bMG3SJFSVlcFcV4nN61di8sSJOHjoKHbtiYHi9KC2ohwRYVtRkJ2GmMg9mDl5&#10;EpbNW4Dvpk7CoYR47I+Oxez5SzB77kLMnjUTmWeOYN7Uwbjrhh/jQNR+HIw/iujIA5g0djKefeZ5&#10;LFm2Eus3bEFlVS2MRgt2bt+FsuIyMdymvKQMCxcuwvz5C1GYX4j4uHgsWbIcK5avxcGDR2EwWhAT&#10;F49Zs77DypUrMeTb4TiakISkQ8dx+kQyPE4bDsVGIOlQDApy0rF3dxhSUtMwevx0rN+wHTmZ2dix&#10;fSdWr16HVavXIz0jH/VGJ5YsWImlC5dhwbz5eOzxvyK7pAR2McxGnQyWYEOEYZi+ABsiLBaLxeov&#10;YkOEYXo5miFit9vl+7fDCmSIaMOQPIoLNZUVmDh2DBIPJcBtt8FtrUfu2RMYO2Y0lq1aj0lTF8Fp&#10;86I0NwezJw1H5PZVGPblQJw5fhTZp5Lx8ftvYdmyxRg7cTqmzVqCjJw8zJn7HbZsWIDNK8fjyw+e&#10;QmlhPnbuCMfGtVsQERaO8WPH49jxExg/aTL2RuzH0cQTmPXdPNTXGcX8Hfk5OXj//fexe/du1FZW&#10;4e2338LK1WuwasV6PPGPZxEVl4jPvhqC+IQDOJ2agr8++k/s3h6JPTv2YsuGTfA4Ldi5bhnWLJiO&#10;1KR4zJ4xFYlJyfjoy5E4npKJfXsj8MZrryMiMgqffDYYQ4aNw5bt+/DWGwOQlZ6D8D178Yc//gE5&#10;paWwe2hVHJpjhOYnoU82RBiGCX3YEGGxWCxWfxEbIgzTy+lJQ6S2qhJTxo/DkfgDcDts8NhNOHvy&#10;CL75ejAWr1iL8ZPnwWHzoDgnGzPHDcHKeVMwY/xw+GxWuAx1WDpvpjBEFixdheiDSTDZ7Ni1azs2&#10;rJ6L/WFLMG3sp7Cbjdi8aSe2btiOhJgDogdGVU0NomNjMXT4CIyfOBUJB4/CSyu8KB7kZmWL3h+l&#10;JcXCsPnLo49g1pzZmDxxBsZOmIFN2yMx8LPBsNjNsFhN+PKzIYjYFY09O8KxY+t2KHYjtq9bgjUL&#10;ZyDr9DHMnTUDx0+exsIVG1FtsGPV8mV47NFHMXXaTAwfNR7zFq/EF9+MxuLFa+BRfCgqLMYT/3wK&#10;ucWlsHl8cHnUyWDJFGFDhGGYvgAbIiwWi8XqLwopQyTQBJqhPDcEw7SF7jBE9MfT7jM3rf7iciBs&#10;2xa8/dqrqK2sgLG2EnO/m4ZFixZhX0w8Pv9yOEqLa3D8yDF88v5biNy5Cc8/808UZGWhrrQUH7z9&#10;GlatXIZ5C5cgNuEYLHYHwsJ2YOXy+di+ZRlGD/sULpsFWzaHYdO6rYgKj8Tc2XNgMNajsKQYL7/6&#10;OgZ+/BnKSqvgczeIHiI5mZmYOnUqSooLYTLU4ttvByPp+HGkn83BO+9/iqgDSXh34Kc4fioJBYW5&#10;uO/u32J/RBx2bNuFGTNmorQoH4M+eAfrly9EanIipk+ZhBMnU7Bk2TqYzE7sj4zAV19+CaPJio1b&#10;dmLOwuU4cPg4rr/+dpSXViE2Jh4P/fZhFBSXweJ0C0NEXRWH5hNhQ4RhmNCHDREWi8Vi9RexIcIw&#10;vZyeMkSohwgZInaLCTu2bsaYEcMx/Ntv8MqLL+DUqdOoMRixctV6DP5yGIZ+MwLLFsxHeVE+Tp84&#10;gS8+GYQJo0Zj9PAhiIneh4RDh5GWngOr3YH0jDTEH4xGds4ZvPPOy9i+ZTMOxB3GyaRTqCmvwuef&#10;fYbde/eipq4Oo8aMw6LFK2C3uYAGWiXGi7rqGsTGxsJgqIPisONY4hF89vnnGD50NA4fTUadScGR&#10;pGR8PvhzTJ06GY88/Dj2hcfCUGfGt0OGY8yoURg0cABSTiShtLgA8XFxyM7Jw+HDSWJyVpvFio3r&#10;N2Dc+EmYOHkGMrILYLDYsXHTNgwfOgpjx0zEyFHjUG+yQvE2wEkr03ga4PLwHCIMw/QN2BBhsVgs&#10;Vn9RjxoirXUvD7Q6SFcYIvrjBEOO031Q+QQvI6Z/oJ9UtbMVzBAhfLQ8rUtdNYb+rzgdMBvqEb0/&#10;Ctu374DJaoPdqQizwmq2Q7HZ0OBW4HMpsJFZYHfB7XCIpXgVhSrYHjicTihuBS63Ey63A3aHBQoZ&#10;L26fWDLX5/EK48fmcKCwuBgTJk3B8RMpYhlcsXSu2wsfrSLjdMGt0Dq66tK+djoP6q2hNMCpAE53&#10;AxwuJ8xmE779egT27IqEz9sAi8UBp8MFp90BHw0PoiV63W44nC54vD64FdrmgULnZXfBanNCoaV8&#10;fZSuBw6HAgctC+zywOX2wuXxwqmD71eGYfoCbIiwWCwWq7+oRwwRxaOI1VFoqcpgpoje/NBMiUDb&#10;OoI+PRmtUdhZx2o7iu7/6pKj3Mjq32iGCFVQaZWZzlxpJpAhQtB3vkEyRODzCgPBYbOhsrwCNocd&#10;Hp8PXsLjEeEbKJ6bluul+T68Ys4Pr+JW/+9paJyrhBBLSLsVKFT5dqvL5dL/VbyoqKpGVEwc6k0W&#10;cR/QKi70zPC5yRyh/3uEqUHH9ggzQoVWfSGzgtJxezyIjIhCWlqmOL7iojlSKA2vWMKX0qN0XIoH&#10;TsqHQuXtaQbtI+ODUNNvaYSwIcIwTF+CDREWi8Vi9RexIRKELjdEdEvnNl9Glw0Rpjnd3UNEQ+sh&#10;4lac8Lhd8LkVYYgoVFGm7yQt0Uth3IropaHeO2SAkBHihYfMBx3U+4LORcblVuAUvUY0VIPE4VJg&#10;tTtFzwzN7CAzQzUxmsyMpvtT61FFYWn4ilcYGjabEy6nInqYeIWpokLGivp/r/+YKrIhIvA0x+Xx&#10;wBkAXgabYZi+ABsiLBaLxeovCjlDJBBy3PYgp6U3QfT/l+N1FPmYTefChgjTnO6eQ0SDhrrQxKpe&#10;6iFCQ2GEYaeaAdSbg/aTYUL7yBBp8PrEKiy0GozL4Ybi8ophMqqpoJ4HDY+hz2bn56GJSZujeLxQ&#10;aElbsaxtU++P1gwRNX3N0CAzRBdP8bYwRJqgY5HRQcdtMl/0BDZE3C1gQ4RhmL4AGyIsFovF6i8K&#10;KUOkLfs6ChsiTG+jpwwRj2Z4EIoLPp8PLq8XTjGfhrqvweUCPDR0xW84KIDb2QDF2SDm81DcDcLc&#10;cLpdcLnJDAlsiDSHTAcyIZpoiyHSREtDgwyR5vGa0zZDpCmPZNrIZggbIgzD9BXYEGGxWCxWf1GP&#10;GCJiWIjoan9uQ6TJKGi+r6vMCtmgCHT8rqWlIUJl1L15YHoTPWeI0FAXJ6A4UV1ajINxsdi9LwpZ&#10;RaUwm82AxwW3xYLss+k4cOAgTp1Igc3kguIAqipMSD2bh7TsIpisdtUMofD+YTLNzu9chogwJWgI&#10;jK9xHhHZEGl+n7Y0NVoaKU3QPur50h5DRDNFZOQyZBiGCUXYEGGxWCxWf1HPGCJ+gpkhTfuDmxGt&#10;7eso+nS76hhthcqoq3rDMKGBZog4nU75/u2wyBChdPVzejQel4aGOB0ozDyDZ//+CH7z61/iprse&#10;wO/++m/kZGXCYzdhx4YNuPW2O3DX/Q/hjptvw4Lp82Aot2D2dytwzY2/xqMvDEBKZr5/iA0ZEC2/&#10;x9RjTG+GyGaEChkiDX5TpMkM0e4N/T0ijJzWECZKc5qXOf2tp+U1ISgtdR4VHQHCMQzDhBpsiLBY&#10;LBarv6hHDRHm3FADjw2R/k1PGSIujwKr1YBF303ATdf9DPv3bMbaLTtx6bV3YtGC+chLP4U/PPgQ&#10;Hn30MUTFxeCrgQNw9y+uQ+qhJBRkleAvT76Gy+54GEmpWfD6GuAVK8NI32NhgnSuIaIvO/2qNo2r&#10;2wQo42BQg0COr6HfJ8djGIYJZdgQYbFYLFZ/ERsivRw2RJiuNkSCDZlxup2w2w3IST2CzJMHYKkr&#10;xpmMDPzqgT9hyoTxiNu3G9/73vewaet2WB0mnDwYjbt+diW2LZwHe009Ph8yBRfe+BCOnc6Eh8wQ&#10;/1K5XW2I6HuDyOekR+tlJiOHk4f4BKItx2MYhgkV2BBhsVgsVn8RGyK9HDZEmJ4yRMio8Lht8Npq&#10;4bNVw+esx4xZc/CTn1yM/eF7EB62Fd/73v/iwJFE2BQrcs8cx9/vuQWzh3wBpc6AwcOn4cc3PIik&#10;1Eyx8os2/KurDRH5PIKhv7dai99iyI1kfnBPEYZh+hpsiLBYLBarv6gbDBF5LL78K6r8N6OHDRGm&#10;pwwRmhPD56FlY+xw243YsWk9Lr/yZxgyfAysRiMi9uzA//7v/+LA0WNwNijIzUzFw3feiEUTRsFd&#10;b8Y3w6bi4hsewIkzGWIy1WDf47YZIpop0v2GiDxUpjXkuAzDMKEIGyIsFovF6i/qJkNEa9Coq0c0&#10;N0f0fzOBaNaVX1rpgpf57Pt0lSHS0NAgDBH5eE2QieGEuaYcU8eOwk3XXYfPvxiMvPwSKE4Xkk8c&#10;xQ9/+H2MGT8GFTWV2Lx5Ay7+4f8hasc2OOtN+Hb4ZFx9229w4kw6PIoCn/gen3v4SctJTZuj9jRp&#10;aYYEMzRaQ7u39MhhGIZh+htsiLBYLBarv6gbDBH9L7xkiGgNm6ZtbIi0A8kQEaaIHIbpU3SVIULS&#10;JlSVj0l4PW44bWasXDQP//Nf/4Uf/+AC/O2v/8CgQYOxYvlqFBXl4t333sRPf3o13nzrDVx99VV4&#10;4q+PobakBIrFjs+/HIGrrrkJJ1PT4FFc8LlpCE7L47SXQD07ztcQYRiGYVrChgiLxWKx+ot6wBBp&#10;ua1lHCYobIj0OzRDhHpzdLbIEAk2ZEYYIlYz9u3egWeeegpPP/W04F9PPY3ly1fCaDKgsrIUE8aP&#10;xZP/+Ac+GzQImWln4XU64XEq2B8Vj6+GjEVZRY3oIUKGhXyM84ENEYZhmK6FDREWi8Vi9Rf1gCES&#10;qIeIHIcJChsi/Q7NELHb7fL922HJS+3q8dLwFocVHrsZDU4nGhQffIo6h4e4lxWXCEO9P1w09IYq&#10;0LRNccGtuOFQfDA76BgN4u/Out/ZEGEYhula2BBhsVgsVn9RDxgiWqNIb4x0vJHUb5DNEDZE+jxd&#10;ZYhoc4hQLxH5mAJhbjjQ4LIDNOTF5YVX8cKjqPeuy+WEm4wSj1dAvUDcLqeYJ0Rxu+Fwe2FXAA+Z&#10;KCJO55igbIgwDMN0LWyIsFgsFqu/qBsMEb35of9bv1+OwzCMRlcZIiSq9GpDZuSeImJ5WeoB4jc9&#10;aDJT6umh9SppNCGo9wfFpW20BC3F8xJeeDwN8Hq8Ao8O/cos+iVs24o8ESpPiMowDNN5sCHCYrFY&#10;rP6ibjBE+gg8VIXpIXrKECFEbwyFjA8yRwLs0/XMkJHTahaXjJMOGCIMwzBM18GGCIvFYrH6i9gQ&#10;YZheTlcaIvpJVYMaIgFMj0D7z3foSmcbIrIxI+eZYRiGaR02RFgsFovVX8SGSBsJ1PDjRhbTHXS1&#10;IaLNIdJWQ0T+7ve2e6O35YdhGCbUYEOExWKxWP1FbIi0EfnX5t7VwOrcX9iZ3kVvNUS0e0C+L3r6&#10;/pDz0ZN5YRiGCUXYEGGxWCxWf1E/N0QCrXLTslHYu+m81TuY3klPGyLBzA99GO6RwTAM03dgQ4TF&#10;YrFY/UW91xDplklM1RVvFA8RqsvYsiHS1+lJQ6QtsCHCMAzTt2BDhMVisVj9Rb3XECE0g6ILjQrZ&#10;dOka46UrYUOkr6MZIg6HQ75/Oyw2RPoH+lV95H3nS2evEtTZeezs9Ijefs4E57Hl/vOhs/MYarAh&#10;wmKxWKz+ol5riHRXI0s2Q6i3iBymd8OGSF9HM0SogtrQ0ACfzyffx+etzjBE+gPUMOhM5PRl5PBt&#10;QU6jK9PrijTlsG1BTkNGDt8W5DS6Mr3zSVOOLyOHbwtyGl2ZXlekKYdtC3IaMnL4tiCnEcqwIcJi&#10;sVis/qJebYgEQg7XYTz6RqBmLoRSxUbLc6jlm2krvX3IDMMwDNN26FnbFuR43QkbIiwWi8XqL+q1&#10;hkjPQIZCqJkKWp5DLd9MW+kKQ4R6mpCo0hvIEDnfXzv1aciV+2AVfXlfMCiv8rbehFaWNLSpNSiM&#10;HFdGO1ctzXNB4c6Fll5XpCnHDYQcNxCcx5bxZeS4gWhPel2Rphw3EO1Jr61pashxAyHHCUR78ijH&#10;bS/yM6AzOZ/0KQ4NGWKxWCwWq6+LDRGmF6A3ddjgkaHKaVcYIoR2DBqGQ5Vf+iS0oTka7Rmbr3Uf&#10;18bgB0Pubh7qaNeqLchl1hpy3GDI8VpDjhsIOU5ryHGDIccLhhwvGHK81pDjBkOOFww5XjDkeK0h&#10;xw2EHKc15LjBkOO1hhw3EHKc1pDjBkOO1xpy3EDIcVpDjhsMOV53oT1/gqHlTX4Gt/Ys1t4HLBaL&#10;xWL1dbEhwvQwsgnChogMVWa7yhChiq/WW0SWFkajPWpv+L6i7jhv+bqcz/WRJafVFel1RZodkZxW&#10;V6XZEclpdTQ9kpxeR9OU0+poeiQ5vY6mKafVFel1VZpt4VxqSxhZbU2bxWKxWKxQFxsiTC+Afr2S&#10;kcP0X7rCENFEvwK2pdIrV8CZwOh71bSGHI9hGKY3wWKxWCxWfxEbIgzTy+lKQ4Qrvp0ruVERDBaL&#10;xWKxWCwWi9XzYkOEYXo5XWmIsFgsFovFYrFYLFZ/FRsiDNPLYUOExWKxWCwWi8VisTpfbIgwTC+H&#10;DREWi8VisVgsFovF6nyxIcIwvRw2RFgsFovFYrFYLBar88WGCMP0ctgQYbFYLBaLxWKxWKzOVw8b&#10;Ip4A25jzxeP2CNRy1dMyLBM6sCHSO0VrxfB6MSwWi8VisVgsVuiq2w0Rj0ARn9xg7wjNTQ8yQrxu&#10;LzxuL9x+FA99cvmGOmyI9D6REeLzw6YIi8VisVgsFosVmupWQ4RMEJ/bjQbFDa/Y5oHicQdEjsvo&#10;IZOjyfggyAjxCmNEb4iwGdIXYEOk56U3QGTYEGGxWCwWi8VisUJTPWaI0CdtE+YHGyDtpDVDpKnX&#10;CBtLfQM2RHpWrZkhelOEjREWi8VisVgsFiu01O2GCNHUcFfYDDkv5DlCtCEzavlq4RQPla+ilnMz&#10;5PSY3gwbIj2rthgiminCYrFYLBaLxWKxQkfdaog0oTXke0HjXOuhEgg5bC+m+dwsKmyI9A3YEOmo&#10;OmZVsCHCYrFYLBaLxWL1TXW7IdLb5gmR5y6RkcMzTHfDhkhH1bEBLW0xRM4/db06lk8Wi8VisVgs&#10;FovVPvV7QyQQoZBHpv/AhkgPSPImzmWKsI3BYrFYLBaLxWKFnkLKEFHnH2mOfohIZ9GRPDJMZ9Md&#10;hkhDQ0Mj5yc1nhq9O3s6yFZF4GNrW1vuCaIAgfVpBDpqexQgeRaLxWKxWCwWi9XNYkMkwDCZjuSR&#10;YTqb7jREfD7feRgjTWGbopFNcH5qnzkj99XwoUGyG/TmRcsUm4drtt/XPLQ+X6KsgqWr/dEiQUpD&#10;DR1gV6OazjtYCBaLxWKxWCwWi9UZ6veGiGyAyMjhGaa76UpDRGt8iwZ6A3kADYLmZkTz5rv8l8/j&#10;gdVshcPlkULJYc+lBqDBhwafB74GH7x+06G1+E22hFfQ4Ef83eCDw+6AyaFAaVC3Ntk0lKo/nN+g&#10;aDI3/H+ReRHElBGxGwCPyKMaQ4hMFO0P/8k3JiO2q7mgGI1xaKcofDUInXvrZ81isVgsFovFYrE6&#10;Q91uiHSErjBEAtFWQ0Q2T0T4c8RhmPbSlYaI1iPEZLYgOzcP6ZlZKCophddLDXeS3ipo+kvYCKKR&#10;70FOSgq+GPgFzmYXqs14sV02GYJIMwoEXsDnhNNSi5LyEljdbjgbVONBGA1+Y0HvUfiEuUDmhweA&#10;Bz6on/Da4XUYEbZjDxat3Qaz4oa7mf1BcZwA3HA5HSgsrkJVjREuLxkclGNF7INPLQe3y4PCghJk&#10;Z+cjN68QZRU1cLq9qmnT5HaIZ5KhthZ5OTnIycpGUUEJLGaH2O1ze9GgOFFXWYbiokJ4PJRXyq6C&#10;Bo+CioJiGA0mKD43GkRZtFZwLBaLxWKxWCwWq6MKOUMkEHK4jtJWQ4RhuoOuNkSSk5Px+N+ewB2/&#10;/BWuv+lm/P7hP2LTps1wOskwaG5r6A0RIa+CnWvX4v/9v/+HnRGxzQwRLVbAdn0zI0Q7DJkULkSE&#10;bcI//vkPRMQnwOEDPCIRDxp8NKSnyRQhI8crGSJqPxCPMDucxko8+sjjeHfQt6gyW4XFoRoilCCF&#10;d6KhwYGjhw/j3l//Fn978nlk5BWrfTgaXIDPAfhcKC8qxpiR4/DInx7DDdffgjvvvBuPPf4EVqxZ&#10;jzqTxX9uDXA67Ni+dSue+seTuP3WW3HjdTfg9795GG++8S5ysgrQ4PXBZqrD5LGj8Pxz/0ZlRZXY&#10;1qA4UF9RjBef+jcmjZ8Kt9fjN0R0vU1YLBaLxWKxWCxWpyukDJGuQO7hISOHZ5jupisNEUrzscce&#10;w9333ofVa9dj05ZtePSxx3HllVfi8OHDcCsu+LxumIwGnDlzBqdSUpGalgmT1QGf1ycMke2rVgtD&#10;ZPveKLX97vPBbrXidGoqTp46hYysTNgdDnG8BuqR4vPBbDQh7cxZpCSn4MzpdBhqDfApDpjryjFm&#10;2Ff44QUXYtTkGcgsKILNQcdywmqx4MyZNBxLTEJKymkY6g3+wSeqCaI4rcjOy0TyyURkp51EWV4a&#10;Hn/scbz32VBUmqxwUW8TNRdo8Lnh9Vhht1Zj0oSJIv+XXvEzbNgRDofPB0+DAjQ4YKgowluvvISr&#10;r7wKI4aPwa6wcKxctQ7Pv/gKfvTjizBm4iTY7DZ4PW5s3rgeV11xBf75j39g186d2B22C+NGj8O1&#10;1/4Cv//d75GbmYb6qiK88erzeOzRx1BeXqP2pHHbUF2ciasvuRKDvxgGq8sJn1dBdWU5zqSm4tix&#10;48jPL4Tioj4uLBaLxWKxWCwWq7MUeoaINiylk4anyAaIjBxej9xTpat6rDD9m640RMrKynDdddfh&#10;7Xfeg9lihc3uQE5uHj4b9BnKy8rhtNlQmJeLl158Abfeeituu/0O/Oru+/DVNyNQW2tAg8uGrStX&#10;CkNhx54oeD1elBQW4blnnsFdv7oLt9x6K355110YPWYsqiqrRK+OmqpqfPjBh/jlnb/ELTffijtu&#10;uwuffvIFSgrycCg2Aldd+mP8x3/8Jy7/2XV49qVXUVxSBFNdOb4e/BVuv/0O3HH7nbjjjjvx6muv&#10;ISc/Dx63EzaTAauXL8Utt96M2267CQ/eeyee/fuf8et7f4s3PxqMCpNNGCLawJ8GrwKfx4ba2mI8&#10;9NBvcNfdD+HSq2/EB58NQbVVgUI9UhQLls+aissuuACR4eFwOhUoihcejw8GoxkTp0zHqLHjYDDU&#10;ITc7A1dfeQU+fP89mOrr4fN64fV4YDGZERsTiw/efxcFOWdhrCnAG6/+G489+neUl9X5DRELakoy&#10;cPUlP8XgL0bB5laQmXkGLzz3NG6/7XbcfvuduPe+B7Bl6y54qUeJfBFZLBaLxWKxWCzWeSm0DJFA&#10;hsU5TItzIacnI4fX011zmjD9m640RIxGI+655x7cfNNtWLFiFcrKy2Gz2cTwFHh9qKmowMfvv4cb&#10;b7gBW7duQWLiMcxfsASXXHIZZs5aAMVuxJ7Nm9QhM7v2wVhXj1/fdx8e+vX92LBuHZKTT2DRooWi&#10;l8SKZStQXV6GkcOH41d334tZc+bhRHIKFi1Zhe9///sYMXw4DJXFGDr4U/zP/34PXw4fh5yCEjhs&#10;ZkwY+TV+8IMfYN68+Th58hRWrVyDm2++Fe9/8AFqqioQuz8Sl116Gf717LOIiYlETOR2DHjrJfzX&#10;f31fGCLlZhuc/klLxXAerwsetw1HjsbjZz/7OWbNXoxPPh+G629/ACcyiuCkXiy15Xjiofvw+j+f&#10;hMVsFmYEDdnx+hqoaMRQHjJ4aKjMupXLcO+vfon4uFh1Qlr/MCDRI0bMMaLOWWIzluK1l5/GY48+&#10;gbIyg2qIeCyoET1ErsFXX4yFzePBsGFf4fZbrsPChQsQE5eAx/72NG648WaUV9ayIcJisVgsFovF&#10;YnWSQssQ6Q7aYYgQ3DuE6Wq6yhARc3B4vcjIyMCDDzyEu375K9x111144/U3kHDgEFw2O5ITj+Ly&#10;Sy7Giy88h7joKKQkJ2PP3n24/uZ78djfn0FFWQH2bt8iDJHwiGgcORiPn1x0EV549t84EBuLEycS&#10;ERGxBz//+c/xj8f/joPR+4Rh8tZ7H6CiziiGsFhdHhw7mYqc7Cx4nWZsXLUIF118CVZt2Q1PA1Bf&#10;U4Vrrr4Sj/35T4iKihaGSELCUTz44G9w112/QnRkOIYOHoxf3vkrnE7PgNdjR4PbiIKMZNx4/U14&#10;++OvUWG2i/lItPk+vB4XFMWG119/Fb++77c4fSYNiSdO48qf3YRZizfC6fGiurwI9958I4Z9NAAO&#10;uw0+MYcJrcDjn+PVvyoPGSLjx4zEr+/5FdJSU9XC1QI0TnhCB1eEIfKqMET+jrKyWjHDSoPHiuri&#10;LFx1ybX48ouxsLu9mDtrKi658L8xc/pUZOeXIfFkNhKTc2Bz0sSxLBaLxWKxWCwWqzPU7w0RuUeI&#10;jByeYbqbrjBEyAwhaFJVSr+6sg7HjiZh8cIF+MPvfoeLLroIB6NjsW/nDvz3f/83br31Ztx+8024&#10;645b8au7f42LLrsRj/7tOeTlZyAmYpcwRPZFRGNf2DZ8//++hztuuRV333UXbr3lOtz/63tw3bXX&#10;4ze//g22rFmBH190ESbPnAOTyw2attXRALGajJuGgzS4sX75/EZDxOXxIetMKi67+CJcf+1Pcd99&#10;9+Haa36OW2+5EzfccCvuufs+7NiyCa++8CJ+//s/obymHj6fE/BZYKkuwsO//zPeHTQEZSZbkyFC&#10;k7f63KiuLsN//ud/igllEw4dQGx8HK6+ls7redSabaitLMf9d9yOT155RfQQoWuhll3zlW7cLgfm&#10;zZiCu265EYf8PURostQWk6IKQ6Qcr778DB579G8oK6tSJ4L12FBVnIsrLvk5vvhyLGyKG7VVJfjq&#10;k/dwxeWX4Q9/fgJvDhiKrXsPw+5uEKvuaNePxWKxWCwWi8Vinb/YEAlggrAhwvQmusIQIVGDmtLc&#10;t28fTh4/DcWpwGGzYO+uXbjgRxdiybwFOBITjf/9n//BBx+8hwMxUdgfsRdxcYewZ/8xHE5Kg9FU&#10;g+2b1wlDJHLvfiREheNHP/wBXn/5FSTEH0BsdASi90cgNuoAUk+cRtqJY7jzjjvx5ZARqLbY4KKJ&#10;XRsaUFhZh7KKSnidFmxcsQAX/eQSrN8WLhr/VWUl+OmVl+OxP/8RUVH7ER+fgOjoeMREJ2D71jDk&#10;pKdjwDvv4YH7/4DswlJhiPhcdagsSMcdt92NNwZ8hTKz3hDxweNyYP3aNSLfl11+Oe6883bcetut&#10;YqjOpVdej+TTWXBYrBj75SBcc8UVOJOaInrTEORDuFyKKLfVK1fAUleFlKMJuO5nV2PaxAli7hB1&#10;ORxaUdeL9PRMbNq4GflZGTDXluLdN1/Gb+5/CAV5BUCDGw1eB3Kz0vGTiy7DyNHToXg8MNdWIiP1&#10;JFJTU7F8zVbc9eDf8auHnkBGXlkzQ4RNERaLxWKxWCwW6/zFhkgAE4QNEaY30VWGCInmELnjjjvw&#10;wP0PIf1sOszGesydNRsX/OgCbFu/GbUlpXjyz3/Ggw/ej/ycbFhNRhw+nIRnn38H8xevg9lSix1+&#10;Q2R/RDSqCvNw+y034y+P/BmnTp6AzWpCbPR+PPfM81i7Yi2qinLx/L+fw5333IfwuARYbXYcS83A&#10;Hx59HBMmT4HNWIPdm1fhoosuxryFq2G3O1BfW40nHv0Dfn7N1Th0+BBsNjsSE0/g3XcGYNAnn6O8&#10;qAhrlq3AVVf+AoOHjUZNTTlqKvMwZfS3+M///AFeef9zlJqsTYZIQwNsZiP+/eyzuO22u7Fh0xac&#10;TD6Fo4kJWLBoEf7v+z/A1BmLxTwqJVlpuPWay3Dn7bcjMTERVqsVNTW1mDnzO1x66aV4843XYTXX&#10;w+uwYODbb+AnF/0YE8eNg6GuTlyvAzEHcfev7sVPr74GZ06loMHrxM7Na/D//X//H0YPGwarpR61&#10;NZUYMWKEOOfIffHwKB58N2E8nnvmaRxLOgGL1YGJ363ChZffguj4JDGHCfXsIdgQYbFYLBaLxWKx&#10;zl/93hAJBBsiTG+iKwwR/XCZzZs349prfoFLLr5ENPJ//OMf4+033oHVYIHPruBITBxuv+02XHrJ&#10;Jbjs0ktx+eVX4bHH/4VTqTnweJzYsWWDf8hMFLx2K04cOYQ7b78DP/nJT3DF5ZfjkosvxlNPPo3i&#10;vEJAceD0qRTce/+D+Mmll+KyK67AxZdciod+97BYohdeFyoKM8VKMtRL5JE/P4q83GzkZqbir4/9&#10;RSwHfPnll+Piiy/Bgw/+HolHj8PtcKK8qATvvzsQP7zwYlxyKeXzYvz59w8Ik+Ttj75CmdHcOKlq&#10;g9eDrPQ03HTjLfh68FhhOLhcVBZOVFVX4fG/PY1f3X0/bGYnfE47UpMS8Oc/P4JL6Pwvu0x8Xnjh&#10;hXjnnXeQl5Orjp/xuWGuq8Ggjwfi8svVMJTPn1z0E9x99704eOAw3C4F8CmwmWvx8YAPcf3Pf46L&#10;L/6JKJ8rr7wKEyZMh91By/02oCgjEw/d/4Aow8uvuAoX/uRqvPTaANQZnWLeEjZEWCwWi8VisVis&#10;josNEYbp5XSFIaKJGtQOhwMZ6VnYsGEzli5ZhtiYOFgtdrFGrc/thVfxorioBJs2bMbKFauwe3c4&#10;Kipr4Xb70OBtQEVZOcJ27kRVVSV8Xo8YMlJWUortW7ZgzcoViNwbjrpqA7wKhfeKcyoqKUXYnnDM&#10;XbgYO8P2Ir+gBB6PBz4fTU7sRNrZDGzavB2xcfEwm60iTl1dPXbt2oNly1Zgy5btKCoqg8frg8c/&#10;lMVqtuLQwYNYs2oltmzagMyMdJw+nYpDh4/CpXjEyjAkWhK3proaO3fuQlFRuX/oCZWFD16fF5lZ&#10;uQiPjILVbIOX4rndoifN/v37sWrVKqxZswYHDhwQvVd0JSlwkYFy+hTWrVuLlStWImznbpSXV6rH&#10;EHOKkCvjg8tux7HDh7Fu1SpsWLcWx48fh9WqTtxK8roUFOTmYeuWHVi0eCXCI+JQU2tG42icQMNl&#10;1CywWCwWi8VisVisNooNkT6FEgA5DBNqdKUhQtIa1vThdqtzZGjyr74rPhW3VzTGtUa7jyazoL+9&#10;Pv/cGtRIV3suNC7FIpwGsZiKQEw2KqbxoN4N6iotjceieLTqSgOtPeNfqMWfVBOqsaDlWYTxfwpp&#10;k8V61TQ0qavDaPn2+ZfDVf0Jf7RmJoO2j+ZflffrjYim/1JCTSfq859DU3paXP8JUTmI4P6/G9Pz&#10;h/OvUkPBxalQkGbl0YohIm1msVgsFovFYrFYgcWGCMP0cjRDhHpydIWamQBaJwa/n0Geh9/3UJv8&#10;/ja/MBIaNzal0ZieBjXqNUdFZ0rQpzbso2k5W9UwUE0VdZswX4QRoPbiUI/V9HdTPK0HRlN+AkHS&#10;hpqoedCdt57G82qeXnCpAX0+zRhqfkw5brP9Iu/+4S/6cOJvvwEl5y9QfjQzpLVsslgsFovFYrFY&#10;rEaxIdJn8Ihf91tC2+WwTCihGSJOJy1S27Jx3dlqbHRLbWxxVPpHM0Kax2qJ3wRpiuAL2F4P2LgX&#10;21VzpCVNx2i+rW2SzYrmO5vO/3ykNy1ak7eBls+VjJNAhRNEAfOvL34Wi8VisVgsFot1TvW4IeIJ&#10;sI05X8j8kJHDMKFGTxkisr/ReoNb32VEGz6ilxoxaPQWolBymq3RtlR7i9qS66Blda4eIiwWi8Vi&#10;sVgsFqtN6nZDRKzc4l+9hcwQDTkcwzAq3W2IdI24ta4XlwaLxWKxWCwWi9Xz6nFDhFZwYEOEYYLT&#10;lYZIJybFYrG6Qa0O+WKxWCwWi8VitUtsiDBML6drDRFuWLFYoSQ2RFgsFovFYrE6T2yIMEwvpysN&#10;kca5PTo1TRaL1VViQ4TFYrFY/Vn69yDTuwikYNt7k9gQYZheTucbIhRfndbT1+AVS8Xql6JlsVi9&#10;V22pfLBYLBaL1R+kvQupHsv0LPo6iXZNQqW+0s2GiAeKxwu3R1sBxQtPkJVQPG4FXgk2Tpj+iGaI&#10;uFyuTnygqD1DKisrkJ2dhdzc3EZycnK6lezs7Dahj5OVlcVIZGZmNn4SGRkZjf9vK3KavYnM7PNH&#10;TisQcln0NiiP2r0g5z0QFE67p+V9oYz+eSBvk8O2RnuePZ2FnAdtu5aXnnq+6b9jbUWLc65y1MLK&#10;8fsy+muplcG5yulcaGnLz4VgyHliOg/9tZT3MV2Hvry1+ys/P7+RvLy8RvR1Wo327G9ruM7e1lnI&#10;eQ6GHK+jBEq7vr5eGCO9XT1jiDQuCav9Xw6nrT5DJoieluEYpq/TNYaI6t7SS4ReKiUlJY2UlZUF&#10;pbS0tNMpLy9vExUVFcw50MqKrmNxcXGL/W2hsrKyS5CPE4xyQXkzyioqOgSlKR+n2TFD5PtF15TQ&#10;7lX5HpHR4snbQxn98yjQtraiPX/k7d2JloeioiKB9vyVz7kz0Y6t/7u9z+L2QPe+vK2vo5Un3at0&#10;XeV33vl897S05WdCMOQ8MZ2Ddr/Qvaq/Z+Ty743I5xKK0POErsHhw4fFOdXW1jZC9WQNg8HQAmqY&#10;a8j75P1tCRdom377+WzrLOQ8B0OO11H0adfV1QljhK6b1+vt1PZLV6jXGiIMw6h0pSGiPaxMJlMj&#10;ZrO5VfRhOwOj0dgm5HhMYLTKQXV1dYt950Iu885GPl4w6glzJ0HnFeAYMvL3vDdSVVUlKhlyedI+&#10;i8XSAjl+VyOX6bmQ43cEOl+r1QqbzSY+z0V3l5F8bbT80j6tYiqXiVxeHYW+M1rFVd5HyHkOhv4c&#10;zlXeWhnLx+rLaOVE5U33K5WRfO0JfRz5WRnsuSlfC6b7oWsqNyjla9Ybkb+noQiVOX2SIUKN7ED1&#10;ZULeTlB4wiNGKTTfR9u0/XrkcMHSaes2/XECbessKM22IMfrKPL5U52F2hjcQ6QF7TFEtDB65DAM&#10;0/eR5xDpLOkNEf0LM1CFTa4QML0Xul5kiFAlTd6n7ZeRK05tQU6jMxGGSCfSFkMkFKBfxzRDRN4X&#10;6Dp39rWSjyEjh9cT7Lsjp9HW9IIhpxEMOV5PQGVBeaFKI92zPZWvjpSJXK5ME3Sv0nWVy6yzCXRf&#10;MV0HXVPNDNHKXr72TNdA5U/lnZCQIBrfwcyPvkJXmBZdiWa0aPnXDJHO/DG3q9SrDREKqyd4WIbp&#10;u3SXISK/9PXIL6W2IKfBdA90Len7QpVxeR+h/0VLH6e9yOmeCzl+a7SIG8DkaA99zRCRt+vp7/ef&#10;/BwKhhyvJ6DvOuWluqq6Rw0RpmvQeuvJ25nQJpAhIofpjcjPwFCEzoPKu78YIqEOGyI61LlANFoa&#10;IkqArktqvOa9QyicirpSjYa2Yo0K3Rgacpote5o0z1tzmuVFNwnsuQl8Pm0nUN6Z/ozeEOnMh0qw&#10;ITMa1IgMSIAGbKuVAqMJZqMJFv+nTOPxAqTXlCZ19TbAaKSu3noofXNL/HGawunyJsJYYDSqXZr7&#10;GlRJ0wwReV9Q6skoobhUTlq5UdfUehhNAcLraHG9gyDHa4xPx5QwU+VNop7O7TyRj9+WfHUWcjkE&#10;Q44nQ2HIENG6DJ8L7X6l/+vLUQ6nD6un+f0j3UMtoHuuCbOJrqH+Omrfq9bjNcYX97CK0U/LuKEL&#10;nZ84R3oumiyoqapBbU0tzP5zb6LlfSBfU/11PhfyNQ4eV/8caLr+cl6CfZ8CIX+f+wOBDBG57OVr&#10;oI8vlyFhNlPPzZb3TFMY7dq1jC8fT86DvJ8JDF3TYD31mt83uvpJi3A6qB6kqwupdSajn+Z1GnVb&#10;4DpUf4BMEarjHDhwoN+YIdowoFBAzrveEOnM9ktXqMsNEW1ZXYL+rxogzY2OQCaCGqfJ4FA8RHMz&#10;JJghIpsbKh54/Kva6CdppTzJyIaIimx8BKPluQSiZf6047b8QnUEOf2m4/Q2WjOz+jf0kOnOOUQ0&#10;qFIk/9JOjUu50nfOCpzfDAlEW17m2i8DRqPaQG8OVRSogijTVIFo2ZizwGS0+cO1PF6oQ5UFbciM&#10;vE+P/rpZzFaYTVZhEjWVGfVEoDIPfF3Phxbfl8ZKX3PO53vSGtovS/q/9dvkfHUmcl6CIceToTDt&#10;NUTonqX/6w1JOZwWVqZ5wypwA0tFa5A1NdTIALE0u471flMkUFz53rXAbGz6v1FwjgZFiEHnZzFa&#10;YK43w2qyoqaqFnXVdeo2o1l8qrS8D7TGqv7vtjZg5WscPK583VXkZ3mw7xOjcj6GyLkwm60t7hdx&#10;z5j9c7WYted3y/uNjqP1mNPMtBbv+Hbmpz+iGSLyds38NZvoeae9f7Vr1DKdZvF09xL9rT4/CfUH&#10;HHVffcBngpxeawQ2NIOZa70P+o7TOzAuLk7Uj2mYhlxnZtpuosjxOhs2RHToDRFCmBg68yDYUBg1&#10;vL+BLMwQ1RBpHk6L1/yiUlzZ5PC6PfC6vf5PbSlfOUxzQ4S+LDQZltpDRDY+gtHyXAIRKI/aOevL&#10;S8vL+SKn1Rlpdj56M4RNEZmuNERoSazWDJEWBGioyY02Gf0vGS1e5tKLLhBN85nQnBj1sFhonhOV&#10;YA2q5pUQuTFHhohWqWyZ31CHrkO7DBHqkeGvZBtF5UqrUDcZIvI10SOn214CfS9kxPcnwLHbQ7Nj&#10;BtneFcj5CIYcLxDtN0TUdNUyVs0mOVzH0e417RzU3iHNDBH/tpaNtHPdv3LafYP2GSJaWaqGhNZY&#10;1e6L9jaoO4J8XxJyGKaJQIbIuTj3M6H5vUHPbrPZ5kedpLflO08lkCFipB8bLCqNhoi57c+tvo5c&#10;hkQgQ6TpnqB7lYyLer9ZoT6/VJMjcK8qubeVapCo6YieYo11lY4ZIloemt+/gZ7Bgc+7N0DXhN6B&#10;8fHxom1Gk3XKdWaGDZHzUQ8YInpzoTVDRO3RoYVV5xGhHiH6C6g3IZqg48hmw/kaIg6HQzdkpi20&#10;LINAyAaFRqB8dcTAkHvUtDSVehqt3M7PWOoPaIZIV8whQuu5UyNLfukQ9dTwook5TSZYyZDwD8dQ&#10;97c0Q/SmCHX9ttEKBBYL6mprYayvh4XMDRM1AKjCb4LRUC+gFxytRiAfX6vQ0X6LhV7QqhlithhV&#10;zEZ/rxUzDPV0TPWXZTOZHaIHSDDTQzNE1MpjW2iZRmDkeMGQ43UmdA2osibPEyKHIdQVINRKNZWL&#10;xUJlQmVK3YFrYRSfgY0Vik8vOy2tczXU6bz13xHqbUTfCTsdU+4lUm9UvytmM2xmC6yim7i/fHXl&#10;TGmpXcipm7Eu7Xr1/1o4baULrey7+hp0FW01ROh+ol4VZotdbSQZ62E1G2G3qudNaTR+N8S9aIDN&#10;YlXLnAxIUc6qQVbvv7doWJW+0myxqA0wg4G6MNO1UK+H2pPACGOdQQwHMVF8owlWswmmetrm7wYu&#10;tssVcbo31U+RXr1WWae01XPTrmNr3+/eTtsMEfpsalxZRbnREDY6d5OIZ6Vra7XB4l/NRT5O4/H8&#10;3/d6Q724xsIgozI10PVo+XxSwze/LpQvq9EEO92PdD39yMdimp51wQwR7QcC8f7TesrpnstafPqO&#10;a6uFNT2z1HtDu0/EtTHbYbU4YbU6/M9y9fqKxrI2FJHSpve2MD7UZ68wSMRKXMbGFbno/5rBFqr3&#10;V1cTyBAR90Y9YYTTZIJdPHPpWtHz1Np4v1h0cbRrql1zk//aaIaVnVaiMltRb/CbniJNtQ5FdSv6&#10;pOtaXVXVrA6lfY/071vVZFG/F33BEKEhM1Q/1vcQ0U9ASj8gUt1Z2y9P+qkh17dbQ0tD/7eWDv2f&#10;6tS0nZ7F2rFpX2DjoX1txlCFDREdzQ2R9s0hop9HRJ0/RB46Ixsi6t8UTzYVzscQIeiL3N6bpi2o&#10;5kcgWuarI4ZIaNB0nfvLQ6I99JQhQhUmeuEWFxbh8MEEHE88hpRTKSJ8UyNZa+TWi5d1PTWgqBJv&#10;MsFmMiP9bBo++OADRMdEw1BXJ7ZrjV6qjIuKoX9lG/2xbVYLyspKUVxcIip/6i8o9aiprkRqagry&#10;8nKQn5+L+ENHBElJx1FaXAKryQazyaYaIo3DYuQXfN82RIjWDBGxrd4IQ50Bp06dwpHDR5GUdAI5&#10;OXmN15NMEdUM0TWcJQ4dOoSxY8fi9OnTjZV3OYx2PH3FjD6zs7NRVl4uvitkiIhGX70BZjLg6o3i&#10;eycqfX6oEkhx1Ya6vxypMkeVTIsNFqp4ksEmhvxoJk/TdafKorb0pZy/UKIthghdh7NnzyItPRNm&#10;iwNWq12YEJXlJTh6JEFUULTKs5g3xmBEfZ1BlHdleTkK8vKEOVJTXYtdYXuRn18k0iBDhAwKATXW&#10;LXZhhJAhYjTSvWQRxxZLrZrNKC4oQuTe/cjNyoPVRJV3Ewy11cjPzUFttQF2MmsaTUu1kSfMG4sN&#10;Jout8VpSw08M6fJ/B7RlXptV9gPcY70V+q62xxCx+g2RuupKnEo+jsysLHHNTPVmEb+ouBSnUlKa&#10;9fTTGj/a87WiogJ5efmoqapGRVk5wveEIycrWzSOhBFGpqTVppor/r+bGtv+/xvNsJutSD1xEtHh&#10;EagpLYed9gf4DvZ36DrTdzOQIaL/lZ4azPTeOpt6RvwAQc/t6uoaZGVli96bkeER+OqrwaioqISN&#10;lmimxqyZ7i8yOc0w1BlRVlqBrMw8WK1OWMyqAar2SKBnpPqepXubno8myhetfkPPWq2HCP3YQM9F&#10;i1X0KNP3EJHPi1EJZIiQGeIUGKHQtspKZJ5NR3VVjbhW9B6jMPR+08ejudG0dyeZIWarBQaxQpwJ&#10;DqsVdis9J1VDn97H9XV1KMovQHFhIQy1tTgQG4fRo8YgKyNTmNl2q028L9XnI71vm46lGtP03Gjq&#10;vdeXDBGtvqzv/UBlm5GRgdTUVFSWV0BxufxxtDaj+iO63O7T8FIvFG8DFJcCt7892LjPb5BQfkpK&#10;SkRvldLSUsycORPxBw7CbrOjqLBQ5Fmk46E2qNq+1X7o7+vtHTZEdDSZIXpDREVppTeA/AUVc4UI&#10;mpsfTfGb/qaeJbKp0GSIaF/I4Mh56QrkYzahHzKjmkL6fHVnHpneQWcbItpD6ZyGCP1CW1uL6PAw&#10;PPfPv+Kt117Be+++jxUrVqKyogy1NdUwGKhnQD3qDXXi19+aOgOqa+rEi9pUW42yknIsWbISaWkZ&#10;sJjVF3BtVTXqamrEL8hUIRS/VFEPA2rE+3ulVJaVYOOGDVi6bAXKy6vEdnN9HUqK8jFi5FCE7d6B&#10;ffvC8fAjj+GV19/EO2+/hWHffoszKWkwGh0wmZ3+HiL0K1jzOQhE5UKYIU29BkIV+ZppUIUtUMNZ&#10;9PahylB9Pepqa/D1N9/iH08+jTfefBtvvPGWmLldWypSq6gZ/BOTGuoN/p4F1Ci14+zZM1izZg1K&#10;S8tEWdbSda+jMP6Kt9/8oLToV06tcZCfn4d3338XUTExqCWTjBp9VEGvq4G5rlb9JY0q8YYa2I21&#10;wiipqzWIX7drKqtRV1uHmppamOqMMNbSkB+LaCDWVtWgnnorGMyorVUNIfpljRr9dXWURp2YuJJM&#10;O/EruzDvtAojlWXw8uwtUOVCrohrUKPZZqxBTUUJRgwfjk8/+wqlZdXiV+Pqykps3rAODz5wH/bt&#10;i1Svq8GAKrG6iVq2dTW1iNq3D9OmTENWRj4KCirwzDMvI3zvftTVGGCoJdOTepCQ0aj2UiBDpK6O&#10;fn2me0qtSFNZ0/16LPEY3njtXRxOSIRN9PQxIi87GxPGT8ahg0eFAUDDtdSJfKmSa0JNTT3qTTZU&#10;1RhRXUv7qNFH15F6qqkVYco7PbPou0TfL2HASD2AejOioapNnkoNXG1S1eo6YXDoh8zQMCMyROjX&#10;5qKcLHz68QeYOXMuqiqpR48D1VV1mD9/GQYO/BhnU0+LZymVVX1tHUx1BpjoGWAwYM/uPZg+dSZy&#10;s7ORlpqK99/9ELFR8airNqhGl8mMGoMJBpMVdfUm1NTSfUz5pca3XXwa6VlfVYO9O3ZgxNdfoyAz&#10;C3ad6SKfJxNkyAxd93qtx40R2zZuwDuvv4LCvBzRkzIvrwAjR4/B1q1bkZJ8EosWLkFlRTWM9fRu&#10;rIHJQN8TI8xkihnqsS8yAl9+8RXy84rE/UL3ZV0d/XhQK+5peuZRXLpGdP/UGeg5WIN6esYb61Fd&#10;V4c66u1Xa0CNwYg6o0k888kUMZr9vUo0pJ4H/QH5mtK2QIaI1Wjx9xAxwGGsQ0bySQz+cihOnjgD&#10;p9kGJ7036ZlZqz536blnJRPSbBXP4MqqGlTQO4zqJxYysa0w07WsIdOanq1WYYZUV5Rh+eKFWL9m&#10;HUqKipGenoZ16zeiIDdfvNfpfq+rrhH1KTKv6d1I/6f3H3036PtA30Gj3zgLTMvvcm+BnvHBDBFF&#10;1Jfd8ChuKE4XcvNyMWnaFDz/yot45ZWX8PGAd3A86SAUtx12hwNWm0MYJG6XCy6HAy6nU7SvXE4X&#10;nA4HHHY7FIcDiuKBy+H0h3HBbneIOhBtdzgU8YPfmDGjUV1dJa7RurXrkZWVi8L8fIweNRonT50S&#10;15vegz63Wxgj1P61OxU4FZd/5EPfmzKAzCN6V5eVlfV6M4TU5YZIcyRDpFkPDzlsIGQjJDDnMkRU&#10;d05Ou5fQbEiQOmyI8q43RPpHrxFGoycNEXNtDSK3r8VXA15HYXY6Eg4ewocDPkL4np1YvWoZZs6Y&#10;hYULF+N0SjIyzp7G9O9m46tvhmL6tClIP30CRYUlGDFyEk6eOIWaqgrs2LYNQ78dgvFjxiLhQDyq&#10;KypRW12DTRs2YtyYMRg/dhzi42KREBuFv//tb/jr409g6fJVKCkpht1cj4rSQnwz5Ets27kZ+/bv&#10;xR8eeQxHjiUhKzMN0ydPwofvfYTsnDLUG52ioawaIs1f8uo462DDafoG9H0JaIgYTXBQd3tRKa7C&#10;t8OGY8Hi5cgrKMLUadPw5puv4/DhBPELx6xZs7Fl23YUlZZi997dGDpsKEaPHCl+XSaDgsJNnToF&#10;qalnkJOdhxlTZ2DYkGHiO5GXXyB+7Tp58qToRTJixAgsWrQIZ86kYt36tfjl3XfilTffwL6oaNGQ&#10;txvrcOxgLGZMmoCFs+dg4qhhWLd0FqqLs4VRsn//AYwYPgpTJkzBzBnfYfbsecjLzMeW9Vswbeos&#10;jB83CSOHDENkRDQ2btyG4cNHYMaMGSgtrRS/oibEH8LY0eMwbOhwbNy8FZXVtTAYyRSRfx3rvZVB&#10;qogHM0SosWMz1sFlLEd1SQ4GffopfvfwX7Brz34YTTbk5eTh808/xb1334Wo6H0oLS0WxubQoSMw&#10;ZMgwHIg7iOzMHHwycCAeeuAhjBv3HY4mpuPxvz+Hb78ZidEjRmP0yNFIT8sUFdK0tDRMmjQJI0aM&#10;wvRpM5GZmSPK+fjxkxg/fiImTBiHyZOn4q23BiLh4DHYKI91NVg0fwHuvff3eOedgVi7ejUmT5qA&#10;mJgYUe5JSScxf8FyxBw4htETZmLG7MWYOXMORowYicjISGGqFRYWYsWKFRg2bJj4XtH3i84/lAwR&#10;opmxSWaE3hCpVw0RdTgRNbSMcNYbUJyVjheffxovPPcGThw/K8yj1NMZePbp1/HCcy8iJfk4crIy&#10;8d307zBiyFDMmjYdmWfOIC8zE6+8+Aoe/t0j+G7GTCQdPYK33ngPY0ZMwZiREzF50jScTElFeU09&#10;MvOKMG7SNAwZNgrz5i1GYWGp6HlwOOEohnw9BONHj8HooUPw0bvvoDArUxg1jXMZBDjP/k5gQ4SG&#10;kVFj1wyroR4px47iib88jIS4/cLISkg4ivc//Agnk0/icPwBjB0zXjSu1qxeie+mj8G0SaMxcugQ&#10;HIyJRcqJ4/h44Ht48Nf3Y/iwEUhNPYv4Awnivhw9eizmzp2P8eMnoKioABkZ6Zg4eSIGD/4Sc2fO&#10;wOwZ03Do8GFU1tRiw5ZtGDxkBEaOm4i9+6NRVlUFA/X4NDdhbJwktH8TzBChobp0H9iMtbAba5Ce&#10;fByvvT4Ahw+fhqXGAFtNNU6fSMGkiVPx5ZeDRb2psLAE1dUGxB84jK+/HoZvvh2J2XOXoKioEoZa&#10;C3Zv24ORwydg1uwlWLJ4FRbOnod9u7fjX0/8FU8/+RSmT52O+Pg4zPhuDjLTMlBeVISlC+Zh1LBh&#10;mDVjOk4mnURtdS12h+3AhHETMXnadxg2YiR27t6LSvrhgAyaIMZPb6U1Q8RFbUzFA5/LA4fZiunT&#10;p+L1995CZmEuyiuKsXrFHHz4/r+RkXkS+2OiRF2Afsyj4YiLFy7C/ohI0Zsqet9+TJ4wEdOnTMGy&#10;RQuxaPEypJ5KwY7Nm7FowSLxzhs9aiySklJQUFCOTz/7BPfe+yvxPjt29ChmfzcH4RFRmDZpIn73&#10;299i4CeDsGLlasyb9R0yz6bCarEiLSMH8xcvQ2FJMVyKE24PGSN+ArQDQhHNEKFeM2yItKC7DJHW&#10;hsyEqiGi9oxRz63JIGH6Pj1tiOzbvg4fvfUCInftwMaNm/Cvp5/BwQP7MXzoN/jnk89g6dIVOJN6&#10;CpPGjcRnX32L9Zu3YfTI4Rg74hvs3xeN117/ABER+xEbvR8D3v8AC+fPx7QpU/H2m2/iZNJxHIiN&#10;xeuvvop5c+Zi+pSpmDR+HA7FRWHQxx+LimHcwcNiHhJrfS1Ki3Lx5deDsH33FuyP3otH/vp3ZOXS&#10;L2s1SDmRhLdefxdxccdgNjlhMdrUc/D/Ett0bk1d9OVfg4Ihl013IedDRg6v0bohYoStngyRSgz6&#10;ajBGjJ6IvRH78MorL+Orr77A0cQj+Ne//oVBgz5HTOwBREZF4dXXX8Xs2bMxd84cfPD+B4iPP4iD&#10;Bw/gnXfeQmTkPowbOwFDvxmKdWvWY/iwkZgwcRKOHU/CRx99hHHjxomeJGSK7N6zGwfi4/DAbx/A&#10;mEkTcTLltDBEXGYDondvxwtPP4V5s2dh5eLv8PHbz2F/2GYU5eTjheffxfjxk7B25Ro8//yLeP+D&#10;gUg7nY4xw8dg4MDPsWbVOoz4Zgief+4VTJ0yE/PmzcO7776DRYuW4dSpVHz26eeYNnkatmzailde&#10;e0NUhOiXcPo1rq8ZIpVFmRj81Vf457+ex/AR45CbV4SI8Ah8+P57eOzRRxAevgvbtm3BBx98iGXL&#10;VmDcuAl49933cSA2Ht/NmI4XnnsBe8IP4mRKAf7wxycxevQkbN20BW+89hrGjB6L5JPJGDp0KEaP&#10;Ho316zfio48+EWZVenqmqOhTQ2zbts0YOmw4nnv+TSQcOi56h9hNBkTv24cn/v5vzJ61CGfPpOLb&#10;b77C6NEjRS+jxYuXY9iI8Ug6lYU/PvYvDPh4MDZt3o6JEyfhqaeewpEjR7Bx40a89dZb4vv09ddf&#10;4/PPP0dxcbFaBiFkiGicyxChXlbUg8pRb0BR5hm8/+5rePpfL2Ld2q0oLi7Dpo3b8K9/vYwBH3yI&#10;2OhILFu8GG+89gZ2bt2GUUOHY/yo0chJT8ek8ZPw2itvYO/ucJxNPYuXX3gDI4dNwKb1W/H5Z19h&#10;xqw5OHbqDF57dwC+GT4aG7fswOBvhmH8+Ck4evQ4Pvn4M4weMQrbNm7C0K++xMB33kZRdhZsNCcM&#10;GyJBaWmI+JdQ9V9nMkTqysswdsRQjBkxDCVFpViyZAWGjxwjhoxG7g7Dc8++gNTUNAz+8jN8OuA1&#10;bNu0WhgaXw36DCcSEzF39nQ88vCfsG3rdsTHJ+Ctt94RJgrd259+8hlefPEl8UyfPn06PhjwAdau&#10;XS1+PHjx389g0+ZN2B0RgX8+828sX70ek6fPwqtvvYOEI0dQY6iTDJHg75v+BD2Hgxki1LtRNkSO&#10;HDkNa209qvLz8dpLr2LkiDFYtWoNXn7pVSxetBQnT57GkCEjMGLEWCxdtgZffzsSu3btQ/Lx0/hs&#10;4GeYMmkWlq/YiDdffw/DBg/Bodh9+OTDdzHgvQ8QtT8K+/dHYuCnXyA1JRUzJ0/Cpx++jx1btmDy&#10;hPH4dvC3OH4sCbO/m4Hnnn0OS5avwpix4/GPfz6FIydSxPuvuyZk7izaaogU5xfg2X8/gwOJh2Dz&#10;ueD1uVBdnoM3XvsHdoatw7IVy/HNkOEw1NXAZjFj0MeDsGDePGSmpeOF557DdzNmYNvmzXj95Zfx&#10;5VffIvVUMiaOHYMPPxyIzZu3YtSoMRg8eCiysgowbcZUPPGPvyJ87y7RA++Vl17Fnr2RiIvej3/8&#10;4wksW7EKx5KOY/iQr7Fs0QJUlFdg6Yo1+HbkGFTWVAkTxOOh4Ti0iAgbIj2lEDREzk3fM0TUXi9N&#10;vV96+TkwnUpPGSLUXdNcU42onRvw4j8fxZzpU0Tjdsu2zcjLTcM3g7/E5InfoaioHJkZZzD4848R&#10;ERWLOpMVxxKP4O1Xn8PatRvwwkvUaI7CuDGj8OzTT2Pu7DmYNWMm3n7zLaxcvhzzZs/BtClTUFZc&#10;Irp6Zpw9g7KCHCyYO1etGFbWqBOMmepRWpiLQV8MxI49W4Uh8vBfHsfZjHRYzHUoyssWhkhk5EFY&#10;zApM9eo4/GCGSG9u/HaUcxoiRoMwRAZ8OgjvDRiE8RMnY/KUyTh27AiOn0jCp59+itjYA6Ib74jR&#10;ozHo80FiHoKigkJ8+skgfPfdLMQdiMVHHw8QXbtfevEVfP3l11iycAm++vJrvP3uu1ixaiUGDhyI&#10;pKQkUYEsKKBfKTOQl5+LXz/0a2zbvRsGMVeISRgi+8O24eP330XqqZOoLM7ChOGDMG/qOByOS8DA&#10;AYORkZ4tGoqzZ83F22+/h8wzWRg7Yhzmz1+KkqJyxEfF4uWX3sChhESUl1eIXi6ffvKFMOX+9te/&#10;Y9TwUVi0cDGee+Elcb5VNXViOFVfM0Soh8h7772H8ROm4YN3P8K2rTsxZuw4TJ0+FX99/C/Ys3cn&#10;Jk2agOeeex5Lly7HxImT8cLzLyFsxy5s37oVH3/0CXLyqpCTX49/PvU69u6JQn1dDWZ9NwXvv/ch&#10;wsJ2YciQIYiJiUVNTR22bw8TjTD6JBMtLu4A6utrEHcgTtz7BxOSGg2R/JwcvPzSO9i/L14MsYve&#10;vweP/PEh7N8XiW+HjMTajbuQW2zAnx5/FktXbkRNLQ0hyMfbb7+NlStXYvz48cIQmT9/PkaNGiWM&#10;kmPHjjXrcSGXTa/HaEJ15bkNkZLsNAz44E3Mn7cYo0eNFwbR4MFfY+rUWRj44YfYuX0LXnrhebz5&#10;2ptYsmAhhn87BC8/9zzyc7KxeeNmfDJwEEqLKpCTWYAB7w/C/og4VJVXYeWKVRg1djw2bNuFW+66&#10;DwePHkdVrRG79kTiuedexry5i/DWm+/ixLHjMNcZsHX9enzz2SAU+g0RmveHDZHmaGZ1S0NEvd40&#10;hxMNe7HR8MU6g/hl+s033kVUdAKGDR2LXTv3iHKN3LUTLz7/Ms6ezcDQb7/GwjmTYKwpQ0bqaXz8&#10;wQAcTUhAZHgYnv7nU8hIzxLv2fffHyB6itCwmV279uKxx/6K8PA9+OijgVi/YR3q6+uQeSYV33z5&#10;ObZs3YJJ06bhsSeexJQZszBx2kw88tjj2Lh1q+ghYrTQZKtsiOhpjyHy6msf4vDhFNgNJiQdiMOj&#10;D/8ZSceoV5sFK1esxosvvoz16zdj0KAvcejQMVTXmpGZXYiMjHxsXLcVY4aNRVZGIeoMdsycPg+j&#10;h45ATtppTJ88HlMmTkJFWQUOJsQLQyT5+Enx/ty0drXokZd8PAkfvDcAEXv2YtbMafjs08+QnVeI&#10;s+mZeP7FlxAedaBPGCLahKYemkiV2kWKFw1uH3Izs/D43/6KpNMnYW8go8GOuqp8DHj/eaxfv0TU&#10;T0aMHCPmpSNDZOAHAzDnu1nYu3s3vvjscxTk5okhMgvnzcWng77A2ZRTmDZpApYvWyGu38GDh/DF&#10;598gNTULW7dvxcuvvIC6miqUl5bizdffQkxsPIoLcsUPM0knTsJssWLnts34+IP3EBsdgwEff4Y9&#10;+6JhtlmguHW9Q9gQ6TGFmCHSNrRhJWyIMH2BnjNEzMIQ2b9jPT5//1Vkpp5CSUkRqmvKYTbVYPjQ&#10;IZg/dwVMRgcy0s7i6y8GYU/EftRbbDhyOAEvP/cvbN2yA6+/8QF27QrHtMmT8d7b7yApMRHJJ05g&#10;y8ZNOH3qlDBEJowbJ+Y5qKmswuGDB3E2JRmLFi7E8BFjUO43RGgsfUlhHj774mPs3L0N+6PC8fg/&#10;/omz6emoN9RgT9hOPPH4k0g6fhYmk8s/cao6h0jzhm7vb/x2lNYMERrnTGVZV1eDwd8OwZx5i5CV&#10;k4eKygrU1FQhKSlRNHiTk1NQW1ePSVOn4rMvPhNp5uXm4oP3P8TMmd8hNjYab731Jnbv3ot3334P&#10;a1etxenk09gXGYWdYbuwdft20TAnQ4SOTZOvJiYmClPkwd8+hF3hEbDZHXDabHCa67EvbDs++eB9&#10;ZKWmwlRVjqljhmDetPE4sD8Kgz75Cqmnz6KmsgaTJk0RPUQy07IxafwULF26ClWVNUg+dhwfDRyE&#10;1NNpYnjFwoUL8Mknn4n8vfj8S4jcG4mU5NPYvSccMXHxoodIXzREasty8fHHH4m5e7Zt3onnnnke&#10;Xw0ejJi4GPzxkYcRFrYdc+bMwrffDkFiYhIOHzqCTZs248zpVGxavx6DvxqMouJ65OYZ8ZfHnsPe&#10;PfuFIbJwwXfCiIqKisZnn32GAwfixZj0tWvW4+WXX0V0dCzefvtdhIdH4P9v7z284ziurd//5a31&#10;3rqfZUkON6fP6fr6Ol3ZVnKULcmycqQyc84kSAKMIHLOkQRBkARB5JxzzsBgcg7Yb53qaaDRmAEG&#10;wAAcgGdLPw6m83R1V1ftPlVlMulwu+g2Xn/jHZQ+rBAFdDI0+7p78MLzf8Dduw9FB8ujw7344N3X&#10;8ec//hFvvv0hKuraMTRlwn/81//i7IVrmNMa0dPdK95yJyQk4OjRo/jiiy9QX1+PO3fuICMjAz09&#10;PTvGEBGRA94+ROQmM2SIWHRkiHTg810fID09E3t27xXG0FtvvS3S442/vobszDS8/MLzOHbkGNpb&#10;WkU0TmZaKiZGRxAfG4/PPvkCM5Nz6O0exF9ffRul98uEkZGYkICDh46KqJC/e+pbuF9agRmNDpmZ&#10;Ofjtb/+AhIRkvP7aGyi5UwL9rAY3IiLwwZtvoq+9nQ0RPwRqiBiFOa3H8OAwXnv1LXz2xX58uutr&#10;9Hb1inQvyMnCSy++jPb2Luz++gtEXDwOvWYK3W1t+Pi991FZVob83Gw8/+vn0dvTh7KycvzhD6+I&#10;vJLuzYT4JPzwBz/C7duF+OSTTxAXHyf68mqur8dH772HtJRUHD12Ei///k8or6pDeWUtYuKT0NrR&#10;AaPZhDn9HDeZUeHfEJFGX6J8mKJZ2+rr8LvfvYGKimbY9CY0VVTiP//l31Ff1yDMqsjIKPzmNy+I&#10;++z99z9GRUUtNFoTHpXX4N79R0iMT8Huz3ejs2MAk1N6HD1yCvu+3oPO1kacPHYE506fFZEGDx7c&#10;xzvvfYTyR+X422uvIuraVfGSoaaqAq/9+TUU5hfg9Mnj+GzX5xgcGkNndy/++KdXUED3s1EajUz9&#10;G0OZlQwRp4vqRh7ANY/p8Qm89fabOHTqGLQ2I+wOE6rLi/Hi8z/Ggwe3kJSciA8//BiDA/2YGB/D&#10;66++hohL4cjNzsYXn30mOq512myi6dGnn32BhtpanDx6ROSlVrMNtTX1oplTS0snUtJS8Nprf4ZB&#10;P4exkRG89pfXcbfkHsZHBvHG66+hvqFBjFhKefHvX34RH7z/Ad5+7yMMjU3CQn2YyJEhbIg8Vm2x&#10;ISINuytYFtmxfNn14s8QITNBJtj7DBo+DJHFY1Yff/DPHRN6PC5DRPRAPjuDwuxUfPj2axjs7ZaG&#10;utVS55VT2Lt7Ny5dvCo636P+KMLOncYfXvkLPvtiN3770ku4cuEsyh5W4He/fw1FRSVoaWzGH3//&#10;B7z1xpv44L33ceTQEdEpGE3/nx//BO+/+x7efONNfPHpZ+hoaUZiXDz+539+juycfMxMz4imFaPD&#10;g/j4kw+QlZOBojuF+P/+z1P44suv8MEH7+LXz/0vbkZGY2qaOvW0ekewkDoMXPoWhAoA26sQsFb8&#10;GiKUrqKHea3oFPejXbtw9XokZqkjTOq8VDODqqpKfPDBB6isrBIdZD4qL8cvn/ulGC3ovXffxWuv&#10;viZ6bL9//554+0EV4xvXbwrT4eOPduG99z5AVFQ0BgYHsXv3brzyyiuiMP7ee+8hLy9fjJ7w4//+&#10;b7z74YeorasXhTeTVoO7hfl456+vY6CzE7qpSRzb+yUunjqKkf5e/OF3fxSmy+6v9uInP/kZ/vyX&#10;19HZ3oNDB46IZjGaGS3qa+rx+mt/Q1Nji+jE6+LFi+JY6O3qRx9+jDdefwOffLIL7773Pioqq7zX&#10;hXwthP41saIhIoZ0pL5YZjA+0o+33nkbkTej0dpM4b8v43xYGGpqa/CDH/0Aefm5uFtSjF/+8pf4&#10;6KOP8ac/vSKMBkqXkrvF+PWvfo0TJ8NQXtGCn/7sBRQW3oFOq8HVq5dEJAgZZadPn8Erf/qzMJxe&#10;eul3iImOx9DQqAgjfvHFF/Hll5/hd7/7HZ771QvCdKHO5Oj4qJD5wfu78Nbf3kNtdS1mpyaRm5GG&#10;//7hjxB+JRIjU3oMTGjx458/j1889zL27T8sKni035aWVpSUlOD555/Hxx9/LK4nigLabp2qLsNr&#10;iFAnsyI6xBshQtB8qhibdVoMdHXg44/ew63CW8jNycX3/u9/IjEhXphDf3vjr3j08CEy0tNF+lE/&#10;TR+8954wuGampsQ6//1fP0FMVJwIxf/b62/j3t37ovPr6Kib2Lf/AMorqvH+h5/gpZd/jw/e/0hE&#10;DSUlJgtDatfHu/D8r36DL3d9ij+89BJe+e1v0UejWtBoGGLUMB+/i/FtiBDyULsiL9ZBM6PBmdMX&#10;8B//+WOco05zJybFMNVkiLz4/IvoaO/EwQP7cPXyBWhnp9HT0Yn3334X5aVlKH9Yiv/4t3/H8WPH&#10;cf/eA7z91tt44fkXRPO1559/CS+99DJqaqoQcTkc//vcL7Hrk4/x/jvv4jfPPYe87FwRsfDr37yM&#10;N99+X1Ssv96zD339gzCZzaLTVa1eig7hCBEJ/4aINJytSTcnnmet9XX4n58+hw8//BzHDx9FxYMH&#10;ePOvf8Obf3sLH334EX7y3z9Bemq6MLKOHT2BP7/yGj786FP8+S9/RVZWnjD2qYnNG399B599Ts+9&#10;X2D3V1+jq70VEZcu4H9/+b+IiYlBYWEB3nrnPTQ1NiE+Jga//uUvsOvjj/HHP/weR48cRWdHJ06f&#10;OolPPv4Ew6Pj6O0bEJ2o3yoqgd47RPN2QmmIUNlYHvZWGg3UBbfLDQ+9cLfaUFlRjj/+5U/48+v0&#10;rHoTz/3ihzhzah8M+in09HSKZ99bf3sDhw7sx7//67/ixvXrGB0ZwYsvvCCaIe7bswc//9lPRTmi&#10;sb4ep08cR3xsrOgDpKG+EZ/u+hxtbV24dfsWvv+D7yEi/BLqamrw5t/eRHHxXUxNjOHll14UJn5n&#10;ZwfsNisiLl7AD3/wQ8QlJsNks0vNfJZ0qCrVARcH11iKun4QyrAhsgqLQ+YuTlMn+Eqot+cLWk5t&#10;iEgRFYvRKSFrJKgMEXX/KMtR/g61yRSiv5FZE4/LEKFhbvVaDRrqanCrIA/Tk+MwGqkwMIXZ2UkU&#10;FxeLsG29Xiemj40Oibfv0TEJyM/JweTIILo6e/DiS68gj94yz+rEG/qrl68hMS5RtHk1G8yi069H&#10;pY8QdSMKqUmp6GjtwBwNPdjeiayMbNwreSB6zKdhfaemJkSFrrmlCW3trbh+IxIxsTFITU0WDz8a&#10;6YQ6TJWG7NyGlaMg4c8QEVBP9DQi0Mw07peWoqKqWiwv90tCHVfevn1b9M1AhQ+KtqBmCdRkITk5&#10;WXRkSctRZ5jUJKapqRmjI+PIzy9ETEwcsrNyMTk5JZahZjKZmZmiI0zqd4TejFFv6xWVlUhJTReV&#10;a4oUoJFkKMS3MCcHsxPj0E1P4dHdIlQ/vA+LXoeG2jokJ6YgNSkdeTmFKCgowuDAKO6XlKKyolqM&#10;JtPb3YfMjBz09vaL31NTU4OcnFyMjU2IYSzT0lJFAZKuWX9DBIcy/gyRheFVvW/pNXNzuFV0Gy0t&#10;LeJ+KCq6g/r6BpEW0dFRaG1vXShQRkZGIjomGl1dUmep1HlxQUGBKJA3NbciK4sMrH6YzUbU1tbg&#10;3r0HmJ6eFUM0JyenIi4uAbk5BZiapCGajSJag9I7KuomcnKykZdXIPoHoTSmvISGAG1pbEV6aiba&#10;WjpgmDOi7F4Z/vKnP6O0rAo6sxNDExr88jcv4+Dhk0hISkNCYgqamlrFULA0uhCNhBQXF4fExETx&#10;m2QzRJyLbWqIUOTT3JRGMkOobwnxtlka0laqZOkwOjiAkrtFYkjl0ZFRFN0qQF9PN3p6usX92t/f&#10;L/LywsJCxMXGIi8nVwzNSUPrUoE0KysL+XkF6O8ZQGZaFjrbOmE2GtFQXyeuBWoe1z8wiIzMLERF&#10;RuFWwS0Rkk8Vvc72TiTExiE1IREF2TkoyMnFxPAIbDRMr8oMYXNklQgRJTTCkpaGxtWhrbUTKSmZ&#10;aGhoFC8ejHotutpacefWbfR296CkuFhEVM5OT2FsZBQFuQXo7ujC+MgI8rJzRHr3dHWhs70dcTGx&#10;SExIQmHhbeTm5mFkdAgdHW1ISUlGTHQ07twuwkcffIj8nHwxKldpaQXiE1KRkJiK5pZ2cS9Lz1E2&#10;QdSsZojQywbD3BwG+3rFMycqOhpRNyPR1taKtrZ2pKelIzaK0uC2GAVoblYjOkSl51t0dDzu3n0g&#10;hjKfndHi0cNyxMYkIT0jT3TSee/ePUxPTWBwoE/c45TXUue7d4rvYmR4BBNjlC8UIvLGDRE9R3k3&#10;PTOqq6tEx9QTk9OC9PQstLV3eTuXX/4bQxnZEKFzIQ+tK0Ojy4j6nsMBj8slhiCm6OX01GTERt/A&#10;B+++hqOHv4Jmdgw2mxl1tXVISogX5yw3O0e86KFyNpWLU1NTkZ6ejpK7d0U/aQP9/aiuqkR7W5uI&#10;9qBhdik6b3JiSpQniopuC3OKnoFUNqYXDC6HHV2d7aJZcV9vjxiWNykhAa+++hraOrpgcThh846O&#10;oy73+67HLl8ulGFDZBWEEaIwQwhfCe+LjV0MSnMhhI2CdRsisgHibz6zXXl8hggNaUqVGI0onOl1&#10;NHQfRYhQQUAaLlOqdOugN2hFIU4aytYM/ZwO2ulJ5OUW4he/fFGMNGHSU+FZCgUXb0DFUI566DRU&#10;+DPBZDDDarLCRMPNiY7n9DAZTGJYSvoUocbeESXkyjs9HOlhRNNoHh2PPIIMDSep/k1PCisZIvK5&#10;k4delb/L86RzaFg4zzSdvsvz5Ir5+fPnRaep9PbSbLIKE4rOPZkTNJStvH/aDr3FJ4NKGu6Y3uib&#10;peX1RlEpEwVJihTRG2Ch5hU6rRgJx6iZgXFOAzNNN1pgNtlgEMOAWsSnkYYnFMPA0vWxtNmLfOzy&#10;tSGbIPJvUZ+XUMevIeJlYTnvsvQ7aVllevuKopDSSQudjqKEaHnvct5mRGREWCx0nulvb7oZTGLI&#10;bTrvBr0ZWq3JO6oTDfkp7VPajwFGA92/dL/rhSFCQ4VaTBbYzDbMTs3iWsQ17P5yL0ZGJ6HRmTAy&#10;OYv//NFPEBOXgjmdGbOUPxil4Slpu7R95e9SpqX6t20LVBEich8iEpIhIkavMBoxN6eR7kGtVtwr&#10;oukFRd+YpHMj37dUYZOvCSktvdcEmSve9DDRdK0OVrMZZqNJGKVknlD66GiYY7mzVLGOAToaIpuG&#10;CqVpmjnR1MPiPQYaPnkhr2BDZOFcrGqIKJalzlZpKE/pPqXzqZXSSEfPRzqv3vTTG0VeSCaKzWIX&#10;z0lKP/k6oXuMlhXDKWsNwkSkFwnZ2Zk4c/qU6GQzJTEFf3v9b6gqr/I2LZXyVClfNXvz1G14L20B&#10;lF4+DRGveSlD9ycNgy3nSbSe2WwW9xZFZlGamg1Gcb9RX2dUzqE8zmymZ5w8Cp40jLzRZIPeaBEj&#10;t9G2TCbp2SybwYv5Lc1bbmTJz0DKu6kplZSvS3nqdktn+p2BGCL0Nw1vS98dNjMsJj26OppxOfw8&#10;mhvrhFkx73ZjnprZOByi2Y3dbhflbBllGdxDzXJcTrGMFI0iTZePQfp76Ty3k47DBrfTLv42m0z4&#10;9NNPcfFSOOxON2wOF2wiQsR3PW09AQGhBBsia4QMks0wRJSRKBKyWRDikRPrNkQIddjV0syC2Z48&#10;LkPEaNRoCo9PAABxbElEQVTD5IUqTML4EA9V+k4PUfpO06kCLRXixHSdZGiMDQ7g5IkzOHvuMoaH&#10;JmHUm4XZsVjYX86CWeJjuvwwlI9P/dAnpEovLSNXjpf/ricBul7UBbaVkM+lr3OqbI4gV7LpuqGO&#10;LumtM3WsSZVjiv6g5lNyQU65joRU4KP58tDHNE0UHL0FSOlvCiOn0SuooCghKll0DVDhXWdeZFkf&#10;IMvTfFtWkn1AaePLEBHzvKiny+upWTpdvnclU4SQ73Xp3Mkmk/o8e9GRSULpSgXx5fsnqKItIglE&#10;EwG5om3A+Mg4Dh88IoYa1enMmNOZMD6lwe9eeQ0JSRnQGSzQeo0uce2otu/rel1+3S1FvfzjYEla&#10;UITI1Kwwh+TRR9SGiBwBtLCO9zyuZj7Iv3fhU1Vpk5psyNtfTBt/kBki8PZ/ITW/U+1zlWN6kgjE&#10;EFmErmX5/qRKrnQu1Wmgfi4qrxMlojKtJYNSagpZX1+Lr778Aj/+4X+J5o0ZqRlidCPxvDZYYTTK&#10;WGA0SJXlULlfQglKn9UMETKylIaIEpomz1989kkviBafi9KzkTqDFy8ADBboKP+Tt6F6JvtDHNeS&#10;aern7/YzROQ8sLS0VFS4KepCLisrDZHFuiP9bRfGhNNuE8s47Q447Xa4vcsr65hqk0VdFlfjb7qY&#10;RwaJg/ZJpohDRPEdOHAAvRR1abULM4RMEX+GyHaHDZE1oGw6o3bC/KHehl/kSJQFvH2XCJY32wkZ&#10;NmSIEGyG7DQelyEi2g1TZ2reDtWkdsRkeMgVJDIfqL8OMkQIryHijfAwzs2KphRj4xrodRaY6I2+&#10;D7MjEGRDJDDYEFkpQiRQFgpwirdQtE2CCoPUpIb2s1BZFVE5tBydf6mQpaz4SZVldYVaKhDKFTMZ&#10;qXK2iFTJkirfazVEdgp0Dn0ZImSEaL3Q3wsRIz6MEN9472OvuSmhbFK0ghmiTBNvnz2+EJUFUVlW&#10;prM0/Ojw0ChmZuhtp02YIjq9GQPD4xgdnxURItJ2A0/b5b9vuWnyuJGPi/pooOgKihAhU0REtYmR&#10;saQ8T1khlo0G0ZeD9zyu1XxYZoj4qEivhC9DhNJUvtZEvxiK76GcBlsB5Y+BGSLyywX5vqP7iq6D&#10;5WmgfjZKqJehbUj3LUVySpFfUoeP/b19GOwfEk1VKTqTIrwkQ8S2aIh4owfkSjWzCF3LARkiXvND&#10;bVIIQ8RrhghDRHz6MUQEyw2R9UMRfUv348sQWb6ef9TrbjZyfrJWQ0R8OigaxA23w7XMDCHUZW81&#10;gZggSigKRTZEHHYrLBazKD9ZbXYpOsSLg/qGpEiVJSj7Rll+LNsBNkTWwKabEkpDxGfUiHJ5OXJk&#10;8eIL6EJUGy/q+Wtmo4YIs9PYCkPEV4FVMkAWO1ST3kLLlV1CeqNFzWWkJjO0nhQhQpUdsygc0wPX&#10;Cp3WLIbBpQrQ0gI/4R0adxXUx+cf5TGq5z0Z+CqwycjRBKvhq9Ajz5vTaqEVFToqnFAhRSpskVlG&#10;byWlaepKEW1DmTYSVIBc/naapi8ipT9ViKVIhEUkU2V5mnuvzQWWn4ftCPXnok7XZem2YIj4SgPf&#10;LD9fynOmPr9qlGmhPN7FZcSbTmLJPS1V+qjCRutKBXUK17dAQ82uaJvU/G6h0C6n7fZnyfnX6kQf&#10;SZpZMqLoNy5e00vO15Jzrmwq5S/dCHVaLa63FKoYq1Ets+T+lDoEFSj2R3mFr0rg46g4PU7ke2p2&#10;ViNYng5qaD1l+knTfaeB2gyRjDP1sku3T89pHbRkZs9SM1haRmqKSib2QkVZ3INyRVwywtW/7UmH&#10;0lZ+vkrpLE1fkkZeo0N9D8jI85eiPO+L5180QZbzQR/bWhvq7avzbO9vWbaeN+/w/q3st2krUeab&#10;Dx48EHU0auqiLC+Ll+eOxZfoi6YIfUqjdEqjji4lkJE712KIOBciROxw0f6pNYRs4FDd0k2fbm90&#10;yOKAGQsoDBH6jWIkHcW0UGVJWrAhEiK47HB4ob/pgly2zBIWzQcHhVQFYoisaLAEC3+myCrHxuwY&#10;gm2IyFIaInLfEOoHUCDIxon8nQrvVEijTgGlApsZBvEWWfmmV8nybTLrQy4sUGHN35tJOZpgNdTr&#10;ie0vWUYHrWyCLUvTwAtL6jebEuoCv3r7K107yogHmfVd26EGpelGI3+Cj5z+yjT3dU34IvDrZCdC&#10;lQpq5idVnH3dr8pzK6M+b+prXb3uaueb7g31NpTbYdaKnA9L6Ur3qzod1PhKF9+om5WuLXqSUF4X&#10;6nlMIMj58HrLTGvD1z3/ZLHEQPYiD7urNkTUUD3OvYDbL6vW94LAgrHhA3nedkd5HtkQCQEkZ3Bx&#10;XGcXtR/za4jQcvI8KUJEdgBXu0Fom8tZvtzGkSNXlKiXYXYq28EQoaH55O/LDRFqQqMOfVeyfJvM&#10;+gimISKMLtqecvs+DBEpakidpoEX3pabIWyI+CM0DRFf+LomfBH4dbITWTRE1tLXhC98GRm+0sDX&#10;+Q6+IaKuvKwF9ba2I/JvCRVDZOnbfDZENsrWGiKMOo8g1mSI+Ki4q1mtvhcMVjvWnQadU2rmy4bI&#10;Y0QOk5LNCfX3JZAZQsaJX8PEP3JIlhr1cgyzETbbEJmYmFj2APKH+qFEUDv4ORqhgtrDiw7/qE8I&#10;GkpVCqmmZjKibwmf+N4msz6ociWbIfRJ35fMp35AgozSMFkPgbSTl5pXqCsR/gr06ordzjBEqFKj&#10;7Cz3cYQsB46vyrgvQvk3bD5KQ0RO1/UNCe3LyPCVBr7Od/ANEUZKx+lp6kNEGvmMoL45/EMjf6wO&#10;jcZGw9UrUS8jN2kINup9PAmofz99Kp+pcnqrz1UwUF9TG0W9/Y2i3v5KqNf1h6911NuivJIMERrx&#10;hZqgKFEaHGtBbZAEA/U+njSo/kJlFhqimA2Rx8SCMaHqtFW9nISyA1Jv9IW649VNaQqzFpQdpXKH&#10;qU8aW2GIUOFtvcxp56DRasQnfafhAGnYXcOc1juEo060WabhWJcjVeKZ4EBvrahyJXfmR9+XzCfD&#10;JMiI/kTWi3eIz+XQ8JFLCezakYaO1WpnFdD3pedhuyG/jaRoLkpbmkbf1ekbMlDaLEsvH4gOH32s&#10;/wRBhXvqG4aQv0vzKG1XQrkd+ZpXXOs+08DX+d6Z98zjhvLfiYlJTIxPYU5D553Mf6nT6eUE/mJA&#10;HolIRrxw8LWcogKpnscEjjJN5e/Klw7ycupKezBQH8tGUW9/o6i3vxLqdf0hL0/nWe7EXQnNo7yS&#10;+hChYYypXEzGiBrl8LmBot4GszHonFJ0yNjYGBsij5u1GRqKPkRUhsjm9A2yFtRmCBsiTxKbZYiQ&#10;2tra8OjRI1RXV6+bquoqgfy9pqoGtQL6W/peXVWL6mo1NV6Wb5NZH1VVVaioqBBpWl5eLr4vWybo&#10;0D58oT4+9fwqVFdVoWYZ0jVTU1WrgK4hX/jaR6UPfB3P9oHSsaamBg8fPkRZWdnCd1/pGwpUVdGx&#10;1a6KSEMf6z8pUBpWVlaKNJXzYfouzfd3LSuuZ7r+xTlcXLaqis6/Mg1Wul9W2k9oXlvbBcqHS0vp&#10;fi1HbU29j+cfXf/yvSDdy4Eg0rCyZhGR1suXY4ID3Y8y8nd6tsrPWEpneV6wUe47GKi3HwzU+/CH&#10;ej1/rLZOSUmJGGHm9u3bqK2tRX19vchH5eehr+0EinpfzPqQzyeZVnSfDA0NsSESdHx1YrpBs2Lp&#10;9iQjRL2MhLoPD3+o12OYjbGZhkhPT48IA6XMitk5ULgiXTfq6ZuDxw/rXY7xB711oTyBQoPV85jt&#10;iXLYSPU8ZvtC6Wq3O+Cwu7zTKCpTwuMhaBkvbmn5rcUNj0ca9YJZG3JzAPpUz2M2F4oOGRgYEOde&#10;bpqiXkaJ+r5Uo16eCQ50f1A6UR2DI0Q2C9Hnh4ItiZZYjB5ZHTZFmOCyWYYIZVDUZIbCDlk7S1RI&#10;oGtn60QPOyW+RNM9KrzLrrYqS4jSlNKWtXNE+bDc3py1c0TpSiMWOhxkiCjyNoUxspn5nbritxSq&#10;KLq9rF5plGFJ55UqfLIZwtpaUbNR6pOCzj1fk6ErSp/BwUH09/eLZvnbIa22mSGijsbYqqgMNkSY&#10;x8dmGiLd3d0wmUw+CzzqwtD6WSwALkW9HLMRlOkmR4j4knq9jaMsXK9UyF6+HOY96otiSYWBr5dF&#10;SPIIaPJ31vaXXLmidGXtDNH9SelKhojd7oTHX1a3iaaIOv9YChsigUr9++lTaYg8yefmcYgMkfHx&#10;8SXpwQo90b1BESK9vb0cIbIZuJwuuJxuFVtlQARqimzV8TBPCptpiFCECBsiOwNlum0XQ0SYIh6K&#10;IV/K8mtlM457+8GGyM4TGyI7T4v3qxQhIgwRpQny2EUHoYrSY/mUMv+Vv7Mh8vgkGyIkOS1YoSc2&#10;RDYZefhcJf5Hj/GFOrKEzQsm9NmZhoh6GWajKNNt+xgi1Jg+UENkM459e8GGyM4TGyI7T/L9SmVM&#10;yRCh74v5WGiIDZFApMx/5e9siDw+KQ0RVuhKNkT6+vrYENkcHHA57UsIvA8RfxEeazdFQmPkGeZJ&#10;4XEZIpShyQ981vaRVBCXOnxj7SxRp6rch8jOEt2vazJEKDtWE6BoUXUvPr5YwyYDjzXwc8zqY/K9&#10;jcCWCiVRutKzW+7cmrUzJN+vcmeeK6ftGm9Q1qqi/igIVmiL7g0aXYYjRDYN6kjVvpStNkSCNcKN&#10;jxFzloyeo16eeWJhQ4S1FrEhsjNF6Up5AKfrzlKwDZGV8mu1rUC46Y2391PGI54H6rUXIxyU8+Rt&#10;+jiU5cepXFixiC+rY+nvUC+1snw9z9RSz1d/36hoe2yI7DxRmYiMaWWEiH/5uOBZGxIbIttDbIhs&#10;OoEaIupmMf7MkBA2RDaybWZH8TgNEXoLop7+WBVChxLKkptWsHaO6D60Wq1siOxA0f26WrouZMP0&#10;SaaEHxdCzq+VlTX6W3zOz8NstcJKkUYKA8RFTQA8HpisFjhpKEsfhojSDBF46LidYj1R7aN1FpaV&#10;/pqnJnDyMcoo6ody839ajPZpMJrhcErnQX4miW0JvD2TyoaIuB9ssFisSw0aVRMH5XRf39XnayXW&#10;Ilqe8+GdJUpTKhNRPrzc6FJf6PLFrrb6WOsV3aPUZIYNkdCXbIhwk5lNYy2GiNr48MdjMkQUTW98&#10;oV6WeXJhQ0QhuZzBWlHym0nWzhHdh2yI7EwF2hSKroHpyRnU19TDoDMsGg6K+TKyCSJPJ3nmPWhq&#10;aUbpo7KFsobLIxkgJosZCUmJMJpNcIl8f3G7tA/R3Y8iOMNmc6C0tAxT0zNwU/9AgHc95QF5V6Lf&#10;5qduSD/B5QFsTg+SUjNRXVPvNV1U21lYUcLjcqG2pg4PHpTB6XDDScPbipFcpEqrx9sXkVhdZX6o&#10;/yaxIcJaTfK1ZbFYxD2rmqsyQHyxtmuItSg692yIbB+xIbLprGaIBBIRomaNhoiyDxE2LpgtgA0R&#10;1lrFhsjOE92HbIjsTAVqiLjdHlQ8qsAH736AjrYOeFxuuBwOUUFzuaTOdt1uF8xmM9wuGpXPicmJ&#10;CVGJkK4dJ0ZGRzAwMgIbPVucDmi1cxgeHcXY5ATe//BD6PR6EflhNJowMjIKvd4g9kuPAeogdGZm&#10;FpOT05iZmcONG1EYGRsXRovbTfv3wOZwYFajwcT4GJx2M+ZddtgtZphNZkxPz2JkeBQ2q0082+i5&#10;NjE5BbvLA7trHs3tvdDMGYSZodfrMTIyIo573uMW6LVzGBsegkEzK7Y5OT6JkZFJUc+k86eZncPY&#10;yKh4ptHptFqd0Gr10M5pMTk5IT1DvY8zk9GE4aFh6LRacSzBfs7JhogcSeAL1vaSdH9txBBhU2S9&#10;onPPhsj2ERsim85qhoja7FCjbkazdjNEiTqqg00SZjMIJUOE/vLFVmir97ddpSyIB1trOf/q68m3&#10;FFuk5VdKZH/TnxDR+QzMEJFO1EqnkhVaCtQQ0c1pkRAXjyOHDiM9JRUOmw1TExPIz8/D7Oy0uEa6&#10;uzuRn5+LkeEhpCan4NTJk7gYdgG52TnQamZQU1OFB+XVsDndKK8ox4WLYbh89SpuREfh4127oNPq&#10;MDoygoSEBJw5cxbXr99EbU093E43KssrcDk8AhcuhCM5NRPHT57F8NgkPPMUkeGAw2nHg4ePcOny&#10;ZYSHhyE5IQq62UmMjwxj3779uBEZjZOnziIqKgrlZQ9x9XIEzp45jfyCW5jRWZCckYeeviGMjowh&#10;JipKHHdsdAxMRiMmx8aQFBeHS2dPIzLiIqbHRtHY0IhH5bWw25woLX2IS+HhOHfmLBLiEoRR0t4x&#10;gK++PIjU5GQcP3YEKUnJMBvNmJ6cRlxMHM6cOo3I69cxNzuL+SAP37nWfHgr7lNlnkBI/cUszmOt&#10;rJUNEVl0JhfND+k/+pvu7+W5srwEa2WxIRIMbd11xobIpuPDEHGRISKzWnTIxgwQn8gmCJshzCYR&#10;SoYISV2o2iotLWaw/GmtBfG1aFmabzgh5FRVbWvZjrxaoYnATtfKhoh8wuSCt1wY930aV5O/8+lv&#10;Omtj8m+IyClIw1F70NPVhcuXwtFQW4cTx45hbnYGDqsFMTFRaGysh81uQeTN66itrcKd27eRGBeP&#10;mckpjA6PICE2Dg9KinGnqBCp2YUYGBnHkSOH0NXVgRmNBjkF+Xjtjb+it6cHWekZKC4uhlarRVNT&#10;Cy6GhaO1uRU3rl1HY309ZjVaPCirxOdf78PIOBkx1FzFjvHxEYRfuYG2zk5MTY/ixtXzuHcnF+2t&#10;LfjLX15Hd+8gRiemERYWhosXzmFyYgTtbc04duIEugYncfzCDdy9X477JSVITkzE9OQkKh+Vo7+3&#10;F7cLChF3Mwr6qQlU3ruDvvYWlD96hMzs2xjoHUJY2AX09ffDoNWhML8QOTlFKLpTgT/84W8YGx3G&#10;3Ow0Ii6Fi+ZG5WXlOHb4GGamptFY34DhwUG4g9y0ZfPyYcU1sQ4p15Y7z13/1p4srd0QkUsr8rSl&#10;aSf9pZ7nS8r1lFDkFrUTk5CGtpfZWRFJdPxsiGxUgV4D6uvMu556ki+8YkNk0/FliCijReTl1FEg&#10;G48G2TLUBgubLE88m22IUHi13H5aPX+ldtVr0ZLl5byVyvjK6BPVdtX7UBYxFosPi+9X1nZEO1d0&#10;3lYuiK//TC2YUeoTrviunuVLi2krLy0uBl9lRsVKS6fJfQRQPwpic77W2UGic+bPEFn6FpLmy28j&#10;lcuopyxq2b0WpPueFZj8GyKLOZ7TbkPR7dsiQmNocBBnzpzG/fsloonMw7IHSM9IRV9/Dy5fDsf4&#10;+Cgy0tJQXlYmIh+o6cyDkntIiInCg3vFSMu5hcaWdrGsy+UQ/Yj0DQ3i1b/+Fd2dXTh78hTi4+NR&#10;WVmJ4uJ7uH7tJkqKS0TUhslghMs9j7GJGRw/fR7DY9Piepv3WNHW1oxDx07jflkZSu7dQkriddy7&#10;nY2+7i4cPHQUBosdLs888vJykZQQK5rBGPVzOHX6NJq6hnD4/A08qmqAZmZGHH9eTg5K7hRjdmoa&#10;E6NjSImLR25qMopzMjA9PIC7xcXIyLqNmso6JCcmS+dwfh5tLe1ISspGTt597D9wCi6nDR6XHcmJ&#10;SSgqLMLs9Cwy0zJF1Ezp/fvQUD8oTtey54+atWj1fFgteT+L3+U7dnHfNH/R8NyolL9L/LtSJsES&#10;58qXIaJIKW/aSHnwYulEbY7IObZyPr18UubbyoRQbmMpYp0FE8QtRWvNe7xml9QhMX0qOz3ejhK/&#10;gQ2RTRJdI4pn/pLrVZHfLF6+/vGKDZFNx58hIkeI0DJbZ35QIcMX6uUCxkcTHO5gldkKQ8RXgU9+&#10;AMmfLqc0zJyY5pmHxxs9In/Ky6mh3yA6uZPDc727od0tPLRF+3ipQrCwD1VhTSpmSFn14maoSOGR&#10;RkWQD5y1SkFcOoPestJCB4Zy+q0kN6WnskKuHEVCGBPSqBXK1JC3vZCW3v0sjT7ymiEC5d9Sn4zi&#10;WqG+GekadLlFh4rSdQh4pDrQAjtNyvO3miHi8chmiKIzS68o7aTRQ3zf60qtdB34Wl+pleaxfGtV&#10;Q2TeDaNBh7Dz53H8+HFkZGXi7PlzOHzsMIxmA4ZHBhEVFYnU1GRkZ2fAajUjJzsLRbduib5EaPsJ&#10;cXEozMtByd0iESHS2tGN06dOQqOhTlHnUV5dhb+8/rowRK5fuYK0tDTRh0h9XSPS07LQ1tKGa5ev&#10;YGRoWNzdjS0d2L3/sIgQEdfcvA29vV04cSYMDa0t6B/oRF52ArpaazHQ24MDB49AZ7TC6nCjqKgI&#10;aSmJmJ93wqDT4KQwRIaFIVJZ1yyaAdF+ujs6cTEsDKX3HwhDpLejExMDfbhw7DBK7xTiXkkJ0rNu&#10;oa25ExfCLkCr08HjdOFR6SMkJGQiL78UR4+eh9tlh8thRU5mFrIzsjE6NIqRoVEM9PUjKjISFY8e&#10;wWlXjxqyMdG2Vs6HlZr39pNCt6yUN9M09X0o3Xty/u3/HpbzWF/36sJ3kadKz2fx4s3tEhmor6hQ&#10;liQ6L2pDRD7HdMakfynSiCBDhP6ldKBz65LyZG8hiPJql8cJl5ueZdTkjD7JlFM2rVncL5kcynmy&#10;MSYZIvLzWzI+pNGj5AentB36rnwBtd0kX9NsiART0nUkjDQqSC3JV6T+qMgw91DeQPmJ23v9isLW&#10;wmJL8YrSig2RTcWHIeKzD5GtM0QozFLJhgwRf/2S+FiOeXLYKkNELfkBRAUAYWiICihlijRiwGJh&#10;iwwRueAmmxlyYUxejypxDqdTPLApM/W4pWk0KgF9KpenggZNo98uRlEQdWTpbYqTtuV92EtmitTZ&#10;nlzZY0nyXxAXIRX0qFsoRFGHiXI6kaS08J5zL3Jau8W5ltJMr9PB5XAuPggVhTFRPfemnXh2LhTY&#10;PIsG2kLjdemYFswV2o7LI6BlXPQpCu/zcDkovaW3YdK1KaF8EO80yeeOIEPEV8WZfj7dE5Q2dC7p&#10;HAunyE0Fc6kwTWlDQ6TKaa28t6VzurgfgiRdC9I8sZ8A7rFAlmEtlX9DRNwQIk0H+ntxMzIS4+Pj&#10;mNNqMTA0iLCL59Hb3ysMkPj4WHz44fsYGRkShdvhoUFcibiMq5cv49qVK7h+9SomxkZwq7AAGXm3&#10;YLTYkZqagpMnj+PajesIv3xZdKpK0Rl11dW4cuWK6Ovj7NkwFN8pEZ2QZmVkIOzcOURGRuHq9Sjs&#10;P3xc9CEiGSIOmM0GxCWm4vL167h2PRxxUeGYHOlFX083Tpw8A6PFIfouuXPnDtJTkzDvoQ5g9WLf&#10;DW19OHj6CkpKK9HV0Ynom1G4EhEh9tfV0YGO1jbERUXh+qULOLHva7Q31okIkbSMAtgtTiQlJotm&#10;MzevXUfY2TDU1rWivKIZBw6eXDBEMtLSUZBbgP6efty8cVNE25w/cxatTc0L+VKwRNvynw9LkvNE&#10;uv9o/24XPRfl/Fe6N+Xno8hbvfeuVC5wwkXm8EI+u3jv0jpUmZGfq4odin2RsUxGmTCYRWXcveTF&#10;Ih2zeP4uyQ+Cd262q+g8+DNEJB+fnqF0HdnhmXd6yyuUdk7A4xAVSimyUTLAyACRnqnK/JfWJ2NE&#10;ug7o8UZRVS5a12uKSBVYMlmk8o94rMtBlt4hrMVzW36bIAzxxRdWsuklP/O3g+TjZUMkWPI+W7zN&#10;rqjDbbnOIV1D3uud8gkXld0p36B6rkuU+6gMv1KWQMuTIdLb28uGyONha5vHqCNDNmqGMIwvHpch&#10;IhsXtTU1OH70KI4dPYqIi+fR2tSA0gdlOHniNE6KjuoSYTbbMDenQ3p6Og4dOoQDBw/h2o1ItHd2&#10;ISU1HV/v2YfPvvgKd+7cFRlsQ02tKIh+uusz3Lh2AxqNFga9EVevXscnn3yKA/sPorW1TX6Wixcr&#10;nd3dCLt0EV093VLm7KLKuAe93R24ejUCQyNjC9EjT7r8F8Tp7EiVF6fDgvjEZOw/egLHT55GdVUl&#10;PG5aRyp8OWk4THogSh7FwptJYmZ6AmdOn8b01JT09kAU5KTl6E0jFfCosC6Xo+VRMy0GI5obGmEz&#10;W0SieijfdNjR1dqChyV34bTbYbda8LCsTITrF926LTpOpOtTrzciL68A9+/dw8Ww8zhy6CAOHTiI&#10;SxcuYnJ8YtFQ2aGic+A/QsRriMxTRXgAZaUPYLea4LHp0VBTgfsPy2Ago3F+HpU1daiqqVkoDC/c&#10;+yKdFgvIouLlsMPltGN4cACjw8Oiv4p5uu+851peV6S9nzfSrNXl3xCRROfUbDZJo8fIlRkaKtds&#10;gs1OI7aQGWGCwaD3jjYjNZOhihuN1kIYjUa4nA6YTEaYrFbYnU5Y7XbM6XQCvckIrV4vmdS0rsmE&#10;mekZGAxGYWbTdBodhoxQ6lvEZDaLeRQxRvuj/Jj2bTKZRaTGnGYWFpMRHnqxY7dDq9WJshltRxyX&#10;Tov5eQc8Hrs4brPVgRmNEXY7vZUkw1UPzcws9HNayVCnaQaDMGxMOh2N8QubxQar1Y551zycNoo2&#10;MUCrmYPFbIHTNQ+zzY1pjU4YLx6XQxyPyWCA02aHSWeAZmoGZoNRRJXIb9KDJUoj//mwJFqGnuvZ&#10;mZnY88UXOHH8FO7dewiX0w393ByOHD2G9z/8CBcvRWBgaBgWmx09PT348ssvsWfPXmFMmc3Whe1R&#10;Gufk5IhOds0W6htMfusrGcpkHtusdsRER+Prr7/GwQMH0d3dBYvFjOjoaLzz9jt4829v4fPPv0RD&#10;Q5PiSOWweRblc5QPy+m6NM+Tnq8U+TQxOYaMrBzMaObEd6fNiMyMDPT0DmB2dg4pCXE4dewkcnJy&#10;oZnVorm+BfV19eKNvN1qxKOH9/HgYQUcTg8MRgcKbpWgf2B4oWkMRZzoZqdQmJ8t7i3aM2Xfo2NT&#10;yMsrREtrIyrK78FmtYi0b25ux5kz53D69BncvXtXHP92yqtFnseGSBAlrhhhqpmMepw+eRx7d3+F&#10;c2fPondoHI55oLyqEV99uRt7v/4KGRkZ4rwX5ufhwP596O8fUG9wiWRDZGBggA2RJxYfER6+4L5B&#10;mEB5bIYIBX7a7aJzvviYWEyMjcOo08Bq0iMxIQWpKZkYHuhFblYmTp86j9bWdly7Rh361YphFw0m&#10;M9o7u3H+wiUMDo+Jh/nFC+HoJZMkIREVDx+JAmxMVCzKHpbjwYOHiI9PFIWDsrJy3Lhx0/vQhhiu&#10;8VJEBL7asxstba1SIcQ7DGP4xbM4fuwQunsHxBsZZUTDkyr/BXGpwAaPFQ6LHucvXkLhvYdo7ehC&#10;+KULeHDvDvR6evs8jNbuHkzMaWG02tDXPyAMk6GBPljMRtisJvT0dIsCOFWapyYm0VDXjK6efpht&#10;Fm8UiRsjI+NobGxGZ3sXLCYzJkZGcXj/AbQ2NsGiN0pNOtwuzE1O4NrFC6ipKEdvTzeSU1IwMDiA&#10;rs5OnDh2HFqNDs1NrcIwo2FEezo70NRQj/iYGPEG2aQ3LP68HSq6nlc3RFzCEImJugnNzDjshhmc&#10;O3UMew4cwMDUDPQOFy5FXEV9Y6Oo0HZ2daGmpgbDA4PQzWrgdDhhNlvQ19cvpo+PjkA3N4v0lGRE&#10;XruGsaFBUbE06fXo7OhGTU0dxiYmFyrpT/p9t16tZoiQlr3t906Tz70yDeQ3wUrEMvQ2et4jzAXp&#10;epkX5RGKHBLRQ8Jo8e7Ha3iJ9eXIL0X6KvelPC7l/qT+fRYjG+Tp8t9SJVs+bslYU5prUpld2gYd&#10;Hx2btJN5zNMrTGUd3evXimgLsSyZs9IbdikCje4bbxs70ZzM+4ZTPnSxYPBEx+w/H5ZE54UMjvNn&#10;z2JiaBgtTW2Ii0vGUP8gkuPikJGZjdk5HVLSMpCZnYvxySmkpqaiqakJExOTIj+UjQvKF6qrq4XR&#10;ERkZCaPRALdnaUexUsW4RZgfNKRxaWkpEhMTMTo6KvqMqa+vx9DQCHQ6gxhiWYri8z4zBCxKVyqL&#10;+b9fpRGXeno68fLvX0Fmdh5sNjOcdoto1vWwrALZ2bnITk/FxPA4EhISce/ufXS1dCMxIUmYl5rp&#10;SRzYuxtnzl6AzmDFxKQOF8OvY2x80nuvSIaIw2pEalI8qiurFl4GZ2XlIic7FzXV5cjKTIR2bhaF&#10;BcWIvBEjOkim9L9+/Tpyc3NXvDZDTXK+wYZIsCQZIvQ8z8/NRkpSAgw6LfJycxCVkI6uwWmEX41F&#10;Y2MLxkeGxAhera2t0M7O4PrVK6irb1iS76tF9wcZIv39/WyIPKmojY+VUK/LML7YCkPEp6gQ6nCi&#10;+HYRMtPTYTWZ4bKb4bCahCFy9+4DuFx2jA0P4v33P0Z9faMwRFpaWkRly2y1Q280YWRsAnanB5o5&#10;Ay5disBw/wBGB4dgM1ngcriQlpyGO0XFGBkZw8y0RoQMk7lChojJZBFQASI3Px9Xrl9DaxtFjnig&#10;180hJioSGWlJSEtLQntnD+wUnaDoZf1Jlf+CONUYXIDLDKtRi/MXw1Hb0gGbw4FbtwpwOTwMVZXl&#10;OHriJGKTU9AzNIy7pQ9xMTwC8XExiL55A/fuFsFqMYo3BlSobmluQlTkTaSnZiEhMRV5BfniDXFF&#10;RRWio+OQnJQqTK/Sew/QXN+AXR98iNzMLIxRXwSiaYdLRB00VVfh0rmzSE1JwqPycvHm2WwyIzUp&#10;BQ8flCEjI0tskyKMaB0aYSM2OhpV5RWiT5GdLrqeAzFEqK+JyxGX0NPZhqnRQYRfOIe9+/ejqbML&#10;Y7MaRFy9hs6ebpSVl+NSRDiuXbuGtOQUXDx7Dq3NLaiurkFEhNSHREz0TbQ0NuBy+CUc3L8frY0N&#10;0ExO4FZ+AaKjYpGZmYMr126gu6fXW1BnQ2Q9CsQQIS0YDX5QSj1NrLtoQXgNEDJCyCTx9jvg7QWB&#10;1lPuS246J293LVIfx9L15Qq3vJyvZSRR1JlfLV984bdKdXrpTag8Goc35E2xsI8NbFD0G/znw5JE&#10;JIxej7GREWEOD/QNIT4+Ga3Nbfj844+FAeJ0e9DTN4Cb9FJiclpUBqlcQMZlcnKqeHlA+6KKB5kb&#10;FCESGxsLg0EHo1EPjWZWRGDOzVH0kAdarR6zs7Ni3w0NDbh58yampqZw48YNsd7t20Xi5YTBQC9K&#10;6CjpH44QUYrS1P/9Sv2lOUR/Ol/t2Y/L1yLR3NwAs0EjDJH7Dx4hKSkVhbnZmJvWYGpqBlqNFvoZ&#10;LeLi4jE2No6RgQHs+fILkbf29Y+hqaUbJ0+HwWyxeu8Tem46REfBjbXVSIqPF9FSszManD93XjSX&#10;q6p4iIz0eHR2tODVv7yJyYkZkZ4UJUTPEWrKQNfRdpGcJ7EhEixJOSRFz1FTSooSoWjdeyV3hSFS&#10;VtOG85duiPI3RQFnZWXh3v37cNqsoizY1Nyy0FzPl9gQYZaZHiuhXpdhfPHYDBGKELHZxXCHe3fv&#10;FsMgNtZVQ6eZRnJyGr7+eh+yM1JFO+/U1Ez09w/i7NmzuHDhAjIys0QhzummgjZgd7pRUHhHmBzU&#10;KaZ4UedyY2p8CufOnMfY6IQ4HqfTA4vFhtjYBJSUPIDN5hCV4JycPGi0WkTHxqK1vQ0WsxnFRbeR&#10;EBeD6clRZGakoLO7Fw5qh+1tY+uzlPyEyH9BfNEQsZt12LP/IA6dPIuY+ESEnT+LtpYGlD28j7CL&#10;lzCjN2BwfAJHTp5CW3uHCL3t6+lCbHQkxkQnjlHC/IqLjUFGahqGBsdQUVWHA4cOCkPj/PmLaGxo&#10;hsPuwtjIONqaWjA9Ni4q3rqZWTgsVqkiIt7YuuG0mHHu1Ens2f0VJqempAfoPDDQ24/PP/0c0dGx&#10;otmMeAPscqDi0UPRN4KIDlmpsrRDROcjEEOEmrikpybjVkEeujraEBsThZTUVNwvfYiO7h6kZmag&#10;u68X4ZcjUF1TI+6l4cEhMbJIU0MjMjIyERZ2Ef19/eju7MDk+CjuFt1GZloabCYjuttacfH8edTV&#10;NWBgYAhRMXG4GR29JAqAtTYFYojIxoIvAtWCSbAKgW8x2BLuxSpTlsrfPHk9ab7q1ylnrraDdSoQ&#10;Q0S+V8gYnnc6UZh/G1lZeRgfncCuDz7AnFYv5g+NjiHiyjVoqGmEN83b2ztEkxl6kUDNlJKSkkRU&#10;F0WcJCQkQKebQ3t7K9LT00RTw+LiEql5kTfyx2QyCQOFmk9QGYDWT0lJQW9Pn8hrb90q8l5byquG&#10;RaL71X8+J0WI0HDWF8OvoKyiCnFx0ejvacfpU6fQ0Ngi8s3E2BhcuXQFhbdui6ZhbpsdcXFxaGps&#10;xqPSMiTGxiEhKQmlZZVIy8hBwa3biuhXemY6Me92YHp8BAnRMRgZHEJVRSVuXLsGu8WEyvJSpKfG&#10;oa62Evv2HRFN0cSlL0yR4PaXsxWi42VDJJiS7mvRB5/LIcpgU5PjiI+LRXNnP0orm3HlejysNjs8&#10;Tgfy8/NRTE2tbBbExUSjkfpd8nsPsCHCMMwm8LgNkcK8fMTRA3doCPq5WVhNBqQkp4nmLdcuh+PA&#10;3j2YmZkTzVpu3IgUhbLpmVkYzBZhhljtTtwquov9B49iZnpWbJc6kBsdHMbZ0+dQV1Mv2kzT8RiN&#10;VDBLQUxMnHCmKXz3rbfexc2b0Si8fRsf7foE2Tk5qKyoEBXngrxcZKan4PPPPkFufgHMNqvojO5J&#10;L8D5L4h7DRG3FRaTDsdPnkJ6Ti4GhoYwPT0Bq0WP8keloiBmpzeWo2M4ePQYDEajeEtAbxFuXLuM&#10;9rZmYW7V1zXg3JmzuHwpAjlZ+UhOyUBMfDwelj3CyZOnMTOjkUZOcHrgsjmEEXI1PAJ6alctQtYX&#10;DZG56SkcO3xQ9A/S3t4mHrZihAybXXSAeK/kvhiBgdaZHB/D1csR6OnuXuz5fIeL7o9ADBEqLDc3&#10;NogmUPdL76GsvAwNDfVITEhE4a1buFtSgsHhIVwMD8fU9LQ4z9RfRFJ8Ahrq6zE7q8G9ew9w9coV&#10;RN+MxGB/L4pv30J+bi7cdpto1rRv927k5xUiLTUDuXkF4p5kQ2T92omGSDC8Bvl4V9rGSvMWFexf&#10;t7ooXfznw4sS+ZzbjcqyctyMjMHIyCSMejM+3/UpJqdmxNH29g9KhsicTixLFYwrV66itqYeRoMJ&#10;+fkF2L17N7Kzs0XTF2o209fXI6JEZmdnRB8T1AyGBh2gt7pUrqAKDjWtmZubE9scHByEjjrKdrnx&#10;6FEFrl294e04NBgpubO0siFCeaALnV3tIsJjdHwSBQW5iI26geMnTqCxuQ1miw1Ggx6jw6NITEpC&#10;dla2MMWKim4J8yohNgF93b24c/cu0sigvhiO0fEJKRXke150puqG3WJGVlo6yksfIiEmFnVVVZh3&#10;OaQIkbQEdLS34L33PoKFXkCI9aXyAUUm+XqWhKrYEAm2pNyVzJB5txNmox5JCXHIycqCxeZGXVM3&#10;Ll+LFZFoDpsVubl5XkPEyoYIwzCPh8dtiNwuLER2RiZcVLCbp47sjIiPjUNJ8V1MjI2KYRG7u3sx&#10;NTmDa9duYGhoWOrR3GuGFN0tQcSV6xifmIHN6oDb4URnaxuib9xERVmFaDZjMlowMUHto9ORlpYJ&#10;nVYqvNG0hARqEpOBpJQU/Okvf0ZUdLRo65yTnY3srAwkJsbizTdfR2JSIuwOLsCR/BfE6ZxQkxMb&#10;bBYDLly8hHoKfRSFLBqZwIby8lLEJ8SJIY71FjNOnz+H0rIyMWpBTc0jhIefwfT0OG7cvInGphbE&#10;xsTiXnEJLGYbevsGkZ2bi96+fpw7F4a62gaRjqOj46iurMbIIDXhuAjN9PRiB54UGWS1IvLqVWSk&#10;pKC+pgaxMTGiQ0cyzmxWqygwktEmOgW02cT8lORkmE0mEeFAQ0JLm9q5ab6aIUINIsRYTB4X9FoN&#10;Ptn1EY6ePIbh8RHotFocPngIu7/+GuMT45iamcG5C2GorK4WzdvIWPr6iy9RVVkp2gl3dXaJ80pD&#10;kj56+BAlxcVISkiAy27HYF8frl+5it7uHhh0etEpIPUbtJ4KOkuSZIj4KFwuZGXzmKfIOnq766KK&#10;gdQfhPS2X8b3uVdOkjcnDVa+3AgJtmUQjO0EYxuP45kQiCFCy1AHs/l5+eJeGx4ahcs1D6vFhohL&#10;4cjMzBZRcfkFt0SUpN3uRHd3N44cOYLy8goYDWbRqWpNTa2I8KBmbhSl+eqrr6Krq9Pn9UAd4VJz&#10;R4pGmJ6eFsdHZQCKDqHnqsFgEAZLfHzCqibdk6qVDRHqM8cpTP3rZDhRB8RGA06dOIK/vvE3PHhY&#10;jjvFJWhtbREd3D4oLUNCYqJ44dDT04Uvv/waYecviJdEndSH1onjCI+4JNKCjK2BgUHvyGqisx1B&#10;R2sLjhw8gLCzZ6DTaETnyfRiIyc7HdOT4zh39hyyM7NEE1S63u7duyfMMPp7u4gNkc0QjUjlxMzM&#10;NCJv3EBubo6oazjcHuhMFoRdjEBtbR1mpqcQHh4umtjZbTYkxMejrq7OZ/4iiw2RLUEeGmxxiDCG&#10;2ck8NkOECnQ2Gx6VPkTY2XNITU5GcdEt0WdISfEd1FRWwu10oKW5GXFxCejrHRD9PFDll/I+emZT&#10;s5lPP/8S58IuISs7H/l5BWhvaUXczSgcPnAQ2ZnZyMvJR1VlNe7ff4ivvtqNyBtRwgApLS0T7Z1p&#10;pBsqABjNZqRlZqCnr9c7FKH0Rpo6AS0qKsTgYL+3mB/6Ge9my39BnM4Nhc464LBbkJWVjcGhIW+f&#10;K2SIONDS2oT7D+6JJakJUltnB25GRyE2Nhrh4WdRU1sGzdwUIqOjMDQyKsywa5evIjE+Cdcjo3D3&#10;3n1YbQ7U1zWKKJKY6DhxfTTWN4qOVXOzsxEdeRMDfX0LwwJSvzLRNyIxNzsLo16PvNxc0Ts5XaNU&#10;+Lx//74IBSdRIY5GMqKmWRQaTiMbaTQa6ddtg4fuehWoIUIhOTRST1p6Cq7HRMLmtMNiNiEzLV00&#10;b6MCjcvtQmt7O86eP4fo2BgROh9+KRzdXV2iGVTUzZuIjY7BlfAIDPT2oa+nB5cvhePunTti1I8H&#10;9+4h6kYkEuLicCEsTFSs5GPcyWmwWVrVEKH+PBxOTI9NoqqiGlaLPOTnckNkkcV5ys2pzQ9fcApu&#10;XIEYIlRpoGcwjRpD/UskJaagpOQ+xscm0N3VgwsXLuH69UgRrTE4OCxGJ6GK7BdffIHExCRkpGeJ&#10;pqrUmSY9C6m80NbWhsLCQmFskJTXBC1D9/euXbtE3yGUd9IQyBQtQPnr5cuXRT8ilK9S/1D+K/1P&#10;tnwbIouGG3VePDIyjOzcHNE0ic79yNAA3nnvfbS0d6K5pRXXb1xHbFw8IqNi0NHZJdbVajU4fvwE&#10;bt+6I9bR6w2IiY3CnTu34HDYRd9qhQW34bDTy6nFm1Wv1eL8mTNiBBDqT4vMlfa2FpTcvQOLySA6&#10;n09KiEdiQoIwwqi/GErf7ZRXy9cvGyLBFZUnKFps16efinufOtu99+C+GHGsrr4eERGXERdH/YVl&#10;SiOVuVzIy8sT+dZK1w8bIlsCGyLMk8XjNEToYUtv6E0Go6iomgx6OO1WUeGiT1FQn58XhS+z6ADV&#10;LN5iUdMGh8st+g4xmCzQ6o3ik8LvaIhDGn6VOmm1mqnphlU0j6E3XdRkhkKAxXeTRUQX0Pbo0+l2&#10;w2y1iCEgpcOTSgP0NsZiMcHppPOzWCh5kuW/IE7nhirUVIB2iWWokCEP5UdYrZSG0rVGo1HQWTZZ&#10;zDCZ9LBaTXC5bdAbNKJDzuHRUXjc8zDojJid1sBossDmoCE6pbfYlKYUqm212uCmN9xkbjmkIT3t&#10;VttCUpHpRcNhys1o6Ljo2pffUNKn/Dc9kOleIGOEDAJl6O92eOiuV/TbAjFEKEKEOp212S0wWk1w&#10;uB2inTCdb7qXqRkSLUmdaeqNRui8Q7LSPSw33aC/NbOzsFut3j5/5oWZRd9FGnqHZTXodHAuXEMc&#10;IbJe+W0yI7Izyoc9ojO7jJRUMRIF5aO0vFRJkM0PaVhV6ftiBVhOG9E0w+OBzekQ0N9qI4QNkeCJ&#10;zrn/fFgS5XGUl1HFl559lF9S2lJ0AOWflHfSs5D60qJEoXSmPICgJhCUrzoc8vNQSnPaJuWN8vWh&#10;vi/pOqD5VFGn+5zuffn6oOlU1pCayrB8ic6Vb0Nk8c4R6UBDUItyCfXPQHmmQzwbrQ4X7E4XjBaz&#10;yH/NVttCh8W0TZvNLso70nfalwUul00Mx/voUaWIulSanbQM5dE2i1W8wKKJ9KLB6bTDQWU0b4fC&#10;1PcDDbktV2q3Wz4tX6NsiARXdE4pj6JrmqD8iPIXOS+hfILqCDRNfpbQd1pupWuIDZFNh4aVcqug&#10;aerlGGbn8LgNkSUsvJZYueisXmrJkupt+t7EMokhIRWLSxksVQOVfYb4P6YnSf4L4nRuJENEOlf+&#10;pUxD6YxKU6igVVn1CJevRohwYOXC1MWHSx7RUvV2WlqGSnCq60qet0EpC/07UfTbAjFEREIIs1Bq&#10;GKGOmhLnaVna+pEynXyhXnyHp8FmSTJElqerdJ7pfnFjsKcbu7/4Eump6RgeGkF5eTlKH5Sivr4B&#10;Br0BTU3NC80LB/oHxbUyPDwslqO3ftSkor6hAS1tbUjLyEBKWhpGxkYXRpnhHDS4ovvAfz68OfJ1&#10;7/E9GVxRpZDKZUoDUzrHZEAtNYZpmGjRp5m4hz2ipOLyjhbt+35bnk4UuUmdtFLTBooQombH3sDK&#10;5c9XYqE/LfVetvedLc6nwhDha/rxKNDzzobIpiONs70c9XIMs3N4bIYISX7IykhP3FUfsOqlliyp&#10;3qbvTSyTvM2li6+4pydW/gvidG5Escx7rvxLeWblM0oFPrvdivqGOgwOD8LmsMl1bzGqJZkhhN8C&#10;my9DRM06tdML/vTbAjZElqFednna+pQ6bdSoF9/habBZkgwRetOvShlxniVDZLi/B2dOHEfRrSJ0&#10;dnTig/feE305UR5eVvZINHeoq6sXw7DSKEGNjY0oKioS/U1UV1eLfgMOHzmKpJRUVNfWIjk5WTSZ&#10;ojfUZGQGfE2wAhLdB/7zYdZ21doNEe8D0Zs7q1/fLL3ffN15tF2nt4kwRX+onquyluXL6r0Q21ds&#10;iGwvUVqxIbIJLAxTu4OGqnWpUM9nGBm1IRKMjEV+YFMHbcsNEdq+/JbZ+4Rd8qBVPHlXOBTl83mF&#10;xQKW7+2o97J8iSdRKxfE6RytXu3xd1bpuhF9uFBhz+Mdvs+7kOJPVpC1kiFCks65OtWWp4Z6jj9Y&#10;W6elhogiFcQH5cUuGDRTSIiOQmtLK0aGR7D7iy8wPT4Jq8UqRvcqKysTL4iog+GCgkLRP0Rx8R2k&#10;pCTDarVAo5lFQmISKqvrRDOL6ckJnD1zBlqtQeyG6mzU5EZO+2A8Z55ksSGyM+XfEJGbniqaKaly&#10;U3UeG1heK21b+lx96UWp97KWdUNPbIiEhuRrezXR/UERin19fWyIBBPZEBGmiI/52xEyQagdNsHG&#10;CLMSsiEit+sNRsYiZ2pkiMg9jUvbJbxvE5TD127/5+kTpc0uiCsLfaytEZ3rlQyRjUj9HpFTdWu1&#10;3BDxSuS7FHLvhEk7jfTEeHR3dmFibBwH9+yBfk4nRgOKiaGRt6Re/2nY1Fu3bolmMnfuFKGwMB8O&#10;hw063RwyMrPR0NQujBPD3BzCzp3HnEYv+nwSZqbX7JQrH6z1i87hZufD69LOqSM/Fvk3RPiZuJmS&#10;8yQ2RB6vAr3GKa3YEAkSSoNgp0aIyIaIEvVyDMOGCGutCsmCOGtDovtzswwRdR2Jb/WtlV9DhOSN&#10;EDFpZ5AQdQMd7R0YHR7G7i8+F8NOu11OPHr0EDdv3hBDrVZX1+Do0WOorKxEQUEBcnKy4HLZoTdo&#10;kZicipr6FtFpp3Z2BqdPnsLg4Aiam9ox0D+CBw9KRYgzDb3MHWtuTCFhiKhval+w1qRADJFAK42s&#10;wEXnkw2R7SM2RIKI0jBQz9sJrMUQoQKwehrz5MCGCGuteuwF8TVIXT7ny8y3NtMQYT1eUd7udNH9&#10;6sMQIdEw5g4HGmuroZnViNF97t25A7vNLobYNJuNuHfvLjIy0pFJUSANjeJa6evvQ19/jzSilNOG&#10;to5OjE1qRNMYh8WC8rIyjI5OoLKyDj3dA8jJyRV9jzx8+HBhpJIlh8EVvoBF5+ex58PqjNUXrDWJ&#10;DZHHIzqfSkOEFdpiQySIqJuUqOerkR886ukrsdblg47DscwYoenyb1FChWA2Rp5M2BBhrVWPvSDO&#10;Crro/mRDZGcqEEOEmHc6MS96QCWHhJrS0JDVLrg9VEGj4VZpOET7QuWBhvyUh9Omhd0eGm6ZVqWh&#10;OqWyFWX7bpdHmuahoXvdC81m1M8arvAFLjo/jz0fVpsfvmCtSZSuVC6TDRFf94KvaayNSc7T2BDZ&#10;HmJDJIistV8NX4YIfbfTdG+zG7sX0QTH6RTz1NvZSuTjXetvZZ4sZEMkmKPMyA/s5YaI+Iu+LO1U&#10;lbWt9NgL4qygi+5PNkR2psgQoWE1/ea1C1mz15wmLYzWJOXRUgeOyuUpj5eMEDJahDEi5+gL//jX&#10;dijAPi4Fcm5oGUrXx5oPLyS44hpibUi+DBFf8jedtT6xIbK9xIZIEFGaBKtBy6/LEHGGhiHCMCux&#10;9YaIVHjaDhkYy7fYENl5YkNk50rqQ2Rp85QlWqjQevPkgCq6NGNpd7kq24S1TsnPz5UUEoYIK+ii&#10;ih6l6Wr58GrXB2vtonM6NTWF8fFx9SxWiInuExp2lwyR0dHRbXE/hLQhou5fQ43H5YLb24zElyGy&#10;EhuNyFjr/hhmvbAhwlqr2BDZeWJDZOdqRUNEbX74wqeWGyIrLMxag9gQeXJFFT3RxE00N/N/Daw0&#10;j7U+sSGyfcSGSBAJ1BDxuNwL66xkUPja3kZMETZEmK2CDRHWWsWGyM4TGyI7V0pDZFllW21++MKn&#10;aIZ/Q0TeD+fzmyM2RHau2BDZWinPJRsi20NsiAQRdbOYlVCvq96OPyNktXUZJhTYDEOERBlUT08P&#10;GyI7UGyI7DyxIbJzRXk7GyI7S0+aIfIkXU+BGCKs4IkNkcevtd7fbIiEIGrzhI0QZruxmYZIV1cX&#10;zGazehbN3BYZGGu5KN3kUak4DXeOKC2VFWfWzhHl81SAXGuhc2WpXRMZ79yg7oulFp1X+fm9U6W8&#10;hvyxEyVHhyt/o/p3M+vDl5TzqVNVMkTk/JI+WZsvdTqtBInKKWSI9Pf3c6eqDMMEh8dhiKgzOF/4&#10;knoZZuuhAoKMeh6zPZFF+YGvAqB6eWZ7IIvv2Z0JVQront1p9+lGf8t2kb9jpXQl1L+L2XxohBmq&#10;YLMhsjmSz6kadTqsBt0fZIb09vYKA4umhbrYEGGYEGczDZHOzk6YTCb1rGWZmy98SZ5HGagcpcBs&#10;HfQQUj7E6Lt6GWb7IRfA1YUUdVoz2ws57XylNbO9UVYkdsI9Kv+WYKDOux4HdByryd8yVC6jc6L+&#10;XczmYzAYYDQaxd+BpiPLv+Tzqvyuvk/WAz3LtFqtiBIZGRlZso9QFRsiDBPibKYhQhEi9HBRi+ZR&#10;ZqgsEMnTZEhyhqkuPMkFKIZhGIZhtjfK5zpVdtQVoNVQb2+7oP4dagJdTr38k4b6PKwV2oa/siXN&#10;V0u53kZQH0cwthlKBPLb1OedlpP7qVNvQ70u9fnCfYgwDBMUHpchQhkgNaehjlerqqpEJIkyo5Pf&#10;ZpIL3NDQgHv37qGkpGQB+s4wDMMwzM6gtLRUlBvk/ozUFSp/qCtK2xH1b1rtdwW63JOA+rytBVqf&#10;rjU5ik697ZVQv6hbCfW6TyLq6FRfUYu0HBkdlZWVon5AeQFN83WdU92FI0R2HC4/qJdjmODyOAwR&#10;EoUmPnr0CBERETh79qzozEr5MKL1yQy5desWTpw4gSNHjuDo0aMMwzAMw+wgjh8/Ljh58iTOnz+P&#10;mpoaUT6RKzrqSqwadUVpu6D+HTvhN4Ui6nOrPs/Kyrl6XSZ40PlVmiDKaUpDqq2tTdQLbty4IYwR&#10;qi/IaaVMo9nZWe5DZGdBxgd1jqWGDRFm85ENERrqjRSsjIW2093dvdAeU/nwof0lJCSIgtDhw4eF&#10;4UHT1A8jGlLrzJkzoqBEyyg5duzYQiGKYRiGYZjtCT3PZahMEBkZCY1GI8oB6zUH1BXfrUR9LMGA&#10;Iw02hjqNNjOtGP+ozSdfESOtra04ffq0KOufOnUK2dnZ0Ov1YnmaT+lGn0pDhAhlbUNDZHMjNGQn&#10;jLYtt5FiQ4R5nGyFIaLMDOkeaG9vXyj8UGZHn2pDRM4UqbBEGSMtp4TeJDEMwzAMs3Og5314eLgI&#10;hacyCpsATDBQGyFsiIQmctmfyvlyZPilS5fEiDJyerEhsun4MiaCa0q4XWSIeLyGiMTyfW7OvhnG&#10;F1ttiBAU/nb79m1R+Dlw4IAwPaanp5cZIgMDA6JJDRWQzp07J0Jpw8LCRCgdZZY0nWEYhmGY7Y/8&#10;siMmJkaUS6iMwoYIwzxZkCFCL0qpzE9Q30KUHyiNLDZENhV/5oR6ufVDhoibDBGHmw0RJiTYLEOE&#10;RB0i+TJEaL/UiWpzczNu3rwpzA4Kj1UWfCiSivo1oQ5X5agQuZkMOcb0N/crwjAMwzA7A2ouc+3a&#10;NRFFSuUEKhOwIcIwTxZ0/1+8eBGJiYkYHh4W9ROqE7AhsunIzWPUhoTSmFCj3kZguGRDxLk2Q8Sl&#10;Qr1dhlkvm2mIUIibevQYQrlvGjKLxhKXe5KWocyORNMpw+vo6EBnZ6eAOmul6BOGYRiGYXYG9Gyn&#10;573FYoHVal1WdmAYZmdDZX+6/6luQAMryOaHbIyyIbJprGRIrIR6O4EhdRojNZtxOSVjhHA4pGOh&#10;eWrThQwQtwKlIeJwOeEkfOyLYQJhs0aZIZEhQkPrypmVr4xP2bmS0v1VQvOUPVMzW4vU79Hya4dh&#10;GIZhgoX62aMuC/hDXT5QlzVWQr1PhtkJKK9x9f2yFnxtzxfKdfzNUx+jvF31OjRdvqfV85SQYcKG&#10;SFCRTRF1FIiM2gxZvyHif3v+KxyrGSLCFPGxHsMEwmYZIpQ50dse2jZFiRDUfEaGjBKaRv2JEPIy&#10;DMMwDMM82chlBILKDHJZQUZZnqA3ykooumQtqNf3hXodhtkOqK/jYEL3qC/8Lae8l5V1AfU8GlFG&#10;ee+rt0/QbyMzZGxsjA2R4CIbEjTqixJ5nhr1+mtBva2Vt8mGCLOZbLYhQn2D+Muc5e/0SftXz2cY&#10;hmEY5slCLi9QuYCgJr3yyIwyNE1GLj8oyxRrQd7PSqjXWcu6W4H6uBhGfY0EC+V9txZWOyaar7yv&#10;/d3jMtSshgh1M4QUQoaIyuhweVltuWXztx42RJjNZLMNEZ1Ot6wgsxLq42MYhmEY5slBal6++KJQ&#10;/r4a8rLqsPyVUIfh+4OW9Xec60V9LBsh2NtjtjebcY3JKO8Lf81k1PcOob5/VkI+dnl9+q6ePzU1&#10;JWBDJGDI/LCrkA2R0KiAqTtNVZoeqxki3IcIsxE22xCh0LfVDA+1KeIP9XoMwzAMw+wc5Iqcevpa&#10;oAqUuvzgD/W62xW5Aqk2XZgnEzIS1NM2gvpaWw5Nl69DCRddjwL6e+XWEDLK+3LBgHF7xCitLupr&#10;U8HU5BQmJ9kQWQNqQ8SPEeKNtlgvy7YXIGrDw5fx4csoYZhgQBnPZhoi1B5QuS9CmYmu1TVmGIZh&#10;GGbnIpcNlKgrZb7wtR7DMMHFt1EiBRq4FqB6tRtOWsZN86TvvtddvHeV36WRWd3wuDw+mZ2exeTY&#10;pGSIkCcSwr5IiBgioU0ghgjDbBZbYYgo38LIf8uZH7nY6mNiGIZhGObJxJexoa5AMQwT6pAhQkaI&#10;HIzgfxARX/c8mSFuYX7M+2R2WoPJMW+EiGyIhKgpwobIMtQdqUpI4T/+m80wzGax2YYINZlR71MJ&#10;F3IYhmEYhpHxVTnisgLDbB7KyA11FIevaWqUyy6+BKW/va0znBQhLk1buszS/S/+TWbKPFxuwO2a&#10;X47Tg5mpWYwrI0RCWDvSEFGbFmszLyix1UPu+nfMGGaz2WxDhDpVXSkTZRiGYRiGkaHyAhsiDLP5&#10;rNafzkrzlIhyvmjyQmYHTXPB6XDBbrPB6bRLTWgcNM0BN93LDtq2hHx/2+3SfsQ+nR7YnYDDBbiE&#10;CUL9iMx7/54XdeepqRmMyYZIiGvHGiLrb97ChggTWrAhwjAMwzBMqMCGCMMEi8XWCPI06vBUHgFG&#10;uaxcVpeiM9xw0r3nmRf9gCzOW9zO4t9kZjhhszthJxPELpkfZGI4bTa4HDa4KVKEDA+7DW6nXdSd&#10;hWHiHVKbtuVxS0aHMGBc88IQsTnoGD1wO90iKkSOEGFDJERQR4cEbogQyotz6UXKMFsNGyIMwzAM&#10;w4QaviphDMOsBXrpTqYCGQ12jI2PYmCgD8PDQ+jtGUBv7wBMJhMcDhvsdiscdK95AKsHsHiAgYk5&#10;9I2MwmK3wCGgiA/JwJCMSjesNgcelJaj5EEZzFYnrDbJFJl3e+CyW+FxWNHT2Yr87HTcvV0A7cwo&#10;PB475jRalJTcR05uDhobm2A0WmGxONDU3ISmlg5MTOulCBFhhlDXEouBBA6HC5OT0xgdnWBDhGGY&#10;jcOGCMMwDMMwDMPsNMgMkSIqNJpZhIWdxT//89/je9/7T/zTP/4bfvTDn6CgIB92uwUWqxkGswlW&#10;pxt6hxvjegve+XQv3vr4E4xOjMBq0UOvnYXNZoXVahWGiN3hxLRGizfefg/vf/IFZrUmTExqYNCb&#10;YDWb4bKZ0VRXiR/933/Fr37+Yzz1//0/iIsKx8zUIBITkvF3f/cN/Nu//Qv+5V/+Gfl5t9He1oUX&#10;X34B//DP/460rFuwOeZFP5tSawyqR7AhwjDMJrAVhgiHuzIMwzAMwzDMVrJoiJhMRvT2dqL0YQl+&#10;9rP/wf79h9HZ2YuxsVEMDffj2vWr2LNvH27ExqOxqw8P61vxf3/6PL7305/j6o0rGBjoQk11OXbv&#10;+Qrnz5/DzchIXLl2Dc3tnXjzvQ/xzkefob65E3v3HUFKSgYsJiPsFgNKS24h7PRR1FU8wN9e/SM+&#10;+/hNVFWU4He/+xNOnDiFquoKvPnmm3jvvY8wPDyOjOx0/OqF3yIxNQ9Gi2SEqA0Rgg0RhmGCxlYZ&#10;Iur9MgzDMAzDMAyzWSwaItS5qc1mhl6vwQ9/+H2Eh1+ByWiFTqfHnr1f4blf/S/2HzqIZ777D9h/&#10;4jRyikvxnz/5FX7481/gauQV3L1biF8/9wv8+tfP4cSJ4/jXf/1X/OGPf0JNYxPe/XAXPvlyDzp6&#10;hpCUnIny8mrYrRa4HRYYtdOwGucwMdSLP7z8G5w4ugeNdY/w3//9M9y9ew96vRbnz5/H//7yNxgY&#10;GEJVTRWee/63SMkogMXu8WmIuFweTE7OYGRknA0RhmE2DhsiDMMwDMMwDLPTWOxDhPr+IFNkbm4G&#10;3//+9xAefhlGoxnd3T14+eWXkZqaiqmZGSSlZuCF3/8JxQ8r8Mpf38Xv/vIaevt7kZ2VgX/9539E&#10;dXU15ubmcObMGfzmhRdQ09CEN955H7u+2ocZrVl0hOpweOCiEWQcVrjtZsxOjODo/j342Y//C52t&#10;9ehqb8JPf/pz3L59BwaDHhEREfjFL55Db18/qmur8SthiOTDYncr+hCR+hER310eTE3OYJQNEYZh&#10;gkEoGCLcnIZhGIZhGIZhgsniaKY09K3b7YRWqxGGyJUr14Qh0tvbj1/+8jlER8dienoW1yOj8Ps/&#10;v4qiB4/wyZd7xd+joyPIz83BD7//fdy9excWiwWHDx/G8y+8gKaWdrzz/kf49Mu9mNIYMTgyhfGJ&#10;GTG0LtxOTI4M4tTRQ/jo3bdRX1MNg3YW46ND+N3Lv8ORQ0dRW1ONt995G6/+5XXMzmpQV1eHX/3m&#10;JaSk58JkcXgNkeXMTM1gQh5lhjwRmRAUGyIME+KwIcIwDMMwDMMwO43F0UylkWFconPV733ve7h4&#10;8RLMZmpCY8Chg4fx3HO/wR//+Ar+539+huMnT6NvaATR8Ul49jt/j/PnzqP4dhFe+M0L+PnPf44/&#10;/elP+MUvfoEXX3oJ9Y3NeOudD7Dr8z1o6ejDBx9/gStXI2ExW+Fy2JGSEId//u538Ktf/AKvvvJn&#10;HD18CJ3tbYiLicVP/uu/8ZOf/AS//d1vkZubB4vFiocPy/C/zz2PhKQ0WO1SM5llpojDjZnJGUzI&#10;fYgoDZEQNEXYEGGYEIcNEYZhGIZhGIbZuchD5VJ0x7Vr10QkBtUB6Pvk5BTi4hJw4cIlpKdlYmJy&#10;GnaXG9Ozc7h85Rry8woxNjyGhroGXL16FfHx8cjJyUFKaiqGRsaQmZ2PjOwCDI1Rk5ss1NY1wWa1&#10;w+1wor2pEelJSUhPTsHN6zdxu/AWZianMDs9g7t37iA2Nha1tbXCnKHRa4YGh1FQWIT2zl5YbFRP&#10;8fYbwoYIwzCbRSgYIgzDMAzDMAzDbB7yC0i73S7+pjqAjM3qgM1Gf7vgdHngcLlhc7hgsTlgtznh&#10;srvgsDlht1HnrDZpezSKpGceVrsbZpsbJpsbVgdgd3jgdLjgtjvgttvgtFrgtNrgsNpht9rhEH/b&#10;4KJ92+1i/7Q96VhcYn3qi8TupP5IlhsidCzTE9MYl/sQYUOEYZiNwIYIwzAMwzAMw+x8qNxP5XKl&#10;GeJw0Dy5vxE3HITLDbuTzAmpM9MFM0J0bipty253wEwGh2teIAwM57xANkQ8dhs8djs8Dic8Yhsu&#10;eFwy3u15o1ckw4b2r9iOt1NYn4bIqA9DJATFhgjDhDibZYiQenp6oNVqFzI5bhrDMAzDMAzDMKGE&#10;3NfIIg6KIPEiDX0r41Qgj/6ydBSYxeXJBFnE1zZkc2X5sUidwcoo90Mdtk5NTmFsdIxHmWEYZuNs&#10;lSGy6PwuPwaGYRiGYRiGYUIElxMOL2RaLDVCgsdyQ2R1qO4yOTmJ0dFRNkQYhtk4m22IUJOZpaFw&#10;y4+BYRiGYRiGYZgQgQ2RoIkNEYYJcTbLEKEMigwRvV6/qiEiR5CEGurjZLYe+dpZDX/X1lYQ6DEy&#10;DMMwDMOEGj7LUFtkiLh9lKF8Ho8CNkQYhgkqW2KIrJLBqTPCUEF9nMzWE6jZ4O/a2goCPUaGYRiG&#10;YZhQw18ZaqsMEbmesNrxLBwXGyLBhIb4UaKezzA7n800RHp7exeazMio90+sNG+rkHvalr8rj5l5&#10;fKgf2iuhXnerUB8HwzAMwzDMdkFdriGcCkRZZ0nHqkHERzlKfSxqqJw+MTHBhkhwYEOEYTbLECF1&#10;dHSgtrYWLS0taG5uRkNDg1/q6+uXTdtKGhsbF3jcx/IkoDzfW436WPyhXo9hGIZhGGa7oC7XbBfo&#10;2JuampbQ2tqK9vZ2QVtbG+rq6jA0NMSGCMMwG2ezDBE5QsRgMCxxe9UusBq1C7zVqI+H2Rw8Hs9j&#10;Q30s/lCvxzAMwzAMs11Ql2u2C/5+g/yd6i5zc3MYG+Nhd4PA4tjGEur5DLPz2UxDpLu7GyaTaSFT&#10;o2kyLBaLxWKxWCwWixWI5DoEmSIajYYNkY1DBgh1mqiETRHmyWOrDBGlGbIdMi8Wi8VisVgsFosV&#10;OmJDZN3I5occCaI2QtgQYZ5ctsIQ2Q6ZlVJ0tAKViRPI71hYbmEjNM33tgLdpiz1ev54kuTrd/ua&#10;xmKxWCwWi8Xa/qIXrbOzs2yIrI2VTBA2RJgnGzZElsoDwAnA5f17rUeu8EGWMj8Pz7wHnm1uYKiP&#10;PdShhyaLxWKxWCwWa2eIyndsiDAMEzTYEPHKG9RhB2ACYPR+mucBsweweADrPGCbBxwq7N7phNW7&#10;HK1nmgcs3vmSEbI9KueymaCeRiGKWq1WdGRFTE9Pi2tnM5iamgoIGodeRp5G68vHRtcfHTeLxWKx&#10;WCwW6/FJ/dJqrSi3w4YIwzBBgw0Rr+YBqjaTCdJlcaOwbw55PVrk9+i96CS6tCjo0iK/c26BvK45&#10;5KrI69agsGcaZQPTmLHY4aZIhfnFvlRCWb4ePmQq6PV6mM1mkab0abFYAoaW9wdtT43RaFwz6u0S&#10;dMyyKRLq553FYrFYLBZrp0ptcKwF9XbYEFkzjgBRr8cwOx82RBZFhogeQH7fNH7wVRj+/vMIfOuz&#10;y3j20wg880k4vvnRRXxrVzi+89llfOfTKwt8+7PLYjmZZz+7gn/8LAw//uoMXjkWjrqeQanpjUca&#10;MmylTD6UpDw2uk4oOsRqtS6gNj1WQ2lUrGU7ymXXAq1Lwz7LQz+H8rlmsVgsFovFYq0uNkTWjdr8&#10;8IV6HYbZ+bAhsijqN0QLILN/Dv+0NxLfOpyGpw6l4enDaXjmcDqeOZKObx/MwHcOZeLZw6l49nAK&#10;vn0wFd8+lIZnDqbh2YOp+Bb9fSgD390fhx/su4zf7DvvNUTm4XY5tq0hQtcKNZORDQoRIaIwHoTR&#10;4Y0cWQrNI2ODlrUtIE1XL7tIoGaIej31Nuj60+l0bIiwWCwWi8Xakdq80g1tWU0gWsuyaxcbIgzD&#10;BBU2RBZFnanOAUgb0OGZvUn45tFs/N2hDHzjSBaeOirx7cN5+PbhXDx1JBXfPJKEZw+k4FsHM/D0&#10;/nTBswcz8fTBLHxrfxL+Y/9NPL/vImq6+jEPzxJDZLvJbreLIc5kA0Q0m6G/ZVOEDAhFUxeaL5sa&#10;ZhN92mG12mGlT/G3ykzxYWYEYoqol1UTKobISiaYv+ksFovFYrFYq2nzSg+0Zer/TmblPS0tz6y+&#10;/HrFhgjDMEGFDRFJdIRkiFCECBki3z6QjKePZuEbhzPE5zePZuHpI5l49kgOvnU4C88eScGzhxPw&#10;rQOJ+PbBNDy9Pw3P7E8T5sgzBzPx7f1J+N7BKLy4Pxy1whCZh8vl9GmIbIfKsGyILBgdZEb4MEQW&#10;jQ6aZhFYLTbYbA7Y7U5hilgstlUNj0CjRNQGiJrVDBHlw9vX/GBJvR8ldE34ui5YLBaLxWKxtouW&#10;lqcCM0TUZSI1vkTT2RBhGCZobKYh0tvbK6IF1ppZrXX5tcjftuXhdskQSR/U4zsHUvAMGSJHMoUp&#10;8s0jmXjmSBa+cyQbf384HU99HYnvHorHdw8l4el9iXjmQOoSQ+Q7B5Lxg0MxePlgBOq6BsQ+3G6X&#10;zwxe/X0jWu0hsl7JhohsNJgtZhjNUgeoIqrDZBbmh95kwfSsFppZHYx6MklsIkJkbHQco6Pj0OuN&#10;sJit4npb2NYKESLq6epl5E5Y/UWK0Dzq+8TX8LvyOZLNCHVzpmBKuU1f+/K1T/X39SpY22GxWCwW&#10;i/V4JZUXlk0NyHwgKcsE6vLH0jIJfV+Kx7P0JY4SeRq9gJLKXEsNEfXyynVWQy2axoYIwzBBYzMN&#10;kZ6enjUbIso35f4ywo3I3zZpCvUhogOQMaDH31O/IUcy8RSZIV5EhMiBDDyzJwE/Op+DH4Xl4LuH&#10;EvH0/uWGyLf3J+J7B27ihf2XUNe9uiGinrYeydvZjGiDlQwRuYmMyWhCeVUtPv7sS9y+XQK9xoiZ&#10;iVlkpGViz+49+OLzL5GVmYPZWa2IIFEbHOshEEOEIkR8nQ+6/ulhSsvJ94N8DoOVJrKWbM/Hw169&#10;T/X+1fNXknoZ9XcWi8VisVjbTy6XS/TBZrM74KbBC4VRQX9QFOzykQzpb2kdsyjvq+crRZOp/EjL&#10;U3lPo5mDy0XbBNwujyi3OexOzHtHTXS7nDAY9KJ/OSo/yZG4i/vwb4isZoQsPa7lx0vT2BBhGCZo&#10;hJohQsdElW9lxkjfgyXanvxQWDpDyroN1KnqgB7/cDgNzx7JwtOHM/HM4Uzx+fThLPy/XybgX45m&#10;4YPcVlwbcOH3ybX45r5EPH0gFU/vT8WzB9PxNHW8eiAJ/7kvEi/su4S6rkGp9aVHflgs3TUdTzBE&#10;26YHEj3M5N9H2w7G9lcyREQzGjIoTBb0Do7jw09347PP90A7q8OdwmK8+8Eu3LlzF8W3b+HVP/8F&#10;RcX3YbbYYCJDg8wUgWSoqIfSlbfva5oSpSGiNkzUhoh8XVksZqSlp2J4ZBi9vQMYHZvwFizkIZIX&#10;ShtLhkyWkOYvu478SCpAqF61eIsKothABQTFtSEVFuSVFYUIgbxvZdSLvKXlUh/iwm9QrqEqjPiK&#10;qGGxWCwWi7W1ksscHo8LPV2dSEpIQGNTq/QMX3iIL5ZJlpRL5ucxMjyC6KgoVFZVwUXRG3L5Y1nZ&#10;gAZDdGNsbBjJycmorWuEw+mGy+0REb4pSakoe1AqliEDxmW3oL2lGbW1dZjS6NDa1g2DwSQZI6IM&#10;IZUylGULeKTyFJVj6DjcHo8C+i5Nk8o60uJilaWHKrbFhgjDMEFjqwyRQDMsqnR3dnaKDJUqty0t&#10;LairqwtKBY1+L/VrQttctj3v4ZkAZPXp8F0aPeZIDp45lI1nD2fjaW9nqd88kIV/OpiBF05nIabH&#10;gjdzWvHN/Yl4mkajOZQq+OahNHz7QBL+Y+9NvHjgMmo6BqQM3VvhXfqsmkd1dTUmJibE8QV6nnyJ&#10;ftPk5CTq6+vFULMk+j4wMLCh7ZLoOllqiFiWGCJihBmTFXMGFy5HpuHLrw9hemIKYWHhiEzOgYlG&#10;ldHNIjM9CWfCwqE3OWAwUpMaI8xGA8x+DBEZefhcav5C5+rBgwe4c+cOioqKcPv2bVRUVIh5yqgR&#10;GbUhQqLvVpsZjc216O3vQdjFSERcuYnx8TE4HVbYzCbU19SgqbYGdpORXsvAZDBgYmISHR3taGyo&#10;hctph9FkQlVVDbq7e+F0uuF2z8NstqKhoQHNzc3ieMS+RUHAA5vJCJ1mFgN9vXhUViZ+i5ve4Lg9&#10;sDmc6Oruxf3Sh5idnaPFxXmd08xieGhIPPzpOnLPe2B32jA1NYmxkTE8uHcfI8P9cLvJ+KK3QR70&#10;9PajoqpamDw6nRE2q00cw+zMDCrKyzE0NAStTgeDySgufTKl6mvrUFVZuXDMyjc4LBaLxWKxtl7S&#10;c9gFzDuh00wj6tp13CoqgXsecLol40B6QbL4rF54dtNLQKsN6ampSElNhYuavHiXpGe8VjuHispy&#10;tLe3w25zwGa1oKQ4H4cOHUZ9YzscLo9Yx25zIi05FakJifA46CWlB267GVNjwxgaHkF91xDeeOcr&#10;FN8pxdTEBGwWC0aGh0VZraend+FlnXZqGqOD/bhfeg8tXZ0w2ezoHxpEVXU1hkbGxf7odc2cTofy&#10;qhr0DAxLkTBLzogkqruMj49vizIKGyIME+KEmiFCx1JZWYnh4WGUlJQgIiICd+/eDXh9teSKHVWW&#10;qdJ87do1ZGdni8x56YJShkuGSHafDt85lIpvLTNEMvHNg9n4h32p+OmBOER1GvFOfrsUIeLPENmv&#10;NEQWWdjt/DxSUlJx/fp1YYys1AHoaqLfSYYPbSs3Nxf9/f1oa2tDX1/furanFEWIUNqsZojoTB5E&#10;3EzH13uPYGp8AqdPn0dSbjH0BgNM2mkU5mXixJkL0JvcMBisMBsMMBv0MBn0MBoNfo0Qgvaj1+uF&#10;MfD111/j+9//Pn784x8LkpKSxPJyMxll1AiFc8ptWuXzQJ863RwiroShorocp05fxqkzFzE8PATN&#10;zASS4mIRFx2DmBvXkRoXjamRYVSVV+LAwcNISkrA1csXcSHsLFLT0hEXl4CLF8Nx61YRNBod0tMz&#10;cf36DXGtkWlD547eqHhcLlSVluLs8WNIio/FjevXcOXqFdQ3NQnDKCYuAdGx8cjJzceVK9fQ3t6J&#10;poYGHNy3F5cuhAmjkIoKZIj09HXj66++QvTNWKQmJ+P0yaOoqy2H1WrBgweVOB8WjqiYWMH58xEY&#10;HR5Fe2srTp88hetXryEuLg4nTp1EbUM9JiYnkZKUjOibUYiPi0NMTAxGRkbYEGGxWCwW6zFLaYg4&#10;LEakxifi1u1FQ4SiKqgMT89/KveIMof80o/KwC43iu/cQXJqyoIhQusODAwhPPwirly5hIiIcCQl&#10;pmBqYhyZ6Qn46quv0NreB7vLA6eHIqtduFdcgpT4BHjsVmDeBY/dhLrKMjwsK8P92la88Pu3kZyc&#10;jf6eHlRVVOLKlSsoLCzEjRuRonxEkSrH9+3HjcuXkJGdjrArETh78SIysrNwPTISR4+fRkdXHyan&#10;pxCXlIi4pFScv3QN1fWt4sWRHNkiiw0RhmGCxmYbIlQxXUuliiq7lIFmZGTgwoULuHTpkvi+LKIj&#10;QNF+qTJ9//59nD17FidOnEBOTs7y7SmbzPRq8eyBZDx7NAdPkxlyOBvfJDPkUCb+z/5MfHdvCn5x&#10;OAEx3Wa8W9DpNUQkM2TBEDmYhO8diMHz+8JXNUQSEhIQHh4ufmtpaamo2C87vgBE2+rq6sLVq1dx&#10;6tQppKeno7i4WEwL9Pz7Eq1L1wlFm8jGhDAsFIYIRRiQIaI1uoUh8vlXBzAxNo7jx04hJb9EjEZD&#10;hsjdonwcPxMGndEFg8EiokNMBp3AaNAvMUDIHJL/VhslZG79+te/xs9//nO89dZbGBwcXJinNETo&#10;UzZElOeAzu/c3CyOHjuAju52pKQWoKj4oRi5pqLsAW5cuYLxkQlMDA3ievhZ3MrJwL27DxBx+Rq0&#10;Wg20mim8+uc/4u69+2LknKamFhw5cgwD/UMIC7uI+/cfCFOPokTo3pp309sUO3LTUhF+7iz0cxrx&#10;ex+Vl4uCQMn9BzhzLgw9fQMYHZ9AQnwS0tIyUPrgPg4d2Avd3Kx4u+KBGx440djUiF27vsBg/zBc&#10;djsa6ipx8sQhdHR04OiRMLS0dsFkMaGjqx2ff7Ybrc2tyM7IxP2SEljNZpGWx0+eQF5BAe4UFyMu&#10;JgZ93T0YHRkRb5Hy8/OXtDdeyz3MYrFYLBYrOFowRDwOOK0mpCUkIb/gDui1HhkbVrsLZY/KkJiY&#10;IF4OUdSsbIpQ0xXibnExEpOT4aSyyDxEU5ikpBSkpaXCbKbo1zGcPn0O1RQt0laH+IQEzGiMcHgA&#10;F+F0o7TkAVISEuC2WQCPHW6rHsWFuaK80DM+h31HLqGraxBajQZRkZGi3E1lDXrZd+5cmIhA3f3J&#10;J6h+VAqrw4LmznbsO3wEPf190BuNKC2rREJSKuoa6xEZHYXWzh60dPShub0XLvodqvPChgjDMEEj&#10;lAwRWmZ6ehplZWUifC8rK0uYIhQpEsj6/kSVYaowFxQU4Pz58yLzXmY4UFMEAHoaZaZXi2cOpkpG&#10;yKEswVMHM8TnNw5k4e/3pS4xRJ7al4SnRd8haYJvHkoXw/YGaojQA0w+LrnpzLLjC0C0LYoQIUOE&#10;IgCamppQW1sr0mEj509piJDhIBsNPg0RgxtXItPx9Z7DmJ6YxOkz5xGbWQijyQyjdho5mck4c4Ga&#10;zDih15tFZIhBp4VRr4dBT1EiRhEFojRGfJki9D0lJQU//elPUVVVJdaRpy8ck8kkvlNTH1+GiEZD&#10;hshBYRqkZ97C/dJK8TsL8rJw6vhR3Ll9D0UFeYi7GYFHD+6ipPghUlIz4HQ64LRbcOLYEXR29Yhe&#10;1ycnp3Hi+ClotXo0N7ciOTkFiYmJoiBA6UmJ7nY4UJyfh7yMdDgdNtHJbk9vL86cPYvYuAQcPHQE&#10;2Tl5KCi8LaJOSu7ew4P79xB57Qo8Lqk5lWveDve8HQ2NjQi/FCn6bSFNT47j9KljqKmpxe6vT2F6&#10;Rg/3vBNa/SzOnbuA+tp6JMbHo7O9QyxP5kpWdjbybxUiISkRp0+exO3CQuTn5SE+Ph41NTWSAbOJ&#10;I++wWCwWi8VaWQuGyLwDbrsFSXHxyC9cNEScLo/o3HR6ekq8VKRyjxwF7c8QsdmdiImJQ1VVhWhu&#10;Q8/7G9cjkZWRjoG+DtGHiFZvgWvea4i4yBC5L5rMuG1WwOOEy2JEcWE+8vML0D2uwZ5D59HdO4Tx&#10;sTGcPXNGRJuSOZOenoHMzGy0trRg32efY7i/B555F0YmJ3A1MhLDYyNwulwYGh5DTGwCNFoNSh+V&#10;4WZsPGISUtDW1Q8XnQPVeWFDhGGYoBFqhsjU1JTo44OOjd7skzlCTWjWYxAoRdumSjNV9ChqQtl8&#10;QtaCIdKnxTOHyNggIyQT3ziYgW8coJFmsvB3ezPxD/sz8bMjKYjstuLtwi48tS9ZdKQqQ5Ek3z6Q&#10;IgyRF/auboiQ4UP9flBEBB2XzFpF26KoBGpiRMYKpS01m9lokxlaN7AIEQt0BgeuRaZgz97D0Gm0&#10;SElJx95jZ9HU2o7Gump8+fknSEnLhNHsgE5HTWV0whAxGUzCEKHtUDrJZoY/Q4TmU2dact8hshmi&#10;NkTonK5kiBw5eghtHe1ISy9A0Z1SYXZUVTxE+MUwTE3OYnJsFLfzM9HV3oKSklKkpWfC6SBDxIpj&#10;R4+gt69fpOfU1AwOHTyMiXHqw6VR3FOtra2i2Qz9TReA02pDdkoKLpw+jempSZitZhTeviWa1zws&#10;LcOpU2cwMDCIuTkdbt26jdqaOpSVluL6tStwOR3imF3zDnjmKUKkGZ/u2o2BviG4XW5UVVbg9KmT&#10;GBwYxskTl1Fb2wKz1YT2zlZ89dVutLW0IjY6Gnk5ObCaLZiemsLuPXtQXFKCuyV3kRAXj/HRMdHH&#10;CEVk0bHL1yEbIiwWi8ViPR5JnaVKTWbcDisSYmKRX1i00PSF8CXx3PY+x8kQSU5JEf2VUfMTu8Ml&#10;Xtzk5GaLyNiJiXHs27sfFeVl6O5qEy909EaL1NcImSIuNx7eL0VqYhJcVF+Y98BhMeMOvUjJL0Tv&#10;6Az2HDqNru4+UYaLjIwUfbxRs+WmpmYUFRVjaGAQX+3ahcG+Hrg9ToxNTSAqLgZTM1Oi35DpqRnx&#10;Mmh0bBQtbW2Y0WiRU3Ably5fh1N0Brv097EhwjBM0NhsQ4QqqoFWpijTpuNRGgOUUcvbWK/k/YsK&#10;pYuaahh8bk82RDL6dfjmgRR841Am/u5ABv7PQYm/O5iBpw7k4lt7s/BPuxNxrF6HP6Q14pv7ZUOE&#10;okTShSHyrQPJ+Le9N/HS/suo7pQMEXp6qQ0RksEgRV3IlU9fZk0gonUoTel80e8kUbqSMbBeycdB&#10;4ZeyIaI0JpRGhNFowpzBiLxbRVLTkjkdRoZGcObMeezdsw97v96DKxFXMTE5A4PBDL2e1jHAbCYz&#10;xQSbxSqac5gM0jbV+1HuT/5UNqvxZZzQdzJE1OeTvuv1OsTGRWN0dAz1de04c+ai6HNFr59Fbk4G&#10;oqIiERN1HVlpCTDqZlFZWSHMKzq3DocNsbHRoq8N2haZdxERl0WE08OHD3HzZhRiY2Nx7949cQ2L&#10;tLHZUJiZjVPHjiMtLQ0x8XGIio1Fb28vjAYjsrOykZyUhKTEJGRlZGBsZBSN9fUounULbjFyEF2j&#10;LrjmnahrbMCXX+1BcnKqKNRERt5Aa2uLGI6vpqYely9fRWJiElJS0nD1yjXRfGlkaAiXL4UjKSER&#10;6alpIpKI+jih+5/61aG3OXTMdGzyOVPDYrFYLBZrCzUvjepCOGwWFN+6jbLyqiWGiL9ntWyI0Es3&#10;Ko8oX7qRmUDPe3ruR0fHiNEAqdzU2dkmIjtM3ghU2hw1mamrrUduVi7cDqfoJJ6MkaryClSUV0Gr&#10;NSM7pwiRN2PR2dWFxsZGUaagJuEJCYmoq2uAZlaDmJs3MT1BJoYbk7NTyMnPwezsNDxulzieO0VF&#10;GB0dRWZWFuISk3Dl2k2UlVeLSFw2RBiG2TRCyRChZdSREfK0QNb3J/VDwt+2lhoiUoQIRYYoEYbI&#10;vkz8/e44/OB0Np45mCiWpRFolB2vfutACv593028tG91Q4Skfpj5O8aVtNH1fUnezkqGiNJ80BmM&#10;mNNS6Cb1kWGGUW8UzUhoyLaR4VGMj09Cr6fOUWn5pc1jaKQZs8EIo8EgpgeKvG9fhggZJnR9q88H&#10;fSdjg8wiGpXF4fDARj2s28i8cMJs0WNWMw2NZhpmox4elwMOp13cM3IHrXRO6Dtti6aR8UHTaRrt&#10;l/YvG10kj8OJu/mFyM/OgU6vx9ScBgYyq7zHRqaHbk4L7awGNrMFbqcLLocDdptN6odEFHzccM+7&#10;0NDUiEsRVzA2NiFGpKGh7uj4aZQbGu2Gzi+dd5vVDqvFDofNLjq5bW9pxczUlPib+pihNzjysZMJ&#10;QsYOvdGR7zk1LBaLxWKxtlAKQ8TjdsLldIomL7IZQhEf/p7VyjIclfdl0TOenv00ncpN9Oyn+dJ0&#10;lygTuGl4F4UoSsRqscFDbWjof+pwlY7DReUOj+jg1Wi2wGq3wel2iW3Tdunll8UslY/Eyx0PRey6&#10;4fI4Ybdb4XY5xDSKhCWovGOxWjCn1UKrN8LudC1EqijFhgjDMEFjMw0R6s9iLU1mSIEutxlaYojs&#10;T8MzR3JEtMdScvDMwQx850ACvnUgHk8dTMHThzLxzAYNEdJaztNWSfkwVTeZkQ0JpRlBhghFf1AF&#10;3aA3waAjg4Oav3i/ez/1OskUoQeltK4RBooY0dPy0nSJpeYHGQ1K1PsP1BCRJSYvm0XBm9SBF5kC&#10;dFVQocADjxjWbvGc+NsmSVkwWTAXXG4UUR8hOblwYx4O0UWqd/8+oYtl8fjoQzoqDxqbm3Dl6nUx&#10;xK98TS25tpSHRgUmpwsNtXU4evgwHty7h9zsbBw9ckQ0rRKLhOC1x2KxWCzWEy8qe8iI8ogkKlfS&#10;t/U+udf9zFeXVbzFFer4VIwGs3TWEknTqbxBpSDJGJEKx/JvW/x9UplnEfX22BBhGCZosCGyKKUh&#10;8tT+NDx9JAdPCRMkS3wS1IzmKTGSTAK+eSgJTx3KECPQLI8QScW/U5OZJ84Q8ZoeBpMwQoyyCaJE&#10;GCLUZGYxUkQsT2aIXlpHMktkY2R5VIivfa/HEFlJ0mN9Eel7YFIaIgvp6vZgrLcfY0PDYkvUqGlh&#10;i8rChRrldr1mzZxOi/rGZjidUtOohfkr/EyKEqEIERpRJjkhEQP9/Quhs6F47bFYLBaLxVpaFiF5&#10;i5Q+jYJAte5nvo8yCm2LhsWVj8fflqXjpnLM4ssmqXC89PctLuv/d7IhwjBM0Ag1Q+RxiqqWOmGI&#10;6PH0/jQ8ezRXmB0iUkQYHWSMZOAbh1PxjcOJ+MbhFClq5GCWtJwXOULkP/bfxIv7I1DV2ScZIuI8&#10;rFxpDTWt1RDRe80NpSkiGx5KRISIN0pEaZ6YZENEZ5R4rIbI0sfx8j7O/UtthsiGyDyFflLIqNeA&#10;W3z0BybJDnHD6XbCTW14vT3JB6J5zzwcdgcsJrMwR6R+SVTHyGKxWCwWK4SkLItIz2lRpFzFfNg0&#10;+dj5QhlilYORVpFKMkvtDt+2h49dLYj6bKPO9bdD2YUNEYYJcdgQkTJZMkPoDMwJQ8SAv9+bhm8f&#10;yMK3DmThu4dz8e2D2QHzrYO5+O7BJPzjnjD85tAFVHT3Sk0jtrHo+pCHc5MNEbUR4R/ZuFg0RmTz&#10;YzWo+czy7QXORgyRTZGvp/oy0QLqQoLSmPGGmopmPKtujMVisVgsFis4WsmlWFW+yjdr3ogQGyIM&#10;wwQNNkQkUZbs9DaZye6fwz/vjcU/7k/AP+yPxz/si8d398QGzHf2xOOf9tzA//36DH578AyqunuE&#10;4SJFGIT2efAn2RDx129H4MjNY5abH77YsYbIiofjq8CgLjysuhEWi8VisVis4EtZDAkUIXV5Zv2G&#10;yNTUlBiRJmTKdyuIDRGGCXHYEPHK2zmVeR6omtTj69S7eOtqBt4WZIq/A+ZKBt6/no6Pr8ThdEIq&#10;BiYnRISIdAZC/Dz4ETWZIUNES71+a7VrM0ao41TReap3ebnz1ACQ1ls/dKx0fW8/qUsS/mCxWCwW&#10;i8XaDlKXYdZfjuEIEYZhggYbIl55mz7SoGTaeWDGA8x60ayTGacHBpcTZptFjFAS4mfAryjt6Dqh&#10;IWTpWpEhg4Sg4Vr9MweNRuv9JDSY02igDRBadvk2A0ceRpbFYrFYLBaLtTPEhgjDMEGDDZGlokgO&#10;at5CxohDDI06D+c6kNYHXGSE0PBi3iFbt6vkNKTrRA1Fj8jQ9bQUusZcXqTrzelwwBUgtOzybS5H&#10;3r/62Aj3GjoeDR2p36D4I1Cp11vLuiwWi8VisVgblbocsv6yCI8ywzBM0GBDZFHqLHqjiJFlxIYX&#10;hzWVJ61HC9sIEmuRet21s3QbYoi1gFBvZ+sIulTnIPiI0+UD9XIMwzAMwzDbB7WUhoiv+aEkNkQY&#10;JsRhQ2TztVKGTlJn+lvFWqRe1x8Ba5nx4Y/l+/DH45L6OPzBYrFYLBaLxdq4qMn2xMTEtihjsSHC&#10;MCHOZhoiPT09C4bIkyh1hTgYeDyeoKHethrl71Cvq1zf17TVEOEzAaBej1kNdXTI5lyHDMMwDMMw&#10;W4Va1E8cGyIMwwSFzTZEqCNO1vaX+sGkfPj4msZisVgsFovFYgVb9AKORhHkTlUZhgkKwTZElBXj&#10;wcFB9Pf3i89AGBoawsjISEAMDw9vCNoXQfsdGBjYFOi3B4J6PX+oz9dWoj4W5fGopwfCING/Ct7l&#10;1OtuFepz4A/1eiuhXjf40DU9rEC6xhmGYRiGYbYrVHYfHR0VUD2AmuVPTU2xIcIwzMaRDREaoYMU&#10;zIyFtm80GqHT6QJCr9dvKbRPcpgJ9Tx/y62G+jcFgnoboYivY6UhbYnN/C3qcxUM1PtgGIZhGIZh&#10;Qg+57KYslxsMBlG/sFgs6qpHSIoNEYYJcTbTECGtZXvqJhlbyWpSLx8IgUq9Xiji61h9Sb3eZrMe&#10;qbfBMAzDMAzDhB6+tNr8UBMbIgwT4qibzGxG5qLO3Pyxk6T+bSuxHbTSsW7mb1Gfq2DAYrFYLBaL&#10;xQp97YSyGxsiDBPiqA0RFovFYrFYLBaLxWJtXGyIMEyIw4YIi8VisVgsFovFYgVfbIgwTIjDhgiL&#10;xWKxWCwWi8ViBV9siDBMiMOGCIvFYrFYLBaLxWIFX2yIMEyIw4YIi8VisVgsFovFYgVfbIgwTIjD&#10;hgiLxWKxWCwWi8ViBV9siDBMiMOGCIvFYrFYLBaLxWIFX/8/+XufF5FiRIAAAAAASUVORK5CYIJQ&#10;SwMECgAAAAAAAAAhAEIR424H3AAAB9wAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAQwAAABHAgCAAAAvqDTqwAAAAFzUkdCAK7OHOkAAAAJcEhZcwAAFiUAABYmAWJ/&#10;dzMAANusSURBVHhe7J0FoFzF1cfX5e3b566xl+TFhSiBKIEEL+5tofSrt7SlLQVaKJRCDSvBJbgF&#10;AvEEiLu757n7ut39/jOzu2+fu5/tbdi3e+/cmd+du/f855wzI3c6nTJ6EYHeRkAu8/IqycV/Wnp5&#10;vWw/uVwuSZLJZAoNDdXpdC0dRN8TASJABIgAESACRIAI9DwBRc9XgWrQLQS8MPH70MalSCvVSLfw&#10;o5MQASJABIgAESACRIAIdAkBEiRdgpUKJQJEgAgQASJABIgAESACRKA1BEiQtIZSf9hHOBz60NYf&#10;oFMbiAARIAJEgAgQASJABFoiQIKkJUL94nu5TIYr3bc21BkbvYgAESACRIAIEAEiQAT6NwESJP37&#10;+vbh1glBQpqkD19CqjoRIAJEgAgQASJABFpBgARJKyD1/V0wBVXf3fo+fmoBESACRIAIEAEiQASI&#10;QJMESJAMlM7RRwXJQLk81E4iQASIABEgAkSACAxUAiRIBuqVp3YTASJABIgAESACRIAIEIFeQIAE&#10;SS+4CFQFIkAEiAARIAJEgAgQASIwUAmQIBmoV57a3aMEmo+g69Gq0cmJABEgAkSACBABItCtBEiQ&#10;dCtuOhkREARIkFBPIAJEgAgQASJABIiAIECChHoCESACRIAIEAEiQASIABEgAj1GgARJj6GnExMB&#10;IkAEiAARIAJEgAgQASJAgoT6ABFohgALrcL/O+vl9Xol/qpXoISPvRK+7cCJOnJsi6f1hZiJygfq&#10;jwqLV4vH0w5EgAgQASJABIgAEWiKAAkS6htEwEdAGN34vxd6AUa21yOTSX5bu4HNjQ/wpX9ju/ND&#10;+cbf+yx1th/f2CfsTHK5Vy4Plh+w7+UyBTZ8h12wOD2TJk3b+kzUeCWP1+vG+VmJKNbjldx45ztT&#10;0CWtpxZQMjYcy5oo2sv+EceJxshQLHbA55LkkWHzurF5ZW635JS8LnypUKCekkxyo6pyOWuQj5ko&#10;Cn+xkhpRcnXVizhvcF2beE89lAgQASJABIgAEejXBEiQ9OvLS41rOwG/LIGNLYfVzXwaTGTA9g62&#10;3UW5zCD3b3Xy1Ota1rVixqdVWGHiQPGCGqlTFoz85isul3kVzJp3SzKPBOHk9UiSs7KiwmS2BA4M&#10;WP9B6gbNYFUINMa/c+35hZSC+HChYLaj2JhYUsoVpspyl93q9bghqtiHTFNAjuA9/g9ZFSRzghHU&#10;FVfBaksIOL+G80k6/rdPlLX9AtIRRIAIEAEiQASIQB8jQIKkj10wqm5XE8CQv9vtrKqurqjCq6aq&#10;srq6kr08HuYwgS/C51eoWw+/gPDJDOGX4P/6rHm/P8KnB4IlB3MyMOcI34TqEa4L36u+cwaiQi7z&#10;yL1up81mrrEIEZCbfe5H997z+ON/M5nMfveMOL+vbFEsNAOUDC+BvbhAqqOGbHb3G298/Otf/z4r&#10;K1ehwO+DwutVSFyQnDp57Pbbbv3HE4/DPcOPZuqGawn2BiVLHld1VaXD4WAVkAuvC5cbPKqrQWBX&#10;QJIJEcSL8btsBAk/w66+5lQ+ESACRIAIEAEi0JMESJD0JH06dy8kANN4+/atM2ZMHRz0mjhx0p49&#10;eyQJkUvM9vYJDaFPhIzg9rMwolmKhfiTiwGxiQMhPeBWUDJvg08QeDwI4KotA+9RAR7VhcOCvSjB&#10;1jmz9V02618efuQPj/61rNKEcC+jQT954riRmaPVGo3H4/Z4XHK5glWAx5IJ/cDdI0wkMFeGP8jM&#10;F7bFdQOvvCw/v+ib9WvF5x74Sfih+DY2Mnzk8CFDhg5iSqRWPAntJZO53EXZWePHT3x36Tvw1+AI&#10;OHD8AXCoiJwHeonCfK8gH5GPk1+TsDiwXtg3qEpEgAgQASJABIhAVxBQPvLII11RLpVJBLqfAOxc&#10;mLxOp1Oj0ahUqnZXIDzMOOviqQvmztu5c09a+oQ//fkvP77vvgnjMl1u98mTp2tqrFkXCiS3Iyw8&#10;1OVyXjh/7vCRQzm52Ta7w2yxFhYWRkSEwRo/depUWVl5UVHJ8WMn8/IKZEq10WhgRrnHU1RQsHf/&#10;4eycPLPZGhoaqtWoERwGt8yFC+cPHzqYm5vjdDmcTs/58zlGY6haLYfAyMvLP3LkyIULFywWc4hO&#10;rVYpCrOyH3/ymZIqZ0xsfIRBZTRoQsMiE1IykpIS4Dyx2eynT509fuLkhawcl0cWGRGuVMrdLuu5&#10;M8cqSkrNJsv+/Yfz8ou9MmWo0aBkIWNMKeB/Vpvn2283HTt24JJLLykuKjx75pzdJYUajQq5pNMo&#10;QxSu0ZmZ0UnpktuTl5N/7OjR8+fPlVVURIRHyJ2OzZu+e/uDTwyG0LT0NJ1Oo9NpzWbTuXMXjh49&#10;npdX6HS6QADXBdDy8nLz8wtMJivapVB4z549o1Rp9CF6LqGgiErz8ouAUclcNELX0YsIEAEiQASI&#10;ABHotwTksN76beOoYQOGQGDoHd4Jk8kEK1+n07Wj9b5y2NC+q6K07OZb7k1In/zPfz6cGBsqc1n3&#10;7tzxq98/Ghafuuar5f94+i8P/OxHW7fteOzJp3fv2YeAroXzZxtCw60exQvP/1vhcd3/w/8z2e3I&#10;7tizd49Spb7x1h/85S8PpyXGZJ869rfHHvvoqxXwGYwaf/EDD/z6lusvl3ucWzZvfuzvT23fsRP2&#10;99x5l6YPHnXg4PHXXn5udObQPbt3/eWxJzZu3Iivxowdc98Pb7tu0fy1X6++9zcYTVAolcqH//yH&#10;229a/Pu//mtoxoRHH/qtzGN9/bU3ly59/8TJ41qdbsasS3/7uz/NnjnVUlHw0O9+cTqrQKk1bN62&#10;A8ph3vwr/vzoo2PHjhA+D9j+NWbXk08+886bL2WMGHH61FFTjWnStIt/++CDV18+z1ySd/9NV86a&#10;PesXf30q52zBgw//bf0362w266hRE3/34B/HjUi57/77d+87gPokJye/+tILs2bO+PDjT1548aWT&#10;Z87iWlw6e9Zdd959043Xu+01Dz381/3HLpSUVoXqFY//9c9/e/zxq6657he//W1kiMFhc/3mN38u&#10;qSh78fmnExJi23ER6RAiQASIABEgAkSgbxGgkK2+db2otl1OwJcYwWa+YlNeeeVKPiUVorA8Dpt5&#10;/8G9R48ceOPDd2+98Zqzp07c+6OfWO2uT7/8cveuHdcsumLFypX5hYVuya1Qqnbt33shK/s3Dzyw&#10;c/uWJ//2+JqVyz5ftgxZKZ9+8uGGb9Z/tPTdnTv2jMnM+OqrFaXFJXnZ2b/8zQMmi/3zr1du27lz&#10;9qWzP3j3TYfT7fZIRfn5d959j93hXLVqw5YtOxYsWLB8+Zc5WeevunLRxLHjpl969cdfrr/vvvvC&#10;wiJyCotyCwpsds+yZauef3HJwsVX79y154vPPzNXV/z2N784fea0x+UsL6s4cPT0zTfdvHvrlqf+&#10;9viqlV+88/6HVSabyN3gnghEjHldbtfUadNWrvzqqy8/zT136oVXXs/KLZBL0sGDWZWFxXK7Zfmy&#10;z3fv3vnsv/9zYO++1NSEFavXIq3k8Ucf0ut0d9151+rVK6ZMHrd9x65HH//32ImTt23fum7d1+Fh&#10;+r/+9dGDB/bJJceZs+cP7t8/a/ac/730v/Hjxqampmzbvr2otAKFFBSXvPvBq+MnTQgLD2ss86TL&#10;OwCdgAgQASJABIgAEehmAiRIuhk4na7XE+BpDn7rnLkNMN+TyBxxYz4rufw3f3jo+quuSIiP37xp&#10;c2RU9F/+9ve5c+aMGzvmlhtvXDh/nkuChFFJcqVMprxi8Y2Lr7x64oRx99x5U1x0+KkTR1wed1hE&#10;WLnFvmXTepe95smnnnr88UeNYSG7du68kJ3zyKOPz547f8L4Cf93/4+nzZrvQs6Ky/3tt98g4uv+&#10;//sZ3CaTJ43/858e/O+//z127DhjWHh8bFxUdOSYsSMTEhL5hMHIPpebzY777/9hQtqI+37y07Fj&#10;R8+dPeuZp/4G18ry5V+YTTVoWOaIjNtuu238hPF33HbzpXPmb9y2o7wan2PaLl+mO5pvNIbdfPON&#10;EyeOmzd35vV33LH/0NH8olKl3KtGjBebo1gRZgytqq48fGifx21/8+23H3704SEZGYOHDVYo5cOH&#10;p2UMS1VpZS+//mrGqIsee+KpyZMmXnrJjIf+9EBNjembDWvtdqc+JHzKzMsefPDByRddlJAQf9tN&#10;1+dmXzh25ITFKXv/k0+HjBw9d95srVbTYL2WXt95qIJEgAgQASJABIhA2wmQIGk7MzqiXxMIzGnF&#10;Mq9h4wcSGLySUq2RaYwJ8clGrVopk/LyCxXqkOiYRJ1KDYM+NDRk1OhMCUewaXyVXnVkeEycVqtC&#10;GeEG3fAhCVZrDVb0uPWe7//y/ls++uzz7//gzocf+VN2zgUccf7cmZT4pPQhQzCxFc5o0OmuvGpx&#10;UWmxWqU6fPjI4KEjBg/JQDq8UikLC9WPGD4ixBgph+0vV2lRE/xX4UW2hVeu0Gj0HhdbkGTIkEFx&#10;MZEqJSK6vCkJ8XqNqrykzOH0KJVqvQ5uDK1MKdeqFcnJCRaPzOHG1Ft8PRG2LgibUEulVLJ8D6UX&#10;2iozc4gTy5x4WavQToVCJdPqrr/lxptu+N7Gbzd8/847fv3LX+blF6i0OpwepagUXkgXNKO8ojIu&#10;LiHcGMriweSypMRYjUZdUlLscrlR04jImFBjKBqrUipmTZ/itJq3blhbmF/29RfLLr5kZubIYTx1&#10;pP4MY/2661HjiAARIAJEgAgMUAIkSAbohadmN0qAT//E56OCje+bNMs/Xa1CJUkKtUqvkKlVsLoV&#10;ytTkZLvDVVZexQbyvV6703781EmtWqPwMAscRrwX82nxF2bpddrMSEWXKdRuj+y3D/z2yMFd/3j6&#10;mY1btv7hoT8VlBRnZAy12ix5+bkeLFooOR0O27ZtW0NCQ+GzGDNm9LkzJ3Jy8/h6jR58lZefb7da&#10;sPQI7l4sQgKhwmflYvXGW71eZww1lhTk1VRV4xCP01FRVm6qNsdExuk1yKpX88l8+bKHkmQIMbgx&#10;sa9oaWC2MJ8K4BP6QlrJZdAYmP0X5fOZj9m8yKjnQ488vOrrlX9/4u9bt2x+9NG/Hjp2yitX83Kg&#10;wcBHHRFmLC/KspjMkgc1lxcVFrmcrqjIcLYyowdRbXweMSgcpSI2Lu7uW27cs/27j979yKsIvf66&#10;74WH6hk3SmenG5UIEAEiQASIwAAgQIJkAFxkamKbCPiWAlEwmaHAquQOnkPCUks8bq/TUonlNpxw&#10;GKiUk6ZfVF6a99r/ntu6ecuhQ0eWfbF64zdb1HINlAgs6TBDiAIhVEKPyBQabYhKqcIS6GtWr79i&#10;0Y1btu1KShly+eVXnj+fXWN2TJ0x3RCq/ucTD+/dvOnooUPvv/fehlXLYyMioWkuuXSmSqVc8vKz&#10;32zcvOfAkX8//+pdd91/5kyWJJdUWkdO4fkdu3eez8q2uORGTShmFtPrlH95+NHTJ4589N57hw4e&#10;373n8JPP/Le6puraa68OMeiZ/4OrETG7MGoWodYiS4ZXk2WPYJ5fPjsw/4tNR6xUeOVRhlB84Faq&#10;7DKZEx4SSbl69erbb7th/8F98ckpN97y/cKcbKx/AmkBsXHo+MkDh06VV1juvP3OPbs3vvq/5w8f&#10;OrJ7x95nnn4R84NdsfDysLAwhLVBmLGKsEXrFfD0XH/9tVUlBU//448GY8iEseMgaNgaKC2uENmm&#10;K0s7EwEiQASIABEgAr2SAAmSXnlZqFI9Q0C4BvjqHwi9Uqjj4uMwWZdKzZckh3dDpYiKClOr4JXw&#10;ylSqEaNHPf/ss/v2bvu///vxvffe/+zzSxBYBe8J/BQeyRNtVGjVwvWg8MhUXmUIgqvUCvmll8wZ&#10;OXrCr3730L33/eSzTz/99W9+O3RIRmLKoP+98N/83Nxf/fQnd911x+tvvD512qWOGkzLK6Wkpn62&#10;7IPcnLO//s0vvv+D+/793xcWX3XdoOGZamP4z372oyOH9v/0Jz/58LMvy6vtUaH6MIMyRK+8+547&#10;7/3BPf9+5ukf3PODH9z749PnLix56bXhmcNVWpVSrYyMioRXAq2RKVQI34rQenQIQBOKRCZDAJVW&#10;o8GUuwiv4q4ilU6tD5E70Ha0QpeSBBcMjp136dyo8LDf/+H39/zovhdfWXLXvf83PGNYdFT0LTd/&#10;b+36b3/1uz+cPHVu3tw5/3zy8Y8+fP8H3//+fff9ZOfO/U89+Y/x4y/Cyitqldtg0AAUXnC5KNTa&#10;oRkZw9ITHTbLD79/T5hBD6cKXDjYfOul9Ex/oLMSASJABIgAESAC3UGApv3tDsp0jq4m0EnT/nJP&#10;CHsxb4jb5Skpr7a5ZYnJcTqVXOGy2m223JKqqLj4iDCDzGuHOW2zuAsLy8pKS7F3YmKCXh9idjkG&#10;p6W53VJOdoHeGJqaGI3CXHZLRWWZ26OIjonH2hrVVRVnL5zDmuhh0XFpg9IjDDq1V3LZTSWlpWfO&#10;nddolXHxyeGRcRXVpqSEuBCd0u2yFxUXYSkPLJoeGRmZnpaCJTtgyTttlpz8ihqLIyYmKioirKy0&#10;UqvXJCbEKeUK5K/n5uSXlJRgCcZBgwcnxCdpNErJaS3MzVLqjAmJSWioy+UqKi1zyjSJ8dF6NVuq&#10;0cOXRywuqbFaq5OTonUaudvpMlkdZTXW+JhYg1qRn3UmLDQ0KjEZKyaWl5UgkKzCZI2KS05JGxwZ&#10;FgIhZq6pupBbAI/LkNRkLKLitjux4Eh2To5Gpx2UnhYTHY1piF1Oe2FZldWtSklL0Mgxi5lTiaVW&#10;LDV333htqV299KPPYqLj2CoyAXkoloikFxEgAkSACBABItBPCZAg6acXdoA1q1MECdwR3CfABQn+&#10;78F/FAhgEjJFxaxiNmjP8ipYzrabJ10r4Evhk3CxIyBRkD+ClwLRRghGEmut86+9XiS0o3T2DYv/&#10;4jVm+Rgs/91/UjlPRkEaiVeJU/O6sLUekYLCd/QvX8jf8Cmx2B5IN0dQmYLFlWF2L7bWOU/E5zuz&#10;kDGWjc6ir0STWFWYP8Q3xS8vw7c3VBhviAjVwkkVchdaJ8mUHl5vFfvCw87HclX4KvUs/0Qp1qXn&#10;hbA8E971fHFfohuyGcr8i8SjNkh6R/49S7RBjaGxZC6Z15V96vgPbrvr+tvv+ulvfof8HPineHq9&#10;/0WCZIDd0dRcIkAEiAARGFAEKGRrQF1uamxrCAj7HEP3MIyRQuHbhDpgU2gxix8aglvMbOorBd8T&#10;G/ZWKvEfZk+LTBSuLkRKBj6CEwJagAsUqAA+GxcS0yEioFWgfrAjP4ec5Z2z8lAFNqsVdkUcGDLF&#10;lVwJ+GRJwGvApvTCTphsi9eFJ1/47fegPAwumfC3qAHbgoRE0HRWvuL5LkKusGqwyvBSUQc2b5iv&#10;Mrw0VigUhk+NMJXm34ROY6nrjBE7EKIG0WJ8/jImubg0Q06O3frV8q8rza4ZMy9h85qJFpAIaU1v&#10;pX2IABEgAkSACPR9AiRI+v41pBZ0GgGf0R1sC8MqDjLwmU3PrGufU4HNplVrfgfscL52CfcLCI8B&#10;3vHpqXy7chs9MKEt24WfBL4Q5h8JuEGablWjxnqty8NvzfuEldAEwovBp7USGkGkjAfmseJ7MI0E&#10;lwffuCsHgVOs9T4nj6iRzyHE6l13Ut4AFDZ1Flc+TCuJEjgb9jmbX5hXhmktoXcUao9ME5WQ9sjj&#10;j48aO557XficXoF6kzLptB5OBREBIkAEiAAR6I0EKGSrN16VRuvUp62yupZr5zPvlJCtNlZLRGk1&#10;ell4xJe/OB7zxafb8jk3aoORRLX9prdwpIhDG44U1ENY97zBX3a8ozRXmpg3LPBqoI2audJNVwwT&#10;EDudTvh21Go1mPgmJm7j9aDdiQARIAL9n0C7fmP7PxZqYd8nQIKkz1zDPh3DIpwHXffq3YKkXut5&#10;gkZAiAQttcFbIQK6fAuY+PeqU4Lfi1IrZRqIhLqSoTHudbVQkMIIOG+EWOKxZ0Gvzhck/vmHWXyb&#10;OBEtP9J1dwqVTASIQN8mQIKkb18/qn2TBChkizpHdxDo02qqEwAFR3PVLY5lt/MMd99/uD3e4Ix1&#10;HkE88Kr2JXLfg7ZW1bdeASKYq86ZWYBVx70tLVemNmrMX6eWj6E9iAARIAJEgAgQgX5EgDwkfeZi&#10;9gObvuv8JL3dQ1I3CCrYQ+Lvf8wxwX0FIsGj3khB5/slmuv3wXFk9ffr3pr0mbtzAFU0cK810+Yg&#10;/1sje7XoAevI4R05FnXtyOEdObYHT918tfkISXMDEx1pda89dYtdtCdvePKQ9CR9OncXEiAPSRfC&#10;paLrEehbmqrFh2Vz80BxzeFvr9/74PNB1Ho0BJ9a+198UycDRXzfkqeino+kzf6SoAsV/LSrryBF&#10;TZp1yHRiTej+6X0EWnFTtFzp5gvplFO0XAnaIzAW0qze6EHTvAdP3ZHeEejAtU7vjhTX8Ni++RtL&#10;93Xn9oK+Ulqb7gLykPSVy9p/5kHtCj9JT3hI+kzPoYoSASJABIgAESACRKCbCbTGox6oEgmSbr46&#10;HTpdS+PkHSq86w6uV+1eLkhw/xQUFJhMJramCBbxY2FUjYBvztuDOX+D/B5iZuDaWy5oulx8JUKg&#10;2nRlu3TgsOtGr0WGSDPdjIbQuu4e7JSScYEwH5ooqt6tEfzUCezT1EkbdoM2XfrG78dmu1anNJ8K&#10;IQK1P+NiPkT/PBweDyZ2ZzdFMKLATYHPRacVt0ZHfsDZc6fpkK16z5rgyrR4V7Z4cXFqMWl7oy8+&#10;GUtzZYBGU9MnAogA2OKrTRMwtulXpcVT0w6tJBDAjsvqdrsjIyNjYmJUKiwh0PKLBEnLjGiPDhJo&#10;KEg6WGDDwzvRQ4KiTp8+rdPpDAaDeHI0+iPYzFNBaJVAsgXLVw+qcbCSET/iLBCqS+cg63TcVOAA&#10;INDQusKtgdmZcVNgduaOGFVdCq95w6ueKm5TOEHDn4I2GXkdOXVDMd+mUzd6KVt5FTr31G2qdkeI&#10;de7FqseqYbdxOBwYwNJoNA2NYGGIi7a0tb81co0aS0AM3q15VSD2bIeljgcUX4+r2RGl1o2rNfrT&#10;0cqOETwDSqDVDZtT7xTtaG8r7w7arSljDH0e19RsNuNaJCUl4e5oDSsSJK2hRPv0dgKdIkgCzhAI&#10;EqPRGBISIn67Gx+RbVpCiFGyYEEiBUkSEiS9vTNR/TgB8QgJfpbjAeNyufCkwXAXCRJ2j/v9Ra3p&#10;Mh0xrztXFbTJLO7cU3cbsW4WJBDquF/EMkoNzd/eJkgApylV0Iztzr08XSVImlEXwTdX+352SJC0&#10;5geqE/fBZcKdjpfFYsH7xMREEiSdiJeK6u0EOlGQoKhTp05BkISGhjZodu3PMXfY8/8L1z3flfvT&#10;2d/44WZLtftitcRnta+APySwznvrhpZ6+1Wg+vUnAuLZH/wsR1gFDC+oERheXdrSRg2IQExWg6GA&#10;unePV8LfYh8+CUOdb/mM2bV1Dz4Ru4dbug87MvLakWMbWpBtsrHo1PV6cmt6bzO2b0P4QpCIuJSA&#10;JgkazhdzsyvF9O51Y3hbrovoleIZE+ihwb04UAQvun4nbtCpRfXxT0vdvW7VWgjZal2r2tRvG6Jp&#10;+KMk9mm+h3fwpC1fIdqjLgHcCMGCJCEhgQQJ9ZEBRKBTBIngJQRJeHi48JAEvYJ9G8Gf+xdiF7+M&#10;bOZe5tzmv88iLpb9yfVJ7avWZmrd7/gAupbU1N5KQAgSqJFWBgS3tx1eydtIQDkbqucmFBMcwS8m&#10;92s/UvLvxWCAMOHY6IDfz8mHDBqvF9ufW4vNvNpkpNYrpyuObWUUUFOnbs3hHTmW028caFefuvmh&#10;9OYt1BaH4UV3ChSC9wjZghskINQDuSK8KPQs5i/3ypRemQIyQMG6aGuDdAM9NtjNzh4qPrAor7Yo&#10;3ufr3A51VuH19UjfIQgl49PM86rxOyUo87GRm6CZe4cV0fomNfu70Fbx0NCDxypTJ0q6PSFq7f3t&#10;ouNqb3k8L+AhwX1BgoS6xcAi0OOCJNhD0jZB0lIu4MC6kNTaXkwADxiEbEGN4BnTpuzSNrYp4Fps&#10;/LgGgqROJnGwIIEZKKbcDhTUQaOqrdZSGxveyO4wbduNOvCr2L5q9OCpAwKyHTXvYKubEVHBlfF7&#10;GZgywctms4kcksYqLEamIA3aJkh8qsavtrnXvc6La5IgQYJBL6gCb+1uXJo0VISSuCF6pyBpKCea&#10;7wOtESTt6EV0SDsI1Ltt2yFIaB2SdmCnQ/ongWBro02xzgJHw8x1/Fayibpo/p/+2V8GXKsClnHw&#10;8LCv8/M4laAYFWYndI/5zs8iRoUDm7gfkUzctqCUXnhF261GhGHd4mB/M03uwVN3pNodbHUr+4A4&#10;i6iniNFqfW+vd1S9w/GnmOCx9iVHR4Zrpc4ryLXBVTacL0pmzgXvVtdPUHs4TuHx4BHHZFKj7YUp&#10;2fhLwnGNb5Kn3pq59QsONDP4DasEfwVDaObqB35kAvvgExEdFPxq5UWk3TqXQEduW1ETEiSde0Wo&#10;tIFAoGUrhznp+eS/PHRS3lyIS8uFDQSk1Ma+QUA8cgIWVcAaY88S/5ynwraAfdB6E60jjUeOPU7O&#10;Y60wPlx7OyHwC1VgVh2MuaZMs46cmI4lAn4CrTXFfGvjNgdO3Eet7LHC1cG6uILpf3HTBdSRvGlB&#10;zqf98n3d8Fx4YDXyUqqQJtP01oIxGZBwwW/EDBlskgx+owaPaDTKSIi0ViYkUPfscwRIkPS5S0YV&#10;7lkC4tdfiV/zBkNWPg85i+LFb71SIbk9FrO5vKLc4XRyR3rDQS4MIzMDjzv0ae7fnr2ydPZWEfBr&#10;ErYzs3/wf0liUVwyhQrzDKnUGpWKJ+9iopV6Ie08s9d/FwTdDL57g38SlP3Bq4P9FUxn8LLEy6c6&#10;+J64r7wyDLC6PTKPJEdNePlsTz5gK5lM1Va7hVt4/qP9Z6l3N/IbsOFdGqhPC4FkrTVJW8WYduob&#10;BOoZ2U1Vmk+Y64X5zx0fXNIHXBOBXoiILoVKrlS7vXKnx2t3ues+EVj383sAxQ3ge2qgKKvVUlRS&#10;6nJ5cPdBMQgHC24C5rXw3w/+7sv8mChZjBZ4kc/C3Ph4XHF9gj/FHSbGFPjGdmT/wd3M37ONvfVv&#10;eO/7Jrj5ojR/3jxrpE8nYZyOl1tnZ9/QuBJjd/7ANp785U9uYY9cOIAUKjSosqoaGTuN3W6sQbyZ&#10;InGmTi5N3+hPA76WJEgGfBcgAK0jIPzz+KnHT15+XuHxE6drTBb2wyp5vMz3LZ4XCo9XjidJdl5B&#10;SVmFy+k6deL4hx99UGWpgeHEst35g0j8omP0VthasOQQzuvGQ4I/pVrjMml0tKl17aC9iED7CfgH&#10;U5mBglJgdECKqNGDJclhdezfffDAnn0njx4zm8yQBgqZSo7EWbfETBB2l3hlbrfTai0sLKisrmH2&#10;CmbE8ip45IjC4zMjJIXMzRUIc3dw3S+pJbdScilZbpZICGHGE590FzcN26W0vPqbjdssVrtKCRnk&#10;tFlM2bm5FrvDZrN+/PG73367jh+COY6YHQRLiY0O+ISRiKdk3+I7VBB1CUrPradGmtMkrRzSbj96&#10;OrIvEUD/5DKE9yYFVv1zuc6fPZOVdR5LxSkVSnb3MC0txDZ7LHjc7uLi0vzSKrtXlVdetXHn3iqL&#10;jaV54BZhNjybOsUnEzwu3DlKOXzv+C/7KuvC+SWvvV5cVuV2eZXs8cJ6MYxzFU7EblSEczGlzQrB&#10;7ejBQJkEs37z9u0FpWVuN9PxGDxDPblXH7cydsdtzTZ2i+MJBZXglwfYmd2Z/C4UI28K6Ajcxiw0&#10;Gf9ntRIeS8mLs+MXgN/nOAo7ylVKRJbJlSoFhAdK5RKLqwebxZZfUGwyubwyjUyuxqMw8C0qY7c5&#10;CvKLHC7J4fK++dbb3278lruCWPPxH5wXdWas2X/wS6KQZEzYsEcuALfqidqX+lY/rqvykUce6cfN&#10;o6YNKAIwK/DzhImAkFzYvomAxLhLeXm5VqttkKHIHy1ymd1qe+3V175asSY1bUhyUiLsJIww4Sin&#10;y4OhKfww4807731QVVM1dHAqDDF9WHh0XJxWrXQ67F4Mf8lkWq2ajeqyBwVGkb0ujO6y8WW2kBCT&#10;O61RJAPqulJjew0BRHvzeInAWm/Md8E3xflzOQ/+/k979u7es2v7yRMno6NioqOisTMsGJcbq5fA&#10;UoK1IpUUF7/38ScylSY5IRHWlkalYc4NpsphzcB88KA0HATDAgn0kscJfaKWedVqpd3hUirUHo9b&#10;zgaAYeA5MKLscssdTk9+Ycn/Xnp51szpkUYdRgwKCgr+t+SVxOS02OgotUqWmJQSHh7BLSJu+mH9&#10;YA8GDXg6MtQOi7xHc5QOp4vJIOYARVV9jst64Pm4L736OYF23G2QGUzU1q7+FvgRZ08NrNpTUVn1&#10;z3//5/ixU2PGjgvRG/CgQidkWR9MaSiRmKFSyFevXnPqfG7KoMHHTp5etWrNuDGj8BjSa7XojR7J&#10;iWwLFswllzRqyAcn4pZwe8C74ZXcbpdDExI2dMhQg17ndNrdTPrLVEoVN9DhP7GibpAEKnbfMK8J&#10;7uIaU9Xyr1fHJSQmJcaquRZxuDwKpYqLF2bo43ZAuez+ZdOCsVR5JnQ8DrnMzR0RcrfkxZMO9wru&#10;cOzgsDu9LHBADNzhroSbR6ZSKeWSm51XqXK7PS6nQ6vRQo+x5YxUSsyRAaWCT9wez/FjR9es+zYh&#10;OS3EEMIxSl63i0sMdi6sDLZixcro2ISIiAjUJjExISIqEv5Y3L/wCNmtdgXzzcJ/AqqoKgLLcGKW&#10;4M9HG9pxPemQTiAAYwwXGt0BKyi0MiGNBEkncKciegmBLhUkfCQGYzKe7PPnli/7TGsIx4DN1MmT&#10;ZF53QX7u88+/8Mabb586cyo6Nv7M+WwIkuMnTqjk7ojI8C07d6UPHmK3WN55e+lrr75y6viRhLgo&#10;Y7jxsy+++uKL5Ru/+3bZ558awiMTk1OwwIOwdxoEd/USwFSNgU7AL0h8GSN8rNSDDXdGcXH5jh17&#10;Hn74z9/73rU1lRVfLls2fsJ4s8Xyxuuvvvraq6dOn9mzd6+5pnrfvr0rv92+7+CxjEGpWoX300+X&#10;Pfviq3sOHomJjomJjkacI8ZUK8tL33rvg/88/8L5s6e2frdOp1JERkW9+OLL32zcvPTdpcePHxs0&#10;JB0jDnv37nvu2SUr124oq6iuMVsumTk1Ktxgs1YvefnloydOnzmfFRMZvv/AHpvNHhub9MYbb65b&#10;v+bLzz/duXO7LiR0+fKv3njtFXNV2fBhQ+C7Wb123X/+++w3334nV6lTUlJUbLokX5BM3UtO1s1A&#10;vwUabX+zggQmuwJi48jR42qVNiExGevE5eXmvfHGG0nJCZAQGzdt3fDN+tjYqBdeXHLg6Cm5WqPW&#10;aLds2ZJz/vTS116vqChLTknGhMK79+xBF/36q2UuK4a60svKyl56460N322qKi+F+b7h282DoGSO&#10;HF76ztvLv/oKyjklOaWysvKTzz5ZsmTJnj17YMpHRUYeO3LoxRdf+viTT8vKywpLykePGZcYH6NR&#10;yMpKS199/a3Vq9eVl1dERER+9dXX2G3ztq2hYaHR0dHrVq5c9sXnGzas+/DDpVZTZfqgtAu5hW+9&#10;+96mzVvNNVWRYYaN3218+pl/bd66Ta/XJ8Qn5OTk/O+ll75asbqqsnLI4FSXw/7xJ58/++yze/fs&#10;RR3weu+991as+nrlyhVr16zT6ZgC+fyzT77ZuCUrr3D4iBG5uTn/+dfTXy//4vTJU/v27TcYQ9dv&#10;WLd+7dpz53LiE1O2bdtWVlqSk5117tz5xKSEiorKd9/7QK3WWiymDz/86JVXXz90+Eh4eBhOBCFE&#10;gqQHb9d2CBIK2erB60Wn7ksEROKgx+k4fmh/Unz01dcsOnn2RHFJkc1u++CD9001Nf/34x8rVepD&#10;R46FR8akpKZPnDB+woTxGMctLyuz2RxffL78+IkzP/jB95Vy5wdLXyvMzy8oKKwxmWbPvmTsmMy3&#10;337n7PnzbPxVgdARMnr6UscY2HVlkSCY1ZR7+BChodDrQuLj4i5fMC/MoD9x4sTXq1YcP3787rvv&#10;SU5O3rFjJ8Zbx40fl5yYPHf2/KTYmM0bvz164sQNt9wWF5e89L1PcvPyENzhsNvXrFq9acu27//w&#10;3sTE5GOHD1VUlDhdjiMnT4ZFRtx6+y3FZSWrVq08e/bMe+++l5KadtXV11oc7vKKKuaEkXsxKDt/&#10;/lydTj11ytS0NNhtFSZTDXTU+QsXQgyhV1xxGQyXJS+/agg1XnPN4iOH9+/dtW33zm3Lv/gMR40e&#10;M+azZcuPnTjFRoNpVGBg9+xObH2N2bx1+46ZM2eOHTP2+LHjbofL6XTl5+chqBA3jslkys7ONYaF&#10;ZWaOHD9+3NixY9VaDYalMjKG/OT/fnT48MEDhw6eOnP+1dfemThp+hWXX7Fq5fKd2zabLaZjp09b&#10;Ha7U9HRYflnZOYWFRevWrQ8zhi1cuBBPF2ybN20+c+rMXXfdFRcX9/HHH+/evXv5ss+jI8Nuv+3W&#10;0LDw8soqFlvFEuGxvpD99Omz8DCkpQ/auHHTvv0Hbr755mHDhy/78ouc7OyC/Pwzp06Pysy85qor&#10;t23dvH3brspK05GjJ3FsanLSoYMHl3+94prrbxgxfMTatesOHzm8YcN6nVY7Z+6cyurKouKiNatX&#10;Q4rcdONNWI/iq6+/Pnf+HF4Op33OnNlY7+vDDz6uqa4ZO2rUsGFD58yf6/R4Pvn8i6jo2BtvvBE+&#10;Gvx6OFzujIxhQ4YMuXT23MTElKKiYskthYUaTxw/VlVdkZ2bc+bcuTCIoo3fXbhw7tbbbo6Ojly9&#10;Zm1JSUk7psrsxItORbWDAAmSdkCjQwYiAZ7PJ9lt1uNHj06fPj01JSEuLuLoicNlZaV79+69+ZZb&#10;Z1588c9++vPLr1icnJoaGxs7GONIqSlulxMedZvFfuL46R/84AcL5s2+5urFhw/tqa6qghd7xMiR&#10;M2ZMve66q7AII8wmOJcxGSMPRidNMhD7WB9ssy95lCe3IwzejXAq9F5MxYM/Kisw8Fp6w003zZs/&#10;b/GiRRnDMhCVnpqaFhUePnZUZkxU7Lmz5+0uZ3ZePsI7Sisqc/PyWeiI3X5g34HFi6+aO3fe1ddc&#10;N2rMWNgubsmdnp46ZdqUiy+5GDZbBXshDN503XXXX7Fo4aJFl4sYDURkIdJy2NChyO4dMWJ4PFYI&#10;VsjUSoTMyKOioqZPmzpnzpxp06YlJiVfc+21U6dOjY6Jyr6A2P7TVTWm4pISDBBUVlYVFRbyqbob&#10;JsXSXdkHe2jPVDkoaVsuhxgur6ocPXpMUmJCfl4uRq8Q1GQ2W0RgIJsjRakM0esR4ggxP3jIYIQh&#10;DR6UNm/2pZMnT4yPj7HZrWfOno+NS5o3//IFC6+cOW3GkcNHbDZnQlzStVdfPXbsGLVag4wqQ0hI&#10;RsbwyuoqhByPHjUKz5Tz589bbJasrGyLxYpI5lOnkfdYM3/+ZXPnzZs9e+7QoRk4MdyDiKVCQBdc&#10;lIuuuGLMmDGIj0KUV05uDh5SuH8rKspRyVGjRi9atHjRlVcNHTzk9KmTJos9ffCw6665euTwDBTr&#10;VaiLSsstVitG34oKi9LS0oqLi3Nyc8eOGxMREbZ37x6n3Z6Xn+d0OaFtCgsK8FuB0bp58+Zecfnl&#10;UGW4W5OTk1JTkkeNysRviMvlvuKKy2dD0Mydm5KeptXp0wcNiomJGTN6TGxMHOJDtWrtiGEZcKVm&#10;ZWcdPHI4LT0dYyIFBTkymTsvJ8tsNuEWrqmqotu1Z/p+B85KgqQD8OjQ/kUgeOKOhiGPzN7xSPm5&#10;eWcvnD9++sTmTd/m52QdO3HM5nQaDeEYj0LU7PkL+PHPwmiTJJeqzSYWhuuRVCqtWqNXqjT5eTk1&#10;puqi0iIDAmERBwyHC5vuEMYb8nptcq9b7uUB9Ox3tN4MQP0LNLWm7xPwZaMybx7yRzUsYVUphYVp&#10;zRbIBNPu/QeKy8pTk5M1cllBXl5NZVVlWXl5SQlCvZHsjpB3i6nCZqnRaHXhYZFQGtHR4dOnX5Sc&#10;nAhDTaNSR0XHZJ27YK0xw6yBoaPRhEJoICMWK0tLLmSYaNVqnVqjg+4pLimurCjJyz2nQEy7THKx&#10;NRJYWL7b6ZScSIW1uex2yYnAdzacwCYAQwVQCILUcUNqQ3SaELcL1Y7AgHFK+qDBgwfNnjF1KIac&#10;3R5kcyGHXmTo+jeycPp+x+2mFgjPIQIaFU6n++CRo063Z+tORCruyT5/Kuv8ScnjCA0xlBdjcgdr&#10;aXmlSqNTK3UalVbC3nYn0i0wLYRSoUFWOjohMkiMRkNlVXlldTkm1CoprggNj1aqdFqV2gBXIMvy&#10;8OrVmlC9AYJk3rwFDrvr048/ycvJUamVGrUuJSV1UPrgyZOnpKcPhrcBwruivLq4sNRSXeNmiR44&#10;A1yLUPRIp8IsXUi/VOt1uoT4+MFpaZfNm50UH4N2mC2uwpLKqhprbmGxITxMZ9AosatWiwelIcSA&#10;GyUhPjEhLmHm9JkYiRsxPOO6a6/Rq7Ufvf9BdlZWWJgxPMwYm5CQmpo6fdq0VAQn4+cCKoc9HJVO&#10;NkufhEwwK56YVrMCeSBOZ15+fo3ZVFJeVl1tYpOPSQqXwwEhhzQUuVeDJPzIiDCDVn3yGByox1Fm&#10;VGQYUIfoQ5IT4tIS4mZOuSg6KoqpPTENn//F7meazrJbbgH/7NPs4rb+hCRIWs+K9uznBJqfJwe+&#10;C0iOvfv3w3ZZdNXVCxdefsP3rj9w4ACGam+7445lX3z597///cUXXiwsKER2XXpq6lfLV2zZsg0O&#10;D7OpCorjqqsXf/bZp088+cRHH316/fdujY9LrCwvt5pMbIUqt9dqs2FcCJYUmTz9vJP1o+YF9VU2&#10;iyjsij37977+5usPPfzntevW3fuj+zJHjZp18cVfr1jxxN+ffHvp2xVVlWarBVM5wGPx6qtLLuRk&#10;zZp9iclcs2fXjlUrv05LTYyJjUI+LSyixYsXI1Dl6X/84/XXXjtz+ozD47U53WWVlbAvoPCRw1pZ&#10;VhkTGT37kktffPGFf//zmW/Wra2uKEOGK0vJVar1ekNUVPTHH318+OBBE7weZgtGXWHN2KxWKBbc&#10;xcgq4XMNsfcYnh4/fsKg1LTvvvlm+9ZtWq0OKbMslYuCtvpRX+2RpogHSk1Nzb79+xFGhV59+eVX&#10;IEMJ+SEYjBo9ejQSLf79739v3LSxpKQUz5eExMR9u3d+u36N225BLrgX8zfIvEgER6Dj0CGDEhPj&#10;l7z04jP/eKqguGTO3PkQ2FXVVQgJxkIeSG/Mw7RyZoR+Za9Zu+706VMOuyMsPOySSy+BQN+8efPO&#10;nTuNRuOY0aMnT5760cefPfvc8598/HF+Qa4M89SxF5tbxWYzYcYI3MeLr1wMn8nadWs3fLcB6SzI&#10;7IJAQoDxm2++/dhjT2DK3UkTJ+GxVVpSbHc6lSrV9GnTw8Ijv9343batW+HtSUpOOn3q9Oeffpp1&#10;7izimeH5QcNNZjOyJdeuXxcWFhYdE11eiSkocWo5SkaIAbxE0bExJ0+ffveddzDqh2jnd9564x9P&#10;PbVuzdqiogJkzIcaQjC49+XyZSdOniwtLYbLFCGXmB5gxco1SBQBHMxaMX36NLg3EZaGgLHY2JjI&#10;iAgxqugfOvHN6t3Q79kjfYNO2igBORx5hIYI9HUC4qefzSUiYeUBE2Z10Ol0bW0US1vn83SdOnUK&#10;sa1wedcpgYdslRYVYqLFqNgYpVprMlsLCgsT4xM0SmVOTi7Gr4zhEamDButCQiqrqorzC6OM2pjI&#10;sKLSUiQyIsa+oCC3qrI0MsKIpEatLiwrr0Sv1STEROOM5/LzYuLiEBeL03M7rw2DCm1tJu1PBNpH&#10;AB0V5gjya3E4okr4ujlsojg+647CYnFcuJANax8DtoivwAgr9sTM11lZF8xWs1qjgVsjNjYa92Z5&#10;ZWVxccmg1CStTnshJ7+0vEaDwd1h6ZFhOiRpYc4frCty9kJ+WWWVXq8O0Sjio2NCjOHYE6FWuCsr&#10;kC9SWZWcmlRVU51fUIK8qxCDEbp+SHqaDh4ZiQn73PzCGoslKSnOYqrGpEbhEdF5+UUREeFhoSEI&#10;nS832Qalpys8jprSYsxsGh0XX1BWkZ1fAD9PUhJyjhP40IDIIqEhgvZ1loF1lN1uh/nbYGJGNikt&#10;wp8w7VtsfBw8CfAMVCP9oqoiISHZYnPkFxRizig8SuCRQMxSTU11QWFxiNGIvxHuODg5SadSlpQW&#10;q3VaY1g4pm1AlojdaomPiUpJTsYkV/nFZYgNDjPocGBhQVlsXDzUS1Fxgd1mhyqIjY3D4ywvvwC+&#10;SbgO4hPi0f/N1ZWFxaVWqxP3kVKj4YnuYWrMOexyZecWQMaHhYdjZqSy0jLkfmCOlfi4aFj277/5&#10;flF5BeLFMGcdnmiJSUkWpwRPaExkZLhe43I5Syurz2XlapXq9LQ0zE1htVmQmG61OcMjwpPioxAz&#10;WVxaWVBcHKLTpSYlo8DislJ4ZXA7YmggKyc/Yyii1BS4ly1WV2pKmtvrzsu94HbaDIYQBDanpgyC&#10;JikuKqw22VIHDSkqKAgLD42NCYPz83x2jsEYlhDPJrGE+MnNza2sqDQaw9LShoYajfwWDlq/SGgv&#10;flfTyF+X3p/CHkPmnsViQSdMSkpq5VqWJEi69LpQ4d1EoDsECQ+jYuYJbB4MLDFvvAqZvLjr1Ao2&#10;TyImHMRglZvPiM7igjHpIVubChP9srsTMx9i0BUBsvgI32IREi8L2MJKDWyidiebjZH9SLIp3UmQ&#10;dFOvodO0jUBTgoRPoavC7L2IBXd7nHwRETYTti/gia0MgHgqvHATMA8+ghThnYDRz/Pg2eIICBxh&#10;82vBesBMpuxIBSKz2HyoCGlki5BgYQXEd+BPNg0dslPYdHcyDOe64A9BrBhUPMto5yswYGiZB1d6&#10;MREoJibFMDO+4quxYWEFREfCmSNzYxUH1FFyscKhQtQaO25MFh3D1k/gq6OwZR84HQoiaFsnGZh7&#10;NyVImGTnL/ZIwHy3+A8eEHz9HI8EKa1CNgWb850vj4PHCltwna3gw3ZmK33ibsETBGUgFUqjw5oh&#10;CDhkIVasF7Nej79FiC/uG4Raoetyzx9bIVE8q7APtDqK5fOA4S5DTTCggOl/cUMo4CfEbYOJItlN&#10;xycV5oN6bBZsZJbg7vNiumG3++3X3jW5XPf+6N6QEA3Cp1idlVp2P7IZjZlbklURZbN1SJhrEfcr&#10;KgKFhvtajUBLHMAeeri75MhYgVMFc/PCCYMxDfYolLxsOizeHpVCiymL3Ww1IOzCNrhoWONRT9SW&#10;zeiLczKCTFOABrud2TwWfJ16zpn/zsALy8cWxV3MxhkD3ZIEScfv0OZjSQLftkOQ0K9tx68OlTBQ&#10;CODXjq+bJlZqZz/MwsgSTx3+LPGw30L8DVuHzYXK1pliIbBcY3A1gt982EUasUQufkzxo4qxLvyE&#10;M8XiC3alBJKB0qP6dDuFB0EsiswnxYbZADnhW4kg4FrAhxDb7AZgL7aACcZjWVoG7gu+rgfuDBYk&#10;Dn3C1DgEApZFY5N2QT6wKR5gxsBugwsGqx4y00YoFnyMVdZwG+LMHmaOSC5mwfAVEmDnsZwWVivc&#10;fhA/bL03vkAcKgLLCPYcX3COyQ0sSCo5kNTLRgRwL8IG8q/7xq4NuUf6dA/tFZX33w/MkPbfAliC&#10;g90RfMUO9uLr+wm7mS3mh1sC9wib3gR9VaWBBY/bBPOjsIU9sfAuFhJhG8u9YA8NiG18DqHOniQo&#10;lisTdrux7g6jkN1hotvDmmeLHIrnFfaFDmGPLSUW9GDPNKQzMjXBFv9l++MoHIvbTpWQGB8ZFsYF&#10;P5P6+Az1UfP14Plyouym5ovQQ89DaeADLEnCHovsE1ZVFl3AVm5nQgtKjDUDleQTuLDqYOEUrMrC&#10;hZUHJ0ebfEuzKzGUgFawdYfxL3uLHDL2J2svG/jjTWH3Nn/5RvP4mo3sG9/C7f5F4n2axbf8vP8v&#10;+m+bCXTdfUUekq5jSyV3H4FO8ZCI6qKoRkO28GMqDBR+LvbTHKwb+Bf8eDECw/8NmDPsAK42hEHG&#10;96uzBGJgllGygLqv09CZ2kgg4CFhQsLXjYP7fSPFwbCA4cPlOhsK9a2Lzm0x397MxPHJmOAQKf/N&#10;xOfaZhZO4MZht1ELFWcGChs35acOxGywM4qV23jQPBvBZWrG76jx3710C7axW9DuMhk8JFgYR0Qz&#10;Nj9+7JPvbCFz5jRBB8R/2BODdUsxol+ne4v9WXa27+nCfBz+h43QMI302GbqINwF/h18xwa5EMRX&#10;4nNfUAAmBLM7HFjJhC83LAYixCrpQr0zWSUG6vgzLlD/2ohHVkvWBKaDgusrbGFxY/JdfPVha34F&#10;PWD550HJ6f57VYiQIAdI4Blc2yk5wDp9lOK1uuGWZT+tbQ/ZIg9JN1waOkV/IMAHpPgYL/8JbejF&#10;EE8G/PYF/q3bbPZx8ORdwY8R9nNO47H9oZsMwDY023PrGEv1PYDsRsJcvfxVz7TyFypMteA1sFsm&#10;LMwo5lyBH9JnxvkcN9xVwoaHRSl+I6/lMmkPItApBJjvgsUuMRsbNpsok/8RKL6BwPAb6/wLoQd8&#10;x3FV0MirmarW1SqitDol+O+M2rs11BiKzBA4WJieEI8/Hg0l6iX2Y34a4aaofQU1hAsM9vSs++QU&#10;Qxv8sej3aoj61N1N+DrqvfhtHqxGOMgG8iyYl/+W75QrSYV0PgESJJ3PlErsHwSaGmQKDOr0j2ZS&#10;K4hAlxIIDuBueCLcTS3u0NbqBQoMGusVpotvbFjc2oEbvLHhhbaek/Yf6ASad4wE0+Hmdq2x7tME&#10;jYxxtQdpa6rRmn3qVpiNdgdkfOCrgI7h43TN1VYIJ6Eg2tOqJo5pbWl8wE9sFIbZifybLyrwk9v6&#10;M5IgaT0r2nNgERDOkIZtbsdt1g5wrf2pbUfRdAgR6BYC6MN+j6IvMKPeWK6oReDDRivV0AwK3Bri&#10;Tmx0hNj/uYjXYhtLrEUYus/Dyb0k7D2fIoy/8W++qnYLoe44SSutz1bu1h017oPnECP9ra04N89r&#10;dxZ/Nm/Rt7bo+vv5PIMN/tPW8vw+zDrH1Su1xTJ76qHml3x1vEst1pZ2aCWBhhaR+CTI9d3KkmSU&#10;Q9JaUrRfbyYQGH2BkdHuaX8D5pHIIdHyVZ/qWT8BCLXDq2Lgp0Ggap1I2SAvu7+Eek+vunHD3Mxq&#10;x883eW96cy/tW3Vr2P3QuzBNPOLIW2N+iWdSQJAIhSAIBB5gIsCjRYWPqC4Rge6PbOc3S2tHWuuE&#10;bNQbIa0XzhEI+WjKOg9uRV+5mq35GSE10sGriemwEdHUmhwS3nODf/xruySinvzT1NaJ3wru6XxZ&#10;vxa6vpBGgZtL3GL1GtiOJ0W9+7RBnwlegbBRnM2lftW7MVvKEmvb5RLND/79Cf6zbWXR3g0IBDpG&#10;oJsFehem/UU/TEhIoGl/qeMMIAKdKEhA7fTp05hR3mAwiGFUcZvV+02vb1Q1gM1mFuJT/gSMsLq7&#10;1H3KNHGtWmP5dfxJM4A6CjW1XQSEIS4EiT/mu7mCgmV8u07Y7EH1IszZbBPBL2HbBEy6BqKjhYr7&#10;Zs9rdK/WGPed3962lxhsLIrc/ebL6CvtajuJbjrCZrNBqPOc7za9GkqLxnzyQUW2cCFbd3LxWAnO&#10;9xA9pIP9pOnDO9q/OlixRgVJoL3NF9581TtYsX55ajGWKp4XECQY2E1OTiZB0rpbk/bqFwQ6V5Cc&#10;PHkSU/RiBbfgYaSGgkSQa+Y3JfgXv00/yfXsibZeohZ/JdtaIO1PBERXx6Jpwm3YygCVTu+KsOAw&#10;c1dwXi+bSqv28jQMEm+DIBGjDM3UuZ5x36abuke6kPgFa6Xd08pr2iMN6c0nRTeotw5JK4F3RaNa&#10;c8cFDPTAzvVM9vap8dacuqkmd6nd3zznDl6sjhzedceiyR1B2pFjA7TFLFthYWHp6ekkSLriZqcy&#10;eymBThQkKAoekvj4eAgSYYQFCg9ufLB3siko9X7uG+7W1G0f/DsVvE8rf/FbuVsvvZZUrd5KAP1K&#10;OAwD7sFmatoaE6cdDRWxF3UO9M/z4/+wXjBkGwSJeIo38zDuK3dWoJ5CY7RYbdHkulMktePiDKBD&#10;6nUSeA7xCQaDBYJWGpotXpcuBYqzBySoqEmL9em6W6ODFnCLFUPTArd2vUjRQBBEO2RYR4iJO66Z&#10;mncdk+avdXDHaJRJi60OHFVRUQFZAmuKBEmX3stUeO8i0LmC5MyZM4mJiUajMdDIphRCQwqt37OD&#10;D4DedQGoNgOAAPo2ni7CiOnJ0fR6YSutTSbpqivU+sdzV9WgQbm933XTbSi650TIIUE30Ol0bRIk&#10;3VO31pyl44KkNY+zZmrSpcZ38wRaqR7bZ5p3pF0dORa17cjhHTlWnFqUAEEC5yEJktbcg7RP/yHQ&#10;uYLk7NmzECTCQ9LwAdP6e5XMgv7Tw6glfAAVoYztmDulgyY73UfU+3o5AVhdqGFAkPTy2jZVvY6Y&#10;5l0qSJovvIO/D13a6tZbCw0vSovtaqbmHTm2E8VMVVWV1WptvSBp9UR1ffQOo2oTgbYTaP4XqvW/&#10;Xx20w9pecTqCCHQhAfTngPJvY98OXn+6hRgqse6zHItAs3Wg2VLQLQxw1l0rrgvbz4sOnkK0q89F&#10;5ROB7iQgBraberVYk+YP77rCW6xY8zt0XcVaVAVdd+oWmXTk1K0/tkUC9epJgqTFC0c7EIH6BNpo&#10;jRFAIjDACeBBwxZjbnGyXvEAY4syKPhCZvx9B9kFdFQHywmoEVGOL1IsIFA6XnqghHrrJnQUQCfW&#10;jIoiAkSACLSKQDt+eEmQtIos7UQE6hEQN1vDF7Na/APJBI0IEAGf9e4NLFPQnCzBrYMVCt1iXWjh&#10;Imlp1QVRXFOJJJ04dhDs2en+vBXhY2p0I8FCdxkRIAK9kEBbbSESJL3wIlKVei+BQMhKIG0r4L4M&#10;SBF8EpjcplF7COZWixPa4EDshlfvZUE1G8AEGvriRY+t1+GZwOCLo5eVV2zfvsPlcvLbhH0SvKe4&#10;ifAJkoM3frexuroG3hG2eTHJr29Ke1FOIzcO7HFM/IutwWobgf0bPheDzx4YVkDh4tVoQ4RY8nls&#10;ap0YHZIDjfw+BJcn3EVc/dTqLuY9qv1TSKNO1F0DuFN3ZtPrdbkuukANixXnFd24M9tDZRGBrieg&#10;fOSRR7r+LHQGItAdBIRNgxkYsaxh29eoqq0hpobAFFsoJLjSKFmsQgCrhFljYoF2/6oF+FisASSe&#10;EKIaLrdbo1bzsHN/fAdfKrGhMVfvk4ZWXcBmavFNd4CmcwwAAo1KDlg5jS6MGDDlfTFX/m4qej5M&#10;o4MHD5aVFY0cmYE/sZAJPg/cKf77iNlPpaVlX3/19UUTJ4XotdzVyFRJQPxDKYidA2dhVhd2UrK8&#10;E6iF4IXhxT6+e5an47Pighcq5QJDaA8xghAoVqy1ErjIotXiNhbn9n3JvT7sH75v26QJX7wxcKfX&#10;no59zn9leHlomOSBl4j/4DAcfNFHfO3xiBmQ+Q5u1vxmpxAdAB22J5soRo6CHzqBviT6RcO7qbOq&#10;Gyi5nggJ3CaNnkjcoF1Xq85qHZXTpwlgsgcsXYX5gVo5K6McZlOfbjBVnggIASB+9PGjbDKZcAO0&#10;e8ITFIVpf5OSkhrOsuX1SEVFRWqVOioqWqHC+mzMJGCGjszrtNuWL1u26Mrr3E5biF6vDzOePnOu&#10;tLxy1oypsMfkcqXf+mBmU0lJqSHEYDQaYGawRd1gU3CrBuXhsRawObBbaVnZ8Ixh2rrSiK44EegR&#10;Arg18HTBjPJ41dPM8PkdOHDAZrMOGTKkvLwUkh5uQpfLk5o2aPCQIVANX365LC0lfvTIEdt27hoy&#10;LCNjWEZVZfm+/QftDntURPiUyZM1Oi0M71279uXm5F19zSLJZd+/fx9EvV5vGDVqVGRUVE5uLqa/&#10;c9jtKanpI0aMhJQ4depEaWmpTikfNnRYXGLStu27q8wWPPl0Wu24sWPiYmJYmJhXjh8E1K2yslKt&#10;Uo0dNyYlNZXdtx5PUWHR8dPnzHZHVGTo+HFjcEuWl5cfO3LY4XDidKNHjwnBc5QpASgl6BlPTk5u&#10;WWX1uHFjdGoVPkQFcs6fs9ttQzNGqTU6nuwi4R6G9xNt55n5zBSVZJKCqy9WlG9ggo9ZiAwZr1cp&#10;V/AxDiZr3JJMif3wI1ZVefjQvsSEhKTU1F17D0XFxGeOzFApZRAn1VWmI0ePWm2mMKNhzOixEZGR&#10;8D4dPXbcYjLHxESPHjsWPz/B+qpHuspAO2mDWbb4zzpTu67KyqrKKkv6oHS1UmGxWgqLSpNSUrRa&#10;DRPRXFri6eDTBkLy4pHAnyxMggapYh9SoXr9YtkfRihJbjfuhXPnzjsdTvSgiIiIMWPGqjAcxnsh&#10;Oit/OHqUSuFdQ2eVHE6X2WTFngrW5wbaFaP2dgmBYJWL92KWrYSEhFauQ0Ieki65KlRojxDoUg8J&#10;e3Z4pL179pSVlCcnJVdUlJvNNTk5WQqlUqfXeT1uEywenXHH5k01VWVGY5gHTxWlOi4mwu12Zufm&#10;lBQVwkpxuNwmi3X9txthQCQlxStVKpvdjm/Lysu1ag17fshkJpM5KzsLUSvFxSV4paelwpDqEZ50&#10;UiJQj4BYh6TR4a6ysrJVq1ZBPOh0WjFav3v3Xn1IKEwxq825bdu26VMmhUeEffPtZrPFnjFsyOaN&#10;35RX1CQmJR4/egSD/AmJ8S635+Ch4zDCExPjDx8+eOH8BcibPbt3I5ckNi5m1ZqVKpUyKjJy67Yd&#10;SUkpZWUlGzd9M2zo0IrSoqxzp5OTktZ/tzEqBjIkNiTEEB0Tg2owI0zmzc3LO3r06NAhQ001NYUF&#10;BfEJCRazRSnzbtm4qdpkxdkOHtyn0ShDQkI2btwIbRAVGX7g4AGXRwoPj3K67BqNGs0pLSn5evmK&#10;48dPT5o0Qa/TwENRXJi/7LOPivJzR4waq9WGMI3jclqsZrdHyi8oqK6qMehD5LBB7faa6urKyoqy&#10;0lK9LsTt9Fw4f8Zqs+gMBjnMQyZ4uPvDK+GWzyssCQ01qiF4PK49OzdXVxQNHTZs575DhaXVg4ek&#10;2+0mqJft23bm5ecPGZZ2eN8uueSMi4v75ruNFZWVeOofPnwYsioyOlqlxAgIN1zJ0uyWexjDUjhP&#10;kIeE6waITI/r8OEjb7z9/uBBg9GvykpLduzaFxWb4HbjBpFpVErJ7agxmaHzayordRqN0+GorqkW&#10;znmz2exxMbdeYRG6bT6KczjcCq/CZjLbrJaigsLqarNSo1VpVOg80DFOp8Nqtm7fug0XHU+oqKgo&#10;1Co3Lz87O0en07NFGyWvuaqyIC/PaUevVh09cmTzlh06fQg0CRcq9CICHSVQ7wenrR4SEiQdvQB0&#10;fO8h0KWCBIV7PO7c3DyEucdGx7777tvZORcKCwv27TsAAyrMELJ2zZrY+JQDe3fm5V6IT0ywOTyl&#10;ZeWpSfEbN21cuXp1dVXlvn17SsrKvEr15u27snKz0welwsBavXYdRl6zL5w7e+bUoCGDnC7Hh++9&#10;e/LEyby8giNHjsNLM2J4BgmS3tPHBnJNmNXcVMiWx6vWqE+ePDlhwvj09HQ4GCMiIouKikePHRMd&#10;HZmTk3/m1OlLL5mhU6mLSsphJqckJx3Yv++yyxcNH54BvXHsyJFRo0ebLLajR09mZmbGREfCQBo7&#10;ZvSgIUNMppqy0uJBQwfBJrtk1sWDBw0qLat0uiBgEkaOyBg5coTkcpw5dXLIsGG5+fm6EENRYUl0&#10;dHRyUoJCiYI9GG7WaLXDMzLS0lJdTgxXV2h12mWffR4eaigqLp41d87wzBEOhzUvNzcyIiY7O3fm&#10;zJmIK8MAdnZuvsPpxm2ZnpoCGbZt6zY4SSKjoocOTjeEhFRXVnz91ZfxsVFwR8BDotXpMehstZi/&#10;+PKLg4cOZ2VlHzywv6iwOC4x8ciRo6tWfI3xiz279+Tl5mfn5BQW5n333Tf60LDI6Bg1HK0s7Irl&#10;rZSUlZ69kJuUlKhTKVVqZXVJPjymGWPG1Jg9VqsrJESzbu3K+Ni448dPzLpk1vCMIeF6RWlhbnJy&#10;yva9By5beAW4wX49efLEyMxMNR/aIE3SbXdrY4KE+dbcLmdefsHZrIKigoKMYYPhT8vOyY9PTNm+&#10;Y6dep40KDy0vLT105KjL5V65YuWozExoDzwsUuHEk8t37d6t1el279mzc+fOkpLivXv35ebm4qj9&#10;e/ds3ryporJi3979DocrLiEeSkapUOCr8PBwaJdRo0ZnjsqEyNm6dSsGBaqrquEhhFCHdbhu9Yqs&#10;rKydu3aFhOihVQ4fORYWFpaclKjV1YlP7jZudKL+TaCtgoRkcf/uD9S6ziEQpPtZ6AV8HWazac6l&#10;l954ww2JCYnHjp6w2WxZWeeNoaHp6Wmz58waOmyw2WLGIFZFWfnZc+fvvOvOG2+4ftpFkwry81R6&#10;w/Cx48dNHJ8xcvjZc+dsVuuc2XOwwau+dfv29Rs2xMXG/vDeH9xwww0wNRD0woSQVD9XuHNaRaUQ&#10;gU4ioFQp4VvgebQs9gjbhQvZen1IYkI87LKTp05kDB+q0epkChabhNsHJj7iuzCQj5FkREZB5KOf&#10;Y0gYlnRkJMZrlSkpKVHR0RgJzrqQlTF8uNVqg4GlwXiwWh0WHo6ok5joqKSEBCS6nzx9OjEl1RBq&#10;LCgqLC0vHZw+aM/OPTt37GIJJ9AkMpkx1IBWrlq1es2aNYOGDkbI1r0//CFuVbvdoYIvQubFWDIK&#10;xy1cXWNRKOH98BqY+0Kdmj4Epj/OePToEZSAmzQ0xKBVq91O58kTJ5KTk8eMGc9CETA+zVNZJAyH&#10;Hz0aHRt/zbXX3X7brTAEL1zIyc8vxOD0FYsW3nrbLeUVFRHhEVdeufiKKy6H/8ditSOBBcEyFWVF&#10;27dsWrN63dpvvl21dsP+g4ckh13u9Xgll0xyYw+7x4UxjptuvDnEEALvisGgh/wLDwvDmLfNZofq&#10;UiCcSy4PDTOaakyddEmpmM4hgN/wiRMmxCfE7dy5Ta1Gb8GVUhcUFsNNh8vnsNuqKsrhY0dIYTF7&#10;lRQUFGTlZJeWl1dWV7k87sKiogUL5l9//fXTp08vL6+AC6W0uCA9NenKRYsWL7oiJyu7sqKa5UHJ&#10;4LpEhVm4IHNgemVwjCDAeMaM6XPnzkV/3rljZ1bWBUQBz5gx4+qrrtKHhKSlpg0bOmTcuPE6vZ7f&#10;s23LgeocOlQKEQgiQIKEugMRaBsBMU4cH8teeJDExcbBsoFNwvIa5Qq1RqNHZIZBL8J/rRaLQa+P&#10;j4sLCzOmp6TERkWplGqVBo8DvUqhKCsty88t2L1z1/59B50uGEKK7Oy8QYOGwjESFhY6bNiwUGZL&#10;0XOibReI9u46AiIXtvHy/RM3QFrASkakytChw3RancPlys6+MCg9BWnhyKVSKFh4CQQMYh1xj7CM&#10;CbcbZj3G0spLSxCtpIVukWM3FdJFMOMW3B0ZGSPdLkmp1MA9w+05lqeBaCdkmBzct7+ktGL6zEu0&#10;IYbv3XjTtdffMH3GRQsvv2z//v0YdUbQJEaOIVowDLxgwYKLL7747NlzuH0Ro4J7FGlmClRCjkgY&#10;B25e3K+4cxUqtUKhhtMCpwg1whcSkpOb9+GHH8bFxSImraykFJknWRcu7NmzJzUlGdkyRYWFlWWl&#10;LCxfiRN5kpKSx44fHxEZBQcRfh8qKypZ/ExyUmQEAqmi0lLTExMT8aOBQDUEsyG4C9YjYOI2h2Ab&#10;OWrUyMzRI0cjyyVNqdUpkWkvJj1GtoFCjtCc8IhIgyEUKWpoFX5w7Dan2wOaaplCDU2CCsMFhN8m&#10;lptAr15DADpdq9UvXHgZHHH79u3FFUdPVijVTEQgfUSp9Mi8ep1+3ry5iKGCp2XqtKnnzp49ffo0&#10;rrXFYoXTIyYmBo44uPigK9DH1Fo1/IShxlBocjxIaqprcEeyjHYxtxb/F2NYcC3m5OScPnNm1+5d&#10;IrE4NTVt6JAh27dtz87OjoyIwDMI95rBEAJHfa+hRRUZ0ARIkAzoy0+NbyMBlpIOFwkcFi6YCkoV&#10;ni5sTFguR6yvR0IIsRLCxGw1uVwOlnHidSk1GpvDWV1Z7XK6cwsLqkxsPlM1xm0dTrlHFhUeGRcT&#10;PRZx95mZifHxQ9Iw8pWM5F2nw+10uPLz8mCTMduMmW1kZLTxWtHuXUOgaU3CEmf5jNZexCwhFSo1&#10;NQn3itVUGaKWx0RFwq72MuNajvgSBJnAGMvLzYHZdO7cuaTkZCT31lRbjLCPtDC3vUh537RpS02N&#10;ZdyEyUzkh4RA5CBtt8bE8kCMeh18Jnv37EXMyew580PDwl1u6fz5C1UVFdAhCBWDAuETT7HlTI4f&#10;P7Z9+zbcQtEx0TAGzRYr6qbW65HQVZBfZDHbz53NiYyMwZAB3DzFhXkmiyU7r1ChVLldLqvZgjIN&#10;BuOx4ydg2O3cve3UmVPFZSWI+9974PDGLVsPHzuRlZ0NKxB+EtynVZXVOTl5DicyAWryCwsiIsI0&#10;CMoS83LJFVgcElklUBgsxcbrQS4zNBp4arSGuPjkwelpI4akjEhPio+OYiPWCgVcPEzo4K3X7fK4&#10;kAOjVqqQbHbq+EmYoacu5KoMyHOJwqg7UtQw9nH+wvnBQ4dC7IkfCxrz7po7oDWligkMcL1VclxB&#10;ryfUoJt80ZTjJ04UFeap5e4QjRLzFiCtvKy00may6bW65JTUAvgvKiuHDhthc7hPnDiJsMZwo8Fi&#10;xqQMSEzyoFc7nHbWqV1wrLmYJ1IOQct6Eu4paG+ciPUxXHc+D2SoIRRKJj0tfcyYMQihTElFJr12&#10;xKgxF196aW5+wa7dexH3CF8K1DhPQQleZac1DaR9iEDnEyBB0vlMqcR+SYD9YOMnX62GEoEmgR8E&#10;QR345ddo1czIkCswRxAiSsIjI46dOHX0+CkYQzqdOjYxEdMEffXVihWr1u09eMTmcGB6lcHJ8SeP&#10;HDl17ERqcjICfw8fPnTs2NHCgvzEuNiZ06chUPizT5etX7s+O+s8Ylqan72xX6KmRvVBAswGgiLH&#10;C7FPBw8cmjB+XGiITu51VxYXRoSGQGnwdRHQoWGiyZCkMWXq1K1bNq/8+msknU+bPkOj0VVXmpLi&#10;ExBm5fU4ETf//vsfIIv3zJlzh44cQap3mNH47XfffvHFl5bqGvhbzp8988KLLzldEqazO3joKGQG&#10;Uq2+Xb9u1ap1+/bvmzN3jlajFVNdhRlDd+7c8fWKr7Zt3xpqMLhd7i+WL8fw9LDhw3ft3PXVV2tK&#10;issnT7wIrs4hg9L279315fLl+w4cmjhxUlFRwaFDh0aOzPzznx++5ZZbF1w2H9GY02dMmzpt2u//&#10;9Kfbbr/z5ttun3nJpWMnTGATGfNFSuCj2L9vH5L7V6xcCeswLTUZ6gBp8Wg5C6VRwgGjZpMEYzCD&#10;5RFjii3shbg1NgFGfHz8ZEzhpcKPCTMqVcga0UNWaUK0WkyvVV5SvGXTFlONGfbl5s2bl3/19eHj&#10;pwcPH4lfpIsmjt21bfvqVatActJFk1kCCY1f9PAtxOdkxjWHMwTJTBiEUikRKzh16gyX06FWeXHJ&#10;9u7e9c3ab/buPYipFTFzI9KTcHNo9SHxCYlRkTEet4TUxIT4OEwcv2r16lUrV8Mph/md0ZfwQpIR&#10;V7gYIPMgipHrXaZG1Ijkw6gY+pZSBREC7+LRY0ePHTt24cIF+FisNtvKNWsPHD6MxxACC6OiYyqr&#10;qg4c2F9dXe2nRd74Hu43A/z0NO3vAO8A/aT5XT3tr8CEs2AmHPzWq9Xampqa6OhwjE4hbsRqtRtD&#10;QkqLCyNjEyS3s7goTwt3eChGbd0x0dFms+VC1gUMHMPDjiD4sIgINoibl6fX6TAxDlYvgWMdtgpG&#10;szBhDp4ybGqtklLE38N4Co8I55N4knukn3TUPt0M9H+MpzJjp7Fp3xBtgjh4RJjg2/Ky8oiwMI1O&#10;43HaN2/cgKHYeZct5JEhcH1Uw02BgBModsTHY1JI7BkbE1NYWLL8yxXXXnddcgq7iTADb2VVtZuH&#10;tYSE6OA7tFqsCLHHv0mJydAYNru1rKycLS4iefQhOsTouyVvSWm5xWRHOEpcXAzywkW4I8KxUBri&#10;rTBCjJAq+DEKCwtTklmqelFJWbXZGh8XExURplLhaegogqsBt3N4VFxiPKL83XYbQq2EfxJJL0hK&#10;RgP9k4x57RjcttmQDQ+7EztUlBS+//Fns+YuwM+CVqlMSEiE1wUzbOFoBIkhRAcz9hrDwIcFicEo&#10;RASOliexoAmwJvkM4Gz6Xz7O7bFUlsBPojdG2Jwei92BkQubyRQTGYUVSErKy6qqqxASFgW/k1rt&#10;sDsw8y9eiAfDiepdHXKudsNN12DaX985cVPYMMecC1GCBqyFY7c7LRZ3RGQErjgyDOEkwfXClIxh&#10;kWHwUlRWV+sNiMjTWcw2u80SGRWJroJOiLR4xFzB6YcOjAeN3WTCQwShjXi+WKw2TCCPO4uljbCk&#10;IwmSVaVSG0INkttjtlgKiopxV8JPEhkZCSFTXFKEP1EOZp5A78IdhJIxWzSPDaYXEehMAu2Y9pcE&#10;SWdeACqrpwh0jyDxyxLfUods5RDEjfP1cNlYLOwOPrQpJpD3ecFhZfCPmaXBjxe+/OA4b2ExBMdX&#10;BE/mTfZET3UqOm89AgFBgjHaRsOBAv1WdGi2IqLHffTQgcTk9NiEBN+yHDIVT6Blt43o2yySC4vz&#10;FJefO5c9fuK4EL2Ord7B5sLlcSS+5RrE3cNOq1TAA8AWUsBecDWIYsU67XKFihfM9hROgkA9ffeR&#10;WK/Id1axHyssoPh9C7GzGrBX3RCCOmEtbFUHtqgDX1NejpVJvBVlJZ98uuzq62+AwsE3fC1FX7XF&#10;bwLb038qrj7ELwMXJAo0pHbcAdOIY3kSxGoh/g0F4Tj8xX5BfK6PwHrxviFtX2v9C0EGLhz9enTP&#10;XdyUIMHZ2RXEPA5srRH40PAB67H+flB3pMkXaRf0nAjqwb5nHOsv7DEjNvRSsWQnCyXGhG1w2dfN&#10;IBJPIza7NHcXssrwpUbF3cdz2fmyOTTk1T0dZSCdpR2ChEK2BlIHobZ2KgH+I87WdPYv6+xbXZmb&#10;N8yhzr7xfQ+3PdtENoj4N/ASlQr+RCwUTcZEp14uKqwTCIhuGaxGgrtxoMcye5mb+QhSGjN+Qkx8&#10;vN+S5sq9TmcXcVUyDNNOnTZFr9Vztc4y10XylLgT+I2EYWD/EijMkqq16CFEuHXPzSxkarDNZ2GJ&#10;QwI3lC8byz8qwGroly51o+i9SCjnSxc29uKnYn4SMZTATUDsqtSox04YD88nG7D2mYDiLuY/COxE&#10;bPUJoUOazDzn58TK8JiLieFTYfIL9tPBU1D485qfW7SXm5Jia+Tngn5AOqHHd7gI1hV99r/ow/zq&#10;MX1ZOzrle+97Evj7BhfZAbHs68YojYldNs8BbjE2zMV7eqCb1asv6xy87wjJIXqNf3/fTUZqpMMX&#10;mQroHAIkSDqHI5UysAjUGYYSv/RCUghTi9sHfjPEZ3+wnfwDvnxAq5mXgEk5qQOrU/X61vq8gUH1&#10;DDZ5A++FwcMNJRhfKoVaK+aSYuPDLBiJ+wyFhe0zxLAb3B5qpRqpFNwr4XNhsKwM/uLuD3b7+NeZ&#10;9ttWtQ5HfvOJG7GFF78zWYGsXN8pfIf47l/fXdxg3NhvQiLJ3DfG7RvpFr4cozEcc7OGhxm5s8Z3&#10;vwvjL0g5cNOQW5X+qrKc5No6+35OGraDD4r7Tti4LUsKpKVr34XfNwPfb/H7r2mtp42rT5+3I/BG&#10;CJGAr66uKva7xPhDh+kMMeld4EbxKXOf8PXfEYFTcADBVaXJfruwT1DRbSRAgqSNwGh3IiAeIL4B&#10;WYHDZyb4pUntR2wsTCgVPvDrH6hqFcRGRz1bdSTtRAS6jAC6pQjNamiB+T8U/+V9nw/nihsEM/kG&#10;3jcwqP1PoiA7vMEYMg+QYmPLfv9L7dAuEz/M6A9qdfO3D3dWsEAnvvnUE48l84fG+McY6jazjiAA&#10;Bq5MROwMY8IHpLl9GPSz4K9U4Ng6RiM3EIPkCd+7kRiaIBNTGJXBm2is73cm6H2X9QIquD6BVggS&#10;3yH+DiweJKITBW8sootvtcKFd6mANudq2idPfTdO4NIH1EyjbxreFCRiqSv3HgIkSHrPtaCa9A0C&#10;naITAgZEo2/6Bgiq5UAiIESIyOf2Z3V3VfsDsiD4BAGPYuBDvuyC79Up7sRgsz741E3crXUCL4UG&#10;C96zeS9ovW+7CiWVSwSIABHoRgINf6hbf3JKam89K9qz9xLwjWqySdolTNuORaCw6ln7qouisDAC&#10;puA0Go3tK4GOIgL9jwDuLFjbmDUIs2x1gyBpN8BWj/j6kt/9J2rf2FwbCmkY8CZOHahw8zXviOJq&#10;NZPmqAcq0Cmltfv69rYDBRYktWNyMzbhMn915GL1tgZSfYhAUwTET0HD3i4+xy8eZpTGPIqYTRRP&#10;jdZgbN+vcGtKpn2IQF8lIAaDGw5w9tX2UL2JQIcJBPLCA+6LNnkAgnduvi6BeLCmvIgdbopPCASV&#10;03LiSRMnrRMj1nzFAun19d74atNSZnHzPtVu87iSGumk7kfFEIE+T6BRV3agVcHu9FZKdPKQ9Pk+&#10;QQ0IaHQ8LDvFQ3LmzBlMDw8fS6MRt628tei6EIE+TSC4n+O9ECTwkDQV19SmxjZq1wbG1Zq3esVg&#10;QVOna+arwHieb3KsOkX4koPb1AoeyR/8arOwET9ZrdQkbaxb7e64asJ0EOcKIGrTT1k9nzMpE8FX&#10;MMRqHmJV0OAP23296EAi0CcIBCJTgn8NAuO5+LXBcm1oCNZHEo+PFhtFgqRFRLRDHyDQiSFbaG1R&#10;URFWLgs0u02P7T4Ai6pIBJomgCcHHiT1+rx4xuCghg+VpiKRmmHcUOfX27mpO0583mjAWIs3acDx&#10;0lTFmh/t63iXaSrOrR0A212ZFik1WrI4qpVBF+2uW986MCBug7tNQKu3j3PfIkC1JQIBAvWeC/hT&#10;/NzBjoqKikL0O7Q6CRLqMAOFQOcKEvGMCdw/9HQZKN2I2sklRz3TvDUPks4l1/wd14x3pflqNC85&#10;ur+ZnQuNSusRAvUeFo2K9h6pGJ2UCPQGAk2NZDVaN/KQ9IZLRnXoKIHOFSQdrQ0dTwT6PoFgVdDN&#10;xno7BEkreTdTcje3sZUVpt16OQHRowL9qkXvXy9vDlWPCPQgAUpq70H4dGoiQASIQK8m0M8MrKZU&#10;B6mRXt0Le2vlgkMZOyW3qrc2lOpFBLqDAAmS7qBM5yACRIAI9C0CPShFArZd8JvOotelhXdWJamc&#10;PkEgEI5CaqRPXC+qZC8nQIKkl18gqh4RIAJEgAiw5JYe1Eh0AYgAESACRKBLCZAg6VK8VDgRIAJE&#10;gAgQASJABIgAESACzREgQUL9gwgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAE&#10;iAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBAB&#10;IkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEgQUJ9gAgQASJABIgAESACRIAI&#10;EIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJ&#10;iQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEi&#10;QASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAI&#10;9EMC3rqvfthCahIRIAJEgAgQASLQXwiQIOkvV5LaQQSIABEgAkSACBABIkAE+iABEiR98KJRlYkA&#10;ESACRIAIEAEiQASIQH8hQIKkv1xJagcRIAJEgAgQASJABIgAEeiDBEiQ9MGLRlUmAk0T8Mpk2GRy&#10;uXjD3uNfr/gvvYgAESACRIAIEAEi0OsIkCDpdZeEKtTjBIITwnu8Mu2oQECKkAppBz06hAgQASJA&#10;BIgAEehmAiRIuhk4na63E6g3P5UkSb29xlQ/IkAEiAARIAJEgAj0ZQIkSPry1aO6dyoBIUVQpLzu&#10;K/B5p56t8wujqX47nymVSASIABEgAkSACHQ9ARIkXc+YztC/CATs/l7RLH+aCGWJ9IrLQZUgAkSA&#10;CBABIkAE2k6gTwsSf/ouhrT5FvRqMngeY99tp0RHDAgCktcreeVeL+8hXuYnkXnxf/xP7pHJXJIX&#10;wVsSdvLBwJ5IFvf9UZs+LpNhZ2wtvQJHtLRj89+Lro9Ko8L+PSX2N/tULkOVKZ+9Y4TpaCJABIgA&#10;ESACRKCLCfQJQSJsrtqNWYi+v2FywbDjViP/kL+EaRasSWoFCw0kd3GP6svFK+Qy3BAKqA6WNwJD&#10;3u5wFBWVFBQW5hcWWu0ODz5uQtGitzHbn1v//E3zr+AZsDpKzBdnVtvxoZm8ZVWmarOFnUYu8Xuk&#10;pRp1tBZ0PBEgAkSACBABIkAE2klA7nQ623lo1x7GRQUbq27g/PB9JKw+pkaYCSlGifknbKzYJ0yC&#10;ZQyMNMnlcmk0GpiUrZQlgd3Ir9K1V7vDpQdyP6AlTCZTaGioTqdra6miSzG3CESFx3vy9IVPPv5o&#10;9aqvystLwiKjrr3uxu997/rhw4Zq1Sp/yUz4Ch3MvSJeFTsWjhTW8ZT1nHZ1aoO+6pHLAuW0taaB&#10;/Vl90fZaAc5AeEw2679feluh8P7yZ/cb9WoVz4tBjYRSJxdhu3HTgUSACBABIkAEiEBXEOjNggT6&#10;AraTsmGzuc5oRJDAJmSahK/AwF7scKFVfH+73W6VqpECmyJLgqQr+lxXlNkpgoQLXB7m5JWOHTl1&#10;8+13SnL19++4KSEusqi48JXXlyYlJT333HOTJoxnncsrVVZWulxuKACjMUwXasCRKsljqq7CJyq1&#10;uqbGJFcojEajwWCw2WzYGZXEn3hBw3gkR1WlValUQutaLBalUgERFRISYuYvlB8aih1DuXb2QmXZ&#10;7U4ILY/Ho9frw8LDVXDmeD3VNSbJi3cyi9WikMkNxlCczCtzn8vOXnjlnaPGDH/qb48MTUsyaFVu&#10;j7e0osrtkbRqTVRUlDhvV1wIKpMIEAEiQASIABEgAm0l0J8ECQapeaQNGwyGTShGuoMFiU+WUPhK&#10;W3tJ79+/UwQJbya6kMdUVXnlVd9zKrTPPvfsmOEZBo3K4bDu2Lv/jbeWLpg39/bbbsF+a9euXvLy&#10;ksKCYo1KP2r02F8+8MDYsSPMlaVPPfLH4qJSnTFi98HDKrVm0uTJN9100/r16/CCnMjMHPXr3/x6&#10;2tSLaqrLf/jDn0P/wI+RlZUFebDgssvmzp277PPPDx484HJ6M0eN+sMffzdm9EhIn9Nnzv7zn/85&#10;cOCAx+OOj4/78Y/vu3Lx5ZLd9uif/5ZfWiPJPMePHQ41hs6cMfMnP/3JoMHpN914wxfL10bExsck&#10;xDz28B8WzZ7x+bIvXnvn/RqzLSYm9o5bb7n77rshbIIvK+mT3t/JqYZEgAgQASJABPorAeUjjzzS&#10;K9smhm8Dg7i1o7n+EC4RrMX2YT4R9kb4RcT74GAt0T6WZ8K/o2D6XnnBO6NSIhgPUYgIzFOp2hEQ&#10;xbLW4R45c/jQB2+/fd33vnfTTTeolfBGKNRqTXp6+nXXXTNu3Di5XLF58+777/+xRqNdvOiK6Ojw&#10;DRvWf/fdd5ctvELucXzw7tvfbNoeHRs7f/48hcz71dcr1qzfoFBr5lw6KyU+Zs2XX5bmZs1beJnb&#10;5brvR7/KLywekTni0lkznTYLNMPmLdv0upCLZ06Li4tas2ZteWUN3ruc9u/dcEtWTt7ChZdNnjS+&#10;MDdn6TtLL5kyNjkm5u//fmHV+vVpgwcvXrxQIfN8+eXXcqX8osnjQ0LDv9m8OzI89Pbbbr3myoVZ&#10;Z089+MdH09KHzJu/IDc3b8269ahqXGyM736om/ROyqQzeiKVQQSIABEgAkSACLSBQK8VJMFqxKco&#10;Av/hSbq+v2rf+T/igfINHSMUoNKGbtFHd+2YIGE5SKxreaUDWzav/OKrq2/43oRJk5WKwJQJrK95&#10;vQqHW3bPDx+QK5QffLD0xhuuWXj5glEjx7z97keh4RFD0xM2r11lCDV+8vH7C664bP7F086dzbmQ&#10;l/+f5/531+03LJw3y+i2ffblShwSExP3zL+XXrrwxhde+MfViy+bN2vagSOnkEC/ZMlrt9xy7ZxL&#10;pheVVu7afXDG1MmHDx16/sX/3fn9H/3ql7+YNH702OGD3n7vI5Wr5rIFl7/13uejJs/+35IXrll8&#10;2YK507dv3VNaUnzNtVemDx+5dOXmSy6e9fijf0iIjc7PPvfhx19cffU137/v/sVXXXvRjIsHpw8y&#10;hhp82p0vuhK44iRI+mjnp2oTASJABIgAEei7BPrELFvCrcFHr31bHS+HyG33f8ccJuQE6bs9sqdq&#10;jm6DZHQvn2ZLq9UjOMrhqDvfAzfclUqZzSnt3bUvftCY5OQkmcytkLmHDEmLiwnLy8vzuNyhckVM&#10;SIg+VC/zuvBvalpaZGRUWHiE5HXLNYrBaSnI/1B53MhkkstViYkJxtBQnMoYFpqWnmqMToiJj0V3&#10;RhzXhAkTC/Oz0ZP37t0tSZ7Vq1Z+74Ybb7zp5j/9+RGUXVlT6XTLVCp9UlKyTqtF99eq1aOHDNF6&#10;lV63JFfIvSqV0ytzuT0yuWdk5sh77779408+ufuue1763xKX0x0eHkYpJD3V0+i8RIAIEAEiQASI&#10;QD0CfUWQiMiswGSpTSkO4Rtp6B6h604EWiDAg/z4vL9yxdCxYzXxcbv277NYrKyroUN5vdXV1d9s&#10;+O7EiRy3R6HR62sqS202Kz9IYbVanU435vVSqpRsNisFvCr8zoLmUONlQPwYS2+Sy/EH66C+/utC&#10;LjsTOQrMyAUJoZDwJyLNWB67B19JMq1KqYqNjUZpF02a8LvfPfCLX/76Jz/7xV8fe/Rnv3lQrtbh&#10;llDgXCoFX3UE7zDDHCb5VWDWYrfbKUluvpSKUqc13HHbra+/uuTuW2/ZsWnzI488fPjIsVZONEf9&#10;hggQASJABIgAESACXU2g7wgSFk3TMDMkmI8/u6SrmVH5/ZcAnxFBnjAo/c57v//u+++/9NJLlRVV&#10;SEavqqr60x//eM/379myebNWKb/z7huLco5u2brD5ZYqK6rffPu98oqKSy6+RK83WOReO/PY4c5S&#10;QgyoVSq5XPLKsCGjROHweB1QG3IFQr8ERe6pgI6QuSXJhRVQ+HKL+FTySHLJoVSpL1u4EJNiQapM&#10;nzbtyiuvTEpJ27f/hAO7Yqour9PtcXkwZRcy8eVKpxtnYRPTqRRqpcuu9LqcDpdXUuzfe+ShPz7i&#10;stvvuO3mhx/+Y1VxweHDh0iQ9N9eTC0jAkSACBABItDHCHS3IAlIijqcms3vaF5nNPatL7u97hom&#10;LXpX+tiVo+p2OgExNQIEgVKt+dnPfvHb3/32rTdfmz9/7pQpU+bMn7ti1cr77rv35puvDTfKHn/k&#10;1xlDUx/4za+mTZs5f8GiDz784O6771y4YJZGq3ErVG6FWiZTy+RaSaFxez1eya5TM0cIPvRoDE65&#10;yu1VSApMDexRyazQIPBzIMpKq1SFyHEYC0BUKjUKzMyrVLvd0rCM4S88/+ymjd9de83Vc+bO/dFP&#10;fp6bXzx0+GgEYykUMo3cpWZKXSnJ1C6lwuR0IN4LGmjR7Olrv/r86sVXfPLJ5/EpqQ65/Mc/+ens&#10;eXP+/PCfIqKj5156MUuN8b2Cbw1aQrHTuxUVSASIABEgAkSACLRAoLuT2gOCJFg0iOmygt0fwbql&#10;UbXSaglDuewD6B7oWFI7W9xGdBf4KzCt1pQpk2fOnIk1RpKSkydNnIQZdW+++aaICJZ9odEo586b&#10;ExsbGxkVNXHipF/+8lf3/ODuEJ0Ojg2kj1x00dSRo8YidMvjlStUSkzyO3zYMEyfxaajVqgyR40e&#10;PWaMPiI8KibqsgWXpKcmIdbK4/VEh8dOmzR1bGamCgoDYkOpGT1m/MRJE8MjjGPHjhszZmyowZCS&#10;nLpo0aJf/+pXiUnJKpUmIT5xyKDU0ZmjNGoIGUVUXFza4EHjxo/X67TjRg5Pio8bOnTIxbNmDhue&#10;cfEls/QhIQmJSZMmTfrzH/8wYngGCyvzTTpXJwDSr1PoxhlANw41lQgQASJABIhAzxLovnVIYOAE&#10;Gz6tjK9qasA22FxqkFAiyg5IHhr07dk+1h1n76R1SFiih3ghj1yhUEpSbWQTz2lnLyxTyHZAlJTH&#10;i0gqFmHFZpSGvwKODxwAjweWHYQ/xDefLj5hWSFYLRGLcvKALCgeFnCFlBGW7oT0EQ9bzNOLb/lf&#10;MhcL4mJZKCJ+i8kkTD2MyDGcF2+YcOJH+k7ANISYAYwtoYjwLrZ2O58BWbTFFxUmKsFyTVBNCf8K&#10;8VVvImz/LFutvEG74+LSOYgAESACRIAIEIH+TaCbBElwdAgzgpB4y6PdW3y1S0yQIGmRa3/bodMF&#10;CQcUHNDIVIegJsx9D8vX8DlUuH5gEwarWE45kw9cBwQgM6XA9QMyRHwfSwpklkC3CMcgT0pnfZ3/&#10;hy/ryf/i6oWl2rMvWJG+FXegefgJfB4d8XWtMBc1rHeNm57Pl+klIVrqHkKapL/dJtQeIkAEiAAR&#10;IAK9k0D35ZDUahL+jhtwvi14Qt/671ujWnonWqpV/yEgppUOOBy48V7X4uffcbnR2Hy6wrXCvkJm&#10;O3o+pvJi82OJ1TpFUeKdWMCTL33CPmWzdYn/+EoQSFuasrdp7dH4JfFVoP6X7RoN6D8XnVpCBIgA&#10;ESACRIAIdBOBbhIkDU2b4E/EBFqNbu3FEBgtJqOqvQgH4nHCJxDYghE0dDjU2ZV5/FinE9JCOBsC&#10;nVD4TKAtoCyUyA7hAV3+veqdJOg8/noEJ50H7V13hfVWXK5AOfX2rdfqpgi04gy0CxEgAkSACBAB&#10;IkAE2k6gmwSJsM58WR38P82HbDGbiFt47VrjMNiAa5Bg0nZGdMSAIdCUIPEpinraAaFU/rmo4fNg&#10;KSANpq5q0vQXnpSmg6Jqv+X6JnADCQ+iSETh4V+1CsjvbuHOlYYvfyENL2YzgoQclF3Y95sapqHf&#10;rC6ETkUTASJABIhAryTQfYKkjjEnDKqgj4IViG/9w17JiypFBJoi0NZAqbaQbGCjMonkd8U0FBSN&#10;Fy0K6Rxzl2fIt/BqSwMH6L4iFjCwNeEL60w49a5ZZxZNZREBIkAEiAARaC+BnhEkdcQJd4Z0kpnU&#10;Xgx0HBFoF4FgR0S7CuirB9XJaWmsEV0pz/oqtDbVu3OEY5tOSTsTASJABIgAEeghAt0tSBqNT6e4&#10;kB66+nRaItACgeadIPUO7n4RIqoXXI2GnwS+bbQtvbIHsNmefVuDBjZsbHC7emVzqFJEgAgQASJA&#10;BFog0N2CBNVpOm6erhYR6HECnRs1I1I9Ov5qSrO3vmzs2aLwb3/bAw6T9mqS1jekFia32esLEvE1&#10;Vykt55I1o16avWYtl9yRSy60CEsU8lOpJ7oaK9y3ayv2rKNoGKuO1LXNx5I3vM3I6AAiQASIwEAg&#10;0N2CJBAz3b1PwYFwKamNHScgsUXa2TqGWGSkjuUkPmm+08IW9GDFQf94tTCMJaxVyLZ29ne/xezL&#10;qm9gQNcvtoG55zNu/WgamSTCf0jjFnxbBUbAIG6LZdwwuaW+kGsUH8/iFwvONzTHGwqVRspoYr7j&#10;+lZ6A6r+qQV85/V1jYB88K1TyaDXzhZdr3f6L2X9WonxGjYpW62C5Bl2bEcGNdC/2LI2bK2ado/w&#10;8BJ91WpRJwS6R1MHtL6Ht3iujt/IVAIRIAJEgAj0MQLdLUj6GB6qLhHwEWBTvgk71COWXg8yguvp&#10;hCAjL7C8SOdy5Cu482pA7TRrCYrZIoQ4wjFYmbF2NXrxMS+EbVyMYb1HbBLayJvpW4W+xdoHooaC&#10;9xQfCo3WqDnuPwrNEZuwtll1UIcgy9f3aXBsUrBrhK87WU+BMKseZdadxznwZ8AmZl6jesXy8wbP&#10;bFa/7oIm7wuiEwhFBHqBMCs0wQOYPvANvBBBss3v5OHtD/wcC14MSp31LsUJAzDFujdiKRvfWjWB&#10;5jR/ybhHi69yI3HurGfjv7WXiV8F1N+Xb+/r8ry/NNx4Z8Hm9r9ppkvWuukaqOsWexntQASIABEg&#10;Av2WAAmSfntpqWFtJeAbBOZmpd+MZqYVrGNhocLkdPM/YAAK61nYfz67k9u/bCbg2hP7BACsP1Z4&#10;g2yHRmsYKBZvgnLHxWmZEcmGxb3MkhSzZ9eKAV4nnyntawIfaOduH6zuzo3PWn9C7dl91WNqS85k&#10;lzCy+eB7s69AiwKOFNZS3syGnzRTkn/Je5wQfKGIsC/kBIQR91m1VAecS1wvj8enAQLehSZcU4GG&#10;scsiqtpqXxBXNcDJKwaqPmeaEA++PwKeKJ8gZHoFh9SfXLBuw/hVEN2stj68WBzp5o42Phu0T5Pw&#10;sK7GPTABHdhQCtY5JevXvL/i1C1da35gnQ5ft/bBIqRW4okbRJLYdWEQOO9ujhJroRPT10SACBAB&#10;ItALCJAg6QUXgarQOwgE/B5cfPg8B7CP+cvrsDvPnTlTVFQoRr8D9pfb7T537lxeQb7b4ykpKjZb&#10;rEGmnccruUqKS2tMdj6aXfvi5mkjEqVRC5J7DWCc4wyevLxCu8MN61mp8A+KM2uSvbhR7dMj4g1r&#10;BKrudpSVFFWZTG4v3Dv1I3z8C8Qzu9dhMRXn52FpeIUwfVvKOwmY8gHt1FBNBTRVvaYFCQBmv/IV&#10;XZiLBg01mS3bd+6rqKhk+7RuWXqn03XixAmn0+lH7FOXAX+CXw8wIvzUIirK55MJXIs6soRf44ZX&#10;BIqJfy4VlxSZrBYuEbiRjU7BDHvWYuZcgnQUzhPhfWqUqB8xM9b9AV5sNRvhbJHLLTVV+/fttdrt&#10;WE4TV9zldrpczgsXLpw7l8XqIHxYdV+BJgRL5breD+FeYjqVS1ihqWobW6/J3AvnU0HYKfjCiaNE&#10;32vULeIriktiIdcD2HvHTU+1IAJEgAgQgV5BoOcFSaOPsV7BhioxwAjwEBYlVlTftGnjlq2bhZEP&#10;27C6uuqTTz49dfLkJx9+vH3rtqCEEGaEuVyul1763/vvvV9aUvrKkpdOnz7FDxTGqGSzmP77n+cO&#10;Hzpez3BEgIvwmfBwI6mwsGDFylWwqnn8jc/IY94GDI17mGHKR989ZnP1Y3997OTJ08JKFzYwC7CC&#10;WmFRTr4BbI/H7XY5Dx08euDQEbfHjW/fX7p01+49bhaYowgaVGcuEafDumrtuvMXstD4vbu2P/ev&#10;Zxx2G8qH8yX416HWIPWdmR3r8bj27t23d+8hkTojbFNe2ToD7sE+k8B7bm+jsbCHJdZQ2PCSUyZn&#10;YT+vvvbO2+98UFVd45cTvpIDJ+Bj+j61IrwBRUVFf/vbE6dOn/HLqGBBwkUIPC7M/8OVln+YntUB&#10;SPweCQGcO1tq3UQ+0VV7L3CPitfrstsf+ctfd+7Z5+Lg2QG46NzVgP8pFUr8zYQrArG8Er4IWjQz&#10;YMTL0NuwsfLk2JkXwqSSXKHg/UeSjh8/9tNf/LyotAzfipJlkufzzz77cvly6FNFcFAX9yj5JYbw&#10;g/kuCu8mXFnxYEMGnfst3B6XkIBcb/AzCAeXf41NAVHBOjNevhU5fYFpXFH7hBOHjp3YaQBaiA7R&#10;FXjj4NQzm0zfbtySl1vA7iiIE/+LxYsJfUQvIkAEiAARGMAElI888kjPNr+xCJLW1CgwgNvUm9YU&#10;Qvv0KwLCnMIwuUajUalUbW2bL3hFJivIy330sYevvGpRiD4EHoZtW7f999kX7/3hvUMGD0lJS4+I&#10;irBabTVV1dU1JvgSdBpVYnzs5MnTjaHGTWtXxKek60PDyiurYempYF673B99umJY5rjhg1OhGsrL&#10;y0vKK6wOl0avw4A3W9tQ7pE8jtVr1y95ZenESZONYaH40G62lJeWV1RUe+VKlVrN9vN6lAqvw2Z5&#10;ecmrU6bMDAsPKy2rhCDQatT4EtLA5fQUF5VVVFbBetRplE6L+ZPP167duH3UiAyt17Zq7Qa9MTo0&#10;IsZsteO8SpQJGSBzySRHZUXpg3/6u1KpGTYo+fzx/Yd3b50ya05ZeZXV5tRodSpYxl7JYjGXwmFR&#10;VSnhjFott9HhbnFZrZY//PHxs+eKx40fqVLKLdVmCKOa6mqthvlbakzmsrIKh8OpVCqsVjsOMplN&#10;Vqu1qqqmqrJGpVJiQ9XdLltlRVVlZaVS7lSrpcry6v+88M6MmZfOmDpBp1VbzTXlZaU1FuaI0Kg1&#10;sJ1Ly8qdDofNZve4PDgXBGF1dbVcoRw8dPjIEWNgzVeUlTvsjvLySqvDrtPp0QA4l8zmmrKK8qrK&#10;crTU4nB6FZAMzBEEtQAT32p3FZaWmcxmGOB2uwPVktyymuoau91WWlZqM1vRau5QkOCgKCwqsFtN&#10;kuT+9wsvT5x+8bChg9EOmONwnMC2xnkrK2sgklxOV2lZWbjRKLk8lZWm0vJqi82uVYMTM90dNmtx&#10;cZGpxoQ9nU6rw6uwS7KC0gqjQa/CR243OoBKow016IYMH542IrPa4XTYnB6bXea0JScnJ6QOio2J&#10;qKoosrkcpeWVdqtNo9WiQ6E56AlllZXlZUVudDiv12Kx6LQaJoh4mgg0S2VVVXllqcNpU6tUVpsd&#10;VOUgYEGXKzVbbehxKqUSwX02u6O4tLiyuhrM1SqNEorRI7OYbaAIUEp0ApUCYCvLylT4VsmKNplt&#10;Vhdkkry8vAwYa6rNNlO1SuYGn8L8wr8+9V8orbSkeK1WYzGbUW24whSohErlU5htvWNpfyJABIgA&#10;EegvBHpekLSLZItqpFUB0e06NR3Uewl0UJDw4WDWtcLDw7/d+F2IMXzUyEyYti8teWXxlVdnZgz/&#10;6MMPYFFFxMb89z//ef7Z55Yt+wL2d2JczEcffQhjdNjQYV998Wl+afmKlaufe+65Y8eODk1LSYiJ&#10;WbZi7ZhxE9MSo/fs2vH0P//97PMvrf92s0KtT01MNuh1XhlivmwP/fkvBw8eyzp3YVTGEKXkev31&#10;15948olPPv0sKzs/KTk1Ni4aRrWCeTPsH328DJbgypVr/vnPpw4dPBAbF5+SklRTVfXO0vf//o+n&#10;33p76dETR5KS4yWn/bV3P9mxc3dxUcGYEYM3bd1xOit/7Ybv/vbEkxeyC8aMyYwMM7J0Ea977569&#10;jz/2t9y8Yr0a7p6a4wf2W+zORx97fNXaNeHR8YNSkt0O2wcffvjY3596Z+nbp0+ejI2NhUEMjeT2&#10;OM6eO7fkpVcKCqtMNaXGEOU777y3b+/hzz7/JCNjUG5+3lP/ePqJvz157NixwsLi/fsPhBpDn33h&#10;2e++2/jJRx+99cabuTm5g4YN0+rU2zZv/vOfHn7p5dcry4qHpMbt2H3oH0+/6HR7R48cLLkdLzz/&#10;/N+f+sdXX63ML8gfPmIkxvd/+tOf7t6z6+SJ4whGe/jPjx4+cvi77zYYjIY1a9aPHDnmwrmsv/z1&#10;4SOHDz/2+OObNm9KiI9LTUmC/+TNd5Y++fcn16xckVdQsHHbbq0hPC05UQlBKLkRz/b6W0v//szT&#10;K75ekZOTu2H9hkijwW2X/vzHh06ePP7C88999tkXEcao5JQ02OiffPLx35544svPPiopLj52Nmv6&#10;pXOGDxuigmdNrnC4pVVr1//1scffeuOd7PM5u3bu2n9g/8TxY3bv3Pnscy/869/Pbdy0Fd6nQWnJ&#10;8GC9/dbSv/3tb8uXf1FeVrxu/TpJZVRoI2646bZrFl8RFa6z2s0/+/UDaUmpDqfl5TffHDv1kqXv&#10;L//i05W7t25wWk3HT50uKq+Oigr73a9/cfjYiRdeWvLBBx+ptfqhg9Mh71avWvMkesJbr2RlnTt0&#10;8EhObvGoUZkKBfSnhLDDXbv3PvrXx15/45WTxw4V5Gdv37V32LBh+blZz/7rHy+9tOSzL74qr6gc&#10;MSIDWR9fffUVavjO228fPXYsNDQkPTkV1/HNN97657/+9fbbbxfkFyUmp0Bq/vKn92cMTY9PjHa7&#10;3F8uX33i5JmoKMMvf/PrYydPvfnm2++/9brHWjUkLenw8VP/efY/WVlFIRqvVqN4/a03//3fF1at&#10;WoW8mOEjRmjUKu5L8d+Cvfc3hmpGBIgAESACXUKg50O2uqRZrNAWA+C77MxUcB8mwEJHQkLDFiy8&#10;esO3W2CA5ublV5mtF8+aCQdFZVmJ1WrKzsle+s67Tzz59+eff95ssVTXVGdnZ8P1AedMUUF+TU3V&#10;nx76/YoVX8bFxD337HOm6holQl7k7oryEhj011573dcrVzz19DPLPv/qxPGTSO9ANBGsul/8/OdT&#10;L5ryjycfHzEk/c0lz586eeSD9955//13MY7+8iuvuJwOFsPDI2fKSksL8nN//tP7V69aNiwj7eXX&#10;Xy8qLt2+Y+eGb9Y/+dSTX678evSoMY/9+WEY7pfOnX/5ldf88Q8PpqcNsthsMoXyoT//ce3a9adO&#10;X1ixYq2LBY2xe2TCuLELr7ju17/85ffvuTspITE3L2vq1Ilff/3FPffc/emyL4sKC48ePrh7185/&#10;PPPPL5d/NW361HfffQe5ExgaVyo0gwYNHjtuwiUXX/zrn98fHaHff3CXJHf99ve/Uut0f3v62SHD&#10;R63fsP6hPz106sSJ3bt3KZSq4ydPVNdUPfPMU6+/9nJ21vl169ZVVla99L8lixYtXrVyRVxsDEze&#10;ObPnzLtswZ133jIyc/jLryzBgP3ny75884034ENZuXJ1TY1p545tEEW33HpTakrq+g2rDYbQX//m&#10;54MHp54/f14hV3k88j179y5YsOCbDeuuv/rqp596EqP1X3719fbtu16G4f7++7GxcevWfwsfCY9v&#10;g2fJBqG4c+e2f/3zmTfeeCMzc/SGDd847U6bxXbo8NGLJk19/933fvmzn7+y5LW83KKDh4699fa7&#10;//znP5cuXTppwkRTeQX8MyKuCTki57MLn3zm2dtuv3PZsk9vv+2W7du3umy2spKKd979eOrUGatW&#10;fvXXR/+Yn3cuK+vMxs1b1q7/7sknn/r4g/cmjx+zc9vGispqj1d5/kI+c2rAKyeTtu/b6/Ag4M59&#10;LivbLnmzsguPHjpy9w++P33m1KLSEriU0B/2Hzw4ZGjG0vc/euLpf7/4ylsHDx45f+7Cs88/f/ud&#10;t3/55fIbb7h+x/YdhYVlCCCE6wTiMzs391/PvjB3/vxPP/kYXWj39i2nT56qMVlffXlJZGTE2+++&#10;t2TJS4UFBcePHjt++MgH77/3xON/+3r58svmzT9x7ERZWeXSd94vKCxcsuTFzz7/KDRc/+bb7xTk&#10;FxcXFtmtVji6EAJWUVWRX1gEj9POLdslpfqFF59d8r//rvjiw2OH9kwcN2beolt+/svf3HbbLWWl&#10;he+889Zzzz371N+fQt1MJrPIs+nDPxtUdSJABIgAEegYgX4sSEiTdKxrDMSjRfaGDEErl8xesHLV&#10;hvMXsrfv2JE6aHBcfJxarVQrWDZCYlLi2LFj33/33S1btlxxxeUpKSkej6RGNJEkDR485Oabbhgy&#10;OB0D83ffeVdURBQiVXQatdfjLC8t/nr12m3bd3zy6bLVa9fkFxTm5mVLHjdihhA8FGpAbI4+PDJM&#10;IXfl5529++7b0wanpaen3Hn3nRazxelE9geLbYRdaTAYrr/+2pGZg+JjI2677abzOTlHjh3ftWvX&#10;DTfdMHHyxLj42Ntuv/vM8dP5ufnhYUYUGh1llKtVxoiIaTOnDxualpoWf9Mtd+w/eMyFSnMLUKvR&#10;alTqyIhwvTEC0ikjM3PUpCnRsTEzpk8Nj4gor6x4+h/P5OXlfrdpKzw22TlZO3fuggBjie8s8ksX&#10;GhoWGRkWFhGCUKPU5NhFVy0cMmywCXFCTu+137spOSV5eMawW26+OTklBZkEao36qqsWDx48ePiI&#10;jKuuvOLsmTNIZ7jyqsXLPv/sk48/mjRp0rhxEw0heOkx/I/klnff+6CgqOjL5bCKl1dVVe3YsdNi&#10;cYwZM/naa68ZNmywPiRELtfccMMNGRlD9XoW2CaxfBBlavKQKVOnxCXEXzZ/bniooaAgDzrnxptu&#10;yxyZGRsbf83VV0+bPsstIVwLUCU3BMnunVdeuSgzc2RaStLChZePGjUGgXTRMfHDh4+ePHVaQkrK&#10;rJnTEbpWUFC0c/fea667bvSoUQmp6XNnz9ZAk6nhV2LaBhkV323dlTp4xBVXLEhOjhs/Yew1ixYr&#10;JE9xMYKjZAsuuzwpKW7ypHEP/PrnaWlJ6zd8d+Mtt1w0eXJMfOzsS2dccvEMxJW5vF6lLgTxUjxD&#10;XK4PMagRJwXQKq3Lq1IYjLMuWzhuTEZsQixPWmFXICIicgpqmBg/fvLE5EFDDh85cfTIsUvmzLlk&#10;9qzYmKipF1105ZVX6w2hqJ+CRZO5s3JyE5JTr73u2pTklFGjR/3ohz8whIQVF1fI5Oof3HtfUmrq&#10;sIyMxx9/bML4CWtWrb5o0uTJkybFx8Zdf+21d95xp1qt/fTTz69cvHjo0EFp6UnXfe/KwsKi7Jx8&#10;yQ2tjP+pWX4KvHgseUQh0+vmLrwsKSUpI2PwdVddlp9zjiWryJQRUdEGQ8jI4RmXzJjx9htvHD5w&#10;aMbUGVGRUSLzn15EgAgQASIwYAn0b0FCmmTAduz2NdwXCgjTKC429s477/74k8+2bt0KQxnJJHzu&#10;IzZ9LnIf/vbY4zfeeGN5Rfkrr7yan5ePmHsWoS8hqQFxK24kheD0+Aw2P4axXZj6yetVIUkjffCU&#10;i6ZkjhoBw/tHP/r+8BFDWaY1T+lFfrGSZUQjs1ky2a18Mln4BlCs3M1mjhIhiGyuYSQ+sMlweQY1&#10;NAFixvT6EGgKPo+TpFGxXfMKizQI65dJSqRxI59bJmm0Sq1ezaxbucxgMFbXmMWINMtfVijsNqtY&#10;eM8Jo1ihl8m10D7IdpC5kUNhjY2PhS9i8sSJo0aNQv1/+tP/gznr90DKtdoQrVYNwx5VVao0IQbk&#10;wKCGHrVGgUwInv7txUC/0+4ADeR6IyUGUxYj2QcCz+m2oW6zZs18+pmnQo2G119/A04JD6QCq5cX&#10;sgRAJk6cPHbcOFyCK6+66o7b7wwPi8CAOjJDuCJShIclhoaGiomtlEqW1wAxiU/wnmstNVI2cGFc&#10;iABj64IggdrjcnmQ3uBb9kSSABlH2e32QJQnLqHT43YijUPyoMJseig2EQA8Qki1wERnrKVoFZqC&#10;C4E/xYHAp9frqqqqmYuDz29mMYMqyxKSkG/D0rjZRcOJkD6hVqvdLhTLst/xqcvhEBMuR0WG4bT4&#10;UO6RS1abw+WA8vDgMqIGXpfOwCc8kCMvycV6BksdkrQhIbyzqXQ6A6ZQA163ywX5hE8Aw253skQS&#10;1m35xM9I9RAzKUA4oDEuj8Vi0+tCZTIkXCELBJOwSTw/x4oaWi1mNAP9A8daLVa7A2n8DuACeJEt&#10;73Q5GQReEPqaXKG2OxxsMjC5GtFrELp4umByML2WZXMBstvtVKlYRzMaQn/3q1/dcsMNeVlZ7779&#10;TkVpufilFsMB9CICRIAIEIEBSKDfCxLSJAOwV7e7yb5BWtwVYSHq6668fNWKFVarc+zIkTCyYE67&#10;ZMi+VV04d37Jq0vShgy6/IqFORfO5ebmqTE8jJAVuXTmwoVPP/k8r7C0uKz8w/eXIkwrOinR7kb+&#10;tzw0ImrwoEEwCCdPHBsTaVyz6ksmKTCkDHPTq4J/oai0oKKi3K3Qp4+YvPT9zwsKSrOy8t57d2lU&#10;lFGvQ1IylwyS3G6yrvhy+ZkTF/ILyj7+7IsRwwbDPzBm3Pgvln1x4siRksLi995548prrolPT9Vr&#10;JUtlmaXK4nZ4YC1qVXAgcFNfsilhXsMC5Wa8R6kxRhjOnz9jr662ebwetR7mqVimT6vwhug1P/zh&#10;D0pKS+IiQ6dddFFubuHBg0fhEIHFK0qDaiguzrLYXFY30hRUMGkVknJQcrrablq57JPSkrJz5y8g&#10;YaCwqAh1gIGuVqmZFSu5ZAq3Ui03Wy2ffr4MkUlXL1oUEhJx/HS2BapIcsDkV6v137/rbtisI4YO&#10;Hjp0yObNm3PzcmAz2x2YBIxVj2XJmyp5rjlMeyVmxFUooCJsXjlb1JHPPuaFgQ6f0pBBKatWLMu6&#10;cK6spGzNmg0HDx2BXGSeCIVKoQmZNnPWt99uOHPqBGr73bffnDp1Uqs3uDxI73bJ2UxiuHzIgXeF&#10;GVWXzpjy9afLDu/bX1VQ/O2GTTDS1TDDZXIVJh/wyuZMG2spPvvNug35+WX79x1cvX4NPA9x8fEq&#10;lfTdxnWlpWXHjx9/5NHHL1zImzd71orlnx88cLSiuGrHtv179xxQK1SRIYaa7DM7d+wqKSz97pst&#10;5uoaic/OBbWqlXk0XqfXyRrOcsmhWCCwWJY6SzXHpWSmP3qSUpk5KnPbls3bNm1GWtHBw0dXrF6D&#10;OR74wolapVI3ODUt//yptatW5OeVnDmX99Lrb8iVUlR0qN1hf+udd0tLyzGb8MOP/uXb776bO3/e&#10;oSMHDxw6gAx9zOn1z389C6/XTbfduHbD2rw8pOGULX37s6T4hBEZ6eMnjEHCFaL4zmTlrl69AfID&#10;1wCiU4s+5HHDYeVRhriUIQq1JiVel5t1ymyynDmV9fr/Xh2anrbg8oUlFZj4oJxJ98ZmWG73nUwH&#10;EgEiQASIQN8i0HcFSfC0ng3f962rQLXtJQR4WoFYAUKmSEqIHz1qNMbmkxIT4MeAdZuQlBwRGTk6&#10;MxMzAy1evOhnP//Z1KlTRo0aHRMby0amPa4pU6ZhzqK77rjrxhtuOHnyBKaFDTWGpaalGAz6hISE&#10;B37725eXLLl8wYL7fvjD71137ajMEQoFG8bGwPVgTOA1ZND9P/7xufPZP/3ZryKjYi6/fPFNN92M&#10;0e4/Pvggm4YIA9GY5lWhGjtubFxC3AO//+2ixVfv2L7rgV//KjY2esFlC6ZOm3bPXXdfc9XiXbt3&#10;/PM/zySlJo0dk3nwwJ5H//qX81m58fEJUZERaoVMpfCGG7URYQh2Ym2E9tBpQ2655cY33nj1naXv&#10;1JhtQ4cO55O+ModDRHi4Vq2Gg+K666+/6447EK7z1fIV9957H6JuEJ/GTGOV6q677vryy8+e+se/&#10;srLzolhADrwTqpjomH/8/cntW7fMmTP39w/+fuTIkdOnT0PQEGJ9ENvGppdFtJdGl5ycZAwNHTNm&#10;7M9++vNbb73NbLHNmDkLXo309FSEkYXo9b/7/e/hX5oze/Ytt96CMfvLL79cp9MOH57BCmGmuWJk&#10;5jBoPEgjrSYkLTUVJnpIiA7xdXD7wJRXqTVIvMaI/t333DV9+lQEd91xx10nTp6ePg2VYUtcYlOp&#10;tRdfOmfGjJm33HwLGrhl08bLLlvAp771YrYABFCx6bhUSrzXapTjx43+yU9+fPMtN990y207du2Z&#10;Nn1mZHgYnyyNTWabmpz4338/89jjf7nl9lteff3V2ZfOCQkLTU5N/tnPf/rNNxuuuebqH/3oR+gh&#10;aOP8+fMWXrbgh/ey1+bN340fNw5q0RiqfuXdD/759N/vuP3W9evWThw/ARpCJVekxcfpvJ702Mj0&#10;xFg2Ma9MlZYySK8LkVzSiOHDQ/UaXEW13Ds4FQIhZtjwjN//7rfP/ufZxYuv+t9LL0+fOUMXylwo&#10;fD0XRWpq6l/+8ijy1K+//obfP/inyVOmI/wMgX1//NNDWVm511173X33/QghiNdddx1i3u6//8d3&#10;3333ZQsXfvb5Z3fceQe66E9++hPcHLimiAQrLin93QO/GTxk0IN/emj/4SNXLFr854cfRTczhOiR&#10;VzM6c5QWAWcQ6pBPGoMhPEpvCFm08LIXnvvPhx99FBYWHp+QdNddd//u979DAn1qajJcOmJVndof&#10;gsCPei/5baBqEAEiQASIQFcSkActJdaV5+nWshv1+lOEcrdeg24+WWB1CxjKJpMJQTs6na7tdRDD&#10;tDwsBhEpeDmcGNZHTgM+QugL/oZxqtZqbHYbwloQrxNmNEKcwALD5wjcwixYGOo128xYByTSGAbj&#10;GBWzOxHto0ZcE2afNZvNFrtNpdUYjWE80It5ItgcsxLiiFC8B/FX2BNJI2gF2iIawi1enqcgSXab&#10;E3abDaE/TrseysAAacGMOfgHbFYrZuzSh+j0ejYzr8uFiCunx+kx6LRuHIkkAMzYi2ltbU5ULyzU&#10;wEpl4ktyYE+bDYY92oL1R3R6AxNgHjaBMptWWKnEAHZ1DVwXLqAIxYEIXvIiHItNSgY3hM3m8Lhs&#10;mFvWLcm0+lA4XthMux6XBZMjm62IvIKPAiXArMcUwAiiYrPQIqvG6UAcFfQbamDDxF4OF+LitHoN&#10;gq7MNr4bZl6SvIggMtXUSAq5wRiq18F7I8dcsWggAuegETHhb3iEAXYsW7nS4dLr2YkQZwazmDu1&#10;3FarGTvnFxRkZ+empaYjQSW3oOylN5beeucdc6aNZ/xZ3okcp6+pqYGnBYIKpUGMoRWorU6vVSCU&#10;yYOZxmxQUGqNFhF5mGsY2BA2xhCoVHBgiYA3vMDfbLODvA4KFTWUS/oQPfoArjvmO4amwtzQPO0E&#10;kws77Tac1oLYrNdff23I2IvmL76BxXA5zHKXXafRIL5MoUJ2j8JkdWgNRofTBVeaUa/2YnYzF4IC&#10;5RBIuOTaED2qyxha7QpU1OVAkk9a2qDYuEinW3pr6UcavfEXP/mhHgF4uKhyBa4pauJwOFQqRajB&#10;IMmQBqNDkx12O6axVmo06LSY/I2l+7tdyF8CBFBFNBqfR9uLfldTY4aQM4aFQWajwki7R+eBs4hF&#10;7Gl1AKdRKS02h06r16oRe+ZwOyxwV6m0IQ4Xm0oYQVuhOj2C6NDfEWOmMxgwCzDTj8FqpO23Lh1B&#10;BIgAESACfZpAvxQkffqKUOXbQ6BTBAlbgd338mkS31p0XOGyPGK+2jqPnGLJGGx1ELbONf9aDOjy&#10;F3IGeOKBiu/Ml7Nj/xEGvPiLJ/H6licXa5HjMx53438h4p+tqSf25+va8TX3UALLOuD14b4ctoQf&#10;RBPTJOwjkZYvaiSOQpnsUxij4rgAKr7KHg/hglUqsmf496zAujMe1abW+JbI8503aPVAtsg66scX&#10;AOTnFav8IXUeyiFga/rXSwyMfrNzMR8RV4B83T+Wr82Xk2er6SEOirurWC6G2FVY/pwKryl7z9Iz&#10;+OeMnm9JQ/aFDxoSPeCr+dc//3njzbenp6Vv2rzt6Jlzjz3xxIj0REaYRT6h7mw5RD4bFassd5D4&#10;rgQCj/j1E2f1ofCh4o3kZ60d7xAdwnc4uyZ1aIpr6C8a/0XekfWpvz+RMXby1dfdoIdG9dFnyeGI&#10;qmNlYye+VqFoIe9Fvgmq+RVnkzfzPoLYLmdlRflvfvM7zA0wderk8qqq/738xm8f/OPCeZdoeP4Q&#10;Tx9hUyPwxR9ZmlOdykCbCl8PW3AFrRbt4p2u1nvBHFPiY3EviK4iugI/AmtQQr3zPslqy9Jv+J2D&#10;/7MLLXpobbJIEI9aMEE8RecRNSfRUnu96F1PEAj6KWP9njpkT1wEOme/JUCCpN9e2gHVsM4WJMJm&#10;qjXXmO3PLTC+DDWz23w2ca3lFDzAy4QNX+hcSAL2D8sOrrVxhR0n7F6mJOQyjLazxGK/VVfv6gXZ&#10;u8Km4+tbw3hmgoQtAu6z2ni5PhOvzohz4Gxc5vBHqfiI6RyJJTQzO9y3ZjmzSYW1KezRIJUTsD/Z&#10;Z0wz+QxWtifLvWYF+qxU/+F+EcObFDA/A6JFLGnPbGVh4vqWUhd7swqK730WvgARJJ9EkYGPeY2E&#10;ucxPxbOvJavZtGvnjp17DmKtw6SklMsWX5k+OF3D5jeD6mH7czM9yLqo5S2ayU/oP6vf+PafKUDc&#10;V7c6JjYvqbY4nx6tbYPX5bTu3LM7LAb5GCNxJDJSmEJiG+tucA1BonFDnmsZvyTmy637+pQghAA0&#10;CAEk7R85fGzTpm0mUxUSX6ZffOm0qdMMISysK2DZN2NFiSYx6JAUTOXy5deFGOAONd6UeovO17bQ&#10;J1F4AbVCnatTfiF5LXxdO4hSA00ibmf/vUA6pN6vAf3ZWwjwIRLqn73lclA9+joBEiR9/QpS/X12&#10;J7PxMFrcoZAtGHQsNQL/iqFyPjovyud2cGOjuX3/AvhERSc0pHbkXPCqtSoDtmztWbgiqjNY3mwN&#10;6miE4LJ9RTdzbdihuKaY/oxNkoYoKLgIWAk+S6KtVzVQk7Ye2LB9sGYQV8Y0GFOVzOT3SdJ2XQzu&#10;4mNIETPG5/VCfCEydmpbGmzlC1dJI1XyCwEmeXzyzveR8P2I2yGwbAgXarV/8l2Ftgz4cZgg4Z+L&#10;eym4WwgfYMdBtosXHUQEOkaAuSX5IwPFNHo3dax4OpoIDCwCJEgG1vXur63tFA8Jt7SYkYqZlRBk&#10;j0mHYHghNcQ3RMyCXIKtYmFP+0KgAmCbd+KLorrnKtSrSTecV5irSAIX5+JeHGaJske1r9FBTidm&#10;mjLruZVMWv28F9ZtLWRYDMwWDoo6wp8B5Smq1zycpr7teMCG8Df4+hE32YEj2Dxv4ynQUlYky+Jh&#10;IVrMs4LOzKKsfALb1/18F6iuJmnYzHqf1ItXaUU39rlM/MKmvvDA52KCZnF1UFVRZhtb3YqK0C5E&#10;oFMJiB6LFxLDeGYd5s4mTdKpiKmwgUeABMnAu+b9scWdJUiEwMCyfufOnUfeOZvZto7qqKclukla&#10;tOmK1bO823RsR3cWEwL4RtaZ1gjKZhFD43WcJv6Ml1YNkLdDUAXbteJwkT4hrnJAirQYd9HUqdtR&#10;pfqEmVYQwXNcSDCpVKdTtck05/JPCBL2auh9wofC+ycgBAMJyIB64VLtUwgNlUyjDYECETpTuGuC&#10;axVcQr1j28Sko12ajicCTRAQgxoYusJUFpi/LiwsTKhrehEBItA+AiRI2seNjupdBDpXkJw4cQLj&#10;XkOHDuOmaqClPnHSkZb3pFroSL1beWx9gdaQWN0YoVYpkVaeu/27CTu41R6Y9p+o4ZENAdURbW07&#10;VacW1rZT095EYCASwHMHagQr8+CHHfNl85no6EUEiEA7CfTddUja2WA6jAi0SACTtEZGRvLEXLYs&#10;tX9jcS8dfPXzwd3AoHzjb/x54Y2M3bd4TbpwBxHR1IUnaHXRHVAjOEfHjm62koGwOrwJ+DFa3Sza&#10;kQj0QwLipmDrNUVEwE/Sz3/b++EFpCb1OgK94jHc66hQhQY2ATxa8JjhS3nTqyMEGuqSjpTWVcf2&#10;oCUBQL5ZxrpUT3QSuYAfspPKo2KIQB8mgNsh4PEmld6HLyRVvdcQIEHSay4FVYQI9EMCwZqkHzav&#10;U5rUyzxGndImKoQI9HMCwW5VvpIqDWD18ytOzetqAiRIupowlU8EiAARIAJEgAj0WwKkRvrtpaWG&#10;dSMBEiTdCJtO1UcICF98H6ksVZMIdDkBMREZhWx1OWg6QZ8iIEK2xJzafariVFki0BsJkCDpjVeF&#10;6tSzBHpJinPPQqCzE4FgAmI6BzK8qFcQASJABIhAVxAgQdIhqs0HfwevcEZh4h0C3e0Hk+HV7cjp&#10;hJ1CoN5EAp1SJhVCBIgAESACRKBrCfQHQdKdU/k0fNoLT20j/lpy4XZt16XSiQARqEeA1Ah1CSJA&#10;BIgAEeiTBPqDIBF6INgF0aVaoA2aJEipiEXLeuPK3n2y31KliQARIAJEgAgQASJABPoJgf4gSGDl&#10;Y6XlwNb9dj8W8w5IoHqhPqwyXbheWT/phdQMIkAEiAARIAJEgAgQgQFLoA8IkuB1lMU0L3iJKV9q&#10;X3Jm9we27rycvEps9WKvR2L/kaCM6r/IMdKdV4TORQSIABEgAkSACBABItCHCPReQVLPsSDmnQyQ&#10;9a2Qirn28Dm2ugFRTfkkhGLp3BerATYmm/A/9vKVX1eFkJ+kc7FTaUSACBABIkAEiAARIAL9g0Dv&#10;FST1hEOjsx4x4z9IfATyyxtPNO9sKeLrAbwCQiAFyRH2JdNJQS/yk/SPe4ZaQQSIABEgAkSACBAB&#10;ItCJBHqpIIGRr/CyrQURwXeo3Vkcwg3/Jie/qgsPXpdGg6yaQtwwX6We5KinOlCZ4K0TrxwVRQSI&#10;ABEgAkSACBABIkAE+gGBXipIGpKFbGjcSeKVKaFDIGD4Fhys1UpN0pGrGAgV6/5M+o5Um44lAkSA&#10;CBABIkAEiAARIAK9hEAvFSTMESFnGzP0+UvwqqdJ6uWKNJxat0VNEpwx375LQpqkfdzoKCJABIgA&#10;ESACRIAIEAEiAAK9VJCgZsGxT8Hp7PUuW7AeqHeUT8MEDqAcDuryRIAIEAEiQASIQKcSaMZE6dTz&#10;UGFEoD8T6L2CxDdzVrPw63knWlQcIp2DXkSACBABIkAEiAAR6DgBUiMdZ0glEIFe7SGhy0MEiAAR&#10;IAJEgAgQASJABIhAvyfQez0k7Ubf0G1CTpF2w6QDiQARIAJEgAgQASJABIhAlxLoh4IEvCjRvEs7&#10;DRVOBIgAESACRIAIEAEiQAQ6i0BfESRNrb3eEofapRODVzRpb2ktnY2+JwJEgAgQASJABIgAESAC&#10;RKBNBHqtIAmswR4QD21WEV45T4xnmkQ001cm+5zJky5aub1N/GlnIkAEiAARIAJEgAgQASIwoAn0&#10;WkFSqx+CVjtssybhK5coZHKFV67weGWSV+gTVjh/Q5pkQPd+ajwRIAJEgAgQASJABIhAjxPozYKk&#10;UThtVRF8fyywyBLbFVjS3cucIz4dQpqkx/sfVYAIEAEiQASIQN8lUG+95r7bEKo5EehZAn1OkAQ8&#10;J63gFqQ9mKuE6xD8dvBZwwOaRBRILyJQnwDNLk99gggQASJABIgAESAC3UCgLwqS1koIpjNqZ/xl&#10;ayIqFPgMYVtMqfjNTVIj3dDN+t4pSI30vWtGNSYCRIAIdDsB8pB0O3I6Yf8k0EcFSWsvBmK1mEPE&#10;K8E/wsSITBJqhOe5s5x3Wri9tSgH2H6SJJEmGWDXnJpLBIgAEWgzAWZhSFKbD6MDiAARqEugNwuS&#10;jq8mwkpgaoRvMq8ETaJg2ewiaoteRIAIEAEiQASIABEgAkSACPQwgV4rSBqqkfbpE/hDgjY2zRb7&#10;s+7aiT18Dej0RIAIEAEiQASIABEgAkRgwBLotYKk3hWpJyFa6d8IHOUrDXKEv2tfaQO2k1DDiQAR&#10;IAJEgAgQASJABIhAVxHoK4Kk/e1nPpEGEqT9xdGRRIAIEAEiQASIABHwE6C8duoLRKDjBPq/IKFZ&#10;fTveSwZUCfRoGVCXmxpLBIgAEegIAUpq7wg9OpYIBAgMBEFCl5sItIcATX7QHmp0DBEgAkSACBAB&#10;IkAE2kiABEkbgdHu/Z1AYAY2moqtv19qah8RIAJEoBMIkF+9EyBSEQOeAAmSAd8FCAARIAJEgAgQ&#10;ASLQLgI0dNUubHQQEahPgAQJ9QkiUJ8AhrvEQlf0pKHOQQSIABEgAo0SoAcEdQwi0IkESJB0Ikwq&#10;qp8QMBqNJSUlHo+HHPH95IpSM4gAESACnU0ADwiXy1VUVKTX60mcdDZdKm/AEZA7nc4B12hqcL8j&#10;IB4GwrNhMplCQ0N1Ol07WinKwU1x4sSJmpqakJAQ0iTtwEiHEAEiQAT6EIG2yonAc8HtdhsMhmHD&#10;hmm1WnpY9KErTlXthQRIkPTCi0JVajOBThQkKAovjHuZzWb8S8+YNl8MOoAIEAEi0LsJNKpAxI9/&#10;o7/54sPAUeJP/KvRaOAeEeNf9LDo3decatfbCZAg6e1XiOrXGgKdKEgCT53AI6c1FaB9iAARIAJE&#10;oE8TgIMdP/vt0BWBB1Cfbj5Vngj0LAHKIelZ/nT23kVAPIoU/NW+J1Pvag/VhggQASJABFpFgMXr&#10;sv9zT4h4QaLgFTQXPL5quImDfMe26lS0ExEgAg0IkCChTkEE6hBox/AYESQCRIAIEIHeTADTJvp0&#10;A6ulxy86oC6gNyQZplX0yhwOx76Dh3Py8rgUcWN4SqFAIJZXzg/1etjUi3xHGd5JXnzFDmfHQ6aI&#10;mC6SJb25E1DdejcBEiS9+/pQ7YgAESACRIAIEIGOEfCrETg4HB6npaQoNz8/32KxQXTwdBBoEo/Z&#10;bDp3/gKTHJAYMmQSOjHdYkFBgcNh97hcVdU1JaVlpeWlZqvV5ZFV15iLSspLS8urq2vcHogVNiNK&#10;YOtYZeloIjAQCSgfeeSRgdhuanN/JADnBka2MEcWEg1VKlV/bCK1iQgQASJABNpMAFIBwkMOx4bX&#10;cfrY/i+//nLrtn2lJea0tHSdXiWT3BAh2Tk5+cWlmaNGGkL0kuQ5ePDgRx99hH9xWHhE2IcfflpY&#10;WJaVna1Sa3X60A8//iwrK6u4qNjldMfFxyiVSqZruJ9EvGrftbmydAARGIgEyEMyEK86tZkIEAEi&#10;QASIwMAh4JcHXrvFdGz/roXzZ//k/35UUlZ15myW5EYEFzwkrsLCPK/kMYYaJK/kdDirqquuueaa&#10;O+644/DhQzarxe12ZWaOzMwcnZKSqlQp4RVJTU8dMjxjROYorVYnrytAKHZr4HQtamlnESBB0lkk&#10;qRwiQASIABEgAkSgNxIICBKkgrjs7riYhKjoSCiKqhqT28OSRCBC8nJz0wYNkimUkBM6rfbimReP&#10;GDmytKwsKjJKpVCWFhecOXV8z85dG7/ZZLHYq6oqT58+dfDAwa9XfG0y1TRsM2mS3tgPqE69mAAJ&#10;kl58cahqRIAIEAEiQASIQIcJ8HgtvJRer9IjU7gkr1tChBVMIIVX7pWp1BarMzu3MCE2Frsp5AqE&#10;YGk1mvz8gvXffDt67ITwyNhbb7tr7twFc2ZfWl5WKjlt1yy+/Lqrrp4/Z87+PXuqK6sRLswS4ClS&#10;q8NXigoYsARIkAzYS08NJwJEgAgQASIwkAh45QivkinVxSWlVVU1J04ejo2LVKlY8mFlVU1UdExk&#10;RASfYcspc7sK8vLWrls3Zfq0oSOGY73ErOwcpmAUSrO5WnI7crMveNxOpULm8TgDBEmQDKTORG3t&#10;ZAKU1N7JQKm4HiRASe09CJ9OTQSIABHo7QQwqZZSGR4W9sSTT69e982MmTOnT5+sUbFHx5Gjx3U6&#10;/YgRw+E1kUsem8Xy/ocfPvfCC2WVVQjlSk9JxaRbDz300ObNm6+4YmFm5vDKyrI//OHBnTt33HTT&#10;TZmZmRqNGm0XOe2B+YVJn/T2/kD1600EaKX23nQ1qC7tJdBZK7W39/x0HBEgAkSACPR+AiyzAy4Q&#10;s8nk8coNBgPS072SC9P8rv/mu4jI6MmTJylViOJiE//a7Q67y+30eLQqtdFggGqprjap1RqdVqPW&#10;qDwet8lkwgq6BoMRbpOg6bXYKiXiRYKk93cIqmHvIUCCpPdcC6pJ+wmQIGk/OzqSCBABIjAwCHA5&#10;4lWIRQxrV2V3e7zeispqvT7EYNDDPyL3SkgjQS4JyzBBtBZbANE3b3Cw8OC+kEZm9yVBMjB6E7Wy&#10;kwmQIOlkoFRcjxAgQdIj2OmkRIAIEIE+REBoEJ+GwNqH4n2dOCu2C1+aXezF0kv8IkS8b3l9kYAg&#10;EWW3fEAfIkhVJQJdRoCS2rsMLRVMBIgAESACRIAI9BoCdeQBlg4J+lu85Z+xebYCUoIrkHbKCpr5&#10;t9dceapIHyBAgqQPXCSqIhEgAkSACBABItAnCARcIu3UMX2ikVRJItDZBEiQdDZRKo8IEAEiQASI&#10;ABEYqAQCOoQEyUDtAtTu9hAgQdIeanQMESACRIAIEAEiQAQaJUBShDoGEWgrARIkbSVG+xMBIkAE&#10;iAARIAL9k4CYIiXwqvcnPm/4SVOapH8ColYRga4hQIKka7hSqUSACBABIkAEiEBfI9CaebRa2Saa&#10;X6uVoGg3IgACJEioGxABIkAEiAARIAJEoBECwfpEvO9ExULEiQARCBAgQUKdgQgQASJABIgAESAC&#10;RIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH&#10;0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAI&#10;EAEiQASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFC&#10;fYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAAR&#10;IAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEgQUJ9gAgQASJABIgAESACRIAIEIEeI0CC&#10;pMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASIABEgAkSACBCBHiNAgqTH0NOJiQARIAJE&#10;gAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4jQIKkx9DTiYkAESACRIAIEAEiQASIABEg&#10;QUJ9gAgQASJABIgAESACRIAIEIEeI0CCpMfQ04mJABEgAkSACBABIkAEiAARIEFCfYAIEAEiQASI&#10;ABEgAkSACBCBHiNAgqTH0NOJiQARIAJEgAgQASJABIgAESBBQn2ACBABIkAEiAARIAJEgAgQgR4j&#10;QIKkx9DTiYkAESACRIAIEAEi0L0EvDKZJJPhX3o1SQB0gjf/fp2ALlAs0a9HgAQJdQkiQASIABEg&#10;AkSACPR7AsIYxkve75vakQYGSRGvV4aNUYOGEzIu8En7JB3Qi61/vOopt/YxEShIkPSPLkGtIAJE&#10;gAgQASJABIhAiwQCJnETboAWC+hHO7QCQUDF1VcR7RcV/ctL0pgrqT1dRO50OttzHB1DBHoTAS8b&#10;wpDJ5XJJkkwmU2hoqE6n600VpLoQASJABIgAEeg9BGrtbH+dfAP3eJ7iYSqequKFP/l/2zz8jTJ8&#10;h7bQbt/pWrdzmxi2oBrqURCD9IEPq1Iz2nQy2rkpAlG5Z1qEQx6SFhHRDkSACBABIkAEiAAR6NUE&#10;ICEavvw19ocdeT1eye31YvN4vVJgC26YX43Ucx7445Xq5FaICCaUg9I8ddMu2FfQNU3LmIC8wRuP&#10;TI7yWSEtbL7IKRE/Fdgaxg0FPmm62v6GyFFP3yYw+P5Eu3r19e53lSMPSb+7pAOyQeQhGZCXnRpN&#10;BIgAEegDBOC6x0NKqVT6DF6uG8R7WP9+/0NHG4KzBAqsLd/n1vDIvG5xwqDTiPfyVnkxfJkUgaPr&#10;HSUSK1h7WpEf0UCldMgz4j9jkEunOZS19fRdAF+GCODJ1bz+ImGEvSpSMzt6Veh4TiAq5ww6Gsg2&#10;47EiQUKdpT8QIEHSH64itYEIEAEi0L8IQCQINSLcDg3VBzfR6hhpjcVKBYKm6tAR/hAhQsQX4ixC&#10;+TCrn33rUWCk3+2QuWwyt1PmgSwRJwxWFI1aidAYQadraO7XURH+nUXJLb/qRn/JOxitww+v49Dg&#10;rfNVBHFjQacTDWH/CPYwk4VAUso0Rple7zuKfSivSBvVclNoj1YQIEHSCki0S78gQIKkX1xGagQR&#10;IAJEoP8QgBSxWCyVlZUOh4PZv+wlxImQEMzk9YkUv3EfrEYCGsN/bOMpHCjK4/EITaJWq5FCGRkZ&#10;iTf+wX6P3OOUlReV7t16ZMMqr82qVql4NJXMwz0qonD8qxCGuk94MO0UrCxYRetfGf8OvB2Sz0FS&#10;d6/GtQn3aQSVJ1cIVdD4q8kvfLvXpr7gA37CwFl5Q9lfAZ+MXIJu4TrOdyH43h6F0izTpE2eNWLB&#10;FYbkVK8Cik4pyeTVaSP7T3fs0ZYgh0RcR/KQ9Oh1oJN3PQESJF3PmM5ABIgAESACrSWAp5Ldbi8p&#10;KYEmEb4R7irxLQDCDGSmB/CxQkRtKRQteAlERFa9lzgw8BVOpFKpoqOjo6Ki4CfxyjzQHTKnpWrL&#10;up1vvhAjd6q4uwZSBFZ5sNsAxWJvbroLu5Gfi+3BKom3qJyijqMhIF3Yjsw/ooCqqPNiOqXJcLS6&#10;jeXqTDh8Gh7BJEQzLyZsUJpPtiiUSgAN7I7W1AELD5Ikud0eVJZdEaDwuGSSxylX2XShBR5t5OzF&#10;8+76vsYYLpOpPDKFOXV48Jmjp97MpVSg8oJPoHr+mgj3C3fANPlCzeDIaibMzKejGi1AESznmjhF&#10;8LnraTq5DNe/OT9WPeD1DodaE3K6wYsJOQnEceHLd7wf/HWkP6m9mdN20E3W2juT9iMCRIAIEAEi&#10;QASIwMAhAMeI2Wxm1r0kwYnBrW0YwkpsCrlSpVSrlCohR2A0C3O8rS8REhZ4oSiXy4WpJjlkn8tD&#10;5nYXnDgarnRJDqfkkWSSFwnkCnhE5KoGm1Kh1sjVavGvXKWVq3T8X61crcOm8G/sT/G5b2Nf8Q/F&#10;hv01YmdxYINNLVerxKbQqL0KBcuIVyqUGhyFs7dl06gVGlaI2GANw1vEdJhchug0pM6wP2X1NpZE&#10;j2+9uBwqrVoTotVolHKPVi27cOqUuaqKUQrSGbU91u1hMW/wOLENSsYpk5ieAVIk5MPlxL5luhFa&#10;xitTcUXX1KaCsOG7NbXhW7EISiMba5AcDW1yE8GBXA/WKZ9rN0jPZs6LCitVQZtCppTX2XzH+kSq&#10;kKp8Q1VRZ4XMo5R50Pj6L58nq+n7nwTJwPltpJYSASJABIgAESAC3UogMPAvxv7Z+D0fVcdQPSa8&#10;EgPGcFmI6aWYtx/WrX+DV0XO7F32JQb3RawXD6ZifwirU3gVxIe8HMntgXkPOcKDrmAg4p3NHiop&#10;VBiSh/KBd0ClhASC4FDLlRq5XCuXaeWSSuGFPHK7XB54UHhFYAoHzGloHpfkERsTV6iYkFb+zev2&#10;YGORXTy4i//p9rjcktOjgA7Ce1TL7Ub5fHMGNpfT6fG6ECHlllw2p9XmtFjqbja3zea2i83h8m1O&#10;l51vDrfTKTlcDpTisnucdgmfuJxelwNpM6zlMiWElzCFmf+C+S08ajWkDxvHx+afbQwV9mokSWGz&#10;ymwOJZ8erF5uD5DyixXQGHXdCEiDYRt2YSFhTJxAvUjQJ01sbhez4T1SkxtTDd6mNhkuAQfeyOaS&#10;vLiGbqfYIEdZTdjmYklE2FxONsNB4xVDnSGroLv4v0xgiD8hw1xM3KE3BsoRpdVuLuwjl9xKr1sO&#10;qVb/5Vtispl7jwRJt/4w0cmIABEgAkSACBCBAUtApFH7V/3mtjKPlQqEsgSsZ/+b4A982AIpEfUw&#10;sglrgxIm/KXKYYhjWJxLjOBX7Qy3Qt/AZkSGCexCnuEhZJN/hD7oTPwsrBzftMFcvrAm+Y5hB0ms&#10;MAzgq9wKJZ9jWOZiOgblwtoXzhm1f1NJiI/yQiIwfaRQalV8Uwc2hdbn/lBolEqNSun3hnCfiFIJ&#10;YYXwNJVCqeabCn9BWWkUOA1qBI0kBcx6Vkf4h3h1xcaTVxhhHK+SK9QszIwDaCzeCjsz7wL3B3C5&#10;wtwNQRuC1rgu9OufZt40HvLU6rtCXKCgCYsDMxcLoeqrR23wWqCTteCnEBMA+DfID3h7hAbj15yp&#10;Tebea3zj8XIsn0jZSJRdS6lAtFJ7q68+7UgEiAARIAJEgAgQgY4TEIIEL2bZNtQk4gQiSzx4g7En&#10;Us8Dn9arSnN5AQ1qzSxzJhvkklwhQR6wEXmMhrtZigAzQfmXjb185ipLiPFtbCBdqBGe3cCNZQlq&#10;xK5Q2ZVKjwYqQaPThUA8iPx5ZGgEb3KvSmwqhVZsaoWumU2l0Cl9m5bpCDg84PJRamRKrVepkVQq&#10;mQoKBwBZKBVa4oF3B34jeBPgkmIZ9GIT4FFt1lzmaYJHAt+yZJjmQPq8Rr7rAK+Ikm28NL9KaVUP&#10;4aInSDr4tAx366A9TW/4lldTZM40tfnq4GsJk1/N7l77rdBqPNmJTwDA8PgUMK8y+4B7kGo34bAL&#10;iKx62UmtoiG6Bb2IABEgAkSACBABIkAEOpOASO2oVyLzK3D3AkKekEPCNAZPB0fsk89A9h/AAp/4&#10;qDSfKQomrwLxWOxDlgcCy79ZqzlwVuataDwp3Ct3uZFyokB4jcqMSBwWQsZivUQuOo8Bw1uY6/VW&#10;IWR/olDE8SC4i22I74ELhO+J2CwY/TD98ZdDrrAp1CZJckDpuFxepwvTgTEhgvQKnmER2LRemdg0&#10;ElwQXiTpo3iU1ejm9iJ4yLc5vR43282F/3o8klOSWeSKMoWyQi63qxUupUJSKXkUkcwJeKgGmw3M&#10;zUKP2AaGkGS+/HAoGjWTezzrv9k0enEIU2soRI2ibTK7Rea2I1SJR8xBArUsDFEAm1qgwYvnwyMg&#10;Dpn3CHJrfENTWSAVxEKDXBAhcYOlh5CvSkwc1uqN1V50G9ZzFDKbnV1wOK9EmBti/upvzOeFXBMe&#10;ssb/14CACAFs/u4iQdKZvz5UFhEgAkSACBABIkAEGugQZmWy/0sujH3D6raYbSazyWazelywnBFe&#10;JIxhvpN/ExacCLWCdepwOgsKC1mcEHwaPNEj2KDl03a16uVzsHgRoKRxKHSw4Es0unJjWEWosUKj&#10;q/TIoE8c0AUKNSxutinUbrnajT/ZpnErNE652iFXYXIqlwJBWWo4WFAUBAWisOTYX1I45RqrV2NX&#10;6dLHX+TQGk0uuV2mcSl0brnOiZN6FTa31+bxWj0yq8dr8XhtkmSTvGaX24rsEqgcyA7/5naj7exP&#10;LDGPr1w8kUV8CIWBWC+PXO+Ra93YFBqLTGM3xMZkjLfLQmWyELlHI5fULM1agvbTYGJk5Lwg6sjD&#10;NoWbbf5JsloOKfKxFZ4BvJiHoroK/1GrvaFKJwQJIr+YE4tt7Cwsq0S4E3wfcrudTVfGduCuFR7l&#10;xZJP+HsezYdWQV5BA4hIOP+//ug5NjWYb45lnrUiyuGbAunnvGq1fjXf2TGvscSrFKgJd4ux/Boh&#10;ePmf2EeBCch4yJfIUwcz1bCJE7XhYTInclMQjKViRWFiN+yvUOK9R4FP8B5qTAhI9g/EYas6Yt2d&#10;lI888kg7DqNDiEAvJCDS+5xOp0ajwdSHvbCGVCUiQASIABEYIAQwy5aY8ApGWsDngFF5eESqq2te&#10;+N8rGzd+u/W776qqqtKGDlWqtTBG2bxbCjY9EzQHci4Qh4RPVGoVUtohWs4eP752+bLhGcP0er1K&#10;o4UzAnYos8p5SgMflWZPQSxCEhUZCc8L+xtj6S576d5tnqIc2JM8x4Q7OGC9qtUOmbbE7tGkpi+8&#10;6Zbh8xcMmjwlOTbhQnaB1amwyzXlNmeN22uRKattdpdCWe3yVLm8ZqcD2c0OGLb6cItMV4oMdMlb&#10;hcR05J4oVDaZqtzurrS7zS65Q6WLGT5q3OWLlG5bVX42GNgkucnrrXFiWRavPCTU4nDb3RAFSB3R&#10;mV2yGqSjy2QWN1SKwuSR22RKKzweMM1VWrdSZXJ7Ku3wsyi92jCLQl3hcpoxLa9TsruhhlRur9rk&#10;VpQ5PEVOb/KEKRMvmVFRWlJpshaZbDWY2ReeEbXG5PKYIX7cTrfHyTQhpuHyeuCYQr1BDxY2JFa1&#10;xph58Wx9RDTcCbhmrv++ENxXn0kaLVI0cCyujAdmht3y/euvvHH+7LPnz5eXV7IEk8oKmblGZi6V&#10;2SpZ7rjOILOYZKYKWU2FrLpS5rLItCqZpUZWVSKzVclAQq2SOSyyyiKZ1cJDzNBmkwyOF/iYkHdu&#10;qpIBrMUis5llNovMaZfpNCo1zH8sK6+UWcpZsfZKpdeul5yuimKoNFlIqMxul1VXyFz8vKZymb1G&#10;5jDLKku8DpPXYUO2jhc1wWYxs7A8pcZbVS2rLpPVlMtMNcz5hHY57LKaallZkVan+OWP742Nizmz&#10;dwebLaC8WGY1eZ02r17tNVfKqsplVWUs+UaphiZhJDkcdMcHC48Howt54BciOq2Ze59Wah8gP4z9&#10;vJncG8h+j/G7jwcAVobS6XT9vM3UPCJABIgAEeitBPBUgtIoKCgQTgz/ahiIbHLALMsvKHvwoUdv&#10;vuGajPT0jz//fMqsSxfMW1BWXLRn9269LiQ6OsYpc0yZPAWzR+3asau4tHjoiMzRmSNOHjrw9Wcf&#10;PvjHP5rsnkMnz4yfMC42KlJEwohAGZa8IUkhISFDhgzh65DgdC6Zper4kmc8B7e62aRebOxawuxN&#10;MhjximqENKUMmnPzDSqlrOjYkVBDiHH4CNO53FVfrw6PiZ4wc5peH1pUXJwUGXr86MGwyNiwqPjw&#10;CINkqzq5b2/e2XyPxjBu+vTEYYPdtppje7cWnDwbGps0ec58Y2Rk0YVzGzduTh09cd51V5fv33hy&#10;zVdqpd6sDs2YOj02PdVcUrjju00piUljxozevXat261IHTE6JDKirOJC2ohRbofKaoerxB4ZHa5X&#10;K47v3lttsoyfNSsiOra6sHjbt5tUBv3Y2VORaBIeGmavrNqxbrXT5oobmpk5dRYa79YqEiP03372&#10;UWFO/oz5V8QlJTiryvd8s7a8ogSUQ0JVoS7HqS3brVXVaogBCRnYiCBTOJWqarmmOjnzsp8/GJGU&#10;IqngFJJbUjOC+1f05Btr/2TZJ+7oaOMLD/4iLSHyneXr333vQ21kzLVzZkWG6sPCQ9RG3ZqtO3Zv&#10;3DV9/uzMtOTY0JCosMgzeeff+WxZ6qDBV8++1GqpMjnly9Zumjg2c9GMyZiA+Jstu8/l5M2bffHG&#10;7dtyTp9LGTbk0tkXb/12i1KunHfpzOS46HPnsz9duc7ugTcoFCFwI0elf2/2JUaNYvnnn1UXl85d&#10;dOXWrNLje47EDh286NIp+/dvnzF5fJhOY7daj504MXP6DLPDczaveM3KNYvnX3Lp9Bk1NZZlKzec&#10;KSi98rIFSQlhqDbiAld8t2n/8TOICrvr+mtGDE52uexjJ03eduDgK//615jp0783d47T5Vy1dcfe&#10;HbsunTf3olEjHTb72i27zpabMY2yDALZv0RJ+YFlweiick/5HTdN3rHkIemtP2ZUr7YTIA9J25nR&#10;EUSACBABItAlBLAwYk1NDYoWGSPiHCpEu8gxJG3asXvnzOlTYmKjT5w9F5eQoNfoXl3ycnFxicls&#10;Xvb5p0WlRdOmzXzllTdOnTqNXIJvvtkQZjTCfD5/6tSQ4cNfeu1trU4/eeJEzDnFM459goRPGsU8&#10;JFisXUiggIfEW5SDSDDuIfHNuCQpQ01y9cg5s6PSEvZ/+n7p0QM5Rw6VX8g+nlMkhYZffvuNEbGx&#10;XlVobMZoXWpyZWVNaubE2NFTHQ5nWFJiUuaoE8dPjZkybfj8+VqZIiQ6Jj0jU9KGTb1sUUT6YJtX&#10;kTA0VR0Z4fCq0jOG23Kzys+frnJKo2bPT5t3BSYHjkpJDouK1kdFRk256NTWrWZJPf6ShVHpqR6d&#10;O27azND4lKoqc1RSSsxFE/RyeYlFGjdnYXj6ULNMGZs53hiXVOl0jb/y8qjQEAQVhaUNCotPqvaq&#10;Lrn6RmN8ssuriElPlWk0R4+dnrbw6kHjJ9s8nojE+PhhQwpMVeMWzgvPGKSqqbYVlpiKynRYtJ5d&#10;F5b7AG+Uw6t0hMUOnXaxLiwcWRKNeUhG+XLX2YVUYWbhRbOmjB6cBFdPZHzchpVfR0YafnXnDZPH&#10;jERMXkJMzKypFzm8zokjh1x5ycxYeDYk14yJo9LjIOmcd167eFh6ck11ZXJMxP233BgllyL1mksu&#10;mqDz2OdMGa/XyA5t2njHnTdNHTPSbTLdfs2izJSYCJX3olGZyXEJ+48fRxZNbFz4w/9334iE+FiN&#10;5orpk3et+fr2m24tc3hPHjo6beqka+dP85QXXnHp9MkjM0JcNqWl5qbrr4pPTLGWVVw6buQ1l1wU&#10;IncPjo+5+KJJxdkXrr9m4UUTR8s9jvS4yOljhh04uu+X991z5eyL5U5bclJ8Skr4qUNHjBrl739w&#10;V5jKGx+unzdtUkFO3pypk6+cOxMzne08dLi0Bo4XPgoscvtl8j8UnQi+qfQP/KJFQUI5JF3yM0SF&#10;EgEiQASIABEgAgOZAJu1qcH663zFEaYfSorLNnzz7Rtvvn7mzMlJF120acs2gzHid3/40wMPPDD7&#10;khkepwMD2DVmx1133/OLn//kzw/9MS0tTanWWGzW9z74ODQ88rrv3aDRatuKlw3r+1NNXC6ZQmeM&#10;TU/3uF2m4lyttQLWcPaF8/lFhcPHjVVr1TtWfLH0+edzz2VJ6v9v77qD47iv89bbq+iFh0KwQRSb&#10;RFk0ZUmOm6TIZaxmR3JGNhVlIjvjKJlMbCd/OMlk4okdj5KMJyMl44xNJ5ET2ZGb5MSyXGRaFMUi&#10;ihIIAiABorfDod0B1/Zuby/f++3dCQRAAKQomQDezg502Nvy+327hN63773v86puH5hOdDzy7//2&#10;1KGf/DprKQ07dm+8frvZ2/rDg//47DcebznZEty0VW/aNDYd7R0aSKvKtTuuBS+ivnHyH7FQzYPy&#10;M3TCD46MtLe0njvfnUNeRkadD7rgVUtyoa8DnulSItL74pFDz/wUDo8oWPrOtw4mkqY32BjJ2ucG&#10;Bkw7F9yybUNjvT073frrF7538Buh0eGqjQ03ve8Dmr/kZ9/57rP/8eSZEy25tBaobqjfudPMmr19&#10;XTPJmUBjsH5zk+QyEr2DR77/TKi3z+P3QlTLoXNCXiwLcSuFir1FTL2wL7uINRl02Gj11tXcvu2b&#10;4pPh40cPo5QsuGs7JIfhvNLZO/gXX/nal584GDPTt7/n1oayEstMPnHw4J9/6UvHThzbvqXpmo31&#10;Hk176pnnDj719J7rrovNRP7h77/y5b/9azMRu3HXTnNycl/zNZrPu3PzpvDQYGVVefPmYHxibGJw&#10;yJBzt+67QUNRVhY1ZWrA74nHoi8fO3z4pRdcuu12SW44Q6qYh2y4kP5RfD53d3fXvz7xz309nWY2&#10;++SPf/HM4Vd27N5TXV3acbYtNBGua6zesWeXZHi6hsJf/PJjz/70ec22Dtz34Xfv297advpzf/N3&#10;j3/76YmpVImufejWm2tKvN2950NjIxWlJY8ceBDqyr2Dw195/In2vgHcYRJaQyUZyQRf5sKE5DKB&#10;48MYAUaAEWAEGAFGgBG4BARQG4SWCWEnuHnzlnvuvvcLn/v8/v37n/yvb8Phr7y62u3z6YaraWMj&#10;TMwzWSQqyrw+H7pKGurrmrdtNQxjfGLylZOv3nb7nWXl5QslvC46koJYMLXOOz4ZaGhGk3xsZnpi&#10;UvUHMpo2NBufyuXctRt8tbW+ijLJTkXCQ1NjA2MD/XYGwllgFtl0NKZnpLGxabSMqB4fCMbwYM9s&#10;KBTu6z/64kvJRBLTq62t2bt7j6EoqImirJCQ2IXelZrJtJ04OdbWds2WzTt/65bKYE08lQQPmEql&#10;THRroIjMrblQPJWZSY0Nu1JJFb39GXOos6O8tAzReU111a3793t0l22m3Joqm7PJ8Eg6OpOOJVAP&#10;p/sDcsoMDY/Ep6cnEUGbGd0FtiZ7dPUde/eUYzrJOJwVpZQZ7x80rJzX7YEomAXhr0LmSiSwhKjZ&#10;Uo0OIsOEeF/TkYSpKPHfuGt7udddF6ytrym//ZZ3BeiuWV0DQ5Fo/HRf/1BozOvzSJIZngidaG0d&#10;C4U7z/fBgdEN6mVmT7aet1RfwBsY7R/oG+wbD41FJ6ZQbd7V1wP940/d+6G6skDb6Vb4Wfp9xo6d&#10;O2/Yu9fjc01MhW3Nkjyusfb27//wmWw6c/eHPnLT9TeU+YBKzqVYkol2mwQcLjX0DFnZyPRkykxC&#10;CS0p2yfO945nspobT5n/Pe97b+PmLdEYzCbRWqOMpbIz0dhUwoSVS+OGGqgOd/X3xkOjHX0DE9Mz&#10;EE/zGJpLN/btv6V5++5EKgNiDIeZ4YnpofGY7auRXAEhFO30wq9QAG7+08qE5BL+kvCujAAjwAgw&#10;AowAI8AIrBABp7/xjQU9HuR+jmyBEp2eRsdjZGYG8XzWzGxsbDzfdebokUMnTxx/7vmfm6Zd5vea&#10;8cixoy9393T/z3efPnnyVHw2Vl1ddd999zz17W9he1GdNi/Re7ExFX0MkRsRQk5o51ZyptclBRRr&#10;+LVTdnT2tk99Zt/9n7zxrns//MjDt73nveG+YVt23fzBu+/8+Cd24ZW8oSPadIMYIWbMWn601Ns5&#10;3Ua/dHTLu+54712/e99Df/DQww/aaM6OTEZCw+0tJ2eHhqZGQ8npCdFCT4K4iq7u2rWjqqam9/x5&#10;e3p6U1MTiqIk3XPnQ79/84fvrNzdbNspBa/XEe7bcDG33Aq6r2Wvqo31dlpjw5P9XS3HX7LCw6GO&#10;tvGBXviauHQ09lMeQFflyOigrUl3H/jETR94903vus5XoqVmJ1ITY5nobMep1yMD/aHu7omhfrTQ&#10;wHQxnSUdL9wKFT0kBVdKR9t4Oaktx50DElhQIot+9AO3uQ3XcHgqEklExqO337qv0qeVGtr733n9&#10;A/fc/mcPP7BtY0Nr+9nZlF0frP/CH376kw998q677kpBGyCegkmLy+WfnIx3DYSu2X3dgQMHHnnk&#10;002btr7W2fPCqTNmRv69Aw/iXr386mtnus73jUy93tb+wouHzvcOvdJx1orGQZxKduzc+459E5OT&#10;A30DG+qboH4WT6Q+8u6bPvaJe+7/4Psry0rBmnTDo7g9MeiWuTwZzE13T41Pnu/t7x0OHT78Ykd7&#10;GzIeXb19Zo5UCiARBqkCULSegZGh0ak7brv9gYcP/PGD929tqELHf/fgyHR05rVjxztaW/v6+3/w&#10;v/+H6jgJZVqyS8pYREPymtHiKVwOx0UfVe4hWeFfFd5tFSDAPSSr4CbxEBkBRoARWB8IOCpbjnpr&#10;8U28UNxSTDPT0dE+PT19pv0MHAN/5+P3b9u6BY4gLx1+MTQ2Xhus27J56ztu2FtRVnr82LGOs2en&#10;pqdvufkW1OFEJifuuu++ZNqcmpratq3Z0JFTwMkLriQX6yF55Yg92k8ERnhMIBYnCw64WMhSMpmK&#10;TEVq64OBqqrS6qpkaOzVI8cGOnvLSwKVtcGKyppcIq5Ew6M9Xe6snRgPD3a2uzWrviIQ7uke6RsM&#10;BsqqNm72lJdGB7pbjr4EhahgXU1NbbWajA20tycjM40l3smejlh4iLw9NL22trZyQ5WcTvWebuk8&#10;fbrGMMqCdR63T08nEqGB2bH+UkkaOdc3G49XBau0VGKk/QycSVDKVbehqq6uVkmlRjraYuNjDRWB&#10;gY6O2ZnZDeUlRjrVefp1JZ2qrKmqb6jVzFgyNNjV8upsOFxfU1tbVeqW7VBP52Rfz+aq8sxg/8TQ&#10;sO44IYpkCORywUrSimwqrgx6SPbf4g6IHhJJSl+osvVY3Q56cgE21LEse/87905FZ/7p69/8+csn&#10;Z+IJFDINd3bsv34vVNQwy2Cwtmdw9Ls//klT08amYNBt55qvaYbw149/9sLY1KynrPrQsVen42Y4&#10;Eq2sLNlzbXN1Td2Z3qGvf+9H5/qHq6tqff7AD376yxMdXaHJiLe0fFNjfWllZUp2/+hXR0PjUVt3&#10;mbOxHc3NG+s2eNyezp7u7z33PETMNtRv3LppE/JgocnJk6dOu0pKWs+e7RsZTWbV8qbdvzjRmgyP&#10;x6KT9Q3Bmtoaf2ll7/D4y6fa/BsaRiYjZ0+3eLx6SUnJqbaeEy3t9XUNu5qbXYoym8yePHP2J7/6&#10;dXlFxeamJjTs94yGn37+51V1TaaVfb29Cwps0FRGLaAQHXas6qXL6CFhla318Xdxrc+SVbbW+h3m&#10;+TECjAAjsJoQKKpska0ECfg6BSmofEK1PYI2NZGA9wb6JiQI/hqGhzxFMiY0dZGHMAwXnChwICTs&#10;E8kEPmAPnAFmJYqVVgx32s6Z6Szp2yuwWyeG40BzMZWttn/5qt1yJGOl89bkjvgvhLZkF3RnI+jW&#10;8MP2TjZUJWuitAclST7kUFS3ochaLBZFcRMalt0KjD40O2HCgdDnNtAsEIklNb+vrLwsa8ateBSK&#10;xdG0GaisQI8FeQWaUJBFg73iz6WkZBTTyiiumKx6S0pM1AmlTNRkychxeH14yx6fmdFyCa+acsmy&#10;mdKzqjuno84r40on4dtoGV7DH4D/RjY2C50wj98fT6d8SLtASUyVzEw8Df0wzfAEAobbNRONuFU5&#10;HoulURwFuauSUjM5i54TLxxJCMK0F6mADPW0EAgoKMupEEGOK3JM88Uadt7xR58vCzbC7h39ELEL&#10;VbaqbvwYadoCOSuLUqtZ6ORKKQLdG4AYLqDZs6H6Tz/7aFdf31PPPpv1eAeGx1FO9vlHP7Orrvrx&#10;xx7LBirODQwmY0nD45Gh8kwHwyMlK6Vj25pqE4n0NGxpcFW/n3R+bRONImgXIcv5lFm3ocLv93YP&#10;jmZlDB95CdSzJaVYrKTCWxnwjo0MQFotm876PH6X7p2OxSS3Gxey5Kyu2plUHJVgMdWjGmUKGoYm&#10;+r0Bf1N93Uw0PhqKQpjYduEWgEpklGzSNhNuw5+KJ3x+X01VxcT0VAq1euTUmFYy6U2NDbj7g+Hx&#10;nO6BKQkli5AhUalhxcpkgCWQJEKSkyZf+/7cf64rUdliQrKa/sDxWC+GABMSfjYYAUaAEWAErh4E&#10;5sr+ElXIJ0kQvcIjnLwNRSMHOdwhfIeRHFR6aZNj4lBcyPSCrNzRFI5t2AHpApQ1gYIIcjN/uRgh&#10;OfPEV+UzR9FLIJhLvjQJPciIxeUcGdulKWFCklyKhMEheaDA+aRgbkfRqAqpYCkH13O37tLhmQiT&#10;d5jiwSEE9hNZuHnABj2Nip+sLqfBsjA829IlNUvJBxvhP0z/wH/IFhB95LaFM4sZCE92mg4SEpi+&#10;rdkmGfhpBnXCw8schVUKNZvDwF1C2zguJsNEksqs4PGnkXgxWZYL2EAq8AkWKSjdwi85TXPhMjgA&#10;zvG4qqqgaQbe5vQaH/aNZHgv3udfEiGpvOGe/M3BLYEzIEaPbiA6KzCzpNRsfU3Zn3z20XMD/f/9&#10;n0+mUpbkr5Z016MPP7Clruqv/vKL8Rl4QhqSx093DrwTNo+KTmkaEDe4qpCNBzDTVZ8/m4QLC/Ub&#10;EUxo9EfQnzbphpMMAPnVoHMdbJbIbSohuT0SKCXwA7yYM06oAyNL0rwSnF3AEdCpj4ItKreDMyLx&#10;TisVIyKEy2kuuq7uElcB2ijlS9ODBr0EoBOPSS4wZuwjnjS0A8ELBW3/OsbpJuCJ4lJpmGPROYeQ&#10;5BbI/naKUyzlQ8I9JFfPny8eCSPACDACjAAjwAisaQSErhN1TxNJof8IJV4x5fxXzg5iFdbtML52&#10;2Ad2RtGV6HpYLribB+H8OJDOBsNtCnqlLCUikITJZVwSXM0RKEtIf7hzWY+U8+YkL1R90XygIh+j&#10;++DJh9QNnNjJbTytZtPunOWXJQ84gIyoWUZjiUFOh8KBXExLmOUhhsWG/Ce3rIDVuNBDAeahqV6y&#10;hJQNaHjR23VDlr1ELcA1cCQOIXfxHPSOdcnyGRCPwghU9Il7c0hxZHTJhugwXRdBspTDpT2KYsAx&#10;HpcEJ7FtnBaJETf2sSU9h33IDh1zR0IF7/PRRzKH1jkN2UtFzMJ5HazQcVvHB0E0cVdAp/Cryz0S&#10;Tz935Pix1s6Mt0wqqSRuEE0eP9Xxw1++ZFqqXF0tubya6kKySFbFMIn9qcQKSiuV0go1EFA8HlVG&#10;r46mgXggwifaIIYE1uH20p6KjdQRGdTj1ugeI1CjaH7VW6oYuEtgOz7JHyDC4AGoqJFTiWxg2HBm&#10;06FyBl91GQRNdZdqgUrNF0BuQ0LjjmwK/gMIVWgVGIYPMgQ0x5JSKVCCJ0JWXaqiu5CZ8ZXRMAA5&#10;rFB0Q8GKVnqRQckjtxR+S2Kbb4df0//2eXKMACPACDACjAAjwAhcFQggOsznNxw+QtwgvykfH7/B&#10;RyjjQUkAIRQs6osQQ2NjcY+5Myooac3NsTifKddBhzg+7XmmQP9FssZCloa+p8ogsVLXPVILxH1y&#10;pK2V50J4I4+N1LBCCQ1qCSd3c9gs4p18hj5QiI+zCYZFITrsu5FFIEUxvM+nfhXKB9kIXbOoNspY&#10;FlYL/ntYkMFwRoZx0FBwRuyDPWnWlJihuVPOBc3oyCU5OSJaSWjW+SnGRbbjROqQtICvCIk+kZyv&#10;SKfQZ4zQ8WGhnwUMKTdDSQpKWpH0mBP9OydaeqGJ0omIeRFnRFiv5tK5Q798sb3lDKqnaIhYDO2V&#10;Y8cOH3rZ0n2U4NBBkQhRhSYnchr0CxEMkE/MWBT4WSJ7g5o18DawQjRoIL1DCIKeYbTYFfkkZKjM&#10;NNJR1GFPiR+ap4CeIKFsEWEjmC+NEKkS/AYeiXsC7iieKdwNAg/0BpIDyKIIAQYiwAAYdxhfUTkZ&#10;UnO0K35aaVOktAg7TBu3UMgliOdXPFS02Xk0F1mWYSPOWXhhBBgBRoARYAQYAUaAEXirECg0tVP3&#10;CIWh+QwC2V1Q0E4lQHmrdSd6dlbHEkPE6k7ETdFgPp4ubHG2F0q98gxkzpv+wmmRCqHyIpF6ELEf&#10;ok7wBwSeTuwpKAg2ogzIRqQJooIVBnxZ+gAzQ3APJ4ClGiWKeFHWRWfIpJSMKWewMaXmUDIlTDpI&#10;XpiaYCjGpqYZYiOCViCAt0QlklAGo6nlSUXxQJRdgcIQRtR2XswNFVWwcP60LEEpmHR7aQAUkhN/&#10;EaXbNAUaPM5iI82SQdCNqi/BuzBZbKeYW9zkQvhbSE4JiMVZQMlor8Xi4wIJIX5DPdyixA6UCeG/&#10;kw2iIihUkzmd3cTItJyqwZ5E1yDvhcsLOiqEl0lrDUYoxIHEzRORvDMGO4tmHpIdyGUtNPS4kK8g&#10;7WRnBe0RNJXq3+C1iB2xIX81KkyjG0wyy3RqSlzhGih6I0oDWkgVYjl0wACcLJiGyFpR2RnyTzQW&#10;RwMZ91qwNhJI01CVRk+MYGjE1nAWXBCfRAKPCv0E6aQR0k/xpDqJv0temJBcMmR8ACPACDACjAAj&#10;wAgwAitBQETlbyyO6JbT9zh3oRfTYpm78yV+vmgUiAAzTVkNktVy6sKoi6PAWsQHQREuWChAFQkD&#10;Cj/FNyJkRdAqImkKRMVGkQcRr96Le4gv5uwjIm+Hg8y77oKrImNRZFOFCy4ysvz5iqMiBiOyFfPn&#10;QKGzIHFvXFrwjXzKCF8gQUMyw/gpSZHobDaTxl2gdp2Fd5cSGsV6LVHUlJ+SYCNONRcF5Yj/RXRO&#10;JI+YJSWhnHK7OXQTzKrwKIgOI1rzGQd84/SoiIUKouYsIldF6RTRRSLSGPlfxX+wEi2TwT3ARkTv&#10;jWjCwa/oAxINOUiGoIgOFW3weqHtC1ZYmGDFRDQ0NznHFlf8mj8bNbXTbsivFL4VCbIi55sD4EoI&#10;ChOSlfw94X0YAUaAEWAEGAFGgBFYEQJzWQeKeYoMZK5xe3Ef50P+7fSC08/dbeG1550E19Lg2Sfs&#10;2Au1M2AOmlEVDCeQ7kDHON6p6zbeiENpirIyb6z5Yh+nRKy4IowWqYcLNs7bZ8W/ikj6gnXR0+aD&#10;auqfebPXJSEv5+X9ghUmGvjKQgpFrEADRCRDTRe6U4VFeYgFrBGKv0TurEQum8rZyVwWa0rCaifz&#10;K22h1cZqQ0kstdhK22E9OXfN2TjhG1ssK5nDhS5nRcmbZcN/MQsSuvRqwhxzBftc7CQmJMtwuG0V&#10;T+IoyGl45OYhRxWBy/3TYZWt5RDi71cDAs7bJvxBx19h6L77/X6I3K2GgfMYGQFGgBFgBNYaAg5P&#10;gA9JOByemZmhBgNRib/sPOfRkoUsZd5JLtyB3k8bLqOquqq8vFxVKR9C1VgZM9J68lff/Jo6NYFe&#10;ApRo4dV9QWtrLhFarqV72dFfpTssATvFDMihWLI8m1OTgWDzHR/Z99F7DX8ZGAwSGpGN186dU+W1&#10;vy3KxJxtyIoIiQHBXi6YOiV5RFfLUm0R+Z6Pi2Am2tmX7rBf/EgxHieNI/TI3r6F6rmcSyMpZU+e&#10;e37upUsHu5aGgwBNp6HwxQsjsLoRYEKyuu8fj54RYAQYgTWEgPO/JPyMx+OpFN6RU8DqFGVdLBNC&#10;AVlhKSJRTK0Ut8w7fAHJkWGTBwcJjURg88pc6J6Q4tFIf9dQy+tSxnSaNYrNFE6ZUyHCXr7zeA3d&#10;JdHgLkCycqja0oPb9wR37JECpZDQJUVhIiTb19J8f4NzASFZlu8yIfkN3iC+9BVDgAnJFYOST8QI&#10;MAKMACNwhRBYSVZk3qUWZSxzz+PQm0UX4ZCI4qN51fg4Gm4cGTWdLETgi705p7OuRUKSp1sLACuw&#10;MCETRc0w8ACRoMZLTSBOvZsyvfGaK/QgrPfTlA92Lft4MSFZ70/J2pg/E5K1cR95FowAI8AIrG0E&#10;lqYoS+RPVsJtLn646MYQHeoC3sUICQXh64+QOE8b6UJBP0yIUc3BhgnJlfrHWCEIydILE5LlEOLv&#10;VwMCTEhWw13iMTICjAAjwAi8/QgU+tuXufJ6VDm6kObNJ3RTjc1v/91ak1dcCSFZj8/fmrzZPClG&#10;gBFgBBgBRoARYAQujsBc8duFn9cjcqK1vLiuRwSunjlzhuTquRc8kstHgDMkl48dH8kIMAKMACOw&#10;lhFYYYakaEyylrGYNzcyn5+zkD3l/IXQc/YiOWBSsSrsU9x3nn7axbpWxJnnChsspf/1Jm6Cc78d&#10;+/q3dREO7vMSHSsfAhOSt/Vm8cXeIgSYkLxFwPJpGQFGgBFgBNYKAkszk3VHSJbUUM6zEHJ4LPCN&#10;JTp8Fj4hl90stHoftssDqjhfLtlavbeeR84IMAKMACPACDACjMAKESg4VDhmEet+mWfrPg+PvLf8&#10;YnLMiyI3j+0t8KC/YIM4Qz6TUfiwiu/HQn3qy5gME5LLAI0PYQQYAUaAEWAEGAFGYPUisGg/yeqd&#10;zlUx8hXWxl0VY736BsGE5Oq7JzwiRoARYAQYAUaAEWAE3loE5nGSt/Zi6+Tsl8JJGP8LHgomJOvk&#10;3whPkxFgBBgBRoARYAQYAULAqbEpLgzKsggAK1hSrgSxS+Eky152Ne1QLEq7vEEzIbk83PgoRoAR&#10;YAQYAUaAEWAEGIH1gsClNbWvF1Su2DyZkFwxKPlEjAAjwAgwAowAI8AIMAKrAoFLasVeugMe852n&#10;GLCuRAOKAgBv5r4zIXkz6PGxjAAjwAgwAowAI8AIMAKMACPwphD4fwdPQwYRpAaPAAAAAElFTkSu&#10;QmCCUEsDBBQABgAIAAAAIQDKZHqG3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAFITv&#10;gv9heYI3u1k1tY15KaWopyLYCuLtNfuahGZ3Q3abpP/e9aTHYYaZb/LVZFoxcO8bZxHULAHBtnS6&#10;sRXC5/71bgHCB7KaWmcZ4cIeVsX1VU6ZdqP94GEXKhFLrM8IoQ6hy6T0Zc2G/Mx1bKN3dL2hEGVf&#10;Sd3TGMtNK++TZC4NNTYu1NTxpubytDsbhLeRxvWDehm2p+Pm8r1P37+2ihFvb6b1M4jAU/gLwy9+&#10;RIciMh3c2WovWoR4JCCkcwUiusunNAVxQFioxyXIIpf/+YsfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;eE4gB/kAAABRAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO0ks1KAzEURveC7xDu3slk&#10;Bh0tzdRqW+iim1IfICR3ZoKTH5Io7dsbLUILFVdd5oac7/DdTGd7M5JPDFE7y4EVJRC00iltew5v&#10;u9XdI5CYhFVidBY5HDDCrL29mW5xFCk/ioP2kWSKjRyGlPyE0igHNCIWzqPNN50LRqR8DD31Qr6L&#10;HmlVlg80nDKgPWOSteIQ1qoGsjv4nPw/23Wdlrhw8sOgTRciqDY5OwNF6DFxMKi0OA6rwtse6GWH&#10;6ooOUqvJj1bJmm+H55ItXu+b5byon1ZN/TLPGzn6bpzKNSz3CYMV41+u7IquJ32x377o2UdovwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsB&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkypw0tgIAAAUIAAAOAAAAAAAAAAAAAAAAADoC&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDXbbw8iHEDAIhxAwAUAAAAAAAAAAAAAAAA&#10;ABwFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQBCEeNuB9wAAAfcAAAUAAAA&#10;AAAAAAAAAAAAANZ2AwBkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItABQABgAIAAAAIQDKZHqG3wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAA9TBABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeE4g&#10;B/kAAABRAgAAGQAAAAAAAAAAAAAAAAAbVAQAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABwAHAL4BAABLVQQAAAA=&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 9" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:97;width:61849;height:31813;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAu4b4ryAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dSsMw&#10;FL4X9g7hDLxzaefYT7dsjKGgXgg2PsAhOWvLmpPSZF316Y0geHm+/7M7jK4VA/Wh8awgn2UgiI23&#10;DVcKPvXzwxpEiMgWW8+k4IsCHPaTux0W1t/4g4YyViKFcChQQR1jV0gZTE0Ow8x3xIk7+95hTGdf&#10;SdvjLYW7Vs6zbCkdNpwaauzoVJO5lFen4DV8v5vrIzdv1bDR5yejdZlrpe6n43ELItIY/8V/7heb&#10;5i+Wm/Vqscrn8PtTAkDufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAu4b4ryAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
-                  <v:imagedata r:id="rId48" r:href="rId49"/>
+                  <v:imagedata r:id="rId46" r:href="rId47"/>
                 </v:shape>
                 <v:shape id="Picture 18" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:31809;width:61201;height:16377;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBLFdjBzQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfhf6H5RT6IrqJBC2pqxQvWMHipYG+HrKnSWz2bMiuGv99t1Do4zAz3zDTeWdqcaXWVZYVxMMI&#10;BHFudcWFguxjPXgG4TyyxtoyKbiTg/nsoTfFVNsbH+l68oUIEHYpKii9b1IpXV6SQTe0DXHwvmxr&#10;0AfZFlK3eAtwU8tRFI2lwYrDQokNLUrKv08Xo+BzmY33h3c+23x1yPabXX+5PV+UenrsXl9AeOr8&#10;f/iv/aYVTCZJEsVxMoLfS+EOyNkPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEsV2MHN&#10;AAAA4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;">
-                  <v:imagedata r:id="rId50" o:title="" cropleft="619f"/>
+                  <v:imagedata r:id="rId48" o:title="" cropleft="619f"/>
                 </v:shape>
                 <w10:wrap type="tight" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1180D679" w14:textId="77777777" w:rsidR="00B05D74" w:rsidRDefault="00B05D74" w:rsidP="001675EE"/>
     <w:p w14:paraId="6F1066B2" w14:textId="174B092F" w:rsidR="00421F79" w:rsidRDefault="008028E1" w:rsidP="001675EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc219358907"/>
-      <w:r>
+      <w:bookmarkStart w:id="26" w:name="_Toc221102820"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Surrender transaction completed</w:t>
       </w:r>
       <w:r w:rsidR="00A64348">
         <w:br/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00883169">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="560B7889" wp14:editId="5DF49DCB">
             <wp:extent cx="6184900" cy="3135630"/>
             <wp:effectExtent l="0" t="0" r="6350" b="7620"/>
             <wp:docPr id="1586295492" name="Picture 11" descr="Screenshot of a webpage titled Transaction details showing the completed surrender process. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Transaction log. The main heading reads Transaction details with a green status tag Completed. Below is a confirmation message stating Transaction approved, all authorised representatives have been notified. A note explains the selected units have been surrendered to reduce net emissions for ACME Logistics (facility) for the 2023–24 monitoring period, with a link to related surrender details. A summary section lists:&#10;&#10;Transaction ID: 206413000&#10;Transaction type: Safeguard surrender&#10;Transferring account: AU-3478 ACME Group Trading Account&#10;Acquiring account: AU-2804 Australian carbon credit unit cancellation account (Safeguard surrender)&#10;A comments field appears below, followed by Quantity required: 201.&#10;The Selected ACCUs table lists one row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF22244, project name Project XYZ, method type Waste, method Avoided emissions from…, vintage 2024–25, location NSW, VIC, and quantity 201.&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1586295492" name="Picture 11" descr="Screenshot of a webpage titled Transaction details showing the completed surrender process. A breadcrumb trail at the top displays Home &gt; Unit and Certificate Registry &gt; AU-3478 &gt; Transaction log. The main heading reads Transaction details with a green status tag Completed. Below is a confirmation message stating Transaction approved, all authorised representatives have been notified. A note explains the selected units have been surrendered to reduce net emissions for ACME Logistics (facility) for the 2023–24 monitoring period, with a link to related surrender details. A summary section lists:&#10;&#10;Transaction ID: 206413000&#10;Transaction type: Safeguard surrender&#10;Transferring account: AU-3478 ACME Group Trading Account&#10;Acquiring account: AU-2804 Australian carbon credit unit cancellation account (Safeguard surrender)&#10;A comments field appears below, followed by Quantity required: 201.&#10;The Selected ACCUs table lists one row with columns for Project ID, Project name, Method type, Method, Vintage, Location, and Quantity. The row shows Project ID ERF22244, project name Project XYZ, method type Waste, method Avoided emissions from…, vintage 2024–25, location NSW, VIC, and quantity 201.&#10;On the left sidebar, a vertical menu includes options: Account holdings, Transfer, Voluntary cancellation, Safeguard surrender (highlighted), Contract delivery, Transaction log, Authorised representatives, and Account details. A Close button appears above the menu."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" r:link="rId17">
+                    <a:blip r:embed="rId49" r:link="rId50">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3135630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -8186,65 +8151,59 @@
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006E3CA9">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="006E3CA9" w:rsidRPr="00E349EF">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="4CFBBCE6" w14:textId="752A4A06" w:rsidR="00F76419" w:rsidRPr="009633DE" w:rsidRDefault="00E613C9" w:rsidP="00E349EF">
+  <w:p w14:paraId="4CFBBCE6" w14:textId="5BF86669" w:rsidR="00F76419" w:rsidRPr="009633DE" w:rsidRDefault="00F76419" w:rsidP="00E349EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...4 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7223D81E" w14:textId="77777777" w:rsidR="0065750A" w:rsidRPr="009C30B4" w:rsidRDefault="00CA2954" w:rsidP="00AA2792">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2694"/>
         <w:tab w:val="left" w:pos="3969"/>
         <w:tab w:val="left" w:pos="6946"/>
         <w:tab w:val="right" w:pos="9498"/>
       </w:tabs>
       <w:spacing w:after="720"/>
       <w:ind w:right="242"/>
       <w:rPr>
         <w:color w:val="005874"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -8442,67 +8401,60 @@
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="7B097B4F" w14:textId="45D9B27E" w:rsidR="00D806E9" w:rsidRDefault="00D806E9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D806E9">
         <w:t>https://cer.gov.au/online-systems/new-unit-and-certificate-registry/unit-and-certificate-registry-guidance</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="02C185F3" w14:textId="055C6248" w:rsidR="00D81782" w:rsidRDefault="00E613C9" w:rsidP="00977234">
+  <w:p w14:paraId="02C185F3" w14:textId="1010359A" w:rsidR="00D81782" w:rsidRDefault="00D81782" w:rsidP="00977234">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
-[...5 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="553C60D1" w14:textId="77777777" w:rsidR="00D81782" w:rsidRPr="00BE0DA3" w:rsidRDefault="00407A97" w:rsidP="00E349EF">
     <w:pPr>
       <w:pStyle w:val="LegislativesecrecyACT"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38C3E7F9" wp14:editId="4EA70D0E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4721420</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-190500</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Picture 6">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -12084,51 +12036,51 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:spinCount="100000" w:hashValue="MQYQ/6HxqYqoWikqH7VzPnZ0BzIloSq3Y7kX/ylHJXA=" w:saltValue="NT5gS4s8m8JG9/nSBPQ6xg==" w:algorithmName="SHA-256"/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:spinCount="100000" w:hashValue="mhNvo2dsH0aC75LBxC3exK79WC69jwEcfdMKT5ntKdI=" w:saltValue="AtYzCA35sT2wO+ylHJPu8Q==" w:algorithmName="SHA-256"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -12139,50 +12091,51 @@
     <w:rsid w:val="00001CA3"/>
     <w:rsid w:val="0000338C"/>
     <w:rsid w:val="0000560D"/>
     <w:rsid w:val="00006E25"/>
     <w:rsid w:val="00010F8F"/>
     <w:rsid w:val="0001429E"/>
     <w:rsid w:val="000164FC"/>
     <w:rsid w:val="000169BE"/>
     <w:rsid w:val="00016F1D"/>
     <w:rsid w:val="00017452"/>
     <w:rsid w:val="00021B85"/>
     <w:rsid w:val="000230C4"/>
     <w:rsid w:val="00023A0C"/>
     <w:rsid w:val="00024056"/>
     <w:rsid w:val="0002468B"/>
     <w:rsid w:val="00024692"/>
     <w:rsid w:val="00025DE5"/>
     <w:rsid w:val="0002694D"/>
     <w:rsid w:val="00027071"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00031C67"/>
     <w:rsid w:val="0003245B"/>
     <w:rsid w:val="000327E9"/>
     <w:rsid w:val="00032A02"/>
     <w:rsid w:val="00034031"/>
+    <w:rsid w:val="000341BF"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="00035786"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="00036D04"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="00037CA5"/>
     <w:rsid w:val="0004128F"/>
     <w:rsid w:val="000416BC"/>
     <w:rsid w:val="0004319D"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="0004610E"/>
     <w:rsid w:val="0004673E"/>
     <w:rsid w:val="0005031F"/>
     <w:rsid w:val="000514C1"/>
     <w:rsid w:val="000534FE"/>
     <w:rsid w:val="000543A3"/>
     <w:rsid w:val="00054BB2"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="00057372"/>
     <w:rsid w:val="000606EA"/>
     <w:rsid w:val="00060EB5"/>
     <w:rsid w:val="00061331"/>
     <w:rsid w:val="000634B0"/>
     <w:rsid w:val="000637D2"/>
     <w:rsid w:val="00066066"/>
@@ -12207,50 +12160,51 @@
     <w:rsid w:val="00096095"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000974F7"/>
     <w:rsid w:val="000977F0"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000A24AD"/>
     <w:rsid w:val="000A4B76"/>
     <w:rsid w:val="000A59B3"/>
     <w:rsid w:val="000A654F"/>
     <w:rsid w:val="000A719E"/>
     <w:rsid w:val="000B099C"/>
     <w:rsid w:val="000B1591"/>
     <w:rsid w:val="000B169A"/>
     <w:rsid w:val="000B1BE5"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000B2401"/>
     <w:rsid w:val="000B796F"/>
     <w:rsid w:val="000C1B1E"/>
     <w:rsid w:val="000C33B8"/>
     <w:rsid w:val="000C4B6E"/>
     <w:rsid w:val="000C594D"/>
     <w:rsid w:val="000C7DB2"/>
     <w:rsid w:val="000D2A92"/>
     <w:rsid w:val="000D33AE"/>
     <w:rsid w:val="000D3A69"/>
+    <w:rsid w:val="000D3F25"/>
     <w:rsid w:val="000D44F4"/>
     <w:rsid w:val="000D4CCB"/>
     <w:rsid w:val="000D7D85"/>
     <w:rsid w:val="000E0249"/>
     <w:rsid w:val="000E0CF9"/>
     <w:rsid w:val="000E1BB5"/>
     <w:rsid w:val="000E2382"/>
     <w:rsid w:val="000E3CE9"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000E69CF"/>
     <w:rsid w:val="000E6BEE"/>
     <w:rsid w:val="000E7312"/>
     <w:rsid w:val="000E78F2"/>
     <w:rsid w:val="000F06CE"/>
     <w:rsid w:val="000F2BDE"/>
     <w:rsid w:val="000F3908"/>
     <w:rsid w:val="000F4B2A"/>
     <w:rsid w:val="000F4C5F"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6FA5"/>
     <w:rsid w:val="00100585"/>
     <w:rsid w:val="00103517"/>
     <w:rsid w:val="001067D6"/>
     <w:rsid w:val="00106A11"/>
     <w:rsid w:val="00106F53"/>
@@ -12476,50 +12430,51 @@
     <w:rsid w:val="002F58E9"/>
     <w:rsid w:val="00300376"/>
     <w:rsid w:val="00301372"/>
     <w:rsid w:val="003017F1"/>
     <w:rsid w:val="00303251"/>
     <w:rsid w:val="003052D2"/>
     <w:rsid w:val="0030535E"/>
     <w:rsid w:val="00306F29"/>
     <w:rsid w:val="003106DC"/>
     <w:rsid w:val="00313FC3"/>
     <w:rsid w:val="00315402"/>
     <w:rsid w:val="00315FDD"/>
     <w:rsid w:val="003173AB"/>
     <w:rsid w:val="00317666"/>
     <w:rsid w:val="003178C6"/>
     <w:rsid w:val="00317EC9"/>
     <w:rsid w:val="00317FB9"/>
     <w:rsid w:val="00321838"/>
     <w:rsid w:val="00321BAB"/>
     <w:rsid w:val="00323865"/>
     <w:rsid w:val="00323EE9"/>
     <w:rsid w:val="00327388"/>
     <w:rsid w:val="00330670"/>
     <w:rsid w:val="00332B6C"/>
     <w:rsid w:val="003351F3"/>
+    <w:rsid w:val="003358AC"/>
     <w:rsid w:val="00337611"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="00340A0C"/>
     <w:rsid w:val="003421B9"/>
     <w:rsid w:val="00342F78"/>
     <w:rsid w:val="003453D2"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00346451"/>
     <w:rsid w:val="003502A3"/>
     <w:rsid w:val="0035114F"/>
     <w:rsid w:val="00351EF9"/>
     <w:rsid w:val="00351F60"/>
     <w:rsid w:val="00352850"/>
     <w:rsid w:val="0035307A"/>
     <w:rsid w:val="0035376B"/>
     <w:rsid w:val="00354EE0"/>
     <w:rsid w:val="003577B8"/>
     <w:rsid w:val="00357CE8"/>
     <w:rsid w:val="0036130A"/>
     <w:rsid w:val="003620BB"/>
     <w:rsid w:val="0036233C"/>
     <w:rsid w:val="0036237F"/>
     <w:rsid w:val="00364E2F"/>
     <w:rsid w:val="0036576E"/>
     <w:rsid w:val="00365CD3"/>
@@ -12603,87 +12558,89 @@
     <w:rsid w:val="004120EB"/>
     <w:rsid w:val="00412870"/>
     <w:rsid w:val="004152F4"/>
     <w:rsid w:val="0041643D"/>
     <w:rsid w:val="00416627"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="00421F79"/>
     <w:rsid w:val="00422132"/>
     <w:rsid w:val="00423E88"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00425B9D"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="00434CE8"/>
     <w:rsid w:val="00435DD7"/>
     <w:rsid w:val="00436571"/>
     <w:rsid w:val="004416FD"/>
     <w:rsid w:val="0044273F"/>
     <w:rsid w:val="00442EDA"/>
     <w:rsid w:val="004433BF"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="00445C7C"/>
     <w:rsid w:val="0044683E"/>
     <w:rsid w:val="00447612"/>
     <w:rsid w:val="00451B36"/>
     <w:rsid w:val="004520D4"/>
+    <w:rsid w:val="0045246F"/>
     <w:rsid w:val="00454FBB"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="00455A83"/>
     <w:rsid w:val="00456B04"/>
     <w:rsid w:val="00456D42"/>
     <w:rsid w:val="00456D7B"/>
     <w:rsid w:val="00457798"/>
     <w:rsid w:val="00460119"/>
     <w:rsid w:val="00460DD8"/>
     <w:rsid w:val="00460E70"/>
     <w:rsid w:val="004625D7"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00466A19"/>
     <w:rsid w:val="00466DC4"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="00474E0B"/>
     <w:rsid w:val="004754E2"/>
     <w:rsid w:val="00477929"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00481B1B"/>
     <w:rsid w:val="00481E5C"/>
     <w:rsid w:val="00482F54"/>
     <w:rsid w:val="00483C10"/>
     <w:rsid w:val="00484ABF"/>
     <w:rsid w:val="00484AEC"/>
     <w:rsid w:val="00484CFA"/>
     <w:rsid w:val="00491A22"/>
     <w:rsid w:val="00494EB2"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="00495DD0"/>
     <w:rsid w:val="004A1A23"/>
     <w:rsid w:val="004A3EB2"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A70A3"/>
     <w:rsid w:val="004A7F4E"/>
+    <w:rsid w:val="004B0596"/>
     <w:rsid w:val="004B1301"/>
     <w:rsid w:val="004B1C56"/>
     <w:rsid w:val="004B3EBE"/>
     <w:rsid w:val="004B46C4"/>
     <w:rsid w:val="004B5AB5"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004B7405"/>
     <w:rsid w:val="004C3823"/>
     <w:rsid w:val="004C6B97"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D0247"/>
     <w:rsid w:val="004D1262"/>
     <w:rsid w:val="004D249B"/>
     <w:rsid w:val="004D2A9B"/>
     <w:rsid w:val="004D3BB4"/>
     <w:rsid w:val="004D3F8B"/>
     <w:rsid w:val="004D65C8"/>
     <w:rsid w:val="004D70CF"/>
     <w:rsid w:val="004E2FE5"/>
     <w:rsid w:val="004E31D7"/>
     <w:rsid w:val="004F18EE"/>
     <w:rsid w:val="004F30C4"/>
     <w:rsid w:val="004F44B7"/>
     <w:rsid w:val="004F6645"/>
@@ -13276,50 +13233,51 @@
     <w:rsid w:val="00A31751"/>
     <w:rsid w:val="00A32F3E"/>
     <w:rsid w:val="00A33790"/>
     <w:rsid w:val="00A33D50"/>
     <w:rsid w:val="00A35F2D"/>
     <w:rsid w:val="00A36823"/>
     <w:rsid w:val="00A40282"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A42349"/>
     <w:rsid w:val="00A434C8"/>
     <w:rsid w:val="00A43894"/>
     <w:rsid w:val="00A43A80"/>
     <w:rsid w:val="00A44A4B"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A45F90"/>
     <w:rsid w:val="00A46034"/>
     <w:rsid w:val="00A503C1"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00A50FDE"/>
     <w:rsid w:val="00A519EB"/>
     <w:rsid w:val="00A53580"/>
     <w:rsid w:val="00A53D26"/>
     <w:rsid w:val="00A54219"/>
     <w:rsid w:val="00A55DEB"/>
     <w:rsid w:val="00A55DFE"/>
+    <w:rsid w:val="00A56CDA"/>
     <w:rsid w:val="00A575E5"/>
     <w:rsid w:val="00A57628"/>
     <w:rsid w:val="00A64348"/>
     <w:rsid w:val="00A66CF2"/>
     <w:rsid w:val="00A700E0"/>
     <w:rsid w:val="00A70254"/>
     <w:rsid w:val="00A70560"/>
     <w:rsid w:val="00A71A51"/>
     <w:rsid w:val="00A728CB"/>
     <w:rsid w:val="00A75584"/>
     <w:rsid w:val="00A765E0"/>
     <w:rsid w:val="00A8013C"/>
     <w:rsid w:val="00A808A3"/>
     <w:rsid w:val="00A8143D"/>
     <w:rsid w:val="00A81506"/>
     <w:rsid w:val="00A81987"/>
     <w:rsid w:val="00A81BBD"/>
     <w:rsid w:val="00A82B7E"/>
     <w:rsid w:val="00A83B79"/>
     <w:rsid w:val="00A85252"/>
     <w:rsid w:val="00A855EC"/>
     <w:rsid w:val="00A85E86"/>
     <w:rsid w:val="00A86A03"/>
     <w:rsid w:val="00A86BF2"/>
     <w:rsid w:val="00A9062D"/>
@@ -13406,50 +13364,51 @@
     <w:rsid w:val="00B46808"/>
     <w:rsid w:val="00B4681E"/>
     <w:rsid w:val="00B47715"/>
     <w:rsid w:val="00B47794"/>
     <w:rsid w:val="00B50A43"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B5680C"/>
     <w:rsid w:val="00B56FD3"/>
     <w:rsid w:val="00B574E1"/>
     <w:rsid w:val="00B60AFB"/>
     <w:rsid w:val="00B6158D"/>
     <w:rsid w:val="00B61BD3"/>
     <w:rsid w:val="00B621CF"/>
     <w:rsid w:val="00B64BBE"/>
     <w:rsid w:val="00B64E31"/>
     <w:rsid w:val="00B65AC5"/>
     <w:rsid w:val="00B67B92"/>
     <w:rsid w:val="00B7371B"/>
     <w:rsid w:val="00B744A5"/>
     <w:rsid w:val="00B75E50"/>
     <w:rsid w:val="00B7765B"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B844FE"/>
     <w:rsid w:val="00B85914"/>
     <w:rsid w:val="00B86F98"/>
+    <w:rsid w:val="00B87828"/>
     <w:rsid w:val="00B87855"/>
     <w:rsid w:val="00B91075"/>
     <w:rsid w:val="00B93CD2"/>
     <w:rsid w:val="00B943D3"/>
     <w:rsid w:val="00B952B5"/>
     <w:rsid w:val="00B9536F"/>
     <w:rsid w:val="00BA0AC3"/>
     <w:rsid w:val="00BA0B17"/>
     <w:rsid w:val="00BA1022"/>
     <w:rsid w:val="00BA13E8"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BA52FC"/>
     <w:rsid w:val="00BA5F20"/>
     <w:rsid w:val="00BA69C7"/>
     <w:rsid w:val="00BA7426"/>
     <w:rsid w:val="00BB1F9B"/>
     <w:rsid w:val="00BB356B"/>
     <w:rsid w:val="00BB4B6B"/>
     <w:rsid w:val="00BB69B5"/>
     <w:rsid w:val="00BC00BD"/>
     <w:rsid w:val="00BC030A"/>
     <w:rsid w:val="00BC1DF7"/>
     <w:rsid w:val="00BC258B"/>
     <w:rsid w:val="00BC25F7"/>
     <w:rsid w:val="00BC2AD1"/>
@@ -13677,54 +13636,56 @@
     <w:rsid w:val="00DF0188"/>
     <w:rsid w:val="00DF047E"/>
     <w:rsid w:val="00DF0E0A"/>
     <w:rsid w:val="00DF0F4C"/>
     <w:rsid w:val="00DF29E3"/>
     <w:rsid w:val="00DF3E11"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00E00DF5"/>
     <w:rsid w:val="00E01528"/>
     <w:rsid w:val="00E03DE6"/>
     <w:rsid w:val="00E04B7D"/>
     <w:rsid w:val="00E054BD"/>
     <w:rsid w:val="00E0633C"/>
     <w:rsid w:val="00E06362"/>
     <w:rsid w:val="00E06CED"/>
     <w:rsid w:val="00E07620"/>
     <w:rsid w:val="00E07F8E"/>
     <w:rsid w:val="00E11188"/>
     <w:rsid w:val="00E1124A"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E17E1A"/>
     <w:rsid w:val="00E21AA7"/>
     <w:rsid w:val="00E2285D"/>
     <w:rsid w:val="00E26C2B"/>
+    <w:rsid w:val="00E31671"/>
     <w:rsid w:val="00E33B3B"/>
     <w:rsid w:val="00E342D8"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E35006"/>
+    <w:rsid w:val="00E3757E"/>
     <w:rsid w:val="00E37D31"/>
     <w:rsid w:val="00E37E93"/>
     <w:rsid w:val="00E4128D"/>
     <w:rsid w:val="00E41963"/>
     <w:rsid w:val="00E45156"/>
     <w:rsid w:val="00E456C5"/>
     <w:rsid w:val="00E534A8"/>
     <w:rsid w:val="00E60563"/>
     <w:rsid w:val="00E60E57"/>
     <w:rsid w:val="00E613C9"/>
     <w:rsid w:val="00E61BEB"/>
     <w:rsid w:val="00E644B8"/>
     <w:rsid w:val="00E6478A"/>
     <w:rsid w:val="00E64EDD"/>
     <w:rsid w:val="00E6516F"/>
     <w:rsid w:val="00E65878"/>
     <w:rsid w:val="00E65C5B"/>
     <w:rsid w:val="00E70099"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E72072"/>
     <w:rsid w:val="00E72163"/>
     <w:rsid w:val="00E75695"/>
     <w:rsid w:val="00E756AC"/>
     <w:rsid w:val="00E75929"/>
     <w:rsid w:val="00E770EC"/>
@@ -13794,50 +13755,51 @@
     <w:rsid w:val="00EE5E1A"/>
     <w:rsid w:val="00EE67F6"/>
     <w:rsid w:val="00EE6992"/>
     <w:rsid w:val="00EF08DC"/>
     <w:rsid w:val="00EF17AD"/>
     <w:rsid w:val="00EF2F9F"/>
     <w:rsid w:val="00EF3930"/>
     <w:rsid w:val="00EF5C63"/>
     <w:rsid w:val="00EF6478"/>
     <w:rsid w:val="00F00228"/>
     <w:rsid w:val="00F03BA9"/>
     <w:rsid w:val="00F0425D"/>
     <w:rsid w:val="00F052FE"/>
     <w:rsid w:val="00F06B09"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F1094D"/>
     <w:rsid w:val="00F15092"/>
     <w:rsid w:val="00F154EA"/>
     <w:rsid w:val="00F156AD"/>
     <w:rsid w:val="00F159B6"/>
     <w:rsid w:val="00F15E3A"/>
     <w:rsid w:val="00F16370"/>
     <w:rsid w:val="00F17B76"/>
     <w:rsid w:val="00F220E4"/>
     <w:rsid w:val="00F222FE"/>
+    <w:rsid w:val="00F251B9"/>
     <w:rsid w:val="00F25CEF"/>
     <w:rsid w:val="00F2644F"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F2790A"/>
     <w:rsid w:val="00F27F02"/>
     <w:rsid w:val="00F3111D"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F331E6"/>
     <w:rsid w:val="00F33379"/>
     <w:rsid w:val="00F34501"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F3676E"/>
     <w:rsid w:val="00F37A91"/>
     <w:rsid w:val="00F404BD"/>
     <w:rsid w:val="00F420A2"/>
     <w:rsid w:val="00F430FF"/>
     <w:rsid w:val="00F4335C"/>
     <w:rsid w:val="00F47A8E"/>
     <w:rsid w:val="00F51E50"/>
     <w:rsid w:val="00F51EB6"/>
     <w:rsid w:val="00F52844"/>
     <w:rsid w:val="00F554C7"/>
     <w:rsid w:val="00F57971"/>
     <w:rsid w:val="00F632C3"/>
     <w:rsid w:val="00F633B0"/>
@@ -15874,51 +15836,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1984847358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/new-unit-and-certificate-registry/unit-and-certificate-registry-guidance" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image012.png@01DC57D6.C8DEE160" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/new-unit-and-certificate-registry" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/safeguard-online-services-user-guide" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image019.png@01DC57EA.57848A60" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image003.png@01DC57D5.1C3EA3B0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image017.png@01DC57EA.39F73BA0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/safeguard-mechanism-credit-unit-issuance-and-carbon-unit-surrender-guideline" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/reports-and-data/safeguard-data/2023-24-baselines-and-emissions-data" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image017.png@01DC57EA.39F73BA0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/safeguard-mechanism-credit-unit-issuance-and-carbon-unit-surrender-guideline" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/reports-and-data/safeguard-data/2023-24-baselines-and-emissions-data" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image017.png@01DC57EA.39F73BA0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image019.png@01DC57EA.57848A60" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/new-unit-and-certificate-registry/unit-and-certificate-registry-guidance" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image012.png@01DC57D6.C8DEE160" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/new-unit-and-certificate-registry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/safeguard-online-services-user-guide" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image003.png@01DC57D5.1C3EA3B0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image017.png@01DC57EA.39F73BA0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER - 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -16222,70 +16184,70 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93822708-E981-46C3-A7A8-9D8678849BCB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>15538</Characters>
+  <Pages>18</Pages>
+  <Words>2879</Words>
+  <Characters>15895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>345</Lines>
-  <Paragraphs>257</Paragraphs>
+  <Lines>317</Lines>
+  <Paragraphs>184</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ard Mechanism surrender walkthrough</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18518</CharactersWithSpaces>
+  <CharactersWithSpaces>18590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ard Mechanism surrender walkthrough</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>