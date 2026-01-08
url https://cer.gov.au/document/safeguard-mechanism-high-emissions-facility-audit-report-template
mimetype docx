--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -250,60 +250,60 @@
       <w:r w:rsidRPr="00432D01">
         <w:t>Audit</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00432D01">
         <w:t>Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A604AA" w14:textId="0D0247E4" w:rsidR="00552033" w:rsidRDefault="00552033" w:rsidP="00552033">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7A49">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D12C3E" w14:textId="16BFD6F4" w:rsidR="00886FB3" w:rsidRPr="00880939" w:rsidRDefault="00886FB3" w:rsidP="00886FB3">
+    <w:p w14:paraId="239590B5" w14:textId="77777777" w:rsidR="007D3D03" w:rsidRDefault="007D3D03" w:rsidP="007D3D03">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880939">
-        <w:t>relevant national and international audit standards, including:</w:t>
+      <w:r>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179B2BD4" w14:textId="77777777" w:rsidR="00886FB3" w:rsidRPr="00432D01" w:rsidRDefault="00886FB3" w:rsidP="00886FB3">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F2BFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Assurance Engagements Other than Audits of Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36ED2DAC" w14:textId="77777777" w:rsidR="00886FB3" w:rsidRDefault="00886FB3" w:rsidP="00886FB3">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -425,61 +425,102 @@
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASQM 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement quality reviews</w:t>
       </w:r>
       <w:r w:rsidR="00836D2B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638A5456" w14:textId="788DC5D4" w:rsidR="00A60E6F" w:rsidRDefault="00A60E6F" w:rsidP="006D7A49">
+    <w:p w14:paraId="4D7F3FED" w14:textId="77777777" w:rsidR="009041C8" w:rsidRDefault="009041C8" w:rsidP="009041C8">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200" w:after="200"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638A5456" w14:textId="788DC5D4" w:rsidR="00A60E6F" w:rsidRDefault="00A60E6F" w:rsidP="006D7A49">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
+      <w:r>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00151B60">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> coversheet</w:t>
       </w:r>
       <w:r w:rsidR="00151B60">
         <w:t xml:space="preserve"> for the audit report</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> requires auditors to disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D431DB" w14:textId="032813BD" w:rsidR="00A60E6F" w:rsidRDefault="00A60E6F" w:rsidP="00904AD2">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00A45F62">
           <w:rPr>
@@ -651,234 +692,176 @@
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidR="00BB6EE1" w:rsidRPr="001B106F" w:rsidDel="00BC64CC">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B106F" w:rsidDel="00BC64CC">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>NGER Act</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E89DD5D" w14:textId="35BEB030" w:rsidR="00A60E6F" w:rsidRPr="00D40329" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
+          <w:p w14:paraId="3E89DD5D" w14:textId="568033F2" w:rsidR="00A60E6F" w:rsidRPr="00D40329" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00D40329">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00963D58" w:rsidRPr="00D40329">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidR="00963D58" w:rsidRPr="00D40329" w:rsidDel="00BC64CC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40329" w:rsidDel="00BC64CC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40329">
               <w:t>(NGER Regulations)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49FDFF38" w14:textId="15C62CCB" w:rsidR="00A60E6F" w:rsidRPr="00D40329" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
+          <w:p w14:paraId="49FDFF38" w14:textId="40F2A411" w:rsidR="00A60E6F" w:rsidRPr="00D40329" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00D40329">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B9081F" w:rsidRPr="00D40329">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidR="00B9081F" w:rsidRPr="00D40329">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40329">
               <w:t xml:space="preserve"> (Audit Determination)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3034D74B" w14:textId="1C688B83" w:rsidR="00A60E6F" w:rsidRPr="00552243" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
+          <w:p w14:paraId="559A6419" w14:textId="77777777" w:rsidR="003C1FD9" w:rsidRPr="00552243" w:rsidRDefault="003C1FD9" w:rsidP="003C1FD9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Applicable standards</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5AE949D8" w14:textId="77777777" w:rsidR="00E3774F" w:rsidRPr="00514E57" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
+          <w:p w14:paraId="5AE949D8" w14:textId="1BEF1129" w:rsidR="00E3774F" w:rsidRPr="00514E57" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="42C2C267" w14:textId="77777777" w:rsidR="00E3774F" w:rsidRPr="00552243" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A8C894" w14:textId="77777777" w:rsidR="00E3774F" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
+          <w:p w14:paraId="44A8C894" w14:textId="4491C608" w:rsidR="00E3774F" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A23A378" w14:textId="77777777" w:rsidR="00E3774F" w:rsidRPr="00B567ED" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASSA 5000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>General Requirements for Sustainability Assurance Engagements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C8DE23B" w14:textId="77777777" w:rsidR="00A60E6F" w:rsidRPr="00320EB7" w:rsidRDefault="00A60E6F" w:rsidP="00001324">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
@@ -2327,51 +2310,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00B02110">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00B02110">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0062563D">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
+              <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00B02110">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00B02110">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B02110">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
@@ -5738,51 +5721,51 @@
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Detailed findings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31FF0BFA" w14:textId="77777777" w:rsidR="004B709E" w:rsidRDefault="004B709E" w:rsidP="0097400E">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2F9A62" w14:textId="77777777" w:rsidR="003B790B" w:rsidRPr="000F73E9" w:rsidRDefault="003B790B" w:rsidP="0097400E">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464255FA" w14:textId="77777777" w:rsidR="003B790B" w:rsidRPr="000F73E9" w:rsidRDefault="003B790B" w:rsidP="0097400E">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
@@ -7230,64 +7213,64 @@
           <w:iCs/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A60E6F" w:rsidRPr="003B790B" w:rsidSect="003B790B">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="even" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:headerReference w:type="first" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66DB4FA3" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26" w:rsidP="00176C28">
+    <w:p w14:paraId="090CD5AC" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068B0047" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26"/>
+    <w:p w14:paraId="4C6DE287" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AD58CCB" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26" w:rsidP="00176C28">
+    <w:p w14:paraId="200EDCFB" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D870EB4" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26"/>
+    <w:p w14:paraId="754056E2" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7664,64 +7647,64 @@
           <w:jc w:val="center"/>
           <w:rPr>
             <w:color w:val="005874"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Heading2Char"/>
             <w:rFonts w:eastAsia="Cambria" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:t>OFFICIAL</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="449F5D2C" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26" w:rsidP="00176C28">
+    <w:p w14:paraId="69D4BD61" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C63F65" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26"/>
+    <w:p w14:paraId="21722195" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="441ABEDF" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26" w:rsidP="00176C28">
+    <w:p w14:paraId="53278332" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51195617" w14:textId="77777777" w:rsidR="00991B26" w:rsidRDefault="00991B26"/>
+    <w:p w14:paraId="2DE10230" w14:textId="77777777" w:rsidR="00C913E5" w:rsidRDefault="00C913E5"/>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3E309996" w14:textId="77777777" w:rsidR="00A60E6F" w:rsidRDefault="00A60E6F" w:rsidP="00A60E6F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> For the purposes of this template a facility with high emissions is defined under 78</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>A(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">1) of the Safeguard Rule as a facility with covered emissions exceeding </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4200C">
         <w:t>1 million tonnes of carbon dioxide equivalence</w:t>
@@ -7805,85 +7788,69 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="6EB13080" w14:textId="77777777" w:rsidR="00B9081F" w:rsidRDefault="00B9081F" w:rsidP="00B9081F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="6442F3EE" w14:textId="77777777" w:rsidR="00E3774F" w:rsidRDefault="00E3774F" w:rsidP="00E3774F">
+    <w:p w14:paraId="33F711B0" w14:textId="147437F4" w:rsidR="0062563D" w:rsidRDefault="0062563D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000 for reporting periods commencing on or after 15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3669" w:rsidRPr="008A3669">
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="33F711B0" w14:textId="147437F4" w:rsidR="0062563D" w:rsidRDefault="0062563D">
-[...17 lines deleted...]
-  <w:footnote w:id="9">
     <w:p w14:paraId="207B4399" w14:textId="77777777" w:rsidR="004B709E" w:rsidRDefault="004B709E" w:rsidP="004B709E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="312D8DAA" w14:textId="4D90E272" w:rsidR="00D81782" w:rsidRPr="00BE0DA3" w:rsidRDefault="00BA3225" w:rsidP="00F12F96">
     <w:pPr>
@@ -11404,707 +11371,754 @@
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1881014512">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1792899415">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2020429041">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="701445209">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="834762131">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1187017529">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
-[...1 lines deleted...]
-  <w:removeDateAndTime/>
+  <w:zoom w:percent="50"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{22FCA556-FF4E-4E1F-A4A6-65999379C5CA}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="1882829598448"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A60E6F"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="00002E14"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00017EA2"/>
     <w:rsid w:val="00022B9C"/>
     <w:rsid w:val="000230E0"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00046B26"/>
     <w:rsid w:val="00056FF0"/>
+    <w:rsid w:val="00062D86"/>
+    <w:rsid w:val="00066065"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="00070787"/>
     <w:rsid w:val="000709B9"/>
     <w:rsid w:val="00076511"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="00090690"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="00091BB2"/>
     <w:rsid w:val="00094FAE"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000A6110"/>
     <w:rsid w:val="000B0DAE"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000B5010"/>
     <w:rsid w:val="000D76C4"/>
     <w:rsid w:val="000E0E8E"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000E6612"/>
     <w:rsid w:val="000F49BB"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6E43"/>
     <w:rsid w:val="0010249F"/>
     <w:rsid w:val="0010362C"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="001241F2"/>
     <w:rsid w:val="00125C50"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="00137335"/>
     <w:rsid w:val="001512C0"/>
     <w:rsid w:val="00151B60"/>
     <w:rsid w:val="001548D2"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="00160D3E"/>
     <w:rsid w:val="00160FAB"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001640DC"/>
     <w:rsid w:val="00164846"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="00171389"/>
     <w:rsid w:val="00175E12"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="00182C05"/>
     <w:rsid w:val="00192764"/>
     <w:rsid w:val="001932D5"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="00197F43"/>
+    <w:rsid w:val="001A09DA"/>
     <w:rsid w:val="001B4533"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C13FC"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001C6092"/>
     <w:rsid w:val="001D229D"/>
+    <w:rsid w:val="001D2D4E"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001E5C42"/>
     <w:rsid w:val="001E6703"/>
     <w:rsid w:val="001F5F8A"/>
+    <w:rsid w:val="002057FD"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00221DC6"/>
     <w:rsid w:val="00223676"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="002374A0"/>
     <w:rsid w:val="002410A1"/>
     <w:rsid w:val="00245062"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="0025105B"/>
     <w:rsid w:val="00252002"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="00254E2A"/>
     <w:rsid w:val="00257532"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00270AEF"/>
     <w:rsid w:val="00277D02"/>
+    <w:rsid w:val="00277F4E"/>
     <w:rsid w:val="00290A47"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="00296327"/>
     <w:rsid w:val="00297115"/>
     <w:rsid w:val="002A7EA6"/>
     <w:rsid w:val="002C0430"/>
     <w:rsid w:val="002C0A20"/>
     <w:rsid w:val="002C427B"/>
     <w:rsid w:val="002C702A"/>
     <w:rsid w:val="002D02F7"/>
     <w:rsid w:val="002D18F3"/>
     <w:rsid w:val="002D30B2"/>
     <w:rsid w:val="002D4094"/>
     <w:rsid w:val="002D421B"/>
     <w:rsid w:val="002E66C8"/>
     <w:rsid w:val="002F1986"/>
     <w:rsid w:val="002F37E3"/>
     <w:rsid w:val="002F53CF"/>
     <w:rsid w:val="00303250"/>
     <w:rsid w:val="00310355"/>
+    <w:rsid w:val="0031474B"/>
     <w:rsid w:val="003227DB"/>
     <w:rsid w:val="003263D1"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00347C48"/>
     <w:rsid w:val="00353B13"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="003667D5"/>
     <w:rsid w:val="003674FA"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
     <w:rsid w:val="00375308"/>
+    <w:rsid w:val="003825E4"/>
     <w:rsid w:val="00383347"/>
     <w:rsid w:val="00385E81"/>
     <w:rsid w:val="00391357"/>
     <w:rsid w:val="0039592A"/>
     <w:rsid w:val="003960E9"/>
+    <w:rsid w:val="00397AE6"/>
     <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A50CC"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003B790B"/>
     <w:rsid w:val="003C0B58"/>
+    <w:rsid w:val="003C1FD9"/>
     <w:rsid w:val="003C45D1"/>
     <w:rsid w:val="003C7227"/>
     <w:rsid w:val="003D0560"/>
     <w:rsid w:val="003D3FC1"/>
+    <w:rsid w:val="003E1329"/>
     <w:rsid w:val="003E445C"/>
     <w:rsid w:val="004006ED"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
     <w:rsid w:val="00407A97"/>
     <w:rsid w:val="00410506"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00425F73"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="00427881"/>
     <w:rsid w:val="0044461F"/>
     <w:rsid w:val="00444E9E"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="00447E57"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="004633C9"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00466743"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="004721EF"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00487CE3"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="004A50A2"/>
     <w:rsid w:val="004A52DD"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A6412"/>
     <w:rsid w:val="004A6DC2"/>
     <w:rsid w:val="004A73F4"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004B709E"/>
     <w:rsid w:val="004C40D3"/>
+    <w:rsid w:val="004C6A43"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D18F5"/>
     <w:rsid w:val="004D2B82"/>
     <w:rsid w:val="004D30E0"/>
     <w:rsid w:val="004D3F8B"/>
+    <w:rsid w:val="004D5702"/>
     <w:rsid w:val="004D6498"/>
     <w:rsid w:val="004D70CF"/>
     <w:rsid w:val="004E2F86"/>
     <w:rsid w:val="004F297E"/>
     <w:rsid w:val="00506346"/>
     <w:rsid w:val="005122C6"/>
     <w:rsid w:val="00513D35"/>
+    <w:rsid w:val="0051606C"/>
     <w:rsid w:val="00516089"/>
+    <w:rsid w:val="0052000D"/>
     <w:rsid w:val="00521016"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="0052333E"/>
     <w:rsid w:val="0052457E"/>
     <w:rsid w:val="0052489A"/>
     <w:rsid w:val="00531F3B"/>
     <w:rsid w:val="005340D9"/>
     <w:rsid w:val="0054032E"/>
     <w:rsid w:val="0054199F"/>
     <w:rsid w:val="005430A4"/>
     <w:rsid w:val="00545D29"/>
     <w:rsid w:val="00552033"/>
     <w:rsid w:val="00553719"/>
     <w:rsid w:val="00567934"/>
     <w:rsid w:val="005710A5"/>
     <w:rsid w:val="00575516"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="00587646"/>
     <w:rsid w:val="00595122"/>
     <w:rsid w:val="005A266D"/>
+    <w:rsid w:val="005B0BE2"/>
     <w:rsid w:val="005C0A94"/>
+    <w:rsid w:val="005C7745"/>
     <w:rsid w:val="005D4D95"/>
     <w:rsid w:val="005D5CDF"/>
     <w:rsid w:val="005F2D32"/>
     <w:rsid w:val="005F4BE4"/>
     <w:rsid w:val="00602E93"/>
     <w:rsid w:val="0061010A"/>
     <w:rsid w:val="00617D23"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00620DFD"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="0062563D"/>
     <w:rsid w:val="00632E89"/>
     <w:rsid w:val="00636094"/>
     <w:rsid w:val="00637EEB"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067793A"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="006835C8"/>
     <w:rsid w:val="00692C1C"/>
     <w:rsid w:val="00694678"/>
     <w:rsid w:val="006A05C9"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006B43F2"/>
     <w:rsid w:val="006B72C7"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C2D20"/>
+    <w:rsid w:val="006C48B0"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006D5208"/>
     <w:rsid w:val="006D7A49"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3CA9"/>
+    <w:rsid w:val="006F0822"/>
     <w:rsid w:val="006F7BE1"/>
     <w:rsid w:val="00722620"/>
     <w:rsid w:val="00724B10"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00727B37"/>
     <w:rsid w:val="00733C45"/>
     <w:rsid w:val="0073529E"/>
     <w:rsid w:val="00735313"/>
     <w:rsid w:val="00741982"/>
     <w:rsid w:val="00742311"/>
     <w:rsid w:val="00747039"/>
     <w:rsid w:val="0076397A"/>
     <w:rsid w:val="00764077"/>
     <w:rsid w:val="007646C6"/>
     <w:rsid w:val="00767E1E"/>
     <w:rsid w:val="00767FAB"/>
     <w:rsid w:val="00770FD1"/>
     <w:rsid w:val="007773D1"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="00784BBE"/>
     <w:rsid w:val="007909A6"/>
     <w:rsid w:val="00790E79"/>
     <w:rsid w:val="00792F21"/>
     <w:rsid w:val="00793C0B"/>
     <w:rsid w:val="00793CFF"/>
     <w:rsid w:val="00794628"/>
     <w:rsid w:val="00797C77"/>
     <w:rsid w:val="007A2909"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007A7CEE"/>
+    <w:rsid w:val="007B153D"/>
     <w:rsid w:val="007B2652"/>
     <w:rsid w:val="007B28AA"/>
     <w:rsid w:val="007B31E7"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007B70F4"/>
     <w:rsid w:val="007C310C"/>
     <w:rsid w:val="007C7046"/>
     <w:rsid w:val="007D0044"/>
     <w:rsid w:val="007D279F"/>
+    <w:rsid w:val="007D3D03"/>
+    <w:rsid w:val="007D3E88"/>
     <w:rsid w:val="007D40F4"/>
     <w:rsid w:val="007E5746"/>
     <w:rsid w:val="007F3928"/>
     <w:rsid w:val="00801EDE"/>
     <w:rsid w:val="008044E6"/>
     <w:rsid w:val="00805956"/>
     <w:rsid w:val="00816D8B"/>
     <w:rsid w:val="00817934"/>
     <w:rsid w:val="00826A84"/>
+    <w:rsid w:val="00833A78"/>
     <w:rsid w:val="008344BD"/>
     <w:rsid w:val="00834EA9"/>
     <w:rsid w:val="008352D1"/>
     <w:rsid w:val="00836D2B"/>
     <w:rsid w:val="0083758E"/>
     <w:rsid w:val="008377AA"/>
     <w:rsid w:val="00840154"/>
     <w:rsid w:val="00843347"/>
     <w:rsid w:val="008444A8"/>
     <w:rsid w:val="0085735D"/>
     <w:rsid w:val="008848ED"/>
     <w:rsid w:val="00885AB6"/>
     <w:rsid w:val="00886FB3"/>
     <w:rsid w:val="00890472"/>
     <w:rsid w:val="008973B6"/>
     <w:rsid w:val="008A1D0C"/>
     <w:rsid w:val="008A2BAD"/>
     <w:rsid w:val="008A3669"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008B0D79"/>
     <w:rsid w:val="008B434A"/>
     <w:rsid w:val="008B7B1F"/>
     <w:rsid w:val="008C52A2"/>
     <w:rsid w:val="008C63A1"/>
     <w:rsid w:val="008D2E9A"/>
     <w:rsid w:val="008D43A0"/>
     <w:rsid w:val="008D56C7"/>
     <w:rsid w:val="008D6973"/>
     <w:rsid w:val="008E11A4"/>
     <w:rsid w:val="008E15DF"/>
     <w:rsid w:val="008E6CE0"/>
     <w:rsid w:val="008F548E"/>
     <w:rsid w:val="008F6BA7"/>
+    <w:rsid w:val="009041C8"/>
     <w:rsid w:val="00904AD2"/>
     <w:rsid w:val="00906DED"/>
     <w:rsid w:val="00911084"/>
     <w:rsid w:val="009129C2"/>
     <w:rsid w:val="009153A9"/>
     <w:rsid w:val="00921C38"/>
     <w:rsid w:val="0092568B"/>
     <w:rsid w:val="00926579"/>
     <w:rsid w:val="00930D2E"/>
     <w:rsid w:val="0093226C"/>
     <w:rsid w:val="00934AA1"/>
     <w:rsid w:val="00935E38"/>
     <w:rsid w:val="00936B7F"/>
+    <w:rsid w:val="00940883"/>
     <w:rsid w:val="009411C1"/>
     <w:rsid w:val="009633DE"/>
+    <w:rsid w:val="009634E0"/>
     <w:rsid w:val="00963D58"/>
     <w:rsid w:val="00970C49"/>
     <w:rsid w:val="00972BC6"/>
     <w:rsid w:val="0097400E"/>
     <w:rsid w:val="009753AE"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="009802D7"/>
     <w:rsid w:val="009843AF"/>
     <w:rsid w:val="009849D5"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="0099135D"/>
     <w:rsid w:val="00991B26"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
     <w:rsid w:val="009B5C58"/>
     <w:rsid w:val="009B6919"/>
     <w:rsid w:val="009B7294"/>
     <w:rsid w:val="009B7975"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009D01EB"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009E310D"/>
     <w:rsid w:val="009F073D"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="009F5624"/>
     <w:rsid w:val="00A0346E"/>
+    <w:rsid w:val="00A034B5"/>
     <w:rsid w:val="00A04605"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A17ACD"/>
     <w:rsid w:val="00A23559"/>
     <w:rsid w:val="00A23C1D"/>
     <w:rsid w:val="00A259AD"/>
     <w:rsid w:val="00A276D1"/>
+    <w:rsid w:val="00A34019"/>
     <w:rsid w:val="00A35028"/>
+    <w:rsid w:val="00A35D16"/>
+    <w:rsid w:val="00A36B4A"/>
     <w:rsid w:val="00A36DA5"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A45B88"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00A53C5B"/>
     <w:rsid w:val="00A57C09"/>
     <w:rsid w:val="00A60E6F"/>
+    <w:rsid w:val="00A610B1"/>
     <w:rsid w:val="00A745D5"/>
     <w:rsid w:val="00A853CB"/>
+    <w:rsid w:val="00A85CBE"/>
     <w:rsid w:val="00A927F8"/>
     <w:rsid w:val="00AA2792"/>
+    <w:rsid w:val="00AA3D8E"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AB04A4"/>
     <w:rsid w:val="00AB1D66"/>
     <w:rsid w:val="00AC198E"/>
     <w:rsid w:val="00AC7773"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AD661E"/>
+    <w:rsid w:val="00AF1826"/>
     <w:rsid w:val="00AF5F77"/>
     <w:rsid w:val="00B02110"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B07B0F"/>
     <w:rsid w:val="00B2186C"/>
     <w:rsid w:val="00B22179"/>
     <w:rsid w:val="00B26D7A"/>
     <w:rsid w:val="00B31E67"/>
+    <w:rsid w:val="00B34A40"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B42A7F"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B50A3A"/>
     <w:rsid w:val="00B523F0"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64507"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B860E5"/>
     <w:rsid w:val="00B8613C"/>
+    <w:rsid w:val="00B9044A"/>
     <w:rsid w:val="00B9081F"/>
     <w:rsid w:val="00BA3225"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BA55D0"/>
     <w:rsid w:val="00BA5E0E"/>
     <w:rsid w:val="00BB6EE1"/>
     <w:rsid w:val="00BC0F45"/>
     <w:rsid w:val="00BD5ED5"/>
     <w:rsid w:val="00BD6C45"/>
     <w:rsid w:val="00BE381C"/>
     <w:rsid w:val="00BF2D15"/>
     <w:rsid w:val="00BF4DB4"/>
     <w:rsid w:val="00BF6840"/>
     <w:rsid w:val="00BF7321"/>
     <w:rsid w:val="00C016CE"/>
     <w:rsid w:val="00C03036"/>
     <w:rsid w:val="00C033D8"/>
     <w:rsid w:val="00C067A3"/>
     <w:rsid w:val="00C06FDE"/>
     <w:rsid w:val="00C07484"/>
     <w:rsid w:val="00C07B8E"/>
     <w:rsid w:val="00C13A44"/>
     <w:rsid w:val="00C207E7"/>
     <w:rsid w:val="00C20923"/>
     <w:rsid w:val="00C271E3"/>
     <w:rsid w:val="00C27341"/>
     <w:rsid w:val="00C3122E"/>
     <w:rsid w:val="00C33420"/>
+    <w:rsid w:val="00C34723"/>
     <w:rsid w:val="00C371E3"/>
     <w:rsid w:val="00C4017B"/>
     <w:rsid w:val="00C40CF0"/>
     <w:rsid w:val="00C465FF"/>
     <w:rsid w:val="00C47609"/>
     <w:rsid w:val="00C73199"/>
     <w:rsid w:val="00C83091"/>
     <w:rsid w:val="00C86B48"/>
+    <w:rsid w:val="00C913E5"/>
     <w:rsid w:val="00C91A3D"/>
     <w:rsid w:val="00CA0492"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CB1064"/>
     <w:rsid w:val="00CB1915"/>
     <w:rsid w:val="00CB7B36"/>
     <w:rsid w:val="00CB7ED6"/>
     <w:rsid w:val="00CD26BA"/>
     <w:rsid w:val="00CD78B0"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CE3FBD"/>
     <w:rsid w:val="00CF0773"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF3754"/>
     <w:rsid w:val="00CF588A"/>
+    <w:rsid w:val="00D0094E"/>
     <w:rsid w:val="00D04522"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D107A6"/>
     <w:rsid w:val="00D20111"/>
     <w:rsid w:val="00D315E7"/>
     <w:rsid w:val="00D33A05"/>
     <w:rsid w:val="00D353B0"/>
     <w:rsid w:val="00D40329"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D43B05"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D52018"/>
     <w:rsid w:val="00D55E0A"/>
     <w:rsid w:val="00D67FF0"/>
     <w:rsid w:val="00D72188"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D83C5B"/>
     <w:rsid w:val="00D843A7"/>
     <w:rsid w:val="00D85D77"/>
     <w:rsid w:val="00D87DB2"/>
     <w:rsid w:val="00D90D52"/>
     <w:rsid w:val="00D962E9"/>
     <w:rsid w:val="00DA1468"/>
+    <w:rsid w:val="00DB0224"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB68D4"/>
     <w:rsid w:val="00DB71AD"/>
     <w:rsid w:val="00DC29E9"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DC5408"/>
     <w:rsid w:val="00DD590C"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DE77C3"/>
     <w:rsid w:val="00DF0F4C"/>
     <w:rsid w:val="00DF32A7"/>
     <w:rsid w:val="00DF3CDE"/>
     <w:rsid w:val="00DF4814"/>
+    <w:rsid w:val="00E00BA9"/>
     <w:rsid w:val="00E03E04"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E12E06"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E20A90"/>
     <w:rsid w:val="00E23813"/>
     <w:rsid w:val="00E33130"/>
+    <w:rsid w:val="00E33873"/>
     <w:rsid w:val="00E33B42"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E3774F"/>
     <w:rsid w:val="00E44610"/>
     <w:rsid w:val="00E46A7B"/>
     <w:rsid w:val="00E51F98"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E71CC8"/>
     <w:rsid w:val="00E770EC"/>
     <w:rsid w:val="00E85BF6"/>
     <w:rsid w:val="00E86928"/>
     <w:rsid w:val="00E91E68"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA6980"/>
     <w:rsid w:val="00EA7A28"/>
     <w:rsid w:val="00EB6D49"/>
     <w:rsid w:val="00EB771B"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EE081F"/>
     <w:rsid w:val="00EE2714"/>
     <w:rsid w:val="00EE41EB"/>
     <w:rsid w:val="00EE5F8B"/>
     <w:rsid w:val="00EF3EF8"/>
     <w:rsid w:val="00EF6EF2"/>
+    <w:rsid w:val="00EF7CF7"/>
+    <w:rsid w:val="00F0287E"/>
     <w:rsid w:val="00F02C92"/>
+    <w:rsid w:val="00F102F1"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F12F96"/>
     <w:rsid w:val="00F178AD"/>
     <w:rsid w:val="00F22E46"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F32404"/>
+    <w:rsid w:val="00F33252"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F373AD"/>
     <w:rsid w:val="00F43458"/>
     <w:rsid w:val="00F5385F"/>
     <w:rsid w:val="00F64AB9"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F70D27"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F87A2A"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00F96E6C"/>
     <w:rsid w:val="00F9747F"/>
     <w:rsid w:val="00FA16CE"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
     <w:rsid w:val="00FC54A6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD1743"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FD2811"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE52A0"/>
     <w:rsid w:val="00FE76B3"/>
+    <w:rsid w:val="480D8817"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53D3C3FF"/>
+  <w15:docId w15:val="{6142E579-F845-4738-A171-D3841CE3686E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="6" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14138,51 +14152,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1872525151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Details/F2017C00509" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Details/F2023C00558" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4D4696A338814A0B941A1251E129C12E"/>
         <w:category>
@@ -15014,67 +15028,72 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E33873"/>
+    <w:rsid w:val="00013E8A"/>
+    <w:rsid w:val="000D468D"/>
     <w:rsid w:val="001A4006"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001F5F8A"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="00277F4E"/>
     <w:rsid w:val="00295180"/>
     <w:rsid w:val="002F37E3"/>
     <w:rsid w:val="003033D0"/>
     <w:rsid w:val="00324B99"/>
     <w:rsid w:val="00343D95"/>
     <w:rsid w:val="00444E9E"/>
     <w:rsid w:val="004C40D3"/>
     <w:rsid w:val="005340D9"/>
     <w:rsid w:val="00584149"/>
     <w:rsid w:val="00655825"/>
+    <w:rsid w:val="00827702"/>
     <w:rsid w:val="00906195"/>
     <w:rsid w:val="00AE24FD"/>
+    <w:rsid w:val="00B04B57"/>
+    <w:rsid w:val="00B22E1F"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00BC3A78"/>
     <w:rsid w:val="00CA0492"/>
     <w:rsid w:val="00DB0777"/>
     <w:rsid w:val="00DD590C"/>
     <w:rsid w:val="00E33873"/>
     <w:rsid w:val="00EA0D07"/>
     <w:rsid w:val="00EF6EF2"/>
     <w:rsid w:val="00F64AB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -15940,325 +15959,457 @@
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xmlns:ns3="ad88652e-63e6-428d-9cff-33ad1674809e" xmlns:ns4="1b264dc2-e408-4907-b0d2-f83224f167ed" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4c3cea75f067e8774e31a54d6ac628c" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EDi Document" ma:contentTypeID="0x010100DDEBB6CC12EF4A079B1186EEFE45A56400E924555CC2C9465C9A717C3C430520D500662BEEC629C410499EBAAFE2269FADD3" ma:contentTypeVersion="954" ma:contentTypeDescription="Any document other than an email or document link" ma:contentTypeScope="" ma:versionID="0a8f01d6e8041377c7ee38cb473a0c7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xmlns:ns3="fea560b0-206f-46eb-a9d8-4504da3da1d2" xmlns:ns4="a0c6edd1-3628-439e-ae10-56235e7a9ecd" xmlns:ns5="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" xmlns:ns6="24aa14e1-d4f8-4fd7-87fd-92df26ed6048" xmlns:ns7="08d2e755-979c-4757-99b4-fd4bb6dbc347" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="527701284991ff59cc216c3ca3bae2e5" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="35d7dce1-22dc-4c3f-bf90-aebce6a2395f"/>
-    <xsd:import namespace="ad88652e-63e6-428d-9cff-33ad1674809e"/>
-    <xsd:import namespace="1b264dc2-e408-4907-b0d2-f83224f167ed"/>
+    <xsd:import namespace="fea560b0-206f-46eb-a9d8-4504da3da1d2"/>
+    <xsd:import namespace="a0c6edd1-3628-439e-ae10-56235e7a9ecd"/>
+    <xsd:import namespace="dd6704dc-e03f-401a-ab22-0d2e978dbd2d"/>
+    <xsd:import namespace="24aa14e1-d4f8-4fd7-87fd-92df26ed6048"/>
+    <xsd:import namespace="08d2e755-979c-4757-99b4-fd4bb6dbc347"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:EDi_DocumentDescription" minOccurs="0"/>
+                <xsd:element ref="ns2:c275726743ff40b1bd16afcbde5101e0" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_DocumentDate"/>
+                <xsd:element ref="ns2:m580224f57af48d5998ad1d627b3f8a6" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_VitalDocument" minOccurs="0"/>
+                <xsd:element ref="ns4:EDi_BCPDocument" minOccurs="0"/>
+                <xsd:element ref="ns4:CER_DocumentGUID" minOccurs="0"/>
+                <xsd:element ref="ns5:EDi1_DocID" minOccurs="0"/>
+                <xsd:element ref="ns6:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_RecordNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:CER_DLM" minOccurs="0"/>
+                <xsd:element ref="ns2:CER_FileClassification" minOccurs="0"/>
+                <xsd:element ref="ns2:CER_FileStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:aa7cfb7b7c8a4cdc88e464a139bfbbb5" minOccurs="0"/>
+                <xsd:element ref="ns2:jfdbf192cf3e432bae7ead6b01437832" minOccurs="0"/>
+                <xsd:element ref="ns2:g1c5c8a5ed744825af876dc81dccc5dd" minOccurs="0"/>
+                <xsd:element ref="ns2:fbf5ba1606af44cc8a6bbbd47132b0ab" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:i0f84bba906045b4af568ee102a52dcb" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
-                <xsd:element ref="ns2:jfdbf192cf3e432bae7ead6b01437832" minOccurs="0"/>
-[...22 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns7:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns7:Date" minOccurs="0"/>
+                <xsd:element ref="ns1:_ColorHex" minOccurs="0"/>
+                <xsd:element ref="ns1:_ColorTag" minOccurs="0"/>
+                <xsd:element ref="ns1:_Emoji" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="_ColorHex" ma:index="49" nillable="true" ma:displayName="Color" ma:hidden="true" ma:internalName="_ColorHex">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="_ColorTag" ma:index="50" nillable="true" ma:displayName="Color Tag" ma:hidden="true" ma:internalName="_ColorTag" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Boolean"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="jfdbf192cf3e432bae7ead6b01437832" ma:index="11" nillable="true" ma:displayName="File Keywords_0" ma:hidden="true" ma:internalName="jfdbf192cf3e432bae7ead6b01437832">
+    <xsd:element name="_Emoji" ma:index="51" nillable="true" ma:displayName="Emoji" ma:hidden="true" ma:internalName="_Emoji">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5681fbe8-924a-4df9-9997-7eb2f0d4b770}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
-[...10 lines deleted...]
-    <xsd:element name="aa7cfb7b7c8a4cdc88e464a139bfbbb5" ma:index="13" nillable="true" ma:displayName="Client_0" ma:hidden="true" ma:internalName="aa7cfb7b7c8a4cdc88e464a139bfbbb5">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="EDi_DocumentDescription" ma:index="8" nillable="true" ma:displayName="Document Description" ma:default="" ma:description="Document Description." ma:internalName="EDi_DocumentDescription">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="g1c5c8a5ed744825af876dc81dccc5dd" ma:index="14" nillable="true" ma:displayName="State_0" ma:hidden="true" ma:internalName="g1c5c8a5ed744825af876dc81dccc5dd">
-[...19 lines deleted...]
-    <xsd:element name="i0f84bba906045b4af568ee102a52dcb" ma:index="29" nillable="true" ma:taxonomy="true" ma:internalName="i0f84bba906045b4af568ee102a52dcb" ma:taxonomyFieldName="RevIMBCS" ma:displayName="Record Class" ma:indexed="true" ma:default="" ma:fieldId="{20f84bba-9060-45b4-af56-8ee102a52dcb}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="60518aca-4dc9-4b56-9553-af4b9ac69072" ma:anchorId="23ecad40-687e-4ef4-89a5-a890483533a2" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="c275726743ff40b1bd16afcbde5101e0" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="c275726743ff40b1bd16afcbde5101e0" ma:taxonomyFieldName="EDi_DocumentKeywords" ma:displayName="Document Keywords" ma:default="" ma:fieldId="{c2757267-43ff-40b1-bd16-afcbde5101e0}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0e50b7a3-a264-430c-a2e5-e8cb190c5cdc" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="EDi_DocumentDate" ma:index="13" ma:displayName="Document Date" ma:default="[today]" ma:description="Original Date of the Document." ma:format="DateOnly" ma:internalName="EDi_DocumentDate">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="19" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...53 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="m580224f57af48d5998ad1d627b3f8a6" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="m580224f57af48d5998ad1d627b3f8a6" ma:taxonomyFieldName="CER_Agency" ma:displayName="Agency" ma:default="" ma:fieldId="{6580224f-57af-48d5-998a-d1d627b3f8a6}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0f908e50-4941-4432-a5bc-5464d577a362" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="35" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="EDi_VitalDocument" ma:index="16" nillable="true" ma:displayName="Vital Document" ma:default="No" ma:description="Is this a vital business document?" ma:format="Dropdown" ma:internalName="EDi_VitalDocument">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="36" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="EDi_RecordNumber" ma:index="21" nillable="true" ma:displayName="Record Number" ma:default="" ma:description="Enter any external reference numbers." ma:internalName="EDi_RecordNumber">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="31" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="CER_DLM" ma:index="23" nillable="true" ma:displayName="File DLM" ma:default="None" ma:description="Information management markers and caveats can only be applied to OFFICIAL: Sensitive or PROTECTED information, when necessary." ma:format="RadioButtons" ma:internalName="CER_DLM">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="None"/>
+          <xsd:enumeration value="Personal privacy"/>
+          <xsd:enumeration value="Legal privilege"/>
+          <xsd:enumeration value="Legislative secrecy"/>
+          <xsd:enumeration value="Cabinet"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_FileClassification" ma:index="24" nillable="true" ma:displayName="File Classification" ma:default="OFFICIAL" ma:description="Select the appropriate security classification. The system is rated to maximum of PROTECTED." ma:format="RadioButtons" ma:internalName="CER_FileClassification">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="OFFICIAL"/>
+          <xsd:enumeration value="OFFICIAL: Sensitive"/>
+          <xsd:enumeration value="PROTECTED"/>
+          <xsd:enumeration value="UNOFFICIAL"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_FileStatus" ma:index="25" nillable="true" ma:displayName="File Status" ma:default="Open" ma:format="RadioButtons" ma:internalName="CER_FileStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Open"/>
+          <xsd:enumeration value="Closed"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="aa7cfb7b7c8a4cdc88e464a139bfbbb5" ma:index="29" nillable="true" ma:taxonomy="true" ma:internalName="aa7cfb7b7c8a4cdc88e464a139bfbbb5" ma:taxonomyFieldName="CER_Client" ma:displayName="Client" ma:default="" ma:fieldId="{aa7cfb7b-7c8a-4cdc-88e4-64a139bfbbb5}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="19a43a92-e145-45da-907d-30d9c1c24101" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="jfdbf192cf3e432bae7ead6b01437832" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="jfdbf192cf3e432bae7ead6b01437832" ma:taxonomyFieldName="CER_FileKeywords" ma:displayName="File Keywords" ma:default="" ma:fieldId="{3fdbf192-cf3e-432b-ae7e-ad6b01437832}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0e50b7a3-a264-430c-a2e5-e8cb190c5cdc" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="g1c5c8a5ed744825af876dc81dccc5dd" ma:index="31" nillable="true" ma:taxonomy="true" ma:internalName="g1c5c8a5ed744825af876dc81dccc5dd" ma:taxonomyFieldName="CER_State" ma:displayName="State" ma:default="" ma:fieldId="{01c5c8a5-ed74-4825-af87-6dc81dccc5dd}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="a9130a4c-2414-44de-bf19-0a462096b5ec" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="fbf5ba1606af44cc8a6bbbd47132b0ab" ma:index="32" nillable="true" ma:taxonomy="true" ma:internalName="fbf5ba1606af44cc8a6bbbd47132b0ab" ma:taxonomyFieldName="CER_Scheme" ma:displayName="Scheme" ma:default="" ma:fieldId="{fbf5ba16-06af-44cc-8a6b-bbd47132b0ab}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="7ff3da5f-6c54-49cc-aabb-e0080ce1ebed" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="34" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="32" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="35" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="i0f84bba906045b4af568ee102a52dcb" ma:index="37" nillable="true" ma:taxonomy="true" ma:internalName="i0f84bba906045b4af568ee102a52dcb" ma:taxonomyFieldName="RevIMBCS" ma:displayName="Record Class" ma:indexed="true" ma:default="171;#61941 - 7 years|adf5ee0b-f774-4f18-99df-06f8b4be0958" ma:fieldId="{20f84bba-9060-45b4-af56-8ee102a52dcb}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="60518aca-4dc9-4b56-9553-af4b9ac69072" ma:anchorId="a4b45220-4273-4a25-a9f5-aa315eaede3b" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="39" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="40" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="41" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fea560b0-206f-46eb-a9d8-4504da3da1d2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{efcd83ed-bc5f-4638-9385-c030f0955f9f}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="fea560b0-206f-46eb-a9d8-4504da3da1d2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{efcd83ed-bc5f-4638-9385-c030f0955f9f}" ma:internalName="TaxCatchAllLabel" ma:readOnly="false" ma:showField="CatchAllDataLabel" ma:web="fea560b0-206f-46eb-a9d8-4504da3da1d2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a0c6edd1-3628-439e-ae10-56235e7a9ecd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="EDi_BCPDocument" ma:index="17" nillable="true" ma:displayName="BCP Document" ma:default="No" ma:description="Is this document required as part of the Business Continuity Plan or Disaster Recovery Strategy?&lt;!-- Field: EDi --&gt;" ma:format="Dropdown" ma:internalName="EDi_BCPDocument" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_DocumentGUID" ma:index="18" nillable="true" ma:displayName="Document GUID" ma:description="CRM Document GUID" ma:hidden="true" ma:internalName="CER_DocumentGUID" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="EDi1_DocID" ma:index="19" nillable="true" ma:displayName="EDi1_DocID" ma:description="Document ID from EDi v1" ma:hidden="true" ma:internalName="EDi1_DocID" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24aa14e1-d4f8-4fd7-87fd-92df26ed6048" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="20" nillable="true" ma:displayName="EDi1_DocID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl0" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08d2e755-979c-4757-99b4-fd4bb6dbc347" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="33" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="43" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="44" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="45" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="46" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="47" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date" ma:index="48" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -16317,216 +16468,253 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <m580224f57af48d5998ad1d627b3f8a6 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
-[...3 lines deleted...]
-    <fbf5ba1606af44cc8a6bbbd47132b0ab xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <m580224f57af48d5998ad1d627b3f8a6 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </m580224f57af48d5998ad1d627b3f8a6>
+    <CER_DLM xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">None</CER_DLM>
+    <EDi_BCPDocument xmlns="a0c6edd1-3628-439e-ae10-56235e7a9ecd">No</EDi_BCPDocument>
+    <g1c5c8a5ed744825af876dc81dccc5dd xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </g1c5c8a5ed744825af876dc81dccc5dd>
+    <EDi_DocumentDescription xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <_dlc_DocId xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">EDISCAUDIT-461495568-1980</_dlc_DocId>
+    <_ColorHex xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <aa7cfb7b7c8a4cdc88e464a139bfbbb5 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </aa7cfb7b7c8a4cdc88e464a139bfbbb5>
+    <Date xmlns="08d2e755-979c-4757-99b4-fd4bb6dbc347" xsi:nil="true"/>
+    <EDi1_DocID xmlns="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" xsi:nil="true"/>
+    <jfdbf192cf3e432bae7ead6b01437832 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </jfdbf192cf3e432bae7ead6b01437832>
+    <fbf5ba1606af44cc8a6bbbd47132b0ab xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </fbf5ba1606af44cc8a6bbbd47132b0ab>
     <i0f84bba906045b4af568ee102a52dcb xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">61941 - 7 years</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">adf5ee0b-f774-4f18-99df-06f8b4be0958</TermId>
+        </TermInfo>
+      </Terms>
+    </i0f84bba906045b4af568ee102a52dcb>
+    <EDi_RecordNumber xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <_dlc_DocIdUrl xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Url>https://cergovau.sharepoint.com/sites/EDi-SchemeAudit/_layouts/15/DocIdRedir.aspx?ID=EDISCAUDIT-461495568-1980</Url>
+      <Description>EDISCAUDIT-461495568-1980</Description>
+    </_dlc_DocIdUrl>
+    <EDi_VitalDocument xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">No</EDi_VitalDocument>
+    <TaxCatchAllLabel xmlns="fea560b0-206f-46eb-a9d8-4504da3da1d2" xsi:nil="true"/>
+    <c275726743ff40b1bd16afcbde5101e0 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </i0f84bba906045b4af568ee102a52dcb>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ad88652e-63e6-428d-9cff-33ad1674809e">
+    </c275726743ff40b1bd16afcbde5101e0>
+    <CER_FileStatus xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">Open</CER_FileStatus>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08d2e755-979c-4757-99b4-fd4bb6dbc347">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <TaxCatchAll xmlns="fea560b0-206f-46eb-a9d8-4504da3da1d2">
+      <Value>171</Value>
+    </TaxCatchAll>
+    <_Emoji xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <CER_DocumentGUID xmlns="a0c6edd1-3628-439e-ae10-56235e7a9ecd" xsi:nil="true"/>
+    <CER_FileClassification xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">OFFICIAL</CER_FileClassification>
+    <EDi_DocumentDate xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">2025-12-04T03:25:40+00:00</EDi_DocumentDate>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFDA7D91-6FFD-4197-8CFC-EBE01AFE1409}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9E671E9-B629-46BC-93A3-732B28FE2079}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5EE0726-0718-4944-AF0B-D6604A0C3770}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46F3DA98-DE90-4492-A4EA-5B1CDD61C135}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{070556AB-BA21-4685-BFEB-956BD7A1157E}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{201B41CC-730D-424E-A7FE-E1938517DFE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="35d7dce1-22dc-4c3f-bf90-aebce6a2395f"/>
-    <ds:schemaRef ds:uri="ad88652e-63e6-428d-9cff-33ad1674809e"/>
-    <ds:schemaRef ds:uri="1b264dc2-e408-4907-b0d2-f83224f167ed"/>
+    <ds:schemaRef ds:uri="fea560b0-206f-46eb-a9d8-4504da3da1d2"/>
+    <ds:schemaRef ds:uri="a0c6edd1-3628-439e-ae10-56235e7a9ecd"/>
+    <ds:schemaRef ds:uri="dd6704dc-e03f-401a-ab22-0d2e978dbd2d"/>
+    <ds:schemaRef ds:uri="24aa14e1-d4f8-4fd7-87fd-92df26ed6048"/>
+    <ds:schemaRef ds:uri="08d2e755-979c-4757-99b4-fd4bb6dbc347"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B4BB91-BE71-4FD8-8300-2B1096492731}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01B99CD2-D420-45C3-9B8B-C163EA858755}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="35d7dce1-22dc-4c3f-bf90-aebce6a2395f"/>
-    <ds:schemaRef ds:uri="ad88652e-63e6-428d-9cff-33ad1674809e"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="a0c6edd1-3628-439e-ae10-56235e7a9ecd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="08d2e755-979c-4757-99b4-fd4bb6dbc347"/>
+    <ds:schemaRef ds:uri="dd6704dc-e03f-401a-ab22-0d2e978dbd2d"/>
+    <ds:schemaRef ds:uri="fea560b0-206f-46eb-a9d8-4504da3da1d2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3527</Words>
-  <Characters>20110</Characters>
+  <Words>3714</Words>
+  <Characters>20357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>496</Lines>
+  <Paragraphs>312</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Safeguard Mechanism high emissions facility audit report template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23590</CharactersWithSpaces>
+  <CharactersWithSpaces>23759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>3276839</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.youtube.com/watch?v=zoFQDVyAIds</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995496</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995496</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8257574</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
@@ -16599,63 +16787,69 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.legislation.gov.au/Series/F2010L00053</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Safeguard Mechanism high emissions facility audit report template</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100B0C0652F9870E6449091942655D964AB</vt:lpwstr>
+    <vt:lpwstr>0x010100DDEBB6CC12EF4A079B1186EEFE45A56400E924555CC2C9465C9A717C3C430520D500662BEEC629C410499EBAAFE2269FADD3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CER_Scheme">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="RevIMBCS">
-    <vt:lpwstr/>
+    <vt:lpwstr>171;#61941 - 7 years|adf5ee0b-f774-4f18-99df-06f8b4be0958</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CER_Client">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="CER_State">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="CER_Agency">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="CER_FileKeywords">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="CER_FileKeywords">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="EDi_DocumentKeywords">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="EDi_DocumentKeywords">
     <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>0bae0b9b-567a-4210-bc6c-444c5bd65992</vt:lpwstr>
   </property>
 </Properties>
 </file>