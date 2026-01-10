--- v0 (2025-10-06)
+++ v1 (2026-01-10)
@@ -1,85 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="749AF3FF" w14:textId="15298CBD" w:rsidR="006A6952" w:rsidRPr="00784BBE" w:rsidRDefault="00AE080B" w:rsidP="00AE080B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc99649931"/>
       <w:bookmarkStart w:id="1" w:name="_Toc99649978"/>
       <w:r>
-        <w:t>Safeguard Mechanism</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidR="0075710D">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006A6952">
         <w:t>missions</w:t>
       </w:r>
       <w:r w:rsidR="00460389">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="006A6952">
         <w:t>intensity audit report template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6740E94B" w14:textId="636E2329" w:rsidR="006A6952" w:rsidRPr="007D279F" w:rsidRDefault="006A6952" w:rsidP="00AE080B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00724AB7">
         <w:t>Backgrou</w:t>
       </w:r>
       <w:r>
         <w:t>nd</w:t>
       </w:r>
     </w:p>
@@ -257,60 +252,60 @@
       <w:r w:rsidRPr="00B578C9">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00701051">
         <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
       </w:r>
       <w:r w:rsidRPr="00B578C9">
         <w:t xml:space="preserve"> (NGER Audit Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5AFC8F" w14:textId="2F234ED8" w:rsidR="00777B5F" w:rsidRPr="00B578C9" w:rsidRDefault="00777B5F" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00701051">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r w:rsidRPr="00B578C9">
         <w:t xml:space="preserve"> (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01437437" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00880939" w:rsidRDefault="006A6952" w:rsidP="006A6952">
+    <w:p w14:paraId="13809C8B" w14:textId="77777777" w:rsidR="00AE5B60" w:rsidRDefault="00AE5B60" w:rsidP="00AE5B60">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880939">
-        <w:t>relevant national and international audit standards, including:</w:t>
+      <w:r>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13CE04C0" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00432D01" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F2BFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Assurance Engagements Other than Audits of Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6198F804" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -417,80 +412,121 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> for Firms that Perform Audits and Reviews of Financial Reports and Other Financial Information, and Other Assurance Engagements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4778585D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASQM 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement quality reviews</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5E48A8" w14:textId="34840D86" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00701051">
+    <w:p w14:paraId="636CA962" w14:textId="77777777" w:rsidR="000A58B8" w:rsidRDefault="000A58B8" w:rsidP="000A58B8">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200" w:after="200"/>
       </w:pPr>
       <w:r>
-        <w:t>The coversheet for the audit report requires auditors to disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team.</w:t>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02217448" w14:textId="0AB275CF" w:rsidR="006A6952" w:rsidRPr="006A6952" w:rsidRDefault="006A6952" w:rsidP="00701051">
+    <w:p w14:paraId="7B5E48A8" w14:textId="34840D86" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00701051">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200" w:after="200"/>
       </w:pPr>
+      <w:r>
+        <w:t>The coversheet for the audit report requires auditors to disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02217448" w14:textId="0AB275CF" w:rsidR="006A6952" w:rsidRPr="006A6952" w:rsidRDefault="006A6952" w:rsidP="00701051">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A6952">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="006A6952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>NGER Audit Determination</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006A6952">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="006A6952">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further information on the legislative requirements for reporting on an assurance engagement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432D23E7" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
@@ -544,296 +580,238 @@
         <w:gridCol w:w="7765"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="00FA7635" w14:paraId="5BA3E26C" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="349EC28E" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00FA7635" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="00993BA6">
               <w:t>Legislation or guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="499A9A4D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00701051" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00701051">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009E1FC0">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="009E1FC0" w:rsidDel="00B27223">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1FC0">
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(the Safeguard Rule)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1E5836" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00552243" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00770AED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="001B106F" w:rsidDel="00BC64CC">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>NGER Act</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="662ADA18" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="009E1FC0" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00701051">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009E1FC0">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="009E1FC0" w:rsidDel="00BC64CC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1FC0">
               <w:t>(NGER Regulations)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14FDB9B1" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="009E1FC0" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00701051">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009E1FC0">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="009E1FC0">
               <w:t xml:space="preserve"> (Audit Determination)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64C96F26" w14:textId="321D02C1" w:rsidR="006A6952" w:rsidRPr="00552243" w:rsidRDefault="006A6952" w:rsidP="005E097C">
+          <w:p w14:paraId="32587F22" w14:textId="77777777" w:rsidR="00A36406" w:rsidRPr="00552243" w:rsidRDefault="00A36406" w:rsidP="00A36406">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Applicable standards</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1EB9F952" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00514E57" w:rsidRDefault="006A6952" w:rsidP="005E097C">
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB9F952" w14:textId="6D38830E" w:rsidR="006A6952" w:rsidRPr="00514E57" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
           </w:p>
           <w:p w14:paraId="5F2A6E80" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00724AB7" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79DE0501" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00EE0270" w:rsidRDefault="006A6952" w:rsidP="005E097C">
+          <w:p w14:paraId="79DE0501" w14:textId="3DC6CCF4" w:rsidR="006A6952" w:rsidRPr="00EE0270" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5572F5C4" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00724AB7" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3450 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Assurance Engagements involving Corporate Fundraisings and/or Prospective Financial Information</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="364B4A87" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00EB65AA" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
@@ -991,56 +969,56 @@
             <w:r w:rsidRPr="00552243">
               <w:t>registered greenhouse and energy auditor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B0AE952" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00FA7635" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Other members of the audit team do not need to be registered. However, the NGER</w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>Regulations do contain requirements for other members of an audit team.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A1BB17C" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc157764138"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc157764138"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Type of audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="10301" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="6520"/>
         <w:gridCol w:w="1796"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="00FA7635" w14:paraId="51D0EC57" w14:textId="77777777" w:rsidTr="005A2A7F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3374A928" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00FA7635" w:rsidRDefault="006A6952" w:rsidP="005E097C"/>
         </w:tc>
         <w:tc>
@@ -1278,78 +1256,78 @@
             </w:pPr>
             <w:r w:rsidRPr="009F15DD">
               <w:t>if the application includes estimates and assumptions made in accordance with subsection 15(3)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of the Safeguard Rule</w:t>
             </w:r>
             <w:r w:rsidRPr="009F15DD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F51A3">
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="009F15DD">
               <w:t>whether, in all material respects, those estimates and assumptions are reasonable</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DA25D60" w14:textId="7952B7A1" w:rsidR="006A6952" w:rsidRPr="008B5E5A" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please see the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
+            <w:hyperlink r:id="rId14" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safeguard Mechanism </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>missions-intensity determination guideline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00724AB7">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="7"/>
+              <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="003F21BA">
               <w:t xml:space="preserve"> for clarification regarding</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="003F21BA">
               <w:t xml:space="preserve"> reasonable and limited assurance matters relating to facility covered emissions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28E4F42F" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Previously audited matters</w:t>
             </w:r>
           </w:p>
@@ -1397,51 +1375,51 @@
             <w:r w:rsidRPr="00262C40">
               <w:t xml:space="preserve"> if the responsible emitter has previously given the </w:t>
             </w:r>
             <w:r>
               <w:t>CER</w:t>
             </w:r>
             <w:r w:rsidRPr="00262C40">
               <w:t xml:space="preserve"> an audit report that includes a limited</w:t>
             </w:r>
             <w:r w:rsidRPr="000D6BA7">
               <w:t xml:space="preserve"> assurance conclusion in relation to the matter.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53F89DA0" w14:textId="46F35E64" w:rsidR="006A6952" w:rsidRPr="00FA7635" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
+            <w:hyperlink r:id="rId15" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safeguard Mechanism </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>missions-intensity determination guideline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00724AB7">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -1479,55 +1457,55 @@
             </w:pPr>
             <w:r w:rsidRPr="00341B98">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="00341B98">
               <w:t xml:space="preserve"> of the Safeguard</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
             <w:r w:rsidRPr="00341B98">
               <w:t>ule.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C1A0168" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc157764139"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc157764139"/>
       <w:r>
         <w:t>Key risk area guidance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="2CB4AE80" w14:textId="2E9A5959" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00F71E43">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The table below sets out key risk areas the CER expects auditors will consider as part of their audit of an emissions-intensity determination application. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5724">
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> table </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5724">
         <w:t xml:space="preserve">does not provide an exhaustive listing of risks auditors are expected to address. It focuses on what the </w:t>
       </w:r>
       <w:r>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5724">
         <w:t xml:space="preserve"> believes are key risks that should be addressed as part of audit procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A97356D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="00F71E43">
@@ -1685,81 +1663,81 @@
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC77CE">
               <w:t>If historical data has been excluded and the CER doesn’t consider the explanation for exclusion as reasonable this may require resubmission of an applica</w:t>
             </w:r>
             <w:r>
               <w:t>tion</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC77CE">
               <w:t xml:space="preserve"> with additional auditing.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9388F1" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00FA7635" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
+            <w:hyperlink r:id="rId16" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safeguard Mechanism </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
               <w:r w:rsidRPr="00061E07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>missions-intensity determination guideline</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="5" w:name="_Ref198193556"/>
+            <w:bookmarkStart w:id="4" w:name="_Ref198193556"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:t xml:space="preserve"> for guidance on what the CER may</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC77CE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>consider as</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC77CE">
               <w:t xml:space="preserve"> genuine reasons to exclude information</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="00FA7635" w14:paraId="4460501C" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E808E0C" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00BC77CE" w:rsidRDefault="006A6952" w:rsidP="005E097C">
@@ -1791,101 +1769,101 @@
             <w:r w:rsidDel="000765E8">
               <w:t xml:space="preserve">that </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">historical covered emissions </w:t>
             </w:r>
             <w:r w:rsidR="007976EB">
               <w:t>have</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> been calculated in accordance with section 15 of the Safeguard Rule, which requires historical covered emissions to be calculated using:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="524A58D9" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00736338">
               <w:t>the most recent version of</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="1F1F8E47">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>NGER Measurement Determination</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00663B2C">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093F552D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00736338">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidRPr="00736338" w:rsidDel="002E5F4C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00736338">
               <w:t>most up-to-date gl</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">obal warming potentials (GWP) in the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="1F1F8E47">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00900F55">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r w:rsidRPr="004575CE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB358BE" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00CB548E" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>the same method (that is, method 1, 2, 3, or 4) of calculating covered emissions as in the most recent NGER Report submitted for the facility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="00FA7635" w14:paraId="1B18466D" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DEE08E8" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
@@ -1981,82 +1959,82 @@
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> should explain the estimates and assumptions made and why they were required and reasonable. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CAD9ACC" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00B24739" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
+            <w:hyperlink r:id="rId19" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
               <w:r w:rsidRPr="00B24739">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safeguard Mechanism </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
               <w:r w:rsidRPr="00B24739">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>missions-intensity determination guideline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="11"/>
+              <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance on what the CER considers as reasonable </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and not reasonable </w:t>
             </w:r>
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>estimates and assumptions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="00FA7635" w14:paraId="0B8798A2" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
@@ -2215,337 +2193,332 @@
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If a facility has restructured since the 2017-18 financial year, submitted data should align with the current facility structure. For example, if part of the facility was </w:t>
             </w:r>
             <w:r w:rsidR="003234B3" w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>split off</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24739">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and sold, the historical data associated with the sold portion does not need to be included in the application. This will ensure that facility specific emissions-intensity values are set consistently with the current facility structure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DA97360" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="002D18F3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:sectPr w:rsidR="006A6952" w:rsidSect="00E12D84">
-          <w:headerReference w:type="default" r:id="rId24"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId28"/>
+          <w:headerReference w:type="default" r:id="rId20"/>
+          <w:footerReference w:type="even" r:id="rId21"/>
+          <w:footerReference w:type="default" r:id="rId22"/>
+          <w:headerReference w:type="first" r:id="rId23"/>
+          <w:footerReference w:type="first" r:id="rId24"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="212" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08BBDE67" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc157764140"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc157764140"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidRPr="00F923B8">
         <w:t>audit</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> report</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for an emissions-intensity determination application</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2A4FD58F" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc157764141"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc157764141"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Audit report coversheet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C09502" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc157764142"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc157764142"/>
       <w:r>
         <w:t>Audited body (</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>the applicant</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="2C99A204" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E214133" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1965314800"/>
             <w:placeholder>
               <w:docPart w:val="445E9B55C8DF44A9A00D94F7842579D2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7CCF0256" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="1E537B33" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE94833" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t>ABN of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="257406631"/>
             <w:placeholder>
               <w:docPart w:val="79AA4DC45EB54ECB992890E985BA9668"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3C8390B6" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="4EEBD1CD" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03AA0848" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of contact person for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1274934945"/>
             <w:placeholder>
               <w:docPart w:val="C50309E95CBB4B7D9A735E51337E72CB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2D0C60D7" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="71619E56" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47DC7A11" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Contact person phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1740355552"/>
             <w:placeholder>
               <w:docPart w:val="55D91A1E82174DF290EC648E66E005A5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7043BAC9" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="4CAF9061" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49044A0B" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Contact person email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1499537945"/>
             <w:placeholder>
               <w:docPart w:val="07D0942E914940B191E95E48FF8F4574"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="44996B20" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16211A46" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc157764143"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc157764143"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Audit description</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="256697C9" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FCBA5C" w:themeColor="accent2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EF9A681" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Kind of audit</w:t>
             </w:r>
@@ -2644,100 +2617,98 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CFF5831" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t xml:space="preserve">Audit fee </w:t>
             </w:r>
             <w:r w:rsidRPr="004660AF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(inclusive of GST and disbursements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1915077291"/>
             <w:placeholder>
               <w:docPart w:val="667D9D94CC884E23BAB419320194E2CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3AE6F8A3" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00432D01" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="30681644" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C8BCE25" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t xml:space="preserve">Total hours spent on the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>audit by audit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1282103041"/>
             <w:placeholder>
               <w:docPart w:val="EF04218DEDBE4570A1F9490E6B10D116"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2A704732" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00432D01" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="422CA916" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
@@ -2769,122 +2740,121 @@
             </w:pPr>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by the audited body to the audit team leader (or their firm or company)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58B47026" w14:textId="1632D23C" w:rsidR="006A6952" w:rsidRPr="00724AB7" w:rsidRDefault="006A6952" w:rsidP="006A6952">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="008708A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00724AB7">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00724AB7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D3F44CA" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00297995" w:rsidRDefault="006A6952" w:rsidP="00724AB7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00297995">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from the date 12 months prior to the date of signing the terms of engagement for the audit, to the date of signing the audit report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2105106629"/>
             <w:placeholder>
               <w:docPart w:val="A053E9B0C9C545809B49522A937E33AF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1F3EAAD6" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="00DE8815" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
@@ -2912,242 +2882,237 @@
           </w:p>
           <w:p w14:paraId="6FA2AD67" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t xml:space="preserve">(write </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE22FA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>not applicable</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> if no non-audit fees were paid to the audit firm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1880778791"/>
             <w:placeholder>
               <w:docPart w:val="449FFC1F42614A51B91C9CDF7106A202"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4EE34BC4" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00432D01" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="5F2A42D2" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="741733FD" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00C85133" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="00C85133">
               <w:t>Reporting period covered by audit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1147434926"/>
             <w:placeholder>
               <w:docPart w:val="3079CA768E274E738C26504B940458D9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3932711D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="0759E1E2" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73525198" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Date terms of engagement signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="888613754"/>
             <w:placeholder>
               <w:docPart w:val="310D5701D43943C684B1E3B38F42975F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="38113638" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="58580FED" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E3B3EEB" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Date audit report signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-557163781"/>
             <w:placeholder>
               <w:docPart w:val="44F5D7021D944E1A9F8745850ED904AF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="61E99077" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CA335FA" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc157764144"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc157764144"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Auditor details</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="299A6ADF" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C5A9E79" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of audit team leader</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="318706654"/>
             <w:placeholder>
               <w:docPart w:val="D48C45DA921E488F93A259CEE8379A06"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2B7E5BF4" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="36599B77" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
@@ -3160,290 +3125,285 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2402AE93" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:t>reenhouse and energy auditor</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> registration number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="847222092"/>
             <w:placeholder>
               <w:docPart w:val="D6ED669C5AD24B87815FBF6CCB1636D9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="15F014C6" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="1EB57724" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26ADEC2A" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="253716981"/>
             <w:placeholder>
               <w:docPart w:val="426AABCEAEDB4020A9C4ECC581EC76AA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7949C91E" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="7A55C0CF" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32A861A4" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1783488970"/>
             <w:placeholder>
               <w:docPart w:val="4C24BC6CECFB402D9DD88A0EE967A692"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="00B6A7F3" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="65E565F5" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46D2B37F" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1466041373"/>
               <w:placeholder>
                 <w:docPart w:val="C5E023FD24324B118E41FEBCA38B589B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1C3CDC8A" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="6FBF718B" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C856150" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Names and contact details of other audit team members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1274591423"/>
               <w:placeholder>
                 <w:docPart w:val="C3B6E01407DF4706AC0C31871E4C3472"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="13F316D4" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="323548D3" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E73D9FC" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="00664E09">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
             <w:r>
               <w:t>of any</w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve"> exemption </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">granted </w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t>under</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> regulation </w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve">6.71 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> in relation to this audit</w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve"> for the audit team leader or professional member of</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> the audit team. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D7E4F05" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t>This must</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51AA4EAE" w14:textId="22BF4DDE" w:rsidR="006A6952" w:rsidRPr="00AE22FA" w:rsidRDefault="006A6952" w:rsidP="006A6952">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
@@ -3502,235 +3462,231 @@
             <w:r>
               <w:t xml:space="preserve"> put in place by the audit team leader so that the CER is satisfied that the audit findings will not be affected by that conflict.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D2B32D2" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00730E3B" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00730E3B">
               <w:t xml:space="preserve">(write </w:t>
             </w:r>
             <w:r w:rsidRPr="00730E3B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>not applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="00730E3B">
               <w:t xml:space="preserve"> if no exemption was granted under regulation 6.71 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00730E3B">
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00730E3B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1397476337"/>
               <w:placeholder>
                 <w:docPart w:val="55406535C40E4679908FA7AE2D800C5C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6D495B02" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41378C1C" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00DE5111">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc157764145"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc157764145"/>
       <w:r w:rsidRPr="00C85133">
         <w:t>Peer reviewer details</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="406A96E9" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B06F6A0" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">eer </w:t>
             </w:r>
             <w:r>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t>eviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-63409703"/>
             <w:placeholder>
               <w:docPart w:val="98FCD606DBA04F2B862592E8D87F50CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2530138C" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="4011EA8A" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="542C3333" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="519740298"/>
             <w:placeholder>
               <w:docPart w:val="7714FCE45FDB460CA8D93A901946A02D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3EB4FB1A" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="45F340E3" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A5F7EA9" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1858472142"/>
             <w:placeholder>
               <w:docPart w:val="BADDFBAFABD14192B541B7445412B98C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0C8ADAA9" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="6D0E15A6" w14:textId="77777777" w:rsidTr="00724AB7">
@@ -3741,99 +3697,98 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="200D26D9" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1968392246"/>
               <w:placeholder>
                 <w:docPart w:val="AFA8420524C146949E01D095C5797C2A"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="33981944" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75065511" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
-        <w:sectPr w:rsidR="006A6952" w:rsidSect="00E349EF">
-          <w:headerReference w:type="first" r:id="rId33"/>
+        <w:sectPr w:rsidR="006A6952" w:rsidSect="008C3DF3">
+          <w:headerReference w:type="first" r:id="rId29"/>
+          <w:footerReference w:type="first" r:id="rId30"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="469B5698" w14:textId="069DEDD8" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc157764146"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc157764146"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00696046">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Auditor’s report</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="5055D64A" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00432D01" w:rsidRDefault="006A6952" w:rsidP="008708A7">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t>To [Directors]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080AC342" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="008708A7">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t>We have conducted a reasonable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve"> engagement, being an audit pursuant to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4159,133 +4114,130 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="00DCCB6A" w14:textId="77777777" w:rsidTr="00D54C16">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60D9C805" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-389264969"/>
             <w:placeholder>
               <w:docPart w:val="5833B3F5D2604B78A9EEE26DC30D8757"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1DDB4B19" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="43E98CD9" w14:textId="77777777" w:rsidTr="00D54C16">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31744001" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1403949440"/>
             <w:placeholder>
               <w:docPart w:val="B792289A2EA84FDF8374C6C09025403A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="53C83D6E" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006A6952" w:rsidRPr="000F73E9" w14:paraId="154BD0A5" w14:textId="77777777" w:rsidTr="00D54C16">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71CD47EE" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r w:rsidRPr="000F73E9">
               <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="920456932"/>
             <w:placeholder>
               <w:docPart w:val="3E071B64543141DDA8FB8E618509176A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6B4D7343" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="000F73E9" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="189014CC" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
@@ -4294,80 +4246,92 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A6952" w:rsidRPr="001311FB" w14:paraId="372B85F4" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A7A9B31" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="001311FB" w:rsidRDefault="006A6952" w:rsidP="005E097C">
             <w:r>
               <w:t>Facility name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2107301060"/>
             <w:placeholder>
               <w:docPart w:val="099909F4ECEF4B6BB184A820F04F62C3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7CA092C5" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="001311FB" w:rsidRDefault="006A6952" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D1B3B4E" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="002D18F3">
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00CD7497" w:rsidSect="00E349EF">
+    <w:p w14:paraId="2C0A0458" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRPr="00245AB5" w:rsidRDefault="00245AB5" w:rsidP="00245AB5"/>
+    <w:p w14:paraId="44415176" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRPr="00245AB5" w:rsidRDefault="00245AB5" w:rsidP="00245AB5"/>
+    <w:p w14:paraId="3A34CD11" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRPr="00245AB5" w:rsidRDefault="00245AB5" w:rsidP="00245AB5"/>
+    <w:p w14:paraId="5B43E65D" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRDefault="00245AB5" w:rsidP="00245AB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1B3B4E" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRPr="00245AB5" w:rsidRDefault="00245AB5" w:rsidP="00245AB5">
+      <w:pPr>
+        <w:sectPr w:rsidR="00245AB5" w:rsidRPr="00245AB5" w:rsidSect="00245AB5">
+          <w:footerReference w:type="first" r:id="rId31"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="14601" w:type="dxa"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1375"/>
         <w:gridCol w:w="2646"/>
         <w:gridCol w:w="2645"/>
         <w:gridCol w:w="2645"/>
         <w:gridCol w:w="2645"/>
         <w:gridCol w:w="2645"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="02C31619" w14:textId="77777777" w:rsidTr="00FE71ED">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="677"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -6584,129 +6548,130 @@
             <w:tcW w:w="2645" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="523502AA" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="00C33FD9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00954DE9">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">[not required] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0241285D" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497"/>
     <w:p w14:paraId="525545F1" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:sectPr w:rsidR="00CD7497" w:rsidSect="00CD7497">
-          <w:footerReference w:type="first" r:id="rId34"/>
+          <w:footerReference w:type="default" r:id="rId32"/>
+          <w:footerReference w:type="first" r:id="rId33"/>
           <w:pgSz w:w="16840" w:h="11900" w:orient="landscape" w:code="9"/>
           <w:pgMar w:top="1528" w:right="1447" w:bottom="1080" w:left="993" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052A0454" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="00E30F40" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc157764148"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc157764148"/>
       <w:r w:rsidRPr="00E30F40">
         <w:lastRenderedPageBreak/>
         <w:t>Responsibility of [audited body’s] management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="37F4C5B6" w14:textId="3077CAD2" w:rsidR="00CD7497" w:rsidRPr="00EC533E" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7FF4">
         <w:t xml:space="preserve">management of [audited body] </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7FF4">
         <w:t xml:space="preserve"> responsible</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> for the preparation and fair presentation of the application in accordance with the </w:t>
       </w:r>
       <w:r>
         <w:t>Safeguard Rule,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84760">
         <w:t xml:space="preserve"> application form and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84760">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
+      <w:hyperlink r:id="rId34" w:anchor="apply-for-an-emissions-intensity-determination" w:history="1">
         <w:r w:rsidRPr="00061E07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">Safeguard Mechanism </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:r w:rsidRPr="00061E07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>missions-intensity determination guideline</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
+        <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00B84760">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>[audited body’s</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84760">
         <w:t xml:space="preserve"> compliance with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">National Greenhouse and Energy Reporting Act </w:t>
       </w:r>
       <w:r w:rsidRPr="00665A01">
         <w:rPr>
           <w:i/>
@@ -6790,55 +6755,55 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00796A6D">
         <w:t>selecting and applying measurement methods to prepare and present the data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283F4CAB" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>making estimates that are reasonable in the circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6D05B4" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc157764149"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc157764149"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our independence and quality control</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3480979B" w14:textId="00D05D55" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>We have complied with the relevant ethical requirements relating to assurance engagements, which include independence and other requirements founded on fundamental principles of integrity, objectivity, professional competence, due care, confidentiality and professional behavio</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">r. This includes </w:t>
       </w:r>
       <w:r w:rsidR="000027DA" w:rsidRPr="000F73E9">
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> the requirements defined in the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -6924,55 +6889,55 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement quality reviews </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(ASQM2). </w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t>ame of assurance practitioner’s firm] maintains a comprehensive system of quality control including documented policies and procedures regarding co</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>mpliance with ethical requirements, professional standards and applicable legal and regulatory requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C15BA0" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc157764150"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc157764150"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our responsibility</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="11E4BEA0" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Our responsibility is to express a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">reasonable and limited assurance </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>conclusion on whether the audited elements of the application (as described above) have been prepared, in all material aspects, in compliance with the requirements of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Safeguard Rule</w:t>
       </w:r>
       <w:r w:rsidRPr="00B542D2">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> measurement policies adopted and disclosed in the application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F71CE21" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
@@ -7289,55 +7254,55 @@
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> evaluating the overall presentation of the application by management of the company.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68453EE1" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t>We</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> believe that the assurance evidence </w:t>
       </w:r>
       <w:r>
         <w:t>we have</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> obtained is sufficient and appropriate to provide a basis for our assurance conclusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438A2537" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc157764151"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc157764151"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Summary of procedures undertaken</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="25C282E7" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>The procedures we conducted in ou</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0E32">
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidRPr="00724AB7">
         <w:t>reasonable and limited</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0E32">
         <w:t xml:space="preserve"> assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> engagement included:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32249C2E" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
@@ -7419,101 +7384,101 @@
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>identifying and testing assumptions supporting the calculations.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CAFB88D" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[More detailed procedures can be included in Part B of the audit report.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F09B9A8" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc157764152"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc157764152"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Use of ou</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve">r reasonable </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement report</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="4324477C" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="001311FB" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve">This report is intended solely for the use of [audited body], the </w:t>
       </w:r>
       <w:r>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> [and intended users identified in the terms of the engagement] for the purpose of reporting on [audited body’s] application for </w:t>
       </w:r>
       <w:r>
         <w:t>an emissions-intensity</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> determination. Accordingly, we expressly disclaim and do not accept any responsibility or liability </w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">to any party other than [audited body], the </w:t>
       </w:r>
       <w:r>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="001311FB">
         <w:t xml:space="preserve"> and [names of intended users] for any consequences of reliance on this report for any purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D737A3" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc157764153"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc157764153"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Inherent limitations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="187E4F05" w14:textId="0E9E58C6" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>There are inherent limitations in performing assurance</w:t>
       </w:r>
       <w:r w:rsidR="00FA6AF7">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00865586">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>for example, assurance engagements are based on selective testing of the information being examined. Because of this, it is possible that fraud, error or non</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>compliance might occur and not be detected. An assurance engagement is not designed to detect all instances of non-compliance with the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> NGER Act and safeguard legislation</w:t>
@@ -7594,76 +7559,76 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">[Include if conclusion is modified] </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:eastAsia="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">Basis for [qualified/adverse/disclaimer] conclusion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23609AC8" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="001311FB" w:rsidRDefault="00CD7497" w:rsidP="00F1449B">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t>[Insert basis for modification to the auditor’s report.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C1EB669" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc157764154"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc157764154"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Our conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="5148A61F" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="001311FB" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001311FB">
         <w:t>[Insert conclusion as appropriate, referring to section 3.17 of the NGER Audit Determination]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B19D424" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc157764155"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc157764155"/>
       <w:r>
         <w:t>Reasonable assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="58EC63F6" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>In our opinion</w:t>
       </w:r>
       <w:r>
         <w:t>, in all material respects, [Audited Body’s] application</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FC3AA02" w14:textId="49377D19" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
@@ -7726,58 +7691,58 @@
       <w:r>
         <w:t>amount</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of covered emissions for the facility in each historical financial year</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1C3F06" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>correctly specifies the transitional production variables (if any) for the facility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAA9215" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00A14597">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc157764156"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc157764156"/>
       <w:r>
         <w:t>Limited assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="66B33137" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="0054064F">
         <w:t>Based on the procedures we have performed and the evidence we have obtained, nothing has come to our attention that causes us to believe that, in all material respects:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0373FDB3" w14:textId="66908AC0" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="008D6CE3">
         <w:t>if the application specifies one or more historical production variables for the facility</w:t>
       </w:r>
       <w:r w:rsidR="002F0147">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00865586">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>[Audited Body]’s</w:t>
       </w:r>
@@ -8005,562 +7970,555 @@
           <w:i/>
         </w:rPr>
         <w:t>[Location]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6324ED0D" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="00FD3B8E" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA24BF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA6E929" w14:textId="39B513DE" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc157764157"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc157764157"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part B</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00842487">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Detailed findings</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="104B90C8" w14:textId="7DF387A5" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="14"/>
+        <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFDF5B0" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C74125" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00005621">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411B0AF9" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc157764158"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc157764158"/>
       <w:r>
         <w:t>Items or i</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>ssues requiring particular attention</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w14:paraId="78587AB8" w14:textId="77777777" w:rsidTr="005E097C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="895560930"/>
             <w:placeholder>
               <w:docPart w:val="445027FD35294C3EAB261618822F6F06"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4580C6D4" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7568DE86" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc157764159"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc157764159"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Aspects </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that particularly </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>impact</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">carrying out of </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w14:paraId="1C5042E3" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2063405585"/>
             <w:placeholder>
               <w:docPart w:val="4BA33842759D48948E8D82998AF1D40C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9740" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="532DBA48" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00724AB7">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00724AB7">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:kern w:val="2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A606475" w14:textId="0596EC41" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc157764160"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc157764160"/>
       <w:r>
         <w:t>Details of any c</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">ontraventions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="007B56DC">
         <w:t>National Greenhouse and Energy Reporting (Safeguard</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B56DC">
         <w:t>Mechanism) Rule 2015</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0817">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
       </w:r>
       <w:r>
         <w:t>, National Greenhouse and Energy Reporting Regulations 2008 or the associated provisions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w14:paraId="124C29FD" w14:textId="77777777" w:rsidTr="005E097C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="138081972"/>
             <w:placeholder>
               <w:docPart w:val="A8EA195D72084D2A85A606D319BCC89B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1EFAB05A" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0EF398B8" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc157764161"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc157764161"/>
       <w:r>
         <w:t xml:space="preserve">Matters corrected </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>during the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9744" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2659"/>
         <w:gridCol w:w="7085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="513A7BF5" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32367B19" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="007A646F" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="599851712"/>
             <w:placeholder>
               <w:docPart w:val="D5AD4EDE211B4A5C8E2B1163A31C279E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6F1D4705" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="3FAEB5B9" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BB24AA2" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="007A646F" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1309550028"/>
             <w:placeholder>
               <w:docPart w:val="7AE39DEB9012477690D51E48B4BE8D02"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="11E60085" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="4E995280" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C7E5805" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="007A646F" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1614511669"/>
             <w:placeholder>
               <w:docPart w:val="C9C508E8960845F683B608C9B83617FC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="06037B2E" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AFEDA94" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc157764162"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc157764162"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Other matters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w14:paraId="7D5C6E27" w14:textId="77777777" w:rsidTr="005E097C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2117243460"/>
             <w:placeholder>
               <w:docPart w:val="7161ADF75D81406BB3B756DC1613A9B6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4E14570D" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DFAC59A" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="005874"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="787B9376" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc157764163"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc157764163"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Audit findings and conclusions table</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="2443"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="10F3933F" w14:textId="77777777" w:rsidTr="005E097C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8778,115 +8736,112 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="554A3423" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2096778766"/>
             <w:placeholder>
               <w:docPart w:val="2C95DB12AA1F42C580BEB820EC40F01C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1ABF027A" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1880347689"/>
             <w:placeholder>
               <w:docPart w:val="E998E071EAF648969376EEA152D36AB4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2CCEBB0B" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="331888356"/>
             <w:placeholder>
               <w:docPart w:val="798E4C78287D4D9196266C52CAD2D701"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="11EA5BBB" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="6CBDABEC" w14:textId="77777777" w:rsidTr="00724AB7">
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="703"/>
@@ -8897,348 +8852,333 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="024016C8" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">Issue C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1274521831"/>
             <w:placeholder>
               <w:docPart w:val="28DF4C91823E440093ED2DD2A503BF10"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6FB6B212" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="240684593"/>
             <w:placeholder>
               <w:docPart w:val="1DED9FC62C794CE2AF6124860477D1B6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4EDA5E51" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1517356271"/>
             <w:placeholder>
               <w:docPart w:val="7E5D37E52EC54228829B54E00C709428"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2A612B0F" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="437975E5" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00735526">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc157764164"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc157764164"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Peer reviewer conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="0339231F" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25ACA118" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-800912786"/>
             <w:placeholder>
               <w:docPart w:val="1F40504FF9014207B4C90DCDACCC1B53"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6AACD375" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="37AB0713" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42051A27" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Peer reviewer’s credentials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="487216550"/>
             <w:placeholder>
               <w:docPart w:val="83511B6F9645411D9C4062A9BFCCC088"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="58C9255B" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="271AD539" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="373B36C6" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
-              <w:t xml:space="preserve">Peer </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> contact details</w:t>
+              <w:t>Peer reviewer contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="624894478"/>
             <w:placeholder>
               <w:docPart w:val="BCD2FE87FD82439AA1A97DBCD1056F40"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="75B11FB8" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CD7497" w:rsidRPr="000F73E9" w14:paraId="6889579A" w14:textId="77777777" w:rsidTr="005E097C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B72BD74" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Outcome of the evaluation undertaken by the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="320852909"/>
             <w:placeholder>
               <w:docPart w:val="A8B692A1F8B5458F94AC6ED89455995D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0BDAEB80" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="005E097C">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77F2A16F" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00CD7497"/>
     <w:p w14:paraId="32280E25" w14:textId="40FDC6AF" w:rsidR="00CD7497" w:rsidRPr="000F73E9" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
@@ -9309,79 +9249,79 @@
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Location]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AE7F83" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="215B675C" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497"/>
     <w:sectPr w:rsidR="00CD7497" w:rsidRPr="00CD7497" w:rsidSect="00E349EF">
-      <w:footerReference w:type="default" r:id="rId37"/>
-      <w:footerReference w:type="first" r:id="rId38"/>
+      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DDB4A2D" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A" w:rsidP="00176C28">
+    <w:p w14:paraId="085AFF38" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B99F46" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A"/>
+    <w:p w14:paraId="25FDB1D4" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0AA76C2F" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A" w:rsidP="00176C28">
+    <w:p w14:paraId="48A5A2E0" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EE06B0" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A"/>
+    <w:p w14:paraId="1566595F" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -9394,149 +9334,145 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="89826918"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="64599A76" w14:textId="77777777" w:rsidR="009633DE" w:rsidRDefault="009633DE" w:rsidP="009E2E56">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5C8794EE" w14:textId="77777777" w:rsidR="00977234" w:rsidRDefault="00977234" w:rsidP="009633DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="58695629" w14:textId="77777777" w:rsidR="00977234" w:rsidRDefault="00977234" w:rsidP="009633DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5C1B4BB8" w14:textId="77777777" w:rsidR="006C58B9" w:rsidRDefault="006C58B9"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6654C29D" w14:textId="4CF7C5C0" w:rsidR="00F76419" w:rsidRPr="00515AAD" w:rsidRDefault="00E12D84" w:rsidP="00515AAD">
+  <w:p w14:paraId="6654C29D" w14:textId="05F37112" w:rsidR="00F76419" w:rsidRPr="00515AAD" w:rsidRDefault="00E12D84" w:rsidP="00515AAD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
         <w:tab w:val="clear" w:pos="6946"/>
         <w:tab w:val="clear" w:pos="9498"/>
         <w:tab w:val="center" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="360" w:after="0"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D18F3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>W:</w:t>
@@ -9724,50 +9660,399 @@
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
       </w:tabs>
       <w:ind w:left="0" w:right="101"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="005874"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6332764F" w14:textId="77777777" w:rsidR="008C3DF3" w:rsidRDefault="008C3DF3" w:rsidP="00E12D84">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="2694"/>
+        <w:tab w:val="clear" w:pos="3969"/>
+      </w:tabs>
+      <w:ind w:left="0" w:right="101"/>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="504B7860" wp14:editId="7A55D34A">
+          <wp:extent cx="1918335" cy="644525"/>
+          <wp:effectExtent l="0" t="0" r="5715" b="3175"/>
+          <wp:docPr id="2080965355" name="Picture 2080965355" descr="CER Monogram"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="5" name="Picture 5" descr="CER Monogram"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1918335" cy="644525"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="21F1B222" w14:textId="77777777" w:rsidR="008C3DF3" w:rsidRPr="009C30B4" w:rsidRDefault="008C3DF3" w:rsidP="007A32A0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="2694"/>
+        <w:tab w:val="clear" w:pos="3969"/>
+      </w:tabs>
+      <w:ind w:left="0" w:right="101"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="005874"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+      <w:t>OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1635F26D" w14:textId="77777777" w:rsidR="008C3DF3" w:rsidRDefault="008C3DF3" w:rsidP="00E12D84">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="2694"/>
+        <w:tab w:val="clear" w:pos="3969"/>
+      </w:tabs>
+      <w:ind w:left="0" w:right="101"/>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="159AF5B7" wp14:editId="74D1314A">
+          <wp:extent cx="1918335" cy="644525"/>
+          <wp:effectExtent l="0" t="0" r="5715" b="3175"/>
+          <wp:docPr id="352791024" name="Picture 352791024" descr="CER Monogram"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="5" name="Picture 5" descr="CER Monogram"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1918335" cy="644525"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2EA1F0AD" w14:textId="77777777" w:rsidR="008C3DF3" w:rsidRPr="009C30B4" w:rsidRDefault="008C3DF3" w:rsidP="007A32A0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="2694"/>
+        <w:tab w:val="clear" w:pos="3969"/>
+      </w:tabs>
+      <w:ind w:left="0" w:right="101"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="005874"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+      <w:t>OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7024863A" w14:textId="3F30E165" w:rsidR="00245AB5" w:rsidRPr="00515AAD" w:rsidRDefault="00245AB5" w:rsidP="00515AAD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="2694"/>
+        <w:tab w:val="clear" w:pos="3969"/>
+        <w:tab w:val="clear" w:pos="6946"/>
+        <w:tab w:val="clear" w:pos="9498"/>
+        <w:tab w:val="center" w:pos="9639"/>
+      </w:tabs>
+      <w:spacing w:before="360" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+        <w:b w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>W:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:t xml:space="preserve"> www.cleanenergyregulator.gov.au</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>T:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1300 553 542 | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>E:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D18F3">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> enquiries@cleanenergyregulator.gov.au</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+        </w:rPr>
+        <w:id w:val="-82846483"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00E349EF">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00E349EF">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00E349EF">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E349EF">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="443E4BCB" w14:textId="77777777" w:rsidR="00245AB5" w:rsidRPr="009633DE" w:rsidRDefault="00245AB5" w:rsidP="00E349EF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:spacing w:before="60"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Protectivemarker"/>
+      </w:rPr>
+      <w:t>OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A1C330A" w14:textId="48A77013" w:rsidR="00CD7497" w:rsidRPr="00515AAD" w:rsidRDefault="00CD7497" w:rsidP="006A6952">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
         <w:tab w:val="clear" w:pos="6946"/>
         <w:tab w:val="clear" w:pos="9498"/>
         <w:tab w:val="center" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="360" w:after="0"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D18F3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9936,51 +10221,51 @@
   <w:p w14:paraId="66DED1EF" w14:textId="75EEF45A" w:rsidR="00CD7497" w:rsidRPr="009C30B4" w:rsidRDefault="00CD7497" w:rsidP="007A32A0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
       </w:tabs>
       <w:ind w:left="0" w:right="101"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="005874"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26950669" w14:textId="4B7ED76E" w:rsidR="00CD7497" w:rsidRPr="00515AAD" w:rsidRDefault="00CD7497" w:rsidP="00515AAD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
         <w:tab w:val="clear" w:pos="6946"/>
         <w:tab w:val="clear" w:pos="9498"/>
         <w:tab w:val="center" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="360" w:after="0"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D18F3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -10107,51 +10392,51 @@
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="3E23BA05" w14:textId="6F377D79" w:rsidR="00CD7497" w:rsidRPr="009633DE" w:rsidRDefault="00CD7497" w:rsidP="00E349EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="308C2798" w14:textId="12E31E37" w:rsidR="00CD7497" w:rsidRPr="00515AAD" w:rsidRDefault="00CD7497" w:rsidP="006A6952">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
         <w:tab w:val="clear" w:pos="6946"/>
         <w:tab w:val="clear" w:pos="9498"/>
         <w:tab w:val="center" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="360" w:after="0"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D18F3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -10287,63 +10572,63 @@
       <w:tabs>
         <w:tab w:val="clear" w:pos="2694"/>
         <w:tab w:val="clear" w:pos="3969"/>
       </w:tabs>
       <w:ind w:left="0" w:right="101"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="005874"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39EFC38F" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A" w:rsidP="00176C28">
+    <w:p w14:paraId="0E929AEF" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B2EF3BF" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A" w:rsidP="00176C28">
+    <w:p w14:paraId="428794DC" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2349A39B" w14:textId="77777777" w:rsidR="00E2787A" w:rsidRDefault="00E2787A"/>
+    <w:p w14:paraId="66669649" w14:textId="77777777" w:rsidR="00DF3ED4" w:rsidRDefault="00DF3ED4"/>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="31CCB847" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D876F2">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="227872EC" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
@@ -10397,208 +10682,192 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="1651F186" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="60AB4FFC" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
+    <w:p w14:paraId="755B8D00" w14:textId="0AFB03D1" w:rsidR="00724AB7" w:rsidRDefault="00724AB7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000 for reporting periods commencing on or after 15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724AB7">
+        <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines#apply-for-an-emissions-intensity-determination</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="755B8D00" w14:textId="0AFB03D1" w:rsidR="00724AB7" w:rsidRDefault="00724AB7">
+    <w:p w14:paraId="762C0FEF" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00724AB7">
+      <w:r w:rsidRPr="001414D3">
         <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines#apply-for-an-emissions-intensity-determination</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="762C0FEF" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
-[...17 lines deleted...]
-  <w:footnote w:id="9">
     <w:p w14:paraId="136C46BA" w14:textId="77777777" w:rsidR="006A6952" w:rsidRPr="00611142" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00501C59">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00501C59">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4AAE">
         <w:t>https://www.legislation.gov.au/F2008L02309/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
+  <w:footnote w:id="9">
     <w:p w14:paraId="3BE20DA2" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00611142">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00611142">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA3BF4">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
       <w:r w:rsidRPr="00611142">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
+  <w:footnote w:id="10">
     <w:p w14:paraId="6A31E54D" w14:textId="77777777" w:rsidR="006A6952" w:rsidRDefault="006A6952" w:rsidP="006A6952">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001414D3">
         <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines#apply-for-an-emissions-intensity-determination</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
+  <w:footnote w:id="11">
     <w:p w14:paraId="1B549970" w14:textId="6B4B2472" w:rsidR="00724AB7" w:rsidRDefault="00724AB7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00724AB7">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="13">
+  <w:footnote w:id="12">
     <w:p w14:paraId="625E7E0F" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008966F0">
         <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines#apply-for-an-emissions-intensity-determination</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="14">
+  <w:footnote w:id="13">
     <w:p w14:paraId="3055767A" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E7581F8" w14:textId="4BF8E112" w:rsidR="00D81782" w:rsidRDefault="005238EA" w:rsidP="00977234">
     <w:pPr>
@@ -10858,51 +11127,51 @@
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1079CB5D" w14:textId="77777777" w:rsidR="00CD7497" w:rsidRPr="00BE0DA3" w:rsidRDefault="00CD7497" w:rsidP="00CD7497">
     <w:pPr>
       <w:pStyle w:val="LegislativesecrecyACT"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B7B5646" wp14:editId="06D11428">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-209550</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="4445" b="6985"/>
           <wp:wrapNone/>
-          <wp:docPr id="691167953" name="Picture 691167953">
+          <wp:docPr id="1385212082" name="Picture 1385212082">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
@@ -14261,462 +14530,484 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="430129590">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2042318439">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="50"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{0F66689A-7BC6-44EE-AFEF-530D625FCFD6}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="2935260041920"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006A6952"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="000027DA"/>
     <w:rsid w:val="00005621"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="00072426"/>
+    <w:rsid w:val="00081F95"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0DD5"/>
+    <w:rsid w:val="000A58B8"/>
     <w:rsid w:val="000B2225"/>
+    <w:rsid w:val="000B67C7"/>
     <w:rsid w:val="000E4CC7"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000E799D"/>
     <w:rsid w:val="000F1EB7"/>
     <w:rsid w:val="000F2564"/>
     <w:rsid w:val="000F5134"/>
     <w:rsid w:val="000F51A3"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="001166C2"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="00142E55"/>
     <w:rsid w:val="001512C0"/>
     <w:rsid w:val="001514A1"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="00197F43"/>
+    <w:rsid w:val="001A2550"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001F7C70"/>
     <w:rsid w:val="002066AB"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="0021462B"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00223676"/>
     <w:rsid w:val="002251EC"/>
     <w:rsid w:val="00235B50"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="00244F45"/>
+    <w:rsid w:val="00245AB5"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="002A7EA6"/>
+    <w:rsid w:val="002B2F2B"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="002C427B"/>
     <w:rsid w:val="002C702A"/>
     <w:rsid w:val="002D18F3"/>
     <w:rsid w:val="002D30B2"/>
     <w:rsid w:val="002D585C"/>
     <w:rsid w:val="002D7F8B"/>
     <w:rsid w:val="002F0147"/>
     <w:rsid w:val="002F1986"/>
     <w:rsid w:val="003022A9"/>
     <w:rsid w:val="003031AB"/>
     <w:rsid w:val="003234B3"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00350077"/>
     <w:rsid w:val="003560D6"/>
     <w:rsid w:val="00360B82"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
     <w:rsid w:val="003A0D22"/>
+    <w:rsid w:val="003A3E67"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003C0B09"/>
     <w:rsid w:val="003C687C"/>
     <w:rsid w:val="003D2033"/>
     <w:rsid w:val="003D3FC1"/>
     <w:rsid w:val="003E06EA"/>
     <w:rsid w:val="003E6058"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
     <w:rsid w:val="00407A97"/>
     <w:rsid w:val="00414A0E"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="00427881"/>
     <w:rsid w:val="00434A1C"/>
     <w:rsid w:val="00444E9E"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="00460389"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004B06A1"/>
     <w:rsid w:val="004B653C"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004C39FD"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D3F8B"/>
     <w:rsid w:val="004D647D"/>
     <w:rsid w:val="004D70CF"/>
     <w:rsid w:val="00515AAD"/>
     <w:rsid w:val="00516089"/>
     <w:rsid w:val="00521016"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="005238EA"/>
     <w:rsid w:val="0052457E"/>
     <w:rsid w:val="0052624C"/>
+    <w:rsid w:val="00527C02"/>
     <w:rsid w:val="00531F3B"/>
     <w:rsid w:val="0054032E"/>
     <w:rsid w:val="00540C62"/>
     <w:rsid w:val="0054199F"/>
     <w:rsid w:val="005430A4"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="005951E3"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005A2A7F"/>
     <w:rsid w:val="005C0A94"/>
     <w:rsid w:val="005D4D95"/>
     <w:rsid w:val="005F0612"/>
     <w:rsid w:val="005F4BE4"/>
     <w:rsid w:val="00602E93"/>
     <w:rsid w:val="0061010A"/>
     <w:rsid w:val="0061284C"/>
     <w:rsid w:val="0061585A"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="00632E89"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="006675CE"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="006867D9"/>
+    <w:rsid w:val="0069045C"/>
     <w:rsid w:val="00696046"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A6952"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3509"/>
     <w:rsid w:val="006E3CA9"/>
     <w:rsid w:val="00701051"/>
     <w:rsid w:val="00704315"/>
     <w:rsid w:val="00717540"/>
     <w:rsid w:val="00724AB7"/>
     <w:rsid w:val="00724B10"/>
+    <w:rsid w:val="00725842"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00733C45"/>
     <w:rsid w:val="00735526"/>
     <w:rsid w:val="0075710D"/>
     <w:rsid w:val="0076397A"/>
     <w:rsid w:val="00767FAB"/>
     <w:rsid w:val="007700F6"/>
     <w:rsid w:val="007773D1"/>
     <w:rsid w:val="00777B5F"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="00790E79"/>
     <w:rsid w:val="00793A66"/>
     <w:rsid w:val="007976EB"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007B2652"/>
     <w:rsid w:val="007B31E7"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007C310C"/>
     <w:rsid w:val="007C7046"/>
     <w:rsid w:val="007D40F4"/>
     <w:rsid w:val="007E1B39"/>
     <w:rsid w:val="007E760E"/>
     <w:rsid w:val="007F3928"/>
     <w:rsid w:val="007F6166"/>
     <w:rsid w:val="008019A3"/>
     <w:rsid w:val="00801EDE"/>
     <w:rsid w:val="00805956"/>
     <w:rsid w:val="0081614F"/>
     <w:rsid w:val="00816D8B"/>
     <w:rsid w:val="00817934"/>
     <w:rsid w:val="00826A84"/>
     <w:rsid w:val="00832EF2"/>
     <w:rsid w:val="008352D1"/>
     <w:rsid w:val="00842487"/>
     <w:rsid w:val="008444A8"/>
     <w:rsid w:val="00865586"/>
     <w:rsid w:val="008708A7"/>
     <w:rsid w:val="00885AB6"/>
     <w:rsid w:val="00890472"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008B0D79"/>
     <w:rsid w:val="008B434A"/>
+    <w:rsid w:val="008C3DF3"/>
     <w:rsid w:val="008C63A1"/>
     <w:rsid w:val="008D43A0"/>
     <w:rsid w:val="008E15DF"/>
     <w:rsid w:val="008E6CE0"/>
     <w:rsid w:val="008F548E"/>
     <w:rsid w:val="008F6BA7"/>
     <w:rsid w:val="00906DED"/>
     <w:rsid w:val="00920F4A"/>
     <w:rsid w:val="0092568B"/>
     <w:rsid w:val="00930D2E"/>
     <w:rsid w:val="0093226C"/>
     <w:rsid w:val="00957A8A"/>
     <w:rsid w:val="009633DE"/>
     <w:rsid w:val="00965332"/>
     <w:rsid w:val="0097086D"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="00995050"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
+    <w:rsid w:val="009B4C90"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C1CB8"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009D01EB"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009D67C7"/>
     <w:rsid w:val="009D68FB"/>
     <w:rsid w:val="009E1FC0"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A14597"/>
     <w:rsid w:val="00A23C1D"/>
+    <w:rsid w:val="00A36406"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00AA2792"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AA7C73"/>
     <w:rsid w:val="00AB04A4"/>
     <w:rsid w:val="00AB1D66"/>
+    <w:rsid w:val="00AB5AC0"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AE080B"/>
+    <w:rsid w:val="00AE5B60"/>
     <w:rsid w:val="00AF5F77"/>
     <w:rsid w:val="00B01F15"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B23535"/>
     <w:rsid w:val="00B257B3"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B363CC"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B578C9"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B8557A"/>
     <w:rsid w:val="00B872E1"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BB4F42"/>
     <w:rsid w:val="00BD5ED5"/>
     <w:rsid w:val="00BE20AC"/>
     <w:rsid w:val="00C033D8"/>
     <w:rsid w:val="00C067A3"/>
     <w:rsid w:val="00C06FDE"/>
     <w:rsid w:val="00C13A44"/>
     <w:rsid w:val="00C269D7"/>
     <w:rsid w:val="00C27341"/>
     <w:rsid w:val="00C3122E"/>
     <w:rsid w:val="00C33420"/>
     <w:rsid w:val="00C371E3"/>
     <w:rsid w:val="00C40CF0"/>
     <w:rsid w:val="00C47609"/>
     <w:rsid w:val="00C73199"/>
     <w:rsid w:val="00C86B48"/>
     <w:rsid w:val="00C961D8"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA585D"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CB7ED6"/>
     <w:rsid w:val="00CD7497"/>
     <w:rsid w:val="00CE2AF0"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF38F5"/>
     <w:rsid w:val="00D03015"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D54C16"/>
+    <w:rsid w:val="00D56409"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D90D15"/>
     <w:rsid w:val="00DB14A1"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB1789"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DC43AB"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DE5111"/>
+    <w:rsid w:val="00DE6F9F"/>
     <w:rsid w:val="00DF0F4C"/>
+    <w:rsid w:val="00DF3ED4"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E12D84"/>
     <w:rsid w:val="00E1722C"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E23CEB"/>
     <w:rsid w:val="00E24D8A"/>
     <w:rsid w:val="00E2787A"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E71AF2"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E770EC"/>
     <w:rsid w:val="00E85BF6"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA62DB"/>
     <w:rsid w:val="00EA7A28"/>
+    <w:rsid w:val="00EB5DF0"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EE66B9"/>
     <w:rsid w:val="00EE6F94"/>
+    <w:rsid w:val="00EF0A4C"/>
     <w:rsid w:val="00EF6BC6"/>
     <w:rsid w:val="00F107BD"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F1449B"/>
     <w:rsid w:val="00F256F8"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F40638"/>
     <w:rsid w:val="00F43EED"/>
     <w:rsid w:val="00F51DF9"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F71E43"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F809B6"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00FA6758"/>
     <w:rsid w:val="00FA6AF7"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE4B4A"/>
     <w:rsid w:val="00FE71ED"/>
+    <w:rsid w:val="3A71CED2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -16335,54 +16626,62 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1760566516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/versions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2008L02309" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2008L02309" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/versions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-baselines" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="445E9B55C8DF44A9A00D94F7842579D2"/>
@@ -17693,50 +17992,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17751,66 +18051,70 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00725842"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="000F2564"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="003031AB"/>
     <w:rsid w:val="003D2033"/>
     <w:rsid w:val="00444E9E"/>
+    <w:rsid w:val="0048719B"/>
     <w:rsid w:val="005F0612"/>
     <w:rsid w:val="006B23C4"/>
     <w:rsid w:val="00725842"/>
     <w:rsid w:val="00765E3F"/>
     <w:rsid w:val="00782A8E"/>
     <w:rsid w:val="008824B0"/>
     <w:rsid w:val="00922ECD"/>
     <w:rsid w:val="00991755"/>
     <w:rsid w:val="00995050"/>
     <w:rsid w:val="00A720EF"/>
+    <w:rsid w:val="00B04B57"/>
+    <w:rsid w:val="00B3796C"/>
     <w:rsid w:val="00CA585D"/>
     <w:rsid w:val="00CF38F5"/>
     <w:rsid w:val="00D03015"/>
     <w:rsid w:val="00EF39D2"/>
     <w:rsid w:val="00EF6BC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -18719,617 +19023,104 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...406 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1A9A606-C587-41C7-B5E8-656CC79ACA32}">
-[...52 lines deleted...]
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1DD9FE0-0FC7-4BA6-8378-9F1F394F6A33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>4135</Words>
-  <Characters>25786</Characters>
+  <Words>4456</Words>
+  <Characters>25895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>214</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>699</Lines>
+  <Paragraphs>427</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Safeguard Mechanism emissions intensity audit report template</vt:lpstr>
+      <vt:lpstr>Safeguard Mechanism emissions-intensity audit report template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29862</CharactersWithSpaces>
+  <CharactersWithSpaces>29924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Safeguard Mechanism emissions-intensity audit report template</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...33 lines deleted...]
-</file>