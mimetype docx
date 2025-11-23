--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -1,35 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="464EEB03" w14:textId="77777777" w:rsidR="00806F94" w:rsidRDefault="00806F94" w:rsidP="00806F94">
@@ -181,51 +180,51 @@
                                 <a:pt x="4844" y="5124"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="5125" y="4843"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="006C93"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="65285E19" id="Freeform 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367.75pt;margin-top:287pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5126,5125" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3SigMHAMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVtFumzAUfZ+0f7B4nLSCE0hT1KSaWnUv&#10;3Tqp2Qc4xgQ0sJHthvTvd6+BzM1KiqblIRg4HN97zr22r28OdUX2QptSyVVAL6KACMlVVsrdKvi5&#10;uf+8DIixTGasUlKsghdhgpv1xw/XbZOKmSpUlQlNgESatG1WQWFtk4ah4YWomblQjZDwMle6ZhZu&#10;9S7MNGuBva7CWRQtwlbprNGKC2Pg6V33Mlg7/jwX3D7muRGWVKsAYrPuX7v/Lf6H62uW7jRripL3&#10;YbB/iKJmpYRJj1R3zDLyrMu/qOqSa2VUbi+4qkOV5yUXLgfIhkYn2TwVrBEuFxDHNEeZzP+j5d/3&#10;T80PjaGb5kHxX4ZIdVswuRNftFZtIVgG01EUKmwbkx4/wBsDn5Jt+01lYC17tsppcMh1TbQCrZM4&#10;wp97CrmSgxP+5Si8OFjC4SFN6HwZgz8c3sFNchknbkaWIhlGx5+N/SqUG7P9g7GdcxmMnO4ZkayG&#10;KDbAktcVmPgpJAmdJaTFy6J3+gijHixexnNSOPQpbObBzrDNPdhsSUfIYg8Fc8YjoSUeLBqhWniY&#10;WRKNMF16qDEmaNCjXmM8Vx5mPD3qSz9GRScKT33lxzOkvvJgUDyiF52oPfXFP8fnG3CmMKhvwUmd&#10;hbBcDPXLiqGk+UH2NQ0jAo2I3YIl3iiDDYQFDl2y6VoSGuMgXX+8DQYVETzvu+k8GDRC8NB658Eg&#10;AIIvJzFDkSH4ahIY6wjRUCq46ryXIlaKg09LEivBwaelSfs8wUgvmC6o3icNu8zp/qIDAvvLFr8B&#10;55hFe4chaWFlxCWJFG6QOHtrtRcb5TAWfcaicpFi1fRz/8FU8k0sNGcPHQDDtXGkuOo4UrfzQRbD&#10;6+HawaDfJqA6zHtTdigviWGq4fp6Suy5aSm8i3xLwW5SSBw9ccV1NAc99TYZo6oyuy+rCi0xere9&#10;rTTZMzxHRIvbq8GSV7DKtaJU+FlXLd0T4U4iXYe7XRQ3TjyjmHSrshfYRFs4gqwCCWekAHqeFwrO&#10;KNxqpwTCYPt30fZHFTxf+Pcw9g9U698AAAD//wMAUEsDBBQABgAIAAAAIQA4QUr+4gAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbqrTgEQiDNBqG2nBCHphXiaOIlSRvbke1A&#10;+Pu6p/a42qeZN/l6VB27kHWt0QjTSQSMdGVkq2uEz4/t0xKY80JL0RlNCDdysC7u73KRSXPV73Qp&#10;fc1CiHaZQGi87zPOXdWQEm5ietLhdzZWCR9OW3NpxTWEq47HUbTgSrQ6NDSip5eGqu9yUAhf/LCj&#10;W7zfDvZ8rJLjpn3dvZWIjw/j5hmYp9H/wfCrH9ShCE4nM2jpWIeQzpJZQBGSdB4DC8QqnYd1J4Tl&#10;NF4AL3L+f0PxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALdKKAwcAwAAmAkAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADhBSv7iAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAdgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACFBgAAAAA=&#10;" path="m5125,4843r,-4562l4844,,250,,,281,,4843r250,281l4844,5124r281,-281e" fillcolor="#006c93" stroked="f">
+              <v:shape w14:anchorId="3B05469B" id="Freeform 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:367.75pt;margin-top:287pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5126,5125" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3SigMHAMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVtFumzAUfZ+0f7B4nLSCE0hT1KSaWnUv&#10;3Tqp2Qc4xgQ0sJHthvTvd6+BzM1KiqblIRg4HN97zr22r28OdUX2QptSyVVAL6KACMlVVsrdKvi5&#10;uf+8DIixTGasUlKsghdhgpv1xw/XbZOKmSpUlQlNgESatG1WQWFtk4ah4YWomblQjZDwMle6ZhZu&#10;9S7MNGuBva7CWRQtwlbprNGKC2Pg6V33Mlg7/jwX3D7muRGWVKsAYrPuX7v/Lf6H62uW7jRripL3&#10;YbB/iKJmpYRJj1R3zDLyrMu/qOqSa2VUbi+4qkOV5yUXLgfIhkYn2TwVrBEuFxDHNEeZzP+j5d/3&#10;T80PjaGb5kHxX4ZIdVswuRNftFZtIVgG01EUKmwbkx4/wBsDn5Jt+01lYC17tsppcMh1TbQCrZM4&#10;wp97CrmSgxP+5Si8OFjC4SFN6HwZgz8c3sFNchknbkaWIhlGx5+N/SqUG7P9g7GdcxmMnO4ZkayG&#10;KDbAktcVmPgpJAmdJaTFy6J3+gijHixexnNSOPQpbObBzrDNPdhsSUfIYg8Fc8YjoSUeLBqhWniY&#10;WRKNMF16qDEmaNCjXmM8Vx5mPD3qSz9GRScKT33lxzOkvvJgUDyiF52oPfXFP8fnG3CmMKhvwUmd&#10;hbBcDPXLiqGk+UH2NQ0jAo2I3YIl3iiDDYQFDl2y6VoSGuMgXX+8DQYVETzvu+k8GDRC8NB658Eg&#10;AIIvJzFDkSH4ahIY6wjRUCq46ryXIlaKg09LEivBwaelSfs8wUgvmC6o3icNu8zp/qIDAvvLFr8B&#10;55hFe4chaWFlxCWJFG6QOHtrtRcb5TAWfcaicpFi1fRz/8FU8k0sNGcPHQDDtXGkuOo4UrfzQRbD&#10;6+HawaDfJqA6zHtTdigviWGq4fp6Suy5aSm8i3xLwW5SSBw9ccV1NAc99TYZo6oyuy+rCi0xere9&#10;rTTZMzxHRIvbq8GSV7DKtaJU+FlXLd0T4U4iXYe7XRQ3TjyjmHSrshfYRFs4gqwCCWekAHqeFwrO&#10;KNxqpwTCYPt30fZHFTxf+Pcw9g9U698AAAD//wMAUEsDBBQABgAIAAAAIQA4QUr+4gAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbqrTgEQiDNBqG2nBCHphXiaOIlSRvbke1A&#10;+Pu6p/a42qeZN/l6VB27kHWt0QjTSQSMdGVkq2uEz4/t0xKY80JL0RlNCDdysC7u73KRSXPV73Qp&#10;fc1CiHaZQGi87zPOXdWQEm5ietLhdzZWCR9OW3NpxTWEq47HUbTgSrQ6NDSip5eGqu9yUAhf/LCj&#10;W7zfDvZ8rJLjpn3dvZWIjw/j5hmYp9H/wfCrH9ShCE4nM2jpWIeQzpJZQBGSdB4DC8QqnYd1J4Tl&#10;NF4AL3L+f0PxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALdKKAwcAwAAmAkAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADhBSv7iAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAdgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACFBgAAAAA=&#10;" path="m5125,4843r,-4562l4844,,250,,,281,,4843r250,281l4844,5124r281,-281e" fillcolor="#006c93" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1513545,1432342;1513545,83107;1430558,0;73831,0;0,83107;0,1432342;73831,1515449;1430558,1515449;1513545,1432342" o:connectangles="0,0,0,0,0,0,0,0,0"/>
                 <w10:wrap anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00FA3337">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AA99494" wp14:editId="244057B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3105785</wp:posOffset>
@@ -340,51 +339,51 @@
                                 <a:pt x="4874" y="5094"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="5124" y="4844"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FCBA5C"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="358469E6" id="Freeform 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:244.55pt;margin-top:164.25pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5125,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFfLdYHAMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVl1vmzAUfZ+0/2DxOGkFp9CkUZOqS9W9&#10;dN2kZj/AMSaggY1sN6T/fveaj3ltSdG0PBADh+N7z7nX9tX1sSrJQWhTKLkK6FkUECG5Sgu5XwU/&#10;t3efFwExlsmUlUqKVfAsTHC9/vjhqqmXYqZyVaZCEyCRZtnUqyC3tl6GoeG5qJg5U7WQ8DJTumIW&#10;bvU+TDVrgL0qw1kUXYSN0mmtFRfGwNPb9mWwdvxZJrj9nmVGWFKuAojNuqt21x1ew/UVW+41q/OC&#10;d2Gwf4iiYoWESQeqW2YZedLFK6qq4FoZldkzrqpQZVnBhcsBsqHRi2wec1YLlwuIY+pBJvP/aPnD&#10;4bH+oTF0U98r/ssQqTY5k3txo7VqcsFSmI6iUGFTm+XwAd4Y+JTsmm8qBWvZk1VOg2OmK6IVaJ3E&#10;Ef7cU8iVHJ3wz4Pw4mgJh4c0oeeLGPzh8A5uknmcuBnZEskwOv5k7Feh3Jgd7o1tnUth5HRPiWQV&#10;RLEFlqwqwcRPIUnoLCYN/jk6sGeAUQ8WL+KY5CSJLl/BZh7sBNu5B5sl0QhZ7KHixXwstMSDjVFd&#10;eJjZgo4kOfdQY0zQoINe0QjPpYcZT4/60o9R0YnCU1/58QyprzwYOOYjnag99cU/xecbcKIwqG/B&#10;izoLsR67+mV5X9L8KLtnMCLQiNgtWOK1MthAWODQJdu2JaExjtL1x9tgUBHB5103nQaDRgjuW+80&#10;GARA8HwSMxQZgi8ngbGOEA2lgqvOeylipTj4tCSxEhx8Wpq0yxOM9IJpg+p80rDLvNxfdEBgf9nh&#10;N+Acs2hvPyQNrIy4JJEcBrjo4JtKHcRWOYxFn7GoXKRYNd3cfzClfBMLzdlBe0D/XztSXHUc6WkY&#10;9NsEVGvTe1O2KC+JPqL+v42snxJ7bloK7yLfUrCdFOxDT1xxDeagp94mY1RZpHdFWaIlRu93m1KT&#10;A4NzxN3my02y6YL8C1a6VpQKP2urpX0i3Emk7XC3i+LGiWcUs9yp9Bk20QaOIKtAwhkpgJ7nuYIz&#10;CrfaTYIw2P5dtN1RBc8X/j2M/QPV+jcAAAD//wMAUEsDBBQABgAIAAAAIQBWxcKK4AAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BboMwEETvlfoP1kbqrTGQFBOKiaJKPeZQUqnqzcEbQMFrhA0h&#10;f1/31B5X8zTzttgvpmczjq6zJCFeR8CQaqs7aiR8nt6fM2DOK9Kqt4QS7uhgXz4+FCrX9kYfOFe+&#10;YaGEXK4ktN4POeeubtEot7YDUsgudjTKh3NsuB7VLZSbnidRlHKjOgoLrRrwrcX6Wk1Gwi7eXsT9&#10;ONlN9X0Y5kmRP/ovKZ9Wy+EVmMfF/8Hwqx/UoQxOZzuRdqyXsM2yXUAlbJJMAAuESEQK7CzhJRUx&#10;8LLg/38ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFfLdYHAMAAJgJAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWxcKK4AAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAHYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgwYAAAAA&#10;" path="m5124,4844r,-4594l4874,,281,,,250,,4844r281,250l4874,5094r250,-250e" fillcolor="#fcba5c" stroked="f">
+              <v:shape w14:anchorId="3E8B04A8" id="Freeform 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:244.55pt;margin-top:164.25pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5125,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFfLdYHAMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVl1vmzAUfZ+0/2DxOGkFp9CkUZOqS9W9&#10;dN2kZj/AMSaggY1sN6T/fveaj3ltSdG0PBADh+N7z7nX9tX1sSrJQWhTKLkK6FkUECG5Sgu5XwU/&#10;t3efFwExlsmUlUqKVfAsTHC9/vjhqqmXYqZyVaZCEyCRZtnUqyC3tl6GoeG5qJg5U7WQ8DJTumIW&#10;bvU+TDVrgL0qw1kUXYSN0mmtFRfGwNPb9mWwdvxZJrj9nmVGWFKuAojNuqt21x1ew/UVW+41q/OC&#10;d2Gwf4iiYoWESQeqW2YZedLFK6qq4FoZldkzrqpQZVnBhcsBsqHRi2wec1YLlwuIY+pBJvP/aPnD&#10;4bH+oTF0U98r/ssQqTY5k3txo7VqcsFSmI6iUGFTm+XwAd4Y+JTsmm8qBWvZk1VOg2OmK6IVaJ3E&#10;Ef7cU8iVHJ3wz4Pw4mgJh4c0oeeLGPzh8A5uknmcuBnZEskwOv5k7Feh3Jgd7o1tnUth5HRPiWQV&#10;RLEFlqwqwcRPIUnoLCYN/jk6sGeAUQ8WL+KY5CSJLl/BZh7sBNu5B5sl0QhZ7KHixXwstMSDjVFd&#10;eJjZgo4kOfdQY0zQoINe0QjPpYcZT4/60o9R0YnCU1/58QyprzwYOOYjnag99cU/xecbcKIwqG/B&#10;izoLsR67+mV5X9L8KLtnMCLQiNgtWOK1MthAWODQJdu2JaExjtL1x9tgUBHB5103nQaDRgjuW+80&#10;GARA8HwSMxQZgi8ngbGOEA2lgqvOeylipTj4tCSxEhx8Wpq0yxOM9IJpg+p80rDLvNxfdEBgf9nh&#10;N+Acs2hvPyQNrIy4JJEcBrjo4JtKHcRWOYxFn7GoXKRYNd3cfzClfBMLzdlBe0D/XztSXHUc6WkY&#10;9NsEVGvTe1O2KC+JPqL+v42snxJ7bloK7yLfUrCdFOxDT1xxDeagp94mY1RZpHdFWaIlRu93m1KT&#10;A4NzxN3my02y6YL8C1a6VpQKP2urpX0i3Emk7XC3i+LGiWcUs9yp9Bk20QaOIKtAwhkpgJ7nuYIz&#10;CrfaTYIw2P5dtN1RBc8X/j2M/QPV+jcAAAD//wMAUEsDBBQABgAIAAAAIQBWxcKK4AAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BboMwEETvlfoP1kbqrTGQFBOKiaJKPeZQUqnqzcEbQMFrhA0h&#10;f1/31B5X8zTzttgvpmczjq6zJCFeR8CQaqs7aiR8nt6fM2DOK9Kqt4QS7uhgXz4+FCrX9kYfOFe+&#10;YaGEXK4ktN4POeeubtEot7YDUsgudjTKh3NsuB7VLZSbnidRlHKjOgoLrRrwrcX6Wk1Gwi7eXsT9&#10;ONlN9X0Y5kmRP/ovKZ9Wy+EVmMfF/8Hwqx/UoQxOZzuRdqyXsM2yXUAlbJJMAAuESEQK7CzhJRUx&#10;8LLg/38ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFfLdYHAMAAJgJAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWxcKK4AAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAHYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgwYAAAAA&#10;" path="m5124,4844r,-4594l4874,,281,,,250,,4844r281,250l4874,5094r250,-250e" fillcolor="#fcba5c" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1513545,1441073;1513545,74374;1439699,0;83003,0;0,74374;0,1441073;83003,1515448;1439699,1515448;1513545,1441073" o:connectangles="0,0,0,0,0,0,0,0,0"/>
                 <w10:wrap anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00FA3337">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CABED4C" wp14:editId="5371D1F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3105785</wp:posOffset>
@@ -499,178 +498,205 @@
                                 <a:pt x="4844" y="5094"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="5125" y="4844"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="9FB76F"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr wrap="none" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="74586CF5" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:244.55pt;margin-top:287pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658243;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm7u6hGgMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVl1vmzAUfZ+0/2DxOGklTiFpoibV1ip7&#10;6bpJzX6AY0xAAxvZbkj//e41H/O6kKBpeSDGHM79OPfie3t3LAtyENrkSq4CejUJiJBcJbncr4If&#10;283Hm4AYy2TCCiXFKngVJrhbv393W1dLMVWZKhKhCZBIs6yrVZBZWy3D0PBMlMxcqUpIeJgqXTIL&#10;t3ofJprVwF4W4XQymYW10kmlFRfGwO5D8zBYO/40Fdx+S1MjLClWAfhm3VW76w6v4fqWLfeaVVnO&#10;WzfYP3hRslyC0Z7qgVlGXnT+F1WZc62MSu0VV2Wo0jTnwsUA0dDJm2ieM1YJFwskx1R9msz/o+VP&#10;h+fqu0bXTfWo+E9DpLrPmNyLT1qrOhMsAXMUExXWlVn2L+CNgVfJrv6qEpCWvVjlcnBMdUm0glzH&#10;0QR/bhdiJUeX+Nc+8eJoCYdNGtPrmwj04fAMbuJ5FDuLbIlk6B1/MfaLUG7NDo/GNsolsHJ5T4hk&#10;JXixBZa0LEDEDyGJ6TQmNf7NWqV7GPVg0U0UkYzEk4WzCir2sKkHO8N27cGm8WSALPJQzuZp12IP&#10;NkQ18zBo8DTT3EMNMUGD9vka4ll4mOHwqJ/6ISo6MvHUz/xwhNTPPAg4pCMdmXvqJ/8cny/AmcKg&#10;vgRv6izEQmvrl2VdSfOjbPdgRaARsVuwxCtlsIGwwKFLtk1LQmMcpeuP02DIIoKv2246D4YcIbhr&#10;vfNgSACC56OYocgQvBgFxjpCNJQKfnUuhYiV4uDjgsRKcPBxYdI2ThDSc6ZxqtVJwynz9nzRAYHz&#10;ZYfvgHLMorzdktTwZcRPEslggR8dfFKqg9gqh7GoMxaV8xSrprX9G1PIk1holBbaAbr/ypE6Lgz/&#10;PAxpLqMazCWTDcoLovOo+28860xiz40L4SLyVAYboyAfauKKqxcHNfUOGaOKPNnkRYGSGL3f3Rea&#10;HBjMEYvN5/ls0zr5B6xwrSgVvtZUS7Mj3CTSdLg7RfHgxBnFLHcqeYVDtIYRZBVImJEC6HmeKZhR&#10;uNXOCMLg+HfetqMKzhf+Paz9gWr9CwAA//8DAFBLAwQUAAYACAAAACEAYeJCduEAAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZMvLllyQqIDJuNWQ8menDVxGOXjkCk04Z2Af31&#10;1pMeJ+/Le99U28UMYqLR95YR1qsEBHFjdc8twuvL/VUBwgfFWg2WCeGLPGzr87NKldrO/EzTIbQi&#10;lrAvFUIXgiul9E1HRvmVdcQx+7CjUSGeYyv1qOZYbgaZJkkmjeo5LnTK0V1HzefhZBCGNzl/uwcX&#10;Fjk/Pb6rqaX9fod4ebHsbkEEWsIfDL/6UR3q6HS0J9ZeDAiboriJKMJ1vklBRCJP8wzEEaFYpxnI&#10;upL/f6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbu7qEaAwAAmAkAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGHiQnbhAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAdAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACCBgAAAAA=&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#9fb76f" stroked="f">
+              <v:shape w14:anchorId="5D58689C" id="Freeform 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:244.55pt;margin-top:287pt;width:119.2pt;height:119.35pt;rotation:90;z-index:251658243;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:middle" coordsize="5126,5095" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm7u6hGgMAAJgJAAAOAAAAZHJzL2Uyb0RvYy54bWysVl1vmzAUfZ+0/2DxOGklTiFpoibV1ip7&#10;6bpJzX6AY0xAAxvZbkj//e41H/O6kKBpeSDGHM79OPfie3t3LAtyENrkSq4CejUJiJBcJbncr4If&#10;283Hm4AYy2TCCiXFKngVJrhbv393W1dLMVWZKhKhCZBIs6yrVZBZWy3D0PBMlMxcqUpIeJgqXTIL&#10;t3ofJprVwF4W4XQymYW10kmlFRfGwO5D8zBYO/40Fdx+S1MjLClWAfhm3VW76w6v4fqWLfeaVVnO&#10;WzfYP3hRslyC0Z7qgVlGXnT+F1WZc62MSu0VV2Wo0jTnwsUA0dDJm2ieM1YJFwskx1R9msz/o+VP&#10;h+fqu0bXTfWo+E9DpLrPmNyLT1qrOhMsAXMUExXWlVn2L+CNgVfJrv6qEpCWvVjlcnBMdUm0glzH&#10;0QR/bhdiJUeX+Nc+8eJoCYdNGtPrmwj04fAMbuJ5FDuLbIlk6B1/MfaLUG7NDo/GNsolsHJ5T4hk&#10;JXixBZa0LEDEDyGJ6TQmNf7NWqV7GPVg0U0UkYzEk4WzCir2sKkHO8N27cGm8WSALPJQzuZp12IP&#10;NkQ18zBo8DTT3EMNMUGD9vka4ll4mOHwqJ/6ISo6MvHUz/xwhNTPPAg4pCMdmXvqJ/8cny/AmcKg&#10;vgRv6izEQmvrl2VdSfOjbPdgRaARsVuwxCtlsIGwwKFLtk1LQmMcpeuP02DIIoKv2246D4YcIbhr&#10;vfNgSACC56OYocgQvBgFxjpCNJQKfnUuhYiV4uDjgsRKcPBxYdI2ThDSc6ZxqtVJwynz9nzRAYHz&#10;ZYfvgHLMorzdktTwZcRPEslggR8dfFKqg9gqh7GoMxaV8xSrprX9G1PIk1holBbaAbr/ypE6Lgz/&#10;PAxpLqMazCWTDcoLovOo+28860xiz40L4SLyVAYboyAfauKKqxcHNfUOGaOKPNnkRYGSGL3f3Rea&#10;HBjMEYvN5/ls0zr5B6xwrSgVvtZUS7Mj3CTSdLg7RfHgxBnFLHcqeYVDtIYRZBVImJEC6HmeKZhR&#10;uNXOCMLg+HfetqMKzhf+Paz9gWr9CwAA//8DAFBLAwQUAAYACAAAACEAYeJCduEAAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZMvLllyQqIDJuNWQ8menDVxGOXjkCk04Z2Af31&#10;1pMeJ+/Le99U28UMYqLR95YR1qsEBHFjdc8twuvL/VUBwgfFWg2WCeGLPGzr87NKldrO/EzTIbQi&#10;lrAvFUIXgiul9E1HRvmVdcQx+7CjUSGeYyv1qOZYbgaZJkkmjeo5LnTK0V1HzefhZBCGNzl/uwcX&#10;Fjk/Pb6rqaX9fod4ebHsbkEEWsIfDL/6UR3q6HS0J9ZeDAiboriJKMJ1vklBRCJP8wzEEaFYpxnI&#10;upL/f6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbu7qEaAwAAmAkAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGHiQnbhAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAdAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACCBgAAAAA=&#10;" path="m5125,4844r,-4594l4844,,250,,,250,,4844r250,250l4844,5094r281,-250e" fillcolor="#9fb76f" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1513545,1441073;1513545,74374;1430558,0;73831,0;0,74374;0,1441073;73831,1515448;1430558,1515448;1513545,1441073" o:connectangles="0,0,0,0,0,0,0,0,0"/>
                 <w10:wrap anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE272F8" w14:textId="77777777" w:rsidR="00806F94" w:rsidRDefault="00806F94" w:rsidP="00806F94">
       <w:pPr>
         <w:pStyle w:val="CERcovertitle"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68E3EF4C" w14:textId="77777777" w:rsidR="00DE20E9" w:rsidRDefault="00DE20E9" w:rsidP="00806F94">
       <w:pPr>
         <w:pStyle w:val="CERcovertitle"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F1BC08" w14:textId="69FAD7A1" w:rsidR="00BE54D8" w:rsidRPr="00E56FF0" w:rsidRDefault="00F22AE7" w:rsidP="00EC0227">
+    <w:p w14:paraId="42F1BC08" w14:textId="4168B491" w:rsidR="00BE54D8" w:rsidRPr="00E56FF0" w:rsidRDefault="00BE54D8" w:rsidP="00EC0227">
       <w:pPr>
         <w:pStyle w:val="CERcovertitle"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F22AE7">
+      <w:r w:rsidRPr="00E56FF0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>Safeguard Mechanism credit unit issuance and carbon unit surrender guideline</w:t>
+        <w:t xml:space="preserve">Safeguard </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56FF0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chanism </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC74AA8" w14:textId="477F8497" w:rsidR="00BE54D8" w:rsidRPr="00253FFC" w:rsidRDefault="00CB59D6" w:rsidP="00BE54D8">
+    <w:p w14:paraId="4EC74AA8" w14:textId="3DB2FBBD" w:rsidR="00BE54D8" w:rsidRPr="00253FFC" w:rsidRDefault="00CB59D6" w:rsidP="00BE54D8">
       <w:pPr>
         <w:pStyle w:val="CERcoversubtitle"/>
       </w:pPr>
       <w:r>
-        <w:t>S</w:t>
-[...2 lines deleted...]
-        <w:t>afeguard Mechanism</w:t>
+        <w:t>SMC issuance and carbon unit surrender guideline</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00253FFC">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E88015F" w14:textId="331F47E8" w:rsidR="00BE54D8" w:rsidRPr="00531F3B" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+    <w:p w14:paraId="4E88015F" w14:textId="688F53D7" w:rsidR="00BE54D8" w:rsidRPr="00531F3B" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC0227">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 202</w:t>
+      <w:r>
+        <w:t>Version 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06EE8">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222AF0">
+        <w:t>November 202</w:t>
       </w:r>
       <w:r w:rsidR="005B1374">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A97A65" w14:textId="746848BF" w:rsidR="00BE54D8" w:rsidRPr="00E12286" w:rsidRDefault="009F319E" w:rsidP="00BE54D8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="754F6B02" wp14:editId="206FBF6F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="754F6B02" wp14:editId="34CB322F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>3105150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>5219700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3095625" cy="3095625"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture Placeholder 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AD90796-28EF-A151-2337-A54EB487A8B0}"/>
                 </a:ext>
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture Placeholder 4">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AD90796-28EF-A151-2337-A54EB487A8B0}"/>
                         </a:ext>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3095625" cy="3095625"/>
                     </a:xfrm>
                     <a:custGeom>
                       <a:avLst/>
                       <a:gdLst>
                         <a:gd name="connsiteX0" fmla="*/ 90009 w 3735027"/>
                         <a:gd name="connsiteY0" fmla="*/ 0 h 3735028"/>
                         <a:gd name="connsiteX1" fmla="*/ 3645018 w 3735027"/>
                         <a:gd name="connsiteY1" fmla="*/ 0 h 3735028"/>
                         <a:gd name="connsiteX2" fmla="*/ 3735027 w 3735027"/>
                         <a:gd name="connsiteY2" fmla="*/ 90009 h 3735028"/>
                         <a:gd name="connsiteX3" fmla="*/ 3735027 w 3735027"/>
                         <a:gd name="connsiteY3" fmla="*/ 1226288 h 3735028"/>
@@ -844,94 +870,94 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="215D0959" wp14:editId="2F992010">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="215D0959" wp14:editId="78782909">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>657225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>2087245</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3076575" cy="3094355"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture Placeholder 6">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA130F70-4BDD-ECDE-B70C-7DB2A6FABF3D}"/>
                 </a:ext>
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture Placeholder 6">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA130F70-4BDD-ECDE-B70C-7DB2A6FABF3D}"/>
                         </a:ext>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3076575" cy="3094355"/>
                     </a:xfrm>
                     <a:custGeom>
                       <a:avLst/>
                       <a:gdLst>
                         <a:gd name="connsiteX0" fmla="*/ 90009 w 3735027"/>
                         <a:gd name="connsiteY0" fmla="*/ 0 h 3735028"/>
                         <a:gd name="connsiteX1" fmla="*/ 3645018 w 3735027"/>
                         <a:gd name="connsiteY1" fmla="*/ 0 h 3735028"/>
                         <a:gd name="connsiteX2" fmla="*/ 3735027 w 3735027"/>
                         <a:gd name="connsiteY2" fmla="*/ 90009 h 3735028"/>
                         <a:gd name="connsiteX3" fmla="*/ 3735027 w 3735027"/>
                         <a:gd name="connsiteY3" fmla="*/ 1226287 h 3735028"/>
@@ -1120,5690 +1146,5223 @@
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BE54D8" w:rsidRPr="00E12286">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:id w:val="326865215"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="4AC94936" w14:textId="1E622CAB" w:rsidR="00BE54D8" w:rsidRPr="00F22AE7" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+        <w:p w14:paraId="4AC94936" w14:textId="1E622CAB" w:rsidR="00BE54D8" w:rsidRPr="004E2E85" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F22AE7">
+          <w:r w:rsidRPr="004E2E85">
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1CA1FEB8" w14:textId="5FB4C9F4" w:rsidR="00D41D04" w:rsidRDefault="00BE54D8">
+        <w:p w14:paraId="3E80EA7A" w14:textId="70EBC3FE" w:rsidR="00840D8E" w:rsidRDefault="00BE54D8">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004E2E85">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="004E2E85">
             <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidRPr="004E2E85">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc192082408" w:history="1">
-            <w:r w:rsidR="00D41D04" w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294378" w:history="1">
+            <w:r w:rsidR="00840D8E" w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Disclaimer</w:t>
             </w:r>
-            <w:r w:rsidR="00D41D04">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D41D04">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D41D04">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082408 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D41D04">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294378 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D41D04">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D41D04">
+            <w:r w:rsidR="00840D8E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DB58FC5" w14:textId="64B45E30" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="72B0170B" w14:textId="456CCD16" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082409" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294379" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Definitions and abbreviations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082409 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294379 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09593184" w14:textId="4883BCC6" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="68710132" w14:textId="1D540E4E" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082410" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294380" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who is this guideline for?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082410 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294380 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3DCD4A3A" w14:textId="401C32A6" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="5247D346" w14:textId="1AFD5BFE" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082411" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294381" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 1 Introduction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082411 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294381 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07A57288" w14:textId="089DE37E" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="288104CA" w14:textId="2A98FF8A" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082412" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294382" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>What is a surrender of prescribed carbon units?</w:t>
+              <w:t>Surrender of prescribed carbon units</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082412 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294382 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71278E9D" w14:textId="56E2A8EE" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="78A1837C" w14:textId="16E76E7A" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082413" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294383" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>What is a SMC issuance?</w:t>
+              <w:t>Safeguard Mechanism credit unit (SMC) issuance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082413 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294383 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15971A9E" w14:textId="1722C291" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="673E1E89" w14:textId="7BF28A3D" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082414" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294384" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Part 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>General application requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082414 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294384 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60E4E35B" w14:textId="272D3228" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="55265C96" w14:textId="12ABB116" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082415" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294385" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Preparing and submitting the application</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082415 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294385 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47F31098" w14:textId="2983FE0B" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="3BBAD922" w14:textId="4BE6EAE0" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082416" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294386" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Submitting the application</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082416 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294386 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52D07EB2" w14:textId="1E858D31" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="0A28C3BF" w14:textId="066B1999" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082417" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294387" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Part 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Surrendering Prescribed Carbon Units (PCUs)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082417 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294387 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23994696" w14:textId="2ECDBFC4" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="58EA3A6C" w14:textId="03CE2AFD" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082418" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294388" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who can complete a surrender?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082418 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294388 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A35ACC0" w14:textId="64048831" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="2CD01861" w14:textId="05188863" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082419" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294389" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>When can I surrender PCUs?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082419 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294389 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08312DCD" w14:textId="4D04E8B8" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="4643FE3B" w14:textId="1D5EE1E6" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082420" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294390" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Application deadlines</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082420 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294390 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61B6C219" w14:textId="281D5977" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="397CF1BB" w14:textId="7A785B2C" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082421" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294391" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Overview of the surrender process</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082421 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294391 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B4134DD" w14:textId="10E9BB01" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="095253AD" w14:textId="422BB14A" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082422" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294392" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Preparing the surrender request form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082422 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294392 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4F95DED2" w14:textId="31F71969" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="3660C4ED" w14:textId="4405C46F" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082423" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294393" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>What happens once the surrender request form is submitted?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082423 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294393 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="439204A4" w14:textId="7E4D83B4" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="396F90F7" w14:textId="39EADE43" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082424" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294394" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Publication</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082424 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294394 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53C8E610" w14:textId="08E16C97" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="0819178B" w14:textId="55FE8140" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082425" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294395" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Excess or insufficient PCUs surrendered</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082425 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294395 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D2ECF86" w14:textId="302952A7" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="45A8F1BC" w14:textId="6FABF56D" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082426" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294396" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Issuance of Safeguard Mechanism credit units</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082426 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294396 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67DC2E1B" w14:textId="17B947EB" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="7D4E82A6" w14:textId="38E90FBD" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082427" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294397" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who can be issued SMCs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082427 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294397 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04E1A744" w14:textId="7C490B16" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="47F713D7" w14:textId="06565B8C" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082428" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294398" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Eligibility criteria</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082428 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294398 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FDA8CEE" w14:textId="10E36462" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="6CC0EA8E" w14:textId="1423D511" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082429" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294399" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SMC issuance entitlement calculation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082429 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294399 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E5D6D43" w14:textId="44152BCF" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="3FF3466B" w14:textId="63AC09FC" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082430" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294400" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Preparing the application</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082430 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294400 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="41358545" w14:textId="26C99F11" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="72E14205" w14:textId="7BE39D5E" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082431" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294401" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Application deadline</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082431 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294401 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D46916B" w14:textId="253E755F" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="46AEC123" w14:textId="69A1565F" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082432" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294402" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>When will SMCs be issued?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082432 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294402 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5745782E" w14:textId="1E32EE49" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="3934375A" w14:textId="34EEB25A" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082433" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294403" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Publication</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082433 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294403 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F207366" w14:textId="571598A7" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="233C5728" w14:textId="723C2598" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082434" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294404" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BB4EB5">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Relinquishment requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082434 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294404 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AF7DF1B" w14:textId="51013CE1" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="5CE85CBE" w14:textId="7AAED34A" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082435" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294405" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Appendix A Eligible facility</w:t>
+              <w:t>Appendix A – eligible facility</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082435 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294405 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5236DA7C" w14:textId="2DBAB2B6" w:rsidR="00D41D04" w:rsidRDefault="00D41D04">
+        <w:p w14:paraId="593ABC3D" w14:textId="5511E8AC" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc192082436" w:history="1">
-            <w:r w:rsidRPr="00BB4EB5">
+          <w:hyperlink w:anchor="_Toc214294406" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Appendix B safeguard surrender of ACCUs in the ANREU system</w:t>
+              <w:t>Criteria 1 – subsection 58B(1) of the Safeguard Rule</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc192082436 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294406 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA70D2">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46B5614E" w14:textId="1D68B26C" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+        <w:p w14:paraId="3D545A7C" w14:textId="4F07AC06" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:lang w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214294407" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Criteria 2 – subsection 58B(2) of the Safeguard Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294407 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="68201738" w14:textId="037D49C7" w:rsidR="00840D8E" w:rsidRDefault="00840D8E">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:lang w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214294408" w:history="1">
+            <w:r w:rsidRPr="00EE54CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Criteria 3 – subsection 58B(4) of the Safeguard Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214294408 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="46B5614E" w14:textId="3227A6D2" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
           <w:r w:rsidRPr="004E2E85">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3762BF02" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="00A32E40" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6246891D" w14:textId="1A444052" w:rsidR="00BE54D8" w:rsidRPr="009C5B50" w:rsidRDefault="00BE54D8" w:rsidP="005464E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc192082408"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc214294378"/>
       <w:r w:rsidRPr="29264F97">
         <w:lastRenderedPageBreak/>
         <w:t>Disclaimer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="47071220" w14:textId="2A8A64EB" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="47071220" w14:textId="569E080A" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">This guideline has been developed by the Clean Energy Regulator (CER) to assist responsible emitters to apply for a </w:t>
       </w:r>
       <w:r w:rsidR="0093450B" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">surrender of </w:t>
       </w:r>
       <w:r w:rsidR="00C75527">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>prescribed carbon units (</w:t>
       </w:r>
       <w:r w:rsidR="0093450B" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>PCU</w:t>
       </w:r>
       <w:r w:rsidR="00C75527" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">s) or an issuance of Safeguard Mechanism </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F46C3B">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00C75527" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>redit</w:t>
       </w:r>
       <w:r w:rsidR="00A72EC8" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F46C3B">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A72EC8" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>nits</w:t>
       </w:r>
       <w:r w:rsidR="00C75527" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (SMCs)</w:t>
       </w:r>
       <w:r w:rsidR="00400D73" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00873367" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>under</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="003329AF" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Safeguard Mechanism</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. This guideline must be read in conjunction with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="009B4E9D">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00164B82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
-            <w:color w:val="006C93"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
-          <w:color w:val="auto"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (the NGER Act)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="009B4E9D">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00164B82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="006C93"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:color w:val="auto"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (the NGER Regulations), </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="003329AF" w:rsidRPr="009B4E9D">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003329AF" w:rsidRPr="00164B82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="006C93"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003329AF" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:color w:val="auto"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="003329AF" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (the Safeguard Rule)</w:t>
       </w:r>
       <w:r w:rsidRPr="0092314D">
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>ent form at the time of reading.</w:t>
+        <w:t>, and any other legislative instrument referenced in this document in their current form at the time of reading.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754F2160" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="754F2160" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Changes to the legislation may affect the information in this document. It is intended that this document will be updated in line with any legislative changes or if further clarity on a particular issue is required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C05236" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="77C05236" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D33D5">
         <w:rPr>
-          <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The information contained in this document is provided as guidance only. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281EE904" w14:textId="1700C074" w:rsidR="00BE54D8" w:rsidRPr="00FE6EEA" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="281EE904" w14:textId="63400F99" w:rsidR="00BE54D8" w:rsidRPr="00FE6EEA" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE6EEA">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">This document is general in nature and does not cover every situation that may arise in relation to </w:t>
       </w:r>
       <w:r w:rsidR="00673C29">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the surrendering of PCUs for compliance under the Safeguard </w:t>
       </w:r>
       <w:r w:rsidR="001A57DD">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00673C29">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">echanism or the issuance of SMCs, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6EEA">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">or the Safeguard Mechanism broadly. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DDFA9F" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="44DDFA9F" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Responsible emitters are responsible for determining their obligations under the Safeguard Rule, the NGER Regulations and the NGER Act and for applying the legislation to their individual circumstances. They should seek professional advice relevant to their particular circumstances if they have any concerns. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E47A22" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> if they have any concerns. </w:t>
+        <w:t>This document does not contain legal advice and is not a substitute for independent legal advice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E47A22" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...9 lines deleted...]
-        <w:t>This document does not contain legal advice and is not a substitute for independent legal advice.</w:t>
+    <w:p w14:paraId="622E320E" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="005D33D5" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D33D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D33D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Commonwealth of Australia will not be liable for any loss or damage from any cause (including negligence) whether arising directly, incidentally, or as consequential loss</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or damage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D33D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, out of or in connection with, any use of this guideline or reliance on it, for any purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622E320E" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
-[...42 lines deleted...]
-    <w:p w14:paraId="21433CC6" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="00C41F4C" w:rsidRDefault="00BE54D8" w:rsidP="005464E9">
+    <w:p w14:paraId="21433CC6" w14:textId="4A8128E8" w:rsidR="00BE54D8" w:rsidRPr="00C41F4C" w:rsidRDefault="00BE54D8" w:rsidP="001D2440">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Toc192082409"/>
-      <w:r w:rsidRPr="3FB6375E">
+      <w:bookmarkStart w:id="1" w:name="_Toc214294379"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Definitions and abbreviations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="7513"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="581E1A67" w14:textId="77777777" w:rsidTr="00F22AE7">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="581E1A67" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7F2ACF" w14:textId="55482BD8" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="2B7F2ACF" w14:textId="44A3AF81" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="489A077D" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="489A077D" w14:textId="501B5BF5" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Meaning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="2B756D09" w14:textId="77777777" w:rsidTr="00F22AE7">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="2B756D09" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15E7D303" w14:textId="43B80CC9" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="15E7D303" w14:textId="78D6049E" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Australian </w:t>
             </w:r>
-            <w:r w:rsidR="00FB1A60" w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidR="00FB1A60" w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">carbon credit unit </w:t>
             </w:r>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(ACCU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7996DBA6" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="7996DBA6" w14:textId="773E701E" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00CF2A4A" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:strike/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Each ACCU represents one tonne of carbon dioxide equivalent (tCO</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-e) emissions stored or avoided by an eligible offsets project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="682E830F" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="682E830F" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E4C451" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="52E4C451" w14:textId="5B2C97D4" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Controlling corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4C2D4C" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="2D38275E" w14:textId="1C532AE2" w:rsidR="00CF2A4A" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>An entity that must register and report under the NGER Act, as defined in section 7 of the NGER Act.</w:t>
+              <w:t xml:space="preserve">An entity that must register and report under the NGER Act, as defined in section 7 of the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidR="7AA0FBA8" w:rsidRPr="550FBA0C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>NGER Act</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00712776">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E72763A" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="5E72763A" w14:textId="5816DE5C" w:rsidR="00BE54D8" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="001D2440">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A controlling corporation is a constitutional corporation that does not have a holding company in Australia. It is generally the corporation at the top of the corporate hierarchy in Australia. It can be a </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>A controlling corporation is a constitutional corporation that does not have a holding company in Australia. It is generally the corporation at the top of the corporate hierarchy in Australia. It can be a 'non</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>'nonoperational'</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>‑</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> holding company. It may also be a foreign incorporated entity that operates directly in Australia (that is, does not operate through an Australian incorporated subsidiary). </w:t>
+              <w:t>operational' holding company. It</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2440">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">may also be a foreign incorporated entity that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>operates</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> directly in Australia (that is, does not operate through an </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Australian</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> incorporated subsidiary).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="51FD6DAE" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="51FD6DAE" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B66B72E" w14:textId="4CC6DA87" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="5B66B72E" w14:textId="555A374C" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Covered emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8E4CA9" w14:textId="4CA4613F" w:rsidR="00BE54D8" w:rsidRDefault="00CC3A2A" w:rsidP="00921AE3">
+          <w:p w14:paraId="2CA1192C" w14:textId="77777777" w:rsidR="00CF2A4A" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...20 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Scope 1 emissions of one or more greenhouse gas, including:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="041FA6EC" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00B5756B">
+          <w:p w14:paraId="3B4F6F5F" w14:textId="400B166A" w:rsidR="00CF2A4A" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="317" w:hanging="283"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>direct emissions from fugitive emissions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D534FB3" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00B5756B">
+          <w:p w14:paraId="7170724D" w14:textId="77777777" w:rsidR="00CF2A4A" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="317" w:hanging="283"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>emissions from fuel combustion</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="10256710" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00B5756B">
+          <w:p w14:paraId="01DDF3F4" w14:textId="77777777" w:rsidR="00CF2A4A" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="317" w:hanging="283"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="5F77A8D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Some scope 1 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="5F77A8D9">
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>emissions</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:t>waste disposal and industrial process such as cement and steel making.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EF8CE9" w14:textId="3AE49468" w:rsidR="00BE54D8" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="001D2440">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> are not covered by the Safeguard Mechanism, such as emissions from landfills associated with pre-1 July 2016 waste</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and emissions related to the production of electricity at a grid-connected electricity generation facility</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:t xml:space="preserve">Some scope 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>emissions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are not covered by the Safeguard Mechanism, such as emissions from landfills associated with pre-1 July 2016 waste and emissions related to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> production of electricity at a grid-connected electricity generation facility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="6F99D48C" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="6F99D48C" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02659E68" w14:textId="1FADB634" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="02659E68" w14:textId="71FE64DA" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Designated large facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7AA85E" w14:textId="5D60BA8B" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="0F7AA85E" w14:textId="6E1E3F89" w:rsidR="00BE54D8" w:rsidRPr="00712776" w:rsidRDefault="00CF2A4A" w:rsidP="001D2440">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>For the purposes of the Safeguard Mechanism, a</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">For the purposes of the Safeguard Mechanism, a facility is a designated large facility for a financial year if operations during that financial year produce more than 100,000 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> facility </w:t>
-[...37 lines deleted...]
-              <w:rPr>
+              <w:t>tCO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>-e</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> of covered emissions. </w:t>
+              <w:t>-e of covered emissions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3C71" w:rsidRPr="00FF338C" w14:paraId="4E8C1981" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="005D3C71" w:rsidRPr="00F21723" w14:paraId="4E8C1981" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405C2D93" w14:textId="195D4DE3" w:rsidR="005D3C71" w:rsidRPr="0033024C" w:rsidRDefault="005D3C71" w:rsidP="005D3C71">
+          <w:p w14:paraId="405C2D93" w14:textId="4D169AF0" w:rsidR="005D3C71" w:rsidRPr="00712776" w:rsidRDefault="005D3C71" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Eligible facility </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F731E5" w14:textId="4CF033BA" w:rsidR="00E06934" w:rsidRDefault="00FE44EE" w:rsidP="00E06934">
+          <w:p w14:paraId="3F8E60AE" w14:textId="6A2EA56D" w:rsidR="00B53F16" w:rsidRPr="00712776" w:rsidRDefault="00B53F16" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">A facility that meets eligibility criteria in section 58B of the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="001D2440">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Safeguard Rule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="000E30F2" w:rsidRPr="00712776">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="6"/>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> facility </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B4D463B" w14:textId="37F6A5F0" w:rsidR="005D3C71" w:rsidRPr="00712776" w:rsidRDefault="00B53F16" w:rsidP="001D2440">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">that </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>meets eligibility criteria in section 58B of the Safeguard Rule.</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">The responsible emitter for an ‘eligible facility’ </w:t>
+            </w:r>
+            <w:r w:rsidR="0045649C" w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_Appendix_A_Eligible" w:history="1">
+              <w:r w:rsidR="000879F9" w:rsidRPr="00115E7A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:kern w:val="0"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>refer Appendix A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="000879F9" w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The responsible emitter for an </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>‘</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> can be issued with SMCs, after a facility’s emissions drop below the Safeguard threshold, subject to meeting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>eligible facility</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>’</w:t>
-[...118 lines deleted...]
-              <w:t xml:space="preserve">of the Safeguard Rule. </w:t>
+              <w:t xml:space="preserve"> requirements for issuance under sections 56 or 57 of the Safeguard Rule.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="35E48824" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="35E48824" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7BEAC1" w14:textId="6633A0DC" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="7B7BEAC1" w14:textId="7D44B9B5" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Excess emissions situation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE9DD88" w14:textId="0A8614C3" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="5BE9DD88" w14:textId="458DEE25" w:rsidR="00BE54D8" w:rsidRPr="00712776" w:rsidRDefault="00D4735A" w:rsidP="001D2440">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:strike/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Where the net emissions number for a facility for a </w:t>
-[...31 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Where the net emissions number for a facility for a monitoring period exceeds the facility’s baseline emissions number for that monitoring period.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="40335751" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="40335751" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1819"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B47AFD6" w14:textId="6B820E88" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="1B47AFD6" w14:textId="4EFB4259" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Executive officer</w:t>
+              <w:t>Executive officer (EO)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="283167A8" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="70F5D6A2" w14:textId="77777777" w:rsidR="00D4735A" w:rsidRPr="00712776" w:rsidRDefault="00D4735A" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">An executive officer is defined as a: </w:t>
+              <w:t>An executive officer is defined as a:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A625361" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="2237F2D9" w14:textId="77777777" w:rsidR="00D4735A" w:rsidRPr="00712776" w:rsidRDefault="00D4735A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director </w:t>
+              <w:t>Director</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79255E51" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="576C3B2F" w14:textId="77777777" w:rsidR="00D4735A" w:rsidRPr="00712776" w:rsidRDefault="00D4735A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief Executive Officer (however described)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29A03E77" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="0835E08D" w14:textId="77777777" w:rsidR="00D4735A" w:rsidRPr="00712776" w:rsidRDefault="00D4735A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief Financial Officer (however described)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="03892A95" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="03892A95" w14:textId="18AB8C66" w:rsidR="00BE54D8" w:rsidRPr="006A42C2" w:rsidRDefault="00D4735A" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="22"/>
               </w:numPr>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Company Secretary. </w:t>
+              <w:t xml:space="preserve">Company Secretary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00FF338C" w14:paraId="1A58C188" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="00BE54D8" w:rsidRPr="00F21723" w14:paraId="1A58C188" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1923"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA99951" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="0033024C" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="0CA99951" w14:textId="6C113B98" w:rsidR="00BE54D8" w:rsidRPr="001B79F5" w:rsidRDefault="00BE54D8" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616B7890" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="38601A4D" w14:textId="619CB6C7" w:rsidR="00674481" w:rsidRPr="00CC6150" w:rsidRDefault="00674481" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Under section 9 of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC" w:rsidDel="00F2685B">
-[...1 lines deleted...]
-                <w:iCs/>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidR="6B04083E" w:rsidRPr="7697AD5A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>NGER Act</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CC6150">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">NGER </w:t>
-[...3 lines deleted...]
-                <w:iCs/>
+              <w:t xml:space="preserve"> a facility is an activity, or a series of activities (including ancillary activities), that involve greenhouse gas emissions, the production of energy or the consumption of energy and that</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2440">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Act</w:t>
-[...3 lines deleted...]
-                <w:iCs/>
+              <w:t xml:space="preserve"> either</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> a facility is an activity, or a series of activities (including ancillary activities), that involve greenhouse gas emissions, the production of energy or the consumption of energy and that:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FD18BB" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="3DE4ED41" w14:textId="6C78C9BB" w:rsidR="00674481" w:rsidRPr="00CC6150" w:rsidRDefault="00674481" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>form a single undertaking or enterprise and meet the requirements of the NGER Regulations, or</w:t>
+              <w:t xml:space="preserve">form a single undertaking or enterprise and meet the requirements of the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidR="0EE3B126" w:rsidRPr="23EAF177">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>NGER Regulations</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CC6150">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72AAB7C4" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="000755EC" w:rsidRDefault="00BE54D8" w:rsidP="00921AE3">
+          <w:p w14:paraId="72AAB7C4" w14:textId="471D20AB" w:rsidR="00BE54D8" w:rsidRPr="00CC6150" w:rsidRDefault="00674481" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">are declared to be a facility </w:t>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>are declared to be a facility under section 54, 54A or 54B of the NGER Act.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E74FC" w:rsidRPr="00FF338C" w14:paraId="242DFDB8" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="004E74FC" w:rsidRPr="00F21723" w14:paraId="242DFDB8" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28A155AD" w14:textId="598CFACF" w:rsidR="004E74FC" w:rsidRPr="0033024C" w:rsidRDefault="004E74FC" w:rsidP="00921AE3">
+          <w:p w14:paraId="28A155AD" w14:textId="0A586B3A" w:rsidR="004E74FC" w:rsidRPr="00CC6150" w:rsidRDefault="004E74FC" w:rsidP="54E0A2A2">
             <w:pPr>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0033024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Monitoring period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41F3CE33" w14:textId="0F94598E" w:rsidR="00BD7868" w:rsidRPr="006A0A75" w:rsidRDefault="002241A7" w:rsidP="006A0A75">
+          <w:p w14:paraId="11767461" w14:textId="35F0B38B" w:rsidR="007F13A6" w:rsidRPr="00CC6150" w:rsidRDefault="007F13A6" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0A75">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A full financial year</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">A full financial year not included in a declared multi-year monitoring period (MYMP) and </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC16E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> that is not included in a declared multi-year monitoring period (MYMP)</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">during which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and a responsible emitter had operational control over the facility for the </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">a responsible emitter had operational control over the facility. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BC0F5F5" w14:textId="2182F465" w:rsidR="00BD7868" w:rsidRPr="006A0A75" w:rsidRDefault="00BD7868" w:rsidP="006A0A75">
+          <w:p w14:paraId="085B5B19" w14:textId="0F03104D" w:rsidR="007F13A6" w:rsidRPr="00CC6150" w:rsidRDefault="007F13A6" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0A75">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>P</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Part of a financial year if a responsible emitter only had operational control over </w:t>
+            </w:r>
+            <w:r w:rsidR="00892231">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>art of a financial year</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> facility for that part and the financial year is not included in a MYMP. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD448F6" w14:textId="1BFE7DF1" w:rsidR="001A57DD" w:rsidRDefault="00BD7868" w:rsidP="001A57DD">
+          <w:p w14:paraId="1DF03A44" w14:textId="77777777" w:rsidR="007F13A6" w:rsidRPr="00CC6150" w:rsidRDefault="007F13A6" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0A75">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>A MYMP for a facility, where the facility is a designated large facility for at least one of the financial years in the MYMP and a responsible emitter had operational control over the facility for the whole of that MYMP.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50609481" w14:textId="0D324558" w:rsidR="00990FB1" w:rsidRPr="006A0A75" w:rsidRDefault="001A57DD" w:rsidP="001A57DD">
+          <w:p w14:paraId="50609481" w14:textId="039509DB" w:rsidR="00990FB1" w:rsidRPr="00CC6150" w:rsidRDefault="0022392C" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Part of a MYMP, if a responsible emitter only had operational control over a facility for that part and the facility is a designated large facility for at least one of the financial years in the MYMP.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Part of a MYMP if a responsible emitter only had operational control over a facility for that part and the facility is a designated large facility for at least one of the financial years in the MYMP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="3CFC5240" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="3CFC5240" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8EA743" w14:textId="746E9344" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="1E8EA743" w14:textId="41EF6965" w:rsidR="001832BD" w:rsidRPr="00CC6150" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00480357">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Multi-year monitoring period (MYMP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B37780" w14:textId="7E2E265A" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="61B37780" w14:textId="319D1FEB" w:rsidR="001832BD" w:rsidRPr="00AA397E" w:rsidRDefault="00707F57" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00480357">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MYMPs can provide responsible emitters with more time to implement emissions intensity</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00480357" w:rsidDel="00162420">
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">MYMPs can provide responsible emitters with more time to implement emissions intensity reduction activities to avoid an excess emissions situation. The </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">reduction activities to avoid an excess emissions situation. The responsible emitter for a </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F1F35">
+              <w:t>responsible</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...22 lines deleted...]
-              <w:t>for a financial year commencing on or after 1 July 2023 may apply for a MYMP declaration of up to 5 years in length, to commence from that financial year.</w:t>
+              <w:t xml:space="preserve"> emitter for a Safeguard facility that is in an excess emissions situation for a financial year commencing on or after 1 July 2023 may apply for a MYMP declaration of up to 5 years in length, to commence from that financial year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="4F912634" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="4F912634" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A054477" w14:textId="65AF0C0F" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="5A054477" w14:textId="7114EA9F" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Net emissions number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17205CB4" w14:textId="465EC255" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="17205CB4" w14:textId="40A22C16" w:rsidR="001832BD" w:rsidRPr="00AA397E" w:rsidRDefault="00CB59BC" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The total amount of covered emissions in tCO</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">-e for </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">-e for a facility during a period plus any ACCUs issued in relation to the facility during that period minus any ACCUs and/or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t>SMCs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> facility during </w:t>
-[...64 lines deleted...]
-              <w:t>any ACCUs and/or SMCs surrendered for the facility for that period.</w:t>
+              <w:t xml:space="preserve"> surrendered for the facility for that monitoring period.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="7179EC07" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="7179EC07" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E73774E" w14:textId="6029691A" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="0E73774E" w14:textId="77FD94D1" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">NGER </w:t>
-[...15 lines deleted...]
-              <w:t>eport</w:t>
+              <w:t>NGER Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB499B7" w14:textId="7A49E511" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="7EB499B7" w14:textId="493316A3" w:rsidR="001832BD" w:rsidRPr="00AA397E" w:rsidRDefault="00CB59BC" w:rsidP="23EAF177">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="23EAF177">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> submission of energy and emissions information required under the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC" w:rsidDel="00655EB6">
+              <w:t>submission</w:t>
+            </w:r>
+            <w:r w:rsidRPr="23EAF177">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">NGER </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> of energy and emissions information required under the </w:t>
+            </w:r>
+            <w:r w:rsidR="1D505129" w:rsidRPr="001D2440">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Act. </w:t>
+              <w:t>NGER Act</w:t>
+            </w:r>
+            <w:r w:rsidRPr="23EAF177">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="5BE0E8E3" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="5BE0E8E3" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D60ADC5" w14:textId="77777777" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="6D60ADC5" w14:textId="57B004B3" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Operational control </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F747B1" w14:textId="77777777" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="0D874AA4" w14:textId="481A0332" w:rsidR="00CB59BC" w:rsidRPr="00CC6150" w:rsidRDefault="29D2DDCA" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A person is considered to have operational control over a facility if that person has authority to introduce and implement operating, health and safety, and/or environmental policies</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>A person is considered to have operational control over a facility if that person has authority to introduce and implement operating, health and safety, and/or environmental policies, or if the CER declares the person has operational control over the facility under section 55 or 55A of the NGER Act</w:t>
+            </w:r>
+            <w:r w:rsidR="5ED6E29E" w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. The</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> person has operational control over the facility under section 55 or 55A of the NGER Act. </w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19862526" w14:textId="77777777" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="2E64AFAC" w14:textId="29EE1EAD" w:rsidR="00CB59BC" w:rsidRPr="00CC6150" w:rsidRDefault="00CB59BC" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">If there is uncertainty about which person has operational control over a facility and the </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">has not made a declaration under section 55 or 55A of the NGER Act, the person having operational control will be the one with the greatest authority to introduce and implement operating and environmental policies in relation to the facility. </w:t>
+              <w:t xml:space="preserve">If there is uncertainty about which person has operational control over a facility and the agency has not made a declaration under section 55 or 55A of the NGER Act, the person having operational control over the facility will be the one with the greatest authority to introduce and implement operating and environmental policies in relation to the facility. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A4BE019" w14:textId="77777777" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="4A4BE019" w14:textId="456D7D4E" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="4DC9BB8C" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
-              <w:rPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>If among 2 or more persons neither has the greatest authority to introduce and implement operating and environmental policies in relation to a facility, and the CER has not made a declaration under section 55 of 55A of the NGER Act nor have those persons nominated one of themselves, each of those persons will be taken to have operational control over the facility.</w:t>
+              <w:t xml:space="preserve">If among </w:t>
+            </w:r>
+            <w:r w:rsidR="00262394">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or more persons neither has the greatest authority to introduce and implement operating and environmental policies in relation to a facility, and the CER has not made a declaration under section 55 of 55A of the NGER Act</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2440">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="72D47309" w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nor have those persons nominated one of themselves, each of those persons will be taken to have operational control over the facility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="3A5BC983" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="3A5BC983" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E532315" w14:textId="1A0A07AB" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="5E532315" w14:textId="23C4FB3B" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Prescribed carbon unit (PCUs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3675B592" w14:textId="6AF7EE65" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="5252B9C1" w14:textId="47A875E4" w:rsidR="00DC3329" w:rsidRPr="00656D63" w:rsidRDefault="00DC3329" w:rsidP="1BAF5761">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">For the purposes of the NGER Act a prescribed carbon unit </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">For the purposes of the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidR="0C7546C5" w:rsidRPr="1BAF5761">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>NGER Act</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00AA397E">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="9"/>
+            </w:r>
+            <w:r w:rsidR="00992E79">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>is</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t xml:space="preserve"> a prescribed carbon unit is</w:t>
+            </w:r>
+            <w:r w:rsidR="003271AA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> either</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CC36CD1" w14:textId="7434C2EC" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="4248BC14" w14:textId="77777777" w:rsidR="00DC3329" w:rsidRPr="00AA397E" w:rsidRDefault="00DC3329" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:contextualSpacing w:val="0"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>an Australian carbon credit unit</w:t>
+              <w:t>an Australian carbon credit unit (ACCU)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50327267" w14:textId="2EA169D2" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="50327267" w14:textId="66E6E0BE" w:rsidR="001832BD" w:rsidRPr="00656D63" w:rsidRDefault="00DC3329" w:rsidP="00840D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:contextualSpacing w:val="0"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
-[...23 lines deleted...]
-              <w:t>echanism credit unit.</w:t>
+              <w:t>a Safeguard Mechanism credit unit (SMC).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="1430D1EB" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="1430D1EB" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4E763C" w14:textId="6CD34394" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="6E4E763C" w14:textId="3AF05484" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible emitter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="531ADF38" w14:textId="2A4AB92C" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="4A94552D" w14:textId="468DC621" w:rsidR="00D72A15" w:rsidRPr="00656D63" w:rsidRDefault="00D72A15" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The person with operational control of a </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F1F35">
+              <w:t xml:space="preserve">The person with operational control of a Safeguard facility. The responsible emitter is responsible for meeting the Safeguard Mechanism requirements if the facility exceeds the safeguard threshold for a financial year and its net emissions number for </w:t>
+            </w:r>
+            <w:r w:rsidR="00C5048B" w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">afeguard facility. The responsible emitter is responsible for meeting the Safeguard Mechanism requirements if the facility exceeds </w:t>
-[...27 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>monitoring period exceed its baseline for that period.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48F25843" w14:textId="77777777" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="48F25843" w14:textId="37946C13" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="00D72A15" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The responsible emitter may be an individual, a body corporate, a trust, a corporation sole, a body politic or a local governing body.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="45388CB8" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="45388CB8" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF1D41A" w14:textId="7FD46E69" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="2FF1D41A" w14:textId="019CCDE8" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Safeguard threshold</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B62B7F8" w14:textId="22B64282" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="6B62B7F8" w14:textId="01A351B7" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="00616A16" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The number beyond which covered emissions produced by a facility in a financial year would cause it to be </w:t>
-[...29 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t>The number beyond which covered emissions produced by a facility in a financial year would cause it to be a designated large facility and therefore covered by the Safeguard Mechanism. The threshold is currently 100,000 tonnes of CO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-e in a financial year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="62CD34EA" w14:textId="77777777" w:rsidTr="00A5264F">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00F21723" w14:paraId="62CD34EA" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257B50C7" w14:textId="0F62E294" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="257B50C7" w14:textId="5C130062" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="001832BD" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033024C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Safeguard Mechanism credit unit (SMCs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D6A548" w14:textId="5F3E39C9" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="718296C5" w14:textId="77777777" w:rsidR="00616A16" w:rsidRPr="006A5E37" w:rsidRDefault="00616A16" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t>A type of credit unit that may be issued to a responsible emitter for each tonne of emissions (CO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>2-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">e) that a facility’s covered emissions are below its baseline. These credits can be surrendered to meet </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">afeguard compliance obligations, sold, or retained for future use. </w:t>
+              <w:t>-e) that a facility’s covered emissions are below its baseline. These credits can be surrendered to meet Safeguard compliance obligations, sold, or retained for future use.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70675FF0" w14:textId="1AB1B547" w:rsidR="001832BD" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="39DEF3BC" w14:textId="77777777" w:rsidR="00616A16" w:rsidRPr="006A5E37" w:rsidRDefault="00616A16" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000755EC">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>SMCs incentivise facilities to reduce their emissions</w:t>
-[...62 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>SMCs incentivise facilities to reduce their emissions below their baselines, including ongoing emissions reduction once a facility has dropped below the Safeguard threshold.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="738F7D77" w14:textId="0BDD6B82" w:rsidR="001832BD" w:rsidRPr="000755EC" w:rsidRDefault="00E55DEC" w:rsidP="001832BD">
+          <w:p w14:paraId="738F7D77" w14:textId="39395587" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="00616A16" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SMCs are not offsets.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="2397622B" w14:textId="77777777" w:rsidTr="009B4E9D">
+      <w:tr w:rsidR="001832BD" w:rsidRPr="00FF338C" w14:paraId="2397622B" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7573EA6B" w14:textId="4B2BAA2C" w:rsidR="001832BD" w:rsidRPr="0033024C" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="7573EA6B" w14:textId="39D9CF72" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="00692090" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...16 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="5"/>
+              <w:t>Scope 1 emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3716F5B0" w14:textId="77777777" w:rsidR="001832BD" w:rsidRDefault="001832BD" w:rsidP="001832BD">
+          <w:p w14:paraId="0A7D9975" w14:textId="02D6E4E1" w:rsidR="00692090" w:rsidRPr="006A5E37" w:rsidRDefault="00692090" w:rsidP="5A00FD0C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emissions of greenhouse gases released into the atmosphere as a direct result of the activity or activities at a facility level such as </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:anchor="types-of-emissions">
+              <w:r w:rsidR="053FA6D2" w:rsidRPr="5A00FD0C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>fuel combustion for electricity generation or cement production</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:footnoteReference w:id="10"/>
+            </w:r>
+            <w:r w:rsidRPr="54E0A2A2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF4FCE9" w14:textId="0F74D840" w:rsidR="001832BD" w:rsidRPr="001B79F5" w:rsidRDefault="00692090" w:rsidP="54E0A2A2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000755EC">
+              <w:t xml:space="preserve">Some scope 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">missions </w:t>
-[...61 lines deleted...]
-              </w:rPr>
               <w:t>emissions</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00D232B8">
+            <w:r w:rsidRPr="54E0A2A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> are not covered by the Safeguard Mechanism (see definition of covered emissions above).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="019DD847" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15FFA986" w14:textId="77777777" w:rsidR="00A5264F" w:rsidRDefault="00A5264F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD707C4" w14:textId="33E5E7F0" w:rsidR="00BE54D8" w:rsidRPr="006B1ACA" w:rsidRDefault="00BE54D8" w:rsidP="006B1ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc192082410"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc214294380"/>
       <w:r w:rsidRPr="006B1ACA">
         <w:lastRenderedPageBreak/>
         <w:t>Who is this guideline for?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1D51CEB9" w14:textId="04066E3F" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+    <w:p w14:paraId="1D51CEB9" w14:textId="04066E3F" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This guideline provides information about surrendering Prescribed Carbon Units (PCUs) </w:t>
       </w:r>
       <w:r w:rsidR="006C36E4">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:t>reduc</w:t>
       </w:r>
       <w:r w:rsidR="006C36E4">
         <w:t>e a facility’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> net emission</w:t>
       </w:r>
       <w:r w:rsidR="0077035D">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> number</w:t>
       </w:r>
       <w:r w:rsidR="00FF4F60">
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="002B089D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00FF4F60">
         <w:t xml:space="preserve">issuance of Safeguard Mechanism </w:t>
       </w:r>
       <w:r w:rsidR="007807CE">
         <w:t>credit</w:t>
       </w:r>
       <w:r w:rsidR="00D3308E">
         <w:t xml:space="preserve"> units</w:t>
       </w:r>
       <w:r w:rsidR="007807CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF4F60">
         <w:t>(SMCs)</w:t>
       </w:r>
       <w:r w:rsidR="00182F09">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A8F206" w14:textId="6402212D" w:rsidR="00BE54D8" w:rsidRPr="000F3D43" w:rsidRDefault="00BE54D8" w:rsidP="004372BD">
-[...1 lines deleted...]
-        <w:spacing w:after="120"/>
+    <w:p w14:paraId="74A8F206" w14:textId="17DBD894" w:rsidR="00BE54D8" w:rsidRPr="000F3D43" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000D1DC9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="009B4E9D">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1DC9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> recommends </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">that parties involved in </w:t>
       </w:r>
       <w:r w:rsidR="00031BF2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">either </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6844,691 +6403,779 @@
       <w:r w:rsidR="00031BF2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00127042">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">issuance </w:t>
       </w:r>
       <w:r w:rsidR="00031BF2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">of SMCs for a facility </w:t>
       </w:r>
       <w:r w:rsidRPr="00A647E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>consider this guideline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1059C885" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+    <w:p w14:paraId="1059C885" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
       <w:r w:rsidRPr="003E5783">
         <w:t xml:space="preserve">All references to legislative provisions in this </w:t>
       </w:r>
       <w:r>
         <w:t>guideline</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5783">
         <w:t xml:space="preserve"> relate </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to the Safeguard Rule unless otherwise indicated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F6E3F00" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2373D50B" w14:textId="44CDEC1E" w:rsidR="00BE54D8" w:rsidRPr="003C7FE4" w:rsidRDefault="00E82B7B" w:rsidP="00E82B7B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc192082411"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc214294381"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part 1 </w:t>
       </w:r>
       <w:r w:rsidR="00BE54D8" w:rsidRPr="003C7FE4">
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00BE54D8" w:rsidRPr="003C7FE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785816D3" w14:textId="333132B0" w:rsidR="00BE54D8" w:rsidRPr="0061135E" w:rsidRDefault="00BE54D8" w:rsidP="00EA629E">
+    <w:p w14:paraId="785816D3" w14:textId="1B30680B" w:rsidR="00BE54D8" w:rsidRPr="0061135E" w:rsidRDefault="007E14FF" w:rsidP="00EA629E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc192082412"/>
-      <w:r w:rsidRPr="0061135E">
+      <w:bookmarkStart w:id="4" w:name="_Toc214294382"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">What is a </w:t>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00AD625D" w:rsidRPr="0061135E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">surrender of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0061135E">
+        <w:t xml:space="preserve">urrender of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="0061135E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>prescribed carbon unit</w:t>
       </w:r>
       <w:r w:rsidR="00AD625D" w:rsidRPr="0061135E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061135E">
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="0061135E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>?</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40234AA8" w14:textId="1C36A5A8" w:rsidR="00C06FB2" w:rsidRDefault="004976D7" w:rsidP="0064003F">
+    <w:p w14:paraId="40234AA8" w14:textId="5B2ED0CC" w:rsidR="00C06FB2" w:rsidRDefault="004976D7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Responsible emitters of </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
-        <w:t xml:space="preserve">afeguard facilities </w:t>
+        <w:t xml:space="preserve">Safeguard facilities </w:t>
       </w:r>
       <w:r w:rsidR="00C51E23">
         <w:t>whose net emissions number</w:t>
       </w:r>
       <w:r w:rsidR="00C51E23" w:rsidRPr="009F05CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
         <w:t>exceed</w:t>
       </w:r>
       <w:r w:rsidR="00C51E23">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
         <w:t xml:space="preserve"> their baseline for </w:t>
       </w:r>
       <w:r w:rsidR="008D51E7">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00F27557">
         <w:t xml:space="preserve">monitoring period </w:t>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
         <w:t xml:space="preserve">commencing on or after 1 July 2023 must </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00A478D8" w:rsidRPr="001073CE">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00A478D8" w:rsidRPr="002F3827">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>manage the excess</w:t>
         </w:r>
-        <w:r w:rsidR="00D23354" w:rsidRPr="001073CE">
+        <w:r w:rsidR="00D23354" w:rsidRPr="002F3827">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve"> emissions situation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F270C3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
         <w:t xml:space="preserve"> before</w:t>
       </w:r>
       <w:r w:rsidR="001E1324">
-        <w:t xml:space="preserve"> the</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
-        <w:t xml:space="preserve"> 1 April following the end of </w:t>
+        <w:t xml:space="preserve">1 April following the end of </w:t>
       </w:r>
       <w:r w:rsidR="00F16A58">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="009F05CC" w:rsidRPr="009F05CC">
         <w:t>financial year</w:t>
       </w:r>
       <w:r w:rsidR="00F16A58">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="002D68AF">
         <w:t xml:space="preserve">which or at the end of </w:t>
       </w:r>
       <w:r w:rsidR="00F16A58">
         <w:t xml:space="preserve">which the </w:t>
       </w:r>
       <w:r w:rsidR="00F27557">
         <w:t>monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00F16A58">
         <w:t xml:space="preserve"> ended</w:t>
       </w:r>
       <w:r w:rsidR="006A7495">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0066641C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7647A8A3" w14:textId="3142B53E" w:rsidR="00080E0C" w:rsidRDefault="0064003F" w:rsidP="0064003F">
+    <w:p w14:paraId="7647A8A3" w14:textId="7FD5A8D4" w:rsidR="00080E0C" w:rsidRDefault="0064003F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A surrender of </w:t>
-[...11 lines deleted...]
-        <w:t>afeguard facility</w:t>
+        <w:t>A surrender of prescribed carbon units (PCUs) is an excess emissions management option available to the responsible emitter of a Safeguard facility</w:t>
       </w:r>
       <w:r w:rsidR="00CB77D7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCD4465" w14:textId="77F6B8E1" w:rsidR="0064003F" w:rsidRDefault="0064003F" w:rsidP="0064003F">
+    <w:p w14:paraId="6BCD4465" w14:textId="77F6B8E1" w:rsidR="0064003F" w:rsidRDefault="0064003F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When a surrender is completed, the net emissions number of </w:t>
       </w:r>
       <w:r w:rsidR="00515E7C">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="002359F4">
         <w:t xml:space="preserve"> relevant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> facility is reduced by the number of PCUs surrendered</w:t>
       </w:r>
       <w:r w:rsidR="00E24B2B">
         <w:t xml:space="preserve"> for the period</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00481EE9">
         <w:t xml:space="preserve">If the net emissions number </w:t>
       </w:r>
       <w:r w:rsidR="0084057C">
         <w:t xml:space="preserve">for a monitoring period </w:t>
       </w:r>
       <w:r w:rsidR="00481EE9">
         <w:t>is reduced to be equal to or less than the baseline emissions number for the period</w:t>
       </w:r>
       <w:r w:rsidR="00B44BE2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00481EE9">
         <w:t xml:space="preserve"> the excess emissions situation </w:t>
       </w:r>
       <w:r w:rsidR="00BE3E7C">
         <w:t xml:space="preserve">for that period </w:t>
       </w:r>
       <w:r w:rsidR="00481EE9">
         <w:t>has been resolved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583BB98E" w14:textId="326C8008" w:rsidR="0064003F" w:rsidRDefault="006850E4" w:rsidP="0064003F">
+    <w:p w14:paraId="583BB98E" w14:textId="014249DF" w:rsidR="0064003F" w:rsidRDefault="006850E4" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="0064003F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00CD57C4" w:rsidRPr="001073CE">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00CD57C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>voluntary cancellation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E332D6">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidR="0064003F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C1F09">
-        <w:t xml:space="preserve">of </w:t>
-[...2 lines deleted...]
-        <w:t>ACCUs</w:t>
+        <w:t xml:space="preserve">of Australian </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3C8F">
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="005C1F09">
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">arbon </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3C8F">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F09">
+        <w:t xml:space="preserve">redit </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3C8F">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F09">
+        <w:t xml:space="preserve">nits (ACCUs) </w:t>
       </w:r>
       <w:r w:rsidR="005C1F09" w:rsidRPr="002B5524">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="00CD57C4" w:rsidRPr="002B5524">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="005C1F09" w:rsidRPr="002B5524">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064003F" w:rsidRPr="002B5524">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidR="0064003F" w:rsidRPr="00870E07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C1F09" w:rsidRPr="00870E07">
         <w:t xml:space="preserve">meet the requirements of a </w:t>
       </w:r>
       <w:r w:rsidR="0064003F" w:rsidRPr="00870E07">
         <w:t>surrender</w:t>
       </w:r>
       <w:r w:rsidR="00517EB1" w:rsidRPr="00870E07">
         <w:t xml:space="preserve"> for the purpose of reducing the net emissions nu</w:t>
       </w:r>
       <w:r w:rsidR="00517EB1">
-        <w:t xml:space="preserve">mber of a </w:t>
-[...5 lines deleted...]
-        <w:t>afeguard facility</w:t>
+        <w:t>mber of a Safeguard facility</w:t>
       </w:r>
       <w:r w:rsidR="0064003F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50699E07" w14:textId="0F2A243C" w:rsidR="00F46C1F" w:rsidRDefault="0064003F" w:rsidP="0064003F">
-      <w:pPr>
+    <w:p w14:paraId="50699E07" w14:textId="4914F2FB" w:rsidR="00F46C1F" w:rsidRDefault="0064003F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>A surrender</w:t>
       </w:r>
       <w:r w:rsidR="00DB0DC9">
         <w:t xml:space="preserve"> of PCUs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000555BE">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00717F41">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">initiated </w:t>
       </w:r>
       <w:r w:rsidR="00717F41">
         <w:t xml:space="preserve">by submitting the </w:t>
       </w:r>
+      <w:r w:rsidR="000E22A7">
+        <w:t>C</w:t>
+      </w:r>
       <w:r w:rsidR="00D378D9">
-        <w:t>carbon units</w:t>
+        <w:t>arbon units</w:t>
       </w:r>
       <w:r w:rsidR="00717F41">
         <w:t xml:space="preserve"> surrender request form available in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk184294760"/>
-      <w:r w:rsidRPr="001073CE">
+      <w:r w:rsidRPr="70F74324">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="001073CE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:instrText>HYPERLINK "https://cer.gov.au/online-systems" \l "online-services"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="001073CE">
+      <w:r w:rsidRPr="70F74324">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="001073CE">
+      <w:r w:rsidRPr="70F74324">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="006C93"/>
         </w:rPr>
         <w:t>Online Service</w:t>
       </w:r>
-      <w:r w:rsidR="004A6A1C" w:rsidRPr="001073CE">
+      <w:r w:rsidR="004A6A1C" w:rsidRPr="70F74324">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="006C93"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00305BC7" w:rsidRPr="001073CE">
+      <w:r w:rsidR="00305BC7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001073CE">
+          <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="006C93"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0008072B">
         <w:t>(s</w:t>
       </w:r>
       <w:r w:rsidR="00792362" w:rsidRPr="00F91691">
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Surrendering_Prescribed_Carbon" w:history="1">
-        <w:r w:rsidR="00792362" w:rsidRPr="001073CE">
+        <w:r w:rsidR="00792362" w:rsidRPr="70F74324">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Part 3 Surrendering Prescribed Carbon Units</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00792362" w:rsidRPr="00F91691">
         <w:t xml:space="preserve"> for more information</w:t>
       </w:r>
       <w:r w:rsidR="0008072B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00792362" w:rsidRPr="00F91691">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00792362" w:rsidRPr="00FA7BA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="CERCallout"/>
-        <w:tblW w:w="9609" w:type="dxa"/>
+        <w:tblW w:w="9908" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9609"/>
+        <w:gridCol w:w="299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001073CE" w:rsidRPr="000B69E6" w14:paraId="2552EDAD" w14:textId="77777777" w:rsidTr="001073CE">
+      <w:tr w:rsidR="000B69E6" w:rsidRPr="000B69E6" w14:paraId="2552EDAD" w14:textId="77777777" w:rsidTr="00262394">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9609" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="9FB76F"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="2F9AA4"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBF2F4"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C41EDB8" w14:textId="3A9A24F4" w:rsidR="001073CE" w:rsidRPr="009B4E9D" w:rsidRDefault="001073CE" w:rsidP="001073CE">
+          <w:p w14:paraId="3C41EDB8" w14:textId="3A9A24F4" w:rsidR="000B69E6" w:rsidRDefault="000B69E6" w:rsidP="00262394">
             <w:pPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:right="-136"/>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B4E9D">
-              <w:rPr>
+            <w:r w:rsidRPr="004A6C9B">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Compliance obligations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2359B25B" w14:textId="10F5401B" w:rsidR="001073CE" w:rsidRPr="001073CE" w:rsidRDefault="001073CE" w:rsidP="001073CE">
+          <w:p w14:paraId="2359B25B" w14:textId="1D8AC253" w:rsidR="000B69E6" w:rsidRPr="000B69E6" w:rsidRDefault="000B69E6" w:rsidP="00262394">
             <w:pPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+              <w:ind w:left="224" w:right="-138"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">The responsible emitter </w:t>
+            </w:r>
+            <w:r w:rsidR="00B83FBF" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">a facility </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7F67" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">for a monitoring period </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t>is required to ensure the facility is not in an excess emission</w:t>
+            </w:r>
+            <w:r w:rsidR="005942DC" w:rsidRPr="5F77A8D9">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve"> situation on 1 April following the financial year</w:t>
+            </w:r>
+            <w:r w:rsidR="006D1CF9" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1224" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">in which </w:t>
+            </w:r>
+            <w:r w:rsidR="00E425D1" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">or at the end of which </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1224" w:rsidRPr="5F77A8D9">
+              <w:t>the monitoring period ended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t>. For example, a facility must not be in an excess emission</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED65BC" w:rsidRPr="5F77A8D9">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve"> situation on 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00262394">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t>April</w:t>
+            </w:r>
+            <w:r w:rsidR="00262394">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">2025 for a monitoring period ending </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4611" w:rsidRPr="5F77A8D9">
+              <w:t xml:space="preserve">during or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t>at the end of the 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00262394">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F77A8D9">
+              <w:t>24 financial year.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBF2F4"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="431C075A" w14:textId="42E4EB9D" w:rsidR="000B69E6" w:rsidRPr="000B69E6" w:rsidRDefault="000B69E6" w:rsidP="000B69E6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001073CE">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C7C2F88" w14:textId="05DAEA01" w:rsidR="00F46C1F" w:rsidRPr="004A6C9B" w:rsidRDefault="000B69E6" w:rsidP="004A6C9B">
-[...17 lines deleted...]
-    <w:p w14:paraId="64A27BAA" w14:textId="25026607" w:rsidR="00F46C1F" w:rsidRPr="00F162C8" w:rsidRDefault="00F46C1F" w:rsidP="00F46C1F">
+    <w:p w14:paraId="64A27BAA" w14:textId="35F74927" w:rsidR="00F46C1F" w:rsidRPr="00F162C8" w:rsidRDefault="00F46C1F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">If the responsible emitter for a facility </w:t>
       </w:r>
       <w:r w:rsidR="00EC62FD" w:rsidRPr="5F77A8D9">
         <w:t>intends to</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> surrender PCUs to resolve an excess emissions situation, the surrender transactions need to be completed </w:t>
       </w:r>
+      <w:r w:rsidRPr="004C7658">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> the 1 April following the </w:t>
+        <w:t xml:space="preserve"> 1 April following the </w:t>
       </w:r>
       <w:r w:rsidR="00B97004" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">end of the </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve">relevant financial year. For example, for the 2023-24 compliance period the surrender transaction(s) needs to be completed before </w:t>
+        <w:t>relevant financial year. For example, for the 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00262394">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">24 compliance period the surrender transaction(s) needs to be completed before </w:t>
       </w:r>
       <w:r w:rsidR="00DA07EE" w:rsidRPr="5F77A8D9">
         <w:t>end of day</w:t>
       </w:r>
       <w:r w:rsidR="00AB178D" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> on 31 March 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">. See below for information regarding what steps need to be undertaken </w:t>
       </w:r>
       <w:r w:rsidR="00671B8A" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">to complete </w:t>
       </w:r>
       <w:r w:rsidR="0046088F" w:rsidRPr="5F77A8D9">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> surrender of </w:t>
       </w:r>
       <w:r w:rsidR="00671B8A" w:rsidRPr="5F77A8D9">
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486F06B8" w14:textId="3E4FEF30" w:rsidR="00F46C1F" w:rsidRPr="00F162C8" w:rsidRDefault="0022560E" w:rsidP="00F46C1F">
+    <w:p w14:paraId="486F06B8" w14:textId="3E4FEF30" w:rsidR="00F46C1F" w:rsidRPr="00F162C8" w:rsidRDefault="0022560E" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">A facility’s </w:t>
       </w:r>
       <w:r w:rsidR="00574930" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">responsible emitter is responsible for making sure an excess emissions situation </w:t>
       </w:r>
       <w:r w:rsidR="00EF1A85" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="0012523D" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the responsible emitter’s monitoring period </w:t>
       </w:r>
       <w:r w:rsidR="00574930" w:rsidRPr="5F77A8D9">
         <w:t>does not exist</w:t>
       </w:r>
       <w:r w:rsidR="00961EF2" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00622EA1" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">on or </w:t>
       </w:r>
       <w:r w:rsidR="00961EF2" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">after the 1 </w:t>
       </w:r>
       <w:r w:rsidR="00622EA1" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">April </w:t>
       </w:r>
       <w:r w:rsidR="00961EF2" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">deadline, even if </w:t>
       </w:r>
       <w:r w:rsidR="006E733D" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">they are relying on </w:t>
       </w:r>
       <w:r w:rsidR="00961EF2" w:rsidRPr="5F77A8D9">
         <w:t>a third party(s)</w:t>
       </w:r>
       <w:r w:rsidR="00F46C1F" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> to surrender </w:t>
       </w:r>
       <w:r w:rsidR="00971A11" w:rsidRPr="5F77A8D9">
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidR="006E733D" w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F46C1F" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3030111B" w14:textId="641B66A9" w:rsidR="001623A5" w:rsidRDefault="00F46C1F" w:rsidP="0064003F">
+    <w:p w14:paraId="3030111B" w14:textId="6ABE31D6" w:rsidR="001623A5" w:rsidRDefault="00F46C1F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If a facility remains in an excess emissions situation </w:t>
       </w:r>
       <w:r w:rsidR="00AA2910" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">for a monitoring period </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve">on the 1 April following the relevant financial year, the facility’s responsible emitter </w:t>
+        <w:t xml:space="preserve">on 1 April following the relevant financial year, the facility’s responsible emitter </w:t>
       </w:r>
       <w:r w:rsidR="00AA2910" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">for that monitoring period </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>can face a civil penalty</w:t>
       </w:r>
       <w:r w:rsidR="001D0998" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002C6A9A" w:rsidRPr="5F77A8D9">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00414123" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">his is calculated </w:t>
       </w:r>
       <w:r w:rsidR="002C6A9A" w:rsidRPr="5F77A8D9">
         <w:t>using penalty units</w:t>
       </w:r>
       <w:r w:rsidR="002D0DEF" w:rsidRPr="5F77A8D9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002C6A9A" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7555,63 +7202,65 @@
       </w:r>
       <w:r w:rsidR="002D0DEF" w:rsidRPr="5F77A8D9">
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D0DEF" w:rsidRPr="5F77A8D9">
         <w:t>Cth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D0DEF" w:rsidRPr="5F77A8D9">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002C6A9A" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00012546" w:rsidRPr="5F77A8D9">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> number of penalty units is equal to the difference between </w:t>
       </w:r>
       <w:r w:rsidR="00012546" w:rsidRPr="5F77A8D9">
         <w:t>a facility’s</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve"> net emissions number and baseline emissions number for the monitoring period. </w:t>
+        <w:t xml:space="preserve"> net emissions number and baseline emissions number for the monitoring period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ECD4BD" w14:textId="6C50CCF2" w:rsidR="006113E5" w:rsidRDefault="0050588B" w:rsidP="0064003F">
-      <w:pPr>
+    <w:p w14:paraId="18ECD4BD" w14:textId="6C50CCF2" w:rsidR="006113E5" w:rsidRDefault="0050588B" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F162C8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> example,</w:t>
       </w:r>
       <w:r w:rsidR="00D50DC5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD5694">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00D8234F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">responsible emitter for a </w:t>
@@ -7703,51 +7352,54 @@
       <w:r w:rsidR="00FA069F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A940B0">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 150,000 = 50,000</w:t>
       </w:r>
       <w:r w:rsidR="005903DD">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008622F6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11340390" w14:textId="4EFAE9FF" w:rsidR="004965E2" w:rsidRDefault="000C3C8F" w:rsidP="0064003F">
+    <w:p w14:paraId="11340390" w14:textId="4EFAE9FF" w:rsidR="004965E2" w:rsidRDefault="000C3C8F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>at</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00674D21" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> 1 April 2025,</w:t>
       </w:r>
       <w:r w:rsidR="00BD3792" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="004965E2" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> penalty unit is equal to $330. </w:t>
       </w:r>
       <w:r w:rsidR="00BD3792" w:rsidRPr="5F77A8D9">
         <w:t>Therefore</w:t>
       </w:r>
       <w:r w:rsidR="002E12B8" w:rsidRPr="5F77A8D9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BD3792" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> the </w:t>
@@ -7764,51 +7416,54 @@
       <w:r w:rsidR="00BD3792" w:rsidRPr="5F77A8D9">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="006705DE" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A940B0" w:rsidRPr="5F77A8D9">
         <w:t>50,000</w:t>
       </w:r>
       <w:r w:rsidR="006705DE" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r w:rsidR="00E71037" w:rsidRPr="5F77A8D9">
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidR="006705DE" w:rsidRPr="5F77A8D9">
         <w:t>330 = $</w:t>
       </w:r>
       <w:r w:rsidR="00CD389D" w:rsidRPr="5F77A8D9">
         <w:t>16,500,000</w:t>
       </w:r>
       <w:r w:rsidR="006705DE" w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064A4FFC" w14:textId="4137C61E" w:rsidR="0064003F" w:rsidRPr="004A6A1C" w:rsidRDefault="00F46C1F" w:rsidP="0064003F">
+    <w:p w14:paraId="064A4FFC" w14:textId="4137C61E" w:rsidR="0064003F" w:rsidRPr="004A6A1C" w:rsidRDefault="00F46C1F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>A civil penalty</w:t>
       </w:r>
       <w:r w:rsidR="00D20F5B" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> of 100 penalty units per day</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00597539" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">would </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">also apply for each day </w:t>
       </w:r>
       <w:r w:rsidR="002E730D" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="002E12B8" w:rsidRPr="5F77A8D9">
         <w:t>excess emissions situation</w:t>
       </w:r>
       <w:r w:rsidR="002E730D" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> continues</w:t>
       </w:r>
       <w:r w:rsidR="001668C0" w:rsidRPr="5F77A8D9">
@@ -7816,1188 +7471,1381 @@
       </w:r>
       <w:r w:rsidR="002E12B8" w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D71B90" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005443D0" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005443D0" w:rsidRPr="5F77A8D9">
         <w:t>at</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D71B90" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> 1 April 2025, this is $33,000 per day.</w:t>
       </w:r>
       <w:r w:rsidR="002E12B8" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C008CCE" w14:textId="3E2E6863" w:rsidR="00BE54D8" w:rsidRPr="00F162C8" w:rsidRDefault="00BE54D8" w:rsidP="00EA629E">
+    <w:p w14:paraId="3C008CCE" w14:textId="7FD3C288" w:rsidR="00BE54D8" w:rsidRPr="00F162C8" w:rsidRDefault="00F91691" w:rsidP="00EA629E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc192082413"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc214294383"/>
       <w:r w:rsidRPr="00F162C8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>What is a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F91691" w:rsidRPr="00F162C8">
+        <w:t xml:space="preserve">Safeguard Mechanism </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00395B61">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F162C8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>SMC</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F91691" w:rsidRPr="00F162C8">
+        <w:t xml:space="preserve">redit </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F162C8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>issuance?</w:t>
+        <w:t>nit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00F162C8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SMC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F162C8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00F162C8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>issuance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="6C579163" w14:textId="00086B66" w:rsidR="000555BE" w:rsidRPr="00F76022" w:rsidRDefault="000555BE" w:rsidP="00F76022">
+    <w:p w14:paraId="6C579163" w14:textId="7CA61CD1" w:rsidR="000555BE" w:rsidRPr="00F76022" w:rsidRDefault="000555BE" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F76022">
         <w:t>SMCs are a type of credit unit that may be issued</w:t>
       </w:r>
       <w:r w:rsidR="00780549">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="006C1E7D">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00780549">
         <w:t xml:space="preserve"> responsible emitter for a facility</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t xml:space="preserve"> for each tonne of emissions (CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00891C4F">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t xml:space="preserve">-e) </w:t>
       </w:r>
       <w:r w:rsidR="005D5D93">
         <w:t>by which</w:t>
       </w:r>
       <w:r w:rsidR="005D5D93" w:rsidRPr="00F76022">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E974C1">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00E974C1" w:rsidRPr="00F76022">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t>facility’s covered emissions are below its baseline</w:t>
       </w:r>
       <w:r w:rsidR="00E1120A">
         <w:t xml:space="preserve"> (see section </w:t>
       </w:r>
       <w:hyperlink w:anchor="_SMC_issuance_entitlement">
-        <w:r w:rsidR="00DC7B21" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00DC7B21" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve">4.3 </w:t>
         </w:r>
-        <w:r w:rsidR="00D04EB6" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00D04EB6" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve">SMC issuance </w:t>
         </w:r>
-        <w:r w:rsidR="00DC7B21" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00DC7B21" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>entitlement calculation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC7B21">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E1120A">
         <w:t>below for detailed calculation)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
-        <w:t xml:space="preserve">. These credits can be surrendered to meet </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">afeguard compliance obligations, sold, or retained for future use. </w:t>
+        <w:t>. These credits can be surrendered to meet Safeguard compliance obligations, sold, or retained for future use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53843360" w14:textId="57796ED7" w:rsidR="00F76022" w:rsidRDefault="00E84CE8" w:rsidP="00F76022">
+    <w:p w14:paraId="53843360" w14:textId="57796ED7" w:rsidR="00F76022" w:rsidRDefault="00E84CE8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E84CE8">
         <w:t>SMCs are</w:t>
       </w:r>
       <w:r w:rsidR="00C868B9">
         <w:t xml:space="preserve"> not</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84CE8">
         <w:t xml:space="preserve"> offsets</w:t>
       </w:r>
       <w:r w:rsidR="004F04BA" w:rsidRPr="004F04BA">
         <w:t>, because they are generated within a regulated emissions limi</w:t>
       </w:r>
       <w:r w:rsidR="009047E0">
         <w:t xml:space="preserve">t. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D65DAF3" w14:textId="36F337C1" w:rsidR="00FC2D4C" w:rsidRDefault="00FC2D4C" w:rsidP="00F76022">
+    <w:p w14:paraId="7D65DAF3" w14:textId="36F337C1" w:rsidR="00FC2D4C" w:rsidRDefault="00FC2D4C" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t>To be issued SMCs the responsible emitter for a facility must meet certain eligibility criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F601DC" w14:textId="7B1D8AB7" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00F76022">
+    <w:p w14:paraId="19F601DC" w14:textId="0732AAEE" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C92564">
         <w:t>responsible emitter for a facility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must </w:t>
       </w:r>
       <w:r w:rsidR="0023154D">
         <w:t xml:space="preserve">request </w:t>
       </w:r>
       <w:r w:rsidR="007352B7">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="0023154D">
         <w:t xml:space="preserve">SMC </w:t>
       </w:r>
       <w:r w:rsidR="000D6D7A">
         <w:t xml:space="preserve">issuance </w:t>
       </w:r>
       <w:r w:rsidR="00C868B9">
         <w:t xml:space="preserve">by submitting an SMC issuance application form available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="online-services" w:history="1">
-        <w:r w:rsidR="00C868B9" w:rsidRPr="00395B61">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00C868B9" w:rsidRPr="00FC0E38">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Online Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FC0E38">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r w:rsidR="0008072B">
         <w:t xml:space="preserve"> (s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Issuance_of_Safeguard" w:history="1">
-        <w:r w:rsidR="00F76022" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00F76022" w:rsidRPr="00891C4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve">Part 4 Issuance of Safeguard Mechanism </w:t>
         </w:r>
-        <w:r w:rsidR="00395B61">
+        <w:r w:rsidR="00891C4F" w:rsidRPr="00891C4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t>c</w:t>
+          <w:t>C</w:t>
         </w:r>
-        <w:r w:rsidR="00F76022" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00F76022" w:rsidRPr="00891C4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t>redit</w:t>
-[...15 lines deleted...]
-          <w:t>s</w:t>
+          <w:t>redits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F76022">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t>for more information</w:t>
       </w:r>
       <w:r w:rsidR="0008072B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76022">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060D1C77" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4009A9D8" w14:textId="78D5C3C5" w:rsidR="00BE54D8" w:rsidRDefault="007E2467" w:rsidP="00BE54D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc192082414"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc214294384"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>General a</w:t>
       </w:r>
       <w:r w:rsidR="00BE54D8" w:rsidRPr="0098765E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>pplication requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00BE54D8">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC5882D" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="0061135E" w:rsidRDefault="00BE54D8" w:rsidP="00EA629E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc192082415"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc214294385"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Preparing and submitting the application</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="66AA0182" w14:textId="74B7AEC3" w:rsidR="0005092A" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+    <w:p w14:paraId="66AA0182" w14:textId="6F178FB0" w:rsidR="0005092A" w:rsidRPr="003852A5" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t>An application for an SMC</w:t>
       </w:r>
       <w:r w:rsidR="00E83887">
         <w:t xml:space="preserve"> issuance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or PCU</w:t>
       </w:r>
       <w:r w:rsidR="00E83887">
         <w:t xml:space="preserve"> surrender</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must be submitted</w:t>
       </w:r>
       <w:r w:rsidR="00FB1ABF">
         <w:t xml:space="preserve"> by the responsible emitter for a facility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B03C36">
         <w:t>using the</w:t>
       </w:r>
       <w:r w:rsidR="008528BB">
         <w:t xml:space="preserve"> respective </w:t>
       </w:r>
       <w:r w:rsidR="00FC7169">
         <w:t>application form</w:t>
       </w:r>
       <w:r w:rsidR="00F112EE">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidR="00FC7169">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:anchor="online-services" w:history="1">
-        <w:r w:rsidR="00FC7169" w:rsidRPr="00395B61">
+      <w:r w:rsidR="003852A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00640386">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://cer.gov.au/online-systems" \l "online-services"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="003852A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003852A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003852A5" w:rsidRPr="003852A5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Online Services</w:t>
+      </w:r>
+      <w:r w:rsidR="0097524D" w:rsidRPr="003852A5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+      <w:r w:rsidR="00FB1ABF" w:rsidRPr="003852A5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E16B08A" w14:textId="3255AD06" w:rsidR="0022603A" w:rsidRPr="00760670" w:rsidRDefault="003852A5" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00725EBC" w:rsidRPr="008E43E1">
+        <w:t>An</w:t>
+      </w:r>
+      <w:r w:rsidR="00725EBC" w:rsidRPr="00565CAC">
+        <w:t xml:space="preserve"> Online Services user </w:t>
+      </w:r>
+      <w:r w:rsidR="00B101D7" w:rsidRPr="00565CAC">
+        <w:t>linked to the responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B101D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00725EBC" w:rsidRPr="00565CAC">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00625C98">
+        <w:t xml:space="preserve"> the ‘manage facilities’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00973D59">
+        <w:t>permission</w:t>
+      </w:r>
+      <w:r w:rsidR="00E345C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF794A" w:rsidRPr="00565CAC">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00725EBC" w:rsidRPr="00565CAC">
+        <w:t xml:space="preserve"> prepare and edit a draft application form before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidR="00E345C4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E345C4" w:rsidRPr="00565CAC" w:rsidDel="00E345C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005027A2">
+        <w:t xml:space="preserve">The ‘manage facilities’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46252">
+        <w:t xml:space="preserve">permission </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43DE5">
+        <w:t xml:space="preserve">is found in the </w:t>
+      </w:r>
+      <w:r w:rsidR="001F03D8">
+        <w:t>‘NGER’ permission</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F8D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001F03D8">
+        <w:t xml:space="preserve"> tab within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F8D">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="001F03D8">
+        <w:t>manage user</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F8D">
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidR="0078092A">
+        <w:t xml:space="preserve">function in Online Services. For information on how to update user </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7726">
+        <w:t>permissions</w:t>
+      </w:r>
+      <w:r w:rsidR="0078092A">
+        <w:t xml:space="preserve"> please</w:t>
+      </w:r>
+      <w:r w:rsidR="0078092A" w:rsidRPr="002F4ABF">
+        <w:t xml:space="preserve"> see the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="0078092A" w:rsidRPr="000C767D" w:rsidDel="00196DC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="006C93"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NGER </w:t>
+        </w:r>
+        <w:r w:rsidR="00196DC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Online Services User Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0078092A" w:rsidRPr="00F619D0">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="16"/>
+      </w:r>
+      <w:r w:rsidR="0078092A" w:rsidRPr="00F619D0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0615D8" w14:textId="597EC01C" w:rsidR="00BE54D8" w:rsidRPr="00F619D0" w:rsidRDefault="0005092A" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00765874">
+        <w:t xml:space="preserve">The SMC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950E15">
+        <w:t>issuance application</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5070" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00950E15">
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36631">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00950E15">
+        <w:t>be signed by an executive officer of the responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2080F" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C5477D" w14:textId="37C6D45A" w:rsidR="00516C7B" w:rsidRPr="006E4DB5" w:rsidRDefault="0005092A" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00950E15">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00725EBC" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve">Carbon units </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF77A6" w:rsidRPr="00950E15">
+        <w:t>surrender request form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000370F5" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve">can be signed </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3814" w:rsidRPr="00950E15">
+        <w:t>and submitted by an</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50005" w:rsidRPr="00950E15">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3814" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> Online Service</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5CD2" w:rsidRPr="00950E15">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3814" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> user </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50005" w:rsidRPr="00950E15">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00625C98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A639AD">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00625C98">
+        <w:t>‘manage facilities’</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50005" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00484290">
+        <w:t xml:space="preserve">user </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50005" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve">access </w:t>
+      </w:r>
+      <w:r w:rsidR="00484290">
+        <w:t>permission</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50005" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3814" w:rsidRPr="00950E15">
+        <w:t>linked to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7196" w:rsidRPr="00950E15">
+        <w:t xml:space="preserve"> responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3814" w:rsidRPr="00950E15">
+        <w:t>’s account</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7196" w:rsidRPr="00950E15">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7196">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD7392" w14:textId="4B998B1A" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00EB086C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6E3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t>application form can</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t xml:space="preserve"> save</w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t xml:space="preserve"> at any point </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and returned to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t xml:space="preserve"> later</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t xml:space="preserve"> copy of the application form can be saved as a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PDF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3699">
+        <w:t xml:space="preserve"> and printed at any stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A476927" w14:textId="77777777" w:rsidR="00BE54D8" w:rsidRPr="0061135E" w:rsidRDefault="00BE54D8" w:rsidP="00EA629E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc214294386"/>
+      <w:r w:rsidRPr="0061135E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Submitting the application</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="77F7239D" w14:textId="3565F83E" w:rsidR="00BE54D8" w:rsidRPr="002B6F67" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">There are </w:t>
+      </w:r>
+      <w:r w:rsidR="00262394">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> options to sign and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">submit </w:t>
+      </w:r>
+      <w:r w:rsidR="003E256D" w:rsidRPr="002B6F67">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidR="0049637F">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D68C885" w14:textId="3B5E74A8" w:rsidR="004D731E" w:rsidRDefault="00031CB7" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>An Online Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00180E97">
+        <w:t xml:space="preserve">user with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t xml:space="preserve">both </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7BA2">
+        <w:t>the executive officer relationship to the responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t>, and also</w:t>
+      </w:r>
+      <w:r w:rsidR="00106EB0">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00106EB0">
+        <w:t xml:space="preserve">‘manage facilities’ user </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t>permission,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0D69" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">can log in to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="online-services">
+        <w:r w:rsidR="00BE54D8" w:rsidRPr="002B6F67">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>O</w:t>
         </w:r>
-        <w:r w:rsidR="00FC7169" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00BE54D8" w:rsidRPr="002B6F67">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>nline Services</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0097524D" w:rsidRPr="00ED7287">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FB1ABF">
+      <w:r w:rsidR="004C0D69" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">open </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE54D8" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> draft version of the application, review the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23E6C" w:rsidRPr="002B6F67">
+        <w:t>declaration and submit the application directly</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76525">
+        <w:t xml:space="preserve"> online</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23E6C" w:rsidRPr="002B6F67">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00560B12">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="67B5FDA1" w14:textId="0C1452ED" w:rsidR="00725EBC" w:rsidRDefault="00725EBC" w:rsidP="00725EBC">
-[...16 lines deleted...]
-    <w:p w14:paraId="4BCFFD67" w14:textId="77777777" w:rsidR="00725EBC" w:rsidRDefault="00725EBC" w:rsidP="00953B5E">
+    <w:p w14:paraId="73012BDA" w14:textId="6AB32701" w:rsidR="00B00333" w:rsidRDefault="00B00333" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-        <w:t>NGER Contact Person</w:t>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">An Online Services </w:t>
+      </w:r>
+      <w:r w:rsidR="008A05EF">
+        <w:t xml:space="preserve">user </w:t>
+      </w:r>
+      <w:r w:rsidR="002C7F00">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6E90">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00686260">
+        <w:t>‘manage facilities’</w:t>
+      </w:r>
+      <w:r w:rsidR="002C7F00">
+        <w:t xml:space="preserve"> user permission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> for the responsible emitter can open the draft form and print a PDF copy of the application. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C532A6" w:rsidRPr="002B6F67">
+        <w:t>The person</w:t>
+      </w:r>
+      <w:r w:rsidR="00647B14">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0602">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47BBF">
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0602">
+        <w:t>executive officer relationship</w:t>
+      </w:r>
+      <w:r w:rsidR="00C532A6" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0602">
+        <w:t>to the responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0602" w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t>can then sign the form (electronic signature is acceptable)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3097C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C767D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3097C">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t xml:space="preserve">he signed PDF </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5570">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD27C4">
+        <w:t xml:space="preserve"> then be uploaded </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67">
+        <w:t>to the online application form</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4F16">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6E90">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7857" w:rsidRPr="002B6F67">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD27C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0044">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0465B">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD27C4">
+        <w:t>user</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06594">
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD27C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C78B8">
+        <w:t xml:space="preserve">‘manage facilities’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD27C4">
+        <w:t>access permission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F67" w:rsidDel="00511F8D">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05393230" w14:textId="77777777" w:rsidR="00725EBC" w:rsidRDefault="00725EBC" w:rsidP="00953B5E">
-[...397 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    <w:p w14:paraId="5804F014" w14:textId="77777777" w:rsidR="00EB086C" w:rsidRDefault="00BE54D8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="008A7371">
         <w:t>If you are having difficulty accessing, completing or submitting the online form</w:t>
       </w:r>
       <w:r w:rsidR="000548AC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A7371">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00162DE4">
-        <w:t xml:space="preserve">contact </w:t>
-[...2 lines deleted...]
-        <w:t>us</w:t>
+        <w:t>please contact the CER</w:t>
       </w:r>
       <w:r w:rsidR="00162DE4" w:rsidRPr="00162DE4">
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="00162DE4" w:rsidRPr="00395B61">
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidR="00162DE4" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>cer-safeguardbaselines@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00162DE4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C517CF" w14:textId="77777777" w:rsidR="002C0C54" w:rsidRDefault="002C0C54">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="06C517CF" w14:textId="5C7A39B6" w:rsidR="002C0C54" w:rsidRDefault="002C0C54" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FC4AAC" w14:textId="1DCB4CF9" w:rsidR="00BE54D8" w:rsidRPr="00362E70" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Surrendering_Prescribed_Carbon"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc192082417"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc214294387"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00362E70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surrendering Prescribed Carbon Units </w:t>
       </w:r>
       <w:r w:rsidR="00B8594B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>(PCUs)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="055A1A9D" w14:textId="473E9D58" w:rsidR="00BE54D8" w:rsidRPr="005B358F" w:rsidRDefault="00BE54D8" w:rsidP="00EA629E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc192082418"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc214294388"/>
       <w:r w:rsidRPr="005B358F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Who can complete a surrender?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="005B358F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6442E614" w14:textId="2CEA521E" w:rsidR="003A281C" w:rsidRPr="001375BC" w:rsidRDefault="00C21686" w:rsidP="00BE54D8">
+    <w:p w14:paraId="6442E614" w14:textId="3C2BD578" w:rsidR="003A281C" w:rsidRPr="001375BC" w:rsidRDefault="00C21686" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To start </w:t>
       </w:r>
       <w:r w:rsidR="00BA0F20">
         <w:t>the</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">afeguard surrender process, the </w:t>
+        <w:t xml:space="preserve"> Safeguard surrender process, the </w:t>
       </w:r>
       <w:r w:rsidR="003A281C" w:rsidRPr="00354211">
         <w:t xml:space="preserve">facility’s responsible emitter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="003A281C" w:rsidRPr="00354211">
-        <w:t>submit the surrender request form</w:t>
-[...5 lines deleted...]
-        <w:r w:rsidR="00FC0E38" w:rsidRPr="00395B61">
+        <w:t xml:space="preserve">submit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="004756DE" w:rsidRPr="004756DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Safeguard </w:t>
+        </w:r>
+        <w:r w:rsidR="000F1BB7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="004756DE" w:rsidRPr="004756DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">arbon </w:t>
+        </w:r>
+        <w:r w:rsidR="000F1BB7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidR="004756DE" w:rsidRPr="004756DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">nits </w:t>
+        </w:r>
+        <w:r w:rsidR="000F1BB7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidR="004756DE" w:rsidRPr="004756DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">urrender </w:t>
+        </w:r>
+        <w:r w:rsidR="000F1BB7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="004756DE" w:rsidRPr="004756DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>equest</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004C7658">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+      <w:r w:rsidR="004756DE">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidR="004756DE" w:rsidRPr="00354211" w:rsidDel="004756DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0E38">
+        <w:t xml:space="preserve">located in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00FC0E38" w:rsidRPr="00EC2144">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Online Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EC2144">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="12"/>
+        <w:footnoteReference w:id="18"/>
       </w:r>
       <w:r w:rsidR="00DC19FD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081728C5" w14:textId="19F8B01F" w:rsidR="00EC2144" w:rsidRDefault="003B1849" w:rsidP="003B1849">
+    <w:p w14:paraId="081728C5" w14:textId="1AB5844C" w:rsidR="00EC2144" w:rsidRDefault="003B1849" w:rsidP="003B1849">
       <w:r w:rsidRPr="00354211">
-        <w:t xml:space="preserve">Only the responsible emitter for a facility can submit this form, even if a third party is nominated to complete the surrender transaction in their ANREU account. </w:t>
+        <w:t>Only the responsible emitter for a facility can submit this form, even if a third party is nominated to complete the surrender transaction in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00483719">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B" w:rsidRPr="00F46C3B">
+        <w:t xml:space="preserve">Unit and Certificate Registry </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E8C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00297D2A">
+        <w:t xml:space="preserve"> relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354211">
+        <w:t xml:space="preserve"> ANREU account</w:t>
+      </w:r>
+      <w:r w:rsidR="00297D2A">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354211">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C0BB46" w14:textId="6ACA1B72" w:rsidR="004F7F65" w:rsidRDefault="004F7F65" w:rsidP="004F7F65">
+    <w:p w14:paraId="30C0BB46" w14:textId="44E4CB89" w:rsidR="004F7F65" w:rsidRDefault="004F7F65" w:rsidP="004F7F65">
       <w:r>
         <w:t>The facility’s responsible emitter can submit more than one surrender request form for each monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00BB170F">
         <w:t xml:space="preserve"> and can nominate one or more ANREU accounts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30933F97" w14:textId="42962A00" w:rsidR="00DB75CF" w:rsidRDefault="00DB75CF" w:rsidP="004F7F65">
+    <w:p w14:paraId="30933F97" w14:textId="4A36C50D" w:rsidR="00DB75CF" w:rsidRDefault="00DB75CF" w:rsidP="004F7F65">
       <w:r w:rsidRPr="00245AFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Multiple ANREU accounts may be nominated</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A4527">
+        <w:t xml:space="preserve">Multiple ANREU accounts may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00245AFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and the nominated ANREU account(s) do not need to be related to the responsible emitter.</w:t>
+        <w:t>nominated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A4527">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4527">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not need to be related to the responsible emitter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDC471C" w14:textId="06F2EC1D" w:rsidR="008E63E0" w:rsidRPr="006A4527" w:rsidRDefault="008E63E0" w:rsidP="0001780C">
+    <w:p w14:paraId="1BDC471C" w14:textId="7CCDA6C2" w:rsidR="008E63E0" w:rsidRPr="006A4527" w:rsidRDefault="008E63E0" w:rsidP="0001780C">
       <w:r w:rsidRPr="006A4527">
-        <w:t xml:space="preserve">Once the surrender has been initiated in the nominated ANREU account(s), the authorised representatives for that account will be able to log into the </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">either </w:t>
+        <w:t>Once the surrender has been initiated</w:t>
+      </w:r>
+      <w:r w:rsidR="00242609">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4527">
-        <w:t>ANREU</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">in the nominated ANREU account(s), the authorised representatives for that account will be able to log into the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B" w:rsidRPr="00F46C3B">
+        <w:t xml:space="preserve">Unit and Certificate Registry </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4527">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00556629" w:rsidRPr="006A4527">
         <w:t>complete</w:t>
       </w:r>
       <w:r w:rsidR="00E562D4" w:rsidRPr="006A4527">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4527">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004449F2" w:rsidRPr="006A4527">
         <w:t>surrender</w:t>
       </w:r>
       <w:r w:rsidR="00CE7158">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0008072B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE7158">
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Surrendering_PCUs">
-        <w:r w:rsidR="00CE7158" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00CE7158" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Part 3.6.1 Surrender PCUs for more information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE7158">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004449F2" w:rsidRPr="006A4527">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35407266" w14:textId="721C1493" w:rsidR="003B1849" w:rsidRDefault="00B73D8F" w:rsidP="003B1849">
+    <w:p w14:paraId="35407266" w14:textId="41026501" w:rsidR="003B1849" w:rsidRDefault="00B73D8F" w:rsidP="003B1849">
       <w:r>
-        <w:t xml:space="preserve">If an ANREU account holder that is not the responsible emitter for a facility wishes to initiate a surrender process, contact the </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">afeguard team </w:t>
+        <w:t xml:space="preserve">If an ANREU account holder that is not the responsible emitter for a facility wishes to initiate a surrender process, please contact the Safeguard team </w:t>
       </w:r>
       <w:r w:rsidR="00AB0308">
         <w:t xml:space="preserve">to arrange this </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
-        <w:r w:rsidRPr="00395B61">
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>cer-safeguardbaselines@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32DC1095" w14:textId="3A0B0F3A" w:rsidR="00E80BEA" w:rsidRPr="005B358F" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc192082419"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc214294389"/>
       <w:r w:rsidRPr="005B358F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>When can I surrender PCUs</w:t>
       </w:r>
       <w:r w:rsidR="00CB58BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="06E3BD66" w14:textId="08DB0F52" w:rsidR="00E80BEA" w:rsidRPr="00113B6E" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
-      <w:pPr>
+    <w:p w14:paraId="06E3BD66" w14:textId="08DB0F52" w:rsidR="00E80BEA" w:rsidRPr="00113B6E" w:rsidRDefault="00E80BEA" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You can </w:t>
       </w:r>
       <w:r w:rsidRPr="005B358F">
         <w:t>surrender</w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B358F">
         <w:t>PCUs</w:t>
       </w:r>
@@ -9015,295 +8863,289 @@
         </w:rPr>
         <w:t>monitoring period</w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or an earlier one. You cannot surrender for a future </w:t>
       </w:r>
       <w:r w:rsidR="00DA2E44">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>monitoring period</w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E5A05C" w14:textId="1E630C3E" w:rsidR="00E80BEA" w:rsidRPr="00113B6E" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
+    <w:p w14:paraId="69E5A05C" w14:textId="5B7DEF59" w:rsidR="00E80BEA" w:rsidRPr="00113B6E" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You can surrender as early as </w:t>
       </w:r>
       <w:r w:rsidR="00E77ABA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the first day of the monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="002B6DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. For example, </w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the 2023-24 </w:t>
+        <w:t>for the 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113B6E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r w:rsidR="00E77ABA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>monitoring</w:t>
       </w:r>
       <w:r w:rsidR="00E77ABA" w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>period a surrender can be made from 1 July 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2945CD01" w14:textId="4BF1E87A" w:rsidR="00E80BEA" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
+    <w:p w14:paraId="2945CD01" w14:textId="75131DE8" w:rsidR="00E80BEA" w:rsidRDefault="00E80BEA" w:rsidP="00E80BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You can surrender before the CER has issued the facility’s position statement in the responsible emitter’s Online Services account. However, you should ensure that you are only surrendering sufficient PCUs to resolve an excess emissions situation</w:t>
       </w:r>
       <w:r w:rsidR="00332EAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as the CER </w:t>
       </w:r>
       <w:r w:rsidR="008A4EE2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="00332EAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> not be able to return excess surrendered PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="00113B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0022093A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> See section </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Excess_PCUs_surrendered" w:history="1">
-        <w:r w:rsidR="0022093A" w:rsidRPr="00395B61">
+        <w:r w:rsidR="0022093A" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3.</w:t>
         </w:r>
-        <w:r w:rsidR="00690657" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00690657" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8.1</w:t>
         </w:r>
-        <w:r w:rsidR="0022093A" w:rsidRPr="00395B61">
+        <w:r w:rsidR="0022093A" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> excess </w:t>
         </w:r>
-        <w:r w:rsidR="00BC326F" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00BC326F" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">PCUs </w:t>
         </w:r>
-        <w:r w:rsidR="0022093A" w:rsidRPr="00395B61">
+        <w:r w:rsidR="0022093A" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>surrender</w:t>
         </w:r>
-        <w:r w:rsidR="00BC326F" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00BC326F" w:rsidRPr="00BC326F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC326F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0022093A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">for more information. </w:t>
+        <w:t>for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A0BCF0" w14:textId="77777777" w:rsidR="002B306F" w:rsidRPr="00A7476C" w:rsidRDefault="002B306F" w:rsidP="002B306F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc192082420"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc214294390"/>
       <w:r w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Application deadlines</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="457D0041" w14:textId="77777777" w:rsidR="002B306F" w:rsidRPr="00B879EC" w:rsidRDefault="002B306F" w:rsidP="002B306F">
-      <w:pPr>
+    <w:p w14:paraId="457D0041" w14:textId="77777777" w:rsidR="002B306F" w:rsidRPr="00B879EC" w:rsidRDefault="002B306F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>There is no legislated deadline for a surrender request form to be submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677F98E0" w14:textId="65A3AE7D" w:rsidR="002B306F" w:rsidRPr="00B879EC" w:rsidRDefault="002B306F" w:rsidP="002B306F">
+    <w:p w14:paraId="677F98E0" w14:textId="0244C3C4" w:rsidR="002B306F" w:rsidRPr="00B879EC" w:rsidRDefault="002B306F" w:rsidP="002B306F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>However,</w:t>
       </w:r>
       <w:r w:rsidR="00F1666E" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00446677" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">as </w:t>
-[...11 lines deleted...]
-        <w:t>afeguard facilities must</w:t>
+        <w:t>as Safeguard facilities must</w:t>
       </w:r>
       <w:r w:rsidR="00D20861" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> not be in</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> an excess emissions situation on </w:t>
       </w:r>
       <w:r w:rsidR="00D20861" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>or after</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 April</w:t>
       </w:r>
@@ -9335,64 +9177,65 @@
     <w:p w14:paraId="50023CD3" w14:textId="18C11377" w:rsidR="002B306F" w:rsidRPr="00113B6E" w:rsidRDefault="002B306F" w:rsidP="00E80BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>For example, for a surrender for the 1 April 2025 compliance deadline, forms should be submitted by 17</w:t>
       </w:r>
       <w:r w:rsidR="00712E34" w:rsidRPr="5F77A8D9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>March 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76194EF7" w14:textId="24EABE07" w:rsidR="001E196A" w:rsidRPr="0061135E" w:rsidRDefault="00974355" w:rsidP="001E196A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Steps_required_to"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc192082421"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc214294391"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Overview of the surrender process</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="43F75C8E" w14:textId="75673B6D" w:rsidR="001E196A" w:rsidRDefault="001E196A" w:rsidP="001E196A">
-      <w:pPr>
+    <w:p w14:paraId="43F75C8E" w14:textId="75673B6D" w:rsidR="001E196A" w:rsidRDefault="001E196A" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Completing the surrender request form does not </w:t>
       </w:r>
       <w:r w:rsidR="007E46B4" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">finalise </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the surrender of </w:t>
       </w:r>
       <w:r w:rsidR="00FF5779" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -9471,56 +9314,56 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:r w:rsidR="00EA6118">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a surrender to be completed, all the following steps must take place</w:t>
       </w:r>
       <w:r w:rsidR="00964190">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087F34F7" w14:textId="77777777" w:rsidR="00BA3D5B" w:rsidRPr="00E562D4" w:rsidRDefault="00EE4DE5" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="087F34F7" w14:textId="77777777" w:rsidR="00BA3D5B" w:rsidRPr="00E562D4" w:rsidRDefault="00EE4DE5" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="0027758A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B67943">
@@ -9532,3366 +9375,3051 @@
       <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">surrender request </w:t>
       </w:r>
       <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
       <w:r w:rsidR="00BA3D5B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B57BCCD" w14:textId="78F8CCB0" w:rsidR="00E562D4" w:rsidRPr="00E562D4" w:rsidRDefault="00E562D4" w:rsidP="00EE3C00">
+    <w:p w14:paraId="7B57BCCD" w14:textId="1E355EA9" w:rsidR="00E562D4" w:rsidRDefault="00EB086C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="754" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E562D4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>if the total amount of ACCUs being surrendered (in this surrender request in addition to any previously surrendered ACCUs) is equal to or greater than 30% of the facility’s baseline emissions number for the monitoring period, the responsible emitter must provide the CER with a written explanation of why more carbon abatement was not undertaken at the facility</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E562D4" w:rsidRPr="00E562D4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>f the total amount of ACCUs being surrendered (in this surrender request in addition to any previously surrendered ACCUs) is equal to or greater than 30% of the facility’s baseline emissions number for the monitoring period, the responsible emitter must provide the CER with a written explanation of why more carbon abatement was not undertaken at the facility</w:t>
       </w:r>
       <w:r w:rsidR="000710AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Explanation_requirement" w:history="1">
-        <w:r w:rsidR="000710AF" w:rsidRPr="00395B61">
+        <w:r w:rsidR="000710AF" w:rsidRPr="000710AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t xml:space="preserve">Part 3.5.4 </w:t>
-[...15 lines deleted...]
-          <w:t>xplanation requirement</w:t>
+          <w:t>Part 3.5.4 Explanation requirement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000710AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E562D4">
+      <w:r w:rsidR="00E562D4" w:rsidRPr="00E562D4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2866D671" w14:textId="20CD9235" w:rsidR="001E196A" w:rsidRPr="00300981" w:rsidRDefault="00BA3D5B" w:rsidP="00EE3C00">
+    <w:p w14:paraId="3E10C544" w14:textId="70C6B5D8" w:rsidR="005C0499" w:rsidRPr="00F43AAE" w:rsidRDefault="00E8526F" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>In the form, the responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0499" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>choose which</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED528B" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ANRE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86BD7" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> account(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to use </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED528B" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00893781">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specify the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5F82" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">number </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0499" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>of PCUs to be surrendered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5F82" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00893781">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">selected </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5F82" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">account(s). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2866D671" w14:textId="0C004A09" w:rsidR="001E196A" w:rsidRPr="00300981" w:rsidRDefault="00BA3D5B" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The CER reviews the </w:t>
       </w:r>
       <w:r w:rsidR="00ED6B43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">surrender request form and creates </w:t>
+        <w:t>surrender request form</w:t>
+      </w:r>
+      <w:r w:rsidR="00367A1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, and once approved,</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6B43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> creates </w:t>
       </w:r>
       <w:r w:rsidR="003E3CE6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>the requested surrender transaction(s)</w:t>
       </w:r>
       <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E196A" w:rsidRPr="00300981">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>in the requested ANREU account(s)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE4DE5" w:rsidRPr="00300981">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nominated </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B7B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANREU </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">accounts within </w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="00300981">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02400">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3A08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nit and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02400">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3A08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ertificate </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02400">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3A08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>egistry</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54E3D" w:rsidRPr="00DD2890">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3D8026" w14:textId="6F67EC5E" w:rsidR="001E196A" w:rsidRPr="0027758A" w:rsidRDefault="00EE4DE5" w:rsidP="00EE3C00">
+    <w:p w14:paraId="0C3D8026" w14:textId="70D191E4" w:rsidR="001E196A" w:rsidRPr="0027758A" w:rsidRDefault="00EE4DE5" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> user of the nominated ANREU account(s) must select the </w:t>
+      </w:r>
+      <w:r w:rsidR="00350483" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be surrendered</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05F9D" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in their ANREU </w:t>
+      </w:r>
+      <w:r w:rsidR="00B53C09" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05F9D" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ccount</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5EF9" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00951242" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00416EB6" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C6F" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">total </w:t>
+      </w:r>
+      <w:r w:rsidR="00295155" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">surrender </w:t>
+      </w:r>
+      <w:r w:rsidR="00951242" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amount </w:t>
+      </w:r>
+      <w:r w:rsidR="00295155" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nominated in the online form must be </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0B8D" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>fulfilled exactly</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C6F" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00295155" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>with any combination of ACCU and SMC units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00295155" w:rsidRPr="70F74324">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257E78AC" w14:textId="39A7E6DA" w:rsidR="00D259F1" w:rsidRPr="009E42EE" w:rsidRDefault="00EE4DE5" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027758A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorised representatives for the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="00247235">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ANREU account(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must approve the surrender transaction(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42EE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="004615C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his will </w:t>
+      </w:r>
+      <w:r w:rsidR="001543E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve"> the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00350483">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> user of the nominated ANREU account(s) must select the desired </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00350483">
+        <w:t xml:space="preserve"> from the ANREU account</w:t>
+      </w:r>
+      <w:r w:rsidR="001E196A" w:rsidRPr="00247235">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PCUs</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
+      <w:r w:rsidR="001543E0" w:rsidRPr="00247235">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645CFC9F" w14:textId="4C8C4BAC" w:rsidR="00910857" w:rsidRDefault="00D36702" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6900">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the surrendered PCUs to reduce the net emissions number for a monitoring period</w:t>
+      </w:r>
+      <w:r w:rsidR="00655912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836F35">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06826">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00382660">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A775D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00655912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an excess emissions situation </w:t>
+      </w:r>
+      <w:r w:rsidR="00A775D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>does not exist</w:t>
+      </w:r>
+      <w:r w:rsidR="00382660">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6900">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all of the above steps must be completed </w:t>
+      </w:r>
+      <w:r w:rsidR="006D50BD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10EE2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6900">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00683D3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">midnight </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5433">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>AE</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2AEA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5433">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15342">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>31 March</w:t>
+      </w:r>
+      <w:r w:rsidR="00683D3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6900">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>after the end of the monitoring period</w:t>
+      </w:r>
+      <w:r w:rsidR="0015208A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C8E258" w14:textId="77777777" w:rsidR="00CF2695" w:rsidRPr="00CF2695" w:rsidRDefault="00EE4DE5" w:rsidP="00EE3C00">
+    <w:p w14:paraId="7FEBD7BC" w14:textId="192F6E83" w:rsidR="001929E6" w:rsidRPr="00BF119A" w:rsidRDefault="001929E6" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64C1B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>sections of this guideline provide more detail</w:t>
+      </w:r>
+      <w:r w:rsidR="004D43EE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64C1B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="004D43EE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64C1B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D34F4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>each step of this process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303E7FFF" w14:textId="52F6921C" w:rsidR="001375BC" w:rsidRPr="0061135E" w:rsidRDefault="00DF1BD7" w:rsidP="0027758A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc214294392"/>
+      <w:r w:rsidRPr="0061135E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Preparing the surrender request form</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="23FE0F12" w14:textId="45D5B03C" w:rsidR="00F0792D" w:rsidRPr="005D00F6" w:rsidRDefault="00F71DF0" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Once the responsible emitter and facility have been selected in</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2912">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00314F01">
+        <w:t>surrender form</w:t>
+      </w:r>
+      <w:r w:rsidR="0026709B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2912">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the following information is re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D00F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>quired:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708525AA" w14:textId="0086665C" w:rsidR="00F71DF0" w:rsidRPr="005D00F6" w:rsidRDefault="007A2A65" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> the selected </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00350483">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PCUs</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E196A" w:rsidRPr="0027758A">
+        <w:t xml:space="preserve">inancial </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71DF0" w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> from the ANREU account(s)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001543E0">
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidR="004A48FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645CFC9F" w14:textId="55BA5080" w:rsidR="00910857" w:rsidRDefault="005F6900" w:rsidP="00910857">
-[...216 lines deleted...]
-    <w:p w14:paraId="708525AA" w14:textId="0086665C" w:rsidR="00F71DF0" w:rsidRPr="005D00F6" w:rsidRDefault="007A2A65" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="0EA06CAB" w14:textId="4FEED73B" w:rsidR="00F71DF0" w:rsidRPr="005D00F6" w:rsidRDefault="00F024FD" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>f</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D00F6">
+        <w:t>ANREU account(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD22FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">inancial </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> and surrender details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA06CAB" w14:textId="4FEED73B" w:rsidR="00F71DF0" w:rsidRPr="005D00F6" w:rsidRDefault="00F024FD" w:rsidP="00F10693">
+    <w:p w14:paraId="223D8852" w14:textId="33722F7F" w:rsidR="00F71DF0" w:rsidRPr="00354211" w:rsidRDefault="007A2A65" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ANREU account(s)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD22FA">
+        <w:t xml:space="preserve">xplanation </w:t>
+      </w:r>
+      <w:r w:rsidR="008B632A" w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> and surrender details</w:t>
+        <w:t>requirements (if applicable)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223D8852" w14:textId="33722F7F" w:rsidR="00F71DF0" w:rsidRPr="00354211" w:rsidRDefault="007A2A65" w:rsidP="00F10693">
+    <w:p w14:paraId="247D306D" w14:textId="7F6176AF" w:rsidR="00F0792D" w:rsidRPr="0059555F" w:rsidRDefault="0027758A" w:rsidP="00354211">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Financial year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B2A455" w14:textId="0722E385" w:rsidR="004028D1" w:rsidRDefault="00F0792D" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5580">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73883" w:rsidRPr="000E65C9">
+        <w:t>net emissions number</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1335">
+        <w:t xml:space="preserve"> for the facility</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73883" w:rsidRPr="000E65C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96EEE">
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">financial year </w:t>
+      </w:r>
+      <w:r w:rsidR="00134FAB">
+        <w:t xml:space="preserve">you select </w:t>
+      </w:r>
+      <w:r w:rsidR="004028D1" w:rsidRPr="000E65C9">
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="000E65C9">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96EEE">
+        <w:t xml:space="preserve"> reduced by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00165226">
+        <w:t xml:space="preserve">total </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96EEE">
+        <w:t>amount of</w:t>
+      </w:r>
+      <w:r w:rsidR="004028D1">
+        <w:t xml:space="preserve"> surrendered </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0D0D">
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7402">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184C8D31" w14:textId="0236AD2A" w:rsidR="004454A7" w:rsidRDefault="00045D6A" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Generally, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054415A">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80522">
+        <w:t>monitoring period is</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0792D">
+        <w:t xml:space="preserve"> a whole financial year</w:t>
+      </w:r>
+      <w:r w:rsidR="0054415A">
+        <w:t>. However</w:t>
+      </w:r>
+      <w:r w:rsidR="005F37D1">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FA0257" w14:textId="585B4AD2" w:rsidR="00395A45" w:rsidRDefault="009C41D7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97264">
+        <w:t xml:space="preserve">If the relevant monitoring period is a declared multi-year period including the financial year, the amount of surrendered PCUs will be subtracted from the facility’s net emissions number for that multi-year period. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22B58">
+        <w:t xml:space="preserve">In the form, select the final financial year included in the MYMP to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F433B9">
+        <w:t xml:space="preserve">surrender </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1FC2">
+        <w:t xml:space="preserve">PCUs </w:t>
+      </w:r>
+      <w:r w:rsidR="00F433B9">
+        <w:t xml:space="preserve">against. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247D306D" w14:textId="7F6176AF" w:rsidR="00F0792D" w:rsidRPr="0059555F" w:rsidRDefault="0027758A" w:rsidP="00354211">
-[...76 lines deleted...]
-    <w:p w14:paraId="65FA0257" w14:textId="1F550228" w:rsidR="00395A45" w:rsidRDefault="009C41D7" w:rsidP="00F02100">
+    <w:p w14:paraId="44764E6E" w14:textId="1C03EEA0" w:rsidR="00F433B9" w:rsidRPr="00C97264" w:rsidRDefault="009C41D7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="65"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00C97264">
-        <w:t xml:space="preserve">If the relevant monitoring period is a declared multi-year period including the financial year, the amount of surrendered PCUs will be subtracted from the facility’s net emissions number for that multi-year period. </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">In the form, select the final financial year included in the MYMP to </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>If the relevant monitoring period is a part of a financial year, the amount of surrendered PCUs will be subtracted from the facility’s net emissions number for that monitoring period.</w:t>
+      </w:r>
+      <w:r w:rsidR="00571447">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F433B9">
-        <w:t xml:space="preserve">surrender units against. </w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t>In the form, select the financial year within which the monitoring period has occurred.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44764E6E" w14:textId="1C03EEA0" w:rsidR="00F433B9" w:rsidRPr="00C97264" w:rsidRDefault="009C41D7" w:rsidP="004454A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5FAEE4BC" w14:textId="6BF983C0" w:rsidR="00D223C3" w:rsidRDefault="0027758A" w:rsidP="00354211">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ANREU accounts</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD22FA">
+        <w:t xml:space="preserve"> and surrender details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7FEF21" w14:textId="77777777" w:rsidR="00233991" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">Select the ANREU account(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="0018658B">
+        <w:t xml:space="preserve">from which the PCUs will be surrendered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D077457" w14:textId="1EE06B2E" w:rsidR="00A72566" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245AFE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Multiple</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD22FA" w:rsidRPr="00245AFE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ANREU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245AFE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accounts may be nominated. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72566">
+        <w:t>The nominated ANREU account</w:t>
+      </w:r>
+      <w:r w:rsidR="00233991">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72566">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00233991">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72566">
+        <w:t xml:space="preserve"> do not need to be related to the responsible emitter. Any ANREU account holder can agree to surrender to reduce the net emissions number of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40A7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72566">
+        <w:t>afeguard facility for a stated monitoring period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFD471C" w14:textId="48FB975A" w:rsidR="009105A2" w:rsidRDefault="00E14972" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>For each ANREU account</w:t>
+      </w:r>
+      <w:r w:rsidR="00D045D2" w:rsidRPr="5F77A8D9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009105A2" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">you need to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E262A6">
+        <w:t>specify</w:t>
+      </w:r>
+      <w:r w:rsidR="00E262A6" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0098592C">
+        <w:t xml:space="preserve">total </w:t>
+      </w:r>
+      <w:r w:rsidR="00E262A6">
+        <w:t>number of</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C1444" w:rsidRPr="5F77A8D9">
+        <w:t>PCU</w:t>
+      </w:r>
+      <w:r w:rsidR="00E262A6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E262A6">
+        <w:t xml:space="preserve">inclusive of </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">ACCUs or SMCs) </w:t>
+      </w:r>
+      <w:r w:rsidR="00675B17" w:rsidRPr="5F77A8D9">
+        <w:t>to be surrendered</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5DF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FBC">
+        <w:t>you’re surrendering</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00934498">
+        <w:t xml:space="preserve">a combination of ACCUs and SMCs from </w:t>
+      </w:r>
+      <w:r w:rsidR="003C219F" w:rsidRPr="5F77A8D9">
+        <w:t>the same</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> ANREU account, </w:t>
+      </w:r>
+      <w:r w:rsidR="00701258">
+        <w:t>select the total number of PCUs to be surrendered</w:t>
+      </w:r>
+      <w:r w:rsidR="000767C9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00393963">
+        <w:t xml:space="preserve">When completing the surrender in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B" w:rsidRPr="00F46C3B">
+        <w:t>Unit and Certificate Registry</w:t>
+      </w:r>
+      <w:r w:rsidR="00393963">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00086BE7">
+        <w:t xml:space="preserve">an account user </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B">
+        <w:t xml:space="preserve">can </w:t>
+      </w:r>
+      <w:r w:rsidR="000144AF">
+        <w:t xml:space="preserve">choose </w:t>
+      </w:r>
+      <w:r w:rsidR="003601F1">
+        <w:t xml:space="preserve">any combination of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB63E2">
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4EE2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000144AF">
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidR="00086BE7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7D6F">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00086BE7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B75CE">
+        <w:t>account</w:t>
+      </w:r>
+      <w:r w:rsidR="000144AF">
+        <w:t xml:space="preserve"> holdings</w:t>
+      </w:r>
+      <w:r w:rsidR="008220D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5C9C">
+        <w:t xml:space="preserve">to complete </w:t>
+      </w:r>
+      <w:r w:rsidR="008220D4">
+        <w:t xml:space="preserve">the transaction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3809E7D8" w14:textId="0BAB1FBD" w:rsidR="000C12D3" w:rsidRDefault="000C12D3" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The form provides </w:t>
+      </w:r>
+      <w:r w:rsidR="00437999">
+        <w:t xml:space="preserve">the following information to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7750">
+        <w:t xml:space="preserve">help </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16CAF">
+        <w:t>surrender</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73545">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437999">
+        <w:t>the correct amount of PCUs</w:t>
+      </w:r>
+      <w:r w:rsidR="00B515A3">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CEC6C3" w14:textId="5DC0740D" w:rsidR="00437999" w:rsidRPr="00BA2912" w:rsidRDefault="00437999" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="65"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="240"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00571447">
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA2912">
+        <w:t xml:space="preserve">Total carbon unit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410A28">
+        <w:t>surrender</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2912">
+        <w:t xml:space="preserve"> request amount</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6543E033" w14:textId="40C7BADB" w:rsidR="00866CE3" w:rsidRPr="00245AFE" w:rsidRDefault="00866CE3" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">This is the sum of all </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81D2F">
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve"> that have been entered into the form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FB479B" w14:textId="2474D9D1" w:rsidR="00ED3572" w:rsidRPr="00BA2912" w:rsidRDefault="00866CE3" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>The CER recommends that the total surrender amount does not exceed the amount required to resolve an excess emissions situation for the facility and monitoring period you have selected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8622A3" w14:textId="77777777" w:rsidR="006E4C32" w:rsidRPr="00410A28" w:rsidRDefault="006E4C32" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00410A28">
+        <w:t xml:space="preserve">Maximum recommended surrender amount </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573E16E3" w14:textId="60BCFDB5" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">This value is the </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0B9A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0B9A" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">xcess </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">emissions amount from position statement minus any </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0B9A">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0B9A" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">ending </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245AFE">
+        <w:t>surrender amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3343A927" w14:textId="62A89FD9" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidR="00067375" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F433B9">
-        <w:t>In the form, select the financial year within which the monitoring period has occurred.</w:t>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">value represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="0000237F" w:rsidRPr="5F77A8D9">
+        <w:t>amount of PCUs that</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3361" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> the CER estimates</w:t>
+      </w:r>
+      <w:r w:rsidR="0000237F" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> need to be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> surrender</w:t>
+      </w:r>
+      <w:r w:rsidR="0000237F" w:rsidRPr="5F77A8D9">
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> to resolve an excess emissions situation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAEE4BC" w14:textId="6BF983C0" w:rsidR="00D223C3" w:rsidRDefault="0027758A" w:rsidP="00354211">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="7E8DC2E9" w14:textId="345E52A5" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="00817CCE" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
-        <w:t>ANREU accounts</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and surrender details</w:t>
+        <w:t>You should</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52610">
+        <w:t>perform your own calculations to confirm the number of PCUs surrendered</w:t>
+      </w:r>
+      <w:r w:rsidR="00887CAB">
+        <w:t xml:space="preserve"> will resolve any excess emissions situation.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve"> It is the responsible emitter’s responsibility to </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0A49">
+        <w:t>make sure</w:t>
+      </w:r>
+      <w:r w:rsidR="007719E7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve">the correct number of </w:t>
+      </w:r>
+      <w:r w:rsidR="001E027E">
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve"> are surrendered </w:t>
+      </w:r>
+      <w:r w:rsidR="007719E7">
+        <w:t>to resolve</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4C32" w:rsidRPr="00245AFE">
+        <w:t xml:space="preserve"> an excess emissions situation before 1 April. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7FEF21" w14:textId="77777777" w:rsidR="00233991" w:rsidRDefault="006E4C32" w:rsidP="006E4C32">
-[...79 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="58CDAD8D" w14:textId="13B84372" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">If more </w:t>
+      </w:r>
+      <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">PCUs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>are surrendered than required</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1CFF" w:rsidRPr="5F77A8D9">
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00616B76" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t>the excess</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009105A2" w:rsidRPr="5F77A8D9">
-[...130 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">surrendered </w:t>
+      </w:r>
+      <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
+        <w:t>PCUs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> cannot be refunded, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE22CB" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">recovered or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>transferred</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE22CB" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> in any way</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE22CB" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>carried over to a future period except in limited circumstances – see</w:t>
+      </w:r>
+      <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00043A19" w:rsidRPr="5F77A8D9">
-[...514 lines deleted...]
-      </w:r>
       <w:hyperlink w:anchor="_Excess_and_insufficient">
-        <w:r w:rsidR="00E670E8" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Part</w:t>
         </w:r>
-        <w:r w:rsidR="003701C1" w:rsidRPr="00395B61">
+        <w:r w:rsidR="003701C1" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve"> 3.8</w:t>
         </w:r>
-        <w:r w:rsidR="00E670E8" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00395B61">
+        <w:r w:rsidR="003701C1" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t>e</w:t>
-[...7 lines deleted...]
-          <w:t>xcess and insufficient PCUs surrendered</w:t>
+          <w:t>Excess and insufficient PCUs surrendered</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E670E8" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2771D4E4" w14:textId="0EE8B719" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="006E4C32">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="2771D4E4" w14:textId="0E95E939" w:rsidR="006E4C32" w:rsidRPr="00F46C3B" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00CD04A8" w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00CD04A8" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">surrender less than </w:t>
       </w:r>
-      <w:r w:rsidR="002F7926" w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="002F7926" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00F46C3B" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aximum recommended surrender amount, a further surrender may be required to avoid </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5012" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">or rectify </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>an excess emissions situation</w:t>
       </w:r>
-      <w:r w:rsidR="00C75138" w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00C75138" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless an alternate </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00395B61">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00F46C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+            <w:spacing w:val="-4"/>
           </w:rPr>
           <w:t>excess management option</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00236196">
+      <w:r w:rsidR="00236196" w:rsidRPr="00F46C3B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E4DA42" w14:textId="28A3D602" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> is used.</w:t>
+        <w:t>If this</w:t>
+      </w:r>
+      <w:r w:rsidR="0014534F" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> field is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> blank, then a position statement has not been issued for the facility for the relevant financial year. </w:t>
+      </w:r>
+      <w:r w:rsidR="00935076" w:rsidRPr="5F77A8D9">
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidR="00935076" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can still surrender </w:t>
+      </w:r>
+      <w:r w:rsidR="00F359A6" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PCUs </w:t>
+      </w:r>
+      <w:r w:rsidR="00935076" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>before CER has issued the facility’s position statement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F359A6" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00773E4F" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">However, </w:t>
+      </w:r>
+      <w:r w:rsidR="008506A7" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">again you should </w:t>
+      </w:r>
+      <w:r w:rsidR="00266C3C" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">perform your own calculations to confirm the number of PCUs surrendered will resolve any excess emissions situation, noting that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">excess surrendered PCUs </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43B60" w:rsidRPr="5F77A8D9">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">not be refunded, </w:t>
+      </w:r>
+      <w:r w:rsidR="00200F42" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">recovered or </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">transferred, </w:t>
+      </w:r>
+      <w:r w:rsidR="00200F42" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">carried over </w:t>
+      </w:r>
+      <w:r w:rsidR="00200F42" w:rsidRPr="5F77A8D9">
+        <w:t>to a future period except in limited circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A30" w:rsidRPr="5F77A8D9">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00266C3C" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E4DA42" w14:textId="28A3D602" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="006E4C32">
-[...145 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0695C795" w14:textId="77777777" w:rsidR="006E4C32" w:rsidRPr="00410A28" w:rsidRDefault="006E4C32" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00410A28">
         <w:lastRenderedPageBreak/>
         <w:t>Excess emissions amount from position statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B165C0C" w14:textId="37942C28" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006F7480" w:rsidP="006E4C32">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3B165C0C" w14:textId="37942C28" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006F7480" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001B1727" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>his</w:t>
       </w:r>
       <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> is the amount shown in the current position statement for the facility for the financial year (if available). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72120E84" w14:textId="64F7D450" w:rsidR="003F6D90" w:rsidRDefault="00773E4F">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="72120E84" w14:textId="0E627CF2" w:rsidR="003F6D90" w:rsidRDefault="00773E4F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Facility p</w:t>
       </w:r>
       <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>osition statement</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>s can be viewed</w:t>
       </w:r>
       <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in the responsible emitter’s Online Services account (select </w:t>
       </w:r>
       <w:r w:rsidR="00164C66" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Manage, then </w:t>
       </w:r>
-      <w:r w:rsidR="00395B61">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006E4C32" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">afeguard facilities, then select the facility and Position Statements).  </w:t>
+        <w:t xml:space="preserve">Safeguard facilities, then select the facility and Position Statements).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2C1DCF" w14:textId="70E8E9F9" w:rsidR="002E2E71" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="003F6D90">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="5C2C1DCF" w14:textId="309EEE6D" w:rsidR="002E2E71" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00245AFE">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you disagree with the excess emissions amount shown in this form and the position statement, contact the CER on 1300 553 542 or email </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="0052618E" w:rsidRPr="00395B61">
+        <w:t xml:space="preserve">If you disagree with the excess emissions amount shown in this form and the position statement, please contact the CER on 1300 553 542 or email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="0052618E" w:rsidRPr="0052618E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
             <w:bCs/>
-            <w:color w:val="006C93"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>cer-safeguardbaselines@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00245AFE">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67766A2D" w14:textId="4E11D1A9" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="002E2E71">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="67766A2D" w14:textId="4E11D1A9" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">If this is blank, then a position statement has not been issued for the facility for the relevant financial year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D41CBC" w14:textId="77777777" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="006E4C32">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="44D41CBC" w14:textId="77777777" w:rsidR="006E4C32" w:rsidRPr="00410A28" w:rsidRDefault="006E4C32" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00410A28">
         <w:t>Pending surrender amount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185F30B7" w14:textId="58833173" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="006E4C32">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="185F30B7" w14:textId="58833173" w:rsidR="006E4C32" w:rsidRPr="00245AFE" w:rsidRDefault="006E4C32" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">This is the amount of </w:t>
       </w:r>
       <w:r w:rsidR="002E2E71" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B5957" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00BD64D4" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>which the responsible emitter has already submitted a request to surrender,</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> but the surrender is not yet complete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6897B1" w14:textId="20F02C69" w:rsidR="008F7124" w:rsidRDefault="008F7124" w:rsidP="00E36FF2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Explanation_requirement"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00F25FD5">
         <w:t xml:space="preserve">Explanation requirement </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496D5855" w14:textId="1FF7BB55" w:rsidR="00E0075C" w:rsidRDefault="00571A5C" w:rsidP="00A24598">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="496D5855" w14:textId="1FF7BB55" w:rsidR="00E0075C" w:rsidRDefault="00571A5C" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>This section of the form should be completed i</w:t>
       </w:r>
       <w:r w:rsidR="00E6493F" w:rsidRPr="00E6493F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">f the total amount of ACCUs </w:t>
       </w:r>
       <w:r w:rsidR="00063762">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>surrendered for a facility for a monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00E6493F" w:rsidRPr="00E6493F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> is equal to or greater than 30% of the facility’s baseline emissions number for the monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="00E0075C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246CFB20" w14:textId="24CCB444" w:rsidR="00E6493F" w:rsidRDefault="00E0075C" w:rsidP="00A24598">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="246CFB20" w14:textId="24CCB444" w:rsidR="00E6493F" w:rsidRDefault="00E0075C" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>In these circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00E6493F" w:rsidRPr="00E6493F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00854B80">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">the responsible emitter must provide the CER </w:t>
       </w:r>
       <w:r w:rsidR="00E6493F" w:rsidRPr="00E6493F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>a w</w:t>
       </w:r>
       <w:r w:rsidR="00E6493F" w:rsidRPr="00E6493F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ritten explanation of why more carbon abatement was not undertaken at the facility</w:t>
       </w:r>
       <w:r w:rsidR="000D0B5F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the monitoring period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3819EF36" w14:textId="47B78411" w:rsidR="00222BBE" w:rsidRDefault="00222BBE" w:rsidP="00222BBE">
+    <w:p w14:paraId="3819EF36" w14:textId="47B78411" w:rsidR="00222BBE" w:rsidRDefault="00222BBE" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If a written explanation is required, it must be provided to the CER before the 1 April compliance deadline for the surrender of PCUs to reduce the facility’s net emissions number for the stated monitoring period before 1 April. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3937D7" w14:textId="52292334" w:rsidR="006F0756" w:rsidRPr="00C552B8" w:rsidRDefault="00222BBE" w:rsidP="00C552B8">
-      <w:pPr>
+    <w:p w14:paraId="2E3937D7" w14:textId="52292334" w:rsidR="006F0756" w:rsidRPr="00C552B8" w:rsidRDefault="00222BBE" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>The CER recommends the written explanation is provided with the surrender request form. However, you may provide the written explanation later. It must be provided before the 1 April compliance deadline for the surrender of PCUs to meet the responsible emitter’s obligation to avoid an excess emissions situation before the 1 April compliance deadline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8A0684" w14:textId="09ADE377" w:rsidR="008F7124" w:rsidRPr="007C00A5" w:rsidRDefault="00C552B8" w:rsidP="008F7124">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="0F8A0684" w14:textId="09ADE377" w:rsidR="008F7124" w:rsidRPr="007C00A5" w:rsidRDefault="00C552B8" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D40B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The written explanation must relate to the relevant monitoring period and cover: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A10089E" w14:textId="7292A34D" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="009A796E" w:rsidP="00E46483">
+    <w:p w14:paraId="5A10089E" w14:textId="7292A34D" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="009A796E" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="001D40B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">limitations in available technologies affected the level of carbon abatement undertaken </w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>at the facility during the period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342778D4" w14:textId="263BC1CC" w:rsidR="008F7124" w:rsidRPr="007C00A5" w:rsidRDefault="00B330EE" w:rsidP="00E46483">
+    <w:p w14:paraId="342778D4" w14:textId="263BC1CC" w:rsidR="008F7124" w:rsidRPr="007C00A5" w:rsidRDefault="00B330EE" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="001D40B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">there are barriers, including regulatory barriers, to undertaking carbon abatement </w:t>
       </w:r>
       <w:r w:rsidR="008F7124" w:rsidRPr="007C00A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>at the facility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69533847" w14:textId="272CA818" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="008F7124" w:rsidP="008F7124">
+    <w:p w14:paraId="69533847" w14:textId="30457380" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D40B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information about future opportunities for undertaking carbon abatement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C00A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at the facility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A2DEC6" w14:textId="70685CAE" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C00A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC64C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C00A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D40B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>information included in the explanation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C00A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is commercially sensitive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D40B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4929BF" w14:textId="77777777" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E52BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The written explanation should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D359BB" w14:textId="65DB5405" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D40B5">
+      <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">information about future opportunities for undertaking carbon abatement </w:t>
-[...5 lines deleted...]
-        <w:t>at the facility, and</w:t>
+        <w:t xml:space="preserve">be signed by an executive officer of the responsible emitter for the facility </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A2DEC6" w14:textId="25F0D196" w:rsidR="008F7124" w:rsidRPr="001D40B5" w:rsidRDefault="001D40B5" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="67263080" w14:textId="05269EC7" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D40B5">
+      <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">what is </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F7124" w:rsidRPr="007C00A5">
+        <w:t>specify the facility and responsible emitter</w:t>
+      </w:r>
+      <w:r w:rsidR="00742D0B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">identify any </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F7124" w:rsidRPr="001D40B5">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>information included in the explanation</w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4929BF" w14:textId="77777777" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="008F7124">
-[...17 lines deleted...]
-    <w:p w14:paraId="20D359BB" w14:textId="65DB5405" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="008F7124">
+    <w:p w14:paraId="3F1F88F9" w14:textId="2473842C" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">be signed by an executive officer of the responsible emitter for the facility </w:t>
+        <w:t xml:space="preserve">specify the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F945D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">monitoring period </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67263080" w14:textId="05269EC7" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="008F7124">
+    <w:p w14:paraId="28B60900" w14:textId="71154C39" w:rsidR="006E4C32" w:rsidRPr="00F945D2" w:rsidRDefault="008F7124" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>be uploaded</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the surrender request</w:t>
+      </w:r>
       <w:r w:rsidRPr="007E52BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>specify the facility and responsible emitter</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00742D0B">
+        <w:t xml:space="preserve"> form in word or pdf format</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>’s</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> name </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1F88F9" w14:textId="2473842C" w:rsidR="008F7124" w:rsidRPr="007E52BB" w:rsidRDefault="008F7124" w:rsidP="008F7124">
-[...60 lines deleted...]
-    <w:p w14:paraId="752F32C3" w14:textId="61390870" w:rsidR="00145FBE" w:rsidRDefault="00145FBE" w:rsidP="00F945D2">
+    <w:p w14:paraId="752F32C3" w14:textId="61390870" w:rsidR="00145FBE" w:rsidRDefault="00145FBE" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F945D2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The CER must publish the written explanation on its websit</w:t>
       </w:r>
       <w:r w:rsidR="002E325C">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>e as soon as practicable after receiving it</w:t>
       </w:r>
       <w:r w:rsidR="00970463">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F945D2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">along with other information relating to the </w:t>
       </w:r>
       <w:r w:rsidR="00970463">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>monitoring</w:t>
       </w:r>
       <w:r w:rsidRPr="00F945D2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> period</w:t>
       </w:r>
       <w:r w:rsidR="002A5622">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> such as the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F945D2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> facility’s covered emissions, net emissions number, baseline emissions number and </w:t>
       </w:r>
       <w:r w:rsidR="00A25E83">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>number of</w:t>
       </w:r>
       <w:r w:rsidRPr="00F945D2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> PCUs surrendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FF6EDD" w14:textId="10589856" w:rsidR="00B02CBB" w:rsidRPr="0061135E" w:rsidRDefault="004A0C9F" w:rsidP="00354211">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc192082423"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc214294393"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>What happens once the surrender request form is submitted?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="496F3ABD" w14:textId="22745A12" w:rsidR="00425B6A" w:rsidRPr="00425B6A" w:rsidRDefault="00425B6A" w:rsidP="006B27A1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Surrendering_PCUs"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>Surrendering PCUs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25356505" w14:textId="6E233542" w:rsidR="00F76502" w:rsidRDefault="004A0C9F" w:rsidP="004A0C9F">
-      <w:pPr>
+    <w:p w14:paraId="25356505" w14:textId="107822D0" w:rsidR="00F76502" w:rsidRDefault="004A0C9F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Within 5 business days of receiving the form, the CER will create the requested carbon unit surrender transaction(s) in the nominated ANREU account(s). </w:t>
       </w:r>
       <w:r w:rsidR="00A84E6A" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Once the surrender transactions have been created in the nominated ANREU account(s) they cannot be edited. You must surrender the </w:t>
+        <w:t xml:space="preserve">Once the surrender transactions have been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A84E6A" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>created</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A84E6A" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they cannot be edited. You must surrender the </w:t>
       </w:r>
       <w:r w:rsidR="00F17104" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">exact number </w:t>
       </w:r>
       <w:r w:rsidR="00A84E6A" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>of PCUs indicated in the surrender transaction</w:t>
       </w:r>
       <w:r w:rsidR="00E5402F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to proceed with the transaction</w:t>
       </w:r>
       <w:r w:rsidR="00A84E6A" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B2E79C" w14:textId="77777777" w:rsidR="00275EA3" w:rsidRPr="00354211" w:rsidRDefault="00275EA3" w:rsidP="00275EA3">
-      <w:pPr>
+    <w:p w14:paraId="17B2E79C" w14:textId="2AEAC006" w:rsidR="00275EA3" w:rsidRPr="00354211" w:rsidRDefault="00275EA3" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Once the transaction(s) is created, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF3835">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the primary authorised representative f</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091724B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>primary authorised representative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF3835">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">or the ANREU account(s) will be notified the surrender transactions are ready to be approved in the ANREU account(s). The contact person for the responsible emitter will also be notified when the transaction(s) has been created. </w:t>
+        <w:t xml:space="preserve">or the ANREU account(s) will be notified the surrender transactions are ready to be approved in the ANREU account(s). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D555FE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The contact person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354211">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the responsible emitter will also be notified when the transaction(s) has been created. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456C1A1F" w14:textId="43C35807" w:rsidR="00275EA3" w:rsidRDefault="00275EA3" w:rsidP="00275EA3">
-      <w:pPr>
+    <w:p w14:paraId="216CB239" w14:textId="093149A1" w:rsidR="00A951BA" w:rsidRDefault="00275EA3" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A00AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Users with access to the nominated ANREU account(s) may then select the </w:t>
+        <w:t xml:space="preserve">Users with access to the nominated ANREU account(s) may then select </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>desired PCUs</w:t>
+        <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="009A00AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to meet the surrender request</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="005C630E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the applicable system (see note below)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51624">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. An</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A00AE">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00893637">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> authorised representative with approver permission must </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">nit and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51624">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">then </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A00AE">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00893637">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">approve the transaction </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">ertificate </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51624">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to complete the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A00AE">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00893637">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>surrender</w:t>
+        <w:t>egistry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the applicable system.</w:t>
-[...7 lines deleted...]
-          <w:iCs/>
+        <w:t>. An</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A00AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> authorised representative with approver permission must </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Applicable system for surrenders</w:t>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A00AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approve the transaction </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to complete the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A00AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surrender</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068F567A" w14:textId="53D04237" w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidRDefault="00347C52" w:rsidP="00396FB2">
-[...43 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3783FBC1" w14:textId="65C184B3" w:rsidR="00A26EA7" w:rsidRPr="00410A28" w:rsidDel="001E66E9" w:rsidRDefault="00A26EA7" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:t>made through the existing ANREU system</w:t>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00410A28" w:rsidDel="001E66E9">
+        <w:t>Applicable system for surrenders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312A3F1F" w14:textId="77777777" w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidRDefault="00347C52" w:rsidP="00396FB2">
-[...95 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="298447E5" w14:textId="42E26E52" w:rsidR="00614109" w:rsidRPr="0061135E" w:rsidRDefault="005565CF" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061135E">
-[...40 lines deleted...]
-        <w:r w:rsidRPr="00395B61">
+      <w:r w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both </w:t>
+      </w:r>
+      <w:r w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ACCU</w:t>
+      </w:r>
+      <w:r w:rsidR="00462957">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>and SMC</w:t>
+      </w:r>
+      <w:r w:rsidR="00462957">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB47F6" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00462957" w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>surrender</w:t>
+      </w:r>
+      <w:r w:rsidR="00462957">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00347C52" w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9485A" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Unit and Certificate Registry</w:t>
+      </w:r>
+      <w:r w:rsidR="00F214C7" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which can be </w:t>
+      </w:r>
+      <w:r w:rsidR="00360B53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">found from </w:t>
+      </w:r>
+      <w:r w:rsidR="00F214C7" w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Online Services</w:t>
+      </w:r>
+      <w:r w:rsidDel="001E66E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B67CEA" w14:textId="03AF088C" w:rsidR="0010303B" w:rsidRPr="008D50C3" w:rsidRDefault="0010303B" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>For assistance with completing a surrender</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CEC">
+        <w:t xml:space="preserve"> transaction in the U</w:t>
+      </w:r>
+      <w:r w:rsidR="001D565D">
+        <w:t>nit and Certificate Registry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00D308A8" w:rsidRPr="5F77A8D9">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2843">
+        <w:t>Registry</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2843" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">team at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">Appendix </w:t>
-[...125 lines deleted...]
-          <w:t>cer-registrycontact@cer.gov.au</w:t>
+          <w:t>CER-RegistryContact@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5718D9FD" w14:textId="02147B99" w:rsidR="00850508" w:rsidRDefault="00850508" w:rsidP="00401858">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>When a surrender is complet</w:t>
       </w:r>
       <w:r w:rsidR="000E7698">
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C801CF8" w14:textId="12DE6AA4" w:rsidR="00850508" w:rsidRPr="00401858" w:rsidRDefault="00850508" w:rsidP="004A0C9F">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0C801CF8" w14:textId="1086562D" w:rsidR="00850508" w:rsidRPr="00401858" w:rsidRDefault="00850508" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Once the authorised representative with approver permission approves the transaction, </w:t>
+        <w:t xml:space="preserve">Once </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7405">
+        <w:t>the authorised representative with approver permission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> approves the transaction, </w:t>
       </w:r>
       <w:r w:rsidR="00401858" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">and if required the written explanation </w:t>
       </w:r>
       <w:r w:rsidR="00662388" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">noted in section </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Explanation_requirement">
-        <w:r w:rsidR="00662388" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00662388" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>3.</w:t>
         </w:r>
-        <w:r w:rsidR="00AF7AFE" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00AF7AFE" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00662388" w:rsidRPr="00395B61">
+        <w:r w:rsidR="00662388" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t xml:space="preserve">.3 </w:t>
-[...15 lines deleted...]
-          <w:t>xplanation requirement</w:t>
+          <w:t>.3 Explanation requirement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00662388" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> is provided to the CER, </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>complete</w:t>
+        <w:t>the surrender is complete</w:t>
       </w:r>
       <w:r w:rsidR="00E760A8" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001438EA" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>and t</w:t>
       </w:r>
       <w:r w:rsidR="000E7698">
         <w:t>he net emissions number of the facility</w:t>
       </w:r>
       <w:r w:rsidR="00803687">
         <w:t xml:space="preserve"> for the relevant monitoring period</w:t>
       </w:r>
       <w:r w:rsidR="000E7698">
         <w:t xml:space="preserve"> is reduced by the number of PCUs surrendered</w:t>
       </w:r>
       <w:r w:rsidR="001438EA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10020E4D" w14:textId="23C9ED01" w:rsidR="00D32147" w:rsidRPr="0061135E" w:rsidRDefault="00D32147" w:rsidP="000A2FA8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Once your surrender is complete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF97D70" w14:textId="77777777" w:rsidR="004A0C9F" w:rsidRPr="00354211" w:rsidRDefault="004A0C9F" w:rsidP="004A0C9F">
-      <w:pPr>
+    <w:p w14:paraId="6CF97D70" w14:textId="77777777" w:rsidR="004A0C9F" w:rsidRPr="00354211" w:rsidRDefault="004A0C9F" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Once a surrender transaction is complete:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F40CD84" w14:textId="5C43BD53" w:rsidR="00311812" w:rsidRDefault="00311812" w:rsidP="00354211">
+    <w:p w14:paraId="6F40CD84" w14:textId="725E840A" w:rsidR="00311812" w:rsidRDefault="00311812" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="004A0C9F" w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> record of the completed transaction will be available in the ANREU account. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4E2C59" w14:textId="3AF54F89" w:rsidR="004A0C9F" w:rsidRPr="00354211" w:rsidRDefault="004A0C9F" w:rsidP="00354211">
+    <w:p w14:paraId="3A4E2C59" w14:textId="0B74CBAB" w:rsidR="004A0C9F" w:rsidRPr="00354211" w:rsidRDefault="004A0C9F" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">The responsible emitter for the facility will be able to view draft and completed surrender transactions on the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F1F35">
+        <w:t xml:space="preserve">The responsible emitter for the facility will be able to view draft and completed surrender transactions on the Safeguard facilities </w:t>
+      </w:r>
+      <w:r w:rsidR="00A061BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A061BF" w:rsidRPr="00354211">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arbon </w:t>
+      </w:r>
+      <w:r w:rsidR="00A061BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A061BF" w:rsidRPr="00354211">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nits</w:t>
       </w:r>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">afeguard facilities </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> page in Online Services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5B774D" w14:textId="4A84EBEB" w:rsidR="00A061BF" w:rsidRDefault="00A061BF" w:rsidP="00B02CBB">
+    <w:p w14:paraId="2F5B774D" w14:textId="5E85494B" w:rsidR="00A061BF" w:rsidRDefault="00A061BF" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="004A0C9F" w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> new position statement will be available in the responsible emitter’s Online Services account within 5 business days. </w:t>
+        <w:t xml:space="preserve"> new position statement will be available in the responsible emitter’s Online Services account within 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB086C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0C9F" w:rsidRPr="00354211">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">business days. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E40503" w14:textId="6A072676" w:rsidR="00DD25F1" w:rsidRPr="00E45780" w:rsidRDefault="004A0C9F" w:rsidP="00B02CBB">
+    <w:p w14:paraId="74E40503" w14:textId="6A072676" w:rsidR="00DD25F1" w:rsidRPr="00E45780" w:rsidRDefault="004A0C9F" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354211">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>An email will be sent to the contact person for the responsible emitter when the new position statement is available.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BEC5A88" w14:textId="6D29FE16" w:rsidR="00A15D4A" w:rsidRPr="00A15D4A" w:rsidRDefault="00A15D4A" w:rsidP="00A15D4A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc192082424"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc214294394"/>
       <w:r w:rsidRPr="00A15D4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Publication</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="3168E2D8" w14:textId="5C36894B" w:rsidR="004B0623" w:rsidRDefault="004B0623" w:rsidP="004B0623">
+    <w:p w14:paraId="3168E2D8" w14:textId="5C36894B" w:rsidR="004B0623" w:rsidRDefault="004B0623" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">For each </w:t>
       </w:r>
       <w:r w:rsidR="007C3F0A" w:rsidRPr="5F77A8D9">
         <w:t>monitoring period</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>, the CER must publish details of</w:t>
       </w:r>
       <w:r w:rsidR="00B9340B" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> any PCUs surrendered to reduce the net emissions number of the facility. </w:t>
       </w:r>
       <w:r w:rsidR="00545018" w:rsidRPr="5F77A8D9">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00DF77A7" w:rsidRPr="5F77A8D9">
         <w:t>he</w:t>
       </w:r>
       <w:r w:rsidR="00545018" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="00DF77A7" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">details will </w:t>
       </w:r>
       <w:r w:rsidR="00182D8F" w:rsidRPr="5F77A8D9">
@@ -12910,51 +12438,51 @@
         <w:t xml:space="preserve">relevant to </w:t>
       </w:r>
       <w:r w:rsidR="00545018" w:rsidRPr="5F77A8D9">
         <w:t>any</w:t>
       </w:r>
       <w:r w:rsidR="006436C7" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E188C" w:rsidRPr="5F77A8D9">
         <w:t>ACCUs surrendered.</w:t>
       </w:r>
       <w:r w:rsidR="00182D8F" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABA1B73" w14:textId="7E91D404" w:rsidR="003D685C" w:rsidRPr="00A7476C" w:rsidRDefault="00BF2676" w:rsidP="003D685C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Excess_and_insufficient"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc192082425"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc214294395"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Excess</w:t>
       </w:r>
       <w:r w:rsidR="00530A8C" w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00722CA8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
@@ -13012,53 +12540,53 @@
       <w:r w:rsidR="00BF2676">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00530A8C">
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidR="002C3228">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A111D">
         <w:t>sur</w:t>
       </w:r>
       <w:r w:rsidR="00327900" w:rsidRPr="009A111D">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="009A111D">
         <w:t>ender</w:t>
       </w:r>
       <w:r w:rsidR="00530A8C" w:rsidRPr="009A111D">
         <w:t>ed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C01A65" w14:textId="78E468D6" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="002C3228">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="20C01A65" w14:textId="78E468D6" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If more prescribed carbon units are surrendered than required to resolve an excess emission</w:t>
       </w:r>
       <w:r w:rsidR="00F411E9" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> situation, the over-surrendered </w:t>
       </w:r>
       <w:r w:rsidR="002C3228" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -13128,227 +12656,227 @@
       <w:r w:rsidR="00723154" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>is if</w:t>
       </w:r>
       <w:r w:rsidR="00EF752F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> either</w:t>
       </w:r>
       <w:r w:rsidR="00264E43" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C14F11" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="04C14F11" w14:textId="07012575" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">some or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the prescribed carbon units were surrendered because of an error on the part of the CER, or</w:t>
+        <w:t xml:space="preserve"> the prescribed carbon units were surrendered because of an error on the part of the CER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0702DF66" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="0702DF66" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following apply:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14410394" w14:textId="3F630501" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="14410394" w14:textId="3F630501" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">some or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00B63BB9" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> were surrendered because of an error on the part of the responsible emitter or another person (e.g. the organisation that submits the facility’s annual NGER Scheme report)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D330F19" w14:textId="1D6308D7" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="1D330F19" w14:textId="1D6308D7" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the error concerned the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>amount</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> of covered emissions or the quantity of a production variable for the facility, during the relevant period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD6ECC0" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="002C3228">
+    <w:p w14:paraId="4AD6ECC0" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B1AF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>the CER required an NGER Scheme report to be resubmitted because of the error</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32456435" w14:textId="77777777" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B1AF5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>the CER required an NGER Scheme report to be resubmitted because of the error</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>the CER is satisfied that the error was made in good faith.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2212A8" w14:textId="34702A7A" w:rsidR="008A5FD7" w:rsidRPr="003B1AF5" w:rsidRDefault="008A5FD7" w:rsidP="008A5FD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If an over-surrender meets the requirements outlined above, the responsible emitter</w:t>
       </w:r>
       <w:r w:rsidR="00077A54" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> can request for </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
@@ -13395,51 +12923,54 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following financial year. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44730AC9" w14:textId="19404082" w:rsidR="00626E9B" w:rsidRPr="00626E9B" w:rsidRDefault="00BF2676" w:rsidP="00124161">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insufficient </w:t>
       </w:r>
       <w:r w:rsidRPr="00124161">
         <w:t>PCUs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A55ADA">
         <w:t>surrendered</w:t>
       </w:r>
       <w:r w:rsidR="00626E9B" w:rsidRPr="00626E9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0692F9" w14:textId="7327F8D6" w:rsidR="005139B2" w:rsidRDefault="00A55ADA" w:rsidP="003D685C">
+    <w:p w14:paraId="4A0692F9" w14:textId="7327F8D6" w:rsidR="005139B2" w:rsidRDefault="00A55ADA" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="002C3228">
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r>
         <w:t>insufficient</w:t>
       </w:r>
       <w:r w:rsidR="003D685C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3228">
         <w:t xml:space="preserve">PCUs are surrendered to resolve an excess emissions </w:t>
       </w:r>
       <w:r w:rsidR="00925D34">
         <w:t>situation</w:t>
       </w:r>
       <w:r w:rsidR="00C82419">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002C3228">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00925D34">
@@ -13460,607 +12991,660 @@
       <w:r w:rsidR="00572F4D">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0081274F">
         <w:t xml:space="preserve">dditional </w:t>
       </w:r>
       <w:r w:rsidR="00572F4D">
         <w:t>surrender</w:t>
       </w:r>
       <w:r w:rsidR="0081274F">
         <w:t>s can be</w:t>
       </w:r>
       <w:r w:rsidR="00572F4D">
         <w:t xml:space="preserve"> initiated by submitt</w:t>
       </w:r>
       <w:r w:rsidR="00B254FE">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00572F4D">
         <w:t xml:space="preserve"> a new surrender request </w:t>
       </w:r>
       <w:r w:rsidR="002F3236">
         <w:t>form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD9DB9E" w14:textId="79DE6BB7" w:rsidR="00E36DF9" w:rsidRDefault="004725A7" w:rsidP="00BE54D8">
+    <w:p w14:paraId="79E8AD48" w14:textId="1CC84AD3" w:rsidR="00027D90" w:rsidRDefault="004725A7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>If there is an error in</w:t>
       </w:r>
       <w:r w:rsidR="008B77A1">
         <w:t xml:space="preserve"> the responsible emitter’s calculation of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the covered emissions </w:t>
       </w:r>
       <w:r w:rsidR="00202477">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00D861BE">
         <w:t>the quantity of a production variable for the facility</w:t>
       </w:r>
       <w:r w:rsidR="008B77A1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D861BE">
         <w:t xml:space="preserve"> and the error results in </w:t>
       </w:r>
       <w:r w:rsidR="00F11376">
         <w:t>an increased excess</w:t>
       </w:r>
       <w:r w:rsidR="003A3A0D">
         <w:t xml:space="preserve">, a further surrender will be required </w:t>
       </w:r>
       <w:r w:rsidR="002F3236">
         <w:t>to resolve the excess</w:t>
       </w:r>
       <w:r w:rsidR="003F4E5F">
         <w:t xml:space="preserve"> emissions situation.</w:t>
       </w:r>
+      <w:r w:rsidR="00E36DF9">
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79E8AD48" w14:textId="0E086C50" w:rsidR="00027D90" w:rsidRDefault="00E36DF9" w:rsidP="00E36DF9">
-[...7 lines deleted...]
-    <w:p w14:paraId="3D847F87" w14:textId="1081C138" w:rsidR="00BE54D8" w:rsidRPr="00BA1DBA" w:rsidRDefault="00BE54D8" w:rsidP="004B50AE">
+    <w:p w14:paraId="3D847F87" w14:textId="11F59C90" w:rsidR="00BE54D8" w:rsidRPr="00BA1DBA" w:rsidRDefault="00BE54D8" w:rsidP="004B50AE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Issuance_of_Safeguard"/>
-      <w:bookmarkStart w:id="26" w:name="_Toc192082426"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc214294396"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00BA1DBA">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Issuance of Safeguard Mechanism </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
+      <w:r w:rsidR="00F46C3B">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1DBA">
         <w:t xml:space="preserve">redit </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
+      <w:r w:rsidR="00F46C3B">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1DBA">
         <w:t>nits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00BA1DBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757618E4" w14:textId="26D0713D" w:rsidR="00A16578" w:rsidRPr="00A7476C" w:rsidRDefault="00A16578" w:rsidP="00916320">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc192082427"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc214294397"/>
       <w:r w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Who can be issued SMCs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="07E39D12" w14:textId="587F31C6" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="00824BF7">
+    <w:p w14:paraId="07E39D12" w14:textId="221789B9" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">SMCs can only be issued to a responsible emitter for a facility </w:t>
       </w:r>
       <w:r w:rsidR="00ED3D90" w:rsidRPr="5F77A8D9">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> financial years and</w:t>
       </w:r>
       <w:r w:rsidR="00EB0CD3" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> completed</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve"> declared multiyear monitoring periods (MYMPs) that begin after 30 June 2023.</w:t>
+        <w:t xml:space="preserve"> declared multi</w:t>
+      </w:r>
+      <w:r w:rsidR="0089092D">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t>year monitoring periods (MYMPs) that begin after 30 June 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420D73E3" w14:textId="39AFB189" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="00824BF7">
+    <w:p w14:paraId="420D73E3" w14:textId="39AFB189" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>To be issued SMCs, the facility mus</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidR="003B444A" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>meet</w:t>
       </w:r>
       <w:r w:rsidR="003B444A" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> certain </w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">eligibility criteria </w:t>
       </w:r>
       <w:r w:rsidR="003B444A" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="003C3FD0" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the responsibility emitter for the facility must </w:t>
       </w:r>
       <w:r w:rsidR="003B444A" w:rsidRPr="5F77A8D9">
         <w:t>submit the SMC issuance application form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523450A1" w14:textId="58ABF5AA" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="00824BF7">
+    <w:p w14:paraId="523450A1" w14:textId="357B3B54" w:rsidR="00824BF7" w:rsidRPr="003B444A" w:rsidRDefault="00824BF7" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">SMCs can only be issued to the responsible emitter’s ANREU account. </w:t>
       </w:r>
       <w:r w:rsidR="00E82340" w:rsidRPr="5F77A8D9">
         <w:t>If you don’t have one y</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">ou will need to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:anchor="open-an-anreu-account" w:history="1">
-        <w:r w:rsidRPr="003F1F35">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>apply for an ANREU account</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E721ED" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="15"/>
+        <w:footnoteReference w:id="20"/>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> before submitting </w:t>
       </w:r>
       <w:r w:rsidR="006125A5" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">application. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1816466B" w14:textId="08BF339D" w:rsidR="003300F1" w:rsidRPr="00A7476C" w:rsidRDefault="00A16578" w:rsidP="00C31C82">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc192082428"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc214294398"/>
       <w:r w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Eligibility </w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="00A7476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>criteria</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="74C3E89B" w14:textId="61633D57" w:rsidR="003F06A0" w:rsidRPr="00E20567" w:rsidRDefault="00283AE6" w:rsidP="00987887">
-      <w:pPr>
+    <w:p w14:paraId="74C3E89B" w14:textId="673E61D8" w:rsidR="003F06A0" w:rsidRPr="00E20567" w:rsidRDefault="00283AE6" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The CER</w:t>
       </w:r>
       <w:r w:rsidR="0036023E" w:rsidRPr="00A9623B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will assess your application </w:t>
       </w:r>
       <w:r w:rsidR="0036023E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">against </w:t>
       </w:r>
       <w:r w:rsidR="0036023E" w:rsidRPr="00A9623B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information in our records and decide whether the</w:t>
       </w:r>
       <w:r w:rsidR="00E65975">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> following</w:t>
       </w:r>
       <w:r w:rsidR="0036023E" w:rsidRPr="00A9623B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligibility requirements are met</w:t>
       </w:r>
       <w:r w:rsidR="002428BA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. If we are </w:t>
+        <w:t xml:space="preserve">. If </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>satisfied,</w:t>
       </w:r>
       <w:r w:rsidR="002428BA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> we will </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the CER</w:t>
+      </w:r>
+      <w:r w:rsidR="002428BA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
       </w:r>
       <w:r w:rsidR="00C46490">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
       <w:r w:rsidR="002428BA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">decide </w:t>
       </w:r>
       <w:r w:rsidR="0036023E" w:rsidRPr="00A9623B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">how many SMCs should be issued. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABB0395" w14:textId="1DC51718" w:rsidR="00987887" w:rsidRPr="00E20567" w:rsidRDefault="006D0841" w:rsidP="00E20567">
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="3ABB0395" w14:textId="1DC51718" w:rsidR="00987887" w:rsidRPr="00E20567" w:rsidRDefault="006D0841" w:rsidP="0049637F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>facility without a</w:t>
       </w:r>
       <w:r w:rsidR="0061575D" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> MYMP</w:t>
       </w:r>
       <w:r w:rsidR="004B3CBE" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> must</w:t>
       </w:r>
       <w:r w:rsidR="007E4D63" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> meet the following requirements </w:t>
       </w:r>
       <w:r w:rsidR="000B416B" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00EE24EF" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E4D63" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>the financial year</w:t>
       </w:r>
       <w:r w:rsidR="00EE24EF" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> for which SMCs are sought</w:t>
       </w:r>
       <w:r w:rsidR="00DF0E6D" w:rsidRPr="5F77A8D9">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33852D37" w14:textId="0FDD7974" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="004B3CBE" w:rsidP="00E20567">
+    <w:p w14:paraId="33852D37" w14:textId="4A6EA074" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00541F2C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="subsection"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>be</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3CBE" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a designated large facility, or an eligible facility</w:t>
       </w:r>
       <w:r w:rsidR="00544EF2" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:footnoteReference w:id="16"/>
+        <w:footnoteReference w:id="21"/>
       </w:r>
       <w:r w:rsidR="00973661" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the financial year</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="172478C4" w14:textId="42D73B01" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="007B18C5" w:rsidP="00E20567">
+    <w:p w14:paraId="172478C4" w14:textId="110E540A" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00541F2C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="subsection"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>ha</w:t>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="007B18C5" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="004B3CBE" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>ve</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidR="007B18C5" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>no borrowing adjustment determination specif</w:t>
       </w:r>
       <w:r w:rsidR="00874386" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>ying</w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a borrowing adjustment number </w:t>
       </w:r>
       <w:r w:rsidR="005E5682" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>for the financial year</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D39AC40" w14:textId="070B73E5" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00874386" w:rsidP="00E20567">
+    <w:p w14:paraId="6D39AC40" w14:textId="6DBACB90" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00541F2C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>ha</w:t>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00874386" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="007E4D63" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>ve</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidR="00874386" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> baseline emissions number </w:t>
       </w:r>
       <w:r w:rsidR="004A631F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">for the financial year </w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>greater than the sum of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5892042A" w14:textId="4FCEA521" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00987887" w:rsidP="00E20567">
+    <w:p w14:paraId="5892042A" w14:textId="4FCEA521" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00987887" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="paragraphsub"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>the facility’s covered emissions</w:t>
       </w:r>
       <w:r w:rsidR="004A631F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0063710F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>for the financial year</w:t>
       </w:r>
       <w:r w:rsidR="009B12ED" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C4EF6B" w14:textId="5A47E0AF" w:rsidR="00E20567" w:rsidRDefault="00987887" w:rsidP="00E20567">
+    <w:p w14:paraId="55C4EF6B" w14:textId="0A48E051" w:rsidR="00E20567" w:rsidRDefault="00987887" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="paragraphsub"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">the number of </w:t>
       </w:r>
-      <w:r w:rsidR="003F1F35">
+      <w:r w:rsidR="007A1DE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>ACCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if any) by which the net emissions number </w:t>
       </w:r>
       <w:r w:rsidR="00462A8F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">for the financial year </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">is increased </w:t>
       </w:r>
       <w:r w:rsidR="002E126A" w:rsidRPr="5F77A8D9">
         <w:rPr>
@@ -14080,757 +13664,740 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>XK(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">4) of the </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8514E6" w14:textId="7BEF284F" w:rsidR="00E20567" w:rsidRPr="007E4D63" w:rsidRDefault="00C45C8C" w:rsidP="007E4D63">
+    <w:p w14:paraId="694964C2" w14:textId="5DB59959" w:rsidR="007234CD" w:rsidRPr="00EB086C" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="subsection"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>Not be</w:t>
       </w:r>
       <w:r w:rsidR="00E20567" w:rsidRPr="007E4D63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">s not a landfill facility. </w:t>
+        <w:t xml:space="preserve"> a landfill facility. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694964C2" w14:textId="77777777" w:rsidR="007234CD" w:rsidRDefault="007234CD" w:rsidP="007234CD">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="79104D11" w14:textId="59317AB3" w:rsidR="00987887" w:rsidRPr="007234CD" w:rsidRDefault="00256BA2" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">The responsible emitter for a facility with an MYMP can apply for SMCs for the MYMP after the last financial year of the MYMP. </w:t>
+      </w:r>
+      <w:r w:rsidR="00250043" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facility with a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74878" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MYMP</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB614C" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94B7E" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for which SMCs are sought </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB614C" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>must meet the following requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83287" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the MYMP</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74878" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79104D11" w14:textId="59317AB3" w:rsidR="00987887" w:rsidRPr="007234CD" w:rsidRDefault="00256BA2" w:rsidP="001413DA">
-[...75 lines deleted...]
-    <w:p w14:paraId="4BDA1EEF" w14:textId="473C5715" w:rsidR="00FA6B1F" w:rsidRDefault="00FA6B1F" w:rsidP="00FA6B1F">
+    <w:p w14:paraId="4BDA1EEF" w14:textId="3057CF1A" w:rsidR="00FA6B1F" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="subsection"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>be a designated large facility, or an eligible facility</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6B1F" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>e a designated large facility, or an eligible facility</w:t>
       </w:r>
       <w:r w:rsidR="00F2438C" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, during each </w:t>
       </w:r>
       <w:r w:rsidR="00EE6949" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">financial </w:t>
       </w:r>
       <w:r w:rsidR="00F2438C" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">year in the </w:t>
       </w:r>
       <w:r w:rsidR="0092610B" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>MYMP</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidR="00FA6B1F" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:footnoteReference w:id="17"/>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FED1C9B" w14:textId="4C4F42E0" w:rsidR="00FA6B1F" w:rsidRPr="00FA6B1F" w:rsidRDefault="00FA6B1F" w:rsidP="00FA6B1F">
+    <w:p w14:paraId="6FED1C9B" w14:textId="33B0F7FB" w:rsidR="00FA6B1F" w:rsidRPr="00FA6B1F" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="subsection"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">have no borrowing adjustment determination specifying a borrowing adjustment number </w:t>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6B1F" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ave no borrowing adjustment determination specifying a borrowing adjustment number </w:t>
       </w:r>
       <w:r w:rsidR="002500A8" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">for a financial year in the </w:t>
       </w:r>
       <w:r w:rsidR="000F3CC4" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>MYMP</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="016981C9" w14:textId="42B4C600" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="000F3CC4" w:rsidP="007234CD">
+    <w:p w14:paraId="016981C9" w14:textId="50DB9056" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">have </w:t>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3CC4" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ave </w:t>
       </w:r>
       <w:r w:rsidR="00D658A2" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> baseline emissions number for </w:t>
       </w:r>
       <w:r w:rsidR="006F57E1" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">each financial year included in </w:t>
       </w:r>
       <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>the MYMP greater than the sum of:</w:t>
+        <w:t>the MYMP greater than the sum of</w:t>
+      </w:r>
+      <w:r w:rsidR="00410A28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> both</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A4B231" w14:textId="42BF2D26" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00987887" w:rsidP="007234CD">
-[...103 lines deleted...]
-    <w:p w14:paraId="779FF497" w14:textId="0BC6693D" w:rsidR="00987887" w:rsidRPr="006A634B" w:rsidRDefault="00146E55" w:rsidP="007234CD">
+    <w:p w14:paraId="47A4B231" w14:textId="77B7D18D" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00987887" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="paragraphsub"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A9623B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> 2023-24 financial year or a later financial year</w:t>
+        <w:t>the facility’s covered emissions for each financial year included in the MYMP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D26881" w14:textId="44F0A03D" w:rsidR="0068148B" w:rsidRDefault="0068148B" w:rsidP="0068148B">
-[...1 lines deleted...]
-        <w:pStyle w:val="subsection"/>
+    <w:p w14:paraId="1454E828" w14:textId="03693C05" w:rsidR="00987887" w:rsidRPr="00A9623B" w:rsidRDefault="00987887" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="paragraphsub"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9623B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006A634B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BF2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>ACCUs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if any) by which the net emissions number for </w:t>
+      </w:r>
+      <w:r w:rsidR="000B57DB" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">each financial year included in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the MYMP is increased </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7705" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>subsection 22</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>XK(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>4) of the NGER Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66768F83" w14:textId="3BAB2065" w:rsidR="00C23EEC" w:rsidRPr="006A634B" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="paragraphsub"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00146E55" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MYMP commenced in </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6451" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00987887" w:rsidRPr="5F77A8D9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>24 financial year or a later financial year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DCAA8F" w14:textId="70DEEF9B" w:rsidR="00C46490" w:rsidRPr="00C23EEC" w:rsidRDefault="00C51090" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="paragraphsub"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C23EEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">is not a landfill facility. </w:t>
+        <w:t xml:space="preserve">Not be </w:t>
+      </w:r>
+      <w:r w:rsidR="0068148B" w:rsidRPr="00C23EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a landfill facility. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DCAA8F" w14:textId="77777777" w:rsidR="00C46490" w:rsidRDefault="00C46490" w:rsidP="007234CD">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0ED0A178" w14:textId="77777777" w:rsidR="00C92D8C" w:rsidRDefault="00C92D8C" w:rsidP="005D1B77">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Further to the eligibility requirements above the CER must be satisfied there is no evidence to suggest the following have been inaccurately reported:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0ED0A178" w14:textId="77777777" w:rsidR="00C92D8C" w:rsidRDefault="00C92D8C" w:rsidP="00C92D8C">
-[...13 lines deleted...]
-    <w:p w14:paraId="74CF1F2E" w14:textId="585E2059" w:rsidR="00C92D8C" w:rsidRDefault="00C92D8C" w:rsidP="00C92D8C">
+    <w:p w14:paraId="74CF1F2E" w14:textId="585E2059" w:rsidR="00C92D8C" w:rsidRDefault="00C92D8C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009C30D9">
         <w:t xml:space="preserve">production variable </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">quantity </w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t xml:space="preserve">for the financial year </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(or </w:t>
       </w:r>
       <w:r w:rsidR="00584697">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>ny</w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t xml:space="preserve"> financial year in the MYMP</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t>if applicable</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BDB5C0" w14:textId="239FE0D4" w:rsidR="00C92D8C" w:rsidRDefault="00C92D8C" w:rsidP="00C92D8C">
+    <w:p w14:paraId="6AD68EF5" w14:textId="7DFB9E19" w:rsidR="00C92D8C" w:rsidRPr="00EB086C" w:rsidRDefault="00C92D8C" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009C30D9">
         <w:t xml:space="preserve">covered emissions of greenhouse gases from the operation of the facility in the financial year </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(or </w:t>
       </w:r>
       <w:r w:rsidR="00584697">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>ny</w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t xml:space="preserve"> financial year in the MYMP</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009C30D9">
         <w:t>if applicable</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD68EF5" w14:textId="77777777" w:rsidR="00C92D8C" w:rsidRPr="0090619C" w:rsidRDefault="00C92D8C" w:rsidP="00C31C82">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6309B123" w14:textId="12CBD2B7" w:rsidR="000144DF" w:rsidRDefault="000144DF" w:rsidP="00076DE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_SMC_issuance_entitlement"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc192082429"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc214294399"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00C91E8B">
         <w:t xml:space="preserve">SMC issuance </w:t>
       </w:r>
       <w:r w:rsidR="00B90BEB">
         <w:t xml:space="preserve">entitlement </w:t>
       </w:r>
       <w:r w:rsidRPr="00C91E8B">
         <w:t>calculation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="118C1865" w14:textId="6737499D" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="118C1865" w14:textId="6737499D" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>The formula to calculate the number of SMCs for which a responsible emitter is eligible, where they were the responsible emitter for the entire financial year or MYMP, is:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4690A120" w14:textId="23E37134" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
+    <w:p w14:paraId="4690A120" w14:textId="437474E0" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SMC </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>fy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> = baseline emissions number* – covered emissions – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:anchor="attributable-accus" w:history="1">
-        <w:r w:rsidRPr="003F1F35">
+      <w:hyperlink r:id="rId32" w:anchor=":~:text=excess%20emissions.-,Attributable%20ACCUs,-Attributable%20ACCUs%20are" w:history="1">
+        <w:r w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Calibri"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>ACCUs issued</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC66B4" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:footnoteReference w:id="18"/>
+        <w:footnoteReference w:id="23"/>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the monitoring period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35821893" w14:textId="6FE601EC" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="35821893" w14:textId="6FE601EC" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> baseline emissions number for </w:t>
       </w:r>
       <w:r w:rsidR="0077031B" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">purpose </w:t>
       </w:r>
       <w:r w:rsidR="0077031B" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>is the</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> number</w:t>
       </w:r>
       <w:r w:rsidR="00765126" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> calculated</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C75DB" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> any adjustment to the default of 100,000. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF591F9" w14:textId="1A8F1C5E" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5AF591F9" w14:textId="1A8F1C5E" w:rsidR="00CB2ED5" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The formula to calculate the number of SMCs </w:t>
       </w:r>
       <w:r w:rsidR="0085237D" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>which a responsible emitter is eligible, where they were the responsible emitter for part of the financial year</w:t>
       </w:r>
       <w:r w:rsidR="00026528" w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>, is</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136D5910" w14:textId="24ECEDD2" w:rsidR="007A0380" w:rsidRPr="00D816E5" w:rsidRDefault="00CB2ED5" w:rsidP="00CB2ED5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SMC </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
@@ -14879,459 +14446,471 @@
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(number of </w:t>
       </w:r>
       <w:r w:rsidR="00610585" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>days in financial year for which entity was responsible emitter</w:t>
       </w:r>
       <w:r w:rsidR="00383ED4" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/ 365)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C5C4DD" w14:textId="45E6A6D0" w:rsidR="0082565D" w:rsidRDefault="007F025E" w:rsidP="007F025E">
+    <w:p w14:paraId="76C5C4DD" w14:textId="45E6A6D0" w:rsidR="0082565D" w:rsidRDefault="007F025E" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">If you have submitted your facility’s covered emissions and production variable quantity data to CER, </w:t>
       </w:r>
       <w:r w:rsidR="006354BE" w:rsidRPr="5F77A8D9">
         <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> will prepare and issue a position statement </w:t>
       </w:r>
       <w:r w:rsidR="006354BE" w:rsidRPr="5F77A8D9">
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> an estimate of whether the responsible emitter may be eligible for SMCs in relation to the facility, and the number of SMCs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C5FE1E" w14:textId="548EA319" w:rsidR="00A17300" w:rsidRDefault="007F025E" w:rsidP="00A17300">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="47C5FE1E" w14:textId="69B94432" w:rsidR="00A17300" w:rsidRDefault="007F025E" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">Once issued, </w:t>
       </w:r>
       <w:r w:rsidR="00057454" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the facility’s </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>position statement will be available in the responsible emitter’s Online Services account</w:t>
       </w:r>
       <w:r w:rsidR="00A17300" w:rsidRPr="5F77A8D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (select Manage, then </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">afeguard facilities, then select the facility and Position Statements).  </w:t>
+        <w:t xml:space="preserve"> (select Manage, then Safeguard facilities, then select the facility and Position Statements).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E10615" w14:textId="6FEED716" w:rsidR="0082565D" w:rsidRPr="0082565D" w:rsidRDefault="0082565D" w:rsidP="0082565D">
-      <w:pPr>
+    <w:p w14:paraId="14E10615" w14:textId="6FEED716" w:rsidR="0082565D" w:rsidRPr="0082565D" w:rsidRDefault="0082565D" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The SMC issuance application form will show the </w:t>
       </w:r>
       <w:r w:rsidR="00AF5B97">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">estimated </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>number of SMCs the responsible emitter may be eligible for based on the value in the position statement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CF206C" w14:textId="62AB8E58" w:rsidR="007F025E" w:rsidRDefault="00BE5394" w:rsidP="007F025E">
+    <w:p w14:paraId="76CF206C" w14:textId="037A16F2" w:rsidR="007F025E" w:rsidRDefault="00BE5394" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>Responsible emitters</w:t>
       </w:r>
       <w:r w:rsidR="007F025E" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> are entitled to submit </w:t>
       </w:r>
       <w:r w:rsidR="00385796" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="007F025E" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">application form before </w:t>
       </w:r>
       <w:r w:rsidR="009E4C9C" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">their </w:t>
       </w:r>
       <w:r w:rsidR="007F025E" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">position statement has been issued, or to apply for a different number of SMCs from the </w:t>
       </w:r>
       <w:r w:rsidR="007F5A5C" w:rsidRPr="5F77A8D9">
         <w:t>estimate</w:t>
       </w:r>
       <w:r w:rsidR="003B5113" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="007F025E" w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve">if the estimate in the position statement is that the responsible emitter is not eligible for SMCs. </w:t>
+        <w:t>if the estimate in the position statement is that the responsible emitter is not eligible for SMCs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DC01FC" w14:textId="10223CB0" w:rsidR="005C3910" w:rsidRPr="009619F4" w:rsidRDefault="005C3910" w:rsidP="007F025E">
+    <w:p w14:paraId="76DC01FC" w14:textId="6EBEA0B5" w:rsidR="005C3910" w:rsidRPr="009619F4" w:rsidRDefault="005C3910" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="00224EAD">
         <w:t>If you don’t agree with the SMC issuance amount</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shown in a position statement</w:t>
       </w:r>
       <w:r w:rsidRPr="00224EAD">
-        <w:t>, contact us on 1300 553 542 or email </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003F1F35">
+        <w:t>, please contact us on 1300</w:t>
+      </w:r>
+      <w:r w:rsidR="00410A28">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224EAD">
+        <w:t>553</w:t>
+      </w:r>
+      <w:r w:rsidR="00410A28">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224EAD">
+        <w:t>542 or email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33">
+        <w:r w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>cer-safeguardbaselines@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00224EAD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47406B05" w14:textId="14537952" w:rsidR="004A4E82" w:rsidRPr="00625084" w:rsidRDefault="004A4E82" w:rsidP="00076DE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="majorHAnsi"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc192082430"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc214294400"/>
       <w:r w:rsidRPr="00412331">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Preparing the application</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00625084">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="majorHAnsi"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2565FCE9" w14:textId="4C128B8B" w:rsidR="00B05BDF" w:rsidRPr="005D00F6" w:rsidRDefault="00B05BDF" w:rsidP="00B05BDF">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="120"/>
+    <w:p w14:paraId="2565FCE9" w14:textId="4C128B8B" w:rsidR="00B05BDF" w:rsidRPr="005D00F6" w:rsidRDefault="00B05BDF" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Once the responsible emitter and facility have been selected in </w:t>
       </w:r>
       <w:r w:rsidR="00CA7838">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="009619F4">
         <w:t>SMC issuance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> form the following information is re</w:t>
       </w:r>
       <w:r w:rsidRPr="005D00F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>quired:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71583ABF" w14:textId="5B0EE371" w:rsidR="00C40430" w:rsidRPr="00634E75" w:rsidRDefault="001A5AC4" w:rsidP="00471AB3">
+    <w:p w14:paraId="71583ABF" w14:textId="5B0EE371" w:rsidR="00C40430" w:rsidRPr="00634E75" w:rsidRDefault="001A5AC4" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00DE3FFA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00DE3FFA" w:rsidRPr="00D22912">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">inancial </w:t>
       </w:r>
       <w:r w:rsidR="00B05BDF" w:rsidRPr="00D22912">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>year</w:t>
       </w:r>
       <w:r w:rsidR="00B47197">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> for which</w:t>
       </w:r>
       <w:r w:rsidR="00D22912" w:rsidRPr="00D22912">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D22912">
         <w:t xml:space="preserve">the responsible emitter is applying for SMCs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738166D8" w14:textId="66609FBE" w:rsidR="004C36A5" w:rsidRPr="00471AB3" w:rsidRDefault="00D22912" w:rsidP="00634E75">
+    <w:p w14:paraId="738166D8" w14:textId="66609FBE" w:rsidR="004C36A5" w:rsidRPr="00471AB3" w:rsidRDefault="00D22912" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>If the facility has a multi-year monitoring period (MYMP) an application can only be made once the MYMP is complete</w:t>
       </w:r>
       <w:r w:rsidR="00634E75">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the last financial year of the MYMP must be selected</w:t>
       </w:r>
       <w:r w:rsidRPr="00D22912">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0D4C22" w14:textId="00A20663" w:rsidR="00B05BDF" w:rsidRPr="005D00F6" w:rsidRDefault="00676645" w:rsidP="00634E75">
+    <w:p w14:paraId="3A0D4C22" w14:textId="44F184F9" w:rsidR="00B05BDF" w:rsidRPr="004C7658" w:rsidRDefault="00676645" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004C7658">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Responsible emitter’s </w:t>
       </w:r>
-      <w:r w:rsidR="00B05BDF" w:rsidRPr="005D00F6">
+      <w:r w:rsidR="00B05BDF" w:rsidRPr="004C7658">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ANREU account</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C7658">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00471AB3">
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>- t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471AB3" w:rsidRPr="00471AB3">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00471AB3" w:rsidRPr="004C7658">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>his is prefilled based on information held by the CER. If the responsible emitter holds more than one ANREU account, you can select which ANREU account the SMCs will be issued to.</w:t>
+        <w:t>this is prefilled based on information held by the CER. If the responsible emitter holds more than one ANREU account, you can select which ANREU account the SMCs will be issued to.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027DD89D" w14:textId="323B5CBE" w:rsidR="00BA00BE" w:rsidRPr="004C36A5" w:rsidRDefault="00676645" w:rsidP="00634E75">
+    <w:p w14:paraId="027DD89D" w14:textId="45F9EA95" w:rsidR="00BA00BE" w:rsidRPr="004C36A5" w:rsidRDefault="00676645" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>SM</w:t>
       </w:r>
       <w:r w:rsidR="00637C38">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">C entitlement value </w:t>
       </w:r>
       <w:r w:rsidR="00380807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_SMC_issuance_entitlement" w:history="1">
-        <w:r w:rsidR="00380807" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="00380807" w:rsidRPr="00412331">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Part 4.</w:t>
         </w:r>
-        <w:r w:rsidR="00412331" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="00412331">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00380807" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="00380807" w:rsidRPr="00412331">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t xml:space="preserve"> SMC issuance entitlement </w:t>
         </w:r>
-        <w:r w:rsidR="00412331" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="00412331">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>calculation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00380807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="00C01145">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="691EF536" w14:textId="7C8A6F3B" w:rsidR="004A4E82" w:rsidRPr="002C0C54" w:rsidRDefault="002C28B9" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="691EF536" w14:textId="594F4B8C" w:rsidR="004A4E82" w:rsidRPr="002C0C54" w:rsidRDefault="002C28B9" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="004C36A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00BA00BE" w:rsidRPr="004C36A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
@@ -15349,2403 +14928,1571 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA00BE" w:rsidRPr="004C36A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>SMCs issued on false o</w:t>
       </w:r>
       <w:r w:rsidR="00334278">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00BA00BE" w:rsidRPr="004C36A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> misleading information or </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BA00BE" w:rsidRPr="004C36A5">
+        <w:t xml:space="preserve"> misleading information or as a result of fraud</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0D02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>as a result of</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BA00BE" w:rsidRPr="004C36A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00200B78">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> fraud</w:t>
+        <w:t xml:space="preserve">to be relinquished </w:t>
       </w:r>
       <w:r w:rsidR="006E0D02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Relinquishment_requirement">
-        <w:r w:rsidR="006E0D02" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="006E0D02" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>Part 4.</w:t>
         </w:r>
-        <w:r w:rsidR="00B439B8" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="00B439B8" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="006E0D02" w:rsidRPr="003F1F35">
+        <w:r w:rsidR="006E0D02" w:rsidRPr="5F77A8D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
-            <w:color w:val="006C93"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-          <w:t>elinquishment requirement</w:t>
+          <w:t xml:space="preserve"> Relinquishment requirement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E0D02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="00C01145">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1420C752" w14:textId="07E60639" w:rsidR="00AC7F8A" w:rsidRPr="0061135E" w:rsidRDefault="00A16578" w:rsidP="00916320">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc192082431"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc214294401"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Application deadline</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0441DD3A" w14:textId="4895F246" w:rsidR="00694870" w:rsidRPr="00CB44F7" w:rsidRDefault="00694870" w:rsidP="00AC7F8A">
+    <w:p w14:paraId="0441DD3A" w14:textId="1B84C979" w:rsidR="00694870" w:rsidRPr="00CB44F7" w:rsidRDefault="00694870" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
-        <w:t xml:space="preserve">There is no legislated deadline to submit the application form, but the CER recommends applications be made before 31 January.  </w:t>
+        <w:t>There is no legislated deadline to submit the application form, but the CER recommends applications be made before 31 January.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565FB8F5" w14:textId="77777777" w:rsidR="00916320" w:rsidRDefault="00916320" w:rsidP="00076DE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc192082432"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc214294402"/>
       <w:r>
         <w:t>When will SMCs be issued?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="590B7BBA" w14:textId="36C8EC91" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00AF475C">
-      <w:pPr>
+    <w:p w14:paraId="590B7BBA" w14:textId="19FA5418" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004014E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If the CER approves an SMCs issuance application and decides to issue SMCs, </w:t>
       </w:r>
       <w:r w:rsidR="007367E6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="004014E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be issued into the responsible emitter’s ANREU account in the new Unit &amp; Certificate Registry. The contact person for the responsible emitter will be notified once the SMCs are issued.</w:t>
+        <w:t xml:space="preserve"> will be issued into the responsible emitter’s ANREU account in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46C3B" w:rsidRPr="00F46C3B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unit and Certificate Registry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004014E4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The contact person for the responsible emitter will be notified once the SMCs are issued.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28966D0F" w14:textId="7A30AF7B" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00AF475C">
+    <w:p w14:paraId="28966D0F" w14:textId="7A30AF7B" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">If an SMC issuance application is submitted before 31 January after the end of the financial year or MYMP and the CER decides to issue SMCs, the CER must issue the SMCs as close to 31 January as is reasonably practicable. </w:t>
       </w:r>
       <w:r w:rsidR="00490465" w:rsidRPr="5F77A8D9">
         <w:t>For this to happen,</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> it is recommended you submit your application no later than 31 December.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE28DCD" w14:textId="6FC87BBC" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00AF475C">
+    <w:p w14:paraId="2DE28DCD" w14:textId="6FC87BBC" w:rsidR="00AF475C" w:rsidRPr="004014E4" w:rsidRDefault="00AF475C" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>If an application is submitted after 31 January after the end of the financial year or MYMP and the CER decides to issue SMCs, the SMCs will generally be issued within 5 working days of the decision</w:t>
       </w:r>
       <w:r w:rsidR="00720E87" w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B426478" w14:textId="03AC1E5D" w:rsidR="00076DE4" w:rsidRDefault="00076DE4" w:rsidP="00076DE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc192082433"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc214294403"/>
       <w:r w:rsidRPr="00076DE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Publication</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="1575B68D" w14:textId="3ED9F253" w:rsidR="00703252" w:rsidRDefault="009B3689" w:rsidP="00EE261B">
+    <w:p w14:paraId="1575B68D" w14:textId="3ED9F253" w:rsidR="00703252" w:rsidRDefault="009B3689" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00AF475C" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">he CER must publish details of SMCs issued </w:t>
       </w:r>
       <w:r w:rsidR="00522503" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>each financial year</w:t>
       </w:r>
       <w:r w:rsidR="00522503" w:rsidRPr="5F77A8D9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00522503" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00AF475C" w:rsidRPr="5F77A8D9">
         <w:t>includ</w:t>
       </w:r>
       <w:r w:rsidR="00522503" w:rsidRPr="5F77A8D9">
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="00AF475C" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> the name of the facility</w:t>
       </w:r>
       <w:r w:rsidR="004014E4" w:rsidRPr="5F77A8D9">
         <w:t>, the</w:t>
       </w:r>
       <w:r w:rsidR="00AF475C" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve"> responsible emitter and the number of SMCs issued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A3051C" w14:textId="77777777" w:rsidR="005626CE" w:rsidRPr="0061135E" w:rsidRDefault="005626CE" w:rsidP="005626CE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Relinquishment_requirement"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc192082434"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc214294404"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Relinquishment requirement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="0061135E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0706BE" w14:textId="636250B1" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
-      <w:pPr>
+    <w:p w14:paraId="3B0706BE" w14:textId="636250B1" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The CER may require the responsible emitter to relinquish </w:t>
       </w:r>
       <w:r w:rsidR="00DF52E7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PCUs</w:t>
       </w:r>
       <w:r w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B907CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in this context</w:t>
       </w:r>
       <w:r w:rsidR="00B907CE" w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>referred to as ‘relinquishable units’) if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179A7FE4" w14:textId="013103ED" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
+    <w:p w14:paraId="179A7FE4" w14:textId="22282728" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
-        <w:t>SMCs have been issued to the responsible emitter for the facility, and</w:t>
+        <w:t>SMCs have been issued to the responsible emitter for the facility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2911A4" w14:textId="77777777" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
+    <w:p w14:paraId="1D2911A4" w14:textId="7B0C6375" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
         <w:t>the SMCs were issued to the responsible emitter based on information given to the CER (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00410A28" w:rsidRPr="00F306EE">
+        <w:t>whether</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F306EE">
-        <w:t>whether or not</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> by the responsible emitter), and</w:t>
+        <w:t xml:space="preserve"> by the responsible emitter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9682D0" w14:textId="02815086" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
+    <w:p w14:paraId="4B9682D0" w14:textId="170E5A24" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
-        <w:t xml:space="preserve">the information was false or misleading in a </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the information was false or misleading in a material particular</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68255547" w14:textId="35FAE532" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
+    <w:p w14:paraId="68255547" w14:textId="35FAE532" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
         <w:t xml:space="preserve">the issue of any or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F306EE">
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F306EE">
         <w:t xml:space="preserve"> the SMCs was directly or indirectly attributable to the false or misleading information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B457E53" w14:textId="7230DD62" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
-      <w:pPr>
+    <w:p w14:paraId="7B457E53" w14:textId="7230DD62" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">An example of giving false or misleading information would be including inaccurate covered emissions and/or production variable quantity data in a submission to the CER. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340C27D2" w14:textId="25B8760F" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
-      <w:pPr>
+    <w:p w14:paraId="340C27D2" w14:textId="25B8760F" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F306EE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The number of relinquishable units will not exceed the number of SMCs issued which was directly or indirectly attributable to the false or misleading information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51606BE5" w14:textId="2C6AF19C" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00D9444B">
+    <w:p w14:paraId="51606BE5" w14:textId="2C6AF19C" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">The responsible emitter has 90 days to comply with the relinquishment notice issued by the CER. An administrative penalty is payable for non-compliance with a relinquishment </w:t>
+      </w:r>
+      <w:r w:rsidR="00E522F6" w:rsidRPr="5F77A8D9">
+        <w:t>notice</w:t>
+      </w:r>
+      <w:r w:rsidR="00375F50" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> within</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0126" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00375F50" w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve"> 90 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F77A8D9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B180A67" w14:textId="34B50110" w:rsidR="00D9444B" w:rsidRPr="00F306EE" w:rsidRDefault="00D9444B" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r w:rsidRPr="5F77A8D9">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The responsible emitter has 90 days to comply with the relinquishment notice issued by the CER. An administrative penalty is payable for non-compliance with a relinquishment </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> specified </w:t>
+        <w:t xml:space="preserve">A court can also require a responsible emitter to relinquish a specified number of SMCs if SMCs were issued because of the commission of one of a number of specified </w:t>
       </w:r>
       <w:r w:rsidR="006954C3" w:rsidRPr="5F77A8D9">
         <w:t xml:space="preserve">Commonwealth </w:t>
       </w:r>
       <w:r w:rsidRPr="5F77A8D9">
         <w:t>offences involving fraudulent conduct.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680E4C06" w14:textId="21A8C36B" w:rsidR="00C52384" w:rsidRPr="00F306EE" w:rsidRDefault="0084659C" w:rsidP="00D9444B">
+    <w:p w14:paraId="680E4C06" w14:textId="21A8C36B" w:rsidR="00C52384" w:rsidRPr="00F306EE" w:rsidRDefault="0084659C" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="00FB7CD1">
         <w:t>their application</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00666BF9">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="003D6E7C">
         <w:t xml:space="preserve"> responsible emitter must include </w:t>
       </w:r>
       <w:r w:rsidR="00666BF9">
         <w:t xml:space="preserve">an acknowledgement that </w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="00CA1520">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00C52384">
         <w:t>CER</w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="00CA1520">
         <w:t xml:space="preserve"> may require </w:t>
       </w:r>
       <w:r w:rsidR="00C52384">
         <w:t>SMC</w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="00CA1520">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00BA04AA">
         <w:t xml:space="preserve">to be </w:t>
       </w:r>
       <w:r w:rsidR="003E5677">
         <w:t>relinquished if they were</w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="00CA1520">
         <w:t xml:space="preserve"> issued on false o</w:t>
       </w:r>
       <w:r w:rsidR="00C52384">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="00CA1520">
         <w:t xml:space="preserve"> misleading information </w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="006700CA">
-        <w:t xml:space="preserve">or </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> fraudulent conduct</w:t>
+        <w:t>or as a result of fraudulent conduct</w:t>
       </w:r>
       <w:r w:rsidR="00C52384">
         <w:t xml:space="preserve"> and that </w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="006700CA">
         <w:t xml:space="preserve">an appropriate court may </w:t>
       </w:r>
       <w:r w:rsidR="009B5DBC">
         <w:t xml:space="preserve">issue this </w:t>
       </w:r>
       <w:r w:rsidR="00C52384" w:rsidRPr="006700CA">
         <w:t>order</w:t>
       </w:r>
       <w:r w:rsidR="009B5DBC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2A02B1" w14:textId="71AE0F73" w:rsidR="004C02F6" w:rsidRDefault="00B663C2" w:rsidP="004C02F6">
+    <w:p w14:paraId="7A2A02B1" w14:textId="71AE0F73" w:rsidR="004C02F6" w:rsidRDefault="00B663C2" w:rsidP="00C51090">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If a person is required to relinquish </w:t>
       </w:r>
       <w:r w:rsidR="00C1645B">
         <w:t>relinquishable units</w:t>
       </w:r>
       <w:r w:rsidR="00BE7FCA">
         <w:t>, the CER must publish the following information:</w:t>
       </w:r>
       <w:r w:rsidR="004C02F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B6290D" w14:textId="24E18F44" w:rsidR="004C02F6" w:rsidRDefault="004C02F6" w:rsidP="004C02F6">
+    <w:p w14:paraId="38B6290D" w14:textId="24E18F44" w:rsidR="004C02F6" w:rsidRDefault="004C02F6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>name of the responsible emitter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F51AF2A" w14:textId="4A3AEF7B" w:rsidR="004C02F6" w:rsidRDefault="004C02F6" w:rsidP="004C02F6">
+    <w:p w14:paraId="3F51AF2A" w14:textId="4A3AEF7B" w:rsidR="004C02F6" w:rsidRDefault="004C02F6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">details of the </w:t>
       </w:r>
       <w:r w:rsidR="00BE7FCA">
         <w:t xml:space="preserve">relinquishment </w:t>
       </w:r>
       <w:r>
         <w:t>requirement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537B89F6" w14:textId="24B46947" w:rsidR="00F36F83" w:rsidRDefault="00C91E19" w:rsidP="004C02F6">
+    <w:p w14:paraId="537B89F6" w14:textId="24B46947" w:rsidR="00F36F83" w:rsidRDefault="00C91E19" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">if the </w:t>
       </w:r>
       <w:r w:rsidR="00373743">
         <w:t>responsible emitter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> complies with the relinquishment notice, the number of </w:t>
       </w:r>
       <w:r w:rsidR="00F36F83">
         <w:t>units relinquished</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB9B720" w14:textId="18C542EC" w:rsidR="004C02F6" w:rsidRDefault="00035F4D" w:rsidP="004C02F6">
+    <w:p w14:paraId="3BB9B720" w14:textId="18C542EC" w:rsidR="004C02F6" w:rsidRDefault="00035F4D" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">if the responsible emitter does not comply with the relinquishment notice and </w:t>
       </w:r>
       <w:r w:rsidR="00C6096B">
         <w:t>fails</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to pay the a</w:t>
       </w:r>
       <w:r w:rsidR="008D54EA">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t>ministrative penalty for non-compliance</w:t>
       </w:r>
       <w:r w:rsidR="00E876A6">
         <w:t xml:space="preserve"> within 30 days,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE65DB">
         <w:t>details of the unpaid amount</w:t>
       </w:r>
       <w:r w:rsidR="0088067C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE65DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7091C4C6" w14:textId="2A4ACEC5" w:rsidR="004C02F6" w:rsidRPr="00E36DF9" w:rsidRDefault="00E36DF9" w:rsidP="00E36DF9">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489CED7A" w14:textId="2A0C646B" w:rsidR="00317A9F" w:rsidRDefault="00317A9F" w:rsidP="00255D93">
+    <w:p w14:paraId="56C3F09A" w14:textId="34B9763C" w:rsidR="00F267E6" w:rsidRDefault="00F267E6" w:rsidP="00F267E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc192082435"/>
+      <w:bookmarkStart w:id="37" w:name="_Appendix_A_Eligible"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc214294405"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix A </w:t>
       </w:r>
-      <w:r w:rsidR="005464E9">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidR="00410A28">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00840D8E">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ligible facility</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="0B189A83" w14:textId="76C9CFA4" w:rsidR="00317A9F" w:rsidRPr="00C3273C" w:rsidRDefault="00317A9F" w:rsidP="00255D93">
+    <w:p w14:paraId="35F2359D" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRDefault="00F267E6" w:rsidP="00F267E6">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="5F77A8D9">
+    </w:p>
+    <w:p w14:paraId="27FF9091" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00F267E6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002578EE">
         <w:t>Being an eligible facility allows a facility whose covered emissions drop below the 100,000 tCO</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidRPr="002578EE">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidRPr="002578EE">
         <w:t xml:space="preserve">-e coverage </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="5F77A8D9">
+      <w:r w:rsidRPr="002578EE">
         <w:t>threshold</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="5F77A8D9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> subject to meeting one of the three sets of eligibility criteria for issuance under section 56 of the Safeguard Rule.</w:t>
+      <w:r w:rsidRPr="002578EE">
+        <w:t xml:space="preserve"> to be issued SMCs. This is subject to meeting the other requirements under section 56 or, if the facility has a multi-year monitoring period, section 57 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t xml:space="preserve">of the Safeguard Rule. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EC3B4D" w14:textId="1C801C70" w:rsidR="00317A9F" w:rsidRDefault="00317A9F" w:rsidP="00255D93">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="0"/>
+    <w:p w14:paraId="1259DDED" w14:textId="7552B3BC" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00F267E6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00521F52">
+        <w:t xml:space="preserve">A facility must meet one of </w:t>
+      </w:r>
+      <w:r w:rsidR="00262394">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t xml:space="preserve"> eligibility criteria under section 58B of the Safeguard Rule to be an eligibility facility for a financial year for which SMCs are claimed in relation to the facility (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> – subsection 58</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>current financial year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA37902" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc214294406"/>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>Criteria 1 – subsection 58</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="006D48F3" w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00521F52">
         <w:t>B(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="006D48F3" w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00521F52">
         <w:t>1) of the Safeguard Rule</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="0A4FF564" w14:textId="09FC4AE8" w:rsidR="00317A9F" w:rsidRPr="001A7DB4" w:rsidRDefault="00EF3B99" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="46660623" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>The facility is not a designated large facility, as defined in the NGER Act, for the current financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCE15A4" w14:textId="160A7110" w:rsidR="00317A9F" w:rsidRDefault="00323514" w:rsidP="00922EBD">
+    <w:p w14:paraId="53064055" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00521F52">
+        <w:t xml:space="preserve">The facility was a designated large facility for a financial year within the previous 10 years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DEF1FE" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>The facility has not been a designated large facility for any financial year since the financial year for which it was last a designated large facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F67371" w14:textId="3D4862D3" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00317A9F">
+      <w:r w:rsidRPr="00521F52">
+        <w:t>The facility was a designated large facility in</w:t>
+      </w:r>
+      <w:r w:rsidR="00410A28">
+        <w:t xml:space="preserve"> either</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0921336F" w14:textId="77777777" w:rsidR="00317A9F" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="19B78B8C" w14:textId="10DC8656" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DB4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">financial years from 2017-18 to 2021-22, or </w:t>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>at least 3 financial years from 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>18 to 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BEF0BB" w14:textId="5E61B868" w:rsidR="00317A9F" w:rsidRPr="001A7DB4" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="31713701" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DB4">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>2 of the 4 financial years immediately before the last financial year for which it was a designated large facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2613BF" w14:textId="0BA4C88B" w:rsidR="00317A9F" w:rsidRPr="001A7DB4" w:rsidRDefault="00484A4D" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="5F57DD3B" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>The facility has an emissions-intensity determination (EID) for the current financial year or is a new facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D049C0" w14:textId="317F3D3C" w:rsidR="00317A9F" w:rsidRDefault="00CD41C5" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="48CEFF4B" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>the facility for the current financial year.</w:t>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>No ACCUs have been issued in relation to avoidance of covered emissions from the operations of the facility for the current, or the previous, financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7797F1EB" w14:textId="3272EEA5" w:rsidR="00483AAC" w:rsidRPr="00AC6F3A" w:rsidRDefault="00483AAC" w:rsidP="00483AAC">
-[...31 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4824B870" w14:textId="2BAFE2BD" w:rsidR="00F267E6" w:rsidRPr="00410A28" w:rsidRDefault="00F267E6" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc214294407"/>
+      <w:r w:rsidRPr="00410A28">
+        <w:t xml:space="preserve">Criteria 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="00521F52">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
         <w:t>subsection 58</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00521F52">
         <w:t>B(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00521F52">
         <w:t>2) of the Safeguard Rule</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="1B28ADF3" w14:textId="77777777" w:rsidR="00483AAC" w:rsidRDefault="00483AAC" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="43C47282" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0093198C">
+        <w:t xml:space="preserve">The facility is not a designated large facility, as defined in the NGER Act, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093198C">
+        <w:t xml:space="preserve"> the current financial year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6269CC8D" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0093198C">
         <w:t>The current financial year begins after 30 June 2028.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A5F436" w14:textId="37F9BD4B" w:rsidR="00483AAC" w:rsidRDefault="00483AAC" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="0FD92992" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0093198C">
         <w:t>The facility was a designated large facility for at least 3 of the 5 financial years immediately before the current financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3396602F" w14:textId="77777777" w:rsidR="00483AAC" w:rsidRDefault="00483AAC" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="191C928B" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>The facility has an EID for the current financial year or is a new facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF4B721" w14:textId="6F573B9A" w:rsidR="00483AAC" w:rsidRDefault="0087530F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="782EA36D" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the facility for the current financial year.</w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>No ACCUs have been issued in relation to avoidance of covered emissions from the operations of the facility for the current, or the previous, financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AA098A" w14:textId="37F3C8FD" w:rsidR="00317A9F" w:rsidRPr="008860D2" w:rsidRDefault="00317A9F" w:rsidP="00317A9F">
-[...38 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="304090FF" w14:textId="561CE1A7" w:rsidR="00F267E6" w:rsidRPr="00410A28" w:rsidRDefault="00F267E6" w:rsidP="00410A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc214294408"/>
+      <w:r w:rsidRPr="00410A28">
+        <w:t xml:space="preserve">Criteria 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="00521F52">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002578EE">
         <w:t>subsection 58</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E923C8" w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002578EE">
         <w:t>B(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E923C8" w:rsidRPr="5F77A8D9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002578EE">
         <w:t>4) of the Safeguard Rule</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="36126483" w14:textId="273A3B4A" w:rsidR="00AD4D04" w:rsidRPr="001A7DB4" w:rsidRDefault="00FE6560" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="38075EFA" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002578EE">
+        <w:t xml:space="preserve">The facility is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>not a designated large facility, as defined in the NGER Act, for the current financial year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD37C95" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t xml:space="preserve">The facility was a designated large facility for a financial year within the previous 10 years. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78EDD159" w14:textId="46118EC0" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="000F4242" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="055F18DB" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="00521F52" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00521F52">
+        <w:t>The facility has not been a designated large facility for any financial year since the financial year for which it was last a designated large facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4929EE" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>following the earlier of:</w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>The current financial year is one of the 10 financial years after the earlier of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56853AD7" w14:textId="027A91C2" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="00317A9F" w:rsidP="00255D93">
+    <w:p w14:paraId="0DDA54EC" w14:textId="7CF023AB" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A92F74">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">in relation to the facility </w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>the last year for which SMCs were not issued in relation to the facility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502F3F84" w14:textId="6BF0E59D" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="0BF8A3D3" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A92F74">
-[...3 lines deleted...]
-        <w:t>most recent financial year for which the facility was a designated large facility.</w:t>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>the financial year 3 years after the last financial year for which the facility was a designated large facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA49CFF" w14:textId="09D68BB5" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="00E3798C" w:rsidP="00B80C74">
+    <w:p w14:paraId="5CB19112" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="002578EE" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>been a designated large facility in either:</w:t>
+      <w:r w:rsidRPr="002578EE">
+        <w:t>The facility was a designated large facility in either:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2927A7A6" w14:textId="77777777" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="23173AF4" w14:textId="72FAFDF7" w:rsidR="00F267E6" w:rsidRPr="002578EE" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="0058088B">
-        <w:t xml:space="preserve">3 financial years from 2017-18 to 2021-22, or </w:t>
+      <w:r w:rsidRPr="002578EE">
+        <w:t>3 financial years from 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002578EE">
+        <w:t>18 to 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7658" w:rsidRPr="004C7658">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002578EE">
+        <w:t>22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715749F1" w14:textId="13A5B5FE" w:rsidR="00317A9F" w:rsidRPr="0058088B" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="4D3D6D32" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="709" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="0058088B">
-[...9 lines deleted...]
-        <w:t>the last covered financial year</w:t>
+      <w:r w:rsidRPr="002578EE">
+        <w:t xml:space="preserve">2 of the 4 financial years </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>immediately before the last financial year for which it was a designated large facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBC9D0F" w14:textId="57439D53" w:rsidR="00317A9F" w:rsidRDefault="003E0200" w:rsidP="5F77A8D9">
-[...75 lines deleted...]
-    <w:p w14:paraId="09B4CBDB" w14:textId="34272ED1" w:rsidR="00317A9F" w:rsidRPr="00E755A8" w:rsidRDefault="00317A9F" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="4892E6BD" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:ind w:left="357" w:hanging="357"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:t>year after the last covered financial year.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0093198C">
+        <w:lastRenderedPageBreak/>
+        <w:t>The facility has an EID for the current financial year or is a new facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2EF130" w14:textId="77777777" w:rsidR="00390814" w:rsidRDefault="00390814">
-[...145 lines deleted...]
-    <w:p w14:paraId="63C8AF4B" w14:textId="77777777" w:rsidR="00C67666" w:rsidRPr="00EE528D" w:rsidRDefault="00C67666" w:rsidP="00EE528D">
+    <w:p w14:paraId="46AAB6C1" w14:textId="77777777" w:rsidR="00F267E6" w:rsidRPr="0093198C" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:t>Login to ANREU through the Online Services platform using your user email and password.</w:t>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>No ACCUs have been issued in relation to avoidance of covered emissions from the operations of the facility for the current, or the previous, financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F9B7A6" w14:textId="77777777" w:rsidR="00C67666" w:rsidRPr="00EE528D" w:rsidRDefault="00C67666" w:rsidP="5F77A8D9">
+    <w:p w14:paraId="4F6DB610" w14:textId="5AE60A66" w:rsidR="00CC393D" w:rsidRPr="00410A28" w:rsidRDefault="00F267E6" w:rsidP="00840D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-      </w:r>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0093198C">
+        <w:t>No SMCs have been issued in relation to the facility for any financial year after the last financial year for which it was a designated large facility.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="_Appendix_B_Safeguard"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w14:paraId="1B072842" w14:textId="00270790" w:rsidR="00C67666" w:rsidRPr="00EE528D" w:rsidRDefault="00C67666" w:rsidP="00EE528D">
-[...511 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId34"/>
+    <w:sectPr w:rsidR="00CC393D" w:rsidRPr="00410A28" w:rsidSect="009E5C5C">
+      <w:headerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
+      <w:headerReference w:type="first" r:id="rId36"/>
+      <w:footerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="170805FF" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05" w:rsidP="00F358CB">
+    <w:p w14:paraId="39CBFAF3" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47" w:rsidP="00F358CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B510AC7" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05" w:rsidP="00F358CB">
+    <w:p w14:paraId="499D5C05" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47" w:rsidP="00F358CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E8D03F6" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05">
+    <w:p w14:paraId="1231851A" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1023128135"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="69C03D9D" w14:textId="77777777" w:rsidR="006C54A3" w:rsidRPr="00717EBB" w:rsidRDefault="006C54A3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="59D4178C" w14:textId="6A542700" w:rsidR="006C54A3" w:rsidRDefault="00656CCA">
+      <w:p w14:paraId="59D4178C" w14:textId="3A21F999" w:rsidR="006C54A3" w:rsidRPr="00D65390" w:rsidRDefault="00656CCA" w:rsidP="001D2440">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
+          <w:tabs>
+            <w:tab w:val="clear" w:pos="9026"/>
+            <w:tab w:val="right" w:pos="9746"/>
+          </w:tabs>
           <w:rPr>
-            <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>W:</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> www.c</w:t>
         </w:r>
-        <w:r w:rsidR="00F22AE7">
+        <w:r w:rsidR="006E3C68">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>er</w:t>
+          <w:t>e</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>.gov.au</w:t>
+          <w:t>r.gov.au</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
+        <w:r w:rsidRPr="001D2440">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>T:</w:t>
+          <w:t>:</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 1300 553 542 | </w:t>
         </w:r>
+        <w:r w:rsidRPr="001D2440">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>E</w:t>
+        </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>E:</w:t>
+          <w:t>:</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00F22AE7" w:rsidRPr="00F22AE7">
-[...14 lines deleted...]
-        </w:r>
+        <w:hyperlink r:id="rId1" w:history="1">
+          <w:r w:rsidRPr="00717EBB">
+            <w:rPr>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>cer-safeguardbaselines@cer.gov.au</w:t>
+          </w:r>
+        </w:hyperlink>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">                 </w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00F22AE7">
+        <w:r w:rsidR="001D2440">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">                                                                       </w:t>
+          <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00717EBB">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6195A56D" w14:textId="28494BDF" w:rsidR="00F22AE7" w:rsidRDefault="00F22AE7" w:rsidP="00F22AE7">
-[...30 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31901B4C" w14:textId="52572BFD" w:rsidR="006C54A3" w:rsidRDefault="00D168CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2947FF35" wp14:editId="649DA9BB">
           <wp:extent cx="2101863" cy="638008"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1920052607" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -17771,538 +16518,674 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2131469" cy="646995"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="488C686B" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05" w:rsidP="00F358CB">
+    <w:p w14:paraId="7075D565" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47" w:rsidP="00F358CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="742F65AF" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05" w:rsidP="00F358CB">
+    <w:p w14:paraId="56D13E98" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47" w:rsidP="00F358CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5BE9EE93" w14:textId="77777777" w:rsidR="00E84B05" w:rsidRDefault="00E84B05">
+    <w:p w14:paraId="282FB989" w14:textId="77777777" w:rsidR="00F95B47" w:rsidRDefault="00F95B47">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="146A6CE9" w14:textId="37B8082E" w:rsidR="00BE54D8" w:rsidRPr="00C61686" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+    <w:p w14:paraId="146A6CE9" w14:textId="3041F75B" w:rsidR="00BE54D8" w:rsidRPr="00C61686" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61686">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C61686">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F22AE7" w:rsidRPr="00F22AE7">
+      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>https://www.legislation.gov.au/C2007A00175/latest/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F22AE7">
+        <w:t>https://www.legislation.gov.au/Series/C2007A00175</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61686">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="51E0F578" w14:textId="6DBB23E4" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61686">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00C61686">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>text</w:t>
+        <w:t>https://www.legislation.gov.au/Series/F2008L02230</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001E2A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
-    <w:p w14:paraId="51E0F578" w14:textId="47696C79" w:rsidR="00BE54D8" w:rsidRDefault="00BE54D8" w:rsidP="00BE54D8">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="24CCD5A8" w14:textId="77777777" w:rsidR="003329AF" w:rsidRPr="00C61686" w:rsidRDefault="003329AF" w:rsidP="003329AF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C61686">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A21CF">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C61686">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F22AE7" w:rsidRPr="00F22AE7">
+      <w:r w:rsidRPr="00D242B3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
+        <w:t>https://www.legislation.gov.au/Series/F2015L01637</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61686">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
-    <w:p w14:paraId="24CCD5A8" w14:textId="38B44106" w:rsidR="003329AF" w:rsidRPr="00C61686" w:rsidRDefault="003329AF" w:rsidP="003329AF">
+  <w:footnote w:id="5">
+    <w:p w14:paraId="04D909C2" w14:textId="38B3FA37" w:rsidR="00CF2A4A" w:rsidRPr="006A42C2" w:rsidRDefault="00CF2A4A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A21CF">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidR="70F74324">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="001D2440">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://www.legislation.gov.au/C2007A00175/latest/versions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="6D088760" w14:textId="7C71C25B" w:rsidR="000E30F2" w:rsidRDefault="000E30F2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A42C2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C61686">
+      <w:r w:rsidR="70F74324" w:rsidRPr="006A42C2">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F22AE7" w:rsidRPr="00F22AE7">
+      <w:r w:rsidR="70F74324" w:rsidRPr="001D2440">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>National Greenhouse and Energy Reporting (Safeguard Mechanism) Rule 2015 - Federal Register of Legislation</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="61B16147" w14:textId="66D725F2" w:rsidR="00674481" w:rsidRPr="00CC6150" w:rsidRDefault="00674481" w:rsidP="00674481">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC6150">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00CC6150">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00410A28">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://www.legislation.gov.au/C2007A00175/latest/versions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="6CEDB9A8" w14:textId="7BFB9530" w:rsidR="00674481" w:rsidRDefault="00674481" w:rsidP="00674481">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC6150">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00CC6150">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00410A28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>https://www.legislation.gov.au/F2015L01637/latest/text</w:t>
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w14:paraId="73586538" w14:textId="43716755" w:rsidR="001832BD" w:rsidRDefault="001832BD" w:rsidP="008537EC">
+  <w:footnote w:id="9">
+    <w:p w14:paraId="109A35D7" w14:textId="59A90BA2" w:rsidR="00AA397E" w:rsidRDefault="00AA397E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C906A2">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidR="70F74324">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00410A28">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://www.legislation.gov.au/C2007A00175/latest/versions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w14:paraId="52680F20" w14:textId="42E88C1B" w:rsidR="00692090" w:rsidRDefault="00692090">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidR="70F74324">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70F74324" w:rsidRPr="00CC6150">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://cer.gov.au/schemes/national-greenhouse-and-energy-reporting-scheme/about-emissions-and-energy-data/emissions#types-of-emissions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="257C9F69" w14:textId="154946E8" w:rsidR="00F270C3" w:rsidRDefault="00F270C3">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380BE3">
+        <w:t>https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="66A3A087" w14:textId="7CD50E0E" w:rsidR="00E332D6" w:rsidRDefault="00E332D6">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E332D6">
+        <w:t>https://cer.gov.au/markets/voluntary-offsetting-and-surrender</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="13">
+    <w:p w14:paraId="674467E5" w14:textId="28090A4C" w:rsidR="00305BC7" w:rsidRDefault="00305BC7">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305BC7">
+        <w:t>https://cer.gov.au/online-systems#online-services</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w14:paraId="3463F8F4" w14:textId="08631007" w:rsidR="00FC0E38" w:rsidRDefault="00FC0E38">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
+        <w:t>https://www.cleanenergyregulator.gov.au/OSR/online-services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="15">
+    <w:p w14:paraId="4938F6DD" w14:textId="1264C954" w:rsidR="0097524D" w:rsidRDefault="0097524D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
+        <w:t>https://</w:t>
+      </w:r>
+      <w:r w:rsidR="00380413" w:rsidRPr="00380413">
+        <w:t>cer.gov.au/online-systems#online-services</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
+    <w:p w14:paraId="17F44C4A" w14:textId="42318C79" w:rsidR="0078092A" w:rsidRDefault="0078092A" w:rsidP="0078092A">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D56463">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C906A2">
+      <w:r w:rsidRPr="00D56463">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001073CE" w:rsidRPr="001073CE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="00535A19" w:rsidRPr="00535A19">
+        <w:t>https://cer.gov.au/document_page/nger-online-services-user-guide</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="17">
+    <w:p w14:paraId="78A93814" w14:textId="2437B651" w:rsidR="004C7658" w:rsidRDefault="004C7658">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7658">
+        <w:t>https://onlineservices.cer.gov.au/forms/SAFE-009</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="18">
+    <w:p w14:paraId="509C3E6C" w14:textId="78068208" w:rsidR="00EC2144" w:rsidRDefault="00EC2144">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
+        <w:t>https://www.cleanenergyregulator.gov.au/OSR/online-services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="19">
+    <w:p w14:paraId="10C4E312" w14:textId="46CB2C61" w:rsidR="00236196" w:rsidRDefault="00236196">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236196">
+        <w:t>https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="20">
+    <w:p w14:paraId="596ADED2" w14:textId="02ABBD36" w:rsidR="00E721ED" w:rsidRPr="002B0C1F" w:rsidRDefault="00E721ED">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>https://cer.gov.au/schemes/national-greenhouse-and-energy-reporting-scheme/about-emissions-and-energy-data/emissions-and-energy-types</w:t>
-[...103 lines deleted...]
-      <w:r w:rsidRPr="00D56463">
+      </w:pPr>
+      <w:r w:rsidRPr="002B0C1F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00D56463">
+      <w:r w:rsidRPr="002B0C1F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D242B3" w:rsidRPr="00D242B3">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00D242B3" w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://onlineservices.cer.gov.au/forms/CORP-005</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
-    <w:p w14:paraId="509C3E6C" w14:textId="61227DB8" w:rsidR="00EC2144" w:rsidRDefault="00EC2144">
+  <w:footnote w:id="21">
+    <w:p w14:paraId="09783BA3" w14:textId="3632F08E" w:rsidR="00544EF2" w:rsidRPr="002B0C1F" w:rsidRDefault="00544EF2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See Definitions and Abbreviations </w:t>
+      </w:r>
+      <w:r w:rsidR="004548B9" w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and Appendix A for further information on the definition of an eligible facility.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="22">
+    <w:p w14:paraId="1457053C" w14:textId="77777777" w:rsidR="00FA6B1F" w:rsidRDefault="00FA6B1F" w:rsidP="00FA6B1F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="002B0C1F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See Definitions and Abbreviations and Appendix A for further information on the definition of an eligible facility.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="23">
+    <w:p w14:paraId="65B48F5D" w14:textId="486E3AAA" w:rsidR="00AC66B4" w:rsidRDefault="00AC66B4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00395B61" w:rsidRPr="00395B61">
-[...147 lines deleted...]
-        <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-net-emissions#attributable-accus</w:t>
+      <w:r w:rsidR="00230534" w:rsidRPr="00230534">
+        <w:t>https://cer.gov.au/schemes/safeguard-mechanism/safeguard-net-emissions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="39380FA6" w14:textId="0A754597" w:rsidR="00F22AE7" w:rsidRDefault="00F22AE7" w:rsidP="00F22AE7">
-[...15 lines deleted...]
-  <w:p w14:paraId="0DA1A41F" w14:textId="0C3F03D5" w:rsidR="006C54A3" w:rsidRDefault="00656CCA">
+  <w:p w14:paraId="0DA1A41F" w14:textId="77777777" w:rsidR="006C54A3" w:rsidRDefault="00656CCA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C25EAF1" wp14:editId="7C2571D5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C25EAF1" wp14:editId="55B3187C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4798060</wp:posOffset>
+            <wp:posOffset>4817496</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-211455</wp:posOffset>
+            <wp:posOffset>7730</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="315928585" name="Picture 315928585">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
@@ -18311,50 +17194,90 @@
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1424451" cy="469454"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52BF38DE" wp14:editId="0CF5851A">
+          <wp:extent cx="2628000" cy="617737"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="5080"/>
+          <wp:docPr id="1350298337" name="Picture 1350298337" descr="Australian Government Crest - Clean Energy Regulator"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="4" name="Picture 4" descr="Australian Government Crest - Clean Energy Regulator"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2628000" cy="617737"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45786903" w14:textId="77777777" w:rsidR="006C54A3" w:rsidRDefault="00656CCA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41FFF1DD" wp14:editId="12EE86B3">
           <wp:extent cx="2628000" cy="617737"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5080"/>
           <wp:docPr id="2056537217" name="Picture 2056537217" descr="Australian Government Crest - Clean Energy Regulator"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -18370,406 +17293,50 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2628000" cy="617737"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04902E81"/>
-[...354 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FA3792"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="197627C4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="504A93CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18840,51 +17407,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C4971FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="822A0B8A"/>
     <w:lvl w:ilvl="0" w:tplc="504A93CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18954,165 +17521,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CFF3874"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A45A7AFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="006EA6"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -19217,51 +17670,51 @@
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E2E2368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70A02876"/>
     <w:lvl w:ilvl="0" w:tplc="504A93CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2388" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19331,278 +17784,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6708" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="148A2F84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D90E1BE"/>
     <w:lvl w:ilvl="0" w:tplc="6ABE5874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -19674,141 +17900,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="168C31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2EA3D92"/>
     <w:lvl w:ilvl="0" w:tplc="7D74494A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="0070C0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="504A93CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19878,67 +18014,67 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="170C4996"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="287B3C47"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D6005076"/>
+    <w:tmpl w:val="A2623696"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
-        <w:color w:val="BF8F00" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="BF8F00" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -19996,75 +18132,1457 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C6E55DE"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="293E68F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9BAAF2E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="Part %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="340" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="431" w:hanging="431"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="431" w:hanging="431"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="431" w:hanging="431"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="431" w:hanging="431"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="431" w:hanging="431"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AD86E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F478414A"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="7640D9B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E414025"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC64D7AA"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="316B12BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="603096DC"/>
+    <w:lvl w:ilvl="0" w:tplc="08C01D1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="0070C0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39565336"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F530F030"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="504A93CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0F430D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66AC3D58"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FFB3834"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB600B66"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41D53F95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE18ECFA"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41F3366B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E14CE3FC"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D905D05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D7321BDC"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E3C1C0A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24B45F24"/>
+    <w:lvl w:ilvl="0" w:tplc="6ABE5874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FE24E30"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5240BCF8"/>
+    <w:lvl w:ilvl="0" w:tplc="504A93CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="»"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3908" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4628" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5348" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5828402D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2588F86"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="006EA6"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="504A93CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="»"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20113,284 +19631,170 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E6B32B4"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E053C32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D3E0B2BC"/>
+    <w:tmpl w:val="5AC472D8"/>
     <w:lvl w:ilvl="0" w:tplc="6ABE5874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="363" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1083" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1803" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2523" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3243" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3963" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4683" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5403" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6123" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-    <w:nsid w:val="287B3C47"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60624B92"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A2623696"/>
+    <w:tmpl w:val="90885D94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -20461,498 +19865,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="293E68F2"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="615E1A0F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B9BAAF2E"/>
-[...443 lines deleted...]
-    <w:tmpl w:val="7668F8A0"/>
+    <w:tmpl w:val="AD84395C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="006EA6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -21024,2215 +19984,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39565336"/>
-[...2163 lines deleted...]
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63381B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C9C89DC"/>
     <w:lvl w:ilvl="0" w:tplc="08C01D1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="0070C0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -23302,7179 +20097,8009 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6F222B11"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="642814E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="54FCB992"/>
-[...88 lines deleted...]
-    <w:tmpl w:val="3DC03778"/>
+    <w:tmpl w:val="CFA47446"/>
     <w:lvl w:ilvl="0" w:tplc="6ABE5874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="006EA6"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-[...321 lines deleted...]
-    <w:abstractNumId w:val="47"/>
+  <w:num w:numId="1" w16cid:durableId="1485511676">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="437457819">
+  <w:num w:numId="2" w16cid:durableId="1982728000">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="647171387">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1994672380">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2024550254">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1355183675">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1699350119">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="390620683">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1597404606">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="41558541">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1524514333">
+  <w:num w:numId="11" w16cid:durableId="48843011">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1047414909">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="912659248">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1755395375">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="834803460">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="922956711">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1788237410">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1223365396">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1914656452">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1632204072">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="256987604">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="596984715">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1448499965">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1367633924">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="24" w16cid:durableId="152727016">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="384262085">
-[...29 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1994672380">
+  <w:num w:numId="25" w16cid:durableId="1731226541">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="164250494">
-[...242 lines deleted...]
-  <w:numIdMacAtCleanup w:val="63"/>
+  <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:spinCount="100000" w:hashValue="eTILf8lL2bIEbFBGvJmhwkNZ4iJCl1FCHV+c7M5EE84=" w:saltValue="nDEYSmkKY49USWUYjAL7Lg==" w:algorithmName="SHA-256"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F358CB"/>
     <w:rsid w:val="0000060D"/>
     <w:rsid w:val="00000890"/>
     <w:rsid w:val="00000A2D"/>
     <w:rsid w:val="00000AB8"/>
     <w:rsid w:val="0000136C"/>
     <w:rsid w:val="00001972"/>
     <w:rsid w:val="0000237F"/>
     <w:rsid w:val="00002496"/>
     <w:rsid w:val="000035C2"/>
     <w:rsid w:val="00004619"/>
     <w:rsid w:val="00004FB2"/>
     <w:rsid w:val="00005037"/>
     <w:rsid w:val="000057B4"/>
     <w:rsid w:val="00005B2F"/>
     <w:rsid w:val="00005E16"/>
+    <w:rsid w:val="00005FBC"/>
     <w:rsid w:val="000061DD"/>
+    <w:rsid w:val="00006207"/>
     <w:rsid w:val="00006632"/>
+    <w:rsid w:val="00006C3B"/>
     <w:rsid w:val="00006DD4"/>
     <w:rsid w:val="00006F36"/>
+    <w:rsid w:val="0000716D"/>
+    <w:rsid w:val="00007E3A"/>
     <w:rsid w:val="000102A4"/>
     <w:rsid w:val="0001033A"/>
+    <w:rsid w:val="000112B6"/>
     <w:rsid w:val="000113B3"/>
+    <w:rsid w:val="00011460"/>
     <w:rsid w:val="00011566"/>
     <w:rsid w:val="00011AC2"/>
     <w:rsid w:val="000124AA"/>
     <w:rsid w:val="00012546"/>
     <w:rsid w:val="000129CA"/>
     <w:rsid w:val="00012DC6"/>
     <w:rsid w:val="0001334E"/>
     <w:rsid w:val="0001339E"/>
     <w:rsid w:val="000139CC"/>
+    <w:rsid w:val="00013C92"/>
     <w:rsid w:val="00013F7F"/>
     <w:rsid w:val="0001431C"/>
+    <w:rsid w:val="000144AF"/>
     <w:rsid w:val="000144DF"/>
     <w:rsid w:val="00014EB4"/>
+    <w:rsid w:val="0001513E"/>
     <w:rsid w:val="00015274"/>
     <w:rsid w:val="000159BB"/>
     <w:rsid w:val="00015FF7"/>
+    <w:rsid w:val="000164FF"/>
     <w:rsid w:val="000165F4"/>
     <w:rsid w:val="00016720"/>
     <w:rsid w:val="00016A8E"/>
     <w:rsid w:val="00017150"/>
     <w:rsid w:val="000177C1"/>
     <w:rsid w:val="0001780C"/>
+    <w:rsid w:val="00017AC0"/>
     <w:rsid w:val="00020052"/>
+    <w:rsid w:val="00020788"/>
     <w:rsid w:val="00020A87"/>
+    <w:rsid w:val="00020C7E"/>
     <w:rsid w:val="00020CAE"/>
     <w:rsid w:val="00021442"/>
     <w:rsid w:val="0002181D"/>
     <w:rsid w:val="00021C47"/>
     <w:rsid w:val="00022481"/>
     <w:rsid w:val="00022779"/>
     <w:rsid w:val="000229A1"/>
     <w:rsid w:val="000234CD"/>
     <w:rsid w:val="0002361A"/>
     <w:rsid w:val="000237A4"/>
     <w:rsid w:val="0002382C"/>
     <w:rsid w:val="0002497D"/>
     <w:rsid w:val="00025F01"/>
     <w:rsid w:val="00026272"/>
     <w:rsid w:val="00026528"/>
     <w:rsid w:val="000268DB"/>
     <w:rsid w:val="00026D4F"/>
     <w:rsid w:val="00027058"/>
     <w:rsid w:val="000275D7"/>
     <w:rsid w:val="0002780B"/>
     <w:rsid w:val="00027D90"/>
+    <w:rsid w:val="00030248"/>
     <w:rsid w:val="00031217"/>
+    <w:rsid w:val="00031B49"/>
     <w:rsid w:val="00031BF2"/>
+    <w:rsid w:val="00031CB7"/>
     <w:rsid w:val="0003217F"/>
     <w:rsid w:val="00032249"/>
+    <w:rsid w:val="00033947"/>
     <w:rsid w:val="00033AFC"/>
+    <w:rsid w:val="00033BFD"/>
     <w:rsid w:val="00033EC7"/>
     <w:rsid w:val="0003474E"/>
     <w:rsid w:val="00034A5C"/>
     <w:rsid w:val="00034A5F"/>
     <w:rsid w:val="0003526B"/>
     <w:rsid w:val="0003553F"/>
     <w:rsid w:val="00035754"/>
     <w:rsid w:val="00035890"/>
     <w:rsid w:val="00035F4D"/>
     <w:rsid w:val="00035FE8"/>
     <w:rsid w:val="0003631B"/>
     <w:rsid w:val="0003637C"/>
     <w:rsid w:val="00036C61"/>
     <w:rsid w:val="000370F5"/>
     <w:rsid w:val="000372DE"/>
     <w:rsid w:val="00037412"/>
     <w:rsid w:val="00037B9B"/>
     <w:rsid w:val="00037C85"/>
     <w:rsid w:val="00037C9B"/>
+    <w:rsid w:val="00037D2C"/>
     <w:rsid w:val="00040313"/>
     <w:rsid w:val="000407F2"/>
+    <w:rsid w:val="0004082F"/>
     <w:rsid w:val="00040B47"/>
     <w:rsid w:val="000414F9"/>
+    <w:rsid w:val="00041A43"/>
     <w:rsid w:val="00041FC3"/>
     <w:rsid w:val="000424C7"/>
+    <w:rsid w:val="0004262C"/>
     <w:rsid w:val="000429AC"/>
     <w:rsid w:val="00043027"/>
+    <w:rsid w:val="00043177"/>
     <w:rsid w:val="000431A7"/>
     <w:rsid w:val="000432EA"/>
     <w:rsid w:val="0004335D"/>
     <w:rsid w:val="000433C1"/>
     <w:rsid w:val="000437B8"/>
     <w:rsid w:val="000437EF"/>
     <w:rsid w:val="00043A19"/>
     <w:rsid w:val="000440D0"/>
     <w:rsid w:val="00044344"/>
     <w:rsid w:val="000449D0"/>
     <w:rsid w:val="00044A02"/>
     <w:rsid w:val="00044C67"/>
     <w:rsid w:val="000450F6"/>
     <w:rsid w:val="000458D2"/>
     <w:rsid w:val="00045D6A"/>
     <w:rsid w:val="00046697"/>
     <w:rsid w:val="00046763"/>
     <w:rsid w:val="00046D6A"/>
     <w:rsid w:val="0004793E"/>
     <w:rsid w:val="00047A73"/>
     <w:rsid w:val="00047AB5"/>
     <w:rsid w:val="0005000B"/>
     <w:rsid w:val="0005064F"/>
     <w:rsid w:val="000507BC"/>
     <w:rsid w:val="0005092A"/>
     <w:rsid w:val="00050B97"/>
     <w:rsid w:val="0005148B"/>
     <w:rsid w:val="00051647"/>
     <w:rsid w:val="00051831"/>
     <w:rsid w:val="00052025"/>
     <w:rsid w:val="00052DC1"/>
+    <w:rsid w:val="000530B9"/>
     <w:rsid w:val="00054227"/>
+    <w:rsid w:val="0005443C"/>
     <w:rsid w:val="0005450E"/>
     <w:rsid w:val="00054647"/>
     <w:rsid w:val="000548AC"/>
     <w:rsid w:val="00054998"/>
     <w:rsid w:val="00054CAE"/>
     <w:rsid w:val="000552FD"/>
     <w:rsid w:val="000555BE"/>
+    <w:rsid w:val="00055FCA"/>
     <w:rsid w:val="00056689"/>
     <w:rsid w:val="00057275"/>
     <w:rsid w:val="00057454"/>
     <w:rsid w:val="00057989"/>
     <w:rsid w:val="000579BC"/>
     <w:rsid w:val="0006030D"/>
     <w:rsid w:val="0006120B"/>
     <w:rsid w:val="000612CD"/>
+    <w:rsid w:val="00061FB1"/>
     <w:rsid w:val="00061FF7"/>
     <w:rsid w:val="00062301"/>
     <w:rsid w:val="00062B28"/>
+    <w:rsid w:val="00062BB7"/>
     <w:rsid w:val="00063762"/>
+    <w:rsid w:val="00063A0D"/>
     <w:rsid w:val="00063D1F"/>
+    <w:rsid w:val="000642E2"/>
     <w:rsid w:val="000645DC"/>
+    <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00064CCC"/>
     <w:rsid w:val="000653F8"/>
     <w:rsid w:val="00065514"/>
     <w:rsid w:val="00065883"/>
     <w:rsid w:val="00065A6E"/>
     <w:rsid w:val="00065F14"/>
     <w:rsid w:val="000662A4"/>
     <w:rsid w:val="000665F9"/>
     <w:rsid w:val="0006715B"/>
+    <w:rsid w:val="00067208"/>
     <w:rsid w:val="000672ED"/>
     <w:rsid w:val="000672F0"/>
     <w:rsid w:val="00067375"/>
     <w:rsid w:val="00067462"/>
     <w:rsid w:val="000702FD"/>
+    <w:rsid w:val="00070412"/>
     <w:rsid w:val="000710AA"/>
     <w:rsid w:val="000710AF"/>
     <w:rsid w:val="000713F9"/>
     <w:rsid w:val="000714A4"/>
     <w:rsid w:val="000720F0"/>
     <w:rsid w:val="0007291F"/>
     <w:rsid w:val="00072F0E"/>
+    <w:rsid w:val="000731AD"/>
     <w:rsid w:val="0007322F"/>
     <w:rsid w:val="00073412"/>
     <w:rsid w:val="00073DAB"/>
     <w:rsid w:val="000745B2"/>
     <w:rsid w:val="00074DA2"/>
     <w:rsid w:val="00075064"/>
+    <w:rsid w:val="00075197"/>
     <w:rsid w:val="000755EC"/>
     <w:rsid w:val="0007594A"/>
     <w:rsid w:val="00075AA1"/>
     <w:rsid w:val="00075CAF"/>
     <w:rsid w:val="00076002"/>
+    <w:rsid w:val="0007606D"/>
+    <w:rsid w:val="00076240"/>
+    <w:rsid w:val="000767C9"/>
     <w:rsid w:val="00076ABA"/>
     <w:rsid w:val="00076DE4"/>
     <w:rsid w:val="00076F1A"/>
     <w:rsid w:val="00077927"/>
     <w:rsid w:val="00077A54"/>
     <w:rsid w:val="0008072B"/>
     <w:rsid w:val="00080939"/>
     <w:rsid w:val="00080B11"/>
+    <w:rsid w:val="00080BCB"/>
     <w:rsid w:val="00080E0C"/>
     <w:rsid w:val="00080FCE"/>
     <w:rsid w:val="000813C1"/>
     <w:rsid w:val="000815AB"/>
     <w:rsid w:val="00081ACF"/>
     <w:rsid w:val="00081BCF"/>
     <w:rsid w:val="00081FD5"/>
     <w:rsid w:val="00082039"/>
     <w:rsid w:val="00082363"/>
     <w:rsid w:val="0008242B"/>
+    <w:rsid w:val="00082656"/>
     <w:rsid w:val="00082660"/>
     <w:rsid w:val="000826FF"/>
     <w:rsid w:val="00082867"/>
     <w:rsid w:val="00082962"/>
     <w:rsid w:val="00082EFD"/>
     <w:rsid w:val="000832F4"/>
     <w:rsid w:val="00083E39"/>
     <w:rsid w:val="00084472"/>
+    <w:rsid w:val="0008461E"/>
     <w:rsid w:val="00084D14"/>
+    <w:rsid w:val="00084DC1"/>
+    <w:rsid w:val="00084E8A"/>
     <w:rsid w:val="00084EF3"/>
     <w:rsid w:val="000859E5"/>
     <w:rsid w:val="00085F9E"/>
     <w:rsid w:val="00086816"/>
+    <w:rsid w:val="000868DB"/>
     <w:rsid w:val="00086B8E"/>
+    <w:rsid w:val="00086BE7"/>
     <w:rsid w:val="00086F22"/>
+    <w:rsid w:val="000879F9"/>
+    <w:rsid w:val="00087AFF"/>
     <w:rsid w:val="00090137"/>
     <w:rsid w:val="00090637"/>
     <w:rsid w:val="0009083C"/>
     <w:rsid w:val="0009096C"/>
+    <w:rsid w:val="000913C2"/>
+    <w:rsid w:val="000915C2"/>
     <w:rsid w:val="00091C8C"/>
     <w:rsid w:val="00092095"/>
     <w:rsid w:val="0009240A"/>
     <w:rsid w:val="00092DE0"/>
     <w:rsid w:val="0009308D"/>
     <w:rsid w:val="00093CC7"/>
+    <w:rsid w:val="00093D7C"/>
     <w:rsid w:val="0009447E"/>
+    <w:rsid w:val="0009448C"/>
     <w:rsid w:val="00094687"/>
     <w:rsid w:val="0009492A"/>
     <w:rsid w:val="00094F57"/>
     <w:rsid w:val="00095467"/>
     <w:rsid w:val="000958AB"/>
     <w:rsid w:val="00095946"/>
     <w:rsid w:val="00095A01"/>
+    <w:rsid w:val="00096704"/>
     <w:rsid w:val="00096B94"/>
     <w:rsid w:val="00096D25"/>
     <w:rsid w:val="00096D9F"/>
     <w:rsid w:val="000975DA"/>
     <w:rsid w:val="000A10CE"/>
     <w:rsid w:val="000A12B8"/>
     <w:rsid w:val="000A176F"/>
     <w:rsid w:val="000A2F52"/>
     <w:rsid w:val="000A2FA8"/>
     <w:rsid w:val="000A3446"/>
     <w:rsid w:val="000A3CD4"/>
     <w:rsid w:val="000A47A0"/>
+    <w:rsid w:val="000A58B2"/>
     <w:rsid w:val="000A5E18"/>
     <w:rsid w:val="000A605A"/>
     <w:rsid w:val="000A61F2"/>
     <w:rsid w:val="000A633C"/>
+    <w:rsid w:val="000A64AE"/>
     <w:rsid w:val="000A6715"/>
     <w:rsid w:val="000A7A19"/>
     <w:rsid w:val="000A7F37"/>
+    <w:rsid w:val="000B0BDD"/>
     <w:rsid w:val="000B0F37"/>
     <w:rsid w:val="000B1098"/>
+    <w:rsid w:val="000B1162"/>
     <w:rsid w:val="000B1581"/>
     <w:rsid w:val="000B19DD"/>
     <w:rsid w:val="000B1CA8"/>
     <w:rsid w:val="000B21EA"/>
     <w:rsid w:val="000B24CA"/>
     <w:rsid w:val="000B283B"/>
+    <w:rsid w:val="000B2893"/>
     <w:rsid w:val="000B299C"/>
     <w:rsid w:val="000B2DB8"/>
     <w:rsid w:val="000B2F70"/>
     <w:rsid w:val="000B3C85"/>
     <w:rsid w:val="000B3E6A"/>
     <w:rsid w:val="000B3E9A"/>
     <w:rsid w:val="000B416B"/>
     <w:rsid w:val="000B4B96"/>
     <w:rsid w:val="000B4FEE"/>
     <w:rsid w:val="000B551F"/>
     <w:rsid w:val="000B57DB"/>
     <w:rsid w:val="000B5C3D"/>
     <w:rsid w:val="000B69E6"/>
     <w:rsid w:val="000B6A94"/>
+    <w:rsid w:val="000B6F95"/>
     <w:rsid w:val="000B7333"/>
+    <w:rsid w:val="000B748E"/>
+    <w:rsid w:val="000B7DED"/>
     <w:rsid w:val="000C0120"/>
     <w:rsid w:val="000C0192"/>
     <w:rsid w:val="000C0BEF"/>
     <w:rsid w:val="000C12D3"/>
     <w:rsid w:val="000C1418"/>
+    <w:rsid w:val="000C14DB"/>
+    <w:rsid w:val="000C1785"/>
     <w:rsid w:val="000C2729"/>
     <w:rsid w:val="000C289D"/>
     <w:rsid w:val="000C2B58"/>
     <w:rsid w:val="000C2B7D"/>
     <w:rsid w:val="000C2D36"/>
     <w:rsid w:val="000C2DCE"/>
+    <w:rsid w:val="000C3893"/>
     <w:rsid w:val="000C3B9A"/>
     <w:rsid w:val="000C3C8F"/>
     <w:rsid w:val="000C3CB3"/>
     <w:rsid w:val="000C4154"/>
     <w:rsid w:val="000C46C9"/>
+    <w:rsid w:val="000C53D7"/>
     <w:rsid w:val="000C5815"/>
     <w:rsid w:val="000C6859"/>
+    <w:rsid w:val="000C767D"/>
     <w:rsid w:val="000C7717"/>
     <w:rsid w:val="000C7A58"/>
+    <w:rsid w:val="000C7D28"/>
     <w:rsid w:val="000C7FA2"/>
+    <w:rsid w:val="000D062D"/>
+    <w:rsid w:val="000D0812"/>
     <w:rsid w:val="000D0A49"/>
     <w:rsid w:val="000D0B5F"/>
     <w:rsid w:val="000D1B70"/>
     <w:rsid w:val="000D21BA"/>
     <w:rsid w:val="000D24D5"/>
     <w:rsid w:val="000D277D"/>
+    <w:rsid w:val="000D289B"/>
     <w:rsid w:val="000D3895"/>
     <w:rsid w:val="000D3C02"/>
+    <w:rsid w:val="000D4ABA"/>
     <w:rsid w:val="000D4AC6"/>
     <w:rsid w:val="000D5DDD"/>
     <w:rsid w:val="000D6446"/>
+    <w:rsid w:val="000D6C6C"/>
     <w:rsid w:val="000D6D7A"/>
     <w:rsid w:val="000D7511"/>
     <w:rsid w:val="000D7542"/>
     <w:rsid w:val="000E000E"/>
     <w:rsid w:val="000E0346"/>
     <w:rsid w:val="000E0514"/>
     <w:rsid w:val="000E08D4"/>
     <w:rsid w:val="000E1200"/>
     <w:rsid w:val="000E15AC"/>
+    <w:rsid w:val="000E22A7"/>
     <w:rsid w:val="000E2992"/>
     <w:rsid w:val="000E2BF9"/>
     <w:rsid w:val="000E2F8A"/>
+    <w:rsid w:val="000E30F2"/>
     <w:rsid w:val="000E3109"/>
     <w:rsid w:val="000E49FF"/>
     <w:rsid w:val="000E5070"/>
     <w:rsid w:val="000E58E5"/>
     <w:rsid w:val="000E5EF9"/>
     <w:rsid w:val="000E5F4F"/>
     <w:rsid w:val="000E5FAF"/>
     <w:rsid w:val="000E65C9"/>
     <w:rsid w:val="000E6C7C"/>
+    <w:rsid w:val="000E708A"/>
+    <w:rsid w:val="000E70D6"/>
     <w:rsid w:val="000E7698"/>
+    <w:rsid w:val="000E784E"/>
     <w:rsid w:val="000E7F2E"/>
     <w:rsid w:val="000F0891"/>
+    <w:rsid w:val="000F126B"/>
+    <w:rsid w:val="000F1BB7"/>
     <w:rsid w:val="000F2B27"/>
     <w:rsid w:val="000F33B0"/>
     <w:rsid w:val="000F35C9"/>
     <w:rsid w:val="000F371E"/>
     <w:rsid w:val="000F38C6"/>
     <w:rsid w:val="000F39AE"/>
     <w:rsid w:val="000F3CC4"/>
     <w:rsid w:val="000F3FB4"/>
     <w:rsid w:val="000F4242"/>
     <w:rsid w:val="000F4274"/>
     <w:rsid w:val="000F44CD"/>
     <w:rsid w:val="000F47B2"/>
     <w:rsid w:val="000F47D8"/>
     <w:rsid w:val="000F4C91"/>
+    <w:rsid w:val="000F5125"/>
     <w:rsid w:val="000F5144"/>
+    <w:rsid w:val="000F67B4"/>
+    <w:rsid w:val="000F6A09"/>
     <w:rsid w:val="000F6BA2"/>
     <w:rsid w:val="000F6D55"/>
     <w:rsid w:val="000F7781"/>
     <w:rsid w:val="000F7A04"/>
     <w:rsid w:val="000F7B8F"/>
     <w:rsid w:val="001001C6"/>
     <w:rsid w:val="00100CCB"/>
     <w:rsid w:val="0010135C"/>
     <w:rsid w:val="001019AF"/>
     <w:rsid w:val="00101A13"/>
+    <w:rsid w:val="00101C6B"/>
     <w:rsid w:val="001020FF"/>
     <w:rsid w:val="0010220A"/>
     <w:rsid w:val="00102456"/>
     <w:rsid w:val="001025A9"/>
     <w:rsid w:val="00102FB1"/>
     <w:rsid w:val="0010303B"/>
     <w:rsid w:val="001035F0"/>
     <w:rsid w:val="00103F6A"/>
     <w:rsid w:val="00103F7F"/>
     <w:rsid w:val="00104D49"/>
     <w:rsid w:val="00105763"/>
     <w:rsid w:val="00105920"/>
     <w:rsid w:val="00105DF2"/>
     <w:rsid w:val="0010666C"/>
     <w:rsid w:val="00106807"/>
+    <w:rsid w:val="00106EB0"/>
     <w:rsid w:val="00106F07"/>
-    <w:rsid w:val="001073CE"/>
+    <w:rsid w:val="00107235"/>
     <w:rsid w:val="001077AF"/>
     <w:rsid w:val="0010780C"/>
     <w:rsid w:val="001107DC"/>
     <w:rsid w:val="00110DAA"/>
+    <w:rsid w:val="00111889"/>
     <w:rsid w:val="00111A47"/>
     <w:rsid w:val="001120F2"/>
     <w:rsid w:val="0011211A"/>
     <w:rsid w:val="001134DC"/>
     <w:rsid w:val="001136B9"/>
     <w:rsid w:val="00113757"/>
     <w:rsid w:val="00113C6B"/>
     <w:rsid w:val="00114280"/>
     <w:rsid w:val="00114775"/>
+    <w:rsid w:val="001148D9"/>
     <w:rsid w:val="00115ABD"/>
+    <w:rsid w:val="00115E7A"/>
     <w:rsid w:val="001166A6"/>
+    <w:rsid w:val="001166F5"/>
     <w:rsid w:val="00116862"/>
     <w:rsid w:val="0011686F"/>
     <w:rsid w:val="00116EAE"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="0011779F"/>
+    <w:rsid w:val="00117BFA"/>
     <w:rsid w:val="00120270"/>
+    <w:rsid w:val="00120452"/>
+    <w:rsid w:val="0012086B"/>
     <w:rsid w:val="001208BF"/>
+    <w:rsid w:val="00120B96"/>
     <w:rsid w:val="00121128"/>
     <w:rsid w:val="00121132"/>
     <w:rsid w:val="0012118E"/>
     <w:rsid w:val="00121F66"/>
     <w:rsid w:val="00122F46"/>
+    <w:rsid w:val="00123CF5"/>
     <w:rsid w:val="00124146"/>
     <w:rsid w:val="00124161"/>
     <w:rsid w:val="0012451D"/>
     <w:rsid w:val="00124E3F"/>
     <w:rsid w:val="00124F7D"/>
     <w:rsid w:val="001251AC"/>
     <w:rsid w:val="0012523D"/>
     <w:rsid w:val="00125250"/>
     <w:rsid w:val="001252B6"/>
     <w:rsid w:val="00125989"/>
+    <w:rsid w:val="001261EE"/>
     <w:rsid w:val="00126DBF"/>
     <w:rsid w:val="00127042"/>
     <w:rsid w:val="00127069"/>
     <w:rsid w:val="0012784E"/>
     <w:rsid w:val="001278C6"/>
+    <w:rsid w:val="00127BFB"/>
     <w:rsid w:val="00127EE9"/>
     <w:rsid w:val="00130093"/>
     <w:rsid w:val="0013054B"/>
     <w:rsid w:val="001308EF"/>
     <w:rsid w:val="00130B65"/>
     <w:rsid w:val="00130DDD"/>
     <w:rsid w:val="00130F15"/>
     <w:rsid w:val="001312E5"/>
     <w:rsid w:val="00131A7D"/>
     <w:rsid w:val="00132156"/>
     <w:rsid w:val="0013279E"/>
     <w:rsid w:val="00132CE2"/>
     <w:rsid w:val="00133048"/>
     <w:rsid w:val="001330FC"/>
+    <w:rsid w:val="00133134"/>
     <w:rsid w:val="00133157"/>
     <w:rsid w:val="001331AF"/>
     <w:rsid w:val="00133634"/>
     <w:rsid w:val="00133E75"/>
+    <w:rsid w:val="001347D7"/>
     <w:rsid w:val="00134AC6"/>
     <w:rsid w:val="00134FAB"/>
     <w:rsid w:val="0013555D"/>
+    <w:rsid w:val="00135648"/>
+    <w:rsid w:val="0013576B"/>
+    <w:rsid w:val="00135A29"/>
     <w:rsid w:val="00135B82"/>
     <w:rsid w:val="00135D3E"/>
     <w:rsid w:val="00135FDB"/>
     <w:rsid w:val="0013640F"/>
     <w:rsid w:val="001365A3"/>
+    <w:rsid w:val="00136A94"/>
     <w:rsid w:val="00136D54"/>
     <w:rsid w:val="00136F3C"/>
     <w:rsid w:val="00137145"/>
     <w:rsid w:val="001372A1"/>
     <w:rsid w:val="001375BC"/>
     <w:rsid w:val="0013775E"/>
     <w:rsid w:val="00137C9B"/>
     <w:rsid w:val="00137CD3"/>
     <w:rsid w:val="00140B2E"/>
     <w:rsid w:val="00141005"/>
     <w:rsid w:val="001413DA"/>
     <w:rsid w:val="0014189C"/>
     <w:rsid w:val="00141974"/>
     <w:rsid w:val="00141E8D"/>
     <w:rsid w:val="001420AB"/>
     <w:rsid w:val="001421F7"/>
     <w:rsid w:val="001422B5"/>
+    <w:rsid w:val="0014295D"/>
     <w:rsid w:val="00142C0D"/>
     <w:rsid w:val="00142D60"/>
     <w:rsid w:val="0014306B"/>
     <w:rsid w:val="00143332"/>
     <w:rsid w:val="001438EA"/>
     <w:rsid w:val="001446BB"/>
     <w:rsid w:val="00144C67"/>
+    <w:rsid w:val="001451E0"/>
     <w:rsid w:val="001452AC"/>
     <w:rsid w:val="0014534F"/>
     <w:rsid w:val="001458D0"/>
     <w:rsid w:val="00145AC5"/>
     <w:rsid w:val="00145B29"/>
     <w:rsid w:val="00145FBE"/>
     <w:rsid w:val="00146386"/>
     <w:rsid w:val="0014648A"/>
     <w:rsid w:val="00146E55"/>
     <w:rsid w:val="001474CD"/>
     <w:rsid w:val="001477C4"/>
     <w:rsid w:val="00147AEC"/>
     <w:rsid w:val="00147D63"/>
     <w:rsid w:val="00150691"/>
     <w:rsid w:val="00151213"/>
+    <w:rsid w:val="001515B3"/>
+    <w:rsid w:val="001518B1"/>
     <w:rsid w:val="001519DB"/>
     <w:rsid w:val="0015208A"/>
     <w:rsid w:val="00153079"/>
     <w:rsid w:val="001537E1"/>
     <w:rsid w:val="0015419C"/>
     <w:rsid w:val="001543E0"/>
     <w:rsid w:val="0015444F"/>
     <w:rsid w:val="00154F57"/>
     <w:rsid w:val="001553FE"/>
+    <w:rsid w:val="00155879"/>
     <w:rsid w:val="00155C00"/>
+    <w:rsid w:val="0015611E"/>
     <w:rsid w:val="001564D9"/>
     <w:rsid w:val="001568F6"/>
     <w:rsid w:val="00156967"/>
     <w:rsid w:val="00157142"/>
     <w:rsid w:val="00157494"/>
     <w:rsid w:val="00157AA7"/>
     <w:rsid w:val="00157F44"/>
     <w:rsid w:val="00160008"/>
     <w:rsid w:val="001600DC"/>
     <w:rsid w:val="0016062C"/>
+    <w:rsid w:val="001606CA"/>
     <w:rsid w:val="00160711"/>
     <w:rsid w:val="00160E04"/>
     <w:rsid w:val="001617EF"/>
     <w:rsid w:val="0016183D"/>
     <w:rsid w:val="00161C1C"/>
     <w:rsid w:val="00161E45"/>
     <w:rsid w:val="00161EA6"/>
     <w:rsid w:val="001623A5"/>
     <w:rsid w:val="00162D9D"/>
     <w:rsid w:val="00162DE4"/>
+    <w:rsid w:val="00162E2A"/>
     <w:rsid w:val="00163941"/>
     <w:rsid w:val="00164126"/>
     <w:rsid w:val="0016431B"/>
     <w:rsid w:val="001644ED"/>
     <w:rsid w:val="001644F4"/>
     <w:rsid w:val="001647F1"/>
     <w:rsid w:val="00164949"/>
     <w:rsid w:val="00164C66"/>
     <w:rsid w:val="00164C6A"/>
     <w:rsid w:val="001651D7"/>
+    <w:rsid w:val="00165226"/>
     <w:rsid w:val="001658F5"/>
     <w:rsid w:val="00165941"/>
     <w:rsid w:val="00165EC0"/>
     <w:rsid w:val="001660DD"/>
     <w:rsid w:val="001666B3"/>
     <w:rsid w:val="00166899"/>
     <w:rsid w:val="001668C0"/>
     <w:rsid w:val="0016690C"/>
     <w:rsid w:val="00166B96"/>
     <w:rsid w:val="0016721D"/>
     <w:rsid w:val="0016737C"/>
     <w:rsid w:val="00167965"/>
+    <w:rsid w:val="00167D98"/>
     <w:rsid w:val="00167EED"/>
     <w:rsid w:val="0017044C"/>
+    <w:rsid w:val="001706A3"/>
     <w:rsid w:val="001706F4"/>
     <w:rsid w:val="00171285"/>
+    <w:rsid w:val="00171848"/>
     <w:rsid w:val="00171B9C"/>
+    <w:rsid w:val="00171DDC"/>
+    <w:rsid w:val="00172265"/>
     <w:rsid w:val="00172774"/>
+    <w:rsid w:val="00172E62"/>
+    <w:rsid w:val="00173228"/>
     <w:rsid w:val="00173D0F"/>
     <w:rsid w:val="00173F37"/>
     <w:rsid w:val="00174069"/>
     <w:rsid w:val="001749CC"/>
     <w:rsid w:val="00174C73"/>
     <w:rsid w:val="00174CF1"/>
     <w:rsid w:val="00175454"/>
     <w:rsid w:val="001754FA"/>
+    <w:rsid w:val="00175AA5"/>
     <w:rsid w:val="00176184"/>
     <w:rsid w:val="001763EA"/>
     <w:rsid w:val="001764BA"/>
     <w:rsid w:val="0017670A"/>
     <w:rsid w:val="00176B90"/>
+    <w:rsid w:val="00176CB0"/>
+    <w:rsid w:val="00177699"/>
     <w:rsid w:val="001778D0"/>
     <w:rsid w:val="00177978"/>
+    <w:rsid w:val="00180E97"/>
+    <w:rsid w:val="00181032"/>
     <w:rsid w:val="00181153"/>
     <w:rsid w:val="001814DC"/>
     <w:rsid w:val="0018182B"/>
     <w:rsid w:val="001818A5"/>
     <w:rsid w:val="00181B08"/>
+    <w:rsid w:val="001820C2"/>
     <w:rsid w:val="0018221F"/>
     <w:rsid w:val="001826F8"/>
     <w:rsid w:val="001829F4"/>
     <w:rsid w:val="00182D8F"/>
     <w:rsid w:val="00182F09"/>
     <w:rsid w:val="001832BD"/>
     <w:rsid w:val="001835EC"/>
+    <w:rsid w:val="001838D1"/>
     <w:rsid w:val="00183CE9"/>
+    <w:rsid w:val="00184803"/>
+    <w:rsid w:val="001857DE"/>
     <w:rsid w:val="00185FCA"/>
+    <w:rsid w:val="0018634E"/>
     <w:rsid w:val="0018658B"/>
     <w:rsid w:val="0018684D"/>
     <w:rsid w:val="001871EB"/>
     <w:rsid w:val="001872BF"/>
     <w:rsid w:val="0018746F"/>
     <w:rsid w:val="001878D6"/>
     <w:rsid w:val="00187C3F"/>
     <w:rsid w:val="00187E5F"/>
+    <w:rsid w:val="00187FD2"/>
     <w:rsid w:val="0019079A"/>
     <w:rsid w:val="001908B3"/>
     <w:rsid w:val="00190F62"/>
     <w:rsid w:val="00191359"/>
     <w:rsid w:val="0019187F"/>
     <w:rsid w:val="001919B0"/>
     <w:rsid w:val="00191F89"/>
     <w:rsid w:val="00191FB9"/>
+    <w:rsid w:val="00192009"/>
     <w:rsid w:val="001929E6"/>
     <w:rsid w:val="001933DC"/>
+    <w:rsid w:val="00193542"/>
+    <w:rsid w:val="001937D0"/>
     <w:rsid w:val="00194173"/>
+    <w:rsid w:val="00194574"/>
     <w:rsid w:val="001946D3"/>
     <w:rsid w:val="00194C5B"/>
+    <w:rsid w:val="00194EC5"/>
     <w:rsid w:val="00194F4C"/>
     <w:rsid w:val="0019569D"/>
     <w:rsid w:val="00195765"/>
     <w:rsid w:val="001957BD"/>
     <w:rsid w:val="00195D3C"/>
     <w:rsid w:val="001969E7"/>
     <w:rsid w:val="00196D7C"/>
+    <w:rsid w:val="00196DC4"/>
     <w:rsid w:val="00197198"/>
     <w:rsid w:val="001971DD"/>
     <w:rsid w:val="00197332"/>
+    <w:rsid w:val="001976DE"/>
     <w:rsid w:val="00197A51"/>
     <w:rsid w:val="00197B8F"/>
     <w:rsid w:val="001A037C"/>
+    <w:rsid w:val="001A0642"/>
+    <w:rsid w:val="001A0EE1"/>
     <w:rsid w:val="001A0F41"/>
     <w:rsid w:val="001A0FDE"/>
     <w:rsid w:val="001A1C3C"/>
     <w:rsid w:val="001A1C8D"/>
     <w:rsid w:val="001A1CFF"/>
     <w:rsid w:val="001A2538"/>
     <w:rsid w:val="001A286D"/>
     <w:rsid w:val="001A2C69"/>
     <w:rsid w:val="001A2CE8"/>
     <w:rsid w:val="001A3002"/>
     <w:rsid w:val="001A3164"/>
+    <w:rsid w:val="001A35FE"/>
     <w:rsid w:val="001A426D"/>
     <w:rsid w:val="001A42A3"/>
     <w:rsid w:val="001A4408"/>
     <w:rsid w:val="001A443B"/>
     <w:rsid w:val="001A44CF"/>
     <w:rsid w:val="001A49A0"/>
     <w:rsid w:val="001A4C1E"/>
     <w:rsid w:val="001A4C28"/>
+    <w:rsid w:val="001A5260"/>
     <w:rsid w:val="001A5722"/>
     <w:rsid w:val="001A57DD"/>
+    <w:rsid w:val="001A589E"/>
+    <w:rsid w:val="001A5A42"/>
     <w:rsid w:val="001A5AC4"/>
     <w:rsid w:val="001A5E39"/>
     <w:rsid w:val="001A5F80"/>
     <w:rsid w:val="001A6369"/>
     <w:rsid w:val="001A7356"/>
     <w:rsid w:val="001A739C"/>
     <w:rsid w:val="001A7536"/>
     <w:rsid w:val="001A7B44"/>
     <w:rsid w:val="001B018B"/>
     <w:rsid w:val="001B03A1"/>
     <w:rsid w:val="001B1727"/>
     <w:rsid w:val="001B1735"/>
     <w:rsid w:val="001B1A88"/>
     <w:rsid w:val="001B214F"/>
     <w:rsid w:val="001B2731"/>
+    <w:rsid w:val="001B2B02"/>
     <w:rsid w:val="001B2D0F"/>
     <w:rsid w:val="001B32C3"/>
     <w:rsid w:val="001B382B"/>
     <w:rsid w:val="001B3E2A"/>
+    <w:rsid w:val="001B428D"/>
     <w:rsid w:val="001B4640"/>
     <w:rsid w:val="001B5221"/>
     <w:rsid w:val="001B52A1"/>
     <w:rsid w:val="001B56D0"/>
     <w:rsid w:val="001B5BC2"/>
+    <w:rsid w:val="001B5F82"/>
     <w:rsid w:val="001B60B7"/>
+    <w:rsid w:val="001B6AB5"/>
     <w:rsid w:val="001B6F88"/>
+    <w:rsid w:val="001B79F5"/>
+    <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C046D"/>
     <w:rsid w:val="001C0865"/>
     <w:rsid w:val="001C08F1"/>
     <w:rsid w:val="001C09AC"/>
+    <w:rsid w:val="001C0DA0"/>
+    <w:rsid w:val="001C112C"/>
     <w:rsid w:val="001C16A1"/>
     <w:rsid w:val="001C1FC8"/>
+    <w:rsid w:val="001C2660"/>
     <w:rsid w:val="001C2F96"/>
     <w:rsid w:val="001C34BE"/>
     <w:rsid w:val="001C3978"/>
     <w:rsid w:val="001C4425"/>
     <w:rsid w:val="001C4639"/>
     <w:rsid w:val="001C4871"/>
     <w:rsid w:val="001C4D55"/>
     <w:rsid w:val="001C50E8"/>
+    <w:rsid w:val="001C52BB"/>
     <w:rsid w:val="001C59F6"/>
     <w:rsid w:val="001C5CF6"/>
+    <w:rsid w:val="001C5F0A"/>
     <w:rsid w:val="001C6159"/>
     <w:rsid w:val="001C65D4"/>
     <w:rsid w:val="001C6FE9"/>
     <w:rsid w:val="001C7067"/>
     <w:rsid w:val="001C7309"/>
     <w:rsid w:val="001C7591"/>
     <w:rsid w:val="001D0046"/>
     <w:rsid w:val="001D012B"/>
     <w:rsid w:val="001D0699"/>
     <w:rsid w:val="001D0998"/>
     <w:rsid w:val="001D0BE9"/>
     <w:rsid w:val="001D1700"/>
     <w:rsid w:val="001D19B2"/>
+    <w:rsid w:val="001D2440"/>
+    <w:rsid w:val="001D251F"/>
+    <w:rsid w:val="001D3032"/>
     <w:rsid w:val="001D3165"/>
     <w:rsid w:val="001D3361"/>
     <w:rsid w:val="001D3826"/>
+    <w:rsid w:val="001D3A1F"/>
     <w:rsid w:val="001D40B5"/>
     <w:rsid w:val="001D4239"/>
     <w:rsid w:val="001D47AB"/>
     <w:rsid w:val="001D4F30"/>
     <w:rsid w:val="001D5141"/>
     <w:rsid w:val="001D517D"/>
     <w:rsid w:val="001D562C"/>
+    <w:rsid w:val="001D565D"/>
+    <w:rsid w:val="001D60A7"/>
+    <w:rsid w:val="001D6809"/>
     <w:rsid w:val="001D6F1F"/>
     <w:rsid w:val="001D735F"/>
+    <w:rsid w:val="001D7646"/>
     <w:rsid w:val="001E0015"/>
     <w:rsid w:val="001E027E"/>
     <w:rsid w:val="001E0463"/>
     <w:rsid w:val="001E0525"/>
     <w:rsid w:val="001E073E"/>
     <w:rsid w:val="001E09A3"/>
     <w:rsid w:val="001E1324"/>
     <w:rsid w:val="001E196A"/>
     <w:rsid w:val="001E1AE6"/>
     <w:rsid w:val="001E1FD3"/>
     <w:rsid w:val="001E2C74"/>
     <w:rsid w:val="001E2DAA"/>
     <w:rsid w:val="001E2E86"/>
     <w:rsid w:val="001E2FEE"/>
     <w:rsid w:val="001E3293"/>
     <w:rsid w:val="001E3A53"/>
     <w:rsid w:val="001E41C8"/>
     <w:rsid w:val="001E4385"/>
     <w:rsid w:val="001E51B7"/>
     <w:rsid w:val="001E5250"/>
+    <w:rsid w:val="001E5D53"/>
     <w:rsid w:val="001E5E44"/>
     <w:rsid w:val="001E6258"/>
+    <w:rsid w:val="001E66E9"/>
     <w:rsid w:val="001E6804"/>
     <w:rsid w:val="001E695B"/>
     <w:rsid w:val="001E6F33"/>
     <w:rsid w:val="001E72E0"/>
     <w:rsid w:val="001E7912"/>
     <w:rsid w:val="001F0272"/>
+    <w:rsid w:val="001F03D8"/>
     <w:rsid w:val="001F05B0"/>
     <w:rsid w:val="001F05B6"/>
+    <w:rsid w:val="001F098B"/>
     <w:rsid w:val="001F0CA6"/>
     <w:rsid w:val="001F15F6"/>
     <w:rsid w:val="001F17CA"/>
+    <w:rsid w:val="001F1DA7"/>
     <w:rsid w:val="001F1F90"/>
     <w:rsid w:val="001F2949"/>
     <w:rsid w:val="001F2A2D"/>
     <w:rsid w:val="001F2FCD"/>
     <w:rsid w:val="001F3209"/>
     <w:rsid w:val="001F34F2"/>
+    <w:rsid w:val="001F3816"/>
     <w:rsid w:val="001F385E"/>
     <w:rsid w:val="001F3965"/>
+    <w:rsid w:val="001F40FE"/>
     <w:rsid w:val="001F4319"/>
     <w:rsid w:val="001F4343"/>
     <w:rsid w:val="001F447A"/>
     <w:rsid w:val="001F46DD"/>
     <w:rsid w:val="001F4772"/>
     <w:rsid w:val="001F4DDA"/>
     <w:rsid w:val="001F6598"/>
     <w:rsid w:val="001F6C9C"/>
     <w:rsid w:val="001F6EEE"/>
+    <w:rsid w:val="002001AA"/>
     <w:rsid w:val="00200B78"/>
     <w:rsid w:val="00200CE4"/>
     <w:rsid w:val="00200F42"/>
     <w:rsid w:val="002011B8"/>
+    <w:rsid w:val="002018CE"/>
+    <w:rsid w:val="0020199E"/>
     <w:rsid w:val="00202477"/>
+    <w:rsid w:val="0020314D"/>
     <w:rsid w:val="00203752"/>
     <w:rsid w:val="00203788"/>
     <w:rsid w:val="00203928"/>
     <w:rsid w:val="002041FF"/>
+    <w:rsid w:val="00204628"/>
+    <w:rsid w:val="0020463F"/>
     <w:rsid w:val="00204970"/>
     <w:rsid w:val="00204E5E"/>
     <w:rsid w:val="002050C1"/>
     <w:rsid w:val="00205455"/>
     <w:rsid w:val="00205EDD"/>
     <w:rsid w:val="00205F33"/>
     <w:rsid w:val="00206EC8"/>
     <w:rsid w:val="00207680"/>
     <w:rsid w:val="002078C4"/>
     <w:rsid w:val="00210041"/>
+    <w:rsid w:val="00210320"/>
+    <w:rsid w:val="002105DA"/>
     <w:rsid w:val="00210C94"/>
+    <w:rsid w:val="00211211"/>
     <w:rsid w:val="00211D4E"/>
     <w:rsid w:val="00212C01"/>
     <w:rsid w:val="00212D86"/>
     <w:rsid w:val="00212F62"/>
     <w:rsid w:val="002130EA"/>
     <w:rsid w:val="002137E8"/>
     <w:rsid w:val="00213E3D"/>
+    <w:rsid w:val="00214282"/>
     <w:rsid w:val="00214EEF"/>
     <w:rsid w:val="00215440"/>
     <w:rsid w:val="00215592"/>
     <w:rsid w:val="00215A9A"/>
     <w:rsid w:val="00215C84"/>
     <w:rsid w:val="00216CA6"/>
     <w:rsid w:val="00216DFF"/>
     <w:rsid w:val="00216FA6"/>
     <w:rsid w:val="002170FF"/>
     <w:rsid w:val="00217403"/>
     <w:rsid w:val="002175C2"/>
     <w:rsid w:val="00217C7B"/>
     <w:rsid w:val="00220135"/>
     <w:rsid w:val="0022093A"/>
+    <w:rsid w:val="00220987"/>
     <w:rsid w:val="00220A53"/>
     <w:rsid w:val="00220C6F"/>
     <w:rsid w:val="00221159"/>
     <w:rsid w:val="00221548"/>
+    <w:rsid w:val="0022169E"/>
     <w:rsid w:val="00221FED"/>
     <w:rsid w:val="00222470"/>
     <w:rsid w:val="00222ABD"/>
+    <w:rsid w:val="00222AF0"/>
     <w:rsid w:val="00222BBE"/>
     <w:rsid w:val="00222D34"/>
     <w:rsid w:val="00222E0D"/>
     <w:rsid w:val="00222F9D"/>
     <w:rsid w:val="002232D5"/>
+    <w:rsid w:val="0022392C"/>
+    <w:rsid w:val="00224092"/>
     <w:rsid w:val="002241A7"/>
     <w:rsid w:val="00224429"/>
     <w:rsid w:val="00224EAD"/>
     <w:rsid w:val="0022532B"/>
     <w:rsid w:val="0022560E"/>
     <w:rsid w:val="00225675"/>
     <w:rsid w:val="002257CB"/>
     <w:rsid w:val="00225C14"/>
     <w:rsid w:val="00225C3D"/>
     <w:rsid w:val="00225C65"/>
     <w:rsid w:val="00225D1E"/>
+    <w:rsid w:val="00225E1D"/>
+    <w:rsid w:val="0022603A"/>
+    <w:rsid w:val="00226507"/>
     <w:rsid w:val="00226DC8"/>
     <w:rsid w:val="00227068"/>
     <w:rsid w:val="002272CB"/>
     <w:rsid w:val="002274C5"/>
     <w:rsid w:val="00227527"/>
     <w:rsid w:val="00227A25"/>
     <w:rsid w:val="00227A8A"/>
     <w:rsid w:val="00227EAA"/>
     <w:rsid w:val="00230534"/>
     <w:rsid w:val="002313C7"/>
     <w:rsid w:val="0023140B"/>
     <w:rsid w:val="0023154D"/>
     <w:rsid w:val="002316C6"/>
     <w:rsid w:val="00232034"/>
     <w:rsid w:val="0023247B"/>
     <w:rsid w:val="00232C4C"/>
     <w:rsid w:val="00232DBB"/>
     <w:rsid w:val="00232E87"/>
+    <w:rsid w:val="002332EF"/>
     <w:rsid w:val="00233696"/>
     <w:rsid w:val="00233718"/>
     <w:rsid w:val="00233991"/>
     <w:rsid w:val="00233E35"/>
     <w:rsid w:val="002340FC"/>
     <w:rsid w:val="002344A8"/>
+    <w:rsid w:val="00234987"/>
     <w:rsid w:val="00234C10"/>
     <w:rsid w:val="00234DB5"/>
+    <w:rsid w:val="00234E87"/>
     <w:rsid w:val="0023500F"/>
     <w:rsid w:val="00235304"/>
     <w:rsid w:val="002359F4"/>
     <w:rsid w:val="00235DD0"/>
     <w:rsid w:val="00236157"/>
     <w:rsid w:val="00236196"/>
     <w:rsid w:val="002362DB"/>
     <w:rsid w:val="002362EC"/>
     <w:rsid w:val="0023638B"/>
     <w:rsid w:val="0023681F"/>
     <w:rsid w:val="00236C0B"/>
     <w:rsid w:val="00236CE4"/>
     <w:rsid w:val="0023744B"/>
     <w:rsid w:val="00237D4E"/>
     <w:rsid w:val="00237F93"/>
     <w:rsid w:val="002403FF"/>
     <w:rsid w:val="002407AB"/>
+    <w:rsid w:val="002413F0"/>
     <w:rsid w:val="002415FF"/>
+    <w:rsid w:val="0024236D"/>
     <w:rsid w:val="002425ED"/>
+    <w:rsid w:val="00242609"/>
     <w:rsid w:val="002428BA"/>
     <w:rsid w:val="0024380C"/>
     <w:rsid w:val="002438C1"/>
+    <w:rsid w:val="00243B6A"/>
     <w:rsid w:val="00243D53"/>
     <w:rsid w:val="00243FF9"/>
+    <w:rsid w:val="00244229"/>
     <w:rsid w:val="00244463"/>
+    <w:rsid w:val="002445CE"/>
     <w:rsid w:val="002455AF"/>
     <w:rsid w:val="002458B1"/>
     <w:rsid w:val="00245A51"/>
     <w:rsid w:val="00245AFE"/>
     <w:rsid w:val="00245EB8"/>
+    <w:rsid w:val="002463C4"/>
+    <w:rsid w:val="00246ED8"/>
+    <w:rsid w:val="00247235"/>
     <w:rsid w:val="002472AE"/>
     <w:rsid w:val="002472D9"/>
+    <w:rsid w:val="002479E2"/>
     <w:rsid w:val="00247D01"/>
     <w:rsid w:val="00250043"/>
     <w:rsid w:val="002500A8"/>
     <w:rsid w:val="00250218"/>
     <w:rsid w:val="002515ED"/>
     <w:rsid w:val="00251699"/>
     <w:rsid w:val="00251B97"/>
     <w:rsid w:val="00252053"/>
+    <w:rsid w:val="002521F0"/>
     <w:rsid w:val="00252B7D"/>
+    <w:rsid w:val="00252DB0"/>
     <w:rsid w:val="00252F65"/>
+    <w:rsid w:val="00253968"/>
     <w:rsid w:val="00253A9F"/>
+    <w:rsid w:val="00253B7B"/>
     <w:rsid w:val="00254069"/>
     <w:rsid w:val="002541B4"/>
     <w:rsid w:val="0025494F"/>
     <w:rsid w:val="002555AD"/>
+    <w:rsid w:val="00255AB8"/>
     <w:rsid w:val="00255AE9"/>
     <w:rsid w:val="00255C29"/>
     <w:rsid w:val="00255D93"/>
     <w:rsid w:val="0025644B"/>
     <w:rsid w:val="00256710"/>
     <w:rsid w:val="002568C1"/>
     <w:rsid w:val="00256BA2"/>
     <w:rsid w:val="002571F6"/>
     <w:rsid w:val="00257988"/>
     <w:rsid w:val="00257B8F"/>
     <w:rsid w:val="00257F23"/>
     <w:rsid w:val="002602A4"/>
     <w:rsid w:val="0026085B"/>
     <w:rsid w:val="00260C35"/>
     <w:rsid w:val="00261078"/>
+    <w:rsid w:val="002611C6"/>
     <w:rsid w:val="00261597"/>
     <w:rsid w:val="002617CB"/>
     <w:rsid w:val="00261BCC"/>
     <w:rsid w:val="00262038"/>
+    <w:rsid w:val="00262394"/>
+    <w:rsid w:val="00262485"/>
     <w:rsid w:val="00263002"/>
     <w:rsid w:val="00263C8A"/>
+    <w:rsid w:val="002645BF"/>
     <w:rsid w:val="002647B2"/>
     <w:rsid w:val="002647F9"/>
     <w:rsid w:val="00264987"/>
     <w:rsid w:val="00264E43"/>
     <w:rsid w:val="00264F39"/>
+    <w:rsid w:val="0026555F"/>
     <w:rsid w:val="00265695"/>
     <w:rsid w:val="002658D3"/>
     <w:rsid w:val="00265C46"/>
     <w:rsid w:val="00265CA9"/>
     <w:rsid w:val="00265E61"/>
     <w:rsid w:val="00266A51"/>
     <w:rsid w:val="00266C3C"/>
     <w:rsid w:val="00266FC3"/>
     <w:rsid w:val="0026709B"/>
     <w:rsid w:val="002676D2"/>
+    <w:rsid w:val="00267A59"/>
     <w:rsid w:val="00267DD2"/>
     <w:rsid w:val="00267E1E"/>
     <w:rsid w:val="00270007"/>
     <w:rsid w:val="002703A0"/>
     <w:rsid w:val="00270614"/>
     <w:rsid w:val="002706A5"/>
     <w:rsid w:val="00270702"/>
     <w:rsid w:val="00270AAF"/>
     <w:rsid w:val="002710D6"/>
     <w:rsid w:val="0027249F"/>
+    <w:rsid w:val="002732C2"/>
+    <w:rsid w:val="00273475"/>
     <w:rsid w:val="0027353C"/>
     <w:rsid w:val="00273656"/>
     <w:rsid w:val="00273CB5"/>
+    <w:rsid w:val="00274383"/>
+    <w:rsid w:val="002748C3"/>
     <w:rsid w:val="0027512E"/>
     <w:rsid w:val="00275232"/>
     <w:rsid w:val="00275A12"/>
     <w:rsid w:val="00275EA3"/>
     <w:rsid w:val="00275EAA"/>
     <w:rsid w:val="00276203"/>
     <w:rsid w:val="00276804"/>
     <w:rsid w:val="0027758A"/>
     <w:rsid w:val="0027766C"/>
     <w:rsid w:val="0028061D"/>
     <w:rsid w:val="00280902"/>
     <w:rsid w:val="00280EED"/>
     <w:rsid w:val="00281378"/>
+    <w:rsid w:val="002819D8"/>
     <w:rsid w:val="00281E09"/>
     <w:rsid w:val="00281EF6"/>
     <w:rsid w:val="002820D6"/>
+    <w:rsid w:val="00282C09"/>
     <w:rsid w:val="00282E23"/>
     <w:rsid w:val="00283579"/>
     <w:rsid w:val="0028363B"/>
     <w:rsid w:val="00283838"/>
     <w:rsid w:val="00283AE6"/>
     <w:rsid w:val="00283CD4"/>
     <w:rsid w:val="00283E10"/>
     <w:rsid w:val="00283E78"/>
+    <w:rsid w:val="00284221"/>
     <w:rsid w:val="00284BAA"/>
+    <w:rsid w:val="002857ED"/>
+    <w:rsid w:val="00285DAC"/>
     <w:rsid w:val="00286585"/>
     <w:rsid w:val="0028666D"/>
     <w:rsid w:val="00286704"/>
     <w:rsid w:val="002868BE"/>
+    <w:rsid w:val="00286DEE"/>
     <w:rsid w:val="00287671"/>
     <w:rsid w:val="00287704"/>
     <w:rsid w:val="0028782C"/>
     <w:rsid w:val="0028796B"/>
     <w:rsid w:val="00287D6D"/>
     <w:rsid w:val="00287F3B"/>
     <w:rsid w:val="002904F1"/>
     <w:rsid w:val="00290A7A"/>
     <w:rsid w:val="00290C20"/>
+    <w:rsid w:val="002910D9"/>
     <w:rsid w:val="002913CC"/>
     <w:rsid w:val="0029161A"/>
     <w:rsid w:val="00291B56"/>
     <w:rsid w:val="002920C9"/>
     <w:rsid w:val="002920D7"/>
     <w:rsid w:val="002921D7"/>
     <w:rsid w:val="00292240"/>
     <w:rsid w:val="00292538"/>
     <w:rsid w:val="00292627"/>
     <w:rsid w:val="0029273F"/>
+    <w:rsid w:val="002927E6"/>
     <w:rsid w:val="00292B5C"/>
+    <w:rsid w:val="00292E05"/>
     <w:rsid w:val="00292E75"/>
     <w:rsid w:val="00293A6A"/>
+    <w:rsid w:val="002940CC"/>
     <w:rsid w:val="00294E9B"/>
+    <w:rsid w:val="00295155"/>
     <w:rsid w:val="002956BC"/>
     <w:rsid w:val="00295A2A"/>
     <w:rsid w:val="00295A8F"/>
+    <w:rsid w:val="00295CAE"/>
     <w:rsid w:val="00295F99"/>
     <w:rsid w:val="00296216"/>
     <w:rsid w:val="002963DA"/>
     <w:rsid w:val="00296CDC"/>
     <w:rsid w:val="002975C0"/>
+    <w:rsid w:val="00297D2A"/>
     <w:rsid w:val="002A045E"/>
     <w:rsid w:val="002A1533"/>
     <w:rsid w:val="002A16B9"/>
     <w:rsid w:val="002A1788"/>
     <w:rsid w:val="002A1D09"/>
     <w:rsid w:val="002A20D7"/>
     <w:rsid w:val="002A224C"/>
     <w:rsid w:val="002A2715"/>
     <w:rsid w:val="002A2ED8"/>
     <w:rsid w:val="002A3195"/>
     <w:rsid w:val="002A387B"/>
+    <w:rsid w:val="002A3EB0"/>
     <w:rsid w:val="002A43B7"/>
+    <w:rsid w:val="002A4783"/>
+    <w:rsid w:val="002A4FF5"/>
     <w:rsid w:val="002A52AE"/>
     <w:rsid w:val="002A53EB"/>
     <w:rsid w:val="002A5559"/>
     <w:rsid w:val="002A5622"/>
     <w:rsid w:val="002A5908"/>
+    <w:rsid w:val="002A5A81"/>
     <w:rsid w:val="002A5AAC"/>
     <w:rsid w:val="002A5F73"/>
     <w:rsid w:val="002A6AAD"/>
+    <w:rsid w:val="002A6E16"/>
     <w:rsid w:val="002A7175"/>
     <w:rsid w:val="002A718A"/>
     <w:rsid w:val="002A7408"/>
+    <w:rsid w:val="002A74E2"/>
+    <w:rsid w:val="002A7BDA"/>
     <w:rsid w:val="002B004A"/>
     <w:rsid w:val="002B015C"/>
+    <w:rsid w:val="002B026D"/>
+    <w:rsid w:val="002B0502"/>
     <w:rsid w:val="002B0840"/>
     <w:rsid w:val="002B089D"/>
+    <w:rsid w:val="002B0C1F"/>
+    <w:rsid w:val="002B0C8B"/>
     <w:rsid w:val="002B1176"/>
     <w:rsid w:val="002B136C"/>
     <w:rsid w:val="002B21F1"/>
+    <w:rsid w:val="002B24BD"/>
     <w:rsid w:val="002B25E0"/>
+    <w:rsid w:val="002B2734"/>
     <w:rsid w:val="002B280F"/>
     <w:rsid w:val="002B2CC2"/>
     <w:rsid w:val="002B306F"/>
+    <w:rsid w:val="002B361C"/>
     <w:rsid w:val="002B3701"/>
     <w:rsid w:val="002B4112"/>
     <w:rsid w:val="002B4792"/>
     <w:rsid w:val="002B47F3"/>
     <w:rsid w:val="002B50CC"/>
     <w:rsid w:val="002B5524"/>
     <w:rsid w:val="002B5759"/>
     <w:rsid w:val="002B5A2A"/>
     <w:rsid w:val="002B641E"/>
     <w:rsid w:val="002B6DEE"/>
+    <w:rsid w:val="002B6F67"/>
+    <w:rsid w:val="002B6FA9"/>
     <w:rsid w:val="002B7081"/>
     <w:rsid w:val="002B7346"/>
     <w:rsid w:val="002B791F"/>
     <w:rsid w:val="002C032F"/>
     <w:rsid w:val="002C051E"/>
+    <w:rsid w:val="002C0602"/>
     <w:rsid w:val="002C0BEA"/>
     <w:rsid w:val="002C0C54"/>
     <w:rsid w:val="002C1604"/>
+    <w:rsid w:val="002C1A72"/>
     <w:rsid w:val="002C1CD9"/>
     <w:rsid w:val="002C22D8"/>
     <w:rsid w:val="002C28B9"/>
     <w:rsid w:val="002C28FC"/>
     <w:rsid w:val="002C29C7"/>
     <w:rsid w:val="002C2B80"/>
+    <w:rsid w:val="002C3076"/>
     <w:rsid w:val="002C30F3"/>
     <w:rsid w:val="002C3228"/>
     <w:rsid w:val="002C35DA"/>
     <w:rsid w:val="002C3CE9"/>
+    <w:rsid w:val="002C3F94"/>
     <w:rsid w:val="002C413B"/>
     <w:rsid w:val="002C4347"/>
+    <w:rsid w:val="002C43AC"/>
     <w:rsid w:val="002C48B4"/>
     <w:rsid w:val="002C4B14"/>
     <w:rsid w:val="002C4F47"/>
     <w:rsid w:val="002C51D3"/>
     <w:rsid w:val="002C51FF"/>
     <w:rsid w:val="002C5265"/>
     <w:rsid w:val="002C5674"/>
     <w:rsid w:val="002C5990"/>
     <w:rsid w:val="002C5AE1"/>
     <w:rsid w:val="002C5DFA"/>
     <w:rsid w:val="002C6A9A"/>
+    <w:rsid w:val="002C7F00"/>
+    <w:rsid w:val="002D0388"/>
     <w:rsid w:val="002D06A6"/>
     <w:rsid w:val="002D0DEF"/>
     <w:rsid w:val="002D0E15"/>
     <w:rsid w:val="002D0E70"/>
     <w:rsid w:val="002D1DF5"/>
     <w:rsid w:val="002D1E51"/>
+    <w:rsid w:val="002D3775"/>
     <w:rsid w:val="002D3D8F"/>
+    <w:rsid w:val="002D3F8C"/>
+    <w:rsid w:val="002D4600"/>
     <w:rsid w:val="002D4616"/>
     <w:rsid w:val="002D518F"/>
     <w:rsid w:val="002D53E3"/>
     <w:rsid w:val="002D54AB"/>
     <w:rsid w:val="002D5EEA"/>
+    <w:rsid w:val="002D688E"/>
     <w:rsid w:val="002D68AF"/>
     <w:rsid w:val="002D6957"/>
     <w:rsid w:val="002D6B39"/>
     <w:rsid w:val="002D7336"/>
     <w:rsid w:val="002D733A"/>
+    <w:rsid w:val="002D7807"/>
     <w:rsid w:val="002D7CE0"/>
     <w:rsid w:val="002D7FA0"/>
     <w:rsid w:val="002E0A04"/>
+    <w:rsid w:val="002E0BBB"/>
     <w:rsid w:val="002E0D38"/>
     <w:rsid w:val="002E0DD3"/>
     <w:rsid w:val="002E126A"/>
     <w:rsid w:val="002E12A1"/>
     <w:rsid w:val="002E12B8"/>
     <w:rsid w:val="002E132D"/>
     <w:rsid w:val="002E181D"/>
     <w:rsid w:val="002E19D1"/>
+    <w:rsid w:val="002E1B38"/>
     <w:rsid w:val="002E1BA4"/>
     <w:rsid w:val="002E1DC7"/>
     <w:rsid w:val="002E1F69"/>
     <w:rsid w:val="002E2106"/>
     <w:rsid w:val="002E29F7"/>
+    <w:rsid w:val="002E2DC2"/>
     <w:rsid w:val="002E2E02"/>
     <w:rsid w:val="002E2E71"/>
     <w:rsid w:val="002E2F22"/>
     <w:rsid w:val="002E325C"/>
     <w:rsid w:val="002E326D"/>
     <w:rsid w:val="002E330C"/>
     <w:rsid w:val="002E33CA"/>
     <w:rsid w:val="002E3586"/>
     <w:rsid w:val="002E36B4"/>
     <w:rsid w:val="002E3F93"/>
     <w:rsid w:val="002E4050"/>
     <w:rsid w:val="002E447A"/>
     <w:rsid w:val="002E49CB"/>
+    <w:rsid w:val="002E4FC7"/>
     <w:rsid w:val="002E5054"/>
     <w:rsid w:val="002E5DAE"/>
     <w:rsid w:val="002E5DED"/>
     <w:rsid w:val="002E611E"/>
     <w:rsid w:val="002E62E5"/>
     <w:rsid w:val="002E62F0"/>
     <w:rsid w:val="002E685D"/>
     <w:rsid w:val="002E6CEF"/>
     <w:rsid w:val="002E6DD2"/>
+    <w:rsid w:val="002E6EF3"/>
     <w:rsid w:val="002E730D"/>
     <w:rsid w:val="002E73E3"/>
     <w:rsid w:val="002E7629"/>
     <w:rsid w:val="002E7B2D"/>
     <w:rsid w:val="002E7E4E"/>
     <w:rsid w:val="002F03B7"/>
     <w:rsid w:val="002F10BE"/>
+    <w:rsid w:val="002F155F"/>
+    <w:rsid w:val="002F187F"/>
+    <w:rsid w:val="002F1B71"/>
     <w:rsid w:val="002F1D19"/>
     <w:rsid w:val="002F1E38"/>
     <w:rsid w:val="002F1F29"/>
     <w:rsid w:val="002F22DB"/>
     <w:rsid w:val="002F23CE"/>
     <w:rsid w:val="002F2670"/>
     <w:rsid w:val="002F2B5E"/>
+    <w:rsid w:val="002F2FC5"/>
     <w:rsid w:val="002F3236"/>
     <w:rsid w:val="002F36F4"/>
     <w:rsid w:val="002F3827"/>
     <w:rsid w:val="002F383A"/>
     <w:rsid w:val="002F393B"/>
     <w:rsid w:val="002F4035"/>
+    <w:rsid w:val="002F4480"/>
     <w:rsid w:val="002F45A6"/>
+    <w:rsid w:val="002F4709"/>
+    <w:rsid w:val="002F47CF"/>
     <w:rsid w:val="002F480B"/>
     <w:rsid w:val="002F4AF5"/>
     <w:rsid w:val="002F59D7"/>
     <w:rsid w:val="002F5E13"/>
     <w:rsid w:val="002F5E68"/>
     <w:rsid w:val="002F660F"/>
+    <w:rsid w:val="002F6702"/>
     <w:rsid w:val="002F682F"/>
     <w:rsid w:val="002F6C5E"/>
     <w:rsid w:val="002F6FC9"/>
     <w:rsid w:val="002F6FCA"/>
     <w:rsid w:val="002F7926"/>
+    <w:rsid w:val="002F794F"/>
     <w:rsid w:val="00300981"/>
     <w:rsid w:val="00301294"/>
     <w:rsid w:val="003013A4"/>
+    <w:rsid w:val="00301636"/>
     <w:rsid w:val="003018EE"/>
     <w:rsid w:val="00301985"/>
+    <w:rsid w:val="003020D8"/>
     <w:rsid w:val="00302D5A"/>
+    <w:rsid w:val="00302D7A"/>
     <w:rsid w:val="00302E73"/>
+    <w:rsid w:val="00302F33"/>
     <w:rsid w:val="003031C9"/>
     <w:rsid w:val="00303A27"/>
     <w:rsid w:val="003046A5"/>
     <w:rsid w:val="00304AD6"/>
     <w:rsid w:val="00304F03"/>
     <w:rsid w:val="0030542F"/>
     <w:rsid w:val="00305BC7"/>
     <w:rsid w:val="00305F83"/>
+    <w:rsid w:val="00306273"/>
     <w:rsid w:val="00306999"/>
     <w:rsid w:val="0030723A"/>
     <w:rsid w:val="003077D7"/>
     <w:rsid w:val="00307D03"/>
     <w:rsid w:val="00307D1D"/>
     <w:rsid w:val="003103BC"/>
     <w:rsid w:val="00310A49"/>
+    <w:rsid w:val="00311015"/>
+    <w:rsid w:val="0031115E"/>
+    <w:rsid w:val="00311612"/>
     <w:rsid w:val="00311812"/>
     <w:rsid w:val="003119F0"/>
     <w:rsid w:val="0031288A"/>
     <w:rsid w:val="00312E7B"/>
+    <w:rsid w:val="003130D8"/>
     <w:rsid w:val="00313C90"/>
     <w:rsid w:val="003140E2"/>
     <w:rsid w:val="00314337"/>
     <w:rsid w:val="00314B13"/>
     <w:rsid w:val="00314F01"/>
     <w:rsid w:val="00315223"/>
     <w:rsid w:val="00315388"/>
     <w:rsid w:val="003160B8"/>
     <w:rsid w:val="00316583"/>
     <w:rsid w:val="00316ED9"/>
     <w:rsid w:val="003176F8"/>
     <w:rsid w:val="00317A9F"/>
     <w:rsid w:val="00317C16"/>
     <w:rsid w:val="00317FF8"/>
     <w:rsid w:val="003207AD"/>
     <w:rsid w:val="00320822"/>
     <w:rsid w:val="00320A7C"/>
     <w:rsid w:val="00320CC3"/>
     <w:rsid w:val="00320E85"/>
     <w:rsid w:val="003215A3"/>
     <w:rsid w:val="00321CA4"/>
     <w:rsid w:val="003227F4"/>
     <w:rsid w:val="00322A0C"/>
+    <w:rsid w:val="00322AAE"/>
     <w:rsid w:val="00323514"/>
+    <w:rsid w:val="00323DCB"/>
     <w:rsid w:val="00323E6A"/>
     <w:rsid w:val="00323FD3"/>
     <w:rsid w:val="0032407A"/>
     <w:rsid w:val="003245CC"/>
     <w:rsid w:val="00324BAA"/>
+    <w:rsid w:val="00324BBC"/>
     <w:rsid w:val="00325037"/>
     <w:rsid w:val="0032597F"/>
     <w:rsid w:val="00325C9E"/>
+    <w:rsid w:val="00325DCF"/>
     <w:rsid w:val="0032692E"/>
+    <w:rsid w:val="00326CEB"/>
+    <w:rsid w:val="003271AA"/>
     <w:rsid w:val="003274AE"/>
     <w:rsid w:val="0032770C"/>
     <w:rsid w:val="00327781"/>
     <w:rsid w:val="00327900"/>
     <w:rsid w:val="00327C1E"/>
     <w:rsid w:val="003300EC"/>
     <w:rsid w:val="003300F1"/>
     <w:rsid w:val="0033024C"/>
     <w:rsid w:val="0033172E"/>
     <w:rsid w:val="00332108"/>
+    <w:rsid w:val="0033272D"/>
     <w:rsid w:val="003329AF"/>
     <w:rsid w:val="00332EAE"/>
+    <w:rsid w:val="003334DE"/>
+    <w:rsid w:val="00333952"/>
+    <w:rsid w:val="00333B22"/>
     <w:rsid w:val="00334278"/>
     <w:rsid w:val="003343BE"/>
     <w:rsid w:val="00334E59"/>
     <w:rsid w:val="00334F11"/>
     <w:rsid w:val="0033519A"/>
+    <w:rsid w:val="0033561D"/>
     <w:rsid w:val="003357AC"/>
     <w:rsid w:val="00335B07"/>
+    <w:rsid w:val="00335E95"/>
     <w:rsid w:val="0033766F"/>
     <w:rsid w:val="00337891"/>
     <w:rsid w:val="00337ADD"/>
     <w:rsid w:val="00337CE4"/>
     <w:rsid w:val="00341348"/>
+    <w:rsid w:val="0034137D"/>
     <w:rsid w:val="0034234A"/>
+    <w:rsid w:val="0034259F"/>
+    <w:rsid w:val="00342828"/>
     <w:rsid w:val="00342CAB"/>
     <w:rsid w:val="003435C0"/>
     <w:rsid w:val="003436F4"/>
     <w:rsid w:val="00343A96"/>
     <w:rsid w:val="00343ED8"/>
     <w:rsid w:val="00344370"/>
     <w:rsid w:val="00344446"/>
     <w:rsid w:val="003449A5"/>
     <w:rsid w:val="00344A73"/>
     <w:rsid w:val="00344C05"/>
     <w:rsid w:val="00345545"/>
     <w:rsid w:val="003456F8"/>
     <w:rsid w:val="003457E0"/>
     <w:rsid w:val="003459B6"/>
     <w:rsid w:val="00345AB3"/>
+    <w:rsid w:val="00345E77"/>
     <w:rsid w:val="0034644B"/>
     <w:rsid w:val="00346813"/>
     <w:rsid w:val="0034692E"/>
     <w:rsid w:val="00346D18"/>
+    <w:rsid w:val="00346DC5"/>
     <w:rsid w:val="00347188"/>
     <w:rsid w:val="00347359"/>
     <w:rsid w:val="0034755E"/>
     <w:rsid w:val="0034797B"/>
     <w:rsid w:val="00347A81"/>
     <w:rsid w:val="00347B96"/>
     <w:rsid w:val="00347C52"/>
     <w:rsid w:val="00350483"/>
     <w:rsid w:val="00350494"/>
+    <w:rsid w:val="00350BA4"/>
     <w:rsid w:val="00350DBC"/>
     <w:rsid w:val="003514DB"/>
     <w:rsid w:val="00351D03"/>
     <w:rsid w:val="003520DF"/>
+    <w:rsid w:val="00352916"/>
+    <w:rsid w:val="00352F53"/>
     <w:rsid w:val="003533CD"/>
     <w:rsid w:val="00353476"/>
     <w:rsid w:val="003537AF"/>
     <w:rsid w:val="00353CB5"/>
+    <w:rsid w:val="00353CB6"/>
     <w:rsid w:val="00353D24"/>
     <w:rsid w:val="00353DD1"/>
+    <w:rsid w:val="00353EDA"/>
     <w:rsid w:val="00354211"/>
     <w:rsid w:val="003542F8"/>
     <w:rsid w:val="00354567"/>
     <w:rsid w:val="003545B4"/>
     <w:rsid w:val="00354603"/>
     <w:rsid w:val="003546ED"/>
     <w:rsid w:val="00354DAD"/>
     <w:rsid w:val="0035552C"/>
+    <w:rsid w:val="003559EF"/>
     <w:rsid w:val="00355A83"/>
     <w:rsid w:val="00355DAE"/>
     <w:rsid w:val="003561CA"/>
     <w:rsid w:val="0035697B"/>
+    <w:rsid w:val="003571AC"/>
     <w:rsid w:val="003573C6"/>
+    <w:rsid w:val="003601F1"/>
     <w:rsid w:val="0036023E"/>
     <w:rsid w:val="003603A7"/>
     <w:rsid w:val="0036087C"/>
+    <w:rsid w:val="00360B53"/>
+    <w:rsid w:val="0036222B"/>
     <w:rsid w:val="0036268F"/>
     <w:rsid w:val="00362928"/>
     <w:rsid w:val="00362E70"/>
     <w:rsid w:val="0036347C"/>
+    <w:rsid w:val="00363657"/>
+    <w:rsid w:val="003637B0"/>
     <w:rsid w:val="00363959"/>
     <w:rsid w:val="00363DEB"/>
     <w:rsid w:val="00364386"/>
     <w:rsid w:val="00364534"/>
     <w:rsid w:val="00364999"/>
+    <w:rsid w:val="00364C8A"/>
     <w:rsid w:val="00364CFE"/>
     <w:rsid w:val="00364ECB"/>
     <w:rsid w:val="00365039"/>
+    <w:rsid w:val="003650AA"/>
     <w:rsid w:val="00365365"/>
+    <w:rsid w:val="003658A4"/>
     <w:rsid w:val="00365A2E"/>
     <w:rsid w:val="00365C51"/>
     <w:rsid w:val="00366190"/>
+    <w:rsid w:val="003665E4"/>
     <w:rsid w:val="0036698B"/>
     <w:rsid w:val="00367583"/>
     <w:rsid w:val="003675D3"/>
     <w:rsid w:val="00367698"/>
+    <w:rsid w:val="00367A1A"/>
     <w:rsid w:val="003701C1"/>
     <w:rsid w:val="00370535"/>
     <w:rsid w:val="00370CFD"/>
     <w:rsid w:val="00371112"/>
     <w:rsid w:val="003713CB"/>
     <w:rsid w:val="0037167A"/>
+    <w:rsid w:val="003718F1"/>
     <w:rsid w:val="003718F4"/>
     <w:rsid w:val="00371DDD"/>
     <w:rsid w:val="003720D1"/>
     <w:rsid w:val="003721BD"/>
     <w:rsid w:val="003724DD"/>
     <w:rsid w:val="003726A2"/>
     <w:rsid w:val="00372841"/>
     <w:rsid w:val="00372A72"/>
+    <w:rsid w:val="00372DD5"/>
     <w:rsid w:val="00372FF0"/>
     <w:rsid w:val="00373743"/>
     <w:rsid w:val="003737E8"/>
     <w:rsid w:val="00373920"/>
     <w:rsid w:val="00373E4A"/>
     <w:rsid w:val="0037400B"/>
     <w:rsid w:val="003749AB"/>
     <w:rsid w:val="00374B0A"/>
     <w:rsid w:val="00374E0A"/>
     <w:rsid w:val="003755B6"/>
     <w:rsid w:val="00375F50"/>
     <w:rsid w:val="0037694F"/>
     <w:rsid w:val="00376C09"/>
     <w:rsid w:val="00376D57"/>
     <w:rsid w:val="00377048"/>
     <w:rsid w:val="00377302"/>
     <w:rsid w:val="00377430"/>
     <w:rsid w:val="00377483"/>
     <w:rsid w:val="00377CF2"/>
     <w:rsid w:val="00377E61"/>
     <w:rsid w:val="00377F16"/>
+    <w:rsid w:val="003802A3"/>
     <w:rsid w:val="00380307"/>
+    <w:rsid w:val="00380413"/>
     <w:rsid w:val="00380807"/>
     <w:rsid w:val="003809DB"/>
     <w:rsid w:val="00380BE3"/>
     <w:rsid w:val="003814E6"/>
     <w:rsid w:val="0038193F"/>
     <w:rsid w:val="00381997"/>
+    <w:rsid w:val="00381FFB"/>
     <w:rsid w:val="00382162"/>
     <w:rsid w:val="00382660"/>
     <w:rsid w:val="00382A1D"/>
     <w:rsid w:val="00382D97"/>
     <w:rsid w:val="003832B5"/>
     <w:rsid w:val="00383399"/>
     <w:rsid w:val="00383573"/>
     <w:rsid w:val="0038371E"/>
     <w:rsid w:val="00383ED4"/>
+    <w:rsid w:val="00384F99"/>
+    <w:rsid w:val="003852A5"/>
     <w:rsid w:val="0038547F"/>
     <w:rsid w:val="003855D2"/>
     <w:rsid w:val="00385796"/>
     <w:rsid w:val="00385B22"/>
     <w:rsid w:val="003863EE"/>
     <w:rsid w:val="00386416"/>
     <w:rsid w:val="003868F0"/>
     <w:rsid w:val="00386C90"/>
+    <w:rsid w:val="00386D1B"/>
     <w:rsid w:val="00386EC9"/>
     <w:rsid w:val="00386FA3"/>
     <w:rsid w:val="00387486"/>
+    <w:rsid w:val="003878F0"/>
     <w:rsid w:val="0039004F"/>
     <w:rsid w:val="00390814"/>
     <w:rsid w:val="00390A9B"/>
+    <w:rsid w:val="00390E4C"/>
+    <w:rsid w:val="0039127D"/>
+    <w:rsid w:val="0039188D"/>
+    <w:rsid w:val="003920E7"/>
     <w:rsid w:val="0039220C"/>
     <w:rsid w:val="00392499"/>
+    <w:rsid w:val="00392CC5"/>
     <w:rsid w:val="00392ECB"/>
     <w:rsid w:val="00393476"/>
+    <w:rsid w:val="00393963"/>
     <w:rsid w:val="00393C39"/>
+    <w:rsid w:val="00394B9C"/>
     <w:rsid w:val="00395201"/>
     <w:rsid w:val="00395A45"/>
-    <w:rsid w:val="00395B61"/>
+    <w:rsid w:val="00395B1D"/>
     <w:rsid w:val="00395D34"/>
     <w:rsid w:val="00395D96"/>
     <w:rsid w:val="003967AC"/>
     <w:rsid w:val="003969D8"/>
     <w:rsid w:val="00396BC9"/>
     <w:rsid w:val="00396FB2"/>
     <w:rsid w:val="0039700F"/>
     <w:rsid w:val="00397A2E"/>
+    <w:rsid w:val="003A0044"/>
     <w:rsid w:val="003A02B2"/>
     <w:rsid w:val="003A03FB"/>
     <w:rsid w:val="003A04A4"/>
     <w:rsid w:val="003A052C"/>
+    <w:rsid w:val="003A07B3"/>
     <w:rsid w:val="003A0951"/>
+    <w:rsid w:val="003A095B"/>
     <w:rsid w:val="003A0B9A"/>
     <w:rsid w:val="003A0BA0"/>
     <w:rsid w:val="003A0EA6"/>
+    <w:rsid w:val="003A0FFD"/>
     <w:rsid w:val="003A10DF"/>
     <w:rsid w:val="003A1192"/>
     <w:rsid w:val="003A1FB3"/>
     <w:rsid w:val="003A22B2"/>
     <w:rsid w:val="003A2653"/>
     <w:rsid w:val="003A281C"/>
     <w:rsid w:val="003A2D55"/>
     <w:rsid w:val="003A2EB4"/>
     <w:rsid w:val="003A323F"/>
     <w:rsid w:val="003A395B"/>
     <w:rsid w:val="003A397E"/>
     <w:rsid w:val="003A3A0D"/>
     <w:rsid w:val="003A41C9"/>
     <w:rsid w:val="003A43C4"/>
     <w:rsid w:val="003A4541"/>
     <w:rsid w:val="003A46BD"/>
+    <w:rsid w:val="003A4B67"/>
     <w:rsid w:val="003A4F06"/>
     <w:rsid w:val="003A58DB"/>
     <w:rsid w:val="003A59B3"/>
     <w:rsid w:val="003A5E0D"/>
     <w:rsid w:val="003A5E1C"/>
+    <w:rsid w:val="003A60ED"/>
     <w:rsid w:val="003A6307"/>
     <w:rsid w:val="003A6C36"/>
     <w:rsid w:val="003A6E6C"/>
     <w:rsid w:val="003A73FF"/>
     <w:rsid w:val="003A75AF"/>
     <w:rsid w:val="003A75E8"/>
     <w:rsid w:val="003A780D"/>
     <w:rsid w:val="003A7AC1"/>
     <w:rsid w:val="003B0253"/>
     <w:rsid w:val="003B03DA"/>
     <w:rsid w:val="003B07A6"/>
+    <w:rsid w:val="003B0B8D"/>
     <w:rsid w:val="003B1576"/>
     <w:rsid w:val="003B1849"/>
     <w:rsid w:val="003B1AF5"/>
+    <w:rsid w:val="003B1B3F"/>
     <w:rsid w:val="003B2957"/>
     <w:rsid w:val="003B2AE4"/>
     <w:rsid w:val="003B2D64"/>
+    <w:rsid w:val="003B2F85"/>
     <w:rsid w:val="003B314F"/>
     <w:rsid w:val="003B3793"/>
     <w:rsid w:val="003B3A94"/>
     <w:rsid w:val="003B43AE"/>
     <w:rsid w:val="003B444A"/>
     <w:rsid w:val="003B44AC"/>
+    <w:rsid w:val="003B4A92"/>
     <w:rsid w:val="003B4C3C"/>
     <w:rsid w:val="003B4CEF"/>
     <w:rsid w:val="003B5113"/>
     <w:rsid w:val="003B57A5"/>
+    <w:rsid w:val="003B581B"/>
     <w:rsid w:val="003B58E2"/>
+    <w:rsid w:val="003B5AD6"/>
+    <w:rsid w:val="003B5DD5"/>
     <w:rsid w:val="003B5EE8"/>
     <w:rsid w:val="003B628D"/>
+    <w:rsid w:val="003B6530"/>
     <w:rsid w:val="003B6B86"/>
     <w:rsid w:val="003B6B9D"/>
     <w:rsid w:val="003B6CF4"/>
+    <w:rsid w:val="003B7429"/>
+    <w:rsid w:val="003B74E2"/>
     <w:rsid w:val="003B7763"/>
     <w:rsid w:val="003B7BED"/>
     <w:rsid w:val="003C010A"/>
     <w:rsid w:val="003C0F9B"/>
+    <w:rsid w:val="003C14FC"/>
+    <w:rsid w:val="003C1888"/>
     <w:rsid w:val="003C2109"/>
     <w:rsid w:val="003C2134"/>
     <w:rsid w:val="003C219F"/>
     <w:rsid w:val="003C2576"/>
+    <w:rsid w:val="003C2B03"/>
+    <w:rsid w:val="003C2B4F"/>
+    <w:rsid w:val="003C2B7F"/>
     <w:rsid w:val="003C2F82"/>
     <w:rsid w:val="003C31F3"/>
     <w:rsid w:val="003C3FD0"/>
     <w:rsid w:val="003C4120"/>
     <w:rsid w:val="003C46E6"/>
     <w:rsid w:val="003C4D3C"/>
     <w:rsid w:val="003C51E3"/>
     <w:rsid w:val="003C5555"/>
     <w:rsid w:val="003C59EE"/>
     <w:rsid w:val="003C5B47"/>
     <w:rsid w:val="003C5B9D"/>
     <w:rsid w:val="003C5CD2"/>
     <w:rsid w:val="003C674F"/>
     <w:rsid w:val="003C6908"/>
     <w:rsid w:val="003C6D80"/>
     <w:rsid w:val="003C6E6F"/>
     <w:rsid w:val="003C7261"/>
+    <w:rsid w:val="003C752D"/>
     <w:rsid w:val="003C7A0D"/>
     <w:rsid w:val="003C7A27"/>
     <w:rsid w:val="003C7B49"/>
     <w:rsid w:val="003D02D2"/>
+    <w:rsid w:val="003D078D"/>
     <w:rsid w:val="003D0DC5"/>
     <w:rsid w:val="003D1014"/>
     <w:rsid w:val="003D193E"/>
     <w:rsid w:val="003D1B28"/>
     <w:rsid w:val="003D1BF7"/>
     <w:rsid w:val="003D1D9C"/>
     <w:rsid w:val="003D2128"/>
+    <w:rsid w:val="003D2526"/>
+    <w:rsid w:val="003D26E9"/>
     <w:rsid w:val="003D2B1B"/>
+    <w:rsid w:val="003D36D4"/>
     <w:rsid w:val="003D3F3C"/>
     <w:rsid w:val="003D4610"/>
     <w:rsid w:val="003D4F30"/>
+    <w:rsid w:val="003D5148"/>
     <w:rsid w:val="003D517F"/>
     <w:rsid w:val="003D56B6"/>
     <w:rsid w:val="003D5766"/>
     <w:rsid w:val="003D62D9"/>
     <w:rsid w:val="003D6451"/>
     <w:rsid w:val="003D6643"/>
     <w:rsid w:val="003D685C"/>
+    <w:rsid w:val="003D6927"/>
     <w:rsid w:val="003D6E38"/>
     <w:rsid w:val="003D7785"/>
     <w:rsid w:val="003D7DE2"/>
     <w:rsid w:val="003E0200"/>
     <w:rsid w:val="003E063D"/>
+    <w:rsid w:val="003E0A3A"/>
     <w:rsid w:val="003E0D34"/>
     <w:rsid w:val="003E0E83"/>
+    <w:rsid w:val="003E0E8B"/>
     <w:rsid w:val="003E16C0"/>
     <w:rsid w:val="003E1E12"/>
     <w:rsid w:val="003E20BF"/>
     <w:rsid w:val="003E248F"/>
     <w:rsid w:val="003E256D"/>
     <w:rsid w:val="003E2909"/>
     <w:rsid w:val="003E2972"/>
     <w:rsid w:val="003E2B60"/>
     <w:rsid w:val="003E2C8F"/>
     <w:rsid w:val="003E2E3A"/>
     <w:rsid w:val="003E30AD"/>
     <w:rsid w:val="003E3279"/>
+    <w:rsid w:val="003E3B07"/>
     <w:rsid w:val="003E3B25"/>
     <w:rsid w:val="003E3CE6"/>
     <w:rsid w:val="003E4018"/>
     <w:rsid w:val="003E41FC"/>
     <w:rsid w:val="003E4412"/>
     <w:rsid w:val="003E4D87"/>
     <w:rsid w:val="003E5580"/>
     <w:rsid w:val="003E5677"/>
     <w:rsid w:val="003E57ED"/>
     <w:rsid w:val="003E590D"/>
     <w:rsid w:val="003E5C86"/>
     <w:rsid w:val="003E5F2C"/>
     <w:rsid w:val="003E63DB"/>
     <w:rsid w:val="003E69C2"/>
     <w:rsid w:val="003E7351"/>
     <w:rsid w:val="003E74A1"/>
+    <w:rsid w:val="003E7949"/>
+    <w:rsid w:val="003E79E8"/>
     <w:rsid w:val="003F0485"/>
     <w:rsid w:val="003F06A0"/>
     <w:rsid w:val="003F0C04"/>
     <w:rsid w:val="003F102F"/>
     <w:rsid w:val="003F169E"/>
     <w:rsid w:val="003F181B"/>
     <w:rsid w:val="003F18BC"/>
     <w:rsid w:val="003F1A8C"/>
     <w:rsid w:val="003F1C36"/>
     <w:rsid w:val="003F1DAC"/>
     <w:rsid w:val="003F1EF1"/>
-    <w:rsid w:val="003F1F35"/>
     <w:rsid w:val="003F203C"/>
     <w:rsid w:val="003F253B"/>
     <w:rsid w:val="003F293F"/>
     <w:rsid w:val="003F29C5"/>
     <w:rsid w:val="003F2C58"/>
+    <w:rsid w:val="003F3BE2"/>
     <w:rsid w:val="003F3F51"/>
+    <w:rsid w:val="003F455F"/>
     <w:rsid w:val="003F4598"/>
+    <w:rsid w:val="003F4DF6"/>
     <w:rsid w:val="003F4E5F"/>
+    <w:rsid w:val="003F503B"/>
     <w:rsid w:val="003F50BE"/>
     <w:rsid w:val="003F5FAF"/>
     <w:rsid w:val="003F6341"/>
     <w:rsid w:val="003F68AF"/>
     <w:rsid w:val="003F6D90"/>
     <w:rsid w:val="003F75C3"/>
     <w:rsid w:val="003F7A28"/>
     <w:rsid w:val="003F7EB0"/>
     <w:rsid w:val="003F7EF8"/>
     <w:rsid w:val="0040052A"/>
     <w:rsid w:val="00400566"/>
     <w:rsid w:val="004005C0"/>
     <w:rsid w:val="00400D73"/>
     <w:rsid w:val="004010FE"/>
     <w:rsid w:val="00401312"/>
     <w:rsid w:val="004014E4"/>
     <w:rsid w:val="00401858"/>
     <w:rsid w:val="0040185A"/>
     <w:rsid w:val="00401964"/>
     <w:rsid w:val="0040196F"/>
     <w:rsid w:val="00401D4B"/>
     <w:rsid w:val="004028D1"/>
     <w:rsid w:val="00402AC3"/>
     <w:rsid w:val="00402C63"/>
     <w:rsid w:val="0040339F"/>
     <w:rsid w:val="004039C8"/>
     <w:rsid w:val="00403A8F"/>
     <w:rsid w:val="00403D9C"/>
     <w:rsid w:val="00404900"/>
     <w:rsid w:val="00404A9A"/>
     <w:rsid w:val="004052E4"/>
+    <w:rsid w:val="004052FF"/>
     <w:rsid w:val="00405A72"/>
     <w:rsid w:val="0040670A"/>
     <w:rsid w:val="004069E0"/>
+    <w:rsid w:val="00406A7E"/>
     <w:rsid w:val="00406D85"/>
     <w:rsid w:val="004078DB"/>
     <w:rsid w:val="00407A13"/>
+    <w:rsid w:val="00407DD8"/>
     <w:rsid w:val="00410290"/>
     <w:rsid w:val="004103F1"/>
     <w:rsid w:val="00410810"/>
+    <w:rsid w:val="00410A28"/>
     <w:rsid w:val="00410C68"/>
     <w:rsid w:val="00410CA8"/>
     <w:rsid w:val="00411434"/>
     <w:rsid w:val="0041184E"/>
     <w:rsid w:val="00411A97"/>
+    <w:rsid w:val="00412001"/>
     <w:rsid w:val="00412331"/>
+    <w:rsid w:val="00413B52"/>
     <w:rsid w:val="00413C67"/>
     <w:rsid w:val="00413FF8"/>
     <w:rsid w:val="00414123"/>
     <w:rsid w:val="004144BF"/>
     <w:rsid w:val="004144E7"/>
     <w:rsid w:val="00414A1B"/>
     <w:rsid w:val="004151D3"/>
     <w:rsid w:val="004157F2"/>
-    <w:rsid w:val="00415CC3"/>
     <w:rsid w:val="00416A32"/>
     <w:rsid w:val="00416BEF"/>
     <w:rsid w:val="00416D09"/>
+    <w:rsid w:val="00416EB6"/>
     <w:rsid w:val="0041772A"/>
     <w:rsid w:val="0042008E"/>
     <w:rsid w:val="00420F7B"/>
+    <w:rsid w:val="00421378"/>
     <w:rsid w:val="004214AC"/>
     <w:rsid w:val="00421899"/>
+    <w:rsid w:val="00421B84"/>
     <w:rsid w:val="00421BD3"/>
     <w:rsid w:val="00421D60"/>
+    <w:rsid w:val="00421E7D"/>
     <w:rsid w:val="0042219B"/>
     <w:rsid w:val="00422B80"/>
     <w:rsid w:val="00423680"/>
     <w:rsid w:val="00423A96"/>
     <w:rsid w:val="00423D44"/>
+    <w:rsid w:val="004245A1"/>
     <w:rsid w:val="004249DF"/>
-    <w:rsid w:val="00425139"/>
+    <w:rsid w:val="00425138"/>
     <w:rsid w:val="004252EC"/>
     <w:rsid w:val="0042539C"/>
     <w:rsid w:val="00425408"/>
     <w:rsid w:val="00425926"/>
     <w:rsid w:val="00425B6A"/>
     <w:rsid w:val="00425FFA"/>
     <w:rsid w:val="00426FBC"/>
     <w:rsid w:val="00427288"/>
     <w:rsid w:val="00427C87"/>
     <w:rsid w:val="00427EBA"/>
     <w:rsid w:val="00430141"/>
     <w:rsid w:val="00430169"/>
+    <w:rsid w:val="004306D5"/>
+    <w:rsid w:val="00430BEA"/>
     <w:rsid w:val="00430C4E"/>
+    <w:rsid w:val="004311E5"/>
     <w:rsid w:val="00431459"/>
     <w:rsid w:val="004314B7"/>
     <w:rsid w:val="00431BF8"/>
+    <w:rsid w:val="00431DC2"/>
     <w:rsid w:val="00431F5A"/>
+    <w:rsid w:val="00432895"/>
+    <w:rsid w:val="00432CB8"/>
     <w:rsid w:val="00432D7C"/>
     <w:rsid w:val="00432E84"/>
     <w:rsid w:val="00433259"/>
     <w:rsid w:val="0043363D"/>
     <w:rsid w:val="0043410B"/>
     <w:rsid w:val="00434A10"/>
+    <w:rsid w:val="00434E26"/>
     <w:rsid w:val="00434F0A"/>
     <w:rsid w:val="00435851"/>
     <w:rsid w:val="00435B8A"/>
     <w:rsid w:val="00435CC1"/>
+    <w:rsid w:val="00435F91"/>
     <w:rsid w:val="00436908"/>
     <w:rsid w:val="004371A0"/>
     <w:rsid w:val="004372BD"/>
     <w:rsid w:val="004374F7"/>
     <w:rsid w:val="00437999"/>
     <w:rsid w:val="00437B38"/>
     <w:rsid w:val="00437BAB"/>
+    <w:rsid w:val="004400D0"/>
     <w:rsid w:val="0044045C"/>
+    <w:rsid w:val="00440515"/>
     <w:rsid w:val="004406C3"/>
     <w:rsid w:val="00440ADA"/>
+    <w:rsid w:val="00441461"/>
     <w:rsid w:val="004415D5"/>
+    <w:rsid w:val="00441A7F"/>
     <w:rsid w:val="00441E93"/>
     <w:rsid w:val="00442622"/>
     <w:rsid w:val="004437BB"/>
     <w:rsid w:val="004438F8"/>
     <w:rsid w:val="00443A20"/>
     <w:rsid w:val="00443D0B"/>
     <w:rsid w:val="00444233"/>
     <w:rsid w:val="0044443D"/>
     <w:rsid w:val="004449F2"/>
     <w:rsid w:val="004454A7"/>
     <w:rsid w:val="0044561A"/>
     <w:rsid w:val="00446677"/>
+    <w:rsid w:val="004469F2"/>
     <w:rsid w:val="00446E9C"/>
     <w:rsid w:val="004470EE"/>
     <w:rsid w:val="00447307"/>
     <w:rsid w:val="004479B2"/>
     <w:rsid w:val="00447FAA"/>
     <w:rsid w:val="004500D4"/>
     <w:rsid w:val="004504C0"/>
     <w:rsid w:val="00450A56"/>
     <w:rsid w:val="004519C1"/>
+    <w:rsid w:val="00451D38"/>
     <w:rsid w:val="00451E60"/>
     <w:rsid w:val="00452307"/>
     <w:rsid w:val="004523AD"/>
+    <w:rsid w:val="00452540"/>
+    <w:rsid w:val="004529B0"/>
     <w:rsid w:val="0045302A"/>
     <w:rsid w:val="00453356"/>
+    <w:rsid w:val="00453CB0"/>
     <w:rsid w:val="00453E4D"/>
+    <w:rsid w:val="00454624"/>
     <w:rsid w:val="004548B9"/>
     <w:rsid w:val="0045492F"/>
     <w:rsid w:val="00454BD4"/>
     <w:rsid w:val="00454D95"/>
     <w:rsid w:val="00455757"/>
     <w:rsid w:val="004558BA"/>
+    <w:rsid w:val="004558FA"/>
     <w:rsid w:val="00455AD2"/>
     <w:rsid w:val="00455C62"/>
+    <w:rsid w:val="0045649C"/>
     <w:rsid w:val="00456813"/>
+    <w:rsid w:val="00456876"/>
+    <w:rsid w:val="00456B7D"/>
+    <w:rsid w:val="0045733A"/>
     <w:rsid w:val="00457646"/>
     <w:rsid w:val="0045791E"/>
     <w:rsid w:val="00457A9D"/>
     <w:rsid w:val="00457E85"/>
     <w:rsid w:val="00460596"/>
     <w:rsid w:val="0046088F"/>
     <w:rsid w:val="00460D40"/>
     <w:rsid w:val="00461048"/>
     <w:rsid w:val="00461107"/>
     <w:rsid w:val="0046118B"/>
     <w:rsid w:val="004611B5"/>
     <w:rsid w:val="004611E4"/>
     <w:rsid w:val="004614FB"/>
     <w:rsid w:val="004615C4"/>
+    <w:rsid w:val="00462957"/>
     <w:rsid w:val="00462A8F"/>
     <w:rsid w:val="00462EC8"/>
     <w:rsid w:val="00462F69"/>
     <w:rsid w:val="004639D1"/>
+    <w:rsid w:val="00463B50"/>
     <w:rsid w:val="00463BB8"/>
     <w:rsid w:val="00463F42"/>
     <w:rsid w:val="00464023"/>
     <w:rsid w:val="004642FA"/>
     <w:rsid w:val="0046519B"/>
     <w:rsid w:val="0046532A"/>
     <w:rsid w:val="004659F8"/>
     <w:rsid w:val="00465B18"/>
     <w:rsid w:val="0046601E"/>
     <w:rsid w:val="00466F24"/>
     <w:rsid w:val="00467227"/>
     <w:rsid w:val="00467757"/>
+    <w:rsid w:val="0047007E"/>
     <w:rsid w:val="004700F3"/>
     <w:rsid w:val="00470B5E"/>
     <w:rsid w:val="0047119C"/>
     <w:rsid w:val="00471464"/>
+    <w:rsid w:val="00471706"/>
     <w:rsid w:val="00471AB3"/>
     <w:rsid w:val="00471AD0"/>
     <w:rsid w:val="00471B31"/>
     <w:rsid w:val="00471D11"/>
     <w:rsid w:val="00472047"/>
     <w:rsid w:val="004725A7"/>
     <w:rsid w:val="0047291B"/>
     <w:rsid w:val="00472A0C"/>
     <w:rsid w:val="00472B5F"/>
     <w:rsid w:val="00472EA0"/>
     <w:rsid w:val="00472EBD"/>
     <w:rsid w:val="00473420"/>
     <w:rsid w:val="00473682"/>
     <w:rsid w:val="004736B4"/>
     <w:rsid w:val="0047392D"/>
     <w:rsid w:val="00473D63"/>
+    <w:rsid w:val="0047417D"/>
     <w:rsid w:val="0047451D"/>
     <w:rsid w:val="004747C3"/>
     <w:rsid w:val="00474BD6"/>
     <w:rsid w:val="0047528E"/>
     <w:rsid w:val="0047567C"/>
+    <w:rsid w:val="004756DE"/>
     <w:rsid w:val="004756E7"/>
     <w:rsid w:val="0047603B"/>
     <w:rsid w:val="00476207"/>
     <w:rsid w:val="0047626E"/>
     <w:rsid w:val="00476423"/>
     <w:rsid w:val="00476537"/>
     <w:rsid w:val="00476842"/>
     <w:rsid w:val="00476A03"/>
     <w:rsid w:val="004770EA"/>
     <w:rsid w:val="0047727E"/>
     <w:rsid w:val="00477653"/>
+    <w:rsid w:val="00477BD6"/>
+    <w:rsid w:val="00477E63"/>
     <w:rsid w:val="0048007B"/>
     <w:rsid w:val="00480357"/>
+    <w:rsid w:val="0048044E"/>
+    <w:rsid w:val="004804B9"/>
+    <w:rsid w:val="00480E52"/>
     <w:rsid w:val="0048110C"/>
     <w:rsid w:val="00481304"/>
     <w:rsid w:val="00481D32"/>
     <w:rsid w:val="00481EE9"/>
     <w:rsid w:val="00482450"/>
     <w:rsid w:val="00482456"/>
     <w:rsid w:val="00482B28"/>
     <w:rsid w:val="00482F80"/>
     <w:rsid w:val="00483002"/>
     <w:rsid w:val="00483382"/>
     <w:rsid w:val="004836A2"/>
+    <w:rsid w:val="00483719"/>
     <w:rsid w:val="00483AAC"/>
+    <w:rsid w:val="00483D2C"/>
+    <w:rsid w:val="00484290"/>
     <w:rsid w:val="00484A4D"/>
     <w:rsid w:val="00484AD1"/>
+    <w:rsid w:val="00485B75"/>
     <w:rsid w:val="00485C80"/>
     <w:rsid w:val="004865BD"/>
+    <w:rsid w:val="00486737"/>
+    <w:rsid w:val="00487664"/>
+    <w:rsid w:val="00490213"/>
     <w:rsid w:val="00490465"/>
     <w:rsid w:val="00490F1D"/>
     <w:rsid w:val="004919C8"/>
     <w:rsid w:val="00491B45"/>
     <w:rsid w:val="00491BFE"/>
     <w:rsid w:val="00492891"/>
     <w:rsid w:val="0049321D"/>
     <w:rsid w:val="00493767"/>
     <w:rsid w:val="0049444E"/>
     <w:rsid w:val="00494C94"/>
     <w:rsid w:val="00494D6D"/>
     <w:rsid w:val="004950AC"/>
+    <w:rsid w:val="00495518"/>
     <w:rsid w:val="004957EF"/>
+    <w:rsid w:val="00496293"/>
+    <w:rsid w:val="0049637F"/>
+    <w:rsid w:val="0049639D"/>
     <w:rsid w:val="0049657A"/>
     <w:rsid w:val="004965E2"/>
+    <w:rsid w:val="004968FD"/>
     <w:rsid w:val="004976D7"/>
+    <w:rsid w:val="00497B74"/>
     <w:rsid w:val="00497ED0"/>
     <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A0387"/>
     <w:rsid w:val="004A07F8"/>
     <w:rsid w:val="004A0C9F"/>
     <w:rsid w:val="004A0D55"/>
+    <w:rsid w:val="004A117A"/>
     <w:rsid w:val="004A1F40"/>
     <w:rsid w:val="004A248D"/>
     <w:rsid w:val="004A3361"/>
     <w:rsid w:val="004A3648"/>
     <w:rsid w:val="004A3D4D"/>
     <w:rsid w:val="004A4096"/>
     <w:rsid w:val="004A46FD"/>
     <w:rsid w:val="004A48FD"/>
     <w:rsid w:val="004A4D20"/>
     <w:rsid w:val="004A4D48"/>
     <w:rsid w:val="004A4E82"/>
+    <w:rsid w:val="004A556D"/>
     <w:rsid w:val="004A5785"/>
+    <w:rsid w:val="004A5CF7"/>
     <w:rsid w:val="004A62CD"/>
     <w:rsid w:val="004A631F"/>
     <w:rsid w:val="004A6432"/>
     <w:rsid w:val="004A6A1C"/>
     <w:rsid w:val="004A6B73"/>
+    <w:rsid w:val="004A6B9D"/>
     <w:rsid w:val="004A6C9B"/>
+    <w:rsid w:val="004A71EB"/>
+    <w:rsid w:val="004A7296"/>
     <w:rsid w:val="004A72BF"/>
+    <w:rsid w:val="004A74DF"/>
     <w:rsid w:val="004A76E0"/>
     <w:rsid w:val="004B0623"/>
     <w:rsid w:val="004B0653"/>
     <w:rsid w:val="004B06A2"/>
     <w:rsid w:val="004B1335"/>
     <w:rsid w:val="004B17DC"/>
     <w:rsid w:val="004B23DF"/>
     <w:rsid w:val="004B2516"/>
     <w:rsid w:val="004B291A"/>
     <w:rsid w:val="004B296F"/>
     <w:rsid w:val="004B3551"/>
     <w:rsid w:val="004B3C2C"/>
     <w:rsid w:val="004B3CBE"/>
     <w:rsid w:val="004B4621"/>
     <w:rsid w:val="004B48B0"/>
     <w:rsid w:val="004B4947"/>
     <w:rsid w:val="004B4B7E"/>
     <w:rsid w:val="004B50AE"/>
     <w:rsid w:val="004B512E"/>
     <w:rsid w:val="004B67FC"/>
     <w:rsid w:val="004B7FCF"/>
     <w:rsid w:val="004C02F6"/>
     <w:rsid w:val="004C0929"/>
     <w:rsid w:val="004C0C39"/>
     <w:rsid w:val="004C0D69"/>
+    <w:rsid w:val="004C0E86"/>
     <w:rsid w:val="004C0EF4"/>
     <w:rsid w:val="004C1065"/>
     <w:rsid w:val="004C123E"/>
     <w:rsid w:val="004C1B3E"/>
     <w:rsid w:val="004C34F5"/>
     <w:rsid w:val="004C36A5"/>
+    <w:rsid w:val="004C3AA8"/>
+    <w:rsid w:val="004C3CC4"/>
     <w:rsid w:val="004C3DE0"/>
     <w:rsid w:val="004C417B"/>
     <w:rsid w:val="004C4213"/>
+    <w:rsid w:val="004C48C6"/>
+    <w:rsid w:val="004C4F16"/>
     <w:rsid w:val="004C5DFD"/>
     <w:rsid w:val="004C5F06"/>
     <w:rsid w:val="004C6052"/>
     <w:rsid w:val="004C6098"/>
     <w:rsid w:val="004C6214"/>
     <w:rsid w:val="004C6709"/>
     <w:rsid w:val="004C680D"/>
     <w:rsid w:val="004C6996"/>
+    <w:rsid w:val="004C69EE"/>
+    <w:rsid w:val="004C6ACC"/>
     <w:rsid w:val="004C7426"/>
+    <w:rsid w:val="004C7658"/>
     <w:rsid w:val="004C79A0"/>
     <w:rsid w:val="004C7D00"/>
     <w:rsid w:val="004C7E71"/>
     <w:rsid w:val="004D01C4"/>
+    <w:rsid w:val="004D026F"/>
     <w:rsid w:val="004D02AD"/>
     <w:rsid w:val="004D0408"/>
     <w:rsid w:val="004D0422"/>
     <w:rsid w:val="004D04CF"/>
+    <w:rsid w:val="004D0571"/>
     <w:rsid w:val="004D0F29"/>
     <w:rsid w:val="004D0FAB"/>
+    <w:rsid w:val="004D1088"/>
     <w:rsid w:val="004D15A4"/>
+    <w:rsid w:val="004D1886"/>
     <w:rsid w:val="004D1DE5"/>
     <w:rsid w:val="004D23DA"/>
+    <w:rsid w:val="004D265D"/>
+    <w:rsid w:val="004D2DE2"/>
+    <w:rsid w:val="004D2FBD"/>
     <w:rsid w:val="004D34EA"/>
+    <w:rsid w:val="004D43EE"/>
+    <w:rsid w:val="004D49C1"/>
     <w:rsid w:val="004D4CA3"/>
+    <w:rsid w:val="004D5B3D"/>
+    <w:rsid w:val="004D5F1B"/>
     <w:rsid w:val="004D620F"/>
     <w:rsid w:val="004D63B9"/>
+    <w:rsid w:val="004D682C"/>
     <w:rsid w:val="004D69C6"/>
+    <w:rsid w:val="004D6C64"/>
     <w:rsid w:val="004D6E28"/>
     <w:rsid w:val="004D6F83"/>
     <w:rsid w:val="004D731E"/>
+    <w:rsid w:val="004D7607"/>
     <w:rsid w:val="004D79C8"/>
     <w:rsid w:val="004D7A4D"/>
     <w:rsid w:val="004D7A71"/>
     <w:rsid w:val="004D7B42"/>
     <w:rsid w:val="004E14E7"/>
     <w:rsid w:val="004E1581"/>
+    <w:rsid w:val="004E171E"/>
     <w:rsid w:val="004E1F33"/>
     <w:rsid w:val="004E2016"/>
     <w:rsid w:val="004E2B93"/>
     <w:rsid w:val="004E2E85"/>
+    <w:rsid w:val="004E2EE2"/>
     <w:rsid w:val="004E31AA"/>
+    <w:rsid w:val="004E31F8"/>
     <w:rsid w:val="004E3621"/>
     <w:rsid w:val="004E3635"/>
+    <w:rsid w:val="004E3C01"/>
     <w:rsid w:val="004E3C76"/>
+    <w:rsid w:val="004E3C8F"/>
     <w:rsid w:val="004E426A"/>
     <w:rsid w:val="004E493F"/>
+    <w:rsid w:val="004E4B34"/>
     <w:rsid w:val="004E4EF4"/>
     <w:rsid w:val="004E5409"/>
+    <w:rsid w:val="004E547C"/>
     <w:rsid w:val="004E57D3"/>
     <w:rsid w:val="004E57F4"/>
     <w:rsid w:val="004E5C69"/>
     <w:rsid w:val="004E620F"/>
+    <w:rsid w:val="004E6576"/>
+    <w:rsid w:val="004E6ACD"/>
     <w:rsid w:val="004E74FC"/>
     <w:rsid w:val="004E7750"/>
     <w:rsid w:val="004E79D5"/>
     <w:rsid w:val="004E7B3C"/>
+    <w:rsid w:val="004E7DB5"/>
     <w:rsid w:val="004E7EB0"/>
     <w:rsid w:val="004E7FE2"/>
     <w:rsid w:val="004F04BA"/>
+    <w:rsid w:val="004F081A"/>
     <w:rsid w:val="004F10A6"/>
     <w:rsid w:val="004F11C9"/>
     <w:rsid w:val="004F1A15"/>
     <w:rsid w:val="004F1FEF"/>
     <w:rsid w:val="004F210B"/>
     <w:rsid w:val="004F23E4"/>
     <w:rsid w:val="004F23EA"/>
+    <w:rsid w:val="004F25B3"/>
     <w:rsid w:val="004F3336"/>
     <w:rsid w:val="004F3A94"/>
     <w:rsid w:val="004F4209"/>
     <w:rsid w:val="004F43C6"/>
     <w:rsid w:val="004F491A"/>
     <w:rsid w:val="004F4B7D"/>
+    <w:rsid w:val="004F4BD4"/>
     <w:rsid w:val="004F5109"/>
     <w:rsid w:val="004F5177"/>
+    <w:rsid w:val="004F5206"/>
     <w:rsid w:val="004F568A"/>
+    <w:rsid w:val="004F6258"/>
+    <w:rsid w:val="004F6270"/>
     <w:rsid w:val="004F62D4"/>
     <w:rsid w:val="004F63FA"/>
     <w:rsid w:val="004F6436"/>
     <w:rsid w:val="004F6524"/>
     <w:rsid w:val="004F6604"/>
+    <w:rsid w:val="004F67C4"/>
     <w:rsid w:val="004F7395"/>
     <w:rsid w:val="004F78CE"/>
     <w:rsid w:val="004F7EF7"/>
     <w:rsid w:val="004F7F65"/>
     <w:rsid w:val="005002C8"/>
     <w:rsid w:val="0050056D"/>
     <w:rsid w:val="00500DA4"/>
+    <w:rsid w:val="00500FDF"/>
     <w:rsid w:val="005010B9"/>
+    <w:rsid w:val="0050120C"/>
     <w:rsid w:val="00501934"/>
     <w:rsid w:val="00501B76"/>
     <w:rsid w:val="00501C8A"/>
     <w:rsid w:val="00501F24"/>
     <w:rsid w:val="00502571"/>
     <w:rsid w:val="00502656"/>
+    <w:rsid w:val="005027A2"/>
     <w:rsid w:val="005027C8"/>
     <w:rsid w:val="00502C43"/>
     <w:rsid w:val="00502C53"/>
+    <w:rsid w:val="00502CDF"/>
     <w:rsid w:val="00503082"/>
     <w:rsid w:val="00503C42"/>
     <w:rsid w:val="00504190"/>
     <w:rsid w:val="00504A12"/>
     <w:rsid w:val="005052D5"/>
     <w:rsid w:val="00505373"/>
     <w:rsid w:val="00505511"/>
     <w:rsid w:val="0050588B"/>
+    <w:rsid w:val="0050589B"/>
     <w:rsid w:val="00505CC6"/>
+    <w:rsid w:val="00505F0C"/>
     <w:rsid w:val="00506604"/>
+    <w:rsid w:val="00506824"/>
     <w:rsid w:val="00507000"/>
     <w:rsid w:val="00507133"/>
     <w:rsid w:val="005072C2"/>
     <w:rsid w:val="005073CA"/>
     <w:rsid w:val="005074DA"/>
     <w:rsid w:val="0050795E"/>
     <w:rsid w:val="00507B67"/>
     <w:rsid w:val="00510129"/>
     <w:rsid w:val="00510201"/>
     <w:rsid w:val="00510495"/>
+    <w:rsid w:val="0051050A"/>
     <w:rsid w:val="0051059E"/>
     <w:rsid w:val="00510709"/>
     <w:rsid w:val="005107DD"/>
+    <w:rsid w:val="00510934"/>
+    <w:rsid w:val="005118E8"/>
     <w:rsid w:val="00511BE9"/>
     <w:rsid w:val="0051252B"/>
     <w:rsid w:val="005127C4"/>
     <w:rsid w:val="0051299D"/>
     <w:rsid w:val="00512EE2"/>
+    <w:rsid w:val="005135FA"/>
     <w:rsid w:val="005139B2"/>
     <w:rsid w:val="00514534"/>
     <w:rsid w:val="0051484D"/>
+    <w:rsid w:val="00514B14"/>
     <w:rsid w:val="005157C3"/>
     <w:rsid w:val="0051592F"/>
     <w:rsid w:val="00515E21"/>
     <w:rsid w:val="00515E7C"/>
     <w:rsid w:val="00516534"/>
+    <w:rsid w:val="005166AB"/>
     <w:rsid w:val="00516C7B"/>
     <w:rsid w:val="00516FAF"/>
     <w:rsid w:val="00516FC1"/>
     <w:rsid w:val="00517059"/>
     <w:rsid w:val="00517418"/>
     <w:rsid w:val="00517545"/>
     <w:rsid w:val="005176B6"/>
     <w:rsid w:val="00517D66"/>
+    <w:rsid w:val="00517D6E"/>
     <w:rsid w:val="00517EB1"/>
     <w:rsid w:val="00520170"/>
     <w:rsid w:val="00520277"/>
-    <w:rsid w:val="00520298"/>
     <w:rsid w:val="0052032D"/>
     <w:rsid w:val="005203EA"/>
+    <w:rsid w:val="005204AC"/>
     <w:rsid w:val="00520C62"/>
     <w:rsid w:val="00520C9E"/>
     <w:rsid w:val="00521C0A"/>
+    <w:rsid w:val="00521C75"/>
     <w:rsid w:val="00522503"/>
+    <w:rsid w:val="00522520"/>
     <w:rsid w:val="005225D6"/>
     <w:rsid w:val="00522D56"/>
     <w:rsid w:val="00522F02"/>
     <w:rsid w:val="00523CBF"/>
     <w:rsid w:val="00523D1C"/>
+    <w:rsid w:val="0052403E"/>
     <w:rsid w:val="0052431F"/>
     <w:rsid w:val="00524367"/>
     <w:rsid w:val="005243E6"/>
     <w:rsid w:val="005249C7"/>
     <w:rsid w:val="00524F5A"/>
+    <w:rsid w:val="00524FD5"/>
     <w:rsid w:val="0052525E"/>
     <w:rsid w:val="0052543E"/>
     <w:rsid w:val="005260E5"/>
     <w:rsid w:val="0052618E"/>
     <w:rsid w:val="00526515"/>
     <w:rsid w:val="005267CE"/>
     <w:rsid w:val="00527344"/>
+    <w:rsid w:val="00527998"/>
     <w:rsid w:val="005279DC"/>
     <w:rsid w:val="00527B37"/>
     <w:rsid w:val="0053003E"/>
     <w:rsid w:val="005303E4"/>
     <w:rsid w:val="0053055F"/>
+    <w:rsid w:val="005305CB"/>
     <w:rsid w:val="0053079A"/>
     <w:rsid w:val="00530A8C"/>
     <w:rsid w:val="00530E53"/>
     <w:rsid w:val="00531669"/>
     <w:rsid w:val="005316CB"/>
     <w:rsid w:val="0053252B"/>
     <w:rsid w:val="005328C9"/>
     <w:rsid w:val="00532A8B"/>
+    <w:rsid w:val="00532AA7"/>
     <w:rsid w:val="00532D73"/>
+    <w:rsid w:val="00533650"/>
     <w:rsid w:val="00533672"/>
     <w:rsid w:val="005336F4"/>
     <w:rsid w:val="005337CE"/>
     <w:rsid w:val="00533F40"/>
+    <w:rsid w:val="0053438F"/>
+    <w:rsid w:val="005343CC"/>
     <w:rsid w:val="005345BD"/>
     <w:rsid w:val="005350FD"/>
     <w:rsid w:val="005359B6"/>
     <w:rsid w:val="005359E0"/>
+    <w:rsid w:val="00535A19"/>
     <w:rsid w:val="00535A1A"/>
     <w:rsid w:val="00535B02"/>
     <w:rsid w:val="0053604F"/>
     <w:rsid w:val="00536266"/>
     <w:rsid w:val="00536586"/>
     <w:rsid w:val="00536B60"/>
     <w:rsid w:val="00536F0D"/>
     <w:rsid w:val="00537091"/>
+    <w:rsid w:val="005371A0"/>
     <w:rsid w:val="00537B47"/>
     <w:rsid w:val="00540022"/>
     <w:rsid w:val="005400E7"/>
     <w:rsid w:val="0054011A"/>
+    <w:rsid w:val="00540B6A"/>
     <w:rsid w:val="00540DCC"/>
     <w:rsid w:val="005419A7"/>
     <w:rsid w:val="00541E8D"/>
+    <w:rsid w:val="00541F2C"/>
     <w:rsid w:val="0054216B"/>
     <w:rsid w:val="0054226D"/>
     <w:rsid w:val="0054274F"/>
     <w:rsid w:val="00542A15"/>
+    <w:rsid w:val="00542F38"/>
     <w:rsid w:val="00542FC6"/>
     <w:rsid w:val="005431B4"/>
     <w:rsid w:val="00543DC8"/>
+    <w:rsid w:val="00543E04"/>
     <w:rsid w:val="00543FA4"/>
+    <w:rsid w:val="005440A1"/>
     <w:rsid w:val="0054415A"/>
     <w:rsid w:val="005443D0"/>
     <w:rsid w:val="0054440D"/>
     <w:rsid w:val="005445E3"/>
     <w:rsid w:val="00544950"/>
     <w:rsid w:val="005449D5"/>
     <w:rsid w:val="00544AC4"/>
+    <w:rsid w:val="00544CD3"/>
     <w:rsid w:val="00544EF2"/>
     <w:rsid w:val="00544F17"/>
     <w:rsid w:val="00545018"/>
     <w:rsid w:val="00545340"/>
     <w:rsid w:val="00545869"/>
     <w:rsid w:val="00545C92"/>
     <w:rsid w:val="0054608F"/>
     <w:rsid w:val="005464E9"/>
     <w:rsid w:val="00546557"/>
     <w:rsid w:val="005466D7"/>
     <w:rsid w:val="005467EF"/>
     <w:rsid w:val="005470AB"/>
     <w:rsid w:val="00547319"/>
     <w:rsid w:val="00547F22"/>
     <w:rsid w:val="0055021E"/>
     <w:rsid w:val="0055072C"/>
     <w:rsid w:val="00550BA0"/>
     <w:rsid w:val="005516BD"/>
+    <w:rsid w:val="005517F7"/>
     <w:rsid w:val="00551BE2"/>
     <w:rsid w:val="00551F42"/>
     <w:rsid w:val="00552061"/>
     <w:rsid w:val="00552F69"/>
     <w:rsid w:val="00554086"/>
     <w:rsid w:val="0055471E"/>
     <w:rsid w:val="005551A4"/>
     <w:rsid w:val="00555895"/>
     <w:rsid w:val="00555DDB"/>
+    <w:rsid w:val="005561C1"/>
     <w:rsid w:val="005564DF"/>
+    <w:rsid w:val="005565CF"/>
     <w:rsid w:val="00556629"/>
+    <w:rsid w:val="00556877"/>
+    <w:rsid w:val="00556CE5"/>
     <w:rsid w:val="0055792E"/>
     <w:rsid w:val="005600B0"/>
     <w:rsid w:val="0056015F"/>
     <w:rsid w:val="005603C0"/>
     <w:rsid w:val="00560FD8"/>
+    <w:rsid w:val="00561019"/>
     <w:rsid w:val="00561372"/>
+    <w:rsid w:val="005614A9"/>
     <w:rsid w:val="00561D34"/>
     <w:rsid w:val="0056238F"/>
     <w:rsid w:val="005626CE"/>
     <w:rsid w:val="005627D3"/>
     <w:rsid w:val="00562E49"/>
     <w:rsid w:val="00563804"/>
     <w:rsid w:val="00563C0F"/>
     <w:rsid w:val="00564135"/>
     <w:rsid w:val="0056425B"/>
+    <w:rsid w:val="00564725"/>
     <w:rsid w:val="00564A74"/>
+    <w:rsid w:val="00564BA6"/>
     <w:rsid w:val="00564C99"/>
     <w:rsid w:val="00564E20"/>
     <w:rsid w:val="00565047"/>
+    <w:rsid w:val="00565CAC"/>
     <w:rsid w:val="005660AF"/>
     <w:rsid w:val="00567148"/>
     <w:rsid w:val="0056717E"/>
     <w:rsid w:val="00567C10"/>
     <w:rsid w:val="00567F9A"/>
     <w:rsid w:val="00570FC0"/>
     <w:rsid w:val="00571447"/>
     <w:rsid w:val="005718A9"/>
+    <w:rsid w:val="00571978"/>
     <w:rsid w:val="00571A5C"/>
+    <w:rsid w:val="00571B66"/>
     <w:rsid w:val="00571F61"/>
     <w:rsid w:val="00572F4D"/>
     <w:rsid w:val="005735AA"/>
+    <w:rsid w:val="00573AFD"/>
     <w:rsid w:val="00573EA6"/>
     <w:rsid w:val="00574930"/>
     <w:rsid w:val="00575450"/>
     <w:rsid w:val="00575511"/>
     <w:rsid w:val="005764B8"/>
     <w:rsid w:val="00576A2C"/>
     <w:rsid w:val="005770CE"/>
     <w:rsid w:val="0057716A"/>
+    <w:rsid w:val="005771A2"/>
+    <w:rsid w:val="005776C2"/>
     <w:rsid w:val="00577AED"/>
-    <w:rsid w:val="00577D3C"/>
     <w:rsid w:val="00577E64"/>
     <w:rsid w:val="00577FDA"/>
     <w:rsid w:val="0058065F"/>
     <w:rsid w:val="00580971"/>
     <w:rsid w:val="00581481"/>
     <w:rsid w:val="00581C7D"/>
     <w:rsid w:val="0058202E"/>
     <w:rsid w:val="0058220F"/>
     <w:rsid w:val="005822CF"/>
     <w:rsid w:val="005824D8"/>
+    <w:rsid w:val="00582EAB"/>
     <w:rsid w:val="005836D0"/>
     <w:rsid w:val="005840C4"/>
     <w:rsid w:val="00584369"/>
     <w:rsid w:val="0058447D"/>
     <w:rsid w:val="00584697"/>
     <w:rsid w:val="00584770"/>
     <w:rsid w:val="005848E1"/>
     <w:rsid w:val="00584F8F"/>
     <w:rsid w:val="00585086"/>
     <w:rsid w:val="005856A0"/>
     <w:rsid w:val="005858C3"/>
+    <w:rsid w:val="005859CD"/>
+    <w:rsid w:val="00585A16"/>
     <w:rsid w:val="00585C84"/>
+    <w:rsid w:val="00586613"/>
     <w:rsid w:val="0058680E"/>
+    <w:rsid w:val="00586E43"/>
     <w:rsid w:val="005871D8"/>
     <w:rsid w:val="005874C8"/>
     <w:rsid w:val="0058793F"/>
     <w:rsid w:val="005903DD"/>
     <w:rsid w:val="00590881"/>
     <w:rsid w:val="0059093A"/>
     <w:rsid w:val="005909DE"/>
     <w:rsid w:val="005909E3"/>
     <w:rsid w:val="00590B82"/>
     <w:rsid w:val="00590E72"/>
     <w:rsid w:val="00590F86"/>
+    <w:rsid w:val="0059116B"/>
+    <w:rsid w:val="00591263"/>
     <w:rsid w:val="00591E37"/>
     <w:rsid w:val="00591F05"/>
     <w:rsid w:val="00591FAF"/>
     <w:rsid w:val="005925E8"/>
     <w:rsid w:val="005927AA"/>
+    <w:rsid w:val="00592A25"/>
     <w:rsid w:val="00592B6B"/>
     <w:rsid w:val="00592D1C"/>
     <w:rsid w:val="00592D85"/>
     <w:rsid w:val="00592DB8"/>
     <w:rsid w:val="005930B4"/>
     <w:rsid w:val="005930C1"/>
     <w:rsid w:val="005935F8"/>
     <w:rsid w:val="00593908"/>
     <w:rsid w:val="00593A6C"/>
     <w:rsid w:val="00593CD5"/>
+    <w:rsid w:val="00593DFB"/>
     <w:rsid w:val="00593EA1"/>
     <w:rsid w:val="005940FD"/>
     <w:rsid w:val="005942DC"/>
+    <w:rsid w:val="00594469"/>
     <w:rsid w:val="00594A8A"/>
     <w:rsid w:val="00594D77"/>
     <w:rsid w:val="00595043"/>
     <w:rsid w:val="0059555F"/>
     <w:rsid w:val="0059581D"/>
     <w:rsid w:val="00595EE8"/>
+    <w:rsid w:val="005969B4"/>
     <w:rsid w:val="00596B88"/>
     <w:rsid w:val="00596C6B"/>
     <w:rsid w:val="00597539"/>
     <w:rsid w:val="005A00E8"/>
     <w:rsid w:val="005A0854"/>
     <w:rsid w:val="005A0D14"/>
     <w:rsid w:val="005A10EF"/>
+    <w:rsid w:val="005A1491"/>
     <w:rsid w:val="005A202F"/>
     <w:rsid w:val="005A2078"/>
     <w:rsid w:val="005A2143"/>
     <w:rsid w:val="005A2473"/>
     <w:rsid w:val="005A373A"/>
+    <w:rsid w:val="005A3ABB"/>
     <w:rsid w:val="005A419D"/>
     <w:rsid w:val="005A4986"/>
     <w:rsid w:val="005A4DCC"/>
     <w:rsid w:val="005A52C8"/>
     <w:rsid w:val="005A5415"/>
     <w:rsid w:val="005A5AEF"/>
+    <w:rsid w:val="005A6665"/>
     <w:rsid w:val="005A6BC5"/>
     <w:rsid w:val="005A6D3B"/>
     <w:rsid w:val="005A6FED"/>
     <w:rsid w:val="005A76A4"/>
     <w:rsid w:val="005B0DB1"/>
     <w:rsid w:val="005B113D"/>
     <w:rsid w:val="005B11DE"/>
+    <w:rsid w:val="005B12D2"/>
     <w:rsid w:val="005B1374"/>
     <w:rsid w:val="005B1EB7"/>
     <w:rsid w:val="005B1F69"/>
     <w:rsid w:val="005B2514"/>
     <w:rsid w:val="005B279B"/>
     <w:rsid w:val="005B2884"/>
     <w:rsid w:val="005B2B97"/>
+    <w:rsid w:val="005B3037"/>
     <w:rsid w:val="005B3199"/>
     <w:rsid w:val="005B32AC"/>
+    <w:rsid w:val="005B34FA"/>
     <w:rsid w:val="005B358F"/>
     <w:rsid w:val="005B3908"/>
     <w:rsid w:val="005B3C08"/>
     <w:rsid w:val="005B3E85"/>
     <w:rsid w:val="005B3F86"/>
     <w:rsid w:val="005B40EC"/>
     <w:rsid w:val="005B439C"/>
     <w:rsid w:val="005B4AB4"/>
+    <w:rsid w:val="005B503A"/>
     <w:rsid w:val="005B51E4"/>
     <w:rsid w:val="005B52C4"/>
     <w:rsid w:val="005B585D"/>
     <w:rsid w:val="005B5D49"/>
+    <w:rsid w:val="005B6037"/>
     <w:rsid w:val="005B65E5"/>
     <w:rsid w:val="005B70E7"/>
     <w:rsid w:val="005B7520"/>
     <w:rsid w:val="005B79ED"/>
+    <w:rsid w:val="005C0499"/>
     <w:rsid w:val="005C06F3"/>
     <w:rsid w:val="005C0B2D"/>
     <w:rsid w:val="005C1846"/>
     <w:rsid w:val="005C1F09"/>
     <w:rsid w:val="005C1F11"/>
     <w:rsid w:val="005C2314"/>
     <w:rsid w:val="005C2442"/>
     <w:rsid w:val="005C267A"/>
     <w:rsid w:val="005C26BF"/>
+    <w:rsid w:val="005C29D2"/>
     <w:rsid w:val="005C38C3"/>
     <w:rsid w:val="005C3910"/>
     <w:rsid w:val="005C401E"/>
+    <w:rsid w:val="005C4E6C"/>
+    <w:rsid w:val="005C51A5"/>
     <w:rsid w:val="005C595C"/>
     <w:rsid w:val="005C630E"/>
     <w:rsid w:val="005C664B"/>
     <w:rsid w:val="005C6D03"/>
     <w:rsid w:val="005C7220"/>
     <w:rsid w:val="005D00F6"/>
     <w:rsid w:val="005D08F7"/>
     <w:rsid w:val="005D0919"/>
     <w:rsid w:val="005D0A9A"/>
     <w:rsid w:val="005D0D7C"/>
+    <w:rsid w:val="005D1509"/>
+    <w:rsid w:val="005D1A78"/>
+    <w:rsid w:val="005D1B77"/>
     <w:rsid w:val="005D1D3A"/>
     <w:rsid w:val="005D312D"/>
     <w:rsid w:val="005D3C71"/>
     <w:rsid w:val="005D3FD5"/>
     <w:rsid w:val="005D4059"/>
     <w:rsid w:val="005D4190"/>
+    <w:rsid w:val="005D4323"/>
     <w:rsid w:val="005D4426"/>
+    <w:rsid w:val="005D45C8"/>
     <w:rsid w:val="005D4B68"/>
     <w:rsid w:val="005D4FF1"/>
     <w:rsid w:val="005D54C0"/>
     <w:rsid w:val="005D56F4"/>
     <w:rsid w:val="005D5876"/>
     <w:rsid w:val="005D5D93"/>
     <w:rsid w:val="005D6402"/>
     <w:rsid w:val="005D655F"/>
     <w:rsid w:val="005D65FA"/>
     <w:rsid w:val="005D73DD"/>
     <w:rsid w:val="005D7B0D"/>
     <w:rsid w:val="005D7CD1"/>
+    <w:rsid w:val="005D7EA2"/>
+    <w:rsid w:val="005D7FBA"/>
     <w:rsid w:val="005E03C6"/>
     <w:rsid w:val="005E06CE"/>
     <w:rsid w:val="005E07F3"/>
     <w:rsid w:val="005E1D0B"/>
     <w:rsid w:val="005E1EF4"/>
     <w:rsid w:val="005E224E"/>
+    <w:rsid w:val="005E23F4"/>
     <w:rsid w:val="005E250A"/>
+    <w:rsid w:val="005E263D"/>
     <w:rsid w:val="005E2A8C"/>
+    <w:rsid w:val="005E3418"/>
+    <w:rsid w:val="005E35BB"/>
+    <w:rsid w:val="005E3772"/>
     <w:rsid w:val="005E391E"/>
     <w:rsid w:val="005E3F6C"/>
     <w:rsid w:val="005E420E"/>
     <w:rsid w:val="005E4AFF"/>
     <w:rsid w:val="005E4D9A"/>
     <w:rsid w:val="005E4EAF"/>
     <w:rsid w:val="005E5461"/>
     <w:rsid w:val="005E5682"/>
     <w:rsid w:val="005E5D9B"/>
     <w:rsid w:val="005E5DC2"/>
     <w:rsid w:val="005E65D2"/>
     <w:rsid w:val="005E6B94"/>
     <w:rsid w:val="005E725F"/>
     <w:rsid w:val="005E7881"/>
     <w:rsid w:val="005F00A3"/>
     <w:rsid w:val="005F021F"/>
     <w:rsid w:val="005F056B"/>
     <w:rsid w:val="005F0689"/>
     <w:rsid w:val="005F06C1"/>
     <w:rsid w:val="005F13A5"/>
     <w:rsid w:val="005F1E23"/>
+    <w:rsid w:val="005F20D7"/>
+    <w:rsid w:val="005F293B"/>
     <w:rsid w:val="005F2CC1"/>
     <w:rsid w:val="005F2E2D"/>
     <w:rsid w:val="005F2EE5"/>
     <w:rsid w:val="005F3273"/>
+    <w:rsid w:val="005F3619"/>
     <w:rsid w:val="005F37D1"/>
     <w:rsid w:val="005F3D95"/>
+    <w:rsid w:val="005F3F89"/>
+    <w:rsid w:val="005F435A"/>
     <w:rsid w:val="005F445E"/>
+    <w:rsid w:val="005F4B7A"/>
     <w:rsid w:val="005F5153"/>
     <w:rsid w:val="005F52F5"/>
     <w:rsid w:val="005F5376"/>
     <w:rsid w:val="005F5C05"/>
+    <w:rsid w:val="005F60B4"/>
+    <w:rsid w:val="005F60E6"/>
     <w:rsid w:val="005F614F"/>
     <w:rsid w:val="005F61D9"/>
     <w:rsid w:val="005F6764"/>
     <w:rsid w:val="005F67C9"/>
     <w:rsid w:val="005F6900"/>
     <w:rsid w:val="005F7357"/>
     <w:rsid w:val="005F7B69"/>
     <w:rsid w:val="006005DE"/>
     <w:rsid w:val="00600810"/>
     <w:rsid w:val="00600D40"/>
+    <w:rsid w:val="00601B15"/>
+    <w:rsid w:val="00601E28"/>
     <w:rsid w:val="00602099"/>
     <w:rsid w:val="00603121"/>
     <w:rsid w:val="00603362"/>
+    <w:rsid w:val="00603379"/>
+    <w:rsid w:val="00604CB5"/>
     <w:rsid w:val="006051DB"/>
     <w:rsid w:val="00605AB9"/>
     <w:rsid w:val="00605CFF"/>
     <w:rsid w:val="00606150"/>
     <w:rsid w:val="0060680B"/>
     <w:rsid w:val="00606D14"/>
     <w:rsid w:val="006072FA"/>
     <w:rsid w:val="00607595"/>
     <w:rsid w:val="006077C8"/>
     <w:rsid w:val="00607A05"/>
     <w:rsid w:val="00607FEB"/>
     <w:rsid w:val="00610349"/>
     <w:rsid w:val="00610585"/>
     <w:rsid w:val="006106F8"/>
     <w:rsid w:val="006110FB"/>
     <w:rsid w:val="0061135E"/>
     <w:rsid w:val="006113E5"/>
     <w:rsid w:val="006114BA"/>
+    <w:rsid w:val="0061152A"/>
     <w:rsid w:val="006119A6"/>
     <w:rsid w:val="00611C05"/>
     <w:rsid w:val="00611D93"/>
     <w:rsid w:val="006125A5"/>
+    <w:rsid w:val="0061299B"/>
     <w:rsid w:val="00612FAD"/>
     <w:rsid w:val="0061316B"/>
     <w:rsid w:val="0061326C"/>
     <w:rsid w:val="006133AD"/>
     <w:rsid w:val="00614109"/>
     <w:rsid w:val="00614288"/>
     <w:rsid w:val="0061460B"/>
     <w:rsid w:val="0061567A"/>
     <w:rsid w:val="006156B1"/>
     <w:rsid w:val="0061575D"/>
     <w:rsid w:val="00615936"/>
+    <w:rsid w:val="00616A16"/>
     <w:rsid w:val="00616B76"/>
     <w:rsid w:val="00616C66"/>
     <w:rsid w:val="00616ED1"/>
     <w:rsid w:val="006200B4"/>
     <w:rsid w:val="00620142"/>
     <w:rsid w:val="00620976"/>
     <w:rsid w:val="00620B15"/>
     <w:rsid w:val="00621998"/>
     <w:rsid w:val="00621D4C"/>
     <w:rsid w:val="00622EA1"/>
     <w:rsid w:val="0062350A"/>
+    <w:rsid w:val="00623AF2"/>
     <w:rsid w:val="0062400B"/>
+    <w:rsid w:val="00624051"/>
+    <w:rsid w:val="006240E6"/>
     <w:rsid w:val="0062481F"/>
     <w:rsid w:val="00624D24"/>
     <w:rsid w:val="00624EB2"/>
     <w:rsid w:val="00624EFE"/>
     <w:rsid w:val="00625084"/>
     <w:rsid w:val="00625AE1"/>
+    <w:rsid w:val="00625C98"/>
     <w:rsid w:val="00625DEC"/>
     <w:rsid w:val="00625E96"/>
     <w:rsid w:val="00626A1B"/>
     <w:rsid w:val="00626CCB"/>
     <w:rsid w:val="00626E9B"/>
     <w:rsid w:val="006271A9"/>
     <w:rsid w:val="00627D88"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="0063153A"/>
     <w:rsid w:val="00631A79"/>
     <w:rsid w:val="00632B86"/>
     <w:rsid w:val="00632CFB"/>
+    <w:rsid w:val="00633254"/>
     <w:rsid w:val="006334CC"/>
     <w:rsid w:val="00633816"/>
     <w:rsid w:val="0063400E"/>
     <w:rsid w:val="00634516"/>
     <w:rsid w:val="00634E75"/>
     <w:rsid w:val="006352CF"/>
     <w:rsid w:val="006354BE"/>
     <w:rsid w:val="00635D98"/>
     <w:rsid w:val="00636371"/>
     <w:rsid w:val="006367C1"/>
     <w:rsid w:val="00636D77"/>
+    <w:rsid w:val="00637049"/>
     <w:rsid w:val="00637105"/>
     <w:rsid w:val="0063710F"/>
     <w:rsid w:val="0063747F"/>
     <w:rsid w:val="0063781D"/>
     <w:rsid w:val="00637B0E"/>
     <w:rsid w:val="00637C38"/>
     <w:rsid w:val="00640011"/>
     <w:rsid w:val="0064003F"/>
     <w:rsid w:val="0064033C"/>
+    <w:rsid w:val="00640386"/>
+    <w:rsid w:val="006406B3"/>
+    <w:rsid w:val="00640BE8"/>
     <w:rsid w:val="006415D9"/>
     <w:rsid w:val="00641B3F"/>
+    <w:rsid w:val="00641C89"/>
+    <w:rsid w:val="00642410"/>
     <w:rsid w:val="006436C7"/>
+    <w:rsid w:val="00644096"/>
+    <w:rsid w:val="00644C8B"/>
     <w:rsid w:val="0064555A"/>
     <w:rsid w:val="00645D38"/>
+    <w:rsid w:val="006460C5"/>
     <w:rsid w:val="006462C9"/>
     <w:rsid w:val="006466E0"/>
     <w:rsid w:val="00647080"/>
     <w:rsid w:val="006470FE"/>
     <w:rsid w:val="00647149"/>
     <w:rsid w:val="006472C8"/>
+    <w:rsid w:val="00647B14"/>
     <w:rsid w:val="00647B83"/>
     <w:rsid w:val="00647E88"/>
     <w:rsid w:val="00647E8D"/>
     <w:rsid w:val="00647F88"/>
     <w:rsid w:val="00650960"/>
     <w:rsid w:val="0065167F"/>
+    <w:rsid w:val="00651732"/>
     <w:rsid w:val="00651776"/>
     <w:rsid w:val="006518A1"/>
     <w:rsid w:val="00651978"/>
     <w:rsid w:val="00651C8F"/>
     <w:rsid w:val="006520A0"/>
     <w:rsid w:val="00652961"/>
+    <w:rsid w:val="0065370B"/>
     <w:rsid w:val="00653BC5"/>
     <w:rsid w:val="00653E32"/>
     <w:rsid w:val="00653E46"/>
     <w:rsid w:val="00654192"/>
     <w:rsid w:val="0065544F"/>
     <w:rsid w:val="00655912"/>
     <w:rsid w:val="00655CAD"/>
     <w:rsid w:val="00656033"/>
     <w:rsid w:val="00656068"/>
     <w:rsid w:val="00656CCA"/>
+    <w:rsid w:val="00656D63"/>
     <w:rsid w:val="006574D3"/>
+    <w:rsid w:val="00657D04"/>
     <w:rsid w:val="006601AD"/>
     <w:rsid w:val="00660568"/>
+    <w:rsid w:val="006608C7"/>
+    <w:rsid w:val="00660940"/>
     <w:rsid w:val="00662388"/>
     <w:rsid w:val="006623D3"/>
     <w:rsid w:val="0066263A"/>
     <w:rsid w:val="0066340C"/>
     <w:rsid w:val="0066340D"/>
     <w:rsid w:val="006634B8"/>
     <w:rsid w:val="00663F5F"/>
     <w:rsid w:val="006644DF"/>
     <w:rsid w:val="00664A5D"/>
     <w:rsid w:val="00664F34"/>
     <w:rsid w:val="00665076"/>
     <w:rsid w:val="0066529C"/>
     <w:rsid w:val="006656DB"/>
     <w:rsid w:val="00665724"/>
     <w:rsid w:val="00665770"/>
     <w:rsid w:val="00665786"/>
     <w:rsid w:val="006658FF"/>
     <w:rsid w:val="0066596D"/>
     <w:rsid w:val="00665AF9"/>
     <w:rsid w:val="00665EC0"/>
     <w:rsid w:val="00665EFD"/>
     <w:rsid w:val="00665F2F"/>
     <w:rsid w:val="0066641C"/>
     <w:rsid w:val="00666A5C"/>
+    <w:rsid w:val="00666A72"/>
     <w:rsid w:val="00666BF9"/>
     <w:rsid w:val="00666CE0"/>
     <w:rsid w:val="00666FD3"/>
     <w:rsid w:val="006671F3"/>
+    <w:rsid w:val="00667274"/>
+    <w:rsid w:val="0066759D"/>
     <w:rsid w:val="006675A7"/>
     <w:rsid w:val="00670011"/>
     <w:rsid w:val="00670330"/>
+    <w:rsid w:val="00670393"/>
     <w:rsid w:val="006705DE"/>
+    <w:rsid w:val="00670620"/>
     <w:rsid w:val="00671000"/>
     <w:rsid w:val="00671883"/>
+    <w:rsid w:val="006719CD"/>
     <w:rsid w:val="00671ABF"/>
     <w:rsid w:val="00671B8A"/>
     <w:rsid w:val="00671D87"/>
+    <w:rsid w:val="006727DC"/>
+    <w:rsid w:val="00672974"/>
     <w:rsid w:val="006730EA"/>
     <w:rsid w:val="0067334F"/>
     <w:rsid w:val="0067355B"/>
     <w:rsid w:val="00673588"/>
     <w:rsid w:val="00673C26"/>
     <w:rsid w:val="00673C29"/>
+    <w:rsid w:val="00674481"/>
     <w:rsid w:val="0067487F"/>
+    <w:rsid w:val="0067489F"/>
     <w:rsid w:val="00674C34"/>
+    <w:rsid w:val="00674CCB"/>
     <w:rsid w:val="00674D21"/>
     <w:rsid w:val="0067502A"/>
     <w:rsid w:val="006752A9"/>
     <w:rsid w:val="006752C2"/>
     <w:rsid w:val="00675417"/>
     <w:rsid w:val="00675B17"/>
     <w:rsid w:val="0067656B"/>
     <w:rsid w:val="00676645"/>
     <w:rsid w:val="00676E9E"/>
     <w:rsid w:val="00676EFE"/>
+    <w:rsid w:val="00677697"/>
     <w:rsid w:val="0067791B"/>
     <w:rsid w:val="0067797F"/>
     <w:rsid w:val="00677C1B"/>
     <w:rsid w:val="00677C5D"/>
     <w:rsid w:val="006800DC"/>
     <w:rsid w:val="00680404"/>
+    <w:rsid w:val="00680EFE"/>
     <w:rsid w:val="006812CB"/>
     <w:rsid w:val="0068148B"/>
     <w:rsid w:val="00681828"/>
     <w:rsid w:val="00682034"/>
     <w:rsid w:val="006823DA"/>
     <w:rsid w:val="006823F3"/>
     <w:rsid w:val="00683275"/>
     <w:rsid w:val="0068356D"/>
     <w:rsid w:val="00683D3F"/>
     <w:rsid w:val="00683F24"/>
     <w:rsid w:val="00683FA9"/>
     <w:rsid w:val="0068417C"/>
     <w:rsid w:val="006842AE"/>
     <w:rsid w:val="006843BB"/>
     <w:rsid w:val="0068459F"/>
     <w:rsid w:val="00684D97"/>
     <w:rsid w:val="006850E4"/>
+    <w:rsid w:val="006858E6"/>
+    <w:rsid w:val="00686260"/>
     <w:rsid w:val="00686C40"/>
     <w:rsid w:val="00686CB6"/>
     <w:rsid w:val="0068704C"/>
     <w:rsid w:val="0068709B"/>
+    <w:rsid w:val="006870BD"/>
     <w:rsid w:val="00687438"/>
     <w:rsid w:val="006901EF"/>
     <w:rsid w:val="006903C0"/>
     <w:rsid w:val="00690657"/>
     <w:rsid w:val="00690D10"/>
+    <w:rsid w:val="00690EB1"/>
     <w:rsid w:val="00691081"/>
     <w:rsid w:val="00691514"/>
     <w:rsid w:val="0069187B"/>
     <w:rsid w:val="006918AE"/>
+    <w:rsid w:val="00692090"/>
     <w:rsid w:val="006927EC"/>
+    <w:rsid w:val="00692AE6"/>
     <w:rsid w:val="00692C99"/>
     <w:rsid w:val="00692EBD"/>
     <w:rsid w:val="00693382"/>
     <w:rsid w:val="006936D6"/>
     <w:rsid w:val="00693B30"/>
     <w:rsid w:val="00693FF1"/>
     <w:rsid w:val="0069441F"/>
     <w:rsid w:val="00694870"/>
+    <w:rsid w:val="00694F3B"/>
     <w:rsid w:val="00694F4A"/>
     <w:rsid w:val="00694F8D"/>
     <w:rsid w:val="0069527D"/>
     <w:rsid w:val="006954C3"/>
     <w:rsid w:val="00696884"/>
     <w:rsid w:val="006A0A75"/>
+    <w:rsid w:val="006A0C61"/>
     <w:rsid w:val="006A0FA1"/>
     <w:rsid w:val="006A1815"/>
     <w:rsid w:val="006A1E99"/>
     <w:rsid w:val="006A2F97"/>
+    <w:rsid w:val="006A38F9"/>
     <w:rsid w:val="006A3E3A"/>
     <w:rsid w:val="006A3F93"/>
+    <w:rsid w:val="006A42C2"/>
     <w:rsid w:val="006A4527"/>
     <w:rsid w:val="006A46EF"/>
     <w:rsid w:val="006A4738"/>
     <w:rsid w:val="006A4752"/>
     <w:rsid w:val="006A480F"/>
+    <w:rsid w:val="006A4B95"/>
     <w:rsid w:val="006A53D0"/>
     <w:rsid w:val="006A58FA"/>
     <w:rsid w:val="006A59C5"/>
     <w:rsid w:val="006A5A73"/>
     <w:rsid w:val="006A5B75"/>
+    <w:rsid w:val="006A5E37"/>
     <w:rsid w:val="006A634B"/>
     <w:rsid w:val="006A63CA"/>
     <w:rsid w:val="006A6736"/>
     <w:rsid w:val="006A6E9D"/>
+    <w:rsid w:val="006A6FEA"/>
     <w:rsid w:val="006A7486"/>
     <w:rsid w:val="006A7495"/>
     <w:rsid w:val="006A7681"/>
     <w:rsid w:val="006A7B49"/>
+    <w:rsid w:val="006A7E13"/>
     <w:rsid w:val="006A7E1D"/>
     <w:rsid w:val="006B0540"/>
     <w:rsid w:val="006B07E1"/>
+    <w:rsid w:val="006B0D53"/>
     <w:rsid w:val="006B13CF"/>
     <w:rsid w:val="006B1448"/>
     <w:rsid w:val="006B1805"/>
     <w:rsid w:val="006B19F1"/>
     <w:rsid w:val="006B1ACA"/>
     <w:rsid w:val="006B1E8A"/>
     <w:rsid w:val="006B24FF"/>
     <w:rsid w:val="006B27A1"/>
     <w:rsid w:val="006B2CB7"/>
     <w:rsid w:val="006B34AE"/>
     <w:rsid w:val="006B3725"/>
     <w:rsid w:val="006B3811"/>
     <w:rsid w:val="006B4067"/>
     <w:rsid w:val="006B416F"/>
     <w:rsid w:val="006B48C4"/>
     <w:rsid w:val="006B4F4E"/>
     <w:rsid w:val="006B52AA"/>
     <w:rsid w:val="006B5466"/>
     <w:rsid w:val="006B57C6"/>
     <w:rsid w:val="006B5CA8"/>
     <w:rsid w:val="006B5CCE"/>
     <w:rsid w:val="006B5E55"/>
     <w:rsid w:val="006B69C1"/>
     <w:rsid w:val="006B7D79"/>
+    <w:rsid w:val="006C0241"/>
     <w:rsid w:val="006C04E5"/>
+    <w:rsid w:val="006C04F9"/>
     <w:rsid w:val="006C0684"/>
     <w:rsid w:val="006C06EB"/>
     <w:rsid w:val="006C082F"/>
     <w:rsid w:val="006C19EA"/>
     <w:rsid w:val="006C1A0F"/>
     <w:rsid w:val="006C1E7D"/>
     <w:rsid w:val="006C1F6F"/>
     <w:rsid w:val="006C25D0"/>
     <w:rsid w:val="006C25E8"/>
     <w:rsid w:val="006C2C6F"/>
     <w:rsid w:val="006C34A0"/>
     <w:rsid w:val="006C36E4"/>
+    <w:rsid w:val="006C40B4"/>
+    <w:rsid w:val="006C4581"/>
     <w:rsid w:val="006C4C7D"/>
     <w:rsid w:val="006C54A3"/>
     <w:rsid w:val="006C59BE"/>
     <w:rsid w:val="006C6404"/>
+    <w:rsid w:val="006C6408"/>
     <w:rsid w:val="006C66E7"/>
     <w:rsid w:val="006C6B56"/>
     <w:rsid w:val="006C6F50"/>
     <w:rsid w:val="006C7281"/>
+    <w:rsid w:val="006C7449"/>
     <w:rsid w:val="006C79C9"/>
     <w:rsid w:val="006C7B62"/>
     <w:rsid w:val="006C7B6E"/>
     <w:rsid w:val="006D0282"/>
     <w:rsid w:val="006D0841"/>
     <w:rsid w:val="006D0EEE"/>
     <w:rsid w:val="006D13D0"/>
     <w:rsid w:val="006D1CF9"/>
     <w:rsid w:val="006D1D4E"/>
     <w:rsid w:val="006D1DC6"/>
+    <w:rsid w:val="006D1EBD"/>
     <w:rsid w:val="006D2198"/>
+    <w:rsid w:val="006D24F7"/>
     <w:rsid w:val="006D2F8E"/>
     <w:rsid w:val="006D38D3"/>
     <w:rsid w:val="006D3B16"/>
     <w:rsid w:val="006D48F3"/>
     <w:rsid w:val="006D4C0E"/>
     <w:rsid w:val="006D4C79"/>
+    <w:rsid w:val="006D4F24"/>
     <w:rsid w:val="006D507D"/>
     <w:rsid w:val="006D50BD"/>
     <w:rsid w:val="006D50E9"/>
     <w:rsid w:val="006D5156"/>
     <w:rsid w:val="006D555C"/>
     <w:rsid w:val="006D561D"/>
     <w:rsid w:val="006D59AE"/>
     <w:rsid w:val="006D5C67"/>
     <w:rsid w:val="006D5FBD"/>
     <w:rsid w:val="006D6183"/>
     <w:rsid w:val="006D6218"/>
     <w:rsid w:val="006D6381"/>
     <w:rsid w:val="006D655C"/>
     <w:rsid w:val="006D6961"/>
     <w:rsid w:val="006D6CAE"/>
     <w:rsid w:val="006D7009"/>
+    <w:rsid w:val="006D77DD"/>
     <w:rsid w:val="006D7EB6"/>
     <w:rsid w:val="006D7F01"/>
     <w:rsid w:val="006D7F13"/>
+    <w:rsid w:val="006E054A"/>
+    <w:rsid w:val="006E066B"/>
+    <w:rsid w:val="006E0CCB"/>
     <w:rsid w:val="006E0D02"/>
     <w:rsid w:val="006E116A"/>
     <w:rsid w:val="006E1497"/>
     <w:rsid w:val="006E14E7"/>
+    <w:rsid w:val="006E1857"/>
+    <w:rsid w:val="006E1D30"/>
     <w:rsid w:val="006E22CD"/>
     <w:rsid w:val="006E318B"/>
     <w:rsid w:val="006E3369"/>
+    <w:rsid w:val="006E3C68"/>
     <w:rsid w:val="006E3CA4"/>
+    <w:rsid w:val="006E3E9D"/>
     <w:rsid w:val="006E423F"/>
     <w:rsid w:val="006E44BB"/>
     <w:rsid w:val="006E4B7A"/>
     <w:rsid w:val="006E4C32"/>
     <w:rsid w:val="006E50E4"/>
     <w:rsid w:val="006E5401"/>
     <w:rsid w:val="006E540E"/>
     <w:rsid w:val="006E5763"/>
     <w:rsid w:val="006E5A0D"/>
     <w:rsid w:val="006E63D5"/>
     <w:rsid w:val="006E67FB"/>
     <w:rsid w:val="006E6C17"/>
+    <w:rsid w:val="006E6D45"/>
     <w:rsid w:val="006E6D7B"/>
     <w:rsid w:val="006E72F4"/>
     <w:rsid w:val="006E733D"/>
+    <w:rsid w:val="006E761E"/>
+    <w:rsid w:val="006E7B00"/>
+    <w:rsid w:val="006E7D05"/>
     <w:rsid w:val="006E7DE9"/>
     <w:rsid w:val="006E7EB2"/>
     <w:rsid w:val="006F0319"/>
     <w:rsid w:val="006F0756"/>
     <w:rsid w:val="006F103B"/>
     <w:rsid w:val="006F10F6"/>
     <w:rsid w:val="006F1942"/>
     <w:rsid w:val="006F1BF1"/>
     <w:rsid w:val="006F1CB3"/>
+    <w:rsid w:val="006F215B"/>
     <w:rsid w:val="006F25EE"/>
     <w:rsid w:val="006F2E7E"/>
     <w:rsid w:val="006F2FAB"/>
     <w:rsid w:val="006F30B6"/>
     <w:rsid w:val="006F4204"/>
     <w:rsid w:val="006F557E"/>
     <w:rsid w:val="006F57E1"/>
     <w:rsid w:val="006F5848"/>
+    <w:rsid w:val="006F5FA0"/>
     <w:rsid w:val="006F624A"/>
     <w:rsid w:val="006F65EA"/>
     <w:rsid w:val="006F66B7"/>
     <w:rsid w:val="006F672E"/>
     <w:rsid w:val="006F6740"/>
     <w:rsid w:val="006F6C81"/>
     <w:rsid w:val="006F713E"/>
     <w:rsid w:val="006F726B"/>
     <w:rsid w:val="006F7480"/>
     <w:rsid w:val="006F75E1"/>
     <w:rsid w:val="006F7BDE"/>
     <w:rsid w:val="0070060B"/>
+    <w:rsid w:val="007008E4"/>
+    <w:rsid w:val="00701258"/>
     <w:rsid w:val="00701661"/>
     <w:rsid w:val="007016E1"/>
     <w:rsid w:val="00701DAE"/>
     <w:rsid w:val="00702619"/>
     <w:rsid w:val="00703252"/>
     <w:rsid w:val="007032A6"/>
     <w:rsid w:val="00703484"/>
     <w:rsid w:val="00703835"/>
+    <w:rsid w:val="00704228"/>
     <w:rsid w:val="0070449E"/>
     <w:rsid w:val="00705164"/>
     <w:rsid w:val="007053B0"/>
     <w:rsid w:val="007054CB"/>
     <w:rsid w:val="00705600"/>
     <w:rsid w:val="007058A1"/>
     <w:rsid w:val="007059D6"/>
+    <w:rsid w:val="00705B41"/>
     <w:rsid w:val="00705C9E"/>
     <w:rsid w:val="00705D00"/>
     <w:rsid w:val="00705F03"/>
     <w:rsid w:val="00705F3B"/>
     <w:rsid w:val="007065B4"/>
+    <w:rsid w:val="007069FF"/>
     <w:rsid w:val="00706AFD"/>
     <w:rsid w:val="00706C7D"/>
     <w:rsid w:val="00707A26"/>
     <w:rsid w:val="00707BAB"/>
     <w:rsid w:val="00707E18"/>
+    <w:rsid w:val="00707F57"/>
     <w:rsid w:val="00710393"/>
+    <w:rsid w:val="00710F86"/>
     <w:rsid w:val="0071113A"/>
+    <w:rsid w:val="00711FCC"/>
     <w:rsid w:val="0071244C"/>
+    <w:rsid w:val="0071245A"/>
+    <w:rsid w:val="00712776"/>
     <w:rsid w:val="00712C74"/>
     <w:rsid w:val="00712E1D"/>
     <w:rsid w:val="00712E34"/>
     <w:rsid w:val="00713098"/>
+    <w:rsid w:val="0071369A"/>
+    <w:rsid w:val="00713D17"/>
     <w:rsid w:val="00714A41"/>
     <w:rsid w:val="00714A86"/>
     <w:rsid w:val="00714B94"/>
     <w:rsid w:val="00714E67"/>
     <w:rsid w:val="007159D6"/>
     <w:rsid w:val="00715A1D"/>
     <w:rsid w:val="00715B06"/>
     <w:rsid w:val="00715D0C"/>
     <w:rsid w:val="00716728"/>
     <w:rsid w:val="00716CC8"/>
     <w:rsid w:val="007174E4"/>
     <w:rsid w:val="00717F41"/>
     <w:rsid w:val="00720264"/>
     <w:rsid w:val="00720B31"/>
     <w:rsid w:val="00720E87"/>
     <w:rsid w:val="00720FA7"/>
     <w:rsid w:val="007213E5"/>
     <w:rsid w:val="0072197B"/>
+    <w:rsid w:val="00721BB2"/>
     <w:rsid w:val="007223E1"/>
     <w:rsid w:val="00722466"/>
+    <w:rsid w:val="00722BCF"/>
     <w:rsid w:val="00722CA8"/>
     <w:rsid w:val="00722F84"/>
     <w:rsid w:val="00723154"/>
     <w:rsid w:val="007234CD"/>
     <w:rsid w:val="0072405E"/>
     <w:rsid w:val="007241DB"/>
     <w:rsid w:val="007246C4"/>
+    <w:rsid w:val="00724AF9"/>
     <w:rsid w:val="00724FF1"/>
     <w:rsid w:val="00725686"/>
     <w:rsid w:val="00725928"/>
     <w:rsid w:val="00725EBC"/>
     <w:rsid w:val="00725ECE"/>
     <w:rsid w:val="00725FBD"/>
     <w:rsid w:val="007264C5"/>
     <w:rsid w:val="00726B92"/>
     <w:rsid w:val="00726FAA"/>
+    <w:rsid w:val="00727C76"/>
     <w:rsid w:val="007301AD"/>
     <w:rsid w:val="0073036A"/>
     <w:rsid w:val="0073071C"/>
+    <w:rsid w:val="00730EFD"/>
     <w:rsid w:val="0073170E"/>
     <w:rsid w:val="007327EB"/>
     <w:rsid w:val="00732B1A"/>
     <w:rsid w:val="00732D46"/>
     <w:rsid w:val="007330B3"/>
     <w:rsid w:val="00733C2E"/>
     <w:rsid w:val="00733D45"/>
     <w:rsid w:val="0073420C"/>
+    <w:rsid w:val="0073490C"/>
     <w:rsid w:val="00734B7C"/>
     <w:rsid w:val="00734BF3"/>
     <w:rsid w:val="00734D2C"/>
     <w:rsid w:val="007352B7"/>
     <w:rsid w:val="007355FD"/>
     <w:rsid w:val="00735754"/>
     <w:rsid w:val="00735C63"/>
     <w:rsid w:val="007367E6"/>
+    <w:rsid w:val="007376F9"/>
     <w:rsid w:val="00740083"/>
     <w:rsid w:val="00740737"/>
     <w:rsid w:val="00740997"/>
     <w:rsid w:val="007409E5"/>
     <w:rsid w:val="00740D6B"/>
     <w:rsid w:val="00740F66"/>
     <w:rsid w:val="00741284"/>
     <w:rsid w:val="00741851"/>
     <w:rsid w:val="00741A09"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="007424BD"/>
     <w:rsid w:val="00742A9A"/>
     <w:rsid w:val="00742D0B"/>
+    <w:rsid w:val="00742DBA"/>
     <w:rsid w:val="007435B8"/>
     <w:rsid w:val="0074383A"/>
     <w:rsid w:val="00743D07"/>
     <w:rsid w:val="00743D97"/>
+    <w:rsid w:val="007441B1"/>
     <w:rsid w:val="007443DB"/>
     <w:rsid w:val="00744CC4"/>
+    <w:rsid w:val="00745795"/>
+    <w:rsid w:val="00745858"/>
     <w:rsid w:val="00745CE0"/>
+    <w:rsid w:val="00746133"/>
     <w:rsid w:val="00746EFA"/>
     <w:rsid w:val="0074738A"/>
     <w:rsid w:val="00747918"/>
     <w:rsid w:val="0075184F"/>
     <w:rsid w:val="00751CF4"/>
+    <w:rsid w:val="0075248E"/>
     <w:rsid w:val="0075271F"/>
+    <w:rsid w:val="007527A9"/>
     <w:rsid w:val="007528B8"/>
     <w:rsid w:val="0075294C"/>
     <w:rsid w:val="00752F17"/>
+    <w:rsid w:val="007531C5"/>
     <w:rsid w:val="00753C81"/>
     <w:rsid w:val="007540B8"/>
     <w:rsid w:val="00754157"/>
     <w:rsid w:val="00754367"/>
     <w:rsid w:val="00754505"/>
     <w:rsid w:val="00755586"/>
-    <w:rsid w:val="007556C7"/>
     <w:rsid w:val="00755EB3"/>
     <w:rsid w:val="00756E79"/>
     <w:rsid w:val="00757B64"/>
     <w:rsid w:val="00757DF4"/>
     <w:rsid w:val="00757E1D"/>
     <w:rsid w:val="0076063C"/>
     <w:rsid w:val="00760669"/>
+    <w:rsid w:val="00760670"/>
     <w:rsid w:val="0076072E"/>
     <w:rsid w:val="007608F4"/>
     <w:rsid w:val="00760F02"/>
+    <w:rsid w:val="0076171E"/>
     <w:rsid w:val="00761C04"/>
     <w:rsid w:val="00761C65"/>
     <w:rsid w:val="00761E41"/>
     <w:rsid w:val="007621F5"/>
     <w:rsid w:val="00762A3A"/>
     <w:rsid w:val="00762A55"/>
     <w:rsid w:val="00762B02"/>
+    <w:rsid w:val="00762C1C"/>
     <w:rsid w:val="00763336"/>
+    <w:rsid w:val="00763EA2"/>
     <w:rsid w:val="00764023"/>
+    <w:rsid w:val="0076432A"/>
     <w:rsid w:val="00764573"/>
     <w:rsid w:val="00764819"/>
     <w:rsid w:val="00765126"/>
+    <w:rsid w:val="00765874"/>
     <w:rsid w:val="007658F4"/>
     <w:rsid w:val="00765AF1"/>
     <w:rsid w:val="00765AF2"/>
     <w:rsid w:val="00766183"/>
     <w:rsid w:val="007665D5"/>
+    <w:rsid w:val="007669CA"/>
     <w:rsid w:val="00766B2E"/>
     <w:rsid w:val="00766C96"/>
     <w:rsid w:val="00766EAC"/>
+    <w:rsid w:val="00767172"/>
     <w:rsid w:val="00767324"/>
     <w:rsid w:val="0076763D"/>
     <w:rsid w:val="0077031B"/>
     <w:rsid w:val="0077035D"/>
     <w:rsid w:val="00771843"/>
     <w:rsid w:val="007719E7"/>
     <w:rsid w:val="00772602"/>
     <w:rsid w:val="00772A7A"/>
     <w:rsid w:val="00772AD4"/>
     <w:rsid w:val="00772B7D"/>
+    <w:rsid w:val="00772D7D"/>
     <w:rsid w:val="00772EE6"/>
     <w:rsid w:val="00773B2E"/>
     <w:rsid w:val="00773BB8"/>
     <w:rsid w:val="00773DFB"/>
     <w:rsid w:val="00773E4F"/>
     <w:rsid w:val="00774189"/>
     <w:rsid w:val="00774477"/>
     <w:rsid w:val="007746CD"/>
+    <w:rsid w:val="0077492C"/>
     <w:rsid w:val="00775557"/>
+    <w:rsid w:val="00775F7A"/>
     <w:rsid w:val="007762BD"/>
+    <w:rsid w:val="0077642D"/>
     <w:rsid w:val="007765EE"/>
     <w:rsid w:val="00777310"/>
+    <w:rsid w:val="007777FC"/>
     <w:rsid w:val="007778C8"/>
     <w:rsid w:val="0077791A"/>
     <w:rsid w:val="00777D3A"/>
     <w:rsid w:val="007800BF"/>
     <w:rsid w:val="00780392"/>
     <w:rsid w:val="00780549"/>
     <w:rsid w:val="007805CD"/>
     <w:rsid w:val="007807CE"/>
+    <w:rsid w:val="0078092A"/>
     <w:rsid w:val="00780C09"/>
     <w:rsid w:val="007810C6"/>
+    <w:rsid w:val="00781CEB"/>
     <w:rsid w:val="00782241"/>
     <w:rsid w:val="007825DB"/>
     <w:rsid w:val="007826EE"/>
     <w:rsid w:val="007828BE"/>
     <w:rsid w:val="00782B28"/>
+    <w:rsid w:val="0078346C"/>
     <w:rsid w:val="007837FF"/>
+    <w:rsid w:val="00783A50"/>
+    <w:rsid w:val="00783CD3"/>
+    <w:rsid w:val="0078425E"/>
     <w:rsid w:val="007842A5"/>
     <w:rsid w:val="00784A98"/>
     <w:rsid w:val="00784EAC"/>
     <w:rsid w:val="007850CD"/>
     <w:rsid w:val="00785D15"/>
     <w:rsid w:val="00785D28"/>
     <w:rsid w:val="00785D54"/>
+    <w:rsid w:val="00786843"/>
     <w:rsid w:val="00786889"/>
     <w:rsid w:val="007871BA"/>
+    <w:rsid w:val="007875B8"/>
     <w:rsid w:val="007878B9"/>
     <w:rsid w:val="0079064F"/>
     <w:rsid w:val="00790970"/>
+    <w:rsid w:val="007910CF"/>
     <w:rsid w:val="007912EF"/>
     <w:rsid w:val="00791D6D"/>
     <w:rsid w:val="00792362"/>
     <w:rsid w:val="00792576"/>
     <w:rsid w:val="00792C98"/>
     <w:rsid w:val="0079408D"/>
     <w:rsid w:val="0079429E"/>
     <w:rsid w:val="0079444F"/>
     <w:rsid w:val="00794481"/>
     <w:rsid w:val="00794730"/>
     <w:rsid w:val="00794AFF"/>
     <w:rsid w:val="00794C07"/>
     <w:rsid w:val="00795087"/>
     <w:rsid w:val="00795268"/>
     <w:rsid w:val="007953A5"/>
     <w:rsid w:val="00796367"/>
     <w:rsid w:val="00796548"/>
+    <w:rsid w:val="00796AC2"/>
     <w:rsid w:val="0079711F"/>
     <w:rsid w:val="007972FD"/>
+    <w:rsid w:val="00797322"/>
     <w:rsid w:val="0079746A"/>
     <w:rsid w:val="0079765B"/>
     <w:rsid w:val="007978F9"/>
     <w:rsid w:val="007A0380"/>
     <w:rsid w:val="007A13BA"/>
     <w:rsid w:val="007A15D2"/>
     <w:rsid w:val="007A1875"/>
     <w:rsid w:val="007A198A"/>
     <w:rsid w:val="007A1D91"/>
+    <w:rsid w:val="007A1DE6"/>
+    <w:rsid w:val="007A2997"/>
     <w:rsid w:val="007A2A65"/>
     <w:rsid w:val="007A2C5C"/>
+    <w:rsid w:val="007A3A86"/>
     <w:rsid w:val="007A40E8"/>
     <w:rsid w:val="007A4655"/>
     <w:rsid w:val="007A4B1D"/>
     <w:rsid w:val="007A4D1B"/>
     <w:rsid w:val="007A4FB7"/>
+    <w:rsid w:val="007A54DD"/>
     <w:rsid w:val="007A55AD"/>
     <w:rsid w:val="007A601F"/>
     <w:rsid w:val="007A6301"/>
+    <w:rsid w:val="007A6A7B"/>
     <w:rsid w:val="007A6B9A"/>
     <w:rsid w:val="007A7156"/>
     <w:rsid w:val="007A7187"/>
     <w:rsid w:val="007A743F"/>
     <w:rsid w:val="007A7983"/>
     <w:rsid w:val="007A799D"/>
+    <w:rsid w:val="007A7E3C"/>
     <w:rsid w:val="007B0252"/>
     <w:rsid w:val="007B034D"/>
     <w:rsid w:val="007B098C"/>
+    <w:rsid w:val="007B110C"/>
     <w:rsid w:val="007B12D3"/>
     <w:rsid w:val="007B16D2"/>
     <w:rsid w:val="007B16E1"/>
     <w:rsid w:val="007B17F0"/>
     <w:rsid w:val="007B18C5"/>
     <w:rsid w:val="007B20BC"/>
+    <w:rsid w:val="007B2774"/>
     <w:rsid w:val="007B3077"/>
     <w:rsid w:val="007B3453"/>
     <w:rsid w:val="007B3509"/>
     <w:rsid w:val="007B36EB"/>
     <w:rsid w:val="007B3D4F"/>
     <w:rsid w:val="007B3FDE"/>
     <w:rsid w:val="007B455F"/>
+    <w:rsid w:val="007B48AB"/>
     <w:rsid w:val="007B4F9F"/>
     <w:rsid w:val="007B4FAB"/>
     <w:rsid w:val="007B52EA"/>
     <w:rsid w:val="007B5388"/>
     <w:rsid w:val="007B5629"/>
+    <w:rsid w:val="007B564D"/>
+    <w:rsid w:val="007B59F7"/>
+    <w:rsid w:val="007B6081"/>
     <w:rsid w:val="007B6120"/>
+    <w:rsid w:val="007B64DD"/>
     <w:rsid w:val="007B69C6"/>
+    <w:rsid w:val="007B729C"/>
     <w:rsid w:val="007B7B22"/>
     <w:rsid w:val="007B7FB6"/>
     <w:rsid w:val="007C00A5"/>
     <w:rsid w:val="007C0943"/>
     <w:rsid w:val="007C0A93"/>
+    <w:rsid w:val="007C0E51"/>
     <w:rsid w:val="007C0FD5"/>
     <w:rsid w:val="007C1444"/>
     <w:rsid w:val="007C21DD"/>
+    <w:rsid w:val="007C2494"/>
     <w:rsid w:val="007C2608"/>
     <w:rsid w:val="007C2C7A"/>
     <w:rsid w:val="007C3567"/>
     <w:rsid w:val="007C3F0A"/>
+    <w:rsid w:val="007C3F46"/>
     <w:rsid w:val="007C4486"/>
     <w:rsid w:val="007C4ACE"/>
     <w:rsid w:val="007C593C"/>
+    <w:rsid w:val="007C5A9B"/>
     <w:rsid w:val="007C61FE"/>
     <w:rsid w:val="007C634D"/>
     <w:rsid w:val="007C672E"/>
     <w:rsid w:val="007C7E3F"/>
     <w:rsid w:val="007C7F37"/>
     <w:rsid w:val="007C7F71"/>
     <w:rsid w:val="007D069C"/>
     <w:rsid w:val="007D0747"/>
     <w:rsid w:val="007D0DEC"/>
     <w:rsid w:val="007D0EF5"/>
+    <w:rsid w:val="007D1C40"/>
+    <w:rsid w:val="007D1FC2"/>
     <w:rsid w:val="007D21B6"/>
     <w:rsid w:val="007D22CF"/>
     <w:rsid w:val="007D25E6"/>
     <w:rsid w:val="007D2935"/>
     <w:rsid w:val="007D2D35"/>
     <w:rsid w:val="007D2E7B"/>
     <w:rsid w:val="007D3103"/>
     <w:rsid w:val="007D34F4"/>
     <w:rsid w:val="007D38CB"/>
     <w:rsid w:val="007D4040"/>
     <w:rsid w:val="007D4271"/>
     <w:rsid w:val="007D525A"/>
     <w:rsid w:val="007D5331"/>
     <w:rsid w:val="007D58AD"/>
     <w:rsid w:val="007D59B4"/>
     <w:rsid w:val="007D5F4A"/>
     <w:rsid w:val="007D6AD8"/>
     <w:rsid w:val="007D6D48"/>
     <w:rsid w:val="007D7019"/>
+    <w:rsid w:val="007D7405"/>
     <w:rsid w:val="007E0037"/>
+    <w:rsid w:val="007E09A2"/>
+    <w:rsid w:val="007E1447"/>
+    <w:rsid w:val="007E14FF"/>
     <w:rsid w:val="007E1DB9"/>
     <w:rsid w:val="007E1DE0"/>
     <w:rsid w:val="007E1F08"/>
     <w:rsid w:val="007E2467"/>
     <w:rsid w:val="007E28D0"/>
     <w:rsid w:val="007E2985"/>
     <w:rsid w:val="007E2A47"/>
+    <w:rsid w:val="007E34D2"/>
     <w:rsid w:val="007E37F0"/>
     <w:rsid w:val="007E39C5"/>
+    <w:rsid w:val="007E3E04"/>
     <w:rsid w:val="007E3E1F"/>
+    <w:rsid w:val="007E434C"/>
     <w:rsid w:val="007E4654"/>
     <w:rsid w:val="007E46B4"/>
     <w:rsid w:val="007E4D63"/>
     <w:rsid w:val="007E502D"/>
     <w:rsid w:val="007E52BB"/>
+    <w:rsid w:val="007E547E"/>
     <w:rsid w:val="007E55FD"/>
     <w:rsid w:val="007E56B2"/>
     <w:rsid w:val="007E5B2A"/>
     <w:rsid w:val="007E6BE8"/>
     <w:rsid w:val="007E72D6"/>
     <w:rsid w:val="007E7616"/>
     <w:rsid w:val="007E7BDC"/>
+    <w:rsid w:val="007F0128"/>
     <w:rsid w:val="007F025E"/>
+    <w:rsid w:val="007F08F9"/>
+    <w:rsid w:val="007F0D55"/>
+    <w:rsid w:val="007F13A6"/>
     <w:rsid w:val="007F1480"/>
     <w:rsid w:val="007F171E"/>
     <w:rsid w:val="007F1C34"/>
     <w:rsid w:val="007F1C53"/>
     <w:rsid w:val="007F28DB"/>
     <w:rsid w:val="007F2A41"/>
     <w:rsid w:val="007F2BCC"/>
     <w:rsid w:val="007F2EEC"/>
     <w:rsid w:val="007F2F46"/>
     <w:rsid w:val="007F3423"/>
     <w:rsid w:val="007F3A19"/>
     <w:rsid w:val="007F3C81"/>
     <w:rsid w:val="007F3F33"/>
     <w:rsid w:val="007F41C2"/>
     <w:rsid w:val="007F44E7"/>
     <w:rsid w:val="007F4FD2"/>
     <w:rsid w:val="007F5109"/>
     <w:rsid w:val="007F5415"/>
     <w:rsid w:val="007F561B"/>
     <w:rsid w:val="007F5A5C"/>
     <w:rsid w:val="007F5B2A"/>
     <w:rsid w:val="007F613A"/>
     <w:rsid w:val="007F66D9"/>
     <w:rsid w:val="007F6BBF"/>
     <w:rsid w:val="007F70D0"/>
+    <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="007F7D37"/>
+    <w:rsid w:val="00800076"/>
     <w:rsid w:val="0080047E"/>
+    <w:rsid w:val="008007B1"/>
+    <w:rsid w:val="00801A29"/>
     <w:rsid w:val="00801AB2"/>
     <w:rsid w:val="00801FB5"/>
     <w:rsid w:val="00801FF2"/>
     <w:rsid w:val="0080264A"/>
     <w:rsid w:val="00802AB7"/>
     <w:rsid w:val="00803687"/>
     <w:rsid w:val="00803E74"/>
     <w:rsid w:val="0080410F"/>
     <w:rsid w:val="00804BF1"/>
+    <w:rsid w:val="00804D22"/>
+    <w:rsid w:val="00804E30"/>
     <w:rsid w:val="008054EE"/>
     <w:rsid w:val="00805793"/>
     <w:rsid w:val="00805A13"/>
     <w:rsid w:val="00805EAE"/>
     <w:rsid w:val="008067AA"/>
     <w:rsid w:val="00806903"/>
     <w:rsid w:val="00806CF2"/>
     <w:rsid w:val="00806F94"/>
     <w:rsid w:val="00807015"/>
     <w:rsid w:val="0080773D"/>
+    <w:rsid w:val="0081015F"/>
     <w:rsid w:val="0081023A"/>
+    <w:rsid w:val="008109AA"/>
     <w:rsid w:val="00811177"/>
     <w:rsid w:val="00811D9F"/>
     <w:rsid w:val="00812002"/>
     <w:rsid w:val="0081274F"/>
+    <w:rsid w:val="0081286C"/>
     <w:rsid w:val="00812B13"/>
     <w:rsid w:val="00813106"/>
     <w:rsid w:val="008131F6"/>
-    <w:rsid w:val="00813576"/>
     <w:rsid w:val="0081375C"/>
     <w:rsid w:val="00813A08"/>
     <w:rsid w:val="00813B81"/>
     <w:rsid w:val="00813DE1"/>
     <w:rsid w:val="008140F9"/>
     <w:rsid w:val="00814259"/>
     <w:rsid w:val="0081585E"/>
     <w:rsid w:val="0081598C"/>
     <w:rsid w:val="008168C9"/>
     <w:rsid w:val="00816F02"/>
+    <w:rsid w:val="008175E7"/>
     <w:rsid w:val="00817CCE"/>
     <w:rsid w:val="0082131D"/>
     <w:rsid w:val="008216F0"/>
     <w:rsid w:val="00821D8A"/>
     <w:rsid w:val="00821FB8"/>
+    <w:rsid w:val="008220D4"/>
     <w:rsid w:val="00822693"/>
     <w:rsid w:val="00822704"/>
     <w:rsid w:val="00822A82"/>
     <w:rsid w:val="00822AA9"/>
     <w:rsid w:val="00822F2A"/>
     <w:rsid w:val="00823013"/>
     <w:rsid w:val="0082305A"/>
     <w:rsid w:val="008233CB"/>
+    <w:rsid w:val="0082355B"/>
     <w:rsid w:val="00824482"/>
     <w:rsid w:val="00824937"/>
     <w:rsid w:val="00824AAF"/>
     <w:rsid w:val="00824BF7"/>
     <w:rsid w:val="00824C17"/>
     <w:rsid w:val="00824CF9"/>
+    <w:rsid w:val="0082504F"/>
     <w:rsid w:val="008251E6"/>
     <w:rsid w:val="008253DD"/>
     <w:rsid w:val="00825564"/>
     <w:rsid w:val="0082565D"/>
     <w:rsid w:val="00825AE4"/>
     <w:rsid w:val="00825EA4"/>
     <w:rsid w:val="0082604E"/>
     <w:rsid w:val="008273DA"/>
     <w:rsid w:val="008279E4"/>
     <w:rsid w:val="008308FF"/>
     <w:rsid w:val="00830A39"/>
     <w:rsid w:val="00830AB1"/>
     <w:rsid w:val="00830CCD"/>
     <w:rsid w:val="00831207"/>
+    <w:rsid w:val="0083137B"/>
+    <w:rsid w:val="0083155E"/>
     <w:rsid w:val="00831F54"/>
+    <w:rsid w:val="008321A4"/>
     <w:rsid w:val="00832980"/>
     <w:rsid w:val="00832A75"/>
     <w:rsid w:val="00832DF9"/>
     <w:rsid w:val="00832F42"/>
     <w:rsid w:val="00833029"/>
     <w:rsid w:val="0083337A"/>
+    <w:rsid w:val="0083357E"/>
     <w:rsid w:val="00834DC6"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="00835A6B"/>
     <w:rsid w:val="00835C6D"/>
     <w:rsid w:val="00836817"/>
+    <w:rsid w:val="00836D5E"/>
+    <w:rsid w:val="00836F35"/>
     <w:rsid w:val="0083703D"/>
     <w:rsid w:val="0083704D"/>
+    <w:rsid w:val="00837106"/>
     <w:rsid w:val="00837DAD"/>
     <w:rsid w:val="00840093"/>
     <w:rsid w:val="008401B8"/>
     <w:rsid w:val="0084051A"/>
     <w:rsid w:val="0084057C"/>
+    <w:rsid w:val="0084063B"/>
+    <w:rsid w:val="00840B3D"/>
     <w:rsid w:val="00840C77"/>
+    <w:rsid w:val="00840D8E"/>
     <w:rsid w:val="00840EA5"/>
+    <w:rsid w:val="008410E6"/>
     <w:rsid w:val="008413D8"/>
+    <w:rsid w:val="00841EC1"/>
     <w:rsid w:val="008428C5"/>
     <w:rsid w:val="00843051"/>
     <w:rsid w:val="008430CF"/>
     <w:rsid w:val="008434D3"/>
+    <w:rsid w:val="008434D4"/>
     <w:rsid w:val="00843D19"/>
     <w:rsid w:val="00844109"/>
     <w:rsid w:val="00844563"/>
     <w:rsid w:val="0084466D"/>
     <w:rsid w:val="008446C9"/>
+    <w:rsid w:val="008446D5"/>
     <w:rsid w:val="00844912"/>
     <w:rsid w:val="0084495F"/>
     <w:rsid w:val="00844FDE"/>
     <w:rsid w:val="00845167"/>
     <w:rsid w:val="008456A6"/>
     <w:rsid w:val="00845CF1"/>
     <w:rsid w:val="00845EC0"/>
     <w:rsid w:val="008463C1"/>
     <w:rsid w:val="0084659C"/>
+    <w:rsid w:val="00846DE8"/>
+    <w:rsid w:val="00846EE7"/>
     <w:rsid w:val="008471E1"/>
     <w:rsid w:val="0084785E"/>
     <w:rsid w:val="008478D2"/>
     <w:rsid w:val="00847A80"/>
     <w:rsid w:val="00847AC0"/>
     <w:rsid w:val="00847BD7"/>
     <w:rsid w:val="00847D92"/>
     <w:rsid w:val="008501BE"/>
     <w:rsid w:val="008503F0"/>
     <w:rsid w:val="00850508"/>
     <w:rsid w:val="008506A7"/>
     <w:rsid w:val="008507D5"/>
     <w:rsid w:val="00850C64"/>
     <w:rsid w:val="00850CC0"/>
     <w:rsid w:val="008514C7"/>
     <w:rsid w:val="0085166A"/>
+    <w:rsid w:val="0085174D"/>
     <w:rsid w:val="00851D12"/>
     <w:rsid w:val="00851D9B"/>
     <w:rsid w:val="0085237D"/>
     <w:rsid w:val="008523B9"/>
     <w:rsid w:val="008524A6"/>
     <w:rsid w:val="008525D1"/>
     <w:rsid w:val="00852765"/>
     <w:rsid w:val="008528BB"/>
     <w:rsid w:val="00852DD6"/>
     <w:rsid w:val="00852EFD"/>
     <w:rsid w:val="008537EC"/>
     <w:rsid w:val="00853CD9"/>
+    <w:rsid w:val="00854029"/>
     <w:rsid w:val="0085479C"/>
     <w:rsid w:val="00854B80"/>
     <w:rsid w:val="00854D28"/>
     <w:rsid w:val="00854E2B"/>
     <w:rsid w:val="00854FEE"/>
+    <w:rsid w:val="008552BD"/>
     <w:rsid w:val="008552D0"/>
     <w:rsid w:val="0085567D"/>
     <w:rsid w:val="00855BF8"/>
     <w:rsid w:val="00855E74"/>
+    <w:rsid w:val="0085643F"/>
+    <w:rsid w:val="008566F2"/>
     <w:rsid w:val="00856867"/>
     <w:rsid w:val="00856994"/>
+    <w:rsid w:val="00856D99"/>
     <w:rsid w:val="0085732E"/>
     <w:rsid w:val="00857FD8"/>
     <w:rsid w:val="00860D18"/>
     <w:rsid w:val="008620FF"/>
     <w:rsid w:val="0086214B"/>
     <w:rsid w:val="008622F6"/>
     <w:rsid w:val="00862C0D"/>
     <w:rsid w:val="00862D46"/>
+    <w:rsid w:val="00863BE1"/>
     <w:rsid w:val="00863F52"/>
     <w:rsid w:val="008641BB"/>
     <w:rsid w:val="00864A6E"/>
     <w:rsid w:val="00864E83"/>
     <w:rsid w:val="00865259"/>
     <w:rsid w:val="00865501"/>
     <w:rsid w:val="00865D1C"/>
     <w:rsid w:val="00865D88"/>
     <w:rsid w:val="008660A0"/>
     <w:rsid w:val="0086626B"/>
     <w:rsid w:val="00866A9E"/>
     <w:rsid w:val="00866BD6"/>
     <w:rsid w:val="00866CE3"/>
     <w:rsid w:val="008670C2"/>
     <w:rsid w:val="0086739A"/>
     <w:rsid w:val="008675D4"/>
     <w:rsid w:val="008678B3"/>
+    <w:rsid w:val="00867D14"/>
+    <w:rsid w:val="00867FC9"/>
     <w:rsid w:val="00870307"/>
     <w:rsid w:val="00870E07"/>
+    <w:rsid w:val="00871887"/>
     <w:rsid w:val="00871A26"/>
     <w:rsid w:val="00871ED4"/>
     <w:rsid w:val="00871F6C"/>
+    <w:rsid w:val="00872368"/>
     <w:rsid w:val="008728CA"/>
     <w:rsid w:val="00872B78"/>
     <w:rsid w:val="00872E06"/>
     <w:rsid w:val="00872E47"/>
     <w:rsid w:val="00873367"/>
+    <w:rsid w:val="00873670"/>
     <w:rsid w:val="00873929"/>
     <w:rsid w:val="00873F10"/>
     <w:rsid w:val="00873F80"/>
     <w:rsid w:val="00874386"/>
     <w:rsid w:val="008747C2"/>
+    <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00874FEA"/>
     <w:rsid w:val="0087530F"/>
+    <w:rsid w:val="00875697"/>
     <w:rsid w:val="00875882"/>
     <w:rsid w:val="008761B8"/>
     <w:rsid w:val="008762CA"/>
     <w:rsid w:val="00876997"/>
     <w:rsid w:val="00876C6F"/>
     <w:rsid w:val="008776EC"/>
     <w:rsid w:val="0087774E"/>
     <w:rsid w:val="0087783B"/>
     <w:rsid w:val="00877B5D"/>
     <w:rsid w:val="0088067C"/>
     <w:rsid w:val="00880751"/>
     <w:rsid w:val="00880A05"/>
     <w:rsid w:val="0088106B"/>
     <w:rsid w:val="0088111F"/>
     <w:rsid w:val="00881461"/>
     <w:rsid w:val="0088174D"/>
     <w:rsid w:val="00881B63"/>
+    <w:rsid w:val="008821B5"/>
     <w:rsid w:val="00883A39"/>
     <w:rsid w:val="00883D92"/>
     <w:rsid w:val="00884567"/>
     <w:rsid w:val="008845F3"/>
     <w:rsid w:val="0088495F"/>
     <w:rsid w:val="00884E14"/>
     <w:rsid w:val="0088511A"/>
     <w:rsid w:val="008853D1"/>
     <w:rsid w:val="00885731"/>
+    <w:rsid w:val="00885923"/>
     <w:rsid w:val="008859ED"/>
     <w:rsid w:val="00885B9B"/>
     <w:rsid w:val="00885CC1"/>
+    <w:rsid w:val="00885E6F"/>
     <w:rsid w:val="008860D2"/>
     <w:rsid w:val="00886449"/>
     <w:rsid w:val="00886648"/>
     <w:rsid w:val="00886916"/>
     <w:rsid w:val="00886B10"/>
     <w:rsid w:val="00887CAB"/>
     <w:rsid w:val="00887CFB"/>
     <w:rsid w:val="00890893"/>
+    <w:rsid w:val="0089092D"/>
     <w:rsid w:val="00890C2C"/>
     <w:rsid w:val="00890E6C"/>
     <w:rsid w:val="00891C4F"/>
+    <w:rsid w:val="00892231"/>
     <w:rsid w:val="00892564"/>
     <w:rsid w:val="00892594"/>
     <w:rsid w:val="00893286"/>
     <w:rsid w:val="0089331B"/>
     <w:rsid w:val="008933C6"/>
+    <w:rsid w:val="00893637"/>
+    <w:rsid w:val="00893781"/>
     <w:rsid w:val="00893BD7"/>
     <w:rsid w:val="00893E0D"/>
+    <w:rsid w:val="00894610"/>
     <w:rsid w:val="00894F8E"/>
     <w:rsid w:val="00895762"/>
     <w:rsid w:val="00895E3E"/>
     <w:rsid w:val="00896774"/>
     <w:rsid w:val="008968F8"/>
     <w:rsid w:val="0089738B"/>
     <w:rsid w:val="00897F79"/>
     <w:rsid w:val="008A0008"/>
     <w:rsid w:val="008A023E"/>
     <w:rsid w:val="008A02CC"/>
+    <w:rsid w:val="008A05EF"/>
     <w:rsid w:val="008A0CF1"/>
     <w:rsid w:val="008A0FA4"/>
     <w:rsid w:val="008A122E"/>
     <w:rsid w:val="008A161C"/>
     <w:rsid w:val="008A1BA5"/>
+    <w:rsid w:val="008A223C"/>
     <w:rsid w:val="008A29C2"/>
     <w:rsid w:val="008A2E18"/>
     <w:rsid w:val="008A3002"/>
+    <w:rsid w:val="008A3504"/>
     <w:rsid w:val="008A37B9"/>
     <w:rsid w:val="008A3ADF"/>
     <w:rsid w:val="008A3FA2"/>
     <w:rsid w:val="008A476D"/>
     <w:rsid w:val="008A4BE2"/>
     <w:rsid w:val="008A4EE2"/>
     <w:rsid w:val="008A51E9"/>
+    <w:rsid w:val="008A5DB6"/>
     <w:rsid w:val="008A5FD7"/>
     <w:rsid w:val="008A61A3"/>
     <w:rsid w:val="008A645D"/>
     <w:rsid w:val="008A64FA"/>
     <w:rsid w:val="008A6562"/>
     <w:rsid w:val="008A6982"/>
     <w:rsid w:val="008A71C8"/>
     <w:rsid w:val="008A7534"/>
     <w:rsid w:val="008A78E5"/>
     <w:rsid w:val="008A7C77"/>
     <w:rsid w:val="008A7D69"/>
     <w:rsid w:val="008A7E03"/>
     <w:rsid w:val="008A7F6A"/>
     <w:rsid w:val="008B01F4"/>
     <w:rsid w:val="008B0A71"/>
+    <w:rsid w:val="008B0BFD"/>
+    <w:rsid w:val="008B0E37"/>
     <w:rsid w:val="008B1592"/>
     <w:rsid w:val="008B1B2B"/>
     <w:rsid w:val="008B291D"/>
     <w:rsid w:val="008B2B36"/>
     <w:rsid w:val="008B2D44"/>
     <w:rsid w:val="008B34FD"/>
     <w:rsid w:val="008B35FD"/>
     <w:rsid w:val="008B39E0"/>
     <w:rsid w:val="008B3B6D"/>
     <w:rsid w:val="008B3E8E"/>
     <w:rsid w:val="008B3F5E"/>
     <w:rsid w:val="008B4210"/>
+    <w:rsid w:val="008B4289"/>
     <w:rsid w:val="008B49C5"/>
+    <w:rsid w:val="008B4D37"/>
     <w:rsid w:val="008B51A2"/>
     <w:rsid w:val="008B5794"/>
+    <w:rsid w:val="008B5BAD"/>
+    <w:rsid w:val="008B5E89"/>
     <w:rsid w:val="008B632A"/>
     <w:rsid w:val="008B6447"/>
     <w:rsid w:val="008B6C40"/>
     <w:rsid w:val="008B6ECB"/>
     <w:rsid w:val="008B7287"/>
     <w:rsid w:val="008B7443"/>
     <w:rsid w:val="008B77A1"/>
     <w:rsid w:val="008B7F30"/>
     <w:rsid w:val="008B7FFC"/>
     <w:rsid w:val="008C04FD"/>
     <w:rsid w:val="008C0805"/>
     <w:rsid w:val="008C086F"/>
     <w:rsid w:val="008C0B9F"/>
+    <w:rsid w:val="008C0CE5"/>
     <w:rsid w:val="008C11AC"/>
     <w:rsid w:val="008C147B"/>
     <w:rsid w:val="008C2036"/>
     <w:rsid w:val="008C281E"/>
+    <w:rsid w:val="008C2843"/>
     <w:rsid w:val="008C30D3"/>
     <w:rsid w:val="008C3199"/>
     <w:rsid w:val="008C34FB"/>
     <w:rsid w:val="008C4402"/>
-    <w:rsid w:val="008C469F"/>
+    <w:rsid w:val="008C46CB"/>
+    <w:rsid w:val="008C55F8"/>
     <w:rsid w:val="008C57EA"/>
     <w:rsid w:val="008C60B9"/>
     <w:rsid w:val="008C617B"/>
     <w:rsid w:val="008C6424"/>
+    <w:rsid w:val="008C645A"/>
+    <w:rsid w:val="008C64E9"/>
     <w:rsid w:val="008C664B"/>
     <w:rsid w:val="008C6663"/>
+    <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008C6C74"/>
     <w:rsid w:val="008C6CBA"/>
+    <w:rsid w:val="008C6E0C"/>
     <w:rsid w:val="008C6EE4"/>
     <w:rsid w:val="008C70A3"/>
     <w:rsid w:val="008C7265"/>
     <w:rsid w:val="008C75DB"/>
     <w:rsid w:val="008C761E"/>
+    <w:rsid w:val="008C777E"/>
     <w:rsid w:val="008C77D0"/>
+    <w:rsid w:val="008C78B8"/>
     <w:rsid w:val="008C79B8"/>
     <w:rsid w:val="008C7A46"/>
     <w:rsid w:val="008C7DA4"/>
     <w:rsid w:val="008D0064"/>
     <w:rsid w:val="008D006F"/>
     <w:rsid w:val="008D00B1"/>
     <w:rsid w:val="008D0A5E"/>
     <w:rsid w:val="008D0EC0"/>
     <w:rsid w:val="008D2178"/>
+    <w:rsid w:val="008D2755"/>
+    <w:rsid w:val="008D2A10"/>
     <w:rsid w:val="008D3418"/>
+    <w:rsid w:val="008D3B88"/>
     <w:rsid w:val="008D3F7B"/>
     <w:rsid w:val="008D46B6"/>
     <w:rsid w:val="008D4D9E"/>
     <w:rsid w:val="008D50C3"/>
     <w:rsid w:val="008D51E7"/>
     <w:rsid w:val="008D5249"/>
     <w:rsid w:val="008D54EA"/>
     <w:rsid w:val="008D571E"/>
     <w:rsid w:val="008D6166"/>
     <w:rsid w:val="008D638E"/>
     <w:rsid w:val="008D7288"/>
+    <w:rsid w:val="008D78D2"/>
+    <w:rsid w:val="008E0168"/>
+    <w:rsid w:val="008E0362"/>
     <w:rsid w:val="008E0415"/>
     <w:rsid w:val="008E08C2"/>
     <w:rsid w:val="008E0F85"/>
+    <w:rsid w:val="008E2040"/>
     <w:rsid w:val="008E257C"/>
     <w:rsid w:val="008E2BBF"/>
     <w:rsid w:val="008E2CD2"/>
+    <w:rsid w:val="008E2EC7"/>
     <w:rsid w:val="008E3814"/>
+    <w:rsid w:val="008E3870"/>
+    <w:rsid w:val="008E3C1D"/>
     <w:rsid w:val="008E3C86"/>
     <w:rsid w:val="008E3E29"/>
+    <w:rsid w:val="008E43E1"/>
     <w:rsid w:val="008E47DF"/>
     <w:rsid w:val="008E4C26"/>
     <w:rsid w:val="008E5B22"/>
     <w:rsid w:val="008E5B4C"/>
     <w:rsid w:val="008E61AF"/>
     <w:rsid w:val="008E6311"/>
     <w:rsid w:val="008E63E0"/>
     <w:rsid w:val="008E6683"/>
     <w:rsid w:val="008E6DE4"/>
     <w:rsid w:val="008E6E3E"/>
+    <w:rsid w:val="008E7164"/>
     <w:rsid w:val="008E7705"/>
+    <w:rsid w:val="008E79D3"/>
+    <w:rsid w:val="008E7C6F"/>
     <w:rsid w:val="008F00FF"/>
     <w:rsid w:val="008F038B"/>
     <w:rsid w:val="008F03E4"/>
     <w:rsid w:val="008F0A07"/>
     <w:rsid w:val="008F0CE7"/>
+    <w:rsid w:val="008F0F38"/>
     <w:rsid w:val="008F1986"/>
     <w:rsid w:val="008F23E5"/>
+    <w:rsid w:val="008F3198"/>
+    <w:rsid w:val="008F321E"/>
     <w:rsid w:val="008F364E"/>
     <w:rsid w:val="008F36C0"/>
     <w:rsid w:val="008F3CC6"/>
+    <w:rsid w:val="008F3D8F"/>
     <w:rsid w:val="008F54C5"/>
     <w:rsid w:val="008F5823"/>
     <w:rsid w:val="008F5E2A"/>
     <w:rsid w:val="008F5E39"/>
+    <w:rsid w:val="008F63A2"/>
+    <w:rsid w:val="008F67C2"/>
     <w:rsid w:val="008F7124"/>
     <w:rsid w:val="008F7421"/>
+    <w:rsid w:val="008F7726"/>
     <w:rsid w:val="008F7D97"/>
     <w:rsid w:val="00900965"/>
     <w:rsid w:val="00901239"/>
     <w:rsid w:val="0090129C"/>
     <w:rsid w:val="00901E62"/>
     <w:rsid w:val="00902F24"/>
     <w:rsid w:val="009031C4"/>
     <w:rsid w:val="0090345F"/>
+    <w:rsid w:val="0090361C"/>
     <w:rsid w:val="00903692"/>
+    <w:rsid w:val="0090394D"/>
     <w:rsid w:val="00903F9C"/>
     <w:rsid w:val="00904525"/>
     <w:rsid w:val="009047E0"/>
     <w:rsid w:val="00904BCA"/>
     <w:rsid w:val="00905172"/>
     <w:rsid w:val="00905212"/>
     <w:rsid w:val="009055D2"/>
+    <w:rsid w:val="00905D41"/>
     <w:rsid w:val="00906493"/>
+    <w:rsid w:val="00906D31"/>
     <w:rsid w:val="00906D9D"/>
     <w:rsid w:val="00906E0D"/>
     <w:rsid w:val="00907324"/>
+    <w:rsid w:val="00907CDC"/>
     <w:rsid w:val="009105A2"/>
     <w:rsid w:val="00910857"/>
     <w:rsid w:val="009108AA"/>
     <w:rsid w:val="00911AD2"/>
+    <w:rsid w:val="00911F35"/>
     <w:rsid w:val="00911F4A"/>
     <w:rsid w:val="009127DD"/>
     <w:rsid w:val="00912C8F"/>
     <w:rsid w:val="00913271"/>
+    <w:rsid w:val="0091373A"/>
+    <w:rsid w:val="00913B8D"/>
     <w:rsid w:val="00913E8A"/>
     <w:rsid w:val="00914A4D"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915E76"/>
     <w:rsid w:val="0091604B"/>
     <w:rsid w:val="00916320"/>
+    <w:rsid w:val="00916735"/>
     <w:rsid w:val="00916828"/>
     <w:rsid w:val="00916AB5"/>
     <w:rsid w:val="00916D26"/>
+    <w:rsid w:val="009170CF"/>
     <w:rsid w:val="00917152"/>
+    <w:rsid w:val="009171FE"/>
+    <w:rsid w:val="0091724B"/>
     <w:rsid w:val="0091740D"/>
     <w:rsid w:val="009179A5"/>
     <w:rsid w:val="00920512"/>
     <w:rsid w:val="009207D7"/>
     <w:rsid w:val="00920983"/>
     <w:rsid w:val="00920D3D"/>
     <w:rsid w:val="00921AE3"/>
     <w:rsid w:val="00921C01"/>
     <w:rsid w:val="00921C2F"/>
     <w:rsid w:val="00921C96"/>
     <w:rsid w:val="00921CAD"/>
     <w:rsid w:val="00921D7C"/>
     <w:rsid w:val="00921F03"/>
     <w:rsid w:val="00922759"/>
     <w:rsid w:val="009228DA"/>
     <w:rsid w:val="00922EBD"/>
     <w:rsid w:val="00922FC7"/>
     <w:rsid w:val="0092314D"/>
     <w:rsid w:val="00924197"/>
     <w:rsid w:val="009248DC"/>
     <w:rsid w:val="00924C3F"/>
     <w:rsid w:val="00925307"/>
+    <w:rsid w:val="0092540E"/>
     <w:rsid w:val="00925889"/>
     <w:rsid w:val="00925AD5"/>
     <w:rsid w:val="00925D34"/>
+    <w:rsid w:val="00925DE4"/>
     <w:rsid w:val="0092610B"/>
     <w:rsid w:val="00926173"/>
     <w:rsid w:val="00926550"/>
     <w:rsid w:val="00926A0A"/>
     <w:rsid w:val="00926A0F"/>
     <w:rsid w:val="00926EB2"/>
+    <w:rsid w:val="00927640"/>
     <w:rsid w:val="009276DA"/>
     <w:rsid w:val="00927C6A"/>
+    <w:rsid w:val="00930AFF"/>
     <w:rsid w:val="00930EA5"/>
     <w:rsid w:val="00931157"/>
+    <w:rsid w:val="00931421"/>
     <w:rsid w:val="00931A28"/>
     <w:rsid w:val="00931CCC"/>
     <w:rsid w:val="0093200D"/>
+    <w:rsid w:val="009322BE"/>
     <w:rsid w:val="00932B3B"/>
+    <w:rsid w:val="00932C76"/>
     <w:rsid w:val="00932D48"/>
     <w:rsid w:val="00932E83"/>
     <w:rsid w:val="009330AC"/>
     <w:rsid w:val="009335D0"/>
+    <w:rsid w:val="00934498"/>
     <w:rsid w:val="0093450B"/>
     <w:rsid w:val="00934635"/>
     <w:rsid w:val="00934E2D"/>
     <w:rsid w:val="00935076"/>
+    <w:rsid w:val="0093549F"/>
     <w:rsid w:val="00935722"/>
     <w:rsid w:val="00935E17"/>
     <w:rsid w:val="009360F3"/>
     <w:rsid w:val="009362A4"/>
     <w:rsid w:val="009364B4"/>
     <w:rsid w:val="00936687"/>
     <w:rsid w:val="00936D5C"/>
     <w:rsid w:val="009379E4"/>
     <w:rsid w:val="00937BB6"/>
     <w:rsid w:val="00937EEE"/>
     <w:rsid w:val="00937F79"/>
     <w:rsid w:val="0094045C"/>
     <w:rsid w:val="009407BD"/>
     <w:rsid w:val="0094090C"/>
     <w:rsid w:val="00940A38"/>
     <w:rsid w:val="00940F0C"/>
     <w:rsid w:val="00940F40"/>
     <w:rsid w:val="009411C2"/>
+    <w:rsid w:val="00941644"/>
+    <w:rsid w:val="00941849"/>
     <w:rsid w:val="0094239B"/>
     <w:rsid w:val="00942961"/>
     <w:rsid w:val="00943025"/>
     <w:rsid w:val="00943B70"/>
+    <w:rsid w:val="0094417F"/>
     <w:rsid w:val="009449C9"/>
     <w:rsid w:val="00944C95"/>
     <w:rsid w:val="00944FAD"/>
+    <w:rsid w:val="009450A7"/>
     <w:rsid w:val="009453FA"/>
     <w:rsid w:val="00945830"/>
     <w:rsid w:val="00945D49"/>
     <w:rsid w:val="0094602A"/>
     <w:rsid w:val="00946883"/>
     <w:rsid w:val="00947A55"/>
     <w:rsid w:val="00950C5B"/>
+    <w:rsid w:val="00950E15"/>
+    <w:rsid w:val="00951242"/>
     <w:rsid w:val="00951824"/>
     <w:rsid w:val="009518BA"/>
     <w:rsid w:val="009526EF"/>
     <w:rsid w:val="00952806"/>
     <w:rsid w:val="00952D8F"/>
     <w:rsid w:val="00953789"/>
     <w:rsid w:val="009538F1"/>
     <w:rsid w:val="00953B5E"/>
     <w:rsid w:val="00953F62"/>
+    <w:rsid w:val="00954E31"/>
     <w:rsid w:val="00955425"/>
     <w:rsid w:val="00955B03"/>
     <w:rsid w:val="009567D7"/>
     <w:rsid w:val="00956961"/>
     <w:rsid w:val="00956A38"/>
     <w:rsid w:val="00956AED"/>
     <w:rsid w:val="00956F58"/>
     <w:rsid w:val="0095703B"/>
+    <w:rsid w:val="0095706C"/>
     <w:rsid w:val="009573A2"/>
     <w:rsid w:val="00957B81"/>
+    <w:rsid w:val="00957E62"/>
     <w:rsid w:val="0096001C"/>
     <w:rsid w:val="0096031A"/>
     <w:rsid w:val="009603D1"/>
     <w:rsid w:val="009605F2"/>
     <w:rsid w:val="00960924"/>
     <w:rsid w:val="00960B93"/>
     <w:rsid w:val="00960EA7"/>
     <w:rsid w:val="009611B5"/>
     <w:rsid w:val="009613B7"/>
     <w:rsid w:val="009613DC"/>
     <w:rsid w:val="009619F4"/>
     <w:rsid w:val="00961EF2"/>
+    <w:rsid w:val="009620A2"/>
     <w:rsid w:val="00962309"/>
     <w:rsid w:val="00962BC7"/>
     <w:rsid w:val="00962C34"/>
     <w:rsid w:val="009635B6"/>
     <w:rsid w:val="0096363D"/>
     <w:rsid w:val="00964190"/>
+    <w:rsid w:val="0096449E"/>
+    <w:rsid w:val="00964B16"/>
     <w:rsid w:val="00964C93"/>
     <w:rsid w:val="009650E6"/>
     <w:rsid w:val="0096514D"/>
     <w:rsid w:val="00965224"/>
     <w:rsid w:val="00965FDB"/>
+    <w:rsid w:val="00966DE5"/>
     <w:rsid w:val="00966EEE"/>
     <w:rsid w:val="00967935"/>
     <w:rsid w:val="00967B8A"/>
     <w:rsid w:val="00970463"/>
     <w:rsid w:val="00970701"/>
     <w:rsid w:val="00970A17"/>
     <w:rsid w:val="0097185C"/>
     <w:rsid w:val="00971944"/>
     <w:rsid w:val="00971A11"/>
     <w:rsid w:val="00971BBB"/>
+    <w:rsid w:val="00971E9C"/>
     <w:rsid w:val="00973661"/>
     <w:rsid w:val="00973698"/>
     <w:rsid w:val="00973B3D"/>
     <w:rsid w:val="00973C5E"/>
+    <w:rsid w:val="00973D59"/>
     <w:rsid w:val="00973F8A"/>
     <w:rsid w:val="00974355"/>
     <w:rsid w:val="0097524D"/>
+    <w:rsid w:val="00975252"/>
+    <w:rsid w:val="00975AD6"/>
     <w:rsid w:val="00975F0F"/>
     <w:rsid w:val="009760F6"/>
     <w:rsid w:val="009763BD"/>
     <w:rsid w:val="009766DF"/>
     <w:rsid w:val="00976AEB"/>
     <w:rsid w:val="00977912"/>
     <w:rsid w:val="00977E8A"/>
     <w:rsid w:val="009803D2"/>
     <w:rsid w:val="00980580"/>
+    <w:rsid w:val="0098074C"/>
+    <w:rsid w:val="00980E4A"/>
     <w:rsid w:val="00980FC4"/>
     <w:rsid w:val="009813E0"/>
     <w:rsid w:val="00981499"/>
+    <w:rsid w:val="00981906"/>
     <w:rsid w:val="00981C3F"/>
     <w:rsid w:val="009820C8"/>
     <w:rsid w:val="0098324B"/>
     <w:rsid w:val="00983599"/>
     <w:rsid w:val="00983653"/>
     <w:rsid w:val="00983931"/>
     <w:rsid w:val="00983B58"/>
     <w:rsid w:val="00984355"/>
     <w:rsid w:val="00984371"/>
     <w:rsid w:val="00984976"/>
+    <w:rsid w:val="0098592C"/>
+    <w:rsid w:val="0098595C"/>
     <w:rsid w:val="009859A5"/>
     <w:rsid w:val="00985A89"/>
     <w:rsid w:val="00985CCB"/>
     <w:rsid w:val="0098623D"/>
     <w:rsid w:val="00986A5F"/>
     <w:rsid w:val="00987471"/>
     <w:rsid w:val="00987887"/>
     <w:rsid w:val="00987A75"/>
     <w:rsid w:val="00987AC1"/>
     <w:rsid w:val="00987BE9"/>
+    <w:rsid w:val="00987F08"/>
+    <w:rsid w:val="00990A4A"/>
     <w:rsid w:val="00990FB1"/>
     <w:rsid w:val="0099113F"/>
     <w:rsid w:val="00992091"/>
     <w:rsid w:val="00992142"/>
     <w:rsid w:val="0099264F"/>
+    <w:rsid w:val="00992E79"/>
+    <w:rsid w:val="00992FA8"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009934EA"/>
+    <w:rsid w:val="0099398F"/>
     <w:rsid w:val="00994E1A"/>
     <w:rsid w:val="0099577C"/>
     <w:rsid w:val="00995D59"/>
     <w:rsid w:val="0099603D"/>
     <w:rsid w:val="0099788D"/>
+    <w:rsid w:val="00997A39"/>
     <w:rsid w:val="009A00AE"/>
     <w:rsid w:val="009A0B9C"/>
     <w:rsid w:val="009A111D"/>
+    <w:rsid w:val="009A139C"/>
+    <w:rsid w:val="009A144B"/>
     <w:rsid w:val="009A176D"/>
     <w:rsid w:val="009A1CF3"/>
     <w:rsid w:val="009A28F3"/>
     <w:rsid w:val="009A2CEF"/>
+    <w:rsid w:val="009A2FE0"/>
     <w:rsid w:val="009A3508"/>
     <w:rsid w:val="009A3948"/>
     <w:rsid w:val="009A3A29"/>
     <w:rsid w:val="009A3BA4"/>
+    <w:rsid w:val="009A3C45"/>
     <w:rsid w:val="009A3F44"/>
     <w:rsid w:val="009A467C"/>
     <w:rsid w:val="009A4BF1"/>
     <w:rsid w:val="009A4EB6"/>
     <w:rsid w:val="009A4F07"/>
+    <w:rsid w:val="009A4F5B"/>
+    <w:rsid w:val="009A5011"/>
     <w:rsid w:val="009A5580"/>
     <w:rsid w:val="009A56B8"/>
     <w:rsid w:val="009A5B91"/>
     <w:rsid w:val="009A624F"/>
     <w:rsid w:val="009A6BEA"/>
     <w:rsid w:val="009A6E6D"/>
     <w:rsid w:val="009A6F5F"/>
+    <w:rsid w:val="009A702A"/>
     <w:rsid w:val="009A796E"/>
     <w:rsid w:val="009A7A89"/>
     <w:rsid w:val="009A7CED"/>
     <w:rsid w:val="009B01BF"/>
     <w:rsid w:val="009B067F"/>
     <w:rsid w:val="009B06E7"/>
     <w:rsid w:val="009B0CAE"/>
     <w:rsid w:val="009B0DA5"/>
     <w:rsid w:val="009B12ED"/>
     <w:rsid w:val="009B17D1"/>
     <w:rsid w:val="009B1AD2"/>
     <w:rsid w:val="009B1E9F"/>
     <w:rsid w:val="009B206F"/>
     <w:rsid w:val="009B22F7"/>
     <w:rsid w:val="009B2DA7"/>
+    <w:rsid w:val="009B2DC2"/>
     <w:rsid w:val="009B32FC"/>
     <w:rsid w:val="009B356A"/>
     <w:rsid w:val="009B3689"/>
     <w:rsid w:val="009B4900"/>
     <w:rsid w:val="009B4DBC"/>
-    <w:rsid w:val="009B4E9D"/>
     <w:rsid w:val="009B5957"/>
     <w:rsid w:val="009B5D8A"/>
     <w:rsid w:val="009B5DA8"/>
     <w:rsid w:val="009B5DBC"/>
     <w:rsid w:val="009B69C4"/>
     <w:rsid w:val="009B6AE6"/>
     <w:rsid w:val="009B6DC1"/>
+    <w:rsid w:val="009B74B5"/>
+    <w:rsid w:val="009B75CE"/>
     <w:rsid w:val="009B75D9"/>
     <w:rsid w:val="009C01B8"/>
     <w:rsid w:val="009C01D4"/>
     <w:rsid w:val="009C021F"/>
     <w:rsid w:val="009C02CA"/>
     <w:rsid w:val="009C02D5"/>
+    <w:rsid w:val="009C0660"/>
     <w:rsid w:val="009C0AD2"/>
     <w:rsid w:val="009C0F06"/>
     <w:rsid w:val="009C1B6F"/>
     <w:rsid w:val="009C1E2C"/>
+    <w:rsid w:val="009C1FFF"/>
     <w:rsid w:val="009C2103"/>
+    <w:rsid w:val="009C261A"/>
+    <w:rsid w:val="009C29D6"/>
+    <w:rsid w:val="009C2F3C"/>
     <w:rsid w:val="009C30D9"/>
+    <w:rsid w:val="009C3532"/>
     <w:rsid w:val="009C399D"/>
     <w:rsid w:val="009C3D53"/>
-    <w:rsid w:val="009C4065"/>
     <w:rsid w:val="009C41D7"/>
     <w:rsid w:val="009C43C6"/>
     <w:rsid w:val="009C4702"/>
+    <w:rsid w:val="009C4738"/>
     <w:rsid w:val="009C4CE6"/>
     <w:rsid w:val="009C4E0E"/>
     <w:rsid w:val="009C4EAC"/>
     <w:rsid w:val="009C5012"/>
+    <w:rsid w:val="009C503B"/>
     <w:rsid w:val="009C50FB"/>
     <w:rsid w:val="009C5271"/>
     <w:rsid w:val="009C5400"/>
     <w:rsid w:val="009C5475"/>
+    <w:rsid w:val="009C5505"/>
     <w:rsid w:val="009C5D3E"/>
     <w:rsid w:val="009C6466"/>
+    <w:rsid w:val="009C6765"/>
     <w:rsid w:val="009C6A34"/>
     <w:rsid w:val="009C6BFE"/>
     <w:rsid w:val="009C7187"/>
     <w:rsid w:val="009C7294"/>
     <w:rsid w:val="009C792D"/>
     <w:rsid w:val="009C7DA3"/>
     <w:rsid w:val="009C7EA8"/>
     <w:rsid w:val="009D0267"/>
+    <w:rsid w:val="009D0558"/>
+    <w:rsid w:val="009D06AB"/>
     <w:rsid w:val="009D0B9E"/>
     <w:rsid w:val="009D0EB4"/>
     <w:rsid w:val="009D118F"/>
     <w:rsid w:val="009D1706"/>
     <w:rsid w:val="009D1952"/>
     <w:rsid w:val="009D1E87"/>
     <w:rsid w:val="009D23DF"/>
     <w:rsid w:val="009D2A2F"/>
+    <w:rsid w:val="009D32A2"/>
     <w:rsid w:val="009D37E8"/>
     <w:rsid w:val="009D391E"/>
     <w:rsid w:val="009D3D39"/>
     <w:rsid w:val="009D3DF8"/>
+    <w:rsid w:val="009D419E"/>
+    <w:rsid w:val="009D4213"/>
     <w:rsid w:val="009D517F"/>
     <w:rsid w:val="009D5255"/>
     <w:rsid w:val="009D60C7"/>
+    <w:rsid w:val="009D6CC8"/>
     <w:rsid w:val="009D706C"/>
     <w:rsid w:val="009D70CE"/>
     <w:rsid w:val="009D78AD"/>
     <w:rsid w:val="009D7B4A"/>
+    <w:rsid w:val="009E09C6"/>
     <w:rsid w:val="009E0AE4"/>
     <w:rsid w:val="009E0C75"/>
     <w:rsid w:val="009E1046"/>
     <w:rsid w:val="009E17E6"/>
     <w:rsid w:val="009E188C"/>
     <w:rsid w:val="009E1C56"/>
     <w:rsid w:val="009E2092"/>
+    <w:rsid w:val="009E21F0"/>
     <w:rsid w:val="009E2808"/>
     <w:rsid w:val="009E2A0D"/>
     <w:rsid w:val="009E3420"/>
+    <w:rsid w:val="009E41D5"/>
+    <w:rsid w:val="009E42EE"/>
+    <w:rsid w:val="009E448C"/>
     <w:rsid w:val="009E4C9C"/>
     <w:rsid w:val="009E4D04"/>
     <w:rsid w:val="009E4E6E"/>
     <w:rsid w:val="009E4F89"/>
     <w:rsid w:val="009E5729"/>
+    <w:rsid w:val="009E59B8"/>
     <w:rsid w:val="009E5C5C"/>
+    <w:rsid w:val="009E5FF6"/>
     <w:rsid w:val="009E6427"/>
     <w:rsid w:val="009E653F"/>
     <w:rsid w:val="009E66C0"/>
     <w:rsid w:val="009E678E"/>
     <w:rsid w:val="009E6813"/>
     <w:rsid w:val="009E775E"/>
+    <w:rsid w:val="009F0027"/>
     <w:rsid w:val="009F05CC"/>
     <w:rsid w:val="009F0701"/>
     <w:rsid w:val="009F08E9"/>
+    <w:rsid w:val="009F1323"/>
     <w:rsid w:val="009F13F7"/>
     <w:rsid w:val="009F1E56"/>
     <w:rsid w:val="009F1F4C"/>
     <w:rsid w:val="009F2282"/>
     <w:rsid w:val="009F250D"/>
     <w:rsid w:val="009F25CF"/>
     <w:rsid w:val="009F2BB4"/>
     <w:rsid w:val="009F2F8A"/>
     <w:rsid w:val="009F319E"/>
     <w:rsid w:val="009F371B"/>
+    <w:rsid w:val="009F4016"/>
+    <w:rsid w:val="009F41D3"/>
     <w:rsid w:val="009F4706"/>
+    <w:rsid w:val="009F4815"/>
     <w:rsid w:val="009F48A7"/>
     <w:rsid w:val="009F4ABD"/>
     <w:rsid w:val="009F5E23"/>
     <w:rsid w:val="009F6792"/>
     <w:rsid w:val="009F69C7"/>
+    <w:rsid w:val="009F71D5"/>
     <w:rsid w:val="009F75C9"/>
     <w:rsid w:val="009F7B5A"/>
     <w:rsid w:val="009F7CA9"/>
     <w:rsid w:val="009F7EC0"/>
     <w:rsid w:val="00A0061E"/>
     <w:rsid w:val="00A0088D"/>
     <w:rsid w:val="00A00C03"/>
     <w:rsid w:val="00A00F53"/>
     <w:rsid w:val="00A01015"/>
     <w:rsid w:val="00A01226"/>
     <w:rsid w:val="00A017B5"/>
     <w:rsid w:val="00A01A53"/>
     <w:rsid w:val="00A01FD9"/>
+    <w:rsid w:val="00A03086"/>
     <w:rsid w:val="00A030E1"/>
     <w:rsid w:val="00A03171"/>
+    <w:rsid w:val="00A031BB"/>
     <w:rsid w:val="00A0351F"/>
     <w:rsid w:val="00A03647"/>
     <w:rsid w:val="00A042C7"/>
     <w:rsid w:val="00A04505"/>
     <w:rsid w:val="00A04A88"/>
     <w:rsid w:val="00A04E91"/>
     <w:rsid w:val="00A05488"/>
     <w:rsid w:val="00A05720"/>
     <w:rsid w:val="00A057ED"/>
     <w:rsid w:val="00A05825"/>
+    <w:rsid w:val="00A05E7E"/>
     <w:rsid w:val="00A061BF"/>
+    <w:rsid w:val="00A064DB"/>
     <w:rsid w:val="00A06999"/>
     <w:rsid w:val="00A06BA3"/>
     <w:rsid w:val="00A06C8F"/>
     <w:rsid w:val="00A07284"/>
+    <w:rsid w:val="00A07685"/>
     <w:rsid w:val="00A07C4D"/>
+    <w:rsid w:val="00A07CAA"/>
+    <w:rsid w:val="00A07DBE"/>
     <w:rsid w:val="00A07F79"/>
     <w:rsid w:val="00A10989"/>
     <w:rsid w:val="00A10C14"/>
     <w:rsid w:val="00A10E18"/>
     <w:rsid w:val="00A10F53"/>
     <w:rsid w:val="00A110DD"/>
     <w:rsid w:val="00A11812"/>
     <w:rsid w:val="00A11CA9"/>
+    <w:rsid w:val="00A11CAD"/>
     <w:rsid w:val="00A11F99"/>
     <w:rsid w:val="00A1273B"/>
     <w:rsid w:val="00A1273D"/>
     <w:rsid w:val="00A12AC3"/>
     <w:rsid w:val="00A12CB9"/>
     <w:rsid w:val="00A12E68"/>
     <w:rsid w:val="00A130A2"/>
     <w:rsid w:val="00A136C4"/>
     <w:rsid w:val="00A136DB"/>
+    <w:rsid w:val="00A139E0"/>
     <w:rsid w:val="00A140DC"/>
     <w:rsid w:val="00A1465D"/>
     <w:rsid w:val="00A1518C"/>
+    <w:rsid w:val="00A15C8B"/>
     <w:rsid w:val="00A15D4A"/>
     <w:rsid w:val="00A160FB"/>
     <w:rsid w:val="00A163A3"/>
     <w:rsid w:val="00A16578"/>
     <w:rsid w:val="00A16E21"/>
     <w:rsid w:val="00A17300"/>
     <w:rsid w:val="00A17A19"/>
     <w:rsid w:val="00A17E58"/>
     <w:rsid w:val="00A20014"/>
     <w:rsid w:val="00A20A11"/>
     <w:rsid w:val="00A20E02"/>
+    <w:rsid w:val="00A21105"/>
     <w:rsid w:val="00A215E0"/>
     <w:rsid w:val="00A21EBE"/>
     <w:rsid w:val="00A2208B"/>
     <w:rsid w:val="00A221B4"/>
     <w:rsid w:val="00A221F6"/>
+    <w:rsid w:val="00A2366F"/>
     <w:rsid w:val="00A238F9"/>
     <w:rsid w:val="00A240D0"/>
     <w:rsid w:val="00A24326"/>
     <w:rsid w:val="00A24384"/>
     <w:rsid w:val="00A24598"/>
+    <w:rsid w:val="00A24DAA"/>
+    <w:rsid w:val="00A24F9A"/>
     <w:rsid w:val="00A25164"/>
     <w:rsid w:val="00A2588D"/>
     <w:rsid w:val="00A2589E"/>
     <w:rsid w:val="00A25ACE"/>
     <w:rsid w:val="00A25E83"/>
     <w:rsid w:val="00A25F81"/>
+    <w:rsid w:val="00A26E06"/>
     <w:rsid w:val="00A26EA7"/>
+    <w:rsid w:val="00A30256"/>
     <w:rsid w:val="00A3132A"/>
     <w:rsid w:val="00A3210F"/>
+    <w:rsid w:val="00A321CF"/>
+    <w:rsid w:val="00A32470"/>
     <w:rsid w:val="00A324BE"/>
+    <w:rsid w:val="00A3251E"/>
     <w:rsid w:val="00A32E40"/>
+    <w:rsid w:val="00A3304B"/>
     <w:rsid w:val="00A331DC"/>
     <w:rsid w:val="00A33451"/>
+    <w:rsid w:val="00A33D11"/>
     <w:rsid w:val="00A33D33"/>
     <w:rsid w:val="00A34122"/>
     <w:rsid w:val="00A34137"/>
     <w:rsid w:val="00A34C8E"/>
     <w:rsid w:val="00A34DA5"/>
+    <w:rsid w:val="00A34FE1"/>
     <w:rsid w:val="00A3549E"/>
     <w:rsid w:val="00A3577C"/>
     <w:rsid w:val="00A35A7B"/>
     <w:rsid w:val="00A35BB0"/>
+    <w:rsid w:val="00A35F2E"/>
     <w:rsid w:val="00A360D8"/>
     <w:rsid w:val="00A36222"/>
     <w:rsid w:val="00A365A4"/>
+    <w:rsid w:val="00A367C2"/>
     <w:rsid w:val="00A368E4"/>
     <w:rsid w:val="00A36DF6"/>
     <w:rsid w:val="00A3780A"/>
+    <w:rsid w:val="00A37998"/>
     <w:rsid w:val="00A37D52"/>
     <w:rsid w:val="00A403EE"/>
+    <w:rsid w:val="00A40A13"/>
     <w:rsid w:val="00A40A94"/>
     <w:rsid w:val="00A40AE6"/>
     <w:rsid w:val="00A40F0D"/>
     <w:rsid w:val="00A41176"/>
     <w:rsid w:val="00A4167A"/>
     <w:rsid w:val="00A4193C"/>
     <w:rsid w:val="00A41CB3"/>
     <w:rsid w:val="00A41CBA"/>
     <w:rsid w:val="00A41D57"/>
     <w:rsid w:val="00A41D97"/>
+    <w:rsid w:val="00A41F8D"/>
+    <w:rsid w:val="00A420DB"/>
+    <w:rsid w:val="00A42498"/>
+    <w:rsid w:val="00A426D6"/>
     <w:rsid w:val="00A42883"/>
     <w:rsid w:val="00A42DFC"/>
     <w:rsid w:val="00A42F89"/>
     <w:rsid w:val="00A43038"/>
     <w:rsid w:val="00A433A6"/>
+    <w:rsid w:val="00A434BE"/>
     <w:rsid w:val="00A43A20"/>
     <w:rsid w:val="00A43CCF"/>
     <w:rsid w:val="00A440E1"/>
     <w:rsid w:val="00A446BE"/>
     <w:rsid w:val="00A44823"/>
+    <w:rsid w:val="00A44A88"/>
+    <w:rsid w:val="00A44EAE"/>
     <w:rsid w:val="00A45275"/>
     <w:rsid w:val="00A4546F"/>
+    <w:rsid w:val="00A46252"/>
+    <w:rsid w:val="00A46312"/>
     <w:rsid w:val="00A4674E"/>
     <w:rsid w:val="00A4682B"/>
+    <w:rsid w:val="00A46A0B"/>
     <w:rsid w:val="00A46BAC"/>
+    <w:rsid w:val="00A46C97"/>
     <w:rsid w:val="00A46CF3"/>
     <w:rsid w:val="00A46EC6"/>
+    <w:rsid w:val="00A47397"/>
+    <w:rsid w:val="00A47732"/>
     <w:rsid w:val="00A478D8"/>
     <w:rsid w:val="00A47FCF"/>
     <w:rsid w:val="00A506B5"/>
+    <w:rsid w:val="00A50D11"/>
     <w:rsid w:val="00A5120F"/>
     <w:rsid w:val="00A5161B"/>
+    <w:rsid w:val="00A51624"/>
     <w:rsid w:val="00A519ED"/>
+    <w:rsid w:val="00A520D1"/>
     <w:rsid w:val="00A5264F"/>
     <w:rsid w:val="00A52D26"/>
+    <w:rsid w:val="00A532A6"/>
     <w:rsid w:val="00A53EEA"/>
     <w:rsid w:val="00A54399"/>
     <w:rsid w:val="00A544E3"/>
     <w:rsid w:val="00A545A2"/>
+    <w:rsid w:val="00A54E3D"/>
     <w:rsid w:val="00A54FF7"/>
+    <w:rsid w:val="00A55714"/>
     <w:rsid w:val="00A5579E"/>
     <w:rsid w:val="00A558C0"/>
     <w:rsid w:val="00A55ADA"/>
     <w:rsid w:val="00A55BE4"/>
     <w:rsid w:val="00A55CA6"/>
+    <w:rsid w:val="00A56544"/>
     <w:rsid w:val="00A56A3B"/>
     <w:rsid w:val="00A56AFB"/>
+    <w:rsid w:val="00A56DAB"/>
     <w:rsid w:val="00A5707A"/>
     <w:rsid w:val="00A570C8"/>
     <w:rsid w:val="00A570F5"/>
     <w:rsid w:val="00A573CE"/>
     <w:rsid w:val="00A573F7"/>
     <w:rsid w:val="00A57839"/>
     <w:rsid w:val="00A5785A"/>
     <w:rsid w:val="00A578E6"/>
     <w:rsid w:val="00A5798C"/>
     <w:rsid w:val="00A60A2B"/>
     <w:rsid w:val="00A60B31"/>
     <w:rsid w:val="00A60F07"/>
     <w:rsid w:val="00A61298"/>
     <w:rsid w:val="00A613C9"/>
+    <w:rsid w:val="00A61E45"/>
+    <w:rsid w:val="00A61EB1"/>
     <w:rsid w:val="00A61F4A"/>
     <w:rsid w:val="00A62DF7"/>
     <w:rsid w:val="00A630DE"/>
     <w:rsid w:val="00A6398C"/>
+    <w:rsid w:val="00A639AD"/>
     <w:rsid w:val="00A63A46"/>
+    <w:rsid w:val="00A64423"/>
+    <w:rsid w:val="00A64566"/>
     <w:rsid w:val="00A647E9"/>
+    <w:rsid w:val="00A649FE"/>
     <w:rsid w:val="00A64CA5"/>
     <w:rsid w:val="00A655C7"/>
     <w:rsid w:val="00A659FD"/>
+    <w:rsid w:val="00A65F53"/>
+    <w:rsid w:val="00A6608F"/>
     <w:rsid w:val="00A664FA"/>
+    <w:rsid w:val="00A669C6"/>
     <w:rsid w:val="00A672B2"/>
     <w:rsid w:val="00A67701"/>
     <w:rsid w:val="00A679FE"/>
-    <w:rsid w:val="00A67CB7"/>
     <w:rsid w:val="00A67E42"/>
+    <w:rsid w:val="00A67E99"/>
     <w:rsid w:val="00A67F61"/>
     <w:rsid w:val="00A70246"/>
     <w:rsid w:val="00A7074D"/>
     <w:rsid w:val="00A70B81"/>
     <w:rsid w:val="00A70EC9"/>
+    <w:rsid w:val="00A71375"/>
     <w:rsid w:val="00A71B52"/>
+    <w:rsid w:val="00A7230C"/>
     <w:rsid w:val="00A72566"/>
     <w:rsid w:val="00A72742"/>
     <w:rsid w:val="00A728BD"/>
     <w:rsid w:val="00A72B8B"/>
     <w:rsid w:val="00A72D78"/>
     <w:rsid w:val="00A72EC8"/>
     <w:rsid w:val="00A7323D"/>
     <w:rsid w:val="00A733F3"/>
     <w:rsid w:val="00A73C9E"/>
     <w:rsid w:val="00A73E66"/>
     <w:rsid w:val="00A74121"/>
     <w:rsid w:val="00A74293"/>
     <w:rsid w:val="00A7476C"/>
     <w:rsid w:val="00A74793"/>
     <w:rsid w:val="00A74D14"/>
     <w:rsid w:val="00A74E1C"/>
     <w:rsid w:val="00A757CA"/>
     <w:rsid w:val="00A7584B"/>
     <w:rsid w:val="00A7628C"/>
     <w:rsid w:val="00A762FF"/>
+    <w:rsid w:val="00A7740D"/>
     <w:rsid w:val="00A77558"/>
     <w:rsid w:val="00A775D3"/>
+    <w:rsid w:val="00A802F3"/>
     <w:rsid w:val="00A804C0"/>
     <w:rsid w:val="00A80522"/>
     <w:rsid w:val="00A80DE7"/>
     <w:rsid w:val="00A814FC"/>
+    <w:rsid w:val="00A819FC"/>
     <w:rsid w:val="00A8269A"/>
     <w:rsid w:val="00A8288E"/>
     <w:rsid w:val="00A82AF1"/>
     <w:rsid w:val="00A82CCA"/>
     <w:rsid w:val="00A83634"/>
     <w:rsid w:val="00A83F1D"/>
     <w:rsid w:val="00A8478E"/>
     <w:rsid w:val="00A84903"/>
     <w:rsid w:val="00A84A15"/>
     <w:rsid w:val="00A84E6A"/>
     <w:rsid w:val="00A84EFA"/>
+    <w:rsid w:val="00A853BD"/>
     <w:rsid w:val="00A85518"/>
     <w:rsid w:val="00A85550"/>
     <w:rsid w:val="00A85790"/>
     <w:rsid w:val="00A85B03"/>
+    <w:rsid w:val="00A85D16"/>
     <w:rsid w:val="00A8676C"/>
+    <w:rsid w:val="00A867C9"/>
     <w:rsid w:val="00A86D3D"/>
     <w:rsid w:val="00A86DC7"/>
     <w:rsid w:val="00A87344"/>
     <w:rsid w:val="00A879B2"/>
     <w:rsid w:val="00A87AC9"/>
     <w:rsid w:val="00A87C08"/>
     <w:rsid w:val="00A87F2E"/>
     <w:rsid w:val="00A87F32"/>
     <w:rsid w:val="00A87F9F"/>
     <w:rsid w:val="00A9041F"/>
     <w:rsid w:val="00A908BC"/>
     <w:rsid w:val="00A915E9"/>
     <w:rsid w:val="00A917CA"/>
     <w:rsid w:val="00A91869"/>
     <w:rsid w:val="00A91D0B"/>
     <w:rsid w:val="00A92AFC"/>
     <w:rsid w:val="00A92B43"/>
     <w:rsid w:val="00A92BF7"/>
     <w:rsid w:val="00A92F74"/>
     <w:rsid w:val="00A9353D"/>
     <w:rsid w:val="00A93578"/>
     <w:rsid w:val="00A9360A"/>
     <w:rsid w:val="00A93E4F"/>
     <w:rsid w:val="00A940B0"/>
+    <w:rsid w:val="00A947E1"/>
     <w:rsid w:val="00A9485A"/>
     <w:rsid w:val="00A94889"/>
+    <w:rsid w:val="00A94A3E"/>
     <w:rsid w:val="00A94ADC"/>
+    <w:rsid w:val="00A94C25"/>
     <w:rsid w:val="00A94DF7"/>
     <w:rsid w:val="00A94E5F"/>
     <w:rsid w:val="00A9517B"/>
+    <w:rsid w:val="00A951BA"/>
     <w:rsid w:val="00A95269"/>
     <w:rsid w:val="00A960A4"/>
     <w:rsid w:val="00A9623B"/>
     <w:rsid w:val="00A9685E"/>
     <w:rsid w:val="00A96BC6"/>
+    <w:rsid w:val="00A96F87"/>
     <w:rsid w:val="00A9723B"/>
     <w:rsid w:val="00A974AD"/>
     <w:rsid w:val="00A97598"/>
     <w:rsid w:val="00A97C35"/>
+    <w:rsid w:val="00A97E51"/>
     <w:rsid w:val="00AA0299"/>
     <w:rsid w:val="00AA062C"/>
     <w:rsid w:val="00AA0CF7"/>
+    <w:rsid w:val="00AA1043"/>
     <w:rsid w:val="00AA1717"/>
     <w:rsid w:val="00AA1C0F"/>
     <w:rsid w:val="00AA28C9"/>
     <w:rsid w:val="00AA2910"/>
     <w:rsid w:val="00AA2E35"/>
+    <w:rsid w:val="00AA2E89"/>
     <w:rsid w:val="00AA37CC"/>
+    <w:rsid w:val="00AA397E"/>
     <w:rsid w:val="00AA40EB"/>
     <w:rsid w:val="00AA43CF"/>
     <w:rsid w:val="00AA4ACC"/>
     <w:rsid w:val="00AA4EC7"/>
     <w:rsid w:val="00AA5018"/>
     <w:rsid w:val="00AA5122"/>
     <w:rsid w:val="00AA51F5"/>
     <w:rsid w:val="00AA52F7"/>
+    <w:rsid w:val="00AA5ABE"/>
+    <w:rsid w:val="00AA6378"/>
+    <w:rsid w:val="00AA64A9"/>
     <w:rsid w:val="00AA69C8"/>
     <w:rsid w:val="00AA7193"/>
     <w:rsid w:val="00AA7857"/>
+    <w:rsid w:val="00AA78DF"/>
     <w:rsid w:val="00AA7A0C"/>
+    <w:rsid w:val="00AB0036"/>
     <w:rsid w:val="00AB0308"/>
     <w:rsid w:val="00AB06DA"/>
     <w:rsid w:val="00AB0AD9"/>
     <w:rsid w:val="00AB1750"/>
     <w:rsid w:val="00AB178D"/>
     <w:rsid w:val="00AB17FE"/>
+    <w:rsid w:val="00AB1FDE"/>
     <w:rsid w:val="00AB262A"/>
+    <w:rsid w:val="00AB29A0"/>
     <w:rsid w:val="00AB2C5A"/>
     <w:rsid w:val="00AB32B3"/>
     <w:rsid w:val="00AB32D0"/>
     <w:rsid w:val="00AB3337"/>
     <w:rsid w:val="00AB3903"/>
     <w:rsid w:val="00AB3E15"/>
     <w:rsid w:val="00AB44F8"/>
     <w:rsid w:val="00AB4C4A"/>
     <w:rsid w:val="00AB4CB7"/>
     <w:rsid w:val="00AB564D"/>
+    <w:rsid w:val="00AB5B2B"/>
     <w:rsid w:val="00AB62B2"/>
+    <w:rsid w:val="00AB63E2"/>
     <w:rsid w:val="00AB663B"/>
     <w:rsid w:val="00AB67D6"/>
     <w:rsid w:val="00AB6AA3"/>
     <w:rsid w:val="00AB6AE5"/>
     <w:rsid w:val="00AB6C92"/>
     <w:rsid w:val="00AB6D68"/>
     <w:rsid w:val="00AB6DE7"/>
     <w:rsid w:val="00AB6E3E"/>
+    <w:rsid w:val="00AB7099"/>
     <w:rsid w:val="00AB79B5"/>
     <w:rsid w:val="00AB7F67"/>
     <w:rsid w:val="00AC06E9"/>
+    <w:rsid w:val="00AC141F"/>
     <w:rsid w:val="00AC1606"/>
     <w:rsid w:val="00AC1B89"/>
     <w:rsid w:val="00AC2C13"/>
     <w:rsid w:val="00AC30FB"/>
     <w:rsid w:val="00AC34DE"/>
     <w:rsid w:val="00AC38CB"/>
     <w:rsid w:val="00AC3CC7"/>
     <w:rsid w:val="00AC3E85"/>
     <w:rsid w:val="00AC3F40"/>
     <w:rsid w:val="00AC4600"/>
     <w:rsid w:val="00AC4853"/>
     <w:rsid w:val="00AC4CD5"/>
     <w:rsid w:val="00AC4E69"/>
     <w:rsid w:val="00AC5ABC"/>
+    <w:rsid w:val="00AC5B86"/>
     <w:rsid w:val="00AC5CB7"/>
     <w:rsid w:val="00AC5FA6"/>
     <w:rsid w:val="00AC63DF"/>
     <w:rsid w:val="00AC66B4"/>
     <w:rsid w:val="00AC69BD"/>
     <w:rsid w:val="00AC6F3A"/>
     <w:rsid w:val="00AC706A"/>
     <w:rsid w:val="00AC70C8"/>
+    <w:rsid w:val="00AC7104"/>
     <w:rsid w:val="00AC72EA"/>
+    <w:rsid w:val="00AC763B"/>
     <w:rsid w:val="00AC7CC4"/>
     <w:rsid w:val="00AC7F8A"/>
     <w:rsid w:val="00AD00CB"/>
     <w:rsid w:val="00AD00F2"/>
+    <w:rsid w:val="00AD0330"/>
     <w:rsid w:val="00AD0694"/>
     <w:rsid w:val="00AD0AC6"/>
     <w:rsid w:val="00AD0F22"/>
     <w:rsid w:val="00AD1100"/>
     <w:rsid w:val="00AD122D"/>
     <w:rsid w:val="00AD14FB"/>
+    <w:rsid w:val="00AD15C5"/>
     <w:rsid w:val="00AD1830"/>
+    <w:rsid w:val="00AD1843"/>
     <w:rsid w:val="00AD1D04"/>
     <w:rsid w:val="00AD2155"/>
     <w:rsid w:val="00AD2390"/>
     <w:rsid w:val="00AD270C"/>
     <w:rsid w:val="00AD33EE"/>
     <w:rsid w:val="00AD41E0"/>
     <w:rsid w:val="00AD434C"/>
     <w:rsid w:val="00AD434F"/>
     <w:rsid w:val="00AD47CD"/>
     <w:rsid w:val="00AD485D"/>
     <w:rsid w:val="00AD4A6F"/>
     <w:rsid w:val="00AD4D04"/>
+    <w:rsid w:val="00AD548C"/>
     <w:rsid w:val="00AD5694"/>
     <w:rsid w:val="00AD57A8"/>
     <w:rsid w:val="00AD59C9"/>
     <w:rsid w:val="00AD5FAA"/>
     <w:rsid w:val="00AD625D"/>
     <w:rsid w:val="00AD650F"/>
     <w:rsid w:val="00AD65A3"/>
     <w:rsid w:val="00AD670C"/>
     <w:rsid w:val="00AD686E"/>
     <w:rsid w:val="00AD6C40"/>
     <w:rsid w:val="00AD7090"/>
     <w:rsid w:val="00AD7239"/>
     <w:rsid w:val="00AD74D2"/>
+    <w:rsid w:val="00AD79CD"/>
     <w:rsid w:val="00AD7E66"/>
     <w:rsid w:val="00AD7E6E"/>
+    <w:rsid w:val="00AE003B"/>
+    <w:rsid w:val="00AE04D9"/>
+    <w:rsid w:val="00AE10AF"/>
     <w:rsid w:val="00AE125F"/>
     <w:rsid w:val="00AE13B2"/>
     <w:rsid w:val="00AE183D"/>
     <w:rsid w:val="00AE1A53"/>
     <w:rsid w:val="00AE1BC4"/>
     <w:rsid w:val="00AE1DF7"/>
     <w:rsid w:val="00AE23DA"/>
     <w:rsid w:val="00AE2B9B"/>
     <w:rsid w:val="00AE2BAD"/>
     <w:rsid w:val="00AE2BCB"/>
     <w:rsid w:val="00AE2E15"/>
     <w:rsid w:val="00AE316E"/>
+    <w:rsid w:val="00AE3850"/>
     <w:rsid w:val="00AE38A6"/>
     <w:rsid w:val="00AE3927"/>
+    <w:rsid w:val="00AE39E5"/>
     <w:rsid w:val="00AE4411"/>
     <w:rsid w:val="00AE474D"/>
     <w:rsid w:val="00AE47A0"/>
     <w:rsid w:val="00AE4DC6"/>
     <w:rsid w:val="00AE54F4"/>
     <w:rsid w:val="00AE5844"/>
     <w:rsid w:val="00AE5DAA"/>
     <w:rsid w:val="00AE60F4"/>
     <w:rsid w:val="00AE70E6"/>
     <w:rsid w:val="00AE7347"/>
     <w:rsid w:val="00AE7C07"/>
     <w:rsid w:val="00AE7CD5"/>
     <w:rsid w:val="00AF086F"/>
+    <w:rsid w:val="00AF112B"/>
     <w:rsid w:val="00AF12D2"/>
+    <w:rsid w:val="00AF1BF2"/>
     <w:rsid w:val="00AF1E68"/>
+    <w:rsid w:val="00AF201A"/>
     <w:rsid w:val="00AF22A4"/>
+    <w:rsid w:val="00AF2BA0"/>
     <w:rsid w:val="00AF3403"/>
     <w:rsid w:val="00AF3924"/>
     <w:rsid w:val="00AF3F70"/>
     <w:rsid w:val="00AF431C"/>
+    <w:rsid w:val="00AF4471"/>
     <w:rsid w:val="00AF475C"/>
     <w:rsid w:val="00AF4D19"/>
     <w:rsid w:val="00AF5250"/>
+    <w:rsid w:val="00AF542B"/>
+    <w:rsid w:val="00AF5A41"/>
     <w:rsid w:val="00AF5B97"/>
     <w:rsid w:val="00AF6B81"/>
     <w:rsid w:val="00AF72CE"/>
     <w:rsid w:val="00AF7579"/>
     <w:rsid w:val="00AF7895"/>
     <w:rsid w:val="00AF7AFE"/>
     <w:rsid w:val="00B00333"/>
     <w:rsid w:val="00B0063C"/>
     <w:rsid w:val="00B00658"/>
     <w:rsid w:val="00B00878"/>
     <w:rsid w:val="00B008F8"/>
     <w:rsid w:val="00B009B8"/>
     <w:rsid w:val="00B00B00"/>
+    <w:rsid w:val="00B00F41"/>
     <w:rsid w:val="00B022E3"/>
     <w:rsid w:val="00B02459"/>
     <w:rsid w:val="00B0284C"/>
     <w:rsid w:val="00B02879"/>
     <w:rsid w:val="00B02CBB"/>
     <w:rsid w:val="00B030AB"/>
+    <w:rsid w:val="00B031F7"/>
     <w:rsid w:val="00B0348E"/>
     <w:rsid w:val="00B034EC"/>
     <w:rsid w:val="00B038FE"/>
+    <w:rsid w:val="00B03A60"/>
+    <w:rsid w:val="00B03AA4"/>
+    <w:rsid w:val="00B03C02"/>
     <w:rsid w:val="00B03C36"/>
+    <w:rsid w:val="00B0465B"/>
     <w:rsid w:val="00B05416"/>
     <w:rsid w:val="00B055BC"/>
+    <w:rsid w:val="00B0579E"/>
     <w:rsid w:val="00B057E5"/>
     <w:rsid w:val="00B05BDF"/>
     <w:rsid w:val="00B05CB2"/>
     <w:rsid w:val="00B05FCB"/>
     <w:rsid w:val="00B062B0"/>
     <w:rsid w:val="00B0667B"/>
     <w:rsid w:val="00B06826"/>
     <w:rsid w:val="00B06945"/>
+    <w:rsid w:val="00B06A1B"/>
     <w:rsid w:val="00B06AD3"/>
+    <w:rsid w:val="00B101D7"/>
     <w:rsid w:val="00B1067C"/>
     <w:rsid w:val="00B109B7"/>
     <w:rsid w:val="00B11866"/>
     <w:rsid w:val="00B11912"/>
     <w:rsid w:val="00B11C87"/>
     <w:rsid w:val="00B12364"/>
     <w:rsid w:val="00B125ED"/>
     <w:rsid w:val="00B13DD4"/>
     <w:rsid w:val="00B14505"/>
     <w:rsid w:val="00B14B1F"/>
     <w:rsid w:val="00B14ED0"/>
+    <w:rsid w:val="00B14FF5"/>
     <w:rsid w:val="00B15E74"/>
     <w:rsid w:val="00B16014"/>
     <w:rsid w:val="00B1644B"/>
     <w:rsid w:val="00B1657A"/>
     <w:rsid w:val="00B16E1F"/>
     <w:rsid w:val="00B17920"/>
     <w:rsid w:val="00B17CA7"/>
     <w:rsid w:val="00B17D5E"/>
+    <w:rsid w:val="00B2030B"/>
     <w:rsid w:val="00B204E2"/>
     <w:rsid w:val="00B2080F"/>
+    <w:rsid w:val="00B20817"/>
     <w:rsid w:val="00B2081D"/>
     <w:rsid w:val="00B20973"/>
     <w:rsid w:val="00B20F21"/>
     <w:rsid w:val="00B2110B"/>
     <w:rsid w:val="00B21803"/>
+    <w:rsid w:val="00B22953"/>
+    <w:rsid w:val="00B229A5"/>
     <w:rsid w:val="00B23891"/>
     <w:rsid w:val="00B23A06"/>
     <w:rsid w:val="00B23E7A"/>
     <w:rsid w:val="00B24940"/>
+    <w:rsid w:val="00B249AB"/>
     <w:rsid w:val="00B249AC"/>
     <w:rsid w:val="00B24DDE"/>
+    <w:rsid w:val="00B24FC3"/>
     <w:rsid w:val="00B25007"/>
     <w:rsid w:val="00B25018"/>
     <w:rsid w:val="00B254FE"/>
     <w:rsid w:val="00B255AA"/>
     <w:rsid w:val="00B255FE"/>
+    <w:rsid w:val="00B256EF"/>
+    <w:rsid w:val="00B2580D"/>
+    <w:rsid w:val="00B25826"/>
     <w:rsid w:val="00B258DA"/>
     <w:rsid w:val="00B25965"/>
     <w:rsid w:val="00B25B86"/>
     <w:rsid w:val="00B25E6F"/>
     <w:rsid w:val="00B264FD"/>
     <w:rsid w:val="00B2670E"/>
     <w:rsid w:val="00B26B96"/>
     <w:rsid w:val="00B27261"/>
     <w:rsid w:val="00B272CF"/>
     <w:rsid w:val="00B27798"/>
     <w:rsid w:val="00B27F3B"/>
     <w:rsid w:val="00B3002F"/>
+    <w:rsid w:val="00B30497"/>
     <w:rsid w:val="00B30591"/>
     <w:rsid w:val="00B306C0"/>
     <w:rsid w:val="00B30FB8"/>
     <w:rsid w:val="00B31449"/>
+    <w:rsid w:val="00B316BA"/>
     <w:rsid w:val="00B31AE3"/>
     <w:rsid w:val="00B320EE"/>
     <w:rsid w:val="00B32EC5"/>
     <w:rsid w:val="00B33080"/>
     <w:rsid w:val="00B330EE"/>
+    <w:rsid w:val="00B33341"/>
+    <w:rsid w:val="00B33524"/>
     <w:rsid w:val="00B33CEE"/>
     <w:rsid w:val="00B33E28"/>
     <w:rsid w:val="00B33E96"/>
     <w:rsid w:val="00B33F2D"/>
     <w:rsid w:val="00B34265"/>
+    <w:rsid w:val="00B34315"/>
     <w:rsid w:val="00B343B3"/>
     <w:rsid w:val="00B3478B"/>
     <w:rsid w:val="00B34C6D"/>
+    <w:rsid w:val="00B34D9F"/>
     <w:rsid w:val="00B34DA2"/>
     <w:rsid w:val="00B3534A"/>
+    <w:rsid w:val="00B36047"/>
+    <w:rsid w:val="00B36801"/>
     <w:rsid w:val="00B36B03"/>
     <w:rsid w:val="00B374F5"/>
     <w:rsid w:val="00B377A8"/>
     <w:rsid w:val="00B3784F"/>
     <w:rsid w:val="00B4086E"/>
     <w:rsid w:val="00B40996"/>
+    <w:rsid w:val="00B41CE7"/>
     <w:rsid w:val="00B42763"/>
     <w:rsid w:val="00B42A30"/>
     <w:rsid w:val="00B434C6"/>
     <w:rsid w:val="00B439B8"/>
     <w:rsid w:val="00B439DA"/>
     <w:rsid w:val="00B43AE1"/>
     <w:rsid w:val="00B43B60"/>
     <w:rsid w:val="00B43DAA"/>
     <w:rsid w:val="00B44630"/>
     <w:rsid w:val="00B44BE2"/>
     <w:rsid w:val="00B44CBF"/>
     <w:rsid w:val="00B44F55"/>
     <w:rsid w:val="00B4557A"/>
     <w:rsid w:val="00B456B1"/>
     <w:rsid w:val="00B45B95"/>
     <w:rsid w:val="00B45E02"/>
     <w:rsid w:val="00B462A8"/>
     <w:rsid w:val="00B465F5"/>
     <w:rsid w:val="00B46C2C"/>
     <w:rsid w:val="00B46C7D"/>
     <w:rsid w:val="00B470B2"/>
     <w:rsid w:val="00B47197"/>
     <w:rsid w:val="00B474EB"/>
     <w:rsid w:val="00B476EA"/>
     <w:rsid w:val="00B47B1D"/>
+    <w:rsid w:val="00B5022F"/>
     <w:rsid w:val="00B503D0"/>
     <w:rsid w:val="00B503D6"/>
+    <w:rsid w:val="00B50C15"/>
     <w:rsid w:val="00B51583"/>
     <w:rsid w:val="00B515A3"/>
     <w:rsid w:val="00B5181F"/>
     <w:rsid w:val="00B52262"/>
+    <w:rsid w:val="00B52282"/>
     <w:rsid w:val="00B52CD9"/>
     <w:rsid w:val="00B52E16"/>
     <w:rsid w:val="00B52ECD"/>
     <w:rsid w:val="00B53501"/>
     <w:rsid w:val="00B53C09"/>
     <w:rsid w:val="00B53DA5"/>
+    <w:rsid w:val="00B53F16"/>
+    <w:rsid w:val="00B541E3"/>
     <w:rsid w:val="00B54BE4"/>
     <w:rsid w:val="00B54F8A"/>
     <w:rsid w:val="00B552AC"/>
     <w:rsid w:val="00B555B7"/>
     <w:rsid w:val="00B55A33"/>
     <w:rsid w:val="00B55ABA"/>
     <w:rsid w:val="00B5641D"/>
     <w:rsid w:val="00B56452"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B56EC4"/>
     <w:rsid w:val="00B570C4"/>
     <w:rsid w:val="00B574D6"/>
     <w:rsid w:val="00B5756B"/>
+    <w:rsid w:val="00B578AA"/>
+    <w:rsid w:val="00B5792A"/>
     <w:rsid w:val="00B6003B"/>
     <w:rsid w:val="00B601E6"/>
     <w:rsid w:val="00B6069D"/>
     <w:rsid w:val="00B60965"/>
     <w:rsid w:val="00B60E96"/>
+    <w:rsid w:val="00B611A1"/>
     <w:rsid w:val="00B617CC"/>
     <w:rsid w:val="00B61C2F"/>
     <w:rsid w:val="00B61D68"/>
     <w:rsid w:val="00B6206B"/>
+    <w:rsid w:val="00B62273"/>
     <w:rsid w:val="00B62302"/>
     <w:rsid w:val="00B62AB5"/>
     <w:rsid w:val="00B62B72"/>
+    <w:rsid w:val="00B62E7D"/>
+    <w:rsid w:val="00B63738"/>
     <w:rsid w:val="00B63878"/>
     <w:rsid w:val="00B63BB9"/>
+    <w:rsid w:val="00B64C31"/>
     <w:rsid w:val="00B64D90"/>
     <w:rsid w:val="00B64F9F"/>
     <w:rsid w:val="00B65577"/>
     <w:rsid w:val="00B657FA"/>
     <w:rsid w:val="00B65DE3"/>
     <w:rsid w:val="00B663C2"/>
     <w:rsid w:val="00B664C2"/>
     <w:rsid w:val="00B6656D"/>
     <w:rsid w:val="00B66856"/>
     <w:rsid w:val="00B66A07"/>
+    <w:rsid w:val="00B673BD"/>
+    <w:rsid w:val="00B6749F"/>
     <w:rsid w:val="00B675B8"/>
     <w:rsid w:val="00B67943"/>
     <w:rsid w:val="00B705E3"/>
     <w:rsid w:val="00B706EB"/>
+    <w:rsid w:val="00B7088F"/>
     <w:rsid w:val="00B71000"/>
+    <w:rsid w:val="00B71F4A"/>
     <w:rsid w:val="00B71F7A"/>
     <w:rsid w:val="00B726E9"/>
     <w:rsid w:val="00B72AD1"/>
+    <w:rsid w:val="00B72CE1"/>
+    <w:rsid w:val="00B72FCF"/>
     <w:rsid w:val="00B732C2"/>
     <w:rsid w:val="00B73D8F"/>
     <w:rsid w:val="00B73E9A"/>
     <w:rsid w:val="00B740C8"/>
     <w:rsid w:val="00B740EA"/>
+    <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B74649"/>
+    <w:rsid w:val="00B74B2A"/>
     <w:rsid w:val="00B74C72"/>
+    <w:rsid w:val="00B74E06"/>
     <w:rsid w:val="00B75110"/>
     <w:rsid w:val="00B75402"/>
+    <w:rsid w:val="00B75655"/>
     <w:rsid w:val="00B75D25"/>
     <w:rsid w:val="00B75FCC"/>
     <w:rsid w:val="00B76B5A"/>
     <w:rsid w:val="00B76D82"/>
     <w:rsid w:val="00B76EAC"/>
+    <w:rsid w:val="00B76F90"/>
     <w:rsid w:val="00B7757F"/>
     <w:rsid w:val="00B77AD5"/>
-    <w:rsid w:val="00B8013B"/>
     <w:rsid w:val="00B806D1"/>
     <w:rsid w:val="00B80C74"/>
     <w:rsid w:val="00B80FDB"/>
     <w:rsid w:val="00B81018"/>
     <w:rsid w:val="00B8123D"/>
     <w:rsid w:val="00B81384"/>
     <w:rsid w:val="00B81850"/>
+    <w:rsid w:val="00B8189A"/>
     <w:rsid w:val="00B81AA0"/>
+    <w:rsid w:val="00B81ADF"/>
     <w:rsid w:val="00B81D60"/>
     <w:rsid w:val="00B8262E"/>
     <w:rsid w:val="00B8286C"/>
     <w:rsid w:val="00B82D6F"/>
+    <w:rsid w:val="00B83617"/>
     <w:rsid w:val="00B836B6"/>
     <w:rsid w:val="00B839E1"/>
     <w:rsid w:val="00B83A6B"/>
     <w:rsid w:val="00B83C3B"/>
     <w:rsid w:val="00B83FBF"/>
     <w:rsid w:val="00B84024"/>
     <w:rsid w:val="00B8430E"/>
     <w:rsid w:val="00B844EC"/>
+    <w:rsid w:val="00B84FED"/>
+    <w:rsid w:val="00B8541E"/>
     <w:rsid w:val="00B8594B"/>
+    <w:rsid w:val="00B85CC0"/>
     <w:rsid w:val="00B85CE9"/>
     <w:rsid w:val="00B85E47"/>
     <w:rsid w:val="00B86333"/>
     <w:rsid w:val="00B86428"/>
     <w:rsid w:val="00B86B77"/>
     <w:rsid w:val="00B86BA3"/>
     <w:rsid w:val="00B86C10"/>
     <w:rsid w:val="00B87747"/>
     <w:rsid w:val="00B879EC"/>
     <w:rsid w:val="00B87B44"/>
     <w:rsid w:val="00B87FD4"/>
+    <w:rsid w:val="00B90500"/>
     <w:rsid w:val="00B907CE"/>
     <w:rsid w:val="00B90965"/>
     <w:rsid w:val="00B90BEB"/>
     <w:rsid w:val="00B91AE4"/>
     <w:rsid w:val="00B91D7C"/>
     <w:rsid w:val="00B91E10"/>
     <w:rsid w:val="00B9259A"/>
     <w:rsid w:val="00B929A0"/>
     <w:rsid w:val="00B92C2C"/>
     <w:rsid w:val="00B92F07"/>
     <w:rsid w:val="00B93131"/>
     <w:rsid w:val="00B9321E"/>
     <w:rsid w:val="00B9340B"/>
     <w:rsid w:val="00B93B5E"/>
     <w:rsid w:val="00B93C9D"/>
     <w:rsid w:val="00B93F6C"/>
     <w:rsid w:val="00B942DB"/>
     <w:rsid w:val="00B94D41"/>
     <w:rsid w:val="00B94E3A"/>
     <w:rsid w:val="00B94F7E"/>
-    <w:rsid w:val="00B954DA"/>
     <w:rsid w:val="00B954E4"/>
     <w:rsid w:val="00B95657"/>
     <w:rsid w:val="00B97004"/>
     <w:rsid w:val="00B97AB2"/>
     <w:rsid w:val="00BA00BE"/>
     <w:rsid w:val="00BA04AA"/>
     <w:rsid w:val="00BA0F20"/>
+    <w:rsid w:val="00BA106A"/>
+    <w:rsid w:val="00BA1296"/>
     <w:rsid w:val="00BA2473"/>
     <w:rsid w:val="00BA2483"/>
     <w:rsid w:val="00BA279D"/>
+    <w:rsid w:val="00BA28BD"/>
     <w:rsid w:val="00BA2912"/>
     <w:rsid w:val="00BA2960"/>
+    <w:rsid w:val="00BA3CD4"/>
     <w:rsid w:val="00BA3D5B"/>
+    <w:rsid w:val="00BA4922"/>
     <w:rsid w:val="00BA4A41"/>
     <w:rsid w:val="00BA50DF"/>
     <w:rsid w:val="00BA5145"/>
     <w:rsid w:val="00BA5433"/>
     <w:rsid w:val="00BA59C0"/>
     <w:rsid w:val="00BA621B"/>
     <w:rsid w:val="00BA6A0D"/>
-    <w:rsid w:val="00BA70D2"/>
     <w:rsid w:val="00BA7502"/>
     <w:rsid w:val="00BA795D"/>
     <w:rsid w:val="00BB0096"/>
+    <w:rsid w:val="00BB00D5"/>
+    <w:rsid w:val="00BB0578"/>
     <w:rsid w:val="00BB0731"/>
     <w:rsid w:val="00BB0E44"/>
     <w:rsid w:val="00BB170F"/>
     <w:rsid w:val="00BB17AF"/>
     <w:rsid w:val="00BB1939"/>
     <w:rsid w:val="00BB19D3"/>
     <w:rsid w:val="00BB1A0F"/>
     <w:rsid w:val="00BB200E"/>
+    <w:rsid w:val="00BB28A6"/>
     <w:rsid w:val="00BB3F2E"/>
+    <w:rsid w:val="00BB400B"/>
+    <w:rsid w:val="00BB4B2F"/>
     <w:rsid w:val="00BB4C2F"/>
+    <w:rsid w:val="00BB5044"/>
     <w:rsid w:val="00BB5B59"/>
     <w:rsid w:val="00BB5E5A"/>
     <w:rsid w:val="00BB614C"/>
     <w:rsid w:val="00BB64D3"/>
+    <w:rsid w:val="00BB6A05"/>
     <w:rsid w:val="00BB6DB6"/>
     <w:rsid w:val="00BB7166"/>
     <w:rsid w:val="00BB777E"/>
     <w:rsid w:val="00BB7AE9"/>
     <w:rsid w:val="00BB7BBC"/>
     <w:rsid w:val="00BB7E87"/>
     <w:rsid w:val="00BC0353"/>
     <w:rsid w:val="00BC055A"/>
     <w:rsid w:val="00BC06B3"/>
+    <w:rsid w:val="00BC0D0D"/>
     <w:rsid w:val="00BC0D12"/>
+    <w:rsid w:val="00BC0EB1"/>
     <w:rsid w:val="00BC0FF1"/>
     <w:rsid w:val="00BC1762"/>
     <w:rsid w:val="00BC1D90"/>
     <w:rsid w:val="00BC2675"/>
     <w:rsid w:val="00BC26FD"/>
     <w:rsid w:val="00BC29F1"/>
     <w:rsid w:val="00BC2B47"/>
     <w:rsid w:val="00BC2F00"/>
     <w:rsid w:val="00BC326F"/>
     <w:rsid w:val="00BC3AC8"/>
     <w:rsid w:val="00BC3E3C"/>
     <w:rsid w:val="00BC426A"/>
     <w:rsid w:val="00BC47E3"/>
     <w:rsid w:val="00BC4F60"/>
     <w:rsid w:val="00BC4F8C"/>
     <w:rsid w:val="00BC561D"/>
+    <w:rsid w:val="00BC5D49"/>
     <w:rsid w:val="00BC5D88"/>
     <w:rsid w:val="00BC5E7A"/>
+    <w:rsid w:val="00BC64C6"/>
     <w:rsid w:val="00BC65D6"/>
     <w:rsid w:val="00BC6786"/>
     <w:rsid w:val="00BC6B8A"/>
+    <w:rsid w:val="00BC7382"/>
     <w:rsid w:val="00BC750B"/>
     <w:rsid w:val="00BD0FB1"/>
     <w:rsid w:val="00BD100B"/>
     <w:rsid w:val="00BD136C"/>
+    <w:rsid w:val="00BD16D2"/>
     <w:rsid w:val="00BD18C0"/>
     <w:rsid w:val="00BD2CA4"/>
     <w:rsid w:val="00BD2EBF"/>
     <w:rsid w:val="00BD3792"/>
     <w:rsid w:val="00BD3C80"/>
     <w:rsid w:val="00BD3CC4"/>
     <w:rsid w:val="00BD3F75"/>
     <w:rsid w:val="00BD4136"/>
+    <w:rsid w:val="00BD4867"/>
     <w:rsid w:val="00BD486F"/>
     <w:rsid w:val="00BD4B19"/>
     <w:rsid w:val="00BD50D6"/>
     <w:rsid w:val="00BD51FB"/>
     <w:rsid w:val="00BD5378"/>
     <w:rsid w:val="00BD550A"/>
+    <w:rsid w:val="00BD5747"/>
     <w:rsid w:val="00BD5E8F"/>
     <w:rsid w:val="00BD62E6"/>
     <w:rsid w:val="00BD646E"/>
     <w:rsid w:val="00BD64D4"/>
     <w:rsid w:val="00BD6D9D"/>
     <w:rsid w:val="00BD7868"/>
     <w:rsid w:val="00BE00E5"/>
     <w:rsid w:val="00BE0624"/>
     <w:rsid w:val="00BE0BB6"/>
     <w:rsid w:val="00BE0E49"/>
+    <w:rsid w:val="00BE0EC6"/>
     <w:rsid w:val="00BE1FC6"/>
     <w:rsid w:val="00BE22CB"/>
     <w:rsid w:val="00BE2446"/>
     <w:rsid w:val="00BE2746"/>
     <w:rsid w:val="00BE28E5"/>
     <w:rsid w:val="00BE2C5C"/>
     <w:rsid w:val="00BE2D03"/>
     <w:rsid w:val="00BE2D09"/>
     <w:rsid w:val="00BE2DCC"/>
     <w:rsid w:val="00BE2E72"/>
     <w:rsid w:val="00BE345B"/>
     <w:rsid w:val="00BE3A5C"/>
     <w:rsid w:val="00BE3E7C"/>
     <w:rsid w:val="00BE3FA2"/>
     <w:rsid w:val="00BE4084"/>
     <w:rsid w:val="00BE48B1"/>
     <w:rsid w:val="00BE4938"/>
     <w:rsid w:val="00BE4DA1"/>
     <w:rsid w:val="00BE4FCB"/>
     <w:rsid w:val="00BE5394"/>
     <w:rsid w:val="00BE54D8"/>
     <w:rsid w:val="00BE55C5"/>
     <w:rsid w:val="00BE57DB"/>
     <w:rsid w:val="00BE68E6"/>
+    <w:rsid w:val="00BE6FF7"/>
     <w:rsid w:val="00BE7B8B"/>
+    <w:rsid w:val="00BE7D77"/>
     <w:rsid w:val="00BE7FCA"/>
     <w:rsid w:val="00BF0126"/>
+    <w:rsid w:val="00BF0224"/>
     <w:rsid w:val="00BF0871"/>
+    <w:rsid w:val="00BF0BF2"/>
     <w:rsid w:val="00BF119A"/>
+    <w:rsid w:val="00BF1B13"/>
+    <w:rsid w:val="00BF2242"/>
     <w:rsid w:val="00BF2676"/>
     <w:rsid w:val="00BF2797"/>
     <w:rsid w:val="00BF2A88"/>
+    <w:rsid w:val="00BF2B9A"/>
     <w:rsid w:val="00BF2C7F"/>
     <w:rsid w:val="00BF2D85"/>
     <w:rsid w:val="00BF308F"/>
     <w:rsid w:val="00BF32B1"/>
     <w:rsid w:val="00BF37A5"/>
     <w:rsid w:val="00BF387B"/>
+    <w:rsid w:val="00BF3CB3"/>
+    <w:rsid w:val="00BF45D6"/>
     <w:rsid w:val="00BF48C2"/>
     <w:rsid w:val="00BF4CA8"/>
     <w:rsid w:val="00BF5425"/>
     <w:rsid w:val="00BF5C90"/>
     <w:rsid w:val="00BF62C9"/>
     <w:rsid w:val="00BF7045"/>
     <w:rsid w:val="00BF7140"/>
+    <w:rsid w:val="00BF773E"/>
     <w:rsid w:val="00BF794A"/>
     <w:rsid w:val="00BF7A11"/>
+    <w:rsid w:val="00C001EB"/>
     <w:rsid w:val="00C0084E"/>
+    <w:rsid w:val="00C01145"/>
     <w:rsid w:val="00C022F0"/>
     <w:rsid w:val="00C02B0F"/>
     <w:rsid w:val="00C032B2"/>
     <w:rsid w:val="00C03426"/>
     <w:rsid w:val="00C03543"/>
     <w:rsid w:val="00C03AD8"/>
     <w:rsid w:val="00C04246"/>
     <w:rsid w:val="00C046EB"/>
     <w:rsid w:val="00C0496B"/>
+    <w:rsid w:val="00C04C4A"/>
     <w:rsid w:val="00C04F07"/>
     <w:rsid w:val="00C056C9"/>
     <w:rsid w:val="00C057D4"/>
     <w:rsid w:val="00C05BC6"/>
     <w:rsid w:val="00C05EEA"/>
     <w:rsid w:val="00C05F11"/>
     <w:rsid w:val="00C05F9D"/>
     <w:rsid w:val="00C067B7"/>
     <w:rsid w:val="00C06D78"/>
     <w:rsid w:val="00C06F77"/>
     <w:rsid w:val="00C06FB2"/>
     <w:rsid w:val="00C077FD"/>
     <w:rsid w:val="00C1081D"/>
     <w:rsid w:val="00C116FD"/>
+    <w:rsid w:val="00C11828"/>
     <w:rsid w:val="00C11973"/>
     <w:rsid w:val="00C1198D"/>
     <w:rsid w:val="00C119E9"/>
     <w:rsid w:val="00C11A50"/>
+    <w:rsid w:val="00C12576"/>
     <w:rsid w:val="00C12EF4"/>
     <w:rsid w:val="00C12F8D"/>
     <w:rsid w:val="00C13D58"/>
     <w:rsid w:val="00C1401C"/>
     <w:rsid w:val="00C1410E"/>
     <w:rsid w:val="00C1420C"/>
     <w:rsid w:val="00C146BD"/>
+    <w:rsid w:val="00C154C9"/>
     <w:rsid w:val="00C15557"/>
     <w:rsid w:val="00C159AC"/>
     <w:rsid w:val="00C1645B"/>
     <w:rsid w:val="00C16CAF"/>
     <w:rsid w:val="00C173A9"/>
+    <w:rsid w:val="00C17C4B"/>
     <w:rsid w:val="00C17C52"/>
     <w:rsid w:val="00C17DA5"/>
+    <w:rsid w:val="00C20605"/>
     <w:rsid w:val="00C20753"/>
     <w:rsid w:val="00C209B7"/>
     <w:rsid w:val="00C20C5B"/>
     <w:rsid w:val="00C21686"/>
     <w:rsid w:val="00C21875"/>
     <w:rsid w:val="00C21C82"/>
     <w:rsid w:val="00C2244B"/>
     <w:rsid w:val="00C229AE"/>
     <w:rsid w:val="00C22B58"/>
     <w:rsid w:val="00C22F40"/>
     <w:rsid w:val="00C23E6C"/>
+    <w:rsid w:val="00C23EEC"/>
     <w:rsid w:val="00C241CA"/>
     <w:rsid w:val="00C24343"/>
     <w:rsid w:val="00C2455D"/>
+    <w:rsid w:val="00C24563"/>
     <w:rsid w:val="00C24720"/>
     <w:rsid w:val="00C24C1D"/>
+    <w:rsid w:val="00C24FB9"/>
     <w:rsid w:val="00C253A3"/>
+    <w:rsid w:val="00C255A8"/>
     <w:rsid w:val="00C256BB"/>
+    <w:rsid w:val="00C25867"/>
     <w:rsid w:val="00C258A3"/>
     <w:rsid w:val="00C259EC"/>
+    <w:rsid w:val="00C25B90"/>
     <w:rsid w:val="00C25E42"/>
     <w:rsid w:val="00C2622E"/>
     <w:rsid w:val="00C26A58"/>
     <w:rsid w:val="00C26E1B"/>
     <w:rsid w:val="00C26F3A"/>
     <w:rsid w:val="00C271EE"/>
     <w:rsid w:val="00C274AD"/>
     <w:rsid w:val="00C27757"/>
     <w:rsid w:val="00C27946"/>
     <w:rsid w:val="00C27A25"/>
+    <w:rsid w:val="00C3097C"/>
     <w:rsid w:val="00C30C3D"/>
     <w:rsid w:val="00C31010"/>
     <w:rsid w:val="00C31898"/>
     <w:rsid w:val="00C31C82"/>
     <w:rsid w:val="00C31C90"/>
+    <w:rsid w:val="00C31D55"/>
     <w:rsid w:val="00C3240D"/>
     <w:rsid w:val="00C32E97"/>
     <w:rsid w:val="00C32F50"/>
     <w:rsid w:val="00C33117"/>
+    <w:rsid w:val="00C33168"/>
     <w:rsid w:val="00C34B48"/>
     <w:rsid w:val="00C34E5F"/>
     <w:rsid w:val="00C34F3F"/>
     <w:rsid w:val="00C35343"/>
     <w:rsid w:val="00C35B70"/>
     <w:rsid w:val="00C35EF0"/>
     <w:rsid w:val="00C36A66"/>
     <w:rsid w:val="00C37117"/>
     <w:rsid w:val="00C372C7"/>
     <w:rsid w:val="00C377FF"/>
     <w:rsid w:val="00C37AAE"/>
     <w:rsid w:val="00C37EF9"/>
     <w:rsid w:val="00C40430"/>
+    <w:rsid w:val="00C40444"/>
+    <w:rsid w:val="00C404E1"/>
     <w:rsid w:val="00C405BC"/>
     <w:rsid w:val="00C4067E"/>
     <w:rsid w:val="00C406F6"/>
     <w:rsid w:val="00C40891"/>
     <w:rsid w:val="00C408EB"/>
     <w:rsid w:val="00C40F48"/>
     <w:rsid w:val="00C418AF"/>
+    <w:rsid w:val="00C41DE7"/>
     <w:rsid w:val="00C41F91"/>
     <w:rsid w:val="00C422A2"/>
     <w:rsid w:val="00C42BCC"/>
     <w:rsid w:val="00C42DDB"/>
     <w:rsid w:val="00C43319"/>
+    <w:rsid w:val="00C43E87"/>
+    <w:rsid w:val="00C446A6"/>
     <w:rsid w:val="00C44809"/>
     <w:rsid w:val="00C44AFF"/>
     <w:rsid w:val="00C44E11"/>
     <w:rsid w:val="00C45C8C"/>
     <w:rsid w:val="00C45CAD"/>
     <w:rsid w:val="00C45E30"/>
     <w:rsid w:val="00C46490"/>
     <w:rsid w:val="00C465C5"/>
     <w:rsid w:val="00C467B4"/>
     <w:rsid w:val="00C46B49"/>
     <w:rsid w:val="00C46D29"/>
+    <w:rsid w:val="00C4708A"/>
     <w:rsid w:val="00C475EA"/>
     <w:rsid w:val="00C47877"/>
+    <w:rsid w:val="00C47C3E"/>
     <w:rsid w:val="00C47F57"/>
     <w:rsid w:val="00C47F71"/>
     <w:rsid w:val="00C50117"/>
     <w:rsid w:val="00C5011E"/>
+    <w:rsid w:val="00C50229"/>
+    <w:rsid w:val="00C5048B"/>
     <w:rsid w:val="00C5068B"/>
     <w:rsid w:val="00C50D85"/>
     <w:rsid w:val="00C50DCC"/>
+    <w:rsid w:val="00C50F19"/>
     <w:rsid w:val="00C50F6C"/>
+    <w:rsid w:val="00C51090"/>
     <w:rsid w:val="00C51941"/>
     <w:rsid w:val="00C519B0"/>
+    <w:rsid w:val="00C51AD9"/>
     <w:rsid w:val="00C51E23"/>
     <w:rsid w:val="00C52384"/>
     <w:rsid w:val="00C52CD1"/>
     <w:rsid w:val="00C532A6"/>
     <w:rsid w:val="00C54212"/>
     <w:rsid w:val="00C5469E"/>
     <w:rsid w:val="00C54876"/>
     <w:rsid w:val="00C552B8"/>
     <w:rsid w:val="00C554D8"/>
     <w:rsid w:val="00C55BDA"/>
     <w:rsid w:val="00C5636C"/>
     <w:rsid w:val="00C56836"/>
     <w:rsid w:val="00C5697E"/>
+    <w:rsid w:val="00C56A4F"/>
     <w:rsid w:val="00C57902"/>
     <w:rsid w:val="00C57B73"/>
     <w:rsid w:val="00C6057B"/>
     <w:rsid w:val="00C6096B"/>
     <w:rsid w:val="00C61944"/>
     <w:rsid w:val="00C61D0E"/>
     <w:rsid w:val="00C62203"/>
     <w:rsid w:val="00C62995"/>
     <w:rsid w:val="00C62F93"/>
+    <w:rsid w:val="00C62F9A"/>
     <w:rsid w:val="00C63046"/>
     <w:rsid w:val="00C630BD"/>
     <w:rsid w:val="00C635D2"/>
     <w:rsid w:val="00C6367F"/>
     <w:rsid w:val="00C63726"/>
     <w:rsid w:val="00C63959"/>
     <w:rsid w:val="00C63B8B"/>
     <w:rsid w:val="00C64157"/>
     <w:rsid w:val="00C64BA4"/>
+    <w:rsid w:val="00C64C5C"/>
     <w:rsid w:val="00C64DCF"/>
     <w:rsid w:val="00C6510C"/>
+    <w:rsid w:val="00C65538"/>
     <w:rsid w:val="00C65D16"/>
     <w:rsid w:val="00C66AB7"/>
     <w:rsid w:val="00C66B6A"/>
     <w:rsid w:val="00C671DE"/>
+    <w:rsid w:val="00C67380"/>
     <w:rsid w:val="00C674B2"/>
     <w:rsid w:val="00C67666"/>
     <w:rsid w:val="00C67B79"/>
     <w:rsid w:val="00C67FE5"/>
+    <w:rsid w:val="00C70088"/>
     <w:rsid w:val="00C70420"/>
+    <w:rsid w:val="00C70580"/>
     <w:rsid w:val="00C70587"/>
+    <w:rsid w:val="00C707F2"/>
     <w:rsid w:val="00C71109"/>
     <w:rsid w:val="00C717BF"/>
+    <w:rsid w:val="00C71EED"/>
     <w:rsid w:val="00C7200F"/>
     <w:rsid w:val="00C7255C"/>
     <w:rsid w:val="00C726F1"/>
     <w:rsid w:val="00C73545"/>
     <w:rsid w:val="00C741CD"/>
+    <w:rsid w:val="00C74372"/>
     <w:rsid w:val="00C74832"/>
     <w:rsid w:val="00C74BCF"/>
     <w:rsid w:val="00C75138"/>
     <w:rsid w:val="00C752CB"/>
     <w:rsid w:val="00C75527"/>
     <w:rsid w:val="00C759D6"/>
     <w:rsid w:val="00C75B72"/>
     <w:rsid w:val="00C75F0D"/>
     <w:rsid w:val="00C76928"/>
+    <w:rsid w:val="00C7699E"/>
     <w:rsid w:val="00C77035"/>
     <w:rsid w:val="00C7776E"/>
     <w:rsid w:val="00C778AC"/>
+    <w:rsid w:val="00C778CD"/>
     <w:rsid w:val="00C77EDC"/>
     <w:rsid w:val="00C8007C"/>
     <w:rsid w:val="00C80089"/>
     <w:rsid w:val="00C8012D"/>
     <w:rsid w:val="00C8076A"/>
     <w:rsid w:val="00C8108A"/>
+    <w:rsid w:val="00C81392"/>
     <w:rsid w:val="00C817E6"/>
     <w:rsid w:val="00C81D2F"/>
+    <w:rsid w:val="00C81D3F"/>
+    <w:rsid w:val="00C81E94"/>
+    <w:rsid w:val="00C82205"/>
+    <w:rsid w:val="00C823B1"/>
     <w:rsid w:val="00C82419"/>
     <w:rsid w:val="00C8414F"/>
     <w:rsid w:val="00C84234"/>
     <w:rsid w:val="00C8427F"/>
     <w:rsid w:val="00C8460D"/>
     <w:rsid w:val="00C847C9"/>
     <w:rsid w:val="00C84C95"/>
     <w:rsid w:val="00C867B3"/>
     <w:rsid w:val="00C868B9"/>
     <w:rsid w:val="00C86956"/>
     <w:rsid w:val="00C86FA5"/>
     <w:rsid w:val="00C8733C"/>
     <w:rsid w:val="00C87350"/>
     <w:rsid w:val="00C876F0"/>
     <w:rsid w:val="00C87C3E"/>
+    <w:rsid w:val="00C87F1C"/>
     <w:rsid w:val="00C901D1"/>
     <w:rsid w:val="00C90A14"/>
+    <w:rsid w:val="00C90A80"/>
+    <w:rsid w:val="00C90BF0"/>
     <w:rsid w:val="00C90CE4"/>
     <w:rsid w:val="00C913C6"/>
     <w:rsid w:val="00C91A17"/>
     <w:rsid w:val="00C91E19"/>
     <w:rsid w:val="00C92564"/>
     <w:rsid w:val="00C92C54"/>
     <w:rsid w:val="00C92D8C"/>
     <w:rsid w:val="00C92F41"/>
     <w:rsid w:val="00C93788"/>
     <w:rsid w:val="00C94CF5"/>
+    <w:rsid w:val="00C953D5"/>
     <w:rsid w:val="00C953DA"/>
     <w:rsid w:val="00C9588D"/>
     <w:rsid w:val="00C95DFA"/>
     <w:rsid w:val="00C96729"/>
     <w:rsid w:val="00C969CF"/>
     <w:rsid w:val="00C96EEE"/>
+    <w:rsid w:val="00C97059"/>
     <w:rsid w:val="00C971C2"/>
     <w:rsid w:val="00C97264"/>
     <w:rsid w:val="00C974B9"/>
     <w:rsid w:val="00C977E2"/>
     <w:rsid w:val="00C9786B"/>
     <w:rsid w:val="00C97992"/>
     <w:rsid w:val="00C979EA"/>
     <w:rsid w:val="00C97DB4"/>
     <w:rsid w:val="00CA0D37"/>
     <w:rsid w:val="00CA120B"/>
     <w:rsid w:val="00CA26E8"/>
     <w:rsid w:val="00CA2A0A"/>
+    <w:rsid w:val="00CA2DAA"/>
+    <w:rsid w:val="00CA2E15"/>
     <w:rsid w:val="00CA3329"/>
+    <w:rsid w:val="00CA394E"/>
+    <w:rsid w:val="00CA395E"/>
     <w:rsid w:val="00CA3C5B"/>
     <w:rsid w:val="00CA4330"/>
+    <w:rsid w:val="00CA4B7E"/>
     <w:rsid w:val="00CA4DA2"/>
     <w:rsid w:val="00CA5165"/>
     <w:rsid w:val="00CA5424"/>
     <w:rsid w:val="00CA562C"/>
     <w:rsid w:val="00CA5BF0"/>
     <w:rsid w:val="00CA5F14"/>
     <w:rsid w:val="00CA6501"/>
     <w:rsid w:val="00CA660D"/>
     <w:rsid w:val="00CA7838"/>
+    <w:rsid w:val="00CA7931"/>
     <w:rsid w:val="00CA7951"/>
+    <w:rsid w:val="00CA7A63"/>
+    <w:rsid w:val="00CA7B69"/>
     <w:rsid w:val="00CA7DDF"/>
     <w:rsid w:val="00CB00E4"/>
     <w:rsid w:val="00CB08EB"/>
+    <w:rsid w:val="00CB107E"/>
     <w:rsid w:val="00CB157F"/>
     <w:rsid w:val="00CB15BC"/>
     <w:rsid w:val="00CB1A0E"/>
     <w:rsid w:val="00CB1E04"/>
     <w:rsid w:val="00CB1E49"/>
+    <w:rsid w:val="00CB2199"/>
     <w:rsid w:val="00CB25A4"/>
     <w:rsid w:val="00CB29D7"/>
     <w:rsid w:val="00CB2CB2"/>
     <w:rsid w:val="00CB2ED5"/>
     <w:rsid w:val="00CB2F92"/>
     <w:rsid w:val="00CB44F7"/>
     <w:rsid w:val="00CB4795"/>
     <w:rsid w:val="00CB49C9"/>
     <w:rsid w:val="00CB4D46"/>
     <w:rsid w:val="00CB4D65"/>
     <w:rsid w:val="00CB4F48"/>
     <w:rsid w:val="00CB553D"/>
     <w:rsid w:val="00CB568C"/>
     <w:rsid w:val="00CB56FF"/>
     <w:rsid w:val="00CB58BE"/>
+    <w:rsid w:val="00CB59BC"/>
     <w:rsid w:val="00CB59D6"/>
     <w:rsid w:val="00CB5DA0"/>
     <w:rsid w:val="00CB61EF"/>
     <w:rsid w:val="00CB6262"/>
     <w:rsid w:val="00CB6999"/>
+    <w:rsid w:val="00CB6BF7"/>
     <w:rsid w:val="00CB77D7"/>
     <w:rsid w:val="00CC08A3"/>
     <w:rsid w:val="00CC16DA"/>
     <w:rsid w:val="00CC1885"/>
     <w:rsid w:val="00CC19E9"/>
+    <w:rsid w:val="00CC227B"/>
     <w:rsid w:val="00CC2397"/>
+    <w:rsid w:val="00CC253E"/>
     <w:rsid w:val="00CC254F"/>
     <w:rsid w:val="00CC2B15"/>
     <w:rsid w:val="00CC2C14"/>
     <w:rsid w:val="00CC2D2A"/>
     <w:rsid w:val="00CC393D"/>
     <w:rsid w:val="00CC3A2A"/>
     <w:rsid w:val="00CC42B1"/>
+    <w:rsid w:val="00CC44E2"/>
     <w:rsid w:val="00CC4A72"/>
     <w:rsid w:val="00CC4D8C"/>
     <w:rsid w:val="00CC5354"/>
     <w:rsid w:val="00CC53EF"/>
+    <w:rsid w:val="00CC5469"/>
     <w:rsid w:val="00CC5659"/>
+    <w:rsid w:val="00CC5DF6"/>
+    <w:rsid w:val="00CC6150"/>
     <w:rsid w:val="00CC641D"/>
     <w:rsid w:val="00CC6631"/>
     <w:rsid w:val="00CC6653"/>
     <w:rsid w:val="00CC6794"/>
     <w:rsid w:val="00CC6892"/>
     <w:rsid w:val="00CC6CD0"/>
+    <w:rsid w:val="00CC6DF2"/>
+    <w:rsid w:val="00CC769C"/>
+    <w:rsid w:val="00CD00C4"/>
     <w:rsid w:val="00CD04A8"/>
     <w:rsid w:val="00CD05E7"/>
     <w:rsid w:val="00CD0922"/>
     <w:rsid w:val="00CD0A89"/>
+    <w:rsid w:val="00CD0B50"/>
     <w:rsid w:val="00CD0BC0"/>
-    <w:rsid w:val="00CD0D5A"/>
     <w:rsid w:val="00CD12DB"/>
     <w:rsid w:val="00CD130F"/>
     <w:rsid w:val="00CD1433"/>
     <w:rsid w:val="00CD2357"/>
+    <w:rsid w:val="00CD2507"/>
     <w:rsid w:val="00CD2659"/>
+    <w:rsid w:val="00CD27C4"/>
     <w:rsid w:val="00CD2AA8"/>
     <w:rsid w:val="00CD2C0A"/>
     <w:rsid w:val="00CD35E8"/>
     <w:rsid w:val="00CD389D"/>
     <w:rsid w:val="00CD3A0C"/>
     <w:rsid w:val="00CD41A6"/>
     <w:rsid w:val="00CD41C5"/>
     <w:rsid w:val="00CD4469"/>
     <w:rsid w:val="00CD531E"/>
     <w:rsid w:val="00CD5768"/>
     <w:rsid w:val="00CD57C4"/>
     <w:rsid w:val="00CD595F"/>
     <w:rsid w:val="00CD5DEE"/>
     <w:rsid w:val="00CD6006"/>
     <w:rsid w:val="00CD6124"/>
     <w:rsid w:val="00CD629E"/>
     <w:rsid w:val="00CD63DF"/>
     <w:rsid w:val="00CD6F11"/>
     <w:rsid w:val="00CD7196"/>
     <w:rsid w:val="00CD71EA"/>
     <w:rsid w:val="00CD75DC"/>
     <w:rsid w:val="00CD7649"/>
     <w:rsid w:val="00CD7A55"/>
     <w:rsid w:val="00CE0859"/>
     <w:rsid w:val="00CE10EB"/>
     <w:rsid w:val="00CE1326"/>
     <w:rsid w:val="00CE1548"/>
     <w:rsid w:val="00CE18FC"/>
     <w:rsid w:val="00CE277B"/>
+    <w:rsid w:val="00CE2E81"/>
     <w:rsid w:val="00CE3465"/>
     <w:rsid w:val="00CE37D9"/>
+    <w:rsid w:val="00CE3FC0"/>
+    <w:rsid w:val="00CE4128"/>
     <w:rsid w:val="00CE4282"/>
     <w:rsid w:val="00CE44C9"/>
     <w:rsid w:val="00CE4863"/>
     <w:rsid w:val="00CE4961"/>
     <w:rsid w:val="00CE58D1"/>
     <w:rsid w:val="00CE6110"/>
     <w:rsid w:val="00CE62EE"/>
     <w:rsid w:val="00CE633E"/>
+    <w:rsid w:val="00CE6914"/>
     <w:rsid w:val="00CE6C94"/>
     <w:rsid w:val="00CE6D5D"/>
     <w:rsid w:val="00CE7158"/>
     <w:rsid w:val="00CE768C"/>
+    <w:rsid w:val="00CF0495"/>
     <w:rsid w:val="00CF04C5"/>
     <w:rsid w:val="00CF0E25"/>
     <w:rsid w:val="00CF0F83"/>
+    <w:rsid w:val="00CF11FD"/>
     <w:rsid w:val="00CF1FED"/>
     <w:rsid w:val="00CF2565"/>
     <w:rsid w:val="00CF2695"/>
+    <w:rsid w:val="00CF2A4A"/>
     <w:rsid w:val="00CF2A7E"/>
     <w:rsid w:val="00CF3835"/>
     <w:rsid w:val="00CF39C9"/>
     <w:rsid w:val="00CF3CDF"/>
+    <w:rsid w:val="00CF3D1F"/>
     <w:rsid w:val="00CF3E22"/>
     <w:rsid w:val="00CF4290"/>
     <w:rsid w:val="00CF491A"/>
     <w:rsid w:val="00CF4AF0"/>
     <w:rsid w:val="00CF525E"/>
     <w:rsid w:val="00CF527D"/>
     <w:rsid w:val="00CF55F0"/>
     <w:rsid w:val="00CF5721"/>
     <w:rsid w:val="00CF5CA1"/>
     <w:rsid w:val="00CF5FC0"/>
     <w:rsid w:val="00CF6C76"/>
     <w:rsid w:val="00CF73BC"/>
     <w:rsid w:val="00CF75D7"/>
     <w:rsid w:val="00CF7CA1"/>
     <w:rsid w:val="00D000C5"/>
     <w:rsid w:val="00D00553"/>
     <w:rsid w:val="00D006A1"/>
     <w:rsid w:val="00D00F82"/>
     <w:rsid w:val="00D012C3"/>
     <w:rsid w:val="00D0152F"/>
     <w:rsid w:val="00D01ABA"/>
     <w:rsid w:val="00D0267F"/>
     <w:rsid w:val="00D027EE"/>
     <w:rsid w:val="00D02C47"/>
     <w:rsid w:val="00D0357C"/>
     <w:rsid w:val="00D0377A"/>
     <w:rsid w:val="00D038F3"/>
     <w:rsid w:val="00D03C98"/>
     <w:rsid w:val="00D03E38"/>
+    <w:rsid w:val="00D03F27"/>
     <w:rsid w:val="00D0400D"/>
     <w:rsid w:val="00D045D2"/>
+    <w:rsid w:val="00D048A9"/>
     <w:rsid w:val="00D04E4A"/>
     <w:rsid w:val="00D04EB6"/>
     <w:rsid w:val="00D057BF"/>
+    <w:rsid w:val="00D057ED"/>
     <w:rsid w:val="00D05B4B"/>
     <w:rsid w:val="00D05C6B"/>
     <w:rsid w:val="00D05FAD"/>
     <w:rsid w:val="00D066F2"/>
     <w:rsid w:val="00D0672A"/>
     <w:rsid w:val="00D068E9"/>
     <w:rsid w:val="00D06C69"/>
+    <w:rsid w:val="00D06ECB"/>
     <w:rsid w:val="00D06F7F"/>
     <w:rsid w:val="00D072E8"/>
     <w:rsid w:val="00D07675"/>
     <w:rsid w:val="00D07B08"/>
     <w:rsid w:val="00D104CF"/>
     <w:rsid w:val="00D10A61"/>
     <w:rsid w:val="00D10B63"/>
+    <w:rsid w:val="00D10CAC"/>
     <w:rsid w:val="00D10EE2"/>
     <w:rsid w:val="00D12909"/>
     <w:rsid w:val="00D12A13"/>
     <w:rsid w:val="00D12FDA"/>
     <w:rsid w:val="00D13022"/>
     <w:rsid w:val="00D136E6"/>
     <w:rsid w:val="00D1374A"/>
+    <w:rsid w:val="00D13C83"/>
     <w:rsid w:val="00D14257"/>
     <w:rsid w:val="00D143C9"/>
+    <w:rsid w:val="00D15495"/>
     <w:rsid w:val="00D15553"/>
+    <w:rsid w:val="00D1571C"/>
     <w:rsid w:val="00D1579A"/>
+    <w:rsid w:val="00D15981"/>
     <w:rsid w:val="00D168CE"/>
+    <w:rsid w:val="00D16E56"/>
     <w:rsid w:val="00D17317"/>
     <w:rsid w:val="00D1740C"/>
+    <w:rsid w:val="00D1773A"/>
+    <w:rsid w:val="00D2038B"/>
     <w:rsid w:val="00D20760"/>
     <w:rsid w:val="00D20861"/>
+    <w:rsid w:val="00D20F1E"/>
     <w:rsid w:val="00D20F5B"/>
     <w:rsid w:val="00D212DF"/>
     <w:rsid w:val="00D217A5"/>
     <w:rsid w:val="00D2182C"/>
     <w:rsid w:val="00D21AD0"/>
+    <w:rsid w:val="00D21C98"/>
     <w:rsid w:val="00D223C3"/>
     <w:rsid w:val="00D22514"/>
     <w:rsid w:val="00D22675"/>
     <w:rsid w:val="00D22912"/>
     <w:rsid w:val="00D232B8"/>
     <w:rsid w:val="00D23354"/>
     <w:rsid w:val="00D233BA"/>
     <w:rsid w:val="00D23743"/>
     <w:rsid w:val="00D23D80"/>
     <w:rsid w:val="00D242B3"/>
     <w:rsid w:val="00D24400"/>
     <w:rsid w:val="00D250C9"/>
     <w:rsid w:val="00D25196"/>
+    <w:rsid w:val="00D25279"/>
     <w:rsid w:val="00D252C6"/>
     <w:rsid w:val="00D2587F"/>
+    <w:rsid w:val="00D259F1"/>
+    <w:rsid w:val="00D25DD8"/>
     <w:rsid w:val="00D268FB"/>
     <w:rsid w:val="00D26991"/>
     <w:rsid w:val="00D26D7E"/>
     <w:rsid w:val="00D27AE7"/>
     <w:rsid w:val="00D3009B"/>
     <w:rsid w:val="00D303B0"/>
     <w:rsid w:val="00D308A8"/>
     <w:rsid w:val="00D30FF0"/>
     <w:rsid w:val="00D31245"/>
     <w:rsid w:val="00D31307"/>
     <w:rsid w:val="00D3162D"/>
     <w:rsid w:val="00D31727"/>
+    <w:rsid w:val="00D3172A"/>
     <w:rsid w:val="00D320E0"/>
     <w:rsid w:val="00D3212C"/>
     <w:rsid w:val="00D32147"/>
     <w:rsid w:val="00D32704"/>
     <w:rsid w:val="00D3308E"/>
     <w:rsid w:val="00D331A4"/>
-    <w:rsid w:val="00D34706"/>
+    <w:rsid w:val="00D33330"/>
+    <w:rsid w:val="00D33476"/>
+    <w:rsid w:val="00D346A2"/>
+    <w:rsid w:val="00D34CF5"/>
+    <w:rsid w:val="00D35410"/>
     <w:rsid w:val="00D359E3"/>
+    <w:rsid w:val="00D35C82"/>
     <w:rsid w:val="00D36004"/>
+    <w:rsid w:val="00D3629E"/>
     <w:rsid w:val="00D36550"/>
+    <w:rsid w:val="00D36702"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E24"/>
     <w:rsid w:val="00D37755"/>
     <w:rsid w:val="00D378D9"/>
     <w:rsid w:val="00D3799C"/>
     <w:rsid w:val="00D409FB"/>
     <w:rsid w:val="00D41036"/>
     <w:rsid w:val="00D41A11"/>
     <w:rsid w:val="00D41A2E"/>
-    <w:rsid w:val="00D41D04"/>
     <w:rsid w:val="00D421E3"/>
     <w:rsid w:val="00D4239E"/>
     <w:rsid w:val="00D424D9"/>
+    <w:rsid w:val="00D42D2A"/>
     <w:rsid w:val="00D42E3E"/>
     <w:rsid w:val="00D4307B"/>
     <w:rsid w:val="00D430D6"/>
     <w:rsid w:val="00D444E9"/>
     <w:rsid w:val="00D44691"/>
+    <w:rsid w:val="00D44B6B"/>
     <w:rsid w:val="00D4525A"/>
     <w:rsid w:val="00D45990"/>
+    <w:rsid w:val="00D45A87"/>
+    <w:rsid w:val="00D45CA9"/>
+    <w:rsid w:val="00D45E20"/>
+    <w:rsid w:val="00D461D5"/>
     <w:rsid w:val="00D46200"/>
     <w:rsid w:val="00D47039"/>
     <w:rsid w:val="00D4708C"/>
+    <w:rsid w:val="00D4735A"/>
     <w:rsid w:val="00D47398"/>
+    <w:rsid w:val="00D474C8"/>
+    <w:rsid w:val="00D47783"/>
     <w:rsid w:val="00D479E3"/>
+    <w:rsid w:val="00D47D42"/>
     <w:rsid w:val="00D47D80"/>
     <w:rsid w:val="00D47EBD"/>
     <w:rsid w:val="00D50025"/>
     <w:rsid w:val="00D50626"/>
     <w:rsid w:val="00D507E0"/>
     <w:rsid w:val="00D50C50"/>
     <w:rsid w:val="00D50DC5"/>
     <w:rsid w:val="00D50E86"/>
     <w:rsid w:val="00D5126E"/>
     <w:rsid w:val="00D51A40"/>
     <w:rsid w:val="00D51C07"/>
     <w:rsid w:val="00D51C42"/>
     <w:rsid w:val="00D5203B"/>
     <w:rsid w:val="00D526C5"/>
     <w:rsid w:val="00D529EB"/>
     <w:rsid w:val="00D52A77"/>
     <w:rsid w:val="00D53073"/>
     <w:rsid w:val="00D53411"/>
     <w:rsid w:val="00D53693"/>
     <w:rsid w:val="00D537E3"/>
     <w:rsid w:val="00D53DE0"/>
     <w:rsid w:val="00D541F8"/>
     <w:rsid w:val="00D54C8F"/>
     <w:rsid w:val="00D54E12"/>
     <w:rsid w:val="00D54FA7"/>
     <w:rsid w:val="00D55338"/>
+    <w:rsid w:val="00D555FE"/>
     <w:rsid w:val="00D560A4"/>
     <w:rsid w:val="00D566C2"/>
     <w:rsid w:val="00D56B13"/>
     <w:rsid w:val="00D57489"/>
     <w:rsid w:val="00D5760F"/>
     <w:rsid w:val="00D57BBD"/>
     <w:rsid w:val="00D57CB4"/>
     <w:rsid w:val="00D57E43"/>
     <w:rsid w:val="00D60677"/>
+    <w:rsid w:val="00D616EC"/>
     <w:rsid w:val="00D61787"/>
     <w:rsid w:val="00D61CC6"/>
     <w:rsid w:val="00D61EC2"/>
     <w:rsid w:val="00D61F21"/>
     <w:rsid w:val="00D61FB5"/>
+    <w:rsid w:val="00D62638"/>
     <w:rsid w:val="00D627FF"/>
     <w:rsid w:val="00D62A0B"/>
+    <w:rsid w:val="00D62BB7"/>
     <w:rsid w:val="00D62DAD"/>
     <w:rsid w:val="00D62E19"/>
+    <w:rsid w:val="00D6302F"/>
     <w:rsid w:val="00D63185"/>
     <w:rsid w:val="00D63A41"/>
     <w:rsid w:val="00D63E4C"/>
     <w:rsid w:val="00D6461A"/>
     <w:rsid w:val="00D6488F"/>
     <w:rsid w:val="00D64A36"/>
     <w:rsid w:val="00D65390"/>
     <w:rsid w:val="00D658A2"/>
     <w:rsid w:val="00D67726"/>
     <w:rsid w:val="00D67A18"/>
+    <w:rsid w:val="00D70079"/>
+    <w:rsid w:val="00D70449"/>
     <w:rsid w:val="00D70B3F"/>
+    <w:rsid w:val="00D71900"/>
     <w:rsid w:val="00D71998"/>
     <w:rsid w:val="00D71A5B"/>
     <w:rsid w:val="00D71B90"/>
     <w:rsid w:val="00D722E4"/>
     <w:rsid w:val="00D725FF"/>
+    <w:rsid w:val="00D72A15"/>
     <w:rsid w:val="00D72A30"/>
     <w:rsid w:val="00D72FAE"/>
+    <w:rsid w:val="00D733B0"/>
     <w:rsid w:val="00D73558"/>
     <w:rsid w:val="00D73613"/>
     <w:rsid w:val="00D73667"/>
     <w:rsid w:val="00D7381E"/>
     <w:rsid w:val="00D738FA"/>
     <w:rsid w:val="00D73CDC"/>
     <w:rsid w:val="00D73F7A"/>
+    <w:rsid w:val="00D746D3"/>
+    <w:rsid w:val="00D747C2"/>
     <w:rsid w:val="00D74B3E"/>
     <w:rsid w:val="00D7575D"/>
     <w:rsid w:val="00D761D2"/>
     <w:rsid w:val="00D76251"/>
+    <w:rsid w:val="00D76525"/>
     <w:rsid w:val="00D77309"/>
+    <w:rsid w:val="00D773A2"/>
     <w:rsid w:val="00D77527"/>
     <w:rsid w:val="00D77686"/>
     <w:rsid w:val="00D77C60"/>
     <w:rsid w:val="00D80362"/>
     <w:rsid w:val="00D803E4"/>
     <w:rsid w:val="00D80720"/>
     <w:rsid w:val="00D80D02"/>
     <w:rsid w:val="00D811BB"/>
     <w:rsid w:val="00D816E5"/>
     <w:rsid w:val="00D81EDD"/>
     <w:rsid w:val="00D8234F"/>
     <w:rsid w:val="00D8274C"/>
     <w:rsid w:val="00D82833"/>
     <w:rsid w:val="00D8297C"/>
+    <w:rsid w:val="00D83AE1"/>
     <w:rsid w:val="00D83CB4"/>
     <w:rsid w:val="00D83ED5"/>
     <w:rsid w:val="00D8449D"/>
     <w:rsid w:val="00D84770"/>
     <w:rsid w:val="00D84981"/>
     <w:rsid w:val="00D84C12"/>
     <w:rsid w:val="00D8505C"/>
     <w:rsid w:val="00D85263"/>
     <w:rsid w:val="00D85C2D"/>
     <w:rsid w:val="00D861BE"/>
     <w:rsid w:val="00D86401"/>
     <w:rsid w:val="00D86601"/>
+    <w:rsid w:val="00D86AFA"/>
+    <w:rsid w:val="00D86BD7"/>
     <w:rsid w:val="00D86D6D"/>
+    <w:rsid w:val="00D86F5F"/>
     <w:rsid w:val="00D871F9"/>
     <w:rsid w:val="00D872E9"/>
     <w:rsid w:val="00D877D8"/>
     <w:rsid w:val="00D901BC"/>
+    <w:rsid w:val="00D90666"/>
     <w:rsid w:val="00D91D52"/>
     <w:rsid w:val="00D91E0D"/>
     <w:rsid w:val="00D91E2E"/>
     <w:rsid w:val="00D92005"/>
     <w:rsid w:val="00D920F3"/>
     <w:rsid w:val="00D9283A"/>
+    <w:rsid w:val="00D92C9A"/>
     <w:rsid w:val="00D92EA2"/>
     <w:rsid w:val="00D932A4"/>
     <w:rsid w:val="00D93585"/>
     <w:rsid w:val="00D93997"/>
     <w:rsid w:val="00D9444B"/>
     <w:rsid w:val="00D94E92"/>
     <w:rsid w:val="00D950B9"/>
     <w:rsid w:val="00D95125"/>
     <w:rsid w:val="00D95133"/>
+    <w:rsid w:val="00D95233"/>
+    <w:rsid w:val="00D955A6"/>
+    <w:rsid w:val="00D95611"/>
     <w:rsid w:val="00D95739"/>
+    <w:rsid w:val="00D95967"/>
     <w:rsid w:val="00D95B38"/>
     <w:rsid w:val="00D95F01"/>
+    <w:rsid w:val="00D962EF"/>
     <w:rsid w:val="00D96483"/>
     <w:rsid w:val="00D96CB7"/>
     <w:rsid w:val="00D970B0"/>
     <w:rsid w:val="00D97393"/>
     <w:rsid w:val="00D97A2F"/>
     <w:rsid w:val="00D97E3B"/>
     <w:rsid w:val="00D97EF6"/>
     <w:rsid w:val="00DA07EE"/>
     <w:rsid w:val="00DA14D8"/>
     <w:rsid w:val="00DA16B1"/>
     <w:rsid w:val="00DA17C4"/>
     <w:rsid w:val="00DA1AB1"/>
     <w:rsid w:val="00DA1F4C"/>
     <w:rsid w:val="00DA2646"/>
     <w:rsid w:val="00DA2AEA"/>
     <w:rsid w:val="00DA2D85"/>
     <w:rsid w:val="00DA2E44"/>
     <w:rsid w:val="00DA328D"/>
     <w:rsid w:val="00DA386A"/>
+    <w:rsid w:val="00DA44A3"/>
     <w:rsid w:val="00DA49B2"/>
     <w:rsid w:val="00DA4A8C"/>
     <w:rsid w:val="00DA4C86"/>
     <w:rsid w:val="00DA4F7E"/>
     <w:rsid w:val="00DA5155"/>
     <w:rsid w:val="00DA52F3"/>
     <w:rsid w:val="00DA623F"/>
     <w:rsid w:val="00DA6842"/>
     <w:rsid w:val="00DA73B7"/>
+    <w:rsid w:val="00DA7596"/>
     <w:rsid w:val="00DA7750"/>
     <w:rsid w:val="00DA78DB"/>
+    <w:rsid w:val="00DA7CA8"/>
     <w:rsid w:val="00DB05DD"/>
     <w:rsid w:val="00DB07C5"/>
     <w:rsid w:val="00DB0800"/>
     <w:rsid w:val="00DB0A92"/>
+    <w:rsid w:val="00DB0B7D"/>
     <w:rsid w:val="00DB0DC9"/>
     <w:rsid w:val="00DB11CD"/>
     <w:rsid w:val="00DB1227"/>
     <w:rsid w:val="00DB1427"/>
+    <w:rsid w:val="00DB1453"/>
     <w:rsid w:val="00DB16FA"/>
     <w:rsid w:val="00DB1CF1"/>
     <w:rsid w:val="00DB2BD0"/>
+    <w:rsid w:val="00DB2FD4"/>
     <w:rsid w:val="00DB371D"/>
     <w:rsid w:val="00DB3A47"/>
     <w:rsid w:val="00DB3C21"/>
     <w:rsid w:val="00DB3DCD"/>
     <w:rsid w:val="00DB3FD2"/>
     <w:rsid w:val="00DB4732"/>
     <w:rsid w:val="00DB4A0D"/>
+    <w:rsid w:val="00DB50E4"/>
     <w:rsid w:val="00DB555D"/>
     <w:rsid w:val="00DB5814"/>
     <w:rsid w:val="00DB5C22"/>
     <w:rsid w:val="00DB6125"/>
     <w:rsid w:val="00DB6A3E"/>
     <w:rsid w:val="00DB6C26"/>
     <w:rsid w:val="00DB7001"/>
     <w:rsid w:val="00DB706B"/>
+    <w:rsid w:val="00DB721C"/>
     <w:rsid w:val="00DB72E5"/>
     <w:rsid w:val="00DB74A0"/>
     <w:rsid w:val="00DB75CF"/>
+    <w:rsid w:val="00DC0055"/>
     <w:rsid w:val="00DC063C"/>
     <w:rsid w:val="00DC11A6"/>
     <w:rsid w:val="00DC1367"/>
     <w:rsid w:val="00DC13C8"/>
     <w:rsid w:val="00DC142B"/>
     <w:rsid w:val="00DC1571"/>
     <w:rsid w:val="00DC1963"/>
     <w:rsid w:val="00DC19FD"/>
     <w:rsid w:val="00DC2476"/>
+    <w:rsid w:val="00DC3329"/>
     <w:rsid w:val="00DC3534"/>
     <w:rsid w:val="00DC3609"/>
     <w:rsid w:val="00DC4364"/>
     <w:rsid w:val="00DC4BDB"/>
     <w:rsid w:val="00DC53E5"/>
     <w:rsid w:val="00DC55DE"/>
+    <w:rsid w:val="00DC5705"/>
     <w:rsid w:val="00DC5BF2"/>
+    <w:rsid w:val="00DC5C9C"/>
     <w:rsid w:val="00DC5F9B"/>
     <w:rsid w:val="00DC63F9"/>
+    <w:rsid w:val="00DC65FC"/>
+    <w:rsid w:val="00DC6A45"/>
     <w:rsid w:val="00DC6E02"/>
     <w:rsid w:val="00DC73AC"/>
     <w:rsid w:val="00DC7B21"/>
     <w:rsid w:val="00DC7F3A"/>
     <w:rsid w:val="00DD02DB"/>
+    <w:rsid w:val="00DD0898"/>
     <w:rsid w:val="00DD09D5"/>
     <w:rsid w:val="00DD0FC5"/>
     <w:rsid w:val="00DD13E4"/>
     <w:rsid w:val="00DD1849"/>
     <w:rsid w:val="00DD1944"/>
     <w:rsid w:val="00DD1A0B"/>
+    <w:rsid w:val="00DD1B9D"/>
     <w:rsid w:val="00DD25F1"/>
     <w:rsid w:val="00DD26DD"/>
+    <w:rsid w:val="00DD2890"/>
     <w:rsid w:val="00DD30ED"/>
+    <w:rsid w:val="00DD3101"/>
     <w:rsid w:val="00DD3A7B"/>
     <w:rsid w:val="00DD3B65"/>
     <w:rsid w:val="00DD3C80"/>
     <w:rsid w:val="00DD3EA0"/>
     <w:rsid w:val="00DD42F7"/>
+    <w:rsid w:val="00DD460E"/>
     <w:rsid w:val="00DD4E55"/>
+    <w:rsid w:val="00DD4E8D"/>
+    <w:rsid w:val="00DD5484"/>
     <w:rsid w:val="00DD591E"/>
     <w:rsid w:val="00DD5D3C"/>
     <w:rsid w:val="00DD5FDE"/>
     <w:rsid w:val="00DD61E8"/>
     <w:rsid w:val="00DD6308"/>
     <w:rsid w:val="00DD657E"/>
     <w:rsid w:val="00DD72A3"/>
     <w:rsid w:val="00DD73D0"/>
     <w:rsid w:val="00DD7402"/>
+    <w:rsid w:val="00DD76AC"/>
     <w:rsid w:val="00DD7928"/>
     <w:rsid w:val="00DE0244"/>
     <w:rsid w:val="00DE099E"/>
     <w:rsid w:val="00DE0B14"/>
     <w:rsid w:val="00DE0D12"/>
     <w:rsid w:val="00DE0EB9"/>
     <w:rsid w:val="00DE1451"/>
     <w:rsid w:val="00DE17A7"/>
     <w:rsid w:val="00DE1DDA"/>
     <w:rsid w:val="00DE20E9"/>
     <w:rsid w:val="00DE233D"/>
     <w:rsid w:val="00DE235C"/>
     <w:rsid w:val="00DE2E75"/>
     <w:rsid w:val="00DE3106"/>
     <w:rsid w:val="00DE36BD"/>
     <w:rsid w:val="00DE383A"/>
     <w:rsid w:val="00DE3C62"/>
     <w:rsid w:val="00DE3F80"/>
     <w:rsid w:val="00DE3FFA"/>
     <w:rsid w:val="00DE424C"/>
     <w:rsid w:val="00DE43D6"/>
     <w:rsid w:val="00DE4A4A"/>
     <w:rsid w:val="00DE5020"/>
     <w:rsid w:val="00DE5579"/>
     <w:rsid w:val="00DE59DB"/>
     <w:rsid w:val="00DE683C"/>
     <w:rsid w:val="00DE6A0B"/>
     <w:rsid w:val="00DE6E4F"/>
     <w:rsid w:val="00DE70A5"/>
     <w:rsid w:val="00DF02B6"/>
+    <w:rsid w:val="00DF02C7"/>
     <w:rsid w:val="00DF0678"/>
     <w:rsid w:val="00DF0823"/>
     <w:rsid w:val="00DF0E6D"/>
     <w:rsid w:val="00DF13CB"/>
     <w:rsid w:val="00DF1BD7"/>
+    <w:rsid w:val="00DF1DA3"/>
     <w:rsid w:val="00DF2092"/>
     <w:rsid w:val="00DF2834"/>
+    <w:rsid w:val="00DF2A31"/>
     <w:rsid w:val="00DF3A8C"/>
     <w:rsid w:val="00DF3C92"/>
     <w:rsid w:val="00DF52E7"/>
     <w:rsid w:val="00DF55F2"/>
     <w:rsid w:val="00DF5672"/>
     <w:rsid w:val="00DF56D6"/>
     <w:rsid w:val="00DF59CF"/>
     <w:rsid w:val="00DF5B68"/>
     <w:rsid w:val="00DF5DB6"/>
     <w:rsid w:val="00DF5F2E"/>
     <w:rsid w:val="00DF601A"/>
     <w:rsid w:val="00DF69B4"/>
     <w:rsid w:val="00DF6C30"/>
+    <w:rsid w:val="00DF6CD3"/>
     <w:rsid w:val="00DF6DDD"/>
     <w:rsid w:val="00DF77A6"/>
     <w:rsid w:val="00DF77A7"/>
     <w:rsid w:val="00DF7E6C"/>
     <w:rsid w:val="00E000DB"/>
     <w:rsid w:val="00E0075C"/>
     <w:rsid w:val="00E0125F"/>
+    <w:rsid w:val="00E01965"/>
     <w:rsid w:val="00E02106"/>
+    <w:rsid w:val="00E02400"/>
     <w:rsid w:val="00E0263F"/>
-    <w:rsid w:val="00E02C96"/>
     <w:rsid w:val="00E02E45"/>
     <w:rsid w:val="00E0351E"/>
     <w:rsid w:val="00E03A0E"/>
     <w:rsid w:val="00E04F81"/>
     <w:rsid w:val="00E0526C"/>
     <w:rsid w:val="00E056CF"/>
     <w:rsid w:val="00E05971"/>
     <w:rsid w:val="00E05A03"/>
     <w:rsid w:val="00E05B50"/>
     <w:rsid w:val="00E05FA8"/>
     <w:rsid w:val="00E064B9"/>
     <w:rsid w:val="00E0654E"/>
     <w:rsid w:val="00E0668F"/>
     <w:rsid w:val="00E06696"/>
     <w:rsid w:val="00E06934"/>
     <w:rsid w:val="00E06ECF"/>
     <w:rsid w:val="00E078CC"/>
+    <w:rsid w:val="00E07BE6"/>
     <w:rsid w:val="00E07D46"/>
     <w:rsid w:val="00E10184"/>
     <w:rsid w:val="00E10606"/>
     <w:rsid w:val="00E1120A"/>
     <w:rsid w:val="00E11496"/>
+    <w:rsid w:val="00E11B8A"/>
     <w:rsid w:val="00E127D4"/>
     <w:rsid w:val="00E129FA"/>
     <w:rsid w:val="00E12BAD"/>
     <w:rsid w:val="00E12DC7"/>
     <w:rsid w:val="00E14148"/>
     <w:rsid w:val="00E14481"/>
-    <w:rsid w:val="00E14763"/>
     <w:rsid w:val="00E1495B"/>
     <w:rsid w:val="00E14972"/>
     <w:rsid w:val="00E14AB0"/>
+    <w:rsid w:val="00E14CCB"/>
     <w:rsid w:val="00E15342"/>
+    <w:rsid w:val="00E153A0"/>
     <w:rsid w:val="00E15582"/>
     <w:rsid w:val="00E15886"/>
     <w:rsid w:val="00E159CB"/>
     <w:rsid w:val="00E167A6"/>
     <w:rsid w:val="00E175F1"/>
+    <w:rsid w:val="00E17F01"/>
     <w:rsid w:val="00E17F73"/>
     <w:rsid w:val="00E17FEE"/>
     <w:rsid w:val="00E20567"/>
     <w:rsid w:val="00E20ABC"/>
     <w:rsid w:val="00E20CCB"/>
     <w:rsid w:val="00E20D5F"/>
     <w:rsid w:val="00E20E30"/>
     <w:rsid w:val="00E20EAC"/>
     <w:rsid w:val="00E218E8"/>
     <w:rsid w:val="00E21DCB"/>
     <w:rsid w:val="00E21F84"/>
     <w:rsid w:val="00E22333"/>
     <w:rsid w:val="00E2270D"/>
     <w:rsid w:val="00E2281A"/>
+    <w:rsid w:val="00E22B98"/>
+    <w:rsid w:val="00E23458"/>
     <w:rsid w:val="00E23F1B"/>
     <w:rsid w:val="00E24012"/>
+    <w:rsid w:val="00E24A3A"/>
     <w:rsid w:val="00E24B2B"/>
     <w:rsid w:val="00E24EA4"/>
+    <w:rsid w:val="00E25034"/>
     <w:rsid w:val="00E2506C"/>
+    <w:rsid w:val="00E25578"/>
     <w:rsid w:val="00E25958"/>
     <w:rsid w:val="00E25E36"/>
+    <w:rsid w:val="00E25F2E"/>
+    <w:rsid w:val="00E262A6"/>
     <w:rsid w:val="00E26A0E"/>
     <w:rsid w:val="00E26A51"/>
     <w:rsid w:val="00E2722B"/>
     <w:rsid w:val="00E27428"/>
     <w:rsid w:val="00E27D9A"/>
     <w:rsid w:val="00E27F57"/>
     <w:rsid w:val="00E307B6"/>
     <w:rsid w:val="00E30CC0"/>
+    <w:rsid w:val="00E313A6"/>
     <w:rsid w:val="00E314C9"/>
     <w:rsid w:val="00E31D2F"/>
     <w:rsid w:val="00E31D6B"/>
     <w:rsid w:val="00E320AE"/>
     <w:rsid w:val="00E328E0"/>
     <w:rsid w:val="00E32EC7"/>
     <w:rsid w:val="00E33053"/>
     <w:rsid w:val="00E332D6"/>
     <w:rsid w:val="00E340A5"/>
+    <w:rsid w:val="00E345C4"/>
     <w:rsid w:val="00E3461E"/>
     <w:rsid w:val="00E34C9A"/>
+    <w:rsid w:val="00E350D1"/>
     <w:rsid w:val="00E356CC"/>
     <w:rsid w:val="00E35BD8"/>
+    <w:rsid w:val="00E36631"/>
     <w:rsid w:val="00E369A0"/>
     <w:rsid w:val="00E36A50"/>
     <w:rsid w:val="00E36DF9"/>
     <w:rsid w:val="00E36FF2"/>
+    <w:rsid w:val="00E376C8"/>
     <w:rsid w:val="00E37745"/>
     <w:rsid w:val="00E3798C"/>
     <w:rsid w:val="00E37D54"/>
     <w:rsid w:val="00E4040F"/>
     <w:rsid w:val="00E40E39"/>
+    <w:rsid w:val="00E41088"/>
+    <w:rsid w:val="00E4163D"/>
     <w:rsid w:val="00E417B6"/>
     <w:rsid w:val="00E4194B"/>
     <w:rsid w:val="00E41D87"/>
     <w:rsid w:val="00E420F1"/>
     <w:rsid w:val="00E42165"/>
     <w:rsid w:val="00E425D1"/>
+    <w:rsid w:val="00E429A2"/>
     <w:rsid w:val="00E42B87"/>
     <w:rsid w:val="00E42FEB"/>
     <w:rsid w:val="00E4321B"/>
     <w:rsid w:val="00E43287"/>
+    <w:rsid w:val="00E434CA"/>
+    <w:rsid w:val="00E43801"/>
+    <w:rsid w:val="00E43BB2"/>
     <w:rsid w:val="00E43C13"/>
+    <w:rsid w:val="00E43DE5"/>
     <w:rsid w:val="00E44DA6"/>
     <w:rsid w:val="00E4572F"/>
     <w:rsid w:val="00E45780"/>
     <w:rsid w:val="00E45871"/>
+    <w:rsid w:val="00E45D8A"/>
     <w:rsid w:val="00E46067"/>
+    <w:rsid w:val="00E460E3"/>
     <w:rsid w:val="00E46483"/>
     <w:rsid w:val="00E465F7"/>
+    <w:rsid w:val="00E46F13"/>
     <w:rsid w:val="00E4750A"/>
     <w:rsid w:val="00E476BA"/>
     <w:rsid w:val="00E47DD8"/>
     <w:rsid w:val="00E50005"/>
     <w:rsid w:val="00E50235"/>
     <w:rsid w:val="00E50404"/>
     <w:rsid w:val="00E505EF"/>
     <w:rsid w:val="00E50865"/>
+    <w:rsid w:val="00E50B5F"/>
     <w:rsid w:val="00E50D6D"/>
     <w:rsid w:val="00E519A5"/>
+    <w:rsid w:val="00E51AFD"/>
     <w:rsid w:val="00E51C85"/>
     <w:rsid w:val="00E51DF3"/>
     <w:rsid w:val="00E51E52"/>
     <w:rsid w:val="00E51FBA"/>
+    <w:rsid w:val="00E52023"/>
     <w:rsid w:val="00E522F6"/>
     <w:rsid w:val="00E5237D"/>
     <w:rsid w:val="00E525E3"/>
     <w:rsid w:val="00E52A8D"/>
     <w:rsid w:val="00E53533"/>
     <w:rsid w:val="00E53982"/>
     <w:rsid w:val="00E539D8"/>
     <w:rsid w:val="00E53A9E"/>
     <w:rsid w:val="00E53B38"/>
     <w:rsid w:val="00E5402F"/>
     <w:rsid w:val="00E5417A"/>
+    <w:rsid w:val="00E549F8"/>
     <w:rsid w:val="00E54C4C"/>
     <w:rsid w:val="00E54D55"/>
     <w:rsid w:val="00E55486"/>
     <w:rsid w:val="00E55DEC"/>
     <w:rsid w:val="00E55E5B"/>
     <w:rsid w:val="00E562C9"/>
     <w:rsid w:val="00E562D4"/>
     <w:rsid w:val="00E56464"/>
     <w:rsid w:val="00E564F4"/>
     <w:rsid w:val="00E565CC"/>
+    <w:rsid w:val="00E56A81"/>
     <w:rsid w:val="00E57511"/>
     <w:rsid w:val="00E60099"/>
     <w:rsid w:val="00E601D9"/>
     <w:rsid w:val="00E608B9"/>
     <w:rsid w:val="00E60B6C"/>
     <w:rsid w:val="00E60CA0"/>
     <w:rsid w:val="00E60F21"/>
     <w:rsid w:val="00E6131C"/>
     <w:rsid w:val="00E61BB6"/>
     <w:rsid w:val="00E61E6F"/>
     <w:rsid w:val="00E620DB"/>
     <w:rsid w:val="00E62734"/>
     <w:rsid w:val="00E62912"/>
+    <w:rsid w:val="00E62969"/>
     <w:rsid w:val="00E62AAA"/>
+    <w:rsid w:val="00E62AB9"/>
     <w:rsid w:val="00E63BCB"/>
     <w:rsid w:val="00E63E27"/>
     <w:rsid w:val="00E6411E"/>
     <w:rsid w:val="00E648DC"/>
     <w:rsid w:val="00E6493F"/>
+    <w:rsid w:val="00E65059"/>
     <w:rsid w:val="00E65064"/>
     <w:rsid w:val="00E65975"/>
     <w:rsid w:val="00E6604E"/>
     <w:rsid w:val="00E66060"/>
     <w:rsid w:val="00E664F7"/>
     <w:rsid w:val="00E66EF2"/>
     <w:rsid w:val="00E670D3"/>
     <w:rsid w:val="00E670E8"/>
     <w:rsid w:val="00E674C4"/>
+    <w:rsid w:val="00E67A26"/>
     <w:rsid w:val="00E708AC"/>
     <w:rsid w:val="00E70FD6"/>
     <w:rsid w:val="00E71037"/>
     <w:rsid w:val="00E71071"/>
     <w:rsid w:val="00E71A7C"/>
     <w:rsid w:val="00E721A2"/>
     <w:rsid w:val="00E721ED"/>
+    <w:rsid w:val="00E722A4"/>
     <w:rsid w:val="00E72656"/>
     <w:rsid w:val="00E72D84"/>
     <w:rsid w:val="00E736A5"/>
     <w:rsid w:val="00E73883"/>
     <w:rsid w:val="00E7395A"/>
     <w:rsid w:val="00E73B85"/>
     <w:rsid w:val="00E73EF2"/>
     <w:rsid w:val="00E74836"/>
+    <w:rsid w:val="00E748DB"/>
     <w:rsid w:val="00E74953"/>
     <w:rsid w:val="00E749A6"/>
     <w:rsid w:val="00E74ADD"/>
     <w:rsid w:val="00E74C3C"/>
     <w:rsid w:val="00E755A8"/>
     <w:rsid w:val="00E7595B"/>
     <w:rsid w:val="00E75EE5"/>
     <w:rsid w:val="00E760A8"/>
     <w:rsid w:val="00E7631A"/>
+    <w:rsid w:val="00E7643A"/>
+    <w:rsid w:val="00E7698E"/>
     <w:rsid w:val="00E76C36"/>
     <w:rsid w:val="00E76E33"/>
     <w:rsid w:val="00E773AB"/>
+    <w:rsid w:val="00E77482"/>
     <w:rsid w:val="00E77ABA"/>
     <w:rsid w:val="00E808D5"/>
     <w:rsid w:val="00E80BEA"/>
     <w:rsid w:val="00E80CDA"/>
     <w:rsid w:val="00E80DFA"/>
     <w:rsid w:val="00E821F3"/>
     <w:rsid w:val="00E822F5"/>
     <w:rsid w:val="00E82340"/>
     <w:rsid w:val="00E826A5"/>
+    <w:rsid w:val="00E826D6"/>
     <w:rsid w:val="00E82775"/>
     <w:rsid w:val="00E82A30"/>
     <w:rsid w:val="00E82B7B"/>
     <w:rsid w:val="00E82B96"/>
     <w:rsid w:val="00E82F18"/>
     <w:rsid w:val="00E83287"/>
     <w:rsid w:val="00E83887"/>
     <w:rsid w:val="00E83C3F"/>
     <w:rsid w:val="00E83C7C"/>
+    <w:rsid w:val="00E83CB6"/>
     <w:rsid w:val="00E83F5C"/>
     <w:rsid w:val="00E847D8"/>
-    <w:rsid w:val="00E84B05"/>
     <w:rsid w:val="00E84CD6"/>
     <w:rsid w:val="00E84CE8"/>
     <w:rsid w:val="00E84E1A"/>
     <w:rsid w:val="00E84E53"/>
     <w:rsid w:val="00E8524A"/>
+    <w:rsid w:val="00E8526F"/>
     <w:rsid w:val="00E85985"/>
     <w:rsid w:val="00E859A7"/>
     <w:rsid w:val="00E860C1"/>
     <w:rsid w:val="00E86BAC"/>
     <w:rsid w:val="00E86F18"/>
     <w:rsid w:val="00E87455"/>
     <w:rsid w:val="00E876A6"/>
     <w:rsid w:val="00E900E8"/>
     <w:rsid w:val="00E90A22"/>
     <w:rsid w:val="00E90D0C"/>
     <w:rsid w:val="00E91390"/>
     <w:rsid w:val="00E91766"/>
+    <w:rsid w:val="00E91E60"/>
     <w:rsid w:val="00E9222D"/>
     <w:rsid w:val="00E923C8"/>
     <w:rsid w:val="00E92DFC"/>
     <w:rsid w:val="00E92E23"/>
     <w:rsid w:val="00E92F46"/>
+    <w:rsid w:val="00E92F5E"/>
     <w:rsid w:val="00E9301D"/>
     <w:rsid w:val="00E93075"/>
     <w:rsid w:val="00E930FD"/>
     <w:rsid w:val="00E9353E"/>
     <w:rsid w:val="00E93CB4"/>
     <w:rsid w:val="00E9476D"/>
     <w:rsid w:val="00E94B1D"/>
     <w:rsid w:val="00E94C34"/>
     <w:rsid w:val="00E94F4D"/>
     <w:rsid w:val="00E95138"/>
     <w:rsid w:val="00E96847"/>
     <w:rsid w:val="00E974C1"/>
+    <w:rsid w:val="00E9765A"/>
+    <w:rsid w:val="00EA0818"/>
     <w:rsid w:val="00EA2202"/>
     <w:rsid w:val="00EA2789"/>
     <w:rsid w:val="00EA2846"/>
     <w:rsid w:val="00EA284C"/>
     <w:rsid w:val="00EA2F18"/>
     <w:rsid w:val="00EA3622"/>
     <w:rsid w:val="00EA3692"/>
     <w:rsid w:val="00EA3880"/>
+    <w:rsid w:val="00EA3A17"/>
     <w:rsid w:val="00EA3AFB"/>
     <w:rsid w:val="00EA3E65"/>
     <w:rsid w:val="00EA4388"/>
     <w:rsid w:val="00EA4412"/>
+    <w:rsid w:val="00EA4626"/>
     <w:rsid w:val="00EA46E1"/>
     <w:rsid w:val="00EA471F"/>
     <w:rsid w:val="00EA4898"/>
+    <w:rsid w:val="00EA4A52"/>
+    <w:rsid w:val="00EA4B17"/>
+    <w:rsid w:val="00EA4C70"/>
     <w:rsid w:val="00EA5034"/>
     <w:rsid w:val="00EA6118"/>
     <w:rsid w:val="00EA621F"/>
     <w:rsid w:val="00EA629E"/>
     <w:rsid w:val="00EA6405"/>
     <w:rsid w:val="00EA6AA9"/>
     <w:rsid w:val="00EA6E86"/>
     <w:rsid w:val="00EA6FED"/>
     <w:rsid w:val="00EA759B"/>
     <w:rsid w:val="00EA7D34"/>
     <w:rsid w:val="00EA7FF4"/>
+    <w:rsid w:val="00EB086C"/>
+    <w:rsid w:val="00EB0AF5"/>
     <w:rsid w:val="00EB0CD3"/>
     <w:rsid w:val="00EB0EED"/>
     <w:rsid w:val="00EB10EB"/>
     <w:rsid w:val="00EB1502"/>
     <w:rsid w:val="00EB1558"/>
     <w:rsid w:val="00EB1A48"/>
     <w:rsid w:val="00EB1F14"/>
     <w:rsid w:val="00EB215B"/>
+    <w:rsid w:val="00EB2913"/>
     <w:rsid w:val="00EB2C7E"/>
     <w:rsid w:val="00EB2D94"/>
     <w:rsid w:val="00EB335D"/>
     <w:rsid w:val="00EB38AA"/>
     <w:rsid w:val="00EB38E8"/>
     <w:rsid w:val="00EB3B00"/>
+    <w:rsid w:val="00EB3BDF"/>
     <w:rsid w:val="00EB437B"/>
     <w:rsid w:val="00EB4477"/>
     <w:rsid w:val="00EB447B"/>
     <w:rsid w:val="00EB4B3E"/>
+    <w:rsid w:val="00EB4DF4"/>
+    <w:rsid w:val="00EB5570"/>
     <w:rsid w:val="00EB55E2"/>
     <w:rsid w:val="00EB56A5"/>
     <w:rsid w:val="00EB5F08"/>
     <w:rsid w:val="00EB6839"/>
     <w:rsid w:val="00EB6951"/>
     <w:rsid w:val="00EB7295"/>
     <w:rsid w:val="00EB75F1"/>
+    <w:rsid w:val="00EB7BD5"/>
     <w:rsid w:val="00EB7C14"/>
     <w:rsid w:val="00EC0227"/>
     <w:rsid w:val="00EC0431"/>
     <w:rsid w:val="00EC0D24"/>
+    <w:rsid w:val="00EC16E9"/>
     <w:rsid w:val="00EC1799"/>
     <w:rsid w:val="00EC1D30"/>
     <w:rsid w:val="00EC2144"/>
+    <w:rsid w:val="00EC2475"/>
     <w:rsid w:val="00EC2639"/>
     <w:rsid w:val="00EC2733"/>
     <w:rsid w:val="00EC2A1B"/>
     <w:rsid w:val="00EC2AE5"/>
     <w:rsid w:val="00EC2C88"/>
     <w:rsid w:val="00EC3101"/>
+    <w:rsid w:val="00EC344B"/>
     <w:rsid w:val="00EC34A1"/>
     <w:rsid w:val="00EC39A7"/>
     <w:rsid w:val="00EC3B7C"/>
     <w:rsid w:val="00EC497E"/>
     <w:rsid w:val="00EC4982"/>
     <w:rsid w:val="00EC499D"/>
     <w:rsid w:val="00EC4D9F"/>
     <w:rsid w:val="00EC4ED7"/>
+    <w:rsid w:val="00EC4EE2"/>
     <w:rsid w:val="00EC4F2C"/>
     <w:rsid w:val="00EC5308"/>
     <w:rsid w:val="00EC5956"/>
     <w:rsid w:val="00EC5B64"/>
     <w:rsid w:val="00EC5D27"/>
     <w:rsid w:val="00EC5E03"/>
     <w:rsid w:val="00EC6283"/>
     <w:rsid w:val="00EC62FD"/>
     <w:rsid w:val="00EC63AB"/>
     <w:rsid w:val="00EC649F"/>
+    <w:rsid w:val="00EC672E"/>
     <w:rsid w:val="00EC6C78"/>
     <w:rsid w:val="00EC6F37"/>
     <w:rsid w:val="00ED01D0"/>
     <w:rsid w:val="00ED0829"/>
     <w:rsid w:val="00ED0C34"/>
+    <w:rsid w:val="00ED0CEC"/>
     <w:rsid w:val="00ED0D1E"/>
     <w:rsid w:val="00ED1224"/>
     <w:rsid w:val="00ED15A8"/>
     <w:rsid w:val="00ED1921"/>
+    <w:rsid w:val="00ED19BF"/>
+    <w:rsid w:val="00ED1C03"/>
     <w:rsid w:val="00ED205D"/>
+    <w:rsid w:val="00ED2509"/>
     <w:rsid w:val="00ED2A2D"/>
     <w:rsid w:val="00ED2C0E"/>
     <w:rsid w:val="00ED2DEE"/>
     <w:rsid w:val="00ED2DEF"/>
     <w:rsid w:val="00ED31E3"/>
     <w:rsid w:val="00ED3572"/>
     <w:rsid w:val="00ED35B8"/>
     <w:rsid w:val="00ED3CA5"/>
     <w:rsid w:val="00ED3D90"/>
     <w:rsid w:val="00ED42A4"/>
     <w:rsid w:val="00ED48E1"/>
     <w:rsid w:val="00ED4920"/>
     <w:rsid w:val="00ED4E49"/>
+    <w:rsid w:val="00ED528B"/>
     <w:rsid w:val="00ED65BC"/>
     <w:rsid w:val="00ED6B43"/>
+    <w:rsid w:val="00ED6C3C"/>
+    <w:rsid w:val="00ED6E90"/>
     <w:rsid w:val="00ED6FA0"/>
     <w:rsid w:val="00ED7287"/>
+    <w:rsid w:val="00ED7803"/>
+    <w:rsid w:val="00ED7BA2"/>
     <w:rsid w:val="00EE0123"/>
     <w:rsid w:val="00EE02B6"/>
     <w:rsid w:val="00EE04D2"/>
+    <w:rsid w:val="00EE0EE9"/>
     <w:rsid w:val="00EE18CE"/>
     <w:rsid w:val="00EE1BAE"/>
     <w:rsid w:val="00EE1BD4"/>
     <w:rsid w:val="00EE1E0C"/>
     <w:rsid w:val="00EE23D2"/>
     <w:rsid w:val="00EE24EF"/>
     <w:rsid w:val="00EE261B"/>
+    <w:rsid w:val="00EE2A36"/>
     <w:rsid w:val="00EE2D9D"/>
     <w:rsid w:val="00EE39B4"/>
     <w:rsid w:val="00EE3C00"/>
     <w:rsid w:val="00EE3C9C"/>
     <w:rsid w:val="00EE48FD"/>
     <w:rsid w:val="00EE4932"/>
     <w:rsid w:val="00EE4A16"/>
     <w:rsid w:val="00EE4CA6"/>
     <w:rsid w:val="00EE4DE5"/>
     <w:rsid w:val="00EE5219"/>
     <w:rsid w:val="00EE528D"/>
     <w:rsid w:val="00EE658C"/>
     <w:rsid w:val="00EE6635"/>
     <w:rsid w:val="00EE6686"/>
     <w:rsid w:val="00EE6949"/>
+    <w:rsid w:val="00EE6AF2"/>
     <w:rsid w:val="00EE6EB5"/>
     <w:rsid w:val="00EE6ED6"/>
     <w:rsid w:val="00EE70E1"/>
     <w:rsid w:val="00EE751D"/>
     <w:rsid w:val="00EE7592"/>
     <w:rsid w:val="00EE7CC4"/>
     <w:rsid w:val="00EF05AF"/>
     <w:rsid w:val="00EF0BAD"/>
     <w:rsid w:val="00EF0CDC"/>
     <w:rsid w:val="00EF1356"/>
+    <w:rsid w:val="00EF1361"/>
     <w:rsid w:val="00EF1A85"/>
     <w:rsid w:val="00EF1E52"/>
     <w:rsid w:val="00EF20EF"/>
     <w:rsid w:val="00EF2255"/>
     <w:rsid w:val="00EF34CA"/>
     <w:rsid w:val="00EF3B99"/>
     <w:rsid w:val="00EF3BE5"/>
     <w:rsid w:val="00EF3D7C"/>
     <w:rsid w:val="00EF3EC5"/>
     <w:rsid w:val="00EF3F0C"/>
     <w:rsid w:val="00EF3F7B"/>
     <w:rsid w:val="00EF4611"/>
+    <w:rsid w:val="00EF4C1B"/>
+    <w:rsid w:val="00EF52C7"/>
     <w:rsid w:val="00EF536F"/>
     <w:rsid w:val="00EF57E0"/>
+    <w:rsid w:val="00EF59C6"/>
     <w:rsid w:val="00EF5D0A"/>
+    <w:rsid w:val="00EF5D19"/>
     <w:rsid w:val="00EF60E8"/>
     <w:rsid w:val="00EF6765"/>
     <w:rsid w:val="00EF6D06"/>
+    <w:rsid w:val="00EF6DE2"/>
     <w:rsid w:val="00EF752F"/>
     <w:rsid w:val="00EF7E2D"/>
+    <w:rsid w:val="00EF7F40"/>
     <w:rsid w:val="00F00050"/>
     <w:rsid w:val="00F0030B"/>
     <w:rsid w:val="00F00530"/>
     <w:rsid w:val="00F00BDB"/>
+    <w:rsid w:val="00F00E4E"/>
     <w:rsid w:val="00F014A7"/>
     <w:rsid w:val="00F017C3"/>
+    <w:rsid w:val="00F01A22"/>
     <w:rsid w:val="00F01F86"/>
     <w:rsid w:val="00F01F9F"/>
     <w:rsid w:val="00F0200C"/>
     <w:rsid w:val="00F02100"/>
     <w:rsid w:val="00F024FD"/>
     <w:rsid w:val="00F0253C"/>
     <w:rsid w:val="00F02787"/>
     <w:rsid w:val="00F02D78"/>
     <w:rsid w:val="00F02FD6"/>
     <w:rsid w:val="00F03504"/>
     <w:rsid w:val="00F03A07"/>
     <w:rsid w:val="00F03CAF"/>
     <w:rsid w:val="00F04B81"/>
+    <w:rsid w:val="00F04C2E"/>
+    <w:rsid w:val="00F054FF"/>
     <w:rsid w:val="00F056D3"/>
     <w:rsid w:val="00F05C6D"/>
     <w:rsid w:val="00F06074"/>
     <w:rsid w:val="00F0617C"/>
     <w:rsid w:val="00F064D5"/>
+    <w:rsid w:val="00F06594"/>
+    <w:rsid w:val="00F06EE8"/>
+    <w:rsid w:val="00F07821"/>
     <w:rsid w:val="00F0792D"/>
     <w:rsid w:val="00F07A4A"/>
     <w:rsid w:val="00F10693"/>
     <w:rsid w:val="00F10B0F"/>
+    <w:rsid w:val="00F10D16"/>
     <w:rsid w:val="00F10D21"/>
     <w:rsid w:val="00F1127C"/>
     <w:rsid w:val="00F112EE"/>
     <w:rsid w:val="00F11376"/>
     <w:rsid w:val="00F1262C"/>
     <w:rsid w:val="00F12664"/>
     <w:rsid w:val="00F126B1"/>
     <w:rsid w:val="00F12D2F"/>
-    <w:rsid w:val="00F12F75"/>
+    <w:rsid w:val="00F13593"/>
     <w:rsid w:val="00F14460"/>
     <w:rsid w:val="00F14754"/>
     <w:rsid w:val="00F14AAE"/>
     <w:rsid w:val="00F14B3B"/>
     <w:rsid w:val="00F14E15"/>
     <w:rsid w:val="00F14E89"/>
     <w:rsid w:val="00F152A8"/>
     <w:rsid w:val="00F162C8"/>
     <w:rsid w:val="00F1666E"/>
     <w:rsid w:val="00F167FE"/>
     <w:rsid w:val="00F16A58"/>
+    <w:rsid w:val="00F16FD7"/>
     <w:rsid w:val="00F17104"/>
     <w:rsid w:val="00F175DF"/>
     <w:rsid w:val="00F17850"/>
     <w:rsid w:val="00F17D36"/>
     <w:rsid w:val="00F207CA"/>
     <w:rsid w:val="00F20C53"/>
     <w:rsid w:val="00F212F7"/>
+    <w:rsid w:val="00F214C7"/>
+    <w:rsid w:val="00F21723"/>
     <w:rsid w:val="00F219D1"/>
     <w:rsid w:val="00F21B37"/>
     <w:rsid w:val="00F21EDA"/>
     <w:rsid w:val="00F21FAD"/>
     <w:rsid w:val="00F2261A"/>
     <w:rsid w:val="00F229EB"/>
-    <w:rsid w:val="00F22AE7"/>
+    <w:rsid w:val="00F22CD5"/>
     <w:rsid w:val="00F2306C"/>
     <w:rsid w:val="00F23A98"/>
     <w:rsid w:val="00F2438C"/>
     <w:rsid w:val="00F244F7"/>
     <w:rsid w:val="00F245E1"/>
+    <w:rsid w:val="00F2470E"/>
     <w:rsid w:val="00F24C1D"/>
+    <w:rsid w:val="00F25062"/>
     <w:rsid w:val="00F2516B"/>
     <w:rsid w:val="00F253A2"/>
     <w:rsid w:val="00F25945"/>
     <w:rsid w:val="00F25A7C"/>
     <w:rsid w:val="00F2642D"/>
     <w:rsid w:val="00F2677E"/>
+    <w:rsid w:val="00F267E6"/>
     <w:rsid w:val="00F26D06"/>
     <w:rsid w:val="00F270C3"/>
     <w:rsid w:val="00F27557"/>
     <w:rsid w:val="00F277A0"/>
     <w:rsid w:val="00F27825"/>
     <w:rsid w:val="00F27F8F"/>
     <w:rsid w:val="00F302EC"/>
+    <w:rsid w:val="00F30412"/>
+    <w:rsid w:val="00F30549"/>
+    <w:rsid w:val="00F305B4"/>
     <w:rsid w:val="00F306EE"/>
     <w:rsid w:val="00F307FF"/>
     <w:rsid w:val="00F30E53"/>
     <w:rsid w:val="00F31341"/>
     <w:rsid w:val="00F31885"/>
+    <w:rsid w:val="00F3189D"/>
+    <w:rsid w:val="00F31D80"/>
     <w:rsid w:val="00F31DA4"/>
     <w:rsid w:val="00F326DD"/>
     <w:rsid w:val="00F328B0"/>
     <w:rsid w:val="00F33E09"/>
     <w:rsid w:val="00F34138"/>
     <w:rsid w:val="00F34229"/>
     <w:rsid w:val="00F34323"/>
     <w:rsid w:val="00F348F2"/>
     <w:rsid w:val="00F34BF5"/>
     <w:rsid w:val="00F34C52"/>
     <w:rsid w:val="00F34F53"/>
     <w:rsid w:val="00F35517"/>
     <w:rsid w:val="00F358CB"/>
     <w:rsid w:val="00F359A6"/>
     <w:rsid w:val="00F35FA2"/>
+    <w:rsid w:val="00F365BA"/>
     <w:rsid w:val="00F36E41"/>
     <w:rsid w:val="00F36EDC"/>
     <w:rsid w:val="00F36F83"/>
     <w:rsid w:val="00F37078"/>
     <w:rsid w:val="00F37111"/>
     <w:rsid w:val="00F3761C"/>
     <w:rsid w:val="00F37849"/>
     <w:rsid w:val="00F37C07"/>
     <w:rsid w:val="00F37D97"/>
     <w:rsid w:val="00F37DE3"/>
     <w:rsid w:val="00F37FD2"/>
     <w:rsid w:val="00F405F4"/>
     <w:rsid w:val="00F4067F"/>
     <w:rsid w:val="00F409F6"/>
+    <w:rsid w:val="00F40A7B"/>
     <w:rsid w:val="00F40AD1"/>
     <w:rsid w:val="00F40C72"/>
     <w:rsid w:val="00F40DCB"/>
     <w:rsid w:val="00F411E9"/>
     <w:rsid w:val="00F42028"/>
+    <w:rsid w:val="00F4230E"/>
     <w:rsid w:val="00F424AB"/>
     <w:rsid w:val="00F432AB"/>
     <w:rsid w:val="00F433B9"/>
     <w:rsid w:val="00F43A80"/>
+    <w:rsid w:val="00F43AAE"/>
     <w:rsid w:val="00F43ABC"/>
     <w:rsid w:val="00F43E68"/>
     <w:rsid w:val="00F43EA4"/>
     <w:rsid w:val="00F441D2"/>
     <w:rsid w:val="00F4487E"/>
+    <w:rsid w:val="00F4516C"/>
     <w:rsid w:val="00F45EEE"/>
     <w:rsid w:val="00F45FF1"/>
     <w:rsid w:val="00F46210"/>
+    <w:rsid w:val="00F46773"/>
     <w:rsid w:val="00F46824"/>
+    <w:rsid w:val="00F4683B"/>
     <w:rsid w:val="00F46B80"/>
     <w:rsid w:val="00F46C1F"/>
+    <w:rsid w:val="00F46C3B"/>
     <w:rsid w:val="00F4713D"/>
+    <w:rsid w:val="00F47BBF"/>
     <w:rsid w:val="00F47BD1"/>
+    <w:rsid w:val="00F47CE1"/>
     <w:rsid w:val="00F50173"/>
     <w:rsid w:val="00F50532"/>
     <w:rsid w:val="00F507D0"/>
     <w:rsid w:val="00F5138C"/>
+    <w:rsid w:val="00F5154B"/>
     <w:rsid w:val="00F5176C"/>
     <w:rsid w:val="00F51B48"/>
     <w:rsid w:val="00F51D06"/>
     <w:rsid w:val="00F52610"/>
+    <w:rsid w:val="00F52684"/>
     <w:rsid w:val="00F526BB"/>
     <w:rsid w:val="00F53877"/>
     <w:rsid w:val="00F53A3C"/>
     <w:rsid w:val="00F53BF2"/>
     <w:rsid w:val="00F54227"/>
     <w:rsid w:val="00F54774"/>
     <w:rsid w:val="00F54946"/>
     <w:rsid w:val="00F54D01"/>
     <w:rsid w:val="00F54F58"/>
     <w:rsid w:val="00F55646"/>
     <w:rsid w:val="00F55726"/>
     <w:rsid w:val="00F55CB2"/>
     <w:rsid w:val="00F55DB7"/>
     <w:rsid w:val="00F565CE"/>
     <w:rsid w:val="00F566A1"/>
     <w:rsid w:val="00F56741"/>
     <w:rsid w:val="00F56B98"/>
     <w:rsid w:val="00F56FD7"/>
     <w:rsid w:val="00F6078B"/>
+    <w:rsid w:val="00F60AE4"/>
     <w:rsid w:val="00F61293"/>
     <w:rsid w:val="00F6158D"/>
+    <w:rsid w:val="00F619D0"/>
     <w:rsid w:val="00F6249F"/>
     <w:rsid w:val="00F62507"/>
     <w:rsid w:val="00F63659"/>
     <w:rsid w:val="00F63B79"/>
     <w:rsid w:val="00F63C7A"/>
     <w:rsid w:val="00F63E12"/>
     <w:rsid w:val="00F63E87"/>
     <w:rsid w:val="00F64297"/>
     <w:rsid w:val="00F64C1B"/>
     <w:rsid w:val="00F65178"/>
     <w:rsid w:val="00F65390"/>
     <w:rsid w:val="00F65EAB"/>
+    <w:rsid w:val="00F65FE6"/>
     <w:rsid w:val="00F66211"/>
+    <w:rsid w:val="00F662EF"/>
+    <w:rsid w:val="00F66551"/>
     <w:rsid w:val="00F6699A"/>
     <w:rsid w:val="00F66A7D"/>
     <w:rsid w:val="00F66CE5"/>
     <w:rsid w:val="00F66E04"/>
     <w:rsid w:val="00F66FD3"/>
+    <w:rsid w:val="00F67468"/>
     <w:rsid w:val="00F6770A"/>
     <w:rsid w:val="00F679F7"/>
+    <w:rsid w:val="00F7006F"/>
     <w:rsid w:val="00F70620"/>
     <w:rsid w:val="00F70DB7"/>
+    <w:rsid w:val="00F71237"/>
     <w:rsid w:val="00F71260"/>
     <w:rsid w:val="00F71B75"/>
     <w:rsid w:val="00F71DF0"/>
     <w:rsid w:val="00F722A4"/>
     <w:rsid w:val="00F72675"/>
+    <w:rsid w:val="00F72747"/>
     <w:rsid w:val="00F732B0"/>
     <w:rsid w:val="00F733B9"/>
     <w:rsid w:val="00F738BD"/>
+    <w:rsid w:val="00F73BE7"/>
     <w:rsid w:val="00F73CC9"/>
     <w:rsid w:val="00F745D5"/>
     <w:rsid w:val="00F746C8"/>
     <w:rsid w:val="00F74878"/>
     <w:rsid w:val="00F75BBA"/>
     <w:rsid w:val="00F75F94"/>
     <w:rsid w:val="00F76022"/>
     <w:rsid w:val="00F760D0"/>
     <w:rsid w:val="00F76502"/>
     <w:rsid w:val="00F7671A"/>
     <w:rsid w:val="00F767D7"/>
     <w:rsid w:val="00F768DB"/>
     <w:rsid w:val="00F7691A"/>
     <w:rsid w:val="00F76963"/>
+    <w:rsid w:val="00F76BC2"/>
+    <w:rsid w:val="00F76F5C"/>
     <w:rsid w:val="00F772E8"/>
+    <w:rsid w:val="00F776DF"/>
     <w:rsid w:val="00F77849"/>
     <w:rsid w:val="00F808AC"/>
     <w:rsid w:val="00F80BEC"/>
     <w:rsid w:val="00F80C18"/>
+    <w:rsid w:val="00F8137F"/>
     <w:rsid w:val="00F8179D"/>
+    <w:rsid w:val="00F82A84"/>
     <w:rsid w:val="00F82ADF"/>
     <w:rsid w:val="00F82B19"/>
     <w:rsid w:val="00F82EE8"/>
     <w:rsid w:val="00F8319C"/>
     <w:rsid w:val="00F833ED"/>
     <w:rsid w:val="00F83791"/>
     <w:rsid w:val="00F838DE"/>
     <w:rsid w:val="00F839B5"/>
     <w:rsid w:val="00F846EC"/>
     <w:rsid w:val="00F84A0F"/>
+    <w:rsid w:val="00F85126"/>
     <w:rsid w:val="00F85270"/>
     <w:rsid w:val="00F853B4"/>
     <w:rsid w:val="00F85B0F"/>
+    <w:rsid w:val="00F85B7B"/>
+    <w:rsid w:val="00F85E32"/>
     <w:rsid w:val="00F85EE9"/>
+    <w:rsid w:val="00F869B0"/>
     <w:rsid w:val="00F86E16"/>
     <w:rsid w:val="00F87325"/>
     <w:rsid w:val="00F87B3B"/>
     <w:rsid w:val="00F87BA3"/>
+    <w:rsid w:val="00F87FC7"/>
+    <w:rsid w:val="00F900CB"/>
     <w:rsid w:val="00F9035F"/>
     <w:rsid w:val="00F913F4"/>
+    <w:rsid w:val="00F91402"/>
     <w:rsid w:val="00F91691"/>
     <w:rsid w:val="00F91B03"/>
     <w:rsid w:val="00F92839"/>
     <w:rsid w:val="00F92ADC"/>
     <w:rsid w:val="00F92B9C"/>
+    <w:rsid w:val="00F92ECB"/>
     <w:rsid w:val="00F9326E"/>
     <w:rsid w:val="00F93302"/>
     <w:rsid w:val="00F93303"/>
     <w:rsid w:val="00F9399B"/>
     <w:rsid w:val="00F94503"/>
     <w:rsid w:val="00F945D2"/>
     <w:rsid w:val="00F9482C"/>
     <w:rsid w:val="00F94B7E"/>
+    <w:rsid w:val="00F9503F"/>
+    <w:rsid w:val="00F95723"/>
     <w:rsid w:val="00F958B1"/>
+    <w:rsid w:val="00F95960"/>
+    <w:rsid w:val="00F95B47"/>
     <w:rsid w:val="00F95D5D"/>
     <w:rsid w:val="00F96295"/>
     <w:rsid w:val="00F96813"/>
     <w:rsid w:val="00F968CA"/>
     <w:rsid w:val="00F9691B"/>
     <w:rsid w:val="00F969AF"/>
     <w:rsid w:val="00F97744"/>
+    <w:rsid w:val="00FA0128"/>
     <w:rsid w:val="00FA069F"/>
+    <w:rsid w:val="00FA07E2"/>
     <w:rsid w:val="00FA0B8F"/>
     <w:rsid w:val="00FA1843"/>
     <w:rsid w:val="00FA1B86"/>
+    <w:rsid w:val="00FA205D"/>
     <w:rsid w:val="00FA2252"/>
     <w:rsid w:val="00FA2300"/>
     <w:rsid w:val="00FA2D6C"/>
     <w:rsid w:val="00FA3337"/>
     <w:rsid w:val="00FA3856"/>
     <w:rsid w:val="00FA4E46"/>
+    <w:rsid w:val="00FA5C8F"/>
     <w:rsid w:val="00FA612B"/>
     <w:rsid w:val="00FA68B5"/>
     <w:rsid w:val="00FA6B1F"/>
     <w:rsid w:val="00FA6EAC"/>
     <w:rsid w:val="00FA6F92"/>
     <w:rsid w:val="00FA71D8"/>
     <w:rsid w:val="00FA75C9"/>
+    <w:rsid w:val="00FA773E"/>
     <w:rsid w:val="00FA7BA4"/>
+    <w:rsid w:val="00FA7D6F"/>
     <w:rsid w:val="00FB02BC"/>
     <w:rsid w:val="00FB07F9"/>
     <w:rsid w:val="00FB0C6A"/>
     <w:rsid w:val="00FB0E00"/>
+    <w:rsid w:val="00FB0E8C"/>
     <w:rsid w:val="00FB1083"/>
     <w:rsid w:val="00FB1338"/>
     <w:rsid w:val="00FB1A60"/>
     <w:rsid w:val="00FB1ABF"/>
     <w:rsid w:val="00FB1F4F"/>
     <w:rsid w:val="00FB24C3"/>
     <w:rsid w:val="00FB28F6"/>
     <w:rsid w:val="00FB2F9F"/>
     <w:rsid w:val="00FB3025"/>
+    <w:rsid w:val="00FB3273"/>
     <w:rsid w:val="00FB3372"/>
     <w:rsid w:val="00FB3480"/>
     <w:rsid w:val="00FB3B7E"/>
     <w:rsid w:val="00FB469F"/>
     <w:rsid w:val="00FB47F6"/>
     <w:rsid w:val="00FB4F58"/>
     <w:rsid w:val="00FB551B"/>
     <w:rsid w:val="00FB56BC"/>
     <w:rsid w:val="00FB58B7"/>
     <w:rsid w:val="00FB5AC8"/>
+    <w:rsid w:val="00FB5C28"/>
     <w:rsid w:val="00FB5C86"/>
     <w:rsid w:val="00FB5E78"/>
     <w:rsid w:val="00FB5FAF"/>
     <w:rsid w:val="00FB659A"/>
     <w:rsid w:val="00FB663C"/>
     <w:rsid w:val="00FB698C"/>
     <w:rsid w:val="00FB6B2E"/>
+    <w:rsid w:val="00FB6E29"/>
     <w:rsid w:val="00FB701A"/>
     <w:rsid w:val="00FB7783"/>
     <w:rsid w:val="00FB7CD1"/>
     <w:rsid w:val="00FB7F86"/>
     <w:rsid w:val="00FC007E"/>
     <w:rsid w:val="00FC04D5"/>
     <w:rsid w:val="00FC0618"/>
     <w:rsid w:val="00FC0E38"/>
     <w:rsid w:val="00FC1A48"/>
     <w:rsid w:val="00FC1F84"/>
+    <w:rsid w:val="00FC2011"/>
     <w:rsid w:val="00FC24CF"/>
     <w:rsid w:val="00FC29C6"/>
+    <w:rsid w:val="00FC2C41"/>
     <w:rsid w:val="00FC2CB5"/>
     <w:rsid w:val="00FC2D4C"/>
     <w:rsid w:val="00FC2FFE"/>
+    <w:rsid w:val="00FC3A4A"/>
     <w:rsid w:val="00FC4122"/>
     <w:rsid w:val="00FC457F"/>
     <w:rsid w:val="00FC499D"/>
+    <w:rsid w:val="00FC4C51"/>
     <w:rsid w:val="00FC4F00"/>
     <w:rsid w:val="00FC52A4"/>
     <w:rsid w:val="00FC573E"/>
     <w:rsid w:val="00FC58C7"/>
     <w:rsid w:val="00FC5AC8"/>
     <w:rsid w:val="00FC65AD"/>
     <w:rsid w:val="00FC6F84"/>
     <w:rsid w:val="00FC7169"/>
     <w:rsid w:val="00FC7204"/>
+    <w:rsid w:val="00FC7808"/>
     <w:rsid w:val="00FC7FDC"/>
     <w:rsid w:val="00FD0679"/>
     <w:rsid w:val="00FD0C5F"/>
+    <w:rsid w:val="00FD0DD4"/>
     <w:rsid w:val="00FD0E82"/>
     <w:rsid w:val="00FD0F8B"/>
+    <w:rsid w:val="00FD158D"/>
+    <w:rsid w:val="00FD1670"/>
     <w:rsid w:val="00FD22FA"/>
+    <w:rsid w:val="00FD2651"/>
     <w:rsid w:val="00FD29F0"/>
     <w:rsid w:val="00FD2B4A"/>
+    <w:rsid w:val="00FD2C68"/>
     <w:rsid w:val="00FD3462"/>
+    <w:rsid w:val="00FD35CD"/>
     <w:rsid w:val="00FD365C"/>
+    <w:rsid w:val="00FD3A08"/>
     <w:rsid w:val="00FD4208"/>
     <w:rsid w:val="00FD4717"/>
+    <w:rsid w:val="00FD4B12"/>
     <w:rsid w:val="00FD4ED2"/>
     <w:rsid w:val="00FD5708"/>
     <w:rsid w:val="00FD5DE4"/>
     <w:rsid w:val="00FD5E0D"/>
+    <w:rsid w:val="00FD67A0"/>
+    <w:rsid w:val="00FD6846"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FE041A"/>
     <w:rsid w:val="00FE04B1"/>
     <w:rsid w:val="00FE0786"/>
     <w:rsid w:val="00FE0C35"/>
     <w:rsid w:val="00FE0D13"/>
     <w:rsid w:val="00FE0F74"/>
     <w:rsid w:val="00FE1495"/>
     <w:rsid w:val="00FE1537"/>
     <w:rsid w:val="00FE15F5"/>
     <w:rsid w:val="00FE1FA9"/>
+    <w:rsid w:val="00FE2481"/>
     <w:rsid w:val="00FE29EB"/>
     <w:rsid w:val="00FE2BD3"/>
     <w:rsid w:val="00FE2CA0"/>
     <w:rsid w:val="00FE305E"/>
     <w:rsid w:val="00FE32C1"/>
     <w:rsid w:val="00FE3541"/>
+    <w:rsid w:val="00FE39FC"/>
     <w:rsid w:val="00FE3FF8"/>
     <w:rsid w:val="00FE4402"/>
     <w:rsid w:val="00FE44EE"/>
     <w:rsid w:val="00FE44F5"/>
+    <w:rsid w:val="00FE4CAD"/>
     <w:rsid w:val="00FE4E11"/>
     <w:rsid w:val="00FE5C4A"/>
+    <w:rsid w:val="00FE5C76"/>
     <w:rsid w:val="00FE6270"/>
     <w:rsid w:val="00FE6560"/>
     <w:rsid w:val="00FE65DB"/>
     <w:rsid w:val="00FE6D6A"/>
     <w:rsid w:val="00FE6E01"/>
     <w:rsid w:val="00FE6EEA"/>
     <w:rsid w:val="00FE7116"/>
     <w:rsid w:val="00FE787B"/>
     <w:rsid w:val="00FF1595"/>
     <w:rsid w:val="00FF16B4"/>
     <w:rsid w:val="00FF196A"/>
     <w:rsid w:val="00FF2983"/>
+    <w:rsid w:val="00FF2D25"/>
     <w:rsid w:val="00FF3B6B"/>
+    <w:rsid w:val="00FF3BAE"/>
+    <w:rsid w:val="00FF3D12"/>
     <w:rsid w:val="00FF434B"/>
     <w:rsid w:val="00FF49FB"/>
     <w:rsid w:val="00FF4AF1"/>
     <w:rsid w:val="00FF4C94"/>
     <w:rsid w:val="00FF4F60"/>
     <w:rsid w:val="00FF5779"/>
     <w:rsid w:val="00FF5D23"/>
     <w:rsid w:val="00FF5D77"/>
     <w:rsid w:val="00FF5FE4"/>
     <w:rsid w:val="00FF62F6"/>
+    <w:rsid w:val="00FF6867"/>
     <w:rsid w:val="01588DF5"/>
+    <w:rsid w:val="053FA6D2"/>
+    <w:rsid w:val="0C7546C5"/>
+    <w:rsid w:val="0EE3B126"/>
+    <w:rsid w:val="125C069A"/>
+    <w:rsid w:val="177E279B"/>
+    <w:rsid w:val="18F63940"/>
+    <w:rsid w:val="1A4F18AC"/>
+    <w:rsid w:val="1BAF5761"/>
+    <w:rsid w:val="1D505129"/>
+    <w:rsid w:val="1DD672B3"/>
+    <w:rsid w:val="23EAF177"/>
+    <w:rsid w:val="242EF474"/>
     <w:rsid w:val="279B1B80"/>
+    <w:rsid w:val="29D2DDCA"/>
+    <w:rsid w:val="4D1ED332"/>
+    <w:rsid w:val="4DC9BB8C"/>
     <w:rsid w:val="4FF906AF"/>
+    <w:rsid w:val="54E0A2A2"/>
+    <w:rsid w:val="550FBA0C"/>
+    <w:rsid w:val="5A00FD0C"/>
+    <w:rsid w:val="5ED6E29E"/>
     <w:rsid w:val="5EF1ED62"/>
     <w:rsid w:val="5F77A8D9"/>
+    <w:rsid w:val="5FBA1865"/>
     <w:rsid w:val="60082B50"/>
+    <w:rsid w:val="6218BC34"/>
     <w:rsid w:val="65AF57CF"/>
     <w:rsid w:val="66DE3149"/>
+    <w:rsid w:val="69317D1D"/>
+    <w:rsid w:val="6B04083E"/>
+    <w:rsid w:val="70242CB8"/>
+    <w:rsid w:val="70F2CF6C"/>
+    <w:rsid w:val="70F74324"/>
+    <w:rsid w:val="72D47309"/>
     <w:rsid w:val="743EBECA"/>
+    <w:rsid w:val="7697AD5A"/>
+    <w:rsid w:val="7A03E225"/>
+    <w:rsid w:val="7AA0FBA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1D612834"/>
@@ -30880,269 +28505,269 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="CER Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading2"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C7A0D"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
       <w:kern w:val="32"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="CER Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EA629E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       <w:b/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="CER Heading 3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BC1762"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="CER Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:aliases w:val="CER Heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="6"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:aliases w:val="CER Heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1633"/>
       </w:tabs>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -31910,60 +29535,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00F358CB"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
     <w:name w:val="cf11"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F358CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="subsection">
     <w:name w:val="subsection"/>
     <w:aliases w:val="ss,t_Main,Subsection"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="subsectionChar"/>
     <w:qFormat/>
     <w:rsid w:val="00F358CB"/>
     <w:pPr>
@@ -32412,51 +30028,77 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="271017661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="596327183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="654728514">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="665788768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="803157708">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -32529,50 +30171,63 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1813675602">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="920069947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="921060232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="934288739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -33715,65 +31370,67 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135518597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/text" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-registrycontact@cer.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/new-unit-and-certificate-registry/unit-and-certificate-registry-guidance" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/voluntary-offsetting-and-surrender" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cergovau.sharepoint.com/sites/EDi-Safeguard/Declining%20baselines%20policy/Forms%20and%20Guidance/Carbon%20unit%20surrender%20guideline/cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-net-emissions" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/nger-client-portal-user-guide" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/national-greenhouse-and-energy-reporting-scheme/about-emissions-and-energy-data/emissions-and-energy-types" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems/anreu-account-guidance" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-registrycontact@cer.gov.au" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/versions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/national-greenhouse-and-energy-reporting-scheme/about-emissions-and-energy-data/emissions" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cleanenergyregulator.gov.au/OSR/online-services" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cleanenergyregulator.gov.au/OSR/online-services" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2015L01637" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/versions" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlineservices.cer.gov.au/forms/SAFE-009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/voluntary-offsetting-and-surrender" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cergovau.sharepoint.com/sites/EDi-Safeguard/Declining%20baselines%20policy/Forms%20and%20Guidance/Carbon%20unit%20surrender%20guideline/cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/safeguard-net-emissions" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/versions" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/online-systems" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/C2007A00175" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/schemes/safeguard-mechanism/managing-excess-emissions" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlineservices.cer.gov.au/forms/CORP-005?section=1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2015L01637/latest/versions" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/document_page/nger-online-services-user-guide" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CER-RegistryContact@cer.gov.au" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cer-safeguardbaselines@cer.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFC000"/>
       </a:accent1>
@@ -34035,1265 +31692,86 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE53CC16-F25D-4280-83B1-547B9E592AD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>42883</Characters>
+  <Pages>22</Pages>
+  <Words>7793</Words>
+  <Characters>41149</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>100</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>709</Lines>
+  <Paragraphs>449</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Safeguard Mechanism credit unit issuance and carbon unit surrender guideline</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50306</CharactersWithSpaces>
+  <CharactersWithSpaces>48493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1154 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Safeguard Mechanism credit unit issuance and carbon unit surrender guideline</dc:title>
+  <dc:title>Safeguard Mechanism SMC issuance and carbon unit surrender guideline</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>