--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -224,60 +224,60 @@
         <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> (NGER Audit Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548C3BBA" w14:textId="67944E4E" w:rsidR="00441E04" w:rsidRDefault="00441E04" w:rsidP="00441E04">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00777B5F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C667360" w14:textId="0FFD4570" w:rsidR="006507F0" w:rsidRPr="00880939" w:rsidRDefault="006507F0" w:rsidP="006507F0">
+    <w:p w14:paraId="65691F67" w14:textId="77777777" w:rsidR="001844A1" w:rsidRDefault="001844A1" w:rsidP="001844A1">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880939">
-        <w:t>relevant national and international audit standards, including:</w:t>
+      <w:r>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5164DE2D" w14:textId="77777777" w:rsidR="006507F0" w:rsidRPr="00432D01" w:rsidRDefault="006507F0" w:rsidP="006507F0">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F2BFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Assurance Engagements Other than Audits of Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AC35F2" w14:textId="77777777" w:rsidR="006507F0" w:rsidRDefault="006507F0" w:rsidP="006507F0">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -397,78 +397,120 @@
     </w:p>
     <w:p w14:paraId="1927A11D" w14:textId="58F09834" w:rsidR="00EE42F6" w:rsidRPr="00EE42F6" w:rsidRDefault="00EE42F6" w:rsidP="00EF7653">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASQM 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement quality reviews</w:t>
       </w:r>
       <w:r w:rsidR="007C40AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332A6FBF" w14:textId="77777777" w:rsidR="001844A1" w:rsidRDefault="001844A1" w:rsidP="001844A1">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339FAA53" w14:textId="35D7E931" w:rsidR="008A47AA" w:rsidRDefault="008A47AA" w:rsidP="00EF7653">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t>We recommend auditors disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team on the coversheet of the audit report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D1B16DA" w14:textId="77777777" w:rsidR="00717930" w:rsidRDefault="007144DC" w:rsidP="00F81A0C">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:sectPr w:rsidR="00717930" w:rsidSect="00717930">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="710"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00880939">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00A45F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NGER Audit Determination</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="006C93" w:themeColor="accent3"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve"> for further information on the legislative requirements for reporting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
@@ -785,175 +827,117 @@
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>Audit</w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>Determination</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E0706A9" w14:textId="4661943E" w:rsidR="00384B37" w:rsidRPr="00552243" w:rsidRDefault="00384B37" w:rsidP="00415ADF">
+          <w:p w14:paraId="0ADB899B" w14:textId="77777777" w:rsidR="001844A1" w:rsidRPr="00552243" w:rsidRDefault="001844A1" w:rsidP="001844A1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Applicable standards</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="316655C4" w14:textId="77777777" w:rsidR="00E018EE" w:rsidRPr="00514E57" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
+          <w:p w14:paraId="316655C4" w14:textId="3D32C411" w:rsidR="00E018EE" w:rsidRPr="00514E57" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="3DF50B35" w14:textId="77777777" w:rsidR="00E018EE" w:rsidRPr="00552243" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBBC345" w14:textId="77777777" w:rsidR="00E018EE" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
+          <w:p w14:paraId="7CBBC345" w14:textId="14AE74F6" w:rsidR="00E018EE" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A3F3829" w14:textId="77777777" w:rsidR="00E018EE" w:rsidRPr="00B567ED" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASSA 5000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>General Requirements for Sustainability Assurance Engagements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35685C9D" w14:textId="77777777" w:rsidR="00384B37" w:rsidRPr="00320EB7" w:rsidRDefault="00384B37" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
@@ -1093,56 +1077,56 @@
             </w:pPr>
             <w:r w:rsidRPr="00A3774C">
               <w:t>Other members of the audit team do not need to be registered. However, the NGER Regulations do contain requirements for other members of an audit team.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27EB41E0" w14:textId="77777777" w:rsidR="00384B37" w:rsidRDefault="00384B37" w:rsidP="00384B37">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:sectPr w:rsidR="00384B37" w:rsidSect="00384B37">
           <w:footerReference w:type="first" r:id="rId25"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="074AFCD4" w14:textId="77777777" w:rsidR="00384B37" w:rsidRDefault="00384B37" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc157764138"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc157764138"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Type of audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="10301" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1536"/>
         <w:gridCol w:w="7416"/>
         <w:gridCol w:w="1349"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F560E" w:rsidRPr="00FA7635" w14:paraId="1FC44484" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62D20B4F" w14:textId="77777777" w:rsidR="00384B37" w:rsidRPr="0051379B" w:rsidRDefault="00384B37" w:rsidP="00415ADF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1201,59 +1185,51 @@
           <w:p w14:paraId="01E5903C" w14:textId="7C77D5A7" w:rsidR="00701FE5" w:rsidRPr="007D4332" w:rsidRDefault="00701FE5" w:rsidP="00701FE5">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:t>the activities set out in the application that are claimed to be an emissions</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4332">
               <w:noBreakHyphen/>
               <w:t>intensive trade</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4332">
               <w:noBreakHyphen/>
               <w:t>exposed activity comply, in all material respects, with each of the requirements in the description of the activity set out in Schedule 6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EDAF249" w14:textId="7A539440" w:rsidR="00701FE5" w:rsidRPr="007D4332" w:rsidRDefault="00701FE5" w:rsidP="00701FE5">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
-              <w:t xml:space="preserve">the application presents fairly, in all material respects, the electricity </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> method advice (see paragraph 22O(1)(</w:t>
+              <w:t>the application presents fairly, in all material respects, the electricity use method advice (see paragraph 22O(1)(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D4332">
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D4332">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00077466" w:rsidRPr="007D4332">
               <w:t xml:space="preserve"> of the REE Regulations</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4332">
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="108DC5F9" w14:textId="450B4F86" w:rsidR="00701FE5" w:rsidRPr="007D4332" w:rsidRDefault="00701FE5" w:rsidP="00701FE5">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:ind w:left="360" w:hanging="360"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:t xml:space="preserve">the electricity use method advice is reasonable, and in all </w:t>
             </w:r>
@@ -1413,51 +1389,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2004655588"/>
             <w:placeholder>
               <w:docPart w:val="051F2C25DABD40908D8A565AD6B49F0E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="55C23CC7" w14:textId="77777777" w:rsidR="009E5C15" w:rsidRPr="007D4332" w:rsidRDefault="009E5C15" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1482,51 +1457,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="932790772"/>
             <w:placeholder>
               <w:docPart w:val="051F2C25DABD40908D8A565AD6B49F0E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="5189980A" w14:textId="77777777" w:rsidR="009E5C15" w:rsidRPr="007D4332" w:rsidRDefault="009E5C15" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1551,51 +1525,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1162001706"/>
             <w:placeholder>
               <w:docPart w:val="E90CFCF70A2A450A9BE86C29116D1165"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3C674505" w14:textId="77777777" w:rsidR="009E5C15" w:rsidRPr="007D4332" w:rsidRDefault="009E5C15" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1620,51 +1593,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="802428264"/>
             <w:placeholder>
               <w:docPart w:val="051F2C25DABD40908D8A565AD6B49F0E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0D44B822" w14:textId="77777777" w:rsidR="009E5C15" w:rsidRPr="007D4332" w:rsidRDefault="009E5C15" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1689,51 +1661,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1283035003"/>
             <w:placeholder>
               <w:docPart w:val="051F2C25DABD40908D8A565AD6B49F0E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3CEBAC87" w14:textId="77777777" w:rsidR="009E5C15" w:rsidRPr="007D4332" w:rsidRDefault="009E5C15" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1775,51 +1746,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Site name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1475828023"/>
             <w:placeholder>
               <w:docPart w:val="312AF5CDD76F473F8A345F0774B431FF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6A0132DE" w14:textId="77777777" w:rsidR="00743ACC" w:rsidRPr="007D4332" w:rsidRDefault="00743ACC" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1863,51 +1833,50 @@
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>te address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-872918176"/>
             <w:placeholder>
               <w:docPart w:val="312AF5CDD76F473F8A345F0774B431FF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6D9FE1C0" w14:textId="77777777" w:rsidR="00743ACC" w:rsidRPr="007D4332" w:rsidRDefault="00743ACC" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1948,51 +1917,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00643080" w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(indicate eligible emissions-intensive trade-exposed activities that occur on site)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-337304128"/>
             <w:placeholder>
               <w:docPart w:val="A5EC015B7C7B4A5590F1A0644F61DC03"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2FBCEDF3" w14:textId="77777777" w:rsidR="00743ACC" w:rsidRPr="007D4332" w:rsidRDefault="00743ACC" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2040,51 +2008,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(For example: E(MWh)</w:t>
             </w:r>
             <w:r w:rsidR="00F9353C" w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> = M1 + M2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2143492574"/>
             <w:placeholder>
               <w:docPart w:val="312AF5CDD76F473F8A345F0774B431FF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0747AC87" w14:textId="77777777" w:rsidR="00743ACC" w:rsidRPr="007D4332" w:rsidRDefault="00743ACC" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2137,51 +2104,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kind of audit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1821306296"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="34CDA320" w14:textId="794BDDB2" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="003D07C7" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Reasonable Assurance engagement under section 46A(</w:t>
                 </w:r>
                 <w:proofErr w:type="gramStart"/>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
@@ -2236,51 +2202,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Objective of the assurance engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1187405121"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="751585FD" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2305,51 +2270,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Application year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1293948314"/>
             <w:placeholder>
               <w:docPart w:val="253319B70A45468F806D57430B5BC945"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="524D42FA" w14:textId="79E57E05" w:rsidR="00B9705E" w:rsidRPr="007D4332" w:rsidRDefault="00B9705E" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2374,51 +2338,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Audit fee (inclusive of GST and disbursements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-341545287"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="1B8F6BCA" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2459,51 +2422,50 @@
               </w:rPr>
               <w:t>audit by audit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="928238669"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2E3ECCFE" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2561,51 +2523,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF64AA">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="007D4332">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F6338E">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
             <w:r w:rsidRPr="00FF64AA">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00FF64AA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF64AA">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
@@ -2618,51 +2580,50 @@
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF64AA">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from the date 12 months prior to the date of signing the terms of engagement for the audit, to the date of signing the audit report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1445733338"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="79A7CF77" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2710,51 +2671,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>conflict of interest</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FF64AA">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> situation (as that term is defined the NGER Regulations)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="923065534"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="727AE9FC" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2779,51 +2739,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date terms of engagement signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1989390367"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="222DEDFF" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2848,51 +2807,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4332">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date audit report signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1845624983"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="75231884" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="007D4332" w:rsidRDefault="004277C0" w:rsidP="007D4332">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D4332">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2950,51 +2908,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of audit team leader </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2053530535"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="1055E4D8" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3026,51 +2983,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GEA</w:t>
             </w:r>
             <w:r w:rsidR="004277C0" w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> registration number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1058850520"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6F3017EC" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3095,51 +3051,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1257867578"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="16DBEA27" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3164,51 +3119,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="150490093"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7DA934F6" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3233,51 +3187,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="802352406"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2DF487D9" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3302,51 +3255,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Names and contact details of other audit team members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1520459436"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6A0F87F1" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00FA0B24" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FA0B24">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3428,51 +3380,50 @@
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>audited body</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA0B24">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="651334736"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2CF678FB" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00AD0030" w:rsidRDefault="004277C0" w:rsidP="00FA0B24">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3516,51 +3467,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of peer reviewer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1202282533"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6E6A24DB" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00AD0030" w:rsidRDefault="004277C0" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3585,51 +3535,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="555351480"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="51513BF5" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00AD0030" w:rsidRDefault="004277C0" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3654,51 +3603,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="375825237"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="1D17BA6C" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00AD0030" w:rsidRDefault="004277C0" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3723,51 +3671,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1850709596"/>
             <w:placeholder>
               <w:docPart w:val="CE2CF8A99438401BAA3899F3C1DAA192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="30836180" w14:textId="77777777" w:rsidR="004277C0" w:rsidRPr="00AD0030" w:rsidRDefault="004277C0" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3869,59 +3816,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>the activities set out in the application that are claimed to be an emissions</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>intensive trade</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>exposed activity comply, in all material respects, with each of the requirements in the description of the activity set out in Schedule 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F80464" w14:textId="7C215643" w:rsidR="00B565B9" w:rsidRDefault="00B565B9" w:rsidP="00B565B9">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">the application presents fairly, in all material respects, the electricity </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> method advice (see   paragraph 22O(1)(</w:t>
+        <w:t>the application presents fairly, in all material respects, the electricity use method advice (see   paragraph 22O(1)(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0051379B">
         <w:t xml:space="preserve"> of the REE Regulations</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CD345C" w14:textId="6E32B8A2" w:rsidR="00B565B9" w:rsidRDefault="00B565B9" w:rsidP="00B565B9">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -4015,51 +3954,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of audited body </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1850754674"/>
             <w:placeholder>
               <w:docPart w:val="67741E6E739B42E6A2674773E17CDA57"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0ABA9538" w14:textId="77777777" w:rsidR="00C94D1F" w:rsidRPr="00AD0030" w:rsidRDefault="00C94D1F" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -4084,51 +4022,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="366417461"/>
             <w:placeholder>
               <w:docPart w:val="67741E6E739B42E6A2674773E17CDA57"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0BA9BD0C" w14:textId="77777777" w:rsidR="00C94D1F" w:rsidRPr="00AD0030" w:rsidRDefault="00C94D1F" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -4153,51 +4090,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0030">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1558084339"/>
             <w:placeholder>
               <w:docPart w:val="67741E6E739B42E6A2674773E17CDA57"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="42DE1418" w14:textId="77777777" w:rsidR="00C94D1F" w:rsidRPr="00AD0030" w:rsidRDefault="00C94D1F" w:rsidP="00AD0030">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD0030">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -5227,59 +5163,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>the activities set out in the application that are claimed to be an emissions</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>intensive trade</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>exposed activity comply, in all material respects, with each of the requirements in the description of the activity set out in Schedule 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023C3B2F" w14:textId="77777777" w:rsidR="002709A6" w:rsidRDefault="002709A6" w:rsidP="002709A6">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> the application presents fairly, in all material respects, the electricity </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> method advice </w:t>
+        <w:t xml:space="preserve"> the application presents fairly, in all material respects, the electricity use method advice </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BB726E1" w14:textId="75327F7B" w:rsidR="002709A6" w:rsidRDefault="002709A6" w:rsidP="002709A6">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the electricity use method advice is reasonable, and in all </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>material</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> respects is not likely to result in including an amount of electricity that is not a use amount</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5B7769" w14:textId="29279570" w:rsidR="002709A6" w:rsidRDefault="002709A6" w:rsidP="002709A6">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
@@ -5441,521 +5369,514 @@
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part B—Detailed findings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA3681F" w14:textId="77777777" w:rsidR="008526BF" w:rsidRDefault="008526BF" w:rsidP="00806DD7">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
+        <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0375B21E" w14:textId="77777777" w:rsidR="008B55D9" w:rsidRDefault="008B55D9" w:rsidP="0003499E">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553ED568" w14:textId="77777777" w:rsidR="008B55D9" w:rsidRPr="00984EC5" w:rsidRDefault="008B55D9" w:rsidP="0003499E">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984EC5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B540A40" w14:textId="4F0C37D9" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc157764158"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc157764158"/>
       <w:r w:rsidRPr="00FB3399">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Items or i</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>ssues requiring particular attention</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w14:paraId="00776735" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="895560930"/>
             <w:placeholder>
               <w:docPart w:val="33B7B7F1E44849DBB8F9C4570C49A4C0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="421A27D8" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7FBF18A4" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc157764159"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc157764159"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Aspects </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that particularly </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>impact</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">carrying out of </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w14:paraId="57B53A4D" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2063405585"/>
             <w:placeholder>
               <w:docPart w:val="F3DE2C02950047B69134BFEF048084C9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9740" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="61215B37" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:kern w:val="2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E8A7656" w14:textId="525031EB" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc157764160"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc157764160"/>
       <w:r>
         <w:t>Details of any c</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">ontraventions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A25C1F">
         <w:t>Renewable Energy (Electricity) Act</w:t>
       </w:r>
       <w:r w:rsidR="00C90F4A">
         <w:t xml:space="preserve"> 2000</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C90F4A">
         <w:t xml:space="preserve">Renewable Energy (Electricity) Regulations 2001 </w:t>
       </w:r>
       <w:r>
         <w:t>or the associated provisions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w14:paraId="43A2826C" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="138081972"/>
             <w:placeholder>
               <w:docPart w:val="8AC5D9F4F6DD4AF0AE7306252A636817"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="00EA9D55" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C723A15" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc157764161"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc157764161"/>
       <w:r>
         <w:t xml:space="preserve">Matters corrected </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>during the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9744" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2659"/>
         <w:gridCol w:w="7085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="21C813EA" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="552B1C8E" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="007A646F" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="599851712"/>
             <w:placeholder>
               <w:docPart w:val="7C1B12C33312495A93E78FA9B0CCA34E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="71F3671F" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="78045924" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13B0B108" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="007A646F" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1309550028"/>
             <w:placeholder>
               <w:docPart w:val="709C497A6B0F448AABF968FF28D1269C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7C843C25" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="3BFA67A4" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DCA41A" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="007A646F" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1614511669"/>
             <w:placeholder>
               <w:docPart w:val="A56EA5BA4A5A4EDCA06F0FF0B65F24DE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="00905430" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1066CCE2" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc157764162"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc157764162"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Other matters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w14:paraId="5E8C90EF" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2117243460"/>
             <w:placeholder>
               <w:docPart w:val="BF61180940F042E9A9EFBB2655FD26B8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="52CEB1EC" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51A117BC" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRDefault="00FB3399" w:rsidP="00FB3399">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="005874"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C186B41" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc157764163"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc157764163"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Audit findings and conclusions table</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="2443"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="0C414998" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6173,115 +6094,112 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="655EFBE7" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1984534540"/>
             <w:placeholder>
               <w:docPart w:val="ACB78EFCD72B416A88440F26BDC54D38"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="07F2B0BA" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1880347689"/>
             <w:placeholder>
               <w:docPart w:val="CD8A44971CF843439A35C1ED3764D28D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="047280F4" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="331888356"/>
             <w:placeholder>
               <w:docPart w:val="7DF8D93711544D6CB98E9E53375D7A6E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="37C9B8A7" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="4A0EB78B" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="703"/>
@@ -6292,348 +6210,333 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19566529" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">Issue C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1274521831"/>
             <w:placeholder>
               <w:docPart w:val="D3D218CBAAE9420E9306E488A20936B9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2273912A" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="240684593"/>
             <w:placeholder>
               <w:docPart w:val="9D10FCC5C47F4E7CA349DBB7374EFD8E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4694C5BC" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1517356271"/>
             <w:placeholder>
               <w:docPart w:val="D30C23690D0645018CF08DABD74E109B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="54729017" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31A42CA2" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00486136">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc157764164"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc157764164"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Peer reviewer conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="39AD0334" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0251143A" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1227500260"/>
             <w:placeholder>
               <w:docPart w:val="5DDBE864E35D4616A23F17B83D5CE941"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7B81B295" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="3C675EC4" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D60C339" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Peer reviewer’s credentials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="487216550"/>
             <w:placeholder>
               <w:docPart w:val="8ACE9A24CA6047B88B79100F913A46BF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="442E39AC" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="15D337C6" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64AB5287" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
-              <w:t xml:space="preserve">Peer </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> contact details</w:t>
+              <w:t>Peer reviewer contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="624894478"/>
             <w:placeholder>
               <w:docPart w:val="8A97582C3D9541D5B0C7CFEEB7E9C7FC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1B89F045" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00FB3399" w:rsidRPr="000F73E9" w14:paraId="139360D1" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="630F5CF4" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Outcome of the evaluation undertaken by the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="320852909"/>
             <w:placeholder>
               <w:docPart w:val="E96E074DE118446EA7CE65936E9DDD84"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5F6DD50E" w14:textId="77777777" w:rsidR="00FB3399" w:rsidRPr="000F73E9" w:rsidRDefault="00FB3399" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EFA9BD5" w14:textId="77777777" w:rsidR="00F86A07" w:rsidRDefault="00F86A07" w:rsidP="00B91C80">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
@@ -6714,67 +6617,67 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33A50">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B163274" w14:textId="4B82A51E" w:rsidR="00C07484" w:rsidRDefault="00C07484" w:rsidP="00806DD7"/>
     <w:sectPr w:rsidR="00C07484" w:rsidSect="00D72188">
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C125C20" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B" w:rsidP="00176C28">
+    <w:p w14:paraId="1C6FEF77" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77650FF6" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B"/>
+    <w:p w14:paraId="0D427B54" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F5CD8A4" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B" w:rsidP="00176C28">
+    <w:p w14:paraId="79C0BCD8" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F006AF" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B"/>
+    <w:p w14:paraId="7219A3B3" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="01873437" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B">
+    <w:p w14:paraId="01C1D1E9" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6798,105 +6701,101 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="958453197"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5DA0778C" w14:textId="77777777" w:rsidR="00717930" w:rsidRDefault="00717930" w:rsidP="009E2E56">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -7122,104 +7021,94 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1918800" cy="644717"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:id w:val="-127784767"/>
       <w:lock w:val="contentLocked"/>
       <w:group/>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="61BF2114" w14:textId="77777777" w:rsidR="00717930" w:rsidRPr="009C30B4" w:rsidRDefault="00717930" w:rsidP="007A32A0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="2694"/>
             <w:tab w:val="clear" w:pos="3969"/>
           </w:tabs>
           <w:ind w:left="0" w:right="101"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:color w:val="005874"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Heading2Char"/>
             <w:rFonts w:eastAsia="Cambria" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:t>OFFICIAL</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="298421814"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="33DF63C1" w14:textId="77777777" w:rsidR="007144DC" w:rsidRDefault="007144DC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -7612,66 +7501,66 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="5FC521D1" w14:textId="77777777" w:rsidR="00384B37" w:rsidRPr="009633DE" w:rsidRDefault="00384B37" w:rsidP="000060EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F37EE28" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B" w:rsidP="00176C28">
+    <w:p w14:paraId="4F2A987E" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C642708" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B" w:rsidP="00176C28">
+    <w:p w14:paraId="2CD05E59" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193A1EDF" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B"/>
+    <w:p w14:paraId="50C0599E" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6EE20123" w14:textId="77777777" w:rsidR="004B6C0B" w:rsidRDefault="004B6C0B">
+    <w:p w14:paraId="33F1B864" w14:textId="77777777" w:rsidR="00DF0FF1" w:rsidRDefault="00DF0FF1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="61D0AA2C" w14:textId="77777777" w:rsidR="007144DC" w:rsidRDefault="007144DC" w:rsidP="007144DC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0049651D">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -7748,131 +7637,115 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="330BD167" w14:textId="77777777" w:rsidR="00384B37" w:rsidRDefault="00384B37" w:rsidP="00384B37">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="765A4DBD" w14:textId="77777777" w:rsidR="00E018EE" w:rsidRDefault="00E018EE" w:rsidP="00E018EE">
+    <w:p w14:paraId="3F2DE735" w14:textId="0ACAF875" w:rsidR="00F6338E" w:rsidRDefault="00F6338E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000 for reporting periods commencing on or after 15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC547E" w:rsidRPr="00CC547E">
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="3F2DE735" w14:textId="0ACAF875" w:rsidR="00F6338E" w:rsidRDefault="00F6338E">
-[...17 lines deleted...]
-  <w:footnote w:id="10">
     <w:p w14:paraId="36DE259C" w14:textId="77777777" w:rsidR="008526BF" w:rsidRDefault="008526BF" w:rsidP="008526BF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66F7366A" w14:textId="77777777" w:rsidR="00717930" w:rsidRPr="00BE0DA3" w:rsidRDefault="00717930" w:rsidP="005E2204">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4876"/>
       </w:tabs>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:bCs/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664385" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47678E16" wp14:editId="6AC2C6C5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47678E16" wp14:editId="6AC2C6C5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5393690</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>302260</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1425600" cy="468000"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="997951767" name="Picture 997951767">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -7895,66 +7768,66 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="1425600" cy="468000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="12845A7B" w14:textId="77777777" w:rsidR="00717930" w:rsidRDefault="00717930" w:rsidP="003D3FC1">
+  <w:p w14:paraId="12845A7B" w14:textId="6D420C1F" w:rsidR="00717930" w:rsidRDefault="00717930" w:rsidP="003D3FC1">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665409" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D50592B" wp14:editId="1E79AC27">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D50592B" wp14:editId="1E79AC27">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3764366</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>430621</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2443363" cy="910681"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="90182791" name="Picture 90182791">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Picture 12">
@@ -7973,56 +7846,50 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2443363" cy="910681"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-[...4 lines deleted...]
-      <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7A8FDE59" w14:textId="77777777" w:rsidR="00717930" w:rsidRPr="00BE0DA3" w:rsidRDefault="00717930" w:rsidP="00FD1743">
     <w:pPr>
       <w:pStyle w:val="LegislativesecrecyACT"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C51E8FA" w14:textId="77777777" w:rsidR="00717930" w:rsidRPr="003D3FC1" w:rsidRDefault="00717930" w:rsidP="003D3FC1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CCE0C5D" wp14:editId="47BD2E77">
           <wp:extent cx="2628000" cy="617737"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5080"/>
@@ -8057,51 +7924,51 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D1D4A61" w14:textId="77777777" w:rsidR="007144DC" w:rsidRDefault="007144DC" w:rsidP="00977234">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17DE3EAD" wp14:editId="44172340">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17DE3EAD" wp14:editId="44172340">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5041265</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>191770</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="665137388" name="Picture 665137388">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -8151,51 +8018,51 @@
   <w:p w14:paraId="07BB3067" w14:textId="77777777" w:rsidR="007144DC" w:rsidRPr="00BE0DA3" w:rsidRDefault="007144DC" w:rsidP="00E349EF">
     <w:pPr>
       <w:pStyle w:val="LegislativesecrecyACT"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5788A67E" w14:textId="77777777" w:rsidR="007144DC" w:rsidRDefault="007144DC" w:rsidP="000060EF">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662337" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46B03520" wp14:editId="70F2F586">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46B03520" wp14:editId="70F2F586">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5019675</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>190500</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="549366576" name="Picture 549366576">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -8217,51 +8084,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1424451" cy="469454"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661313" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33C1FAE9" wp14:editId="33C37F68">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33C1FAE9" wp14:editId="33C37F68">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>7889240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>191770</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1424451" cy="469454"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="1067142634" name="Picture 1067142634">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -11082,232 +10949,237 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="865144990">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1786930">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1568301293">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1348557000">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1749420248">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="320161603">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{4D6F67AB-E985-406F-921F-4D5DB9EA15EB}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="2555902100528"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006C5977"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="000012B3"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00015F98"/>
     <w:rsid w:val="00022B9C"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="0003499E"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="0004155E"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00046B26"/>
     <w:rsid w:val="00046C94"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="00077466"/>
     <w:rsid w:val="00080285"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="00090690"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="00091BB2"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000B0DAE"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000D21FD"/>
     <w:rsid w:val="000D50F1"/>
     <w:rsid w:val="000D76C4"/>
     <w:rsid w:val="000E168F"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6E43"/>
     <w:rsid w:val="00101465"/>
     <w:rsid w:val="0010249F"/>
     <w:rsid w:val="0010362C"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="001512C0"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="00160D3E"/>
     <w:rsid w:val="00163D56"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001640DC"/>
     <w:rsid w:val="00164846"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="00171389"/>
     <w:rsid w:val="001721AF"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
+    <w:rsid w:val="001844A1"/>
     <w:rsid w:val="001932D5"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="001947A9"/>
     <w:rsid w:val="00197F43"/>
     <w:rsid w:val="001B1E56"/>
     <w:rsid w:val="001B4533"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D229D"/>
+    <w:rsid w:val="001D2A43"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001E5C42"/>
     <w:rsid w:val="001F201A"/>
     <w:rsid w:val="0020697D"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00223676"/>
+    <w:rsid w:val="00230677"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="002410A1"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="0025105B"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="00257383"/>
     <w:rsid w:val="00257532"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00262902"/>
     <w:rsid w:val="002670D3"/>
     <w:rsid w:val="002709A6"/>
     <w:rsid w:val="00270AEF"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="00290A47"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="00296327"/>
     <w:rsid w:val="002A7EA6"/>
     <w:rsid w:val="002B30C5"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="002C0A20"/>
     <w:rsid w:val="002C427B"/>
     <w:rsid w:val="002C702A"/>
     <w:rsid w:val="002D02F7"/>
     <w:rsid w:val="002D18F3"/>
     <w:rsid w:val="002D30B2"/>
     <w:rsid w:val="002E03F1"/>
     <w:rsid w:val="002E66C8"/>
     <w:rsid w:val="002F096B"/>
     <w:rsid w:val="002F1986"/>
     <w:rsid w:val="002F53CF"/>
     <w:rsid w:val="00303250"/>
     <w:rsid w:val="00320554"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00346D27"/>
     <w:rsid w:val="00353B13"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
     <w:rsid w:val="00376668"/>
+    <w:rsid w:val="00376680"/>
     <w:rsid w:val="003772EA"/>
     <w:rsid w:val="00384B37"/>
     <w:rsid w:val="003879A0"/>
     <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A53E2"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003C2403"/>
     <w:rsid w:val="003C7227"/>
     <w:rsid w:val="003D07C7"/>
     <w:rsid w:val="003D1735"/>
     <w:rsid w:val="003D3FC1"/>
     <w:rsid w:val="003D7E6D"/>
     <w:rsid w:val="003E445C"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
     <w:rsid w:val="00403E2F"/>
     <w:rsid w:val="00407A97"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="0042320B"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00425F73"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="004277C0"/>
     <w:rsid w:val="00427881"/>
     <w:rsid w:val="00435B40"/>
+    <w:rsid w:val="004419A7"/>
     <w:rsid w:val="00441E04"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00466743"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="004721EF"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00486136"/>
     <w:rsid w:val="0049133C"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="00495816"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A6DC2"/>
     <w:rsid w:val="004B2A69"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004B6C0B"/>
     <w:rsid w:val="004B72DC"/>
     <w:rsid w:val="004C40D3"/>
     <w:rsid w:val="004C6718"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D3F8B"/>
@@ -11358,121 +11230,124 @@
     <w:rsid w:val="0062017A"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00620DFD"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="00632E89"/>
     <w:rsid w:val="00637EEB"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="00643080"/>
     <w:rsid w:val="006507F0"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="006557BF"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067793A"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A410D"/>
     <w:rsid w:val="006A65F4"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006B2FB1"/>
     <w:rsid w:val="006B43F2"/>
+    <w:rsid w:val="006B6F22"/>
     <w:rsid w:val="006B72C7"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C2D20"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006C5977"/>
     <w:rsid w:val="006D5208"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3CA9"/>
     <w:rsid w:val="006F0799"/>
     <w:rsid w:val="006F3812"/>
     <w:rsid w:val="006F7BE1"/>
     <w:rsid w:val="00701FE5"/>
     <w:rsid w:val="007041EC"/>
     <w:rsid w:val="00706949"/>
     <w:rsid w:val="007144DC"/>
     <w:rsid w:val="00717930"/>
     <w:rsid w:val="00722620"/>
     <w:rsid w:val="00722D29"/>
     <w:rsid w:val="00724B10"/>
     <w:rsid w:val="0072601A"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00733C45"/>
     <w:rsid w:val="00735F70"/>
     <w:rsid w:val="00742311"/>
     <w:rsid w:val="00743ACC"/>
     <w:rsid w:val="0076397A"/>
     <w:rsid w:val="00767E1E"/>
     <w:rsid w:val="00767FAB"/>
     <w:rsid w:val="00770FD1"/>
     <w:rsid w:val="007773D1"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="00781A88"/>
     <w:rsid w:val="00784BBE"/>
     <w:rsid w:val="007909A6"/>
     <w:rsid w:val="00790E79"/>
+    <w:rsid w:val="00791D91"/>
     <w:rsid w:val="00794628"/>
     <w:rsid w:val="00797C77"/>
     <w:rsid w:val="007A19DF"/>
     <w:rsid w:val="007A2906"/>
     <w:rsid w:val="007A2909"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007B222C"/>
     <w:rsid w:val="007B2652"/>
     <w:rsid w:val="007B31E7"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007B70F4"/>
     <w:rsid w:val="007C1973"/>
     <w:rsid w:val="007C310C"/>
     <w:rsid w:val="007C40AB"/>
     <w:rsid w:val="007C4349"/>
     <w:rsid w:val="007C7046"/>
     <w:rsid w:val="007D279F"/>
     <w:rsid w:val="007D40F4"/>
     <w:rsid w:val="007D4332"/>
     <w:rsid w:val="007F3928"/>
     <w:rsid w:val="00801EDE"/>
     <w:rsid w:val="008043C4"/>
     <w:rsid w:val="008044E6"/>
     <w:rsid w:val="00805956"/>
     <w:rsid w:val="00806DD7"/>
     <w:rsid w:val="00816D8B"/>
     <w:rsid w:val="00817934"/>
     <w:rsid w:val="00826A84"/>
     <w:rsid w:val="00834EA9"/>
     <w:rsid w:val="008352D1"/>
     <w:rsid w:val="0083758E"/>
     <w:rsid w:val="008377AA"/>
     <w:rsid w:val="00843347"/>
     <w:rsid w:val="008444A8"/>
+    <w:rsid w:val="00845BBC"/>
     <w:rsid w:val="008526BF"/>
     <w:rsid w:val="0085735D"/>
     <w:rsid w:val="008634CA"/>
     <w:rsid w:val="00870920"/>
     <w:rsid w:val="00885AB6"/>
     <w:rsid w:val="00890472"/>
     <w:rsid w:val="008A1D0C"/>
     <w:rsid w:val="008A2ABF"/>
     <w:rsid w:val="008A47AA"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008B0D79"/>
     <w:rsid w:val="008B423F"/>
     <w:rsid w:val="008B434A"/>
     <w:rsid w:val="008B55D9"/>
     <w:rsid w:val="008B7D0A"/>
     <w:rsid w:val="008C52A2"/>
     <w:rsid w:val="008C63A1"/>
     <w:rsid w:val="008D1774"/>
     <w:rsid w:val="008D2E9A"/>
     <w:rsid w:val="008D43A0"/>
     <w:rsid w:val="008D56C7"/>
     <w:rsid w:val="008D6973"/>
     <w:rsid w:val="008E11A4"/>
     <w:rsid w:val="008E15DF"/>
     <w:rsid w:val="008E6CE0"/>
@@ -11494,88 +11369,91 @@
     <w:rsid w:val="009475B2"/>
     <w:rsid w:val="00956C11"/>
     <w:rsid w:val="0096250F"/>
     <w:rsid w:val="009633DE"/>
     <w:rsid w:val="00966E21"/>
     <w:rsid w:val="00970C49"/>
     <w:rsid w:val="00972BC6"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="009843AF"/>
     <w:rsid w:val="009849D5"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009C5F35"/>
     <w:rsid w:val="009D01EB"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009E310D"/>
     <w:rsid w:val="009E585A"/>
     <w:rsid w:val="009E5C15"/>
     <w:rsid w:val="009F073D"/>
     <w:rsid w:val="009F4AB1"/>
+    <w:rsid w:val="00A033B4"/>
     <w:rsid w:val="00A04605"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A17ACD"/>
     <w:rsid w:val="00A23C1D"/>
     <w:rsid w:val="00A24E85"/>
     <w:rsid w:val="00A25C1F"/>
     <w:rsid w:val="00A27494"/>
     <w:rsid w:val="00A31BE2"/>
     <w:rsid w:val="00A35028"/>
+    <w:rsid w:val="00A37525"/>
     <w:rsid w:val="00A3774C"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A45B88"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00A53C5B"/>
     <w:rsid w:val="00A54992"/>
     <w:rsid w:val="00A735B3"/>
     <w:rsid w:val="00A73727"/>
     <w:rsid w:val="00A745D5"/>
     <w:rsid w:val="00A77A6D"/>
     <w:rsid w:val="00A927F8"/>
     <w:rsid w:val="00AA2792"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA5FDC"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AB04A4"/>
     <w:rsid w:val="00AB1D66"/>
     <w:rsid w:val="00AB2877"/>
     <w:rsid w:val="00AC198E"/>
     <w:rsid w:val="00AC277A"/>
     <w:rsid w:val="00AC7773"/>
     <w:rsid w:val="00AD0030"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AE0E89"/>
     <w:rsid w:val="00AF214B"/>
     <w:rsid w:val="00AF5F77"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B07B0F"/>
     <w:rsid w:val="00B1226C"/>
     <w:rsid w:val="00B2186C"/>
     <w:rsid w:val="00B22179"/>
     <w:rsid w:val="00B26D7A"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B463EB"/>
     <w:rsid w:val="00B50A3A"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B55E11"/>
     <w:rsid w:val="00B565B9"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64507"/>
     <w:rsid w:val="00B64932"/>
     <w:rsid w:val="00B6634A"/>
     <w:rsid w:val="00B67C5B"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B860E5"/>
     <w:rsid w:val="00B8613C"/>
     <w:rsid w:val="00B91C80"/>
     <w:rsid w:val="00B9705E"/>
     <w:rsid w:val="00BA3225"/>
     <w:rsid w:val="00BA3D6B"/>
@@ -11609,166 +11487,173 @@
     <w:rsid w:val="00C465FF"/>
     <w:rsid w:val="00C47609"/>
     <w:rsid w:val="00C51902"/>
     <w:rsid w:val="00C67422"/>
     <w:rsid w:val="00C73199"/>
     <w:rsid w:val="00C83091"/>
     <w:rsid w:val="00C86B48"/>
     <w:rsid w:val="00C90F4A"/>
     <w:rsid w:val="00C91A3D"/>
     <w:rsid w:val="00C94D1F"/>
     <w:rsid w:val="00CA2864"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CB0129"/>
     <w:rsid w:val="00CB1064"/>
     <w:rsid w:val="00CB1915"/>
     <w:rsid w:val="00CB2487"/>
     <w:rsid w:val="00CB4965"/>
     <w:rsid w:val="00CB7ED6"/>
     <w:rsid w:val="00CC547E"/>
     <w:rsid w:val="00CC66A6"/>
     <w:rsid w:val="00CD26BA"/>
     <w:rsid w:val="00CD5133"/>
     <w:rsid w:val="00CD78B0"/>
+    <w:rsid w:val="00CE06FE"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CE3FBD"/>
     <w:rsid w:val="00CE6CDB"/>
     <w:rsid w:val="00CE7713"/>
     <w:rsid w:val="00CF01AB"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF588A"/>
+    <w:rsid w:val="00D05138"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D147FC"/>
     <w:rsid w:val="00D20111"/>
     <w:rsid w:val="00D32885"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D52018"/>
     <w:rsid w:val="00D54473"/>
     <w:rsid w:val="00D55E0A"/>
+    <w:rsid w:val="00D56B5F"/>
     <w:rsid w:val="00D708DE"/>
     <w:rsid w:val="00D72188"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D843A7"/>
     <w:rsid w:val="00D90D7B"/>
     <w:rsid w:val="00DA1468"/>
     <w:rsid w:val="00DA644C"/>
     <w:rsid w:val="00DB00A4"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB71AD"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DD5862"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DD79FF"/>
     <w:rsid w:val="00DF0F4C"/>
+    <w:rsid w:val="00DF0FF1"/>
     <w:rsid w:val="00DF32A7"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00DF54F7"/>
     <w:rsid w:val="00E018EE"/>
     <w:rsid w:val="00E05DD1"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E20A90"/>
     <w:rsid w:val="00E23813"/>
     <w:rsid w:val="00E31D8F"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E45E6F"/>
     <w:rsid w:val="00E46A7B"/>
     <w:rsid w:val="00E54531"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E74EFB"/>
     <w:rsid w:val="00E770EC"/>
+    <w:rsid w:val="00E81FB8"/>
     <w:rsid w:val="00E85BF6"/>
     <w:rsid w:val="00E866C7"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E952A0"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA0E49"/>
     <w:rsid w:val="00EA6980"/>
     <w:rsid w:val="00EA7A28"/>
     <w:rsid w:val="00EB771B"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EC5DE6"/>
     <w:rsid w:val="00ED4D42"/>
     <w:rsid w:val="00EE081F"/>
     <w:rsid w:val="00EE2714"/>
     <w:rsid w:val="00EE42F6"/>
     <w:rsid w:val="00EF3CE6"/>
     <w:rsid w:val="00EF3EF8"/>
     <w:rsid w:val="00EF7653"/>
     <w:rsid w:val="00F02C92"/>
     <w:rsid w:val="00F060FE"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F145F4"/>
     <w:rsid w:val="00F217F2"/>
     <w:rsid w:val="00F22E46"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F36AD8"/>
     <w:rsid w:val="00F43458"/>
     <w:rsid w:val="00F62FFD"/>
     <w:rsid w:val="00F6338E"/>
+    <w:rsid w:val="00F6423E"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F81A0C"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F86A07"/>
     <w:rsid w:val="00F87A2A"/>
     <w:rsid w:val="00F9328B"/>
     <w:rsid w:val="00F9353C"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00F96E6C"/>
     <w:rsid w:val="00F9747F"/>
     <w:rsid w:val="00FA0B24"/>
     <w:rsid w:val="00FA50C4"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FB3399"/>
     <w:rsid w:val="00FB5664"/>
     <w:rsid w:val="00FC01F0"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
     <w:rsid w:val="00FC54A6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD1743"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE52A0"/>
     <w:rsid w:val="00FE76B3"/>
     <w:rsid w:val="00FF1174"/>
     <w:rsid w:val="00FF64AA"/>
+    <w:rsid w:val="57D898AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -14648,50 +14533,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -14713,70 +14599,74 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00376680"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001F4BE6"/>
     <w:rsid w:val="001F79C5"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="00376680"/>
+    <w:rsid w:val="003D2277"/>
     <w:rsid w:val="004B2A69"/>
     <w:rsid w:val="004C40D3"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="00667120"/>
     <w:rsid w:val="006B6F22"/>
     <w:rsid w:val="00705BBA"/>
     <w:rsid w:val="00755CFD"/>
     <w:rsid w:val="009475B2"/>
     <w:rsid w:val="00A27494"/>
     <w:rsid w:val="00A46358"/>
     <w:rsid w:val="00AA5FDC"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B252E7"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00BA731F"/>
+    <w:rsid w:val="00BE4ABD"/>
     <w:rsid w:val="00D6569C"/>
     <w:rsid w:val="00DE7AF6"/>
     <w:rsid w:val="00E47365"/>
     <w:rsid w:val="00E74EFB"/>
     <w:rsid w:val="00F62FFD"/>
     <w:rsid w:val="00FC2B8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -15637,69 +15527,235 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B76EC6A4-98E4-4A3A-BFDC-97D13F6C295D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17343</Characters>
+  <Pages>13</Pages>
+  <Words>3134</Words>
+  <Characters>17583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>439</Lines>
+  <Paragraphs>291</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>RET exemption certificate audit report template</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20251</CharactersWithSpaces>
+  <CharactersWithSpaces>20426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="54" baseType="variant">
+      <vt:variant>
+        <vt:i4>3276839</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.youtube.com/watch?v=zoFQDVyAIds</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687032</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2010L00053/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2097213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2008L02230/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883638</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/C2007A00175/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621495</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2001B00053/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818103</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/C2004A00767/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/Series/F2010L00053</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Renewable Energy Target exemption certificate audit report template</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>