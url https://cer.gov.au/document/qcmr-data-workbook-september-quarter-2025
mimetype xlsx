--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -78,51 +78,51 @@
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD67DBCB-D0E9-4252-8995-ED98319E9BB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FFEED79-D3B2-419B-B2E0-0DCF1E54997C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="771" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="2" r:id="rId1"/>
     <sheet name="Contents" sheetId="3" r:id="rId2"/>
     <sheet name="Version history" sheetId="4" r:id="rId3"/>
     <sheet name="Figure 1.1" sheetId="11" r:id="rId4"/>
     <sheet name="Figure 1.2" sheetId="10" r:id="rId5"/>
     <sheet name="Figure 1.3" sheetId="30" r:id="rId6"/>
     <sheet name="Figure 1.4" sheetId="46" r:id="rId7"/>
     <sheet name="Figure 1.5" sheetId="31" r:id="rId8"/>
     <sheet name="Figure 1.6" sheetId="32" r:id="rId9"/>
     <sheet name="Figure 1.7" sheetId="8" r:id="rId10"/>
     <sheet name="Figure 2.1" sheetId="14" r:id="rId11"/>
     <sheet name="Figure 2.2" sheetId="15" r:id="rId12"/>
     <sheet name="Figure 2.3" sheetId="16" r:id="rId13"/>
     <sheet name="Figure 2.4" sheetId="17" r:id="rId14"/>
     <sheet name="Figure 2.5" sheetId="18" r:id="rId15"/>
     <sheet name="Figure 2.6" sheetId="19" r:id="rId16"/>
     <sheet name="Figure 2.7" sheetId="20" r:id="rId17"/>
     <sheet name="Figure 3.1" sheetId="33" r:id="rId18"/>
     <sheet name="Figure 3.2" sheetId="34" r:id="rId19"/>
     <sheet name="Figure 3.3" sheetId="37" r:id="rId20"/>
     <sheet name="Figure 3.4" sheetId="38" r:id="rId21"/>
@@ -134,51 +134,51 @@
     <sheet name="Figure 3.10" sheetId="44" r:id="rId27"/>
     <sheet name="Figure 3.11" sheetId="45" r:id="rId28"/>
   </sheets>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1477" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1474" uniqueCount="359">
   <si>
     <t>Version history</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Initial release</t>
   </si>
   <si>
     <t>Back to contents</t>
   </si>
   <si>
     <t xml:space="preserve">The small print </t>
   </si>
   <si>
     <t>A description/explanation of acronyms can be found in the Clean Energy Regulator glossary.</t>
   </si>
   <si>
     <t xml:space="preserve">This workbook contains the following figures and corresponding data: </t>
   </si>
   <si>
@@ -245,53 +245,50 @@
     <t>Final investment decision capacity in gigawatts (GW) for large-scale renewable generation</t>
   </si>
   <si>
     <t>Figure 2.5</t>
   </si>
   <si>
     <t>Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
   </si>
   <si>
     <t>Figure 2.6</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Figure 2.7</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) spot price</t>
   </si>
   <si>
     <t>Chapter 3. Small-scale technology certificates (STCs)</t>
   </si>
   <si>
     <t>Figure 3.1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Weekly small-scale technology certificate (STC) supply and the required supply to meet the small-scale technology percentage (STP)</t>
   </si>
   <si>
     <t>Figure 3.2</t>
   </si>
   <si>
     <t>Small-scale technology certificate (STC) reported spot and clearing house prices</t>
   </si>
   <si>
     <t>Figure 3.3</t>
   </si>
   <si>
     <t>Replacement small-scale rooftop solar as a proportion of total installations by state and territory</t>
   </si>
   <si>
     <t>Figure 3.4</t>
   </si>
   <si>
     <t>Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
   </si>
   <si>
     <t>Figure 3.5</t>
   </si>
   <si>
     <t>Small-scale rooftop solar installations and installed capacity in megawatts (MW)</t>
   </si>
@@ -1056,63 +1053,54 @@
   <si>
     <t>Safeguard annual total</t>
   </si>
   <si>
     <t>This figure shows ACCU surrenders by safeguard entities annually over time.</t>
   </si>
   <si>
     <t>Includes surrenders made by safeguard entities to meet Safeguard Mechanism compliance. For more data on the Safeguard Mechanism, including Safeguard Mechanism Credit issuance and surrenders, refer to safeguard data on our website (https://cer.gov.au/markets/reports-and-data/safeguard-data/2023-24-baselines-and-emissions-data).</t>
   </si>
   <si>
     <t>Australian carbon credit unit (ACCU) voluntary, compliance, and government cancellations</t>
   </si>
   <si>
     <t>Australian carbon credit unit (ACCU) safeguard surrenders</t>
   </si>
   <si>
     <t>Small-scale cumulative validated battery capacity installed by state and territory in kilowatt hours (kWh)</t>
   </si>
   <si>
     <t>Distribution of validated battery usable capacity in 5-kilowatt hour (kWh) ranges</t>
   </si>
   <si>
     <t>Distribution of validated battery installations by type</t>
   </si>
   <si>
-    <t>Lags between validated battery installation and associated solar PV installation, by type</t>
-[...1 lines deleted...]
-  <si>
     <t>Figure 3.10</t>
   </si>
   <si>
     <t>Figure 3.11</t>
-  </si>
-[...4 lines deleted...]
-    <t>Figure 3.13</t>
   </si>
   <si>
     <t>Figure 3.1 Small-scale cumulative validated battery capacity installed by state and territory in kilowatt hours (kWh)</t>
   </si>
   <si>
     <t>QLD</t>
   </si>
   <si>
     <t>TAS</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>About Figure 3.1</t>
   </si>
   <si>
     <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule. Totals may not sum due to rounding. </t>
   </si>
   <si>
     <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule.</t>
   </si>
@@ -1705,50 +1693,53 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Intermediary
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>Account holder has transacted/received over 10,000 LGCs and does not fit into any of the other categories.</t>
     </r>
   </si>
   <si>
     <t>Quarterly Carbon Market Report - Q3 2025 workbook</t>
   </si>
   <si>
     <t>Note: these figures will be included in the published Quarterly Carbon Market Report - Q3 2025</t>
   </si>
   <si>
     <t>Four-quarter rolling sum</t>
+  </si>
+  <si>
+    <t>Correction to table of contents</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="8">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2577,51 +2568,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="239">
+  <cellXfs count="241">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
@@ -2743,51 +2734,50 @@
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" quotePrefix="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="5" quotePrefix="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="8"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="37" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="37" fillId="9" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9"/>
@@ -2996,50 +2986,52 @@
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="43" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="43" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="9" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="3" fontId="11" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="164" fontId="43" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
@@ -3149,50 +3141,51 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="14" fontId="43" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="177">
     <cellStyle name="Comma" xfId="6" builtinId="3"/>
     <cellStyle name="Comma 10" xfId="83" xr:uid="{591DA6BC-003C-4B86-B610-005B6CBA8F7D}"/>
     <cellStyle name="Comma 10 2" xfId="94" xr:uid="{5EC4FE2B-9DA0-4452-91CB-AD7197405546}"/>
     <cellStyle name="Comma 11" xfId="14" xr:uid="{29891F40-C769-4935-97FF-41B6384CF53B}"/>
     <cellStyle name="Comma 11 2" xfId="95" xr:uid="{436862EC-6BDC-4D0D-84EE-2D0D1CEEA105}"/>
     <cellStyle name="Comma 12" xfId="89" xr:uid="{23AF2DAE-D757-4888-91EB-A5470971C26B}"/>
     <cellStyle name="Comma 12 2" xfId="96" xr:uid="{F6379145-57B6-41CE-8020-7AF6126AB6B3}"/>
     <cellStyle name="Comma 13" xfId="11" xr:uid="{E1B84551-3373-4F06-8E11-768BC4D74C1C}"/>
     <cellStyle name="Comma 13 2" xfId="97" xr:uid="{97F0CC63-4641-4876-8DBB-65A8E7BCC068}"/>
     <cellStyle name="Comma 14" xfId="98" xr:uid="{D6202C24-99BF-4E86-A286-512EAC949F0E}"/>
     <cellStyle name="Comma 2" xfId="18" xr:uid="{A0BBFD81-5C4C-4B2C-9EAF-0BC1F95305D1}"/>
     <cellStyle name="Comma 2 2" xfId="29" xr:uid="{9485C649-7D5F-4E58-BD37-D8A958C5FE4F}"/>
     <cellStyle name="Comma 2 2 2" xfId="66" xr:uid="{09AE794D-EA0E-453C-8170-0D226C12B628}"/>
     <cellStyle name="Comma 2 2 2 2" xfId="99" xr:uid="{117534BC-32CD-44E3-BBE6-933F188FDCA8}"/>
     <cellStyle name="Comma 2 2 3" xfId="100" xr:uid="{947F42E8-EE8D-4C97-9BF7-EC39B5107AC8}"/>
     <cellStyle name="Comma 2 3" xfId="59" xr:uid="{5C0353E8-7080-4D0D-ACCD-74CFB0345AD0}"/>
     <cellStyle name="Comma 2 3 2" xfId="101" xr:uid="{8A972E59-04CA-428D-9FF6-1D1DAF893A5F}"/>
     <cellStyle name="Comma 2 4" xfId="74" xr:uid="{9529EA1A-B39A-4230-9C58-06FF6D1BEE37}"/>
     <cellStyle name="Comma 2 4 2" xfId="102" xr:uid="{4ECBE207-E938-4F17-B2D6-F20C5CAFF641}"/>
     <cellStyle name="Comma 2 5" xfId="81" xr:uid="{CFF2070B-0D4E-4893-9D1E-A5B446BAE309}"/>
     <cellStyle name="Comma 2 5 2" xfId="103" xr:uid="{111E5948-2546-4FFE-B886-E1D1CE754AF9}"/>
     <cellStyle name="Comma 2 6" xfId="104" xr:uid="{CBA70A31-0EF8-455E-8EBA-78582036AB63}"/>
     <cellStyle name="Comma 3" xfId="25" xr:uid="{9AFCA3E3-CFAE-4F12-B597-D980FFF068E8}"/>
@@ -9602,53 +9595,53 @@
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="153690" y="6191250"/>
           <a:ext cx="7915275" cy="3962400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table18" displayName="Table18" ref="A5:B35" totalsRowShown="0" headerRowDxfId="227" dataDxfId="226">
-[...1 lines deleted...]
-    <sortCondition ref="A6:A35"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table18" displayName="Table18" ref="A5:B33" totalsRowShown="0" headerRowDxfId="227" dataDxfId="226">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:B33">
+    <sortCondition ref="A6:A33"/>
   </sortState>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{E4FD6D45-B1D9-4065-AE55-16159495FBD4}" name="Figure number" dataDxfId="225" dataCellStyle="Hyperlink"/>
     <tableColumn id="2" xr3:uid="{3F3EFFF0-8F16-41A6-88F0-7F2513CAF1B1}" name="Figure title" dataCellStyle="Normal"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{4701034C-9399-4AB3-8A8B-6C14D374F08B}" name="Table415" displayName="Table415" ref="A4:F31" totalsRowShown="0" headerRowDxfId="136" headerRowBorderDxfId="135">
   <autoFilter ref="A4:F31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{24F94D51-2861-473D-9F6A-01DEA03B61D8}" name="Year"/>
     <tableColumn id="2" xr3:uid="{E814099B-6CE9-472F-A6A7-A3283A4C62EA}" name="Quarter" dataDxfId="134"/>
     <tableColumn id="3" xr3:uid="{1CD55857-E848-40AB-8C93-94EA1ADBD859}" name="Wind" dataDxfId="133"/>
     <tableColumn id="4" xr3:uid="{C527D20A-72EA-4BFD-8569-24DDE9508EA7}" name="Solar" dataDxfId="132"/>
     <tableColumn id="5" xr3:uid="{176D885C-3C04-48B3-974A-19274D69E4B7}" name="Total" dataDxfId="131"/>
     <tableColumn id="6" xr3:uid="{6FFD80A7-95E2-4190-8CCE-C0B52BCFB3FA}" name="Annual total" dataDxfId="130"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9778,57 +9771,57 @@
 </table>
 </file>
 
 <file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{8A0D9E88-D4D8-4647-A68D-4FE6454698E7}" name="Table423" displayName="Table423" ref="A4:L31" totalsRowShown="0" headerRowDxfId="56" dataDxfId="55" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:L31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{363825AB-C1BF-4D49-BAD3-4E4C6D99CC0C}" name="Year" dataDxfId="54"/>
     <tableColumn id="2" xr3:uid="{C4203260-2C20-4A7A-9750-F0918725EE87}" name="Quarter" dataDxfId="53"/>
     <tableColumn id="3" xr3:uid="{61E53EC0-AA9C-41E0-93A2-66BEAB836154}" name="Victoria" dataDxfId="52"/>
     <tableColumn id="4" xr3:uid="{09CB924F-F102-4F44-A335-0D676A8EFC1E}" name="NSW" dataDxfId="51"/>
     <tableColumn id="5" xr3:uid="{581C6DBD-B2EC-4171-BD9E-0D624A5A45F5}" name="Queensland" dataDxfId="50"/>
     <tableColumn id="6" xr3:uid="{3F70D13A-D4E1-4D33-A98B-FE3BC3C16A35}" name="WA" dataDxfId="49"/>
     <tableColumn id="7" xr3:uid="{A5A3F755-BEFF-4E86-85C8-5D1317D694C2}" name="SA" dataDxfId="48"/>
     <tableColumn id="8" xr3:uid="{FB3AC838-79CE-491C-95DB-3C4EB636D233}" name="ACT" dataDxfId="47"/>
     <tableColumn id="9" xr3:uid="{AA09DB96-B73D-4328-99DE-20F63003571A}" name="Tasmania" dataDxfId="46"/>
     <tableColumn id="10" xr3:uid="{CF11E4F7-0BF3-43A4-9BCA-FC4028624A75}" name="NT" dataDxfId="45"/>
     <tableColumn id="11" xr3:uid="{55183EFF-E272-4ECE-95B0-8238FA2B7D52}" name="Annual total" dataDxfId="44"/>
     <tableColumn id="12" xr3:uid="{80E66BA7-D3F0-4B06-9FA4-3078F2D5F207}" name="STC validations" dataDxfId="43"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table21" displayName="Table21" ref="A2:C3" totalsRowShown="0" headerRowDxfId="224" dataDxfId="223">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table21" displayName="Table21" ref="A2:C4" totalsRowShown="0" headerRowDxfId="224" dataDxfId="223">
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{779286B0-2369-40D6-8FC1-D9BF7CA7A801}" name="Version" dataDxfId="222"/>
     <tableColumn id="2" xr3:uid="{7FEEBBF8-CD5E-4E63-81D8-5AFBA94B0A8E}" name="Date" dataDxfId="221"/>
     <tableColumn id="3" xr3:uid="{4B017EC1-A0A5-4669-B098-1948510FD540}" name="Changes" dataDxfId="220"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{B52B4C7D-43C4-4377-98F7-5C9523E7A1C8}" name="Fig3.10" displayName="Fig3.10" ref="A4:H31" totalsRowShown="0" headerRowDxfId="42" dataDxfId="40" headerRowBorderDxfId="41" tableBorderDxfId="39" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:H31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{FB44CE5B-83D5-4A42-8C48-7118E2A8F4D5}" name="Year" dataDxfId="38"/>
     <tableColumn id="2" xr3:uid="{8E3855AB-4B2B-4133-A866-7E1DA6D36367}" name="Quarter" dataDxfId="37"/>
     <tableColumn id="3" xr3:uid="{37FBA4F5-7484-4F15-BA66-B696E5C30490}" name="0-5 kW" dataDxfId="36"/>
     <tableColumn id="4" xr3:uid="{D17B87CC-5053-44A0-ABB5-7A4D8FC2E673}" name="5-10 kW" dataDxfId="35"/>
     <tableColumn id="5" xr3:uid="{7F9989E8-F232-400A-B00D-4E2DFA6066BE}" name="10-15 kW" dataDxfId="34"/>
     <tableColumn id="6" xr3:uid="{A60420FE-FAC6-4131-B601-CF78535E7F33}" name="15-40 kW" dataDxfId="33"/>
     <tableColumn id="7" xr3:uid="{F81EBE7E-D6AE-42CA-B396-5E61E14FFC19}" name="40-100 kW" dataDxfId="32"/>
     <tableColumn id="8" xr3:uid="{0EABB6A3-4AF4-4270-AF75-2D1BE6ABF2FD}" name="Average system size" dataDxfId="31" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table21.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="25" xr:uid="{28083DDC-A16F-403B-9B1D-046AB5B1812E}" name="Fig3.4" displayName="Fig3.4" ref="A4:K31" totalsRowShown="0" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:K31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{7E807424-F42E-4AB2-B9AC-DC0CF66407E8}" name="Year" dataDxfId="30" totalsRowDxfId="29"/>
@@ -10326,18096 +10319,18088 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39E7EF1A-AF23-43ED-AC83-422366305897}">
   <dimension ref="B23:B44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="8.54296875" style="4"/>
+    <col min="1" max="16384" width="8.5546875" style="4"/>
   </cols>
   <sheetData>
-    <row r="23" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:2" ht="14.4" x14ac:dyDescent="0.2">
       <c r="B23" s="3"/>
     </row>
-    <row r="44" spans="2:2" ht="12" x14ac:dyDescent="0.3">
-      <c r="B44" s="175"/>
+    <row r="44" spans="2:2" ht="12" x14ac:dyDescent="0.25">
+      <c r="B44" s="174"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E67528DB-09CE-4051-8FFD-9C6980B77A92}">
   <dimension ref="A1:E43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="5" width="27.08984375" style="15" customWidth="1"/>
-    <col min="6" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="5" width="27.109375" style="15" customWidth="1"/>
+    <col min="6" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="E2" s="204"/>
+    <row r="2" spans="1:5" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>351</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
     </row>
     <row r="3" spans="1:5" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...7 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
     </row>
-    <row r="26" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-    <row r="29" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A26" s="212" t="s">
+        <v>303</v>
+      </c>
+      <c r="B26" s="212"/>
+      <c r="C26" s="212"/>
+      <c r="D26" s="212"/>
+      <c r="E26" s="212"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="214" t="s">
+        <v>311</v>
+      </c>
+      <c r="B27" s="214"/>
+      <c r="C27" s="214"/>
+      <c r="D27" s="214"/>
+      <c r="E27" s="214"/>
+    </row>
+    <row r="29" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A29" s="43" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="17"/>
       <c r="C29" s="17"/>
     </row>
-    <row r="30" spans="1:5" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="213" t="s">
+        <v>304</v>
+      </c>
+      <c r="B30" s="213"/>
+      <c r="C30" s="213"/>
+      <c r="D30" s="213"/>
+      <c r="E30" s="213"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="213"/>
+      <c r="B31" s="213"/>
+      <c r="C31" s="213"/>
+      <c r="D31" s="213"/>
+      <c r="E31" s="213"/>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A38" s="13"/>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="B43" s="178"/>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B43" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A30:E31"/>
     <mergeCell ref="A27:E27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F974CB26-3645-414E-AEF6-13096DA0EC07}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82B472B6-E344-4589-8D0D-0207B0868B98}">
   <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="29.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="19.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.88671875" style="15" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="204" t="s">
+    <row r="2" spans="1:9" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
+      <c r="G2" s="205"/>
+      <c r="H2" s="205"/>
+      <c r="I2" s="205"/>
+    </row>
+    <row r="3" spans="1:9" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+    </row>
+    <row r="4" spans="1:9" s="19" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="31" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="31" t="s">
         <v>94</v>
       </c>
-      <c r="B2" s="204"/>
-[...25 lines deleted...]
-      <c r="C4" s="31" t="s">
+      <c r="D4" s="31" t="s">
         <v>95</v>
       </c>
-      <c r="D4" s="31" t="s">
+      <c r="E4" s="31" t="s">
         <v>96</v>
       </c>
-      <c r="E4" s="31" t="s">
+      <c r="F4" s="31" t="s">
         <v>97</v>
       </c>
-      <c r="F4" s="31" t="s">
+      <c r="G4" s="28" t="s">
         <v>98</v>
       </c>
-      <c r="G4" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="I4" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="I4" s="29" t="s">
+    </row>
+    <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="158" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="21" t="s">
         <v>63</v>
-      </c>
-[...6 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C5" s="16">
         <v>4163383</v>
       </c>
       <c r="D5" s="16">
         <v>1325825</v>
       </c>
       <c r="E5" s="16">
         <v>784269</v>
       </c>
       <c r="F5" s="16">
         <v>839688</v>
       </c>
       <c r="G5" s="16">
         <v>169615</v>
       </c>
       <c r="H5" s="20">
         <v>7282780</v>
       </c>
-      <c r="I5" s="160">
+      <c r="I5" s="159">
         <v>29616131</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" s="16">
         <v>4310490</v>
       </c>
       <c r="D6" s="16">
         <v>1070212</v>
       </c>
       <c r="E6" s="16">
         <v>478893</v>
       </c>
       <c r="F6" s="16">
         <v>57938</v>
       </c>
       <c r="G6" s="16">
         <v>284535</v>
       </c>
       <c r="H6" s="20">
         <v>6202068</v>
       </c>
-      <c r="I6" s="160" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I6" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C7" s="16">
         <v>4608738</v>
       </c>
       <c r="D7" s="16">
         <v>1114424</v>
       </c>
       <c r="E7" s="16">
         <v>586299</v>
       </c>
       <c r="F7" s="16">
         <v>170849</v>
       </c>
       <c r="G7" s="16">
         <v>278078</v>
       </c>
       <c r="H7" s="20">
         <v>6758388</v>
       </c>
-      <c r="I7" s="160" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I7" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" s="16">
         <v>5555545</v>
       </c>
       <c r="D8" s="16">
         <v>1818946</v>
       </c>
       <c r="E8" s="16">
         <v>1001089</v>
       </c>
       <c r="F8" s="16">
         <v>879547</v>
       </c>
       <c r="G8" s="16">
         <v>117768</v>
       </c>
       <c r="H8" s="20">
         <v>9372895</v>
       </c>
-      <c r="I8" s="160" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I8" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="16">
         <v>4313812</v>
       </c>
       <c r="D9" s="16">
         <v>1973944</v>
       </c>
       <c r="E9" s="16">
         <v>545611</v>
       </c>
       <c r="F9" s="16">
         <v>403025</v>
       </c>
       <c r="G9" s="16">
         <v>161286</v>
       </c>
       <c r="H9" s="20">
         <v>7397678</v>
       </c>
-      <c r="I9" s="160">
+      <c r="I9" s="159">
         <v>33152996</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="16">
         <v>4974714</v>
       </c>
       <c r="D10" s="16">
         <v>1526406</v>
       </c>
       <c r="E10" s="16">
         <v>327152</v>
       </c>
       <c r="F10" s="16">
         <v>57458</v>
       </c>
       <c r="G10" s="16">
         <v>82299</v>
       </c>
       <c r="H10" s="20">
         <v>6968029</v>
       </c>
-      <c r="I10" s="160" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I10" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C11" s="16">
         <v>5023838</v>
       </c>
       <c r="D11" s="16">
         <v>1387380</v>
       </c>
       <c r="E11" s="16">
         <v>562685</v>
       </c>
       <c r="F11" s="16">
         <v>58210</v>
       </c>
       <c r="G11" s="16">
         <v>290632</v>
       </c>
       <c r="H11" s="20">
         <v>7322745</v>
       </c>
-      <c r="I11" s="160" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I11" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C12" s="16">
         <v>7038530</v>
       </c>
       <c r="D12" s="16">
         <v>2447599</v>
       </c>
       <c r="E12" s="16">
         <v>1092288</v>
       </c>
       <c r="F12" s="16">
         <v>581376</v>
       </c>
       <c r="G12" s="16">
         <v>304751</v>
       </c>
       <c r="H12" s="20">
         <v>11464544</v>
       </c>
-      <c r="I12" s="160" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I12" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C13" s="16">
         <v>5585650</v>
       </c>
       <c r="D13" s="16">
         <v>2424743</v>
       </c>
       <c r="E13" s="16">
         <v>432716</v>
       </c>
       <c r="F13" s="16">
         <v>751496</v>
       </c>
       <c r="G13" s="16">
         <v>11028</v>
       </c>
       <c r="H13" s="20">
         <v>9205633</v>
       </c>
-      <c r="I13" s="160">
+      <c r="I13" s="159">
         <v>38932201</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B14" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C14" s="16">
         <v>5418883</v>
       </c>
       <c r="D14" s="16">
         <v>2128835</v>
       </c>
       <c r="E14" s="16">
         <v>344264</v>
       </c>
       <c r="F14" s="16">
         <v>60940</v>
       </c>
       <c r="G14" s="16">
         <v>0</v>
       </c>
       <c r="H14" s="20">
         <v>7952922</v>
       </c>
-      <c r="I14" s="160" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I14" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C15" s="16">
         <v>6984780</v>
       </c>
       <c r="D15" s="16">
         <v>1716402</v>
       </c>
       <c r="E15" s="16">
         <v>394604</v>
       </c>
       <c r="F15" s="16">
         <v>112893</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="20">
         <v>9208679</v>
       </c>
-      <c r="I15" s="160" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I15" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C16" s="16">
         <v>8235025</v>
       </c>
       <c r="D16" s="16">
         <v>3042634</v>
       </c>
       <c r="E16" s="16">
         <v>982100</v>
       </c>
       <c r="F16" s="16">
         <v>305208</v>
       </c>
       <c r="G16" s="16">
         <v>0</v>
       </c>
       <c r="H16" s="20">
         <v>12564967</v>
       </c>
-      <c r="I16" s="160" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I16" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C17" s="16">
         <v>5281079</v>
       </c>
       <c r="D17" s="16">
         <v>3466194</v>
       </c>
       <c r="E17" s="16">
         <v>615892</v>
       </c>
       <c r="F17" s="16">
         <v>816529</v>
       </c>
       <c r="G17" s="16">
         <v>0</v>
       </c>
       <c r="H17" s="20">
         <v>10179694</v>
       </c>
-      <c r="I17" s="160">
+      <c r="I17" s="159">
         <v>42090710</v>
       </c>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C18" s="16">
         <v>6356949</v>
       </c>
       <c r="D18" s="16">
         <v>2733676</v>
       </c>
       <c r="E18" s="16">
         <v>345547</v>
       </c>
       <c r="F18" s="16">
         <v>90978</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="20">
         <v>9527150</v>
       </c>
-      <c r="I18" s="160" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I18" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C19" s="16">
         <v>8076905</v>
       </c>
       <c r="D19" s="16">
         <v>2297227</v>
       </c>
       <c r="E19" s="16">
         <v>596284</v>
       </c>
       <c r="F19" s="16">
         <v>207837</v>
       </c>
       <c r="G19" s="16">
         <v>0</v>
       </c>
       <c r="H19" s="20">
         <v>11178253</v>
       </c>
-      <c r="I19" s="160" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I19" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C20" s="16">
         <v>6750741</v>
       </c>
       <c r="D20" s="16">
         <v>3284968</v>
       </c>
       <c r="E20" s="16">
         <v>613178</v>
       </c>
       <c r="F20" s="16">
         <v>556726</v>
       </c>
       <c r="G20" s="16">
         <v>0</v>
       </c>
       <c r="H20" s="20">
         <v>11205613</v>
       </c>
-      <c r="I20" s="160" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I20" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C21" s="16">
         <v>6812455</v>
       </c>
       <c r="D21" s="16">
         <v>4523784</v>
       </c>
       <c r="E21" s="16">
         <v>838244</v>
       </c>
       <c r="F21" s="16">
         <v>891226</v>
       </c>
       <c r="G21" s="16">
         <v>0</v>
       </c>
       <c r="H21" s="20">
         <v>13065709</v>
       </c>
-      <c r="I21" s="160">
+      <c r="I21" s="159">
         <v>49602459</v>
       </c>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C22" s="16">
         <v>7286918</v>
       </c>
       <c r="D22" s="16">
         <v>3463788</v>
       </c>
       <c r="E22" s="16">
         <v>398580</v>
       </c>
       <c r="F22" s="16">
         <v>138585</v>
       </c>
       <c r="G22" s="16">
         <v>0</v>
       </c>
       <c r="H22" s="20">
         <v>11287871</v>
       </c>
-      <c r="I22" s="160" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I22" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C23" s="16">
         <v>8500814</v>
       </c>
       <c r="D23" s="16">
         <v>3090340</v>
       </c>
       <c r="E23" s="16">
         <v>386810</v>
       </c>
       <c r="F23" s="16">
         <v>141337</v>
       </c>
       <c r="G23" s="16">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>12119301</v>
       </c>
-      <c r="I23" s="160" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I23" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C24" s="16">
         <v>7657674</v>
       </c>
       <c r="D24" s="16">
         <v>4422891</v>
       </c>
       <c r="E24" s="16">
         <v>780365</v>
       </c>
       <c r="F24" s="16">
         <v>268648</v>
       </c>
       <c r="G24" s="16">
         <v>0</v>
       </c>
       <c r="H24" s="20">
         <v>13129578</v>
       </c>
-      <c r="I24" s="160" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I24" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C25" s="16">
         <v>7039551</v>
       </c>
       <c r="D25" s="16">
         <v>5106888</v>
       </c>
       <c r="E25" s="16">
         <v>660904</v>
       </c>
       <c r="F25" s="16">
         <v>1036842</v>
       </c>
       <c r="G25" s="16">
         <v>0</v>
       </c>
       <c r="H25" s="20">
         <v>13844185</v>
       </c>
-      <c r="I25" s="160">
+      <c r="I25" s="159">
         <v>51480183</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="16">
         <v>6692758</v>
       </c>
       <c r="D26" s="16">
         <v>4029007</v>
       </c>
       <c r="E26" s="16">
         <v>271129</v>
       </c>
       <c r="F26" s="16">
         <v>64625</v>
       </c>
       <c r="G26" s="16">
         <v>0</v>
       </c>
       <c r="H26" s="20">
         <v>11057519</v>
       </c>
-      <c r="I26" s="160" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I26" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C27" s="16">
         <v>8538561</v>
       </c>
       <c r="D27" s="16">
         <v>3409643</v>
       </c>
       <c r="E27" s="16">
         <v>512130</v>
       </c>
       <c r="F27" s="16">
         <v>107558</v>
       </c>
       <c r="G27" s="16">
         <v>0</v>
       </c>
       <c r="H27" s="20">
         <v>12567892</v>
       </c>
-      <c r="I27" s="160" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I27" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B28" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C28" s="16">
         <v>8393679</v>
       </c>
       <c r="D28" s="16">
         <v>4505033</v>
       </c>
       <c r="E28" s="16">
         <v>743249</v>
       </c>
       <c r="F28" s="16">
         <v>368626</v>
       </c>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="20">
         <v>14010587</v>
       </c>
-      <c r="I28" s="160" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I28" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" s="23" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B29" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C29" s="16">
         <v>7390510</v>
       </c>
       <c r="D29" s="16">
         <v>5892300</v>
       </c>
       <c r="E29" s="16">
         <v>688430</v>
       </c>
       <c r="F29" s="16">
         <v>224749</v>
       </c>
       <c r="G29" s="16">
         <v>0</v>
       </c>
       <c r="H29" s="20">
         <v>14195989</v>
       </c>
-      <c r="I29" s="160">
+      <c r="I29" s="159">
         <v>42813904</v>
       </c>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" s="23" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C30" s="16">
         <v>7605909</v>
       </c>
       <c r="D30" s="16">
         <v>4672630</v>
       </c>
       <c r="E30" s="16">
         <v>588450</v>
       </c>
       <c r="F30" s="16">
         <v>94038</v>
       </c>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="20">
         <v>12961027</v>
       </c>
-      <c r="I30" s="160" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I30" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" s="23" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B31" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C31" s="16">
         <v>10950241</v>
       </c>
       <c r="D31" s="16">
         <v>3919057</v>
       </c>
       <c r="E31" s="16">
         <v>624678</v>
       </c>
       <c r="F31" s="16">
         <v>162912</v>
       </c>
       <c r="G31" s="16">
         <v>0</v>
       </c>
       <c r="H31" s="20">
         <v>15656888</v>
       </c>
-      <c r="I31" s="160" t="s">
-[...8 lines deleted...]
-      <c r="A57" s="193" t="s">
+      <c r="I31" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A57" s="194" t="s">
+        <v>99</v>
+      </c>
+      <c r="B57" s="194"/>
+      <c r="C57" s="194"/>
+      <c r="D57" s="194"/>
+      <c r="E57" s="194"/>
+      <c r="F57" s="194"/>
+      <c r="G57" s="194"/>
+      <c r="H57" s="194"/>
+      <c r="I57" s="194"/>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A58" s="215" t="s">
         <v>100</v>
       </c>
-      <c r="B57" s="193"/>
-[...21 lines deleted...]
-    <row r="60" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B58" s="215"/>
+      <c r="C58" s="215"/>
+      <c r="D58" s="215"/>
+      <c r="E58" s="215"/>
+      <c r="F58" s="215"/>
+      <c r="G58" s="215"/>
+      <c r="H58" s="215"/>
+      <c r="I58" s="215"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B60" s="17"/>
       <c r="C60" s="17"/>
     </row>
-    <row r="61" spans="1:9" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-    <row r="69" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A61" s="215" t="s">
+        <v>101</v>
+      </c>
+      <c r="B61" s="215"/>
+      <c r="C61" s="215"/>
+      <c r="D61" s="215"/>
+      <c r="E61" s="215"/>
+      <c r="F61" s="215"/>
+      <c r="G61" s="215"/>
+      <c r="H61" s="215"/>
+      <c r="I61" s="215"/>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A57:I57"/>
     <mergeCell ref="A58:I58"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{C60A0557-2A25-45BA-BD19-1E85D14E3522}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DC39FA5-ADA5-45F5-B5B7-396306A819F9}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="37.6328125" style="15" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="1" width="37.5546875" style="15" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" style="15" customWidth="1"/>
+    <col min="3" max="3" width="33.5546875" style="15" customWidth="1"/>
+    <col min="4" max="4" width="30.5546875" style="15" customWidth="1"/>
+    <col min="5" max="5" width="8.88671875" style="15"/>
+    <col min="6" max="6" width="8.88671875" style="15" customWidth="1"/>
+    <col min="7" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
     </row>
-    <row r="2" spans="1:4" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="D2" s="204"/>
+    <row r="2" spans="1:4" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
     </row>
     <row r="3" spans="1:4" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A28" s="193" t="s">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="194" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" s="194"/>
+      <c r="C28" s="194"/>
+      <c r="D28" s="194"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="215" t="s">
         <v>104</v>
       </c>
-      <c r="B28" s="193"/>
-[...12 lines deleted...]
-      <c r="A31" s="193" t="s">
+      <c r="B29" s="215"/>
+      <c r="C29" s="215"/>
+      <c r="D29" s="215"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="194" t="s">
         <v>5</v>
       </c>
-      <c r="B31" s="193"/>
-[...17 lines deleted...]
-    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B31" s="194"/>
+      <c r="C31" s="194"/>
+      <c r="D31" s="194"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="216" t="s">
+        <v>317</v>
+      </c>
+      <c r="B32" s="216"/>
+      <c r="C32" s="216"/>
+      <c r="D32" s="216"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A33" s="216"/>
+      <c r="B33" s="216"/>
+      <c r="C33" s="216"/>
+      <c r="D33" s="216"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A40" s="13"/>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="B44" s="178"/>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A32:D33"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A31:D31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{8B449BFE-957D-4BEB-80DF-A0A849142B24}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52CD6E2C-ABFF-4E29-997B-0A4D6AA75C40}">
   <dimension ref="A1:F69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="8.88671875" style="15"/>
+    <col min="10" max="10" width="8.88671875" style="15" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F2" s="204"/>
+    <row r="2" spans="1:6" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
     </row>
     <row r="3" spans="1:6" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...8 lines deleted...]
-    <row r="4" spans="1:6" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="62" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="39" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="D4" s="39" t="s">
         <v>95</v>
       </c>
-      <c r="D4" s="39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" s="40" t="s">
         <v>62</v>
       </c>
-      <c r="F4" s="40" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="14">
         <v>2019</v>
       </c>
       <c r="B5" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C5" s="162">
+        <v>63</v>
+      </c>
+      <c r="C5" s="161">
         <v>0.23</v>
       </c>
-      <c r="D5" s="162">
+      <c r="D5" s="161">
         <v>0.42</v>
       </c>
-      <c r="E5" s="163">
+      <c r="E5" s="162">
         <v>0.66</v>
       </c>
-      <c r="F5" s="162">
+      <c r="F5" s="161">
         <v>3.84</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="15">
         <v>2019</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C6" s="162">
+        <v>64</v>
+      </c>
+      <c r="C6" s="161">
         <v>0.57999999999999996</v>
       </c>
-      <c r="D6" s="162">
+      <c r="D6" s="161">
         <v>0.45</v>
       </c>
-      <c r="E6" s="163">
+      <c r="E6" s="162">
         <v>1.04</v>
       </c>
-      <c r="F6" s="162" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F6" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="15">
         <v>2019</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C7" s="162">
+        <v>65</v>
+      </c>
+      <c r="C7" s="161">
         <v>0.69</v>
       </c>
-      <c r="D7" s="162">
+      <c r="D7" s="161">
         <v>0.43</v>
       </c>
-      <c r="E7" s="163">
+      <c r="E7" s="162">
         <v>1.1200000000000001</v>
       </c>
-      <c r="F7" s="162" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F7" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="15">
         <v>2019</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C8" s="162">
+        <v>66</v>
+      </c>
+      <c r="C8" s="161">
         <v>0.06</v>
       </c>
-      <c r="D8" s="162">
+      <c r="D8" s="161">
         <v>0.96</v>
       </c>
-      <c r="E8" s="163">
+      <c r="E8" s="162">
         <v>1.03</v>
       </c>
-      <c r="F8" s="162" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F8" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="15">
         <v>2020</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C9" s="162">
+        <v>63</v>
+      </c>
+      <c r="C9" s="161">
         <v>0.17</v>
       </c>
-      <c r="D9" s="162">
+      <c r="D9" s="161">
         <v>0.39</v>
       </c>
-      <c r="E9" s="163">
+      <c r="E9" s="162">
         <v>0.56000000000000005</v>
       </c>
-      <c r="F9" s="162">
+      <c r="F9" s="161">
         <v>4.1900000000000004</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="15">
         <v>2020</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C10" s="162">
+        <v>64</v>
+      </c>
+      <c r="C10" s="161">
         <v>1.38</v>
       </c>
-      <c r="D10" s="162">
+      <c r="D10" s="161">
         <v>0.41</v>
       </c>
-      <c r="E10" s="163">
+      <c r="E10" s="162">
         <v>1.79</v>
       </c>
-      <c r="F10" s="162" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F10" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="15">
         <v>2020</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C11" s="162">
+        <v>65</v>
+      </c>
+      <c r="C11" s="161">
         <v>0.22</v>
       </c>
-      <c r="D11" s="162">
+      <c r="D11" s="161">
         <v>0.16</v>
       </c>
-      <c r="E11" s="163">
+      <c r="E11" s="162">
         <v>0.38</v>
       </c>
-      <c r="F11" s="162" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F11" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="15">
         <v>2020</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C12" s="162">
+        <v>66</v>
+      </c>
+      <c r="C12" s="161">
         <v>0.56000000000000005</v>
       </c>
-      <c r="D12" s="162">
+      <c r="D12" s="161">
         <v>0.9</v>
       </c>
-      <c r="E12" s="163">
+      <c r="E12" s="162">
         <v>1.45</v>
       </c>
-      <c r="F12" s="162" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F12" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="15">
         <v>2021</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C13" s="162">
+        <v>63</v>
+      </c>
+      <c r="C13" s="161">
         <v>0</v>
       </c>
-      <c r="D13" s="162">
+      <c r="D13" s="161">
         <v>0.24</v>
       </c>
-      <c r="E13" s="163">
+      <c r="E13" s="162">
         <v>0.24</v>
       </c>
-      <c r="F13" s="162">
+      <c r="F13" s="161">
         <v>2.31</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="15">
         <v>2021</v>
       </c>
       <c r="B14" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C14" s="162">
+        <v>64</v>
+      </c>
+      <c r="C14" s="161">
         <v>0.19</v>
       </c>
-      <c r="D14" s="162">
+      <c r="D14" s="161">
         <v>0.13</v>
       </c>
-      <c r="E14" s="163">
+      <c r="E14" s="162">
         <v>0.32</v>
       </c>
-      <c r="F14" s="162" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F14" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="15">
         <v>2021</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C15" s="162">
+        <v>65</v>
+      </c>
+      <c r="C15" s="161">
         <v>0.16</v>
       </c>
-      <c r="D15" s="162">
+      <c r="D15" s="161">
         <v>0.45</v>
       </c>
-      <c r="E15" s="163">
+      <c r="E15" s="162">
         <v>0.6</v>
       </c>
-      <c r="F15" s="162" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F15" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="15">
         <v>2021</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C16" s="162">
+        <v>66</v>
+      </c>
+      <c r="C16" s="161">
         <v>0</v>
       </c>
-      <c r="D16" s="162">
+      <c r="D16" s="161">
         <v>1.1499999999999999</v>
       </c>
-      <c r="E16" s="163">
+      <c r="E16" s="162">
         <v>1.1499999999999999</v>
       </c>
-      <c r="F16" s="162" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F16" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="15">
         <v>2022</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C17" s="162">
+        <v>63</v>
+      </c>
+      <c r="C17" s="161">
         <v>0.22</v>
       </c>
-      <c r="D17" s="162">
+      <c r="D17" s="161">
         <v>0.08</v>
       </c>
-      <c r="E17" s="163">
+      <c r="E17" s="162">
         <v>0.28999999999999998</v>
       </c>
-      <c r="F17" s="162">
+      <c r="F17" s="161">
         <v>2.46</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="15">
         <v>2022</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C18" s="162">
+        <v>64</v>
+      </c>
+      <c r="C18" s="161">
         <v>0</v>
       </c>
-      <c r="D18" s="162">
+      <c r="D18" s="161">
         <v>0.4</v>
       </c>
-      <c r="E18" s="163">
+      <c r="E18" s="162">
         <v>0.4</v>
       </c>
-      <c r="F18" s="162" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F18" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="15">
         <v>2022</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C19" s="162">
+        <v>65</v>
+      </c>
+      <c r="C19" s="161">
         <v>0.26</v>
       </c>
-      <c r="D19" s="162">
+      <c r="D19" s="161">
         <v>0.24</v>
       </c>
-      <c r="E19" s="163">
+      <c r="E19" s="162">
         <v>0.5</v>
       </c>
-      <c r="F19" s="162" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F19" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="15">
         <v>2022</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C20" s="162">
+        <v>66</v>
+      </c>
+      <c r="C20" s="161">
         <v>0.59</v>
       </c>
-      <c r="D20" s="162">
+      <c r="D20" s="161">
         <v>0.68</v>
       </c>
-      <c r="E20" s="163">
+      <c r="E20" s="162">
         <v>1.27</v>
       </c>
-      <c r="F20" s="162" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F20" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="15">
         <v>2023</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C21" s="162">
+        <v>63</v>
+      </c>
+      <c r="C21" s="161">
         <v>0</v>
       </c>
-      <c r="D21" s="162">
+      <c r="D21" s="161">
         <v>0.27</v>
       </c>
-      <c r="E21" s="163">
+      <c r="E21" s="162">
         <v>0.27</v>
       </c>
-      <c r="F21" s="162">
+      <c r="F21" s="161">
         <v>2.2000000000000002</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" s="15">
         <v>2023</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C22" s="162">
+        <v>64</v>
+      </c>
+      <c r="C22" s="161">
         <v>0</v>
       </c>
-      <c r="D22" s="162">
+      <c r="D22" s="161">
         <v>0.68</v>
       </c>
-      <c r="E22" s="163">
+      <c r="E22" s="162">
         <v>0.68</v>
       </c>
-      <c r="F22" s="162" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F22" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="15">
         <v>2023</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C23" s="162">
+        <v>65</v>
+      </c>
+      <c r="C23" s="161">
         <v>0.57999999999999996</v>
       </c>
-      <c r="D23" s="162">
+      <c r="D23" s="161">
         <v>0.03</v>
       </c>
-      <c r="E23" s="163">
+      <c r="E23" s="162">
         <v>0.61</v>
       </c>
-      <c r="F23" s="162" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F23" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="15">
         <v>2023</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C24" s="162">
+        <v>66</v>
+      </c>
+      <c r="C24" s="161">
         <v>0.15</v>
       </c>
-      <c r="D24" s="162">
+      <c r="D24" s="161">
         <v>0.5</v>
       </c>
-      <c r="E24" s="163">
+      <c r="E24" s="162">
         <v>0.65</v>
       </c>
-      <c r="F24" s="162" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F24" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="15">
         <v>2024</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C25" s="162">
+        <v>63</v>
+      </c>
+      <c r="C25" s="161">
         <v>0.28000000000000003</v>
       </c>
-      <c r="D25" s="162">
+      <c r="D25" s="161">
         <v>0.59</v>
       </c>
-      <c r="E25" s="163">
+      <c r="E25" s="162">
         <v>0.87</v>
       </c>
-      <c r="F25" s="162">
+      <c r="F25" s="161">
         <v>4.3099999999999996</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="15">
         <v>2024</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C26" s="162">
+        <v>64</v>
+      </c>
+      <c r="C26" s="161">
         <v>0.32</v>
       </c>
-      <c r="D26" s="162">
+      <c r="D26" s="161">
         <v>0.2</v>
       </c>
-      <c r="E26" s="163">
+      <c r="E26" s="162">
         <v>0.52</v>
       </c>
-      <c r="F26" s="162" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F26" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="15">
         <v>2024</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C27" s="162">
+        <v>65</v>
+      </c>
+      <c r="C27" s="161">
         <v>0.9</v>
       </c>
-      <c r="D27" s="162">
+      <c r="D27" s="161">
         <v>0.41</v>
       </c>
-      <c r="E27" s="163">
+      <c r="E27" s="162">
         <v>1.31</v>
       </c>
-      <c r="F27" s="162" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F27" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="15">
         <v>2024</v>
       </c>
       <c r="B28" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C28" s="162">
+        <v>66</v>
+      </c>
+      <c r="C28" s="161">
         <v>0.92</v>
       </c>
-      <c r="D28" s="162">
+      <c r="D28" s="161">
         <v>0.69</v>
       </c>
-      <c r="E28" s="163">
+      <c r="E28" s="162">
         <v>1.61</v>
       </c>
-      <c r="F28" s="162" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F28" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="15">
         <v>2025</v>
       </c>
       <c r="B29" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C29" s="162">
+        <v>63</v>
+      </c>
+      <c r="C29" s="161">
         <v>0.2</v>
       </c>
-      <c r="D29" s="162">
+      <c r="D29" s="161">
         <v>0.1</v>
       </c>
-      <c r="E29" s="163">
+      <c r="E29" s="162">
         <v>0.3</v>
       </c>
-      <c r="F29" s="162">
+      <c r="F29" s="161">
         <v>2.6</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="15">
         <v>2025</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C30" s="162">
+        <v>64</v>
+      </c>
+      <c r="C30" s="161">
         <v>0.45</v>
       </c>
-      <c r="D30" s="162">
+      <c r="D30" s="161">
         <v>1.01</v>
       </c>
-      <c r="E30" s="163">
+      <c r="E30" s="162">
         <v>1.46</v>
       </c>
-      <c r="F30" s="162" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F30" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="15">
         <v>2025</v>
       </c>
       <c r="B31" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C31" s="162">
+        <v>65</v>
+      </c>
+      <c r="C31" s="161">
         <v>0.25</v>
       </c>
-      <c r="D31" s="162">
+      <c r="D31" s="161">
         <v>0.6</v>
       </c>
-      <c r="E31" s="163">
+      <c r="E31" s="162">
         <v>0.85</v>
       </c>
-      <c r="F31" s="162" t="s">
-[...36 lines deleted...]
-      <c r="A60" s="211" t="s">
+      <c r="F31" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="212" t="s">
+        <v>324</v>
+      </c>
+      <c r="B57" s="212"/>
+      <c r="C57" s="212"/>
+      <c r="D57" s="212"/>
+      <c r="E57" s="212"/>
+      <c r="F57" s="212"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A58" s="216" t="s">
+        <v>106</v>
+      </c>
+      <c r="B58" s="216"/>
+      <c r="C58" s="216"/>
+      <c r="D58" s="216"/>
+      <c r="E58" s="216"/>
+      <c r="F58" s="216"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A59" s="216"/>
+      <c r="B59" s="216"/>
+      <c r="C59" s="216"/>
+      <c r="D59" s="216"/>
+      <c r="E59" s="216"/>
+      <c r="F59" s="216"/>
+    </row>
+    <row r="60" spans="1:6" s="43" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="212" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="211"/>
-[...23 lines deleted...]
-    <row r="69" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B60" s="212"/>
+      <c r="C60" s="212"/>
+      <c r="D60" s="212"/>
+      <c r="E60" s="212"/>
+      <c r="F60" s="212"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A61" s="216" t="s">
+        <v>325</v>
+      </c>
+      <c r="B61" s="216"/>
+      <c r="C61" s="216"/>
+      <c r="D61" s="216"/>
+      <c r="E61" s="216"/>
+      <c r="F61" s="216"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A62" s="216"/>
+      <c r="B62" s="216"/>
+      <c r="C62" s="216"/>
+      <c r="D62" s="216"/>
+      <c r="E62" s="216"/>
+      <c r="F62" s="216"/>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F59"/>
     <mergeCell ref="A61:F62"/>
     <mergeCell ref="A60:F60"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D7D70B0B-4C7E-41C3-8356-6C8E9781D69F}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61CFEEA8-32F2-4F6E-8C14-0DA0672607AC}">
   <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="38.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="8.88671875" style="15"/>
+    <col min="10" max="10" width="8.88671875" style="15" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="204" t="s">
+    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
+    </row>
+    <row r="3" spans="1:6" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="39" t="s">
         <v>108</v>
       </c>
-      <c r="B2" s="204"/>
-[...22 lines deleted...]
-      <c r="C4" s="39" t="s">
+      <c r="D4" s="39" t="s">
+        <v>326</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="F4" s="40" t="s">
         <v>109</v>
       </c>
-      <c r="D4" s="39" t="s">
-[...9 lines deleted...]
-    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="14">
         <v>2016</v>
       </c>
       <c r="B5" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C5" s="32">
         <v>0.04</v>
       </c>
-      <c r="D5" s="162" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="162">
+      <c r="D5" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="E5" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="F5" s="161">
         <v>1.31</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="15">
         <v>2016</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" s="32">
         <v>0.3</v>
       </c>
-      <c r="D6" s="162" t="s">
-[...9 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="D6" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="E6" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="F6" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="15">
         <v>2016</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C7" s="32">
         <v>0.01</v>
       </c>
-      <c r="D7" s="162" t="s">
-[...9 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="D7" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="E7" s="161" t="s">
+        <v>199</v>
+      </c>
+      <c r="F7" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="15">
         <v>2016</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" s="32">
         <v>0.95</v>
       </c>
-      <c r="D8" s="162">
+      <c r="D8" s="161">
         <v>0.33</v>
       </c>
-      <c r="E8" s="162">
+      <c r="E8" s="161">
         <v>1.31</v>
       </c>
-      <c r="F8" s="162" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F8" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="15">
         <v>2017</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="32">
         <v>0.85</v>
       </c>
-      <c r="D9" s="162">
+      <c r="D9" s="161">
         <v>0.53</v>
       </c>
-      <c r="E9" s="162">
+      <c r="E9" s="161">
         <v>2.12</v>
       </c>
-      <c r="F9" s="162">
+      <c r="F9" s="161">
         <v>4.0199999999999996</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="15">
         <v>2017</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="32">
         <v>0.75</v>
       </c>
-      <c r="D10" s="162">
+      <c r="D10" s="161">
         <v>0.64</v>
       </c>
-      <c r="E10" s="162">
+      <c r="E10" s="161">
         <v>2.57</v>
       </c>
-      <c r="F10" s="162" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F10" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="15">
         <v>2017</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C11" s="32">
         <v>1.1200000000000001</v>
       </c>
-      <c r="D11" s="162">
+      <c r="D11" s="161">
         <v>0.92</v>
       </c>
-      <c r="E11" s="162">
+      <c r="E11" s="161">
         <v>3.67</v>
       </c>
-      <c r="F11" s="162" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F11" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="15">
         <v>2017</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C12" s="32">
         <v>1.3</v>
       </c>
-      <c r="D12" s="162">
+      <c r="D12" s="161">
         <v>1</v>
       </c>
-      <c r="E12" s="162">
+      <c r="E12" s="161">
         <v>4.0199999999999996</v>
       </c>
-      <c r="F12" s="162" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F12" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="15">
         <v>2018</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C13" s="32">
         <v>1.47</v>
       </c>
-      <c r="D13" s="162">
+      <c r="D13" s="161">
         <v>1.1599999999999999</v>
       </c>
-      <c r="E13" s="162">
+      <c r="E13" s="161">
         <v>4.6399999999999997</v>
       </c>
-      <c r="F13" s="162">
+      <c r="F13" s="161">
         <v>4.93</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="15">
         <v>2018</v>
       </c>
       <c r="B14" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C14" s="32">
         <v>0.96</v>
       </c>
-      <c r="D14" s="162">
+      <c r="D14" s="161">
         <v>1.21</v>
       </c>
-      <c r="E14" s="162">
+      <c r="E14" s="161">
         <v>4.8499999999999996</v>
       </c>
-      <c r="F14" s="162" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F14" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="15">
         <v>2018</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C15" s="32">
         <v>0.61</v>
       </c>
-      <c r="D15" s="162">
+      <c r="D15" s="161">
         <v>1.0900000000000001</v>
       </c>
-      <c r="E15" s="162">
+      <c r="E15" s="161">
         <v>4.34</v>
       </c>
-      <c r="F15" s="162" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F15" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="15">
         <v>2018</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C16" s="32">
         <v>1.88</v>
       </c>
-      <c r="D16" s="162">
+      <c r="D16" s="161">
         <v>1.23</v>
       </c>
-      <c r="E16" s="162">
+      <c r="E16" s="161">
         <v>4.93</v>
       </c>
-      <c r="F16" s="162" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F16" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="15">
         <v>2019</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C17" s="32">
         <v>0.69</v>
       </c>
-      <c r="D17" s="162">
+      <c r="D17" s="161">
         <v>1.04</v>
       </c>
-      <c r="E17" s="162">
+      <c r="E17" s="161">
         <v>4.1399999999999997</v>
       </c>
-      <c r="F17" s="162">
+      <c r="F17" s="161">
         <v>2.4</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="15">
         <v>2019</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C18" s="32">
         <v>0.68</v>
       </c>
-      <c r="D18" s="162">
+      <c r="D18" s="161">
         <v>0.96</v>
       </c>
-      <c r="E18" s="162">
+      <c r="E18" s="161">
         <v>3.86</v>
       </c>
-      <c r="F18" s="162" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F18" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="15">
         <v>2019</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C19" s="32">
         <v>0.47</v>
       </c>
-      <c r="D19" s="162">
+      <c r="D19" s="161">
         <v>0.93</v>
       </c>
-      <c r="E19" s="162">
+      <c r="E19" s="161">
         <v>3.72</v>
       </c>
-      <c r="F19" s="162" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F19" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="15">
         <v>2019</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C20" s="32">
         <v>0.56000000000000005</v>
       </c>
-      <c r="D20" s="162">
+      <c r="D20" s="161">
         <v>0.6</v>
       </c>
-      <c r="E20" s="162">
+      <c r="E20" s="161">
         <v>2.4</v>
       </c>
-      <c r="F20" s="162" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F20" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="15">
         <v>2020</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C21" s="32">
         <v>1.23</v>
       </c>
-      <c r="D21" s="162">
+      <c r="D21" s="161">
         <v>0.73</v>
       </c>
-      <c r="E21" s="162">
+      <c r="E21" s="161">
         <v>2.94</v>
       </c>
-      <c r="F21" s="162">
+      <c r="F21" s="161">
         <v>3.32</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" s="15">
         <v>2020</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C22" s="32">
         <v>0.02</v>
       </c>
-      <c r="D22" s="162">
+      <c r="D22" s="161">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E22" s="162">
+      <c r="E22" s="161">
         <v>2.2799999999999998</v>
       </c>
-      <c r="F22" s="162" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F22" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="15">
         <v>2020</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C23" s="32">
         <v>1.29</v>
       </c>
-      <c r="D23" s="162">
+      <c r="D23" s="161">
         <v>0.77</v>
       </c>
-      <c r="E23" s="162">
+      <c r="E23" s="161">
         <v>3.1</v>
       </c>
-      <c r="F23" s="162" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F23" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="15">
         <v>2020</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C24" s="32">
         <v>0.78</v>
       </c>
-      <c r="D24" s="162">
+      <c r="D24" s="161">
         <v>0.83</v>
       </c>
-      <c r="E24" s="162">
+      <c r="E24" s="161">
         <v>3.32</v>
       </c>
-      <c r="F24" s="162" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F24" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="15">
         <v>2021</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C25" s="32">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D25" s="162">
+      <c r="D25" s="161">
         <v>0.54</v>
       </c>
-      <c r="E25" s="162">
+      <c r="E25" s="161">
         <v>2.16</v>
       </c>
-      <c r="F25" s="162">
+      <c r="F25" s="161">
         <v>3.06</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="15">
         <v>2021</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="32">
         <v>0.74</v>
       </c>
-      <c r="D26" s="162">
+      <c r="D26" s="161">
         <v>0.72</v>
       </c>
-      <c r="E26" s="162">
+      <c r="E26" s="161">
         <v>2.88</v>
       </c>
-      <c r="F26" s="162" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F26" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="15">
         <v>2021</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C27" s="32">
         <v>1.18</v>
       </c>
-      <c r="D27" s="162">
+      <c r="D27" s="161">
         <v>0.69</v>
       </c>
-      <c r="E27" s="162">
+      <c r="E27" s="161">
         <v>2.77</v>
       </c>
-      <c r="F27" s="162" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F27" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="15">
         <v>2021</v>
       </c>
       <c r="B28" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C28" s="32">
         <v>1.07</v>
       </c>
-      <c r="D28" s="162">
+      <c r="D28" s="161">
         <v>0.76</v>
       </c>
-      <c r="E28" s="162">
+      <c r="E28" s="161">
         <v>3.06</v>
       </c>
-      <c r="F28" s="162" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F28" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="15">
         <v>2022</v>
       </c>
       <c r="B29" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C29" s="32">
         <v>1.29</v>
       </c>
-      <c r="D29" s="162">
+      <c r="D29" s="161">
         <v>1.07</v>
       </c>
-      <c r="E29" s="162">
+      <c r="E29" s="161">
         <v>4.28</v>
       </c>
-      <c r="F29" s="162">
+      <c r="F29" s="161">
         <v>4.4000000000000004</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="15">
         <v>2022</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C30" s="32">
         <v>0.39</v>
       </c>
-      <c r="D30" s="162">
+      <c r="D30" s="161">
         <v>0.98</v>
       </c>
-      <c r="E30" s="162">
+      <c r="E30" s="161">
         <v>3.93</v>
       </c>
-      <c r="F30" s="162" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F30" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="15">
         <v>2022</v>
       </c>
       <c r="B31" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C31" s="32">
         <v>0.63</v>
       </c>
-      <c r="D31" s="162">
+      <c r="D31" s="161">
         <v>0.85</v>
       </c>
-      <c r="E31" s="162">
+      <c r="E31" s="161">
         <v>3.38</v>
       </c>
-      <c r="F31" s="162" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F31" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" s="15">
         <v>2022</v>
       </c>
       <c r="B32" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C32" s="32">
         <v>2.09</v>
       </c>
-      <c r="D32" s="162">
+      <c r="D32" s="161">
         <v>1.1000000000000001</v>
       </c>
-      <c r="E32" s="162">
+      <c r="E32" s="161">
         <v>4.4000000000000004</v>
       </c>
-      <c r="F32" s="162" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F32" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" s="15">
         <v>2023</v>
       </c>
       <c r="B33" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C33" s="32">
         <v>0.48</v>
       </c>
-      <c r="D33" s="162">
+      <c r="D33" s="161">
         <v>0.9</v>
       </c>
-      <c r="E33" s="162">
+      <c r="E33" s="161">
         <v>3.6</v>
       </c>
-      <c r="F33" s="162">
+      <c r="F33" s="161">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" s="15">
         <v>2023</v>
       </c>
       <c r="B34" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C34" s="32">
         <v>0.32</v>
       </c>
-      <c r="D34" s="162">
+      <c r="D34" s="161">
         <v>0.88</v>
       </c>
-      <c r="E34" s="162">
+      <c r="E34" s="161">
         <v>3.53</v>
       </c>
-      <c r="F34" s="162" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F34" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" s="15">
         <v>2023</v>
       </c>
       <c r="B35" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C35" s="32">
         <v>0.77</v>
       </c>
-      <c r="D35" s="162">
+      <c r="D35" s="161">
         <v>0.92</v>
       </c>
-      <c r="E35" s="162">
+      <c r="E35" s="161">
         <v>3.66</v>
       </c>
-      <c r="F35" s="162" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F35" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" s="15">
         <v>2023</v>
       </c>
       <c r="B36" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C36" s="32">
         <v>0.73</v>
       </c>
-      <c r="D36" s="162">
+      <c r="D36" s="161">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E36" s="162">
+      <c r="E36" s="161">
         <v>2.2999999999999998</v>
       </c>
-      <c r="F36" s="162" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F36" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" s="15">
         <v>2024</v>
       </c>
       <c r="B37" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C37" s="32">
         <v>0.84</v>
       </c>
-      <c r="D37" s="162">
+      <c r="D37" s="161">
         <v>0.66</v>
       </c>
-      <c r="E37" s="162">
+      <c r="E37" s="161">
         <v>2.65</v>
       </c>
-      <c r="F37" s="162">
+      <c r="F37" s="161">
         <v>4.16</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" s="15">
         <v>2024</v>
       </c>
       <c r="B38" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C38" s="32">
         <v>1.06</v>
       </c>
-      <c r="D38" s="162">
+      <c r="D38" s="161">
         <v>0.85</v>
       </c>
-      <c r="E38" s="162">
+      <c r="E38" s="161">
         <v>3.4</v>
       </c>
-      <c r="F38" s="162" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F38" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" s="15">
         <v>2024</v>
       </c>
       <c r="B39" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C39" s="32">
         <v>1.1499999999999999</v>
       </c>
-      <c r="D39" s="162">
+      <c r="D39" s="161">
         <v>0.95</v>
       </c>
-      <c r="E39" s="162">
+      <c r="E39" s="161">
         <v>3.79</v>
       </c>
-      <c r="F39" s="162" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F39" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" s="15">
         <v>2024</v>
       </c>
       <c r="B40" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C40" s="32">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D40" s="162">
+      <c r="D40" s="161">
         <v>1.04</v>
       </c>
-      <c r="E40" s="162">
+      <c r="E40" s="161">
         <v>4.16</v>
       </c>
-      <c r="F40" s="162" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F40" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" s="15">
         <v>2025</v>
       </c>
       <c r="B41" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C41" s="32">
         <v>0.39</v>
       </c>
-      <c r="D41" s="162">
+      <c r="D41" s="161">
         <v>0.93</v>
       </c>
-      <c r="E41" s="162">
+      <c r="E41" s="161">
         <v>3.71</v>
       </c>
-      <c r="F41" s="162">
+      <c r="F41" s="161">
         <v>0.95</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" s="15">
         <v>2025</v>
       </c>
       <c r="B42" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C42" s="32">
         <v>0.56999999999999995</v>
       </c>
-      <c r="D42" s="162">
+      <c r="D42" s="161">
         <v>0.8</v>
       </c>
-      <c r="E42" s="162">
+      <c r="E42" s="161">
         <v>3.21</v>
       </c>
-      <c r="F42" s="162" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F42" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" s="15">
         <v>2025</v>
       </c>
       <c r="B43" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C43" s="32">
         <v>0</v>
       </c>
-      <c r="D43" s="162">
+      <c r="D43" s="161">
         <v>0.51</v>
       </c>
-      <c r="E43" s="162">
+      <c r="E43" s="161">
         <v>2.0499999999999998</v>
       </c>
-      <c r="F43" s="162" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="193" t="s">
+      <c r="F43" s="161" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A69" s="194" t="s">
+        <v>110</v>
+      </c>
+      <c r="B69" s="194"/>
+      <c r="C69" s="194"/>
+      <c r="D69" s="194"/>
+      <c r="E69" s="194"/>
+      <c r="F69" s="194"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A70" s="215" t="s">
         <v>111</v>
       </c>
-      <c r="B69" s="193"/>
-[...6 lines deleted...]
-      <c r="A70" s="214" t="s">
+      <c r="B70" s="215"/>
+      <c r="C70" s="215"/>
+      <c r="D70" s="215"/>
+      <c r="E70" s="215"/>
+      <c r="F70" s="215"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A72" s="194" t="s">
+        <v>5</v>
+      </c>
+      <c r="B72" s="194"/>
+      <c r="C72" s="194"/>
+      <c r="D72" s="194"/>
+      <c r="E72" s="194"/>
+      <c r="F72" s="194"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A73" s="215" t="s">
         <v>112</v>
       </c>
-      <c r="B70" s="214"/>
-[...25 lines deleted...]
-    <row r="81" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B73" s="215"/>
+      <c r="C73" s="215"/>
+      <c r="D73" s="215"/>
+      <c r="E73" s="215"/>
+      <c r="F73" s="215"/>
+    </row>
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A81" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="A72:F72"/>
     <mergeCell ref="A70:F70"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6199E9AE-20C2-4F59-B16A-8FE11B22CDC6}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C976AE62-D6BE-46F9-9ECF-D6FBC80EB0B7}">
   <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" style="15" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="20.36328125" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.44140625" style="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19" style="15" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.453125" style="15" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="8.90625" style="15"/>
+    <col min="6" max="6" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:7" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G2" s="204"/>
+    <row r="2" spans="1:7" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
+      <c r="G2" s="205"/>
     </row>
     <row r="3" spans="1:7" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:7" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+    </row>
+    <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="39" t="s">
         <v>57</v>
       </c>
-      <c r="C4" s="39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="39" t="s">
+        <v>60</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" s="40" t="s">
         <v>61</v>
       </c>
-      <c r="E4" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="40" t="s">
+      <c r="G4" s="26" t="s">
         <v>62</v>
       </c>
-      <c r="G4" s="26" t="s">
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="158">
+        <v>2019</v>
+      </c>
+      <c r="B5" s="21" t="s">
         <v>63</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" s="160">
+      <c r="C5" s="159">
         <v>555</v>
       </c>
-      <c r="D5" s="160">
+      <c r="D5" s="159">
         <v>12746</v>
       </c>
-      <c r="E5" s="160">
+      <c r="E5" s="159">
         <v>6411</v>
       </c>
-      <c r="F5" s="164">
+      <c r="F5" s="163">
         <v>19712</v>
       </c>
-      <c r="G5" s="160">
+      <c r="G5" s="159">
         <v>735967</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="23">
         <v>2019</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C6" s="160">
+        <v>64</v>
+      </c>
+      <c r="C6" s="159">
         <v>2499</v>
       </c>
-      <c r="D6" s="160">
+      <c r="D6" s="159">
         <v>965</v>
       </c>
-      <c r="E6" s="160">
+      <c r="E6" s="159">
         <v>0</v>
       </c>
-      <c r="F6" s="164">
+      <c r="F6" s="163">
         <v>3464</v>
       </c>
-      <c r="G6" s="160" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G6" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="23">
         <v>2019</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C7" s="160">
+        <v>65</v>
+      </c>
+      <c r="C7" s="159">
         <v>488336</v>
       </c>
-      <c r="D7" s="160">
+      <c r="D7" s="159">
         <v>50473</v>
       </c>
-      <c r="E7" s="160">
+      <c r="E7" s="159">
         <v>89030</v>
       </c>
-      <c r="F7" s="164">
+      <c r="F7" s="163">
         <v>627839</v>
       </c>
-      <c r="G7" s="160" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G7" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="23">
         <v>2019</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C8" s="160">
+        <v>66</v>
+      </c>
+      <c r="C8" s="159">
         <v>28767</v>
       </c>
-      <c r="D8" s="160">
+      <c r="D8" s="159">
         <v>56185</v>
       </c>
-      <c r="E8" s="160">
+      <c r="E8" s="159">
         <v>0</v>
       </c>
-      <c r="F8" s="164">
+      <c r="F8" s="163">
         <v>84952</v>
       </c>
-      <c r="G8" s="160" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G8" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="23">
         <v>2020</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C9" s="160">
+        <v>63</v>
+      </c>
+      <c r="C9" s="159">
         <v>62010</v>
       </c>
-      <c r="D9" s="160">
+      <c r="D9" s="159">
         <v>89164</v>
       </c>
-      <c r="E9" s="160">
+      <c r="E9" s="159">
         <v>117690</v>
       </c>
-      <c r="F9" s="164">
+      <c r="F9" s="163">
         <v>268864</v>
       </c>
-      <c r="G9" s="160">
+      <c r="G9" s="159">
         <v>4025404</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="23">
         <v>2020</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C10" s="160">
+        <v>64</v>
+      </c>
+      <c r="C10" s="159">
         <v>22664</v>
       </c>
-      <c r="D10" s="160">
+      <c r="D10" s="159">
         <v>154853</v>
       </c>
-      <c r="E10" s="160">
+      <c r="E10" s="159">
         <v>0</v>
       </c>
-      <c r="F10" s="164">
+      <c r="F10" s="163">
         <v>177517</v>
       </c>
-      <c r="G10" s="160" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G10" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="23">
         <v>2020</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C11" s="160">
+        <v>65</v>
+      </c>
+      <c r="C11" s="159">
         <v>743747</v>
       </c>
-      <c r="D11" s="160">
+      <c r="D11" s="159">
         <v>2279217</v>
       </c>
-      <c r="E11" s="160">
+      <c r="E11" s="159">
         <v>399462</v>
       </c>
-      <c r="F11" s="164">
+      <c r="F11" s="163">
         <v>3422426</v>
       </c>
-      <c r="G11" s="160" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G11" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="23">
         <v>2020</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C12" s="160">
+        <v>66</v>
+      </c>
+      <c r="C12" s="159">
         <v>122591</v>
       </c>
-      <c r="D12" s="160">
+      <c r="D12" s="159">
         <v>34006</v>
       </c>
-      <c r="E12" s="160">
+      <c r="E12" s="159">
         <v>0</v>
       </c>
-      <c r="F12" s="164">
+      <c r="F12" s="163">
         <v>156597</v>
       </c>
-      <c r="G12" s="160" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G12" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="23">
         <v>2021</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C13" s="160">
+        <v>63</v>
+      </c>
+      <c r="C13" s="159">
         <v>208154</v>
       </c>
-      <c r="D13" s="160">
+      <c r="D13" s="159">
         <v>79858</v>
       </c>
-      <c r="E13" s="160">
+      <c r="E13" s="159">
         <v>70461</v>
       </c>
-      <c r="F13" s="164">
+      <c r="F13" s="163">
         <v>358473</v>
       </c>
-      <c r="G13" s="160">
+      <c r="G13" s="159">
         <v>5771481</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="23">
         <v>2021</v>
       </c>
       <c r="B14" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C14" s="160">
+        <v>64</v>
+      </c>
+      <c r="C14" s="159">
         <v>193547</v>
       </c>
-      <c r="D14" s="160">
+      <c r="D14" s="159">
         <v>2326078</v>
       </c>
-      <c r="E14" s="160">
+      <c r="E14" s="159">
         <v>0</v>
       </c>
-      <c r="F14" s="164">
+      <c r="F14" s="163">
         <v>2519625</v>
       </c>
-      <c r="G14" s="160" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G14" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="23">
         <v>2021</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C15" s="160">
+        <v>65</v>
+      </c>
+      <c r="C15" s="159">
         <v>830436</v>
       </c>
-      <c r="D15" s="160">
+      <c r="D15" s="159">
         <v>135535</v>
       </c>
-      <c r="E15" s="160">
+      <c r="E15" s="159">
         <v>421100</v>
       </c>
-      <c r="F15" s="164">
+      <c r="F15" s="163">
         <v>1387071</v>
       </c>
-      <c r="G15" s="160" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G15" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="23">
         <v>2021</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C16" s="160">
+        <v>66</v>
+      </c>
+      <c r="C16" s="159">
         <v>259185</v>
       </c>
-      <c r="D16" s="160">
+      <c r="D16" s="159">
         <v>49437</v>
       </c>
-      <c r="E16" s="160">
+      <c r="E16" s="159">
         <v>1197690</v>
       </c>
-      <c r="F16" s="164">
+      <c r="F16" s="163">
         <v>1506312</v>
       </c>
-      <c r="G16" s="160" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G16" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="23">
         <v>2022</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C17" s="160">
+        <v>63</v>
+      </c>
+      <c r="C17" s="159">
         <v>615330</v>
       </c>
-      <c r="D17" s="160">
+      <c r="D17" s="159">
         <v>560273</v>
       </c>
-      <c r="E17" s="160">
+      <c r="E17" s="159">
         <v>40627</v>
       </c>
-      <c r="F17" s="164">
+      <c r="F17" s="163">
         <v>1216230</v>
       </c>
-      <c r="G17" s="160">
+      <c r="G17" s="159">
         <v>7410785</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A18" s="23">
         <v>2022</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C18" s="160">
+        <v>64</v>
+      </c>
+      <c r="C18" s="159">
         <v>309710</v>
       </c>
-      <c r="D18" s="160">
+      <c r="D18" s="159">
         <v>42798</v>
       </c>
-      <c r="E18" s="160">
+      <c r="E18" s="159">
         <v>3850</v>
       </c>
-      <c r="F18" s="164">
+      <c r="F18" s="163">
         <v>356358</v>
       </c>
-      <c r="G18" s="160" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G18" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="23">
         <v>2022</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C19" s="160">
+        <v>65</v>
+      </c>
+      <c r="C19" s="159">
         <v>1384178</v>
       </c>
-      <c r="D19" s="160">
+      <c r="D19" s="159">
         <v>2839830</v>
       </c>
-      <c r="E19" s="160">
+      <c r="E19" s="159">
         <v>429396</v>
       </c>
-      <c r="F19" s="164">
+      <c r="F19" s="163">
         <v>4653404</v>
       </c>
-      <c r="G19" s="160" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G19" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="23">
         <v>2022</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C20" s="160">
+        <v>66</v>
+      </c>
+      <c r="C20" s="159">
         <v>1067260</v>
       </c>
-      <c r="D20" s="160">
+      <c r="D20" s="159">
         <v>117533</v>
       </c>
-      <c r="E20" s="160">
+      <c r="E20" s="159">
         <v>0</v>
       </c>
-      <c r="F20" s="164">
+      <c r="F20" s="163">
         <v>1184793</v>
       </c>
-      <c r="G20" s="160" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G20" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="23">
         <v>2023</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C21" s="160">
+        <v>63</v>
+      </c>
+      <c r="C21" s="159">
         <v>1343335</v>
       </c>
-      <c r="D21" s="160">
+      <c r="D21" s="159">
         <v>640906</v>
       </c>
-      <c r="E21" s="160">
+      <c r="E21" s="159">
         <v>101107</v>
       </c>
-      <c r="F21" s="164">
+      <c r="F21" s="163">
         <v>2085348</v>
       </c>
-      <c r="G21" s="160">
+      <c r="G21" s="159">
         <v>8717890</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="23">
         <v>2023</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C22" s="160">
+        <v>64</v>
+      </c>
+      <c r="C22" s="159">
         <v>907356</v>
       </c>
-      <c r="D22" s="160">
+      <c r="D22" s="159">
         <v>2237378</v>
       </c>
-      <c r="E22" s="160">
+      <c r="E22" s="159">
         <v>0</v>
       </c>
-      <c r="F22" s="164">
+      <c r="F22" s="163">
         <v>3144734</v>
       </c>
-      <c r="G22" s="160" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G22" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A23" s="23">
         <v>2023</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C23" s="160">
+        <v>65</v>
+      </c>
+      <c r="C23" s="159">
         <v>2281727</v>
       </c>
-      <c r="D23" s="160">
+      <c r="D23" s="159">
         <v>426512</v>
       </c>
-      <c r="E23" s="160">
+      <c r="E23" s="159">
         <v>25481</v>
       </c>
-      <c r="F23" s="164">
+      <c r="F23" s="163">
         <v>2733720</v>
       </c>
-      <c r="G23" s="160" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G23" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A24" s="23">
         <v>2023</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C24" s="160">
+        <v>66</v>
+      </c>
+      <c r="C24" s="159">
         <v>672315</v>
       </c>
-      <c r="D24" s="160">
+      <c r="D24" s="159">
         <v>81773</v>
       </c>
-      <c r="E24" s="160">
+      <c r="E24" s="159">
         <v>0</v>
       </c>
-      <c r="F24" s="164">
+      <c r="F24" s="163">
         <v>754088</v>
       </c>
-      <c r="G24" s="160" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G24" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="23">
         <v>2024</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C25" s="160">
+        <v>63</v>
+      </c>
+      <c r="C25" s="159">
         <v>1614565</v>
       </c>
-      <c r="D25" s="160">
+      <c r="D25" s="159">
         <v>554083</v>
       </c>
-      <c r="E25" s="160">
+      <c r="E25" s="159">
         <v>115574</v>
       </c>
-      <c r="F25" s="164">
+      <c r="F25" s="163">
         <v>2284222</v>
       </c>
-      <c r="G25" s="160">
+      <c r="G25" s="159">
         <v>10444778</v>
       </c>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="23">
         <v>2024</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C26" s="160">
+        <v>64</v>
+      </c>
+      <c r="C26" s="159">
         <v>1277943</v>
       </c>
-      <c r="D26" s="160">
+      <c r="D26" s="159">
         <v>2254806</v>
       </c>
-      <c r="E26" s="160">
+      <c r="E26" s="159">
         <v>0</v>
       </c>
-      <c r="F26" s="164">
+      <c r="F26" s="163">
         <v>3532749</v>
       </c>
-      <c r="G26" s="160" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G26" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="23">
         <v>2024</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C27" s="160">
+        <v>65</v>
+      </c>
+      <c r="C27" s="159">
         <v>1100939</v>
       </c>
-      <c r="D27" s="160">
+      <c r="D27" s="159">
         <v>345660</v>
       </c>
-      <c r="E27" s="160">
+      <c r="E27" s="159">
         <v>125266</v>
       </c>
-      <c r="F27" s="164">
+      <c r="F27" s="163">
         <v>1571865</v>
       </c>
-      <c r="G27" s="160" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G27" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="23">
         <v>2024</v>
       </c>
       <c r="B28" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C28" s="160">
+        <v>66</v>
+      </c>
+      <c r="C28" s="159">
         <v>2801983</v>
       </c>
-      <c r="D28" s="160">
+      <c r="D28" s="159">
         <v>253959</v>
       </c>
-      <c r="E28" s="160">
+      <c r="E28" s="159">
         <v>0</v>
       </c>
-      <c r="F28" s="164">
+      <c r="F28" s="163">
         <v>3055942</v>
       </c>
-      <c r="G28" s="160" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G28" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="23">
         <v>2025</v>
       </c>
       <c r="B29" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C29" s="160">
+        <v>63</v>
+      </c>
+      <c r="C29" s="159">
         <v>1988663</v>
       </c>
-      <c r="D29" s="160">
+      <c r="D29" s="159">
         <v>645966</v>
       </c>
-      <c r="E29" s="160">
+      <c r="E29" s="159">
         <v>61527</v>
       </c>
-      <c r="F29" s="164">
+      <c r="F29" s="163">
         <v>2696156</v>
       </c>
-      <c r="G29" s="160">
+      <c r="G29" s="159">
         <v>10843920</v>
       </c>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A30" s="23">
         <v>2025</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C30" s="160">
+        <v>64</v>
+      </c>
+      <c r="C30" s="159">
         <v>1903209</v>
       </c>
-      <c r="D30" s="160">
+      <c r="D30" s="159">
         <v>2492312</v>
       </c>
-      <c r="E30" s="160">
+      <c r="E30" s="159">
         <v>106208</v>
       </c>
-      <c r="F30" s="164">
+      <c r="F30" s="163">
         <v>4501729</v>
       </c>
-      <c r="G30" s="160" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G30" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A31" s="23">
         <v>2025</v>
       </c>
       <c r="B31" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C31" s="160">
+        <v>65</v>
+      </c>
+      <c r="C31" s="159">
         <v>3163053</v>
       </c>
-      <c r="D31" s="160">
+      <c r="D31" s="159">
         <v>472039</v>
       </c>
-      <c r="E31" s="160">
+      <c r="E31" s="159">
         <v>10943</v>
       </c>
-      <c r="F31" s="164">
+      <c r="F31" s="163">
         <v>3646035</v>
       </c>
-      <c r="G31" s="160" t="s">
-[...8 lines deleted...]
-      <c r="A57" s="207" t="s">
+      <c r="G31" s="159" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="57" spans="1:9" s="22" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="208" t="s">
+        <v>114</v>
+      </c>
+      <c r="B57" s="208"/>
+      <c r="C57" s="208"/>
+      <c r="D57" s="208"/>
+      <c r="E57" s="208"/>
+      <c r="F57" s="208"/>
+      <c r="G57" s="208"/>
+    </row>
+    <row r="58" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="209" t="s">
         <v>115</v>
       </c>
-      <c r="B57" s="207"/>
-[...7 lines deleted...]
-      <c r="A58" s="208" t="s">
+      <c r="B58" s="209"/>
+      <c r="C58" s="209"/>
+      <c r="D58" s="209"/>
+      <c r="E58" s="209"/>
+      <c r="F58" s="209"/>
+      <c r="G58" s="209"/>
+    </row>
+    <row r="59" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="60" spans="1:9" s="22" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="208" t="s">
+        <v>5</v>
+      </c>
+      <c r="B60" s="208"/>
+      <c r="C60" s="208"/>
+      <c r="D60" s="208"/>
+      <c r="E60" s="208"/>
+      <c r="F60" s="208"/>
+      <c r="G60" s="208"/>
+    </row>
+    <row r="61" spans="1:9" s="22" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="217" t="s">
         <v>116</v>
       </c>
-      <c r="B58" s="208"/>
-[...27 lines deleted...]
-      <c r="G61" s="216"/>
+      <c r="B61" s="217"/>
+      <c r="C61" s="217"/>
+      <c r="D61" s="217"/>
+      <c r="E61" s="217"/>
+      <c r="F61" s="217"/>
+      <c r="G61" s="217"/>
       <c r="H61" s="33"/>
       <c r="I61" s="33"/>
     </row>
-    <row r="62" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A63" s="218" t="s">
+    <row r="62" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="63" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="219" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="219"/>
+      <c r="C63" s="219"/>
+      <c r="D63" s="219"/>
+      <c r="E63" s="219"/>
+      <c r="F63" s="219"/>
+      <c r="G63" s="219"/>
+      <c r="H63" s="219"/>
+      <c r="I63" s="219"/>
+    </row>
+    <row r="64" spans="1:9" s="22" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="218" t="s">
         <v>118</v>
       </c>
-      <c r="B63" s="218"/>
-[...9 lines deleted...]
-      <c r="A64" s="217" t="s">
+      <c r="B64" s="218"/>
+      <c r="C64" s="218"/>
+      <c r="D64" s="218"/>
+      <c r="E64" s="218"/>
+      <c r="F64" s="218"/>
+      <c r="G64" s="218"/>
+      <c r="H64" s="218"/>
+      <c r="I64" s="218"/>
+    </row>
+    <row r="65" spans="1:9" s="22" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="218" t="s">
         <v>119</v>
       </c>
-      <c r="B64" s="217"/>
-[...9 lines deleted...]
-      <c r="A65" s="217" t="s">
+      <c r="B65" s="218"/>
+      <c r="C65" s="218"/>
+      <c r="D65" s="218"/>
+      <c r="E65" s="218"/>
+      <c r="F65" s="218"/>
+      <c r="G65" s="218"/>
+      <c r="H65" s="218"/>
+      <c r="I65" s="218"/>
+    </row>
+    <row r="66" spans="1:9" s="22" customFormat="1" ht="48.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="218" t="s">
         <v>120</v>
       </c>
-      <c r="B65" s="217"/>
-[...21 lines deleted...]
-    <row r="69" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B66" s="218"/>
+      <c r="C66" s="218"/>
+      <c r="D66" s="218"/>
+      <c r="E66" s="218"/>
+      <c r="F66" s="218"/>
+      <c r="G66" s="218"/>
+      <c r="H66" s="164"/>
+      <c r="I66" s="164"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A60:G60"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A58:G58"/>
     <mergeCell ref="A57:G57"/>
     <mergeCell ref="A61:G61"/>
     <mergeCell ref="A66:G66"/>
     <mergeCell ref="A65:G65"/>
     <mergeCell ref="H65:I65"/>
     <mergeCell ref="A64:G64"/>
     <mergeCell ref="H64:I64"/>
     <mergeCell ref="A63:G63"/>
     <mergeCell ref="H63:I63"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D78322C3-361E-4ED6-B798-F0C14D368881}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F11E78C-87E6-49AD-BEA6-4CAF02A0B57E}">
   <dimension ref="A1:J71"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.6328125" style="15" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="20.08984375" style="15" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.109375" style="15" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22" style="15" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="29.1796875" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="15"/>
+    <col min="5" max="5" width="29.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="31.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="32.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="22.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:10" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="204" t="s">
+    <row r="2" spans="1:10" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
+      <c r="G2" s="205"/>
+      <c r="H2" s="205"/>
+      <c r="I2" s="205"/>
+      <c r="J2" s="205"/>
+    </row>
+    <row r="3" spans="1:10" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+    </row>
+    <row r="4" spans="1:10" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="27" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="27" t="s">
         <v>122</v>
       </c>
-      <c r="B2" s="204"/>
-[...30 lines deleted...]
-      <c r="C4" s="27" t="s">
+      <c r="D4" s="27" t="s">
         <v>123</v>
       </c>
-      <c r="D4" s="27" t="s">
+      <c r="E4" s="27" t="s">
         <v>124</v>
       </c>
-      <c r="E4" s="27" t="s">
+      <c r="F4" s="27" t="s">
         <v>125</v>
       </c>
-      <c r="F4" s="27" t="s">
+      <c r="G4" s="34" t="s">
         <v>126</v>
       </c>
-      <c r="G4" s="34" t="s">
+      <c r="H4" s="34" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" s="34" t="s">
         <v>127</v>
       </c>
-      <c r="H4" s="34" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="34" t="s">
+      <c r="J4" s="34" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="158" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="166">
+        <v>4.25</v>
+      </c>
+      <c r="D5" s="166">
+        <v>2.63</v>
+      </c>
+      <c r="E5" s="166">
+        <v>0.77</v>
+      </c>
+      <c r="F5" s="166">
+        <v>1.62</v>
+      </c>
+      <c r="G5" s="166">
+        <v>1.31</v>
+      </c>
+      <c r="H5" s="166">
+        <v>0.52</v>
+      </c>
+      <c r="I5" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J5" s="166">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="166">
+        <v>7.87</v>
+      </c>
+      <c r="D6" s="166">
+        <v>3.08</v>
+      </c>
+      <c r="E6" s="166">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="F6" s="166">
+        <v>1.77</v>
+      </c>
+      <c r="G6" s="166">
+        <v>1.4</v>
+      </c>
+      <c r="H6" s="166">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="I6" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J6" s="166">
+        <v>16.440000000000001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="166">
+        <v>11.85</v>
+      </c>
+      <c r="D7" s="166">
+        <v>2.83</v>
+      </c>
+      <c r="E7" s="166">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F7" s="166">
+        <v>1.82</v>
+      </c>
+      <c r="G7" s="166">
+        <v>1.4</v>
+      </c>
+      <c r="H7" s="166">
+        <v>1.96</v>
+      </c>
+      <c r="I7" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J7" s="166">
+        <v>20.97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="166">
+        <v>16.75</v>
+      </c>
+      <c r="D8" s="166">
+        <v>4.13</v>
+      </c>
+      <c r="E8" s="166">
+        <v>1.67</v>
+      </c>
+      <c r="F8" s="166">
+        <v>1.91</v>
+      </c>
+      <c r="G8" s="166">
+        <v>2.8</v>
+      </c>
+      <c r="H8" s="166">
+        <v>2.96</v>
+      </c>
+      <c r="I8" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J8" s="166">
+        <v>30.24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="166">
+        <v>3.22</v>
+      </c>
+      <c r="D9" s="166">
+        <v>2.8</v>
+      </c>
+      <c r="E9" s="166">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="F9" s="166">
+        <v>1.94</v>
+      </c>
+      <c r="G9" s="166">
+        <v>2.76</v>
+      </c>
+      <c r="H9" s="166">
+        <v>0.46</v>
+      </c>
+      <c r="I9" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J9" s="166">
+        <v>12.31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="166">
+        <v>7.63</v>
+      </c>
+      <c r="D10" s="166">
+        <v>4.1900000000000004</v>
+      </c>
+      <c r="E10" s="166">
+        <v>1.64</v>
+      </c>
+      <c r="F10" s="166">
+        <v>1.93</v>
+      </c>
+      <c r="G10" s="166">
+        <v>0.51</v>
+      </c>
+      <c r="H10" s="166">
+        <v>0.99</v>
+      </c>
+      <c r="I10" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J10" s="166">
+        <v>16.899999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="166">
+        <v>11.86</v>
+      </c>
+      <c r="D11" s="166">
+        <v>4.08</v>
+      </c>
+      <c r="E11" s="166">
+        <v>1.53</v>
+      </c>
+      <c r="F11" s="166">
+        <v>1.56</v>
+      </c>
+      <c r="G11" s="166">
+        <v>0.51</v>
+      </c>
+      <c r="H11" s="166">
+        <v>1.64</v>
+      </c>
+      <c r="I11" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J11" s="166">
+        <v>21.2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="166">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="D12" s="166">
+        <v>6.04</v>
+      </c>
+      <c r="E12" s="166">
+        <v>2.5</v>
+      </c>
+      <c r="F12" s="166">
+        <v>1.66</v>
+      </c>
+      <c r="G12" s="166">
+        <v>1.95</v>
+      </c>
+      <c r="H12" s="166">
+        <v>3.79</v>
+      </c>
+      <c r="I12" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J12" s="166">
+        <v>32.39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="166">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="D13" s="166">
+        <v>3.12</v>
+      </c>
+      <c r="E13" s="166">
+        <v>1.34</v>
+      </c>
+      <c r="F13" s="166">
+        <v>1.68</v>
+      </c>
+      <c r="G13" s="166">
+        <v>2.44</v>
+      </c>
+      <c r="H13" s="166">
+        <v>0.8</v>
+      </c>
+      <c r="I13" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J13" s="166">
+        <v>13.54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="166">
+        <v>8.68</v>
+      </c>
+      <c r="D14" s="166">
+        <v>3.94</v>
+      </c>
+      <c r="E14" s="166">
+        <v>1.89</v>
+      </c>
+      <c r="F14" s="166">
+        <v>1.73</v>
+      </c>
+      <c r="G14" s="166">
+        <v>0.74</v>
+      </c>
+      <c r="H14" s="166">
+        <v>1.03</v>
+      </c>
+      <c r="I14" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J14" s="166">
+        <v>18.03</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="166">
+        <v>13.11</v>
+      </c>
+      <c r="D15" s="166">
+        <v>3.96</v>
+      </c>
+      <c r="E15" s="166">
+        <v>3.35</v>
+      </c>
+      <c r="F15" s="166">
+        <v>1.36</v>
+      </c>
+      <c r="G15" s="166">
+        <v>0.66</v>
+      </c>
+      <c r="H15" s="166">
+        <v>1.99</v>
+      </c>
+      <c r="I15" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J15" s="166">
+        <v>24.47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="166">
+        <v>17.78</v>
+      </c>
+      <c r="D16" s="166">
+        <v>5.52</v>
+      </c>
+      <c r="E16" s="166">
+        <v>3.88</v>
+      </c>
+      <c r="F16" s="166">
+        <v>1.43</v>
+      </c>
+      <c r="G16" s="166">
+        <v>2.2200000000000002</v>
+      </c>
+      <c r="H16" s="166">
+        <v>2.8</v>
+      </c>
+      <c r="I16" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J16" s="166">
+        <v>33.64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A17" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="166">
+        <v>3.38</v>
+      </c>
+      <c r="D17" s="166">
+        <v>3.27</v>
+      </c>
+      <c r="E17" s="166">
+        <v>2.38</v>
+      </c>
+      <c r="F17" s="166">
+        <v>1.47</v>
+      </c>
+      <c r="G17" s="166">
+        <v>2.9</v>
+      </c>
+      <c r="H17" s="166">
+        <v>0.75</v>
+      </c>
+      <c r="I17" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J17" s="166">
+        <v>14.18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A18" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="166">
+        <v>8.4700000000000006</v>
+      </c>
+      <c r="D18" s="166">
+        <v>4.84</v>
+      </c>
+      <c r="E18" s="166">
+        <v>3.58</v>
+      </c>
+      <c r="F18" s="166">
+        <v>1.52</v>
+      </c>
+      <c r="G18" s="166">
+        <v>0.98</v>
+      </c>
+      <c r="H18" s="166">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="I18" s="166">
+        <v>0.02</v>
+      </c>
+      <c r="J18" s="166">
+        <v>19.989999999999998</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A19" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="166">
+        <v>13.23</v>
+      </c>
+      <c r="D19" s="166">
+        <v>6.03</v>
+      </c>
+      <c r="E19" s="166">
+        <v>4.87</v>
+      </c>
+      <c r="F19" s="166">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="G19" s="166">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="H19" s="166">
+        <v>1.61</v>
+      </c>
+      <c r="I19" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J19" s="166">
+        <v>27.99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A20" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="166">
+        <v>15.29</v>
+      </c>
+      <c r="D20" s="166">
+        <v>7.8</v>
+      </c>
+      <c r="E20" s="166">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="F20" s="166">
+        <v>1.24</v>
+      </c>
+      <c r="G20" s="166">
+        <v>1.19</v>
+      </c>
+      <c r="H20" s="166">
+        <v>2.06</v>
+      </c>
+      <c r="I20" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J20" s="166">
+        <v>35.979999999999997</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A21" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="166">
+        <v>3.98</v>
+      </c>
+      <c r="D21" s="166">
+        <v>3.85</v>
+      </c>
+      <c r="E21" s="166">
+        <v>3.75</v>
+      </c>
+      <c r="F21" s="166">
+        <v>1.25</v>
+      </c>
+      <c r="G21" s="166">
+        <v>1.04</v>
+      </c>
+      <c r="H21" s="166">
+        <v>0.7</v>
+      </c>
+      <c r="I21" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J21" s="166">
+        <v>14.6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A22" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="166">
+        <v>9.27</v>
+      </c>
+      <c r="D22" s="166">
+        <v>6.21</v>
+      </c>
+      <c r="E22" s="166">
+        <v>6.07</v>
+      </c>
+      <c r="F22" s="166">
+        <v>1.4</v>
+      </c>
+      <c r="G22" s="166">
+        <v>0.72</v>
+      </c>
+      <c r="H22" s="166">
+        <v>0.98</v>
+      </c>
+      <c r="I22" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J22" s="166">
+        <v>24.67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="166">
+        <v>17.010000000000002</v>
+      </c>
+      <c r="D23" s="166">
+        <v>8.1300000000000008</v>
+      </c>
+      <c r="E23" s="166">
+        <v>4.18</v>
+      </c>
+      <c r="F23" s="166">
+        <v>1.51</v>
+      </c>
+      <c r="G23" s="166">
+        <v>0.67</v>
+      </c>
+      <c r="H23" s="166">
+        <v>1.7</v>
+      </c>
+      <c r="I23" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J23" s="166">
+        <v>33.229999999999997</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A24" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="166">
+        <v>21.59</v>
+      </c>
+      <c r="D24" s="166">
+        <v>10.45</v>
+      </c>
+      <c r="E24" s="166">
+        <v>5.96</v>
+      </c>
+      <c r="F24" s="166">
+        <v>1.66</v>
+      </c>
+      <c r="G24" s="166">
+        <v>0.89</v>
+      </c>
+      <c r="H24" s="166">
+        <v>2.36</v>
+      </c>
+      <c r="I24" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J24" s="166">
+        <v>42.94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A25" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="166">
+        <v>5.1100000000000003</v>
+      </c>
+      <c r="D25" s="166">
+        <v>4.92</v>
+      </c>
+      <c r="E25" s="166">
+        <v>5.54</v>
+      </c>
+      <c r="F25" s="166">
+        <v>1.66</v>
+      </c>
+      <c r="G25" s="166">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="H25" s="166">
+        <v>1.32</v>
+      </c>
+      <c r="I25" s="166">
+        <v>0.03</v>
+      </c>
+      <c r="J25" s="166">
+        <v>21.1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A26" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="166">
+        <v>11.1</v>
+      </c>
+      <c r="D26" s="166">
+        <v>6.97</v>
+      </c>
+      <c r="E26" s="166">
+        <v>6.33</v>
+      </c>
+      <c r="F26" s="166">
+        <v>1.81</v>
+      </c>
+      <c r="G26" s="166">
+        <v>0.7</v>
+      </c>
+      <c r="H26" s="166">
+        <v>1.5</v>
+      </c>
+      <c r="I26" s="166">
+        <v>0.04</v>
+      </c>
+      <c r="J26" s="166">
+        <v>28.47</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A27" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="166">
+        <v>12.49</v>
+      </c>
+      <c r="D27" s="166">
+        <v>10.3</v>
+      </c>
+      <c r="E27" s="166">
+        <v>7.88</v>
+      </c>
+      <c r="F27" s="166">
+        <v>1.93</v>
+      </c>
+      <c r="G27" s="166">
+        <v>0.81</v>
+      </c>
+      <c r="H27" s="166">
+        <v>1.86</v>
+      </c>
+      <c r="I27" s="166">
+        <v>0.04</v>
+      </c>
+      <c r="J27" s="166">
+        <v>35.31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A28" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="166">
+        <v>18.149999999999999</v>
+      </c>
+      <c r="D28" s="166">
+        <v>12.82</v>
+      </c>
+      <c r="E28" s="166">
+        <v>9.67</v>
+      </c>
+      <c r="F28" s="166">
+        <v>2.02</v>
+      </c>
+      <c r="G28" s="166">
+        <v>0.86</v>
+      </c>
+      <c r="H28" s="166">
+        <v>2.8</v>
+      </c>
+      <c r="I28" s="166">
+        <v>0.04</v>
+      </c>
+      <c r="J28" s="166">
+        <v>46.36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A29" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="166">
+        <v>5.05</v>
+      </c>
+      <c r="D29" s="166">
+        <v>6.89</v>
+      </c>
+      <c r="E29" s="166">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="F29" s="166">
+        <v>2.0699999999999998</v>
+      </c>
+      <c r="G29" s="166">
+        <v>2.0299999999999998</v>
+      </c>
+      <c r="H29" s="166">
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="I29" s="166">
+        <v>0.05</v>
+      </c>
+      <c r="J29" s="166">
+        <v>26.48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A30" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="166">
+        <v>9.77</v>
+      </c>
+      <c r="D30" s="166">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="E30" s="166">
+        <v>10.27</v>
+      </c>
+      <c r="F30" s="166">
+        <v>2.23</v>
+      </c>
+      <c r="G30" s="166">
+        <v>0.94</v>
+      </c>
+      <c r="H30" s="166">
+        <v>2.66</v>
+      </c>
+      <c r="I30" s="166">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J30" s="166">
+        <v>35.4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A31" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="166">
+        <v>12.49</v>
+      </c>
+      <c r="D31" s="166">
+        <v>12.95</v>
+      </c>
+      <c r="E31" s="166">
+        <v>9.77</v>
+      </c>
+      <c r="F31" s="166">
+        <v>2.35</v>
+      </c>
+      <c r="G31" s="166">
+        <v>1.34</v>
+      </c>
+      <c r="H31" s="166">
+        <v>4.91</v>
+      </c>
+      <c r="I31" s="166">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J31" s="166">
+        <v>43.88</v>
+      </c>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="57" spans="1:10" s="66" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="212" t="s">
         <v>128</v>
       </c>
-      <c r="J4" s="34" t="s">
-[...871 lines deleted...]
-      <c r="A57" s="211" t="s">
+      <c r="B57" s="212"/>
+      <c r="C57" s="212"/>
+      <c r="D57" s="212"/>
+      <c r="E57" s="212"/>
+      <c r="F57" s="212"/>
+      <c r="G57" s="212"/>
+      <c r="H57" s="212"/>
+      <c r="I57" s="212"/>
+      <c r="J57" s="212"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A58" s="215" t="s">
         <v>129</v>
       </c>
-      <c r="B57" s="211"/>
-[...23 lines deleted...]
-    <row r="60" spans="1:10" s="66" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="215"/>
+      <c r="C58" s="215"/>
+      <c r="D58" s="215"/>
+      <c r="E58" s="215"/>
+      <c r="F58" s="215"/>
+      <c r="G58" s="215"/>
+      <c r="H58" s="215"/>
+      <c r="I58" s="215"/>
+      <c r="J58" s="215"/>
+    </row>
+    <row r="60" spans="1:10" s="66" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A60" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="168"/>
-[...43 lines deleted...]
-      <c r="A65" s="219" t="s">
+      <c r="B60" s="167"/>
+      <c r="C60" s="167"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A61" s="216" t="s">
+        <v>130</v>
+      </c>
+      <c r="B61" s="216"/>
+      <c r="C61" s="216"/>
+      <c r="D61" s="216"/>
+      <c r="E61" s="216"/>
+      <c r="F61" s="216"/>
+      <c r="G61" s="216"/>
+      <c r="H61" s="216"/>
+      <c r="I61" s="216"/>
+      <c r="J61" s="216"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A62" s="216"/>
+      <c r="B62" s="216"/>
+      <c r="C62" s="216"/>
+      <c r="D62" s="216"/>
+      <c r="E62" s="216"/>
+      <c r="F62" s="216"/>
+      <c r="G62" s="216"/>
+      <c r="H62" s="216"/>
+      <c r="I62" s="216"/>
+      <c r="J62" s="216"/>
+    </row>
+    <row r="63" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="64" spans="1:10" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="221" t="s">
+        <v>74</v>
+      </c>
+      <c r="B64" s="221"/>
+      <c r="C64" s="221"/>
+      <c r="D64" s="221"/>
+      <c r="E64" s="221"/>
+      <c r="F64" s="221"/>
+      <c r="G64" s="221"/>
+      <c r="H64" s="221"/>
+      <c r="I64" s="221"/>
+    </row>
+    <row r="65" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="220" t="s">
+        <v>344</v>
+      </c>
+      <c r="B65" s="220"/>
+      <c r="C65" s="220"/>
+      <c r="D65" s="220"/>
+      <c r="E65" s="220"/>
+      <c r="F65" s="220"/>
+      <c r="G65" s="220"/>
+      <c r="H65" s="220"/>
+      <c r="I65" s="220"/>
+    </row>
+    <row r="66" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="222" t="s">
+        <v>345</v>
+      </c>
+      <c r="B66" s="222"/>
+      <c r="C66" s="222"/>
+      <c r="D66" s="222"/>
+      <c r="E66" s="222"/>
+      <c r="F66" s="222"/>
+      <c r="G66" s="222"/>
+      <c r="H66" s="222"/>
+      <c r="I66" s="222"/>
+    </row>
+    <row r="67" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="220" t="s">
+        <v>346</v>
+      </c>
+      <c r="B67" s="220"/>
+      <c r="C67" s="220"/>
+      <c r="D67" s="220"/>
+      <c r="E67" s="220"/>
+      <c r="F67" s="220"/>
+      <c r="G67" s="220"/>
+      <c r="H67" s="220"/>
+      <c r="I67" s="220"/>
+    </row>
+    <row r="68" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="220" t="s">
+        <v>347</v>
+      </c>
+      <c r="B68" s="220"/>
+      <c r="C68" s="220"/>
+      <c r="D68" s="220"/>
+      <c r="E68" s="220"/>
+      <c r="F68" s="220"/>
+      <c r="G68" s="220"/>
+      <c r="H68" s="168"/>
+      <c r="I68" s="168"/>
+    </row>
+    <row r="69" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="220" t="s">
         <v>348</v>
       </c>
-      <c r="B65" s="219"/>
-[...9 lines deleted...]
-      <c r="A66" s="221" t="s">
+      <c r="B69" s="220"/>
+      <c r="C69" s="220"/>
+      <c r="D69" s="220"/>
+      <c r="E69" s="220"/>
+      <c r="F69" s="220"/>
+      <c r="G69" s="220"/>
+      <c r="H69" s="220"/>
+      <c r="I69" s="220"/>
+    </row>
+    <row r="70" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="220" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" s="220"/>
+      <c r="C70" s="220"/>
+      <c r="D70" s="220"/>
+      <c r="E70" s="220"/>
+      <c r="F70" s="220"/>
+      <c r="G70" s="220"/>
+      <c r="H70" s="220"/>
+      <c r="I70" s="220"/>
+    </row>
+    <row r="71" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="220" t="s">
         <v>349</v>
       </c>
-      <c r="B66" s="221"/>
-[...71 lines deleted...]
-      <c r="I71" s="219"/>
+      <c r="B71" s="220"/>
+      <c r="C71" s="220"/>
+      <c r="D71" s="220"/>
+      <c r="E71" s="220"/>
+      <c r="F71" s="220"/>
+      <c r="G71" s="220"/>
+      <c r="H71" s="220"/>
+      <c r="I71" s="220"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A58:J58"/>
     <mergeCell ref="A57:J57"/>
     <mergeCell ref="A69:I69"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="A61:J62"/>
     <mergeCell ref="A64:I64"/>
     <mergeCell ref="A65:I65"/>
     <mergeCell ref="A66:I66"/>
     <mergeCell ref="A67:I67"/>
     <mergeCell ref="A68:G68"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{A877BD5A-5DFB-4B5F-B094-A600209EEE31}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6F3F30D-7169-4967-8555-1FAEA79BAD2D}">
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="37.6328125" style="15" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="1" width="37.5546875" style="15" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" style="15" customWidth="1"/>
+    <col min="3" max="3" width="33.5546875" style="15" customWidth="1"/>
+    <col min="4" max="4" width="30.5546875" style="15" customWidth="1"/>
+    <col min="5" max="6" width="8.88671875" style="15"/>
+    <col min="7" max="7" width="8.88671875" style="15" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
     </row>
-    <row r="2" spans="1:4" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="D2" s="204"/>
+    <row r="2" spans="1:4" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
     </row>
     <row r="3" spans="1:4" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A27" s="193" t="s">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="194" t="s">
+        <v>132</v>
+      </c>
+      <c r="B27" s="194"/>
+      <c r="C27" s="194"/>
+      <c r="D27" s="194"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="215" t="s">
         <v>133</v>
       </c>
-      <c r="B27" s="193"/>
-[...11 lines deleted...]
-    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B28" s="215"/>
+      <c r="C28" s="215"/>
+      <c r="D28" s="215"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A30" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B30" s="17"/>
       <c r="C30" s="17"/>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="215" t="s">
+        <v>318</v>
+      </c>
+      <c r="B31" s="215"/>
+      <c r="C31" s="215"/>
+      <c r="D31" s="215"/>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A39" s="13"/>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="B43" s="178"/>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B43" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A31:D31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{63E92402-D9FE-445B-9C58-16EAD085268B}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86C579C8-63D6-448D-B884-601EE1BB46AB}">
   <dimension ref="A1:K44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="13" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.81640625" style="77" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.6328125" style="77"/>
+    <col min="1" max="1" width="14.88671875" style="76" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.109375" style="76" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.44140625" style="76" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.88671875" style="76" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" style="76" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" style="76" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10" style="76" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9.5546875" style="76" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.88671875" style="76" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="19.109375" style="76" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.5546875" style="76"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="76" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="75" t="s">
+    <row r="1" spans="1:11" s="75" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A1" s="74" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="54.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="223" t="s">
+    <row r="2" spans="1:11" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="224" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" s="224"/>
+      <c r="C2" s="224"/>
+      <c r="D2" s="224"/>
+      <c r="E2" s="224"/>
+      <c r="F2" s="224"/>
+      <c r="G2" s="224"/>
+      <c r="H2" s="224"/>
+      <c r="I2" s="224"/>
+      <c r="J2" s="224"/>
+    </row>
+    <row r="3" spans="1:11" s="181" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="225" t="s">
+        <v>301</v>
+      </c>
+      <c r="B3" s="225"/>
+      <c r="C3" s="225"/>
+      <c r="D3" s="225"/>
+      <c r="E3" s="225"/>
+      <c r="F3" s="225"/>
+      <c r="G3" s="225"/>
+      <c r="H3" s="225"/>
+      <c r="I3" s="225"/>
+      <c r="J3" s="225"/>
+      <c r="K3" s="180"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="77" t="s">
+        <v>134</v>
+      </c>
+      <c r="B4" s="77" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" s="77" t="s">
+        <v>158</v>
+      </c>
+      <c r="D4" s="77" t="s">
+        <v>159</v>
+      </c>
+      <c r="E4" s="77" t="s">
+        <v>222</v>
+      </c>
+      <c r="F4" s="77" t="s">
+        <v>161</v>
+      </c>
+      <c r="G4" s="77" t="s">
+        <v>223</v>
+      </c>
+      <c r="H4" s="77" t="s">
+        <v>224</v>
+      </c>
+      <c r="I4" s="77" t="s">
+        <v>164</v>
+      </c>
+      <c r="J4" s="77" t="s">
         <v>225</v>
       </c>
-      <c r="B2" s="223"/>
-[...37 lines deleted...]
-      <c r="E4" s="78" t="s">
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="160" t="s">
+        <v>319</v>
+      </c>
+      <c r="B5" s="78">
+        <v>8787.9</v>
+      </c>
+      <c r="C5" s="78">
+        <v>162655.1</v>
+      </c>
+      <c r="D5" s="78">
+        <v>1764.79</v>
+      </c>
+      <c r="E5" s="78">
+        <v>96331.58</v>
+      </c>
+      <c r="F5" s="78">
+        <v>65047.61</v>
+      </c>
+      <c r="G5" s="78">
+        <v>5133.76</v>
+      </c>
+      <c r="H5" s="78">
+        <v>78804.289999999994</v>
+      </c>
+      <c r="I5" s="78">
+        <v>31126.49</v>
+      </c>
+      <c r="J5" s="79">
+        <v>449651.52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="160" t="s">
+        <v>320</v>
+      </c>
+      <c r="B6" s="78">
+        <v>15754.73</v>
+      </c>
+      <c r="C6" s="78">
+        <v>284442.45</v>
+      </c>
+      <c r="D6" s="78">
+        <v>3037.48</v>
+      </c>
+      <c r="E6" s="78">
+        <v>163786.13</v>
+      </c>
+      <c r="F6" s="78">
+        <v>107469.72</v>
+      </c>
+      <c r="G6" s="78">
+        <v>8605.09</v>
+      </c>
+      <c r="H6" s="78">
+        <v>134834.73000000001</v>
+      </c>
+      <c r="I6" s="78">
+        <v>72399.210000000006</v>
+      </c>
+      <c r="J6" s="79">
+        <v>790329.54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="160" t="s">
+        <v>321</v>
+      </c>
+      <c r="B7" s="78">
+        <v>20522.669999999998</v>
+      </c>
+      <c r="C7" s="78">
+        <v>368822.62</v>
+      </c>
+      <c r="D7" s="78">
+        <v>3444.35</v>
+      </c>
+      <c r="E7" s="78">
+        <v>209728.56</v>
+      </c>
+      <c r="F7" s="78">
+        <v>136879.53</v>
+      </c>
+      <c r="G7" s="78">
+        <v>10397.790000000001</v>
+      </c>
+      <c r="H7" s="78">
+        <v>154381.39000000001</v>
+      </c>
+      <c r="I7" s="78">
+        <v>98148.77</v>
+      </c>
+      <c r="J7" s="79">
+        <v>1002325.67</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="80" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A35" s="226" t="s">
         <v>226</v>
       </c>
-      <c r="F4" s="78" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="78" t="s">
+      <c r="B35" s="226"/>
+      <c r="C35" s="226"/>
+      <c r="D35" s="226"/>
+      <c r="E35" s="226"/>
+      <c r="F35" s="226"/>
+      <c r="G35" s="226"/>
+      <c r="H35" s="226"/>
+      <c r="I35" s="226"/>
+      <c r="J35" s="226"/>
+      <c r="K35" s="226"/>
+    </row>
+    <row r="36" spans="1:11" s="80" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A36" s="227" t="s">
+        <v>322</v>
+      </c>
+      <c r="B36" s="227"/>
+      <c r="C36" s="227"/>
+      <c r="D36" s="227"/>
+      <c r="E36" s="227"/>
+      <c r="F36" s="227"/>
+      <c r="G36" s="227"/>
+      <c r="H36" s="227"/>
+      <c r="I36" s="227"/>
+      <c r="J36" s="227"/>
+      <c r="K36" s="227"/>
+    </row>
+    <row r="37" spans="1:11" s="80" customFormat="1" ht="14.4" x14ac:dyDescent="0.25"/>
+    <row r="38" spans="1:11" s="80" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A38" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="B38" s="226"/>
+      <c r="C38" s="226"/>
+      <c r="D38" s="226"/>
+      <c r="E38" s="226"/>
+      <c r="F38" s="226"/>
+      <c r="G38" s="226"/>
+      <c r="H38" s="226"/>
+      <c r="I38" s="226"/>
+      <c r="J38" s="226"/>
+      <c r="K38" s="226"/>
+    </row>
+    <row r="39" spans="1:11" s="80" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A39" s="223" t="s">
         <v>227</v>
       </c>
-      <c r="H4" s="78" t="s">
-[...177 lines deleted...]
-      <c r="K40" s="222"/>
+      <c r="B39" s="223"/>
+      <c r="C39" s="223"/>
+      <c r="D39" s="223"/>
+      <c r="E39" s="223"/>
+      <c r="F39" s="223"/>
+      <c r="G39" s="223"/>
+      <c r="H39" s="223"/>
+      <c r="I39" s="223"/>
+      <c r="J39" s="223"/>
+      <c r="K39" s="223"/>
+    </row>
+    <row r="40" spans="1:11" s="80" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="223"/>
+      <c r="B40" s="223"/>
+      <c r="C40" s="223"/>
+      <c r="D40" s="223"/>
+      <c r="E40" s="223"/>
+      <c r="F40" s="223"/>
+      <c r="G40" s="223"/>
+      <c r="H40" s="223"/>
+      <c r="I40" s="223"/>
+      <c r="J40" s="223"/>
+      <c r="K40" s="223"/>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B44" s="177"/>
+      <c r="B44" s="176"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A39:K40"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A38:K38"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F905AB0F-4C13-4E3D-A22C-6605E1B8B479}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2519E2E3-C9B0-4207-98DD-3D6419A7974E}">
   <dimension ref="A1:K49"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16" style="83" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.6328125" style="83"/>
+    <col min="1" max="1" width="16" style="82" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="39.109375" style="82" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.5546875" style="82"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="23.5" x14ac:dyDescent="0.55000000000000004">
-[...12 lines deleted...]
-      <c r="K2" s="227"/>
+    <row r="2" spans="1:11" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A2" s="228" t="s">
+        <v>243</v>
+      </c>
+      <c r="B2" s="228"/>
+      <c r="C2" s="228"/>
+      <c r="D2" s="228"/>
+      <c r="E2" s="228"/>
+      <c r="F2" s="228"/>
+      <c r="G2" s="228"/>
+      <c r="H2" s="228"/>
+      <c r="I2" s="228"/>
+      <c r="J2" s="228"/>
+      <c r="K2" s="228"/>
     </row>
     <row r="3" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...25 lines deleted...]
-      <c r="B5" s="87">
+      <c r="A3" s="202" t="s">
+        <v>301</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="89"/>
+      <c r="D3" s="89"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="89"/>
+      <c r="J3" s="89"/>
+      <c r="K3" s="89"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="77" t="s">
+        <v>242</v>
+      </c>
+      <c r="B4" s="77" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="87" t="s">
+        <v>240</v>
+      </c>
+      <c r="B5" s="86">
         <v>790</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B6" s="87">
+    <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="87" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" s="86">
         <v>9039</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B7" s="87">
+    <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="87" t="s">
+        <v>238</v>
+      </c>
+      <c r="B7" s="86">
         <v>13358</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B8" s="87">
+    <row r="8" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="87" t="s">
+        <v>237</v>
+      </c>
+      <c r="B8" s="86">
         <v>14297</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B9" s="87">
+    <row r="9" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="87" t="s">
+        <v>236</v>
+      </c>
+      <c r="B9" s="86">
         <v>5776</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B10" s="87">
+    <row r="10" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="87" t="s">
+        <v>235</v>
+      </c>
+      <c r="B10" s="86">
         <v>5309</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B11" s="87">
+    <row r="11" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="87" t="s">
+        <v>234</v>
+      </c>
+      <c r="B11" s="86">
         <v>1979</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B12" s="87">
+    <row r="12" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="87" t="s">
+        <v>233</v>
+      </c>
+      <c r="B12" s="86">
         <v>1250</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B13" s="87">
+    <row r="13" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="87" t="s">
+        <v>232</v>
+      </c>
+      <c r="B13" s="86">
         <v>680</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B14" s="87">
+    <row r="14" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="87" t="s">
+        <v>231</v>
+      </c>
+      <c r="B14" s="86">
         <v>1371</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B15" s="87">
+    <row r="15" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="87" t="s">
+        <v>230</v>
+      </c>
+      <c r="B15" s="86">
         <v>307</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B16" s="85">
+    <row r="16" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="85" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="84">
         <v>54156</v>
       </c>
     </row>
-    <row r="44" spans="1:11" s="45" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-[...31 lines deleted...]
-      <c r="A47" s="228" t="s">
+    <row r="44" spans="1:11" s="45" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="229" t="s">
+        <v>154</v>
+      </c>
+      <c r="B44" s="230"/>
+      <c r="C44" s="229"/>
+      <c r="D44" s="229"/>
+      <c r="E44" s="229"/>
+      <c r="F44" s="229"/>
+      <c r="G44" s="229"/>
+      <c r="H44" s="229"/>
+      <c r="I44" s="229"/>
+      <c r="J44" s="229"/>
+      <c r="K44" s="229"/>
+    </row>
+    <row r="45" spans="1:11" s="45" customFormat="1" ht="33.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="231" t="s">
+        <v>229</v>
+      </c>
+      <c r="B45" s="231"/>
+      <c r="C45" s="231"/>
+      <c r="D45" s="231"/>
+      <c r="E45" s="231"/>
+      <c r="F45" s="231"/>
+      <c r="G45" s="231"/>
+      <c r="H45" s="231"/>
+      <c r="I45" s="231"/>
+      <c r="J45" s="231"/>
+      <c r="K45" s="231"/>
+    </row>
+    <row r="46" spans="1:11" s="45" customFormat="1" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="1:11" s="45" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="229" t="s">
         <v>5</v>
       </c>
-      <c r="B47" s="228"/>
-[...36 lines deleted...]
-      <c r="K49" s="222"/>
+      <c r="B47" s="229"/>
+      <c r="C47" s="229"/>
+      <c r="D47" s="229"/>
+      <c r="E47" s="229"/>
+      <c r="F47" s="229"/>
+      <c r="G47" s="229"/>
+      <c r="H47" s="229"/>
+      <c r="I47" s="229"/>
+      <c r="J47" s="229"/>
+      <c r="K47" s="229"/>
+    </row>
+    <row r="48" spans="1:11" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="223" t="s">
+        <v>228</v>
+      </c>
+      <c r="B48" s="223"/>
+      <c r="C48" s="223"/>
+      <c r="D48" s="223"/>
+      <c r="E48" s="223"/>
+      <c r="F48" s="223"/>
+      <c r="G48" s="223"/>
+      <c r="H48" s="223"/>
+      <c r="I48" s="223"/>
+      <c r="J48" s="223"/>
+      <c r="K48" s="223"/>
+    </row>
+    <row r="49" spans="1:11" s="45" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="223"/>
+      <c r="B49" s="223"/>
+      <c r="C49" s="223"/>
+      <c r="D49" s="223"/>
+      <c r="E49" s="223"/>
+      <c r="F49" s="223"/>
+      <c r="G49" s="223"/>
+      <c r="H49" s="223"/>
+      <c r="I49" s="223"/>
+      <c r="J49" s="223"/>
+      <c r="K49" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A48:K49"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A44:K44"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A47:K47"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{27408D1F-ECF8-4938-8A6A-867C42A96D55}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{849FD596-EA67-4D04-8CCE-65D1F79B8604}">
-  <dimension ref="A1:I44"/>
+  <dimension ref="A1:I42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="13.453125" style="5" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="8.54296875" style="5"/>
+    <col min="1" max="1" width="13.44140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="121.88671875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.5546875" style="5" customWidth="1"/>
+    <col min="6" max="16384" width="8.5546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="26" x14ac:dyDescent="0.6">
-[...12 lines deleted...]
-      <c r="A3" s="185" t="s">
+    <row r="1" spans="1:9" ht="25.8" x14ac:dyDescent="0.5">
+      <c r="A1" s="184" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1" s="184"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A2" s="185" t="s">
+        <v>356</v>
+      </c>
+      <c r="B2" s="185"/>
+    </row>
+    <row r="3" spans="1:9" ht="14.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="186" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="185"/>
-[...2 lines deleted...]
-      <c r="A4" s="186" t="s">
+      <c r="B3" s="186"/>
+    </row>
+    <row r="4" spans="1:9" ht="14.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="187" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="186"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B4" s="187"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" s="7"/>
       <c r="B6" s="7" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="59" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" s="59" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" s="60" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" s="60" t="s">
         <v>15</v>
       </c>
-      <c r="B11" s="136" t="s">
-[...8 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B11" s="135" t="s">
+        <v>214</v>
+      </c>
+      <c r="C11" s="135"/>
+      <c r="D11" s="135"/>
+      <c r="E11" s="135"/>
+      <c r="F11" s="135"/>
+      <c r="G11" s="135"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="60" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="136" t="s">
-[...11 lines deleted...]
-      <c r="A13" s="135" t="s">
+      <c r="B12" s="135" t="s">
+        <v>215</v>
+      </c>
+      <c r="C12" s="135"/>
+      <c r="D12" s="135"/>
+      <c r="E12" s="135"/>
+      <c r="F12" s="135"/>
+      <c r="G12" s="135"/>
+      <c r="H12" s="135"/>
+      <c r="I12" s="135"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A13" s="134" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" s="9"/>
       <c r="B14" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="11" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="9"/>
       <c r="B22" s="69" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A23" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="70" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B24" s="5" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A24" s="11" t="s">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="71" t="s">
+        <v>39</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="71" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="71" t="s">
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="72" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B25" s="72" t="s">
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="72" t="s">
+        <v>47</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="72" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A32" s="72" t="s">
         <v>219</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B26" s="70" t="s">
+      <c r="B32" s="5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A33" s="72" t="s">
         <v>220</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="A30" s="73" t="s">
+      <c r="B33" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="74" t="s">
-[...44 lines deleted...]
-      <c r="B44" s="179"/>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B42" s="178"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId1" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator Glossary." xr:uid="{A1EA332F-97E6-457C-880D-C43B2A0A2B59}"/>
     <hyperlink ref="A3:B3" r:id="rId2" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator glossary." xr:uid="{A752F2D7-BD39-48CC-A7D0-9EB3537F55A4}"/>
-    <hyperlink ref="A34:A35" location="'Figure 3.4'!A1" display="Figure 3.3" xr:uid="{A0570F08-7393-4335-9FDB-EA4062E9D637}"/>
     <hyperlink ref="A15" location="'Figure 2.1'!A1" display="Figure 3.1" xr:uid="{AB8C13EE-7F7F-46BA-B5D1-0890DB7F34B4}"/>
     <hyperlink ref="A16" location="'Figure 2.2'!A1" display="Figure 2.2" xr:uid="{E14099CC-C259-4175-B380-28195762F89C}"/>
     <hyperlink ref="A19" location="'Figure 2.5'!A1" display="Figure 2.5" xr:uid="{BABA3E77-7FDB-46B8-BCF2-BBBE3170B816}"/>
     <hyperlink ref="A20" location="'Figure 2.6'!A1" display="Figure 2.6" xr:uid="{3E6032FD-60AE-4A29-A9E6-D6E953BAACB3}"/>
     <hyperlink ref="A17" location="'Figure 2.3'!A1" display="Figure 2.3" xr:uid="{E5A69B18-1844-4D58-BAB4-2D72BCC02162}"/>
     <hyperlink ref="A18" location="'Figure 2.4'!A1" display="Figure 2.4" xr:uid="{23A1A950-4516-478C-88BA-D900FF83A403}"/>
     <hyperlink ref="A21" location="'Figure 2.7'!A1" display="Figure 2.7" xr:uid="{6F1E2486-7167-4CC7-A06A-04686575AD75}"/>
     <hyperlink ref="A7" location="'Figure 1.1'!A1" display="Figure 1.1" xr:uid="{2421B867-63D3-4A35-B83F-4458516777FC}"/>
     <hyperlink ref="A12" location="'Figure 1.6'!A1" display="Figure 1.6" xr:uid="{2E46E719-04FF-4C39-B4DC-4B06DF8AAB5A}"/>
     <hyperlink ref="A9" location="'Figure 1.3'!A1" display="Figure 1.3" xr:uid="{6575216C-DF9F-4DDD-96C0-1F0477D69378}"/>
     <hyperlink ref="A8" location="'Figure 1.2'!A1" display="Figure 1.2" xr:uid="{2BF7190C-CF0A-49BD-ABF4-6B090A03C35B}"/>
     <hyperlink ref="A10" location="'Figure 1.4'!A1" display="Figure 1.4" xr:uid="{7D3F3C6E-EAAA-4835-A835-480476BDD5A0}"/>
     <hyperlink ref="A31" location="'Figure 3.9'!A1" display="Figure 3.9" xr:uid="{8E848DE0-A283-42EA-AC1F-DA491C67996E}"/>
     <hyperlink ref="A27" location="'Figure 3.5'!A1" display="Figure 3.5" xr:uid="{2A54CA1A-0E24-4E8E-B723-2296CE737280}"/>
     <hyperlink ref="A23" location="'Figure 3.1'!A1" display="Figure 3.1" xr:uid="{BFEDB12B-84BD-4638-BD87-1A5075235B56}"/>
     <hyperlink ref="A24" location="'Figure 3.2'!A1" display="Figure 3.2" xr:uid="{51109DD2-609A-4AA9-B829-1E19E0C8D337}"/>
     <hyperlink ref="A25" location="'Figure 3.3'!A1" display="Figure 3.3" xr:uid="{F6E9C28D-184C-42A1-B21C-1C0735BA2A26}"/>
     <hyperlink ref="A26" location="'Figure 3.4'!A1" display="Figure 3.4" xr:uid="{96ABE2CC-5EEC-479A-8ADB-1F65A9533B90}"/>
     <hyperlink ref="A33" location="'Figure 3.11'!A1" display="Figure 3.11" xr:uid="{3929ADD6-4A1F-47F0-B305-2A4B703F1CB1}"/>
     <hyperlink ref="A32" location="'Figure 3.10'!A1" display="Figure 3.10" xr:uid="{402F288D-32CB-4315-9873-C3123283BC60}"/>
-    <hyperlink ref="A34" location="'Figure 3.12'!A1" display="Figure 3.12" xr:uid="{0262693C-A487-4CF2-A2F5-6FC2136B0ECD}"/>
     <hyperlink ref="A28" location="'Figure 3.6'!A1" display="Figure 3.6" xr:uid="{940ADAD3-800B-4BDE-BFAA-0CB3420EBD76}"/>
     <hyperlink ref="A29" location="'Figure 3.7'!A1" display="Figure 3.7" xr:uid="{1ADEAB43-1E2D-4570-B7D4-092F0D901018}"/>
     <hyperlink ref="A30" location="'Figure 3.8'!A1" display="Figure 3.8" xr:uid="{CA5E8006-4CE7-41E0-A144-2FC223850161}"/>
-    <hyperlink ref="A35" location="'Figure 3.13'!A1" display="Figure 3.13" xr:uid="{D909793F-E865-4FEB-8457-00357EF55334}"/>
     <hyperlink ref="A11" location="'Figure 1.5'!A1" display="Figure 1.5" xr:uid="{0E3B40D5-E0E8-412B-A8F9-3063420C317A}"/>
     <hyperlink ref="A13" location="'Figure 1.7'!A1" display="Figure 1.7" xr:uid="{654130F9-0DE5-43CF-9898-B4DB6B00BF84}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EF4637D-7B9A-44CD-90CB-F5003DAA0D8A}">
   <dimension ref="A1:G82"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="12.453125" style="45" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.44140625" style="45" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="45" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="34.6328125" style="45" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="45"/>
+    <col min="4" max="4" width="34.5546875" style="45" customWidth="1"/>
+    <col min="5" max="5" width="36.5546875" style="45" customWidth="1"/>
+    <col min="6" max="6" width="37.109375" style="45" customWidth="1"/>
+    <col min="7" max="7" width="42.109375" style="45" customWidth="1"/>
+    <col min="8" max="9" width="8.88671875" style="45"/>
+    <col min="10" max="10" width="8.88671875" style="45" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...14 lines deleted...]
-      <c r="G2" s="231"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:7" ht="23.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="232" t="s">
+        <v>330</v>
+      </c>
+      <c r="B2" s="232"/>
+      <c r="C2" s="232"/>
+      <c r="D2" s="232"/>
+      <c r="E2" s="232"/>
+      <c r="F2" s="232"/>
+      <c r="G2" s="232"/>
     </row>
     <row r="3" spans="1:7" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="232" t="s">
-[...8 lines deleted...]
-    <row r="4" spans="1:7" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="233" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="89"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+    </row>
+    <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
+        <v>134</v>
+      </c>
+      <c r="B4" s="27" t="s">
         <v>135</v>
       </c>
-      <c r="B4" s="27" t="s">
+      <c r="C4" s="27" t="s">
         <v>136</v>
       </c>
-      <c r="C4" s="27" t="s">
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
         <v>137</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="92" t="s">
+      <c r="B5" s="49" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C5" s="56">
         <v>241954</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="48" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B6" s="49" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C6" s="56">
         <v>399030</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="48" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B7" s="49" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C7" s="56">
         <v>447060</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="48" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B8" s="49" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C8" s="56">
         <v>564148</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="48" t="s">
+        <v>142</v>
+      </c>
+      <c r="B9" s="49" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C9" s="56">
         <v>571421</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="48" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B10" s="49" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C10" s="56">
         <v>607399</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="48" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B11" s="49" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C11" s="56">
         <v>512476</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="48" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B12" s="49" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C12" s="56">
         <v>640745</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="48" t="s">
+        <v>147</v>
+      </c>
+      <c r="B13" s="49" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C13" s="56">
         <v>632134</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="48" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B14" s="49" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C14" s="56">
         <v>512531</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="48" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B15" s="49" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C15" s="56">
         <v>431133</v>
       </c>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="48" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B16" s="49" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C16" s="56">
         <v>504450</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A17" s="48" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B17" s="49" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C17" s="56">
         <v>563114</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A18" s="48" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B18" s="49" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C18" s="56">
         <v>534190</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A19" s="48" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B19" s="49" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C19" s="56">
         <v>499748</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A20" s="48" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B20" s="49" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C20" s="56">
         <v>388163</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A21" s="48" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B21" s="49" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C21" s="56">
         <v>380502</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A22" s="48" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B22" s="49" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C22" s="56">
         <v>501030</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A23" s="48" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B23" s="49" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C23" s="56">
         <v>475330</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A24" s="48" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B24" s="49" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C24" s="56">
         <v>500831</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A25" s="48" t="s">
+        <v>248</v>
+      </c>
+      <c r="B25" s="49" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C25" s="56">
         <v>490599</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A26" s="48" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B26" s="49" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C26" s="56">
         <v>464248</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A27" s="48" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B27" s="49" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C27" s="56">
         <v>423345</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A28" s="48" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B28" s="49" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C28" s="56">
         <v>378091</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A29" s="48" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B29" s="49" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C29" s="56">
         <v>410229</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A30" s="48" t="s">
+        <v>254</v>
+      </c>
+      <c r="B30" s="49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C30" s="56">
         <v>408260</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A31" s="48" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B31" s="49" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C31" s="56">
         <v>373191</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A32" s="48" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B32" s="49" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C32" s="56">
         <v>356149</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A33" s="48" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B33" s="49" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C33" s="56">
         <v>397011</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A34" s="48" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B34" s="49" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C34" s="56">
         <v>422734</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A35" s="48" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B35" s="49" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C35" s="56">
         <v>431482</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A36" s="48" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B36" s="49" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C36" s="56">
         <v>416522</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A37" s="48" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B37" s="49" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C37" s="56">
         <v>414608</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A38" s="48" t="s">
+        <v>276</v>
+      </c>
+      <c r="B38" s="49" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C38" s="56">
         <v>416706</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A39" s="48" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B39" s="49" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C39" s="56">
         <v>382176</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A40" s="48" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B40" s="49" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C40" s="56">
         <v>468578</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A41" s="48" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B41" s="49" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C41" s="56">
         <v>486728</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A42" s="48" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B42" s="49" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C42" s="56">
         <v>502844</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A43" s="48" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" s="49" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="C43" s="56">
         <v>454485</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A44" s="48" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>282</v>
+      </c>
+      <c r="B44" s="179" t="s">
+        <v>287</v>
       </c>
       <c r="C44" s="56">
         <v>176996</v>
       </c>
     </row>
-    <row r="70" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-[...20 lines deleted...]
-      <c r="A73" s="228" t="s">
+    <row r="70" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A70" s="229" t="s">
+        <v>329</v>
+      </c>
+      <c r="B70" s="229"/>
+      <c r="C70" s="229"/>
+      <c r="D70" s="229"/>
+      <c r="E70" s="229"/>
+      <c r="F70" s="229"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A71" s="234" t="s">
+        <v>327</v>
+      </c>
+      <c r="B71" s="234"/>
+      <c r="C71" s="234"/>
+      <c r="D71" s="234"/>
+      <c r="E71" s="234"/>
+      <c r="F71" s="234"/>
+    </row>
+    <row r="73" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A73" s="229" t="s">
         <v>5</v>
       </c>
-      <c r="B73" s="228"/>
-[...37 lines deleted...]
-      <c r="A82" s="91"/>
+      <c r="B73" s="229"/>
+      <c r="C73" s="229"/>
+      <c r="D73" s="229"/>
+      <c r="E73" s="229"/>
+      <c r="F73" s="229"/>
+    </row>
+    <row r="74" spans="1:6" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="223" t="s">
+        <v>328</v>
+      </c>
+      <c r="B74" s="223"/>
+      <c r="C74" s="223"/>
+      <c r="D74" s="223"/>
+      <c r="E74" s="223"/>
+      <c r="F74" s="223"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A75" s="223"/>
+      <c r="B75" s="223"/>
+      <c r="C75" s="223"/>
+      <c r="D75" s="223"/>
+      <c r="E75" s="223"/>
+      <c r="F75" s="223"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A76" s="223"/>
+      <c r="B76" s="223"/>
+      <c r="C76" s="223"/>
+      <c r="D76" s="223"/>
+      <c r="E76" s="223"/>
+      <c r="F76" s="223"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="D81" s="90"/>
+      <c r="E81" s="90"/>
+      <c r="F81" s="90"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A82" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A74:F76"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A70:F70"/>
     <mergeCell ref="A71:F71"/>
     <mergeCell ref="A73:F73"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1194CC69-A6FD-4685-B2E7-6E99D1F49984}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F0BD012-684D-40B0-BE5A-8EFC3A2C769B}">
   <dimension ref="A1:J45"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.54296875" style="45" customWidth="1"/>
+    <col min="1" max="1" width="17.5546875" style="45" customWidth="1"/>
     <col min="2" max="5" width="26" style="45" customWidth="1"/>
-    <col min="6" max="6" width="9.6328125" style="45" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="45"/>
+    <col min="6" max="6" width="9.5546875" style="45" customWidth="1"/>
+    <col min="7" max="9" width="8.88671875" style="45"/>
+    <col min="10" max="10" width="8.88671875" style="45" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...13 lines deleted...]
-      <c r="F2" s="235"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="236" t="s">
+        <v>331</v>
+      </c>
+      <c r="B2" s="236"/>
+      <c r="C2" s="236"/>
+      <c r="D2" s="236"/>
+      <c r="E2" s="236"/>
+      <c r="F2" s="236"/>
     </row>
     <row r="3" spans="1:6" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...6 lines deleted...]
-      <c r="F3" s="201"/>
+      <c r="A3" s="202" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
     </row>
     <row r="4" spans="1:6" s="46" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="201"/>
-[...185 lines deleted...]
-      <c r="A28" s="233" t="s">
+      <c r="A4" s="202"/>
+      <c r="B4" s="202"/>
+      <c r="C4" s="202"/>
+      <c r="D4" s="202"/>
+      <c r="E4" s="202"/>
+      <c r="F4" s="202"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A5" s="82"/>
+      <c r="B5" s="82"/>
+      <c r="C5" s="82"/>
+      <c r="D5" s="82"/>
+      <c r="E5" s="82"/>
+      <c r="F5" s="82"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="82"/>
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+      <c r="F6" s="82"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="82"/>
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+      <c r="F7" s="82"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="82"/>
+      <c r="B8" s="82"/>
+      <c r="C8" s="82"/>
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="82"/>
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="82"/>
+      <c r="B10" s="82"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="82"/>
+      <c r="B11" s="82"/>
+      <c r="C11" s="82"/>
+      <c r="D11" s="82"/>
+      <c r="E11" s="82"/>
+      <c r="F11" s="82"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="82"/>
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="82"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+      <c r="F13" s="82"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+      <c r="F14" s="82"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="82"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="82"/>
+      <c r="B16" s="82"/>
+      <c r="C16" s="82"/>
+      <c r="D16" s="82"/>
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A17" s="82"/>
+      <c r="B17" s="82"/>
+      <c r="C17" s="82"/>
+      <c r="D17" s="82"/>
+      <c r="E17" s="82"/>
+      <c r="F17" s="82"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A18" s="82"/>
+      <c r="B18" s="82"/>
+      <c r="C18" s="82"/>
+      <c r="D18" s="82"/>
+      <c r="E18" s="82"/>
+      <c r="F18" s="82"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A19" s="82"/>
+      <c r="B19" s="82"/>
+      <c r="C19" s="82"/>
+      <c r="D19" s="82"/>
+      <c r="E19" s="82"/>
+      <c r="F19" s="82"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A20" s="82"/>
+      <c r="B20" s="82"/>
+      <c r="C20" s="82"/>
+      <c r="D20" s="82"/>
+      <c r="E20" s="82"/>
+      <c r="F20" s="82"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A21" s="82"/>
+      <c r="B21" s="82"/>
+      <c r="C21" s="82"/>
+      <c r="D21" s="82"/>
+      <c r="E21" s="82"/>
+      <c r="F21" s="82"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A22" s="82"/>
+      <c r="B22" s="82"/>
+      <c r="C22" s="82"/>
+      <c r="D22" s="82"/>
+      <c r="E22" s="82"/>
+      <c r="F22" s="82"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A23" s="82"/>
+      <c r="B23" s="82"/>
+      <c r="C23" s="82"/>
+      <c r="D23" s="82"/>
+      <c r="E23" s="82"/>
+      <c r="F23" s="82"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A24" s="82"/>
+      <c r="B24" s="82"/>
+      <c r="C24" s="82"/>
+      <c r="D24" s="82"/>
+      <c r="E24" s="82"/>
+      <c r="F24" s="82"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A25" s="82"/>
+      <c r="B25" s="82"/>
+      <c r="C25" s="82"/>
+      <c r="D25" s="82"/>
+      <c r="E25" s="82"/>
+      <c r="F25" s="82"/>
+    </row>
+    <row r="27" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="229" t="s">
+        <v>332</v>
+      </c>
+      <c r="B27" s="229"/>
+      <c r="C27" s="229"/>
+      <c r="D27" s="229"/>
+      <c r="E27" s="229"/>
+      <c r="F27" s="229"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A28" s="234" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" s="234"/>
+      <c r="C28" s="234"/>
+      <c r="D28" s="234"/>
+      <c r="E28" s="234"/>
+      <c r="F28" s="234"/>
+    </row>
+    <row r="30" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="229" t="s">
+        <v>5</v>
+      </c>
+      <c r="B30" s="229"/>
+      <c r="C30" s="229"/>
+      <c r="D30" s="229"/>
+      <c r="E30" s="229"/>
+      <c r="F30" s="229"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A31" s="234" t="s">
+        <v>323</v>
+      </c>
+      <c r="B31" s="234"/>
+      <c r="C31" s="234"/>
+      <c r="D31" s="234"/>
+      <c r="E31" s="234"/>
+      <c r="F31" s="234"/>
+    </row>
+    <row r="32" spans="1:10" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="235" t="s">
         <v>156</v>
       </c>
-      <c r="B28" s="233"/>
-[...33 lines deleted...]
-      <c r="F32" s="234"/>
+      <c r="B32" s="235"/>
+      <c r="C32" s="235"/>
+      <c r="D32" s="235"/>
+      <c r="E32" s="235"/>
+      <c r="F32" s="235"/>
       <c r="G32" s="35"/>
       <c r="H32" s="35"/>
       <c r="I32" s="35"/>
       <c r="J32" s="35"/>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B45" s="176"/>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A39" s="90"/>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B45" s="175"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A27:F27"/>
     <mergeCell ref="A28:F28"/>
     <mergeCell ref="A30:F30"/>
     <mergeCell ref="A31:F31"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{56EA19BA-14E1-4609-87DC-1A57F9B5BFE1}"/>
     <hyperlink ref="A32:F32" r:id="rId1" location="stc-markets:~:text=Carbon%20Market%20Reports-,STC%20markets,-Systems%20owners%20and" display="More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website" xr:uid="{7FCFEB1F-E6A7-4373-8137-28939C687EED}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93A91C98-A93B-4D51-AF41-08451AD98A75}">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="8.88671875" style="45"/>
+    <col min="9" max="9" width="8.88671875" style="45" customWidth="1"/>
+    <col min="10" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="44" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F2" s="235"/>
+    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="236" t="s">
+        <v>333</v>
+      </c>
+      <c r="B2" s="236"/>
+      <c r="C2" s="236"/>
+      <c r="D2" s="236"/>
+      <c r="E2" s="236"/>
+      <c r="F2" s="236"/>
     </row>
     <row r="3" spans="1:6" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...8 lines deleted...]
-    <row r="4" spans="1:6" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="202" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="27" t="s">
+        <v>169</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>170</v>
       </c>
-      <c r="D4" s="27" t="s">
+      <c r="E4" s="27" t="s">
         <v>171</v>
       </c>
-      <c r="E4" s="27" t="s">
+      <c r="F4" s="26" t="s">
         <v>172</v>
       </c>
-      <c r="F4" s="26" t="s">
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="94">
+        <v>64844</v>
+      </c>
+      <c r="D5" s="94">
+        <v>456</v>
+      </c>
+      <c r="E5" s="95">
+        <v>2165.09</v>
+      </c>
+      <c r="F5" s="96">
+        <v>284031</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="94">
+        <v>62899</v>
+      </c>
+      <c r="D6" s="94">
+        <v>479</v>
+      </c>
+      <c r="E6" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F6" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="94">
+        <v>69049</v>
+      </c>
+      <c r="D7" s="94">
+        <v>529</v>
+      </c>
+      <c r="E7" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F7" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="94">
+        <v>87239</v>
+      </c>
+      <c r="D8" s="94">
+        <v>702</v>
+      </c>
+      <c r="E8" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F8" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="94">
+        <v>83020</v>
+      </c>
+      <c r="D9" s="94">
+        <v>619</v>
+      </c>
+      <c r="E9" s="95">
+        <v>2964.71</v>
+      </c>
+      <c r="F9" s="96">
+        <v>370320</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="94">
+        <v>84744</v>
+      </c>
+      <c r="D10" s="94">
+        <v>678</v>
+      </c>
+      <c r="E10" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F10" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="94">
+        <v>93684</v>
+      </c>
+      <c r="D11" s="94">
+        <v>748</v>
+      </c>
+      <c r="E11" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F11" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="94">
+        <v>108872</v>
+      </c>
+      <c r="D12" s="94">
+        <v>920</v>
+      </c>
+      <c r="E12" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F12" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="94">
+        <v>98957</v>
+      </c>
+      <c r="D13" s="94">
+        <v>782</v>
+      </c>
+      <c r="E13" s="95">
+        <v>3192.52</v>
+      </c>
+      <c r="F13" s="96">
+        <v>377458</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="94">
+        <v>95213</v>
+      </c>
+      <c r="D14" s="94">
+        <v>794</v>
+      </c>
+      <c r="E14" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F14" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="94">
+        <v>89203</v>
+      </c>
+      <c r="D15" s="94">
+        <v>752</v>
+      </c>
+      <c r="E15" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F15" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="94">
+        <v>94085</v>
+      </c>
+      <c r="D16" s="94">
+        <v>864</v>
+      </c>
+      <c r="E16" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F16" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="94">
+        <v>68569</v>
+      </c>
+      <c r="D17" s="94">
+        <v>565</v>
+      </c>
+      <c r="E17" s="95">
+        <v>2793.53</v>
+      </c>
+      <c r="F17" s="96">
+        <v>315717</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="94">
+        <v>71547</v>
+      </c>
+      <c r="D18" s="94">
+        <v>625</v>
+      </c>
+      <c r="E18" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F18" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="94">
+        <v>84360</v>
+      </c>
+      <c r="D19" s="94">
+        <v>733</v>
+      </c>
+      <c r="E19" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F19" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="94">
+        <v>91241</v>
+      </c>
+      <c r="D20" s="94">
+        <v>870</v>
+      </c>
+      <c r="E20" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F20" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="94">
+        <v>76113</v>
+      </c>
+      <c r="D21" s="94">
+        <v>660</v>
+      </c>
+      <c r="E21" s="95">
+        <v>3144.99</v>
+      </c>
+      <c r="F21" s="96">
+        <v>333865</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="94">
+        <v>77215</v>
+      </c>
+      <c r="D22" s="94">
+        <v>720</v>
+      </c>
+      <c r="E22" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F22" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="94">
+        <v>87388</v>
+      </c>
+      <c r="D23" s="94">
+        <v>823</v>
+      </c>
+      <c r="E23" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F23" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="94">
+        <v>93149</v>
+      </c>
+      <c r="D24" s="94">
+        <v>942</v>
+      </c>
+      <c r="E24" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F24" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="94">
+        <v>75582</v>
+      </c>
+      <c r="D25" s="94">
+        <v>703</v>
+      </c>
+      <c r="E25" s="95">
+        <v>3166.47</v>
+      </c>
+      <c r="F25" s="96">
+        <v>319392</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="94">
+        <v>81970</v>
+      </c>
+      <c r="D26" s="94">
+        <v>788</v>
+      </c>
+      <c r="E26" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F26" s="96" t="s">
+        <v>199</v>
+      </c>
+      <c r="H26" s="56"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="94">
+        <v>79818</v>
+      </c>
+      <c r="D27" s="94">
+        <v>799</v>
+      </c>
+      <c r="E27" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F27" s="96" t="s">
+        <v>199</v>
+      </c>
+      <c r="H27" s="56"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="94">
+        <v>82021</v>
+      </c>
+      <c r="D28" s="94">
+        <v>877</v>
+      </c>
+      <c r="E28" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F28" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="94">
+        <v>67864</v>
+      </c>
+      <c r="D29" s="94">
+        <v>667</v>
+      </c>
+      <c r="E29" s="95">
+        <v>1928.85</v>
+      </c>
+      <c r="F29" s="96">
+        <v>192051</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="94">
+        <v>60853</v>
+      </c>
+      <c r="D30" s="94">
+        <v>606</v>
+      </c>
+      <c r="E30" s="97" t="s">
+        <v>199</v>
+      </c>
+      <c r="F30" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="94">
+        <v>63333</v>
+      </c>
+      <c r="D31" s="94">
+        <v>656</v>
+      </c>
+      <c r="E31" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="F31" s="96" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="55" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="229" t="s">
+        <v>260</v>
+      </c>
+      <c r="B55" s="229"/>
+      <c r="C55" s="229"/>
+      <c r="D55" s="229"/>
+      <c r="E55" s="229"/>
+      <c r="F55" s="229"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A56" s="234" t="s">
         <v>173</v>
       </c>
-    </row>
-[...566 lines deleted...]
-      <c r="A58" s="228" t="s">
+      <c r="B56" s="234"/>
+      <c r="C56" s="234"/>
+      <c r="D56" s="234"/>
+      <c r="E56" s="234"/>
+      <c r="F56" s="234"/>
+    </row>
+    <row r="58" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="229" t="s">
         <v>5</v>
       </c>
-      <c r="B58" s="228"/>
-[...32 lines deleted...]
-      <c r="A67" s="91"/>
+      <c r="B58" s="229"/>
+      <c r="C58" s="229"/>
+      <c r="D58" s="229"/>
+      <c r="E58" s="229"/>
+      <c r="F58" s="229"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A59" s="237" t="s">
+        <v>262</v>
+      </c>
+      <c r="B59" s="237"/>
+      <c r="C59" s="237"/>
+      <c r="D59" s="237"/>
+      <c r="E59" s="237"/>
+      <c r="F59" s="237"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A60" s="237"/>
+      <c r="B60" s="237"/>
+      <c r="C60" s="237"/>
+      <c r="D60" s="237"/>
+      <c r="E60" s="237"/>
+      <c r="F60" s="237"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A61" s="237"/>
+      <c r="B61" s="237"/>
+      <c r="C61" s="237"/>
+      <c r="D61" s="237"/>
+      <c r="E61" s="237"/>
+      <c r="F61" s="237"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A59:F61"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A56:F56"/>
     <mergeCell ref="A58:F58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{68DC4578-D20A-4B03-897D-51184021BEC9}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34B166D2-0753-4533-91C4-DC7097071C65}">
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...20 lines deleted...]
-      <c r="M2" s="99"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:13" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="238" t="s">
+        <v>334</v>
+      </c>
+      <c r="B2" s="238"/>
+      <c r="C2" s="238"/>
+      <c r="D2" s="238"/>
+      <c r="E2" s="238"/>
+      <c r="F2" s="238"/>
+      <c r="G2" s="238"/>
+      <c r="H2" s="238"/>
+      <c r="I2" s="238"/>
+      <c r="J2" s="238"/>
+      <c r="K2" s="238"/>
+      <c r="L2" s="98"/>
+      <c r="M2" s="98"/>
     </row>
     <row r="3" spans="1:13" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...13 lines deleted...]
-    <row r="4" spans="1:13" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="202" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+      <c r="G3" s="202"/>
+      <c r="H3" s="202"/>
+      <c r="I3" s="202"/>
+      <c r="J3" s="202"/>
+      <c r="K3" s="202"/>
+    </row>
+    <row r="4" spans="1:13" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="27" t="s">
+        <v>157</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>158</v>
       </c>
-      <c r="D4" s="27" t="s">
+      <c r="E4" s="27" t="s">
         <v>159</v>
       </c>
-      <c r="E4" s="27" t="s">
+      <c r="F4" s="27" t="s">
         <v>160</v>
       </c>
-      <c r="F4" s="27" t="s">
+      <c r="G4" s="27" t="s">
         <v>161</v>
       </c>
-      <c r="G4" s="27" t="s">
+      <c r="H4" s="27" t="s">
         <v>162</v>
       </c>
-      <c r="H4" s="27" t="s">
+      <c r="I4" s="27" t="s">
         <v>163</v>
       </c>
-      <c r="I4" s="27" t="s">
+      <c r="J4" s="27" t="s">
         <v>164</v>
       </c>
-      <c r="J4" s="27" t="s">
+      <c r="K4" s="27" t="s">
         <v>165</v>
       </c>
-      <c r="K4" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="100">
+    </row>
+    <row r="5" spans="1:13" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="99">
         <v>2021</v>
       </c>
-      <c r="B5" s="94" t="s">
+      <c r="B5" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="100">
+        <v>0.03</v>
+      </c>
+      <c r="D5" s="100">
+        <v>0.08</v>
+      </c>
+      <c r="E5" s="100">
+        <v>0.06</v>
+      </c>
+      <c r="F5" s="100">
+        <v>0.17</v>
+      </c>
+      <c r="G5" s="100">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H5" s="100">
+        <v>0.05</v>
+      </c>
+      <c r="I5" s="100">
+        <v>0.05</v>
+      </c>
+      <c r="J5" s="100">
+        <v>0.12</v>
+      </c>
+      <c r="K5" s="100">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A6" s="99">
+        <v>2021</v>
+      </c>
+      <c r="B6" s="93" t="s">
         <v>64</v>
       </c>
-      <c r="C5" s="101">
+      <c r="C6" s="100">
+        <v>0.04</v>
+      </c>
+      <c r="D6" s="100">
+        <v>0.1</v>
+      </c>
+      <c r="E6" s="100">
+        <v>0.08</v>
+      </c>
+      <c r="F6" s="100">
+        <v>0.24</v>
+      </c>
+      <c r="G6" s="100">
+        <v>0.09</v>
+      </c>
+      <c r="H6" s="100">
+        <v>0.05</v>
+      </c>
+      <c r="I6" s="100">
+        <v>0.06</v>
+      </c>
+      <c r="J6" s="100">
+        <v>0.18</v>
+      </c>
+      <c r="K6" s="100">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A7" s="99">
+        <v>2021</v>
+      </c>
+      <c r="B7" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="100">
         <v>0.03</v>
       </c>
-      <c r="D5" s="101">
-[...2 lines deleted...]
-      <c r="E5" s="101">
+      <c r="D7" s="100">
+        <v>0.11</v>
+      </c>
+      <c r="E7" s="100">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F7" s="100">
+        <v>0.24</v>
+      </c>
+      <c r="G7" s="100">
+        <v>0.12</v>
+      </c>
+      <c r="H7" s="100">
         <v>0.06</v>
       </c>
-      <c r="F5" s="101">
-[...2 lines deleted...]
-      <c r="G5" s="101">
+      <c r="I7" s="100">
+        <v>0.06</v>
+      </c>
+      <c r="J7" s="100">
+        <v>0.2</v>
+      </c>
+      <c r="K7" s="100">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A8" s="99">
+        <v>2021</v>
+      </c>
+      <c r="B8" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="100">
+        <v>0.1</v>
+      </c>
+      <c r="D8" s="100">
+        <v>0.1</v>
+      </c>
+      <c r="E8" s="100">
+        <v>0.05</v>
+      </c>
+      <c r="F8" s="100">
+        <v>0.2</v>
+      </c>
+      <c r="G8" s="100">
+        <v>0.12</v>
+      </c>
+      <c r="H8" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="H5" s="101">
-[...37 lines deleted...]
-      <c r="I6" s="101">
+      <c r="I8" s="100">
         <v>0.06</v>
       </c>
-      <c r="J6" s="101">
+      <c r="J8" s="100">
         <v>0.18</v>
       </c>
-      <c r="K6" s="101">
+      <c r="K8" s="100">
         <v>0.13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
-[...69 lines deleted...]
-    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A9" s="45">
         <v>2022</v>
       </c>
-      <c r="B9" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="101">
+      <c r="B9" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="100">
         <v>0.03</v>
       </c>
-      <c r="D9" s="101">
+      <c r="D9" s="100">
         <v>0.1</v>
       </c>
-      <c r="E9" s="101">
+      <c r="E9" s="100">
         <v>0.05</v>
       </c>
-      <c r="F9" s="101">
+      <c r="F9" s="100">
         <v>0.2</v>
       </c>
-      <c r="G9" s="101">
+      <c r="G9" s="100">
         <v>0.12</v>
       </c>
-      <c r="H9" s="101">
+      <c r="H9" s="100">
         <v>0.08</v>
       </c>
-      <c r="I9" s="101">
+      <c r="I9" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J9" s="101">
+      <c r="J9" s="100">
         <v>0.15</v>
       </c>
-      <c r="K9" s="101">
+      <c r="K9" s="100">
         <v>0.13</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A10" s="45">
         <v>2022</v>
       </c>
-      <c r="B10" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="101">
+      <c r="B10" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="100">
         <v>0.08</v>
       </c>
-      <c r="D10" s="101">
+      <c r="D10" s="100">
         <v>0.11</v>
       </c>
-      <c r="E10" s="101">
+      <c r="E10" s="100">
         <v>0.06</v>
       </c>
-      <c r="F10" s="101">
+      <c r="F10" s="100">
         <v>0.22</v>
       </c>
-      <c r="G10" s="101">
+      <c r="G10" s="100">
         <v>0.12</v>
       </c>
-      <c r="H10" s="101">
+      <c r="H10" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="I10" s="101">
+      <c r="I10" s="100">
         <v>0.06</v>
       </c>
-      <c r="J10" s="101">
+      <c r="J10" s="100">
         <v>0.18</v>
       </c>
-      <c r="K10" s="101">
+      <c r="K10" s="100">
         <v>0.14000000000000001</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A11" s="45">
         <v>2022</v>
       </c>
-      <c r="B11" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="101">
+      <c r="B11" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="100">
         <v>0.04</v>
       </c>
-      <c r="D11" s="101">
+      <c r="D11" s="100">
         <v>0.11</v>
       </c>
-      <c r="E11" s="101">
+      <c r="E11" s="100">
         <v>0.05</v>
       </c>
-      <c r="F11" s="101">
+      <c r="F11" s="100">
         <v>0.22</v>
       </c>
-      <c r="G11" s="101">
+      <c r="G11" s="100">
         <v>0.13</v>
       </c>
-      <c r="H11" s="101">
+      <c r="H11" s="100">
         <v>0.04</v>
       </c>
-      <c r="I11" s="101">
+      <c r="I11" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J11" s="101">
+      <c r="J11" s="100">
         <v>0.18</v>
       </c>
-      <c r="K11" s="101">
+      <c r="K11" s="100">
         <v>0.13</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A12" s="45">
         <v>2022</v>
       </c>
-      <c r="B12" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="101">
+      <c r="B12" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="100">
         <v>0.04</v>
       </c>
-      <c r="D12" s="101">
+      <c r="D12" s="100">
         <v>0.11</v>
       </c>
-      <c r="E12" s="101">
+      <c r="E12" s="100">
         <v>0.05</v>
       </c>
-      <c r="F12" s="101">
+      <c r="F12" s="100">
         <v>0.19</v>
       </c>
-      <c r="G12" s="101">
+      <c r="G12" s="100">
         <v>0.13</v>
       </c>
-      <c r="H12" s="101">
+      <c r="H12" s="100">
         <v>0.05</v>
       </c>
-      <c r="I12" s="101">
+      <c r="I12" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J12" s="101">
+      <c r="J12" s="100">
         <v>0.16</v>
       </c>
-      <c r="K12" s="101">
+      <c r="K12" s="100">
         <v>0.13</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A13" s="45">
         <v>2023</v>
       </c>
-      <c r="B13" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="101">
+      <c r="B13" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="100">
         <v>0.04</v>
       </c>
-      <c r="D13" s="101">
+      <c r="D13" s="100">
         <v>0.11</v>
       </c>
-      <c r="E13" s="101">
+      <c r="E13" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="F13" s="101">
+      <c r="F13" s="100">
         <v>0.19</v>
       </c>
-      <c r="G13" s="101">
+      <c r="G13" s="100">
         <v>0.14000000000000001</v>
       </c>
-      <c r="H13" s="101">
+      <c r="H13" s="100">
         <v>0.05</v>
       </c>
-      <c r="I13" s="101">
+      <c r="I13" s="100">
         <v>0.06</v>
       </c>
-      <c r="J13" s="101">
+      <c r="J13" s="100">
         <v>0.16</v>
       </c>
-      <c r="K13" s="101">
+      <c r="K13" s="100">
         <v>0.13</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A14" s="45">
         <v>2023</v>
       </c>
-      <c r="B14" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="101">
+      <c r="B14" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="100">
         <v>0.04</v>
       </c>
-      <c r="D14" s="101">
+      <c r="D14" s="100">
         <v>0.12</v>
       </c>
-      <c r="E14" s="101">
+      <c r="E14" s="100">
         <v>0.08</v>
       </c>
-      <c r="F14" s="101">
+      <c r="F14" s="100">
         <v>0.23</v>
       </c>
-      <c r="G14" s="101">
+      <c r="G14" s="100">
         <v>0.14000000000000001</v>
       </c>
-      <c r="H14" s="101">
+      <c r="H14" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="I14" s="101">
+      <c r="I14" s="100">
         <v>0.08</v>
       </c>
-      <c r="J14" s="101">
+      <c r="J14" s="100">
         <v>0.17</v>
       </c>
-      <c r="K14" s="101">
+      <c r="K14" s="100">
         <v>0.14000000000000001</v>
       </c>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A15" s="45">
         <v>2023</v>
       </c>
-      <c r="B15" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="101">
+      <c r="B15" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="100">
         <v>0.04</v>
       </c>
-      <c r="D15" s="101">
+      <c r="D15" s="100">
         <v>0.13</v>
       </c>
-      <c r="E15" s="101">
+      <c r="E15" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="F15" s="101">
+      <c r="F15" s="100">
         <v>0.23</v>
       </c>
-      <c r="G15" s="101">
+      <c r="G15" s="100">
         <v>0.16</v>
       </c>
-      <c r="H15" s="101">
+      <c r="H15" s="100">
         <v>0.08</v>
       </c>
-      <c r="I15" s="101">
+      <c r="I15" s="100">
         <v>0.08</v>
       </c>
-      <c r="J15" s="101">
+      <c r="J15" s="100">
         <v>0.18</v>
       </c>
-      <c r="K15" s="101">
+      <c r="K15" s="100">
         <v>0.15</v>
       </c>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A16" s="45">
         <v>2023</v>
       </c>
-      <c r="B16" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="101">
+      <c r="B16" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="100">
         <v>0.05</v>
       </c>
-      <c r="D16" s="101">
+      <c r="D16" s="100">
         <v>0.13</v>
       </c>
-      <c r="E16" s="101">
+      <c r="E16" s="100">
         <v>0.08</v>
       </c>
-      <c r="F16" s="101">
+      <c r="F16" s="100">
         <v>0.21</v>
       </c>
-      <c r="G16" s="101">
+      <c r="G16" s="100">
         <v>0.15</v>
       </c>
-      <c r="H16" s="101">
+      <c r="H16" s="100">
         <v>0.06</v>
       </c>
-      <c r="I16" s="101">
+      <c r="I16" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J16" s="101">
+      <c r="J16" s="100">
         <v>0.17</v>
       </c>
-      <c r="K16" s="101">
+      <c r="K16" s="100">
         <v>0.14000000000000001</v>
       </c>
     </row>
-    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A17" s="45">
         <v>2024</v>
       </c>
-      <c r="B17" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="101">
+      <c r="B17" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D17" s="101">
+      <c r="D17" s="100">
         <v>0.13</v>
       </c>
-      <c r="E17" s="101">
+      <c r="E17" s="100">
         <v>0.13</v>
       </c>
-      <c r="F17" s="101">
+      <c r="F17" s="100">
         <v>0.23</v>
       </c>
-      <c r="G17" s="101">
+      <c r="G17" s="100">
         <v>0.16</v>
       </c>
-      <c r="H17" s="101">
+      <c r="H17" s="100">
         <v>0.08</v>
       </c>
-      <c r="I17" s="101">
+      <c r="I17" s="100">
         <v>0.09</v>
       </c>
-      <c r="J17" s="101">
+      <c r="J17" s="100">
         <v>0.19</v>
       </c>
-      <c r="K17" s="101">
+      <c r="K17" s="100">
         <v>0.15</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A18" s="45">
         <v>2024</v>
       </c>
-      <c r="B18" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="101">
+      <c r="B18" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="100">
         <v>0.06</v>
       </c>
-      <c r="D18" s="101">
+      <c r="D18" s="100">
         <v>0.15</v>
       </c>
-      <c r="E18" s="101">
+      <c r="E18" s="100">
         <v>0.09</v>
       </c>
-      <c r="F18" s="101">
+      <c r="F18" s="100">
         <v>0.28999999999999998</v>
       </c>
-      <c r="G18" s="101">
+      <c r="G18" s="100">
         <v>0.17</v>
       </c>
-      <c r="H18" s="101">
+      <c r="H18" s="100">
         <v>0.09</v>
       </c>
-      <c r="I18" s="101">
+      <c r="I18" s="100">
         <v>0.11</v>
       </c>
-      <c r="J18" s="101">
+      <c r="J18" s="100">
         <v>0.21</v>
       </c>
-      <c r="K18" s="101">
+      <c r="K18" s="100">
         <v>0.19</v>
       </c>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A19" s="45">
         <v>2024</v>
       </c>
-      <c r="B19" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="101">
+      <c r="B19" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="100">
         <v>0.06</v>
       </c>
-      <c r="D19" s="101">
+      <c r="D19" s="100">
         <v>0.16</v>
       </c>
-      <c r="E19" s="101">
+      <c r="E19" s="100">
         <v>0.12</v>
       </c>
-      <c r="F19" s="101">
+      <c r="F19" s="100">
         <v>0.28999999999999998</v>
       </c>
-      <c r="G19" s="101">
+      <c r="G19" s="100">
         <v>0.19</v>
       </c>
-      <c r="H19" s="101">
+      <c r="H19" s="100">
         <v>0.06</v>
       </c>
-      <c r="I19" s="101">
+      <c r="I19" s="100">
         <v>0.12</v>
       </c>
-      <c r="J19" s="101">
+      <c r="J19" s="100">
         <v>0.21</v>
       </c>
-      <c r="K19" s="101">
+      <c r="K19" s="100">
         <v>0.19</v>
       </c>
     </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A20" s="45">
         <v>2024</v>
       </c>
-      <c r="B20" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="101">
+      <c r="B20" s="93" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D20" s="101">
+      <c r="D20" s="100">
         <v>0.15</v>
       </c>
-      <c r="E20" s="101">
+      <c r="E20" s="100">
         <v>0.08</v>
       </c>
-      <c r="F20" s="101">
+      <c r="F20" s="100">
         <v>0.25</v>
       </c>
-      <c r="G20" s="101">
+      <c r="G20" s="100">
         <v>0.21</v>
       </c>
-      <c r="H20" s="101">
+      <c r="H20" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="I20" s="101">
+      <c r="I20" s="100">
         <v>0.17</v>
       </c>
-      <c r="J20" s="101">
+      <c r="J20" s="100">
         <v>0.2</v>
       </c>
-      <c r="K20" s="101">
+      <c r="K20" s="100">
         <v>0.19</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A21" s="45">
         <v>2025</v>
       </c>
-      <c r="B21" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="101">
+      <c r="B21" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="100">
         <v>0.08</v>
       </c>
-      <c r="D21" s="101">
+      <c r="D21" s="100">
         <v>0.15</v>
       </c>
-      <c r="E21" s="101">
+      <c r="E21" s="100">
         <v>0.1</v>
       </c>
-      <c r="F21" s="101">
+      <c r="F21" s="100">
         <v>0.27</v>
       </c>
-      <c r="G21" s="101">
+      <c r="G21" s="100">
         <v>0.2</v>
       </c>
-      <c r="H21" s="101">
+      <c r="H21" s="100">
         <v>0.08</v>
       </c>
-      <c r="I21" s="101">
+      <c r="I21" s="100">
         <v>0.15</v>
       </c>
-      <c r="J21" s="101">
+      <c r="J21" s="100">
         <v>0.19</v>
       </c>
-      <c r="K21" s="101">
+      <c r="K21" s="100">
         <v>0.19</v>
       </c>
     </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A22" s="45">
         <v>2025</v>
       </c>
-      <c r="B22" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="101">
+      <c r="B22" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="100">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D22" s="101">
+      <c r="D22" s="100">
         <v>0.16</v>
       </c>
-      <c r="E22" s="101">
+      <c r="E22" s="100">
         <v>0.13</v>
       </c>
-      <c r="F22" s="101">
+      <c r="F22" s="100">
         <v>0.32</v>
       </c>
-      <c r="G22" s="101">
+      <c r="G22" s="100">
         <v>0.22</v>
       </c>
-      <c r="H22" s="101">
+      <c r="H22" s="100">
         <v>0.09</v>
       </c>
-      <c r="I22" s="101">
+      <c r="I22" s="100">
         <v>0.12</v>
       </c>
-      <c r="J22" s="101">
+      <c r="J22" s="100">
         <v>0.24</v>
       </c>
-      <c r="K22" s="101">
+      <c r="K22" s="100">
         <v>0.21</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A23" s="45">
         <v>2025</v>
       </c>
-      <c r="B23" s="94" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="120">
+      <c r="B23" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="119">
         <v>0.09</v>
       </c>
-      <c r="D23" s="120">
+      <c r="D23" s="119">
         <v>0.2</v>
       </c>
-      <c r="E23" s="120">
+      <c r="E23" s="119">
         <v>0.08</v>
       </c>
-      <c r="F23" s="120">
+      <c r="F23" s="119">
         <v>0.35</v>
       </c>
-      <c r="G23" s="120">
+      <c r="G23" s="119">
         <v>0.24</v>
       </c>
-      <c r="H23" s="120">
+      <c r="H23" s="119">
         <v>0.11</v>
       </c>
-      <c r="I23" s="120">
+      <c r="I23" s="119">
         <v>0.13</v>
       </c>
-      <c r="J23" s="120">
+      <c r="J23" s="119">
         <v>0.31</v>
       </c>
-      <c r="K23" s="120">
+      <c r="K23" s="119">
         <v>0.24</v>
       </c>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-      <c r="A47" s="233" t="s">
+    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="I25" s="101"/>
+    </row>
+    <row r="31" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="46" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A46" s="229" t="s">
+        <v>261</v>
+      </c>
+      <c r="B46" s="229"/>
+      <c r="C46" s="229"/>
+      <c r="D46" s="229"/>
+      <c r="E46" s="229"/>
+      <c r="F46" s="229"/>
+      <c r="G46" s="229"/>
+      <c r="H46" s="229"/>
+      <c r="I46" s="229"/>
+      <c r="J46" s="229"/>
+      <c r="K46" s="229"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A47" s="234" t="s">
+        <v>166</v>
+      </c>
+      <c r="B47" s="234"/>
+      <c r="C47" s="234"/>
+      <c r="D47" s="234"/>
+      <c r="E47" s="234"/>
+      <c r="F47" s="234"/>
+      <c r="G47" s="234"/>
+      <c r="H47" s="234"/>
+      <c r="I47" s="234"/>
+      <c r="J47" s="234"/>
+      <c r="K47" s="234"/>
+    </row>
+    <row r="49" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A49" s="229" t="s">
+        <v>5</v>
+      </c>
+      <c r="B49" s="229"/>
+      <c r="C49" s="229"/>
+      <c r="D49" s="229"/>
+      <c r="E49" s="229"/>
+      <c r="F49" s="229"/>
+      <c r="G49" s="229"/>
+      <c r="H49" s="229"/>
+      <c r="I49" s="229"/>
+      <c r="J49" s="229"/>
+      <c r="K49" s="229"/>
+    </row>
+    <row r="50" spans="1:11" ht="45.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="231" t="s">
         <v>167</v>
       </c>
-      <c r="B47" s="233"/>
-[...54 lines deleted...]
-      <c r="A58" s="91"/>
+      <c r="B50" s="231"/>
+      <c r="C50" s="231"/>
+      <c r="D50" s="231"/>
+      <c r="E50" s="231"/>
+      <c r="F50" s="231"/>
+      <c r="G50" s="231"/>
+      <c r="H50" s="231"/>
+      <c r="I50" s="231"/>
+      <c r="J50" s="231"/>
+      <c r="K50" s="231"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A51" s="83"/>
+      <c r="B51" s="83"/>
+      <c r="C51" s="83"/>
+      <c r="D51" s="83"/>
+      <c r="E51" s="83"/>
+      <c r="F51" s="83"/>
+      <c r="G51" s="83"/>
+      <c r="H51" s="83"/>
+      <c r="I51" s="83"/>
+      <c r="J51" s="83"/>
+      <c r="K51" s="83"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A58" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A46:K46"/>
     <mergeCell ref="A47:K47"/>
     <mergeCell ref="A49:K49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{71953A30-527C-4B63-913B-FCB932ED8D0C}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67EC9FA8-3D1C-4599-ACBC-8628E93DA7BB}">
   <dimension ref="A1:L68"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="44" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="L2" s="200"/>
+    <row r="2" spans="1:12" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="201" t="s">
+        <v>335</v>
+      </c>
+      <c r="B2" s="201"/>
+      <c r="C2" s="201"/>
+      <c r="D2" s="201"/>
+      <c r="E2" s="201"/>
+      <c r="F2" s="201"/>
+      <c r="G2" s="201"/>
+      <c r="H2" s="201"/>
+      <c r="I2" s="201"/>
+      <c r="J2" s="201"/>
+      <c r="K2" s="201"/>
+      <c r="L2" s="201"/>
     </row>
     <row r="3" spans="1:12" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...21 lines deleted...]
-      <c r="C4" s="103" t="s">
+      <c r="A3" s="202" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+      <c r="G3" s="202"/>
+      <c r="H3" s="202"/>
+      <c r="I3" s="202"/>
+      <c r="J3" s="202"/>
+      <c r="K3" s="202"/>
+      <c r="L3" s="202"/>
+    </row>
+    <row r="4" spans="1:12" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="102" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="102" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="102" t="s">
+        <v>163</v>
+      </c>
+      <c r="D4" s="102" t="s">
+        <v>158</v>
+      </c>
+      <c r="E4" s="102" t="s">
+        <v>160</v>
+      </c>
+      <c r="F4" s="102" t="s">
         <v>164</v>
       </c>
-      <c r="D4" s="103" t="s">
+      <c r="G4" s="103" t="s">
+        <v>161</v>
+      </c>
+      <c r="H4" s="103" t="s">
+        <v>157</v>
+      </c>
+      <c r="I4" s="103" t="s">
+        <v>162</v>
+      </c>
+      <c r="J4" s="103" t="s">
         <v>159</v>
       </c>
-      <c r="E4" s="103" t="s">
-[...17 lines deleted...]
-      <c r="K4" s="104" t="s">
+      <c r="K4" s="103" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" s="103" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="99">
+        <v>2019</v>
+      </c>
+      <c r="B5" s="93" t="s">
         <v>63</v>
-      </c>
-[...9 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C5" s="56">
         <v>1388</v>
       </c>
       <c r="D5" s="56">
         <v>622</v>
       </c>
       <c r="E5" s="56">
         <v>1443</v>
       </c>
       <c r="F5" s="56">
         <v>533</v>
       </c>
       <c r="G5" s="56">
         <v>447</v>
       </c>
       <c r="H5" s="56">
         <v>119</v>
       </c>
       <c r="I5" s="56">
         <v>258</v>
       </c>
-      <c r="J5" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="105">
+      <c r="J5" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K5" s="104">
         <v>21110</v>
       </c>
       <c r="L5" s="56">
         <v>146000</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A6" s="45">
         <v>2019</v>
       </c>
-      <c r="B6" s="94" t="s">
-        <v>65</v>
+      <c r="B6" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C6" s="56">
         <v>1921</v>
       </c>
       <c r="D6" s="56">
         <v>723</v>
       </c>
       <c r="E6" s="56">
         <v>1343</v>
       </c>
       <c r="F6" s="56">
         <v>667</v>
       </c>
       <c r="G6" s="56">
         <v>349</v>
       </c>
       <c r="H6" s="56">
         <v>100</v>
       </c>
       <c r="I6" s="56">
         <v>414</v>
       </c>
-      <c r="J6" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="96"/>
+      <c r="J6" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K6" s="95"/>
       <c r="L6" s="56">
         <v>161000</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A7" s="45">
         <v>2019</v>
       </c>
-      <c r="B7" s="94" t="s">
-        <v>66</v>
+      <c r="B7" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C7" s="56">
         <v>1275</v>
       </c>
       <c r="D7" s="56">
         <v>812</v>
       </c>
       <c r="E7" s="56">
         <v>1357</v>
       </c>
       <c r="F7" s="56">
         <v>530</v>
       </c>
       <c r="G7" s="56">
         <v>652</v>
       </c>
       <c r="H7" s="56">
         <v>311</v>
       </c>
       <c r="I7" s="56">
         <v>408</v>
       </c>
-      <c r="J7" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="96"/>
+      <c r="J7" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K7" s="95"/>
       <c r="L7" s="56">
         <v>150000</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A8" s="45">
         <v>2019</v>
       </c>
-      <c r="B8" s="94" t="s">
-        <v>67</v>
+      <c r="B8" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C8" s="56">
         <v>1671</v>
       </c>
       <c r="D8" s="56">
         <v>750</v>
       </c>
       <c r="E8" s="56">
         <v>1205</v>
       </c>
       <c r="F8" s="56">
         <v>549</v>
       </c>
       <c r="G8" s="56">
         <v>647</v>
       </c>
       <c r="H8" s="56">
         <v>278</v>
       </c>
       <c r="I8" s="56">
         <v>298</v>
       </c>
-      <c r="J8" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="96"/>
+      <c r="J8" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K8" s="95"/>
       <c r="L8" s="56">
         <v>154000</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A9" s="45">
         <v>2020</v>
       </c>
-      <c r="B9" s="94" t="s">
-        <v>64</v>
+      <c r="B9" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C9" s="56">
         <v>1685</v>
       </c>
       <c r="D9" s="56">
         <v>631</v>
       </c>
       <c r="E9" s="56">
         <v>1155</v>
       </c>
       <c r="F9" s="56">
         <v>530</v>
       </c>
       <c r="G9" s="56">
         <v>655</v>
       </c>
       <c r="H9" s="56">
         <v>304</v>
       </c>
       <c r="I9" s="56">
         <v>252</v>
       </c>
-      <c r="J9" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="105">
+      <c r="J9" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K9" s="104">
         <v>32592</v>
       </c>
       <c r="L9" s="56">
         <v>154000</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A10" s="45">
         <v>2020</v>
       </c>
-      <c r="B10" s="94" t="s">
-        <v>65</v>
+      <c r="B10" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C10" s="56">
         <v>2827</v>
       </c>
       <c r="D10" s="56">
         <v>816</v>
       </c>
       <c r="E10" s="56">
         <v>1425</v>
       </c>
       <c r="F10" s="56">
         <v>806</v>
       </c>
       <c r="G10" s="56">
         <v>1217</v>
       </c>
       <c r="H10" s="56">
         <v>366</v>
       </c>
       <c r="I10" s="56">
         <v>269</v>
       </c>
-      <c r="J10" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="96"/>
+      <c r="J10" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K10" s="95"/>
       <c r="L10" s="56">
         <v>232000</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A11" s="45">
         <v>2020</v>
       </c>
-      <c r="B11" s="94" t="s">
-        <v>66</v>
+      <c r="B11" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C11" s="56">
         <v>4106</v>
       </c>
       <c r="D11" s="56">
         <v>879</v>
       </c>
       <c r="E11" s="56">
         <v>1632</v>
       </c>
       <c r="F11" s="56">
         <v>798</v>
       </c>
       <c r="G11" s="56">
         <v>1694</v>
       </c>
       <c r="H11" s="56">
         <v>368</v>
       </c>
       <c r="I11" s="56">
         <v>345</v>
       </c>
-      <c r="J11" s="95">
+      <c r="J11" s="94">
         <v>12</v>
       </c>
-      <c r="K11" s="96"/>
+      <c r="K11" s="95"/>
       <c r="L11" s="56">
         <v>276000</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A12" s="45">
         <v>2020</v>
       </c>
-      <c r="B12" s="94" t="s">
-        <v>67</v>
+      <c r="B12" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C12" s="56">
         <v>5115</v>
       </c>
       <c r="D12" s="56">
         <v>972</v>
       </c>
       <c r="E12" s="56">
         <v>1484</v>
       </c>
       <c r="F12" s="56">
         <v>960</v>
       </c>
       <c r="G12" s="56">
         <v>698</v>
       </c>
       <c r="H12" s="56">
         <v>325</v>
       </c>
       <c r="I12" s="56">
         <v>219</v>
       </c>
-      <c r="J12" s="95">
+      <c r="J12" s="94">
         <v>27</v>
       </c>
-      <c r="K12" s="96"/>
+      <c r="K12" s="95"/>
       <c r="L12" s="56">
         <v>312000</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A13" s="45">
         <v>2021</v>
       </c>
-      <c r="B13" s="94" t="s">
-        <v>64</v>
+      <c r="B13" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C13" s="56">
         <v>5541</v>
       </c>
       <c r="D13" s="56">
         <v>793</v>
       </c>
       <c r="E13" s="56">
         <v>1344</v>
       </c>
       <c r="F13" s="56">
         <v>655</v>
       </c>
       <c r="G13" s="56">
         <v>1013</v>
       </c>
       <c r="H13" s="56">
         <v>209</v>
       </c>
       <c r="I13" s="56">
         <v>197</v>
       </c>
-      <c r="J13" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="105">
+      <c r="J13" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K13" s="104">
         <v>59826</v>
       </c>
       <c r="L13" s="56">
         <v>277000</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A14" s="45">
         <v>2021</v>
       </c>
-      <c r="B14" s="94" t="s">
-        <v>65</v>
+      <c r="B14" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C14" s="56">
         <v>8078</v>
       </c>
       <c r="D14" s="56">
         <v>971</v>
       </c>
       <c r="E14" s="56">
         <v>1946</v>
       </c>
       <c r="F14" s="56">
         <v>1045</v>
       </c>
       <c r="G14" s="56">
         <v>1290</v>
       </c>
       <c r="H14" s="56">
         <v>300</v>
       </c>
       <c r="I14" s="56">
         <v>316</v>
       </c>
-      <c r="J14" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="96"/>
+      <c r="J14" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K14" s="95"/>
       <c r="L14" s="56">
         <v>424000</v>
       </c>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A15" s="45">
         <v>2021</v>
       </c>
-      <c r="B15" s="94" t="s">
-        <v>66</v>
+      <c r="B15" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C15" s="56">
         <v>10641</v>
       </c>
       <c r="D15" s="56">
         <v>1021</v>
       </c>
       <c r="E15" s="56">
         <v>2238</v>
       </c>
       <c r="F15" s="56">
         <v>1101</v>
       </c>
       <c r="G15" s="56">
         <v>1517</v>
       </c>
       <c r="H15" s="56">
         <v>249</v>
       </c>
       <c r="I15" s="56">
         <v>424</v>
       </c>
-      <c r="J15" s="95">
+      <c r="J15" s="94">
         <v>81</v>
       </c>
-      <c r="K15" s="96"/>
+      <c r="K15" s="95"/>
       <c r="L15" s="56">
         <v>492000</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A16" s="45">
         <v>2021</v>
       </c>
-      <c r="B16" s="94" t="s">
-        <v>67</v>
+      <c r="B16" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C16" s="56">
         <v>12560</v>
       </c>
       <c r="D16" s="56">
         <v>1006</v>
       </c>
       <c r="E16" s="56">
         <v>2277</v>
       </c>
       <c r="F16" s="56">
         <v>1133</v>
       </c>
       <c r="G16" s="56">
         <v>953</v>
       </c>
       <c r="H16" s="56">
         <v>432</v>
       </c>
       <c r="I16" s="56">
         <v>432</v>
       </c>
-      <c r="J16" s="95">
+      <c r="J16" s="94">
         <v>43</v>
       </c>
-      <c r="K16" s="96"/>
+      <c r="K16" s="95"/>
       <c r="L16" s="56">
         <v>599000</v>
       </c>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A17" s="45">
         <v>2022</v>
       </c>
-      <c r="B17" s="94" t="s">
-        <v>64</v>
+      <c r="B17" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C17" s="56">
         <v>11808</v>
       </c>
       <c r="D17" s="56">
         <v>744</v>
       </c>
       <c r="E17" s="56">
         <v>1832</v>
       </c>
       <c r="F17" s="56">
         <v>919</v>
       </c>
       <c r="G17" s="56">
         <v>617</v>
       </c>
       <c r="H17" s="56">
         <v>394</v>
       </c>
       <c r="I17" s="56">
         <v>420</v>
       </c>
-      <c r="J17" s="95">
+      <c r="J17" s="94">
         <v>50</v>
       </c>
-      <c r="K17" s="105">
+      <c r="K17" s="104">
         <v>87225</v>
       </c>
       <c r="L17" s="56">
         <v>489000</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A18" s="45">
         <v>2022</v>
       </c>
-      <c r="B18" s="94" t="s">
-        <v>65</v>
+      <c r="B18" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C18" s="56">
         <v>11780</v>
       </c>
       <c r="D18" s="56">
         <v>1592</v>
       </c>
       <c r="E18" s="56">
         <v>2184</v>
       </c>
       <c r="F18" s="56">
         <v>1226</v>
       </c>
       <c r="G18" s="56">
         <v>1150</v>
       </c>
       <c r="H18" s="56">
         <v>423</v>
       </c>
       <c r="I18" s="56">
         <v>570</v>
       </c>
-      <c r="J18" s="95">
+      <c r="J18" s="94">
         <v>70</v>
       </c>
-      <c r="K18" s="96"/>
+      <c r="K18" s="95"/>
       <c r="L18" s="56">
         <v>529000</v>
       </c>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A19" s="45">
         <v>2022</v>
       </c>
-      <c r="B19" s="94" t="s">
-        <v>66</v>
+      <c r="B19" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C19" s="56">
         <v>12397</v>
       </c>
       <c r="D19" s="56">
         <v>5182</v>
       </c>
       <c r="E19" s="56">
         <v>2284</v>
       </c>
       <c r="F19" s="56">
         <v>1436</v>
       </c>
       <c r="G19" s="56">
         <v>1169</v>
       </c>
       <c r="H19" s="56">
         <v>589</v>
       </c>
       <c r="I19" s="56">
         <v>545</v>
       </c>
-      <c r="J19" s="95">
+      <c r="J19" s="94">
         <v>28</v>
       </c>
-      <c r="K19" s="96"/>
+      <c r="K19" s="95"/>
       <c r="L19" s="56">
         <v>609000</v>
       </c>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A20" s="45">
         <v>2022</v>
       </c>
-      <c r="B20" s="94" t="s">
-        <v>67</v>
+      <c r="B20" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C20" s="56">
         <v>12428</v>
       </c>
       <c r="D20" s="56">
         <v>9765</v>
       </c>
       <c r="E20" s="56">
         <v>2126</v>
       </c>
       <c r="F20" s="56">
         <v>1563</v>
       </c>
       <c r="G20" s="56">
         <v>862</v>
       </c>
       <c r="H20" s="56">
         <v>543</v>
       </c>
       <c r="I20" s="56">
         <v>519</v>
       </c>
-      <c r="J20" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="96"/>
+      <c r="J20" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K20" s="95"/>
       <c r="L20" s="56">
         <v>680000</v>
       </c>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A21" s="45">
         <v>2023</v>
       </c>
-      <c r="B21" s="94" t="s">
-        <v>64</v>
+      <c r="B21" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C21" s="56">
         <v>9876</v>
       </c>
       <c r="D21" s="56">
         <v>11811</v>
       </c>
       <c r="E21" s="56">
         <v>1890</v>
       </c>
       <c r="F21" s="56">
         <v>1342</v>
       </c>
       <c r="G21" s="56">
         <v>996</v>
       </c>
       <c r="H21" s="56">
         <v>437</v>
       </c>
       <c r="I21" s="56">
         <v>363</v>
       </c>
-      <c r="J21" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="105">
+      <c r="J21" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K21" s="104">
         <v>131907</v>
       </c>
       <c r="L21" s="56">
         <v>614000</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A22" s="45">
         <v>2023</v>
       </c>
-      <c r="B22" s="94" t="s">
-        <v>65</v>
+      <c r="B22" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C22" s="56">
         <v>8444</v>
       </c>
       <c r="D22" s="56">
         <v>19866</v>
       </c>
       <c r="E22" s="56">
         <v>2345</v>
       </c>
       <c r="F22" s="56">
         <v>1587</v>
       </c>
       <c r="G22" s="56">
         <v>1126</v>
       </c>
       <c r="H22" s="56">
         <v>562</v>
       </c>
       <c r="I22" s="56">
         <v>404</v>
       </c>
-      <c r="J22" s="95">
+      <c r="J22" s="94">
         <v>12</v>
       </c>
-      <c r="K22" s="96"/>
+      <c r="K22" s="95"/>
       <c r="L22" s="56">
         <v>771000</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A23" s="45">
         <v>2023</v>
       </c>
-      <c r="B23" s="94" t="s">
-        <v>66</v>
+      <c r="B23" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C23" s="56">
         <v>9020</v>
       </c>
       <c r="D23" s="56">
         <v>20782</v>
       </c>
       <c r="E23" s="56">
         <v>2843</v>
       </c>
       <c r="F23" s="56">
         <v>1864</v>
       </c>
       <c r="G23" s="56">
         <v>1353</v>
       </c>
       <c r="H23" s="56">
         <v>581</v>
       </c>
       <c r="I23" s="56">
         <v>341</v>
       </c>
-      <c r="J23" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="96"/>
+      <c r="J23" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K23" s="95"/>
       <c r="L23" s="56">
         <v>920000</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A24" s="45">
         <v>2023</v>
       </c>
-      <c r="B24" s="94" t="s">
-        <v>67</v>
+      <c r="B24" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C24" s="56">
         <v>10609</v>
       </c>
       <c r="D24" s="56">
         <v>16630</v>
       </c>
       <c r="E24" s="56">
         <v>3138</v>
       </c>
       <c r="F24" s="56">
         <v>1599</v>
       </c>
       <c r="G24" s="56">
         <v>1223</v>
       </c>
       <c r="H24" s="56">
         <v>532</v>
       </c>
       <c r="I24" s="56">
         <v>301</v>
       </c>
-      <c r="J24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="96"/>
+      <c r="J24" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K24" s="95"/>
       <c r="L24" s="56">
         <v>820000</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A25" s="45">
         <v>2024</v>
       </c>
-      <c r="B25" s="94" t="s">
-        <v>64</v>
+      <c r="B25" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C25" s="56">
         <v>10840</v>
       </c>
       <c r="D25" s="56">
         <v>11448</v>
       </c>
       <c r="E25" s="56">
         <v>2191</v>
       </c>
       <c r="F25" s="56">
         <v>1605</v>
       </c>
       <c r="G25" s="56">
         <v>937</v>
       </c>
       <c r="H25" s="56">
         <v>421</v>
       </c>
       <c r="I25" s="56">
         <v>295</v>
       </c>
-      <c r="J25" s="95">
+      <c r="J25" s="94">
         <v>14</v>
       </c>
-      <c r="K25" s="105">
+      <c r="K25" s="104">
         <v>110784</v>
       </c>
       <c r="L25" s="56">
         <v>747000</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A26" s="45">
         <v>2024</v>
       </c>
-      <c r="B26" s="94" t="s">
-        <v>65</v>
+      <c r="B26" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C26" s="56">
         <v>12495</v>
       </c>
       <c r="D26" s="56">
         <v>14377</v>
       </c>
       <c r="E26" s="56">
         <v>2527</v>
       </c>
       <c r="F26" s="56">
         <v>2021</v>
       </c>
       <c r="G26" s="56">
         <v>1311</v>
       </c>
       <c r="H26" s="56">
         <v>516</v>
       </c>
       <c r="I26" s="56">
         <v>421</v>
       </c>
-      <c r="J26" s="95">
+      <c r="J26" s="94">
         <v>12</v>
       </c>
-      <c r="K26" s="96"/>
+      <c r="K26" s="95"/>
       <c r="L26" s="56">
         <v>745000</v>
       </c>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A27" s="45">
         <v>2024</v>
       </c>
-      <c r="B27" s="94" t="s">
-        <v>66</v>
+      <c r="B27" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C27" s="56">
         <v>12971</v>
       </c>
       <c r="D27" s="56">
         <v>6597</v>
       </c>
       <c r="E27" s="56">
         <v>2887</v>
       </c>
       <c r="F27" s="56">
         <v>2046</v>
       </c>
       <c r="G27" s="56">
         <v>1231</v>
       </c>
       <c r="H27" s="56">
         <v>722</v>
       </c>
       <c r="I27" s="56">
         <v>399</v>
       </c>
-      <c r="J27" s="95">
+      <c r="J27" s="94">
         <v>11</v>
       </c>
-      <c r="K27" s="96"/>
+      <c r="K27" s="95"/>
       <c r="L27" s="56">
         <v>702000</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A28" s="45">
         <v>2024</v>
       </c>
-      <c r="B28" s="94" t="s">
-        <v>67</v>
+      <c r="B28" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C28" s="56">
         <v>13313</v>
       </c>
       <c r="D28" s="56">
         <v>2992</v>
       </c>
       <c r="E28" s="56">
         <v>2263</v>
       </c>
       <c r="F28" s="56">
         <v>1831</v>
       </c>
       <c r="G28" s="56">
         <v>1030</v>
       </c>
       <c r="H28" s="56">
         <v>664</v>
       </c>
       <c r="I28" s="56">
         <v>385</v>
       </c>
-      <c r="J28" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K28" s="96"/>
+      <c r="J28" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K28" s="95"/>
       <c r="L28" s="56">
         <v>520000</v>
       </c>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A29" s="45">
         <v>2025</v>
       </c>
-      <c r="B29" s="94" t="s">
-        <v>64</v>
+      <c r="B29" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C29" s="56">
         <v>11371</v>
       </c>
       <c r="D29" s="56">
         <v>2191</v>
       </c>
       <c r="E29" s="56">
         <v>1962</v>
       </c>
       <c r="F29" s="56">
         <v>1494</v>
       </c>
       <c r="G29" s="56">
         <v>805</v>
       </c>
       <c r="H29" s="56">
         <v>491</v>
       </c>
       <c r="I29" s="56">
         <v>309</v>
       </c>
-      <c r="J29" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K29" s="105">
+      <c r="J29" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K29" s="104">
         <v>65341</v>
       </c>
       <c r="L29" s="56">
         <v>376000</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A30" s="45">
         <v>2026</v>
       </c>
-      <c r="B30" s="94" t="s">
-        <v>65</v>
+      <c r="B30" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C30" s="56">
         <v>12851</v>
       </c>
       <c r="D30" s="56">
         <v>3220</v>
       </c>
       <c r="E30" s="56">
         <v>2571</v>
       </c>
       <c r="F30" s="56">
         <v>2074</v>
       </c>
       <c r="G30" s="56">
         <v>1056</v>
       </c>
       <c r="H30" s="56">
         <v>640</v>
       </c>
       <c r="I30" s="56">
         <v>359</v>
       </c>
-      <c r="J30" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K30" s="96"/>
+      <c r="J30" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K30" s="95"/>
       <c r="L30" s="56">
         <v>424000</v>
       </c>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A31" s="89">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A31" s="88">
         <v>2027</v>
       </c>
-      <c r="B31" s="94" t="s">
-        <v>66</v>
+      <c r="B31" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C31" s="56">
         <v>13338</v>
       </c>
       <c r="D31" s="56">
         <v>3214</v>
       </c>
       <c r="E31" s="56">
         <v>3388</v>
       </c>
       <c r="F31" s="56">
         <v>2207</v>
       </c>
       <c r="G31" s="56">
         <v>850</v>
       </c>
       <c r="H31" s="56">
         <v>584</v>
       </c>
       <c r="I31" s="56">
         <v>335</v>
       </c>
-      <c r="J31" s="95" t="s">
-[...2 lines deleted...]
-      <c r="K31" s="105"/>
+      <c r="J31" s="94" t="s">
+        <v>263</v>
+      </c>
+      <c r="K31" s="104"/>
       <c r="L31" s="56">
         <v>486000</v>
       </c>
     </row>
-    <row r="44" spans="2:2" x14ac:dyDescent="0.35">
-[...49 lines deleted...]
-      <c r="A59" s="228" t="s">
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="56" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="229" t="s">
+        <v>181</v>
+      </c>
+      <c r="B56" s="229"/>
+      <c r="C56" s="229"/>
+      <c r="D56" s="229"/>
+      <c r="E56" s="229"/>
+      <c r="F56" s="229"/>
+      <c r="G56" s="229"/>
+      <c r="H56" s="229"/>
+      <c r="I56" s="229"/>
+      <c r="J56" s="229"/>
+      <c r="K56" s="229"/>
+      <c r="L56" s="229"/>
+    </row>
+    <row r="57" spans="1:12" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="231" t="s">
+        <v>264</v>
+      </c>
+      <c r="B57" s="231"/>
+      <c r="C57" s="231"/>
+      <c r="D57" s="231"/>
+      <c r="E57" s="231"/>
+      <c r="F57" s="231"/>
+      <c r="G57" s="231"/>
+      <c r="H57" s="231"/>
+      <c r="I57" s="231"/>
+      <c r="J57" s="231"/>
+      <c r="K57" s="231"/>
+      <c r="L57" s="231"/>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A58" s="81"/>
+      <c r="B58" s="81"/>
+      <c r="C58" s="81"/>
+      <c r="D58" s="81"/>
+      <c r="E58" s="81"/>
+      <c r="F58" s="81"/>
+      <c r="G58" s="81"/>
+      <c r="H58" s="81"/>
+      <c r="I58" s="81"/>
+      <c r="J58" s="81"/>
+      <c r="K58" s="81"/>
+      <c r="L58" s="81"/>
+    </row>
+    <row r="59" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A59" s="229" t="s">
         <v>5</v>
       </c>
-      <c r="B59" s="228"/>
-[...56 lines deleted...]
-      <c r="A68" s="91"/>
+      <c r="B59" s="229"/>
+      <c r="C59" s="229"/>
+      <c r="D59" s="229"/>
+      <c r="E59" s="229"/>
+      <c r="F59" s="229"/>
+      <c r="G59" s="229"/>
+      <c r="H59" s="229"/>
+      <c r="I59" s="229"/>
+      <c r="J59" s="229"/>
+      <c r="K59" s="229"/>
+      <c r="L59" s="229"/>
+    </row>
+    <row r="60" spans="1:12" ht="51.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="231" t="s">
+        <v>336</v>
+      </c>
+      <c r="B60" s="231"/>
+      <c r="C60" s="231"/>
+      <c r="D60" s="231"/>
+      <c r="E60" s="231"/>
+      <c r="F60" s="231"/>
+      <c r="G60" s="231"/>
+      <c r="H60" s="231"/>
+      <c r="I60" s="231"/>
+      <c r="J60" s="231"/>
+      <c r="K60" s="231"/>
+      <c r="L60" s="231"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A61" s="83"/>
+      <c r="B61" s="83"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+      <c r="I61" s="83"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="83"/>
+      <c r="L61" s="83"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A62" s="83"/>
+      <c r="B62" s="83"/>
+      <c r="C62" s="83"/>
+      <c r="D62" s="83"/>
+      <c r="E62" s="83"/>
+      <c r="F62" s="83"/>
+      <c r="G62" s="83"/>
+      <c r="H62" s="83"/>
+      <c r="I62" s="83"/>
+      <c r="J62" s="83"/>
+      <c r="K62" s="83"/>
+      <c r="L62" s="83"/>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A60:L60"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A56:L56"/>
     <mergeCell ref="A57:L57"/>
     <mergeCell ref="A59:L59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F770A3B2-1A97-4580-8ECD-6092BDBED45C}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87561056-D6FA-4C56-A2D9-22011A9615DD}">
   <dimension ref="A1:J67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14" style="45" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="15.453125" style="45" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="16384" width="8.90625" style="45"/>
+    <col min="4" max="4" width="15.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="16.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="29.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.44140625" style="45" customWidth="1"/>
+    <col min="10" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="44" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="J2" s="106"/>
+    <row r="2" spans="1:10" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="201" t="s">
+        <v>337</v>
+      </c>
+      <c r="B2" s="201"/>
+      <c r="C2" s="201"/>
+      <c r="D2" s="201"/>
+      <c r="E2" s="201"/>
+      <c r="F2" s="201"/>
+      <c r="G2" s="201"/>
+      <c r="H2" s="201"/>
+      <c r="I2" s="105"/>
+      <c r="J2" s="105"/>
     </row>
     <row r="3" spans="1:10" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="232" t="s">
-[...18 lines deleted...]
-      <c r="C4" s="103" t="s">
+      <c r="A3" s="233" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="233"/>
+      <c r="G3" s="233"/>
+      <c r="H3" s="233"/>
+      <c r="I3" s="89"/>
+    </row>
+    <row r="4" spans="1:10" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="102" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="102" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="102" t="s">
+        <v>176</v>
+      </c>
+      <c r="D4" s="102" t="s">
         <v>177</v>
       </c>
-      <c r="D4" s="103" t="s">
+      <c r="E4" s="102" t="s">
         <v>178</v>
       </c>
-      <c r="E4" s="103" t="s">
+      <c r="F4" s="102" t="s">
         <v>179</v>
       </c>
-      <c r="F4" s="103" t="s">
+      <c r="G4" s="102" t="s">
         <v>180</v>
       </c>
-      <c r="G4" s="103" t="s">
-[...7 lines deleted...]
-      <c r="A5" s="107">
+      <c r="H4" s="102" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="106">
         <v>2019</v>
       </c>
-      <c r="B5" s="108" t="s">
+      <c r="B5" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="D5" s="108">
+        <v>0.65</v>
+      </c>
+      <c r="E5" s="108">
+        <v>0.09</v>
+      </c>
+      <c r="F5" s="108">
+        <v>0.08</v>
+      </c>
+      <c r="G5" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H5" s="109">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="106">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="107" t="s">
         <v>64</v>
       </c>
-      <c r="C5" s="109">
+      <c r="C6" s="108">
+        <v>0.09</v>
+      </c>
+      <c r="D6" s="108">
+        <v>0.59</v>
+      </c>
+      <c r="E6" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="F6" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G6" s="108">
         <v>0.1</v>
       </c>
-      <c r="D5" s="109">
+      <c r="H6" s="109">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="106">
+        <v>2019</v>
+      </c>
+      <c r="B7" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="108">
+        <v>0.08</v>
+      </c>
+      <c r="D7" s="108">
+        <v>0.61</v>
+      </c>
+      <c r="E7" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="F7" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G7" s="108">
+        <v>0.09</v>
+      </c>
+      <c r="H7" s="109">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="106">
+        <v>2019</v>
+      </c>
+      <c r="B8" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="108">
+        <v>0.06</v>
+      </c>
+      <c r="D8" s="108">
+        <v>0.6</v>
+      </c>
+      <c r="E8" s="108">
+        <v>0.12</v>
+      </c>
+      <c r="F8" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G8" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="H8" s="109">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="106">
+        <v>2020</v>
+      </c>
+      <c r="B9" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D9" s="108">
+        <v>0.67</v>
+      </c>
+      <c r="E9" s="108">
+        <v>0.12</v>
+      </c>
+      <c r="F9" s="108">
+        <v>0.08</v>
+      </c>
+      <c r="G9" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H9" s="109">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="106">
+        <v>2020</v>
+      </c>
+      <c r="B10" s="107" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="108">
+        <v>0.06</v>
+      </c>
+      <c r="D10" s="108">
+        <v>0.61</v>
+      </c>
+      <c r="E10" s="108">
+        <v>0.13</v>
+      </c>
+      <c r="F10" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="G10" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="H10" s="109">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="106">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="108">
+        <v>0.05</v>
+      </c>
+      <c r="D11" s="108">
+        <v>0.63</v>
+      </c>
+      <c r="E11" s="108">
+        <v>0.15</v>
+      </c>
+      <c r="F11" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="G11" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H11" s="109">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="106">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D12" s="108">
+        <v>0.6</v>
+      </c>
+      <c r="E12" s="108">
+        <v>0.17</v>
+      </c>
+      <c r="F12" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G12" s="108">
+        <v>0.09</v>
+      </c>
+      <c r="H12" s="109">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="106">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D13" s="108">
         <v>0.65</v>
       </c>
-      <c r="E5" s="109">
+      <c r="E13" s="108">
+        <v>0.18</v>
+      </c>
+      <c r="F13" s="108">
+        <v>0.08</v>
+      </c>
+      <c r="G13" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="H13" s="109">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="106">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="107" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="108">
+        <v>0.05</v>
+      </c>
+      <c r="D14" s="108">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E14" s="108">
+        <v>0.19</v>
+      </c>
+      <c r="F14" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G14" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H14" s="109">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="106">
+        <v>2021</v>
+      </c>
+      <c r="B15" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D15" s="108">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E15" s="108">
+        <v>0.22</v>
+      </c>
+      <c r="F15" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G15" s="108">
+        <v>0.06</v>
+      </c>
+      <c r="H15" s="109">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="106">
+        <v>2021</v>
+      </c>
+      <c r="B16" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D16" s="108">
+        <v>0.5</v>
+      </c>
+      <c r="E16" s="108">
+        <v>0.24</v>
+      </c>
+      <c r="F16" s="108">
+        <v>0.12</v>
+      </c>
+      <c r="G16" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="H16" s="109">
+        <v>9.1999999999999993</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="106">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D17" s="108">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E17" s="108">
+        <v>0.25</v>
+      </c>
+      <c r="F17" s="108">
         <v>0.09</v>
       </c>
-      <c r="F5" s="109">
+      <c r="G17" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="H17" s="109">
+        <v>8.1999999999999993</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="106">
+        <v>2022</v>
+      </c>
+      <c r="B18" s="107" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D18" s="108">
+        <v>0.52</v>
+      </c>
+      <c r="E18" s="108">
+        <v>0.26</v>
+      </c>
+      <c r="F18" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G18" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H18" s="109">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="106">
+        <v>2022</v>
+      </c>
+      <c r="B19" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D19" s="108">
+        <v>0.53</v>
+      </c>
+      <c r="E19" s="108">
+        <v>0.27</v>
+      </c>
+      <c r="F19" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="G19" s="108">
+        <v>0.06</v>
+      </c>
+      <c r="H19" s="109">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="106">
+        <v>2022</v>
+      </c>
+      <c r="B20" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D20" s="108">
+        <v>0.47</v>
+      </c>
+      <c r="E20" s="108">
+        <v>0.27</v>
+      </c>
+      <c r="F20" s="108">
+        <v>0.13</v>
+      </c>
+      <c r="G20" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="H20" s="109">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="106">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D21" s="108">
+        <v>0.53</v>
+      </c>
+      <c r="E21" s="108">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F21" s="108">
+        <v>0.1</v>
+      </c>
+      <c r="G21" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="H21" s="109">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="106">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="107" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="D22" s="108">
+        <v>0.46</v>
+      </c>
+      <c r="E22" s="108">
+        <v>0.3</v>
+      </c>
+      <c r="F22" s="108">
+        <v>0.13</v>
+      </c>
+      <c r="G22" s="108">
         <v>0.08</v>
       </c>
-      <c r="G5" s="109">
+      <c r="H22" s="109">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="106">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D23" s="108">
+        <v>0.45</v>
+      </c>
+      <c r="E23" s="108">
+        <v>0.33</v>
+      </c>
+      <c r="F23" s="108">
+        <v>0.12</v>
+      </c>
+      <c r="G23" s="108">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="H5" s="110">
-[...7 lines deleted...]
-      <c r="B6" s="108" t="s">
+      <c r="H23" s="109">
+        <v>9.4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="106">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D24" s="108">
+        <v>0.39</v>
+      </c>
+      <c r="E24" s="108">
+        <v>0.35</v>
+      </c>
+      <c r="F24" s="108">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G24" s="108">
+        <v>0.09</v>
+      </c>
+      <c r="H24" s="109">
+        <v>10.1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="110">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D25" s="108">
+        <v>0.43</v>
+      </c>
+      <c r="E25" s="108">
+        <v>0.39</v>
+      </c>
+      <c r="F25" s="108">
+        <v>0.11</v>
+      </c>
+      <c r="G25" s="108">
+        <v>0.04</v>
+      </c>
+      <c r="H25" s="109">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="110">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="107" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D26" s="108">
+        <v>0.39</v>
+      </c>
+      <c r="E26" s="108">
+        <v>0.38</v>
+      </c>
+      <c r="F26" s="108">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G26" s="108">
+        <v>0.06</v>
+      </c>
+      <c r="H26" s="109">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="110">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="107" t="s">
         <v>65</v>
       </c>
-      <c r="C6" s="109">
+      <c r="C27" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D27" s="108">
+        <v>0.37</v>
+      </c>
+      <c r="E27" s="108">
+        <v>0.39</v>
+      </c>
+      <c r="F27" s="108">
+        <v>0.15</v>
+      </c>
+      <c r="G27" s="108">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H27" s="109">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="110">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="108">
+        <v>0.02</v>
+      </c>
+      <c r="D28" s="108">
+        <v>0.33</v>
+      </c>
+      <c r="E28" s="108">
+        <v>0.38</v>
+      </c>
+      <c r="F28" s="108">
+        <v>0.17</v>
+      </c>
+      <c r="G28" s="108">
         <v>0.09</v>
       </c>
-      <c r="D6" s="109">
-[...48 lines deleted...]
-      <c r="C8" s="109">
+      <c r="H28" s="109">
+        <v>10.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="106">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="107" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="108">
+        <v>0.03</v>
+      </c>
+      <c r="D29" s="108">
+        <v>0.37</v>
+      </c>
+      <c r="E29" s="108">
+        <v>0.41</v>
+      </c>
+      <c r="F29" s="108">
+        <v>0.15</v>
+      </c>
+      <c r="G29" s="108">
+        <v>0.05</v>
+      </c>
+      <c r="H29" s="109">
+        <v>9.8000000000000007</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="106">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="111" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="112">
+        <v>0.04</v>
+      </c>
+      <c r="D30" s="112">
+        <v>0.35</v>
+      </c>
+      <c r="E30" s="112">
+        <v>0.39</v>
+      </c>
+      <c r="F30" s="112">
+        <v>0.16</v>
+      </c>
+      <c r="G30" s="112">
         <v>0.06</v>
       </c>
-      <c r="D8" s="109">
-[...45 lines deleted...]
-      <c r="B10" s="108" t="s">
+      <c r="H30" s="113">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="106">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="120" t="s">
         <v>65</v>
       </c>
-      <c r="C10" s="109">
-[...51 lines deleted...]
-      <c r="C12" s="109">
+      <c r="C31" s="169">
         <v>0.04</v>
       </c>
-      <c r="D12" s="109">
-[...100 lines deleted...]
-      <c r="C16" s="109">
+      <c r="D31" s="169">
+        <v>0.33</v>
+      </c>
+      <c r="E31" s="169">
+        <v>0.38</v>
+      </c>
+      <c r="F31" s="169">
+        <v>0.21</v>
+      </c>
+      <c r="G31" s="169">
         <v>0.03</v>
       </c>
-      <c r="D16" s="109">
-[...401 lines deleted...]
-      <c r="H31" s="110">
+      <c r="H31" s="109">
         <v>10.4</v>
       </c>
     </row>
-    <row r="44" spans="2:2" x14ac:dyDescent="0.35">
-[...37 lines deleted...]
-      <c r="A58" s="228" t="s">
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="55" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="229" t="s">
+        <v>188</v>
+      </c>
+      <c r="B55" s="229"/>
+      <c r="C55" s="229"/>
+      <c r="D55" s="229"/>
+      <c r="E55" s="229"/>
+      <c r="F55" s="229"/>
+      <c r="G55" s="229"/>
+      <c r="H55" s="229"/>
+    </row>
+    <row r="56" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="B56" s="223"/>
+      <c r="C56" s="223"/>
+      <c r="D56" s="223"/>
+      <c r="E56" s="223"/>
+      <c r="F56" s="223"/>
+      <c r="G56" s="223"/>
+      <c r="H56" s="223"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="81"/>
+      <c r="B57" s="81"/>
+      <c r="C57" s="81"/>
+      <c r="D57" s="81"/>
+      <c r="E57" s="81"/>
+      <c r="F57" s="81"/>
+      <c r="G57" s="81"/>
+      <c r="H57" s="81"/>
+    </row>
+    <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="229" t="s">
         <v>5</v>
       </c>
-      <c r="B58" s="228"/>
-[...50 lines deleted...]
-      <c r="A67" s="91"/>
+      <c r="B58" s="229"/>
+      <c r="C58" s="229"/>
+      <c r="D58" s="229"/>
+      <c r="E58" s="229"/>
+      <c r="F58" s="229"/>
+      <c r="G58" s="229"/>
+      <c r="H58" s="229"/>
+    </row>
+    <row r="59" spans="1:8" ht="36.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="231" t="s">
+        <v>267</v>
+      </c>
+      <c r="B59" s="231"/>
+      <c r="C59" s="231"/>
+      <c r="D59" s="231"/>
+      <c r="E59" s="231"/>
+      <c r="F59" s="231"/>
+      <c r="G59" s="231"/>
+      <c r="H59" s="231"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="83"/>
+      <c r="B60" s="83"/>
+      <c r="C60" s="83"/>
+      <c r="D60" s="83"/>
+      <c r="E60" s="83"/>
+      <c r="F60" s="83"/>
+      <c r="G60" s="83"/>
+      <c r="H60" s="83"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="83"/>
+      <c r="B61" s="83"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="83"/>
+      <c r="B62" s="83"/>
+      <c r="C62" s="83"/>
+      <c r="D62" s="83"/>
+      <c r="E62" s="83"/>
+      <c r="F62" s="83"/>
+      <c r="G62" s="83"/>
+      <c r="H62" s="83"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A59:H59"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A55:H55"/>
     <mergeCell ref="A56:H56"/>
     <mergeCell ref="A58:H58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{44F366A0-E4C1-416F-81DE-5F95160CB932}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{935321F3-D69D-4991-80A4-843ABB95B536}">
   <dimension ref="A1:U67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...18 lines deleted...]
-      <c r="K2" s="235"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:11" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="236" t="s">
+        <v>338</v>
+      </c>
+      <c r="B2" s="236"/>
+      <c r="C2" s="236"/>
+      <c r="D2" s="236"/>
+      <c r="E2" s="236"/>
+      <c r="F2" s="236"/>
+      <c r="G2" s="236"/>
+      <c r="H2" s="236"/>
+      <c r="I2" s="236"/>
+      <c r="J2" s="236"/>
+      <c r="K2" s="236"/>
     </row>
     <row r="3" spans="1:11" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...13 lines deleted...]
-    <row r="4" spans="1:11" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="202" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+      <c r="G3" s="202"/>
+      <c r="H3" s="202"/>
+      <c r="I3" s="202"/>
+      <c r="J3" s="202"/>
+      <c r="K3" s="202"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D4" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E4" s="27" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="G4" s="34" t="s">
+        <v>161</v>
+      </c>
+      <c r="H4" s="34" t="s">
+        <v>157</v>
+      </c>
+      <c r="I4" s="26" t="s">
+        <v>162</v>
+      </c>
+      <c r="J4" s="34" t="s">
         <v>159</v>
       </c>
-      <c r="D4" s="27" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K4" s="34" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="49" t="s">
         <v>63</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" s="115">
+      <c r="C5" s="114">
         <v>112.1</v>
       </c>
-      <c r="D5" s="115">
+      <c r="D5" s="114">
         <v>110.3</v>
       </c>
-      <c r="E5" s="115">
+      <c r="E5" s="114">
         <v>121.3</v>
       </c>
-      <c r="F5" s="115">
+      <c r="F5" s="114">
         <v>53.2</v>
       </c>
-      <c r="G5" s="115">
+      <c r="G5" s="114">
         <v>43.7</v>
       </c>
-      <c r="H5" s="115">
+      <c r="H5" s="114">
         <v>5.7</v>
       </c>
-      <c r="I5" s="115">
+      <c r="I5" s="114">
         <v>3.8</v>
       </c>
-      <c r="J5" s="115">
+      <c r="J5" s="114">
         <v>5.5</v>
       </c>
       <c r="K5" s="50">
         <v>2165.1</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A6" s="48" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B6" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="114">
+        <v>130.80000000000001</v>
+      </c>
+      <c r="D6" s="114">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="E6" s="114">
+        <v>96</v>
+      </c>
+      <c r="F6" s="114">
+        <v>53.3</v>
+      </c>
+      <c r="G6" s="114">
+        <v>51</v>
+      </c>
+      <c r="H6" s="114">
+        <v>5.9</v>
+      </c>
+      <c r="I6" s="114">
+        <v>4.5</v>
+      </c>
+      <c r="J6" s="114">
+        <v>7.2</v>
+      </c>
+      <c r="K6" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="49" t="s">
         <v>65</v>
       </c>
-      <c r="C6" s="115">
-[...20 lines deleted...]
-      <c r="J6" s="115">
+      <c r="C7" s="114">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="D7" s="114">
+        <v>145.5</v>
+      </c>
+      <c r="E7" s="114">
+        <v>94.3</v>
+      </c>
+      <c r="F7" s="114">
+        <v>60.8</v>
+      </c>
+      <c r="G7" s="114">
+        <v>59.5</v>
+      </c>
+      <c r="H7" s="114">
         <v>7.2</v>
       </c>
-      <c r="K6" s="50" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="49" t="s">
+      <c r="I7" s="114">
+        <v>5.3</v>
+      </c>
+      <c r="J7" s="114">
+        <v>7.4</v>
+      </c>
+      <c r="K7" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="C7" s="115">
-[...34 lines deleted...]
-      <c r="C8" s="115">
+      <c r="C8" s="114">
         <v>198.7</v>
       </c>
-      <c r="D8" s="115">
+      <c r="D8" s="114">
         <v>178.5</v>
       </c>
-      <c r="E8" s="115">
+      <c r="E8" s="114">
         <v>149.1</v>
       </c>
-      <c r="F8" s="115">
+      <c r="F8" s="114">
         <v>79.3</v>
       </c>
-      <c r="G8" s="115">
+      <c r="G8" s="114">
         <v>69</v>
       </c>
-      <c r="H8" s="115">
+      <c r="H8" s="114">
         <v>11.5</v>
       </c>
-      <c r="I8" s="115">
+      <c r="I8" s="114">
         <v>7</v>
       </c>
-      <c r="J8" s="115">
+      <c r="J8" s="114">
         <v>8.6</v>
       </c>
       <c r="K8" s="50" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A9" s="48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B9" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C9" s="115">
+        <v>63</v>
+      </c>
+      <c r="C9" s="114">
         <v>169.6</v>
       </c>
-      <c r="D9" s="115">
+      <c r="D9" s="114">
         <v>158.5</v>
       </c>
-      <c r="E9" s="115">
+      <c r="E9" s="114">
         <v>132.19999999999999</v>
       </c>
-      <c r="F9" s="115">
+      <c r="F9" s="114">
         <v>72.7</v>
       </c>
-      <c r="G9" s="115">
+      <c r="G9" s="114">
         <v>63.9</v>
       </c>
-      <c r="H9" s="115">
+      <c r="H9" s="114">
         <v>8.1999999999999993</v>
       </c>
-      <c r="I9" s="115">
+      <c r="I9" s="114">
         <v>6.9</v>
       </c>
-      <c r="J9" s="115">
+      <c r="J9" s="114">
         <v>7.1</v>
       </c>
       <c r="K9" s="50">
         <v>2964.7</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="114">
+        <v>200</v>
+      </c>
+      <c r="D10" s="114">
+        <v>177.1</v>
+      </c>
+      <c r="E10" s="114">
+        <v>134.1</v>
+      </c>
+      <c r="F10" s="114">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G10" s="114">
+        <v>68.7</v>
+      </c>
+      <c r="H10" s="114">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I10" s="114">
+        <v>6.1</v>
+      </c>
+      <c r="J10" s="114">
+        <v>7.9</v>
+      </c>
+      <c r="K10" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="114">
+        <v>240.6</v>
+      </c>
+      <c r="D11" s="114">
+        <v>194.2</v>
+      </c>
+      <c r="E11" s="114">
+        <v>114.5</v>
+      </c>
+      <c r="F11" s="114">
+        <v>86</v>
+      </c>
+      <c r="G11" s="114">
         <v>88</v>
       </c>
-      <c r="B10" s="49" t="s">
-[...31 lines deleted...]
-      <c r="A11" s="48" t="s">
+      <c r="H11" s="114">
+        <v>13.1</v>
+      </c>
+      <c r="I11" s="114">
+        <v>5.7</v>
+      </c>
+      <c r="J11" s="114">
+        <v>6.3</v>
+      </c>
+      <c r="K11" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="114">
+        <v>285.7</v>
+      </c>
+      <c r="D12" s="114">
+        <v>223.7</v>
+      </c>
+      <c r="E12" s="114">
+        <v>193.4</v>
+      </c>
+      <c r="F12" s="114">
+        <v>103.4</v>
+      </c>
+      <c r="G12" s="114">
+        <v>83.2</v>
+      </c>
+      <c r="H12" s="114">
+        <v>15.7</v>
+      </c>
+      <c r="I12" s="114">
+        <v>8.1</v>
+      </c>
+      <c r="J12" s="114">
+        <v>6.5</v>
+      </c>
+      <c r="K12" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="48" t="s">
         <v>88</v>
       </c>
-      <c r="B11" s="49" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="B13" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C13" s="115">
+        <v>63</v>
+      </c>
+      <c r="C13" s="114">
         <v>246.6</v>
       </c>
-      <c r="D13" s="115">
+      <c r="D13" s="114">
         <v>193.8</v>
       </c>
-      <c r="E13" s="115">
+      <c r="E13" s="114">
         <v>162.69999999999999</v>
       </c>
-      <c r="F13" s="115">
+      <c r="F13" s="114">
         <v>86.7</v>
       </c>
-      <c r="G13" s="115">
+      <c r="G13" s="114">
         <v>68.599999999999994</v>
       </c>
-      <c r="H13" s="115">
+      <c r="H13" s="114">
         <v>12.4</v>
       </c>
-      <c r="I13" s="115">
+      <c r="I13" s="114">
         <v>6.8</v>
       </c>
-      <c r="J13" s="115">
+      <c r="J13" s="114">
         <v>4.2</v>
       </c>
       <c r="K13" s="50">
         <v>3192.5</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="114">
+        <v>248.4</v>
+      </c>
+      <c r="D14" s="114">
+        <v>201</v>
+      </c>
+      <c r="E14" s="114">
+        <v>166.3</v>
+      </c>
+      <c r="F14" s="114">
+        <v>87.3</v>
+      </c>
+      <c r="G14" s="114">
+        <v>66.2</v>
+      </c>
+      <c r="H14" s="114">
+        <v>12.8</v>
+      </c>
+      <c r="I14" s="114">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="J14" s="114">
+        <v>3.9</v>
+      </c>
+      <c r="K14" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="114">
+        <v>199</v>
+      </c>
+      <c r="D15" s="114">
+        <v>208.3</v>
+      </c>
+      <c r="E15" s="114">
+        <v>164.5</v>
+      </c>
+      <c r="F15" s="114">
+        <v>83.1</v>
+      </c>
+      <c r="G15" s="114">
+        <v>72.099999999999994</v>
+      </c>
+      <c r="H15" s="114">
+        <v>12.4</v>
+      </c>
+      <c r="I15" s="114">
+        <v>8.6</v>
+      </c>
+      <c r="J15" s="114">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K15" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="48" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="114">
+        <v>258</v>
+      </c>
+      <c r="D16" s="114">
+        <v>208.2</v>
+      </c>
+      <c r="E16" s="114">
+        <v>182</v>
+      </c>
+      <c r="F16" s="114">
+        <v>96.3</v>
+      </c>
+      <c r="G16" s="114">
+        <v>83.1</v>
+      </c>
+      <c r="H16" s="114">
+        <v>20.5</v>
+      </c>
+      <c r="I16" s="114">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J16" s="114">
+        <v>6.2</v>
+      </c>
+      <c r="K16" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A17" s="48" t="s">
         <v>89</v>
       </c>
-      <c r="B14" s="49" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="B17" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C17" s="115">
+        <v>63</v>
+      </c>
+      <c r="C17" s="114">
         <v>159.6</v>
       </c>
-      <c r="D17" s="115">
+      <c r="D17" s="114">
         <v>145.5</v>
       </c>
-      <c r="E17" s="115">
+      <c r="E17" s="114">
         <v>109</v>
       </c>
-      <c r="F17" s="115">
+      <c r="F17" s="114">
         <v>70.5</v>
       </c>
-      <c r="G17" s="115">
+      <c r="G17" s="114">
         <v>53</v>
       </c>
-      <c r="H17" s="115">
+      <c r="H17" s="114">
         <v>17.5</v>
       </c>
-      <c r="I17" s="115">
+      <c r="I17" s="114">
         <v>6.7</v>
       </c>
-      <c r="J17" s="115">
+      <c r="J17" s="114">
         <v>3.7</v>
       </c>
       <c r="K17" s="50">
         <v>2793.5</v>
       </c>
     </row>
-    <row r="18" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A18" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="114">
+        <v>191.2</v>
+      </c>
+      <c r="D18" s="114">
+        <v>166.4</v>
+      </c>
+      <c r="E18" s="114">
+        <v>114.8</v>
+      </c>
+      <c r="F18" s="114">
+        <v>64.7</v>
+      </c>
+      <c r="G18" s="114">
+        <v>56.4</v>
+      </c>
+      <c r="H18" s="114">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="I18" s="114">
+        <v>7.5</v>
+      </c>
+      <c r="J18" s="114">
+        <v>4.7</v>
+      </c>
+      <c r="K18" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A19" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="114">
+        <v>226.9</v>
+      </c>
+      <c r="D19" s="114">
+        <v>186.9</v>
+      </c>
+      <c r="E19" s="114">
+        <v>148.6</v>
+      </c>
+      <c r="F19" s="114">
+        <v>67.2</v>
+      </c>
+      <c r="G19" s="114">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="H19" s="114">
+        <v>21.9</v>
+      </c>
+      <c r="I19" s="114">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="J19" s="114">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K19" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A20" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="114">
+        <v>274.10000000000002</v>
+      </c>
+      <c r="D20" s="114">
+        <v>216.7</v>
+      </c>
+      <c r="E20" s="114">
+        <v>170</v>
+      </c>
+      <c r="F20" s="114">
+        <v>84.4</v>
+      </c>
+      <c r="G20" s="114">
+        <v>81.5</v>
+      </c>
+      <c r="H20" s="114">
+        <v>27.4</v>
+      </c>
+      <c r="I20" s="114">
+        <v>11</v>
+      </c>
+      <c r="J20" s="114">
+        <v>5.5</v>
+      </c>
+      <c r="K20" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A21" s="48" t="s">
         <v>90</v>
       </c>
-      <c r="B18" s="49" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="B21" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C21" s="115">
+        <v>63</v>
+      </c>
+      <c r="C21" s="114">
         <v>200.4</v>
       </c>
-      <c r="D21" s="115">
+      <c r="D21" s="114">
         <v>170.4</v>
       </c>
-      <c r="E21" s="115">
+      <c r="E21" s="114">
         <v>132.19999999999999</v>
       </c>
-      <c r="F21" s="115">
+      <c r="F21" s="114">
         <v>65.2</v>
       </c>
-      <c r="G21" s="115">
+      <c r="G21" s="114">
         <v>57</v>
       </c>
-      <c r="H21" s="115">
+      <c r="H21" s="114">
         <v>21.2</v>
       </c>
-      <c r="I21" s="115">
+      <c r="I21" s="114">
         <v>10.5</v>
       </c>
-      <c r="J21" s="115">
+      <c r="J21" s="114">
         <v>2.9</v>
       </c>
       <c r="K21" s="50">
         <v>3145</v>
       </c>
     </row>
-    <row r="22" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A22" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="114">
+        <v>236.2</v>
+      </c>
+      <c r="D22" s="114">
+        <v>185.8</v>
+      </c>
+      <c r="E22" s="114">
+        <v>140.9</v>
+      </c>
+      <c r="F22" s="114">
+        <v>62.7</v>
+      </c>
+      <c r="G22" s="114">
+        <v>58.2</v>
+      </c>
+      <c r="H22" s="114">
+        <v>21.4</v>
+      </c>
+      <c r="I22" s="114">
+        <v>11</v>
+      </c>
+      <c r="J22" s="114">
+        <v>3.9</v>
+      </c>
+      <c r="K22" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A23" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="114">
+        <v>279.89999999999998</v>
+      </c>
+      <c r="D23" s="114">
+        <v>206.1</v>
+      </c>
+      <c r="E23" s="114">
+        <v>162.4</v>
+      </c>
+      <c r="F23" s="114">
+        <v>64.5</v>
+      </c>
+      <c r="G23" s="114">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="H23" s="114">
+        <v>23.9</v>
+      </c>
+      <c r="I23" s="114">
+        <v>12.8</v>
+      </c>
+      <c r="J23" s="114">
+        <v>4.3</v>
+      </c>
+      <c r="K23" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A24" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="114">
+        <v>323.5</v>
+      </c>
+      <c r="D24" s="114">
+        <v>230.6</v>
+      </c>
+      <c r="E24" s="114">
+        <v>188.8</v>
+      </c>
+      <c r="F24" s="114">
+        <v>81.2</v>
+      </c>
+      <c r="G24" s="114">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="H24" s="114">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="I24" s="114">
+        <v>14.9</v>
+      </c>
+      <c r="J24" s="114">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K24" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A25" s="48" t="s">
         <v>91</v>
       </c>
-      <c r="B22" s="49" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="B25" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C25" s="115">
+        <v>63</v>
+      </c>
+      <c r="C25" s="114">
         <v>248.1</v>
       </c>
-      <c r="D25" s="115">
+      <c r="D25" s="114">
         <v>176.5</v>
       </c>
-      <c r="E25" s="115">
+      <c r="E25" s="114">
         <v>136.69999999999999</v>
       </c>
-      <c r="F25" s="115">
+      <c r="F25" s="114">
         <v>63.2</v>
       </c>
-      <c r="G25" s="115">
+      <c r="G25" s="114">
         <v>53.2</v>
       </c>
-      <c r="H25" s="115">
+      <c r="H25" s="114">
         <v>11.2</v>
       </c>
-      <c r="I25" s="115">
+      <c r="I25" s="114">
         <v>11.5</v>
       </c>
-      <c r="J25" s="115">
+      <c r="J25" s="114">
         <v>2.7</v>
       </c>
       <c r="K25" s="50">
         <v>3166.4</v>
       </c>
     </row>
-    <row r="26" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A26" s="48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B26" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="114">
+        <v>256.60000000000002</v>
+      </c>
+      <c r="D26" s="114">
+        <v>220.3</v>
+      </c>
+      <c r="E26" s="114">
+        <v>151.19999999999999</v>
+      </c>
+      <c r="F26" s="114">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="G26" s="114">
+        <v>62.8</v>
+      </c>
+      <c r="H26" s="114">
+        <v>11.7</v>
+      </c>
+      <c r="I26" s="114">
+        <v>11.5</v>
+      </c>
+      <c r="J26" s="114">
+        <v>3.8</v>
+      </c>
+      <c r="K26" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A27" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" s="49" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="115">
-[...20 lines deleted...]
-      <c r="J26" s="115">
+      <c r="C27" s="114">
+        <v>248.4</v>
+      </c>
+      <c r="D27" s="114">
+        <v>218.9</v>
+      </c>
+      <c r="E27" s="114">
+        <v>163.69999999999999</v>
+      </c>
+      <c r="F27" s="114">
+        <v>69.599999999999994</v>
+      </c>
+      <c r="G27" s="114">
+        <v>69</v>
+      </c>
+      <c r="H27" s="114">
+        <v>13.3</v>
+      </c>
+      <c r="I27" s="114">
+        <v>11.8</v>
+      </c>
+      <c r="J27" s="114">
         <v>3.8</v>
       </c>
-      <c r="K26" s="50" t="s">
-[...7 lines deleted...]
-      <c r="B27" s="49" t="s">
+      <c r="K27" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A28" s="48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="C27" s="115">
-[...17 lines deleted...]
-      <c r="I27" s="115">
+      <c r="C28" s="114">
+        <v>270</v>
+      </c>
+      <c r="D28" s="114">
+        <v>229.1</v>
+      </c>
+      <c r="E28" s="114">
+        <v>182.7</v>
+      </c>
+      <c r="F28" s="114">
+        <v>84</v>
+      </c>
+      <c r="G28" s="114">
+        <v>76</v>
+      </c>
+      <c r="H28" s="114">
+        <v>15.6</v>
+      </c>
+      <c r="I28" s="114">
+        <v>14.4</v>
+      </c>
+      <c r="J28" s="114">
+        <v>4.8</v>
+      </c>
+      <c r="K28" s="50" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A29" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="114">
+        <v>191.6</v>
+      </c>
+      <c r="D29" s="114">
+        <v>177.7</v>
+      </c>
+      <c r="E29" s="114">
+        <v>140.30000000000001</v>
+      </c>
+      <c r="F29" s="114">
+        <v>69.2</v>
+      </c>
+      <c r="G29" s="114">
+        <v>62.7</v>
+      </c>
+      <c r="H29" s="114">
+        <v>10.4</v>
+      </c>
+      <c r="I29" s="114">
         <v>11.8</v>
       </c>
-      <c r="J27" s="115">
-[...69 lines deleted...]
-      <c r="J29" s="115">
+      <c r="J29" s="114">
         <v>3.2</v>
       </c>
       <c r="K29" s="50">
         <v>1930.2</v>
       </c>
     </row>
-    <row r="30" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A30" s="48" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B30" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="114">
+        <v>168.1</v>
+      </c>
+      <c r="D30" s="114">
+        <v>179.1</v>
+      </c>
+      <c r="E30" s="114">
+        <v>123.3</v>
+      </c>
+      <c r="F30" s="114">
+        <v>58.9</v>
+      </c>
+      <c r="G30" s="114">
+        <v>52.2</v>
+      </c>
+      <c r="H30" s="114">
+        <v>9.9</v>
+      </c>
+      <c r="I30" s="114">
+        <v>10.8</v>
+      </c>
+      <c r="J30" s="114">
+        <v>3.5</v>
+      </c>
+      <c r="K30" s="50" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" s="114"/>
+      <c r="O30" s="114"/>
+      <c r="P30" s="114"/>
+      <c r="Q30" s="114"/>
+      <c r="R30" s="114"/>
+      <c r="S30" s="114"/>
+      <c r="T30" s="114"/>
+      <c r="U30" s="114"/>
+    </row>
+    <row r="31" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A31" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" s="49" t="s">
         <v>65</v>
       </c>
-      <c r="C30" s="115">
-[...42 lines deleted...]
-      <c r="C31" s="115">
+      <c r="C31" s="114">
         <v>184.4</v>
       </c>
-      <c r="D31" s="115">
+      <c r="D31" s="114">
         <v>180.1</v>
       </c>
-      <c r="E31" s="115">
+      <c r="E31" s="114">
         <v>133.19999999999999</v>
       </c>
-      <c r="F31" s="115">
+      <c r="F31" s="114">
         <v>58.2</v>
       </c>
-      <c r="G31" s="115">
+      <c r="G31" s="114">
         <v>68.099999999999994</v>
       </c>
-      <c r="H31" s="115">
+      <c r="H31" s="114">
         <v>14.2</v>
       </c>
-      <c r="I31" s="115">
+      <c r="I31" s="114">
         <v>13.2</v>
       </c>
-      <c r="J31" s="115">
+      <c r="J31" s="114">
         <v>6</v>
       </c>
       <c r="K31" s="50" t="s">
-        <v>200</v>
-[...59 lines deleted...]
-      <c r="A56" s="233" t="s">
+        <v>199</v>
+      </c>
+      <c r="N31" s="114"/>
+      <c r="O31" s="114"/>
+      <c r="P31" s="114"/>
+      <c r="Q31" s="114"/>
+      <c r="R31" s="114"/>
+      <c r="S31" s="114"/>
+      <c r="T31" s="114"/>
+      <c r="U31" s="114"/>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="N32" s="114"/>
+      <c r="O32" s="114"/>
+      <c r="P32" s="114"/>
+      <c r="Q32" s="114"/>
+      <c r="R32" s="114"/>
+      <c r="S32" s="114"/>
+      <c r="T32" s="114"/>
+      <c r="U32" s="114"/>
+    </row>
+    <row r="33" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="N33" s="114"/>
+      <c r="O33" s="114"/>
+      <c r="P33" s="114"/>
+      <c r="Q33" s="114"/>
+      <c r="R33" s="114"/>
+      <c r="S33" s="114"/>
+      <c r="T33" s="114"/>
+      <c r="U33" s="114"/>
+    </row>
+    <row r="34" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="N34" s="114"/>
+      <c r="O34" s="114"/>
+      <c r="P34" s="114"/>
+      <c r="Q34" s="114"/>
+      <c r="R34" s="114"/>
+      <c r="S34" s="114"/>
+      <c r="T34" s="114"/>
+      <c r="U34" s="114"/>
+    </row>
+    <row r="44" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="55" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="229" t="s">
+        <v>190</v>
+      </c>
+      <c r="B55" s="229"/>
+      <c r="C55" s="229"/>
+      <c r="D55" s="229"/>
+      <c r="E55" s="229"/>
+      <c r="F55" s="229"/>
+      <c r="G55" s="229"/>
+      <c r="H55" s="229"/>
+      <c r="I55" s="229"/>
+      <c r="J55" s="229"/>
+      <c r="K55" s="229"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A56" s="234" t="s">
+        <v>174</v>
+      </c>
+      <c r="B56" s="234"/>
+      <c r="C56" s="234"/>
+      <c r="D56" s="234"/>
+      <c r="E56" s="234"/>
+      <c r="F56" s="234"/>
+      <c r="G56" s="234"/>
+      <c r="H56" s="234"/>
+      <c r="I56" s="234"/>
+      <c r="J56" s="234"/>
+      <c r="K56" s="234"/>
+    </row>
+    <row r="58" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="229" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="229"/>
+      <c r="C58" s="229"/>
+      <c r="D58" s="229"/>
+      <c r="E58" s="229"/>
+      <c r="F58" s="229"/>
+      <c r="G58" s="229"/>
+      <c r="H58" s="229"/>
+      <c r="I58" s="229"/>
+      <c r="J58" s="229"/>
+      <c r="K58" s="229"/>
+    </row>
+    <row r="59" spans="1:11" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="231" t="s">
         <v>175</v>
       </c>
-      <c r="B56" s="233"/>
-[...80 lines deleted...]
-      <c r="A67" s="91"/>
+      <c r="B59" s="231"/>
+      <c r="C59" s="231"/>
+      <c r="D59" s="231"/>
+      <c r="E59" s="231"/>
+      <c r="F59" s="231"/>
+      <c r="G59" s="231"/>
+      <c r="H59" s="231"/>
+      <c r="I59" s="231"/>
+      <c r="J59" s="231"/>
+      <c r="K59" s="231"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A60" s="83"/>
+      <c r="B60" s="83"/>
+      <c r="C60" s="83"/>
+      <c r="D60" s="83"/>
+      <c r="E60" s="83"/>
+      <c r="F60" s="83"/>
+      <c r="G60" s="83"/>
+      <c r="H60" s="83"/>
+      <c r="I60" s="83"/>
+      <c r="J60" s="83"/>
+      <c r="K60" s="83"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A61" s="83"/>
+      <c r="B61" s="83"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+      <c r="I61" s="83"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="83"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A62" s="83"/>
+      <c r="B62" s="83"/>
+      <c r="C62" s="83"/>
+      <c r="D62" s="83"/>
+      <c r="E62" s="83"/>
+      <c r="F62" s="83"/>
+      <c r="G62" s="83"/>
+      <c r="H62" s="83"/>
+      <c r="I62" s="83"/>
+      <c r="J62" s="83"/>
+      <c r="K62" s="83"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A59:K59"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A55:K55"/>
     <mergeCell ref="A56:K56"/>
     <mergeCell ref="A58:K58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{FC947BA8-A571-4C8E-A3D2-DEF72A0F2636}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16AF9F3D-F903-40DE-A96B-6E37E71FFB78}">
   <dimension ref="A1:F67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.54296875" style="45" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="1" width="15.5546875" style="45" customWidth="1"/>
+    <col min="2" max="2" width="14.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="30.5546875" style="45" customWidth="1"/>
+    <col min="7" max="9" width="8.88671875" style="45"/>
+    <col min="10" max="10" width="8.88671875" style="45" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...13 lines deleted...]
-      <c r="F2" s="106"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:6" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="201" t="s">
+        <v>339</v>
+      </c>
+      <c r="B2" s="201"/>
+      <c r="C2" s="201"/>
+      <c r="D2" s="201"/>
+      <c r="E2" s="105"/>
+      <c r="F2" s="105"/>
     </row>
     <row r="3" spans="1:6" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="232" t="s">
-[...8 lines deleted...]
-    <row r="4" spans="1:6" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="233" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="27" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D4" s="27" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="115" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="93" t="s">
         <v>63</v>
-      </c>
-[...6 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C5" s="56">
         <v>8651927</v>
       </c>
       <c r="D5" s="56">
         <v>35798974</v>
       </c>
       <c r="F5" s="56"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="115" t="s">
+        <v>271</v>
+      </c>
+      <c r="B6" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C6" s="56">
         <v>8401570</v>
       </c>
-      <c r="D6" s="95"/>
+      <c r="D6" s="94"/>
       <c r="F6" s="56"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="115" t="s">
+        <v>271</v>
+      </c>
+      <c r="B7" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C7" s="56">
         <v>8837916</v>
       </c>
-      <c r="D7" s="95"/>
+      <c r="D7" s="94"/>
       <c r="F7" s="56"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="115" t="s">
+        <v>271</v>
+      </c>
+      <c r="B8" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C8" s="56">
         <v>9907561</v>
       </c>
-      <c r="D8" s="95"/>
+      <c r="D8" s="94"/>
       <c r="F8" s="56"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>64</v>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="116" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C9" s="56">
         <v>10351465</v>
       </c>
       <c r="D9" s="56">
         <v>45987952</v>
       </c>
       <c r="F9" s="56"/>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B10" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C10" s="56">
         <v>11170680</v>
       </c>
-      <c r="D10" s="95"/>
+      <c r="D10" s="94"/>
       <c r="F10" s="56"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B11" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C11" s="56">
         <v>12056954</v>
       </c>
-      <c r="D11" s="95"/>
+      <c r="D11" s="94"/>
       <c r="F11" s="56"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B12" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C12" s="56">
         <v>12408853</v>
       </c>
-      <c r="D12" s="95"/>
+      <c r="D12" s="94"/>
       <c r="F12" s="56"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>64</v>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="116" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C13" s="56">
         <v>12864839</v>
       </c>
       <c r="D13" s="56">
         <v>47031470</v>
       </c>
       <c r="F13" s="56"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B14" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C14" s="56">
         <v>11713534</v>
       </c>
-      <c r="D14" s="95"/>
+      <c r="D14" s="94"/>
       <c r="F14" s="56"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B15" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C15" s="56">
         <v>11310762</v>
       </c>
-      <c r="D15" s="95"/>
+      <c r="D15" s="94"/>
       <c r="F15" s="56"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B16" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C16" s="56">
         <v>11142335</v>
       </c>
-      <c r="D16" s="95"/>
+      <c r="D16" s="94"/>
       <c r="F16" s="56"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>64</v>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A17" s="116" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C17" s="56">
         <v>9234046</v>
       </c>
       <c r="D17" s="56">
         <v>38034779</v>
       </c>
       <c r="F17" s="56"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A18" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B18" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C18" s="56">
         <v>8169461</v>
       </c>
-      <c r="D18" s="95"/>
+      <c r="D18" s="94"/>
       <c r="F18" s="56"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A19" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B19" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C19" s="56">
         <v>9712277</v>
       </c>
-      <c r="D19" s="95"/>
+      <c r="D19" s="94"/>
       <c r="F19" s="56"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A20" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B20" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C20" s="56">
         <v>10918995</v>
       </c>
-      <c r="D20" s="95"/>
+      <c r="D20" s="94"/>
       <c r="F20" s="56"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>64</v>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A21" s="116" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C21" s="56">
         <v>9192933</v>
       </c>
       <c r="D21" s="56">
         <v>37263481</v>
       </c>
       <c r="F21" s="56"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A22" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B22" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C22" s="56">
         <v>8554509</v>
       </c>
-      <c r="D22" s="95"/>
+      <c r="D22" s="94"/>
       <c r="F22" s="56"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A23" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B23" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C23" s="56">
         <v>9627243</v>
       </c>
-      <c r="D23" s="95"/>
+      <c r="D23" s="94"/>
       <c r="F23" s="56"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A24" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B24" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C24" s="56">
         <v>9888796</v>
       </c>
-      <c r="D24" s="95"/>
+      <c r="D24" s="94"/>
       <c r="F24" s="56"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>64</v>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A25" s="116" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C25" s="56">
         <v>8438766</v>
       </c>
       <c r="D25" s="56">
         <v>34096040</v>
       </c>
       <c r="F25" s="56"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A26" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B26" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C26" s="56">
         <v>8417978</v>
       </c>
-      <c r="D26" s="95"/>
+      <c r="D26" s="94"/>
       <c r="F26" s="56"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>66</v>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A27" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B27" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C27" s="56">
         <v>8642989</v>
       </c>
-      <c r="D27" s="95"/>
+      <c r="D27" s="94"/>
       <c r="F27" s="56"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>67</v>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A28" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="B28" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C28" s="56">
         <v>8596307</v>
       </c>
-      <c r="D28" s="95"/>
+      <c r="D28" s="94"/>
       <c r="F28" s="56"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A29" s="117">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A29" s="116">
         <v>2025</v>
       </c>
-      <c r="B29" s="94" t="s">
-        <v>64</v>
+      <c r="B29" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C29" s="56">
         <v>6696506</v>
       </c>
       <c r="D29" s="56">
         <v>18182371</v>
       </c>
       <c r="F29" s="56"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-        <v>65</v>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A30" s="116"/>
+      <c r="B30" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C30" s="56">
         <v>5871368</v>
       </c>
       <c r="D30" s="48"/>
       <c r="F30" s="56"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-        <v>66</v>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A31" s="116"/>
+      <c r="B31" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C31" s="56">
         <v>5614497</v>
       </c>
     </row>
-    <row r="44" spans="2:2" x14ac:dyDescent="0.35">
-[...29 lines deleted...]
-      <c r="A67" s="91"/>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="55" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="229" t="s">
+        <v>266</v>
+      </c>
+      <c r="B55" s="229"/>
+      <c r="C55" s="229"/>
+      <c r="D55" s="229"/>
+      <c r="E55" s="90"/>
+      <c r="F55" s="90"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A56" s="234" t="s">
+        <v>191</v>
+      </c>
+      <c r="B56" s="234"/>
+      <c r="C56" s="234"/>
+      <c r="D56" s="234"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A58" s="239"/>
+      <c r="B58" s="239"/>
+      <c r="C58" s="239"/>
+      <c r="D58" s="239"/>
+      <c r="E58" s="239"/>
+      <c r="F58" s="90"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A58:E58"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C0F1D4B-9E0D-4BA7-946E-7B90D7518395}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE26559B-5082-4933-9456-870A93AC8238}">
   <dimension ref="A1:F69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="45" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" style="45" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="20.08984375" style="45" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="45"/>
+    <col min="4" max="4" width="20.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.5546875" style="45" customWidth="1"/>
+    <col min="7" max="9" width="8.88671875" style="45"/>
+    <col min="10" max="10" width="8.88671875" style="45" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="89"/>
-[...13 lines deleted...]
-      <c r="F2" s="93"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="236" t="s">
+        <v>340</v>
+      </c>
+      <c r="B2" s="236"/>
+      <c r="C2" s="236"/>
+      <c r="D2" s="236"/>
+      <c r="E2" s="236"/>
+      <c r="F2" s="92"/>
     </row>
     <row r="3" spans="1:6" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="232" t="s">
-[...8 lines deleted...]
-    <row r="4" spans="1:6" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="233" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="89"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="27" t="s">
+        <v>183</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>184</v>
       </c>
-      <c r="D4" s="27" t="s">
+      <c r="E4" s="27" t="s">
         <v>185</v>
       </c>
-      <c r="E4" s="27" t="s">
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="117" t="s">
         <v>186</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>64</v>
+      <c r="B5" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C5" s="56">
         <v>20829766</v>
       </c>
       <c r="D5" s="56">
         <v>2932</v>
       </c>
       <c r="E5" s="56">
         <v>99027402</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="118" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C6" s="56">
         <v>26527099</v>
       </c>
       <c r="D6" s="56">
         <v>3174</v>
       </c>
-      <c r="E6" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E6" s="94"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="118" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C7" s="56">
         <v>26831019</v>
       </c>
       <c r="D7" s="56">
         <v>3388</v>
       </c>
-      <c r="E7" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E7" s="94"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="118" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C8" s="56">
         <v>24839518</v>
       </c>
       <c r="D8" s="56">
         <v>3205</v>
       </c>
-      <c r="E8" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E8" s="94"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="118" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C9" s="56">
         <v>23753361</v>
       </c>
       <c r="D9" s="56">
         <v>3047</v>
       </c>
       <c r="E9" s="56">
         <v>113443832</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="118" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C10" s="56">
         <v>26652227</v>
       </c>
       <c r="D10" s="56">
         <v>2836</v>
       </c>
-      <c r="E10" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E10" s="94"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="118" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C11" s="56">
         <v>31377137</v>
       </c>
       <c r="D11" s="56">
         <v>3363</v>
       </c>
-      <c r="E11" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E11" s="94"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="118" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C12" s="56">
         <v>31661107</v>
       </c>
       <c r="D12" s="56">
         <v>3500</v>
       </c>
-      <c r="E12" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E12" s="94"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="118" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C13" s="56">
         <v>33571793</v>
       </c>
       <c r="D13" s="56">
         <v>3783</v>
       </c>
       <c r="E13" s="56">
         <v>127998975</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="118" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C14" s="56">
         <v>36601316</v>
       </c>
       <c r="D14" s="56">
         <v>3528</v>
       </c>
-      <c r="E14" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E14" s="94"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="118" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C15" s="56">
         <v>29200058</v>
       </c>
       <c r="D15" s="56">
         <v>3272</v>
       </c>
-      <c r="E15" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E15" s="94"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="118" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C16" s="56">
         <v>28625808</v>
       </c>
       <c r="D16" s="56">
         <v>3289</v>
       </c>
-      <c r="E16" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E16" s="94"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C17" s="56">
         <v>24022727</v>
       </c>
       <c r="D17" s="56">
         <v>3407</v>
       </c>
       <c r="E17" s="56">
         <v>78336098</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C18" s="56">
         <v>20009412</v>
       </c>
       <c r="D18" s="56">
         <v>2682</v>
       </c>
-      <c r="E18" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E18" s="94"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C19" s="56">
         <v>16744778</v>
       </c>
       <c r="D19" s="56">
         <v>2579</v>
       </c>
-      <c r="E19" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E19" s="94"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C20" s="56">
         <v>17559181</v>
       </c>
       <c r="D20" s="56">
         <v>2519</v>
       </c>
-      <c r="E20" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E20" s="94"/>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="118" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C21" s="56">
         <v>13329848</v>
       </c>
       <c r="D21" s="56">
         <v>2286</v>
       </c>
       <c r="E21" s="56">
         <v>59754081</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="118" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C22" s="56">
         <v>14015490</v>
       </c>
       <c r="D22" s="56">
         <v>2129</v>
       </c>
-      <c r="E22" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E22" s="94"/>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="118" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C23" s="56">
         <v>15091006</v>
       </c>
       <c r="D23" s="56">
         <v>2578</v>
       </c>
-      <c r="E23" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E23" s="94"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="118" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C24" s="56">
         <v>17317737</v>
       </c>
       <c r="D24" s="56">
         <v>2797</v>
       </c>
-      <c r="E24" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E24" s="94"/>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="118" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C25" s="56">
         <v>18914230</v>
       </c>
       <c r="D25" s="56">
         <v>2860</v>
       </c>
       <c r="E25" s="56">
         <v>57282419</v>
       </c>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="118" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C26" s="56">
         <v>15116847</v>
       </c>
       <c r="D26" s="56">
         <v>2390</v>
       </c>
-      <c r="E26" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E26" s="94"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="118" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C27" s="56">
         <v>12605172</v>
       </c>
       <c r="D27" s="56">
         <v>2099</v>
       </c>
-      <c r="E27" s="95"/>
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="E27" s="94"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="118" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="93" t="s">
+        <v>66</v>
       </c>
       <c r="C28" s="56">
         <v>10646170</v>
       </c>
       <c r="D28" s="56">
         <v>1817</v>
       </c>
-      <c r="E28" s="95"/>
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="E28" s="94"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="118" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" s="93" t="s">
+        <v>63</v>
       </c>
       <c r="C29" s="56">
         <v>9108076</v>
       </c>
       <c r="D29" s="56">
         <v>1738</v>
       </c>
       <c r="E29" s="56">
         <v>22507709</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>65</v>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A30" s="118" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" s="93" t="s">
+        <v>64</v>
       </c>
       <c r="C30" s="56">
         <v>7253635</v>
       </c>
       <c r="D30" s="56">
         <v>1335</v>
       </c>
-      <c r="E30" s="95"/>
-[...6 lines deleted...]
-        <v>66</v>
+      <c r="E30" s="94"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="118" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" s="93" t="s">
+        <v>65</v>
       </c>
       <c r="C31" s="56">
         <v>6145998</v>
       </c>
       <c r="D31" s="56">
         <v>1516</v>
       </c>
       <c r="E31" s="56"/>
     </row>
-    <row r="44" spans="2:2" x14ac:dyDescent="0.35">
-[...30 lines deleted...]
-      <c r="A69" s="91"/>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="229" t="s">
+        <v>268</v>
+      </c>
+      <c r="B57" s="229"/>
+      <c r="C57" s="229"/>
+      <c r="D57" s="229"/>
+      <c r="E57" s="229"/>
+      <c r="F57" s="90"/>
+    </row>
+    <row r="58" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="231" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" s="231"/>
+      <c r="C58" s="231"/>
+      <c r="D58" s="231"/>
+      <c r="E58" s="231"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A60" s="90"/>
+      <c r="B60" s="90"/>
+      <c r="C60" s="90"/>
+      <c r="D60" s="90"/>
+      <c r="E60" s="90"/>
+      <c r="F60" s="90"/>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:E58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1B5C31B4-FB28-4305-A065-441518CEBC1A}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500CAD68-306C-4291-B4AF-CD73BABEAA86}">
   <dimension ref="A1:C44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.453125" style="171" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.54296875" style="171"/>
+    <col min="1" max="1" width="9.44140625" style="170" customWidth="1"/>
+    <col min="2" max="2" width="13.44140625" style="170" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.109375" style="170" customWidth="1"/>
+    <col min="4" max="4" width="10.44140625" style="170" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.5546875" style="170"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="187" t="s">
+    <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="188" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="187"/>
-[...3 lines deleted...]
-      <c r="A2" s="172" t="s">
+      <c r="B1" s="188"/>
+      <c r="C1" s="188"/>
+    </row>
+    <row r="2" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="171" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="172" t="s">
+      <c r="B2" s="171" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="172" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="173">
+      <c r="C2" s="171" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A3" s="172">
         <v>1</v>
       </c>
-      <c r="B3" s="174">
+      <c r="B3" s="173">
         <v>45947</v>
       </c>
-      <c r="C3" s="74" t="s">
+      <c r="C3" s="73" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
-      <c r="B44" s="175"/>
+    <row r="4" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A4" s="183">
+        <v>2</v>
+      </c>
+      <c r="B4" s="240">
+        <v>45958</v>
+      </c>
+      <c r="C4" s="182" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B44" s="174"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2127A298-ECA1-46FC-9E24-DC0D8EDED79B}">
   <dimension ref="A1:N63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="19.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.88671875" style="15"/>
+    <col min="14" max="14" width="10.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:12" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="L2" s="192"/>
+    <row r="2" spans="1:12" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="193" t="s">
+        <v>289</v>
+      </c>
+      <c r="B2" s="193"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="193"/>
+      <c r="G2" s="193"/>
+      <c r="H2" s="193"/>
+      <c r="I2" s="193"/>
+      <c r="J2" s="193"/>
+      <c r="K2" s="193"/>
+      <c r="L2" s="193"/>
     </row>
     <row r="3" spans="1:12" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...14 lines deleted...]
-    <row r="4" spans="1:12" s="25" customFormat="1" ht="20" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+      <c r="K3" s="192"/>
+      <c r="L3" s="192"/>
+    </row>
+    <row r="4" spans="1:12" s="25" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="41" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="39" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="39" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D4" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>80</v>
+      </c>
+      <c r="F4" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="E4" s="39" t="s">
+      <c r="G4" s="39" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="F4" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="39" t="s">
+      <c r="J4" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="H4" s="39" t="s">
+      <c r="K4" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="L4" s="42" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="23" t="s">
         <v>87</v>
       </c>
-      <c r="I4" s="39" t="s">
-[...8 lines deleted...]
-      <c r="L4" s="42" t="s">
+      <c r="B5" s="21" t="s">
         <v>63</v>
-      </c>
-[...6 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C5" s="24">
         <v>2409504</v>
       </c>
       <c r="D5" s="24">
         <v>936022</v>
       </c>
       <c r="E5" s="24">
         <v>185221</v>
       </c>
       <c r="F5" s="24">
         <v>15929</v>
       </c>
       <c r="G5" s="24">
         <v>0</v>
       </c>
       <c r="H5" s="24">
         <v>47789</v>
       </c>
       <c r="I5" s="24">
         <v>0</v>
       </c>
       <c r="J5" s="24">
         <v>0</v>
       </c>
       <c r="K5" s="20">
         <v>3594465</v>
       </c>
       <c r="L5" s="24">
         <v>16052805</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" s="24">
         <v>2662324</v>
       </c>
       <c r="D6" s="24">
         <v>606166</v>
       </c>
       <c r="E6" s="24">
         <v>982557</v>
       </c>
       <c r="F6" s="24">
         <v>186830</v>
       </c>
       <c r="G6" s="24">
         <v>302761</v>
       </c>
       <c r="H6" s="24">
         <v>33141</v>
       </c>
       <c r="I6" s="24">
         <v>12453</v>
       </c>
       <c r="J6" s="24">
         <v>0</v>
       </c>
       <c r="K6" s="20">
         <v>4786232</v>
       </c>
-      <c r="L6" s="140" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L6" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C7" s="24">
         <v>1597098</v>
       </c>
       <c r="D7" s="24">
         <v>688192</v>
       </c>
       <c r="E7" s="24">
         <v>119158</v>
       </c>
       <c r="F7" s="24">
         <v>10787</v>
       </c>
       <c r="G7" s="24">
         <v>0</v>
       </c>
       <c r="H7" s="24">
         <v>56073</v>
       </c>
       <c r="I7" s="24">
         <v>12261</v>
       </c>
       <c r="J7" s="24">
         <v>0</v>
       </c>
       <c r="K7" s="20">
         <v>2483569</v>
       </c>
-      <c r="L7" s="140" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L7" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" s="24">
         <v>3010930</v>
       </c>
       <c r="D8" s="24">
         <v>1816561</v>
       </c>
       <c r="E8" s="24">
         <v>17163</v>
       </c>
       <c r="F8" s="24">
         <v>241694</v>
       </c>
       <c r="G8" s="24">
         <v>0</v>
       </c>
       <c r="H8" s="24">
         <v>102191</v>
       </c>
       <c r="I8" s="24">
         <v>0</v>
       </c>
       <c r="J8" s="24">
         <v>0</v>
       </c>
       <c r="K8" s="20">
         <v>5188539</v>
       </c>
-      <c r="L8" s="140" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L8" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A9" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="24">
         <v>1840204</v>
       </c>
       <c r="D9" s="24">
         <v>852778</v>
       </c>
       <c r="E9" s="24">
         <v>50477</v>
       </c>
       <c r="F9" s="24">
         <v>198504</v>
       </c>
       <c r="G9" s="24">
         <v>0</v>
       </c>
       <c r="H9" s="24">
         <v>165365</v>
       </c>
       <c r="I9" s="24">
         <v>0</v>
       </c>
       <c r="J9" s="24">
         <v>0</v>
       </c>
       <c r="K9" s="20">
         <v>3107328</v>
       </c>
       <c r="L9" s="24">
         <v>17040782</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A10" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="24">
         <v>2670300</v>
       </c>
       <c r="D10" s="24">
         <v>1568119</v>
       </c>
       <c r="E10" s="24">
         <v>970180</v>
       </c>
       <c r="F10" s="24">
         <v>74083</v>
       </c>
       <c r="G10" s="24">
         <v>274463</v>
       </c>
       <c r="H10" s="24">
         <v>110189</v>
       </c>
       <c r="I10" s="24">
         <v>19505</v>
       </c>
       <c r="J10" s="24">
         <v>0</v>
       </c>
       <c r="K10" s="20">
         <v>5686839</v>
       </c>
-      <c r="L10" s="140" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L10" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A11" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C11" s="24">
         <v>2261226</v>
       </c>
       <c r="D11" s="24">
         <v>1907849</v>
       </c>
       <c r="E11" s="24">
         <v>599099</v>
       </c>
       <c r="F11" s="24">
         <v>16295</v>
       </c>
       <c r="G11" s="24">
         <v>0</v>
       </c>
       <c r="H11" s="24">
         <v>27980</v>
       </c>
       <c r="I11" s="24">
         <v>2324</v>
       </c>
       <c r="J11" s="24">
         <v>0</v>
       </c>
       <c r="K11" s="20">
         <v>4814773</v>
       </c>
-      <c r="L11" s="140" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L11" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C12" s="24">
         <v>2571002</v>
       </c>
       <c r="D12" s="24">
         <v>625412</v>
       </c>
       <c r="E12" s="24">
         <v>20958</v>
       </c>
       <c r="F12" s="24">
         <v>122888</v>
       </c>
       <c r="G12" s="24">
         <v>0</v>
       </c>
       <c r="H12" s="24">
         <v>91582</v>
       </c>
       <c r="I12" s="24">
         <v>0</v>
       </c>
       <c r="J12" s="24">
         <v>0</v>
       </c>
       <c r="K12" s="20">
         <v>3431842</v>
       </c>
-      <c r="L12" s="140" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L12" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C13" s="24">
         <v>2099793</v>
       </c>
       <c r="D13" s="24">
         <v>880188</v>
       </c>
       <c r="E13" s="24">
         <v>17753</v>
       </c>
       <c r="F13" s="24">
         <v>180107</v>
       </c>
       <c r="G13" s="24">
         <v>0</v>
       </c>
       <c r="H13" s="24">
         <v>160812</v>
       </c>
       <c r="I13" s="24">
         <v>0</v>
       </c>
       <c r="J13" s="24">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>3338653</v>
       </c>
       <c r="L13" s="24">
         <v>17738059</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B14" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C14" s="24">
         <v>2631819</v>
       </c>
       <c r="D14" s="24">
         <v>676403</v>
       </c>
       <c r="E14" s="24">
         <v>1130902</v>
       </c>
       <c r="F14" s="24">
         <v>178081</v>
       </c>
       <c r="G14" s="24">
         <v>240758</v>
       </c>
       <c r="H14" s="24">
         <v>30401</v>
       </c>
       <c r="I14" s="24">
         <v>34895</v>
       </c>
       <c r="J14" s="24">
         <v>0</v>
       </c>
       <c r="K14" s="20">
         <v>4923259</v>
       </c>
-      <c r="L14" s="140" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L14" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C15" s="24">
         <v>2129636</v>
       </c>
       <c r="D15" s="24">
         <v>3316622</v>
       </c>
       <c r="E15" s="24">
         <v>123304</v>
       </c>
       <c r="F15" s="24">
         <v>35791</v>
       </c>
       <c r="G15" s="24">
         <v>0</v>
       </c>
       <c r="H15" s="24">
         <v>73592</v>
       </c>
       <c r="I15" s="24">
         <v>0</v>
       </c>
       <c r="J15" s="24">
         <v>0</v>
       </c>
       <c r="K15" s="20">
         <v>5678945</v>
       </c>
-      <c r="L15" s="140" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L15" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C16" s="24">
         <v>2949405</v>
       </c>
       <c r="D16" s="24">
         <v>646281</v>
       </c>
       <c r="E16" s="24">
         <v>44335</v>
       </c>
       <c r="F16" s="24">
         <v>136533</v>
       </c>
       <c r="G16" s="24">
         <v>0</v>
       </c>
       <c r="H16" s="24">
         <v>10134</v>
       </c>
       <c r="I16" s="24">
         <v>10514</v>
       </c>
       <c r="J16" s="24">
         <v>0</v>
       </c>
       <c r="K16" s="20">
         <v>3797202</v>
       </c>
-      <c r="L16" s="140" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L16" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C17" s="24">
         <v>1029657</v>
       </c>
       <c r="D17" s="24">
         <v>394145</v>
       </c>
       <c r="E17" s="24">
         <v>104511</v>
       </c>
       <c r="F17" s="24">
         <v>13695</v>
       </c>
       <c r="G17" s="24">
         <v>0</v>
       </c>
       <c r="H17" s="24">
         <v>290414</v>
       </c>
       <c r="I17" s="24">
         <v>0</v>
       </c>
       <c r="J17" s="24">
         <v>0</v>
       </c>
       <c r="K17" s="20">
         <v>1832422</v>
       </c>
       <c r="L17" s="24">
         <v>17221108</v>
       </c>
     </row>
-    <row r="18" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C18" s="24">
         <v>1994187</v>
       </c>
       <c r="D18" s="24">
         <v>1408753</v>
       </c>
       <c r="E18" s="24">
         <v>412693</v>
       </c>
       <c r="F18" s="24">
         <v>324783</v>
       </c>
       <c r="G18" s="24">
         <v>75246</v>
       </c>
       <c r="H18" s="24">
         <v>161796</v>
       </c>
       <c r="I18" s="24">
         <v>0</v>
       </c>
       <c r="J18" s="24">
         <v>0</v>
       </c>
       <c r="K18" s="20">
         <v>4377458</v>
       </c>
-      <c r="L18" s="140" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L18" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C19" s="24">
         <v>3336827</v>
       </c>
       <c r="D19" s="24">
         <v>1948240</v>
       </c>
       <c r="E19" s="24">
         <v>847373</v>
       </c>
       <c r="F19" s="24">
         <v>97945</v>
       </c>
       <c r="G19" s="24">
         <v>580200</v>
       </c>
       <c r="H19" s="24">
         <v>152197</v>
       </c>
       <c r="I19" s="24">
         <v>35230</v>
       </c>
       <c r="J19" s="24">
         <v>0</v>
       </c>
       <c r="K19" s="20">
         <v>6998012</v>
       </c>
-      <c r="L19" s="140" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L19" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C20" s="24">
         <v>2544815</v>
       </c>
       <c r="D20" s="24">
         <v>1018877</v>
       </c>
       <c r="E20" s="24">
         <v>389497</v>
       </c>
       <c r="F20" s="24">
         <v>35305</v>
       </c>
       <c r="G20" s="24">
         <v>0</v>
       </c>
       <c r="H20" s="24">
         <v>24722</v>
       </c>
       <c r="I20" s="24">
         <v>0</v>
       </c>
       <c r="J20" s="24">
         <v>0</v>
       </c>
       <c r="K20" s="20">
         <v>4013216</v>
       </c>
-      <c r="L20" s="140" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L20" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C21" s="24">
         <v>2001363</v>
       </c>
       <c r="D21" s="24">
         <v>1528900</v>
       </c>
       <c r="E21" s="24">
         <v>146698</v>
       </c>
       <c r="F21" s="24">
         <v>20320</v>
       </c>
       <c r="G21" s="24">
         <v>68162</v>
       </c>
       <c r="H21" s="24">
         <v>27174</v>
       </c>
       <c r="I21" s="24">
         <v>0</v>
       </c>
       <c r="J21" s="24">
         <v>0</v>
       </c>
       <c r="K21" s="20">
         <v>3792617</v>
       </c>
       <c r="L21" s="24">
         <v>18784758</v>
       </c>
       <c r="N21" s="16"/>
     </row>
-    <row r="22" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A22" s="23">
         <v>2024</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C22" s="24">
         <v>1761956</v>
       </c>
       <c r="D22" s="24">
         <v>1512917</v>
       </c>
       <c r="E22" s="24">
         <v>425885</v>
       </c>
       <c r="F22" s="24">
         <v>141288</v>
       </c>
       <c r="G22" s="24">
         <v>0</v>
       </c>
       <c r="H22" s="24">
         <v>25828</v>
       </c>
       <c r="I22" s="24">
         <v>0</v>
       </c>
       <c r="J22" s="24">
         <v>0</v>
       </c>
       <c r="K22" s="20">
         <v>3867874</v>
       </c>
-      <c r="L22" s="140" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L22" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A23" s="23">
         <v>2024</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C23" s="24">
         <v>2323958</v>
       </c>
       <c r="D23" s="24">
         <v>1018192</v>
       </c>
       <c r="E23" s="24">
         <v>932530</v>
       </c>
       <c r="F23" s="24">
         <v>0</v>
       </c>
       <c r="G23" s="24">
         <v>447907</v>
       </c>
       <c r="H23" s="24">
         <v>123736</v>
       </c>
       <c r="I23" s="24">
         <v>0</v>
       </c>
       <c r="J23" s="24">
         <v>104424</v>
       </c>
       <c r="K23" s="20">
         <v>4950747</v>
       </c>
-      <c r="L23" s="140" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L23" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A24" s="23">
         <v>2024</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C24" s="24">
         <v>3230424</v>
       </c>
       <c r="D24" s="24">
         <v>1980767</v>
       </c>
       <c r="E24" s="24">
         <v>62316</v>
       </c>
       <c r="F24" s="24">
         <v>138795</v>
       </c>
       <c r="G24" s="24">
         <v>193328</v>
       </c>
       <c r="H24" s="24">
         <v>76137</v>
       </c>
       <c r="I24" s="24">
         <v>0</v>
       </c>
       <c r="J24" s="24">
         <v>491753</v>
       </c>
       <c r="K24" s="20">
         <v>6173520</v>
       </c>
-      <c r="L24" s="140" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L24" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A25" s="23">
         <v>2025</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C25" s="24">
         <v>2405598</v>
       </c>
       <c r="D25" s="24">
         <v>415174</v>
       </c>
       <c r="E25" s="24">
         <v>58403</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="24">
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>145619</v>
       </c>
       <c r="I25" s="24">
         <v>18975</v>
       </c>
       <c r="J25" s="24">
         <v>0</v>
       </c>
       <c r="K25" s="20">
         <v>3043769</v>
       </c>
-      <c r="L25" s="140">
+      <c r="L25" s="139">
         <v>14959799</v>
       </c>
       <c r="N25" s="16"/>
     </row>
-    <row r="26" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A26" s="23">
         <v>2025</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="24">
         <v>3268879</v>
       </c>
       <c r="D26" s="24">
         <v>2630726</v>
       </c>
       <c r="E26" s="24">
         <v>500226</v>
       </c>
       <c r="F26" s="24">
         <v>30180</v>
       </c>
       <c r="G26" s="24">
         <v>0</v>
       </c>
       <c r="H26" s="24">
         <v>23202</v>
       </c>
       <c r="I26" s="24">
         <v>0</v>
       </c>
       <c r="J26" s="24">
         <v>0</v>
       </c>
-      <c r="K26" s="133">
+      <c r="K26" s="132">
         <v>6453213</v>
       </c>
-      <c r="L26" s="140" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="L26" s="139" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A27" s="23">
         <v>2025</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C27" s="24">
         <v>3047163</v>
       </c>
       <c r="D27" s="24">
         <v>1231404</v>
       </c>
       <c r="E27" s="24">
         <v>956376</v>
       </c>
       <c r="F27" s="24">
         <v>0</v>
       </c>
       <c r="G27" s="24">
         <v>157798</v>
       </c>
       <c r="H27" s="24">
         <v>70076</v>
       </c>
       <c r="I27" s="24">
         <v>0</v>
       </c>
       <c r="J27" s="24">
         <v>0</v>
       </c>
-      <c r="K27" s="133">
+      <c r="K27" s="132">
         <v>5462817</v>
       </c>
-      <c r="L27" s="140" t="s">
-        <v>200</v>
+      <c r="L27" s="139" t="s">
+        <v>199</v>
       </c>
       <c r="N27" s="16"/>
     </row>
-    <row r="30" spans="1:14" x14ac:dyDescent="0.35">
-[...64 lines deleted...]
-      <c r="A54" s="144" t="s">
+    <row r="30" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="G30" s="137"/>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="G31" s="137"/>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="G32" s="137"/>
+    </row>
+    <row r="40" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="G40" s="137"/>
+    </row>
+    <row r="44" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="G49" s="137"/>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A51" s="194" t="s">
+        <v>55</v>
+      </c>
+      <c r="B51" s="194"/>
+      <c r="C51" s="194"/>
+      <c r="D51" s="194"/>
+      <c r="E51" s="194"/>
+      <c r="F51" s="194"/>
+      <c r="G51" s="194"/>
+      <c r="H51" s="194"/>
+      <c r="I51" s="194"/>
+      <c r="J51" s="194"/>
+      <c r="K51" s="194"/>
+      <c r="L51" s="194"/>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A52" s="189" t="s">
+        <v>312</v>
+      </c>
+      <c r="B52" s="189"/>
+      <c r="C52" s="189"/>
+      <c r="D52" s="189"/>
+      <c r="E52" s="189"/>
+      <c r="F52" s="189"/>
+      <c r="G52" s="189"/>
+      <c r="H52" s="189"/>
+      <c r="I52" s="189"/>
+      <c r="J52" s="189"/>
+      <c r="K52" s="189"/>
+      <c r="L52" s="189"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A53" s="137"/>
+      <c r="B53" s="137"/>
+      <c r="C53" s="137"/>
+      <c r="D53" s="137"/>
+      <c r="E53" s="137"/>
+      <c r="F53" s="137"/>
+      <c r="G53" s="137"/>
+      <c r="H53" s="137"/>
+      <c r="I53" s="137"/>
+      <c r="J53" s="137"/>
+      <c r="K53" s="137"/>
+      <c r="L53" s="137"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A54" s="143" t="s">
         <v>5</v>
       </c>
-      <c r="B54" s="145"/>
-[...27 lines deleted...]
-    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B54" s="144"/>
+      <c r="C54" s="144"/>
+      <c r="D54" s="137"/>
+      <c r="E54" s="137"/>
+      <c r="F54" s="137"/>
+      <c r="G54" s="137"/>
+      <c r="H54" s="137"/>
+      <c r="I54" s="137"/>
+      <c r="J54" s="137"/>
+      <c r="K54" s="137"/>
+      <c r="L54" s="137"/>
+    </row>
+    <row r="55" spans="1:12" ht="46.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="190" t="s">
+        <v>313</v>
+      </c>
+      <c r="B55" s="191"/>
+      <c r="C55" s="191"/>
+      <c r="D55" s="191"/>
+      <c r="E55" s="191"/>
+      <c r="F55" s="191"/>
+      <c r="G55" s="191"/>
+      <c r="H55" s="191"/>
+      <c r="I55" s="191"/>
+      <c r="J55" s="191"/>
+      <c r="K55" s="191"/>
+      <c r="L55" s="191"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A63" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A52:L52"/>
     <mergeCell ref="A55:L55"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A51:L51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6BEB771D-609C-4138-B616-2A7CC0426552}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBF7603-AC33-433E-8A51-F4C1C756A0B8}">
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="15" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.90625" style="15"/>
+    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="33.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="27.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.5546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.44140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="19.88671875" style="15" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:16" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="N2" s="192"/>
+    <row r="2" spans="1:16" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="193" t="s">
+        <v>291</v>
+      </c>
+      <c r="B2" s="193"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="193"/>
+      <c r="G2" s="193"/>
+      <c r="H2" s="193"/>
+      <c r="I2" s="193"/>
+      <c r="J2" s="193"/>
+      <c r="K2" s="193"/>
+      <c r="L2" s="193"/>
+      <c r="M2" s="193"/>
+      <c r="N2" s="193"/>
     </row>
     <row r="3" spans="1:16" s="18" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...16 lines deleted...]
-    <row r="4" spans="1:16" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+      <c r="K3" s="192"/>
+      <c r="L3" s="192"/>
+      <c r="M3" s="192"/>
+      <c r="N3" s="192"/>
+    </row>
+    <row r="4" spans="1:16" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="41" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="39" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="D4" s="39" t="s">
+      <c r="E4" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="E4" s="39" t="s">
+      <c r="F4" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="F4" s="39" t="s">
+      <c r="G4" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="G4" s="39" t="s">
+      <c r="H4" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="H4" s="39" t="s">
+      <c r="I4" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="I4" s="39" t="s">
+      <c r="J4" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="J4" s="39" t="s">
+      <c r="K4" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="K4" s="39" t="s">
+      <c r="L4" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="L4" s="39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="N4" s="42" t="s">
         <v>62</v>
       </c>
-      <c r="N4" s="42" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:16" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:16" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="15">
         <v>2020</v>
       </c>
       <c r="B5" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C5" s="127">
+        <v>63</v>
+      </c>
+      <c r="C5" s="126">
         <v>9</v>
       </c>
-      <c r="D5" s="127">
+      <c r="D5" s="126">
         <v>3</v>
       </c>
-      <c r="E5" s="127">
+      <c r="E5" s="126">
         <v>2</v>
       </c>
-      <c r="F5" s="127">
+      <c r="F5" s="126">
         <v>1</v>
       </c>
-      <c r="G5" s="127">
+      <c r="G5" s="126">
         <v>0</v>
       </c>
-      <c r="H5" s="127">
+      <c r="H5" s="126">
         <v>0</v>
       </c>
-      <c r="I5" s="127">
+      <c r="I5" s="126">
         <v>0</v>
       </c>
-      <c r="J5" s="127">
+      <c r="J5" s="126">
         <v>0</v>
       </c>
-      <c r="K5" s="127">
+      <c r="K5" s="126">
         <v>0</v>
       </c>
-      <c r="L5" s="127">
+      <c r="L5" s="126">
         <v>0</v>
       </c>
-      <c r="M5" s="127">
+      <c r="M5" s="126">
         <v>15</v>
       </c>
-      <c r="N5" s="166">
+      <c r="N5" s="165">
         <v>133</v>
       </c>
-      <c r="P5" s="137"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P5" s="136"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A6" s="15">
         <v>2020</v>
       </c>
       <c r="B6" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C6" s="128">
+        <v>64</v>
+      </c>
+      <c r="C6" s="127">
         <v>8</v>
       </c>
-      <c r="D6" s="128">
+      <c r="D6" s="127">
         <v>3</v>
       </c>
-      <c r="E6" s="128">
+      <c r="E6" s="127">
         <v>4</v>
       </c>
-      <c r="F6" s="128">
+      <c r="F6" s="127">
         <v>2</v>
       </c>
-      <c r="G6" s="128">
+      <c r="G6" s="127">
         <v>0</v>
       </c>
-      <c r="H6" s="128">
+      <c r="H6" s="127">
         <v>1</v>
       </c>
-      <c r="I6" s="128">
+      <c r="I6" s="127">
         <v>0</v>
       </c>
-      <c r="J6" s="128">
+      <c r="J6" s="127">
         <v>0</v>
       </c>
-      <c r="K6" s="128">
+      <c r="K6" s="127">
         <v>0</v>
       </c>
-      <c r="L6" s="128">
+      <c r="L6" s="127">
         <v>0</v>
       </c>
-      <c r="M6" s="128">
+      <c r="M6" s="127">
         <v>18</v>
       </c>
-      <c r="N6" s="129" t="s">
-[...4 lines deleted...]
-    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N6" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P6" s="136"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A7" s="15">
         <v>2020</v>
       </c>
       <c r="B7" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C7" s="130">
+        <v>65</v>
+      </c>
+      <c r="C7" s="129">
         <v>30</v>
       </c>
-      <c r="D7" s="130">
+      <c r="D7" s="129">
         <v>10</v>
       </c>
-      <c r="E7" s="130">
+      <c r="E7" s="129">
         <v>0</v>
       </c>
-      <c r="F7" s="130">
+      <c r="F7" s="129">
         <v>0</v>
       </c>
-      <c r="G7" s="130">
+      <c r="G7" s="129">
         <v>0</v>
       </c>
-      <c r="H7" s="130">
+      <c r="H7" s="129">
         <v>0</v>
       </c>
-      <c r="I7" s="130">
+      <c r="I7" s="129">
         <v>0</v>
       </c>
-      <c r="J7" s="130">
+      <c r="J7" s="129">
         <v>0</v>
       </c>
-      <c r="K7" s="130">
+      <c r="K7" s="129">
         <v>0</v>
       </c>
-      <c r="L7" s="130">
+      <c r="L7" s="129">
         <v>0</v>
       </c>
-      <c r="M7" s="130">
+      <c r="M7" s="129">
         <v>40</v>
       </c>
-      <c r="N7" s="129" t="s">
-[...4 lines deleted...]
-    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N7" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P7" s="136"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A8" s="15">
         <v>2020</v>
       </c>
       <c r="B8" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C8" s="128">
+        <v>66</v>
+      </c>
+      <c r="C8" s="127">
         <v>16</v>
       </c>
-      <c r="D8" s="128">
+      <c r="D8" s="127">
         <v>39</v>
       </c>
-      <c r="E8" s="128">
+      <c r="E8" s="127">
         <v>1</v>
       </c>
-      <c r="F8" s="128">
+      <c r="F8" s="127">
         <v>2</v>
       </c>
-      <c r="G8" s="128">
+      <c r="G8" s="127">
         <v>0</v>
       </c>
-      <c r="H8" s="128">
+      <c r="H8" s="127">
         <v>2</v>
       </c>
-      <c r="I8" s="128">
+      <c r="I8" s="127">
         <v>0</v>
       </c>
-      <c r="J8" s="128">
+      <c r="J8" s="127">
         <v>0</v>
       </c>
-      <c r="K8" s="128">
+      <c r="K8" s="127">
         <v>0</v>
       </c>
-      <c r="L8" s="128">
+      <c r="L8" s="127">
         <v>0</v>
       </c>
-      <c r="M8" s="128">
+      <c r="M8" s="127">
         <v>60</v>
       </c>
-      <c r="N8" s="129" t="s">
-[...4 lines deleted...]
-    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N8" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P8" s="136"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A9" s="15">
         <v>2021</v>
       </c>
       <c r="B9" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C9" s="130">
+        <v>63</v>
+      </c>
+      <c r="C9" s="129">
         <v>15</v>
       </c>
-      <c r="D9" s="130">
+      <c r="D9" s="129">
         <v>21</v>
       </c>
-      <c r="E9" s="130">
+      <c r="E9" s="129">
         <v>0</v>
       </c>
-      <c r="F9" s="130">
+      <c r="F9" s="129">
         <v>0</v>
       </c>
-      <c r="G9" s="130">
+      <c r="G9" s="129">
         <v>2</v>
       </c>
-      <c r="H9" s="130">
+      <c r="H9" s="129">
         <v>0</v>
       </c>
-      <c r="I9" s="130">
+      <c r="I9" s="129">
         <v>0</v>
       </c>
-      <c r="J9" s="130">
+      <c r="J9" s="129">
         <v>0</v>
       </c>
-      <c r="K9" s="130">
+      <c r="K9" s="129">
         <v>1</v>
       </c>
-      <c r="L9" s="130">
+      <c r="L9" s="129">
         <v>0</v>
       </c>
-      <c r="M9" s="130">
+      <c r="M9" s="129">
         <v>39</v>
       </c>
-      <c r="N9" s="129">
+      <c r="N9" s="128">
         <v>183</v>
       </c>
-      <c r="P9" s="137"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P9" s="136"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A10" s="15">
         <v>2021</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C10" s="128">
+        <v>64</v>
+      </c>
+      <c r="C10" s="127">
         <v>11</v>
       </c>
-      <c r="D10" s="128">
+      <c r="D10" s="127">
         <v>19</v>
       </c>
-      <c r="E10" s="128">
+      <c r="E10" s="127">
         <v>5</v>
       </c>
-      <c r="F10" s="128">
+      <c r="F10" s="127">
         <v>4</v>
       </c>
-      <c r="G10" s="128">
+      <c r="G10" s="127">
         <v>0</v>
       </c>
-      <c r="H10" s="128">
+      <c r="H10" s="127">
         <v>0</v>
       </c>
-      <c r="I10" s="128">
+      <c r="I10" s="127">
         <v>1</v>
       </c>
-      <c r="J10" s="128">
+      <c r="J10" s="127">
         <v>0</v>
       </c>
-      <c r="K10" s="128">
+      <c r="K10" s="127">
         <v>0</v>
       </c>
-      <c r="L10" s="128">
+      <c r="L10" s="127">
         <v>0</v>
       </c>
-      <c r="M10" s="128">
+      <c r="M10" s="127">
         <v>40</v>
       </c>
-      <c r="N10" s="129" t="s">
-[...4 lines deleted...]
-    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N10" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P10" s="136"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A11" s="15">
         <v>2021</v>
       </c>
       <c r="B11" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C11" s="130">
+        <v>65</v>
+      </c>
+      <c r="C11" s="129">
         <v>18</v>
       </c>
-      <c r="D11" s="130">
+      <c r="D11" s="129">
         <v>29</v>
       </c>
-      <c r="E11" s="130">
+      <c r="E11" s="129">
         <v>2</v>
       </c>
-      <c r="F11" s="130">
+      <c r="F11" s="129">
         <v>3</v>
       </c>
-      <c r="G11" s="130">
+      <c r="G11" s="129">
         <v>0</v>
       </c>
-      <c r="H11" s="130">
+      <c r="H11" s="129">
         <v>1</v>
       </c>
-      <c r="I11" s="130">
+      <c r="I11" s="129">
         <v>0</v>
       </c>
-      <c r="J11" s="130">
+      <c r="J11" s="129">
         <v>0</v>
       </c>
-      <c r="K11" s="130">
+      <c r="K11" s="129">
         <v>0</v>
       </c>
-      <c r="L11" s="130">
+      <c r="L11" s="129">
         <v>0</v>
       </c>
-      <c r="M11" s="130">
+      <c r="M11" s="129">
         <v>53</v>
       </c>
-      <c r="N11" s="129" t="s">
-[...4 lines deleted...]
-    <row r="12" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N11" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P11" s="136"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A12" s="15">
         <v>2021</v>
       </c>
       <c r="B12" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C12" s="128">
+        <v>66</v>
+      </c>
+      <c r="C12" s="127">
         <v>10</v>
       </c>
-      <c r="D12" s="128">
+      <c r="D12" s="127">
         <v>30</v>
       </c>
-      <c r="E12" s="128">
+      <c r="E12" s="127">
         <v>2</v>
       </c>
-      <c r="F12" s="128">
+      <c r="F12" s="127">
         <v>2</v>
       </c>
-      <c r="G12" s="128">
+      <c r="G12" s="127">
         <v>1</v>
       </c>
-      <c r="H12" s="128">
+      <c r="H12" s="127">
         <v>1</v>
       </c>
-      <c r="I12" s="128">
+      <c r="I12" s="127">
         <v>0</v>
       </c>
-      <c r="J12" s="128">
+      <c r="J12" s="127">
         <v>4</v>
       </c>
-      <c r="K12" s="128">
+      <c r="K12" s="127">
         <v>0</v>
       </c>
-      <c r="L12" s="128">
+      <c r="L12" s="127">
         <v>1</v>
       </c>
-      <c r="M12" s="128">
+      <c r="M12" s="127">
         <v>51</v>
       </c>
-      <c r="N12" s="129" t="s">
-[...4 lines deleted...]
-    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N12" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P12" s="136"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A13" s="15">
         <v>2022</v>
       </c>
       <c r="B13" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C13" s="130">
+        <v>63</v>
+      </c>
+      <c r="C13" s="129">
         <v>41</v>
       </c>
-      <c r="D13" s="130">
+      <c r="D13" s="129">
         <v>62</v>
       </c>
-      <c r="E13" s="130">
+      <c r="E13" s="129">
         <v>3</v>
       </c>
-      <c r="F13" s="130">
+      <c r="F13" s="129">
         <v>5</v>
       </c>
-      <c r="G13" s="130">
+      <c r="G13" s="129">
         <v>5</v>
       </c>
-      <c r="H13" s="130">
+      <c r="H13" s="129">
         <v>0</v>
       </c>
-      <c r="I13" s="130">
+      <c r="I13" s="129">
         <v>1</v>
       </c>
-      <c r="J13" s="130">
+      <c r="J13" s="129">
         <v>1</v>
       </c>
-      <c r="K13" s="130">
+      <c r="K13" s="129">
         <v>0</v>
       </c>
-      <c r="L13" s="130">
+      <c r="L13" s="129">
         <v>0</v>
       </c>
-      <c r="M13" s="130">
+      <c r="M13" s="129">
         <v>118</v>
       </c>
-      <c r="N13" s="129">
+      <c r="N13" s="128">
         <v>373</v>
       </c>
-      <c r="P13" s="137"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P13" s="136"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A14" s="15">
         <v>2022</v>
       </c>
       <c r="B14" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="127">
+        <v>25</v>
+      </c>
+      <c r="D14" s="127">
         <v>65</v>
       </c>
-      <c r="C14" s="128">
-[...5 lines deleted...]
-      <c r="E14" s="128">
+      <c r="E14" s="127">
         <v>9</v>
       </c>
-      <c r="F14" s="128">
+      <c r="F14" s="127">
         <v>1</v>
       </c>
-      <c r="G14" s="128">
+      <c r="G14" s="127">
         <v>3</v>
       </c>
-      <c r="H14" s="128">
+      <c r="H14" s="127">
         <v>0</v>
       </c>
-      <c r="I14" s="128">
+      <c r="I14" s="127">
         <v>0</v>
       </c>
-      <c r="J14" s="128">
+      <c r="J14" s="127">
         <v>0</v>
       </c>
-      <c r="K14" s="128">
+      <c r="K14" s="127">
         <v>0</v>
       </c>
-      <c r="L14" s="128">
+      <c r="L14" s="127">
         <v>0</v>
       </c>
-      <c r="M14" s="128">
+      <c r="M14" s="127">
         <v>103</v>
       </c>
-      <c r="N14" s="129" t="s">
-[...4 lines deleted...]
-    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N14" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P14" s="136"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A15" s="15">
         <v>2022</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C15" s="130">
+        <v>65</v>
+      </c>
+      <c r="C15" s="129">
         <v>19</v>
       </c>
-      <c r="D15" s="130">
+      <c r="D15" s="129">
         <v>36</v>
       </c>
-      <c r="E15" s="130">
+      <c r="E15" s="129">
         <v>6</v>
       </c>
-      <c r="F15" s="130">
+      <c r="F15" s="129">
         <v>4</v>
       </c>
-      <c r="G15" s="130">
+      <c r="G15" s="129">
         <v>2</v>
       </c>
-      <c r="H15" s="130">
+      <c r="H15" s="129">
         <v>0</v>
       </c>
-      <c r="I15" s="130">
+      <c r="I15" s="129">
         <v>3</v>
       </c>
-      <c r="J15" s="130">
+      <c r="J15" s="129">
         <v>0</v>
       </c>
-      <c r="K15" s="130">
+      <c r="K15" s="129">
         <v>0</v>
       </c>
-      <c r="L15" s="130">
+      <c r="L15" s="129">
         <v>0</v>
       </c>
-      <c r="M15" s="130">
+      <c r="M15" s="129">
         <v>70</v>
       </c>
-      <c r="N15" s="129" t="s">
-[...4 lines deleted...]
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N15" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P15" s="136"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A16" s="15">
         <v>2022</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C16" s="128">
+        <v>66</v>
+      </c>
+      <c r="C16" s="127">
         <v>24</v>
       </c>
-      <c r="D16" s="128">
+      <c r="D16" s="127">
         <v>47</v>
       </c>
-      <c r="E16" s="128">
+      <c r="E16" s="127">
         <v>6</v>
       </c>
-      <c r="F16" s="128">
+      <c r="F16" s="127">
         <v>1</v>
       </c>
-      <c r="G16" s="128">
+      <c r="G16" s="127">
         <v>3</v>
       </c>
-      <c r="H16" s="128">
+      <c r="H16" s="127">
         <v>1</v>
       </c>
-      <c r="I16" s="128">
+      <c r="I16" s="127">
         <v>0</v>
       </c>
-      <c r="J16" s="128">
+      <c r="J16" s="127">
         <v>0</v>
       </c>
-      <c r="K16" s="128">
+      <c r="K16" s="127">
         <v>0</v>
       </c>
-      <c r="L16" s="128">
+      <c r="L16" s="127">
         <v>0</v>
       </c>
-      <c r="M16" s="128">
+      <c r="M16" s="127">
         <v>82</v>
       </c>
-      <c r="N16" s="129" t="s">
-[...4 lines deleted...]
-    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N16" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P16" s="136"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A17" s="15">
         <v>2023</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C17" s="130">
+        <v>63</v>
+      </c>
+      <c r="C17" s="129">
         <v>41</v>
       </c>
-      <c r="D17" s="130">
+      <c r="D17" s="129">
         <v>24</v>
       </c>
-      <c r="E17" s="130">
+      <c r="E17" s="129">
         <v>2</v>
       </c>
-      <c r="F17" s="130">
+      <c r="F17" s="129">
         <v>3</v>
       </c>
-      <c r="G17" s="130">
+      <c r="G17" s="129">
         <v>0</v>
       </c>
-      <c r="H17" s="130">
+      <c r="H17" s="129">
         <v>0</v>
       </c>
-      <c r="I17" s="130">
+      <c r="I17" s="129">
         <v>0</v>
       </c>
-      <c r="J17" s="130">
+      <c r="J17" s="129">
         <v>0</v>
       </c>
-      <c r="K17" s="130">
+      <c r="K17" s="129">
         <v>0</v>
       </c>
-      <c r="L17" s="130">
+      <c r="L17" s="129">
         <v>0</v>
       </c>
-      <c r="M17" s="130">
+      <c r="M17" s="129">
         <v>70</v>
       </c>
-      <c r="N17" s="129">
+      <c r="N17" s="128">
         <v>352</v>
       </c>
-      <c r="P17" s="137"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P17" s="136"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A18" s="15">
         <v>2023</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C18" s="128">
+        <v>64</v>
+      </c>
+      <c r="C18" s="127">
         <v>54</v>
       </c>
-      <c r="D18" s="128">
+      <c r="D18" s="127">
         <v>19</v>
       </c>
-      <c r="E18" s="128">
+      <c r="E18" s="127">
         <v>6</v>
       </c>
-      <c r="F18" s="128">
+      <c r="F18" s="127">
         <v>2</v>
       </c>
-      <c r="G18" s="128">
+      <c r="G18" s="127">
         <v>0</v>
       </c>
-      <c r="H18" s="128">
+      <c r="H18" s="127">
         <v>1</v>
       </c>
-      <c r="I18" s="128">
+      <c r="I18" s="127">
         <v>0</v>
       </c>
-      <c r="J18" s="128">
+      <c r="J18" s="127">
         <v>1</v>
       </c>
-      <c r="K18" s="128">
+      <c r="K18" s="127">
         <v>0</v>
       </c>
-      <c r="L18" s="128">
+      <c r="L18" s="127">
         <v>0</v>
       </c>
-      <c r="M18" s="128">
+      <c r="M18" s="127">
         <v>83</v>
       </c>
-      <c r="N18" s="129" t="s">
-[...4 lines deleted...]
-    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N18" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P18" s="136"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A19" s="15">
         <v>2023</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C19" s="130">
+        <v>65</v>
+      </c>
+      <c r="C19" s="129">
         <v>102</v>
       </c>
-      <c r="D19" s="130">
+      <c r="D19" s="129">
         <v>17</v>
       </c>
-      <c r="E19" s="130">
+      <c r="E19" s="129">
         <v>6</v>
       </c>
-      <c r="F19" s="130">
+      <c r="F19" s="129">
         <v>0</v>
       </c>
-      <c r="G19" s="130">
+      <c r="G19" s="129">
         <v>4</v>
       </c>
-      <c r="H19" s="130">
+      <c r="H19" s="129">
         <v>0</v>
       </c>
-      <c r="I19" s="130">
+      <c r="I19" s="129">
         <v>1</v>
       </c>
-      <c r="J19" s="130">
+      <c r="J19" s="129">
         <v>0</v>
       </c>
-      <c r="K19" s="130">
+      <c r="K19" s="129">
         <v>0</v>
       </c>
-      <c r="L19" s="130">
+      <c r="L19" s="129">
         <v>0</v>
       </c>
-      <c r="M19" s="130">
+      <c r="M19" s="129">
         <v>130</v>
       </c>
-      <c r="N19" s="129" t="s">
-[...4 lines deleted...]
-    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N19" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P19" s="136"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A20" s="15">
         <v>2023</v>
       </c>
       <c r="B20" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C20" s="128">
+        <v>66</v>
+      </c>
+      <c r="C20" s="127">
         <v>27</v>
       </c>
-      <c r="D20" s="128">
+      <c r="D20" s="127">
         <v>32</v>
       </c>
-      <c r="E20" s="128">
+      <c r="E20" s="127">
         <v>3</v>
       </c>
-      <c r="F20" s="128">
+      <c r="F20" s="127">
         <v>1</v>
       </c>
-      <c r="G20" s="128">
+      <c r="G20" s="127">
         <v>0</v>
       </c>
-      <c r="H20" s="128">
+      <c r="H20" s="127">
         <v>2</v>
       </c>
-      <c r="I20" s="128">
+      <c r="I20" s="127">
         <v>2</v>
       </c>
-      <c r="J20" s="128">
+      <c r="J20" s="127">
         <v>2</v>
       </c>
-      <c r="K20" s="128">
+      <c r="K20" s="127">
         <v>0</v>
       </c>
-      <c r="L20" s="128">
+      <c r="L20" s="127">
         <v>0</v>
       </c>
-      <c r="M20" s="128">
+      <c r="M20" s="127">
         <v>69</v>
       </c>
-      <c r="N20" s="129" t="s">
-[...4 lines deleted...]
-    <row r="21" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N20" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P20" s="136"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A21" s="15">
         <v>2024</v>
       </c>
       <c r="B21" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C21" s="130">
+        <v>63</v>
+      </c>
+      <c r="C21" s="129">
         <v>47</v>
       </c>
-      <c r="D21" s="130">
+      <c r="D21" s="129">
         <v>39</v>
       </c>
-      <c r="E21" s="130">
+      <c r="E21" s="129">
         <v>6</v>
       </c>
-      <c r="F21" s="130">
+      <c r="F21" s="129">
         <v>0</v>
       </c>
-      <c r="G21" s="130">
+      <c r="G21" s="129">
         <v>0</v>
       </c>
-      <c r="H21" s="130">
+      <c r="H21" s="129">
         <v>0</v>
       </c>
-      <c r="I21" s="130">
+      <c r="I21" s="129">
         <v>0</v>
       </c>
-      <c r="J21" s="130">
+      <c r="J21" s="129">
         <v>1</v>
       </c>
-      <c r="K21" s="130">
+      <c r="K21" s="129">
         <v>0</v>
       </c>
-      <c r="L21" s="130">
+      <c r="L21" s="129">
         <v>0</v>
       </c>
-      <c r="M21" s="130">
+      <c r="M21" s="129">
         <v>93</v>
       </c>
-      <c r="N21" s="129">
+      <c r="N21" s="128">
         <v>423</v>
       </c>
-      <c r="P21" s="137"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P21" s="136"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A22" s="15">
         <v>2024</v>
       </c>
       <c r="B22" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C22" s="128">
+        <v>64</v>
+      </c>
+      <c r="C22" s="127">
         <v>26</v>
       </c>
-      <c r="D22" s="128">
+      <c r="D22" s="127">
         <v>27</v>
       </c>
-      <c r="E22" s="128">
+      <c r="E22" s="127">
         <v>6</v>
       </c>
-      <c r="F22" s="128">
+      <c r="F22" s="127">
         <v>0</v>
       </c>
-      <c r="G22" s="128">
+      <c r="G22" s="127">
         <v>0</v>
       </c>
-      <c r="H22" s="128">
+      <c r="H22" s="127">
         <v>0</v>
       </c>
-      <c r="I22" s="128">
+      <c r="I22" s="127">
         <v>1</v>
       </c>
-      <c r="J22" s="128">
+      <c r="J22" s="127">
         <v>0</v>
       </c>
-      <c r="K22" s="128">
+      <c r="K22" s="127">
         <v>0</v>
       </c>
-      <c r="L22" s="128">
+      <c r="L22" s="127">
         <v>0</v>
       </c>
-      <c r="M22" s="128">
+      <c r="M22" s="127">
         <v>60</v>
       </c>
-      <c r="N22" s="134" t="s">
-[...4 lines deleted...]
-    <row r="23" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N22" s="133" t="s">
+        <v>199</v>
+      </c>
+      <c r="P22" s="136"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A23" s="15">
         <v>2024</v>
       </c>
       <c r="B23" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C23" s="130">
+        <v>65</v>
+      </c>
+      <c r="C23" s="129">
         <v>77</v>
       </c>
-      <c r="D23" s="130">
+      <c r="D23" s="129">
         <v>93</v>
       </c>
-      <c r="E23" s="130">
+      <c r="E23" s="129">
         <v>9</v>
       </c>
-      <c r="F23" s="130">
+      <c r="F23" s="129">
         <v>0</v>
       </c>
-      <c r="G23" s="130">
+      <c r="G23" s="129">
         <v>1</v>
       </c>
-      <c r="H23" s="130">
+      <c r="H23" s="129">
         <v>0</v>
       </c>
-      <c r="I23" s="130">
+      <c r="I23" s="129">
         <v>0</v>
       </c>
-      <c r="J23" s="130">
+      <c r="J23" s="129">
         <v>0</v>
       </c>
-      <c r="K23" s="130">
+      <c r="K23" s="129">
         <v>0</v>
       </c>
-      <c r="L23" s="130">
+      <c r="L23" s="129">
         <v>0</v>
       </c>
-      <c r="M23" s="130">
+      <c r="M23" s="129">
         <v>180</v>
       </c>
-      <c r="N23" s="134" t="s">
-[...4 lines deleted...]
-    <row r="24" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N23" s="133" t="s">
+        <v>199</v>
+      </c>
+      <c r="P23" s="136"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A24" s="15">
         <v>2024</v>
       </c>
       <c r="B24" s="21" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C24" s="128">
+        <v>66</v>
+      </c>
+      <c r="C24" s="127">
         <v>20</v>
       </c>
-      <c r="D24" s="128">
+      <c r="D24" s="127">
         <v>55</v>
       </c>
-      <c r="E24" s="128">
+      <c r="E24" s="127">
         <v>5</v>
       </c>
-      <c r="F24" s="128">
+      <c r="F24" s="127">
         <v>0</v>
       </c>
-      <c r="G24" s="128">
+      <c r="G24" s="127">
         <v>2</v>
       </c>
-      <c r="H24" s="128">
+      <c r="H24" s="127">
         <v>6</v>
       </c>
-      <c r="I24" s="128">
+      <c r="I24" s="127">
         <v>0</v>
       </c>
-      <c r="J24" s="128">
+      <c r="J24" s="127">
         <v>2</v>
       </c>
-      <c r="K24" s="128">
+      <c r="K24" s="127">
         <v>0</v>
       </c>
-      <c r="L24" s="128">
+      <c r="L24" s="127">
         <v>0</v>
       </c>
-      <c r="M24" s="128">
+      <c r="M24" s="127">
         <v>90</v>
       </c>
-      <c r="N24" s="134" t="s">
-[...4 lines deleted...]
-    <row r="25" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N24" s="133" t="s">
+        <v>199</v>
+      </c>
+      <c r="P24" s="136"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A25" s="15">
         <v>2025</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C25" s="130">
+        <v>63</v>
+      </c>
+      <c r="C25" s="129">
         <v>22</v>
       </c>
-      <c r="D25" s="130">
+      <c r="D25" s="129">
         <v>41</v>
       </c>
-      <c r="E25" s="130">
+      <c r="E25" s="129">
         <v>15</v>
       </c>
-      <c r="F25" s="130">
+      <c r="F25" s="129">
         <v>0</v>
       </c>
-      <c r="G25" s="131">
+      <c r="G25" s="130">
         <v>1</v>
       </c>
-      <c r="H25" s="131">
+      <c r="H25" s="130">
         <v>0</v>
       </c>
-      <c r="I25" s="131">
+      <c r="I25" s="130">
         <v>2</v>
       </c>
-      <c r="J25" s="131">
+      <c r="J25" s="130">
         <v>9</v>
       </c>
-      <c r="K25" s="131">
+      <c r="K25" s="130">
         <v>0</v>
       </c>
-      <c r="L25" s="131">
+      <c r="L25" s="130">
         <v>0</v>
       </c>
-      <c r="M25" s="131">
+      <c r="M25" s="130">
         <v>90</v>
       </c>
-      <c r="N25" s="129">
+      <c r="N25" s="128">
         <v>339</v>
       </c>
-      <c r="P25" s="137"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="P25" s="136"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A26" s="15">
         <v>2025</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C26" s="128">
+        <v>64</v>
+      </c>
+      <c r="C26" s="127">
         <v>36</v>
       </c>
-      <c r="D26" s="128">
+      <c r="D26" s="127">
         <v>57</v>
       </c>
-      <c r="E26" s="128">
+      <c r="E26" s="127">
         <v>4</v>
       </c>
-      <c r="F26" s="128">
+      <c r="F26" s="127">
         <v>2</v>
       </c>
-      <c r="G26" s="128">
+      <c r="G26" s="127">
         <v>0</v>
       </c>
-      <c r="H26" s="128">
+      <c r="H26" s="127">
         <v>0</v>
       </c>
-      <c r="I26" s="132">
+      <c r="I26" s="131">
         <v>0</v>
       </c>
-      <c r="J26" s="128">
+      <c r="J26" s="127">
         <v>0</v>
       </c>
-      <c r="K26" s="128">
+      <c r="K26" s="127">
         <v>0</v>
       </c>
-      <c r="L26" s="128">
+      <c r="L26" s="127">
         <v>0</v>
       </c>
-      <c r="M26" s="128">
+      <c r="M26" s="127">
         <v>99</v>
       </c>
-      <c r="N26" s="129" t="s">
-[...4 lines deleted...]
-    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N26" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" s="136"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A27" s="15">
         <v>2025</v>
       </c>
       <c r="B27" s="21" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C27" s="130">
+        <v>65</v>
+      </c>
+      <c r="C27" s="129">
         <v>60</v>
       </c>
-      <c r="D27" s="130">
+      <c r="D27" s="129">
         <v>86</v>
       </c>
-      <c r="E27" s="130">
+      <c r="E27" s="129">
         <v>0</v>
       </c>
-      <c r="F27" s="130">
+      <c r="F27" s="129">
         <v>0</v>
       </c>
-      <c r="G27" s="131">
+      <c r="G27" s="130">
         <v>4</v>
       </c>
-      <c r="H27" s="131">
+      <c r="H27" s="130">
         <v>0</v>
       </c>
-      <c r="I27" s="131">
+      <c r="I27" s="130">
         <v>0</v>
       </c>
-      <c r="J27" s="131">
+      <c r="J27" s="130">
         <v>0</v>
       </c>
-      <c r="K27" s="131">
+      <c r="K27" s="130">
         <v>0</v>
       </c>
-      <c r="L27" s="131">
+      <c r="L27" s="130">
         <v>0</v>
       </c>
-      <c r="M27" s="131">
+      <c r="M27" s="130">
         <v>150</v>
       </c>
-      <c r="N27" s="129" t="s">
-[...81 lines deleted...]
-      <c r="A55" s="144" t="s">
+      <c r="N27" s="128" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" s="136"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="H29" s="137"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="H30" s="137"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="H31" s="137"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="H32" s="137"/>
+    </row>
+    <row r="33" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="H33" s="137"/>
+    </row>
+    <row r="35" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="H35" s="136"/>
+    </row>
+    <row r="38" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="H38" s="137"/>
+    </row>
+    <row r="44" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A52" s="194" t="s">
+        <v>290</v>
+      </c>
+      <c r="B52" s="194"/>
+      <c r="C52" s="194"/>
+      <c r="D52" s="194"/>
+      <c r="E52" s="194"/>
+      <c r="F52" s="194"/>
+      <c r="G52" s="194"/>
+      <c r="H52" s="194"/>
+      <c r="I52" s="194"/>
+      <c r="J52" s="194"/>
+      <c r="K52" s="194"/>
+      <c r="L52" s="194"/>
+      <c r="M52" s="194"/>
+      <c r="N52" s="194"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A53" s="189" t="s">
+        <v>314</v>
+      </c>
+      <c r="B53" s="189"/>
+      <c r="C53" s="189"/>
+      <c r="D53" s="189"/>
+      <c r="E53" s="189"/>
+      <c r="F53" s="189"/>
+      <c r="G53" s="189"/>
+      <c r="H53" s="189"/>
+      <c r="I53" s="189"/>
+      <c r="J53" s="189"/>
+      <c r="K53" s="189"/>
+      <c r="L53" s="189"/>
+      <c r="M53" s="189"/>
+      <c r="N53" s="189"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A54" s="137"/>
+      <c r="B54" s="137"/>
+      <c r="C54" s="137"/>
+      <c r="D54" s="137"/>
+      <c r="E54" s="137"/>
+      <c r="F54" s="137"/>
+      <c r="G54" s="137"/>
+      <c r="H54" s="137"/>
+      <c r="I54" s="137"/>
+      <c r="J54" s="137"/>
+      <c r="K54" s="137"/>
+      <c r="L54" s="137"/>
+      <c r="M54" s="137"/>
+      <c r="N54" s="137"/>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A55" s="143" t="s">
         <v>5</v>
       </c>
-      <c r="B55" s="145"/>
-[...50 lines deleted...]
-    <row r="64" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B55" s="144"/>
+      <c r="C55" s="144"/>
+      <c r="D55" s="137"/>
+      <c r="E55" s="137"/>
+      <c r="F55" s="137"/>
+      <c r="G55" s="137"/>
+      <c r="H55" s="137"/>
+      <c r="I55" s="137"/>
+      <c r="J55" s="137"/>
+      <c r="K55" s="137"/>
+      <c r="L55" s="137"/>
+      <c r="M55" s="137"/>
+      <c r="N55" s="137"/>
+    </row>
+    <row r="56" spans="1:15" s="141" customFormat="1" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="196" t="s">
+        <v>315</v>
+      </c>
+      <c r="B56" s="196"/>
+      <c r="C56" s="196"/>
+      <c r="D56" s="196"/>
+      <c r="E56" s="196"/>
+      <c r="F56" s="196"/>
+      <c r="G56" s="145"/>
+      <c r="H56" s="145"/>
+      <c r="I56" s="145"/>
+      <c r="J56" s="145"/>
+      <c r="K56" s="145"/>
+      <c r="L56" s="145"/>
+      <c r="M56" s="145"/>
+      <c r="N56" s="145"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A57" s="195" t="s">
+        <v>316</v>
+      </c>
+      <c r="B57" s="195"/>
+      <c r="C57" s="195"/>
+      <c r="D57" s="195"/>
+      <c r="E57" s="195"/>
+      <c r="F57" s="195"/>
+      <c r="G57" s="140"/>
+      <c r="H57" s="140"/>
+      <c r="I57" s="140"/>
+      <c r="J57" s="140"/>
+      <c r="K57" s="140"/>
+      <c r="L57" s="140"/>
+      <c r="M57" s="140"/>
+      <c r="N57" s="140"/>
+      <c r="O57" s="137"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A64" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A53:N53"/>
     <mergeCell ref="A52:N52"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A56:F56"/>
     <mergeCell ref="A3:N3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C3E1A88-7E60-410C-81BD-98C84086C0FC}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D418A268-E712-4D4F-AEB1-19C25E5616D3}">
   <dimension ref="A1:M66"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.08984375" style="45" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.90625" style="45"/>
+    <col min="1" max="1" width="16.109375" style="45" customWidth="1"/>
+    <col min="2" max="2" width="17.5546875" style="45" customWidth="1"/>
+    <col min="3" max="3" width="26.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.44140625" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.5546875" style="45" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="37.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="61" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="J2" s="200"/>
+    <row r="2" spans="1:13" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="201" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" s="201"/>
+      <c r="C2" s="201"/>
+      <c r="D2" s="201"/>
+      <c r="E2" s="201"/>
+      <c r="F2" s="201"/>
+      <c r="G2" s="201"/>
+      <c r="H2" s="201"/>
+      <c r="I2" s="201"/>
+      <c r="J2" s="201"/>
     </row>
     <row r="3" spans="1:13" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...12 lines deleted...]
-    <row r="4" spans="1:13" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="202" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+      <c r="G3" s="202"/>
+      <c r="H3" s="202"/>
+      <c r="I3" s="202"/>
+      <c r="J3" s="202"/>
+    </row>
+    <row r="4" spans="1:13" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="36" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="37" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" s="47" t="s">
+        <v>70</v>
+      </c>
+      <c r="E4" s="37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" s="37" t="s">
         <v>69</v>
       </c>
-      <c r="D4" s="47" t="s">
+      <c r="G4" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="E4" s="37" t="s">
-[...8 lines deleted...]
-      <c r="H4" s="37" t="s">
+      <c r="I4" s="37" t="s">
         <v>72</v>
       </c>
-      <c r="I4" s="37" t="s">
+      <c r="J4" s="38" t="s">
         <v>73</v>
       </c>
-      <c r="J4" s="38" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:13" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:13" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B5" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C5" s="51">
         <v>2.7</v>
       </c>
       <c r="D5" s="51">
         <v>0.5</v>
       </c>
       <c r="E5" s="50">
         <v>2.5</v>
       </c>
       <c r="F5" s="50">
         <v>0</v>
       </c>
       <c r="G5" s="50">
         <v>0.5</v>
       </c>
       <c r="H5" s="50">
         <v>0</v>
       </c>
       <c r="I5" s="52">
         <v>6.3</v>
       </c>
       <c r="J5" s="52" t="s">
-        <v>200</v>
-[...4 lines deleted...]
-    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="L5" s="142"/>
+      <c r="M5" s="114"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A6" s="48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B6" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" s="53">
         <v>3.5</v>
       </c>
       <c r="D6" s="53">
         <v>0.5</v>
       </c>
       <c r="E6" s="50">
         <v>2.9</v>
       </c>
       <c r="F6" s="50">
         <v>0</v>
       </c>
       <c r="G6" s="50">
         <v>0.5</v>
       </c>
       <c r="H6" s="50">
         <v>0</v>
       </c>
       <c r="I6" s="52">
         <v>7.5</v>
       </c>
       <c r="J6" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M6" s="114"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A7" s="48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B7" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C7" s="51">
         <v>2.2999999999999998</v>
       </c>
       <c r="D7" s="51">
         <v>0.7</v>
       </c>
       <c r="E7" s="50">
         <v>2.9</v>
       </c>
       <c r="F7" s="50">
         <v>0</v>
       </c>
       <c r="G7" s="50">
         <v>0.5</v>
       </c>
       <c r="H7" s="50">
         <v>0</v>
       </c>
       <c r="I7" s="52">
         <v>6.4</v>
       </c>
       <c r="J7" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="8" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M7" s="114"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A8" s="48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B8" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" s="53">
         <v>3.5</v>
       </c>
       <c r="D8" s="53">
         <v>0.6</v>
       </c>
       <c r="E8" s="50">
         <v>3.2</v>
       </c>
       <c r="F8" s="50">
         <v>0.1</v>
       </c>
       <c r="G8" s="50">
         <v>0.5</v>
       </c>
       <c r="H8" s="50">
         <v>0</v>
       </c>
       <c r="I8" s="52">
         <v>7.9</v>
       </c>
       <c r="J8" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M8" s="114"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A9" s="48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B9" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="51">
         <v>3.3</v>
       </c>
       <c r="D9" s="51">
         <v>0.6</v>
       </c>
       <c r="E9" s="50">
         <v>3.4</v>
       </c>
       <c r="F9" s="50">
         <v>0</v>
       </c>
       <c r="G9" s="50">
         <v>0.5</v>
       </c>
       <c r="H9" s="50">
         <v>0</v>
       </c>
       <c r="I9" s="52">
         <v>7.8</v>
       </c>
       <c r="J9" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M9" s="114"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A10" s="48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B10" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="53">
         <v>4.5</v>
       </c>
       <c r="D10" s="53">
         <v>0.8</v>
       </c>
       <c r="E10" s="50">
         <v>3.6</v>
       </c>
       <c r="F10" s="50">
         <v>0.2</v>
       </c>
       <c r="G10" s="50">
         <v>0.6</v>
       </c>
       <c r="H10" s="50">
         <v>0</v>
       </c>
       <c r="I10" s="52">
         <v>9.6999999999999993</v>
       </c>
       <c r="J10" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M10" s="114"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A11" s="48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B11" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C11" s="51">
         <v>4.5</v>
       </c>
       <c r="D11" s="51">
         <v>1.5</v>
       </c>
       <c r="E11" s="50">
         <v>4.0999999999999996</v>
       </c>
       <c r="F11" s="50">
         <v>0.1</v>
       </c>
       <c r="G11" s="50">
         <v>0.6</v>
       </c>
       <c r="H11" s="50">
         <v>0</v>
       </c>
       <c r="I11" s="52">
         <v>10.9</v>
       </c>
       <c r="J11" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="12" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M11" s="114"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A12" s="48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B12" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C12" s="53">
         <v>4.3</v>
       </c>
       <c r="D12" s="53">
         <v>2.2000000000000002</v>
       </c>
       <c r="E12" s="50">
         <v>4.2</v>
       </c>
       <c r="F12" s="50">
         <v>0.1</v>
       </c>
       <c r="G12" s="50">
         <v>0.6</v>
       </c>
       <c r="H12" s="50">
         <v>0</v>
       </c>
       <c r="I12" s="52">
         <v>11.5</v>
       </c>
       <c r="J12" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="13" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M12" s="114"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A13" s="48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B13" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C13" s="51">
         <v>4.9000000000000004</v>
       </c>
       <c r="D13" s="51">
         <v>2.2000000000000002</v>
       </c>
       <c r="E13" s="50">
         <v>5</v>
       </c>
       <c r="F13" s="50">
         <v>0</v>
       </c>
       <c r="G13" s="50">
         <v>0.7</v>
       </c>
       <c r="H13" s="50">
         <v>0</v>
       </c>
       <c r="I13" s="52">
         <v>12.9</v>
       </c>
       <c r="J13" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="14" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M13" s="114"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A14" s="48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B14" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C14" s="53">
         <v>6.3</v>
       </c>
       <c r="D14" s="53">
         <v>2.7</v>
       </c>
       <c r="E14" s="50">
         <v>6.2</v>
       </c>
       <c r="F14" s="50">
         <v>0</v>
       </c>
       <c r="G14" s="50">
         <v>0.8</v>
       </c>
       <c r="H14" s="50">
         <v>0.1</v>
       </c>
       <c r="I14" s="52">
         <v>16.100000000000001</v>
       </c>
       <c r="J14" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M14" s="114"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A15" s="48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B15" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C15" s="51">
         <v>7.1</v>
       </c>
       <c r="D15" s="51">
         <v>4.2</v>
       </c>
       <c r="E15" s="50">
         <v>7</v>
       </c>
       <c r="F15" s="50">
         <v>0.3</v>
       </c>
       <c r="G15" s="50">
         <v>0.8</v>
       </c>
       <c r="H15" s="50">
         <v>0.2</v>
       </c>
       <c r="I15" s="52">
         <v>19.7</v>
       </c>
       <c r="J15" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="16" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M15" s="114"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A16" s="48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B16" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C16" s="53">
         <v>7.6</v>
       </c>
       <c r="D16" s="53">
         <v>5.4</v>
       </c>
       <c r="E16" s="50">
         <v>8.3000000000000007</v>
       </c>
       <c r="F16" s="50">
         <v>0.2</v>
       </c>
       <c r="G16" s="50">
         <v>0.9</v>
       </c>
       <c r="H16" s="50">
         <v>0.2</v>
       </c>
       <c r="I16" s="52">
         <v>22.7</v>
       </c>
       <c r="J16" s="52" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-    <row r="17" spans="1:13" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+      <c r="M16" s="114"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A17" s="48" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B17" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C17" s="51">
         <v>6.8</v>
       </c>
       <c r="D17" s="51">
         <v>6.1</v>
       </c>
       <c r="E17" s="50">
         <v>9.6</v>
       </c>
       <c r="F17" s="50">
         <v>0.2</v>
       </c>
       <c r="G17" s="50">
         <v>0.9</v>
       </c>
       <c r="H17" s="50">
         <v>0.2</v>
       </c>
       <c r="I17" s="52">
         <v>23.8</v>
       </c>
       <c r="J17" s="52">
         <v>0.2</v>
       </c>
-      <c r="M17" s="115"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M17" s="114"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A18" s="48" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B18" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C18" s="53">
         <v>7.6</v>
       </c>
       <c r="D18" s="53">
         <v>7</v>
       </c>
       <c r="E18" s="50">
         <v>11.6</v>
       </c>
       <c r="F18" s="50">
         <v>0.2</v>
       </c>
       <c r="G18" s="50">
         <v>1</v>
       </c>
       <c r="H18" s="50">
         <v>0.3</v>
       </c>
       <c r="I18" s="52">
         <v>27.6</v>
       </c>
       <c r="J18" s="52">
         <v>0.4</v>
       </c>
-      <c r="M18" s="115"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M18" s="114"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A19" s="48" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B19" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C19" s="51">
         <v>8.6999999999999993</v>
       </c>
       <c r="D19" s="51">
         <v>6.8</v>
       </c>
       <c r="E19" s="50">
         <v>15</v>
       </c>
       <c r="F19" s="50">
         <v>1.6</v>
       </c>
       <c r="G19" s="50">
         <v>1.1000000000000001</v>
       </c>
       <c r="H19" s="50">
         <v>0.3</v>
       </c>
       <c r="I19" s="52">
         <v>33.5</v>
       </c>
       <c r="J19" s="52">
         <v>1.2</v>
       </c>
-      <c r="M19" s="115"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M19" s="114"/>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A20" s="48" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B20" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C20" s="53">
         <v>8.8000000000000007</v>
       </c>
       <c r="D20" s="53">
         <v>7.5</v>
       </c>
       <c r="E20" s="50">
         <v>17.5</v>
       </c>
       <c r="F20" s="50">
         <v>0.8</v>
       </c>
       <c r="G20" s="50">
         <v>1.3</v>
       </c>
       <c r="H20" s="50">
         <v>0.3</v>
       </c>
       <c r="I20" s="52">
         <v>36.200000000000003</v>
       </c>
       <c r="J20" s="52">
         <v>1.7</v>
       </c>
-      <c r="M20" s="115"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M20" s="114"/>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A21" s="48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B21" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C21" s="51">
         <v>9.3000000000000007</v>
       </c>
       <c r="D21" s="51">
         <v>7.9</v>
       </c>
       <c r="E21" s="50">
         <v>18.8</v>
       </c>
       <c r="F21" s="50">
         <v>0.8</v>
       </c>
       <c r="G21" s="50">
         <v>1.4</v>
       </c>
       <c r="H21" s="50">
         <v>0.3</v>
       </c>
       <c r="I21" s="52">
         <v>38.6</v>
       </c>
       <c r="J21" s="52">
         <v>1.9</v>
       </c>
-      <c r="M21" s="115"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M21" s="114"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A22" s="48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B22" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C22" s="53">
         <v>9</v>
       </c>
       <c r="D22" s="53">
         <v>8</v>
       </c>
       <c r="E22" s="50">
         <v>21.7</v>
       </c>
       <c r="F22" s="50">
         <v>1</v>
       </c>
       <c r="G22" s="50">
         <v>1.4</v>
       </c>
       <c r="H22" s="50">
         <v>0.3</v>
       </c>
       <c r="I22" s="52">
         <v>41.3</v>
       </c>
       <c r="J22" s="52">
         <v>2.6</v>
       </c>
-      <c r="M22" s="115"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M22" s="114"/>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A23" s="48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B23" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C23" s="51">
         <v>8.1</v>
       </c>
       <c r="D23" s="51">
         <v>7.5</v>
       </c>
       <c r="E23" s="50">
         <v>25.9</v>
       </c>
       <c r="F23" s="50">
         <v>1.5</v>
       </c>
       <c r="G23" s="50">
         <v>1.6</v>
       </c>
       <c r="H23" s="50">
         <v>0.4</v>
       </c>
       <c r="I23" s="52">
         <v>45</v>
       </c>
       <c r="J23" s="52">
         <v>3.6</v>
       </c>
-      <c r="M23" s="115"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M23" s="114"/>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A24" s="48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B24" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C24" s="53">
         <v>8.5</v>
       </c>
       <c r="D24" s="53">
         <v>10</v>
       </c>
       <c r="E24" s="50">
         <v>28.5</v>
       </c>
       <c r="F24" s="50">
         <v>0.8</v>
       </c>
       <c r="G24" s="50">
         <v>1.7</v>
       </c>
       <c r="H24" s="50">
         <v>0.4</v>
       </c>
       <c r="I24" s="52">
         <v>49.9</v>
       </c>
       <c r="J24" s="52">
         <v>3.9</v>
       </c>
-      <c r="M24" s="115"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M24" s="114"/>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A25" s="48" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B25" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C25" s="51">
         <v>8.4</v>
       </c>
       <c r="D25" s="51">
         <v>8.1</v>
       </c>
       <c r="E25" s="50">
         <v>26.1</v>
       </c>
       <c r="F25" s="50">
         <v>1.3</v>
       </c>
       <c r="G25" s="50">
         <v>1.8</v>
       </c>
       <c r="H25" s="50">
         <v>0.4</v>
       </c>
       <c r="I25" s="52">
         <v>46</v>
       </c>
       <c r="J25" s="52">
         <v>4.2</v>
       </c>
-      <c r="M25" s="115"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M25" s="114"/>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A26" s="48" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B26" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="53">
         <v>9.1999999999999993</v>
       </c>
       <c r="D26" s="53">
         <v>10.199999999999999</v>
       </c>
       <c r="E26" s="50">
         <v>29.2</v>
       </c>
       <c r="F26" s="50">
         <v>0.6</v>
       </c>
       <c r="G26" s="50">
         <v>1.8</v>
       </c>
       <c r="H26" s="50">
         <v>0.6</v>
       </c>
       <c r="I26" s="52">
         <v>51.7</v>
       </c>
       <c r="J26" s="52">
         <v>4.3</v>
       </c>
-      <c r="M26" s="115"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="M26" s="114"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A27" s="48">
         <v>2025</v>
       </c>
       <c r="B27" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C27" s="53">
         <v>9.6</v>
       </c>
       <c r="D27" s="53">
         <v>10.8</v>
       </c>
       <c r="E27" s="50">
         <v>33</v>
       </c>
       <c r="F27" s="50">
         <v>0.9</v>
       </c>
       <c r="G27" s="50">
         <v>1.8</v>
       </c>
       <c r="H27" s="50">
         <v>0.7</v>
       </c>
       <c r="I27" s="52">
         <v>56.8</v>
       </c>
       <c r="J27" s="52">
         <v>4.4000000000000004</v>
       </c>
-      <c r="M27" s="115"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="M27" s="114"/>
+    </row>
+    <row r="28" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="54" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B28" s="55"/>
       <c r="C28" s="56">
         <v>218</v>
       </c>
       <c r="D28" s="56">
         <v>68</v>
       </c>
       <c r="E28" s="56">
         <v>93</v>
       </c>
       <c r="F28" s="56">
         <v>15</v>
       </c>
       <c r="G28" s="56">
         <v>41</v>
       </c>
       <c r="H28" s="56">
         <v>49</v>
       </c>
       <c r="I28" s="57" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J28" s="52" t="s">
-        <v>200</v>
-[...36 lines deleted...]
-    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="H31" s="137"/>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A53" s="203" t="s">
+        <v>67</v>
+      </c>
+      <c r="B53" s="203"/>
+      <c r="C53" s="203"/>
+      <c r="D53" s="203"/>
+      <c r="E53" s="203"/>
+      <c r="F53" s="203"/>
+      <c r="G53" s="203"/>
+      <c r="H53" s="203"/>
+      <c r="I53" s="203"/>
+      <c r="J53" s="203"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A54" s="204" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" s="204"/>
+      <c r="C54" s="204"/>
+      <c r="D54" s="204"/>
+      <c r="E54" s="204"/>
+      <c r="F54" s="204"/>
+      <c r="G54" s="204"/>
+      <c r="H54" s="204"/>
+      <c r="I54" s="204"/>
+      <c r="J54" s="204"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A55" s="58"/>
       <c r="B55" s="58"/>
       <c r="C55" s="58"/>
       <c r="D55" s="58"/>
       <c r="E55" s="58"/>
       <c r="F55" s="58"/>
       <c r="G55" s="58"/>
       <c r="H55" s="58"/>
       <c r="I55" s="58"/>
       <c r="J55" s="58"/>
     </row>
-    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A56" s="202" t="s">
+    <row r="56" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A56" s="203" t="s">
         <v>5</v>
       </c>
-      <c r="B56" s="202"/>
-[...50 lines deleted...]
-      <c r="A60" s="196" t="s">
+      <c r="B56" s="203"/>
+      <c r="C56" s="203"/>
+      <c r="D56" s="203"/>
+      <c r="E56" s="203"/>
+      <c r="F56" s="203"/>
+      <c r="G56" s="203"/>
+      <c r="H56" s="203"/>
+      <c r="I56" s="203"/>
+      <c r="J56" s="203"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A57" s="200" t="s">
+        <v>353</v>
+      </c>
+      <c r="B57" s="200"/>
+      <c r="C57" s="200"/>
+      <c r="D57" s="200"/>
+      <c r="E57" s="200"/>
+      <c r="F57" s="200"/>
+      <c r="G57" s="200"/>
+      <c r="H57" s="200"/>
+      <c r="I57" s="200"/>
+      <c r="J57" s="200"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A58" s="200"/>
+      <c r="B58" s="200"/>
+      <c r="C58" s="200"/>
+      <c r="D58" s="200"/>
+      <c r="E58" s="200"/>
+      <c r="F58" s="200"/>
+      <c r="G58" s="200"/>
+      <c r="H58" s="200"/>
+      <c r="I58" s="200"/>
+      <c r="J58" s="200"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A59" s="199" t="s">
+        <v>74</v>
+      </c>
+      <c r="B59" s="199"/>
+      <c r="C59" s="199"/>
+      <c r="D59" s="199"/>
+      <c r="E59" s="199"/>
+      <c r="F59" s="199"/>
+      <c r="G59" s="199"/>
+      <c r="H59" s="199"/>
+      <c r="I59" s="199"/>
+      <c r="J59" s="199"/>
+    </row>
+    <row r="60" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="197" t="s">
+        <v>192</v>
+      </c>
+      <c r="B60" s="197"/>
+      <c r="C60" s="197"/>
+      <c r="D60" s="197"/>
+      <c r="E60" s="197"/>
+      <c r="F60" s="197"/>
+      <c r="G60" s="197"/>
+      <c r="H60" s="197"/>
+      <c r="I60" s="197"/>
+      <c r="J60" s="197"/>
+    </row>
+    <row r="61" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="197" t="s">
         <v>193</v>
       </c>
-      <c r="B60" s="196"/>
-[...10 lines deleted...]
-      <c r="A61" s="196" t="s">
+      <c r="B61" s="197"/>
+      <c r="C61" s="197"/>
+      <c r="D61" s="197"/>
+      <c r="E61" s="197"/>
+      <c r="F61" s="197"/>
+      <c r="G61" s="197"/>
+      <c r="H61" s="197"/>
+      <c r="I61" s="197"/>
+      <c r="J61" s="197"/>
+    </row>
+    <row r="62" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="197" t="s">
         <v>194</v>
       </c>
-      <c r="B61" s="196"/>
-[...10 lines deleted...]
-      <c r="A62" s="196" t="s">
+      <c r="B62" s="197"/>
+      <c r="C62" s="197"/>
+      <c r="D62" s="197"/>
+      <c r="E62" s="197"/>
+      <c r="F62" s="197"/>
+      <c r="G62" s="197"/>
+      <c r="H62" s="197"/>
+      <c r="I62" s="197"/>
+      <c r="J62" s="197"/>
+    </row>
+    <row r="63" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="197" t="s">
         <v>195</v>
       </c>
-      <c r="B62" s="196"/>
-[...10 lines deleted...]
-      <c r="A63" s="196" t="s">
+      <c r="B63" s="197"/>
+      <c r="C63" s="197"/>
+      <c r="D63" s="197"/>
+      <c r="E63" s="197"/>
+      <c r="F63" s="197"/>
+      <c r="G63" s="197"/>
+      <c r="H63" s="197"/>
+      <c r="I63" s="197"/>
+      <c r="J63" s="197"/>
+    </row>
+    <row r="64" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="197" t="s">
         <v>196</v>
       </c>
-      <c r="B63" s="196"/>
-[...10 lines deleted...]
-      <c r="A64" s="196" t="s">
+      <c r="B64" s="197"/>
+      <c r="C64" s="197"/>
+      <c r="D64" s="197"/>
+      <c r="E64" s="197"/>
+      <c r="F64" s="197"/>
+      <c r="G64" s="197"/>
+      <c r="H64" s="197"/>
+      <c r="I64" s="197"/>
+      <c r="J64" s="197"/>
+    </row>
+    <row r="65" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="197" t="s">
         <v>197</v>
       </c>
-      <c r="B64" s="196"/>
-[...10 lines deleted...]
-      <c r="A65" s="196" t="s">
+      <c r="B65" s="197"/>
+      <c r="C65" s="197"/>
+      <c r="D65" s="197"/>
+      <c r="E65" s="197"/>
+      <c r="F65" s="197"/>
+      <c r="G65" s="197"/>
+      <c r="H65" s="197"/>
+      <c r="I65" s="197"/>
+      <c r="J65" s="197"/>
+    </row>
+    <row r="66" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="198" t="s">
         <v>198</v>
       </c>
-      <c r="B65" s="196"/>
-[...21 lines deleted...]
-      <c r="J66" s="197"/>
+      <c r="B66" s="198"/>
+      <c r="C66" s="198"/>
+      <c r="D66" s="198"/>
+      <c r="E66" s="198"/>
+      <c r="F66" s="198"/>
+      <c r="G66" s="198"/>
+      <c r="H66" s="198"/>
+      <c r="I66" s="198"/>
+      <c r="J66" s="198"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A57:J58"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A53:J53"/>
     <mergeCell ref="A54:J54"/>
     <mergeCell ref="A56:J56"/>
     <mergeCell ref="A65:J65"/>
     <mergeCell ref="A66:J66"/>
     <mergeCell ref="A59:J59"/>
     <mergeCell ref="A60:J60"/>
     <mergeCell ref="A61:J61"/>
     <mergeCell ref="A62:J62"/>
     <mergeCell ref="A63:J63"/>
     <mergeCell ref="A64:J64"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{5336120A-6C72-483C-B7BE-4C797323A28D}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C30D44A-43A0-4732-8B7F-422EB2A13911}">
   <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.08984375" style="45" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="26.81640625" style="45" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.109375" style="45" customWidth="1"/>
+    <col min="2" max="2" width="17.5546875" style="45" customWidth="1"/>
+    <col min="3" max="3" width="17.109375" style="45" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.88671875" style="45" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" style="45" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="21.90625" style="45" bestFit="1" customWidth="1"/>
-    <col min="8" max="16384" width="8.90625" style="45"/>
+    <col min="7" max="7" width="21.88671875" style="45" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="45"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="61" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:9" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G2" s="200"/>
+    <row r="2" spans="1:9" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="B2" s="201"/>
+      <c r="C2" s="201"/>
+      <c r="D2" s="201"/>
+      <c r="E2" s="201"/>
+      <c r="F2" s="201"/>
+      <c r="G2" s="201"/>
     </row>
     <row r="3" spans="1:9" s="46" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="201" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:9" ht="20" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="202" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="202"/>
+      <c r="C3" s="202"/>
+      <c r="D3" s="202"/>
+      <c r="E3" s="202"/>
+      <c r="F3" s="202"/>
+      <c r="G3" s="202"/>
+    </row>
+    <row r="4" spans="1:9" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="36" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="37" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="37" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D4" s="37" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E4" s="37" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="F4" s="37" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="G4" s="37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="48" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B5" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C5" s="51">
         <v>6.5</v>
       </c>
       <c r="D5" s="51">
         <v>0.2</v>
       </c>
       <c r="E5" s="50">
         <v>0.1</v>
       </c>
       <c r="F5" s="50">
         <v>0</v>
       </c>
       <c r="G5" s="52">
         <v>6.9</v>
       </c>
-      <c r="I5" s="147"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I5" s="146"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" s="48" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B6" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" s="53">
         <v>6.6</v>
       </c>
       <c r="D6" s="53">
         <v>0.2</v>
       </c>
       <c r="E6" s="50">
         <v>0.1</v>
       </c>
       <c r="F6" s="50">
         <v>0</v>
       </c>
       <c r="G6" s="52">
         <v>6.9</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="48">
         <v>2025</v>
       </c>
       <c r="B7" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C7" s="53">
         <v>6.5</v>
       </c>
       <c r="D7" s="53">
         <v>0.2</v>
       </c>
       <c r="E7" s="50">
         <v>0.2</v>
       </c>
       <c r="F7" s="50" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="G7" s="52">
         <v>6.9</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>311</v>
+    <row r="8" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="138" t="s">
+        <v>307</v>
       </c>
       <c r="B8" s="55"/>
       <c r="C8">
         <v>57</v>
       </c>
       <c r="D8">
         <v>3</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" s="57">
         <v>66</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
-[...30 lines deleted...]
-    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G12" s="137"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G13" s="146"/>
+    </row>
+    <row r="31" spans="7:7" x14ac:dyDescent="0.3">
+      <c r="G31" s="146"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A33" s="203" t="s">
+        <v>294</v>
+      </c>
+      <c r="B33" s="203"/>
+      <c r="C33" s="203"/>
+      <c r="D33" s="203"/>
+      <c r="E33" s="203"/>
+      <c r="F33" s="203"/>
+      <c r="G33" s="203"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A34" s="204" t="s">
+        <v>295</v>
+      </c>
+      <c r="B34" s="204"/>
+      <c r="C34" s="204"/>
+      <c r="D34" s="204"/>
+      <c r="E34" s="204"/>
+      <c r="F34" s="204"/>
+      <c r="G34" s="204"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A35" s="58"/>
       <c r="B35" s="58"/>
       <c r="C35" s="58"/>
       <c r="D35" s="58"/>
       <c r="E35" s="58"/>
       <c r="F35" s="58"/>
       <c r="G35" s="58"/>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A36" s="202" t="s">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A36" s="203" t="s">
         <v>5</v>
       </c>
-      <c r="B36" s="202"/>
-[...82 lines deleted...]
-      <c r="B44" s="176"/>
+      <c r="B36" s="203"/>
+      <c r="C36" s="203"/>
+      <c r="D36" s="203"/>
+      <c r="E36" s="203"/>
+      <c r="F36" s="203"/>
+      <c r="G36" s="203"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A37" s="200" t="s">
+        <v>296</v>
+      </c>
+      <c r="B37" s="200"/>
+      <c r="C37" s="200"/>
+      <c r="D37" s="200"/>
+      <c r="E37" s="200"/>
+      <c r="F37" s="200"/>
+      <c r="G37" s="200"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A38" s="200"/>
+      <c r="B38" s="200"/>
+      <c r="C38" s="200"/>
+      <c r="D38" s="200"/>
+      <c r="E38" s="200"/>
+      <c r="F38" s="200"/>
+      <c r="G38" s="200"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A39" s="199" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" s="199"/>
+      <c r="C39" s="199"/>
+      <c r="D39" s="199"/>
+      <c r="E39" s="199"/>
+      <c r="F39" s="199"/>
+      <c r="G39" s="199"/>
+    </row>
+    <row r="40" spans="1:7" ht="56.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="197" t="s">
+        <v>297</v>
+      </c>
+      <c r="B40" s="197"/>
+      <c r="C40" s="197"/>
+      <c r="D40" s="197"/>
+      <c r="E40" s="197"/>
+      <c r="F40" s="197"/>
+      <c r="G40" s="197"/>
+    </row>
+    <row r="41" spans="1:7" ht="45.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="197" t="s">
+        <v>298</v>
+      </c>
+      <c r="B41" s="197"/>
+      <c r="C41" s="197"/>
+      <c r="D41" s="197"/>
+      <c r="E41" s="197"/>
+      <c r="F41" s="197"/>
+      <c r="G41" s="197"/>
+    </row>
+    <row r="42" spans="1:7" ht="45.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="197" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" s="197"/>
+      <c r="C42" s="197"/>
+      <c r="D42" s="197"/>
+      <c r="E42" s="197"/>
+      <c r="F42" s="197"/>
+      <c r="G42" s="197"/>
+    </row>
+    <row r="43" spans="1:7" ht="45.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="197" t="s">
+        <v>352</v>
+      </c>
+      <c r="B43" s="197"/>
+      <c r="C43" s="197"/>
+      <c r="D43" s="197"/>
+      <c r="E43" s="197"/>
+      <c r="F43" s="197"/>
+      <c r="G43" s="197"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B44" s="175"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A39:G39"/>
     <mergeCell ref="A40:G40"/>
     <mergeCell ref="A41:G41"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="A43:G43"/>
     <mergeCell ref="A37:G38"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A36:G36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{BB2CECE3-189B-48E4-98B6-679B9A3131BB}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC417C18-47EB-4D31-9AA8-DD96094A4CD2}">
   <dimension ref="A1:I63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="12.453125" style="1"/>
+    <col min="1" max="2" width="14.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="32.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="37.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="12.44140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="23.5" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="G2" s="204"/>
+    <row r="2" spans="1:7" ht="23.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>300</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="205"/>
+      <c r="G2" s="205"/>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:7" ht="20" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+    </row>
+    <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="67" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="68" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="37" t="s">
+        <v>201</v>
+      </c>
+      <c r="D4" s="37" t="s">
         <v>202</v>
       </c>
-      <c r="D4" s="37" t="s">
+      <c r="E4" s="37" t="s">
         <v>203</v>
       </c>
-      <c r="E4" s="37" t="s">
+      <c r="F4" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="G4" s="37" t="s">
         <v>204</v>
       </c>
-      <c r="F4" s="37" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="37" t="s">
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="147">
+        <v>80712</v>
+      </c>
+      <c r="D5" s="147">
+        <v>0</v>
+      </c>
+      <c r="E5" s="147">
+        <v>34131</v>
+      </c>
+      <c r="F5" s="152">
+        <v>114843</v>
+      </c>
+      <c r="G5" s="149">
+        <v>840957</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B6" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="148">
+        <v>70048</v>
+      </c>
+      <c r="D6" s="148">
+        <v>14343</v>
+      </c>
+      <c r="E6" s="148">
+        <v>121628</v>
+      </c>
+      <c r="F6" s="152">
+        <v>206019</v>
+      </c>
+      <c r="G6" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="147">
+        <v>183220</v>
+      </c>
+      <c r="D7" s="147">
+        <v>0</v>
+      </c>
+      <c r="E7" s="147">
+        <v>32800</v>
+      </c>
+      <c r="F7" s="152">
+        <v>216020</v>
+      </c>
+      <c r="G7" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B8" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="148">
+        <v>158832</v>
+      </c>
+      <c r="D8" s="148">
+        <v>65668</v>
+      </c>
+      <c r="E8" s="148">
+        <v>79575</v>
+      </c>
+      <c r="F8" s="152">
+        <v>304075</v>
+      </c>
+      <c r="G8" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="147">
+        <v>162555</v>
+      </c>
+      <c r="D9" s="147">
+        <v>0</v>
+      </c>
+      <c r="E9" s="147">
+        <v>11934</v>
+      </c>
+      <c r="F9" s="152">
+        <v>174489</v>
+      </c>
+      <c r="G9" s="151">
+        <v>950168</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="148">
+        <v>199107</v>
+      </c>
+      <c r="D10" s="148">
+        <v>9973</v>
+      </c>
+      <c r="E10" s="148">
+        <v>17880</v>
+      </c>
+      <c r="F10" s="152">
+        <v>226960</v>
+      </c>
+      <c r="G10" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="147">
+        <v>132698</v>
+      </c>
+      <c r="D11" s="147">
+        <v>50446</v>
+      </c>
+      <c r="E11" s="147">
+        <v>37214</v>
+      </c>
+      <c r="F11" s="152">
+        <v>220358</v>
+      </c>
+      <c r="G11" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="148">
+        <v>313712</v>
+      </c>
+      <c r="D12" s="148">
+        <v>3734</v>
+      </c>
+      <c r="E12" s="148">
+        <v>10915</v>
+      </c>
+      <c r="F12" s="152">
+        <v>328361</v>
+      </c>
+      <c r="G12" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="123" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="147">
+        <v>187877</v>
+      </c>
+      <c r="D13" s="147">
+        <v>85925</v>
+      </c>
+      <c r="E13" s="147">
+        <v>8976</v>
+      </c>
+      <c r="F13" s="152">
+        <v>282778</v>
+      </c>
+      <c r="G13" s="151">
+        <v>1479281</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="148">
+        <v>286903</v>
+      </c>
+      <c r="D14" s="148">
+        <v>117670</v>
+      </c>
+      <c r="E14" s="148">
+        <v>36804</v>
+      </c>
+      <c r="F14" s="152">
+        <v>441377</v>
+      </c>
+      <c r="G14" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="147">
+        <v>186231</v>
+      </c>
+      <c r="D15" s="147">
+        <v>288987</v>
+      </c>
+      <c r="E15" s="147">
+        <v>1687</v>
+      </c>
+      <c r="F15" s="152">
+        <v>476905</v>
+      </c>
+      <c r="G15" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="148">
+        <v>204388</v>
+      </c>
+      <c r="D16" s="148">
+        <v>17240</v>
+      </c>
+      <c r="E16" s="148">
+        <v>56593</v>
+      </c>
+      <c r="F16" s="152">
+        <v>278221</v>
+      </c>
+      <c r="G16" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="147">
+        <v>200814</v>
+      </c>
+      <c r="D17" s="147">
+        <v>0</v>
+      </c>
+      <c r="E17" s="147">
+        <v>11128</v>
+      </c>
+      <c r="F17" s="152">
+        <v>211942</v>
+      </c>
+      <c r="G17" s="151">
+        <v>1734782</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="148">
+        <v>328476</v>
+      </c>
+      <c r="D18" s="148">
+        <v>0</v>
+      </c>
+      <c r="E18" s="148">
+        <v>14488</v>
+      </c>
+      <c r="F18" s="152">
+        <v>342964</v>
+      </c>
+      <c r="G18" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="147">
+        <v>288627</v>
+      </c>
+      <c r="D19" s="147">
+        <v>55093</v>
+      </c>
+      <c r="E19" s="147">
+        <v>43043</v>
+      </c>
+      <c r="F19" s="152">
+        <v>386763</v>
+      </c>
+      <c r="G19" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="148">
+        <v>347152</v>
+      </c>
+      <c r="D20" s="148">
+        <v>421498</v>
+      </c>
+      <c r="E20" s="148">
+        <v>24463</v>
+      </c>
+      <c r="F20" s="152">
+        <v>793113</v>
+      </c>
+      <c r="G20" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="147">
+        <v>193546</v>
+      </c>
+      <c r="D21" s="147">
+        <v>90000</v>
+      </c>
+      <c r="E21" s="147">
+        <v>5599</v>
+      </c>
+      <c r="F21" s="152">
+        <v>289145</v>
+      </c>
+      <c r="G21" s="151">
+        <v>1327367</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="148">
+        <v>266267</v>
+      </c>
+      <c r="D22" s="148">
+        <v>114804</v>
+      </c>
+      <c r="E22" s="148">
+        <v>34578</v>
+      </c>
+      <c r="F22" s="152">
+        <v>415649</v>
+      </c>
+      <c r="G22" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="147">
+        <v>251453</v>
+      </c>
+      <c r="D23" s="147">
+        <v>29000</v>
+      </c>
+      <c r="E23" s="147">
+        <v>15248</v>
+      </c>
+      <c r="F23" s="152">
+        <v>295701</v>
+      </c>
+      <c r="G23" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="148">
+        <v>311283</v>
+      </c>
+      <c r="D24" s="148">
+        <v>0</v>
+      </c>
+      <c r="E24" s="148">
+        <v>15589</v>
+      </c>
+      <c r="F24" s="152">
+        <v>326872</v>
+      </c>
+      <c r="G24" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="147">
+        <v>154731</v>
+      </c>
+      <c r="D25" s="147">
+        <v>6335</v>
+      </c>
+      <c r="E25" s="147">
+        <v>15126</v>
+      </c>
+      <c r="F25" s="152">
+        <v>176192</v>
+      </c>
+      <c r="G25" s="150">
+        <v>847708</v>
+      </c>
+      <c r="I25" s="63"/>
+    </row>
+    <row r="26" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="148">
+        <v>403148</v>
+      </c>
+      <c r="D26" s="148">
+        <v>102063</v>
+      </c>
+      <c r="E26" s="148">
+        <v>2246</v>
+      </c>
+      <c r="F26" s="152">
+        <v>507457</v>
+      </c>
+      <c r="G26" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="124" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" s="125" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="147">
+        <v>157491</v>
+      </c>
+      <c r="D27" s="147">
+        <v>100</v>
+      </c>
+      <c r="E27" s="147">
+        <v>6468</v>
+      </c>
+      <c r="F27" s="153">
+        <v>164059</v>
+      </c>
+      <c r="G27" s="150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F30" s="137"/>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="54" spans="1:6" s="66" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="208" t="s">
+        <v>85</v>
+      </c>
+      <c r="B54" s="208"/>
+      <c r="C54" s="208"/>
+      <c r="D54" s="208"/>
+      <c r="E54" s="208"/>
+      <c r="F54" s="208"/>
+    </row>
+    <row r="55" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="209" t="s">
         <v>205</v>
       </c>
-    </row>
-[...556 lines deleted...]
-    <row r="56" spans="1:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B55" s="209"/>
+      <c r="C55" s="209"/>
+      <c r="D55" s="209"/>
+      <c r="E55" s="209"/>
+      <c r="F55" s="209"/>
+    </row>
+    <row r="56" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A56" s="22"/>
       <c r="B56" s="22"/>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
     </row>
-    <row r="57" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A57" s="207" t="s">
+    <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="208" t="s">
         <v>5</v>
       </c>
-      <c r="B57" s="207"/>
-[...15 lines deleted...]
-    <row r="59" spans="1:6" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="B57" s="208"/>
+      <c r="C57" s="208"/>
+      <c r="D57" s="208"/>
+      <c r="E57" s="208"/>
+      <c r="F57" s="208"/>
+    </row>
+    <row r="58" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="210" t="s">
+        <v>342</v>
+      </c>
+      <c r="B58" s="210"/>
+      <c r="C58" s="210"/>
+      <c r="D58" s="210"/>
+      <c r="E58" s="210"/>
+      <c r="F58" s="210"/>
+    </row>
+    <row r="59" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A59" s="65"/>
       <c r="B59" s="65"/>
       <c r="C59" s="65"/>
       <c r="D59" s="65"/>
       <c r="E59" s="65"/>
       <c r="F59" s="65"/>
     </row>
-    <row r="60" spans="1:6" ht="14.5" x14ac:dyDescent="0.3">
-      <c r="A60" s="205" t="s">
+    <row r="60" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="206" t="s">
+        <v>206</v>
+      </c>
+      <c r="B60" s="206"/>
+      <c r="C60" s="206"/>
+      <c r="D60" s="206"/>
+      <c r="E60" s="206"/>
+      <c r="F60" s="206"/>
+    </row>
+    <row r="61" spans="1:6" ht="41.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="207" t="s">
         <v>207</v>
       </c>
-      <c r="B60" s="205"/>
-[...6 lines deleted...]
-      <c r="A61" s="206" t="s">
+      <c r="B61" s="207"/>
+      <c r="C61" s="207"/>
+      <c r="D61" s="207"/>
+      <c r="E61" s="207"/>
+      <c r="F61" s="207"/>
+    </row>
+    <row r="62" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="207" t="s">
         <v>208</v>
       </c>
-      <c r="B61" s="206"/>
-[...6 lines deleted...]
-      <c r="A62" s="206" t="s">
+      <c r="B62" s="207"/>
+      <c r="C62" s="207"/>
+      <c r="D62" s="207"/>
+      <c r="E62" s="207"/>
+      <c r="F62" s="207"/>
+    </row>
+    <row r="63" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="207" t="s">
         <v>209</v>
       </c>
-      <c r="B62" s="206"/>
-[...13 lines deleted...]
-      <c r="F63" s="206"/>
+      <c r="B63" s="207"/>
+      <c r="C63" s="207"/>
+      <c r="D63" s="207"/>
+      <c r="E63" s="207"/>
+      <c r="F63" s="207"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="A61:F61"/>
     <mergeCell ref="A62:F62"/>
     <mergeCell ref="A63:F63"/>
     <mergeCell ref="A54:F54"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F58"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1A1989C9-C3E0-4C9C-95C8-33588105CBC0}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6446B0EB-80DF-4FFF-BCB8-38D97FD7BFAF}">
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="8.90625" style="1"/>
+    <col min="1" max="2" width="14.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="30.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="32.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="23.5" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="D2" s="204"/>
+    <row r="2" spans="1:4" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="205" t="s">
+        <v>302</v>
+      </c>
+      <c r="B2" s="205"/>
+      <c r="C2" s="205"/>
+      <c r="D2" s="205"/>
     </row>
     <row r="3" spans="1:4" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="191" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:4" ht="20" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="192" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+    </row>
+    <row r="4" spans="1:4" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="62" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="39" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C4" s="39" t="s">
+        <v>210</v>
+      </c>
+      <c r="D4" s="39" t="s">
         <v>211</v>
       </c>
-      <c r="D4" s="39" t="s">
+    </row>
+    <row r="5" spans="1:4" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="151">
+        <v>56994</v>
+      </c>
+      <c r="D5" s="156">
+        <v>56994</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B6" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="151">
+        <v>0</v>
+      </c>
+      <c r="D6" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="151">
+        <v>0</v>
+      </c>
+      <c r="D7" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B8" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="151">
+        <v>0</v>
+      </c>
+      <c r="D8" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="151">
+        <v>88325</v>
+      </c>
+      <c r="D9" s="156">
+        <v>121579</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="151">
+        <v>33254</v>
+      </c>
+      <c r="D10" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="151">
+        <v>0</v>
+      </c>
+      <c r="D11" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="121" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="151">
+        <v>0</v>
+      </c>
+      <c r="D12" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="123" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="151">
+        <v>250809</v>
+      </c>
+      <c r="D13" s="156">
+        <v>348535</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="151">
+        <v>37726</v>
+      </c>
+      <c r="D14" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="151">
+        <v>50000</v>
+      </c>
+      <c r="D15" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="121" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="151">
+        <v>10000</v>
+      </c>
+      <c r="D16" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="151">
+        <v>202613</v>
+      </c>
+      <c r="D17" s="156">
+        <v>236224</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="151">
+        <v>33611</v>
+      </c>
+      <c r="D18" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="151">
+        <v>0</v>
+      </c>
+      <c r="D19" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="121" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="151">
+        <v>0</v>
+      </c>
+      <c r="D20" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="151">
+        <v>896225</v>
+      </c>
+      <c r="D21" s="156">
+        <v>1526091</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="151">
+        <v>0</v>
+      </c>
+      <c r="D22" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="151">
+        <v>6253</v>
+      </c>
+      <c r="D23" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="122" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="151">
+        <v>623613</v>
+      </c>
+      <c r="D24" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="151">
+        <v>6380493</v>
+      </c>
+      <c r="D25" s="157">
+        <v>6764615</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" s="122" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="151">
+        <v>172900</v>
+      </c>
+      <c r="D26" s="157" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" s="122" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="154">
+        <v>211222</v>
+      </c>
+      <c r="D27" s="155" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="177"/>
+    </row>
+    <row r="55" spans="1:4" s="66" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="208" t="s">
+        <v>92</v>
+      </c>
+      <c r="B55" s="208"/>
+      <c r="C55" s="208"/>
+      <c r="D55" s="208"/>
+    </row>
+    <row r="56" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="209" t="s">
         <v>212</v>
       </c>
-    </row>
-[...341 lines deleted...]
-    <row r="57" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B56" s="209"/>
+      <c r="C56" s="209"/>
+      <c r="D56" s="209"/>
+    </row>
+    <row r="57" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A57" s="22"/>
       <c r="B57" s="22"/>
       <c r="C57" s="22"/>
       <c r="D57" s="22"/>
     </row>
-    <row r="58" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A58" s="207" t="s">
+    <row r="58" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="208" t="s">
         <v>5</v>
       </c>
-      <c r="B58" s="207"/>
-[...11 lines deleted...]
-    <row r="60" spans="1:4" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="B58" s="208"/>
+      <c r="C58" s="208"/>
+      <c r="D58" s="208"/>
+    </row>
+    <row r="59" spans="1:4" ht="61.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="210" t="s">
+        <v>213</v>
+      </c>
+      <c r="B59" s="210"/>
+      <c r="C59" s="210"/>
+      <c r="D59" s="210"/>
+    </row>
+    <row r="60" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A60" s="65"/>
       <c r="B60" s="65"/>
       <c r="C60" s="65"/>
       <c r="D60" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A59:D59"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A58:D58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{EEBC4D0E-E42C-40CA-AD15-2AC435CA570D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>