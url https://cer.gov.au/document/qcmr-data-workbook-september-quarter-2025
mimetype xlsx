--- v1 (2025-11-08)
+++ v2 (2025-12-07)
@@ -13,513 +13,880 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FFEED79-D3B2-419B-B2E0-0DCF1E54997C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A95C82D-ADBE-470E-8C07-EC03EA36F9F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="771" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" tabRatio="771" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="2" r:id="rId1"/>
     <sheet name="Contents" sheetId="3" r:id="rId2"/>
     <sheet name="Version history" sheetId="4" r:id="rId3"/>
-    <sheet name="Figure 1.1" sheetId="11" r:id="rId4"/>
-[...23 lines deleted...]
-    <sheet name="Figure 3.11" sheetId="45" r:id="rId28"/>
+    <sheet name="Figure 1.1" sheetId="48" r:id="rId4"/>
+    <sheet name="Figure 1.2" sheetId="47" r:id="rId5"/>
+    <sheet name="Figure 1.3" sheetId="49" r:id="rId6"/>
+    <sheet name="Figure 1.4" sheetId="50" r:id="rId7"/>
+    <sheet name="Figure 1.5" sheetId="51" r:id="rId8"/>
+    <sheet name="Figure 1.6" sheetId="53" r:id="rId9"/>
+    <sheet name="Figure 1.7" sheetId="54" r:id="rId10"/>
+    <sheet name="Figure 1.8" sheetId="52" r:id="rId11"/>
+    <sheet name="Figure 2.1" sheetId="14" r:id="rId12"/>
+    <sheet name="Figure 2.2" sheetId="15" r:id="rId13"/>
+    <sheet name="Figure 2.3" sheetId="16" r:id="rId14"/>
+    <sheet name="Figure 2.4" sheetId="17" r:id="rId15"/>
+    <sheet name="Figure 2.5" sheetId="19" r:id="rId16"/>
+    <sheet name="Figure 2.6" sheetId="18" r:id="rId17"/>
+    <sheet name="Figure 2.7" sheetId="20" r:id="rId18"/>
+    <sheet name="Figure 3.1" sheetId="33" r:id="rId19"/>
+    <sheet name="Figure 3.2" sheetId="34" r:id="rId20"/>
+    <sheet name="Figure 3.3" sheetId="55" r:id="rId21"/>
+    <sheet name="Figure 3.4" sheetId="56" r:id="rId22"/>
+    <sheet name="Figure 3.5" sheetId="39" r:id="rId23"/>
+    <sheet name="Figure 3.6" sheetId="42" r:id="rId24"/>
+    <sheet name="Figure 3.7" sheetId="37" r:id="rId25"/>
+    <sheet name="Figure 3.8" sheetId="38" r:id="rId26"/>
+    <sheet name="Figure 3.9" sheetId="41" r:id="rId27"/>
+    <sheet name="Figure 3.10" sheetId="43" r:id="rId28"/>
+    <sheet name="Figure 3.11" sheetId="40" r:id="rId29"/>
+    <sheet name="Figure 3.12" sheetId="44" r:id="rId30"/>
+    <sheet name="Figure 3.13" sheetId="45" r:id="rId31"/>
   </sheets>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1474" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1597" uniqueCount="390">
   <si>
     <t>Version history</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Initial release</t>
   </si>
   <si>
     <t>Back to contents</t>
   </si>
   <si>
     <t xml:space="preserve">The small print </t>
   </si>
   <si>
+    <t>Quarterly Carbon Market Report - Q3 2025 workbook</t>
+  </si>
+  <si>
+    <t>Note: these figures will be included in the published Quarterly Carbon Market Report - Q3 2025</t>
+  </si>
+  <si>
     <t>A description/explanation of acronyms can be found in the Clean Energy Regulator glossary.</t>
   </si>
   <si>
     <t xml:space="preserve">This workbook contains the following figures and corresponding data: </t>
   </si>
   <si>
     <t>Figure number</t>
   </si>
   <si>
     <t>Figure title</t>
   </si>
   <si>
     <t>Figure 1.1</t>
   </si>
   <si>
+    <t>Australian carbon credit units (ACCUs) issued by method type</t>
+  </si>
+  <si>
     <t>Figure 1.2</t>
   </si>
   <si>
     <t>Figure 1.3</t>
   </si>
   <si>
+    <t>Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
+  </si>
+  <si>
     <t>Figure 1.4</t>
   </si>
   <si>
-    <t>Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
-[...1 lines deleted...]
-  <si>
     <t>Figure 1.5</t>
   </si>
   <si>
-    <t>Registered Australian Carbon Credit Unit (ACCU) Scheme projects by method type</t>
-[...1 lines deleted...]
-  <si>
     <t>Figure 1.6</t>
   </si>
   <si>
-    <t>Australian carbon credit units (ACCUs) issued by method type</t>
+    <t>Australian carbon credit unit (ACCU) safeguard surrenders</t>
   </si>
   <si>
     <t>Figure 1.7</t>
   </si>
   <si>
-    <t>Chapter 2. Large-scale generation certificates (LGCs)</t>
-[...1 lines deleted...]
-  <si>
     <t>Figure 2.1</t>
   </si>
   <si>
     <t>Large-scale generation certificates (LGCs) validated by technology type</t>
   </si>
   <si>
     <t>Figure 2.2</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) reported spot and forward prices</t>
   </si>
   <si>
     <t>Figure 2.3</t>
   </si>
   <si>
     <t>Approved large-scale wind and solar capacity in gigawatts (GW)</t>
   </si>
   <si>
     <t>Figure 2.4</t>
   </si>
   <si>
     <t>Final investment decision capacity in gigawatts (GW) for large-scale renewable generation</t>
   </si>
   <si>
     <t>Figure 2.5</t>
   </si>
   <si>
     <t>Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
   </si>
   <si>
     <t>Figure 2.6</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Figure 2.7</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) spot price</t>
   </si>
   <si>
-    <t>Chapter 3. Small-scale technology certificates (STCs)</t>
-[...1 lines deleted...]
-  <si>
     <t>Figure 3.1</t>
   </si>
   <si>
+    <t>Small-scale cumulative validated battery capacity installed by state and territory in kilowatt hours (kWh)</t>
+  </si>
+  <si>
     <t>Figure 3.2</t>
   </si>
   <si>
+    <t>Figure 3.3</t>
+  </si>
+  <si>
+    <t>Figure 3.4</t>
+  </si>
+  <si>
+    <t>Figure 3.5</t>
+  </si>
+  <si>
+    <t>Figure 3.6</t>
+  </si>
+  <si>
     <t>Small-scale technology certificate (STC) reported spot and clearing house prices</t>
   </si>
   <si>
-    <t>Figure 3.3</t>
-[...5 lines deleted...]
-    <t>Figure 3.4</t>
+    <t>Figure 3.7</t>
+  </si>
+  <si>
+    <t>Figure 3.8</t>
+  </si>
+  <si>
+    <t>Figure 3.9</t>
   </si>
   <si>
     <t>Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
   </si>
   <si>
-    <t>Figure 3.5</t>
-[...23 lines deleted...]
-    <t>Figure 3.9</t>
+    <t>Figure 3.10</t>
+  </si>
+  <si>
+    <t>Figure 3.11</t>
   </si>
   <si>
     <t>Small-scale technology certificate (STC) supply</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
+    <t>Data as at 30/09/2025</t>
+  </si>
+  <si>
     <t>Year</t>
   </si>
   <si>
+    <t>Quarter</t>
+  </si>
+  <si>
+    <t>Vegetation</t>
+  </si>
+  <si>
+    <t>Waste</t>
+  </si>
+  <si>
+    <t>Savanna fire management</t>
+  </si>
+  <si>
+    <t>Energy efficiency</t>
+  </si>
+  <si>
+    <t>Industrial fugitives</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>Transport</t>
+  </si>
+  <si>
+    <t>Facilities</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Annual total</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>Q2</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>Q4</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
     <t>About Figure 1.1</t>
   </si>
   <si>
-    <t>Quarter</t>
+    <t>Agriculture - soil carbon</t>
+  </si>
+  <si>
+    <t>Agriculture - other</t>
+  </si>
+  <si>
+    <t>Carbon capture</t>
+  </si>
+  <si>
+    <t>About Figure 1.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The 'agriculture' method type has been segregated into 'agriculture - soil carbon' and 'agriculture - other' to highlight growth in the soil carbon sector. The 'agriculture - soil carbon' method includes the ‘measurement of soil carbon sequestration in agricultural systems' method, the ‘sequestering carbon in soils in grazing systems’ method and the 'estimation of soil carbon sequestration using measurement and models' method. 
+Other includes energy efficiency, agriculture - other, savanna fire management, transport, industrial fugitives, facilities and carbon capture method types.
+Revoked projects are excluded. </t>
+  </si>
+  <si>
+    <t>Project proponent</t>
+  </si>
+  <si>
+    <t>Intermediary</t>
+  </si>
+  <si>
+    <t>Safeguard</t>
+  </si>
+  <si>
+    <t>Safeguard related</t>
+  </si>
+  <si>
+    <t>Government</t>
+  </si>
+  <si>
+    <t>Business</t>
+  </si>
+  <si>
+    <t>Total holdings</t>
+  </si>
+  <si>
+    <t>Cost containment measure</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Number of accounts with &gt;0 ACCUs at the end of Q3 2025</t>
+  </si>
+  <si>
+    <t>About Figure 1.3</t>
+  </si>
+  <si>
+    <t>Totals may not sum due to rounding. ACCU holdings data excludes ACCUs held in accounts controlled by the Australian Government for scheme administration purposes. Historical values may change retrospectively due to changes in the classification of ANREU accounts as new information becomes available.</t>
+  </si>
+  <si>
+    <t>Category definitions</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Project proponent
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>An account holder is connected to one or more ACCU Scheme projects. The connection to projects has been determined based on the available project information. Entities may have linkages to projects that have not been disclosed to the Clean Energy Regulator.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Safeguard</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Account holders are safeguard entities that control a single account, or in cases where safeguard entities control multiple accounts, only those that have surrendered ACCUs for Safeguard compliance purposes or have specified a facility are included. Some safeguard accounts also engage in trading activity, which may result in holding fluctuations in this category. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Safeguard related
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Account holders are companies, such as subsidiaries, that are related to registered safeguard entities. These accounts do not specify a facility or have not surrendered ACCUs for safeguard compliance purposes. These ACCU holdings may be used for future safeguard compliance purposes. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Intermediary
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>An account holder’s primary operation is to facilitate the trading of ACCUs between the supply and demand sides of the market. This also includes accounts that have accumulated ACCUs through the secondary market without known compliance obligations, offset use, or carbon trading/offset services.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Government
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Account holders are government entities that are accumulating for voluntary or compliance purposes.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Business
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Account holders do not have a direct link to ACCU Scheme projects. Account holders include participants that are accumulating for voluntary purposes.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Cost containment measure
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ACCUs that have been delivered under Commonwealth carbon abatement contract milestones after 12 January 2023. These ACCUs will be available to eligible safeguard entities under the cost containment mechanism.</t>
+    </r>
+  </si>
+  <si>
+    <t>ACCU project proponent</t>
+  </si>
+  <si>
+    <t>&lt;0.1</t>
+  </si>
+  <si>
+    <t>About Figure 1.4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Safeguard</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Account holders are safeguard entities that control a single account, or in cases where safeguard entities control multiple accounts, only those that have surrendered SMCs for Safeguard compliance purposes or have specified a facility are included. Some safeguard accounts also engage in trading activity, which may result in holding fluctuations over time. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Intermediary
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>An account holder’s primary operation is to facilitate the trading of SMCs between the supply and demand sides of the market. This also includes accounts that have accumulated SMCs through the secondary market without known compliance obligations.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Safeguard related
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Account holders are companies, such as subsidiaries, that are related to registered safeguard entities. These accounts do not specify a facility or have not surrendered SMCs for safeguard compliance purposes. These SMC holdings may be used for future safeguard compliance purposes. </t>
+    </r>
+  </si>
+  <si>
+    <t>Voluntary cancellations</t>
+  </si>
+  <si>
+    <t>Compliance cancellations</t>
+  </si>
+  <si>
+    <t>Government cancellations</t>
+  </si>
+  <si>
+    <t>About Figure 1.5</t>
+  </si>
+  <si>
+    <t>ACCU cancellations exclude deliveries against Commonwealth carbon abatement contract milestones, surrenders for safeguard purposes, and transfers to the Commonwealth Regulatory Additionality Holding Account. This classification system is uniform across ACCU and large-scale generation certificate (LGC) cancellations.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Voluntary
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made against voluntary certification programs and any sort of organisational emissions targets.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Compliance
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made by private organisations and corporations for compliance or obligations against municipal, local, state and territory government laws, approvals, or contracts. For example, cancellations to meet Environmental Protection Authority requirements.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Government </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Cancellations by or on behalf of government entities. For example to offset emissions from vehicle fleets or meet voluntary emissions reduction targets.</t>
+    </r>
+  </si>
+  <si>
+    <t>About Figure 1.6</t>
+  </si>
+  <si>
+    <t>About Figure 1.7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the volume weighted average of the generic ACCU and SMC spot prices over time. </t>
+  </si>
+  <si>
+    <t>Figure 2.1 Large-scale generation certificates (LGCs) validated by technology type</t>
+  </si>
+  <si>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Hydroelectricity</t>
+  </si>
+  <si>
+    <t>Waste coal mine gas</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>About Figure 2.1</t>
+  </si>
+  <si>
+    <t>This figure shows the number of LGCs validated by technology type over time.</t>
+  </si>
+  <si>
+    <t>Waste coal mine gas is no longer eligible to create LGCs as of 2021. Validations in 2021 reflect LGCs that were created prior to 2021.</t>
+  </si>
+  <si>
+    <t>Figure 2.2 Large-scale generation certificate (LGC) reported spot and forward prices</t>
+  </si>
+  <si>
+    <t>About Figure 2.2</t>
+  </si>
+  <si>
+    <t>This figure shows the daily closing LGC spot price and calendar year forward prices over time.</t>
+  </si>
+  <si>
+    <t>Figure 2.3 Approved large-scale wind and solar capacity in gigawatts (GW)</t>
+  </si>
+  <si>
+    <t>About Figure 2.3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the capacity of large-scale wind and solar power stations approved by the Clean Energy Regulator to generate large-scale generation certificates over time. </t>
+  </si>
+  <si>
+    <t>Solar and wind hybrid projects are grouped under the wind category. Totals may not sum due to rounding.</t>
+  </si>
+  <si>
+    <t>Figure 2.4 Final investment decision capacity in gigawatts (GW) for large-scale renewable generation</t>
+  </si>
+  <si>
+    <t>Capacity</t>
+  </si>
+  <si>
+    <t>Four-quarter rolling average</t>
+  </si>
+  <si>
+    <t>Four-quarter rolling Sum</t>
+  </si>
+  <si>
+    <t>Annual total capacity</t>
+  </si>
+  <si>
+    <t>About Figure 2.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the capacity and four quarter rolling average of large-scale renewable power stations to reach a final investment decision over time. </t>
+  </si>
+  <si>
+    <t>The Clean Energy Regulator tracks public announcements. Data may be incomplete and may change retrospectively. Totals may not sum due to rounding.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Safeguard</t>
-[...1 lines deleted...]
-  <si>
     <t>Compliance</t>
-  </si>
-[...160 lines deleted...]
-    <t>Figure 2.5 Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
   </si>
   <si>
     <t>About Figure 2.5</t>
   </si>
   <si>
     <t>This figure shows non-RET LGC cancellations by demand source over time.</t>
   </si>
   <si>
     <t xml:space="preserve">This classification system is uniform across Australian carbon credit unit (ACCU) and LGC cancellations. </t>
   </si>
   <si>
     <t>Covered activities for each classification</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Voluntary demand
 </t>
@@ -559,982 +926,78 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Compliance demand
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Cancellations made by private organisations and corporations for compliance or obligations against municipal, local, state and territory government laws, approvals, or contracts. For example to meet Environmental Protection Authority requirements.</t>
     </r>
   </si>
   <si>
-    <t>Figure 2.6 Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
-[...1 lines deleted...]
-  <si>
     <t>Liable entity</t>
   </si>
   <si>
     <t>Power station</t>
   </si>
   <si>
     <t>Non-RET (voluntary)</t>
   </si>
   <si>
     <t>Non-RET (compliance)</t>
   </si>
   <si>
     <t>Non-RET (government)</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
+    <t>Total Holdings</t>
+  </si>
+  <si>
     <t>About Figure 2.6</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows LGC holdings in Renewable Energy Certificate (REC) Registry accounts by market participation category over time. </t>
   </si>
   <si>
     <t>Holdings are for registered LGCs as at the end of the quarter and exclude any pending transactions. Accounts are categorised according to their primary role or function based on transaction patterns and the name of the account. An account's category is subject to change. Totals may not sum due to rounding.</t>
-  </si>
-[...902 lines deleted...]
-    <t>Total Holdings</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Liable entity
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>Account holder is a liable entity.</t>
     </r>
   </si>
   <si>
@@ -1617,149 +1080,935 @@
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Non-RET (government)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Account holder has surrendered LGCs voluntarily and is a government entity. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
+      <t xml:space="preserve">Intermediary
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>Account holder has transacted/received over 10,000 LGCs and does not fit into any of the other categories.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
       <t xml:space="preserve">Other
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>Account holder does not fit into any of the other categories.</t>
     </r>
   </si>
   <si>
-    <t>ACCU project proponent</t>
-[...2 lines deleted...]
-    <t>Figure 1.7 Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit (SMC) volume weighted average spot price</t>
+    <t>Figure 2.7 Large-scale generation certificate (LGC) spot price</t>
+  </si>
+  <si>
+    <t>About Figure 2.7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the daily closing LGC spot price over time. </t>
+  </si>
+  <si>
+    <t>Figure 3.1 Small-scale cumulative validated battery capacity installed by state and territory in kilowatt hours (kWh)</t>
+  </si>
+  <si>
+    <t>Data as of 30/9/2025</t>
+  </si>
+  <si>
+    <t>Month</t>
+  </si>
+  <si>
+    <t>ACT</t>
+  </si>
+  <si>
+    <t>NSW</t>
+  </si>
+  <si>
+    <t>NT</t>
+  </si>
+  <si>
+    <t>QLD</t>
+  </si>
+  <si>
+    <t>SA</t>
+  </si>
+  <si>
+    <t>TAS</t>
+  </si>
+  <si>
+    <t>VIC</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>Grand Total</t>
+  </si>
+  <si>
+    <t>July</t>
+  </si>
+  <si>
+    <t>August</t>
+  </si>
+  <si>
+    <t>September</t>
+  </si>
+  <si>
+    <t>About Figure 3.1</t>
+  </si>
+  <si>
+    <t>This figure shows the monthly cumulative installed capacity of validated small-scale battery installations per state following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule. Totals may not sum due to rounding. </t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>0-5 kWh</t>
+  </si>
+  <si>
+    <t>5-10 kWh</t>
+  </si>
+  <si>
+    <t>10-15 kWh</t>
+  </si>
+  <si>
+    <t>15-20 kWh</t>
+  </si>
+  <si>
+    <t>20-25 kWh</t>
+  </si>
+  <si>
+    <t>25-30 kWh</t>
+  </si>
+  <si>
+    <t>30-35 kWh</t>
+  </si>
+  <si>
+    <t>35-40 kWh</t>
+  </si>
+  <si>
+    <t>40-45 kWh</t>
+  </si>
+  <si>
+    <t>45-50 kWh</t>
+  </si>
+  <si>
+    <t>50-100 kWh</t>
+  </si>
+  <si>
+    <t>About Figure 3.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule.</t>
+  </si>
+  <si>
+    <t>Data as of 30/09/2025</t>
+  </si>
+  <si>
+    <t>Week</t>
+  </si>
+  <si>
+    <t>STC supply</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4</t>
+  </si>
+  <si>
+    <t>Feb</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 7</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8</t>
+  </si>
+  <si>
+    <t>Mar</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 9</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Apr</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Jul</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>About Figure 3.3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the weekly supply of STCs in 2025. It also shows the required weekly supply of STCs (501,923) to meet the 2025 STP. </t>
+  </si>
+  <si>
+    <t>Required STC supply refers to the estimated number of STCs to be created (24.9 million) to meet the annual STP liability and under/over supply from previous years. Some weeks are spread across multiple months, the month label refers to the month as at the end of the week. The final week may be significantly lower than prior weeks if the quarter ends during the week. For example, Q3 2025 ended on Tuesday 30 September so the final ‘week’ of September contains only 2 days.</t>
+  </si>
+  <si>
+    <t>About Figure 3.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the daily closing STC spot price over time. It also shows the STC clearing house price. </t>
+  </si>
+  <si>
+    <t>Pricing data is complied from trades reported by CORE markets and may not be comprehensive. Prices are shown from 1 December 2020 to 30 September 2025.</t>
+  </si>
+  <si>
+    <t>More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website</t>
+  </si>
+  <si>
+    <t>Installations</t>
+  </si>
+  <si>
+    <t>Installed capacity</t>
+  </si>
+  <si>
+    <t>Annual total capacity (MW)</t>
+  </si>
+  <si>
+    <t>Annual total installations</t>
+  </si>
+  <si>
+    <t>About Figure 3.5</t>
+  </si>
+  <si>
+    <t>This figure shows the installed capacity and the number of small-scale rooftop solar installations over time.</t>
+  </si>
+  <si>
+    <t>Small-scale rooftop solar systems must have a capacity of less than 100 kilowatts (kW). A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations and installed capacity in 2024 and 2025 have been lag-adjusted to account for the 12 month creation rule and are estimates only. Data is subject to change and totals may not sum due to rounding.</t>
+  </si>
+  <si>
+    <t>Queensland</t>
+  </si>
+  <si>
+    <t>Tasmania</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>About Figure 3.6</t>
+  </si>
+  <si>
+    <t>This figure shows small-scale rooftop solar replacements as a proportion of total installations by state and territory over time.</t>
+  </si>
+  <si>
+    <t>Replacements represent small-scale rooftop solar systems categorised in the Renewable Energy Certificate (REC) Registry as replacements. The installation type data field was added to the REC Registry in late 2020, and was made mandatory from 28 January 2021. Data has not been lag-adjusted. Data is subject to change due to the 12 month creation rule.</t>
+  </si>
+  <si>
+    <t>STC validations</t>
+  </si>
+  <si>
+    <t>&lt;10</t>
+  </si>
+  <si>
+    <t>About Figure 3.7</t>
+  </si>
+  <si>
+    <t>This figure shows the number of air source heat pump (ASHP) installations under the Small-scale Renewable Energy Scheme (SRES) by state and territory over time. It also shows the number of STCs validated from these installations over time. Totals may not sum due to rounding applied to NT.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Where cell values are less than 10, data have been modified due to privacy considerations. In the figure these values appear as 10. 
+A 12 month creation period for registered persons to create small-scale technology certificates (STCs) applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations in 2024 to 2025 have been lag-adjusted to account for the 12 month creation rule and are estimates only. STC validation data has been rounded to the nearest thousand. Data is subject to change. </t>
+  </si>
+  <si>
+    <t>0-5 kW</t>
+  </si>
+  <si>
+    <t>5-10 kW</t>
+  </si>
+  <si>
+    <t>10-15 kW</t>
+  </si>
+  <si>
+    <t>15-40 kW</t>
+  </si>
+  <si>
+    <t>40-100 kW</t>
+  </si>
+  <si>
+    <t>Average system size</t>
+  </si>
+  <si>
+    <t>About Figure 3.8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the proportion of rooftop solar systems installed under the Small-scale Renewable Energy Scheme (SRES) by capacity band and the average size of rooftop solar systems installed under the SRES over time. </t>
+  </si>
+  <si>
+    <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Capacity band data has not been lag-adjusted. Average system size data has been lag-adjusted. Data is subject to change. Totals may not sum to 100% due to rounding.</t>
+  </si>
+  <si>
+    <t>About Figure 3.9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the rooftop solar capacity installed under the Small-scale Renewable Energy Scheme (SRES) by state and territory over time. </t>
+  </si>
+  <si>
+    <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations in 2024 to 2025 have been lag-adjusted to account for the 12 month creation rule and are estimates only. There may be small differences between the sum of lag-adjusted state and territory estimates and the national lag-adjusted estimate. Data is also subject to change and totals may not sum due to rounding.</t>
+  </si>
+  <si>
+    <t>STC Supply</t>
+  </si>
+  <si>
+    <t>About Figure 3.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows STC supply over time. </t>
+  </si>
+  <si>
+    <t>STCs transacted</t>
+  </si>
+  <si>
+    <t>Transactions</t>
+  </si>
+  <si>
+    <t>Annual total STCs transacted</t>
+  </si>
+  <si>
+    <t>About Figure 3.11</t>
+  </si>
+  <si>
+    <t>This figure shows the volume of STCs transacted and the number of transactions, excluding STC clearing house transactions, over time. Data excludes STCs created from batteries.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows ACCUs issued by method type by quarter and the annual total over time. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCU issuance follows a seasonal pattern for certain method types, including industrial fugitives and savanna fire management.
+Other includes energy efficiency, industrial fugitives, agriculture, transport and facilities method types.
+</t>
+  </si>
+  <si>
+    <t>This figure shows ACCUs issued in Q1-Q3 2025 and the remainder of the 2025 estimate by category and in total. This figure also shows ACCUs on hand from claims being assessed by the Clean Energy Regulator as at 30 September 2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Totals may not sum due to rounding. Category details: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows registered projects under the ACCU Scheme by method type by quarter and the annual total over time. </t>
+  </si>
+  <si>
+    <t>For more detail on registered projects, refer to the project register on our website (https://cer.gov.au/markets/reports-and-data/accu-project-and-contract-register).</t>
+  </si>
+  <si>
+    <t>Figure 1.4 Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows ACCU holdings in Australian National Registry of Emissions Units (ANREU) accounts as of 30 September by market participation and the cost containment measure quarterly over time. </t>
+  </si>
+  <si>
+    <t>Figure 1.5 Australian carbon credit unit (ACCU) non-safeguard cancellations</t>
+  </si>
+  <si>
+    <t>This figure shows ACCU voluntary, compliance, and government cancellations quarterly and the annual total over time.</t>
+  </si>
+  <si>
+    <t>Safeguard surrender</t>
+  </si>
+  <si>
+    <t>This figure shows ACCU surrenders by safeguard entities by quarter and the annual total over time.</t>
+  </si>
+  <si>
+    <t>Data as at 14/11/2025</t>
+  </si>
+  <si>
+    <t>The generic spot price refers to the daily volume weighted average price of spot trades for ACCUs with an unspecified method and SMCs. Spot trade data is compiled from trades reported by Jarden and CORE markets, and may not be comprehensive. Prices are shown from 1 December 2020 to 14 November 2025.</t>
+  </si>
+  <si>
+    <t>Number of accounts with &gt;0 SMCs at the end of Q3 2025</t>
+  </si>
+  <si>
+    <t>About Figure 1.8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows SMC holdings in Unit and Certificate Registry (UCR) accounts by market participation quarterly over time. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Totals may not sum due to rounding. Historical values may change retrospectively. This is due to changes in the classification of UCR accounts as new information becomes available. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">ACCU project proponent
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>An account holder is connected to one or more ACCU Scheme projects. The connection to projects has been determined based on the available project information. Entities may have linkages to projects that have not been disclosed to the Clean Energy Regulator.</t>
+      <t>An account holder is connected to one or more ACCU Scheme projects. The connection to ACCU Scheme projects has been determined based on the available ACCU Scheme project information. Entities may have linkages to ACCU Scheme projects that have not been disclosed to the Clean Energy Regulator.</t>
     </r>
   </si>
   <si>
-    <t>Totals may not sum due to rounding. ACCU holdings data excludes ACCUs held in accounts controlled by the Australian Government for scheme administration purposes. Historical values may change retrospectively due to changes in the classification of ANREU accounts as new information becomes available.</t>
+    <t>Figure 1.8</t>
+  </si>
+  <si>
+    <t>Estimated Australian carbon credit units (ACCUs) issuances (in millions) in 2025</t>
+  </si>
+  <si>
+    <t>Figure 1.3 Registered Australian carbon credit unit (ACCU) Scheme projects by method type</t>
+  </si>
+  <si>
+    <t>Registered Australian carbon credit unit (ACCU) Scheme projects by method type</t>
+  </si>
+  <si>
+    <t>Australian carbon credit unit (ACCU) non-safeguard cancellations</t>
+  </si>
+  <si>
+    <t>For example, Cal25 is the 2025 calendar year, where an agreement is made to buy/sell LGCs at a specified price in 2025. Pricing data is compiled from trades reported by CORE markets and may not be comprehensive. Prices are shown from 1 December 2020 to 14 November 2025.</t>
+  </si>
+  <si>
+    <t>Spot price data is compiled from trades reported by CORE markets and may not be comprehensive. Prices are shown from 1 December 2020 to 14 November 2025.</t>
+  </si>
+  <si>
+    <t>Data as of 14/11/2025</t>
+  </si>
+  <si>
+    <t>ACCUs from projects that have previously reported</t>
+  </si>
+  <si>
+    <t>ACCUs from projects reporting for the first time</t>
+  </si>
+  <si>
+    <t>ACCUs from applications on hand</t>
+  </si>
+  <si>
+    <t>2025 expected ACCU issuance (top of range)</t>
+  </si>
+  <si>
+    <t>2025 expected ACCU issuance (bottom of range)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C) ACCUs from applications on hand (30 September 2025)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Some of these ACCUs may not be issued this calendar year depending on assessment outcomes.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>A) ACCUs from projects that have previously reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+This is an estimate based on factors such as the typical timing and volume of ACCUs per claim. This category factors in ACCUs from applications on hand at the start of the year.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>B) ACCUs from projects reporting for the first time</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+This is an estimate based on factors such as the typical timing and volume of first issuances. This category is the main driver of uncertainty for the 2025 estimate.</t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 1.1 Estimated Australian carbon credit unit (ACCU) issuances (in millions) in 2025</t>
+  </si>
+  <si>
+    <t>Figure 1.2 Australian carbon credit units (ACCUs) issued by method type</t>
+  </si>
+  <si>
+    <t>Figure 1.8 Australian carbon credit unit (ACCU) safeguard surrenders</t>
+  </si>
+  <si>
+    <t>Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit unit (SMC) volume weighted average spot price</t>
+  </si>
+  <si>
+    <t>Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
+  </si>
+  <si>
+    <t>Figure 1.6 Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit unit (SMC) volume weighted average spot price</t>
+  </si>
+  <si>
+    <t>Figure 1.7 Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
+  </si>
+  <si>
+    <t>ACCU surrenders are made by safeguard entities to meet Safeguard Mechanism compliance. For more data on the Safeguard Mechanism, including Safeguard Mechanism credit unit issuance and surrenders, refer to safeguard data on our website (https://cer.gov.au/markets/reports-and-data/safeguard-data).</t>
+  </si>
+  <si>
+    <t>2025 Q1-Q3 issuances (plus ACCUs from applications on hand)</t>
+  </si>
+  <si>
+    <t>Figure 3.2 Distribution of validated battery installations by size range for residential systems</t>
+  </si>
+  <si>
+    <t>Figure 3.3 Distribution of validated battery installations by size range for non-residential systems</t>
+  </si>
+  <si>
+    <t>This figure shows the distribution of validated small-scale battery installations at residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+  </si>
+  <si>
+    <t>This figure shows the distribution of validated small-scale battery installations at non-residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+  </si>
+  <si>
+    <t>Figure 3.4 Distribution of validated battery installations by installation type</t>
+  </si>
+  <si>
+    <t>Percentage of total installations</t>
+  </si>
+  <si>
+    <t>Retrofit installations</t>
+  </si>
+  <si>
+    <t>Concurrent installations with new solar PV</t>
+  </si>
+  <si>
+    <t>Concurrent installations with upgraded solar PV</t>
+  </si>
+  <si>
+    <t>Figure 3.8 Small-scale technology certificate (STC) reported spot and clearing house prices</t>
+  </si>
+  <si>
+    <t>Figure 3.9 Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
+  </si>
+  <si>
+    <t>Figure 3.12 Small-scale technology certificate (STC) supply</t>
+  </si>
+  <si>
+    <t>About Figure 3.12</t>
+  </si>
+  <si>
+    <t>Figure 3.13 Small-scale technology certificate (STC) market transactions</t>
+  </si>
+  <si>
+    <t>About Figure 3.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the distribution of validated small-scale battery installations according to the type of battery install, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Installations types are defined as follows: </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
         <scheme val="major"/>
       </rPr>
-      <t xml:space="preserve">Intermediary
+      <t>Concurrent installation with new solar PV</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
-      <t>Account holder has transacted/received over 10,000 LGCs and does not fit into any of the other categories.</t>
+      <t xml:space="preserve">Battery installations that have occurred either during the period 6 April 2025 - 30 June 2025, or that were installed within 90 days of the associated solar PV installation. The solar PV installation was a new installation for the address. </t>
     </r>
   </si>
   <si>
-    <t>Quarterly Carbon Market Report - Q3 2025 workbook</t>
-[...5 lines deleted...]
-    <t>Four-quarter rolling sum</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Concurrent installation with upgraded solar PV</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Battery installations that have occurred either during the period 6 April 2025 - 30 June 2025, or that were installed within 90 days of the associated solar PV installation. The solar PV installation was a replacement, extension, or addition for an existing solar PV system at the address. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>Retrofit installation</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve">
+Battery installations that were installed after 30 June 2025 and that were installed more than 90 days after the associated solar PV installation. </t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 3.12</t>
+  </si>
+  <si>
+    <t>Figure 3.13</t>
+  </si>
+  <si>
+    <t>Distribution of validated battery installations by size range for residential systems</t>
+  </si>
+  <si>
+    <t>Distribution of validated battery installations by size range for non-residential systems</t>
+  </si>
+  <si>
+    <t>Distribution of validated battery installations by installation type</t>
+  </si>
+  <si>
+    <t>Small-scale technology certificate (STC) market transactions</t>
+  </si>
+  <si>
+    <t>Chapter 3. Small-scale Renewable Energy Scheme</t>
+  </si>
+  <si>
+    <t>Chapter 2. Large-scale renewable electricity</t>
+  </si>
+  <si>
+    <t>Chapter 1. Australian environmental markets</t>
+  </si>
+  <si>
+    <t>Figure 2.5 Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
+  </si>
+  <si>
+    <t>Figure 2.6 Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
+  </si>
+  <si>
+    <t>Count of validated installations</t>
+  </si>
+  <si>
+    <t>Figure 3.5 Small-scale solar installations and installed capacity by quarter</t>
+  </si>
+  <si>
+    <t>Figure 3.6 Proportion of small-scale solar installed capacity by system size range and average system size by quarter</t>
+  </si>
+  <si>
+    <t>Figure 3.7 Weekly supply of small-scale technology certificate (STC) from small-scale generation units, SWHs and ASHPs and the required supply to meet the small-scale technology percentage (STP)</t>
+  </si>
+  <si>
+    <t>Small-scale solar installations and installed capacity by quarter</t>
+  </si>
+  <si>
+    <t>Proportion of small-scale solar installed capacity by system size range and average system size by quarter</t>
+  </si>
+  <si>
+    <t>Weekly supply of small-scale technology certificate (STC) from small-scale generation units, SWHs and ASHPs and the required supply to meet the small-scale technology percentage (STP)</t>
+  </si>
+  <si>
+    <t>Figure 3.10 Small-scale solar installed capacity in megawatts (MW) by state and territory</t>
+  </si>
+  <si>
+    <t>Small-scale solar installed capacity in megawatts (MW) by state and territory</t>
+  </si>
+  <si>
+    <t>Figure 3.11 Replacement small-scale solar as a proportion of total installations by state and territory</t>
+  </si>
+  <si>
+    <t>Replacement small-scale solar as a proportion of total installations by state and territory</t>
   </si>
   <si>
     <t>Correction to table of contents</t>
+  </si>
+  <si>
+    <t>Final version</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="8">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="46" x14ac:knownFonts="1">
+  <fonts count="56" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1859,71 +2108,92 @@
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
@@ -1998,71 +2268,99 @@
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
-      <sz val="9"/>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-      <color theme="1"/>
+      <u/>
+      <sz val="11"/>
+      <color theme="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5D6D4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -2087,51 +2385,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE8E8E8"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5D6D4"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDADBD9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="26">
+  <borders count="28">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top style="thin">
         <color rgb="FFC0C2C4"/>
@@ -2333,921 +2631,1053 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="3" tint="0.59996337778862885"/>
       </top>
       <bottom style="thin">
         <color theme="3" tint="0.59996337778862885"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="3" tint="0.59996337778862885"/>
       </right>
       <top style="thin">
         <color theme="3" tint="0.59996337778862885"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="3" tint="0.59996337778862885"/>
-[...7 lines deleted...]
-      <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right/>
       <top style="thick">
         <color rgb="FFFCBA5C"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFC0C2C4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFC0C2C4"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC0C2C4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </left>
+      <right style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </right>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.249977111117893"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.249977111117893"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="177">
+  <cellStyleXfs count="182">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
-[...172 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="241">
+  <cellXfs count="282">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="21" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="26" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyBorder="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyBorder="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyBorder="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyBorder="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="7" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="10" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="5" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="8"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="1" applyFill="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="37" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="165" fontId="37" fillId="9" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="43" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="43" fillId="9" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="9"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="38" fillId="0" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="44" fillId="0" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="8" borderId="15" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="45" fillId="0" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="45" fillId="8" borderId="15" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="7" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="7" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="7" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="7" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="7" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="7" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="2" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="7" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="7" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="7" borderId="13" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="7" borderId="13" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="13" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="13" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="1" fontId="21" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="26" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="21" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="7" applyFont="1"/>
-    <xf numFmtId="3" fontId="21" fillId="7" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="0" xfId="7" applyFont="1"/>
+    <xf numFmtId="3" fontId="26" fillId="7" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="16" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="5" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="7" borderId="17" xfId="35" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="19" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="20" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="7" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="7" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="7" borderId="20" xfId="35" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="4" borderId="22" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="10" borderId="13" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="4" borderId="23" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="10" borderId="25" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="31" fillId="9" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="5" applyFill="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="177"/>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="177" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="177" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="25" xfId="177" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="25" xfId="177" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="177" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="18" xfId="177" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="18" xfId="177" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="177" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="177" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="2"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="21" xfId="178" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="22" xfId="178" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="10" borderId="13" xfId="178" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="22" xfId="178" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="10" borderId="24" xfId="178" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="23" xfId="178" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="179" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="16" xfId="180" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="14" fillId="7" borderId="17" xfId="181" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="19" xfId="180" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="20" xfId="180" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="14" fillId="7" borderId="20" xfId="181" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="177" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="9" fontId="45" fillId="0" borderId="14" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1"/>
-[...35 lines deleted...]
-    <xf numFmtId="14" fontId="25" fillId="9" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="177" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="177" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="177" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="177" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="177" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="8" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="3" fontId="20" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="165" fontId="23" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-    <xf numFmtId="14" fontId="43" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="23" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="3" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="53" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="53" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="53" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="53" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="177">
+  <cellStyles count="182">
     <cellStyle name="Comma" xfId="6" builtinId="3"/>
     <cellStyle name="Comma 10" xfId="83" xr:uid="{591DA6BC-003C-4B86-B610-005B6CBA8F7D}"/>
     <cellStyle name="Comma 10 2" xfId="94" xr:uid="{5EC4FE2B-9DA0-4452-91CB-AD7197405546}"/>
     <cellStyle name="Comma 11" xfId="14" xr:uid="{29891F40-C769-4935-97FF-41B6384CF53B}"/>
     <cellStyle name="Comma 11 2" xfId="95" xr:uid="{436862EC-6BDC-4D0D-84EE-2D0D1CEEA105}"/>
     <cellStyle name="Comma 12" xfId="89" xr:uid="{23AF2DAE-D757-4888-91EB-A5470971C26B}"/>
     <cellStyle name="Comma 12 2" xfId="96" xr:uid="{F6379145-57B6-41CE-8020-7AF6126AB6B3}"/>
     <cellStyle name="Comma 13" xfId="11" xr:uid="{E1B84551-3373-4F06-8E11-768BC4D74C1C}"/>
     <cellStyle name="Comma 13 2" xfId="97" xr:uid="{97F0CC63-4641-4876-8DBB-65A8E7BCC068}"/>
     <cellStyle name="Comma 14" xfId="98" xr:uid="{D6202C24-99BF-4E86-A286-512EAC949F0E}"/>
     <cellStyle name="Comma 2" xfId="18" xr:uid="{A0BBFD81-5C4C-4B2C-9EAF-0BC1F95305D1}"/>
     <cellStyle name="Comma 2 2" xfId="29" xr:uid="{9485C649-7D5F-4E58-BD37-D8A958C5FE4F}"/>
     <cellStyle name="Comma 2 2 2" xfId="66" xr:uid="{09AE794D-EA0E-453C-8170-0D226C12B628}"/>
     <cellStyle name="Comma 2 2 2 2" xfId="99" xr:uid="{117534BC-32CD-44E3-BBE6-933F188FDCA8}"/>
     <cellStyle name="Comma 2 2 3" xfId="100" xr:uid="{947F42E8-EE8D-4C97-9BF7-EC39B5107AC8}"/>
     <cellStyle name="Comma 2 3" xfId="59" xr:uid="{5C0353E8-7080-4D0D-ACCD-74CFB0345AD0}"/>
     <cellStyle name="Comma 2 3 2" xfId="101" xr:uid="{8A972E59-04CA-428D-9FF6-1D1DAF893A5F}"/>
     <cellStyle name="Comma 2 4" xfId="74" xr:uid="{9529EA1A-B39A-4230-9C58-06FF6D1BEE37}"/>
     <cellStyle name="Comma 2 4 2" xfId="102" xr:uid="{4ECBE207-E938-4F17-B2D6-F20C5CAFF641}"/>
     <cellStyle name="Comma 2 5" xfId="81" xr:uid="{CFF2070B-0D4E-4893-9D1E-A5B446BAE309}"/>
     <cellStyle name="Comma 2 5 2" xfId="103" xr:uid="{111E5948-2546-4FFE-B886-E1D1CE754AF9}"/>
     <cellStyle name="Comma 2 6" xfId="104" xr:uid="{CBA70A31-0EF8-455E-8EBA-78582036AB63}"/>
     <cellStyle name="Comma 3" xfId="25" xr:uid="{9AFCA3E3-CFAE-4F12-B597-D980FFF068E8}"/>
+    <cellStyle name="Comma 3 10" xfId="178" xr:uid="{51FE309C-DDD3-4355-AA72-D090DAD218D7}"/>
     <cellStyle name="Comma 3 2" xfId="32" xr:uid="{FFB51766-963C-490F-9E17-C840E46E49A4}"/>
     <cellStyle name="Comma 3 2 2" xfId="67" xr:uid="{357A4767-32E4-4216-AD38-70265049ADFD}"/>
     <cellStyle name="Comma 3 2 2 2" xfId="49" xr:uid="{4CF726D3-1291-4197-BE62-CC4F836439AC}"/>
     <cellStyle name="Comma 3 2 2 2 2" xfId="73" xr:uid="{5A93D869-9676-46AE-BA37-4E4E2CD2A88F}"/>
     <cellStyle name="Comma 3 2 2 2 2 2" xfId="105" xr:uid="{7EA4DC46-E001-48B7-8FE2-2C8DAEE99EF1}"/>
     <cellStyle name="Comma 3 2 2 2 3" xfId="106" xr:uid="{2101E941-0BC2-4FC9-BD2F-92963A60767E}"/>
     <cellStyle name="Comma 3 2 2 3" xfId="107" xr:uid="{4904E8C6-DA22-4548-B147-0C820AA24817}"/>
     <cellStyle name="Comma 3 2 3" xfId="44" xr:uid="{4CE0F9FB-F5BC-41AB-8A2B-3F4475FCD6C0}"/>
     <cellStyle name="Comma 3 2 3 2" xfId="71" xr:uid="{119008B1-457A-4B0F-AC67-F3BC0474A6F5}"/>
     <cellStyle name="Comma 3 2 3 2 2" xfId="108" xr:uid="{AC20D1C7-247A-4D41-964D-8889966E3890}"/>
     <cellStyle name="Comma 3 2 3 3" xfId="109" xr:uid="{E34DEDD1-15EB-44FC-87BB-4C8A4CBEEAC8}"/>
     <cellStyle name="Comma 3 2 4" xfId="110" xr:uid="{ADB3E7B7-55FD-4EF7-B94E-D0875F23FAFF}"/>
     <cellStyle name="Comma 3 3" xfId="43" xr:uid="{C8D210FA-BD5C-4673-8EEA-190B592B28A9}"/>
     <cellStyle name="Comma 3 3 2" xfId="70" xr:uid="{C104CF8D-0CA9-49AD-8DB6-24BC2B540982}"/>
     <cellStyle name="Comma 3 3 2 2" xfId="111" xr:uid="{F44EC833-F4B9-493E-8F75-88E2569C721D}"/>
     <cellStyle name="Comma 3 3 3" xfId="112" xr:uid="{C2F7FE6E-83AB-42F3-B2C1-19408A595063}"/>
     <cellStyle name="Comma 3 4" xfId="46" xr:uid="{86501EA2-6F98-4AA9-B946-4C1D9B7B1CC1}"/>
     <cellStyle name="Comma 3 4 2" xfId="72" xr:uid="{077851A1-DA03-44AF-9E93-C365DE47FB3C}"/>
     <cellStyle name="Comma 3 4 2 2" xfId="113" xr:uid="{7A71B72F-8008-4DF4-BF36-6D7B741EEE88}"/>
     <cellStyle name="Comma 3 4 3" xfId="114" xr:uid="{D2932E66-3910-4B0E-8B09-C51552D26C9C}"/>
     <cellStyle name="Comma 3 5" xfId="64" xr:uid="{CA181BEE-FDCB-444E-B241-DEA466B8E056}"/>
     <cellStyle name="Comma 3 5 2" xfId="115" xr:uid="{AB8AE2D9-145F-43A5-9E4B-887FC31DAE3C}"/>
     <cellStyle name="Comma 3 6" xfId="76" xr:uid="{62F7B8FB-1FE0-427F-9C65-DFD81292F4E2}"/>
     <cellStyle name="Comma 3 6 2" xfId="116" xr:uid="{0398D4E5-EE4A-4A8E-9871-3BDBBD7B96BF}"/>
     <cellStyle name="Comma 3 7" xfId="82" xr:uid="{88A4356E-6D81-4333-9E8D-476A0E5B3F0D}"/>
     <cellStyle name="Comma 3 7 2" xfId="117" xr:uid="{4BA414C7-B6C6-4F20-A2C8-5A18ECB2FDF1}"/>
     <cellStyle name="Comma 3 8" xfId="90" xr:uid="{332CC743-988C-4BC5-A2C9-A6113E044912}"/>
     <cellStyle name="Comma 3 8 2" xfId="118" xr:uid="{8630CE96-36A1-4B6D-A356-40C57DD32F89}"/>
     <cellStyle name="Comma 3 9" xfId="119" xr:uid="{AF9F3A04-0089-4059-8189-42640D7591CD}"/>
     <cellStyle name="Comma 4" xfId="35" xr:uid="{DE700623-2FB1-4348-942E-382E298C4111}"/>
     <cellStyle name="Comma 4 2" xfId="68" xr:uid="{63EB282F-6304-411C-BDEC-592DC7D420F8}"/>
     <cellStyle name="Comma 4 2 2" xfId="120" xr:uid="{39CD0E63-C5EB-4FA3-A48E-2C0F90AE4BB0}"/>
     <cellStyle name="Comma 4 3" xfId="80" xr:uid="{317D0107-0482-4740-873E-02A24DE75D60}"/>
     <cellStyle name="Comma 4 3 2" xfId="121" xr:uid="{7C88536A-1267-408E-8657-5F7ADC6AF199}"/>
     <cellStyle name="Comma 4 4" xfId="85" xr:uid="{8A18CC28-3568-48D1-8BBD-FCD22040D4A3}"/>
     <cellStyle name="Comma 4 4 2" xfId="122" xr:uid="{F12AB3B1-F117-470D-8504-53782FFB1F67}"/>
     <cellStyle name="Comma 4 5" xfId="123" xr:uid="{BB347EF2-0250-4894-96B5-78D433B1DAE7}"/>
+    <cellStyle name="Comma 4 6" xfId="181" xr:uid="{428A34DC-A896-4B3C-944A-5EB45B208C7E}"/>
     <cellStyle name="Comma 5" xfId="38" xr:uid="{02019147-E900-4F5F-88A7-D477AC5A1D30}"/>
     <cellStyle name="Comma 5 2" xfId="69" xr:uid="{64C3CF39-E8BB-44FB-9611-A1AEE60E95F4}"/>
     <cellStyle name="Comma 5 2 2" xfId="124" xr:uid="{D0D62D47-7046-49E1-9F9F-8976C46D12AE}"/>
     <cellStyle name="Comma 5 3" xfId="125" xr:uid="{5CE8CC31-111C-4A8F-BAF5-3FB02000E729}"/>
     <cellStyle name="Comma 6" xfId="22" xr:uid="{AEA7A8B6-0381-4C19-95FB-CD5684019202}"/>
     <cellStyle name="Comma 6 2" xfId="62" xr:uid="{563CFDD4-E172-43F3-814E-D6378160B079}"/>
     <cellStyle name="Comma 6 2 2" xfId="126" xr:uid="{CCD72B70-2F94-4505-B506-7A92E87B01B4}"/>
     <cellStyle name="Comma 6 3" xfId="127" xr:uid="{7CF5E8D0-8593-4B97-967F-A3C5AED128DE}"/>
     <cellStyle name="Comma 7" xfId="55" xr:uid="{F48E6C9E-FADA-4642-A29D-3BF6950E2945}"/>
     <cellStyle name="Comma 7 2" xfId="87" xr:uid="{33401C55-FB75-4B7B-8AC0-51187C4DC5BF}"/>
     <cellStyle name="Comma 7 2 2" xfId="92" xr:uid="{F9BC9B06-7E1A-44D4-BD7C-FFE5C0974A73}"/>
     <cellStyle name="Comma 7 2 2 2" xfId="128" xr:uid="{EEA0E71F-848A-4BC1-836B-2D07DDF39CCD}"/>
     <cellStyle name="Comma 7 2 3" xfId="129" xr:uid="{B4FA5658-D9A3-434D-A95A-F049FA46F16A}"/>
     <cellStyle name="Comma 7 3" xfId="130" xr:uid="{02CD9E7B-81F6-48B7-822F-5AB601704CFF}"/>
     <cellStyle name="Comma 8" xfId="57" xr:uid="{FD19E386-4CB2-4F62-BB0E-E1671CADDC49}"/>
     <cellStyle name="Comma 8 2" xfId="131" xr:uid="{7510A2E1-68B2-4096-A260-495FCEAEDDD7}"/>
     <cellStyle name="Comma 9" xfId="78" xr:uid="{60F16060-E3A6-4B92-B445-FCB05F254760}"/>
     <cellStyle name="Comma 9 2" xfId="132" xr:uid="{7C8D3F30-3ACE-4252-B190-BE4C330D669C}"/>
     <cellStyle name="Currency 10" xfId="16" xr:uid="{6911B0D6-47FB-4E53-824D-68D00158705B}"/>
     <cellStyle name="Currency 10 2" xfId="133" xr:uid="{0A88E521-D740-4E7B-883C-068B6ECC98B9}"/>
     <cellStyle name="Currency 2" xfId="19" xr:uid="{6825A21A-8256-4BB2-9389-241E4DC9D05D}"/>
     <cellStyle name="Currency 2 2" xfId="60" xr:uid="{7B0457CB-7CF7-48E1-9C45-FEA013276983}"/>
     <cellStyle name="Currency 2 2 2" xfId="134" xr:uid="{A54238A7-F43B-443C-88BC-FC63675F5157}"/>
     <cellStyle name="Currency 2 3" xfId="135" xr:uid="{7EE99698-8D1C-49E5-8F12-52588B33EA3E}"/>
     <cellStyle name="Currency 3" xfId="20" xr:uid="{BED97506-28DA-4D65-AD26-1AC8FD846A7A}"/>
@@ -3261,112 +3691,349 @@
     <cellStyle name="Currency 5" xfId="24" xr:uid="{59CEE6B9-5734-4317-8223-4F7C8093E79A}"/>
     <cellStyle name="Currency 5 2" xfId="63" xr:uid="{AB354E28-A854-4A68-9A10-17BB776DD0F9}"/>
     <cellStyle name="Currency 5 2 2" xfId="140" xr:uid="{E0BBF53B-B8DC-448D-A607-79F8F53CD228}"/>
     <cellStyle name="Currency 5 3" xfId="141" xr:uid="{BAA01ABB-D366-4B69-9FEE-D4A0DECCC481}"/>
     <cellStyle name="Currency 6" xfId="56" xr:uid="{8763BE7B-7B42-4470-BBFB-279E02834B40}"/>
     <cellStyle name="Currency 6 2" xfId="86" xr:uid="{7C1D9228-8082-4EF3-B450-7319E5D64DC4}"/>
     <cellStyle name="Currency 6 2 2" xfId="91" xr:uid="{B5809901-796E-426D-98A8-81118C48690C}"/>
     <cellStyle name="Currency 6 2 2 2" xfId="142" xr:uid="{9C6DB52A-E8C4-4BCD-8145-9AACFF3F140E}"/>
     <cellStyle name="Currency 6 2 3" xfId="143" xr:uid="{07E5DB7E-FE8A-498B-91F6-964F30DCA1FC}"/>
     <cellStyle name="Currency 6 3" xfId="144" xr:uid="{2C6A8C87-16B2-44E1-9AF0-8F7BB5A0AF09}"/>
     <cellStyle name="Currency 7" xfId="58" xr:uid="{24EEABF1-E97A-4C6A-A408-6A1EDDCB7816}"/>
     <cellStyle name="Currency 7 2" xfId="145" xr:uid="{340239E0-66ED-4DB7-A3E4-1DAC32D57478}"/>
     <cellStyle name="Currency 8" xfId="79" xr:uid="{B9D30635-6302-461D-84D6-ADA39D3FB4D0}"/>
     <cellStyle name="Currency 8 2" xfId="146" xr:uid="{A30C71CF-2C2B-405B-A2FA-ACCAB78A9752}"/>
     <cellStyle name="Currency 9" xfId="84" xr:uid="{C9E4CDFD-1B53-4745-877F-CA1F39476B84}"/>
     <cellStyle name="Currency 9 2" xfId="147" xr:uid="{9D39260F-9ACA-4212-AD65-81223B70B8EE}"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="4" xr:uid="{C0E6C045-DD33-4AB4-B5C8-4848C9FF6287}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="13" xr:uid="{A8D22738-7B87-4874-9AAA-58B47B8CB107}"/>
     <cellStyle name="Normal 10 2" xfId="148" xr:uid="{5DDD13E8-0BB0-4B18-9CB5-73AC9590BBAB}"/>
     <cellStyle name="Normal 11" xfId="88" xr:uid="{CA521DC0-8C9C-4A43-93B0-C8E2F625DCFA}"/>
     <cellStyle name="Normal 11 2" xfId="149" xr:uid="{4F1A3F26-1F2D-44C1-B46E-85EB1BFA17C9}"/>
+    <cellStyle name="Normal 11 3" xfId="177" xr:uid="{278BA38B-1466-43F8-A783-C26C0CD75010}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{B406D519-FA23-45D4-A405-09EB8BED17AA}"/>
     <cellStyle name="Normal 2 2" xfId="12" xr:uid="{3291FB15-E7BE-450D-A9F6-0CE77D5B82EA}"/>
+    <cellStyle name="Normal 2 2 10" xfId="179" xr:uid="{1EB9A178-31CE-4BC8-892C-0617676E567F}"/>
     <cellStyle name="Normal 2 2 2" xfId="31" xr:uid="{17BC7715-0A5C-4AA2-828B-4D625A5D895E}"/>
     <cellStyle name="Normal 2 2 2 2" xfId="50" xr:uid="{E4F6FED3-EFAD-458D-82FE-2A72047E4DE0}"/>
     <cellStyle name="Normal 2 2 2 2 2" xfId="52" xr:uid="{502A52D7-3E2A-4952-A26C-D3AA5B9B0EE1}"/>
     <cellStyle name="Normal 2 2 2 2 2 2" xfId="150" xr:uid="{92FE1A20-01D7-4B7B-A716-DFABD9FC47D1}"/>
     <cellStyle name="Normal 2 2 2 2 3" xfId="151" xr:uid="{1DA3A9C7-4AF3-48E1-8F9E-CD982C655ADF}"/>
     <cellStyle name="Normal 2 2 2 3" xfId="152" xr:uid="{8F8C24E6-2552-4F4D-8EE3-B29DD033C833}"/>
     <cellStyle name="Normal 2 2 3" xfId="36" xr:uid="{0BCE039D-4A92-4BCB-AD27-53FA14D113DE}"/>
     <cellStyle name="Normal 2 2 3 2" xfId="39" xr:uid="{CDED1768-9802-4349-B2C5-426E8DED6468}"/>
     <cellStyle name="Normal 2 2 3 2 2" xfId="153" xr:uid="{A3CDDA3D-018F-47F6-944C-C2C5798BFB96}"/>
     <cellStyle name="Normal 2 2 3 3" xfId="154" xr:uid="{BDC0D518-7F30-49CA-BCE1-8EAC1A200786}"/>
     <cellStyle name="Normal 2 2 4" xfId="40" xr:uid="{2529670E-9FA3-47C7-95AE-10BCA73E3E46}"/>
     <cellStyle name="Normal 2 2 4 2" xfId="155" xr:uid="{09E7542E-B41D-42B4-83CA-F2FB7BB84A74}"/>
     <cellStyle name="Normal 2 2 5" xfId="41" xr:uid="{54906201-48CA-4304-A341-D06EF23356E6}"/>
     <cellStyle name="Normal 2 2 5 2" xfId="51" xr:uid="{CBFA15AE-154B-4FEF-9154-76AD05F04CEE}"/>
     <cellStyle name="Normal 2 2 5 2 2" xfId="53" xr:uid="{CA19DB4F-3C62-49D0-AE6A-C3E8A663E965}"/>
     <cellStyle name="Normal 2 2 5 2 2 2" xfId="156" xr:uid="{6F25A8C7-9A19-4A79-AC41-D70A8DDD2D22}"/>
     <cellStyle name="Normal 2 2 5 2 3" xfId="157" xr:uid="{B4B52E51-4673-46EB-BCC8-ED2DC1D8A86D}"/>
     <cellStyle name="Normal 2 2 5 3" xfId="158" xr:uid="{54934385-FDE6-4A5D-8304-38026426066E}"/>
     <cellStyle name="Normal 2 2 6" xfId="45" xr:uid="{6AA7EEA4-3BBA-4BF3-8B7A-6B452F2157E3}"/>
     <cellStyle name="Normal 2 2 6 2" xfId="159" xr:uid="{455F9FBE-F7C0-4481-A4ED-6850B1600421}"/>
     <cellStyle name="Normal 2 2 7" xfId="42" xr:uid="{125533E1-A164-4ED1-A3EE-462CCE58407A}"/>
     <cellStyle name="Normal 2 2 7 2" xfId="160" xr:uid="{C399492F-D837-432A-AB56-3B51F1E10B6B}"/>
     <cellStyle name="Normal 2 2 8" xfId="23" xr:uid="{F50A39BF-4875-4760-ACEE-85BF002C759A}"/>
     <cellStyle name="Normal 2 2 8 2" xfId="161" xr:uid="{ADE3E58A-584D-4191-9B5A-1A9F77E4EEA8}"/>
     <cellStyle name="Normal 2 2 9" xfId="162" xr:uid="{CEE100BA-FCC3-477E-BC91-3AFC836ABC96}"/>
     <cellStyle name="Normal 2 3" xfId="17" xr:uid="{F003DC9C-C290-4593-976C-5845C5E85451}"/>
     <cellStyle name="Normal 2 3 2" xfId="163" xr:uid="{2596B033-6139-43F2-9C46-C6C6916F6E30}"/>
     <cellStyle name="Normal 2 4" xfId="10" xr:uid="{8AC3D65E-FB46-4414-AC69-B14FD1868EBE}"/>
     <cellStyle name="Normal 2 4 2" xfId="164" xr:uid="{156CF802-F764-489F-A237-7C9A1AE874B6}"/>
     <cellStyle name="Normal 2 5" xfId="165" xr:uid="{CAF9AC54-B749-4286-BB49-150987F184CC}"/>
     <cellStyle name="Normal 3" xfId="9" xr:uid="{C8742DE3-2C5C-4B5B-85A7-1F0C3BBB1293}"/>
     <cellStyle name="Normal 3 2" xfId="75" xr:uid="{5B3CA8D0-A2C6-4F89-9352-ECCDEE89B33A}"/>
     <cellStyle name="Normal 3 3" xfId="21" xr:uid="{92FD059F-BCAD-4693-A4EC-46A10B0F3478}"/>
     <cellStyle name="Normal 3 3 2" xfId="166" xr:uid="{57084CD2-4698-41A6-A881-97B699B675F2}"/>
     <cellStyle name="Normal 4" xfId="30" xr:uid="{221CA821-3BDB-4B45-AD5C-6BA37DB297B2}"/>
     <cellStyle name="Normal 4 2" xfId="167" xr:uid="{E4D5CBF4-B85C-4331-97F0-2DFE8366741D}"/>
     <cellStyle name="Normal 5" xfId="33" xr:uid="{8267F046-3CEA-4BC1-8268-FC7D621CC2B0}"/>
     <cellStyle name="Normal 5 2" xfId="15" xr:uid="{305C5BEF-AF03-45E0-9C26-7E8554DE437B}"/>
     <cellStyle name="Normal 5 2 2" xfId="168" xr:uid="{FAB789C0-FAC1-4941-86F9-4337E3BD36AA}"/>
     <cellStyle name="Normal 5 3" xfId="169" xr:uid="{CC7ED476-AC5A-439D-9394-F41E7CDC73FF}"/>
+    <cellStyle name="Normal 5 4" xfId="180" xr:uid="{280B62E0-9717-47D3-844D-023DEAE3C5B4}"/>
     <cellStyle name="Normal 6" xfId="37" xr:uid="{B03A6960-0C56-4D9C-A347-C1105731DBBA}"/>
     <cellStyle name="Normal 6 2" xfId="170" xr:uid="{421D183D-2F6B-4D26-BC2B-C08714E1D3EF}"/>
     <cellStyle name="Normal 7" xfId="47" xr:uid="{8F878A0D-43B7-470C-B92E-9306DC1869A3}"/>
     <cellStyle name="Normal 7 2" xfId="171" xr:uid="{2E41AD3A-15D3-4AA0-AAD8-5C52FA9896B6}"/>
     <cellStyle name="Normal 8" xfId="48" xr:uid="{DC619D65-122C-4386-8151-AE6F62ED4C63}"/>
     <cellStyle name="Normal 8 2" xfId="172" xr:uid="{000993F6-120B-47BB-BF14-3EC8DBBFFDF0}"/>
     <cellStyle name="Normal 9" xfId="3" xr:uid="{3FD3B2AA-2D55-4356-B835-D586464A0F5C}"/>
     <cellStyle name="Percent" xfId="7" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="26" xr:uid="{EE366D08-6B8B-4D79-94B3-9D79937CAF5F}"/>
     <cellStyle name="Percent 2 2" xfId="77" xr:uid="{BA41198A-341E-4B3D-84B5-ABA7AD09EF8E}"/>
     <cellStyle name="Percent 2 3" xfId="173" xr:uid="{A988C53C-52D1-4362-AE7C-FBCEB7E967C1}"/>
     <cellStyle name="Percent 3" xfId="34" xr:uid="{4F9EA2DE-605C-4A73-90FF-643F82123E76}"/>
     <cellStyle name="Percent 3 2" xfId="174" xr:uid="{67AC9FB8-EE26-43AD-9480-1A5C34C8CC85}"/>
     <cellStyle name="Percent 4" xfId="27" xr:uid="{0D0F9E96-613A-4516-A8DF-2624B79F75DF}"/>
     <cellStyle name="Percent 5" xfId="54" xr:uid="{1D34FB3D-0329-4B49-B925-0977A6CDAC5B}"/>
     <cellStyle name="Percent 5 2" xfId="175" xr:uid="{44FC5F19-2C9C-4436-B0C3-B6DF610845A8}"/>
     <cellStyle name="Percent 6" xfId="93" xr:uid="{61203912-CA63-473A-9B81-7B9A89EAD9CB}"/>
     <cellStyle name="Percent 6 2" xfId="176" xr:uid="{232D5EE1-ED8F-43A0-8B90-972DC6FFD553}"/>
   </cellStyles>
-  <dxfs count="248">
+  <dxfs count="271">
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
@@ -3438,50 +4105,308 @@
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
@@ -3788,50 +4713,368 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="169" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
@@ -4169,596 +5412,50 @@
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
-[...544 lines deleted...]
-      </font>
       <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
@@ -4877,110 +5574,380 @@
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
-        <strike val="0"/>
-[...11 lines deleted...]
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color auto="1"/>
+        <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="major"/>
+        <scheme val="none"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
-[...6 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom/>
+      </border>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
+        <scheme val="none"/>
       </font>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
+        <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFB5B7B3"/>
         </left>
         <right/>
         <top style="thin">
@@ -5411,50 +6378,134 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FFE8E8E8"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color rgb="FFFCBA5C"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
@@ -5521,134 +6572,50 @@
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...82 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="4" formatCode="#,##0.00"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color rgb="FFFCBA5C"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
@@ -6008,50 +6975,57 @@
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
+      <border>
+        <bottom style="thick">
+          <color rgb="FFFCBA5C"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="3" tint="0.59996337778862885"/>
         </left>
         <right/>
         <top style="thin">
@@ -6305,129 +7279,50 @@
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
       <protection locked="0" hidden="0"/>
-    </dxf>
-[...77 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="9" tint="0.59999389629810485"/>
         </patternFill>
       </fill>
@@ -7199,51 +8094,58 @@
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
@@ -7380,141 +8282,124 @@
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="15"/>
         <color theme="3"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...12 lines deleted...]
-      <numFmt numFmtId="170" formatCode="m/d/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...8 lines deleted...]
-      </font>
       <numFmt numFmtId="164" formatCode="0.0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...8 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
+      <border outline="0">
+        <top style="thin">
+          <color theme="2" tint="-0.249977111117893"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.249977111117893"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
@@ -7789,78 +8674,78 @@
     <dxf>
       <border>
         <left style="thin">
           <color theme="2"/>
         </left>
         <right style="thin">
           <color theme="2"/>
         </right>
         <top style="thin">
           <color theme="2"/>
         </top>
         <bottom style="thin">
           <color theme="2"/>
         </bottom>
         <vertical style="thin">
           <color theme="2"/>
         </vertical>
         <horizontal style="thin">
           <color theme="2"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="6" defaultTableStyle="CER Table 2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER" pivot="0" count="4" xr9:uid="{AD8A2B79-F384-40EA-A302-8B99581D8A58}">
-      <tableStyleElement type="wholeTable" dxfId="247"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstColumnStripe" dxfId="244"/>
+      <tableStyleElement type="wholeTable" dxfId="270"/>
+      <tableStyleElement type="headerRow" dxfId="269"/>
+      <tableStyleElement type="firstColumn" dxfId="268"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="267"/>
     </tableStyle>
     <tableStyle name="CER Table" pivot="0" count="5" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="243"/>
-[...3 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="239"/>
+      <tableStyleElement type="wholeTable" dxfId="266"/>
+      <tableStyleElement type="headerRow" dxfId="265"/>
+      <tableStyleElement type="firstColumn" dxfId="264"/>
+      <tableStyleElement type="lastColumn" dxfId="263"/>
+      <tableStyleElement type="firstRowStripe" dxfId="262"/>
     </tableStyle>
     <tableStyle name="CER Table 2" pivot="0" count="5" xr9:uid="{1324CAB1-A923-41C4-A34C-338279E056A6}">
-      <tableStyleElement type="wholeTable" dxfId="238"/>
-[...3 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="234"/>
+      <tableStyleElement type="wholeTable" dxfId="261"/>
+      <tableStyleElement type="headerRow" dxfId="260"/>
+      <tableStyleElement type="firstColumn" dxfId="259"/>
+      <tableStyleElement type="lastColumn" dxfId="258"/>
+      <tableStyleElement type="firstRowStripe" dxfId="257"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{8386D468-9556-4949-B4CC-56B54587740E}"/>
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{2940F169-CBF8-1443-9B39-C3C6289174B2}"/>
     <tableStyle name="QCMR Default" pivot="0" count="6" xr9:uid="{1249CC0F-39F9-4659-B2DA-97D31E6EE350}">
-      <tableStyleElement type="wholeTable" dxfId="233"/>
-[...4 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="228"/>
+      <tableStyleElement type="wholeTable" dxfId="256"/>
+      <tableStyleElement type="headerRow" dxfId="255"/>
+      <tableStyleElement type="totalRow" dxfId="254"/>
+      <tableStyleElement type="firstColumn" dxfId="253"/>
+      <tableStyleElement type="lastColumn" dxfId="252"/>
+      <tableStyleElement type="firstRowStripe" dxfId="251"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="005A6A79"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="004A7AA5"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
       <rgbColor rgb="00800080"/>
@@ -7911,183 +8796,195 @@
     <mruColors>
       <color rgb="FFD5D6D4"/>
       <color rgb="FFC9CBC7"/>
       <color rgb="FFE8E9E7"/>
       <color rgb="FFE8E9E8"/>
       <color rgb="FFDDD7C1"/>
       <color rgb="FFDAD4BC"/>
       <color rgb="FFE3DECB"/>
       <color rgb="FFD9F0FF"/>
       <color rgb="FFB7F0FF"/>
       <color rgb="FFC0C2C4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=xl/drawings/_rels/drawing21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>596900</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>3727</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>95249</xdr:rowOff>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>472965</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>13138</xdr:rowOff>
+      <xdr:colOff>469790</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>16566</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41790B75-C756-42D3-9183-4EC54931FACA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="600075" y="380999"/>
-          <a:ext cx="5270390" cy="3238939"/>
+          <a:off x="600075" y="376859"/>
+          <a:ext cx="5236845" cy="2455794"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
@@ -8206,1045 +9103,1136 @@
           </a:r>
           <a:endParaRPr lang="en-AU" sz="1100">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" i="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Clean Energy Regulator material that has been modified or transformed is considered derivative (this includes changing graphing or tabular data, calculating percentage changes or deriving new statistics). This should be referenced as follows</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="1100" b="0" i="1">
-[...10 lines deleted...]
-          <a:r>
             <a:rPr lang="en-US" sz="1100" b="1" i="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t> Based on Clean Energy Regulator data</a:t>
+            <a:t>, Based on Clean Energy Regulator data</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="0" i="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" b="0" i="1">
-            <a:solidFill>
-[...35 lines deleted...]
-          <a:endParaRPr lang="en-US" sz="1100" i="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-AU" sz="1100">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-AU" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>185358</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>158750</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>111125</xdr:rowOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1250717</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>127610</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 1">
+        <xdr:cNvPr id="4" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F909BE3-FA52-47D3-B257-5D4329DEFC52}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{061C36CB-F4E5-A1C5-6582-9BBE6AB2F1FB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...6 lines deleted...]
-        <a:stretch/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="185358" y="1123950"/>
-          <a:ext cx="9001125" cy="3952875"/>
+          <a:off x="0" y="6381750"/>
+          <a:ext cx="7565792" cy="4109060"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>229279</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:colOff>156339</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>28574</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>326664</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>181749</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9837EC0-F1DB-4A14-BAB3-B72C4EA438C5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F909BE3-FA52-47D3-B257-5D4329DEFC52}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1"/>
+          <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
+        <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="229279" y="6489700"/>
-          <a:ext cx="7915275" cy="3962400"/>
+          <a:off x="156339" y="1025524"/>
+          <a:ext cx="9003175" cy="3963175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>401366</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>105057</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>1289057</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>86782</xdr:rowOff>
+      <xdr:colOff>1136443</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>115417</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 1">
+        <xdr:cNvPr id="5" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3145A2E-D357-4732-AC04-C17CBB40AC42}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27C92C4C-06FE-9735-5F3E-4475D435BC00}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...7 lines deleted...]
-        <a:stretch/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="401366" y="8544207"/>
-          <a:ext cx="9130626" cy="3960000"/>
+          <a:off x="0" y="6619875"/>
+          <a:ext cx="7870618" cy="4096867"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>194887</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>3175</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>561740</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>107653</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7CDD322-FAD7-424B-B7D6-6ED281BC18DD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52681B1E-76AF-CAED-594E-A02BB6B7F5C2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...6 lines deleted...]
-        <a:stretch/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="194887" y="6194425"/>
-          <a:ext cx="8286750" cy="3952875"/>
+          <a:off x="0" y="8620125"/>
+          <a:ext cx="9016765" cy="3901778"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>1857010</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1540</xdr:colOff>
       <xdr:row>54</xdr:row>
-      <xdr:rowOff>119593</xdr:rowOff>
+      <xdr:rowOff>125943</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C738BC5-E602-9CEF-ED13-AB362BED8738}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6734175"/>
           <a:ext cx="8974090" cy="3920068"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>129540</xdr:rowOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>34247</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1875591</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>109321</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="4" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B53652D-3B6D-C12C-54ED-E4BF55FB4CF3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2F60AFA-C22A-31A7-3ECB-E9828F59D5F1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="1059180"/>
-          <a:ext cx="8869317" cy="3928067"/>
+          <a:off x="0" y="6381750"/>
+          <a:ext cx="7962066" cy="4090771"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
+      <xdr:colOff>108730</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>65088</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1982046</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>123013</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B53652D-3B6D-C12C-54ED-E4BF55FB4CF3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="108730" y="998538"/>
+          <a:ext cx="8988491" cy="3966350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-      <xdr:colOff>514881</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>232941</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>42525</xdr:rowOff>
+      <xdr:rowOff>34905</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C643611E-A26C-4298-0DFF-18DBDE7F20FB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1695450"/>
           <a:ext cx="9059441" cy="4170025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>536384</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>134214</xdr:rowOff>
+      <xdr:colOff>557739</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>161882</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A882504-2A62-9F9D-CB76-762A1F2D061F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA9B7D07-6CE9-40C0-5499-F10A6AA1ED73}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="3419475"/>
-[...49 lines deleted...]
-          <a:ext cx="10607959" cy="3853006"/>
+          <a:off x="0" y="3286125"/>
+          <a:ext cx="8272989" cy="3895682"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>8488</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>557739</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>161882</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 3">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54FF3D61-23AD-60D5-07F6-919BDF44F650}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98CE5D83-0605-9848-8291-DA57E927F4DD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1" y="762000"/>
-          <a:ext cx="8686800" cy="3818488"/>
+          <a:off x="0" y="3286125"/>
+          <a:ext cx="8272989" cy="3895682"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="7429500" cy="3962400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE9F4E54-B2B1-4BD0-B6C8-5DB825590F8F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="66675" y="2247900"/>
+          <a:ext cx="7429500" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>101690</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2257425</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>60942</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="7" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC922E2-3A97-DE57-0076-E00F669619EC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1990582F-D314-0FEA-AF3B-EB24B48E2893}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="5782235"/>
-          <a:ext cx="7931583" cy="3968840"/>
+          <a:off x="0" y="1704976"/>
+          <a:ext cx="5200650" cy="4124306"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>115686</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>952576</xdr:colOff>
+      <xdr:colOff>457276</xdr:colOff>
       <xdr:row>53</xdr:row>
-      <xdr:rowOff>29961</xdr:rowOff>
+      <xdr:rowOff>26786</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5C9CD7-D2BB-4B48-B440-F7F7BAB30E3B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0">
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6106911"/>
           <a:ext cx="8848801" cy="3895725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
-[...52 lines deleted...]
-
 <file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...52 lines deleted...]
-<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>1589931</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1330851</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>149822</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{853115F9-E5D8-8152-B50A-706661F7FF9E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6019800"/>
           <a:ext cx="8998476" cy="3956647"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>191736</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>172637</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>22229</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>371475</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8FFFA6A-36A0-4807-AEC2-971121A76B76}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7674A4F2-9488-B611-7D5B-3B5EFD117E37}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr preferRelativeResize="0">
+        <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...7 lines deleted...]
-        <a:stretch/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="191736" y="6163862"/>
-          <a:ext cx="7820585" cy="3900892"/>
+          <a:off x="0" y="8620125"/>
+          <a:ext cx="8582025" cy="3429000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>395106</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>188575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4FCECD3-6730-B765-3EF6-C1A3AD79FE4A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="676275"/>
+          <a:ext cx="8900931" cy="4170025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>142498</xdr:rowOff>
+      <xdr:colOff>181061</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>46489</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>2326</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>75161</xdr:colOff>
       <xdr:row>53</xdr:row>
-      <xdr:rowOff>124223</xdr:rowOff>
+      <xdr:rowOff>12339</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 3">
+        <xdr:cNvPr id="10" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9CA25FD-2091-4A5C-B09D-563C8359142A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr preferRelativeResize="0">
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="181061" y="6590164"/>
+          <a:ext cx="9000000" cy="3960000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>238446</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>172637</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>103471</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>132137</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8FFFA6A-36A0-4807-AEC2-971121A76B76}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr preferRelativeResize="0">
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="238446" y="6430562"/>
+          <a:ext cx="7920000" cy="3960000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>34256</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>136236</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>324731</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>19536</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8220DE0B-D75D-48C8-805D-622C8B23F2BC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="34256" y="4965411"/>
+          <a:ext cx="7920000" cy="3960000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing28.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>434480</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>162977</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>2104671</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>87868</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D14BC57F-9D9E-4594-9EA9-04F2221B117C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0">
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6133723"/>
-          <a:ext cx="8987576" cy="3960000"/>
+          <a:off x="434480" y="6154202"/>
+          <a:ext cx="8607566" cy="3722191"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing29.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>6743</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>164029</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>1102900</xdr:colOff>
+      <xdr:colOff>1026700</xdr:colOff>
       <xdr:row>54</xdr:row>
-      <xdr:rowOff>145754</xdr:rowOff>
+      <xdr:rowOff>142579</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B7C1B85-32D1-4F99-BF3C-9D47440B09B0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0">
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -9252,766 +10240,797 @@
         <a:xfrm>
           <a:off x="6743" y="6336229"/>
           <a:ext cx="8992382" cy="3960000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>1052628</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>120740</xdr:rowOff>
+      <xdr:colOff>1140258</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>174462</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 1">
+        <xdr:cNvPr id="4" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EDB3B13-24A2-34DB-168B-A8A2CF0F08CA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB37D1A1-213C-0F97-FFD8-593D5653E72E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="5781675"/>
+          <a:ext cx="7931583" cy="3974937"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1521258</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>168365</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BD2F447-99B5-B8A1-5DCC-3B4E96249FAD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="5781675"/>
           <a:ext cx="7931583" cy="3968840"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>246017</xdr:colOff>
+      <xdr:colOff>320947</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>95593</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E124C90-FFF0-7966-3928-CE3F7C478776}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26E9B68E-C2EE-490D-97C5-62456CC103E0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6200775"/>
-[...49 lines deleted...]
-          <a:ext cx="7919390" cy="3962743"/>
+          <a:off x="0" y="6210300"/>
+          <a:ext cx="8617222" cy="4096093"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>867566</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>140497</xdr:rowOff>
+      <xdr:colOff>1210615</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>57493</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{194ECB30-563A-6364-42F2-4410420F9084}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37B65F6D-5CBC-A505-F569-FF4B14C3379D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="5486400"/>
-          <a:ext cx="7663336" cy="3962743"/>
+          <a:ext cx="7919390" cy="3962743"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
+      <xdr:colOff>266700</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1394936</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>7125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E10F5B67-485A-14FD-61BE-AD6EC7649D5E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="266700" y="1323975"/>
+          <a:ext cx="8722836" cy="3960000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>145192</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1408076</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>107867</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{593DAB8B-4BE1-4E5A-B629-A568FEA2B1FC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="2548667"/>
+          <a:ext cx="7935876" cy="3960000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>216587</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>154013</xdr:rowOff>
+      <xdr:colOff>410262</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>57493</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E344FFB1-D8DA-E03E-1BD3-4EC19ECE35D5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D57039B3-CF52-939D-0DA2-686872A31A03}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="5734050"/>
           <a:ext cx="7925487" cy="3962743"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
-[...106 lines deleted...]
-
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table18" displayName="Table18" ref="A5:B33" totalsRowShown="0" headerRowDxfId="227" dataDxfId="226">
-[...1 lines deleted...]
-    <sortCondition ref="A6:A33"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table18" displayName="Table18" ref="A5:B36" totalsRowShown="0" headerRowDxfId="250" dataDxfId="249">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:B34">
+    <sortCondition ref="A6:A34"/>
   </sortState>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{E4FD6D45-B1D9-4065-AE55-16159495FBD4}" name="Figure number" dataDxfId="225" dataCellStyle="Hyperlink"/>
+    <tableColumn id="1" xr3:uid="{E4FD6D45-B1D9-4065-AE55-16159495FBD4}" name="Figure number" dataDxfId="248" dataCellStyle="Hyperlink"/>
     <tableColumn id="2" xr3:uid="{3F3EFFF0-8F16-41A6-88F0-7F2513CAF1B1}" name="Figure title" dataCellStyle="Normal"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{4701034C-9399-4AB3-8A8B-6C14D374F08B}" name="Table415" displayName="Table415" ref="A4:F31" totalsRowShown="0" headerRowDxfId="136" headerRowBorderDxfId="135">
-[...7 lines deleted...]
-    <tableColumn id="6" xr3:uid="{6FFD80A7-95E2-4190-8CCE-C0B52BCFB3FA}" name="Annual total" dataDxfId="130"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{1DAB1FF5-E434-4A7A-8510-7F44533000F4}" name="Table413" displayName="Table413" ref="A4:I31" totalsRowShown="0" headerRowDxfId="173" headerRowBorderDxfId="172" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:I31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="9">
+    <tableColumn id="1" xr3:uid="{378FA5EC-B176-4945-A1CD-1DF78C7F1428}" name="Year" dataDxfId="171"/>
+    <tableColumn id="2" xr3:uid="{B2A216F3-CC9C-462D-AB44-E09D995B2561}" name="Quarter" dataDxfId="170"/>
+    <tableColumn id="3" xr3:uid="{4AF1344A-D711-4561-912F-CE5D1150109A}" name="Wind" dataDxfId="169"/>
+    <tableColumn id="4" xr3:uid="{73B37E4C-22FB-4488-BE8D-435385911B82}" name="Solar" dataDxfId="168"/>
+    <tableColumn id="5" xr3:uid="{8F0C2EF2-F42F-4816-9E66-CEF0362B17F5}" name="Biomass" dataDxfId="167"/>
+    <tableColumn id="6" xr3:uid="{7341B477-66B7-408E-882F-BB01B3DE7E38}" name="Hydroelectricity" dataDxfId="166"/>
+    <tableColumn id="7" xr3:uid="{AB6EC047-F3BF-4D4F-BCEA-B8A398D07410}" name="Waste coal mine gas" dataDxfId="165"/>
+    <tableColumn id="8" xr3:uid="{0449FB12-1E24-4809-AF44-C6748D914351}" name="Total" dataDxfId="164"/>
+    <tableColumn id="9" xr3:uid="{F0CEEDC5-6FC7-4014-B6B4-525DC72AADD5}" name="Annual total" dataDxfId="163"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{D301E016-1CF3-4946-8652-299500E221D2}" name="Table416" displayName="Table416" ref="A4:F43" totalsRowShown="0" headerRowDxfId="129" headerRowBorderDxfId="128">
-  <autoFilter ref="A4:F43" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{4701034C-9399-4AB3-8A8B-6C14D374F08B}" name="Table415" displayName="Table415" ref="A4:F31" totalsRowShown="0" headerRowDxfId="162" headerRowBorderDxfId="161">
+  <autoFilter ref="A4:F31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{8138F054-9836-4D96-BFB9-69627BD44BFF}" name="Year"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{CD364916-BA29-4C78-A5CB-EE3D6401473B}" name="Annual total capacity" dataDxfId="124"/>
+    <tableColumn id="1" xr3:uid="{24F94D51-2861-473D-9F6A-01DEA03B61D8}" name="Year"/>
+    <tableColumn id="2" xr3:uid="{E814099B-6CE9-472F-A6A7-A3283A4C62EA}" name="Quarter" dataDxfId="160"/>
+    <tableColumn id="3" xr3:uid="{1CD55857-E848-40AB-8C93-94EA1ADBD859}" name="Wind" dataDxfId="159"/>
+    <tableColumn id="4" xr3:uid="{C527D20A-72EA-4BFD-8569-24DDE9508EA7}" name="Solar" dataDxfId="158"/>
+    <tableColumn id="5" xr3:uid="{176D885C-3C04-48B3-974A-19274D69E4B7}" name="Total" dataDxfId="157"/>
+    <tableColumn id="6" xr3:uid="{6FFD80A7-95E2-4190-8CCE-C0B52BCFB3FA}" name="Annual total" dataDxfId="156"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{A8B0A4A5-B5D6-44B5-9E88-C8C449B79B94}" name="Table417" displayName="Table417" ref="A4:G31" totalsRowShown="0" headerRowDxfId="123" dataDxfId="121" headerRowBorderDxfId="122">
-[...8 lines deleted...]
-    <tableColumn id="7" xr3:uid="{80B4CE69-E64B-4883-B217-F0D64DF9B793}" name="Annual total" dataDxfId="114"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{D301E016-1CF3-4946-8652-299500E221D2}" name="Table416" displayName="Table416" ref="A4:F43" totalsRowShown="0" headerRowDxfId="155" headerRowBorderDxfId="154">
+  <autoFilter ref="A4:F43" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{8138F054-9836-4D96-BFB9-69627BD44BFF}" name="Year"/>
+    <tableColumn id="2" xr3:uid="{3DF4EECE-A492-49BE-A489-C54E5F1B3A4D}" name="Quarter"/>
+    <tableColumn id="3" xr3:uid="{E98BF2C8-BF07-42AB-BB1F-A0774627BD7E}" name="Capacity" dataDxfId="153"/>
+    <tableColumn id="4" xr3:uid="{CB1BE782-CD45-4E7B-9281-4B7B8E03CFA1}" name="Four-quarter rolling average" dataDxfId="152"/>
+    <tableColumn id="5" xr3:uid="{8FC10ED7-FA72-40E5-982D-D3C4C30038DE}" name="Four-quarter rolling Sum" dataDxfId="151"/>
+    <tableColumn id="6" xr3:uid="{CD364916-BA29-4C78-A5CB-EE3D6401473B}" name="Annual total capacity" dataDxfId="150"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{72AE3631-30E9-43A3-A4D1-C3A33481548D}" name="Table418" displayName="Table418" ref="A4:J31" totalsRowShown="0" dataDxfId="113" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{72AE3631-30E9-43A3-A4D1-C3A33481548D}" name="Table418" displayName="Table418" ref="A4:J31" totalsRowShown="0" dataDxfId="149" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:J31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{F81D92FB-EB84-42BD-9136-BF352A8CD147}" name="Year" dataDxfId="112"/>
-[...8 lines deleted...]
-    <tableColumn id="10" xr3:uid="{7E63230D-E46B-4355-85E3-E789104C1933}" name="Total Holdings" dataDxfId="103"/>
+    <tableColumn id="1" xr3:uid="{F81D92FB-EB84-42BD-9136-BF352A8CD147}" name="Year" dataDxfId="148"/>
+    <tableColumn id="2" xr3:uid="{BB547B92-F188-4ECF-A4FD-5B05B69FB785}" name="Quarter" dataDxfId="147"/>
+    <tableColumn id="3" xr3:uid="{D51ECE7B-43B8-441D-819F-2391E4D9558B}" name="Liable entity" dataDxfId="146"/>
+    <tableColumn id="4" xr3:uid="{29AB157B-C848-4335-9226-3EA5D7C93A71}" name="Power station" dataDxfId="145"/>
+    <tableColumn id="5" xr3:uid="{9E49BFB5-4BE8-4534-AD67-7796DBB0ED2D}" name="Non-RET (voluntary)" dataDxfId="144"/>
+    <tableColumn id="6" xr3:uid="{E9A16F91-E08B-4F6A-8D59-FD3AFEDE6A5F}" name="Non-RET (compliance)" dataDxfId="143"/>
+    <tableColumn id="7" xr3:uid="{F95F735F-EA03-49F6-BD52-E1CD895E371C}" name="Non-RET (government)" dataDxfId="142"/>
+    <tableColumn id="8" xr3:uid="{2CAC121F-4D0A-4C7A-8AFB-47CB757F1B1C}" name="Intermediary" dataDxfId="141"/>
+    <tableColumn id="9" xr3:uid="{08D2B436-5E02-48C5-B1EC-CE6C34323042}" name="Other" dataDxfId="140"/>
+    <tableColumn id="10" xr3:uid="{7E63230D-E46B-4355-85E3-E789104C1933}" name="Total Holdings" dataDxfId="139"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{5F4A1EBC-FA2F-4EFD-8E51-EB588FB06F8E}" name="Fig3.6" displayName="Fig3.6" ref="A4:J7" totalsRowShown="0" headerRowDxfId="102" dataDxfId="101" tableBorderDxfId="100" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{A8B0A4A5-B5D6-44B5-9E88-C8C449B79B94}" name="Table417" displayName="Table417" ref="A4:G31" totalsRowShown="0" headerRowDxfId="138" dataDxfId="136" headerRowBorderDxfId="137">
+  <autoFilter ref="A4:G31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{97583E94-86D7-475D-ADD0-0E1D8087A567}" name="Year" dataDxfId="135"/>
+    <tableColumn id="2" xr3:uid="{B8BF9B16-BD71-4216-9BBB-AEFE903E0A8A}" name="Quarter" dataDxfId="134"/>
+    <tableColumn id="3" xr3:uid="{194B737D-0C9F-4A0E-8A22-D68FDAE23EA7}" name="Voluntary" dataDxfId="133"/>
+    <tableColumn id="4" xr3:uid="{7090D31D-4D65-4475-B870-B0C4D5767B2D}" name="Government" dataDxfId="132"/>
+    <tableColumn id="5" xr3:uid="{1AE7E40D-913C-4009-8CD8-89B34E15DE85}" name="Compliance" dataDxfId="131"/>
+    <tableColumn id="6" xr3:uid="{09682BFD-0C95-414E-B796-14D75F926FB2}" name="Total" dataDxfId="130"/>
+    <tableColumn id="7" xr3:uid="{80B4CE69-E64B-4883-B217-F0D64DF9B793}" name="Annual total" dataDxfId="129"/>
+  </tableColumns>
+  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{5F4A1EBC-FA2F-4EFD-8E51-EB588FB06F8E}" name="Fig3.6" displayName="Fig3.6" ref="A4:J7" totalsRowShown="0" headerRowDxfId="128" dataDxfId="127" tableBorderDxfId="126" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:J7" xr:uid="{5C7F351B-05BF-48CE-86F0-A2119AA510A9}"/>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{3511393C-CFEC-4EBF-93A6-5A83268E0E7A}" name="Month" dataDxfId="99"/>
-[...8 lines deleted...]
-    <tableColumn id="10" xr3:uid="{C54D4832-6CD3-4A42-BBDA-F839877438B4}" name="Grand Total" dataDxfId="90"/>
+    <tableColumn id="1" xr3:uid="{3511393C-CFEC-4EBF-93A6-5A83268E0E7A}" name="Month" dataDxfId="125"/>
+    <tableColumn id="2" xr3:uid="{B2821426-85E2-4748-97E1-F57F91E994E9}" name="ACT" dataDxfId="124"/>
+    <tableColumn id="3" xr3:uid="{522CB2B5-6B6E-4695-9081-E65AD7343B3A}" name="NSW" dataDxfId="123"/>
+    <tableColumn id="4" xr3:uid="{EBD79127-CE84-4AC7-BDAD-A1188BED1424}" name="NT" dataDxfId="122"/>
+    <tableColumn id="5" xr3:uid="{AABD5B8B-D6D4-41EE-B06A-BAC92AB9559E}" name="QLD" dataDxfId="121"/>
+    <tableColumn id="6" xr3:uid="{BD28EDB1-38A2-4F7B-9385-61B798386372}" name="SA" dataDxfId="120"/>
+    <tableColumn id="7" xr3:uid="{DF1FCAD3-A1EC-4B6E-95B0-24E76F97EA1B}" name="TAS" dataDxfId="119"/>
+    <tableColumn id="8" xr3:uid="{16FA5896-6643-4060-93C8-23D0C7051445}" name="VIC" dataDxfId="118"/>
+    <tableColumn id="9" xr3:uid="{96021E2E-EEB2-4B02-9A43-C115E5F5FE49}" name="WA" dataDxfId="117"/>
+    <tableColumn id="10" xr3:uid="{C54D4832-6CD3-4A42-BBDA-F839877438B4}" name="Grand Total" dataDxfId="116"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{A1222ADF-5F98-4DF8-986F-05F9BEB5E43E}" name="Fig3.730" displayName="Fig3.730" ref="A4:B16" totalsRowShown="0" headerRowDxfId="89" tableBorderDxfId="88" totalsRowBorderDxfId="87" headerRowCellStyle="Heading 1">
+<file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{A1222ADF-5F98-4DF8-986F-05F9BEB5E43E}" name="Fig3.730" displayName="Fig3.730" ref="A4:B16" totalsRowShown="0" headerRowDxfId="115" tableBorderDxfId="114" totalsRowBorderDxfId="113" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:B16" xr:uid="{B0371424-4894-4E7B-842A-5AC8345F4253}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{DEB2434B-9D5D-41CC-8177-EEE04214DE6E}" name="Category" dataDxfId="86" totalsRowDxfId="85"/>
-[...12 lines deleted...]
-    <tableColumn id="3" xr3:uid="{E5DF6D69-1DE5-454D-9D6A-677D813DFB89}" name="STC supply" dataDxfId="79"/>
+    <tableColumn id="1" xr3:uid="{DEB2434B-9D5D-41CC-8177-EEE04214DE6E}" name="Category" dataDxfId="112" totalsRowDxfId="111"/>
+    <tableColumn id="2" xr3:uid="{E223986E-ACC1-4265-9C9A-BE6F65BCEF1D}" name="Count of validated installations" dataDxfId="110" totalsRowDxfId="109" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{E7E80764-A529-4BE3-8C4A-CB3DA77A61BE}" name="Fig3.3" displayName="Fig3.3" ref="A4:F31" totalsRowShown="0" headerRowDxfId="78" dataDxfId="77" headerRowCellStyle="Heading 1">
-[...7 lines deleted...]
-    <tableColumn id="7" xr3:uid="{9D7142DD-7645-4E22-87E9-D4A3F80AA5DA}" name="Annual total installations" dataDxfId="71" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{8D6BDFDA-3BD8-4693-99E8-12C6F7331285}" name="Fig3.7307" displayName="Fig3.7307" ref="A4:B16" totalsRowShown="0" headerRowDxfId="108" tableBorderDxfId="107" totalsRowBorderDxfId="106" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:B16" xr:uid="{8D6BDFDA-3BD8-4693-99E8-12C6F7331285}"/>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{BECE3DA5-7DAA-4161-BED0-310F0E7AE2C7}" name="Category" dataDxfId="105" totalsRowDxfId="104"/>
+    <tableColumn id="2" xr3:uid="{AC380CC2-2BA8-4568-AA35-6C15BD5827C2}" name="Count of validated installations" dataDxfId="103" totalsRowDxfId="102" dataCellStyle="Comma"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{DB52F5FD-2308-401C-9B4D-A083E909A580}" name="Fig3.5" displayName="Fig3.5" ref="A4:K23" totalsRowShown="0" headerRowDxfId="70" dataDxfId="68" headerRowBorderDxfId="69" headerRowCellStyle="Heading 1">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{516D3C48-F78F-4AA1-9451-F0764E4E95D0}" name="Australia" dataDxfId="57"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{D9294EFA-379D-4908-9B50-3F0F3A582405}" name="Fig3.73078" displayName="Fig3.73078" ref="A4:B7" totalsRowShown="0" headerRowDxfId="101" tableBorderDxfId="100" totalsRowBorderDxfId="99" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:B7" xr:uid="{D9294EFA-379D-4908-9B50-3F0F3A582405}"/>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{EAF469E7-7170-489F-85D4-AE90D9358CC7}" name="Category" dataDxfId="98" totalsRowDxfId="97"/>
+    <tableColumn id="2" xr3:uid="{FC47B0AC-35AF-4BF4-ADA9-4CEF998F2B90}" name="Percentage of total installations" dataDxfId="96" totalsRowDxfId="95" dataCellStyle="Percent"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{8A0D9E88-D4D8-4647-A68D-4FE6454698E7}" name="Table423" displayName="Table423" ref="A4:L31" totalsRowShown="0" headerRowDxfId="56" dataDxfId="55" headerRowCellStyle="Heading 1">
-[...13 lines deleted...]
-    <tableColumn id="12" xr3:uid="{80E66BA7-D3F0-4B06-9FA4-3078F2D5F207}" name="STC validations" dataDxfId="43"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{E7E80764-A529-4BE3-8C4A-CB3DA77A61BE}" name="Fig3.3" displayName="Fig3.3" ref="A4:F31" totalsRowShown="0" headerRowDxfId="94" dataDxfId="93" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:F31" xr:uid="{C9AF4CE5-26E3-4B6D-8ED4-1DD5A86952B5}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{150A96ED-BE8D-445A-AAD2-988016B2549F}" name="Year" dataDxfId="92"/>
+    <tableColumn id="2" xr3:uid="{B6CC646A-4419-4763-BEB1-B96002AD14A9}" name="Quarter" dataDxfId="91"/>
+    <tableColumn id="3" xr3:uid="{685A8938-FDD7-4BC0-845E-C7F658966FF4}" name="Installations" dataDxfId="90"/>
+    <tableColumn id="5" xr3:uid="{653D7606-B305-4310-B18A-2BDC47C9DB01}" name="Installed capacity" dataDxfId="89"/>
+    <tableColumn id="6" xr3:uid="{64C69572-AE65-4FA8-B0A8-0658BF490FF2}" name="Annual total capacity (MW)" dataDxfId="88"/>
+    <tableColumn id="7" xr3:uid="{9D7142DD-7645-4E22-87E9-D4A3F80AA5DA}" name="Annual total installations" dataDxfId="87" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table21" displayName="Table21" ref="A2:C4" totalsRowShown="0" headerRowDxfId="224" dataDxfId="223">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table21" displayName="Table21" ref="A2:C5" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0">
   <tableColumns count="3">
-    <tableColumn id="1" xr3:uid="{779286B0-2369-40D6-8FC1-D9BF7CA7A801}" name="Version" dataDxfId="222"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{4B017EC1-A0A5-4669-B098-1948510FD540}" name="Changes" dataDxfId="220"/>
+    <tableColumn id="1" xr3:uid="{779286B0-2369-40D6-8FC1-D9BF7CA7A801}" name="Version" dataDxfId="4" dataCellStyle="Normal 2"/>
+    <tableColumn id="2" xr3:uid="{7FEEBBF8-CD5E-4E63-81D8-5AFBA94B0A8E}" name="Date" dataDxfId="3" dataCellStyle="Normal 2"/>
+    <tableColumn id="3" xr3:uid="{4B017EC1-A0A5-4669-B098-1948510FD540}" name="Changes" dataDxfId="2"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table 2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{B52B4C7D-43C4-4377-98F7-5C9523E7A1C8}" name="Fig3.10" displayName="Fig3.10" ref="A4:H31" totalsRowShown="0" headerRowDxfId="42" dataDxfId="40" headerRowBorderDxfId="41" tableBorderDxfId="39" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{B52B4C7D-43C4-4377-98F7-5C9523E7A1C8}" name="Fig3.10" displayName="Fig3.10" ref="A4:H31" totalsRowShown="0" headerRowDxfId="86" dataDxfId="84" headerRowBorderDxfId="85" tableBorderDxfId="83" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:H31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{FB44CE5B-83D5-4A42-8C48-7118E2A8F4D5}" name="Year" dataDxfId="38"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{0EABB6A3-4AF4-4270-AF75-2D1BE6ABF2FD}" name="Average system size" dataDxfId="31" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{FB44CE5B-83D5-4A42-8C48-7118E2A8F4D5}" name="Year" dataDxfId="82"/>
+    <tableColumn id="2" xr3:uid="{8E3855AB-4B2B-4133-A866-7E1DA6D36367}" name="Quarter" dataDxfId="81"/>
+    <tableColumn id="3" xr3:uid="{37FBA4F5-7484-4F15-BA66-B696E5C30490}" name="0-5 kW" dataDxfId="80"/>
+    <tableColumn id="4" xr3:uid="{D17B87CC-5053-44A0-ABB5-7A4D8FC2E673}" name="5-10 kW" dataDxfId="79"/>
+    <tableColumn id="5" xr3:uid="{7F9989E8-F232-400A-B00D-4E2DFA6066BE}" name="10-15 kW" dataDxfId="78"/>
+    <tableColumn id="6" xr3:uid="{A60420FE-FAC6-4131-B601-CF78535E7F33}" name="15-40 kW" dataDxfId="77"/>
+    <tableColumn id="7" xr3:uid="{F81EBE7E-D6AE-42CA-B396-5E61E14FFC19}" name="40-100 kW" dataDxfId="76"/>
+    <tableColumn id="8" xr3:uid="{0EABB6A3-4AF4-4270-AF75-2D1BE6ABF2FD}" name="Average system size" dataDxfId="75" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table21.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="25" xr:uid="{28083DDC-A16F-403B-9B1D-046AB5B1812E}" name="Fig3.4" displayName="Fig3.4" ref="A4:K31" totalsRowShown="0" headerRowCellStyle="Heading 1">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{D7CCA710-AC9A-4B14-9A64-FC21CDC6DC22}" name="Annual total" dataDxfId="10" totalsRowDxfId="9"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{94D23802-733E-46C3-AB6B-3B9B56558058}" name="Fig3.1" displayName="Fig3.1" ref="A4:C44" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:C44" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="3">
+    <tableColumn id="1" xr3:uid="{951C03EF-1FA9-4D2C-AEE8-4427440A7227}" name="Month" dataDxfId="74"/>
+    <tableColumn id="2" xr3:uid="{F60ED020-6F79-419B-844E-98021CFB26A3}" name="Week" dataDxfId="73"/>
+    <tableColumn id="3" xr3:uid="{E5DF6D69-1DE5-454D-9D6A-677D813DFB89}" name="STC supply"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table22.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="26" xr:uid="{3E30F37B-8AA6-466D-82E1-9CC3C06DA035}" name="Table428" displayName="Table428" ref="A4:D31" totalsRowShown="0" headerRowCellStyle="Heading 1">
-[...5 lines deleted...]
-    <tableColumn id="4" xr3:uid="{83A8C59D-A892-4C29-8607-0B7E6787A0CF}" name="Annual total" dataDxfId="5"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{8A0D9E88-D4D8-4647-A68D-4FE6454698E7}" name="Table423" displayName="Table423" ref="A4:L31" totalsRowShown="0" headerRowDxfId="72" dataDxfId="71" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:L31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{363825AB-C1BF-4D49-BAD3-4E4C6D99CC0C}" name="Year" dataDxfId="70"/>
+    <tableColumn id="2" xr3:uid="{C4203260-2C20-4A7A-9750-F0918725EE87}" name="Quarter" dataDxfId="69"/>
+    <tableColumn id="3" xr3:uid="{61E53EC0-AA9C-41E0-93A2-66BEAB836154}" name="Victoria" dataDxfId="68"/>
+    <tableColumn id="4" xr3:uid="{09CB924F-F102-4F44-A335-0D676A8EFC1E}" name="NSW" dataDxfId="67"/>
+    <tableColumn id="5" xr3:uid="{581C6DBD-B2EC-4171-BD9E-0D624A5A45F5}" name="Queensland" dataDxfId="66"/>
+    <tableColumn id="6" xr3:uid="{3F70D13A-D4E1-4D33-A98B-FE3BC3C16A35}" name="WA" dataDxfId="65"/>
+    <tableColumn id="7" xr3:uid="{A5A3F755-BEFF-4E86-85C8-5D1317D694C2}" name="SA" dataDxfId="64"/>
+    <tableColumn id="8" xr3:uid="{FB3AC838-79CE-491C-95DB-3C4EB636D233}" name="ACT" dataDxfId="63"/>
+    <tableColumn id="9" xr3:uid="{AA09DB96-B73D-4328-99DE-20F63003571A}" name="Tasmania" dataDxfId="62"/>
+    <tableColumn id="10" xr3:uid="{CF11E4F7-0BF3-43A4-9BCA-FC4028624A75}" name="NT" dataDxfId="61"/>
+    <tableColumn id="11" xr3:uid="{55183EFF-E272-4ECE-95B0-8238FA2B7D52}" name="Annual total" dataDxfId="60" dataCellStyle="Normal 3"/>
+    <tableColumn id="12" xr3:uid="{80E66BA7-D3F0-4B06-9FA4-3078F2D5F207}" name="STC validations" dataDxfId="59"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table23.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="25" xr:uid="{28083DDC-A16F-403B-9B1D-046AB5B1812E}" name="Fig3.4" displayName="Fig3.4" ref="A4:K31" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:K31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{7E807424-F42E-4AB2-B9AC-DC0CF66407E8}" name="Year" dataDxfId="58" totalsRowDxfId="57"/>
+    <tableColumn id="2" xr3:uid="{E9C32434-2FCA-4F07-A35D-A62F21928610}" name="Quarter" dataDxfId="56" totalsRowDxfId="55"/>
+    <tableColumn id="3" xr3:uid="{BDC4736F-AAFB-4820-83B1-BF67AFBA0883}" name="NSW" dataDxfId="54" totalsRowDxfId="53"/>
+    <tableColumn id="4" xr3:uid="{696BCB80-7883-4CEF-A11D-EFBD7AA03A6D}" name="Queensland" dataDxfId="52" totalsRowDxfId="51"/>
+    <tableColumn id="5" xr3:uid="{1B358C19-9793-4165-8C2E-2BA896DF08FB}" name="Victoria" dataDxfId="50" totalsRowDxfId="49"/>
+    <tableColumn id="6" xr3:uid="{18AEE28A-0D80-43CB-969D-58CBD021704F}" name="WA" dataDxfId="48" totalsRowDxfId="47"/>
+    <tableColumn id="7" xr3:uid="{95FE4D76-2E1A-4870-ADA8-9A5ED8D63BF0}" name="SA" dataDxfId="46" totalsRowDxfId="45"/>
+    <tableColumn id="8" xr3:uid="{D452BB5E-CEC0-4584-9220-C27579C32906}" name="ACT" dataDxfId="44" totalsRowDxfId="43"/>
+    <tableColumn id="9" xr3:uid="{E172E5AC-853A-485F-B1A1-7E295158DCD8}" name="Tasmania" dataDxfId="42" totalsRowDxfId="41"/>
+    <tableColumn id="10" xr3:uid="{3321C8BE-3FCC-44F6-9073-A60BE40A0C9D}" name="NT" dataDxfId="40" totalsRowDxfId="39"/>
+    <tableColumn id="11" xr3:uid="{D7CCA710-AC9A-4B14-9A64-FC21CDC6DC22}" name="Annual total" dataDxfId="38" totalsRowDxfId="37"/>
+  </tableColumns>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table24.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{DB52F5FD-2308-401C-9B4D-A083E909A580}" name="Fig3.5" displayName="Fig3.5" ref="A4:K23" totalsRowShown="0" headerRowDxfId="36" dataDxfId="34" headerRowBorderDxfId="35" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:K23" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{B7333DBE-CEB9-4032-AE5A-2457C322A304}" name="Year" dataDxfId="33"/>
+    <tableColumn id="2" xr3:uid="{7F045FF0-6E5F-417D-9F1D-C7576347CA1D}" name="Quarter" dataDxfId="32"/>
+    <tableColumn id="3" xr3:uid="{DDFEB804-E534-45D3-9587-0D7E1BDE0220}" name="ACT" dataDxfId="31"/>
+    <tableColumn id="4" xr3:uid="{8789A9D5-37A0-4993-8BDF-FF4C96BF1A23}" name="NSW" dataDxfId="30"/>
+    <tableColumn id="5" xr3:uid="{14131CB3-A1A0-4D57-A6C0-127DE16EFC1F}" name="NT" dataDxfId="29"/>
+    <tableColumn id="6" xr3:uid="{6B9C68E4-1BF4-4869-9F1D-8AC00FBD28E5}" name="Queensland" dataDxfId="28"/>
+    <tableColumn id="7" xr3:uid="{3B62FB10-CF78-492E-AE3A-38A3FF2508A5}" name="SA" dataDxfId="27"/>
+    <tableColumn id="8" xr3:uid="{655ADA03-4F10-4780-B028-2CB032195F59}" name="Tasmania" dataDxfId="26"/>
+    <tableColumn id="9" xr3:uid="{C570F5D3-D00E-4945-AEDA-87EB6FAA57AF}" name="Victoria" dataDxfId="25"/>
+    <tableColumn id="10" xr3:uid="{DFC660FC-D5B4-4D2E-B45E-116236B34582}" name="WA" dataDxfId="24"/>
+    <tableColumn id="11" xr3:uid="{516D3C48-F78F-4AA1-9451-F0764E4E95D0}" name="Australia" dataDxfId="23"/>
+  </tableColumns>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table25.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="26" xr:uid="{3E30F37B-8AA6-466D-82E1-9CC3C06DA035}" name="Table428" displayName="Table428" ref="A4:D31" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:D31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{07414BC2-C35C-4261-8FF9-7C9FEA7B45E1}" name="Year" dataDxfId="22"/>
+    <tableColumn id="2" xr3:uid="{FB4DA0C4-366E-4D32-9BF3-659268B17A13}" name="Quarter" dataDxfId="21"/>
+    <tableColumn id="3" xr3:uid="{D4712A04-9BA7-4903-B518-330B552FFA36}" name="STC Supply" dataDxfId="20"/>
+    <tableColumn id="4" xr3:uid="{83A8C59D-A892-4C29-8607-0B7E6787A0CF}" name="Annual total" dataDxfId="19"/>
+  </tableColumns>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table26.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="27" xr:uid="{E59DC253-CBE7-491F-B883-243ED1760186}" name="Fig3.11" displayName="Fig3.11" ref="A4:E31" totalsRowShown="0" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:E31" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{FD2A232E-FFD6-4914-A635-D82A937144A8}" name="Year" dataDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{CAE1C5F5-6519-4277-B56D-E297B4C4797F}" name="Annual total STCs transacted" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{FD2A232E-FFD6-4914-A635-D82A937144A8}" name="Year" dataDxfId="18"/>
+    <tableColumn id="2" xr3:uid="{81E62B53-8F25-4248-96E5-DF497B919D13}" name="Quarter" dataDxfId="17"/>
+    <tableColumn id="3" xr3:uid="{D4B59A89-8653-4B27-A4D6-2C8AFA366A84}" name="STCs transacted" dataDxfId="16"/>
+    <tableColumn id="4" xr3:uid="{27A24AF7-AC7E-445B-B773-083A62116B37}" name="Transactions" dataDxfId="15"/>
+    <tableColumn id="5" xr3:uid="{CAE1C5F5-6519-4277-B56D-E297B4C4797F}" name="Annual total STCs transacted" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{8235F481-6E52-4A04-870A-C85C86891DB1}" name="Table411" displayName="Table411" ref="A4:L27" totalsRowShown="0" headerRowDxfId="219" headerRowBorderDxfId="218" headerRowCellStyle="Heading 1">
-[...13 lines deleted...]
-    <tableColumn id="12" xr3:uid="{C39827EC-CFD9-4215-9A99-1B873900AB41}" name="Annual total" dataDxfId="206" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{A630DDC3-4637-4435-A27F-32933D94BD03}" name="Fig1.2" displayName="Fig1.2" ref="A4:E7" totalsRowShown="0" headerRowDxfId="247" dataDxfId="245" headerRowBorderDxfId="246" tableBorderDxfId="244" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:E7" xr:uid="{8C726FA8-D70C-4F81-A8EA-1698AE5B6196}"/>
+  <tableColumns count="5">
+    <tableColumn id="1" xr3:uid="{FFCF4991-5B49-4946-AF9C-382526A6C23A}" name="Category" dataDxfId="243"/>
+    <tableColumn id="2" xr3:uid="{000ED944-13F1-4E5F-9472-450E4DF351B6}" name="ACCUs from projects that have previously reported" dataDxfId="242"/>
+    <tableColumn id="5" xr3:uid="{DB215681-DCF5-48AD-BFE2-0D2306EEE983}" name="ACCUs from projects reporting for the first time" dataDxfId="241" dataCellStyle="Normal 11 3"/>
+    <tableColumn id="4" xr3:uid="{66D75AB0-171B-4140-84C4-F346C9CD8DA4}" name="Total" dataDxfId="240"/>
+    <tableColumn id="3" xr3:uid="{D132C232-79D6-4907-83D5-79B273B97771}" name="ACCUs from applications on hand" dataDxfId="239"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{63EBB900-56ED-407F-9E00-E57E690DB4B1}" name="Table410" displayName="Table410" ref="A4:N27" headerRowDxfId="205" headerRowBorderDxfId="204">
-[...15 lines deleted...]
-    <tableColumn id="14" xr3:uid="{3BEB3441-B7BB-4E17-AF7C-36BBD1CED256}" name="Annual total" totalsRowFunction="sum" dataDxfId="183" dataCellStyle="Comma 3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{31D2D125-16F7-4FFA-860E-C2CA93B71C9B}" name="Table4114" displayName="Table4114" ref="A4:L27" totalsRowShown="0" headerRowDxfId="238" headerRowBorderDxfId="237" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:L27" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{78DFEF17-AC1F-4BC9-AD5F-3ECFAE521AF7}" name="Year" dataDxfId="236"/>
+    <tableColumn id="2" xr3:uid="{CA3CF210-C172-4A25-997F-1D9C6A4F45BD}" name="Quarter" dataDxfId="235"/>
+    <tableColumn id="3" xr3:uid="{4C7BAC86-A756-43F8-9314-27AB9062F4A6}" name="Vegetation" dataDxfId="234" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{9AB13BE2-8E3F-45F5-92F0-1E7591AC6675}" name="Waste" dataDxfId="233" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{39986440-D074-4062-BA44-A6411274C3A6}" name="Savanna fire management" dataDxfId="232" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{AA3D19F7-C927-4C0D-845F-6B79FEECD849}" name="Energy efficiency" dataDxfId="231" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{6E82EEC4-28D8-48BD-8093-B090B0C6B127}" name="Industrial fugitives" dataDxfId="230" dataCellStyle="Comma"/>
+    <tableColumn id="8" xr3:uid="{B911B676-846C-4254-8157-F1753433F4E3}" name="Agriculture" dataDxfId="229" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{54AF025A-16BD-4E2C-A7F9-2C0ABA574A06}" name="Transport" dataDxfId="228" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{434476A4-A56F-46A1-9B9C-A936505F639C}" name="Facilities" dataDxfId="227" dataCellStyle="Comma"/>
+    <tableColumn id="11" xr3:uid="{378C0559-1518-4E05-BB21-F133ADC11D52}" name="Total" dataDxfId="226" dataCellStyle="Comma"/>
+    <tableColumn id="12" xr3:uid="{2543034D-377C-464F-B0FA-DBF74BAB72E7}" name="Annual total" dataDxfId="225" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{E66E9534-92D7-46A7-9518-CB1558D6CB2D}" name="Table498" displayName="Table498" ref="A4:J28" totalsRowShown="0" headerRowDxfId="182" headerRowBorderDxfId="181">
-[...11 lines deleted...]
-    <tableColumn id="10" xr3:uid="{AB4B8A32-F956-4D56-A2B2-B290599B7515}" name="Cost containment measure" dataDxfId="172"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{0F917E90-BED8-4470-8845-A1CD9B0AF81A}" name="Table4106" displayName="Table4106" ref="A4:N27" headerRowDxfId="224" headerRowBorderDxfId="223">
+  <autoFilter ref="A4:N27" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="14">
+    <tableColumn id="1" xr3:uid="{EDB70AB7-F2B5-478A-90F0-BE4D10AC628C}" name="Year" totalsRowLabel="Total"/>
+    <tableColumn id="2" xr3:uid="{CD645187-D702-4F6A-83FF-E72AFE495582}" name="Quarter" dataDxfId="222" totalsRowDxfId="221"/>
+    <tableColumn id="3" xr3:uid="{FF8AE521-EE93-482F-B29D-0F9AAC52820C}" name="Vegetation" dataDxfId="220" dataCellStyle="Comma 3"/>
+    <tableColumn id="4" xr3:uid="{E8582260-0C22-4279-9B24-2075ABC1F80D}" name="Agriculture - soil carbon" dataDxfId="219" dataCellStyle="Comma 3"/>
+    <tableColumn id="5" xr3:uid="{074848CD-9503-44AF-BA2E-C704E80956E9}" name="Waste" dataDxfId="218" dataCellStyle="Comma 3"/>
+    <tableColumn id="6" xr3:uid="{DD33A2E0-0B15-42E5-97A2-E1E8064C1941}" name="Energy efficiency" dataDxfId="217" dataCellStyle="Comma 3"/>
+    <tableColumn id="7" xr3:uid="{368F99E7-983A-46F3-8BB2-EAAD7DCCD200}" name="Agriculture - other" dataDxfId="216" totalsRowDxfId="215" dataCellStyle="Comma 3"/>
+    <tableColumn id="8" xr3:uid="{66A072FB-D187-4C9B-8EA8-1CEA7B1245CA}" name="Savanna fire management" dataDxfId="214" totalsRowDxfId="213" dataCellStyle="Comma 3"/>
+    <tableColumn id="9" xr3:uid="{D0EE2867-0677-4611-B65D-9C2D901885B7}" name="Transport" dataDxfId="212" totalsRowDxfId="211" dataCellStyle="Comma 3"/>
+    <tableColumn id="10" xr3:uid="{F0745B69-C077-4DFB-AEF9-72409AFFECF1}" name="Industrial fugitives" dataDxfId="210" totalsRowDxfId="209" dataCellStyle="Comma 3"/>
+    <tableColumn id="11" xr3:uid="{782CBA71-81D2-4BA2-814F-4A1A7252E1BE}" name="Facilities" dataDxfId="208" totalsRowDxfId="207" dataCellStyle="Comma 3"/>
+    <tableColumn id="12" xr3:uid="{58627603-4D97-4492-9C66-5DBC76259A83}" name="Carbon capture" dataDxfId="206" totalsRowDxfId="205" dataCellStyle="Comma 3"/>
+    <tableColumn id="13" xr3:uid="{9C2DE907-4729-45B4-9166-74E1A5C4483C}" name="Total" dataDxfId="204" totalsRowDxfId="203" dataCellStyle="Comma 3"/>
+    <tableColumn id="14" xr3:uid="{D0F5849B-F7FB-46D5-AF5E-52C57E056A3E}" name="Annual total" totalsRowFunction="sum" dataDxfId="202" dataCellStyle="Comma 3"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{72B5144F-6E56-48CD-91E7-B2C9D1DAB0C3}" name="Table49819" displayName="Table49819" ref="A4:G8" totalsRowShown="0" headerRowDxfId="171" headerRowBorderDxfId="170">
-[...8 lines deleted...]
-    <tableColumn id="9" xr3:uid="{B1B82E40-AECC-498A-91B7-276341641CB3}" name="Total holdings" dataDxfId="164"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{12D5D136-D6BE-46C9-BE88-11FCEB800931}" name="Table49820" displayName="Table49820" ref="A4:J28" totalsRowShown="0" headerRowDxfId="201" headerRowBorderDxfId="200">
+  <autoFilter ref="A4:J28" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{B02FC2BD-99DC-4BAE-AD5B-AB9C31495E3E}" name="Year"/>
+    <tableColumn id="2" xr3:uid="{50085B67-EBEB-4AC0-A844-3FFF0CFBEE4C}" name="Quarter" dataDxfId="199"/>
+    <tableColumn id="3" xr3:uid="{74CA4071-F7E9-43BA-8793-53DB79806B3E}" name="Project proponent" dataDxfId="198"/>
+    <tableColumn id="4" xr3:uid="{7D220A04-D1B7-4005-AD4E-8A0B7F0D1E19}" name="Intermediary" dataDxfId="197"/>
+    <tableColumn id="5" xr3:uid="{3440E11C-C5DC-403D-8144-E30A6FCC1C8F}" name="Safeguard" dataDxfId="196"/>
+    <tableColumn id="6" xr3:uid="{0EAACE3A-E554-4650-B91A-3BA3A58E47F2}" name="Safeguard related" dataDxfId="195"/>
+    <tableColumn id="7" xr3:uid="{01049064-A747-493B-9800-412629E80208}" name="Government" dataDxfId="194"/>
+    <tableColumn id="8" xr3:uid="{381F205A-BD23-420C-9CB8-3FF427AE7ADD}" name="Business" dataDxfId="193"/>
+    <tableColumn id="9" xr3:uid="{220983F8-C248-4E6D-B35A-52BAD9B08C9E}" name="Total holdings" dataDxfId="192"/>
+    <tableColumn id="10" xr3:uid="{842DF62C-67A4-42DB-8A05-B2DC3F88157A}" name="Cost containment measure" dataDxfId="191"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{D07B9107-DCF0-47A3-A1D6-4EB15C8A0A07}" name="Fig1.4" displayName="Fig1.4" ref="A4:G27" totalsRowShown="0" headerRowDxfId="163" dataDxfId="161" headerRowBorderDxfId="162" headerRowCellStyle="Heading 1" dataCellStyle="Comma">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="28" xr:uid="{B22B1877-BE50-41C7-81AF-5C870F72514F}" name="Fig1.430" displayName="Fig1.430" ref="A4:G27" totalsRowShown="0" headerRowDxfId="190" dataDxfId="188" headerRowBorderDxfId="189" headerRowCellStyle="Heading 1" dataCellStyle="Comma">
   <autoFilter ref="A4:G27" xr:uid="{213A4B54-BF85-4605-8FF0-27BC3C254680}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{D6859B58-A2B2-418A-B4A3-8204E68EF2F1}" name="Year" dataDxfId="160" dataCellStyle="Normal 5"/>
-[...5 lines deleted...]
-    <tableColumn id="6" xr3:uid="{6FEF5FC8-66ED-49CB-A4CE-D414E678190A}" name="Non-safeguard annual total" dataDxfId="154" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{917A5305-ED83-4B56-AD95-DAF9593EE364}" name="Year" dataDxfId="187" dataCellStyle="Normal 5"/>
+    <tableColumn id="2" xr3:uid="{3F33DD89-8CFB-41D6-88F7-1A3A94D221D8}" name="Quarter" dataDxfId="186" dataCellStyle="Comma 4"/>
+    <tableColumn id="3" xr3:uid="{6AFF15D3-DA0B-4A78-9D97-674C2DAE8FDB}" name="Voluntary cancellations" dataDxfId="185" dataCellStyle="Normal 3"/>
+    <tableColumn id="4" xr3:uid="{6D50ADB1-03C6-44D8-A955-B5B9D32B5974}" name="Compliance cancellations" dataDxfId="184" dataCellStyle="Normal 3"/>
+    <tableColumn id="5" xr3:uid="{CAE3F53E-5487-4BE7-9678-0AF802E9BF01}" name="Government cancellations" dataDxfId="183" dataCellStyle="Normal 3"/>
+    <tableColumn id="10" xr3:uid="{430EABC9-69C6-4E63-9805-AD2760A4964A}" name="Total" dataDxfId="182" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{57A523F3-4632-4D1C-8C3F-3549A0BA3A22}" name="Annual total" dataDxfId="181" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{59CD6DED-FAB7-4402-9D8D-473FF1D3553A}" name="Fig1.429" displayName="Fig1.429" ref="A4:D27" totalsRowShown="0" headerRowDxfId="153" headerRowBorderDxfId="152" headerRowCellStyle="Heading 1">
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{D1669CB6-9CE4-4E6B-B7CC-228DF8417169}" name="Safeguard annual total" dataDxfId="148" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="30" xr:uid="{1775FFB4-FFB5-4EE5-87CB-C27DB0E65300}" name="Table4981931" displayName="Table4981931" ref="A4:G8" totalsRowShown="0" headerRowDxfId="13" dataDxfId="5" headerRowBorderDxfId="180">
+  <autoFilter ref="A4:G8" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{FC02E80F-26F3-49D9-AC82-418C6F6EADA6}" name="Year" dataDxfId="12"/>
+    <tableColumn id="2" xr3:uid="{4976E368-6705-48A2-A5D9-AF8333C60F99}" name="Quarter" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{376E7DEB-2111-4BF1-A0B0-EF6EDEC7CFA5}" name="Safeguard" dataDxfId="10"/>
+    <tableColumn id="4" xr3:uid="{C01AF293-9798-4521-9417-6FB7C68F51FA}" name="Intermediary" dataDxfId="9"/>
+    <tableColumn id="5" xr3:uid="{B7F91066-58A3-475A-BFC5-16ABB982E85D}" name="Safeguard related" dataDxfId="8"/>
+    <tableColumn id="6" xr3:uid="{D59303EE-D191-4E7F-A998-F44D0DAA07EE}" name="ACCU project proponent" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{8D77DE36-EE4C-4E05-99A4-E10DF86F02C5}" name="Total holdings" dataDxfId="6"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{1DAB1FF5-E434-4A7A-8510-7F44533000F4}" name="Table413" displayName="Table413" ref="A4:I31" totalsRowShown="0" headerRowDxfId="147" headerRowBorderDxfId="146" headerRowCellStyle="Heading 1">
-[...10 lines deleted...]
-    <tableColumn id="9" xr3:uid="{F0CEEDC5-6FC7-4014-B6B4-525DC72AADD5}" name="Annual total" dataDxfId="137"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="29" xr:uid="{1B36581B-DACB-4F6E-9168-04397EBAF388}" name="Fig1.42930" displayName="Fig1.42930" ref="A4:D27" totalsRowShown="0" headerRowDxfId="179" headerRowBorderDxfId="178" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:D27" xr:uid="{8AED8E3E-283B-4F4F-BF24-4DFB4DDAF9E8}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{4E87169C-A3CB-420D-8C96-E466D3A29DDB}" name="Year" dataDxfId="177" dataCellStyle="Normal 5"/>
+    <tableColumn id="2" xr3:uid="{EBA7382B-307E-4D6E-B3CC-DB902F323D83}" name="Quarter" dataDxfId="176" dataCellStyle="Comma 4"/>
+    <tableColumn id="6" xr3:uid="{B59561B3-9F90-4AA2-8C35-8FB3D5D0E169}" name="Safeguard surrender" dataDxfId="175" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{EEB69E88-CCFC-4D64-B1BB-A7A71E1CE2A9}" name="Annual total" dataDxfId="174" dataCellStyle="Comma"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER - 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454743"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="9FB76F"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="FCBA5C"/>
       </a:accent2>
@@ -10206,18272 +11225,19282 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/glossary" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-default.cleanenergyregulator.gov.au/About/Pages/Glossary.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/renewable-energy-certificates" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/renewable-energy-certificates" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings31.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39E7EF1A-AF23-43ED-AC83-422366305897}">
-  <dimension ref="B23:B44"/>
+  <dimension ref="B20:Q23"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="8.5546875" style="4"/>
   </cols>
   <sheetData>
-    <row r="23" spans="2:2" ht="14.4" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="Q20" s="251"/>
+    </row>
+    <row r="23" spans="2:17" ht="14.4" x14ac:dyDescent="0.2">
       <c r="B23" s="3"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B44" s="174"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E67528DB-09CE-4051-8FFD-9C6980B77A92}">
-  <dimension ref="A1:E43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C49BBAB-2B81-4897-95B2-095FD11399B4}">
+  <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="5" width="27.109375" style="15" customWidth="1"/>
-    <col min="6" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="16.21875" style="62" customWidth="1"/>
+    <col min="2" max="2" width="17.5546875" style="62" customWidth="1"/>
+    <col min="3" max="3" width="17" style="62" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.5546875" style="62" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.44140625" style="62" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34.44140625" style="62" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="22.21875" style="62" customWidth="1"/>
+    <col min="8" max="16384" width="8.77734375" style="62"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A1" s="252" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="1"/>
-[...181 lines deleted...]
-      <c r="A29" s="43" t="s">
+    </row>
+    <row r="2" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="253" t="s">
+        <v>343</v>
+      </c>
+      <c r="B2" s="253"/>
+      <c r="C2" s="253"/>
+      <c r="D2" s="253"/>
+      <c r="E2" s="253"/>
+      <c r="F2" s="253"/>
+      <c r="G2" s="253"/>
+    </row>
+    <row r="3" spans="1:9" s="255" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="254" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="254"/>
+      <c r="C3" s="254"/>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+    </row>
+    <row r="4" spans="1:9" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="256" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="257" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="257" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" s="257" t="s">
+        <v>82</v>
+      </c>
+      <c r="E4" s="257" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" s="257" t="s">
+        <v>101</v>
+      </c>
+      <c r="G4" s="257" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="258" t="s">
+        <v>89</v>
+      </c>
+      <c r="B5" s="259" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="260">
+        <v>6.5</v>
+      </c>
+      <c r="D5" s="260">
+        <v>0.2</v>
+      </c>
+      <c r="E5" s="261">
+        <v>0.1</v>
+      </c>
+      <c r="F5" s="261">
+        <v>0</v>
+      </c>
+      <c r="G5" s="262">
+        <v>6.9</v>
+      </c>
+      <c r="I5" s="263"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A6" s="258" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" s="259" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="264">
+        <v>6.6</v>
+      </c>
+      <c r="D6" s="264">
+        <v>0.2</v>
+      </c>
+      <c r="E6" s="261">
+        <v>0.1</v>
+      </c>
+      <c r="F6" s="261">
+        <v>0</v>
+      </c>
+      <c r="G6" s="262">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" s="258">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="259" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="264">
+        <v>6.5</v>
+      </c>
+      <c r="D7" s="264">
+        <v>0.2</v>
+      </c>
+      <c r="E7" s="261">
+        <v>0.2</v>
+      </c>
+      <c r="F7" s="261" t="s">
+        <v>102</v>
+      </c>
+      <c r="G7" s="262">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="265" t="s">
+        <v>316</v>
+      </c>
+      <c r="B8" s="266"/>
+      <c r="C8" s="24">
+        <v>57</v>
+      </c>
+      <c r="D8" s="24">
+        <v>3</v>
+      </c>
+      <c r="E8" s="24">
         <v>5</v>
       </c>
-      <c r="B29" s="17"/>
-[...22 lines deleted...]
-      <c r="B43" s="177"/>
+      <c r="F8" s="24">
+        <v>1</v>
+      </c>
+      <c r="G8" s="267">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G12" s="268"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G13" s="263"/>
+    </row>
+    <row r="31" spans="7:7" x14ac:dyDescent="0.3">
+      <c r="G31" s="263"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A33" s="212" t="s">
+        <v>116</v>
+      </c>
+      <c r="B33" s="212"/>
+      <c r="C33" s="212"/>
+      <c r="D33" s="212"/>
+      <c r="E33" s="212"/>
+      <c r="F33" s="212"/>
+      <c r="G33" s="212"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A34" s="213" t="s">
+        <v>318</v>
+      </c>
+      <c r="B34" s="213"/>
+      <c r="C34" s="213"/>
+      <c r="D34" s="213"/>
+      <c r="E34" s="213"/>
+      <c r="F34" s="213"/>
+      <c r="G34" s="213"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A36" s="212" t="s">
+        <v>5</v>
+      </c>
+      <c r="B36" s="212"/>
+      <c r="C36" s="212"/>
+      <c r="D36" s="212"/>
+      <c r="E36" s="212"/>
+      <c r="F36" s="212"/>
+      <c r="G36" s="212"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A37" s="209" t="s">
+        <v>319</v>
+      </c>
+      <c r="B37" s="209"/>
+      <c r="C37" s="209"/>
+      <c r="D37" s="209"/>
+      <c r="E37" s="209"/>
+      <c r="F37" s="209"/>
+      <c r="G37" s="209"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A38" s="209"/>
+      <c r="B38" s="209"/>
+      <c r="C38" s="209"/>
+      <c r="D38" s="209"/>
+      <c r="E38" s="209"/>
+      <c r="F38" s="209"/>
+      <c r="G38" s="209"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A39" s="208" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" s="208"/>
+      <c r="C39" s="208"/>
+      <c r="D39" s="208"/>
+      <c r="E39" s="208"/>
+      <c r="F39" s="208"/>
+      <c r="G39" s="208"/>
+    </row>
+    <row r="40" spans="1:7" ht="56.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="206" t="s">
+        <v>104</v>
+      </c>
+      <c r="B40" s="206"/>
+      <c r="C40" s="206"/>
+      <c r="D40" s="206"/>
+      <c r="E40" s="206"/>
+      <c r="F40" s="206"/>
+      <c r="G40" s="206"/>
+    </row>
+    <row r="41" spans="1:7" ht="46.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="206" t="s">
+        <v>105</v>
+      </c>
+      <c r="B41" s="206"/>
+      <c r="C41" s="206"/>
+      <c r="D41" s="206"/>
+      <c r="E41" s="206"/>
+      <c r="F41" s="206"/>
+      <c r="G41" s="206"/>
+    </row>
+    <row r="42" spans="1:7" ht="46.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="206" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" s="206"/>
+      <c r="C42" s="206"/>
+      <c r="D42" s="206"/>
+      <c r="E42" s="206"/>
+      <c r="F42" s="206"/>
+      <c r="G42" s="206"/>
+    </row>
+    <row r="43" spans="1:7" ht="46.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="206" t="s">
+        <v>320</v>
+      </c>
+      <c r="B43" s="206"/>
+      <c r="C43" s="206"/>
+      <c r="D43" s="206"/>
+      <c r="E43" s="206"/>
+      <c r="F43" s="206"/>
+      <c r="G43" s="206"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A27:E27"/>
+  <mergeCells count="11">
+    <mergeCell ref="A37:G38"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A34:G34"/>
+    <mergeCell ref="A36:G36"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A41:G41"/>
+    <mergeCell ref="A42:G42"/>
+    <mergeCell ref="A43:G43"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F974CB26-3645-414E-AEF6-13096DA0EC07}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{5A359B9D-F2C4-4ACA-B12E-CCBF6BF7707B}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82B472B6-E344-4589-8D0D-0207B0868B98}">
-  <dimension ref="A1:I69"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3301C8E5-9D5A-4616-B016-AACD065A0069}">
+  <dimension ref="A1:Q60"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="12.44140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="20.77734375" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="18.44140625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="20.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="17.77734375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="21.77734375" style="1" customWidth="1"/>
+    <col min="9" max="10" width="8.77734375" style="1"/>
+    <col min="11" max="11" width="12.44140625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="14.77734375" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="20" style="1" customWidth="1"/>
+    <col min="14" max="14" width="18.21875" style="1" customWidth="1"/>
+    <col min="15" max="16" width="21" style="1" customWidth="1"/>
+    <col min="17" max="17" width="21.44140625" style="1" customWidth="1"/>
+    <col min="18" max="18" width="16.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="20.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="13.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="21" max="16384" width="8.77734375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="68" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>339</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+    </row>
+    <row r="3" spans="1:8" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+      <c r="G3" s="201"/>
+      <c r="H3" s="201"/>
+    </row>
+    <row r="4" spans="1:8" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="42" t="s">
+        <v>312</v>
+      </c>
+      <c r="D4" s="42" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="137">
+        <v>56994</v>
+      </c>
+      <c r="D5" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="137">
+        <v>0</v>
+      </c>
+      <c r="D6" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="137">
+        <v>0</v>
+      </c>
+      <c r="D7" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="137">
+        <v>0</v>
+      </c>
+      <c r="D8" s="142">
+        <v>56994</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="137">
+        <v>88325</v>
+      </c>
+      <c r="D9" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="137">
+        <v>33254</v>
+      </c>
+      <c r="D10" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="137">
+        <v>0</v>
+      </c>
+      <c r="D11" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="137">
+        <v>0</v>
+      </c>
+      <c r="D12" s="142">
+        <v>121579</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="178" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="137">
+        <v>250809</v>
+      </c>
+      <c r="D13" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="137">
+        <v>37726</v>
+      </c>
+      <c r="D14" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="137">
+        <v>50000</v>
+      </c>
+      <c r="D15" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="137">
+        <v>10000</v>
+      </c>
+      <c r="D16" s="142">
+        <v>348535</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="137">
+        <v>202613</v>
+      </c>
+      <c r="D17" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="137">
+        <v>33611</v>
+      </c>
+      <c r="D18" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="137">
+        <v>0</v>
+      </c>
+      <c r="D19" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="137">
+        <v>0</v>
+      </c>
+      <c r="D20" s="142">
+        <v>236224</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="137">
+        <v>896225</v>
+      </c>
+      <c r="D21" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="137">
+        <v>0</v>
+      </c>
+      <c r="D22" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="137">
+        <v>6253</v>
+      </c>
+      <c r="D23" s="142" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="67"/>
+    </row>
+    <row r="24" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="137">
+        <v>623613</v>
+      </c>
+      <c r="D24" s="142">
+        <v>1526091</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="176" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="137">
+        <v>6380493</v>
+      </c>
+      <c r="D25" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="176" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="137">
+        <v>172900</v>
+      </c>
+      <c r="D26" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="176" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="140">
+        <v>211222</v>
+      </c>
+      <c r="D27" s="141">
+        <v>6764615</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="H30" s="127"/>
+    </row>
+    <row r="55" spans="1:8" s="70" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="218" t="s">
+        <v>317</v>
+      </c>
+      <c r="B55" s="218"/>
+      <c r="C55" s="218"/>
+      <c r="D55" s="218"/>
+      <c r="E55" s="218"/>
+      <c r="F55" s="218"/>
+      <c r="G55" s="218"/>
+      <c r="H55" s="218"/>
+    </row>
+    <row r="56" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="219" t="s">
+        <v>313</v>
+      </c>
+      <c r="B56" s="219"/>
+      <c r="C56" s="219"/>
+      <c r="D56" s="219"/>
+      <c r="E56" s="219"/>
+      <c r="F56" s="219"/>
+      <c r="G56" s="219"/>
+      <c r="H56" s="219"/>
+    </row>
+    <row r="57" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="24"/>
+      <c r="B57" s="24"/>
+      <c r="C57" s="24"/>
+      <c r="D57" s="24"/>
+      <c r="E57" s="24"/>
+      <c r="F57" s="24"/>
+      <c r="G57" s="24"/>
+    </row>
+    <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="218" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="218"/>
+      <c r="C58" s="218"/>
+      <c r="D58" s="218"/>
+      <c r="E58" s="218"/>
+      <c r="F58" s="218"/>
+      <c r="G58" s="24"/>
+    </row>
+    <row r="59" spans="1:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="220" t="s">
+        <v>344</v>
+      </c>
+      <c r="B59" s="220"/>
+      <c r="C59" s="220"/>
+      <c r="D59" s="220"/>
+      <c r="E59" s="220"/>
+      <c r="F59" s="220"/>
+      <c r="G59" s="220"/>
+      <c r="H59" s="220"/>
+    </row>
+    <row r="60" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="69"/>
+      <c r="B60" s="69"/>
+      <c r="C60" s="69"/>
+      <c r="D60" s="69"/>
+      <c r="E60" s="69"/>
+      <c r="F60" s="69"/>
+      <c r="G60" s="69"/>
+      <c r="H60" s="69"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="A55:H55"/>
+    <mergeCell ref="A56:H56"/>
+    <mergeCell ref="A58:F58"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1479FD81-3F37-4CF9-9625-92FD97AC4691}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82B472B6-E344-4589-8D0D-0207B0868B98}">
+  <dimension ref="A1:Q69"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="13.21875" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="29.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.77734375" style="17" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-      <c r="A4" s="30" t="s">
+    <row r="2" spans="1:9" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+      <c r="I2" s="216"/>
+    </row>
+    <row r="3" spans="1:9" s="20" customFormat="1" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+    </row>
+    <row r="4" spans="1:9" s="21" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="31" t="s">
-[...21 lines deleted...]
-        <v>62</v>
+      <c r="C4" s="33" t="s">
+        <v>119</v>
+      </c>
+      <c r="D4" s="33" t="s">
+        <v>120</v>
+      </c>
+      <c r="E4" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" s="33" t="s">
+        <v>122</v>
+      </c>
+      <c r="G4" s="30" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" s="31" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="158" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="16">
+      <c r="A5" s="144" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="18">
         <v>4163383</v>
       </c>
-      <c r="D5" s="16">
+      <c r="D5" s="18">
         <v>1325825</v>
       </c>
-      <c r="E5" s="16">
+      <c r="E5" s="18">
         <v>784269</v>
       </c>
-      <c r="F5" s="16">
+      <c r="F5" s="18">
         <v>839688</v>
       </c>
-      <c r="G5" s="16">
+      <c r="G5" s="18">
         <v>169615</v>
       </c>
-      <c r="H5" s="20">
+      <c r="H5" s="22">
         <v>7282780</v>
       </c>
-      <c r="I5" s="159">
+      <c r="I5" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A6" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="18">
+        <v>4310490</v>
+      </c>
+      <c r="D6" s="18">
+        <v>1070212</v>
+      </c>
+      <c r="E6" s="18">
+        <v>478893</v>
+      </c>
+      <c r="F6" s="18">
+        <v>57938</v>
+      </c>
+      <c r="G6" s="18">
+        <v>284535</v>
+      </c>
+      <c r="H6" s="22">
+        <v>6202068</v>
+      </c>
+      <c r="I6" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="18">
+        <v>4608738</v>
+      </c>
+      <c r="D7" s="18">
+        <v>1114424</v>
+      </c>
+      <c r="E7" s="18">
+        <v>586299</v>
+      </c>
+      <c r="F7" s="18">
+        <v>170849</v>
+      </c>
+      <c r="G7" s="18">
+        <v>278078</v>
+      </c>
+      <c r="H7" s="22">
+        <v>6758388</v>
+      </c>
+      <c r="I7" s="145">
         <v>29616131</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
-[...32 lines deleted...]
-      <c r="B7" s="21" t="s">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A8" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="18">
+        <v>5555545</v>
+      </c>
+      <c r="D8" s="18">
+        <v>1818946</v>
+      </c>
+      <c r="E8" s="18">
+        <v>1001089</v>
+      </c>
+      <c r="F8" s="18">
+        <v>879547</v>
+      </c>
+      <c r="G8" s="18">
+        <v>117768</v>
+      </c>
+      <c r="H8" s="22">
+        <v>9372895</v>
+      </c>
+      <c r="I8" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A9" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="16">
-[...25 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="B9" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="16">
-[...28 lines deleted...]
-      <c r="C9" s="16">
+      <c r="C9" s="18">
         <v>4313812</v>
       </c>
-      <c r="D9" s="16">
+      <c r="D9" s="18">
         <v>1973944</v>
       </c>
-      <c r="E9" s="16">
+      <c r="E9" s="18">
         <v>545611</v>
       </c>
-      <c r="F9" s="16">
+      <c r="F9" s="18">
         <v>403025</v>
       </c>
-      <c r="G9" s="16">
+      <c r="G9" s="18">
         <v>161286</v>
       </c>
-      <c r="H9" s="20">
+      <c r="H9" s="22">
         <v>7397678</v>
       </c>
-      <c r="I9" s="159">
+      <c r="I9" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A10" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="18">
+        <v>4974714</v>
+      </c>
+      <c r="D10" s="18">
+        <v>1526406</v>
+      </c>
+      <c r="E10" s="18">
+        <v>327152</v>
+      </c>
+      <c r="F10" s="18">
+        <v>57458</v>
+      </c>
+      <c r="G10" s="18">
+        <v>82299</v>
+      </c>
+      <c r="H10" s="22">
+        <v>6968029</v>
+      </c>
+      <c r="I10" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="18">
+        <v>5023838</v>
+      </c>
+      <c r="D11" s="18">
+        <v>1387380</v>
+      </c>
+      <c r="E11" s="18">
+        <v>562685</v>
+      </c>
+      <c r="F11" s="18">
+        <v>58210</v>
+      </c>
+      <c r="G11" s="18">
+        <v>290632</v>
+      </c>
+      <c r="H11" s="22">
+        <v>7322745</v>
+      </c>
+      <c r="I11" s="145">
         <v>33152996</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
-[...32 lines deleted...]
-      <c r="B11" s="21" t="s">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A12" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="C11" s="16">
-[...25 lines deleted...]
-      <c r="B12" s="21" t="s">
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="18">
+        <v>7038530</v>
+      </c>
+      <c r="D12" s="18">
+        <v>2447599</v>
+      </c>
+      <c r="E12" s="18">
+        <v>1092288</v>
+      </c>
+      <c r="F12" s="18">
+        <v>581376</v>
+      </c>
+      <c r="G12" s="18">
+        <v>304751</v>
+      </c>
+      <c r="H12" s="22">
+        <v>11464544</v>
+      </c>
+      <c r="I12" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A13" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="16">
-[...28 lines deleted...]
-      <c r="C13" s="16">
+      <c r="C13" s="18">
         <v>5585650</v>
       </c>
-      <c r="D13" s="16">
+      <c r="D13" s="18">
         <v>2424743</v>
       </c>
-      <c r="E13" s="16">
+      <c r="E13" s="18">
         <v>432716</v>
       </c>
-      <c r="F13" s="16">
+      <c r="F13" s="18">
         <v>751496</v>
       </c>
-      <c r="G13" s="16">
+      <c r="G13" s="18">
         <v>11028</v>
       </c>
-      <c r="H13" s="20">
+      <c r="H13" s="22">
         <v>9205633</v>
       </c>
-      <c r="I13" s="159">
+      <c r="I13" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="18">
+        <v>5418883</v>
+      </c>
+      <c r="D14" s="18">
+        <v>2128835</v>
+      </c>
+      <c r="E14" s="18">
+        <v>344264</v>
+      </c>
+      <c r="F14" s="18">
+        <v>60940</v>
+      </c>
+      <c r="G14" s="18">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22">
+        <v>7952922</v>
+      </c>
+      <c r="I14" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="18">
+        <v>6984780</v>
+      </c>
+      <c r="D15" s="18">
+        <v>1716402</v>
+      </c>
+      <c r="E15" s="18">
+        <v>394604</v>
+      </c>
+      <c r="F15" s="18">
+        <v>112893</v>
+      </c>
+      <c r="G15" s="18">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9208679</v>
+      </c>
+      <c r="I15" s="145">
         <v>38932201</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G14" s="16">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="18">
+        <v>8235025</v>
+      </c>
+      <c r="D16" s="18">
+        <v>3042634</v>
+      </c>
+      <c r="E16" s="18">
+        <v>982100</v>
+      </c>
+      <c r="F16" s="18">
+        <v>305208</v>
+      </c>
+      <c r="G16" s="18">
         <v>0</v>
       </c>
-      <c r="H14" s="20">
-[...25 lines deleted...]
-      <c r="G15" s="16">
+      <c r="H16" s="22">
+        <v>12564967</v>
+      </c>
+      <c r="I16" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="18">
+        <v>5281079</v>
+      </c>
+      <c r="D17" s="18">
+        <v>3466194</v>
+      </c>
+      <c r="E17" s="18">
+        <v>615892</v>
+      </c>
+      <c r="F17" s="18">
+        <v>816529</v>
+      </c>
+      <c r="G17" s="18">
         <v>0</v>
       </c>
-      <c r="H15" s="20">
-[...10 lines deleted...]
-      <c r="B16" s="21" t="s">
+      <c r="H17" s="22">
+        <v>10179694</v>
+      </c>
+      <c r="I17" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="18">
+        <v>6356949</v>
+      </c>
+      <c r="D18" s="18">
+        <v>2733676</v>
+      </c>
+      <c r="E18" s="18">
+        <v>345547</v>
+      </c>
+      <c r="F18" s="18">
+        <v>90978</v>
+      </c>
+      <c r="G18" s="18">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>9527150</v>
+      </c>
+      <c r="I18" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="18">
+        <v>8076905</v>
+      </c>
+      <c r="D19" s="18">
+        <v>2297227</v>
+      </c>
+      <c r="E19" s="18">
+        <v>596284</v>
+      </c>
+      <c r="F19" s="18">
+        <v>207837</v>
+      </c>
+      <c r="G19" s="18">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>11178253</v>
+      </c>
+      <c r="I19" s="145">
+        <v>42090710</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="18">
+        <v>6750741</v>
+      </c>
+      <c r="D20" s="18">
+        <v>3284968</v>
+      </c>
+      <c r="E20" s="18">
+        <v>613178</v>
+      </c>
+      <c r="F20" s="18">
+        <v>556726</v>
+      </c>
+      <c r="G20" s="18">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>11205613</v>
+      </c>
+      <c r="I20" s="145" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="16">
-[...11 lines deleted...]
-      <c r="G16" s="16">
+      <c r="C21" s="18">
+        <v>6812455</v>
+      </c>
+      <c r="D21" s="18">
+        <v>4523784</v>
+      </c>
+      <c r="E21" s="18">
+        <v>838244</v>
+      </c>
+      <c r="F21" s="18">
+        <v>891226</v>
+      </c>
+      <c r="G21" s="18">
         <v>0</v>
       </c>
-      <c r="H16" s="20">
-[...7 lines deleted...]
-      <c r="A17" s="23" t="s">
+      <c r="H21" s="22">
+        <v>13065709</v>
+      </c>
+      <c r="I21" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="18">
+        <v>7286918</v>
+      </c>
+      <c r="D22" s="18">
+        <v>3463788</v>
+      </c>
+      <c r="E22" s="18">
+        <v>398580</v>
+      </c>
+      <c r="F22" s="18">
+        <v>138585</v>
+      </c>
+      <c r="G22" s="18">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22">
+        <v>11287871</v>
+      </c>
+      <c r="I22" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="18">
+        <v>8500814</v>
+      </c>
+      <c r="D23" s="18">
+        <v>3090340</v>
+      </c>
+      <c r="E23" s="18">
+        <v>386810</v>
+      </c>
+      <c r="F23" s="18">
+        <v>141337</v>
+      </c>
+      <c r="G23" s="18">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22">
+        <v>12119301</v>
+      </c>
+      <c r="I23" s="145">
+        <v>49602459</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="18">
+        <v>7657674</v>
+      </c>
+      <c r="D24" s="18">
+        <v>4422891</v>
+      </c>
+      <c r="E24" s="18">
+        <v>780365</v>
+      </c>
+      <c r="F24" s="18">
+        <v>268648</v>
+      </c>
+      <c r="G24" s="18">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22">
+        <v>13129578</v>
+      </c>
+      <c r="I24" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="18">
+        <v>7039551</v>
+      </c>
+      <c r="D25" s="18">
+        <v>5106888</v>
+      </c>
+      <c r="E25" s="18">
+        <v>660904</v>
+      </c>
+      <c r="F25" s="18">
+        <v>1036842</v>
+      </c>
+      <c r="G25" s="18">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22">
+        <v>13844185</v>
+      </c>
+      <c r="I25" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="18">
+        <v>6692758</v>
+      </c>
+      <c r="D26" s="18">
+        <v>4029007</v>
+      </c>
+      <c r="E26" s="18">
+        <v>271129</v>
+      </c>
+      <c r="F26" s="18">
+        <v>64625</v>
+      </c>
+      <c r="G26" s="18">
+        <v>0</v>
+      </c>
+      <c r="H26" s="22">
+        <v>11057519</v>
+      </c>
+      <c r="I26" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="18">
+        <v>8538561</v>
+      </c>
+      <c r="D27" s="18">
+        <v>3409643</v>
+      </c>
+      <c r="E27" s="18">
+        <v>512130</v>
+      </c>
+      <c r="F27" s="18">
+        <v>107558</v>
+      </c>
+      <c r="G27" s="18">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22">
+        <v>12567892</v>
+      </c>
+      <c r="I27" s="145">
+        <v>51480183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="18">
+        <v>8393679</v>
+      </c>
+      <c r="D28" s="18">
+        <v>4505033</v>
+      </c>
+      <c r="E28" s="18">
+        <v>743249</v>
+      </c>
+      <c r="F28" s="18">
+        <v>368626</v>
+      </c>
+      <c r="G28" s="18">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22">
+        <v>14010587</v>
+      </c>
+      <c r="I28" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="B17" s="21" t="s">
-[...14 lines deleted...]
-      <c r="G17" s="16">
+      <c r="B29" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="18">
+        <v>7390510</v>
+      </c>
+      <c r="D29" s="18">
+        <v>5892300</v>
+      </c>
+      <c r="E29" s="18">
+        <v>688430</v>
+      </c>
+      <c r="F29" s="18">
+        <v>224749</v>
+      </c>
+      <c r="G29" s="18">
         <v>0</v>
       </c>
-      <c r="H17" s="20">
-[...7 lines deleted...]
-      <c r="A18" s="23" t="s">
+      <c r="H29" s="22">
+        <v>14195989</v>
+      </c>
+      <c r="I29" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="B18" s="21" t="s">
-[...14 lines deleted...]
-      <c r="G18" s="16">
+      <c r="B30" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="18">
+        <v>7605909</v>
+      </c>
+      <c r="D30" s="18">
+        <v>4672630</v>
+      </c>
+      <c r="E30" s="18">
+        <v>588450</v>
+      </c>
+      <c r="F30" s="18">
+        <v>94038</v>
+      </c>
+      <c r="G30" s="18">
         <v>0</v>
       </c>
-      <c r="H18" s="20">
-[...7 lines deleted...]
-      <c r="A19" s="23" t="s">
+      <c r="H30" s="22">
+        <v>12961027</v>
+      </c>
+      <c r="I30" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="B19" s="21" t="s">
-[...14 lines deleted...]
-      <c r="G19" s="16">
+      <c r="B31" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="18">
+        <v>10950241</v>
+      </c>
+      <c r="D31" s="18">
+        <v>3919057</v>
+      </c>
+      <c r="E31" s="18">
+        <v>624678</v>
+      </c>
+      <c r="F31" s="18">
+        <v>162912</v>
+      </c>
+      <c r="G31" s="18">
         <v>0</v>
       </c>
-      <c r="H19" s="20">
-[...292 lines deleted...]
-      <c r="I29" s="159">
+      <c r="H31" s="22">
+        <v>15656888</v>
+      </c>
+      <c r="I31" s="145">
         <v>42813904</v>
       </c>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
-[...60 lines deleted...]
-    </row>
+    <row r="32" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A57" s="194" t="s">
-[...9 lines deleted...]
-      <c r="I57" s="194"/>
+      <c r="A57" s="202" t="s">
+        <v>125</v>
+      </c>
+      <c r="B57" s="202"/>
+      <c r="C57" s="202"/>
+      <c r="D57" s="202"/>
+      <c r="E57" s="202"/>
+      <c r="F57" s="202"/>
+      <c r="G57" s="202"/>
+      <c r="H57" s="202"/>
+      <c r="I57" s="202"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A58" s="215" t="s">
-[...9 lines deleted...]
-      <c r="I58" s="215"/>
+      <c r="A58" s="224" t="s">
+        <v>126</v>
+      </c>
+      <c r="B58" s="224"/>
+      <c r="C58" s="224"/>
+      <c r="D58" s="224"/>
+      <c r="E58" s="224"/>
+      <c r="F58" s="224"/>
+      <c r="G58" s="224"/>
+      <c r="H58" s="224"/>
+      <c r="I58" s="224"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A60" s="13" t="s">
+      <c r="A60" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="17"/>
-      <c r="C60" s="17"/>
+      <c r="B60" s="19"/>
+      <c r="C60" s="19"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A61" s="215" t="s">
-[...9 lines deleted...]
-      <c r="I61" s="215"/>
+      <c r="A61" s="224" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" s="224"/>
+      <c r="C61" s="224"/>
+      <c r="D61" s="224"/>
+      <c r="E61" s="224"/>
+      <c r="F61" s="224"/>
+      <c r="G61" s="224"/>
+      <c r="H61" s="224"/>
+      <c r="I61" s="224"/>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A69" s="13"/>
+      <c r="A69" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A57:I57"/>
     <mergeCell ref="A58:I58"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{C60A0557-2A25-45BA-BD19-1E85D14E3522}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DC39FA5-ADA5-45F5-B5B7-396306A819F9}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:Q40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="37.5546875" style="15" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="37.77734375" style="17" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="33.5546875" style="17" customWidth="1"/>
+    <col min="4" max="6" width="30.5546875" style="17" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="17"/>
+    <col min="10" max="10" width="8.77734375" style="17" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
-    </row>
-[...16 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+    </row>
+    <row r="3" spans="1:6" s="20" customFormat="1" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
-    </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E4"/>
+      <c r="F4"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
-    </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E5"/>
+      <c r="F5"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
-    </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E6"/>
+      <c r="F6"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
-    </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E7"/>
+      <c r="F7"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
-    </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E8"/>
+      <c r="F8"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
-    </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E9"/>
+      <c r="F9"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
-    </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E10"/>
+      <c r="F10"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
-    </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E11"/>
+      <c r="F11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
-    </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E12"/>
+      <c r="F12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
-    </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E13"/>
+      <c r="F13"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
-    </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E14"/>
+      <c r="F14"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
-    </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E15"/>
+      <c r="F15"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
-    </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E16"/>
+      <c r="F16"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
-    </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E17"/>
+      <c r="F17"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
-    </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E18"/>
+      <c r="F18"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
-    </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
-    </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E20"/>
+      <c r="F20"/>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
-    </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E21"/>
+      <c r="F21"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
-    </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E22"/>
+      <c r="F22"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
-    </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E23"/>
+      <c r="F23"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
-    </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E24"/>
+      <c r="F24"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
-    </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E25"/>
+      <c r="F25"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
-    </row>
-[...17 lines deleted...]
-      <c r="A31" s="194" t="s">
+      <c r="E26"/>
+      <c r="F26"/>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="202" t="s">
+        <v>129</v>
+      </c>
+      <c r="B28" s="202"/>
+      <c r="C28" s="202"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="202"/>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="224" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" s="224"/>
+      <c r="C29" s="224"/>
+      <c r="D29" s="224"/>
+      <c r="E29" s="224"/>
+      <c r="F29" s="224"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="202" t="s">
         <v>5</v>
       </c>
-      <c r="B31" s="194"/>
-[...21 lines deleted...]
-      <c r="B44" s="177"/>
+      <c r="B31" s="202"/>
+      <c r="C31" s="202"/>
+      <c r="D31" s="202"/>
+      <c r="E31" s="202"/>
+      <c r="F31" s="202"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A32" s="225" t="s">
+        <v>326</v>
+      </c>
+      <c r="B32" s="225"/>
+      <c r="C32" s="225"/>
+      <c r="D32" s="225"/>
+      <c r="E32" s="225"/>
+      <c r="F32" s="225"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="225"/>
+      <c r="B33" s="225"/>
+      <c r="C33" s="225"/>
+      <c r="D33" s="225"/>
+      <c r="E33" s="225"/>
+      <c r="F33" s="225"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A32:D33"/>
-[...4 lines deleted...]
-    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A32:F33"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A28:F28"/>
+    <mergeCell ref="A29:F29"/>
+    <mergeCell ref="A31:F31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{8B449BFE-957D-4BEB-80DF-A0A849142B24}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52CD6E2C-ABFF-4E29-997B-0A4D6AA75C40}">
-  <dimension ref="A1:F69"/>
+  <dimension ref="A1:Q69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="14.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="2" max="6" width="20.44140625" style="17" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="17"/>
+    <col min="10" max="10" width="8.77734375" style="17" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="F3" s="192"/>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+    </row>
+    <row r="3" spans="1:6" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
     </row>
     <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="62" t="s">
+      <c r="A4" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="39" t="s">
-[...12 lines deleted...]
-        <v>62</v>
+      <c r="C4" s="42" t="s">
+        <v>119</v>
+      </c>
+      <c r="D4" s="42" t="s">
+        <v>120</v>
+      </c>
+      <c r="E4" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" s="43" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="14">
+      <c r="A5" s="16">
         <v>2019</v>
       </c>
-      <c r="B5" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="161">
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="147">
         <v>0.23</v>
       </c>
-      <c r="D5" s="161">
+      <c r="D5" s="147">
         <v>0.42</v>
       </c>
-      <c r="E5" s="162">
+      <c r="E5" s="148">
         <v>0.66</v>
       </c>
-      <c r="F5" s="161">
+      <c r="F5" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="147">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="D6" s="147">
+        <v>0.45</v>
+      </c>
+      <c r="E6" s="148">
+        <v>1.04</v>
+      </c>
+      <c r="F6" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="147">
+        <v>0.69</v>
+      </c>
+      <c r="D7" s="147">
+        <v>0.43</v>
+      </c>
+      <c r="E7" s="148">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="F7" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="147">
+        <v>0.06</v>
+      </c>
+      <c r="D8" s="147">
+        <v>0.96</v>
+      </c>
+      <c r="E8" s="148">
+        <v>1.03</v>
+      </c>
+      <c r="F8" s="147">
         <v>3.84</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C6" s="161">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B9" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="147">
+        <v>0.17</v>
+      </c>
+      <c r="D9" s="147">
+        <v>0.39</v>
+      </c>
+      <c r="E9" s="148">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F9" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="147">
+        <v>1.38</v>
+      </c>
+      <c r="D10" s="147">
+        <v>0.41</v>
+      </c>
+      <c r="E10" s="148">
+        <v>1.79</v>
+      </c>
+      <c r="F10" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="147">
+        <v>0.22</v>
+      </c>
+      <c r="D11" s="147">
+        <v>0.16</v>
+      </c>
+      <c r="E11" s="148">
+        <v>0.38</v>
+      </c>
+      <c r="F11" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="147">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D12" s="147">
+        <v>0.9</v>
+      </c>
+      <c r="E12" s="148">
+        <v>1.45</v>
+      </c>
+      <c r="F12" s="147">
+        <v>4.1900000000000004</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="147">
+        <v>0</v>
+      </c>
+      <c r="D13" s="147">
+        <v>0.24</v>
+      </c>
+      <c r="E13" s="148">
+        <v>0.24</v>
+      </c>
+      <c r="F13" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="147">
+        <v>0.19</v>
+      </c>
+      <c r="D14" s="147">
+        <v>0.13</v>
+      </c>
+      <c r="E14" s="148">
+        <v>0.32</v>
+      </c>
+      <c r="F14" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="147">
+        <v>0.16</v>
+      </c>
+      <c r="D15" s="147">
+        <v>0.45</v>
+      </c>
+      <c r="E15" s="148">
+        <v>0.6</v>
+      </c>
+      <c r="F15" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="147">
+        <v>0</v>
+      </c>
+      <c r="D16" s="147">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="E16" s="148">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F16" s="147">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="147">
+        <v>0.22</v>
+      </c>
+      <c r="D17" s="147">
+        <v>0.08</v>
+      </c>
+      <c r="E17" s="148">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F17" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="147">
+        <v>0</v>
+      </c>
+      <c r="D18" s="147">
+        <v>0.4</v>
+      </c>
+      <c r="E18" s="148">
+        <v>0.4</v>
+      </c>
+      <c r="F18" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="147">
+        <v>0.26</v>
+      </c>
+      <c r="D19" s="147">
+        <v>0.24</v>
+      </c>
+      <c r="E19" s="148">
+        <v>0.5</v>
+      </c>
+      <c r="F19" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="147">
+        <v>0.59</v>
+      </c>
+      <c r="D20" s="147">
+        <v>0.68</v>
+      </c>
+      <c r="E20" s="148">
+        <v>1.27</v>
+      </c>
+      <c r="F20" s="147">
+        <v>2.46</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="147">
+        <v>0</v>
+      </c>
+      <c r="D21" s="147">
+        <v>0.27</v>
+      </c>
+      <c r="E21" s="148">
+        <v>0.27</v>
+      </c>
+      <c r="F21" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="147">
+        <v>0</v>
+      </c>
+      <c r="D22" s="147">
+        <v>0.68</v>
+      </c>
+      <c r="E22" s="148">
+        <v>0.68</v>
+      </c>
+      <c r="F22" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="147">
         <v>0.57999999999999996</v>
       </c>
-      <c r="D6" s="161">
+      <c r="D23" s="147">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="148">
+        <v>0.61</v>
+      </c>
+      <c r="F23" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="147">
+        <v>0.15</v>
+      </c>
+      <c r="D24" s="147">
+        <v>0.5</v>
+      </c>
+      <c r="E24" s="148">
+        <v>0.65</v>
+      </c>
+      <c r="F24" s="147">
+        <v>2.2000000000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="147">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="D25" s="147">
+        <v>0.59</v>
+      </c>
+      <c r="E25" s="148">
+        <v>0.87</v>
+      </c>
+      <c r="F25" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="147">
+        <v>0.32</v>
+      </c>
+      <c r="D26" s="147">
+        <v>0.2</v>
+      </c>
+      <c r="E26" s="148">
+        <v>0.52</v>
+      </c>
+      <c r="F26" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="147">
+        <v>0.9</v>
+      </c>
+      <c r="D27" s="147">
+        <v>0.41</v>
+      </c>
+      <c r="E27" s="148">
+        <v>1.31</v>
+      </c>
+      <c r="F27" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="147">
+        <v>0.92</v>
+      </c>
+      <c r="D28" s="147">
+        <v>0.69</v>
+      </c>
+      <c r="E28" s="148">
+        <v>1.61</v>
+      </c>
+      <c r="F28" s="147">
+        <v>4.3099999999999996</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="147">
+        <v>0.2</v>
+      </c>
+      <c r="D29" s="147">
+        <v>0.1</v>
+      </c>
+      <c r="E29" s="148">
+        <v>0.3</v>
+      </c>
+      <c r="F29" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="147">
         <v>0.45</v>
       </c>
-      <c r="E6" s="162">
-[...179 lines deleted...]
-      <c r="E15" s="162">
+      <c r="D30" s="147">
+        <v>1.01</v>
+      </c>
+      <c r="E30" s="148">
+        <v>1.46</v>
+      </c>
+      <c r="F30" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="147">
+        <v>0.25</v>
+      </c>
+      <c r="D31" s="147">
         <v>0.6</v>
       </c>
-      <c r="F15" s="161" t="s">
-[...279 lines deleted...]
-      <c r="F29" s="161">
+      <c r="E31" s="148">
+        <v>0.85</v>
+      </c>
+      <c r="F31" s="147">
         <v>2.6</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-    </row>
+    <row r="32" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A57" s="212" t="s">
-[...6 lines deleted...]
-      <c r="F57" s="212"/>
+      <c r="A57" s="221" t="s">
+        <v>132</v>
+      </c>
+      <c r="B57" s="221"/>
+      <c r="C57" s="221"/>
+      <c r="D57" s="221"/>
+      <c r="E57" s="221"/>
+      <c r="F57" s="221"/>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A58" s="216" t="s">
-[...6 lines deleted...]
-      <c r="F58" s="216"/>
+      <c r="A58" s="225" t="s">
+        <v>133</v>
+      </c>
+      <c r="B58" s="225"/>
+      <c r="C58" s="225"/>
+      <c r="D58" s="225"/>
+      <c r="E58" s="225"/>
+      <c r="F58" s="225"/>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A59" s="216"/>
-[...7 lines deleted...]
-      <c r="A60" s="212" t="s">
+      <c r="A59" s="225"/>
+      <c r="B59" s="225"/>
+      <c r="C59" s="225"/>
+      <c r="D59" s="225"/>
+      <c r="E59" s="225"/>
+      <c r="F59" s="225"/>
+    </row>
+    <row r="60" spans="1:6" s="47" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="221" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="212"/>
-[...3 lines deleted...]
-      <c r="F60" s="212"/>
+      <c r="B60" s="221"/>
+      <c r="C60" s="221"/>
+      <c r="D60" s="221"/>
+      <c r="E60" s="221"/>
+      <c r="F60" s="221"/>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A61" s="216" t="s">
-[...6 lines deleted...]
-      <c r="F61" s="216"/>
+      <c r="A61" s="225" t="s">
+        <v>134</v>
+      </c>
+      <c r="B61" s="225"/>
+      <c r="C61" s="225"/>
+      <c r="D61" s="225"/>
+      <c r="E61" s="225"/>
+      <c r="F61" s="225"/>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A62" s="216"/>
-[...4 lines deleted...]
-      <c r="F62" s="216"/>
+      <c r="A62" s="225"/>
+      <c r="B62" s="225"/>
+      <c r="C62" s="225"/>
+      <c r="D62" s="225"/>
+      <c r="E62" s="225"/>
+      <c r="F62" s="225"/>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A69" s="13"/>
+      <c r="A69" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F59"/>
     <mergeCell ref="A61:F62"/>
     <mergeCell ref="A60:F60"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D7D70B0B-4C7E-41C3-8356-6C8E9781D69F}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61CFEEA8-32F2-4F6E-8C14-0DA0672607AC}">
-  <dimension ref="A1:F81"/>
+  <dimension ref="A1:Q81"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="17.77734375" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="38.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="17"/>
+    <col min="10" max="10" width="8.77734375" style="17" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="F3" s="192"/>
+    <row r="2" spans="1:6" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>135</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+    </row>
+    <row r="3" spans="1:6" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
     </row>
     <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="39" t="s">
-[...12 lines deleted...]
-        <v>109</v>
+      <c r="C4" s="42" t="s">
+        <v>136</v>
+      </c>
+      <c r="D4" s="42" t="s">
+        <v>137</v>
+      </c>
+      <c r="E4" s="42" t="s">
+        <v>138</v>
+      </c>
+      <c r="F4" s="43" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="14">
+      <c r="A5" s="16">
         <v>2016</v>
       </c>
-      <c r="B5" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="32">
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="34">
         <v>0.04</v>
       </c>
-      <c r="D5" s="161" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="161">
+      <c r="D5" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E5" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="17">
+        <v>2016</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="34">
+        <v>0.3</v>
+      </c>
+      <c r="D6" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E6" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>2016</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="34">
+        <v>0.01</v>
+      </c>
+      <c r="D7" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="17">
+        <v>2016</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="34">
+        <v>0.95</v>
+      </c>
+      <c r="D8" s="147">
+        <v>0.33</v>
+      </c>
+      <c r="E8" s="147">
         <v>1.31</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="F8" s="147">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B9" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="32">
+      <c r="C9" s="34">
+        <v>0.85</v>
+      </c>
+      <c r="D9" s="147">
+        <v>0.53</v>
+      </c>
+      <c r="E9" s="147">
+        <v>2.12</v>
+      </c>
+      <c r="F9" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="34">
+        <v>0.75</v>
+      </c>
+      <c r="D10" s="147">
+        <v>0.64</v>
+      </c>
+      <c r="E10" s="147">
+        <v>2.57</v>
+      </c>
+      <c r="F10" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="34">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="D11" s="147">
+        <v>0.92</v>
+      </c>
+      <c r="E11" s="147">
+        <v>3.67</v>
+      </c>
+      <c r="F11" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="34">
+        <v>1.3</v>
+      </c>
+      <c r="D12" s="147">
+        <v>1</v>
+      </c>
+      <c r="E12" s="147">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="F12" s="147">
+        <v>4.0199999999999996</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="34">
+        <v>1.47</v>
+      </c>
+      <c r="D13" s="147">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="E13" s="147">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="F13" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="34">
+        <v>0.96</v>
+      </c>
+      <c r="D14" s="147">
+        <v>1.21</v>
+      </c>
+      <c r="E14" s="147">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="F14" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="34">
+        <v>0.61</v>
+      </c>
+      <c r="D15" s="147">
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="E15" s="147">
+        <v>4.34</v>
+      </c>
+      <c r="F15" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="34">
+        <v>1.88</v>
+      </c>
+      <c r="D16" s="147">
+        <v>1.23</v>
+      </c>
+      <c r="E16" s="147">
+        <v>4.93</v>
+      </c>
+      <c r="F16" s="147">
+        <v>4.93</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="34">
+        <v>0.69</v>
+      </c>
+      <c r="D17" s="147">
+        <v>1.04</v>
+      </c>
+      <c r="E17" s="147">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="F17" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="34">
+        <v>0.68</v>
+      </c>
+      <c r="D18" s="147">
+        <v>0.96</v>
+      </c>
+      <c r="E18" s="147">
+        <v>3.86</v>
+      </c>
+      <c r="F18" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="34">
+        <v>0.47</v>
+      </c>
+      <c r="D19" s="147">
+        <v>0.93</v>
+      </c>
+      <c r="E19" s="147">
+        <v>3.72</v>
+      </c>
+      <c r="F19" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="34">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D20" s="147">
+        <v>0.6</v>
+      </c>
+      <c r="E20" s="147">
+        <v>2.4</v>
+      </c>
+      <c r="F20" s="147">
+        <v>2.4</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="34">
+        <v>1.23</v>
+      </c>
+      <c r="D21" s="147">
+        <v>0.73</v>
+      </c>
+      <c r="E21" s="147">
+        <v>2.94</v>
+      </c>
+      <c r="F21" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="34">
+        <v>0.02</v>
+      </c>
+      <c r="D22" s="147">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E22" s="147">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="F22" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="34">
+        <v>1.29</v>
+      </c>
+      <c r="D23" s="147">
+        <v>0.77</v>
+      </c>
+      <c r="E23" s="147">
+        <v>3.1</v>
+      </c>
+      <c r="F23" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="34">
+        <v>0.78</v>
+      </c>
+      <c r="D24" s="147">
+        <v>0.83</v>
+      </c>
+      <c r="E24" s="147">
+        <v>3.32</v>
+      </c>
+      <c r="F24" s="147">
+        <v>3.32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="34">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D25" s="147">
+        <v>0.54</v>
+      </c>
+      <c r="E25" s="147">
+        <v>2.16</v>
+      </c>
+      <c r="F25" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="34">
+        <v>0.74</v>
+      </c>
+      <c r="D26" s="147">
+        <v>0.72</v>
+      </c>
+      <c r="E26" s="147">
+        <v>2.88</v>
+      </c>
+      <c r="F26" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="34">
+        <v>1.18</v>
+      </c>
+      <c r="D27" s="147">
+        <v>0.69</v>
+      </c>
+      <c r="E27" s="147">
+        <v>2.77</v>
+      </c>
+      <c r="F27" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="34">
+        <v>1.07</v>
+      </c>
+      <c r="D28" s="147">
+        <v>0.76</v>
+      </c>
+      <c r="E28" s="147">
+        <v>3.06</v>
+      </c>
+      <c r="F28" s="147">
+        <v>3.06</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B29" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="34">
+        <v>1.29</v>
+      </c>
+      <c r="D29" s="147">
+        <v>1.07</v>
+      </c>
+      <c r="E29" s="147">
+        <v>4.28</v>
+      </c>
+      <c r="F29" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="34">
+        <v>0.39</v>
+      </c>
+      <c r="D30" s="147">
+        <v>0.98</v>
+      </c>
+      <c r="E30" s="147">
+        <v>3.93</v>
+      </c>
+      <c r="F30" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="34">
+        <v>0.63</v>
+      </c>
+      <c r="D31" s="147">
+        <v>0.85</v>
+      </c>
+      <c r="E31" s="147">
+        <v>3.38</v>
+      </c>
+      <c r="F31" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A32" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B32" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="34">
+        <v>2.09</v>
+      </c>
+      <c r="D32" s="147">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E32" s="147">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="F32" s="147">
+        <v>4.4000000000000004</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B33" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="34">
+        <v>0.48</v>
+      </c>
+      <c r="D33" s="147">
+        <v>0.9</v>
+      </c>
+      <c r="E33" s="147">
+        <v>3.6</v>
+      </c>
+      <c r="F33" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A34" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B34" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" s="34">
+        <v>0.32</v>
+      </c>
+      <c r="D34" s="147">
+        <v>0.88</v>
+      </c>
+      <c r="E34" s="147">
+        <v>3.53</v>
+      </c>
+      <c r="F34" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A35" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B35" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" s="34">
+        <v>0.76</v>
+      </c>
+      <c r="D35" s="147">
+        <v>0.91</v>
+      </c>
+      <c r="E35" s="147">
+        <v>3.66</v>
+      </c>
+      <c r="F35" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B36" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C36" s="34">
+        <v>0.73</v>
+      </c>
+      <c r="D36" s="147">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E36" s="147">
+        <v>2.29</v>
+      </c>
+      <c r="F36" s="147">
+        <v>2.29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B37" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C37" s="34">
+        <v>0.84</v>
+      </c>
+      <c r="D37" s="147">
+        <v>0.66</v>
+      </c>
+      <c r="E37" s="147">
+        <v>2.65</v>
+      </c>
+      <c r="F37" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B38" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" s="34">
+        <v>1.17</v>
+      </c>
+      <c r="D38" s="147">
+        <v>0.87</v>
+      </c>
+      <c r="E38" s="147">
+        <v>3.5</v>
+      </c>
+      <c r="F38" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B39" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C39" s="34">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="D39" s="147">
+        <v>0.97</v>
+      </c>
+      <c r="E39" s="147">
+        <v>3.89</v>
+      </c>
+      <c r="F39" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B40" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C40" s="34">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D40" s="147">
+        <v>1.07</v>
+      </c>
+      <c r="E40" s="147">
+        <v>4.2699999999999996</v>
+      </c>
+      <c r="F40" s="147">
+        <v>4.2699999999999996</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A41" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B41" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C41" s="34">
+        <v>0.39</v>
+      </c>
+      <c r="D41" s="147">
         <v>0.95</v>
       </c>
-      <c r="D8" s="161">
-[...279 lines deleted...]
-      <c r="D22" s="161">
+      <c r="E41" s="147">
+        <v>3.81</v>
+      </c>
+      <c r="F41" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A42" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B42" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C42" s="34">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E22" s="161">
-[...367 lines deleted...]
-      <c r="A41" s="15">
+      <c r="D42" s="147">
+        <v>0.8</v>
+      </c>
+      <c r="E42" s="147">
+        <v>3.21</v>
+      </c>
+      <c r="F42" s="147" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A43" s="17">
         <v>2025</v>
       </c>
-      <c r="B41" s="21" t="s">
-[...56 lines deleted...]
-      <c r="B44" s="177"/>
+      <c r="B43" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C43" s="147">
+        <v>0.03</v>
+      </c>
+      <c r="D43" s="147">
+        <v>0.52</v>
+      </c>
+      <c r="E43" s="147">
+        <v>2.08</v>
+      </c>
+      <c r="F43" s="147">
+        <v>0.99</v>
+      </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A69" s="194" t="s">
-[...6 lines deleted...]
-      <c r="F69" s="194"/>
+      <c r="A69" s="202" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="202"/>
+      <c r="C69" s="202"/>
+      <c r="D69" s="202"/>
+      <c r="E69" s="202"/>
+      <c r="F69" s="202"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A70" s="215" t="s">
-[...6 lines deleted...]
-      <c r="F70" s="215"/>
+      <c r="A70" s="224" t="s">
+        <v>141</v>
+      </c>
+      <c r="B70" s="224"/>
+      <c r="C70" s="224"/>
+      <c r="D70" s="224"/>
+      <c r="E70" s="224"/>
+      <c r="F70" s="224"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A72" s="194" t="s">
+      <c r="A72" s="202" t="s">
         <v>5</v>
       </c>
-      <c r="B72" s="194"/>
-[...3 lines deleted...]
-      <c r="F72" s="194"/>
+      <c r="B72" s="202"/>
+      <c r="C72" s="202"/>
+      <c r="D72" s="202"/>
+      <c r="E72" s="202"/>
+      <c r="F72" s="202"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A73" s="215" t="s">
-[...6 lines deleted...]
-      <c r="F73" s="215"/>
+      <c r="A73" s="224" t="s">
+        <v>142</v>
+      </c>
+      <c r="B73" s="224"/>
+      <c r="C73" s="224"/>
+      <c r="D73" s="224"/>
+      <c r="E73" s="224"/>
+      <c r="F73" s="224"/>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A81" s="13"/>
+      <c r="A81" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="A72:F72"/>
     <mergeCell ref="A70:F70"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6199E9AE-20C2-4F59-B16A-8FE11B22CDC6}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:I69"/>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F11E78C-87E6-49AD-BEA6-4CAF02A0B57E}">
+  <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="14.21875" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="17" customWidth="1"/>
+    <col min="3" max="3" width="19.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="31.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:7" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-      <c r="A4" s="27" t="s">
+    <row r="2" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>375</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+      <c r="I2" s="216"/>
+      <c r="J2" s="216"/>
+    </row>
+    <row r="3" spans="1:10" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+    </row>
+    <row r="4" spans="1:10" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="39" t="s">
-[...68 lines deleted...]
-      <c r="B7" s="21" t="s">
+      <c r="C4" s="29" t="s">
+        <v>152</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>154</v>
+      </c>
+      <c r="F4" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="G4" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H4" s="36" t="s">
+        <v>82</v>
+      </c>
+      <c r="I4" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="J4" s="36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="144" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="151">
+        <v>4.25</v>
+      </c>
+      <c r="D5" s="151">
+        <v>2.63</v>
+      </c>
+      <c r="E5" s="151">
+        <v>0.77</v>
+      </c>
+      <c r="F5" s="151">
+        <v>1.62</v>
+      </c>
+      <c r="G5" s="151">
+        <v>1.31</v>
+      </c>
+      <c r="H5" s="151">
+        <v>0.52</v>
+      </c>
+      <c r="I5" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J5" s="151">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="151">
+        <v>7.87</v>
+      </c>
+      <c r="D6" s="151">
+        <v>3.08</v>
+      </c>
+      <c r="E6" s="151">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="F6" s="151">
+        <v>1.77</v>
+      </c>
+      <c r="G6" s="151">
+        <v>1.4</v>
+      </c>
+      <c r="H6" s="151">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="I6" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J6" s="151">
+        <v>16.440000000000001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="151">
+        <v>11.85</v>
+      </c>
+      <c r="D7" s="151">
+        <v>2.83</v>
+      </c>
+      <c r="E7" s="151">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F7" s="151">
+        <v>1.82</v>
+      </c>
+      <c r="G7" s="151">
+        <v>1.4</v>
+      </c>
+      <c r="H7" s="151">
+        <v>1.96</v>
+      </c>
+      <c r="I7" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J7" s="151">
+        <v>20.97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="151">
+        <v>16.75</v>
+      </c>
+      <c r="D8" s="151">
+        <v>4.13</v>
+      </c>
+      <c r="E8" s="151">
+        <v>1.67</v>
+      </c>
+      <c r="F8" s="151">
+        <v>1.91</v>
+      </c>
+      <c r="G8" s="151">
+        <v>2.8</v>
+      </c>
+      <c r="H8" s="151">
+        <v>2.96</v>
+      </c>
+      <c r="I8" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J8" s="151">
+        <v>30.24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="159">
-[...19 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="B9" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="159">
-[...65 lines deleted...]
-      <c r="B11" s="21" t="s">
+      <c r="C9" s="151">
+        <v>3.22</v>
+      </c>
+      <c r="D9" s="151">
+        <v>2.8</v>
+      </c>
+      <c r="E9" s="151">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="F9" s="151">
+        <v>1.94</v>
+      </c>
+      <c r="G9" s="151">
+        <v>2.76</v>
+      </c>
+      <c r="H9" s="151">
+        <v>0.46</v>
+      </c>
+      <c r="I9" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J9" s="151">
+        <v>12.31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="C11" s="159">
-[...19 lines deleted...]
-      <c r="B12" s="21" t="s">
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="151">
+        <v>7.63</v>
+      </c>
+      <c r="D10" s="151">
+        <v>4.1900000000000004</v>
+      </c>
+      <c r="E10" s="151">
+        <v>1.64</v>
+      </c>
+      <c r="F10" s="151">
+        <v>1.93</v>
+      </c>
+      <c r="G10" s="151">
+        <v>0.51</v>
+      </c>
+      <c r="H10" s="151">
+        <v>0.99</v>
+      </c>
+      <c r="I10" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J10" s="151">
+        <v>16.899999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="151">
+        <v>11.86</v>
+      </c>
+      <c r="D11" s="151">
+        <v>4.08</v>
+      </c>
+      <c r="E11" s="151">
+        <v>1.53</v>
+      </c>
+      <c r="F11" s="151">
+        <v>1.56</v>
+      </c>
+      <c r="G11" s="151">
+        <v>0.51</v>
+      </c>
+      <c r="H11" s="151">
+        <v>1.64</v>
+      </c>
+      <c r="I11" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J11" s="151">
+        <v>21.2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="151">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="D12" s="151">
+        <v>6.04</v>
+      </c>
+      <c r="E12" s="151">
+        <v>2.5</v>
+      </c>
+      <c r="F12" s="151">
+        <v>1.66</v>
+      </c>
+      <c r="G12" s="151">
+        <v>1.95</v>
+      </c>
+      <c r="H12" s="151">
+        <v>3.79</v>
+      </c>
+      <c r="I12" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J12" s="151">
+        <v>32.39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="159">
-[...88 lines deleted...]
-      <c r="B16" s="21" t="s">
+      <c r="C13" s="151">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="D13" s="151">
+        <v>3.12</v>
+      </c>
+      <c r="E13" s="151">
+        <v>1.34</v>
+      </c>
+      <c r="F13" s="151">
+        <v>1.68</v>
+      </c>
+      <c r="G13" s="151">
+        <v>2.44</v>
+      </c>
+      <c r="H13" s="151">
+        <v>0.8</v>
+      </c>
+      <c r="I13" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J13" s="151">
+        <v>13.54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="151">
+        <v>8.68</v>
+      </c>
+      <c r="D14" s="151">
+        <v>3.94</v>
+      </c>
+      <c r="E14" s="151">
+        <v>1.89</v>
+      </c>
+      <c r="F14" s="151">
+        <v>1.73</v>
+      </c>
+      <c r="G14" s="151">
+        <v>0.74</v>
+      </c>
+      <c r="H14" s="151">
+        <v>1.03</v>
+      </c>
+      <c r="I14" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J14" s="151">
+        <v>18.03</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="151">
+        <v>13.11</v>
+      </c>
+      <c r="D15" s="151">
+        <v>3.96</v>
+      </c>
+      <c r="E15" s="151">
+        <v>3.35</v>
+      </c>
+      <c r="F15" s="151">
+        <v>1.36</v>
+      </c>
+      <c r="G15" s="151">
+        <v>0.66</v>
+      </c>
+      <c r="H15" s="151">
+        <v>1.99</v>
+      </c>
+      <c r="I15" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J15" s="151">
+        <v>24.47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="151">
+        <v>17.78</v>
+      </c>
+      <c r="D16" s="151">
+        <v>5.52</v>
+      </c>
+      <c r="E16" s="151">
+        <v>3.88</v>
+      </c>
+      <c r="F16" s="151">
+        <v>1.43</v>
+      </c>
+      <c r="G16" s="151">
+        <v>2.2200000000000002</v>
+      </c>
+      <c r="H16" s="151">
+        <v>2.8</v>
+      </c>
+      <c r="I16" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J16" s="151">
+        <v>33.64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="159">
-[...88 lines deleted...]
-      <c r="B20" s="21" t="s">
+      <c r="C17" s="151">
+        <v>3.38</v>
+      </c>
+      <c r="D17" s="151">
+        <v>3.27</v>
+      </c>
+      <c r="E17" s="151">
+        <v>2.38</v>
+      </c>
+      <c r="F17" s="151">
+        <v>1.47</v>
+      </c>
+      <c r="G17" s="151">
+        <v>2.9</v>
+      </c>
+      <c r="H17" s="151">
+        <v>0.75</v>
+      </c>
+      <c r="I17" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J17" s="151">
+        <v>14.18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="151">
+        <v>8.4700000000000006</v>
+      </c>
+      <c r="D18" s="151">
+        <v>4.84</v>
+      </c>
+      <c r="E18" s="151">
+        <v>3.58</v>
+      </c>
+      <c r="F18" s="151">
+        <v>1.52</v>
+      </c>
+      <c r="G18" s="151">
+        <v>0.98</v>
+      </c>
+      <c r="H18" s="151">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="I18" s="151">
+        <v>0.02</v>
+      </c>
+      <c r="J18" s="151">
+        <v>19.989999999999998</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="151">
+        <v>13.23</v>
+      </c>
+      <c r="D19" s="151">
+        <v>6.03</v>
+      </c>
+      <c r="E19" s="151">
+        <v>4.87</v>
+      </c>
+      <c r="F19" s="151">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="G19" s="151">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="H19" s="151">
+        <v>1.61</v>
+      </c>
+      <c r="I19" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J19" s="151">
+        <v>27.99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="151">
+        <v>15.29</v>
+      </c>
+      <c r="D20" s="151">
+        <v>7.8</v>
+      </c>
+      <c r="E20" s="151">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="F20" s="151">
+        <v>1.24</v>
+      </c>
+      <c r="G20" s="151">
+        <v>1.19</v>
+      </c>
+      <c r="H20" s="151">
+        <v>2.06</v>
+      </c>
+      <c r="I20" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J20" s="151">
+        <v>35.979999999999997</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C20" s="159">
-[...88 lines deleted...]
-      <c r="B24" s="21" t="s">
+      <c r="C21" s="151">
+        <v>3.98</v>
+      </c>
+      <c r="D21" s="151">
+        <v>3.85</v>
+      </c>
+      <c r="E21" s="151">
+        <v>3.75</v>
+      </c>
+      <c r="F21" s="151">
+        <v>1.25</v>
+      </c>
+      <c r="G21" s="151">
+        <v>1.04</v>
+      </c>
+      <c r="H21" s="151">
+        <v>0.7</v>
+      </c>
+      <c r="I21" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J21" s="151">
+        <v>14.6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="151">
+        <v>9.27</v>
+      </c>
+      <c r="D22" s="151">
+        <v>6.21</v>
+      </c>
+      <c r="E22" s="151">
+        <v>6.07</v>
+      </c>
+      <c r="F22" s="151">
+        <v>1.4</v>
+      </c>
+      <c r="G22" s="151">
+        <v>0.72</v>
+      </c>
+      <c r="H22" s="151">
+        <v>0.98</v>
+      </c>
+      <c r="I22" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J22" s="151">
+        <v>24.67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="151">
+        <v>17.010000000000002</v>
+      </c>
+      <c r="D23" s="151">
+        <v>8.1300000000000008</v>
+      </c>
+      <c r="E23" s="151">
+        <v>4.18</v>
+      </c>
+      <c r="F23" s="151">
+        <v>1.51</v>
+      </c>
+      <c r="G23" s="151">
+        <v>0.67</v>
+      </c>
+      <c r="H23" s="151">
+        <v>1.7</v>
+      </c>
+      <c r="I23" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J23" s="151">
+        <v>33.229999999999997</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="151">
+        <v>21.59</v>
+      </c>
+      <c r="D24" s="151">
+        <v>10.45</v>
+      </c>
+      <c r="E24" s="151">
+        <v>5.96</v>
+      </c>
+      <c r="F24" s="151">
+        <v>1.66</v>
+      </c>
+      <c r="G24" s="151">
+        <v>0.89</v>
+      </c>
+      <c r="H24" s="151">
+        <v>2.36</v>
+      </c>
+      <c r="I24" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J24" s="151">
+        <v>42.94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C24" s="159">
-[...88 lines deleted...]
-      <c r="B28" s="21" t="s">
+      <c r="C25" s="151">
+        <v>5.1100000000000003</v>
+      </c>
+      <c r="D25" s="151">
+        <v>4.92</v>
+      </c>
+      <c r="E25" s="151">
+        <v>5.54</v>
+      </c>
+      <c r="F25" s="151">
+        <v>1.66</v>
+      </c>
+      <c r="G25" s="151">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="H25" s="151">
+        <v>1.32</v>
+      </c>
+      <c r="I25" s="151">
+        <v>0.03</v>
+      </c>
+      <c r="J25" s="151">
+        <v>21.1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="151">
+        <v>11.1</v>
+      </c>
+      <c r="D26" s="151">
+        <v>6.97</v>
+      </c>
+      <c r="E26" s="151">
+        <v>6.33</v>
+      </c>
+      <c r="F26" s="151">
+        <v>1.81</v>
+      </c>
+      <c r="G26" s="151">
+        <v>0.7</v>
+      </c>
+      <c r="H26" s="151">
+        <v>1.5</v>
+      </c>
+      <c r="I26" s="151">
+        <v>0.04</v>
+      </c>
+      <c r="J26" s="151">
+        <v>28.47</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="151">
+        <v>12.49</v>
+      </c>
+      <c r="D27" s="151">
+        <v>10.3</v>
+      </c>
+      <c r="E27" s="151">
+        <v>7.88</v>
+      </c>
+      <c r="F27" s="151">
+        <v>1.93</v>
+      </c>
+      <c r="G27" s="151">
+        <v>0.81</v>
+      </c>
+      <c r="H27" s="151">
+        <v>1.86</v>
+      </c>
+      <c r="I27" s="151">
+        <v>0.04</v>
+      </c>
+      <c r="J27" s="151">
+        <v>35.31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="151">
+        <v>18.149999999999999</v>
+      </c>
+      <c r="D28" s="151">
+        <v>12.82</v>
+      </c>
+      <c r="E28" s="151">
+        <v>9.67</v>
+      </c>
+      <c r="F28" s="151">
+        <v>2.02</v>
+      </c>
+      <c r="G28" s="151">
+        <v>0.86</v>
+      </c>
+      <c r="H28" s="151">
+        <v>2.8</v>
+      </c>
+      <c r="I28" s="151">
+        <v>0.04</v>
+      </c>
+      <c r="J28" s="151">
+        <v>46.36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C28" s="159">
-[...112 lines deleted...]
-      <c r="A60" s="208" t="s">
+      <c r="C29" s="151">
+        <v>5.05</v>
+      </c>
+      <c r="D29" s="151">
+        <v>6.89</v>
+      </c>
+      <c r="E29" s="151">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="F29" s="151">
+        <v>2.0699999999999998</v>
+      </c>
+      <c r="G29" s="151">
+        <v>2.0299999999999998</v>
+      </c>
+      <c r="H29" s="151">
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="I29" s="151">
+        <v>0.05</v>
+      </c>
+      <c r="J29" s="151">
+        <v>26.48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="151">
+        <v>9.77</v>
+      </c>
+      <c r="D30" s="151">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="E30" s="151">
+        <v>10.27</v>
+      </c>
+      <c r="F30" s="151">
+        <v>2.23</v>
+      </c>
+      <c r="G30" s="151">
+        <v>0.94</v>
+      </c>
+      <c r="H30" s="151">
+        <v>2.66</v>
+      </c>
+      <c r="I30" s="151">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J30" s="151">
+        <v>35.4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="151">
+        <v>12.49</v>
+      </c>
+      <c r="D31" s="151">
+        <v>12.95</v>
+      </c>
+      <c r="E31" s="151">
+        <v>9.77</v>
+      </c>
+      <c r="F31" s="151">
+        <v>2.35</v>
+      </c>
+      <c r="G31" s="151">
+        <v>1.34</v>
+      </c>
+      <c r="H31" s="151">
+        <v>4.91</v>
+      </c>
+      <c r="I31" s="151">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J31" s="151">
+        <v>43.88</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" s="70" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="221" t="s">
+        <v>145</v>
+      </c>
+      <c r="B57" s="221"/>
+      <c r="C57" s="221"/>
+      <c r="D57" s="221"/>
+      <c r="E57" s="221"/>
+      <c r="F57" s="221"/>
+      <c r="G57" s="221"/>
+      <c r="H57" s="221"/>
+      <c r="I57" s="221"/>
+      <c r="J57" s="221"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A58" s="224" t="s">
+        <v>160</v>
+      </c>
+      <c r="B58" s="224"/>
+      <c r="C58" s="224"/>
+      <c r="D58" s="224"/>
+      <c r="E58" s="224"/>
+      <c r="F58" s="224"/>
+      <c r="G58" s="224"/>
+      <c r="H58" s="224"/>
+      <c r="I58" s="224"/>
+      <c r="J58" s="224"/>
+    </row>
+    <row r="60" spans="1:10" s="70" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="47" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="208"/>
-[...73 lines deleted...]
-      <c r="A69" s="13"/>
+      <c r="B60" s="152"/>
+      <c r="C60" s="152"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A61" s="225" t="s">
+        <v>161</v>
+      </c>
+      <c r="B61" s="225"/>
+      <c r="C61" s="225"/>
+      <c r="D61" s="225"/>
+      <c r="E61" s="225"/>
+      <c r="F61" s="225"/>
+      <c r="G61" s="225"/>
+      <c r="H61" s="225"/>
+      <c r="I61" s="225"/>
+      <c r="J61" s="225"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A62" s="225"/>
+      <c r="B62" s="225"/>
+      <c r="C62" s="225"/>
+      <c r="D62" s="225"/>
+      <c r="E62" s="225"/>
+      <c r="F62" s="225"/>
+      <c r="G62" s="225"/>
+      <c r="H62" s="225"/>
+      <c r="I62" s="225"/>
+      <c r="J62" s="225"/>
+    </row>
+    <row r="63" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="64" spans="1:10" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="227" t="s">
+        <v>93</v>
+      </c>
+      <c r="B64" s="227"/>
+      <c r="C64" s="227"/>
+      <c r="D64" s="227"/>
+      <c r="E64" s="227"/>
+      <c r="F64" s="227"/>
+      <c r="G64" s="227"/>
+      <c r="H64" s="227"/>
+      <c r="I64" s="227"/>
+    </row>
+    <row r="65" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="226" t="s">
+        <v>162</v>
+      </c>
+      <c r="B65" s="226"/>
+      <c r="C65" s="226"/>
+      <c r="D65" s="226"/>
+      <c r="E65" s="226"/>
+      <c r="F65" s="226"/>
+      <c r="G65" s="226"/>
+      <c r="H65" s="226"/>
+      <c r="I65" s="226"/>
+    </row>
+    <row r="66" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="228" t="s">
+        <v>163</v>
+      </c>
+      <c r="B66" s="228"/>
+      <c r="C66" s="228"/>
+      <c r="D66" s="228"/>
+      <c r="E66" s="228"/>
+      <c r="F66" s="228"/>
+      <c r="G66" s="228"/>
+      <c r="H66" s="228"/>
+      <c r="I66" s="228"/>
+    </row>
+    <row r="67" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="226" t="s">
+        <v>164</v>
+      </c>
+      <c r="B67" s="226"/>
+      <c r="C67" s="226"/>
+      <c r="D67" s="226"/>
+      <c r="E67" s="226"/>
+      <c r="F67" s="226"/>
+      <c r="G67" s="226"/>
+      <c r="H67" s="226"/>
+      <c r="I67" s="226"/>
+    </row>
+    <row r="68" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="226" t="s">
+        <v>165</v>
+      </c>
+      <c r="B68" s="226"/>
+      <c r="C68" s="226"/>
+      <c r="D68" s="226"/>
+      <c r="E68" s="226"/>
+      <c r="F68" s="226"/>
+      <c r="G68" s="226"/>
+      <c r="H68" s="153"/>
+      <c r="I68" s="153"/>
+    </row>
+    <row r="69" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="226" t="s">
+        <v>166</v>
+      </c>
+      <c r="B69" s="226"/>
+      <c r="C69" s="226"/>
+      <c r="D69" s="226"/>
+      <c r="E69" s="226"/>
+      <c r="F69" s="226"/>
+      <c r="G69" s="226"/>
+      <c r="H69" s="226"/>
+      <c r="I69" s="226"/>
+    </row>
+    <row r="70" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="226" t="s">
+        <v>167</v>
+      </c>
+      <c r="B70" s="226"/>
+      <c r="C70" s="226"/>
+      <c r="D70" s="226"/>
+      <c r="E70" s="226"/>
+      <c r="F70" s="226"/>
+      <c r="G70" s="226"/>
+      <c r="H70" s="226"/>
+      <c r="I70" s="226"/>
+    </row>
+    <row r="71" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="226" t="s">
+        <v>168</v>
+      </c>
+      <c r="B71" s="226"/>
+      <c r="C71" s="226"/>
+      <c r="D71" s="226"/>
+      <c r="E71" s="226"/>
+      <c r="F71" s="226"/>
+      <c r="G71" s="226"/>
+      <c r="H71" s="226"/>
+      <c r="I71" s="226"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A60:G60"/>
-[...1161 lines deleted...]
-    <mergeCell ref="A3:J3"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="A61:J62"/>
     <mergeCell ref="A64:I64"/>
     <mergeCell ref="A65:I65"/>
     <mergeCell ref="A66:I66"/>
     <mergeCell ref="A67:I67"/>
     <mergeCell ref="A68:G68"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A58:J58"/>
+    <mergeCell ref="A57:J57"/>
+    <mergeCell ref="A69:I69"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{A877BD5A-5DFB-4B5F-B094-A600209EEE31}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6F3F30D-7169-4967-8555-1FAEA79BAD2D}">
-  <dimension ref="A1:D43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C976AE62-D6BE-46F9-9ECF-D6FBC80EB0B7}">
+  <dimension ref="A1:Q69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="37.5546875" style="15" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="16" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="28.21875" style="17" customWidth="1"/>
+    <col min="8" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
-    </row>
-[...16 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:7" ht="23.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>376</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+    </row>
+    <row r="3" spans="1:7" s="20" customFormat="1" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+      <c r="G3" s="201"/>
+    </row>
+    <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="D4" s="42" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" s="43" t="s">
+        <v>63</v>
+      </c>
+      <c r="G4" s="28" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="144">
+        <v>2019</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="145">
+        <v>555</v>
+      </c>
+      <c r="D5" s="145">
+        <v>12746</v>
+      </c>
+      <c r="E5" s="145">
+        <v>6411</v>
+      </c>
+      <c r="F5" s="149">
+        <v>19712</v>
+      </c>
+      <c r="G5" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A6" s="25">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="145">
+        <v>2499</v>
+      </c>
+      <c r="D6" s="145">
+        <v>965</v>
+      </c>
+      <c r="E6" s="145">
+        <v>0</v>
+      </c>
+      <c r="F6" s="149">
+        <v>3464</v>
+      </c>
+      <c r="G6" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A7" s="25">
+        <v>2019</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="145">
+        <v>488336</v>
+      </c>
+      <c r="D7" s="145">
+        <v>50473</v>
+      </c>
+      <c r="E7" s="145">
+        <v>89030</v>
+      </c>
+      <c r="F7" s="149">
+        <v>627839</v>
+      </c>
+      <c r="G7" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="25">
+        <v>2019</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="145">
+        <v>28767</v>
+      </c>
+      <c r="D8" s="145">
+        <v>56185</v>
+      </c>
+      <c r="E8" s="145">
+        <v>0</v>
+      </c>
+      <c r="F8" s="149">
+        <v>84952</v>
+      </c>
+      <c r="G8" s="145">
+        <v>735967</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="25">
+        <v>2020</v>
+      </c>
+      <c r="B9" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="145">
+        <v>62010</v>
+      </c>
+      <c r="D9" s="145">
+        <v>89164</v>
+      </c>
+      <c r="E9" s="145">
+        <v>117690</v>
+      </c>
+      <c r="F9" s="149">
+        <v>268864</v>
+      </c>
+      <c r="G9" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="25">
+        <v>2020</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="145">
+        <v>22664</v>
+      </c>
+      <c r="D10" s="145">
+        <v>154853</v>
+      </c>
+      <c r="E10" s="145">
+        <v>0</v>
+      </c>
+      <c r="F10" s="149">
+        <v>177517</v>
+      </c>
+      <c r="G10" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="25">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="145">
+        <v>743747</v>
+      </c>
+      <c r="D11" s="145">
+        <v>2279217</v>
+      </c>
+      <c r="E11" s="145">
+        <v>399462</v>
+      </c>
+      <c r="F11" s="149">
+        <v>3422426</v>
+      </c>
+      <c r="G11" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="25">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="145">
+        <v>122591</v>
+      </c>
+      <c r="D12" s="145">
+        <v>34006</v>
+      </c>
+      <c r="E12" s="145">
+        <v>0</v>
+      </c>
+      <c r="F12" s="149">
+        <v>156597</v>
+      </c>
+      <c r="G12" s="145">
+        <v>4025404</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="25">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="145">
+        <v>208154</v>
+      </c>
+      <c r="D13" s="145">
+        <v>79858</v>
+      </c>
+      <c r="E13" s="145">
+        <v>70461</v>
+      </c>
+      <c r="F13" s="149">
+        <v>358473</v>
+      </c>
+      <c r="G13" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="25">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="145">
+        <v>193547</v>
+      </c>
+      <c r="D14" s="145">
+        <v>2326078</v>
+      </c>
+      <c r="E14" s="145">
+        <v>0</v>
+      </c>
+      <c r="F14" s="149">
+        <v>2519625</v>
+      </c>
+      <c r="G14" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="25">
+        <v>2021</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="145">
+        <v>830436</v>
+      </c>
+      <c r="D15" s="145">
+        <v>135535</v>
+      </c>
+      <c r="E15" s="145">
+        <v>421100</v>
+      </c>
+      <c r="F15" s="149">
+        <v>1387071</v>
+      </c>
+      <c r="G15" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A16" s="25">
+        <v>2021</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="145">
+        <v>259185</v>
+      </c>
+      <c r="D16" s="145">
+        <v>49437</v>
+      </c>
+      <c r="E16" s="145">
+        <v>1197690</v>
+      </c>
+      <c r="F16" s="149">
+        <v>1506312</v>
+      </c>
+      <c r="G16" s="145">
+        <v>5771481</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="25">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="145">
+        <v>615330</v>
+      </c>
+      <c r="D17" s="145">
+        <v>560273</v>
+      </c>
+      <c r="E17" s="145">
+        <v>40627</v>
+      </c>
+      <c r="F17" s="149">
+        <v>1216230</v>
+      </c>
+      <c r="G17" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="25">
+        <v>2022</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="145">
+        <v>309710</v>
+      </c>
+      <c r="D18" s="145">
+        <v>42798</v>
+      </c>
+      <c r="E18" s="145">
+        <v>3850</v>
+      </c>
+      <c r="F18" s="149">
+        <v>356358</v>
+      </c>
+      <c r="G18" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="25">
+        <v>2022</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="145">
+        <v>1384178</v>
+      </c>
+      <c r="D19" s="145">
+        <v>2839830</v>
+      </c>
+      <c r="E19" s="145">
+        <v>429396</v>
+      </c>
+      <c r="F19" s="149">
+        <v>4653404</v>
+      </c>
+      <c r="G19" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="25">
+        <v>2022</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="145">
+        <v>1067260</v>
+      </c>
+      <c r="D20" s="145">
+        <v>117533</v>
+      </c>
+      <c r="E20" s="145">
+        <v>0</v>
+      </c>
+      <c r="F20" s="149">
+        <v>1184793</v>
+      </c>
+      <c r="G20" s="145">
+        <v>7410785</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="25">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="145">
+        <v>1343335</v>
+      </c>
+      <c r="D21" s="145">
+        <v>640906</v>
+      </c>
+      <c r="E21" s="145">
+        <v>101107</v>
+      </c>
+      <c r="F21" s="149">
+        <v>2085348</v>
+      </c>
+      <c r="G21" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="25">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="145">
+        <v>907356</v>
+      </c>
+      <c r="D22" s="145">
+        <v>2237378</v>
+      </c>
+      <c r="E22" s="145">
+        <v>0</v>
+      </c>
+      <c r="F22" s="149">
+        <v>3144734</v>
+      </c>
+      <c r="G22" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="25">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="145">
+        <v>2281727</v>
+      </c>
+      <c r="D23" s="145">
+        <v>426512</v>
+      </c>
+      <c r="E23" s="145">
+        <v>25481</v>
+      </c>
+      <c r="F23" s="149">
+        <v>2733720</v>
+      </c>
+      <c r="G23" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="25">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="145">
+        <v>672315</v>
+      </c>
+      <c r="D24" s="145">
+        <v>81773</v>
+      </c>
+      <c r="E24" s="145">
+        <v>0</v>
+      </c>
+      <c r="F24" s="149">
+        <v>754088</v>
+      </c>
+      <c r="G24" s="145">
+        <v>8717890</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="145">
+        <v>1614565</v>
+      </c>
+      <c r="D25" s="145">
+        <v>554083</v>
+      </c>
+      <c r="E25" s="145">
+        <v>115574</v>
+      </c>
+      <c r="F25" s="149">
+        <v>2284222</v>
+      </c>
+      <c r="G25" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="145">
+        <v>1277943</v>
+      </c>
+      <c r="D26" s="145">
+        <v>2254806</v>
+      </c>
+      <c r="E26" s="145">
+        <v>0</v>
+      </c>
+      <c r="F26" s="149">
+        <v>3532749</v>
+      </c>
+      <c r="G26" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="145">
+        <v>1100939</v>
+      </c>
+      <c r="D27" s="145">
+        <v>345660</v>
+      </c>
+      <c r="E27" s="145">
+        <v>125266</v>
+      </c>
+      <c r="F27" s="149">
+        <v>1571865</v>
+      </c>
+      <c r="G27" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="145">
+        <v>2801983</v>
+      </c>
+      <c r="D28" s="145">
+        <v>253959</v>
+      </c>
+      <c r="E28" s="145">
+        <v>0</v>
+      </c>
+      <c r="F28" s="149">
+        <v>3055942</v>
+      </c>
+      <c r="G28" s="145">
+        <v>10444778</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="145">
+        <v>1988663</v>
+      </c>
+      <c r="D29" s="145">
+        <v>645966</v>
+      </c>
+      <c r="E29" s="145">
+        <v>61527</v>
+      </c>
+      <c r="F29" s="149">
+        <v>2696156</v>
+      </c>
+      <c r="G29" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="145">
+        <v>1903209</v>
+      </c>
+      <c r="D30" s="145">
+        <v>2492312</v>
+      </c>
+      <c r="E30" s="145">
+        <v>106208</v>
+      </c>
+      <c r="F30" s="149">
+        <v>4501729</v>
+      </c>
+      <c r="G30" s="145" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="145">
+        <v>3163053</v>
+      </c>
+      <c r="D31" s="145">
+        <v>472039</v>
+      </c>
+      <c r="E31" s="145">
+        <v>10943</v>
+      </c>
+      <c r="F31" s="149">
+        <v>3646035</v>
+      </c>
+      <c r="G31" s="145">
+        <v>10843920</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="57" spans="1:9" s="24" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="218" t="s">
+        <v>159</v>
+      </c>
+      <c r="B57" s="218"/>
+      <c r="C57" s="218"/>
+      <c r="D57" s="218"/>
+      <c r="E57" s="218"/>
+      <c r="F57" s="218"/>
+      <c r="G57" s="218"/>
+    </row>
+    <row r="58" spans="1:9" s="24" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="219" t="s">
+        <v>146</v>
+      </c>
+      <c r="B58" s="219"/>
+      <c r="C58" s="219"/>
+      <c r="D58" s="219"/>
+      <c r="E58" s="219"/>
+      <c r="F58" s="219"/>
+      <c r="G58" s="219"/>
+    </row>
+    <row r="59" spans="1:9" s="24" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="60" spans="1:9" s="24" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="218" t="s">
+        <v>5</v>
+      </c>
+      <c r="B60" s="218"/>
+      <c r="C60" s="218"/>
+      <c r="D60" s="218"/>
+      <c r="E60" s="218"/>
+      <c r="F60" s="218"/>
+      <c r="G60" s="218"/>
+    </row>
+    <row r="61" spans="1:9" s="24" customFormat="1" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="229" t="s">
+        <v>147</v>
+      </c>
+      <c r="B61" s="229"/>
+      <c r="C61" s="229"/>
+      <c r="D61" s="229"/>
+      <c r="E61" s="229"/>
+      <c r="F61" s="229"/>
+      <c r="G61" s="229"/>
+      <c r="H61" s="35"/>
+      <c r="I61" s="35"/>
+    </row>
+    <row r="62" spans="1:9" s="24" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="63" spans="1:9" s="24" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="231" t="s">
+        <v>148</v>
+      </c>
+      <c r="B63" s="231"/>
+      <c r="C63" s="231"/>
+      <c r="D63" s="231"/>
+      <c r="E63" s="231"/>
+      <c r="F63" s="231"/>
+      <c r="G63" s="231"/>
+      <c r="H63" s="231"/>
+      <c r="I63" s="231"/>
+    </row>
+    <row r="64" spans="1:9" s="24" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="230" t="s">
+        <v>149</v>
+      </c>
+      <c r="B64" s="230"/>
+      <c r="C64" s="230"/>
+      <c r="D64" s="230"/>
+      <c r="E64" s="230"/>
+      <c r="F64" s="230"/>
+      <c r="G64" s="230"/>
+      <c r="H64" s="230"/>
+      <c r="I64" s="230"/>
+    </row>
+    <row r="65" spans="1:9" s="24" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="230" t="s">
+        <v>150</v>
+      </c>
+      <c r="B65" s="230"/>
+      <c r="C65" s="230"/>
+      <c r="D65" s="230"/>
+      <c r="E65" s="230"/>
+      <c r="F65" s="230"/>
+      <c r="G65" s="230"/>
+      <c r="H65" s="230"/>
+      <c r="I65" s="230"/>
+    </row>
+    <row r="66" spans="1:9" s="24" customFormat="1" ht="49.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="230" t="s">
+        <v>151</v>
+      </c>
+      <c r="B66" s="230"/>
+      <c r="C66" s="230"/>
+      <c r="D66" s="230"/>
+      <c r="E66" s="230"/>
+      <c r="F66" s="230"/>
+      <c r="G66" s="230"/>
+      <c r="H66" s="150"/>
+      <c r="I66" s="150"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A69" s="15"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="A61:G61"/>
+    <mergeCell ref="A66:G66"/>
+    <mergeCell ref="A65:G65"/>
+    <mergeCell ref="H65:I65"/>
+    <mergeCell ref="A64:G64"/>
+    <mergeCell ref="H64:I64"/>
+    <mergeCell ref="A63:G63"/>
+    <mergeCell ref="H63:I63"/>
+    <mergeCell ref="A60:G60"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A58:G58"/>
+    <mergeCell ref="A57:G57"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D78322C3-361E-4ED6-B798-F0C14D368881}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6F3F30D-7169-4967-8555-1FAEA79BAD2D}">
+  <dimension ref="A1:Q38"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="37.77734375" style="17" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="33.5546875" style="17" customWidth="1"/>
+    <col min="4" max="6" width="30.5546875" style="17" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="17"/>
+    <col min="10" max="10" width="8.77734375" style="17" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+    </row>
+    <row r="3" spans="1:6" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
-    </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E4"/>
+      <c r="F4"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
-    </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E5"/>
+      <c r="F5"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
-    </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E6"/>
+      <c r="F6"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
-    </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E7"/>
+      <c r="F7"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
-    </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E8"/>
+      <c r="F8"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
-    </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E9"/>
+      <c r="F9"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
-    </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E10"/>
+      <c r="F10"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
-    </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E11"/>
+      <c r="F11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
-    </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E12"/>
+      <c r="F12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
-    </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E13"/>
+      <c r="F13"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
-    </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E14"/>
+      <c r="F14"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
-    </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E15"/>
+      <c r="F15"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
-    </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E16"/>
+      <c r="F16"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
-    </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E17"/>
+      <c r="F17"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
-    </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E18"/>
+      <c r="F18"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
-    </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
-    </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E20"/>
+      <c r="F20"/>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
-    </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E21"/>
+      <c r="F21"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
-    </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E22"/>
+      <c r="F22"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
-    </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="E23"/>
+      <c r="F23"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
-    </row>
-[...17 lines deleted...]
-      <c r="A30" s="13" t="s">
+      <c r="E24"/>
+      <c r="F24"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25"/>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="202" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" s="202"/>
+      <c r="C26" s="202"/>
+      <c r="D26" s="202"/>
+      <c r="E26" s="202"/>
+      <c r="F26" s="202"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="224" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" s="224"/>
+      <c r="C27" s="224"/>
+      <c r="D27" s="224"/>
+      <c r="E27" s="224"/>
+      <c r="F27" s="224"/>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="17"/>
-[...14 lines deleted...]
-      <c r="B43" s="177"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="224" t="s">
+        <v>327</v>
+      </c>
+      <c r="B30" s="224"/>
+      <c r="C30" s="224"/>
+      <c r="D30" s="224"/>
+      <c r="E30" s="224"/>
+      <c r="F30" s="224"/>
+    </row>
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A38" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A2:D2"/>
-[...3 lines deleted...]
-    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A26:F26"/>
+    <mergeCell ref="A27:F27"/>
+    <mergeCell ref="A30:F30"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{63E92402-D9FE-445B-9C58-16EAD085268B}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86C579C8-63D6-448D-B884-601EE1BB46AB}">
-  <dimension ref="A1:K44"/>
+  <dimension ref="A1:Q40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.88671875" style="76" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.5546875" style="76"/>
+    <col min="1" max="1" width="14.44140625" style="79" customWidth="1"/>
+    <col min="2" max="4" width="15.21875" style="79" customWidth="1"/>
+    <col min="5" max="5" width="19.21875" style="79" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.21875" style="79" customWidth="1"/>
+    <col min="7" max="7" width="16.77734375" style="79" customWidth="1"/>
+    <col min="8" max="9" width="15.21875" style="79" customWidth="1"/>
+    <col min="10" max="10" width="19" style="79" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="79"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="75" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A1" s="74" t="s">
+    <row r="1" spans="1:11" s="78" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A1" s="77" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="K3" s="180"/>
+    <row r="2" spans="1:11" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A2" s="233" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" s="233"/>
+      <c r="C2" s="233"/>
+      <c r="D2" s="233"/>
+      <c r="E2" s="233"/>
+      <c r="F2" s="233"/>
+      <c r="G2" s="233"/>
+      <c r="H2" s="233"/>
+      <c r="I2" s="233"/>
+      <c r="J2" s="233"/>
+    </row>
+    <row r="3" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="234" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" s="234"/>
+      <c r="C3" s="234"/>
+      <c r="D3" s="234"/>
+      <c r="E3" s="234"/>
+      <c r="F3" s="234"/>
+      <c r="G3" s="234"/>
+      <c r="H3" s="234"/>
+      <c r="I3" s="234"/>
+      <c r="J3" s="234"/>
+      <c r="K3" s="80"/>
     </row>
     <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="77" t="s">
-[...27 lines deleted...]
-        <v>225</v>
+      <c r="A4" s="81" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" s="81" t="s">
+        <v>175</v>
+      </c>
+      <c r="C4" s="81" t="s">
+        <v>176</v>
+      </c>
+      <c r="D4" s="81" t="s">
+        <v>177</v>
+      </c>
+      <c r="E4" s="81" t="s">
+        <v>178</v>
+      </c>
+      <c r="F4" s="81" t="s">
+        <v>179</v>
+      </c>
+      <c r="G4" s="81" t="s">
+        <v>180</v>
+      </c>
+      <c r="H4" s="81" t="s">
+        <v>181</v>
+      </c>
+      <c r="I4" s="81" t="s">
+        <v>182</v>
+      </c>
+      <c r="J4" s="81" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="160" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="78">
+      <c r="A5" s="146" t="s">
+        <v>184</v>
+      </c>
+      <c r="B5" s="82">
         <v>8787.9</v>
       </c>
-      <c r="C5" s="78">
+      <c r="C5" s="82">
         <v>162655.1</v>
       </c>
-      <c r="D5" s="78">
+      <c r="D5" s="82">
         <v>1764.79</v>
       </c>
-      <c r="E5" s="78">
+      <c r="E5" s="82">
         <v>96331.58</v>
       </c>
-      <c r="F5" s="78">
+      <c r="F5" s="82">
         <v>65047.61</v>
       </c>
-      <c r="G5" s="78">
+      <c r="G5" s="82">
         <v>5133.76</v>
       </c>
-      <c r="H5" s="78">
+      <c r="H5" s="82">
         <v>78804.289999999994</v>
       </c>
-      <c r="I5" s="78">
+      <c r="I5" s="82">
         <v>31126.49</v>
       </c>
-      <c r="J5" s="79">
+      <c r="J5" s="83">
         <v>449651.52</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A6" s="160" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="78">
+      <c r="A6" s="146" t="s">
+        <v>185</v>
+      </c>
+      <c r="B6" s="82">
         <v>15754.73</v>
       </c>
-      <c r="C6" s="78">
+      <c r="C6" s="82">
         <v>284442.45</v>
       </c>
-      <c r="D6" s="78">
+      <c r="D6" s="82">
         <v>3037.48</v>
       </c>
-      <c r="E6" s="78">
+      <c r="E6" s="82">
         <v>163786.13</v>
       </c>
-      <c r="F6" s="78">
+      <c r="F6" s="82">
         <v>107469.72</v>
       </c>
-      <c r="G6" s="78">
+      <c r="G6" s="82">
         <v>8605.09</v>
       </c>
-      <c r="H6" s="78">
+      <c r="H6" s="82">
         <v>134834.73000000001</v>
       </c>
-      <c r="I6" s="78">
+      <c r="I6" s="82">
         <v>72399.210000000006</v>
       </c>
-      <c r="J6" s="79">
+      <c r="J6" s="83">
         <v>790329.54</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A7" s="160" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="78">
+      <c r="A7" s="146" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="82">
         <v>20522.669999999998</v>
       </c>
-      <c r="C7" s="78">
+      <c r="C7" s="82">
         <v>368822.62</v>
       </c>
-      <c r="D7" s="78">
+      <c r="D7" s="82">
         <v>3444.35</v>
       </c>
-      <c r="E7" s="78">
+      <c r="E7" s="82">
         <v>209728.56</v>
       </c>
-      <c r="F7" s="78">
+      <c r="F7" s="82">
         <v>136879.53</v>
       </c>
-      <c r="G7" s="78">
+      <c r="G7" s="82">
         <v>10397.790000000001</v>
       </c>
-      <c r="H7" s="78">
+      <c r="H7" s="82">
         <v>154381.39000000001</v>
       </c>
-      <c r="I7" s="78">
+      <c r="I7" s="82">
         <v>98148.77</v>
       </c>
-      <c r="J7" s="79">
+      <c r="J7" s="83">
         <v>1002325.67</v>
       </c>
     </row>
-    <row r="35" spans="1:11" s="80" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-      <c r="A38" s="226" t="s">
+    <row r="20" spans="17:17" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="Q20" s="78"/>
+    </row>
+    <row r="35" spans="1:11" s="84" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A35" s="235" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" s="235"/>
+      <c r="C35" s="235"/>
+      <c r="D35" s="235"/>
+      <c r="E35" s="235"/>
+      <c r="F35" s="235"/>
+      <c r="G35" s="235"/>
+      <c r="H35" s="235"/>
+      <c r="I35" s="235"/>
+      <c r="J35" s="235"/>
+      <c r="K35" s="235"/>
+    </row>
+    <row r="36" spans="1:11" s="84" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A36" s="236" t="s">
+        <v>188</v>
+      </c>
+      <c r="B36" s="236"/>
+      <c r="C36" s="236"/>
+      <c r="D36" s="236"/>
+      <c r="E36" s="236"/>
+      <c r="F36" s="236"/>
+      <c r="G36" s="236"/>
+      <c r="H36" s="236"/>
+      <c r="I36" s="236"/>
+      <c r="J36" s="236"/>
+      <c r="K36" s="236"/>
+    </row>
+    <row r="37" spans="1:11" s="84" customFormat="1" ht="14.4" x14ac:dyDescent="0.25"/>
+    <row r="38" spans="1:11" s="84" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A38" s="235" t="s">
         <v>5</v>
       </c>
-      <c r="B38" s="226"/>
-[...39 lines deleted...]
-      <c r="B44" s="176"/>
+      <c r="B38" s="235"/>
+      <c r="C38" s="235"/>
+      <c r="D38" s="235"/>
+      <c r="E38" s="235"/>
+      <c r="F38" s="235"/>
+      <c r="G38" s="235"/>
+      <c r="H38" s="235"/>
+      <c r="I38" s="235"/>
+      <c r="J38" s="235"/>
+      <c r="K38" s="235"/>
+    </row>
+    <row r="39" spans="1:11" s="84" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A39" s="232" t="s">
+        <v>189</v>
+      </c>
+      <c r="B39" s="232"/>
+      <c r="C39" s="232"/>
+      <c r="D39" s="232"/>
+      <c r="E39" s="232"/>
+      <c r="F39" s="232"/>
+      <c r="G39" s="232"/>
+      <c r="H39" s="232"/>
+      <c r="I39" s="232"/>
+      <c r="J39" s="232"/>
+      <c r="K39" s="232"/>
+    </row>
+    <row r="40" spans="1:11" s="84" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="232"/>
+      <c r="B40" s="232"/>
+      <c r="C40" s="232"/>
+      <c r="D40" s="232"/>
+      <c r="E40" s="232"/>
+      <c r="F40" s="232"/>
+      <c r="G40" s="232"/>
+      <c r="H40" s="232"/>
+      <c r="I40" s="232"/>
+      <c r="J40" s="232"/>
+      <c r="K40" s="232"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A39:K40"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A38:K38"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F905AB0F-4C13-4E3D-A22C-6605E1B8B479}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{849FD596-EA67-4D04-8CCE-65D1F79B8604}">
+  <dimension ref="A1:Q44"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="13.44140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="161.21875" style="5" customWidth="1"/>
+    <col min="3" max="5" width="8.5546875" style="5" customWidth="1"/>
+    <col min="6" max="16384" width="8.5546875" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="25.8" x14ac:dyDescent="0.5">
+      <c r="A1" s="188" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1" s="188"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A2" s="189" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="189"/>
+    </row>
+    <row r="3" spans="1:9" ht="14.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="190" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="190"/>
+    </row>
+    <row r="4" spans="1:9" ht="14.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="191" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="191"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="181" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A8" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="181" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A9" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="181" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A10" s="64" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="181" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" s="64" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="181" t="s">
+        <v>325</v>
+      </c>
+      <c r="C11" s="125"/>
+      <c r="D11" s="125"/>
+      <c r="E11" s="125"/>
+      <c r="F11" s="125"/>
+      <c r="G11" s="125"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A12" s="64" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" s="184" t="s">
+        <v>340</v>
+      </c>
+      <c r="C12" s="125"/>
+      <c r="D12" s="125"/>
+      <c r="E12" s="125"/>
+      <c r="F12" s="125"/>
+      <c r="G12" s="125"/>
+      <c r="H12" s="125"/>
+      <c r="I12" s="125"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A13" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="24" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" s="124" t="s">
+        <v>321</v>
+      </c>
+      <c r="B14" s="183" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" s="9"/>
+      <c r="B15" s="7" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q20" s="12"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="9"/>
+      <c r="B23" s="73" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" s="186" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B25" s="186" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="74" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="187" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="74" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" s="186" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="75" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="186" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="75" t="s">
+        <v>42</v>
+      </c>
+      <c r="B29" s="76" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="75" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" s="76" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="75" t="s">
+        <v>45</v>
+      </c>
+      <c r="B31" s="76" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A32" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="B32" s="186" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A33" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="B33" s="186" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A34" s="75" t="s">
+        <v>49</v>
+      </c>
+      <c r="B34" s="186" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A35" s="124" t="s">
+        <v>366</v>
+      </c>
+      <c r="B35" s="186" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A36" s="124" t="s">
+        <v>367</v>
+      </c>
+      <c r="B36" s="186" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A39" s="13"/>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A40" s="192"/>
+      <c r="B40" s="192"/>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A41" s="192"/>
+      <c r="B41" s="192"/>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A42" s="192"/>
+      <c r="B42" s="192"/>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A43" s="192"/>
+      <c r="B43" s="192"/>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A44" s="46"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A40:B43"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A3" r:id="rId1" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator Glossary." xr:uid="{A1EA332F-97E6-457C-880D-C43B2A0A2B59}"/>
+    <hyperlink ref="A3:B3" r:id="rId2" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator glossary." xr:uid="{A752F2D7-BD39-48CC-A7D0-9EB3537F55A4}"/>
+    <hyperlink ref="A16" location="'Figure 2.1'!A1" display="Figure 3.1" xr:uid="{AB8C13EE-7F7F-46BA-B5D1-0890DB7F34B4}"/>
+    <hyperlink ref="A17" location="'Figure 2.2'!A1" display="Figure 2.2" xr:uid="{E14099CC-C259-4175-B380-28195762F89C}"/>
+    <hyperlink ref="A20" location="'Figure 2.5'!A1" display="Figure 2.5" xr:uid="{BABA3E77-7FDB-46B8-BCF2-BBBE3170B816}"/>
+    <hyperlink ref="A21" location="'Figure 2.6'!A1" display="Figure 2.6" xr:uid="{3E6032FD-60AE-4A29-A9E6-D6E953BAACB3}"/>
+    <hyperlink ref="A18" location="'Figure 2.3'!A1" display="Figure 2.3" xr:uid="{E5A69B18-1844-4D58-BAB4-2D72BCC02162}"/>
+    <hyperlink ref="A19" location="'Figure 2.4'!A1" display="Figure 2.4" xr:uid="{23A1A950-4516-478C-88BA-D900FF83A403}"/>
+    <hyperlink ref="A22" location="'Figure 2.7'!A1" display="Figure 2.7" xr:uid="{6F1E2486-7167-4CC7-A06A-04686575AD75}"/>
+    <hyperlink ref="A7" location="'Figure 1.1'!A1" display="Figure 1.1" xr:uid="{2421B867-63D3-4A35-B83F-4458516777FC}"/>
+    <hyperlink ref="A12" location="'Figure 1.6'!A1" display="Figure 1.6" xr:uid="{2E46E719-04FF-4C39-B4DC-4B06DF8AAB5A}"/>
+    <hyperlink ref="A9" location="'Figure 1.3'!A1" display="Figure 1.3" xr:uid="{6575216C-DF9F-4DDD-96C0-1F0477D69378}"/>
+    <hyperlink ref="A8" location="'Figure 1.2'!A1" display="Figure 1.2" xr:uid="{2BF7190C-CF0A-49BD-ABF4-6B090A03C35B}"/>
+    <hyperlink ref="A10" location="'Figure 1.4'!A1" display="Figure 1.4" xr:uid="{7D3F3C6E-EAAA-4835-A835-480476BDD5A0}"/>
+    <hyperlink ref="A32" location="'Figure 3.9'!A1" display="Figure 3.9" xr:uid="{8E848DE0-A283-42EA-AC1F-DA491C67996E}"/>
+    <hyperlink ref="A28" location="'Figure 3.5'!A1" display="Figure 3.5" xr:uid="{2A54CA1A-0E24-4E8E-B723-2296CE737280}"/>
+    <hyperlink ref="A24" location="'Figure 3.1'!A1" display="Figure 3.1" xr:uid="{BFEDB12B-84BD-4638-BD87-1A5075235B56}"/>
+    <hyperlink ref="A25" location="'Figure 3.2'!A1" display="Figure 3.2" xr:uid="{51109DD2-609A-4AA9-B829-1E19E0C8D337}"/>
+    <hyperlink ref="A26" location="'Figure 3.3'!A1" display="Figure 3.3" xr:uid="{F6E9C28D-184C-42A1-B21C-1C0735BA2A26}"/>
+    <hyperlink ref="A27" location="'Figure 3.4'!A1" display="Figure 3.4" xr:uid="{96ABE2CC-5EEC-479A-8ADB-1F65A9533B90}"/>
+    <hyperlink ref="A34" location="'Figure 3.11'!A1" display="Figure 3.11" xr:uid="{3929ADD6-4A1F-47F0-B305-2A4B703F1CB1}"/>
+    <hyperlink ref="A33" location="'Figure 3.10'!A1" display="Figure 3.10" xr:uid="{402F288D-32CB-4315-9873-C3123283BC60}"/>
+    <hyperlink ref="A29" location="'Figure 3.6'!A1" display="Figure 3.6" xr:uid="{940ADAD3-800B-4BDE-BFAA-0CB3420EBD76}"/>
+    <hyperlink ref="A30" location="'Figure 3.7'!A1" display="Figure 3.7" xr:uid="{1ADEAB43-1E2D-4570-B7D4-092F0D901018}"/>
+    <hyperlink ref="A31" location="'Figure 3.8'!A1" display="Figure 3.8" xr:uid="{CA5E8006-4CE7-41E0-A144-2FC223850161}"/>
+    <hyperlink ref="A11" location="'Figure 1.5'!A1" display="Figure 1.5" xr:uid="{0E3B40D5-E0E8-412B-A8F9-3063420C317A}"/>
+    <hyperlink ref="A13" location="'Figure 1.7'!A1" display="Figure 1.7" xr:uid="{654130F9-0DE5-43CF-9898-B4DB6B00BF84}"/>
+    <hyperlink ref="A14" location="'Figure 1.8'!A1" display="Figure 1.8" xr:uid="{19556E0B-E4A0-42A5-A879-457DD808D1BE}"/>
+    <hyperlink ref="A35" location="'Figure 3.12'!A1" display="Figure 3.12" xr:uid="{024E4FF3-0EE2-486D-A05A-13E1DC8C9400}"/>
+    <hyperlink ref="A36" location="'Figure 3.13'!A1" display="Figure 3.13" xr:uid="{1E570F36-61A8-431E-B124-BA1D8973DF77}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId4"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2519E2E3-C9B0-4207-98DD-3D6419A7974E}">
-  <dimension ref="A1:K49"/>
+  <dimension ref="A1:Q49"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16" style="82" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.5546875" style="82"/>
+    <col min="1" max="1" width="19.5546875" style="86" customWidth="1"/>
+    <col min="2" max="2" width="38.5546875" style="86" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.77734375" style="86"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="23.4" x14ac:dyDescent="0.45">
-      <c r="A2" s="228" t="s">
-[...26 lines deleted...]
-      <c r="K3" s="89"/>
+      <c r="A2" s="237" t="s">
+        <v>346</v>
+      </c>
+      <c r="B2" s="237"/>
+      <c r="C2" s="237"/>
+      <c r="D2" s="237"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="237"/>
+      <c r="H2" s="237"/>
+      <c r="I2" s="237"/>
+      <c r="J2" s="237"/>
+      <c r="K2" s="237"/>
+    </row>
+    <row r="3" spans="1:11" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
     </row>
     <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="77" t="s">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="A4" s="81" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" s="81" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87" t="s">
-[...3 lines deleted...]
-        <v>790</v>
+      <c r="A5" s="91" t="s">
+        <v>191</v>
+      </c>
+      <c r="B5" s="90">
+        <v>785</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A6" s="87" t="s">
-[...3 lines deleted...]
-        <v>9039</v>
+      <c r="A6" s="91" t="s">
+        <v>192</v>
+      </c>
+      <c r="B6" s="90">
+        <v>8937</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A7" s="87" t="s">
-[...3 lines deleted...]
-        <v>13358</v>
+      <c r="A7" s="91" t="s">
+        <v>193</v>
+      </c>
+      <c r="B7" s="90">
+        <v>13237</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A8" s="87" t="s">
-[...3 lines deleted...]
-        <v>14297</v>
+      <c r="A8" s="91" t="s">
+        <v>194</v>
+      </c>
+      <c r="B8" s="90">
+        <v>14157</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="87" t="s">
-[...3 lines deleted...]
-        <v>5776</v>
+      <c r="A9" s="91" t="s">
+        <v>195</v>
+      </c>
+      <c r="B9" s="90">
+        <v>5679</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A10" s="87" t="s">
-[...3 lines deleted...]
-        <v>5309</v>
+      <c r="A10" s="91" t="s">
+        <v>196</v>
+      </c>
+      <c r="B10" s="90">
+        <v>5205</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A11" s="87" t="s">
-[...3 lines deleted...]
-        <v>1979</v>
+      <c r="A11" s="91" t="s">
+        <v>197</v>
+      </c>
+      <c r="B11" s="90">
+        <v>1923</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A12" s="87" t="s">
-[...3 lines deleted...]
-        <v>1250</v>
+      <c r="A12" s="91" t="s">
+        <v>198</v>
+      </c>
+      <c r="B12" s="90">
+        <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A13" s="87" t="s">
-[...3 lines deleted...]
-        <v>680</v>
+      <c r="A13" s="91" t="s">
+        <v>199</v>
+      </c>
+      <c r="B13" s="90">
+        <v>620</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A14" s="87" t="s">
-[...3 lines deleted...]
-        <v>1371</v>
+      <c r="A14" s="91" t="s">
+        <v>200</v>
+      </c>
+      <c r="B14" s="90">
+        <v>1255</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A15" s="87" t="s">
-[...3 lines deleted...]
-        <v>307</v>
+      <c r="A15" s="91" t="s">
+        <v>201</v>
+      </c>
+      <c r="B15" s="90">
+        <v>227</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A16" s="85" t="s">
-[...38 lines deleted...]
-      <c r="A47" s="229" t="s">
+      <c r="A16" s="89" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="88">
+        <v>53225</v>
+      </c>
+    </row>
+    <row r="20" spans="17:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="44" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="238" t="s">
+        <v>202</v>
+      </c>
+      <c r="B44" s="238"/>
+      <c r="C44" s="238"/>
+      <c r="D44" s="238"/>
+      <c r="E44" s="238"/>
+      <c r="F44" s="238"/>
+      <c r="G44" s="238"/>
+      <c r="H44" s="238"/>
+      <c r="I44" s="238"/>
+      <c r="J44" s="238"/>
+      <c r="K44" s="238"/>
+    </row>
+    <row r="45" spans="1:11" s="49" customFormat="1" ht="34.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="239" t="s">
+        <v>348</v>
+      </c>
+      <c r="B45" s="239"/>
+      <c r="C45" s="239"/>
+      <c r="D45" s="239"/>
+      <c r="E45" s="239"/>
+      <c r="F45" s="239"/>
+      <c r="G45" s="239"/>
+      <c r="H45" s="239"/>
+      <c r="I45" s="239"/>
+      <c r="J45" s="239"/>
+      <c r="K45" s="239"/>
+    </row>
+    <row r="46" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="238" t="s">
         <v>5</v>
       </c>
-      <c r="B47" s="229"/>
-[...36 lines deleted...]
-      <c r="K49" s="223"/>
+      <c r="B47" s="238"/>
+      <c r="C47" s="238"/>
+      <c r="D47" s="238"/>
+      <c r="E47" s="238"/>
+      <c r="F47" s="238"/>
+      <c r="G47" s="238"/>
+      <c r="H47" s="238"/>
+      <c r="I47" s="238"/>
+      <c r="J47" s="238"/>
+      <c r="K47" s="238"/>
+    </row>
+    <row r="48" spans="1:11" s="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="232" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" s="232"/>
+      <c r="C48" s="232"/>
+      <c r="D48" s="232"/>
+      <c r="E48" s="232"/>
+      <c r="F48" s="232"/>
+      <c r="G48" s="232"/>
+      <c r="H48" s="232"/>
+      <c r="I48" s="232"/>
+      <c r="J48" s="232"/>
+      <c r="K48" s="232"/>
+    </row>
+    <row r="49" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="232"/>
+      <c r="B49" s="232"/>
+      <c r="C49" s="232"/>
+      <c r="D49" s="232"/>
+      <c r="E49" s="232"/>
+      <c r="F49" s="232"/>
+      <c r="G49" s="232"/>
+      <c r="H49" s="232"/>
+      <c r="I49" s="232"/>
+      <c r="J49" s="232"/>
+      <c r="K49" s="232"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A48:K49"/>
     <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
     <mergeCell ref="A44:K44"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A47:K47"/>
-    <mergeCell ref="A3:B3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{27408D1F-ECF8-4938-8A6A-867C42A96D55}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:I42"/>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9581676-6E57-4C20-8CC7-A3D318D530F3}">
+  <dimension ref="A1:Q49"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.44140625" style="5" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="8.5546875" style="5"/>
+    <col min="1" max="1" width="19.5546875" style="86" customWidth="1"/>
+    <col min="2" max="2" width="38.5546875" style="86" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.77734375" style="86"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="25.8" x14ac:dyDescent="0.5">
-[...33 lines deleted...]
-      <c r="B6" s="7" t="s">
+    <row r="1" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A2" s="237" t="s">
+        <v>347</v>
+      </c>
+      <c r="B2" s="237"/>
+      <c r="C2" s="237"/>
+      <c r="D2" s="237"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="237"/>
+      <c r="H2" s="237"/>
+      <c r="I2" s="237"/>
+      <c r="J2" s="237"/>
+      <c r="K2" s="237"/>
+    </row>
+    <row r="3" spans="1:11" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="81" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" s="81" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
+        <v>191</v>
+      </c>
+      <c r="B5" s="90">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="91" t="s">
+        <v>192</v>
+      </c>
+      <c r="B6" s="90">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="91" t="s">
+        <v>193</v>
+      </c>
+      <c r="B7" s="90">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="91" t="s">
+        <v>194</v>
+      </c>
+      <c r="B8" s="90">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="91" t="s">
+        <v>195</v>
+      </c>
+      <c r="B9" s="90">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="91" t="s">
+        <v>196</v>
+      </c>
+      <c r="B10" s="90">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="91" t="s">
+        <v>197</v>
+      </c>
+      <c r="B11" s="90">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="91" t="s">
+        <v>198</v>
+      </c>
+      <c r="B12" s="90">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="91" t="s">
+        <v>199</v>
+      </c>
+      <c r="B13" s="90">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="91" t="s">
         <v>200</v>
       </c>
-    </row>
-[...225 lines deleted...]
-      <c r="B42" s="178"/>
+      <c r="B14" s="90">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="91" t="s">
+        <v>201</v>
+      </c>
+      <c r="B15" s="90">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="89" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="88">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="20" spans="17:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="44" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="238" t="s">
+        <v>256</v>
+      </c>
+      <c r="B44" s="238"/>
+      <c r="C44" s="238"/>
+      <c r="D44" s="238"/>
+      <c r="E44" s="238"/>
+      <c r="F44" s="238"/>
+      <c r="G44" s="238"/>
+      <c r="H44" s="238"/>
+      <c r="I44" s="238"/>
+      <c r="J44" s="238"/>
+      <c r="K44" s="238"/>
+    </row>
+    <row r="45" spans="1:11" s="49" customFormat="1" ht="34.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="239" t="s">
+        <v>349</v>
+      </c>
+      <c r="B45" s="239"/>
+      <c r="C45" s="239"/>
+      <c r="D45" s="239"/>
+      <c r="E45" s="239"/>
+      <c r="F45" s="239"/>
+      <c r="G45" s="239"/>
+      <c r="H45" s="239"/>
+      <c r="I45" s="239"/>
+      <c r="J45" s="239"/>
+      <c r="K45" s="239"/>
+    </row>
+    <row r="46" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" s="238"/>
+      <c r="C47" s="238"/>
+      <c r="D47" s="238"/>
+      <c r="E47" s="238"/>
+      <c r="F47" s="238"/>
+      <c r="G47" s="238"/>
+      <c r="H47" s="238"/>
+      <c r="I47" s="238"/>
+      <c r="J47" s="238"/>
+      <c r="K47" s="238"/>
+    </row>
+    <row r="48" spans="1:11" s="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="232" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" s="232"/>
+      <c r="C48" s="232"/>
+      <c r="D48" s="232"/>
+      <c r="E48" s="232"/>
+      <c r="F48" s="232"/>
+      <c r="G48" s="232"/>
+      <c r="H48" s="232"/>
+      <c r="I48" s="232"/>
+      <c r="J48" s="232"/>
+      <c r="K48" s="232"/>
+    </row>
+    <row r="49" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="232"/>
+      <c r="B49" s="232"/>
+      <c r="C49" s="232"/>
+      <c r="D49" s="232"/>
+      <c r="E49" s="232"/>
+      <c r="F49" s="232"/>
+      <c r="G49" s="232"/>
+      <c r="H49" s="232"/>
+      <c r="I49" s="232"/>
+      <c r="J49" s="232"/>
+      <c r="K49" s="232"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...3 lines deleted...]
-    <mergeCell ref="A4:B4"/>
+  <mergeCells count="6">
+    <mergeCell ref="A48:K49"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A47:K47"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator Glossary." xr:uid="{A1EA332F-97E6-457C-880D-C43B2A0A2B59}"/>
-[...25 lines deleted...]
-    <hyperlink ref="A13" location="'Figure 1.7'!A1" display="Figure 1.7" xr:uid="{654130F9-0DE5-43CF-9898-B4DB6B00BF84}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{4B6B04DE-A491-4167-AB0A-51AB00343F05}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:G82"/>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA01EFEC-9853-40EC-A365-5399F94DA7F7}">
+  <dimension ref="A1:Q44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="42.21875" style="86" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43.109375" style="86" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.77734375" style="86"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A2" s="237" t="s">
+        <v>350</v>
+      </c>
+      <c r="B2" s="237"/>
+      <c r="C2" s="237"/>
+      <c r="D2" s="237"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="237"/>
+      <c r="H2" s="237"/>
+      <c r="I2" s="237"/>
+      <c r="J2" s="237"/>
+      <c r="K2" s="237"/>
+    </row>
+    <row r="3" spans="1:11" ht="16.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="81" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" s="81" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
+        <v>352</v>
+      </c>
+      <c r="B5" s="185">
+        <v>0.53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="91" t="s">
+        <v>353</v>
+      </c>
+      <c r="B6" s="185">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="91" t="s">
+        <v>354</v>
+      </c>
+      <c r="B7" s="185">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="20" spans="17:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="35" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="238" t="s">
+        <v>259</v>
+      </c>
+      <c r="B35" s="238"/>
+      <c r="C35" s="238"/>
+      <c r="D35" s="238"/>
+      <c r="E35" s="238"/>
+      <c r="F35" s="238"/>
+      <c r="G35" s="238"/>
+      <c r="H35" s="238"/>
+      <c r="I35" s="238"/>
+      <c r="J35" s="238"/>
+      <c r="K35" s="238"/>
+    </row>
+    <row r="36" spans="1:11" s="49" customFormat="1" ht="34.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="239" t="s">
+        <v>361</v>
+      </c>
+      <c r="B36" s="239"/>
+      <c r="C36" s="239"/>
+      <c r="D36" s="239"/>
+      <c r="E36" s="239"/>
+      <c r="F36" s="239"/>
+      <c r="G36" s="239"/>
+      <c r="H36" s="239"/>
+      <c r="I36" s="239"/>
+      <c r="J36" s="239"/>
+      <c r="K36" s="239"/>
+    </row>
+    <row r="37" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="38" spans="1:11" s="49" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A38" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B38" s="238"/>
+      <c r="C38" s="238"/>
+      <c r="D38" s="238"/>
+      <c r="E38" s="238"/>
+      <c r="F38" s="238"/>
+      <c r="G38" s="238"/>
+      <c r="H38" s="238"/>
+      <c r="I38" s="238"/>
+      <c r="J38" s="238"/>
+      <c r="K38" s="238"/>
+    </row>
+    <row r="39" spans="1:11" s="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="232" t="s">
+        <v>203</v>
+      </c>
+      <c r="B39" s="232"/>
+      <c r="C39" s="232"/>
+      <c r="D39" s="232"/>
+      <c r="E39" s="232"/>
+      <c r="F39" s="232"/>
+      <c r="G39" s="232"/>
+      <c r="H39" s="232"/>
+      <c r="I39" s="232"/>
+      <c r="J39" s="232"/>
+      <c r="K39" s="232"/>
+    </row>
+    <row r="40" spans="1:11" s="49" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="232"/>
+      <c r="B40" s="232"/>
+      <c r="C40" s="232"/>
+      <c r="D40" s="232"/>
+      <c r="E40" s="232"/>
+      <c r="F40" s="232"/>
+      <c r="G40" s="232"/>
+      <c r="H40" s="232"/>
+      <c r="I40" s="232"/>
+      <c r="J40" s="232"/>
+      <c r="K40" s="232"/>
+    </row>
+    <row r="41" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="223" t="s">
+        <v>362</v>
+      </c>
+      <c r="B41" s="223"/>
+      <c r="C41" s="223"/>
+      <c r="D41" s="223"/>
+    </row>
+    <row r="42" spans="1:11" ht="44.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="240" t="s">
+        <v>365</v>
+      </c>
+      <c r="B42" s="240"/>
+      <c r="C42" s="240"/>
+      <c r="D42" s="240"/>
+    </row>
+    <row r="43" spans="1:11" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="240" t="s">
+        <v>363</v>
+      </c>
+      <c r="B43" s="240"/>
+      <c r="C43" s="240"/>
+      <c r="D43" s="240"/>
+    </row>
+    <row r="44" spans="1:11" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="241" t="s">
+        <v>364</v>
+      </c>
+      <c r="B44" s="240"/>
+      <c r="C44" s="240"/>
+      <c r="D44" s="240"/>
+    </row>
+  </sheetData>
+  <mergeCells count="10">
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="A42:D42"/>
+    <mergeCell ref="A44:D44"/>
+    <mergeCell ref="A43:D43"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A35:K35"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A38:K38"/>
+    <mergeCell ref="A39:K40"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{005ED75D-D308-4C98-8A74-302D79F0F0D6}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93A91C98-A93B-4D51-AF41-08451AD98A75}">
+  <dimension ref="A1:Q67"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="2" width="14.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.44140625" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37" style="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.5546875" style="49" customWidth="1"/>
+    <col min="8" max="9" width="8.77734375" style="49"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="88"/>
-[...17 lines deleted...]
-      <c r="A3" s="233" t="s">
+    </row>
+    <row r="2" spans="1:7" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="243" t="s">
+        <v>378</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+      <c r="G2" s="243"/>
+    </row>
+    <row r="3" spans="1:7" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+    </row>
+    <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="29" t="s">
+        <v>263</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>264</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>265</v>
+      </c>
+      <c r="F4" s="28" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="95" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="98">
+        <v>64844</v>
+      </c>
+      <c r="D5" s="98">
+        <v>456</v>
+      </c>
+      <c r="E5" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="99" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A6" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="98">
+        <v>62899</v>
+      </c>
+      <c r="D6" s="98">
+        <v>479</v>
+      </c>
+      <c r="E6" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" s="99" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A7" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="98">
+        <v>69049</v>
+      </c>
+      <c r="D7" s="98">
+        <v>529</v>
+      </c>
+      <c r="E7" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" s="99" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="98">
+        <v>87239</v>
+      </c>
+      <c r="D8" s="98">
+        <v>702</v>
+      </c>
+      <c r="E8" s="99">
+        <v>2165.09</v>
+      </c>
+      <c r="F8" s="100">
+        <v>284031</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="98">
+        <v>83020</v>
+      </c>
+      <c r="D9" s="98">
+        <v>619</v>
+      </c>
+      <c r="E9" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="98">
+        <v>84744</v>
+      </c>
+      <c r="D10" s="98">
+        <v>678</v>
+      </c>
+      <c r="E10" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="98">
+        <v>93684</v>
+      </c>
+      <c r="D11" s="98">
+        <v>748</v>
+      </c>
+      <c r="E11" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="98">
+        <v>108872</v>
+      </c>
+      <c r="D12" s="98">
+        <v>920</v>
+      </c>
+      <c r="E12" s="99">
+        <v>2964.71</v>
+      </c>
+      <c r="F12" s="100">
+        <v>370320</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="98">
+        <v>98957</v>
+      </c>
+      <c r="D13" s="98">
+        <v>782</v>
+      </c>
+      <c r="E13" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="98">
+        <v>95213</v>
+      </c>
+      <c r="D14" s="98">
+        <v>794</v>
+      </c>
+      <c r="E14" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="98">
+        <v>89203</v>
+      </c>
+      <c r="D15" s="98">
+        <v>752</v>
+      </c>
+      <c r="E15" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A16" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="98">
+        <v>94085</v>
+      </c>
+      <c r="D16" s="98">
+        <v>864</v>
+      </c>
+      <c r="E16" s="99">
+        <v>3192.52</v>
+      </c>
+      <c r="F16" s="100">
+        <v>377458</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="98">
+        <v>68569</v>
+      </c>
+      <c r="D17" s="98">
+        <v>565</v>
+      </c>
+      <c r="E17" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="98">
+        <v>71547</v>
+      </c>
+      <c r="D18" s="98">
+        <v>625</v>
+      </c>
+      <c r="E18" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="98">
+        <v>84360</v>
+      </c>
+      <c r="D19" s="98">
+        <v>733</v>
+      </c>
+      <c r="E19" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="98">
+        <v>91241</v>
+      </c>
+      <c r="D20" s="98">
+        <v>870</v>
+      </c>
+      <c r="E20" s="99">
+        <v>2793.53</v>
+      </c>
+      <c r="F20" s="100">
+        <v>315717</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="98">
+        <v>76113</v>
+      </c>
+      <c r="D21" s="98">
+        <v>660</v>
+      </c>
+      <c r="E21" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="98">
+        <v>77215</v>
+      </c>
+      <c r="D22" s="98">
+        <v>720</v>
+      </c>
+      <c r="E22" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="98">
+        <v>87388</v>
+      </c>
+      <c r="D23" s="98">
+        <v>823</v>
+      </c>
+      <c r="E23" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="98">
+        <v>93149</v>
+      </c>
+      <c r="D24" s="98">
+        <v>942</v>
+      </c>
+      <c r="E24" s="99">
+        <v>3144.99</v>
+      </c>
+      <c r="F24" s="100">
+        <v>333865</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="98">
+        <v>75582</v>
+      </c>
+      <c r="D25" s="98">
+        <v>703</v>
+      </c>
+      <c r="E25" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="98">
+        <v>81970</v>
+      </c>
+      <c r="D26" s="98">
+        <v>788</v>
+      </c>
+      <c r="E26" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" s="100" t="s">
+        <v>68</v>
+      </c>
+      <c r="I26" s="60"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="98">
+        <v>79818</v>
+      </c>
+      <c r="D27" s="98">
+        <v>799</v>
+      </c>
+      <c r="E27" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="100" t="s">
+        <v>68</v>
+      </c>
+      <c r="I27" s="60"/>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="98">
+        <v>82021</v>
+      </c>
+      <c r="D28" s="98">
+        <v>877</v>
+      </c>
+      <c r="E28" s="99">
+        <v>3166.47</v>
+      </c>
+      <c r="F28" s="100">
+        <v>319392</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="98">
+        <v>67864</v>
+      </c>
+      <c r="D29" s="98">
+        <v>667</v>
+      </c>
+      <c r="E29" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="98">
+        <v>60853</v>
+      </c>
+      <c r="D30" s="98">
+        <v>606</v>
+      </c>
+      <c r="E30" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" s="100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="98">
+        <v>63333</v>
+      </c>
+      <c r="D31" s="98">
+        <v>656</v>
+      </c>
+      <c r="E31" s="99">
+        <v>1928.85</v>
+      </c>
+      <c r="F31" s="100">
+        <v>192051</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="238" t="s">
+        <v>267</v>
+      </c>
+      <c r="B55" s="238"/>
+      <c r="C55" s="238"/>
+      <c r="D55" s="238"/>
+      <c r="E55" s="238"/>
+      <c r="F55" s="238"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A56" s="244" t="s">
+        <v>268</v>
+      </c>
+      <c r="B56" s="244"/>
+      <c r="C56" s="244"/>
+      <c r="D56" s="244"/>
+      <c r="E56" s="244"/>
+      <c r="F56" s="244"/>
+    </row>
+    <row r="58" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="238"/>
+      <c r="C58" s="238"/>
+      <c r="D58" s="238"/>
+      <c r="E58" s="238"/>
+      <c r="F58" s="238"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A59" s="242" t="s">
         <v>269</v>
       </c>
-      <c r="B3" s="233"/>
-[...3 lines deleted...]
-      <c r="F3" s="89"/>
+      <c r="B59" s="242"/>
+      <c r="C59" s="242"/>
+      <c r="D59" s="242"/>
+      <c r="E59" s="242"/>
+      <c r="F59" s="242"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A60" s="242"/>
+      <c r="B60" s="242"/>
+      <c r="C60" s="242"/>
+      <c r="D60" s="242"/>
+      <c r="E60" s="242"/>
+      <c r="F60" s="242"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A61" s="242"/>
+      <c r="B61" s="242"/>
+      <c r="C61" s="242"/>
+      <c r="D61" s="242"/>
+      <c r="E61" s="242"/>
+      <c r="F61" s="242"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="94"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A59:F61"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A55:F55"/>
+    <mergeCell ref="A56:F56"/>
+    <mergeCell ref="A58:F58"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{68DC4578-D20A-4B03-897D-51184021BEC9}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87561056-D6FA-4C56-A2D9-22011A9615DD}">
+  <dimension ref="A1:Q67"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="14.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="21.44140625" style="49" customWidth="1"/>
+    <col min="8" max="8" width="28.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.44140625" style="49" customWidth="1"/>
+    <col min="10" max="16384" width="8.77734375" style="49"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A1" s="48" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="245" t="s">
+        <v>379</v>
+      </c>
+      <c r="B2" s="245"/>
+      <c r="C2" s="245"/>
+      <c r="D2" s="245"/>
+      <c r="E2" s="245"/>
+      <c r="F2" s="245"/>
+      <c r="G2" s="245"/>
+      <c r="H2" s="245"/>
+      <c r="I2" s="245"/>
+      <c r="J2" s="107"/>
+    </row>
+    <row r="3" spans="1:10" s="50" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="246" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="246"/>
+      <c r="C3" s="246"/>
+      <c r="D3" s="246"/>
+      <c r="E3" s="246"/>
+      <c r="F3" s="246"/>
+      <c r="G3" s="246"/>
+      <c r="H3" s="246"/>
+      <c r="I3" s="93"/>
+    </row>
+    <row r="4" spans="1:10" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="105" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="105" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="105" t="s">
+        <v>282</v>
+      </c>
+      <c r="D4" s="105" t="s">
+        <v>283</v>
+      </c>
+      <c r="E4" s="105" t="s">
+        <v>284</v>
+      </c>
+      <c r="F4" s="105" t="s">
+        <v>285</v>
+      </c>
+      <c r="G4" s="105" t="s">
+        <v>286</v>
+      </c>
+      <c r="H4" s="105" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="108">
+        <v>2019</v>
+      </c>
+      <c r="B5" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="D5" s="110">
+        <v>0.65</v>
+      </c>
+      <c r="E5" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="F5" s="110">
+        <v>0.08</v>
+      </c>
+      <c r="G5" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H5" s="111">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="108">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="D6" s="110">
+        <v>0.59</v>
+      </c>
+      <c r="E6" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="F6" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G6" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="H6" s="111">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="108">
+        <v>2019</v>
+      </c>
+      <c r="B7" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="110">
+        <v>0.08</v>
+      </c>
+      <c r="D7" s="110">
+        <v>0.61</v>
+      </c>
+      <c r="E7" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="F7" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G7" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="H7" s="111">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="108">
+        <v>2019</v>
+      </c>
+      <c r="B8" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="110">
+        <v>0.06</v>
+      </c>
+      <c r="D8" s="110">
+        <v>0.6</v>
+      </c>
+      <c r="E8" s="110">
+        <v>0.12</v>
+      </c>
+      <c r="F8" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G8" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="H8" s="111">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="108">
+        <v>2020</v>
+      </c>
+      <c r="B9" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D9" s="110">
+        <v>0.67</v>
+      </c>
+      <c r="E9" s="110">
+        <v>0.12</v>
+      </c>
+      <c r="F9" s="110">
+        <v>0.08</v>
+      </c>
+      <c r="G9" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H9" s="111">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="108">
+        <v>2020</v>
+      </c>
+      <c r="B10" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="110">
+        <v>0.06</v>
+      </c>
+      <c r="D10" s="110">
+        <v>0.61</v>
+      </c>
+      <c r="E10" s="110">
+        <v>0.13</v>
+      </c>
+      <c r="F10" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="G10" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="H10" s="111">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="108">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="110">
+        <v>0.05</v>
+      </c>
+      <c r="D11" s="110">
+        <v>0.63</v>
+      </c>
+      <c r="E11" s="110">
+        <v>0.15</v>
+      </c>
+      <c r="F11" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="G11" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H11" s="111">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="108">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D12" s="110">
+        <v>0.6</v>
+      </c>
+      <c r="E12" s="110">
+        <v>0.17</v>
+      </c>
+      <c r="F12" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G12" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="H12" s="111">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="108">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D13" s="110">
+        <v>0.65</v>
+      </c>
+      <c r="E13" s="110">
+        <v>0.18</v>
+      </c>
+      <c r="F13" s="110">
+        <v>0.08</v>
+      </c>
+      <c r="G13" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="H13" s="111">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="108">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="110">
+        <v>0.05</v>
+      </c>
+      <c r="D14" s="110">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E14" s="110">
+        <v>0.19</v>
+      </c>
+      <c r="F14" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G14" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H14" s="111">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="108">
+        <v>2021</v>
+      </c>
+      <c r="B15" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D15" s="110">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E15" s="110">
+        <v>0.22</v>
+      </c>
+      <c r="F15" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G15" s="110">
+        <v>0.06</v>
+      </c>
+      <c r="H15" s="111">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="108">
+        <v>2021</v>
+      </c>
+      <c r="B16" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D16" s="110">
+        <v>0.5</v>
+      </c>
+      <c r="E16" s="110">
+        <v>0.24</v>
+      </c>
+      <c r="F16" s="110">
+        <v>0.12</v>
+      </c>
+      <c r="G16" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="H16" s="111">
+        <v>9.1999999999999993</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="108">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D17" s="110">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E17" s="110">
+        <v>0.25</v>
+      </c>
+      <c r="F17" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="G17" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="H17" s="111">
+        <v>8.1999999999999993</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="108">
+        <v>2022</v>
+      </c>
+      <c r="B18" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D18" s="110">
+        <v>0.52</v>
+      </c>
+      <c r="E18" s="110">
+        <v>0.26</v>
+      </c>
+      <c r="F18" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G18" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H18" s="111">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="108">
+        <v>2022</v>
+      </c>
+      <c r="B19" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D19" s="110">
+        <v>0.53</v>
+      </c>
+      <c r="E19" s="110">
+        <v>0.27</v>
+      </c>
+      <c r="F19" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="G19" s="110">
+        <v>0.06</v>
+      </c>
+      <c r="H19" s="111">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="108">
+        <v>2022</v>
+      </c>
+      <c r="B20" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D20" s="110">
+        <v>0.47</v>
+      </c>
+      <c r="E20" s="110">
+        <v>0.27</v>
+      </c>
+      <c r="F20" s="110">
+        <v>0.13</v>
+      </c>
+      <c r="G20" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="H20" s="111">
+        <v>9.5</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="108">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D21" s="110">
+        <v>0.53</v>
+      </c>
+      <c r="E21" s="110">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F21" s="110">
+        <v>0.1</v>
+      </c>
+      <c r="G21" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="H21" s="111">
+        <v>8.6999999999999993</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="108">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="D22" s="110">
+        <v>0.46</v>
+      </c>
+      <c r="E22" s="110">
+        <v>0.3</v>
+      </c>
+      <c r="F22" s="110">
+        <v>0.13</v>
+      </c>
+      <c r="G22" s="110">
+        <v>0.08</v>
+      </c>
+      <c r="H22" s="111">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="108">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D23" s="110">
+        <v>0.45</v>
+      </c>
+      <c r="E23" s="110">
+        <v>0.33</v>
+      </c>
+      <c r="F23" s="110">
+        <v>0.12</v>
+      </c>
+      <c r="G23" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H23" s="111">
+        <v>9.4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="108">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D24" s="110">
+        <v>0.39</v>
+      </c>
+      <c r="E24" s="110">
+        <v>0.35</v>
+      </c>
+      <c r="F24" s="110">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G24" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="H24" s="111">
+        <v>10.1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="112">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D25" s="110">
+        <v>0.43</v>
+      </c>
+      <c r="E25" s="110">
+        <v>0.39</v>
+      </c>
+      <c r="F25" s="110">
+        <v>0.11</v>
+      </c>
+      <c r="G25" s="110">
+        <v>0.04</v>
+      </c>
+      <c r="H25" s="111">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="112">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D26" s="110">
+        <v>0.39</v>
+      </c>
+      <c r="E26" s="110">
+        <v>0.38</v>
+      </c>
+      <c r="F26" s="110">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G26" s="110">
+        <v>0.06</v>
+      </c>
+      <c r="H26" s="111">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="112">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="109" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D27" s="110">
+        <v>0.37</v>
+      </c>
+      <c r="E27" s="110">
+        <v>0.39</v>
+      </c>
+      <c r="F27" s="110">
+        <v>0.15</v>
+      </c>
+      <c r="G27" s="110">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H27" s="111">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="112">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="110">
+        <v>0.02</v>
+      </c>
+      <c r="D28" s="110">
+        <v>0.33</v>
+      </c>
+      <c r="E28" s="110">
+        <v>0.38</v>
+      </c>
+      <c r="F28" s="110">
+        <v>0.17</v>
+      </c>
+      <c r="G28" s="110">
+        <v>0.09</v>
+      </c>
+      <c r="H28" s="111">
+        <v>10.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="108">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="110">
+        <v>0.03</v>
+      </c>
+      <c r="D29" s="110">
+        <v>0.37</v>
+      </c>
+      <c r="E29" s="110">
+        <v>0.41</v>
+      </c>
+      <c r="F29" s="110">
+        <v>0.15</v>
+      </c>
+      <c r="G29" s="110">
+        <v>0.05</v>
+      </c>
+      <c r="H29" s="111">
+        <v>9.8000000000000007</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="108">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="113" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="114">
+        <v>0.04</v>
+      </c>
+      <c r="D30" s="114">
+        <v>0.35</v>
+      </c>
+      <c r="E30" s="114">
+        <v>0.39</v>
+      </c>
+      <c r="F30" s="114">
+        <v>0.16</v>
+      </c>
+      <c r="G30" s="114">
+        <v>0.06</v>
+      </c>
+      <c r="H30" s="115">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="108">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="154">
+        <v>0.04</v>
+      </c>
+      <c r="D31" s="154">
+        <v>0.33</v>
+      </c>
+      <c r="E31" s="154">
+        <v>0.38</v>
+      </c>
+      <c r="F31" s="154">
+        <v>0.21</v>
+      </c>
+      <c r="G31" s="154">
+        <v>0.03</v>
+      </c>
+      <c r="H31" s="111">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="238" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" s="238"/>
+      <c r="C55" s="238"/>
+      <c r="D55" s="238"/>
+      <c r="E55" s="238"/>
+      <c r="F55" s="238"/>
+      <c r="G55" s="238"/>
+      <c r="H55" s="238"/>
+    </row>
+    <row r="56" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="232" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" s="232"/>
+      <c r="C56" s="232"/>
+      <c r="D56" s="232"/>
+      <c r="E56" s="232"/>
+      <c r="F56" s="232"/>
+      <c r="G56" s="232"/>
+      <c r="H56" s="232"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="85"/>
+      <c r="B57" s="85"/>
+      <c r="C57" s="85"/>
+      <c r="D57" s="85"/>
+      <c r="E57" s="85"/>
+      <c r="F57" s="85"/>
+      <c r="G57" s="85"/>
+      <c r="H57" s="85"/>
+    </row>
+    <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="238"/>
+      <c r="C58" s="238"/>
+      <c r="D58" s="238"/>
+      <c r="E58" s="238"/>
+      <c r="F58" s="238"/>
+      <c r="G58" s="238"/>
+      <c r="H58" s="238"/>
+    </row>
+    <row r="59" spans="1:8" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="239" t="s">
+        <v>290</v>
+      </c>
+      <c r="B59" s="239"/>
+      <c r="C59" s="239"/>
+      <c r="D59" s="239"/>
+      <c r="E59" s="239"/>
+      <c r="F59" s="239"/>
+      <c r="G59" s="239"/>
+      <c r="H59" s="239"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="87"/>
+      <c r="B60" s="87"/>
+      <c r="C60" s="87"/>
+      <c r="D60" s="87"/>
+      <c r="E60" s="87"/>
+      <c r="F60" s="87"/>
+      <c r="G60" s="87"/>
+      <c r="H60" s="87"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="87"/>
+      <c r="B61" s="87"/>
+      <c r="C61" s="87"/>
+      <c r="D61" s="87"/>
+      <c r="E61" s="87"/>
+      <c r="F61" s="87"/>
+      <c r="G61" s="87"/>
+      <c r="H61" s="87"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="87"/>
+      <c r="B62" s="87"/>
+      <c r="C62" s="87"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="87"/>
+      <c r="F62" s="87"/>
+      <c r="G62" s="87"/>
+      <c r="H62" s="87"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="94"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="A55:H55"/>
+    <mergeCell ref="A56:H56"/>
+    <mergeCell ref="A58:H58"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{44F366A0-E4C1-416F-81DE-5F95160CB932}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EF4637D-7B9A-44CD-90CB-F5003DAA0D8A}">
+  <dimension ref="A1:Q82"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="15.77734375" style="49" customWidth="1"/>
+    <col min="2" max="2" width="12.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.77734375" style="49" customWidth="1"/>
+    <col min="5" max="5" width="36.5546875" style="49" customWidth="1"/>
+    <col min="6" max="6" width="37.21875" style="49" customWidth="1"/>
+    <col min="7" max="7" width="70.44140625" style="49" customWidth="1"/>
+    <col min="8" max="9" width="8.77734375" style="49"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:7" ht="61.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="247" t="s">
+        <v>380</v>
+      </c>
+      <c r="B2" s="247"/>
+      <c r="C2" s="247"/>
+      <c r="D2" s="247"/>
+      <c r="E2" s="247"/>
+      <c r="F2" s="247"/>
+      <c r="G2" s="247"/>
+    </row>
+    <row r="3" spans="1:7" s="50" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="246" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="246"/>
+      <c r="C3" s="246"/>
+      <c r="D3" s="93"/>
+      <c r="E3" s="93"/>
+      <c r="F3" s="93"/>
     </row>
     <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="27" t="s">
-[...6 lines deleted...]
-        <v>136</v>
+      <c r="A4" s="29" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" s="29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C4" s="29" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="91" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="56">
+      <c r="A5" s="95" t="s">
+        <v>207</v>
+      </c>
+      <c r="B5" s="53" t="s">
+        <v>208</v>
+      </c>
+      <c r="C5" s="60">
         <v>241954</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="56">
+      <c r="A6" s="52" t="s">
+        <v>207</v>
+      </c>
+      <c r="B6" s="53" t="s">
+        <v>209</v>
+      </c>
+      <c r="C6" s="60">
         <v>399030</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A7" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="56">
+      <c r="A7" s="52" t="s">
+        <v>207</v>
+      </c>
+      <c r="B7" s="53" t="s">
+        <v>210</v>
+      </c>
+      <c r="C7" s="60">
         <v>447060</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A8" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C8" s="56">
+      <c r="A8" s="52" t="s">
+        <v>207</v>
+      </c>
+      <c r="B8" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="C8" s="60">
         <v>564148</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A9" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C9" s="56">
+      <c r="A9" s="52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B9" s="53" t="s">
+        <v>213</v>
+      </c>
+      <c r="C9" s="60">
         <v>571421</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A10" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C10" s="56">
+      <c r="A10" s="52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B10" s="53" t="s">
+        <v>214</v>
+      </c>
+      <c r="C10" s="60">
         <v>607399</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A11" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C11" s="56">
+      <c r="A11" s="52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B11" s="53" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" s="60">
         <v>512476</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A12" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C12" s="56">
+      <c r="A12" s="52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B12" s="53" t="s">
+        <v>216</v>
+      </c>
+      <c r="C12" s="60">
         <v>640745</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A13" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C13" s="56">
+      <c r="A13" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B13" s="53" t="s">
+        <v>218</v>
+      </c>
+      <c r="C13" s="60">
         <v>632134</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A14" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C14" s="56">
+      <c r="A14" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>219</v>
+      </c>
+      <c r="C14" s="60">
         <v>512531</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A15" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C15" s="56">
+      <c r="A15" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B15" s="53" t="s">
+        <v>220</v>
+      </c>
+      <c r="C15" s="60">
         <v>431133</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A16" s="48" t="s">
-[...5 lines deleted...]
-      <c r="C16" s="56">
+      <c r="A16" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B16" s="53" t="s">
+        <v>221</v>
+      </c>
+      <c r="C16" s="60">
         <v>504450</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C17" s="56">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B17" s="53" t="s">
+        <v>222</v>
+      </c>
+      <c r="C17" s="60">
         <v>563114</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A18" s="48" t="s">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B18" s="53" t="s">
+        <v>224</v>
+      </c>
+      <c r="C18" s="60">
+        <v>534190</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B19" s="53" t="s">
+        <v>225</v>
+      </c>
+      <c r="C19" s="60">
+        <v>499748</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>226</v>
+      </c>
+      <c r="C20" s="60">
+        <v>388163</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B21" s="53" t="s">
+        <v>227</v>
+      </c>
+      <c r="C21" s="60">
+        <v>380502</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="B22" s="53" t="s">
+        <v>229</v>
+      </c>
+      <c r="C22" s="60">
+        <v>501030</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="B23" s="53" t="s">
+        <v>230</v>
+      </c>
+      <c r="C23" s="60">
+        <v>475330</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="B24" s="53" t="s">
+        <v>231</v>
+      </c>
+      <c r="C24" s="60">
+        <v>500831</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="B25" s="53" t="s">
+        <v>232</v>
+      </c>
+      <c r="C25" s="60">
+        <v>490599</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="B26" s="53" t="s">
+        <v>233</v>
+      </c>
+      <c r="C26" s="60">
+        <v>464248</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B27" s="53" t="s">
+        <v>235</v>
+      </c>
+      <c r="C27" s="60">
+        <v>423345</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B28" s="53" t="s">
+        <v>236</v>
+      </c>
+      <c r="C28" s="60">
+        <v>378091</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B29" s="53" t="s">
+        <v>237</v>
+      </c>
+      <c r="C29" s="60">
+        <v>410229</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B30" s="53" t="s">
+        <v>238</v>
+      </c>
+      <c r="C30" s="60">
+        <v>408260</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B31" s="53" t="s">
+        <v>240</v>
+      </c>
+      <c r="C31" s="60">
+        <v>373191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A32" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B32" s="53" t="s">
+        <v>241</v>
+      </c>
+      <c r="C32" s="60">
+        <v>356149</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A33" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" s="53" t="s">
+        <v>242</v>
+      </c>
+      <c r="C33" s="60">
+        <v>397011</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A34" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B34" s="53" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" s="60">
+        <v>422734</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A35" s="52" t="s">
         <v>244</v>
       </c>
-      <c r="B18" s="49" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="48" t="s">
+      <c r="B35" s="53" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" s="60">
+        <v>431482</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A36" s="52" t="s">
         <v>244</v>
       </c>
-      <c r="B19" s="49" t="s">
-[...7 lines deleted...]
-      <c r="A20" s="48" t="s">
+      <c r="B36" s="53" t="s">
+        <v>246</v>
+      </c>
+      <c r="C36" s="60">
+        <v>416522</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A37" s="52" t="s">
         <v>244</v>
       </c>
-      <c r="B20" s="49" t="s">
-[...7 lines deleted...]
-      <c r="A21" s="48" t="s">
+      <c r="B37" s="53" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" s="60">
+        <v>414608</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A38" s="52" t="s">
         <v>244</v>
       </c>
-      <c r="B21" s="49" t="s">
-[...7 lines deleted...]
-      <c r="A22" s="48" t="s">
+      <c r="B38" s="53" t="s">
         <v>248</v>
       </c>
-      <c r="B22" s="49" t="s">
+      <c r="C38" s="60">
+        <v>416706</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A39" s="52" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" s="53" t="s">
         <v>249</v>
       </c>
-      <c r="C22" s="56">
-[...7 lines deleted...]
-      <c r="B23" s="49" t="s">
+      <c r="C39" s="60">
+        <v>382176</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A40" s="52" t="s">
         <v>250</v>
       </c>
-      <c r="C23" s="56">
-[...7 lines deleted...]
-      <c r="B24" s="49" t="s">
+      <c r="B40" s="53" t="s">
         <v>251</v>
       </c>
-      <c r="C24" s="56">
-[...7 lines deleted...]
-      <c r="B25" s="49" t="s">
+      <c r="C40" s="60">
+        <v>468578</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A41" s="52" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" s="53" t="s">
         <v>252</v>
       </c>
-      <c r="C25" s="56">
-[...7 lines deleted...]
-      <c r="B26" s="49" t="s">
+      <c r="C41" s="60">
+        <v>486728</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A42" s="52" t="s">
+        <v>250</v>
+      </c>
+      <c r="B42" s="53" t="s">
         <v>253</v>
       </c>
-      <c r="C26" s="56">
-[...4 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="C42" s="60">
+        <v>502844</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A43" s="52" t="s">
+        <v>250</v>
+      </c>
+      <c r="B43" s="53" t="s">
         <v>254</v>
       </c>
-      <c r="B27" s="49" t="s">
+      <c r="C43" s="60">
+        <v>454485</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A44" s="52" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" s="53" t="s">
         <v>255</v>
       </c>
-      <c r="C27" s="56">
-[...18 lines deleted...]
-      <c r="B29" s="49" t="s">
+      <c r="C44" s="60">
+        <v>176996</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A70" s="238" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="238"/>
+      <c r="C70" s="238"/>
+      <c r="D70" s="238"/>
+      <c r="E70" s="238"/>
+      <c r="F70" s="238"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A71" s="244" t="s">
         <v>257</v>
       </c>
-      <c r="C29" s="56">
-[...7 lines deleted...]
-      <c r="B30" s="49" t="s">
+      <c r="B71" s="244"/>
+      <c r="C71" s="244"/>
+      <c r="D71" s="244"/>
+      <c r="E71" s="244"/>
+      <c r="F71" s="244"/>
+    </row>
+    <row r="73" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A73" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B73" s="238"/>
+      <c r="C73" s="238"/>
+      <c r="D73" s="238"/>
+      <c r="E73" s="238"/>
+      <c r="F73" s="238"/>
+    </row>
+    <row r="74" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="232" t="s">
         <v>258</v>
       </c>
-      <c r="C30" s="56">
-[...195 lines deleted...]
-      <c r="F74" s="223"/>
+      <c r="B74" s="232"/>
+      <c r="C74" s="232"/>
+      <c r="D74" s="232"/>
+      <c r="E74" s="232"/>
+      <c r="F74" s="232"/>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A75" s="223"/>
-[...4 lines deleted...]
-      <c r="F75" s="223"/>
+      <c r="A75" s="232"/>
+      <c r="B75" s="232"/>
+      <c r="C75" s="232"/>
+      <c r="D75" s="232"/>
+      <c r="E75" s="232"/>
+      <c r="F75" s="232"/>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A76" s="223"/>
-[...4 lines deleted...]
-      <c r="F76" s="223"/>
+      <c r="A76" s="232"/>
+      <c r="B76" s="232"/>
+      <c r="C76" s="232"/>
+      <c r="D76" s="232"/>
+      <c r="E76" s="232"/>
+      <c r="F76" s="232"/>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="D81" s="90"/>
-[...1 lines deleted...]
-      <c r="F81" s="90"/>
+      <c r="D81" s="94"/>
+      <c r="E81" s="94"/>
+      <c r="F81" s="94"/>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A82" s="90"/>
+      <c r="A82" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A74:F76"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A70:F70"/>
     <mergeCell ref="A71:F71"/>
     <mergeCell ref="A73:F73"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1194CC69-A6FD-4685-B2E7-6E99D1F49984}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F0BD012-684D-40B0-BE5A-8EFC3A2C769B}">
-  <dimension ref="A1:J45"/>
+  <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.5546875" style="45" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="17.5546875" style="49" customWidth="1"/>
+    <col min="2" max="6" width="26" style="49" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="49"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="88"/>
-[...31 lines deleted...]
-      <c r="F4" s="202"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="243" t="s">
+        <v>355</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+    </row>
+    <row r="3" spans="1:6" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="246" t="s">
+        <v>328</v>
+      </c>
+      <c r="B3" s="246"/>
+      <c r="C3" s="246"/>
+      <c r="D3" s="93"/>
+      <c r="E3" s="93"/>
+      <c r="F3" s="93"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A4" s="86"/>
+      <c r="B4" s="86"/>
+      <c r="C4" s="86"/>
+      <c r="D4" s="86"/>
+      <c r="E4" s="86"/>
+      <c r="F4" s="86"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A5" s="82"/>
-[...4 lines deleted...]
-      <c r="F5" s="82"/>
+      <c r="A5" s="86"/>
+      <c r="B5" s="86"/>
+      <c r="C5" s="86"/>
+      <c r="D5" s="86"/>
+      <c r="E5" s="86"/>
+      <c r="F5" s="86"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A6" s="82"/>
-[...4 lines deleted...]
-      <c r="F6" s="82"/>
+      <c r="A6" s="86"/>
+      <c r="B6" s="86"/>
+      <c r="C6" s="86"/>
+      <c r="D6" s="86"/>
+      <c r="E6" s="86"/>
+      <c r="F6" s="86"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A7" s="82"/>
-[...4 lines deleted...]
-      <c r="F7" s="82"/>
+      <c r="A7" s="86"/>
+      <c r="B7" s="86"/>
+      <c r="C7" s="86"/>
+      <c r="D7" s="86"/>
+      <c r="E7" s="86"/>
+      <c r="F7" s="86"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A8" s="82"/>
-[...4 lines deleted...]
-      <c r="F8" s="82"/>
+      <c r="A8" s="86"/>
+      <c r="B8" s="86"/>
+      <c r="C8" s="86"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="86"/>
+      <c r="F8" s="86"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A9" s="82"/>
-[...4 lines deleted...]
-      <c r="F9" s="82"/>
+      <c r="A9" s="86"/>
+      <c r="B9" s="86"/>
+      <c r="C9" s="86"/>
+      <c r="D9" s="86"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A10" s="82"/>
-[...4 lines deleted...]
-      <c r="F10" s="82"/>
+      <c r="A10" s="86"/>
+      <c r="B10" s="86"/>
+      <c r="C10" s="86"/>
+      <c r="D10" s="86"/>
+      <c r="E10" s="86"/>
+      <c r="F10" s="86"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A11" s="82"/>
-[...4 lines deleted...]
-      <c r="F11" s="82"/>
+      <c r="A11" s="86"/>
+      <c r="B11" s="86"/>
+      <c r="C11" s="86"/>
+      <c r="D11" s="86"/>
+      <c r="E11" s="86"/>
+      <c r="F11" s="86"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A12" s="82"/>
-[...4 lines deleted...]
-      <c r="F12" s="82"/>
+      <c r="A12" s="86"/>
+      <c r="B12" s="86"/>
+      <c r="C12" s="86"/>
+      <c r="D12" s="86"/>
+      <c r="E12" s="86"/>
+      <c r="F12" s="86"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A13" s="82"/>
-[...4 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="86"/>
+      <c r="B13" s="86"/>
+      <c r="C13" s="86"/>
+      <c r="D13" s="86"/>
+      <c r="E13" s="86"/>
+      <c r="F13" s="86"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A14" s="82"/>
-[...4 lines deleted...]
-      <c r="F14" s="82"/>
+      <c r="A14" s="86"/>
+      <c r="B14" s="86"/>
+      <c r="C14" s="86"/>
+      <c r="D14" s="86"/>
+      <c r="E14" s="86"/>
+      <c r="F14" s="86"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A15" s="82"/>
-[...4 lines deleted...]
-      <c r="F15" s="82"/>
+      <c r="A15" s="86"/>
+      <c r="B15" s="86"/>
+      <c r="C15" s="86"/>
+      <c r="D15" s="86"/>
+      <c r="E15" s="86"/>
+      <c r="F15" s="86"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A16" s="82"/>
-[...99 lines deleted...]
-      <c r="A30" s="229" t="s">
+      <c r="A16" s="86"/>
+      <c r="B16" s="86"/>
+      <c r="C16" s="86"/>
+      <c r="D16" s="86"/>
+      <c r="E16" s="86"/>
+      <c r="F16" s="86"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="86"/>
+      <c r="B17" s="86"/>
+      <c r="C17" s="86"/>
+      <c r="D17" s="86"/>
+      <c r="E17" s="86"/>
+      <c r="F17" s="86"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="86"/>
+      <c r="B18" s="86"/>
+      <c r="C18" s="86"/>
+      <c r="D18" s="86"/>
+      <c r="E18" s="86"/>
+      <c r="F18" s="86"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="86"/>
+      <c r="B19" s="86"/>
+      <c r="C19" s="86"/>
+      <c r="D19" s="86"/>
+      <c r="E19" s="86"/>
+      <c r="F19" s="86"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="86"/>
+      <c r="B20" s="86"/>
+      <c r="C20" s="86"/>
+      <c r="D20" s="86"/>
+      <c r="E20" s="86"/>
+      <c r="F20" s="86"/>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="86"/>
+      <c r="B21" s="86"/>
+      <c r="C21" s="86"/>
+      <c r="D21" s="86"/>
+      <c r="E21" s="86"/>
+      <c r="F21" s="86"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="86"/>
+      <c r="B22" s="86"/>
+      <c r="C22" s="86"/>
+      <c r="D22" s="86"/>
+      <c r="E22" s="86"/>
+      <c r="F22" s="86"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="86"/>
+      <c r="B23" s="86"/>
+      <c r="C23" s="86"/>
+      <c r="D23" s="86"/>
+      <c r="E23" s="86"/>
+      <c r="F23" s="86"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="86"/>
+      <c r="B24" s="86"/>
+      <c r="C24" s="86"/>
+      <c r="D24" s="86"/>
+      <c r="E24" s="86"/>
+      <c r="F24" s="86"/>
+    </row>
+    <row r="26" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A26" s="238" t="s">
+        <v>288</v>
+      </c>
+      <c r="B26" s="238"/>
+      <c r="C26" s="238"/>
+      <c r="D26" s="238"/>
+      <c r="E26" s="238"/>
+      <c r="F26" s="238"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="244" t="s">
+        <v>260</v>
+      </c>
+      <c r="B27" s="244"/>
+      <c r="C27" s="244"/>
+      <c r="D27" s="244"/>
+      <c r="E27" s="244"/>
+      <c r="F27" s="244"/>
+    </row>
+    <row r="29" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A29" s="238" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="229"/>
-[...33 lines deleted...]
-      <c r="B45" s="175"/>
+      <c r="B29" s="238"/>
+      <c r="C29" s="238"/>
+      <c r="D29" s="238"/>
+      <c r="E29" s="238"/>
+      <c r="F29" s="238"/>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="244" t="s">
+        <v>261</v>
+      </c>
+      <c r="B30" s="244"/>
+      <c r="C30" s="244"/>
+      <c r="D30" s="244"/>
+      <c r="E30" s="244"/>
+      <c r="F30" s="244"/>
+    </row>
+    <row r="31" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="248" t="s">
+        <v>262</v>
+      </c>
+      <c r="B31" s="248"/>
+      <c r="C31" s="248"/>
+      <c r="D31" s="248"/>
+      <c r="E31" s="248"/>
+      <c r="F31" s="248"/>
+      <c r="G31" s="37"/>
+      <c r="H31" s="37"/>
+      <c r="I31" s="37"/>
+      <c r="J31" s="37"/>
+    </row>
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A38" s="94"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="A32:F32"/>
+  <mergeCells count="7">
+    <mergeCell ref="A31:F31"/>
     <mergeCell ref="A2:F2"/>
-    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="A26:F26"/>
     <mergeCell ref="A27:F27"/>
-    <mergeCell ref="A28:F28"/>
+    <mergeCell ref="A29:F29"/>
     <mergeCell ref="A30:F30"/>
-    <mergeCell ref="A31:F31"/>
-    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{56EA19BA-14E1-4609-87DC-1A57F9B5BFE1}"/>
-    <hyperlink ref="A32:F32" r:id="rId1" location="stc-markets:~:text=Carbon%20Market%20Reports-,STC%20markets,-Systems%20owners%20and" display="More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website" xr:uid="{7FCFEB1F-E6A7-4373-8137-28939C687EED}"/>
+    <hyperlink ref="A31:F31" r:id="rId1" location="stc-markets:~:text=Carbon%20Market%20Reports-,STC%20markets,-Systems%20owners%20and" display="More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website" xr:uid="{7FCFEB1F-E6A7-4373-8137-28939C687EED}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:H67"/>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67EC9FA8-3D1C-4599-ACBC-8628E93DA7BB}">
+  <dimension ref="A1:Q68"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="15.21875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="14.77734375" style="49" customWidth="1"/>
+    <col min="5" max="5" width="19.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="8" width="13.5546875" style="49" customWidth="1"/>
+    <col min="9" max="9" width="16.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.77734375" style="49" customWidth="1"/>
+    <col min="11" max="11" width="20.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="44" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A1" s="48" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A3" s="202" t="s">
+    <row r="2" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="210" t="s">
+        <v>356</v>
+      </c>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="210"/>
+      <c r="E2" s="210"/>
+      <c r="F2" s="210"/>
+      <c r="G2" s="210"/>
+      <c r="H2" s="210"/>
+      <c r="I2" s="210"/>
+      <c r="J2" s="210"/>
+      <c r="K2" s="210"/>
+      <c r="L2" s="210"/>
+    </row>
+    <row r="3" spans="1:12" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
+      <c r="L3" s="211"/>
+    </row>
+    <row r="4" spans="1:12" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="105" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="105" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="105" t="s">
+        <v>272</v>
+      </c>
+      <c r="D4" s="105" t="s">
+        <v>176</v>
+      </c>
+      <c r="E4" s="105" t="s">
+        <v>270</v>
+      </c>
+      <c r="F4" s="105" t="s">
+        <v>182</v>
+      </c>
+      <c r="G4" s="106" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="106" t="s">
+        <v>175</v>
+      </c>
+      <c r="I4" s="106" t="s">
+        <v>271</v>
+      </c>
+      <c r="J4" s="106" t="s">
+        <v>177</v>
+      </c>
+      <c r="K4" s="106" t="s">
+        <v>64</v>
+      </c>
+      <c r="L4" s="106" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="102">
+        <v>2019</v>
+      </c>
+      <c r="B5" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="60">
+        <v>1388</v>
+      </c>
+      <c r="D5" s="60">
+        <v>622</v>
+      </c>
+      <c r="E5" s="60">
+        <v>1443</v>
+      </c>
+      <c r="F5" s="60">
+        <v>533</v>
+      </c>
+      <c r="G5" s="60">
+        <v>447</v>
+      </c>
+      <c r="H5" s="60">
+        <v>119</v>
+      </c>
+      <c r="I5" s="60">
+        <v>258</v>
+      </c>
+      <c r="J5" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K5" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L5" s="60">
+        <v>146000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A6" s="49">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="60">
+        <v>1921</v>
+      </c>
+      <c r="D6" s="60">
+        <v>723</v>
+      </c>
+      <c r="E6" s="60">
+        <v>1343</v>
+      </c>
+      <c r="F6" s="60">
+        <v>667</v>
+      </c>
+      <c r="G6" s="60">
+        <v>349</v>
+      </c>
+      <c r="H6" s="60">
+        <v>100</v>
+      </c>
+      <c r="I6" s="60">
+        <v>414</v>
+      </c>
+      <c r="J6" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K6" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L6" s="60">
+        <v>161000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A7" s="49">
+        <v>2019</v>
+      </c>
+      <c r="B7" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="60">
+        <v>1275</v>
+      </c>
+      <c r="D7" s="60">
+        <v>812</v>
+      </c>
+      <c r="E7" s="60">
+        <v>1357</v>
+      </c>
+      <c r="F7" s="60">
+        <v>530</v>
+      </c>
+      <c r="G7" s="60">
+        <v>652</v>
+      </c>
+      <c r="H7" s="60">
+        <v>311</v>
+      </c>
+      <c r="I7" s="60">
+        <v>408</v>
+      </c>
+      <c r="J7" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K7" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L7" s="60">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A8" s="49">
+        <v>2019</v>
+      </c>
+      <c r="B8" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="60">
+        <v>1671</v>
+      </c>
+      <c r="D8" s="60">
+        <v>750</v>
+      </c>
+      <c r="E8" s="60">
+        <v>1205</v>
+      </c>
+      <c r="F8" s="60">
+        <v>549</v>
+      </c>
+      <c r="G8" s="60">
+        <v>647</v>
+      </c>
+      <c r="H8" s="60">
+        <v>278</v>
+      </c>
+      <c r="I8" s="60">
+        <v>298</v>
+      </c>
+      <c r="J8" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K8" s="99">
+        <v>21110</v>
+      </c>
+      <c r="L8" s="60">
+        <v>154000</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A9" s="49">
+        <v>2020</v>
+      </c>
+      <c r="B9" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="60">
+        <v>1685</v>
+      </c>
+      <c r="D9" s="60">
+        <v>631</v>
+      </c>
+      <c r="E9" s="60">
+        <v>1155</v>
+      </c>
+      <c r="F9" s="60">
+        <v>530</v>
+      </c>
+      <c r="G9" s="60">
+        <v>655</v>
+      </c>
+      <c r="H9" s="60">
+        <v>304</v>
+      </c>
+      <c r="I9" s="60">
+        <v>252</v>
+      </c>
+      <c r="J9" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K9" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L9" s="60">
+        <v>154000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A10" s="49">
+        <v>2020</v>
+      </c>
+      <c r="B10" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="60">
+        <v>2827</v>
+      </c>
+      <c r="D10" s="60">
+        <v>816</v>
+      </c>
+      <c r="E10" s="60">
+        <v>1425</v>
+      </c>
+      <c r="F10" s="60">
+        <v>806</v>
+      </c>
+      <c r="G10" s="60">
+        <v>1217</v>
+      </c>
+      <c r="H10" s="60">
+        <v>366</v>
+      </c>
+      <c r="I10" s="60">
         <v>269</v>
       </c>
-      <c r="B3" s="202"/>
-[...89 lines deleted...]
-      <c r="B8" s="93" t="s">
+      <c r="J10" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K10" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L10" s="60">
+        <v>232000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A11" s="49">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="60">
+        <v>4106</v>
+      </c>
+      <c r="D11" s="60">
+        <v>879</v>
+      </c>
+      <c r="E11" s="60">
+        <v>1632</v>
+      </c>
+      <c r="F11" s="60">
+        <v>798</v>
+      </c>
+      <c r="G11" s="60">
+        <v>1694</v>
+      </c>
+      <c r="H11" s="60">
+        <v>368</v>
+      </c>
+      <c r="I11" s="60">
+        <v>345</v>
+      </c>
+      <c r="J11" s="98">
+        <v>12</v>
+      </c>
+      <c r="K11" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L11" s="60">
+        <v>276000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A12" s="49">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="60">
+        <v>5115</v>
+      </c>
+      <c r="D12" s="60">
+        <v>972</v>
+      </c>
+      <c r="E12" s="60">
+        <v>1484</v>
+      </c>
+      <c r="F12" s="60">
+        <v>960</v>
+      </c>
+      <c r="G12" s="60">
+        <v>698</v>
+      </c>
+      <c r="H12" s="60">
+        <v>325</v>
+      </c>
+      <c r="I12" s="60">
+        <v>219</v>
+      </c>
+      <c r="J12" s="98">
+        <v>27</v>
+      </c>
+      <c r="K12" s="99">
+        <v>32592</v>
+      </c>
+      <c r="L12" s="60">
+        <v>312000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A13" s="49">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="94">
-[...76 lines deleted...]
-      <c r="B12" s="93" t="s">
+      <c r="C13" s="60">
+        <v>5541</v>
+      </c>
+      <c r="D13" s="60">
+        <v>793</v>
+      </c>
+      <c r="E13" s="60">
+        <v>1344</v>
+      </c>
+      <c r="F13" s="60">
+        <v>655</v>
+      </c>
+      <c r="G13" s="60">
+        <v>1013</v>
+      </c>
+      <c r="H13" s="60">
+        <v>209</v>
+      </c>
+      <c r="I13" s="60">
+        <v>197</v>
+      </c>
+      <c r="J13" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K13" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L13" s="60">
+        <v>277000</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A14" s="49">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="60">
+        <v>8078</v>
+      </c>
+      <c r="D14" s="60">
+        <v>971</v>
+      </c>
+      <c r="E14" s="60">
+        <v>1946</v>
+      </c>
+      <c r="F14" s="60">
+        <v>1045</v>
+      </c>
+      <c r="G14" s="60">
+        <v>1290</v>
+      </c>
+      <c r="H14" s="60">
+        <v>300</v>
+      </c>
+      <c r="I14" s="60">
+        <v>316</v>
+      </c>
+      <c r="J14" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K14" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L14" s="60">
+        <v>424000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A15" s="49">
+        <v>2021</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="60">
+        <v>10641</v>
+      </c>
+      <c r="D15" s="60">
+        <v>1021</v>
+      </c>
+      <c r="E15" s="60">
+        <v>2238</v>
+      </c>
+      <c r="F15" s="60">
+        <v>1101</v>
+      </c>
+      <c r="G15" s="60">
+        <v>1517</v>
+      </c>
+      <c r="H15" s="60">
+        <v>249</v>
+      </c>
+      <c r="I15" s="60">
+        <v>424</v>
+      </c>
+      <c r="J15" s="98">
+        <v>81</v>
+      </c>
+      <c r="K15" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L15" s="60">
+        <v>492000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A16" s="49">
+        <v>2021</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="60">
+        <v>12560</v>
+      </c>
+      <c r="D16" s="60">
+        <v>1006</v>
+      </c>
+      <c r="E16" s="60">
+        <v>2277</v>
+      </c>
+      <c r="F16" s="60">
+        <v>1133</v>
+      </c>
+      <c r="G16" s="60">
+        <v>953</v>
+      </c>
+      <c r="H16" s="60">
+        <v>432</v>
+      </c>
+      <c r="I16" s="60">
+        <v>432</v>
+      </c>
+      <c r="J16" s="98">
+        <v>43</v>
+      </c>
+      <c r="K16" s="99">
+        <v>59826</v>
+      </c>
+      <c r="L16" s="60">
+        <v>599000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="94">
-[...76 lines deleted...]
-      <c r="B16" s="93" t="s">
+      <c r="C17" s="60">
+        <v>11808</v>
+      </c>
+      <c r="D17" s="60">
+        <v>744</v>
+      </c>
+      <c r="E17" s="60">
+        <v>1832</v>
+      </c>
+      <c r="F17" s="60">
+        <v>919</v>
+      </c>
+      <c r="G17" s="60">
+        <v>617</v>
+      </c>
+      <c r="H17" s="60">
+        <v>394</v>
+      </c>
+      <c r="I17" s="60">
+        <v>420</v>
+      </c>
+      <c r="J17" s="98">
+        <v>50</v>
+      </c>
+      <c r="K17" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L17" s="60">
+        <v>489000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B18" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="60">
+        <v>11780</v>
+      </c>
+      <c r="D18" s="60">
+        <v>1592</v>
+      </c>
+      <c r="E18" s="60">
+        <v>2184</v>
+      </c>
+      <c r="F18" s="60">
+        <v>1226</v>
+      </c>
+      <c r="G18" s="60">
+        <v>1150</v>
+      </c>
+      <c r="H18" s="60">
+        <v>423</v>
+      </c>
+      <c r="I18" s="60">
+        <v>570</v>
+      </c>
+      <c r="J18" s="98">
+        <v>70</v>
+      </c>
+      <c r="K18" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L18" s="60">
+        <v>529000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B19" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="60">
+        <v>12397</v>
+      </c>
+      <c r="D19" s="60">
+        <v>5182</v>
+      </c>
+      <c r="E19" s="60">
+        <v>2284</v>
+      </c>
+      <c r="F19" s="60">
+        <v>1436</v>
+      </c>
+      <c r="G19" s="60">
+        <v>1169</v>
+      </c>
+      <c r="H19" s="60">
+        <v>589</v>
+      </c>
+      <c r="I19" s="60">
+        <v>545</v>
+      </c>
+      <c r="J19" s="98">
+        <v>28</v>
+      </c>
+      <c r="K19" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L19" s="60">
+        <v>609000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B20" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="60">
+        <v>12428</v>
+      </c>
+      <c r="D20" s="60">
+        <v>9765</v>
+      </c>
+      <c r="E20" s="60">
+        <v>2126</v>
+      </c>
+      <c r="F20" s="60">
+        <v>1563</v>
+      </c>
+      <c r="G20" s="60">
+        <v>862</v>
+      </c>
+      <c r="H20" s="60">
+        <v>543</v>
+      </c>
+      <c r="I20" s="60">
+        <v>519</v>
+      </c>
+      <c r="J20" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K20" s="99">
+        <v>87225</v>
+      </c>
+      <c r="L20" s="60">
+        <v>680000</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="94">
-[...76 lines deleted...]
-      <c r="B20" s="93" t="s">
+      <c r="C21" s="60">
+        <v>9876</v>
+      </c>
+      <c r="D21" s="60">
+        <v>11811</v>
+      </c>
+      <c r="E21" s="60">
+        <v>1890</v>
+      </c>
+      <c r="F21" s="60">
+        <v>1342</v>
+      </c>
+      <c r="G21" s="60">
+        <v>996</v>
+      </c>
+      <c r="H21" s="60">
+        <v>437</v>
+      </c>
+      <c r="I21" s="60">
+        <v>363</v>
+      </c>
+      <c r="J21" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K21" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L21" s="60">
+        <v>614000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="60">
+        <v>8444</v>
+      </c>
+      <c r="D22" s="60">
+        <v>19866</v>
+      </c>
+      <c r="E22" s="60">
+        <v>2345</v>
+      </c>
+      <c r="F22" s="60">
+        <v>1587</v>
+      </c>
+      <c r="G22" s="60">
+        <v>1126</v>
+      </c>
+      <c r="H22" s="60">
+        <v>562</v>
+      </c>
+      <c r="I22" s="60">
+        <v>404</v>
+      </c>
+      <c r="J22" s="98">
+        <v>12</v>
+      </c>
+      <c r="K22" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L22" s="60">
+        <v>771000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="60">
+        <v>9020</v>
+      </c>
+      <c r="D23" s="60">
+        <v>20782</v>
+      </c>
+      <c r="E23" s="60">
+        <v>2843</v>
+      </c>
+      <c r="F23" s="60">
+        <v>1864</v>
+      </c>
+      <c r="G23" s="60">
+        <v>1353</v>
+      </c>
+      <c r="H23" s="60">
+        <v>581</v>
+      </c>
+      <c r="I23" s="60">
+        <v>341</v>
+      </c>
+      <c r="J23" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K23" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L23" s="60">
+        <v>920000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="60">
+        <v>10609</v>
+      </c>
+      <c r="D24" s="60">
+        <v>16630</v>
+      </c>
+      <c r="E24" s="60">
+        <v>3138</v>
+      </c>
+      <c r="F24" s="60">
+        <v>1599</v>
+      </c>
+      <c r="G24" s="60">
+        <v>1223</v>
+      </c>
+      <c r="H24" s="60">
+        <v>532</v>
+      </c>
+      <c r="I24" s="60">
+        <v>301</v>
+      </c>
+      <c r="J24" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K24" s="99">
+        <v>131907</v>
+      </c>
+      <c r="L24" s="60">
+        <v>820000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C20" s="94">
-[...76 lines deleted...]
-      <c r="B24" s="93" t="s">
+      <c r="C25" s="60">
+        <v>10840</v>
+      </c>
+      <c r="D25" s="60">
+        <v>11448</v>
+      </c>
+      <c r="E25" s="60">
+        <v>2191</v>
+      </c>
+      <c r="F25" s="60">
+        <v>1605</v>
+      </c>
+      <c r="G25" s="60">
+        <v>937</v>
+      </c>
+      <c r="H25" s="60">
+        <v>421</v>
+      </c>
+      <c r="I25" s="60">
+        <v>295</v>
+      </c>
+      <c r="J25" s="98">
+        <v>14</v>
+      </c>
+      <c r="K25" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="60">
+        <v>747000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="60">
+        <v>12495</v>
+      </c>
+      <c r="D26" s="60">
+        <v>14377</v>
+      </c>
+      <c r="E26" s="60">
+        <v>2527</v>
+      </c>
+      <c r="F26" s="60">
+        <v>2021</v>
+      </c>
+      <c r="G26" s="60">
+        <v>1311</v>
+      </c>
+      <c r="H26" s="60">
+        <v>516</v>
+      </c>
+      <c r="I26" s="60">
+        <v>421</v>
+      </c>
+      <c r="J26" s="98">
+        <v>12</v>
+      </c>
+      <c r="K26" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L26" s="60">
+        <v>745000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="60">
+        <v>12971</v>
+      </c>
+      <c r="D27" s="60">
+        <v>6597</v>
+      </c>
+      <c r="E27" s="60">
+        <v>2887</v>
+      </c>
+      <c r="F27" s="60">
+        <v>2046</v>
+      </c>
+      <c r="G27" s="60">
+        <v>1231</v>
+      </c>
+      <c r="H27" s="60">
+        <v>722</v>
+      </c>
+      <c r="I27" s="60">
+        <v>399</v>
+      </c>
+      <c r="J27" s="98">
+        <v>11</v>
+      </c>
+      <c r="K27" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L27" s="60">
+        <v>702000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="60">
+        <v>13313</v>
+      </c>
+      <c r="D28" s="60">
+        <v>2992</v>
+      </c>
+      <c r="E28" s="60">
+        <v>2263</v>
+      </c>
+      <c r="F28" s="60">
+        <v>1831</v>
+      </c>
+      <c r="G28" s="60">
+        <v>1030</v>
+      </c>
+      <c r="H28" s="60">
+        <v>664</v>
+      </c>
+      <c r="I28" s="60">
+        <v>385</v>
+      </c>
+      <c r="J28" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K28" s="99">
+        <v>110784</v>
+      </c>
+      <c r="L28" s="60">
+        <v>520000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C24" s="94">
-[...178 lines deleted...]
-      <c r="A58" s="229" t="s">
+      <c r="C29" s="60">
+        <v>11371</v>
+      </c>
+      <c r="D29" s="60">
+        <v>2191</v>
+      </c>
+      <c r="E29" s="60">
+        <v>1962</v>
+      </c>
+      <c r="F29" s="60">
+        <v>1494</v>
+      </c>
+      <c r="G29" s="60">
+        <v>805</v>
+      </c>
+      <c r="H29" s="60">
+        <v>491</v>
+      </c>
+      <c r="I29" s="60">
+        <v>309</v>
+      </c>
+      <c r="J29" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K29" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L29" s="60">
+        <v>376000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="60">
+        <v>12851</v>
+      </c>
+      <c r="D30" s="60">
+        <v>3220</v>
+      </c>
+      <c r="E30" s="60">
+        <v>2571</v>
+      </c>
+      <c r="F30" s="60">
+        <v>2074</v>
+      </c>
+      <c r="G30" s="60">
+        <v>1056</v>
+      </c>
+      <c r="H30" s="60">
+        <v>640</v>
+      </c>
+      <c r="I30" s="60">
+        <v>359</v>
+      </c>
+      <c r="J30" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K30" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="L30" s="60">
+        <v>424000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="60">
+        <v>13338</v>
+      </c>
+      <c r="D31" s="60">
+        <v>3214</v>
+      </c>
+      <c r="E31" s="60">
+        <v>3388</v>
+      </c>
+      <c r="F31" s="60">
+        <v>2207</v>
+      </c>
+      <c r="G31" s="60">
+        <v>850</v>
+      </c>
+      <c r="H31" s="60">
+        <v>584</v>
+      </c>
+      <c r="I31" s="60">
+        <v>335</v>
+      </c>
+      <c r="J31" s="98" t="s">
+        <v>278</v>
+      </c>
+      <c r="K31" s="99">
+        <v>65341</v>
+      </c>
+      <c r="L31" s="60">
+        <v>486000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="238" t="s">
+        <v>291</v>
+      </c>
+      <c r="B56" s="238"/>
+      <c r="C56" s="238"/>
+      <c r="D56" s="238"/>
+      <c r="E56" s="238"/>
+      <c r="F56" s="238"/>
+      <c r="G56" s="238"/>
+      <c r="H56" s="238"/>
+      <c r="I56" s="238"/>
+      <c r="J56" s="238"/>
+      <c r="K56" s="238"/>
+      <c r="L56" s="238"/>
+    </row>
+    <row r="57" spans="1:12" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="239" t="s">
+        <v>280</v>
+      </c>
+      <c r="B57" s="239"/>
+      <c r="C57" s="239"/>
+      <c r="D57" s="239"/>
+      <c r="E57" s="239"/>
+      <c r="F57" s="239"/>
+      <c r="G57" s="239"/>
+      <c r="H57" s="239"/>
+      <c r="I57" s="239"/>
+      <c r="J57" s="239"/>
+      <c r="K57" s="239"/>
+      <c r="L57" s="239"/>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A58" s="85"/>
+      <c r="B58" s="85"/>
+      <c r="C58" s="85"/>
+      <c r="D58" s="85"/>
+      <c r="E58" s="85"/>
+      <c r="F58" s="85"/>
+      <c r="G58" s="85"/>
+      <c r="H58" s="85"/>
+      <c r="I58" s="85"/>
+      <c r="J58" s="85"/>
+      <c r="K58" s="85"/>
+      <c r="L58" s="85"/>
+    </row>
+    <row r="59" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A59" s="238" t="s">
         <v>5</v>
       </c>
-      <c r="B58" s="229"/>
-[...32 lines deleted...]
-      <c r="A67" s="90"/>
+      <c r="B59" s="238"/>
+      <c r="C59" s="238"/>
+      <c r="D59" s="238"/>
+      <c r="E59" s="238"/>
+      <c r="F59" s="238"/>
+      <c r="G59" s="238"/>
+      <c r="H59" s="238"/>
+      <c r="I59" s="238"/>
+      <c r="J59" s="238"/>
+      <c r="K59" s="238"/>
+      <c r="L59" s="238"/>
+    </row>
+    <row r="60" spans="1:12" ht="52.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="239" t="s">
+        <v>281</v>
+      </c>
+      <c r="B60" s="239"/>
+      <c r="C60" s="239"/>
+      <c r="D60" s="239"/>
+      <c r="E60" s="239"/>
+      <c r="F60" s="239"/>
+      <c r="G60" s="239"/>
+      <c r="H60" s="239"/>
+      <c r="I60" s="239"/>
+      <c r="J60" s="239"/>
+      <c r="K60" s="239"/>
+      <c r="L60" s="239"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A61" s="87"/>
+      <c r="B61" s="87"/>
+      <c r="C61" s="87"/>
+      <c r="D61" s="87"/>
+      <c r="E61" s="87"/>
+      <c r="F61" s="87"/>
+      <c r="G61" s="87"/>
+      <c r="H61" s="87"/>
+      <c r="I61" s="87"/>
+      <c r="J61" s="87"/>
+      <c r="K61" s="87"/>
+      <c r="L61" s="87"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A62" s="87"/>
+      <c r="B62" s="87"/>
+      <c r="C62" s="87"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="87"/>
+      <c r="F62" s="87"/>
+      <c r="G62" s="87"/>
+      <c r="H62" s="87"/>
+      <c r="I62" s="87"/>
+      <c r="J62" s="87"/>
+      <c r="K62" s="87"/>
+      <c r="L62" s="87"/>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A59:F61"/>
-[...4 lines deleted...]
-    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A60:L60"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A56:L56"/>
+    <mergeCell ref="A57:L57"/>
+    <mergeCell ref="A59:L59"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{68DC4578-D20A-4B03-897D-51184021BEC9}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F770A3B2-1A97-4580-8ECD-6092BDBED45C}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:M58"/>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{935321F3-D69D-4991-80A4-843ABB95B536}">
+  <dimension ref="A1:U67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="15.5546875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="11" width="20.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.77734375" style="49"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:11" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="243" t="s">
+        <v>384</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+      <c r="G2" s="243"/>
+      <c r="H2" s="243"/>
+      <c r="I2" s="243"/>
+      <c r="J2" s="243"/>
+      <c r="K2" s="243"/>
+    </row>
+    <row r="3" spans="1:11" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
+    </row>
+    <row r="4" spans="1:11" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="29" t="s">
+        <v>176</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>270</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="F4" s="29" t="s">
+        <v>182</v>
+      </c>
+      <c r="G4" s="36" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="36" t="s">
+        <v>175</v>
+      </c>
+      <c r="I4" s="28" t="s">
+        <v>271</v>
+      </c>
+      <c r="J4" s="36" t="s">
+        <v>177</v>
+      </c>
+      <c r="K4" s="36" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="95" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="116">
+        <v>112.1</v>
+      </c>
+      <c r="D5" s="116">
+        <v>110.3</v>
+      </c>
+      <c r="E5" s="116">
+        <v>121.3</v>
+      </c>
+      <c r="F5" s="116">
+        <v>53.2</v>
+      </c>
+      <c r="G5" s="116">
+        <v>43.7</v>
+      </c>
+      <c r="H5" s="116">
+        <v>5.7</v>
+      </c>
+      <c r="I5" s="116">
+        <v>3.8</v>
+      </c>
+      <c r="J5" s="116">
+        <v>5.5</v>
+      </c>
+      <c r="K5" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A6" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="116">
+        <v>130.80000000000001</v>
+      </c>
+      <c r="D6" s="116">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="E6" s="116">
+        <v>96</v>
+      </c>
+      <c r="F6" s="116">
+        <v>53.3</v>
+      </c>
+      <c r="G6" s="116">
+        <v>51</v>
+      </c>
+      <c r="H6" s="116">
+        <v>5.9</v>
+      </c>
+      <c r="I6" s="116">
+        <v>4.5</v>
+      </c>
+      <c r="J6" s="116">
+        <v>7.2</v>
+      </c>
+      <c r="K6" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="116">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="D7" s="116">
+        <v>145.5</v>
+      </c>
+      <c r="E7" s="116">
+        <v>94.3</v>
+      </c>
+      <c r="F7" s="116">
+        <v>60.8</v>
+      </c>
+      <c r="G7" s="116">
+        <v>59.5</v>
+      </c>
+      <c r="H7" s="116">
+        <v>7.2</v>
+      </c>
+      <c r="I7" s="116">
+        <v>5.3</v>
+      </c>
+      <c r="J7" s="116">
+        <v>7.4</v>
+      </c>
+      <c r="K7" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="116">
+        <v>198.7</v>
+      </c>
+      <c r="D8" s="116">
+        <v>178.5</v>
+      </c>
+      <c r="E8" s="116">
+        <v>149.1</v>
+      </c>
+      <c r="F8" s="116">
+        <v>79.3</v>
+      </c>
+      <c r="G8" s="116">
+        <v>69</v>
+      </c>
+      <c r="H8" s="116">
+        <v>11.5</v>
+      </c>
+      <c r="I8" s="116">
+        <v>7</v>
+      </c>
+      <c r="J8" s="116">
+        <v>8.6</v>
+      </c>
+      <c r="K8" s="54">
+        <v>2165.1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="116">
+        <v>169.6</v>
+      </c>
+      <c r="D9" s="116">
+        <v>158.5</v>
+      </c>
+      <c r="E9" s="116">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="F9" s="116">
+        <v>72.7</v>
+      </c>
+      <c r="G9" s="116">
+        <v>63.9</v>
+      </c>
+      <c r="H9" s="116">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I9" s="116">
+        <v>6.9</v>
+      </c>
+      <c r="J9" s="116">
+        <v>7.1</v>
+      </c>
+      <c r="K9" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="116">
+        <v>200</v>
+      </c>
+      <c r="D10" s="116">
+        <v>177.1</v>
+      </c>
+      <c r="E10" s="116">
+        <v>134.1</v>
+      </c>
+      <c r="F10" s="116">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G10" s="116">
+        <v>68.7</v>
+      </c>
+      <c r="H10" s="116">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I10" s="116">
+        <v>6.1</v>
+      </c>
+      <c r="J10" s="116">
+        <v>7.9</v>
+      </c>
+      <c r="K10" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="116">
+        <v>240.6</v>
+      </c>
+      <c r="D11" s="116">
+        <v>194.2</v>
+      </c>
+      <c r="E11" s="116">
+        <v>114.5</v>
+      </c>
+      <c r="F11" s="116">
+        <v>86</v>
+      </c>
+      <c r="G11" s="116">
+        <v>88</v>
+      </c>
+      <c r="H11" s="116">
+        <v>13.1</v>
+      </c>
+      <c r="I11" s="116">
+        <v>5.7</v>
+      </c>
+      <c r="J11" s="116">
+        <v>6.3</v>
+      </c>
+      <c r="K11" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="116">
+        <v>285.7</v>
+      </c>
+      <c r="D12" s="116">
+        <v>223.7</v>
+      </c>
+      <c r="E12" s="116">
+        <v>193.4</v>
+      </c>
+      <c r="F12" s="116">
+        <v>103.4</v>
+      </c>
+      <c r="G12" s="116">
+        <v>83.2</v>
+      </c>
+      <c r="H12" s="116">
+        <v>15.7</v>
+      </c>
+      <c r="I12" s="116">
+        <v>8.1</v>
+      </c>
+      <c r="J12" s="116">
+        <v>6.5</v>
+      </c>
+      <c r="K12" s="54">
+        <v>2964.7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="116">
+        <v>246.6</v>
+      </c>
+      <c r="D13" s="116">
+        <v>193.8</v>
+      </c>
+      <c r="E13" s="116">
+        <v>162.69999999999999</v>
+      </c>
+      <c r="F13" s="116">
+        <v>86.7</v>
+      </c>
+      <c r="G13" s="116">
+        <v>68.599999999999994</v>
+      </c>
+      <c r="H13" s="116">
+        <v>12.4</v>
+      </c>
+      <c r="I13" s="116">
+        <v>6.8</v>
+      </c>
+      <c r="J13" s="116">
+        <v>4.2</v>
+      </c>
+      <c r="K13" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="116">
+        <v>248.4</v>
+      </c>
+      <c r="D14" s="116">
+        <v>201</v>
+      </c>
+      <c r="E14" s="116">
+        <v>166.3</v>
+      </c>
+      <c r="F14" s="116">
+        <v>87.3</v>
+      </c>
+      <c r="G14" s="116">
+        <v>66.2</v>
+      </c>
+      <c r="H14" s="116">
+        <v>12.8</v>
+      </c>
+      <c r="I14" s="116">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="J14" s="116">
+        <v>3.9</v>
+      </c>
+      <c r="K14" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="116">
+        <v>199</v>
+      </c>
+      <c r="D15" s="116">
+        <v>208.3</v>
+      </c>
+      <c r="E15" s="116">
+        <v>164.5</v>
+      </c>
+      <c r="F15" s="116">
+        <v>83.1</v>
+      </c>
+      <c r="G15" s="116">
+        <v>72.099999999999994</v>
+      </c>
+      <c r="H15" s="116">
+        <v>12.4</v>
+      </c>
+      <c r="I15" s="116">
+        <v>8.6</v>
+      </c>
+      <c r="J15" s="116">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K15" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="116">
+        <v>258</v>
+      </c>
+      <c r="D16" s="116">
+        <v>208.2</v>
+      </c>
+      <c r="E16" s="116">
+        <v>182</v>
+      </c>
+      <c r="F16" s="116">
+        <v>96.3</v>
+      </c>
+      <c r="G16" s="116">
+        <v>83.1</v>
+      </c>
+      <c r="H16" s="116">
+        <v>20.5</v>
+      </c>
+      <c r="I16" s="116">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J16" s="116">
+        <v>6.2</v>
+      </c>
+      <c r="K16" s="54">
+        <v>3192.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A17" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="116">
+        <v>159.6</v>
+      </c>
+      <c r="D17" s="116">
+        <v>145.5</v>
+      </c>
+      <c r="E17" s="116">
+        <v>109</v>
+      </c>
+      <c r="F17" s="116">
+        <v>70.5</v>
+      </c>
+      <c r="G17" s="116">
+        <v>53</v>
+      </c>
+      <c r="H17" s="116">
+        <v>17.5</v>
+      </c>
+      <c r="I17" s="116">
+        <v>6.7</v>
+      </c>
+      <c r="J17" s="116">
+        <v>3.7</v>
+      </c>
+      <c r="K17" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A18" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="116">
+        <v>191.2</v>
+      </c>
+      <c r="D18" s="116">
+        <v>166.4</v>
+      </c>
+      <c r="E18" s="116">
+        <v>114.8</v>
+      </c>
+      <c r="F18" s="116">
+        <v>64.7</v>
+      </c>
+      <c r="G18" s="116">
+        <v>56.4</v>
+      </c>
+      <c r="H18" s="116">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="I18" s="116">
+        <v>7.5</v>
+      </c>
+      <c r="J18" s="116">
+        <v>4.7</v>
+      </c>
+      <c r="K18" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A19" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="116">
+        <v>226.9</v>
+      </c>
+      <c r="D19" s="116">
+        <v>186.9</v>
+      </c>
+      <c r="E19" s="116">
+        <v>148.6</v>
+      </c>
+      <c r="F19" s="116">
+        <v>67.2</v>
+      </c>
+      <c r="G19" s="116">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="H19" s="116">
+        <v>21.9</v>
+      </c>
+      <c r="I19" s="116">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="J19" s="116">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K19" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A20" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="116">
+        <v>274.10000000000002</v>
+      </c>
+      <c r="D20" s="116">
+        <v>216.7</v>
+      </c>
+      <c r="E20" s="116">
+        <v>170</v>
+      </c>
+      <c r="F20" s="116">
+        <v>84.4</v>
+      </c>
+      <c r="G20" s="116">
+        <v>81.5</v>
+      </c>
+      <c r="H20" s="116">
+        <v>27.4</v>
+      </c>
+      <c r="I20" s="116">
+        <v>11</v>
+      </c>
+      <c r="J20" s="116">
+        <v>5.5</v>
+      </c>
+      <c r="K20" s="54">
+        <v>2793.5</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A21" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="116">
+        <v>200.4</v>
+      </c>
+      <c r="D21" s="116">
+        <v>170.4</v>
+      </c>
+      <c r="E21" s="116">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="F21" s="116">
+        <v>65.2</v>
+      </c>
+      <c r="G21" s="116">
+        <v>57</v>
+      </c>
+      <c r="H21" s="116">
+        <v>21.2</v>
+      </c>
+      <c r="I21" s="116">
+        <v>10.5</v>
+      </c>
+      <c r="J21" s="116">
+        <v>2.9</v>
+      </c>
+      <c r="K21" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A22" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="116">
+        <v>236.2</v>
+      </c>
+      <c r="D22" s="116">
+        <v>185.8</v>
+      </c>
+      <c r="E22" s="116">
+        <v>140.9</v>
+      </c>
+      <c r="F22" s="116">
+        <v>62.7</v>
+      </c>
+      <c r="G22" s="116">
+        <v>58.2</v>
+      </c>
+      <c r="H22" s="116">
+        <v>21.4</v>
+      </c>
+      <c r="I22" s="116">
+        <v>11</v>
+      </c>
+      <c r="J22" s="116">
+        <v>3.9</v>
+      </c>
+      <c r="K22" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A23" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="116">
+        <v>279.89999999999998</v>
+      </c>
+      <c r="D23" s="116">
+        <v>206.1</v>
+      </c>
+      <c r="E23" s="116">
+        <v>162.4</v>
+      </c>
+      <c r="F23" s="116">
+        <v>64.5</v>
+      </c>
+      <c r="G23" s="116">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="H23" s="116">
+        <v>23.9</v>
+      </c>
+      <c r="I23" s="116">
+        <v>12.8</v>
+      </c>
+      <c r="J23" s="116">
+        <v>4.3</v>
+      </c>
+      <c r="K23" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A24" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="116">
+        <v>323.5</v>
+      </c>
+      <c r="D24" s="116">
+        <v>230.6</v>
+      </c>
+      <c r="E24" s="116">
+        <v>188.8</v>
+      </c>
+      <c r="F24" s="116">
+        <v>81.2</v>
+      </c>
+      <c r="G24" s="116">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="H24" s="116">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="I24" s="116">
+        <v>14.9</v>
+      </c>
+      <c r="J24" s="116">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K24" s="54">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A25" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="116">
+        <v>248.1</v>
+      </c>
+      <c r="D25" s="116">
+        <v>176.5</v>
+      </c>
+      <c r="E25" s="116">
+        <v>136.69999999999999</v>
+      </c>
+      <c r="F25" s="116">
+        <v>63.2</v>
+      </c>
+      <c r="G25" s="116">
+        <v>53.2</v>
+      </c>
+      <c r="H25" s="116">
+        <v>11.2</v>
+      </c>
+      <c r="I25" s="116">
+        <v>11.5</v>
+      </c>
+      <c r="J25" s="116">
+        <v>2.7</v>
+      </c>
+      <c r="K25" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A26" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="116">
+        <v>256.60000000000002</v>
+      </c>
+      <c r="D26" s="116">
+        <v>220.3</v>
+      </c>
+      <c r="E26" s="116">
+        <v>151.19999999999999</v>
+      </c>
+      <c r="F26" s="116">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="G26" s="116">
+        <v>62.8</v>
+      </c>
+      <c r="H26" s="116">
+        <v>11.7</v>
+      </c>
+      <c r="I26" s="116">
+        <v>11.5</v>
+      </c>
+      <c r="J26" s="116">
+        <v>3.8</v>
+      </c>
+      <c r="K26" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A27" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="116">
+        <v>248.4</v>
+      </c>
+      <c r="D27" s="116">
+        <v>218.9</v>
+      </c>
+      <c r="E27" s="116">
+        <v>163.69999999999999</v>
+      </c>
+      <c r="F27" s="116">
+        <v>69.599999999999994</v>
+      </c>
+      <c r="G27" s="116">
+        <v>69</v>
+      </c>
+      <c r="H27" s="116">
+        <v>13.3</v>
+      </c>
+      <c r="I27" s="116">
+        <v>11.8</v>
+      </c>
+      <c r="J27" s="116">
+        <v>3.8</v>
+      </c>
+      <c r="K27" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A28" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="116">
+        <v>270</v>
+      </c>
+      <c r="D28" s="116">
+        <v>229.1</v>
+      </c>
+      <c r="E28" s="116">
+        <v>182.7</v>
+      </c>
+      <c r="F28" s="116">
+        <v>84</v>
+      </c>
+      <c r="G28" s="116">
+        <v>76</v>
+      </c>
+      <c r="H28" s="116">
+        <v>15.6</v>
+      </c>
+      <c r="I28" s="116">
+        <v>14.4</v>
+      </c>
+      <c r="J28" s="116">
+        <v>4.8</v>
+      </c>
+      <c r="K28" s="54">
+        <v>3166.4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A29" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="116">
+        <v>191.6</v>
+      </c>
+      <c r="D29" s="116">
+        <v>177.7</v>
+      </c>
+      <c r="E29" s="116">
+        <v>140.30000000000001</v>
+      </c>
+      <c r="F29" s="116">
+        <v>69.2</v>
+      </c>
+      <c r="G29" s="116">
+        <v>62.7</v>
+      </c>
+      <c r="H29" s="116">
+        <v>10.4</v>
+      </c>
+      <c r="I29" s="116">
+        <v>11.8</v>
+      </c>
+      <c r="J29" s="116">
+        <v>3.2</v>
+      </c>
+      <c r="K29" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A30" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="116">
+        <v>168.1</v>
+      </c>
+      <c r="D30" s="116">
+        <v>179.1</v>
+      </c>
+      <c r="E30" s="116">
+        <v>123.3</v>
+      </c>
+      <c r="F30" s="116">
+        <v>58.9</v>
+      </c>
+      <c r="G30" s="116">
+        <v>52.2</v>
+      </c>
+      <c r="H30" s="116">
+        <v>9.9</v>
+      </c>
+      <c r="I30" s="116">
+        <v>10.8</v>
+      </c>
+      <c r="J30" s="116">
+        <v>3.5</v>
+      </c>
+      <c r="K30" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="N30" s="116"/>
+      <c r="O30" s="116"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+    </row>
+    <row r="31" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A31" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="116">
+        <v>184.4</v>
+      </c>
+      <c r="D31" s="116">
+        <v>180.1</v>
+      </c>
+      <c r="E31" s="116">
+        <v>133.19999999999999</v>
+      </c>
+      <c r="F31" s="116">
+        <v>58.2</v>
+      </c>
+      <c r="G31" s="116">
+        <v>68.099999999999994</v>
+      </c>
+      <c r="H31" s="116">
+        <v>14.2</v>
+      </c>
+      <c r="I31" s="116">
+        <v>13.2</v>
+      </c>
+      <c r="J31" s="116">
+        <v>6</v>
+      </c>
+      <c r="K31" s="54">
+        <v>1930.2</v>
+      </c>
+      <c r="N31" s="116"/>
+      <c r="O31" s="116"/>
+      <c r="P31" s="116"/>
+      <c r="Q31" s="116"/>
+      <c r="R31" s="116"/>
+      <c r="S31" s="116"/>
+      <c r="T31" s="116"/>
+      <c r="U31" s="116"/>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="N32" s="116"/>
+      <c r="O32" s="116"/>
+      <c r="P32" s="116"/>
+      <c r="Q32" s="116"/>
+      <c r="R32" s="116"/>
+      <c r="S32" s="116"/>
+      <c r="T32" s="116"/>
+      <c r="U32" s="116"/>
+    </row>
+    <row r="33" spans="14:21" x14ac:dyDescent="0.3">
+      <c r="N33" s="116"/>
+      <c r="O33" s="116"/>
+      <c r="P33" s="116"/>
+      <c r="Q33" s="116"/>
+      <c r="R33" s="116"/>
+      <c r="S33" s="116"/>
+      <c r="T33" s="116"/>
+      <c r="U33" s="116"/>
+    </row>
+    <row r="34" spans="14:21" x14ac:dyDescent="0.3">
+      <c r="N34" s="116"/>
+      <c r="O34" s="116"/>
+      <c r="P34" s="116"/>
+      <c r="Q34" s="116"/>
+      <c r="R34" s="116"/>
+      <c r="S34" s="116"/>
+      <c r="T34" s="116"/>
+      <c r="U34" s="116"/>
+    </row>
+    <row r="55" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="238" t="s">
+        <v>295</v>
+      </c>
+      <c r="B55" s="238"/>
+      <c r="C55" s="238"/>
+      <c r="D55" s="238"/>
+      <c r="E55" s="238"/>
+      <c r="F55" s="238"/>
+      <c r="G55" s="238"/>
+      <c r="H55" s="238"/>
+      <c r="I55" s="238"/>
+      <c r="J55" s="238"/>
+      <c r="K55" s="238"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A56" s="244" t="s">
+        <v>292</v>
+      </c>
+      <c r="B56" s="244"/>
+      <c r="C56" s="244"/>
+      <c r="D56" s="244"/>
+      <c r="E56" s="244"/>
+      <c r="F56" s="244"/>
+      <c r="G56" s="244"/>
+      <c r="H56" s="244"/>
+      <c r="I56" s="244"/>
+      <c r="J56" s="244"/>
+      <c r="K56" s="244"/>
+    </row>
+    <row r="58" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="238"/>
+      <c r="C58" s="238"/>
+      <c r="D58" s="238"/>
+      <c r="E58" s="238"/>
+      <c r="F58" s="238"/>
+      <c r="G58" s="238"/>
+      <c r="H58" s="238"/>
+      <c r="I58" s="238"/>
+      <c r="J58" s="238"/>
+      <c r="K58" s="238"/>
+    </row>
+    <row r="59" spans="1:11" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="239" t="s">
+        <v>293</v>
+      </c>
+      <c r="B59" s="239"/>
+      <c r="C59" s="239"/>
+      <c r="D59" s="239"/>
+      <c r="E59" s="239"/>
+      <c r="F59" s="239"/>
+      <c r="G59" s="239"/>
+      <c r="H59" s="239"/>
+      <c r="I59" s="239"/>
+      <c r="J59" s="239"/>
+      <c r="K59" s="239"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A60" s="87"/>
+      <c r="B60" s="87"/>
+      <c r="C60" s="87"/>
+      <c r="D60" s="87"/>
+      <c r="E60" s="87"/>
+      <c r="F60" s="87"/>
+      <c r="G60" s="87"/>
+      <c r="H60" s="87"/>
+      <c r="I60" s="87"/>
+      <c r="J60" s="87"/>
+      <c r="K60" s="87"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A61" s="87"/>
+      <c r="B61" s="87"/>
+      <c r="C61" s="87"/>
+      <c r="D61" s="87"/>
+      <c r="E61" s="87"/>
+      <c r="F61" s="87"/>
+      <c r="G61" s="87"/>
+      <c r="H61" s="87"/>
+      <c r="I61" s="87"/>
+      <c r="J61" s="87"/>
+      <c r="K61" s="87"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A62" s="87"/>
+      <c r="B62" s="87"/>
+      <c r="C62" s="87"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="87"/>
+      <c r="F62" s="87"/>
+      <c r="G62" s="87"/>
+      <c r="H62" s="87"/>
+      <c r="I62" s="87"/>
+      <c r="J62" s="87"/>
+      <c r="K62" s="87"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="94"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A59:K59"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A55:K55"/>
+    <mergeCell ref="A56:K56"/>
+    <mergeCell ref="A58:K58"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{FC947BA8-A571-4C8E-A3D2-DEF72A0F2636}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34B166D2-0753-4533-91C4-DC7097071C65}">
+  <dimension ref="A1:Q58"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="14.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="12.5546875" style="49" customWidth="1"/>
+    <col min="6" max="6" width="19.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.21875" style="49" customWidth="1"/>
+    <col min="8" max="8" width="16.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5546875" style="49" customWidth="1"/>
+    <col min="11" max="11" width="15.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="88"/>
-[...35 lines deleted...]
-      <c r="K3" s="202"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="247" t="s">
+        <v>386</v>
+      </c>
+      <c r="B2" s="247"/>
+      <c r="C2" s="247"/>
+      <c r="D2" s="247"/>
+      <c r="E2" s="247"/>
+      <c r="F2" s="247"/>
+      <c r="G2" s="247"/>
+      <c r="H2" s="247"/>
+      <c r="I2" s="247"/>
+      <c r="J2" s="247"/>
+      <c r="K2" s="247"/>
+      <c r="L2" s="101"/>
+      <c r="M2" s="101"/>
+    </row>
+    <row r="3" spans="1:13" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="211"/>
     </row>
     <row r="4" spans="1:13" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="27" t="s">
-[...27 lines deleted...]
-        <v>165</v>
+      <c r="C4" s="29" t="s">
+        <v>175</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>176</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>177</v>
+      </c>
+      <c r="F4" s="29" t="s">
+        <v>270</v>
+      </c>
+      <c r="G4" s="29" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="29" t="s">
+        <v>271</v>
+      </c>
+      <c r="I4" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="J4" s="29" t="s">
+        <v>182</v>
+      </c>
+      <c r="K4" s="29" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="99">
+      <c r="A5" s="102">
         <v>2021</v>
       </c>
-      <c r="B5" s="93" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="100">
+      <c r="B5" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="103">
         <v>0.03</v>
       </c>
-      <c r="D5" s="100">
+      <c r="D5" s="103">
         <v>0.08</v>
       </c>
-      <c r="E5" s="100">
+      <c r="E5" s="103">
         <v>0.06</v>
       </c>
-      <c r="F5" s="100">
+      <c r="F5" s="103">
         <v>0.17</v>
       </c>
-      <c r="G5" s="100">
+      <c r="G5" s="103">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="H5" s="100">
+      <c r="H5" s="103">
         <v>0.05</v>
       </c>
-      <c r="I5" s="100">
+      <c r="I5" s="103">
         <v>0.05</v>
       </c>
-      <c r="J5" s="100">
+      <c r="J5" s="103">
         <v>0.12</v>
       </c>
-      <c r="K5" s="100">
+      <c r="K5" s="103">
         <v>0.1</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A6" s="99">
+      <c r="A6" s="102">
         <v>2021</v>
       </c>
-      <c r="B6" s="93" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="100">
+      <c r="B6" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="103">
         <v>0.04</v>
       </c>
-      <c r="D6" s="100">
+      <c r="D6" s="103">
         <v>0.1</v>
       </c>
-      <c r="E6" s="100">
+      <c r="E6" s="103">
         <v>0.08</v>
       </c>
-      <c r="F6" s="100">
+      <c r="F6" s="103">
         <v>0.24</v>
       </c>
-      <c r="G6" s="100">
+      <c r="G6" s="103">
         <v>0.09</v>
       </c>
-      <c r="H6" s="100">
+      <c r="H6" s="103">
         <v>0.05</v>
       </c>
-      <c r="I6" s="100">
+      <c r="I6" s="103">
         <v>0.06</v>
       </c>
-      <c r="J6" s="100">
+      <c r="J6" s="103">
         <v>0.18</v>
       </c>
-      <c r="K6" s="100">
+      <c r="K6" s="103">
         <v>0.13</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A7" s="99">
+      <c r="A7" s="102">
         <v>2021</v>
       </c>
-      <c r="B7" s="93" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="100">
+      <c r="B7" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="103">
         <v>0.03</v>
       </c>
-      <c r="D7" s="100">
+      <c r="D7" s="103">
         <v>0.11</v>
       </c>
-      <c r="E7" s="100">
+      <c r="E7" s="103">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="F7" s="100">
+      <c r="F7" s="103">
         <v>0.24</v>
       </c>
-      <c r="G7" s="100">
+      <c r="G7" s="103">
         <v>0.12</v>
       </c>
-      <c r="H7" s="100">
+      <c r="H7" s="103">
         <v>0.06</v>
       </c>
-      <c r="I7" s="100">
+      <c r="I7" s="103">
         <v>0.06</v>
       </c>
-      <c r="J7" s="100">
+      <c r="J7" s="103">
         <v>0.2</v>
       </c>
-      <c r="K7" s="100">
+      <c r="K7" s="103">
         <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A8" s="99">
+      <c r="A8" s="102">
         <v>2021</v>
       </c>
-      <c r="B8" s="93" t="s">
+      <c r="B8" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="103">
+        <v>0.1</v>
+      </c>
+      <c r="D8" s="103">
+        <v>0.1</v>
+      </c>
+      <c r="E8" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="F8" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="G8" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="H8" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I8" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="J8" s="103">
+        <v>0.18</v>
+      </c>
+      <c r="K8" s="103">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A9" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B9" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="100">
+      <c r="C9" s="103">
+        <v>0.03</v>
+      </c>
+      <c r="D9" s="103">
         <v>0.1</v>
       </c>
-      <c r="D8" s="100">
+      <c r="E9" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="F9" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="G9" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="H9" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="I9" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J9" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="K9" s="103">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A10" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B10" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="D10" s="103">
+        <v>0.11</v>
+      </c>
+      <c r="E10" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="F10" s="103">
+        <v>0.22</v>
+      </c>
+      <c r="G10" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="H10" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I10" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="J10" s="103">
+        <v>0.18</v>
+      </c>
+      <c r="K10" s="103">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A11" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B11" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="D11" s="103">
+        <v>0.11</v>
+      </c>
+      <c r="E11" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="F11" s="103">
+        <v>0.22</v>
+      </c>
+      <c r="G11" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="H11" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="I11" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J11" s="103">
+        <v>0.18</v>
+      </c>
+      <c r="K11" s="103">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A12" s="49">
+        <v>2022</v>
+      </c>
+      <c r="B12" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="D12" s="103">
+        <v>0.11</v>
+      </c>
+      <c r="E12" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="F12" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="G12" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="H12" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="I12" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J12" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="K12" s="103">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A13" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B13" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="D13" s="103">
+        <v>0.11</v>
+      </c>
+      <c r="E13" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F13" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="G13" s="103">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="H13" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="I13" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="J13" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="K13" s="103">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A14" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B14" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="D14" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="E14" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="F14" s="103">
+        <v>0.23</v>
+      </c>
+      <c r="G14" s="103">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="H14" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I14" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="J14" s="103">
+        <v>0.17</v>
+      </c>
+      <c r="K14" s="103">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A15" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="103">
+        <v>0.04</v>
+      </c>
+      <c r="D15" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="E15" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F15" s="103">
+        <v>0.23</v>
+      </c>
+      <c r="G15" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="H15" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="I15" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="J15" s="103">
+        <v>0.18</v>
+      </c>
+      <c r="K15" s="103">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A16" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="103">
+        <v>0.05</v>
+      </c>
+      <c r="D16" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="E16" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="F16" s="103">
+        <v>0.21</v>
+      </c>
+      <c r="G16" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="H16" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="I16" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J16" s="103">
+        <v>0.17</v>
+      </c>
+      <c r="K16" s="103">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D17" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="E17" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="F17" s="103">
+        <v>0.23</v>
+      </c>
+      <c r="G17" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="H17" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="I17" s="103">
+        <v>0.09</v>
+      </c>
+      <c r="J17" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="K17" s="103">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B18" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="D18" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="E18" s="103">
+        <v>0.09</v>
+      </c>
+      <c r="F18" s="103">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="G18" s="103">
+        <v>0.17</v>
+      </c>
+      <c r="H18" s="103">
+        <v>0.09</v>
+      </c>
+      <c r="I18" s="103">
+        <v>0.11</v>
+      </c>
+      <c r="J18" s="103">
+        <v>0.21</v>
+      </c>
+      <c r="K18" s="103">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B19" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="D19" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="E19" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="F19" s="103">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="G19" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="H19" s="103">
+        <v>0.06</v>
+      </c>
+      <c r="I19" s="103">
+        <v>0.12</v>
+      </c>
+      <c r="J19" s="103">
+        <v>0.21</v>
+      </c>
+      <c r="K19" s="103">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="49">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D20" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="E20" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="F20" s="103">
+        <v>0.25</v>
+      </c>
+      <c r="G20" s="103">
+        <v>0.21</v>
+      </c>
+      <c r="H20" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I20" s="103">
+        <v>0.17</v>
+      </c>
+      <c r="J20" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="K20" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="D21" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="E21" s="103">
         <v>0.1</v>
       </c>
-      <c r="E8" s="100">
-[...2 lines deleted...]
-      <c r="F8" s="100">
+      <c r="F21" s="103">
+        <v>0.27</v>
+      </c>
+      <c r="G21" s="103">
         <v>0.2</v>
       </c>
-      <c r="G8" s="100">
+      <c r="H21" s="103">
+        <v>0.08</v>
+      </c>
+      <c r="I21" s="103">
+        <v>0.15</v>
+      </c>
+      <c r="J21" s="103">
+        <v>0.19</v>
+      </c>
+      <c r="K21" s="103">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="103">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D22" s="103">
+        <v>0.16</v>
+      </c>
+      <c r="E22" s="103">
+        <v>0.13</v>
+      </c>
+      <c r="F22" s="103">
+        <v>0.32</v>
+      </c>
+      <c r="G22" s="103">
+        <v>0.22</v>
+      </c>
+      <c r="H22" s="103">
+        <v>0.09</v>
+      </c>
+      <c r="I22" s="103">
         <v>0.12</v>
       </c>
-      <c r="H8" s="100">
-[...8 lines deleted...]
-      <c r="K8" s="100">
+      <c r="J22" s="103">
+        <v>0.24</v>
+      </c>
+      <c r="K22" s="103">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="121">
+        <v>0.09</v>
+      </c>
+      <c r="D23" s="121">
+        <v>0.2</v>
+      </c>
+      <c r="E23" s="121">
+        <v>0.08</v>
+      </c>
+      <c r="F23" s="121">
+        <v>0.35</v>
+      </c>
+      <c r="G23" s="121">
+        <v>0.24</v>
+      </c>
+      <c r="H23" s="121">
+        <v>0.11</v>
+      </c>
+      <c r="I23" s="121">
         <v>0.13</v>
       </c>
-    </row>
-[...483 lines deleted...]
-      <c r="J22" s="100">
+      <c r="J23" s="121">
+        <v>0.31</v>
+      </c>
+      <c r="K23" s="121">
         <v>0.24</v>
       </c>
-      <c r="K22" s="100">
-[...44 lines deleted...]
-    </row>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="I25" s="104"/>
+    </row>
+    <row r="31" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="46" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A46" s="229" t="s">
-[...11 lines deleted...]
-      <c r="K46" s="229"/>
+      <c r="A46" s="238" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" s="238"/>
+      <c r="C46" s="238"/>
+      <c r="D46" s="238"/>
+      <c r="E46" s="238"/>
+      <c r="F46" s="238"/>
+      <c r="G46" s="238"/>
+      <c r="H46" s="238"/>
+      <c r="I46" s="238"/>
+      <c r="J46" s="238"/>
+      <c r="K46" s="238"/>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A47" s="234" t="s">
-[...11 lines deleted...]
-      <c r="K47" s="234"/>
+      <c r="A47" s="244" t="s">
+        <v>275</v>
+      </c>
+      <c r="B47" s="244"/>
+      <c r="C47" s="244"/>
+      <c r="D47" s="244"/>
+      <c r="E47" s="244"/>
+      <c r="F47" s="244"/>
+      <c r="G47" s="244"/>
+      <c r="H47" s="244"/>
+      <c r="I47" s="244"/>
+      <c r="J47" s="244"/>
+      <c r="K47" s="244"/>
     </row>
     <row r="49" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A49" s="229" t="s">
+      <c r="A49" s="238" t="s">
         <v>5</v>
       </c>
-      <c r="B49" s="229"/>
-[...23 lines deleted...]
-      <c r="K50" s="231"/>
+      <c r="B49" s="238"/>
+      <c r="C49" s="238"/>
+      <c r="D49" s="238"/>
+      <c r="E49" s="238"/>
+      <c r="F49" s="238"/>
+      <c r="G49" s="238"/>
+      <c r="H49" s="238"/>
+      <c r="I49" s="238"/>
+      <c r="J49" s="238"/>
+      <c r="K49" s="238"/>
+    </row>
+    <row r="50" spans="1:11" ht="35.549999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="239" t="s">
+        <v>276</v>
+      </c>
+      <c r="B50" s="239"/>
+      <c r="C50" s="239"/>
+      <c r="D50" s="239"/>
+      <c r="E50" s="239"/>
+      <c r="F50" s="239"/>
+      <c r="G50" s="239"/>
+      <c r="H50" s="239"/>
+      <c r="I50" s="239"/>
+      <c r="J50" s="239"/>
+      <c r="K50" s="239"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A51" s="83"/>
-[...9 lines deleted...]
-      <c r="K51" s="83"/>
+      <c r="A51" s="87"/>
+      <c r="B51" s="87"/>
+      <c r="C51" s="87"/>
+      <c r="D51" s="87"/>
+      <c r="E51" s="87"/>
+      <c r="F51" s="87"/>
+      <c r="G51" s="87"/>
+      <c r="H51" s="87"/>
+      <c r="I51" s="87"/>
+      <c r="J51" s="87"/>
+      <c r="K51" s="87"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A58" s="90"/>
+      <c r="A58" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A46:K46"/>
     <mergeCell ref="A47:K47"/>
     <mergeCell ref="A49:K49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{71953A30-527C-4B63-913B-FCB932ED8D0C}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:L68"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500CAD68-306C-4291-B4AF-CD73BABEAA86}">
+  <dimension ref="A1:Q20"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:C1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="9.44140625" style="269" customWidth="1"/>
+    <col min="2" max="2" width="13.44140625" style="269" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.21875" style="269" customWidth="1"/>
+    <col min="4" max="4" width="10.44140625" style="269" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.5546875" style="269"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-[...1170 lines deleted...]
-      <c r="A68" s="90"/>
+    <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="281" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="281"/>
+      <c r="C1" s="281"/>
+    </row>
+    <row r="2" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="270" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="270" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="270" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A3" s="271">
+        <v>1</v>
+      </c>
+      <c r="B3" s="272">
+        <v>45947</v>
+      </c>
+      <c r="C3" s="273" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A4" s="274">
+        <v>2</v>
+      </c>
+      <c r="B4" s="275">
+        <v>45958</v>
+      </c>
+      <c r="C4" s="276" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A5" s="277">
+        <v>3</v>
+      </c>
+      <c r="B5" s="278">
+        <v>45988</v>
+      </c>
+      <c r="C5" s="279" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="20" spans="17:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="Q20" s="280"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A59:L59"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:C1"/>
   </mergeCells>
-  <hyperlinks>
-[...10 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:J67"/>
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16AF9F3D-F903-40DE-A96B-6E37E71FFB78}">
+  <dimension ref="A1:Q67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...2124 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="15.5546875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="30.5546875" style="49" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="49"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="88"/>
-[...23 lines deleted...]
-      <c r="F3" s="89"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="245" t="s">
+        <v>357</v>
+      </c>
+      <c r="B2" s="245"/>
+      <c r="C2" s="245"/>
+      <c r="D2" s="245"/>
+      <c r="E2" s="245"/>
+      <c r="F2" s="107"/>
+    </row>
+    <row r="3" spans="1:6" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="246" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="246"/>
+      <c r="C3" s="246"/>
+      <c r="D3" s="246"/>
+      <c r="E3" s="93"/>
+      <c r="F3" s="93"/>
     </row>
     <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="27" t="s">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="C4" s="29" t="s">
+        <v>294</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="115" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="56">
+      <c r="A5" s="117" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="60">
         <v>8651927</v>
       </c>
-      <c r="D5" s="56">
+      <c r="D5" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="60"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="117" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="60">
+        <v>8401570</v>
+      </c>
+      <c r="D6" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" s="60"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="117" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="60">
+        <v>8837916</v>
+      </c>
+      <c r="D7" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" s="60"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="117" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="60">
+        <v>9907561</v>
+      </c>
+      <c r="D8" s="60">
         <v>35798974</v>
       </c>
-      <c r="F5" s="56"/>
-[...18 lines deleted...]
-      <c r="B7" s="93" t="s">
+      <c r="F8" s="60"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="118" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="56">
-[...9 lines deleted...]
-      <c r="B8" s="93" t="s">
+      <c r="B9" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="56">
-[...12 lines deleted...]
-      <c r="C9" s="56">
+      <c r="C9" s="60">
         <v>10351465</v>
       </c>
-      <c r="D9" s="56">
+      <c r="D9" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" s="60"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="118" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="60">
+        <v>11170680</v>
+      </c>
+      <c r="D10" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="60"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="118" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="60">
+        <v>12056954</v>
+      </c>
+      <c r="D11" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" s="60"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="118" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="60">
+        <v>12408853</v>
+      </c>
+      <c r="D12" s="60">
         <v>45987952</v>
       </c>
-      <c r="F9" s="56"/>
-[...31 lines deleted...]
-      <c r="B12" s="93" t="s">
+      <c r="F12" s="60"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="118" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="56">
-[...12 lines deleted...]
-      <c r="C13" s="56">
+      <c r="C13" s="60">
         <v>12864839</v>
       </c>
-      <c r="D13" s="56">
+      <c r="D13" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="60"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="118" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="60">
+        <v>11713534</v>
+      </c>
+      <c r="D14" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" s="60"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="118" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="60">
+        <v>11310762</v>
+      </c>
+      <c r="D15" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="60"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="118" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="60">
+        <v>11142335</v>
+      </c>
+      <c r="D16" s="60">
         <v>47031470</v>
       </c>
-      <c r="F13" s="56"/>
-[...31 lines deleted...]
-      <c r="B16" s="93" t="s">
+      <c r="F16" s="60"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="118" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="56">
-[...12 lines deleted...]
-      <c r="C17" s="56">
+      <c r="C17" s="60">
         <v>9234046</v>
       </c>
-      <c r="D17" s="56">
+      <c r="D17" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="60"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="118" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="60">
+        <v>8169461</v>
+      </c>
+      <c r="D18" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" s="60"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="118" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="60">
+        <v>9712277</v>
+      </c>
+      <c r="D19" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="60"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="118" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="60">
+        <v>10918995</v>
+      </c>
+      <c r="D20" s="60">
         <v>38034779</v>
       </c>
-      <c r="F17" s="56"/>
-[...31 lines deleted...]
-      <c r="B20" s="93" t="s">
+      <c r="F20" s="60"/>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="118" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C20" s="56">
-[...12 lines deleted...]
-      <c r="C21" s="56">
+      <c r="C21" s="60">
         <v>9192933</v>
       </c>
-      <c r="D21" s="56">
+      <c r="D21" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" s="60"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="118" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="60">
+        <v>8554509</v>
+      </c>
+      <c r="D22" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" s="60"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="118" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="60">
+        <v>9627243</v>
+      </c>
+      <c r="D23" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" s="60"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="118" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="60">
+        <v>9888796</v>
+      </c>
+      <c r="D24" s="60">
         <v>37263481</v>
       </c>
-      <c r="F21" s="56"/>
-[...31 lines deleted...]
-      <c r="B24" s="93" t="s">
+      <c r="F24" s="60"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C24" s="56">
-[...12 lines deleted...]
-      <c r="C25" s="56">
+      <c r="C25" s="60">
         <v>8438766</v>
       </c>
-      <c r="D25" s="56">
+      <c r="D25" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" s="60"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="60">
+        <v>8417978</v>
+      </c>
+      <c r="D26" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" s="60"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="60">
+        <v>8642989</v>
+      </c>
+      <c r="D27" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="60"/>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="60">
+        <v>8596307</v>
+      </c>
+      <c r="D28" s="60">
         <v>34096040</v>
       </c>
-      <c r="F25" s="56"/>
-[...31 lines deleted...]
-      <c r="B28" s="93" t="s">
+      <c r="F28" s="60"/>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="118">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C28" s="56">
-[...6 lines deleted...]
-      <c r="A29" s="116">
+      <c r="C29" s="60">
+        <v>6696506</v>
+      </c>
+      <c r="D29" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="60"/>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="118">
         <v>2025</v>
       </c>
-      <c r="B29" s="93" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="56">
+      <c r="B30" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="60">
+        <v>5871368</v>
+      </c>
+      <c r="D30" s="54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" s="60"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="118">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="60">
+        <v>5614497</v>
+      </c>
+      <c r="D31" s="60">
         <v>18182371</v>
       </c>
-      <c r="F29" s="56"/>
-[...22 lines deleted...]
-      <c r="B44" s="175"/>
     </row>
     <row r="55" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A55" s="229" t="s">
-[...6 lines deleted...]
-      <c r="F55" s="90"/>
+      <c r="A55" s="238" t="s">
+        <v>358</v>
+      </c>
+      <c r="B55" s="238"/>
+      <c r="C55" s="238"/>
+      <c r="D55" s="238"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A56" s="234" t="s">
-[...4 lines deleted...]
-      <c r="D56" s="234"/>
+      <c r="A56" s="244" t="s">
+        <v>296</v>
+      </c>
+      <c r="B56" s="244"/>
+      <c r="C56" s="244"/>
+      <c r="D56" s="244"/>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A58" s="239"/>
-[...4 lines deleted...]
-      <c r="F58" s="90"/>
+      <c r="A58" s="249"/>
+      <c r="B58" s="249"/>
+      <c r="C58" s="249"/>
+      <c r="D58" s="249"/>
+      <c r="E58" s="249"/>
+      <c r="F58" s="94"/>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A67" s="90"/>
+      <c r="A67" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="5">
+    <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A58:E58"/>
-    <mergeCell ref="A2:D2"/>
   </mergeCells>
+  <phoneticPr fontId="51" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C0F1D4B-9E0D-4BA7-946E-7B90D7518395}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE26559B-5082-4933-9456-870A93AC8238}">
-  <dimension ref="A1:F69"/>
+  <dimension ref="A1:Q69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="45" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="1" width="15.5546875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="24" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.5546875" style="49" customWidth="1"/>
+    <col min="7" max="9" width="8.77734375" style="49"/>
+    <col min="10" max="10" width="8.77734375" style="49" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="88"/>
-[...23 lines deleted...]
-      <c r="F3" s="89"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="243" t="s">
+        <v>359</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="96"/>
+    </row>
+    <row r="3" spans="1:6" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="246" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="246"/>
+      <c r="C3" s="246"/>
+      <c r="D3" s="246"/>
+      <c r="E3" s="246"/>
+      <c r="F3" s="93"/>
     </row>
     <row r="4" spans="1:6" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="27" t="s">
-[...9 lines deleted...]
-        <v>185</v>
+      <c r="C4" s="29" t="s">
+        <v>297</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>298</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="117" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="56">
+      <c r="A5" s="119" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="60">
         <v>20829766</v>
       </c>
-      <c r="D5" s="56">
+      <c r="D5" s="60">
         <v>2932</v>
       </c>
-      <c r="E5" s="56">
+      <c r="E5" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="120" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="60">
+        <v>26527099</v>
+      </c>
+      <c r="D6" s="60">
+        <v>3174</v>
+      </c>
+      <c r="E6" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="120" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="60">
+        <v>26831019</v>
+      </c>
+      <c r="D7" s="60">
+        <v>3388</v>
+      </c>
+      <c r="E7" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="120" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="60">
+        <v>24839518</v>
+      </c>
+      <c r="D8" s="60">
+        <v>3205</v>
+      </c>
+      <c r="E8" s="60">
         <v>99027402</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="B7" s="93" t="s">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="120" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="56">
-[...11 lines deleted...]
-      <c r="B8" s="93" t="s">
+      <c r="B9" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="56">
-[...14 lines deleted...]
-      <c r="C9" s="56">
+      <c r="C9" s="60">
         <v>23753361</v>
       </c>
-      <c r="D9" s="56">
+      <c r="D9" s="60">
         <v>3047</v>
       </c>
-      <c r="E9" s="56">
+      <c r="E9" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="120" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="60">
+        <v>26652227</v>
+      </c>
+      <c r="D10" s="60">
+        <v>2836</v>
+      </c>
+      <c r="E10" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="120" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="60">
+        <v>31377137</v>
+      </c>
+      <c r="D11" s="60">
+        <v>3363</v>
+      </c>
+      <c r="E11" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="120" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="60">
+        <v>31661107</v>
+      </c>
+      <c r="D12" s="60">
+        <v>3500</v>
+      </c>
+      <c r="E12" s="60">
         <v>113443832</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-      <c r="B12" s="93" t="s">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="56">
-[...14 lines deleted...]
-      <c r="C13" s="56">
+      <c r="C13" s="60">
         <v>33571793</v>
       </c>
-      <c r="D13" s="56">
+      <c r="D13" s="60">
         <v>3783</v>
       </c>
-      <c r="E13" s="56">
+      <c r="E13" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="60">
+        <v>36601316</v>
+      </c>
+      <c r="D14" s="60">
+        <v>3528</v>
+      </c>
+      <c r="E14" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="60">
+        <v>29200058</v>
+      </c>
+      <c r="D15" s="60">
+        <v>3272</v>
+      </c>
+      <c r="E15" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="60">
+        <v>28625808</v>
+      </c>
+      <c r="D16" s="60">
+        <v>3289</v>
+      </c>
+      <c r="E16" s="60">
         <v>127998975</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-      <c r="B16" s="93" t="s">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="120" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="97" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="56">
-[...8 lines deleted...]
-      <c r="A17" s="118" t="s">
+      <c r="C17" s="60">
+        <v>24022727</v>
+      </c>
+      <c r="D17" s="60">
+        <v>3407</v>
+      </c>
+      <c r="E17" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="120" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="60">
+        <v>20009412</v>
+      </c>
+      <c r="D18" s="60">
+        <v>2682</v>
+      </c>
+      <c r="E18" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="120" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="60">
+        <v>16744778</v>
+      </c>
+      <c r="D19" s="60">
+        <v>2579</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="120" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="60">
+        <v>17559181</v>
+      </c>
+      <c r="D20" s="60">
+        <v>2519</v>
+      </c>
+      <c r="E20" s="60">
+        <v>78336098</v>
+      </c>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="120" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="60">
+        <v>13329848</v>
+      </c>
+      <c r="D21" s="60">
+        <v>2286</v>
+      </c>
+      <c r="E21" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="120" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="60">
+        <v>14015490</v>
+      </c>
+      <c r="D22" s="60">
+        <v>2129</v>
+      </c>
+      <c r="E22" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="120" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="60">
+        <v>15091006</v>
+      </c>
+      <c r="D23" s="60">
+        <v>2578</v>
+      </c>
+      <c r="E23" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="120" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="60">
+        <v>17317737</v>
+      </c>
+      <c r="D24" s="60">
+        <v>2797</v>
+      </c>
+      <c r="E24" s="60">
+        <v>59754081</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="120" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="60">
+        <v>18914230</v>
+      </c>
+      <c r="D25" s="60">
+        <v>2860</v>
+      </c>
+      <c r="E25" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="120" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="60">
+        <v>15116847</v>
+      </c>
+      <c r="D26" s="60">
+        <v>2390</v>
+      </c>
+      <c r="E26" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="120" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="60">
+        <v>12605172</v>
+      </c>
+      <c r="D27" s="60">
+        <v>2099</v>
+      </c>
+      <c r="E27" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="120" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="97" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="60">
+        <v>10646170</v>
+      </c>
+      <c r="D28" s="60">
+        <v>1817</v>
+      </c>
+      <c r="E28" s="60">
+        <v>57282419</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="120" t="s">
         <v>89</v>
       </c>
-      <c r="B17" s="93" t="s">
-[...13 lines deleted...]
-      <c r="A18" s="118" t="s">
+      <c r="B29" s="97" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="60">
+        <v>9108076</v>
+      </c>
+      <c r="D29" s="60">
+        <v>1738</v>
+      </c>
+      <c r="E29" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="120" t="s">
         <v>89</v>
       </c>
-      <c r="B18" s="93" t="s">
-[...11 lines deleted...]
-      <c r="A19" s="118" t="s">
+      <c r="B30" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="60">
+        <v>7253635</v>
+      </c>
+      <c r="D30" s="60">
+        <v>1335</v>
+      </c>
+      <c r="E30" s="54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="120" t="s">
         <v>89</v>
       </c>
-      <c r="B19" s="93" t="s">
-[...162 lines deleted...]
-      <c r="E29" s="56">
+      <c r="B31" s="97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="60">
+        <v>6145998</v>
+      </c>
+      <c r="D31" s="60">
+        <v>1516</v>
+      </c>
+      <c r="E31" s="60">
         <v>22507709</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
-[...31 lines deleted...]
-    </row>
     <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A57" s="229" t="s">
-[...6 lines deleted...]
-      <c r="F57" s="90"/>
+      <c r="A57" s="238" t="s">
+        <v>360</v>
+      </c>
+      <c r="B57" s="238"/>
+      <c r="C57" s="238"/>
+      <c r="D57" s="238"/>
+      <c r="E57" s="238"/>
+      <c r="F57" s="94"/>
     </row>
     <row r="58" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="231" t="s">
-[...5 lines deleted...]
-      <c r="E58" s="231"/>
+      <c r="A58" s="239" t="s">
+        <v>301</v>
+      </c>
+      <c r="B58" s="239"/>
+      <c r="C58" s="239"/>
+      <c r="D58" s="239"/>
+      <c r="E58" s="239"/>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A60" s="90"/>
-[...4 lines deleted...]
-      <c r="F60" s="90"/>
+      <c r="A60" s="94"/>
+      <c r="B60" s="94"/>
+      <c r="C60" s="94"/>
+      <c r="D60" s="94"/>
+      <c r="E60" s="94"/>
+      <c r="F60" s="94"/>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A69" s="90"/>
+      <c r="A69" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:E58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1B5C31B4-FB28-4305-A065-441518CEBC1A}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...70 lines deleted...]
-
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2127A298-ECA1-46FC-9E24-DC0D8EDED79B}">
-  <dimension ref="A1:N63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1072196-00ED-4297-ACB5-C791C4B9474E}">
+  <dimension ref="A1:Q39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="55.21875" style="156" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="40.5546875" style="156" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.5546875" style="156" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37" style="156" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="41.21875" style="156" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="25.21875" style="156" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.21875" style="156"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1" s="155" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="1"/>
-[...44 lines deleted...]
-      <c r="C4" s="39" t="s">
+      <c r="F1" s="156"/>
+    </row>
+    <row r="2" spans="1:6" s="157" customFormat="1" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A2" s="194" t="s">
+        <v>337</v>
+      </c>
+      <c r="B2" s="194"/>
+      <c r="C2" s="194"/>
+    </row>
+    <row r="3" spans="1:6" ht="20.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="195" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="195"/>
+      <c r="C3" s="195"/>
+      <c r="F3" s="156"/>
+    </row>
+    <row r="4" spans="1:6" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="36" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" s="158" t="s">
+        <v>329</v>
+      </c>
+      <c r="C4" s="158" t="s">
+        <v>330</v>
+      </c>
+      <c r="D4" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" s="158" t="s">
+        <v>331</v>
+      </c>
+      <c r="F4" s="156"/>
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="159" t="s">
+        <v>332</v>
+      </c>
+      <c r="B5" s="160">
+        <v>18.7</v>
+      </c>
+      <c r="C5" s="160">
+        <v>5.3</v>
+      </c>
+      <c r="D5" s="160">
+        <v>24</v>
+      </c>
+      <c r="E5" s="160" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="156"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="162" t="s">
+        <v>333</v>
+      </c>
+      <c r="B6" s="161">
+        <v>17.7</v>
+      </c>
+      <c r="C6" s="161">
+        <v>1.3</v>
+      </c>
+      <c r="D6" s="161">
+        <v>19</v>
+      </c>
+      <c r="E6" s="160" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" s="156"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="182" t="s">
+        <v>345</v>
+      </c>
+      <c r="B7" s="163">
+        <v>13.6</v>
+      </c>
+      <c r="C7" s="164">
+        <v>1.4</v>
+      </c>
+      <c r="D7" s="164">
+        <v>15</v>
+      </c>
+      <c r="E7" s="163">
+        <v>7.3</v>
+      </c>
+      <c r="F7" s="156"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="F8" s="156"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="F16" s="156"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="Q20" s="250"/>
+    </row>
+    <row r="31" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A31" s="196" t="s">
         <v>75</v>
       </c>
-      <c r="D4" s="39" t="s">
-[...969 lines deleted...]
-      <c r="A54" s="143" t="s">
+      <c r="B31" s="196"/>
+      <c r="C31" s="196"/>
+      <c r="F31" s="156"/>
+    </row>
+    <row r="32" spans="1:17" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="197" t="s">
+        <v>304</v>
+      </c>
+      <c r="B32" s="197"/>
+      <c r="C32" s="197"/>
+      <c r="D32" s="165"/>
+      <c r="E32" s="165"/>
+      <c r="F32" s="156"/>
+    </row>
+    <row r="33" spans="1:6" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="198" t="s">
         <v>5</v>
       </c>
-      <c r="B54" s="144"/>
-[...28 lines deleted...]
-      <c r="A63" s="13"/>
+      <c r="B33" s="198"/>
+      <c r="C33" s="198"/>
+      <c r="F33" s="156"/>
+    </row>
+    <row r="34" spans="1:6" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="199" t="s">
+        <v>305</v>
+      </c>
+      <c r="B34" s="199"/>
+      <c r="C34" s="199"/>
+      <c r="E34" s="166"/>
+      <c r="F34" s="156"/>
+    </row>
+    <row r="35" spans="1:6" s="168" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="193" t="s">
+        <v>335</v>
+      </c>
+      <c r="B35" s="193"/>
+      <c r="C35" s="193"/>
+      <c r="E35" s="167"/>
+    </row>
+    <row r="36" spans="1:6" s="168" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="193" t="s">
+        <v>336</v>
+      </c>
+      <c r="B36" s="193"/>
+      <c r="C36" s="193"/>
+      <c r="E36" s="167"/>
+    </row>
+    <row r="37" spans="1:6" s="168" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="193" t="s">
+        <v>334</v>
+      </c>
+      <c r="B37" s="193"/>
+      <c r="C37" s="193"/>
+      <c r="E37" s="167"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="F38" s="156"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="F39" s="156"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A51:L51"/>
+  <mergeCells count="9">
+    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A3:C3"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A34:C34"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6BEB771D-609C-4138-B616-2A7CC0426552}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{7D8B616A-C447-43B1-86DF-D75F86D3F3E9}"/>
   </hyperlinks>
-  <printOptions headings="1"/>
-[...6 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBF7603-AC33-433E-8A51-F4C1C756A0B8}">
-  <dimension ref="A1:P64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA01C476-F96B-4A53-8FF8-6B164EBB135D}">
+  <dimension ref="A1:Q63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="15" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="15.21875" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="20.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.77734375" style="17"/>
+    <col min="14" max="14" width="10.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:16" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="A4" s="41" t="s">
+    <row r="2" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="200" t="s">
+        <v>338</v>
+      </c>
+      <c r="B2" s="200"/>
+      <c r="C2" s="200"/>
+      <c r="D2" s="200"/>
+      <c r="E2" s="200"/>
+      <c r="F2" s="200"/>
+      <c r="G2" s="200"/>
+      <c r="H2" s="200"/>
+      <c r="I2" s="200"/>
+      <c r="J2" s="200"/>
+      <c r="K2" s="200"/>
+      <c r="L2" s="200"/>
+    </row>
+    <row r="3" spans="1:12" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+      <c r="G3" s="201"/>
+      <c r="H3" s="201"/>
+      <c r="I3" s="201"/>
+      <c r="J3" s="201"/>
+      <c r="K3" s="201"/>
+      <c r="L3" s="201"/>
+    </row>
+    <row r="4" spans="1:12" s="27" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="39" t="s">
+      <c r="C4" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" s="42" t="s">
         <v>56</v>
       </c>
-      <c r="C4" s="39" t="s">
-[...11 lines deleted...]
-      <c r="G4" s="39" t="s">
+      <c r="E4" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="42" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" s="42" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" s="42" t="s">
+        <v>60</v>
+      </c>
+      <c r="I4" s="42" t="s">
+        <v>61</v>
+      </c>
+      <c r="J4" s="42" t="s">
+        <v>62</v>
+      </c>
+      <c r="K4" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="L4" s="45" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="26">
+        <v>2409504</v>
+      </c>
+      <c r="D5" s="26">
+        <v>936022</v>
+      </c>
+      <c r="E5" s="26">
+        <v>185221</v>
+      </c>
+      <c r="F5" s="26">
+        <v>15929</v>
+      </c>
+      <c r="G5" s="26">
+        <v>0</v>
+      </c>
+      <c r="H5" s="26">
+        <v>47789</v>
+      </c>
+      <c r="I5" s="26">
+        <v>0</v>
+      </c>
+      <c r="J5" s="26">
+        <v>0</v>
+      </c>
+      <c r="K5" s="22">
+        <v>3594465</v>
+      </c>
+      <c r="L5" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A6" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="26">
+        <v>2662324</v>
+      </c>
+      <c r="D6" s="26">
+        <v>606166</v>
+      </c>
+      <c r="E6" s="26">
+        <v>982557</v>
+      </c>
+      <c r="F6" s="26">
+        <v>186830</v>
+      </c>
+      <c r="G6" s="26">
+        <v>302761</v>
+      </c>
+      <c r="H6" s="26">
+        <v>33141</v>
+      </c>
+      <c r="I6" s="26">
+        <v>12453</v>
+      </c>
+      <c r="J6" s="26">
+        <v>0</v>
+      </c>
+      <c r="K6" s="22">
+        <v>4786232</v>
+      </c>
+      <c r="L6" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A7" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="26">
+        <v>1597098</v>
+      </c>
+      <c r="D7" s="26">
+        <v>688192</v>
+      </c>
+      <c r="E7" s="26">
+        <v>119158</v>
+      </c>
+      <c r="F7" s="26">
+        <v>10787</v>
+      </c>
+      <c r="G7" s="26">
+        <v>0</v>
+      </c>
+      <c r="H7" s="26">
+        <v>56073</v>
+      </c>
+      <c r="I7" s="26">
+        <v>12261</v>
+      </c>
+      <c r="J7" s="26">
+        <v>0</v>
+      </c>
+      <c r="K7" s="22">
+        <v>2483569</v>
+      </c>
+      <c r="L7" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A8" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="26">
+        <v>3010930</v>
+      </c>
+      <c r="D8" s="26">
+        <v>1816561</v>
+      </c>
+      <c r="E8" s="26">
+        <v>17163</v>
+      </c>
+      <c r="F8" s="26">
+        <v>241694</v>
+      </c>
+      <c r="G8" s="26">
+        <v>0</v>
+      </c>
+      <c r="H8" s="26">
+        <v>102191</v>
+      </c>
+      <c r="I8" s="26">
+        <v>0</v>
+      </c>
+      <c r="J8" s="26">
+        <v>0</v>
+      </c>
+      <c r="K8" s="22">
+        <v>5188539</v>
+      </c>
+      <c r="L8" s="149">
+        <v>16052805</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A9" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="26">
+        <v>1840204</v>
+      </c>
+      <c r="D9" s="26">
+        <v>852778</v>
+      </c>
+      <c r="E9" s="26">
+        <v>50477</v>
+      </c>
+      <c r="F9" s="26">
+        <v>198504</v>
+      </c>
+      <c r="G9" s="26">
+        <v>0</v>
+      </c>
+      <c r="H9" s="26">
+        <v>165365</v>
+      </c>
+      <c r="I9" s="26">
+        <v>0</v>
+      </c>
+      <c r="J9" s="26">
+        <v>0</v>
+      </c>
+      <c r="K9" s="22">
+        <v>3107328</v>
+      </c>
+      <c r="L9" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A10" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="26">
+        <v>2670300</v>
+      </c>
+      <c r="D10" s="26">
+        <v>1568119</v>
+      </c>
+      <c r="E10" s="26">
+        <v>970180</v>
+      </c>
+      <c r="F10" s="26">
+        <v>74083</v>
+      </c>
+      <c r="G10" s="26">
+        <v>274463</v>
+      </c>
+      <c r="H10" s="26">
+        <v>110189</v>
+      </c>
+      <c r="I10" s="26">
+        <v>19505</v>
+      </c>
+      <c r="J10" s="26">
+        <v>0</v>
+      </c>
+      <c r="K10" s="22">
+        <v>5686839</v>
+      </c>
+      <c r="L10" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A11" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="26">
+        <v>2261226</v>
+      </c>
+      <c r="D11" s="26">
+        <v>1907849</v>
+      </c>
+      <c r="E11" s="26">
+        <v>599099</v>
+      </c>
+      <c r="F11" s="26">
+        <v>16295</v>
+      </c>
+      <c r="G11" s="26">
+        <v>0</v>
+      </c>
+      <c r="H11" s="26">
+        <v>27980</v>
+      </c>
+      <c r="I11" s="26">
+        <v>2324</v>
+      </c>
+      <c r="J11" s="26">
+        <v>0</v>
+      </c>
+      <c r="K11" s="22">
+        <v>4814773</v>
+      </c>
+      <c r="L11" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A12" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="26">
+        <v>2571002</v>
+      </c>
+      <c r="D12" s="26">
+        <v>625412</v>
+      </c>
+      <c r="E12" s="26">
+        <v>20958</v>
+      </c>
+      <c r="F12" s="26">
+        <v>122888</v>
+      </c>
+      <c r="G12" s="26">
+        <v>0</v>
+      </c>
+      <c r="H12" s="26">
+        <v>91582</v>
+      </c>
+      <c r="I12" s="26">
+        <v>0</v>
+      </c>
+      <c r="J12" s="26">
+        <v>0</v>
+      </c>
+      <c r="K12" s="22">
+        <v>3431842</v>
+      </c>
+      <c r="L12" s="149">
+        <v>17040782</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A13" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="26">
+        <v>2099793</v>
+      </c>
+      <c r="D13" s="26">
+        <v>880188</v>
+      </c>
+      <c r="E13" s="26">
+        <v>17753</v>
+      </c>
+      <c r="F13" s="26">
+        <v>180107</v>
+      </c>
+      <c r="G13" s="26">
+        <v>0</v>
+      </c>
+      <c r="H13" s="26">
+        <v>160812</v>
+      </c>
+      <c r="I13" s="26">
+        <v>0</v>
+      </c>
+      <c r="J13" s="26">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22">
+        <v>3338653</v>
+      </c>
+      <c r="L13" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A14" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="26">
+        <v>2631819</v>
+      </c>
+      <c r="D14" s="26">
+        <v>676403</v>
+      </c>
+      <c r="E14" s="26">
+        <v>1130902</v>
+      </c>
+      <c r="F14" s="26">
+        <v>178081</v>
+      </c>
+      <c r="G14" s="26">
+        <v>240758</v>
+      </c>
+      <c r="H14" s="26">
+        <v>30401</v>
+      </c>
+      <c r="I14" s="26">
+        <v>34895</v>
+      </c>
+      <c r="J14" s="26">
+        <v>0</v>
+      </c>
+      <c r="K14" s="22">
+        <v>4923259</v>
+      </c>
+      <c r="L14" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A15" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="26">
+        <v>2129636</v>
+      </c>
+      <c r="D15" s="26">
+        <v>3316622</v>
+      </c>
+      <c r="E15" s="26">
+        <v>123304</v>
+      </c>
+      <c r="F15" s="26">
+        <v>35791</v>
+      </c>
+      <c r="G15" s="26">
+        <v>0</v>
+      </c>
+      <c r="H15" s="26">
+        <v>73592</v>
+      </c>
+      <c r="I15" s="26">
+        <v>0</v>
+      </c>
+      <c r="J15" s="26">
+        <v>0</v>
+      </c>
+      <c r="K15" s="22">
+        <v>5678945</v>
+      </c>
+      <c r="L15" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="26">
+        <v>2949405</v>
+      </c>
+      <c r="D16" s="26">
+        <v>646281</v>
+      </c>
+      <c r="E16" s="26">
+        <v>44335</v>
+      </c>
+      <c r="F16" s="26">
+        <v>136533</v>
+      </c>
+      <c r="G16" s="26">
+        <v>0</v>
+      </c>
+      <c r="H16" s="26">
+        <v>10134</v>
+      </c>
+      <c r="I16" s="26">
+        <v>10514</v>
+      </c>
+      <c r="J16" s="26">
+        <v>0</v>
+      </c>
+      <c r="K16" s="22">
+        <v>3797202</v>
+      </c>
+      <c r="L16" s="149">
+        <v>17738059</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="26">
+        <v>1029657</v>
+      </c>
+      <c r="D17" s="26">
+        <v>394145</v>
+      </c>
+      <c r="E17" s="26">
+        <v>104511</v>
+      </c>
+      <c r="F17" s="26">
+        <v>13695</v>
+      </c>
+      <c r="G17" s="26">
+        <v>0</v>
+      </c>
+      <c r="H17" s="26">
+        <v>290414</v>
+      </c>
+      <c r="I17" s="26">
+        <v>0</v>
+      </c>
+      <c r="J17" s="26">
+        <v>0</v>
+      </c>
+      <c r="K17" s="22">
+        <v>1832422</v>
+      </c>
+      <c r="L17" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="26">
+        <v>1994187</v>
+      </c>
+      <c r="D18" s="26">
+        <v>1408753</v>
+      </c>
+      <c r="E18" s="26">
+        <v>412693</v>
+      </c>
+      <c r="F18" s="26">
+        <v>324783</v>
+      </c>
+      <c r="G18" s="26">
+        <v>75246</v>
+      </c>
+      <c r="H18" s="26">
+        <v>161796</v>
+      </c>
+      <c r="I18" s="26">
+        <v>0</v>
+      </c>
+      <c r="J18" s="26">
+        <v>0</v>
+      </c>
+      <c r="K18" s="22">
+        <v>4377458</v>
+      </c>
+      <c r="L18" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="26">
+        <v>3336827</v>
+      </c>
+      <c r="D19" s="26">
+        <v>1948240</v>
+      </c>
+      <c r="E19" s="26">
+        <v>847373</v>
+      </c>
+      <c r="F19" s="26">
+        <v>97945</v>
+      </c>
+      <c r="G19" s="26">
+        <v>580200</v>
+      </c>
+      <c r="H19" s="26">
+        <v>152197</v>
+      </c>
+      <c r="I19" s="26">
+        <v>35230</v>
+      </c>
+      <c r="J19" s="26">
+        <v>0</v>
+      </c>
+      <c r="K19" s="22">
+        <v>6998012</v>
+      </c>
+      <c r="L19" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="26">
+        <v>2544815</v>
+      </c>
+      <c r="D20" s="26">
+        <v>1018877</v>
+      </c>
+      <c r="E20" s="26">
+        <v>389497</v>
+      </c>
+      <c r="F20" s="26">
+        <v>35305</v>
+      </c>
+      <c r="G20" s="26">
+        <v>0</v>
+      </c>
+      <c r="H20" s="26">
+        <v>24722</v>
+      </c>
+      <c r="I20" s="26">
+        <v>0</v>
+      </c>
+      <c r="J20" s="26">
+        <v>0</v>
+      </c>
+      <c r="K20" s="22">
+        <v>4013216</v>
+      </c>
+      <c r="L20" s="149">
+        <v>17221108</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="26">
+        <v>2001363</v>
+      </c>
+      <c r="D21" s="26">
+        <v>1528900</v>
+      </c>
+      <c r="E21" s="26">
+        <v>146698</v>
+      </c>
+      <c r="F21" s="26">
+        <v>20320</v>
+      </c>
+      <c r="G21" s="26">
+        <v>68162</v>
+      </c>
+      <c r="H21" s="26">
+        <v>27174</v>
+      </c>
+      <c r="I21" s="26">
+        <v>0</v>
+      </c>
+      <c r="J21" s="26">
+        <v>0</v>
+      </c>
+      <c r="K21" s="22">
+        <v>3792617</v>
+      </c>
+      <c r="L21" s="149" t="s">
+        <v>68</v>
+      </c>
+      <c r="N21" s="18"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="26">
+        <v>1761956</v>
+      </c>
+      <c r="D22" s="26">
+        <v>1512917</v>
+      </c>
+      <c r="E22" s="26">
+        <v>425885</v>
+      </c>
+      <c r="F22" s="26">
+        <v>141288</v>
+      </c>
+      <c r="G22" s="26">
+        <v>0</v>
+      </c>
+      <c r="H22" s="26">
+        <v>25828</v>
+      </c>
+      <c r="I22" s="26">
+        <v>0</v>
+      </c>
+      <c r="J22" s="26">
+        <v>0</v>
+      </c>
+      <c r="K22" s="22">
+        <v>3867874</v>
+      </c>
+      <c r="L22" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="26">
+        <v>2323958</v>
+      </c>
+      <c r="D23" s="26">
+        <v>1018192</v>
+      </c>
+      <c r="E23" s="26">
+        <v>932530</v>
+      </c>
+      <c r="F23" s="26">
+        <v>0</v>
+      </c>
+      <c r="G23" s="26">
+        <v>447907</v>
+      </c>
+      <c r="H23" s="26">
+        <v>123736</v>
+      </c>
+      <c r="I23" s="26">
+        <v>0</v>
+      </c>
+      <c r="J23" s="26">
+        <v>104424</v>
+      </c>
+      <c r="K23" s="22">
+        <v>4950747</v>
+      </c>
+      <c r="L23" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="26">
+        <v>3230424</v>
+      </c>
+      <c r="D24" s="26">
+        <v>1980767</v>
+      </c>
+      <c r="E24" s="26">
+        <v>62316</v>
+      </c>
+      <c r="F24" s="26">
+        <v>138795</v>
+      </c>
+      <c r="G24" s="26">
+        <v>193328</v>
+      </c>
+      <c r="H24" s="26">
+        <v>76137</v>
+      </c>
+      <c r="I24" s="26">
+        <v>0</v>
+      </c>
+      <c r="J24" s="26">
+        <v>491753</v>
+      </c>
+      <c r="K24" s="22">
+        <v>6173520</v>
+      </c>
+      <c r="L24" s="149">
+        <v>18784758</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="26">
+        <v>2405598</v>
+      </c>
+      <c r="D25" s="26">
+        <v>415174</v>
+      </c>
+      <c r="E25" s="26">
+        <v>58403</v>
+      </c>
+      <c r="F25" s="26">
+        <v>0</v>
+      </c>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="26">
+        <v>145619</v>
+      </c>
+      <c r="I25" s="26">
+        <v>18975</v>
+      </c>
+      <c r="J25" s="26">
+        <v>0</v>
+      </c>
+      <c r="K25" s="22">
+        <v>3043769</v>
+      </c>
+      <c r="L25" s="149" t="s">
+        <v>68</v>
+      </c>
+      <c r="N25" s="18"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="26">
+        <v>3268879</v>
+      </c>
+      <c r="D26" s="26">
+        <v>2630726</v>
+      </c>
+      <c r="E26" s="26">
+        <v>500226</v>
+      </c>
+      <c r="F26" s="26">
+        <v>30180</v>
+      </c>
+      <c r="G26" s="26">
+        <v>0</v>
+      </c>
+      <c r="H26" s="26">
+        <v>23202</v>
+      </c>
+      <c r="I26" s="26">
+        <v>0</v>
+      </c>
+      <c r="J26" s="26">
+        <v>0</v>
+      </c>
+      <c r="K26" s="123">
+        <v>6453213</v>
+      </c>
+      <c r="L26" s="149" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="26">
+        <v>3047163</v>
+      </c>
+      <c r="D27" s="26">
+        <v>1231404</v>
+      </c>
+      <c r="E27" s="26">
+        <v>956376</v>
+      </c>
+      <c r="F27" s="26">
+        <v>0</v>
+      </c>
+      <c r="G27" s="26">
+        <v>157798</v>
+      </c>
+      <c r="H27" s="26">
+        <v>70076</v>
+      </c>
+      <c r="I27" s="26">
+        <v>0</v>
+      </c>
+      <c r="J27" s="26">
+        <v>0</v>
+      </c>
+      <c r="K27" s="123">
+        <v>5462817</v>
+      </c>
+      <c r="L27" s="149">
+        <v>14959799</v>
+      </c>
+      <c r="N27" s="18"/>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="G30" s="127"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="G31" s="127"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="G32" s="127"/>
+    </row>
+    <row r="40" spans="7:7" x14ac:dyDescent="0.3">
+      <c r="G40" s="127"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="G49" s="127"/>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A51" s="202" t="s">
         <v>79</v>
       </c>
-      <c r="H4" s="39" t="s">
-[...259 lines deleted...]
-      <c r="E10" s="127">
+      <c r="B51" s="202"/>
+      <c r="C51" s="202"/>
+      <c r="D51" s="202"/>
+      <c r="E51" s="202"/>
+      <c r="F51" s="202"/>
+      <c r="G51" s="202"/>
+      <c r="H51" s="202"/>
+      <c r="I51" s="202"/>
+      <c r="J51" s="202"/>
+      <c r="K51" s="202"/>
+      <c r="L51" s="202"/>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A52" s="203" t="s">
+        <v>302</v>
+      </c>
+      <c r="B52" s="203"/>
+      <c r="C52" s="203"/>
+      <c r="D52" s="203"/>
+      <c r="E52" s="203"/>
+      <c r="F52" s="203"/>
+      <c r="G52" s="203"/>
+      <c r="H52" s="203"/>
+      <c r="I52" s="203"/>
+      <c r="J52" s="203"/>
+      <c r="K52" s="203"/>
+      <c r="L52" s="203"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A53" s="127"/>
+      <c r="B53" s="127"/>
+      <c r="C53" s="127"/>
+      <c r="D53" s="127"/>
+      <c r="E53" s="127"/>
+      <c r="F53" s="127"/>
+      <c r="G53" s="127"/>
+      <c r="H53" s="127"/>
+      <c r="I53" s="127"/>
+      <c r="J53" s="127"/>
+      <c r="K53" s="127"/>
+      <c r="L53" s="127"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A54" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="F10" s="127">
-[...925 lines deleted...]
-      <c r="A64" s="13"/>
+      <c r="B54" s="132"/>
+      <c r="C54" s="132"/>
+      <c r="D54" s="127"/>
+      <c r="E54" s="127"/>
+      <c r="F54" s="127"/>
+      <c r="G54" s="127"/>
+      <c r="H54" s="127"/>
+      <c r="I54" s="127"/>
+      <c r="J54" s="127"/>
+      <c r="K54" s="127"/>
+      <c r="L54" s="127"/>
+    </row>
+    <row r="55" spans="1:12" ht="64.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="204" t="s">
+        <v>303</v>
+      </c>
+      <c r="B55" s="203"/>
+      <c r="C55" s="203"/>
+      <c r="D55" s="203"/>
+      <c r="E55" s="203"/>
+      <c r="F55" s="203"/>
+      <c r="G55" s="203"/>
+      <c r="H55" s="203"/>
+      <c r="I55" s="203"/>
+      <c r="J55" s="203"/>
+      <c r="K55" s="203"/>
+      <c r="L55" s="203"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A63" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A3:N3"/>
+  <mergeCells count="5">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A51:L51"/>
+    <mergeCell ref="A52:L52"/>
+    <mergeCell ref="A55:L55"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C3E1A88-7E60-410C-81BD-98C84086C0FC}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6F2CA761-E94A-4CF0-8A2B-F4FF35EF806B}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D418A268-E712-4D4F-AEB1-19C25E5616D3}">
-  <dimension ref="A1:M66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE47C3C9-9AC9-4896-B490-1959D4DC9438}">
+  <dimension ref="A1:Q64"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.109375" style="45" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.88671875" style="45"/>
+    <col min="1" max="2" width="13.5546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="18.44140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="33.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="27.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.77734375" style="17" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.5546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="20.21875" style="17" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="61" t="s">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="A4" s="36" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:16" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="200" t="s">
+        <v>323</v>
+      </c>
+      <c r="B2" s="200"/>
+      <c r="C2" s="200"/>
+      <c r="D2" s="200"/>
+      <c r="E2" s="200"/>
+      <c r="F2" s="200"/>
+      <c r="G2" s="200"/>
+      <c r="H2" s="200"/>
+      <c r="I2" s="200"/>
+      <c r="J2" s="200"/>
+      <c r="K2" s="200"/>
+      <c r="L2" s="200"/>
+      <c r="M2" s="200"/>
+      <c r="N2" s="200"/>
+    </row>
+    <row r="3" spans="1:16" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="201"/>
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+      <c r="G3" s="201"/>
+      <c r="H3" s="201"/>
+      <c r="I3" s="201"/>
+      <c r="J3" s="201"/>
+      <c r="K3" s="201"/>
+      <c r="L3" s="201"/>
+      <c r="M3" s="201"/>
+      <c r="N3" s="201"/>
+    </row>
+    <row r="4" spans="1:16" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="42" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="37" t="s">
+      <c r="C4" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" s="42" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" s="42" t="s">
         <v>56</v>
       </c>
-      <c r="C4" s="37" t="s">
+      <c r="F4" s="42" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" s="42" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="I4" s="42" t="s">
+        <v>61</v>
+      </c>
+      <c r="J4" s="42" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" s="42" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" s="42" t="s">
+        <v>78</v>
+      </c>
+      <c r="M4" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="N4" s="45" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="169">
+        <v>9</v>
+      </c>
+      <c r="D5" s="169">
+        <v>3</v>
+      </c>
+      <c r="E5" s="169">
+        <v>2</v>
+      </c>
+      <c r="F5" s="169">
+        <v>1</v>
+      </c>
+      <c r="G5" s="169">
+        <v>0</v>
+      </c>
+      <c r="H5" s="169">
+        <v>0</v>
+      </c>
+      <c r="I5" s="169">
+        <v>0</v>
+      </c>
+      <c r="J5" s="169">
+        <v>0</v>
+      </c>
+      <c r="K5" s="169">
+        <v>0</v>
+      </c>
+      <c r="L5" s="169">
+        <v>0</v>
+      </c>
+      <c r="M5" s="169">
+        <v>15</v>
+      </c>
+      <c r="N5" s="171" t="s">
         <v>68</v>
       </c>
-      <c r="D4" s="47" t="s">
+      <c r="P5" s="126"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A6" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="170">
+        <v>8</v>
+      </c>
+      <c r="D6" s="170">
+        <v>3</v>
+      </c>
+      <c r="E6" s="170">
+        <v>4</v>
+      </c>
+      <c r="F6" s="170">
+        <v>2</v>
+      </c>
+      <c r="G6" s="170">
+        <v>0</v>
+      </c>
+      <c r="H6" s="170">
+        <v>1</v>
+      </c>
+      <c r="I6" s="170">
+        <v>0</v>
+      </c>
+      <c r="J6" s="170">
+        <v>0</v>
+      </c>
+      <c r="K6" s="170">
+        <v>0</v>
+      </c>
+      <c r="L6" s="170">
+        <v>0</v>
+      </c>
+      <c r="M6" s="170">
+        <v>18</v>
+      </c>
+      <c r="N6" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" s="126"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="172">
+        <v>30</v>
+      </c>
+      <c r="D7" s="172">
+        <v>10</v>
+      </c>
+      <c r="E7" s="172">
+        <v>0</v>
+      </c>
+      <c r="F7" s="172">
+        <v>0</v>
+      </c>
+      <c r="G7" s="172">
+        <v>0</v>
+      </c>
+      <c r="H7" s="172">
+        <v>0</v>
+      </c>
+      <c r="I7" s="172">
+        <v>0</v>
+      </c>
+      <c r="J7" s="172">
+        <v>0</v>
+      </c>
+      <c r="K7" s="172">
+        <v>0</v>
+      </c>
+      <c r="L7" s="172">
+        <v>0</v>
+      </c>
+      <c r="M7" s="172">
+        <v>40</v>
+      </c>
+      <c r="N7" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" s="126"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A8" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B8" s="23" t="s">
         <v>70</v>
       </c>
-      <c r="E4" s="37" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="37" t="s">
+      <c r="C8" s="170">
+        <v>16</v>
+      </c>
+      <c r="D8" s="170">
+        <v>39</v>
+      </c>
+      <c r="E8" s="170">
+        <v>1</v>
+      </c>
+      <c r="F8" s="170">
+        <v>2</v>
+      </c>
+      <c r="G8" s="170">
+        <v>0</v>
+      </c>
+      <c r="H8" s="170">
+        <v>2</v>
+      </c>
+      <c r="I8" s="170">
+        <v>0</v>
+      </c>
+      <c r="J8" s="170">
+        <v>0</v>
+      </c>
+      <c r="K8" s="170">
+        <v>0</v>
+      </c>
+      <c r="L8" s="170">
+        <v>0</v>
+      </c>
+      <c r="M8" s="170">
+        <v>60</v>
+      </c>
+      <c r="N8" s="171">
+        <v>133</v>
+      </c>
+      <c r="P8" s="126"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A9" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B9" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="172">
+        <v>15</v>
+      </c>
+      <c r="D9" s="172">
+        <v>21</v>
+      </c>
+      <c r="E9" s="172">
+        <v>0</v>
+      </c>
+      <c r="F9" s="172">
+        <v>0</v>
+      </c>
+      <c r="G9" s="172">
+        <v>2</v>
+      </c>
+      <c r="H9" s="172">
+        <v>0</v>
+      </c>
+      <c r="I9" s="172">
+        <v>0</v>
+      </c>
+      <c r="J9" s="172">
+        <v>0</v>
+      </c>
+      <c r="K9" s="172">
+        <v>1</v>
+      </c>
+      <c r="L9" s="172">
+        <v>0</v>
+      </c>
+      <c r="M9" s="172">
+        <v>39</v>
+      </c>
+      <c r="N9" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" s="126"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A10" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="170">
+        <v>11</v>
+      </c>
+      <c r="D10" s="170">
+        <v>19</v>
+      </c>
+      <c r="E10" s="170">
+        <v>5</v>
+      </c>
+      <c r="F10" s="170">
+        <v>4</v>
+      </c>
+      <c r="G10" s="170">
+        <v>0</v>
+      </c>
+      <c r="H10" s="170">
+        <v>0</v>
+      </c>
+      <c r="I10" s="170">
+        <v>1</v>
+      </c>
+      <c r="J10" s="170">
+        <v>0</v>
+      </c>
+      <c r="K10" s="170">
+        <v>0</v>
+      </c>
+      <c r="L10" s="170">
+        <v>0</v>
+      </c>
+      <c r="M10" s="170">
+        <v>40</v>
+      </c>
+      <c r="N10" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" s="126"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A11" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B11" s="23" t="s">
         <v>69</v>
       </c>
-      <c r="G4" s="37" t="s">
+      <c r="C11" s="172">
+        <v>18</v>
+      </c>
+      <c r="D11" s="172">
+        <v>29</v>
+      </c>
+      <c r="E11" s="172">
+        <v>2</v>
+      </c>
+      <c r="F11" s="172">
+        <v>3</v>
+      </c>
+      <c r="G11" s="172">
+        <v>0</v>
+      </c>
+      <c r="H11" s="172">
+        <v>1</v>
+      </c>
+      <c r="I11" s="172">
+        <v>0</v>
+      </c>
+      <c r="J11" s="172">
+        <v>0</v>
+      </c>
+      <c r="K11" s="172">
+        <v>0</v>
+      </c>
+      <c r="L11" s="172">
+        <v>0</v>
+      </c>
+      <c r="M11" s="172">
+        <v>53</v>
+      </c>
+      <c r="N11" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P11" s="126"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A12" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="170">
+        <v>10</v>
+      </c>
+      <c r="D12" s="170">
+        <v>30</v>
+      </c>
+      <c r="E12" s="170">
+        <v>2</v>
+      </c>
+      <c r="F12" s="170">
+        <v>2</v>
+      </c>
+      <c r="G12" s="170">
+        <v>1</v>
+      </c>
+      <c r="H12" s="170">
+        <v>1</v>
+      </c>
+      <c r="I12" s="170">
+        <v>0</v>
+      </c>
+      <c r="J12" s="170">
+        <v>4</v>
+      </c>
+      <c r="K12" s="170">
+        <v>0</v>
+      </c>
+      <c r="L12" s="170">
+        <v>1</v>
+      </c>
+      <c r="M12" s="170">
+        <v>51</v>
+      </c>
+      <c r="N12" s="171">
+        <v>183</v>
+      </c>
+      <c r="P12" s="126"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="172">
+        <v>41</v>
+      </c>
+      <c r="D13" s="172">
+        <v>62</v>
+      </c>
+      <c r="E13" s="172">
+        <v>3</v>
+      </c>
+      <c r="F13" s="172">
+        <v>5</v>
+      </c>
+      <c r="G13" s="172">
+        <v>5</v>
+      </c>
+      <c r="H13" s="172">
+        <v>0</v>
+      </c>
+      <c r="I13" s="172">
+        <v>1</v>
+      </c>
+      <c r="J13" s="172">
+        <v>1</v>
+      </c>
+      <c r="K13" s="172">
+        <v>0</v>
+      </c>
+      <c r="L13" s="172">
+        <v>0</v>
+      </c>
+      <c r="M13" s="172">
+        <v>118</v>
+      </c>
+      <c r="N13" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P13" s="126"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A14" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="170">
+        <v>25</v>
+      </c>
+      <c r="D14" s="170">
+        <v>65</v>
+      </c>
+      <c r="E14" s="170">
+        <v>9</v>
+      </c>
+      <c r="F14" s="170">
+        <v>1</v>
+      </c>
+      <c r="G14" s="170">
+        <v>3</v>
+      </c>
+      <c r="H14" s="170">
+        <v>0</v>
+      </c>
+      <c r="I14" s="170">
+        <v>0</v>
+      </c>
+      <c r="J14" s="170">
+        <v>0</v>
+      </c>
+      <c r="K14" s="170">
+        <v>0</v>
+      </c>
+      <c r="L14" s="170">
+        <v>0</v>
+      </c>
+      <c r="M14" s="170">
+        <v>103</v>
+      </c>
+      <c r="N14" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P14" s="126"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A15" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="172">
+        <v>19</v>
+      </c>
+      <c r="D15" s="172">
+        <v>36</v>
+      </c>
+      <c r="E15" s="172">
+        <v>6</v>
+      </c>
+      <c r="F15" s="172">
+        <v>4</v>
+      </c>
+      <c r="G15" s="172">
+        <v>2</v>
+      </c>
+      <c r="H15" s="172">
+        <v>0</v>
+      </c>
+      <c r="I15" s="172">
+        <v>3</v>
+      </c>
+      <c r="J15" s="172">
+        <v>0</v>
+      </c>
+      <c r="K15" s="172">
+        <v>0</v>
+      </c>
+      <c r="L15" s="172">
+        <v>0</v>
+      </c>
+      <c r="M15" s="172">
+        <v>70</v>
+      </c>
+      <c r="N15" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P15" s="126"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="170">
+        <v>24</v>
+      </c>
+      <c r="D16" s="170">
+        <v>47</v>
+      </c>
+      <c r="E16" s="170">
+        <v>6</v>
+      </c>
+      <c r="F16" s="170">
+        <v>1</v>
+      </c>
+      <c r="G16" s="170">
+        <v>3</v>
+      </c>
+      <c r="H16" s="170">
+        <v>1</v>
+      </c>
+      <c r="I16" s="170">
+        <v>0</v>
+      </c>
+      <c r="J16" s="170">
+        <v>0</v>
+      </c>
+      <c r="K16" s="170">
+        <v>0</v>
+      </c>
+      <c r="L16" s="170">
+        <v>0</v>
+      </c>
+      <c r="M16" s="170">
+        <v>82</v>
+      </c>
+      <c r="N16" s="171">
+        <v>373</v>
+      </c>
+      <c r="P16" s="126"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="172">
+        <v>41</v>
+      </c>
+      <c r="D17" s="172">
+        <v>24</v>
+      </c>
+      <c r="E17" s="172">
+        <v>2</v>
+      </c>
+      <c r="F17" s="172">
+        <v>3</v>
+      </c>
+      <c r="G17" s="172">
+        <v>0</v>
+      </c>
+      <c r="H17" s="172">
+        <v>0</v>
+      </c>
+      <c r="I17" s="172">
+        <v>0</v>
+      </c>
+      <c r="J17" s="172">
+        <v>0</v>
+      </c>
+      <c r="K17" s="172">
+        <v>0</v>
+      </c>
+      <c r="L17" s="172">
+        <v>0</v>
+      </c>
+      <c r="M17" s="172">
+        <v>70</v>
+      </c>
+      <c r="N17" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P17" s="126"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="170">
+        <v>54</v>
+      </c>
+      <c r="D18" s="170">
+        <v>19</v>
+      </c>
+      <c r="E18" s="170">
+        <v>6</v>
+      </c>
+      <c r="F18" s="170">
+        <v>2</v>
+      </c>
+      <c r="G18" s="170">
+        <v>0</v>
+      </c>
+      <c r="H18" s="170">
+        <v>1</v>
+      </c>
+      <c r="I18" s="170">
+        <v>0</v>
+      </c>
+      <c r="J18" s="170">
+        <v>1</v>
+      </c>
+      <c r="K18" s="170">
+        <v>0</v>
+      </c>
+      <c r="L18" s="170">
+        <v>0</v>
+      </c>
+      <c r="M18" s="170">
+        <v>83</v>
+      </c>
+      <c r="N18" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P18" s="126"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="172">
+        <v>102</v>
+      </c>
+      <c r="D19" s="172">
+        <v>17</v>
+      </c>
+      <c r="E19" s="172">
+        <v>6</v>
+      </c>
+      <c r="F19" s="172">
+        <v>0</v>
+      </c>
+      <c r="G19" s="172">
+        <v>4</v>
+      </c>
+      <c r="H19" s="172">
+        <v>0</v>
+      </c>
+      <c r="I19" s="172">
+        <v>1</v>
+      </c>
+      <c r="J19" s="172">
+        <v>0</v>
+      </c>
+      <c r="K19" s="172">
+        <v>0</v>
+      </c>
+      <c r="L19" s="172">
+        <v>0</v>
+      </c>
+      <c r="M19" s="172">
+        <v>130</v>
+      </c>
+      <c r="N19" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P19" s="126"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="170">
+        <v>27</v>
+      </c>
+      <c r="D20" s="170">
+        <v>32</v>
+      </c>
+      <c r="E20" s="170">
+        <v>3</v>
+      </c>
+      <c r="F20" s="170">
+        <v>1</v>
+      </c>
+      <c r="G20" s="170">
+        <v>0</v>
+      </c>
+      <c r="H20" s="170">
+        <v>2</v>
+      </c>
+      <c r="I20" s="170">
+        <v>2</v>
+      </c>
+      <c r="J20" s="170">
+        <v>2</v>
+      </c>
+      <c r="K20" s="170">
+        <v>0</v>
+      </c>
+      <c r="L20" s="170">
+        <v>0</v>
+      </c>
+      <c r="M20" s="170">
+        <v>69</v>
+      </c>
+      <c r="N20" s="171">
+        <v>352</v>
+      </c>
+      <c r="P20" s="126"/>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="172">
+        <v>47</v>
+      </c>
+      <c r="D21" s="172">
+        <v>39</v>
+      </c>
+      <c r="E21" s="172">
+        <v>6</v>
+      </c>
+      <c r="F21" s="172">
+        <v>0</v>
+      </c>
+      <c r="G21" s="172">
+        <v>0</v>
+      </c>
+      <c r="H21" s="172">
+        <v>0</v>
+      </c>
+      <c r="I21" s="172">
+        <v>0</v>
+      </c>
+      <c r="J21" s="172">
+        <v>1</v>
+      </c>
+      <c r="K21" s="172">
+        <v>0</v>
+      </c>
+      <c r="L21" s="172">
+        <v>0</v>
+      </c>
+      <c r="M21" s="172">
+        <v>93</v>
+      </c>
+      <c r="N21" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P21" s="126"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="170">
+        <v>26</v>
+      </c>
+      <c r="D22" s="170">
+        <v>27</v>
+      </c>
+      <c r="E22" s="170">
+        <v>6</v>
+      </c>
+      <c r="F22" s="170">
+        <v>0</v>
+      </c>
+      <c r="G22" s="170">
+        <v>0</v>
+      </c>
+      <c r="H22" s="170">
+        <v>0</v>
+      </c>
+      <c r="I22" s="170">
+        <v>1</v>
+      </c>
+      <c r="J22" s="170">
+        <v>0</v>
+      </c>
+      <c r="K22" s="170">
+        <v>0</v>
+      </c>
+      <c r="L22" s="170">
+        <v>0</v>
+      </c>
+      <c r="M22" s="170">
         <v>60</v>
       </c>
-      <c r="H4" s="37" t="s">
-[...25 lines deleted...]
-      <c r="F5" s="50">
+      <c r="N22" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P22" s="126"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="172">
+        <v>77</v>
+      </c>
+      <c r="D23" s="172">
+        <v>93</v>
+      </c>
+      <c r="E23" s="172">
+        <v>9</v>
+      </c>
+      <c r="F23" s="172">
         <v>0</v>
       </c>
-      <c r="G5" s="50">
-[...2 lines deleted...]
-      <c r="H5" s="50">
+      <c r="G23" s="172">
+        <v>1</v>
+      </c>
+      <c r="H23" s="172">
         <v>0</v>
       </c>
-      <c r="I5" s="52">
-[...24 lines deleted...]
-      <c r="F6" s="50">
+      <c r="I23" s="172">
         <v>0</v>
       </c>
-      <c r="G6" s="50">
-[...2 lines deleted...]
-      <c r="H6" s="50">
+      <c r="J23" s="172">
         <v>0</v>
       </c>
-      <c r="I6" s="52">
-[...23 lines deleted...]
-      <c r="F7" s="50">
+      <c r="K23" s="172">
         <v>0</v>
       </c>
-      <c r="G7" s="50">
-[...2 lines deleted...]
-      <c r="H7" s="50">
+      <c r="L23" s="172">
         <v>0</v>
       </c>
-      <c r="I7" s="52">
-[...11 lines deleted...]
-      <c r="B8" s="49" t="s">
+      <c r="M23" s="172">
+        <v>180</v>
+      </c>
+      <c r="N23" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P23" s="126"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="170">
+        <v>20</v>
+      </c>
+      <c r="D24" s="170">
+        <v>55</v>
+      </c>
+      <c r="E24" s="170">
+        <v>5</v>
+      </c>
+      <c r="F24" s="170">
+        <v>0</v>
+      </c>
+      <c r="G24" s="170">
+        <v>2</v>
+      </c>
+      <c r="H24" s="170">
+        <v>6</v>
+      </c>
+      <c r="I24" s="170">
+        <v>0</v>
+      </c>
+      <c r="J24" s="170">
+        <v>2</v>
+      </c>
+      <c r="K24" s="170">
+        <v>0</v>
+      </c>
+      <c r="L24" s="170">
+        <v>0</v>
+      </c>
+      <c r="M24" s="170">
+        <v>90</v>
+      </c>
+      <c r="N24" s="173">
+        <v>423</v>
+      </c>
+      <c r="P24" s="126"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="53">
-[...14 lines deleted...]
-      <c r="H8" s="50">
+      <c r="C25" s="172">
+        <v>22</v>
+      </c>
+      <c r="D25" s="172">
+        <v>41</v>
+      </c>
+      <c r="E25" s="172">
+        <v>15</v>
+      </c>
+      <c r="F25" s="172">
         <v>0</v>
       </c>
-      <c r="I8" s="52">
-[...23 lines deleted...]
-      <c r="F9" s="50">
+      <c r="G25" s="174">
+        <v>1</v>
+      </c>
+      <c r="H25" s="174">
         <v>0</v>
       </c>
-      <c r="G9" s="50">
-[...2 lines deleted...]
-      <c r="H9" s="50">
+      <c r="I25" s="174">
+        <v>2</v>
+      </c>
+      <c r="J25" s="174">
+        <v>9</v>
+      </c>
+      <c r="K25" s="174">
         <v>0</v>
       </c>
-      <c r="I9" s="52">
-[...29 lines deleted...]
-      <c r="H10" s="50">
+      <c r="L25" s="174">
         <v>0</v>
       </c>
-      <c r="I10" s="52">
-[...29 lines deleted...]
-      <c r="H11" s="50">
+      <c r="M25" s="174">
+        <v>90</v>
+      </c>
+      <c r="N25" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P25" s="126"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="170">
+        <v>36</v>
+      </c>
+      <c r="D26" s="170">
+        <v>57</v>
+      </c>
+      <c r="E26" s="170">
+        <v>4</v>
+      </c>
+      <c r="F26" s="170">
+        <v>2</v>
+      </c>
+      <c r="G26" s="170">
         <v>0</v>
       </c>
-      <c r="I11" s="52">
-[...29 lines deleted...]
-      <c r="H12" s="50">
+      <c r="H26" s="170">
         <v>0</v>
       </c>
-      <c r="I12" s="52">
-[...23 lines deleted...]
-      <c r="F13" s="50">
+      <c r="I26" s="175">
         <v>0</v>
       </c>
-      <c r="G13" s="50">
-[...2 lines deleted...]
-      <c r="H13" s="50">
+      <c r="J26" s="170">
         <v>0</v>
       </c>
-      <c r="I13" s="52">
-[...23 lines deleted...]
-      <c r="F14" s="50">
+      <c r="K26" s="170">
         <v>0</v>
       </c>
-      <c r="G14" s="50">
-[...212 lines deleted...]
-      <c r="A21" s="48" t="s">
+      <c r="L26" s="170">
+        <v>0</v>
+      </c>
+      <c r="M26" s="170">
+        <v>99</v>
+      </c>
+      <c r="N26" s="171" t="s">
+        <v>68</v>
+      </c>
+      <c r="P26" s="126"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="172">
+        <v>60</v>
+      </c>
+      <c r="D27" s="172">
+        <v>86</v>
+      </c>
+      <c r="E27" s="172">
+        <v>0</v>
+      </c>
+      <c r="F27" s="172">
+        <v>0</v>
+      </c>
+      <c r="G27" s="174">
+        <v>4</v>
+      </c>
+      <c r="H27" s="174">
+        <v>0</v>
+      </c>
+      <c r="I27" s="174">
+        <v>0</v>
+      </c>
+      <c r="J27" s="174">
+        <v>0</v>
+      </c>
+      <c r="K27" s="174">
+        <v>0</v>
+      </c>
+      <c r="L27" s="174">
+        <v>0</v>
+      </c>
+      <c r="M27" s="174">
+        <v>150</v>
+      </c>
+      <c r="N27" s="171">
+        <v>339</v>
+      </c>
+      <c r="P27" s="126"/>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="H29" s="127"/>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="H30" s="127"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="H31" s="127"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="H32" s="127"/>
+    </row>
+    <row r="33" spans="8:8" x14ac:dyDescent="0.3">
+      <c r="H33" s="127"/>
+    </row>
+    <row r="35" spans="8:8" x14ac:dyDescent="0.3">
+      <c r="H35" s="126"/>
+    </row>
+    <row r="38" spans="8:8" x14ac:dyDescent="0.3">
+      <c r="H38" s="127"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A52" s="202" t="s">
         <v>91</v>
       </c>
-      <c r="B21" s="49" t="s">
-[...262 lines deleted...]
-    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="B52" s="202"/>
+      <c r="C52" s="202"/>
+      <c r="D52" s="202"/>
+      <c r="E52" s="202"/>
+      <c r="F52" s="202"/>
+      <c r="G52" s="202"/>
+      <c r="H52" s="202"/>
+      <c r="I52" s="202"/>
+      <c r="J52" s="202"/>
+      <c r="K52" s="202"/>
+      <c r="L52" s="202"/>
+      <c r="M52" s="202"/>
+      <c r="N52" s="202"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A53" s="203" t="s">
-        <v>67</v>
+        <v>306</v>
       </c>
       <c r="B53" s="203"/>
       <c r="C53" s="203"/>
       <c r="D53" s="203"/>
       <c r="E53" s="203"/>
       <c r="F53" s="203"/>
       <c r="G53" s="203"/>
       <c r="H53" s="203"/>
       <c r="I53" s="203"/>
       <c r="J53" s="203"/>
+      <c r="K53" s="203"/>
+      <c r="L53" s="203"/>
+      <c r="M53" s="203"/>
+      <c r="N53" s="203"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A54" s="127"/>
+      <c r="B54" s="127"/>
+      <c r="C54" s="127"/>
+      <c r="D54" s="127"/>
+      <c r="E54" s="127"/>
+      <c r="F54" s="127"/>
+      <c r="G54" s="127"/>
+      <c r="H54" s="127"/>
+      <c r="I54" s="127"/>
+      <c r="J54" s="127"/>
+      <c r="K54" s="127"/>
+      <c r="L54" s="127"/>
+      <c r="M54" s="127"/>
+      <c r="N54" s="127"/>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A55" s="131" t="s">
+        <v>5</v>
+      </c>
+      <c r="B55" s="132"/>
+      <c r="C55" s="132"/>
+      <c r="D55" s="127"/>
+      <c r="E55" s="127"/>
+      <c r="F55" s="127"/>
+      <c r="G55" s="127"/>
+      <c r="H55" s="127"/>
+      <c r="I55" s="127"/>
+      <c r="J55" s="127"/>
+      <c r="K55" s="127"/>
+      <c r="L55" s="127"/>
+      <c r="M55" s="127"/>
+      <c r="N55" s="127"/>
+    </row>
+    <row r="56" spans="1:15" s="129" customFormat="1" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="205" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="205"/>
+      <c r="C56" s="205"/>
+      <c r="D56" s="205"/>
+      <c r="E56" s="205"/>
+      <c r="F56" s="205"/>
+      <c r="G56" s="133"/>
+      <c r="H56" s="133"/>
+      <c r="I56" s="133"/>
+      <c r="J56" s="133"/>
+      <c r="K56" s="133"/>
+      <c r="L56" s="133"/>
+      <c r="M56" s="133"/>
+      <c r="N56" s="133"/>
+    </row>
+    <row r="57" spans="1:15" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="205" t="s">
+        <v>307</v>
+      </c>
+      <c r="B57" s="205"/>
+      <c r="C57" s="205"/>
+      <c r="D57" s="205"/>
+      <c r="E57" s="205"/>
+      <c r="F57" s="205"/>
+      <c r="G57" s="128"/>
+      <c r="H57" s="128"/>
+      <c r="I57" s="128"/>
+      <c r="J57" s="128"/>
+      <c r="K57" s="128"/>
+      <c r="L57" s="128"/>
+      <c r="M57" s="128"/>
+      <c r="N57" s="128"/>
+      <c r="O57" s="127"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A64" s="15"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A57:F57"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="M3:N3"/>
+    <mergeCell ref="A52:N52"/>
+    <mergeCell ref="A53:N53"/>
+    <mergeCell ref="A56:F56"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{42B76F20-A702-42D0-9186-533518349F30}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{908BCBE6-A441-4C88-8199-B49D5206F148}">
+  <dimension ref="A1:Q66"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="16.21875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="17.5546875" style="49" customWidth="1"/>
+    <col min="3" max="3" width="27.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.44140625" style="49" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17" style="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26" style="49" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.77734375" style="49" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.5546875" style="49" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="22.21875" style="49" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="37.44140625" style="49" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="49"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" s="62" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="65" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="210" t="s">
+        <v>308</v>
+      </c>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="210"/>
+      <c r="E2" s="210"/>
+      <c r="F2" s="210"/>
+      <c r="G2" s="210"/>
+      <c r="H2" s="210"/>
+      <c r="I2" s="210"/>
+      <c r="J2" s="210"/>
+    </row>
+    <row r="3" spans="1:13" s="50" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="211" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
+    </row>
+    <row r="4" spans="1:13" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="38" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="39" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" s="51" t="s">
+        <v>82</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" s="39" t="s">
+        <v>84</v>
+      </c>
+      <c r="G4" s="39" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" s="39" t="s">
+        <v>87</v>
+      </c>
+      <c r="J4" s="40" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="52">
+        <v>2020</v>
+      </c>
+      <c r="B5" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="55">
+        <v>2.7</v>
+      </c>
+      <c r="D5" s="55">
+        <v>0.5</v>
+      </c>
+      <c r="E5" s="54">
+        <v>2.5</v>
+      </c>
+      <c r="F5" s="54">
+        <v>0</v>
+      </c>
+      <c r="G5" s="54">
+        <v>0.5</v>
+      </c>
+      <c r="H5" s="54">
+        <v>0</v>
+      </c>
+      <c r="I5" s="56">
+        <v>6.3</v>
+      </c>
+      <c r="J5" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="L5" s="130"/>
+      <c r="M5" s="116"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A6" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="57">
+        <v>3.5</v>
+      </c>
+      <c r="D6" s="57">
+        <v>0.5</v>
+      </c>
+      <c r="E6" s="54">
+        <v>2.9</v>
+      </c>
+      <c r="F6" s="54">
+        <v>0</v>
+      </c>
+      <c r="G6" s="54">
+        <v>0.5</v>
+      </c>
+      <c r="H6" s="54">
+        <v>0</v>
+      </c>
+      <c r="I6" s="56">
+        <v>7.5</v>
+      </c>
+      <c r="J6" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" s="116"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A7" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="55">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D7" s="55">
+        <v>0.7</v>
+      </c>
+      <c r="E7" s="54">
+        <v>2.9</v>
+      </c>
+      <c r="F7" s="54">
+        <v>0</v>
+      </c>
+      <c r="G7" s="54">
+        <v>0.5</v>
+      </c>
+      <c r="H7" s="54">
+        <v>0</v>
+      </c>
+      <c r="I7" s="56">
+        <v>6.4</v>
+      </c>
+      <c r="J7" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" s="116"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A8" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="57">
+        <v>3.5</v>
+      </c>
+      <c r="D8" s="57">
+        <v>0.6</v>
+      </c>
+      <c r="E8" s="54">
+        <v>3.2</v>
+      </c>
+      <c r="F8" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="G8" s="54">
+        <v>0.5</v>
+      </c>
+      <c r="H8" s="54">
+        <v>0</v>
+      </c>
+      <c r="I8" s="56">
+        <v>7.9</v>
+      </c>
+      <c r="J8" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" s="116"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A9" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="55">
+        <v>3.3</v>
+      </c>
+      <c r="D9" s="55">
+        <v>0.6</v>
+      </c>
+      <c r="E9" s="54">
+        <v>3.4</v>
+      </c>
+      <c r="F9" s="54">
+        <v>0</v>
+      </c>
+      <c r="G9" s="54">
+        <v>0.5</v>
+      </c>
+      <c r="H9" s="54">
+        <v>0</v>
+      </c>
+      <c r="I9" s="56">
+        <v>7.8</v>
+      </c>
+      <c r="J9" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" s="116"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A10" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="57">
+        <v>4.5</v>
+      </c>
+      <c r="D10" s="57">
+        <v>0.8</v>
+      </c>
+      <c r="E10" s="54">
+        <v>3.6</v>
+      </c>
+      <c r="F10" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G10" s="54">
+        <v>0.6</v>
+      </c>
+      <c r="H10" s="54">
+        <v>0</v>
+      </c>
+      <c r="I10" s="56">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="J10" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" s="116"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A11" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="55">
+        <v>4.5</v>
+      </c>
+      <c r="D11" s="55">
+        <v>1.5</v>
+      </c>
+      <c r="E11" s="54">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="F11" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="G11" s="54">
+        <v>0.6</v>
+      </c>
+      <c r="H11" s="54">
+        <v>0</v>
+      </c>
+      <c r="I11" s="56">
+        <v>10.9</v>
+      </c>
+      <c r="J11" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M11" s="116"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A12" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="57">
+        <v>4.3</v>
+      </c>
+      <c r="D12" s="57">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E12" s="54">
+        <v>4.2</v>
+      </c>
+      <c r="F12" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="G12" s="54">
+        <v>0.6</v>
+      </c>
+      <c r="H12" s="54">
+        <v>0</v>
+      </c>
+      <c r="I12" s="56">
+        <v>11.5</v>
+      </c>
+      <c r="J12" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M12" s="116"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A13" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="55">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="D13" s="55">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E13" s="54">
+        <v>5</v>
+      </c>
+      <c r="F13" s="54">
+        <v>0</v>
+      </c>
+      <c r="G13" s="54">
+        <v>0.7</v>
+      </c>
+      <c r="H13" s="54">
+        <v>0</v>
+      </c>
+      <c r="I13" s="56">
+        <v>12.9</v>
+      </c>
+      <c r="J13" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M13" s="116"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A14" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="57">
+        <v>6.3</v>
+      </c>
+      <c r="D14" s="57">
+        <v>2.7</v>
+      </c>
+      <c r="E14" s="54">
+        <v>6.2</v>
+      </c>
+      <c r="F14" s="54">
+        <v>0</v>
+      </c>
+      <c r="G14" s="54">
+        <v>0.8</v>
+      </c>
+      <c r="H14" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="I14" s="56">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="J14" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M14" s="116"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A15" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="55">
+        <v>7.1</v>
+      </c>
+      <c r="D15" s="55">
+        <v>4.2</v>
+      </c>
+      <c r="E15" s="54">
+        <v>7</v>
+      </c>
+      <c r="F15" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="G15" s="54">
+        <v>0.8</v>
+      </c>
+      <c r="H15" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="I15" s="56">
+        <v>19.7</v>
+      </c>
+      <c r="J15" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M15" s="116"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A16" s="52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="57">
+        <v>7.6</v>
+      </c>
+      <c r="D16" s="57">
+        <v>5.4</v>
+      </c>
+      <c r="E16" s="54">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="F16" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G16" s="54">
+        <v>0.9</v>
+      </c>
+      <c r="H16" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="I16" s="56">
+        <v>22.7</v>
+      </c>
+      <c r="J16" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="M16" s="116"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="55">
+        <v>6.8</v>
+      </c>
+      <c r="D17" s="55">
+        <v>6.1</v>
+      </c>
+      <c r="E17" s="54">
+        <v>9.6</v>
+      </c>
+      <c r="F17" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G17" s="54">
+        <v>0.9</v>
+      </c>
+      <c r="H17" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="I17" s="56">
+        <v>23.8</v>
+      </c>
+      <c r="J17" s="56">
+        <v>0.2</v>
+      </c>
+      <c r="M17" s="116"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="57">
+        <v>7.6</v>
+      </c>
+      <c r="D18" s="57">
+        <v>7</v>
+      </c>
+      <c r="E18" s="54">
+        <v>11.6</v>
+      </c>
+      <c r="F18" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G18" s="54">
+        <v>1</v>
+      </c>
+      <c r="H18" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="I18" s="56">
+        <v>27.6</v>
+      </c>
+      <c r="J18" s="56">
+        <v>0.4</v>
+      </c>
+      <c r="M18" s="116"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="55">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="D19" s="55">
+        <v>6.8</v>
+      </c>
+      <c r="E19" s="54">
+        <v>15</v>
+      </c>
+      <c r="F19" s="54">
+        <v>1.6</v>
+      </c>
+      <c r="G19" s="54">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="H19" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="I19" s="56">
+        <v>33.5</v>
+      </c>
+      <c r="J19" s="56">
+        <v>1.2</v>
+      </c>
+      <c r="M19" s="116"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="57">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="D20" s="57">
+        <v>7.5</v>
+      </c>
+      <c r="E20" s="54">
+        <v>17.5</v>
+      </c>
+      <c r="F20" s="54">
+        <v>0.8</v>
+      </c>
+      <c r="G20" s="54">
+        <v>1.3</v>
+      </c>
+      <c r="H20" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="I20" s="56">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="J20" s="56">
+        <v>1.7</v>
+      </c>
+      <c r="M20" s="116"/>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="55">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="D21" s="55">
+        <v>7.9</v>
+      </c>
+      <c r="E21" s="54">
+        <v>18.8</v>
+      </c>
+      <c r="F21" s="54">
+        <v>0.8</v>
+      </c>
+      <c r="G21" s="54">
+        <v>1.4</v>
+      </c>
+      <c r="H21" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="I21" s="56">
+        <v>38.6</v>
+      </c>
+      <c r="J21" s="56">
+        <v>1.9</v>
+      </c>
+      <c r="M21" s="116"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="57">
+        <v>9</v>
+      </c>
+      <c r="D22" s="57">
+        <v>8</v>
+      </c>
+      <c r="E22" s="54">
+        <v>21.7</v>
+      </c>
+      <c r="F22" s="54">
+        <v>1</v>
+      </c>
+      <c r="G22" s="54">
+        <v>1.4</v>
+      </c>
+      <c r="H22" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="I22" s="56">
+        <v>41.3</v>
+      </c>
+      <c r="J22" s="56">
+        <v>2.6</v>
+      </c>
+      <c r="M22" s="116"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="55">
+        <v>8.1</v>
+      </c>
+      <c r="D23" s="55">
+        <v>7.5</v>
+      </c>
+      <c r="E23" s="54">
+        <v>25.9</v>
+      </c>
+      <c r="F23" s="54">
+        <v>1.5</v>
+      </c>
+      <c r="G23" s="54">
+        <v>1.6</v>
+      </c>
+      <c r="H23" s="54">
+        <v>0.4</v>
+      </c>
+      <c r="I23" s="56">
+        <v>45</v>
+      </c>
+      <c r="J23" s="56">
+        <v>3.6</v>
+      </c>
+      <c r="M23" s="116"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="57">
+        <v>8.5</v>
+      </c>
+      <c r="D24" s="57">
+        <v>10</v>
+      </c>
+      <c r="E24" s="54">
+        <v>28.5</v>
+      </c>
+      <c r="F24" s="54">
+        <v>0.8</v>
+      </c>
+      <c r="G24" s="54">
+        <v>1.7</v>
+      </c>
+      <c r="H24" s="54">
+        <v>0.4</v>
+      </c>
+      <c r="I24" s="56">
+        <v>49.9</v>
+      </c>
+      <c r="J24" s="56">
+        <v>3.9</v>
+      </c>
+      <c r="M24" s="116"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A25" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="55">
+        <v>8.4</v>
+      </c>
+      <c r="D25" s="55">
+        <v>8.1</v>
+      </c>
+      <c r="E25" s="54">
+        <v>26.1</v>
+      </c>
+      <c r="F25" s="54">
+        <v>1.3</v>
+      </c>
+      <c r="G25" s="54">
+        <v>1.8</v>
+      </c>
+      <c r="H25" s="54">
+        <v>0.4</v>
+      </c>
+      <c r="I25" s="56">
+        <v>46</v>
+      </c>
+      <c r="J25" s="56">
+        <v>4.2</v>
+      </c>
+      <c r="M25" s="116"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A26" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="57">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D26" s="57">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="E26" s="54">
+        <v>29.2</v>
+      </c>
+      <c r="F26" s="54">
+        <v>0.6</v>
+      </c>
+      <c r="G26" s="54">
+        <v>1.8</v>
+      </c>
+      <c r="H26" s="54">
+        <v>0.6</v>
+      </c>
+      <c r="I26" s="56">
+        <v>51.7</v>
+      </c>
+      <c r="J26" s="56">
+        <v>4.3</v>
+      </c>
+      <c r="M26" s="116"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A27" s="52">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="57">
+        <v>9.6</v>
+      </c>
+      <c r="D27" s="57">
+        <v>10.8</v>
+      </c>
+      <c r="E27" s="54">
+        <v>33</v>
+      </c>
+      <c r="F27" s="54">
+        <v>0.9</v>
+      </c>
+      <c r="G27" s="54">
+        <v>1.8</v>
+      </c>
+      <c r="H27" s="54">
+        <v>0.7</v>
+      </c>
+      <c r="I27" s="56">
+        <v>56.8</v>
+      </c>
+      <c r="J27" s="56">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M27" s="116"/>
+    </row>
+    <row r="28" spans="1:17" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="59"/>
+      <c r="C28" s="60">
+        <v>218</v>
+      </c>
+      <c r="D28" s="60">
+        <v>68</v>
+      </c>
+      <c r="E28" s="60">
+        <v>93</v>
+      </c>
+      <c r="F28" s="60">
+        <v>15</v>
+      </c>
+      <c r="G28" s="60">
+        <v>41</v>
+      </c>
+      <c r="H28" s="60">
+        <v>49</v>
+      </c>
+      <c r="I28" s="61" t="s">
+        <v>68</v>
+      </c>
+      <c r="J28" s="56" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="H31" s="127"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A53" s="212" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="212"/>
+      <c r="C53" s="212"/>
+      <c r="D53" s="212"/>
+      <c r="E53" s="212"/>
+      <c r="F53" s="212"/>
+      <c r="G53" s="212"/>
+      <c r="H53" s="212"/>
+      <c r="I53" s="212"/>
+      <c r="J53" s="212"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A54" s="204" t="s">
+      <c r="A54" s="213" t="s">
         <v>309</v>
       </c>
-      <c r="B54" s="204"/>
-[...7 lines deleted...]
-      <c r="J54" s="204"/>
+      <c r="B54" s="213"/>
+      <c r="C54" s="213"/>
+      <c r="D54" s="213"/>
+      <c r="E54" s="213"/>
+      <c r="F54" s="213"/>
+      <c r="G54" s="213"/>
+      <c r="H54" s="213"/>
+      <c r="I54" s="213"/>
+      <c r="J54" s="213"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A55" s="58"/>
-[...8 lines deleted...]
-      <c r="J55" s="58"/>
+      <c r="A55" s="62"/>
+      <c r="B55" s="62"/>
+      <c r="C55" s="62"/>
+      <c r="D55" s="62"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="62"/>
+      <c r="G55" s="62"/>
+      <c r="H55" s="62"/>
+      <c r="I55" s="62"/>
+      <c r="J55" s="62"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A56" s="203" t="s">
+      <c r="A56" s="212" t="s">
         <v>5</v>
       </c>
-      <c r="B56" s="203"/>
-[...7 lines deleted...]
-      <c r="J56" s="203"/>
+      <c r="B56" s="212"/>
+      <c r="C56" s="212"/>
+      <c r="D56" s="212"/>
+      <c r="E56" s="212"/>
+      <c r="F56" s="212"/>
+      <c r="G56" s="212"/>
+      <c r="H56" s="212"/>
+      <c r="I56" s="212"/>
+      <c r="J56" s="212"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A57" s="200" t="s">
-[...10 lines deleted...]
-      <c r="J57" s="200"/>
+      <c r="A57" s="209" t="s">
+        <v>92</v>
+      </c>
+      <c r="B57" s="209"/>
+      <c r="C57" s="209"/>
+      <c r="D57" s="209"/>
+      <c r="E57" s="209"/>
+      <c r="F57" s="209"/>
+      <c r="G57" s="209"/>
+      <c r="H57" s="209"/>
+      <c r="I57" s="209"/>
+      <c r="J57" s="209"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A58" s="200"/>
-[...8 lines deleted...]
-      <c r="J58" s="200"/>
+      <c r="A58" s="209"/>
+      <c r="B58" s="209"/>
+      <c r="C58" s="209"/>
+      <c r="D58" s="209"/>
+      <c r="E58" s="209"/>
+      <c r="F58" s="209"/>
+      <c r="G58" s="209"/>
+      <c r="H58" s="209"/>
+      <c r="I58" s="209"/>
+      <c r="J58" s="209"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A59" s="199" t="s">
-[...10 lines deleted...]
-      <c r="J59" s="199"/>
+      <c r="A59" s="208" t="s">
+        <v>93</v>
+      </c>
+      <c r="B59" s="208"/>
+      <c r="C59" s="208"/>
+      <c r="D59" s="208"/>
+      <c r="E59" s="208"/>
+      <c r="F59" s="208"/>
+      <c r="G59" s="208"/>
+      <c r="H59" s="208"/>
+      <c r="I59" s="208"/>
+      <c r="J59" s="208"/>
     </row>
     <row r="60" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J60" s="197"/>
+      <c r="A60" s="206" t="s">
+        <v>94</v>
+      </c>
+      <c r="B60" s="206"/>
+      <c r="C60" s="206"/>
+      <c r="D60" s="206"/>
+      <c r="E60" s="206"/>
+      <c r="F60" s="206"/>
+      <c r="G60" s="206"/>
+      <c r="H60" s="206"/>
+      <c r="I60" s="206"/>
+      <c r="J60" s="206"/>
     </row>
     <row r="61" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J61" s="197"/>
+      <c r="A61" s="206" t="s">
+        <v>95</v>
+      </c>
+      <c r="B61" s="206"/>
+      <c r="C61" s="206"/>
+      <c r="D61" s="206"/>
+      <c r="E61" s="206"/>
+      <c r="F61" s="206"/>
+      <c r="G61" s="206"/>
+      <c r="H61" s="206"/>
+      <c r="I61" s="206"/>
+      <c r="J61" s="206"/>
     </row>
     <row r="62" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J62" s="197"/>
+      <c r="A62" s="206" t="s">
+        <v>96</v>
+      </c>
+      <c r="B62" s="206"/>
+      <c r="C62" s="206"/>
+      <c r="D62" s="206"/>
+      <c r="E62" s="206"/>
+      <c r="F62" s="206"/>
+      <c r="G62" s="206"/>
+      <c r="H62" s="206"/>
+      <c r="I62" s="206"/>
+      <c r="J62" s="206"/>
     </row>
     <row r="63" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J63" s="197"/>
+      <c r="A63" s="206" t="s">
+        <v>97</v>
+      </c>
+      <c r="B63" s="206"/>
+      <c r="C63" s="206"/>
+      <c r="D63" s="206"/>
+      <c r="E63" s="206"/>
+      <c r="F63" s="206"/>
+      <c r="G63" s="206"/>
+      <c r="H63" s="206"/>
+      <c r="I63" s="206"/>
+      <c r="J63" s="206"/>
     </row>
     <row r="64" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J64" s="197"/>
+      <c r="A64" s="206" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="206"/>
+      <c r="C64" s="206"/>
+      <c r="D64" s="206"/>
+      <c r="E64" s="206"/>
+      <c r="F64" s="206"/>
+      <c r="G64" s="206"/>
+      <c r="H64" s="206"/>
+      <c r="I64" s="206"/>
+      <c r="J64" s="206"/>
     </row>
     <row r="65" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="197" t="s">
-[...10 lines deleted...]
-      <c r="J65" s="197"/>
+      <c r="A65" s="206" t="s">
+        <v>99</v>
+      </c>
+      <c r="B65" s="206"/>
+      <c r="C65" s="206"/>
+      <c r="D65" s="206"/>
+      <c r="E65" s="206"/>
+      <c r="F65" s="206"/>
+      <c r="G65" s="206"/>
+      <c r="H65" s="206"/>
+      <c r="I65" s="206"/>
+      <c r="J65" s="206"/>
     </row>
     <row r="66" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="198" t="s">
-[...10 lines deleted...]
-      <c r="J66" s="198"/>
+      <c r="A66" s="207" t="s">
+        <v>100</v>
+      </c>
+      <c r="B66" s="207"/>
+      <c r="C66" s="207"/>
+      <c r="D66" s="207"/>
+      <c r="E66" s="207"/>
+      <c r="F66" s="207"/>
+      <c r="G66" s="207"/>
+      <c r="H66" s="207"/>
+      <c r="I66" s="207"/>
+      <c r="J66" s="207"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A57:J58"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A53:J53"/>
     <mergeCell ref="A54:J54"/>
     <mergeCell ref="A56:J56"/>
     <mergeCell ref="A65:J65"/>
     <mergeCell ref="A66:J66"/>
     <mergeCell ref="A59:J59"/>
     <mergeCell ref="A60:J60"/>
     <mergeCell ref="A61:J61"/>
     <mergeCell ref="A62:J62"/>
     <mergeCell ref="A63:J63"/>
     <mergeCell ref="A64:J64"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{5336120A-6C72-483C-B7BE-4C797323A28D}"/>
-[...319 lines deleted...]
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{BB2CECE3-189B-48E4-98B6-679B9A3131BB}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{59ED849F-AF6C-4D0E-A882-65D42A566610}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC417C18-47EB-4D31-9AA8-DD96094A4CD2}">
-  <dimension ref="A1:I63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA35F20D-2CF4-43BC-B857-6B6838B28B6A}">
+  <dimension ref="A1:Q63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="1" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="37.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="14.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="32.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="35.5546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="12.44140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="64" t="s">
+    <row r="1" spans="1:7" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="23.4" x14ac:dyDescent="0.3">
-      <c r="A2" s="205" t="s">
-[...18 lines deleted...]
-      <c r="G3" s="192"/>
+      <c r="A2" s="216" t="s">
+        <v>310</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+    </row>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="217"/>
+      <c r="C3" s="217"/>
+      <c r="D3" s="217"/>
+      <c r="E3" s="217"/>
+      <c r="F3" s="217"/>
     </row>
     <row r="4" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="67" t="s">
+      <c r="A4" s="71" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="72" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="68" t="s">
-[...15 lines deleted...]
-        <v>204</v>
+      <c r="C4" s="39" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" s="39" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="G4" s="39" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="121" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="147">
+      <c r="A5" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="134">
         <v>80712</v>
       </c>
-      <c r="D5" s="147">
+      <c r="D5" s="134">
         <v>0</v>
       </c>
-      <c r="E5" s="147">
+      <c r="E5" s="134">
         <v>34131</v>
       </c>
-      <c r="F5" s="152">
+      <c r="F5" s="138">
         <v>114843</v>
       </c>
-      <c r="G5" s="149">
+      <c r="G5" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="135">
+        <v>70048</v>
+      </c>
+      <c r="D6" s="135">
+        <v>14343</v>
+      </c>
+      <c r="E6" s="135">
+        <v>121628</v>
+      </c>
+      <c r="F6" s="138">
+        <v>206019</v>
+      </c>
+      <c r="G6" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="134">
+        <v>183220</v>
+      </c>
+      <c r="D7" s="134">
+        <v>0</v>
+      </c>
+      <c r="E7" s="134">
+        <v>32800</v>
+      </c>
+      <c r="F7" s="138">
+        <v>216020</v>
+      </c>
+      <c r="G7" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="176" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" s="135">
+        <v>158832</v>
+      </c>
+      <c r="D8" s="135">
+        <v>65668</v>
+      </c>
+      <c r="E8" s="135">
+        <v>79575</v>
+      </c>
+      <c r="F8" s="138">
+        <v>304075</v>
+      </c>
+      <c r="G8" s="136">
         <v>840957</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-[...32 lines deleted...]
-      <c r="D7" s="147">
+    <row r="9" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" s="134">
+        <v>162555</v>
+      </c>
+      <c r="D9" s="134">
         <v>0</v>
       </c>
-      <c r="E7" s="147">
-[...13 lines deleted...]
-      <c r="B8" s="122" t="s">
+      <c r="E9" s="134">
+        <v>11934</v>
+      </c>
+      <c r="F9" s="138">
+        <v>174489</v>
+      </c>
+      <c r="G9" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="135">
+        <v>199107</v>
+      </c>
+      <c r="D10" s="135">
+        <v>9973</v>
+      </c>
+      <c r="E10" s="135">
+        <v>17880</v>
+      </c>
+      <c r="F10" s="138">
+        <v>226960</v>
+      </c>
+      <c r="G10" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="134">
+        <v>132698</v>
+      </c>
+      <c r="D11" s="134">
+        <v>50446</v>
+      </c>
+      <c r="E11" s="134">
+        <v>37214</v>
+      </c>
+      <c r="F11" s="138">
+        <v>220358</v>
+      </c>
+      <c r="G11" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="176" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="135">
+        <v>313712</v>
+      </c>
+      <c r="D12" s="135">
+        <v>3734</v>
+      </c>
+      <c r="E12" s="135">
+        <v>10915</v>
+      </c>
+      <c r="F12" s="138">
+        <v>328361</v>
+      </c>
+      <c r="G12" s="136">
+        <v>950168</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="178" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="177" t="s">
         <v>66</v>
       </c>
-      <c r="C8" s="148">
-[...25 lines deleted...]
-      <c r="D9" s="147">
+      <c r="C13" s="134">
+        <v>187877</v>
+      </c>
+      <c r="D13" s="134">
+        <v>85925</v>
+      </c>
+      <c r="E13" s="134">
+        <v>8976</v>
+      </c>
+      <c r="F13" s="138">
+        <v>282778</v>
+      </c>
+      <c r="G13" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="135">
+        <v>286903</v>
+      </c>
+      <c r="D14" s="135">
+        <v>117670</v>
+      </c>
+      <c r="E14" s="135">
+        <v>36804</v>
+      </c>
+      <c r="F14" s="138">
+        <v>441377</v>
+      </c>
+      <c r="G14" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="134">
+        <v>186231</v>
+      </c>
+      <c r="D15" s="134">
+        <v>288987</v>
+      </c>
+      <c r="E15" s="134">
+        <v>1687</v>
+      </c>
+      <c r="F15" s="138">
+        <v>476905</v>
+      </c>
+      <c r="G15" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="176" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="135">
+        <v>204388</v>
+      </c>
+      <c r="D16" s="135">
+        <v>17240</v>
+      </c>
+      <c r="E16" s="135">
+        <v>56593</v>
+      </c>
+      <c r="F16" s="138">
+        <v>278221</v>
+      </c>
+      <c r="G16" s="136">
+        <v>1479281</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="134">
+        <v>200814</v>
+      </c>
+      <c r="D17" s="134">
         <v>0</v>
       </c>
-      <c r="E9" s="147">
-[...59 lines deleted...]
-      <c r="B12" s="122" t="s">
+      <c r="E17" s="134">
+        <v>11128</v>
+      </c>
+      <c r="F17" s="138">
+        <v>211942</v>
+      </c>
+      <c r="G17" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="135">
+        <v>328476</v>
+      </c>
+      <c r="D18" s="135">
+        <v>0</v>
+      </c>
+      <c r="E18" s="135">
+        <v>14488</v>
+      </c>
+      <c r="F18" s="138">
+        <v>342964</v>
+      </c>
+      <c r="G18" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="134">
+        <v>288627</v>
+      </c>
+      <c r="D19" s="134">
+        <v>55093</v>
+      </c>
+      <c r="E19" s="134">
+        <v>43043</v>
+      </c>
+      <c r="F19" s="138">
+        <v>386763</v>
+      </c>
+      <c r="G19" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="176" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="135">
+        <v>347152</v>
+      </c>
+      <c r="D20" s="135">
+        <v>421498</v>
+      </c>
+      <c r="E20" s="135">
+        <v>24463</v>
+      </c>
+      <c r="F20" s="138">
+        <v>793113</v>
+      </c>
+      <c r="G20" s="136">
+        <v>1734782</v>
+      </c>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="177" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="148">
-[...16 lines deleted...]
-      <c r="A13" s="123" t="s">
+      <c r="C21" s="134">
+        <v>193546</v>
+      </c>
+      <c r="D21" s="134">
+        <v>90000</v>
+      </c>
+      <c r="E21" s="134">
+        <v>5599</v>
+      </c>
+      <c r="F21" s="138">
+        <v>289145</v>
+      </c>
+      <c r="G21" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="135">
+        <v>266267</v>
+      </c>
+      <c r="D22" s="135">
+        <v>114804</v>
+      </c>
+      <c r="E22" s="135">
+        <v>34578</v>
+      </c>
+      <c r="F22" s="138">
+        <v>415649</v>
+      </c>
+      <c r="G22" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" s="177" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="134">
+        <v>251453</v>
+      </c>
+      <c r="D23" s="134">
+        <v>29000</v>
+      </c>
+      <c r="E23" s="134">
+        <v>15248</v>
+      </c>
+      <c r="F23" s="138">
+        <v>295701</v>
+      </c>
+      <c r="G23" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="176" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="177" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="135">
+        <v>311283</v>
+      </c>
+      <c r="D24" s="135">
+        <v>0</v>
+      </c>
+      <c r="E24" s="135">
+        <v>15589</v>
+      </c>
+      <c r="F24" s="138">
+        <v>326872</v>
+      </c>
+      <c r="G24" s="136">
+        <v>1327367</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="176" t="s">
         <v>89</v>
       </c>
-      <c r="B13" s="122" t="s">
-[...19 lines deleted...]
-      <c r="A14" s="121" t="s">
+      <c r="B25" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="134">
+        <v>154731</v>
+      </c>
+      <c r="D25" s="134">
+        <v>6335</v>
+      </c>
+      <c r="E25" s="134">
+        <v>15126</v>
+      </c>
+      <c r="F25" s="138">
+        <v>176192</v>
+      </c>
+      <c r="G25" s="136" t="s">
+        <v>68</v>
+      </c>
+      <c r="I25" s="67"/>
+    </row>
+    <row r="26" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="176" t="s">
         <v>89</v>
       </c>
-      <c r="B14" s="122" t="s">
-[...19 lines deleted...]
-      <c r="A15" s="121" t="s">
+      <c r="B26" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="135">
+        <v>403148</v>
+      </c>
+      <c r="D26" s="135">
+        <v>102063</v>
+      </c>
+      <c r="E26" s="135">
+        <v>2246</v>
+      </c>
+      <c r="F26" s="138">
+        <v>507457</v>
+      </c>
+      <c r="G26" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="179" t="s">
         <v>89</v>
       </c>
-      <c r="B15" s="122" t="s">
-[...244 lines deleted...]
-      <c r="G25" s="150">
+      <c r="B27" s="180" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="134">
+        <v>157491</v>
+      </c>
+      <c r="D27" s="134">
+        <v>100</v>
+      </c>
+      <c r="E27" s="134">
+        <v>6468</v>
+      </c>
+      <c r="F27" s="139">
+        <v>164059</v>
+      </c>
+      <c r="G27" s="136">
         <v>847708</v>
       </c>
-      <c r="I25" s="63"/>
-[...61 lines deleted...]
-      <c r="F54" s="208"/>
+    </row>
+    <row r="30" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F30" s="127"/>
+    </row>
+    <row r="54" spans="1:6" s="70" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="218" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="218"/>
+      <c r="C54" s="218"/>
+      <c r="D54" s="218"/>
+      <c r="E54" s="218"/>
+      <c r="F54" s="218"/>
     </row>
     <row r="55" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A55" s="209" t="s">
-[...6 lines deleted...]
-      <c r="F55" s="209"/>
+      <c r="A55" s="219" t="s">
+        <v>311</v>
+      </c>
+      <c r="B55" s="219"/>
+      <c r="C55" s="219"/>
+      <c r="D55" s="219"/>
+      <c r="E55" s="219"/>
+      <c r="F55" s="219"/>
     </row>
     <row r="56" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A56" s="22"/>
-[...4 lines deleted...]
-      <c r="F56" s="22"/>
+      <c r="A56" s="24"/>
+      <c r="B56" s="24"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="24"/>
+      <c r="E56" s="24"/>
+      <c r="F56" s="24"/>
     </row>
     <row r="57" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A57" s="208" t="s">
+      <c r="A57" s="218" t="s">
         <v>5</v>
       </c>
-      <c r="B57" s="208"/>
-[...3 lines deleted...]
-      <c r="F57" s="208"/>
+      <c r="B57" s="218"/>
+      <c r="C57" s="218"/>
+      <c r="D57" s="218"/>
+      <c r="E57" s="218"/>
+      <c r="F57" s="218"/>
     </row>
     <row r="58" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="210" t="s">
-[...6 lines deleted...]
-      <c r="F58" s="210"/>
+      <c r="A58" s="220" t="s">
+        <v>111</v>
+      </c>
+      <c r="B58" s="220"/>
+      <c r="C58" s="220"/>
+      <c r="D58" s="220"/>
+      <c r="E58" s="220"/>
+      <c r="F58" s="220"/>
     </row>
     <row r="59" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A59" s="65"/>
-[...4 lines deleted...]
-      <c r="F59" s="65"/>
+      <c r="A59" s="69"/>
+      <c r="B59" s="69"/>
+      <c r="C59" s="69"/>
+      <c r="D59" s="69"/>
+      <c r="E59" s="69"/>
+      <c r="F59" s="69"/>
     </row>
     <row r="60" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A60" s="206" t="s">
-[...16 lines deleted...]
-      <c r="F61" s="207"/>
+      <c r="A60" s="214" t="s">
+        <v>93</v>
+      </c>
+      <c r="B60" s="214"/>
+      <c r="C60" s="214"/>
+      <c r="D60" s="214"/>
+      <c r="E60" s="214"/>
+      <c r="F60" s="214"/>
+    </row>
+    <row r="61" spans="1:6" ht="41.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="215" t="s">
+        <v>112</v>
+      </c>
+      <c r="B61" s="215"/>
+      <c r="C61" s="215"/>
+      <c r="D61" s="215"/>
+      <c r="E61" s="215"/>
+      <c r="F61" s="215"/>
     </row>
     <row r="62" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="207" t="s">
-[...6 lines deleted...]
-      <c r="F62" s="207"/>
+      <c r="A62" s="215" t="s">
+        <v>113</v>
+      </c>
+      <c r="B62" s="215"/>
+      <c r="C62" s="215"/>
+      <c r="D62" s="215"/>
+      <c r="E62" s="215"/>
+      <c r="F62" s="215"/>
     </row>
     <row r="63" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="207" t="s">
-[...6 lines deleted...]
-      <c r="F63" s="207"/>
+      <c r="A63" s="215" t="s">
+        <v>114</v>
+      </c>
+      <c r="B63" s="215"/>
+      <c r="C63" s="215"/>
+      <c r="D63" s="215"/>
+      <c r="E63" s="215"/>
+      <c r="F63" s="215"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A2:G2"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="A61:F61"/>
     <mergeCell ref="A62:F62"/>
     <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:F3"/>
     <mergeCell ref="A54:F54"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F58"/>
-    <mergeCell ref="A3:G3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1A1989C9-C3E0-4C9C-95C8-33588105CBC0}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{E40A6542-0CB5-4B16-B91F-21B5EA43C0B6}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
 OFFICIAL</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6446B0EB-80DF-4FFF-BCB8-38D97FD7BFAF}">
-  <dimension ref="A1:D60"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFE54ACB-9781-4CD2-A607-585CD01343C3}">
+  <dimension ref="A1:Q39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="6" width="27.21875" style="17" customWidth="1"/>
+    <col min="7" max="16384" width="8.77734375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="22" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="64" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
-    </row>
-[...378 lines deleted...]
-      <c r="A58" s="208" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="216" t="s">
+        <v>342</v>
+      </c>
+      <c r="B2" s="216"/>
+      <c r="C2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="216"/>
+      <c r="F2" s="216"/>
+    </row>
+    <row r="3" spans="1:6" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="201" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" s="217"/>
+      <c r="C3" s="217"/>
+      <c r="D3" s="217"/>
+      <c r="E3" s="217"/>
+      <c r="F3" s="217"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4"/>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4" s="127"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A5"/>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5" s="143"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6" s="143"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7"/>
+      <c r="B7"/>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7"/>
+      <c r="F7"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8"/>
+      <c r="B8"/>
+      <c r="C8"/>
+      <c r="D8"/>
+      <c r="E8"/>
+      <c r="F8"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9"/>
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9"/>
+      <c r="F9"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10"/>
+      <c r="B10"/>
+      <c r="C10"/>
+      <c r="D10"/>
+      <c r="E10"/>
+      <c r="F10"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11"/>
+      <c r="B11"/>
+      <c r="C11"/>
+      <c r="D11"/>
+      <c r="E11"/>
+      <c r="F11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12"/>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13"/>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14"/>
+      <c r="B14"/>
+      <c r="C14"/>
+      <c r="D14"/>
+      <c r="E14"/>
+      <c r="F14"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15"/>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16"/>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17"/>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18"/>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19"/>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20"/>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21"/>
+      <c r="B21"/>
+      <c r="C21"/>
+      <c r="D21"/>
+      <c r="E21"/>
+      <c r="F21"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A22"/>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
+      <c r="F22"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23"/>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23" s="143"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A24"/>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24"/>
+    </row>
+    <row r="27" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="221" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="221"/>
+      <c r="C27" s="221"/>
+      <c r="D27" s="221"/>
+      <c r="E27" s="221"/>
+      <c r="F27" s="221"/>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="222" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="222"/>
+      <c r="C28" s="222"/>
+      <c r="D28" s="222"/>
+      <c r="E28" s="222"/>
+      <c r="F28" s="222"/>
+    </row>
+    <row r="30" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="47" t="s">
         <v>5</v>
       </c>
-      <c r="B58" s="208"/>
-[...15 lines deleted...]
-      <c r="D60" s="65"/>
+      <c r="B30" s="19"/>
+      <c r="C30" s="19"/>
+    </row>
+    <row r="31" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="223" t="s">
+        <v>315</v>
+      </c>
+      <c r="B31" s="223"/>
+      <c r="C31" s="223"/>
+      <c r="D31" s="223"/>
+      <c r="E31" s="223"/>
+      <c r="F31" s="223"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A32" s="223"/>
+      <c r="B32" s="223"/>
+      <c r="C32" s="223"/>
+      <c r="D32" s="223"/>
+      <c r="E32" s="223"/>
+      <c r="F32" s="223"/>
+    </row>
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A39" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A58:D58"/>
+  <mergeCells count="5">
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A27:F27"/>
+    <mergeCell ref="A28:F28"/>
+    <mergeCell ref="A31:F32"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{EEBC4D0E-E42C-40CA-AD15-2AC435CA570D}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1ABE770D-A619-4684-AF01-FF9703775549}"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;14&amp;KFF0000OFFICIAL</oddHeader>
+    <oddFooter>&amp;C&amp;"-,Bold"&amp;14&amp;KFF0000
+OFFICIAL</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
-  <tableParts count="1">
-[...1 lines deleted...]
-  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="31" baseType="lpstr">
       <vt:lpstr>Disclaimer</vt:lpstr>
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>Version history</vt:lpstr>
       <vt:lpstr>Figure 1.1</vt:lpstr>
       <vt:lpstr>Figure 1.2</vt:lpstr>
       <vt:lpstr>Figure 1.3</vt:lpstr>
       <vt:lpstr>Figure 1.4</vt:lpstr>
       <vt:lpstr>Figure 1.5</vt:lpstr>
       <vt:lpstr>Figure 1.6</vt:lpstr>
       <vt:lpstr>Figure 1.7</vt:lpstr>
+      <vt:lpstr>Figure 1.8</vt:lpstr>
       <vt:lpstr>Figure 2.1</vt:lpstr>
       <vt:lpstr>Figure 2.2</vt:lpstr>
       <vt:lpstr>Figure 2.3</vt:lpstr>
       <vt:lpstr>Figure 2.4</vt:lpstr>
       <vt:lpstr>Figure 2.5</vt:lpstr>
       <vt:lpstr>Figure 2.6</vt:lpstr>
       <vt:lpstr>Figure 2.7</vt:lpstr>
       <vt:lpstr>Figure 3.1</vt:lpstr>
       <vt:lpstr>Figure 3.2</vt:lpstr>
       <vt:lpstr>Figure 3.3</vt:lpstr>
       <vt:lpstr>Figure 3.4</vt:lpstr>
       <vt:lpstr>Figure 3.5</vt:lpstr>
       <vt:lpstr>Figure 3.6</vt:lpstr>
       <vt:lpstr>Figure 3.7</vt:lpstr>
       <vt:lpstr>Figure 3.8</vt:lpstr>
       <vt:lpstr>Figure 3.9</vt:lpstr>
       <vt:lpstr>Figure 3.10</vt:lpstr>
       <vt:lpstr>Figure 3.11</vt:lpstr>
+      <vt:lpstr>Figure 3.12</vt:lpstr>
+      <vt:lpstr>Figure 3.13</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>