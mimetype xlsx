--- v0 (2026-01-21)
+++ v1 (2026-03-03)
@@ -14,511 +14,479 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/drawing30.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D20B25E2-E96F-497A-AE98-A3CE019E4065}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C46D7319-A4BA-4539-ADA3-F1592F8A5EC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" tabRatio="771" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" tabRatio="624" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="2" r:id="rId1"/>
     <sheet name="Contents" sheetId="3" r:id="rId2"/>
     <sheet name="Version history" sheetId="4" r:id="rId3"/>
-    <sheet name="Figure 1.1" sheetId="11" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet name="Figure 1.4" sheetId="46" r:id="rId7"/>
+    <sheet name="Figure 1.1" sheetId="30" r:id="rId4"/>
+    <sheet name="Figure 1.2" sheetId="11" r:id="rId5"/>
+    <sheet name="Figure 1.3" sheetId="10" r:id="rId6"/>
+    <sheet name="Figure 1.4" sheetId="50" r:id="rId7"/>
     <sheet name="Figure 1.5" sheetId="31" r:id="rId8"/>
-    <sheet name="Figure 1.6" sheetId="32" r:id="rId9"/>
-[...19 lines deleted...]
-    <sheet name="Figure 3.13" sheetId="45" r:id="rId29"/>
+    <sheet name="Figure 1.6" sheetId="8" r:id="rId9"/>
+    <sheet name="Figure 1.7" sheetId="54" r:id="rId10"/>
+    <sheet name="Figure 1.8" sheetId="46" r:id="rId11"/>
+    <sheet name="Figure 2.1" sheetId="14" r:id="rId12"/>
+    <sheet name="Figure 2.2" sheetId="15" r:id="rId13"/>
+    <sheet name="Figure 2.3" sheetId="16" r:id="rId14"/>
+    <sheet name="Figure 2.4" sheetId="17" r:id="rId15"/>
+    <sheet name="Figure 2.5" sheetId="19" r:id="rId16"/>
+    <sheet name="Figure 2.6" sheetId="18" r:id="rId17"/>
+    <sheet name="Figure 3.1" sheetId="33" r:id="rId18"/>
+    <sheet name="Figure 3.2" sheetId="34" r:id="rId19"/>
+    <sheet name="Figure 3.3" sheetId="48" r:id="rId20"/>
+    <sheet name="Figure 3.4" sheetId="49" r:id="rId21"/>
+    <sheet name="Figure 3.5" sheetId="51" r:id="rId22"/>
+    <sheet name="Figure 3.6" sheetId="37" r:id="rId23"/>
+    <sheet name="Figure 3.7" sheetId="38" r:id="rId24"/>
+    <sheet name="Figure 3.8" sheetId="39" r:id="rId25"/>
+    <sheet name="Figure 3.9" sheetId="42" r:id="rId26"/>
+    <sheet name="Figure 3.10" sheetId="41" r:id="rId27"/>
+    <sheet name="Figure 3.11" sheetId="40" r:id="rId28"/>
+    <sheet name="Figure 3.12" sheetId="43" r:id="rId29"/>
+    <sheet name="Figure 3.13" sheetId="44" r:id="rId30"/>
+    <sheet name="Figure 3.14" sheetId="45" r:id="rId31"/>
+    <sheet name="Figure 4.1" sheetId="53" r:id="rId32"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2902" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3180" uniqueCount="420">
   <si>
-    <t>Quarterly Carbon Market Report - Q4 2025 data release workbook</t>
+    <t>Quarterly Carbon Market Report - December quarter 2025 workbook</t>
   </si>
   <si>
-    <t>Note: these figures will be included in the published Quarterly Carbon Market Report - Q4 2025</t>
+    <t>Note: these figures are also included in the published Quarterly Carbon Market Report - December quarter 2025</t>
   </si>
   <si>
     <t>A description/explanation of acronyms can be found in the Clean Energy Regulator glossary.</t>
   </si>
   <si>
     <t xml:space="preserve">This workbook contains the following figures and corresponding data: </t>
   </si>
   <si>
     <t>Figure number</t>
   </si>
   <si>
     <t>Figure title</t>
   </si>
   <si>
     <t>Australian environmental markets</t>
   </si>
   <si>
     <t>Figure 1.1</t>
   </si>
   <si>
-    <t>Australian carbon credit units (ACCUs) issued by method type</t>
+    <t>Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Figure 1.2</t>
   </si>
   <si>
-    <t>Registered Australian Carbon Credit Unit (ACCU) Scheme projects by method type</t>
+    <t>Australian carbon credit units (ACCUs) issued by method type</t>
   </si>
   <si>
     <t>Figure 1.3</t>
   </si>
   <si>
-    <t>Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
+    <t>Registered Australian Carbon Credit Unit (ACCU) Scheme projects by method type</t>
   </si>
   <si>
     <t>Figure 1.4</t>
   </si>
   <si>
-    <t>Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
+    <t>Estimated Australian carbon credit unit (ACCU) issuances (in millions) in 2026</t>
   </si>
   <si>
     <t>Figure 1.5</t>
   </si>
   <si>
     <t>Australian carbon credit unit (ACCU) non-safeguard cancellations</t>
   </si>
   <si>
     <t>Figure 1.6</t>
   </si>
   <si>
-    <t>Australian carbon credit unit (ACCU) safeguard surrenders</t>
+    <t>Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit unit (SMC) volume weighted average spot price</t>
   </si>
   <si>
     <t>Figure 1.7</t>
   </si>
   <si>
-    <t>Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit unit (SMC) volume weighted average spot price</t>
+    <t>Australian carbon credit unit (ACCU) safeguard surrenders</t>
+  </si>
+  <si>
+    <t>Figure 1.8</t>
+  </si>
+  <si>
+    <t>Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Large-scale renewable electricity</t>
   </si>
   <si>
     <t>Figure 2.1</t>
   </si>
   <si>
     <t>Large-scale generation certificates (LGCs) validated by technology type</t>
   </si>
   <si>
     <t>Figure 2.2</t>
   </si>
   <si>
     <t>Large-scale generation certificate (LGC) reported spot and forward prices</t>
   </si>
   <si>
     <t>Figure 2.3</t>
   </si>
   <si>
     <t>Approved large-scale wind and solar capacity in gigawatts (GW)</t>
   </si>
   <si>
     <t>Figure 2.4</t>
   </si>
   <si>
     <t>Final investment decision capacity in gigawatts (GW) for large-scale renewable generation</t>
   </si>
   <si>
     <t>Figure 2.5</t>
   </si>
   <si>
-    <t>Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
+    <t>Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Figure 2.6</t>
   </si>
   <si>
-    <t>Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
+    <t>Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
   </si>
   <si>
     <t>Small-scale Renewable Energy Scheme</t>
   </si>
   <si>
     <t>Figure 3.1</t>
   </si>
   <si>
     <t>Small-scale cumulative validated battery capacity installed by state and territory in megawatt-hours (MWh)</t>
   </si>
   <si>
     <t>Figure 3.2</t>
   </si>
   <si>
     <t>Distribution of validated battery installations by size range for residential systems</t>
   </si>
   <si>
     <t>Figure 3.3</t>
   </si>
   <si>
     <t>Distribution of validated battery installations by size range for non-residential systems</t>
   </si>
   <si>
     <t>Figure 3.4</t>
   </si>
   <si>
     <t>Distribution of validated battery installations by installation type</t>
   </si>
   <si>
     <t>Figure 3.5</t>
   </si>
   <si>
-    <t>Weekly small-scale technology certificate (STC) supply and the required supply to meet the small-scale technology percentage (STP)</t>
+    <t>Total small-scale solar PV systems installed with and without a battery</t>
   </si>
   <si>
     <t>Figure 3.6</t>
   </si>
   <si>
-    <t>Small-scale technology certificate (STC) reported spot and clearing house prices</t>
+    <t>Weekly small-scale technology certificate (STC) supply and the required supply to meet the small-scale technology percentage (STP)</t>
   </si>
   <si>
     <t>Figure 3.7</t>
   </si>
   <si>
-    <t>Small-scale rooftop solar installations and installed capacity in megawatts (MW)</t>
+    <t>Small-scale technology certificate (STC) reported spot and clearing house prices</t>
   </si>
   <si>
     <t>Figure 3.8</t>
   </si>
   <si>
-    <t>Replacement small-scale rooftop solar as a proportion of total installations by state and territory</t>
+    <t>Small-scale rooftop solar installations and installed capacity in megawatts (MW)</t>
   </si>
   <si>
     <t>Figure 3.9</t>
   </si>
   <si>
-    <t>Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
+    <t>Small-scale rooftop solar capacity installed by system size band and average small-scale system size in kilowatts (kW)</t>
   </si>
   <si>
     <t>Figure 3.10</t>
   </si>
   <si>
-    <t>Small-scale rooftop solar capacity installed by system size band and average small-scale system size in kilowatts (kW)</t>
+    <t>Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
   </si>
   <si>
     <t>Figure 3.11</t>
   </si>
   <si>
-    <t>Small-scale rooftop solar installed capacity in megawatts (MW) by state and territory</t>
+    <t>Replacement small-scale rooftop solar as a proportion of total installations by state and territory</t>
   </si>
   <si>
     <t>Figure 3.12</t>
   </si>
   <si>
-    <t>Small-scale technology certificate (STC) supply</t>
+    <t>Small-scale rooftop solar installed capacity in megawatts (MW) by state and territory</t>
   </si>
   <si>
     <t>Figure 3.13</t>
   </si>
   <si>
+    <t>Small-scale technology certificate (STC) supply</t>
+  </si>
+  <si>
+    <t>Figure 3.14</t>
+  </si>
+  <si>
     <t>Small-scale technology certificate (STC) market transactions</t>
+  </si>
+  <si>
+    <t>Achieved and projected emissions reduction</t>
+  </si>
+  <si>
+    <t>Figure 4.1</t>
+  </si>
+  <si>
+    <t>Estimated emissions reduction from Clean Energy Regulator (CER) schemes</t>
   </si>
   <si>
     <t>Version history</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
     <t>Initial release</t>
   </si>
   <si>
+    <t>Final version</t>
+  </si>
+  <si>
     <t>Back to contents</t>
   </si>
   <si>
-    <t>Figure 1.1 Australian carbon credit units (ACCUs) issued by method type</t>
+    <t>Figure 1.1 Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Data as at 31/12/2025</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Quarter</t>
-  </si>
-[...88 lines deleted...]
-    <t>Figure 1.3 Australian carbon credit unit (ACCU) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>ACCU project proponent</t>
   </si>
   <si>
     <t>Intermediary</t>
   </si>
   <si>
     <t>Safeguard</t>
   </si>
   <si>
     <t>Safeguard related</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>Business</t>
   </si>
   <si>
     <t>Total holdings</t>
   </si>
   <si>
     <t>Cost containment measure</t>
   </si>
   <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Q2</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>Q4</t>
+  </si>
+  <si>
     <t>Number of accounts with &gt;0 ACCUs at the end of Q4 2025</t>
   </si>
   <si>
-    <t>About Figure 1.3</t>
+    <t>About Figure 1.1</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows ACCU holdings in Unit and Certificate Registry (UCR) accounts as of 31 December 2025 by market participation and the cost containment measure quarterly over time. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The small print </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Totals may not sum due to rounding. ACCU holdings data excludes ACCUs held in accounts controlled by the Australian Government for scheme administration purposes. Historical values may change retrospectively due to changes in the classification of UCR accounts as new information becomes available. UCR accounts are categorised based on their main activity, as some accounts may fulfill conditions for multiple categories.
+Holdings have not been categorised prior to 2019 as the categories cannot be mapped. </t>
   </si>
   <si>
     <t>Category definitions</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">ACCU project proponent
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>An account holder is connected to one or more ACCU Scheme projects. The connection to projects has been determined based on the available project information. Entities may have linkages to projects that have not been disclosed to the Clean Energy Regulator.</t>
@@ -637,90 +605,346 @@
         <scheme val="minor"/>
       </rPr>
       <t>Account holders do not have a direct link to ACCU Scheme projects. Account holders include participants that are accumulating for voluntary purposes.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Total holdings
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>For the ACCU scheme, total holdings in the Unit and Certificate Registry are the sum of ACCUs held in ACCU project proponent, safeguard, safeguard related, intermediary, government, and business accounts and exclude accounts controlled by the Clean Energy Regulator such as the cost containment measure.</t>
+      <t>For the ACCU Scheme, total holdings in the Unit and Certificate Registry are the sum of ACCUs held in ACCU project proponent, safeguard, safeguard related, intermediary, government, and business accounts and exclude accounts controlled by the Clean Energy Regulator such as the cost containment measure.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Cost containment measure
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ACCUs that have been delivered under Commonwealth carbon abatement contract milestones after 12 January 2023. These ACCUs will be available to eligible safeguard entities under the cost containment mechanism. This is not included in total holdings.</t>
     </r>
   </si>
   <si>
-    <t>Figure 1.4 Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
+    <t>Figure 1.2 Australian carbon credit units (ACCUs) issued by method type</t>
+  </si>
+  <si>
+    <t>Vegetation</t>
+  </si>
+  <si>
+    <t>Waste</t>
+  </si>
+  <si>
+    <t>Savanna fire management</t>
+  </si>
+  <si>
+    <t>Energy efficiency</t>
+  </si>
+  <si>
+    <t>Industrial fugitives</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>Carbon capture</t>
+  </si>
+  <si>
+    <t>Transport</t>
+  </si>
+  <si>
+    <t>Facilities</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Annual total</t>
+  </si>
+  <si>
+    <t>About Figure 1.2</t>
+  </si>
+  <si>
+    <t>This figure shows ACCUs issued by method type and the annual total over time. This includes ACCUs that have been relinquished.</t>
+  </si>
+  <si>
+    <t>ACCU issuance follows a seasonal pattern for certain method types, including industrial fugitive and savanna fire management.
+Other includes energy efficiency, industrial fugitives, agriculture, carbon capture, transport and facilities method types.</t>
+  </si>
+  <si>
+    <t>Figure 1.3 Registered Australian Carbon Credit Unit (ACCU) Scheme projects by method type</t>
+  </si>
+  <si>
+    <t>Agriculture - soil carbon</t>
+  </si>
+  <si>
+    <t>Agriculture - other</t>
+  </si>
+  <si>
+    <t>About Figure 1.3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows registered projects under the ACCU Scheme by method type and the annual total over time. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The 'agriculture' method type has been segregated into 'agriculture - soil carbon' and 'agriculture - other' to highlight growth in the soil carbon sector. The 'agriculture - soil carbon' method includes the ‘measurement of soil carbon sequestration in agricultural systems' method, the ‘sequestering carbon in soils in grazing systems’ method and the 'estimation of soil carbon sequestration using measurement and models' method. 
+Other includes energy efficiency, agriculture - other, savanna fire management, transport, industrial fugitives, facilities and carbon capture method types.
+Revoked projects are excluded. </t>
+  </si>
+  <si>
+    <t>For more detail on registered projects, refer to the project register on our website (https://cer.gov.au/markets/reports-and-data/accu-project-and-contract-register).</t>
+  </si>
+  <si>
+    <t>Figure 1.4 Estimated Australian carbon credit unit (ACCU) issuances (in millions) in 2026</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Bottom of 2026 expected ACCU issuance range</t>
+  </si>
+  <si>
+    <t>Top of 2026 expected ACCU issuance range</t>
+  </si>
+  <si>
+    <t>About Figure 1.4</t>
+  </si>
+  <si>
+    <t>This figure shows the range of expected ACCU issuances for 2026 by category. Expected issuances were calculated using data as at 31 December 2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Category details: </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>A) ACCUs from projects that have previously reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+This is an estimate based on factors such as the typical timing and volume of ACCUs per claim. This category factors in ACCUs from applications on hand at the start of 2026. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>B) ACCUs from projects reporting for the first time</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+This is an estimate based on factors such as the typical timing and volume of first issuance. This category is the main driver of uncertainty for the 2026 estimate.</t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 1.5 Australian carbon credit unit (ACCU) non-safeguard cancellations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Voluntary </t>
+  </si>
+  <si>
+    <t>Compliance</t>
+  </si>
+  <si>
+    <t>About Figure 1.5</t>
+  </si>
+  <si>
+    <t>This figure shows ACCU non-safeguard (voluntary, compliance and government) cancellations quarterly and the annual total over time.</t>
+  </si>
+  <si>
+    <t>ACCU cancellations exclude deliveries against Commonwealth carbon abatement contract milestones, surrenders for safeguard purposes, and transfers to the Commonwealth Regulatory Additionality Holding Account. This classification system is uniform across ACCU and large-scale generation certificate (LGC) cancellations.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Category definitions </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Voluntary
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made against voluntary certification programs and any sort of organisational emissions targets.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Compliance
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made by private organisations and corporations for compliance or obligations against municipal, local, state and territory government laws, approvals, or contracts. For example, cancellations to meet Environmental Protection Authority requirements.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Government </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Cancellations by or on behalf of government entities. For example to offset emissions from vehicle fleets or meet voluntary emissions reduction targets.</t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 1.6 Generic Australian carbon credit unit (ACCU) and Safeguard Mechanism credit unit (SMC) volume weighted average spot price</t>
+  </si>
+  <si>
+    <t>Data as at 13/02/2026</t>
+  </si>
+  <si>
+    <t>About Figure 1.6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This figure shows the volume weighted average of the generic ACCU and SMC spot prices over time. </t>
+  </si>
+  <si>
+    <t>The generic spot price refers to the daily volume weighted average price of spot trades for ACCUs with an unspecified method and spot trades for SMCs. Spot trade data is compiled from trades reported by Jarden and CORE markets, and may not be comprehensive. Prices are shown from 31 December 2020 to 13 February 2026. The last quarterly and data cut off reported daily volume weighted average spot prices for generic ACCUs and SMCs are labelled.</t>
+  </si>
+  <si>
+    <t>Figure 1.7 Australian carbon credit unit (ACCU) safeguard surrenders</t>
+  </si>
+  <si>
+    <t>Safeguard surrenders</t>
+  </si>
+  <si>
+    <t>About Figure 1.7</t>
+  </si>
+  <si>
+    <t>This figure shows ACCU safeguard surrenders by quarter and the annual total over time.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCU surrenders are made by safeguard entities to meet Safeguard Mechanism compliance. For more data on the Safeguard Mechanism, including Safeguard Mechanism credit unit issuance and surrenders, refer to safeguard data on our website (https://cer.gov.au/markets/reports-and-data/safeguard-data).							</t>
+  </si>
+  <si>
+    <t>Figure 1.8 Safeguard Mechanism credit unit (SMC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Safeguard-related</t>
   </si>
   <si>
     <t>&lt;0.1</t>
   </si>
   <si>
     <t>Number of accounts with &gt;0 SMCs at end of Q4 2025</t>
   </si>
   <si>
-    <t>About Figure 1.4</t>
+    <t>About Figure 1.8</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows SMC holdings in Unit and Certificate Registry (UCR) accounts by market participation quarterly over time. </t>
   </si>
   <si>
     <t>Totals may not sum due to rounding. Historical values may change retrospectively. This is due to changes in the classification of UCR accounts as new information becomes available. UCR accounts are categorised based on their main activity, as some accounts may fulfill conditions for multiple categories.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Safeguard</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -777,372 +1001,159 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">ACCU project proponent
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>An account holder is connected to one or more ACCU Scheme projects. The connection to projects has been determined based on the available ACCU Scheme project information. Entities may have linkages to ACCU Scheme projects that have not been disclosed to the Clean Energy Regulator.</t>
     </r>
   </si>
   <si>
-    <t>Figure 1.5 Australian carbon credit unit (ACCU) non-safeguard cancellations</t>
-[...118 lines deleted...]
-  <si>
     <t>Figure 2.1 Large-scale generation certificates (LGCs) validated by technology type</t>
   </si>
   <si>
     <t>Wind</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Hydroelectricity</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>About Figure 2.1</t>
   </si>
   <si>
     <t>This figure shows the number of LGCs validated by technology type over time.</t>
   </si>
   <si>
     <t>Figure 2.2 Large-scale generation certificate (LGC) reported spot and forward prices</t>
   </si>
   <si>
     <t>About Figure 2.2</t>
   </si>
   <si>
     <t>This figure shows the daily closing LGC spot price and calendar year forward prices over time.</t>
   </si>
   <si>
-    <t>For example, Cal25 is the 2025 calendar year, where an agreement is made to buy/sell LGCs at a specified price in 2025. Pricing data is compiled from trades reported by CORE markets and may not be comprehensive. Prices are shown from 1 January 2020 to 31 December 2025.</t>
+    <t>For example, Cal25 is the 2025 calendar year, where an agreement is made to buy/sell LGCs at a specified price in 2025. Pricing data is compiled from trades reported by CORE markets and may not be comprehensive. Prices are shown from December 2019 to 13 February 2026.</t>
   </si>
   <si>
     <t>Figure 2.3 Approved large-scale wind and solar capacity in gigawatts (GW)</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>About Figure 2.3</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows the capacity of large-scale wind and solar power stations approved by the Clean Energy Regulator to generate large-scale generation certificates over time. </t>
-  </si>
-[...1 lines deleted...]
-    <t>Solar and wind hybrid projects are grouped under the wind category. Totals may not sum due to rounding. Data, including for earlier years, can be found on the Large-scale renewable energy data page (https://cer.gov.au/markets/reports-and-data/large-scale-renewable-energy-data) and the Historical large-scale renewable energy supply data page (https://cer.gov.au/markets/reports-and-data/large-scale-renewable-energy-data/historical-large-scale-renewable-energy-supply-data) on the CER's website</t>
   </si>
   <si>
     <t>Figure 2.4 Final investment decision capacity in gigawatts (GW) for large-scale renewable generation</t>
   </si>
   <si>
     <t>Capacity</t>
   </si>
   <si>
     <t>Four-quarter rolling average</t>
   </si>
   <si>
     <t>Four-quarter rolling sum</t>
   </si>
   <si>
     <t>Annual total capacity</t>
   </si>
   <si>
     <t>About Figure 2.4</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows the capacity and four quarter rolling average of large-scale renewable power stations to reach a final investment decision over time. </t>
   </si>
   <si>
     <t>The Clean Energy Regulator tracks public announcements. Data may be incomplete and may change retrospectively. Totals may not sum due to rounding.</t>
   </si>
   <si>
-    <t>Figure 2.5 Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
-[...89 lines deleted...]
-    <t>Figure 2.6 Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
+    <t>Figure 2.5 Large-scale generation certificate (LGC) holdings (in millions) by market participation</t>
   </si>
   <si>
     <t>Liable entity</t>
   </si>
   <si>
     <t>Power station</t>
   </si>
   <si>
     <t>Non-RET (voluntary)</t>
   </si>
   <si>
     <t>Non-RET (compliance)</t>
   </si>
   <si>
     <t>Non-RET (government)</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>About Figure 2.6</t>
+    <t>About Figure 2.5</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows LGC holdings in Renewable Energy Certificate (REC) Registry accounts by market participation category over time. </t>
   </si>
   <si>
     <t>Holdings are for registered LGCs as at the end of the quarter and exclude any pending transactions. Accounts are categorised according to their primary role or function based on transaction patterns and the name of the account. An account's category is subject to change. Totals may not sum due to rounding.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Liable entity
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1268,130 +1279,249 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Other
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Account holder does not fit into any of the other categories.</t>
     </r>
   </si>
   <si>
-    <t>Figure 3.1 Small-scale cumulative validated battery capacity installed by state and territory in megawatt-hours (MWh)</t>
+    <t>Figure 2.6 Non-Renewable Energy Target (non-RET) large-scale generation certificate (LGC) cancellations by demand source</t>
   </si>
   <si>
-    <t>Data as of 31/12/2025</t>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>About Figure 2.6</t>
+  </si>
+  <si>
+    <t>This figure shows non-RET LGC cancellations by demand source over time.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This classification system is uniform across Australian carbon credit unit (ACCU) and LGC cancellations. </t>
+  </si>
+  <si>
+    <t>Covered activities for each classification</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Voluntary demand
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made against voluntary certification programs such as Climate Active and any sort of organisational emissions or energy targets.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Government demand</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Cancellations by or on behalf of government entities. For example to offset emissions from vehicle fleets or meet voluntary emissions reduction targets.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Compliance demand
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cancellations made by private organisations and corporations for compliance or obligations against local or state and territory government laws, approvals, or contracts. For example to meet Environmental Protection Authority requirements.</t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 3.1 Small-scale cumulative validated battery capacity installed by state and territory in megawatt-hours (MWh)</t>
   </si>
   <si>
     <t>ACT</t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
     <t>NT</t>
   </si>
   <si>
     <t>QLD</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>TAS</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>About Figure 3.1</t>
   </si>
   <si>
-    <t>This figure shows the monthly cumulative installed capacity of validated small-scale battery installations per state following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+    <t>This figure shows the quarterly cumulative installed capacity of validated small-scale battery installations per state following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
   </si>
   <si>
     <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule. Totals may not sum due to rounding. </t>
   </si>
   <si>
-    <t>Category</t>
+    <t>Figure 3.2 Distribution of validated battery installations by size range in kilowatt hours (kWh) for residential systems</t>
   </si>
   <si>
     <t>Count of passed installations</t>
   </si>
   <si>
+    <t>0-5 kWh</t>
+  </si>
+  <si>
+    <t>5-10 kWh</t>
+  </si>
+  <si>
+    <t>10-15 kWh</t>
+  </si>
+  <si>
+    <t>15-20 kWh</t>
+  </si>
+  <si>
+    <t>20-25 kWh</t>
+  </si>
+  <si>
+    <t>25-30 kWh</t>
+  </si>
+  <si>
+    <t>30-35 kWh</t>
+  </si>
+  <si>
+    <t>35-40 kWh</t>
+  </si>
+  <si>
+    <t>40-45 kWh</t>
+  </si>
+  <si>
+    <t>45-50 kWh</t>
+  </si>
+  <si>
+    <t>50-100 kWh</t>
+  </si>
+  <si>
     <t>About Figure 3.2</t>
   </si>
   <si>
-    <t>This figure shows the distribution of validated small-scale battery installations at residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+    <t>This figure shows the distribution of validated small-scale battery installations from 1 July 2025 to 31 December 2025 at residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
   </si>
   <si>
-    <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule.
-Systems with capacities on the border between ranges are included in the higher range. For example, a 15 kWh system would be included in the 15-20 kWh range.</t>
+    <t>Figure 3.3 Distribution of validated battery installations by size range in kilowatt hours (kWh) for non-residential systems</t>
   </si>
   <si>
     <t>About Figure 3.3</t>
   </si>
   <si>
-    <t>This figure shows the distribution of validated small-scale battery installations at non-residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+    <t>This figure shows the distribution of validated small-scale battery installations from 1 July 2025 to 31 December 2025 at non-residential buildings across usable capacity in 5-kilowatt hour (kWh) ranges, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
   </si>
   <si>
     <t>Figure 3.4 Distribution of validated battery installations by installation type</t>
   </si>
   <si>
     <t>Retrofit installations</t>
   </si>
   <si>
     <t>Concurrent installation with new solar PV</t>
   </si>
   <si>
     <t>Concurrent installation with upgraded solar PV</t>
   </si>
   <si>
+    <t>Percentage of total installations</t>
+  </si>
+  <si>
     <t>About Figure 3.4</t>
   </si>
   <si>
-    <t>This figure shows the distribution of validated small-scale battery installations by installation type, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+    <t>This figure shows the distribution of validated small-scale battery installations from 1 July 2025 to 31 December 2025 by installation type, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
   </si>
   <si>
     <t xml:space="preserve"> A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Retrofit installation
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Battery installations that were installed after 30 June 2025 and that were installed more than 90 days after the associated solar PV installation.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -1410,99 +1540,129 @@
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Battery installations that have occurred either during the period 6 April 2025 - 30 June 2025, or that were installed within 90 days of the associated solar PV installation. The solar PV installation was a new installation for the address. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Concurrent installation with upgraded solar PV
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">Battery installations that have occurred either during the period 6 April 2025 - 30 June 2025, or that were installed within 90 days of the associated solar PV installation. The solar PV installation was a replacement, extension, or addition for an existing solar PV system at the address. </t>
     </r>
   </si>
   <si>
-    <t>Figure 3.5 Weekly small-scale technology certificate (STC) supply and the required supply to meet the small-scale technology percentage (STP)</t>
+    <t>Figure 3.5 Total small-scale solar PV systems installed with and without a battery</t>
+  </si>
+  <si>
+    <t>Installed with a battery</t>
+  </si>
+  <si>
+    <t>Installed without a battery</t>
+  </si>
+  <si>
+    <t>About Figure 3.5</t>
+  </si>
+  <si>
+    <t>This figure shows the distribution of small-scale solar system installations from 1 July 2025 to 31 December 2025 by whether or not they were installed alongside a battery, following the commencement of the Cheaper Home Batteries Scheme on 1 July 2025.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Installed with a battery
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Small-scale solar PV systems that were installed between 30 June 2025 and 31 December 2025 and that were installed with a battery.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Installed without a battery
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>Small-scale solar PV systems that were installed between 30 June 2025 and 31 December 2025 and that were installed without a battery.</t>
+    </r>
+  </si>
+  <si>
+    <t>Figure 3.6 Weekly small-scale technology certificate (STC) supply and the required supply to meet the small-scale technology percentage (STP)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Week</t>
   </si>
   <si>
     <t>Weekly STC supply</t>
   </si>
   <si>
     <t>Required weekly supply for STP</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1</t>
-[...10 lines deleted...]
-  <si>
     <t>Feb</t>
   </si>
   <si>
-    <t xml:space="preserve"> 5</t>
-[...10 lines deleted...]
-  <si>
     <t>Mar</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> 9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -1620,87 +1780,84 @@
   <si>
     <t>47</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>About Figure 3.5</t>
+    <t>About Figure 3.6</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows the weekly supply of STCs in 2025. It also shows the required weekly supply of STCs (501,923) to meet the 2025 STP. </t>
   </si>
   <si>
     <t>Required STC supply refers to the estimated number of STCs to be created (26.1 million) to meet the annual STP liability in 2025. Some weeks are spread across multiple months, the month label refers to the month as of the end of the week. Weeks 1 and 53 are significantly lower than other weeks in the year due to them being shorter as a result of the start and end of the year. Week 1 consists of 5 days from Wednesday 1 January to Sunday 5 January, Week 53 consists of 3 days from Monday 29 December to Wednesday 31 December.</t>
   </si>
   <si>
-    <t>Figure 3.6 Small-scale technology certificate (STC) reported spot and clearing house prices</t>
+    <t>Figure 3.7 Small-scale technology certificate (STC) reported spot and clearing house prices</t>
   </si>
   <si>
-    <t>About Figure 3.6</t>
+    <t>About Figure 3.7</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows the daily closing STC spot price over time. It also shows the STC clearing house price. </t>
   </si>
   <si>
-    <t>Pricing data is complied from trades reported by CORE markets and may not be comprehensive. Prices are shown from 1 January 2020 to 31 December 2025. The last spot price recorded for the quarter is labelled.</t>
+    <t>Pricing data is complied from trades reported by CORE markets and may not be comprehensive. Prices are shown from December 2019 to 13 February 2026. The last spot price recorded for the quarter is labelled.</t>
   </si>
   <si>
-    <t>More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website</t>
-[...5 lines deleted...]
-    <t>Figure 3.7 Small-scale rooftop solar installations and installed capacity in megawatts (MW)</t>
+    <t>Figure 3.8 Small-scale rooftop solar installations and installed capacity in megawatts (MW)</t>
   </si>
   <si>
     <t>Installations</t>
   </si>
   <si>
     <t>Installed capacity</t>
   </si>
   <si>
     <t>Annual total installations</t>
+  </si>
+  <si>
+    <t>Annual total installed capacity</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>&lt;1</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
@@ -1716,244 +1873,281 @@
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>About Figure 3.7</t>
-[...19 lines deleted...]
-  <si>
     <t>About Figure 3.8</t>
   </si>
   <si>
-    <t>This figure shows small-scale rooftop solar replacements as a proportion of total installations by state and territory over time.</t>
+    <t>This figure shows the installed capacity in megawatts (MW) and the number of small-scale rooftop solar installations over time.</t>
   </si>
   <si>
-    <t>Replacements represent small-scale rooftop solar systems categorised in the Renewable Energy Certificate (REC) Registry as replacements. The installation type data field was added to the REC Registry in late 2020, and was made mandatory from 28 January 2021. Data has not been lag-adjusted. Data is subject to change due to the 12 month creation rule.</t>
-[...25 lines deleted...]
-    <t>Figure 3.10 Small-scale rooftop solar capacity installed by system size band and average small-scale system size in kilowatts (kW)</t>
+    <t>Figure 3.9 Small-scale rooftop solar capacity installed by system size band and average small-scale system size in kilowatts (kW)</t>
   </si>
   <si>
     <t>0-5 kW</t>
   </si>
   <si>
     <t>5-10 kW</t>
   </si>
   <si>
     <t>10-15 kW</t>
   </si>
   <si>
     <t>15-40 kW</t>
   </si>
   <si>
     <t>40-100 kW</t>
   </si>
   <si>
-    <t>About Figure 3.10</t>
+    <t>Average system size (kW)</t>
+  </si>
+  <si>
+    <t>About Figure 3.9</t>
   </si>
   <si>
     <t xml:space="preserve">This figure shows the proportion of rooftop solar systems installed under the Small-scale Renewable Energy Scheme (SRES) by capacity band and the average size of rooftop solar systems installed under the SRES over time. </t>
   </si>
   <si>
     <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Capacity band data has not been lag-adjusted. Average system size data has been lag-adjusted. Data is subject to change. Totals may not sum to 100% due to rounding.</t>
   </si>
   <si>
-    <t>Figure 3.11 Small-scale rooftop solar installed capacity in megawatts (MW) by state and territory</t>
+    <t>Figure 3.10 Air source heat pump installations by state and territory and associated small-scale technology certificate (STC) validations</t>
+  </si>
+  <si>
+    <t>Queensland</t>
+  </si>
+  <si>
+    <t>Tasmania</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>STC validations</t>
+  </si>
+  <si>
+    <t>&lt;10</t>
+  </si>
+  <si>
+    <t>About Figure 3.10</t>
+  </si>
+  <si>
+    <t>This figure shows the number of air source heat pump (ASHP) installations under the Small-scale Renewable Energy Scheme (SRES) by state and territory over time. It also shows the number of STCs validated from these installations over time. Totals may not sum due to rounding applied to NT.</t>
+  </si>
+  <si>
+    <t>Where cell values are less than 10, data have been modified due to privacy considerations. In the figure these values appear as 10.
+There are no STC validations in 2010 as this was before the start of the Small-scale Renewable Energy Scheme.
+A 12 month creation period for registered persons to create small-scale technology certificates (STCs) applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations for the past 12 months have been lag-adjusted to account for the 12 month creation rule and are estimates only. STC validation data has been rounded to the nearest thousand. Data is subject to change. Non-lag adjusted figures are available through the Small-scale installation postcode data on the CER's website - https://cer.gov.au/markets/reports-and-data/small-scale-installation-postcode-data</t>
+  </si>
+  <si>
+    <t>Figure 3.11 Replacement small-scale rooftop solar as a proportion of total installations by state and territory</t>
+  </si>
+  <si>
+    <t>Australia</t>
   </si>
   <si>
     <t>About Figure 3.11</t>
   </si>
   <si>
-    <t xml:space="preserve">This figure shows the rooftop solar capacity installed under the Small-scale Renewable Energy Scheme (SRES) by state and territory over time. </t>
+    <t>This figure shows small-scale rooftop solar replacements as a proportion of total installations by state and territory over time.</t>
   </si>
   <si>
-    <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations for the past 12 months have been lag-adjusted to account for the 12 month creation rule and are estimates only. There may be small differences between the sum of lag-adjusted state and territory estimates and the national lag-adjusted estimate. Data is also subject to change and totals may not sum due to rounding. Non-lag adjusted figures are available through the Small-scale installation postcode data on the CER's website - https://cer.gov.au/markets/reports-and-data/small-scale-installation-postcode-data</t>
+    <t>Replacements represent small-scale rooftop solar systems categorised in the Renewable Energy Certificate (REC) Registry as replacements. The installation type data field was added to the REC Registry in late 2020, and was made mandatory from 28 January 2021. Data has not been lag-adjusted. Data is subject to change due to the 12 month creation rule.</t>
   </si>
   <si>
-    <t>Figure 3.12 Small-scale technology certificate (STC) supply</t>
+    <t>Figure 3.12 Small-scale rooftop solar installed capacity in megawatts (MW) by state and territory</t>
   </si>
   <si>
     <t>About Figure 3.12</t>
   </si>
   <si>
+    <t xml:space="preserve">This figure shows the rooftop solar capacity installed under the Small-scale Renewable Energy Scheme (SRES) by state and territory over time. </t>
+  </si>
+  <si>
+    <t>Figure 3.13 Small-scale technology certificate (STC) supply</t>
+  </si>
+  <si>
+    <t>STC supply</t>
+  </si>
+  <si>
+    <t>About Figure 3.13</t>
+  </si>
+  <si>
     <t>This figure shows STC supply over time. Data excludes STCs created under the Cheaper Home Batteries Program.</t>
   </si>
   <si>
-    <t>Figure 3.13 Small-scale technology certificate (STC) market transactions</t>
+    <t>Figure 3.14 Small-scale technology certificate (STC) market transactions</t>
   </si>
   <si>
     <t>STCs transacted</t>
   </si>
   <si>
     <t>Transactions</t>
   </si>
   <si>
     <t>Annual total STCs transacted</t>
   </si>
   <si>
-    <t>About Figure 3.13</t>
+    <t>About Figure 3.14</t>
   </si>
   <si>
     <t>This figure shows the volume of STCs transacted and the number of transactions, excluding STC clearing house transactions, over time. Data excludes STCs created under the Cheaper Home Batteries Program.</t>
   </si>
   <si>
-    <t>Figure 3.2 Distribution of validated battery installations by size range in kilowatt hours (kWh) for residential systems</t>
+    <t>Figure 4.1 Estimated emissions reduction from Clean Energy Regulator (CER) schemes</t>
   </si>
   <si>
-    <t>0-5</t>
+    <t>Large-scale Renewable Energy Target (LRET) carbon content (t CO2-e)</t>
   </si>
   <si>
-    <t>5-10</t>
+    <t>Small-scale Renewable Energy Scheme (SRES) carbon content (t CO2-e)</t>
   </si>
   <si>
-    <t>10-15</t>
+    <t>Australian Carbon Credit Unit (ACCU) Scheme carbon content (t CO2-e)</t>
   </si>
   <si>
-    <t>15-20</t>
+    <t>2026 (estimate)</t>
   </si>
   <si>
-    <t>20-25</t>
+    <t>About Figure 5.1</t>
   </si>
   <si>
-    <t>25-30</t>
+    <r>
+      <t>This figure shows the estimated emissions reduction from the 3 schemes administered by the CER in tonnes of carbon dioxide equivalence (t CO</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-e) over time.</t>
+    </r>
   </si>
   <si>
-    <t>30-35</t>
+    <t>The small print</t>
   </si>
   <si>
-    <t>35-40</t>
+    <t>Emissions intensities for each year is sourced from the Australian National Greenhouse Accounts Factors. Estimated generation used to calculate SRES carbon content is based on the installation year, with an adjustment for solar panels that have been replaced. The ACCU Scheme estimate is based on ACCUs issued in each calendar year. This may include abatement that has occurred in prior years due to the lagged nature of the claiming process.</t>
   </si>
   <si>
-    <t>40-45</t>
+    <t>Annual values may change over time due to updated generation, scheme information and revisions to the methodology. The 2026 estimates have been rounded to the nearest million.</t>
   </si>
   <si>
-    <t>45-50</t>
+    <t>ACCUs from projects that have previously reported</t>
   </si>
   <si>
-    <t>50-100</t>
+    <t>ACCUs from projects reporting for the first time</t>
   </si>
   <si>
-    <t>Figure 3.3 Distribution of validated battery installations by size range in kilowatt hours (kWh) for non-residential systems</t>
+    <t>Solar and wind hybrid projects are grouped under the wind category. Totals may not sum due to rounding. Data, including for earlier years, can be found on the Large-scale renewable energy data page (https://cer.gov.au/markets/reports-and-data/large-scale-renewable-energy-data) and the Historical large-scale renewable energy supply data page (https://cer.gov.au/markets/reports-and-data/large-scale-renewable-energy-data/historical-large-scale-renewable-energy-supply-data) on the CER's website.</t>
   </si>
   <si>
-    <t xml:space="preserve">Totals may not sum due to rounding. ACCU holdings data excludes ACCUs held in accounts controlled by the Australian Government for scheme administration purposes. Historical values may change retrospectively due to changes in the classification of UCR accounts as new information becomes available. UCR accounts are categorised based on their main activity, as some accounts may fulfill conditions for multiple categories.
-Holdings have not been categorised prior to 2019 as the categories cannot be mapped. </t>
+    <t>More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website.</t>
   </si>
   <si>
-    <t>Percentage of total installations</t>
+    <t>Small-scale rooftop solar systems must have a capacity of less than 100 kilowatts (kW). A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations and installed capacity in the past 12 months have been lag-adjusted to account for the 12 month creation rule and are estimates only. Data is subject to change and totals may not sum due to rounding. Non-lag adjusted figures are available through the Small-scale installation postcode data on the CER's website - https://cer.gov.au/markets/reports-and-data/small-scale-installation-postcode-data.</t>
   </si>
   <si>
-    <t>Annual total installed capacity</t>
+    <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data for installations for the past 12 months have been lag-adjusted to account for the 12 month creation rule and are estimates only. There may be small differences between the sum of lag-adjusted state and territory estimates and the national lag-adjusted estimate. Data is also subject to change and totals may not sum due to rounding. Non-lag adjusted figures are available through the Small-scale installation postcode data on the CER's website - https://cer.gov.au/markets/reports-and-data/small-scale-installation-postcode-data.</t>
   </si>
   <si>
-    <t>This figure shows the installed capacity in megawatts (MW) and the number of small-scale rooftop solar installations over time.</t>
-[...5 lines deleted...]
-    <t>Average system size (kW)</t>
+    <t>A 12 month creation period for registered persons to create small-scale technology certificates applies under the Renewable Energy (Electricity) Regulations (2001). Data is subject to change due to the 12 month creation rule.
+Systems with capacities on the border between ranges are included in the higher range. For example, a 15 kWh system would be included in the 15-20 kWh range.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="7">
+  <numFmts count="8">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
     <numFmt numFmtId="171" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
   </numFmts>
-  <fonts count="54" x14ac:knownFonts="1">
+  <fonts count="56" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2004,111 +2198,112 @@
     </font>
     <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
@@ -2116,197 +2311,194 @@
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <vertAlign val="subscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...19 lines deleted...]
-      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="15"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...27 lines deleted...]
-      <sz val="11"/>
+      <sz val="15"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="12.5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="15"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5D6D4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE8E9E7"/>
         <bgColor indexed="64"/>
@@ -2327,51 +2519,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE8E8E8"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5D6D4"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDADBD9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="35">
+  <borders count="39">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top style="thin">
         <color rgb="FFC0C2C4"/>
@@ -2725,1068 +2917,1228 @@
     <border>
       <left style="thin">
         <color theme="3" tint="0.59996337778862885"/>
       </left>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB5B7B3"/>
       </left>
       <right style="thin">
         <color rgb="FFB5B7B3"/>
       </right>
       <top style="thin">
         <color rgb="FFB5B7B3"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </left>
+      <right style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </right>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.249977111117893"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.249977111117893"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="3" tint="0.59996337778862885"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC0C2C4"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="2" tint="-9.9948118533890809E-2"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="345">
+  <cellStyleXfs count="347">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="44" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...248 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="267">
+  <cellXfs count="292">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="5"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="24" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyBorder="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="1" applyBorder="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyBorder="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFill="1">
+    <xf numFmtId="4" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="24" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="12" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="8"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="1" applyFill="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="36" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="37" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="9"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="24" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="2" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="12" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="12" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="24" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="0" xfId="7" applyFont="1"/>
+    <xf numFmtId="3" fontId="24" fillId="6" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="15" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="9" borderId="12" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="9" borderId="22" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="12" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="6" borderId="16" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="6" borderId="19" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="6" borderId="16" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="24" fillId="6" borderId="12" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="9" borderId="22" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="9" borderId="12" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="168" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="2" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="12" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="18" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="19" xfId="33" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="24" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="20" xfId="25" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="20" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="25" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="9" borderId="12" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="264" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="38" fillId="7" borderId="28" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="32" xfId="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="38" fillId="5" borderId="33" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="38" fillId="5" borderId="26" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="7" borderId="31" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="30" xfId="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="29" xfId="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="38" fillId="7" borderId="14" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="6" borderId="0" xfId="264" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="170" fontId="12" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="177"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="36" xfId="177" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="34" xfId="177" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="17" xfId="177" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="16" fillId="0" borderId="17" xfId="177" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="15" xfId="345" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="16" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="18" xfId="345" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="17" xfId="177" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" quotePrefix="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="35" xfId="177" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="21" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="6" borderId="16" xfId="35" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="6" borderId="19" xfId="35" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="6" borderId="23" xfId="35" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="6" borderId="16" xfId="346" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="6" borderId="17" xfId="346" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="9" borderId="2" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="27" fillId="8" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="38" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="177" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="177" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="177" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="177" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="14" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="0" xfId="177" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="177" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="177" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="6" borderId="0" xfId="264" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="6" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="12" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="12" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="171" fontId="12" fillId="0" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="39" fillId="5" borderId="26" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="5" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="2" borderId="26" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="2" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="5" borderId="33" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="5" borderId="27" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="9" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="9" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="37" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="23" fillId="3" borderId="16" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="3" fontId="23" fillId="3" borderId="16" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
-[...146 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="21" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...150 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="37" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...170 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="345">
+  <cellStyles count="347">
     <cellStyle name="Comma" xfId="6" builtinId="3"/>
     <cellStyle name="Comma 10" xfId="83" xr:uid="{591DA6BC-003C-4B86-B610-005B6CBA8F7D}"/>
     <cellStyle name="Comma 10 2" xfId="94" xr:uid="{5EC4FE2B-9DA0-4452-91CB-AD7197405546}"/>
     <cellStyle name="Comma 10 2 2" xfId="261" xr:uid="{F538A9FF-C9CC-480E-9537-E27C5F795ECF}"/>
     <cellStyle name="Comma 10 3" xfId="250" xr:uid="{DD336BD8-8954-4D9B-A036-32753725A832}"/>
     <cellStyle name="Comma 11" xfId="14" xr:uid="{29891F40-C769-4935-97FF-41B6384CF53B}"/>
     <cellStyle name="Comma 11 2" xfId="95" xr:uid="{436862EC-6BDC-4D0D-84EE-2D0D1CEEA105}"/>
     <cellStyle name="Comma 11 2 2" xfId="262" xr:uid="{309AB9F7-36FE-405E-AD4B-C027FB25B858}"/>
     <cellStyle name="Comma 11 3" xfId="184" xr:uid="{89CBEA58-36F0-4C76-8192-5FA56B338BC5}"/>
     <cellStyle name="Comma 12" xfId="89" xr:uid="{23AF2DAE-D757-4888-91EB-A5470971C26B}"/>
     <cellStyle name="Comma 12 2" xfId="96" xr:uid="{F6379145-57B6-41CE-8020-7AF6126AB6B3}"/>
     <cellStyle name="Comma 12 2 2" xfId="263" xr:uid="{6372A563-CE12-46DF-8669-E485BE5E4213}"/>
     <cellStyle name="Comma 12 3" xfId="256" xr:uid="{EF8AEDAE-F3DF-40D6-BB76-8FACC8FCADE6}"/>
     <cellStyle name="Comma 13" xfId="11" xr:uid="{E1B84551-3373-4F06-8E11-768BC4D74C1C}"/>
     <cellStyle name="Comma 13 2" xfId="97" xr:uid="{97F0CC63-4641-4876-8DBB-65A8E7BCC068}"/>
     <cellStyle name="Comma 13 2 2" xfId="264" xr:uid="{1A0B9313-A6A8-4B2C-9DCD-89C3E8F503F0}"/>
     <cellStyle name="Comma 13 3" xfId="181" xr:uid="{C1C93EA9-DCF9-4BD3-AAF3-51DBFC12BF61}"/>
     <cellStyle name="Comma 14" xfId="98" xr:uid="{D6202C24-99BF-4E86-A286-512EAC949F0E}"/>
     <cellStyle name="Comma 14 2" xfId="265" xr:uid="{122E7962-7A12-42AE-8BF5-AA05469354B0}"/>
     <cellStyle name="Comma 15" xfId="179" xr:uid="{889BFFD9-EF25-4894-ADF3-53DE365B05F9}"/>
     <cellStyle name="Comma 2" xfId="18" xr:uid="{A0BBFD81-5C4C-4B2C-9EAF-0BC1F95305D1}"/>
     <cellStyle name="Comma 2 2" xfId="29" xr:uid="{9485C649-7D5F-4E58-BD37-D8A958C5FE4F}"/>
     <cellStyle name="Comma 2 2 2" xfId="66" xr:uid="{09AE794D-EA0E-453C-8170-0D226C12B628}"/>
     <cellStyle name="Comma 2 2 2 2" xfId="99" xr:uid="{117534BC-32CD-44E3-BBE6-933F188FDCA8}"/>
     <cellStyle name="Comma 2 2 2 2 2" xfId="266" xr:uid="{FF3F6444-9F86-468D-A844-6648AB6CAC92}"/>
@@ -3863,50 +4215,51 @@
     <cellStyle name="Comma 3 7 2" xfId="117" xr:uid="{4BA414C7-B6C6-4F20-A2C8-5A18ECB2FDF1}"/>
     <cellStyle name="Comma 3 7 2 2" xfId="284" xr:uid="{47354481-8234-43C7-96FF-CEC61A30AA3E}"/>
     <cellStyle name="Comma 3 7 3" xfId="249" xr:uid="{AE09554A-DA57-4C17-994A-E5937B5D913B}"/>
     <cellStyle name="Comma 3 8" xfId="90" xr:uid="{332CC743-988C-4BC5-A2C9-A6113E044912}"/>
     <cellStyle name="Comma 3 8 2" xfId="118" xr:uid="{8630CE96-36A1-4B6D-A356-40C57DD32F89}"/>
     <cellStyle name="Comma 3 8 2 2" xfId="285" xr:uid="{8DC0DDE4-7798-4A34-9A73-CECD06BE51E1}"/>
     <cellStyle name="Comma 3 8 3" xfId="257" xr:uid="{9EA3422A-82B2-4C79-99BA-2FF8E6F9D58F}"/>
     <cellStyle name="Comma 3 9" xfId="119" xr:uid="{AF9F3A04-0089-4059-8189-42640D7591CD}"/>
     <cellStyle name="Comma 3 9 2" xfId="286" xr:uid="{7782225E-FB73-4805-92EC-1AB75FF84798}"/>
     <cellStyle name="Comma 4" xfId="35" xr:uid="{DE700623-2FB1-4348-942E-382E298C4111}"/>
     <cellStyle name="Comma 4 2" xfId="68" xr:uid="{63EB282F-6304-411C-BDEC-592DC7D420F8}"/>
     <cellStyle name="Comma 4 2 2" xfId="120" xr:uid="{39CD0E63-C5EB-4FA3-A48E-2C0F90AE4BB0}"/>
     <cellStyle name="Comma 4 2 2 2" xfId="287" xr:uid="{5EF303C5-55FC-4129-888A-0B6ECD15722D}"/>
     <cellStyle name="Comma 4 2 3" xfId="237" xr:uid="{E89DDDC0-C0F7-440C-9DC7-A84F3B5AF71A}"/>
     <cellStyle name="Comma 4 3" xfId="80" xr:uid="{317D0107-0482-4740-873E-02A24DE75D60}"/>
     <cellStyle name="Comma 4 3 2" xfId="121" xr:uid="{7C88536A-1267-408E-8657-5F7ADC6AF199}"/>
     <cellStyle name="Comma 4 3 2 2" xfId="288" xr:uid="{9EFDC624-8A4A-4770-8D66-073C95E0ED56}"/>
     <cellStyle name="Comma 4 3 3" xfId="247" xr:uid="{D5C9D3AE-CECB-40F5-83C2-F65A57097FC6}"/>
     <cellStyle name="Comma 4 4" xfId="85" xr:uid="{8A18CC28-3568-48D1-8BBD-FCD22040D4A3}"/>
     <cellStyle name="Comma 4 4 2" xfId="122" xr:uid="{F12AB3B1-F117-470D-8504-53782FFB1F67}"/>
     <cellStyle name="Comma 4 4 2 2" xfId="289" xr:uid="{E520E592-2F55-43BB-B650-7E42A6F47AF9}"/>
     <cellStyle name="Comma 4 4 3" xfId="252" xr:uid="{5E6F6364-F6A0-4E1E-B6B3-C37B29A5E024}"/>
     <cellStyle name="Comma 4 5" xfId="123" xr:uid="{BB347EF2-0250-4894-96B5-78D433B1DAE7}"/>
     <cellStyle name="Comma 4 5 2" xfId="290" xr:uid="{645E6030-6339-43DB-B7A5-35A153B95820}"/>
     <cellStyle name="Comma 4 6" xfId="204" xr:uid="{CDA0BA53-F13B-4350-ACD0-DE69526680AB}"/>
+    <cellStyle name="Comma 4 7" xfId="346" xr:uid="{0D7A7D1F-9DB8-4536-ACA4-87C77FCDA162}"/>
     <cellStyle name="Comma 5" xfId="38" xr:uid="{02019147-E900-4F5F-88A7-D477AC5A1D30}"/>
     <cellStyle name="Comma 5 2" xfId="69" xr:uid="{64C3CF39-E8BB-44FB-9611-A1AEE60E95F4}"/>
     <cellStyle name="Comma 5 2 2" xfId="124" xr:uid="{D0D62D47-7046-49E1-9F9F-8976C46D12AE}"/>
     <cellStyle name="Comma 5 2 2 2" xfId="291" xr:uid="{5302B897-94F9-426C-8E84-780992179CA7}"/>
     <cellStyle name="Comma 5 2 3" xfId="238" xr:uid="{CDEABE2A-2EEA-4653-849E-E11E525099C6}"/>
     <cellStyle name="Comma 5 3" xfId="125" xr:uid="{5CE8CC31-111C-4A8F-BAF5-3FB02000E729}"/>
     <cellStyle name="Comma 5 3 2" xfId="292" xr:uid="{8734E301-48B3-4839-B100-EEE0DBB84C29}"/>
     <cellStyle name="Comma 5 4" xfId="207" xr:uid="{915DF6BC-B79F-4F12-9C46-BCF76C501EED}"/>
     <cellStyle name="Comma 6" xfId="22" xr:uid="{AEA7A8B6-0381-4C19-95FB-CD5684019202}"/>
     <cellStyle name="Comma 6 2" xfId="62" xr:uid="{563CFDD4-E172-43F3-814E-D6378160B079}"/>
     <cellStyle name="Comma 6 2 2" xfId="126" xr:uid="{CCD72B70-2F94-4505-B506-7A92E87B01B4}"/>
     <cellStyle name="Comma 6 2 2 2" xfId="293" xr:uid="{A494D973-8D8B-49B1-B872-683098ADB61B}"/>
     <cellStyle name="Comma 6 2 3" xfId="231" xr:uid="{3CBC6C17-C4AF-46FE-A43D-AF56619208A6}"/>
     <cellStyle name="Comma 6 3" xfId="127" xr:uid="{7CF5E8D0-8593-4B97-967F-A3C5AED128DE}"/>
     <cellStyle name="Comma 6 3 2" xfId="294" xr:uid="{49A3377E-97C2-47B1-8B31-7A9406953037}"/>
     <cellStyle name="Comma 6 4" xfId="192" xr:uid="{8D0D2FA3-9F20-4E4C-AA48-7231D3A21EB4}"/>
     <cellStyle name="Comma 7" xfId="55" xr:uid="{F48E6C9E-FADA-4642-A29D-3BF6950E2945}"/>
     <cellStyle name="Comma 7 2" xfId="87" xr:uid="{33401C55-FB75-4B7B-8AC0-51187C4DC5BF}"/>
     <cellStyle name="Comma 7 2 2" xfId="92" xr:uid="{F9BC9B06-7E1A-44D4-BD7C-FFE5C0974A73}"/>
     <cellStyle name="Comma 7 2 2 2" xfId="128" xr:uid="{EEA0E71F-848A-4BC1-836B-2D07DDF39CCD}"/>
     <cellStyle name="Comma 7 2 2 2 2" xfId="295" xr:uid="{570241B0-078F-4275-A186-27216EA8CB61}"/>
     <cellStyle name="Comma 7 2 2 3" xfId="259" xr:uid="{9000C220-C969-4E52-9AD2-E5143E20823B}"/>
     <cellStyle name="Comma 7 2 3" xfId="129" xr:uid="{B4FA5658-D9A3-434D-A95A-F049FA46F16A}"/>
     <cellStyle name="Comma 7 2 3 2" xfId="296" xr:uid="{18060FA6-F57E-4047-A4B6-98D1C7013682}"/>
     <cellStyle name="Comma 7 2 4" xfId="254" xr:uid="{0FB22F7F-DBEE-42B4-B5DA-A13FCFC895B7}"/>
@@ -4056,834 +4409,372 @@
     <cellStyle name="Normal 2 4" xfId="10" xr:uid="{8AC3D65E-FB46-4414-AC69-B14FD1868EBE}"/>
     <cellStyle name="Normal 2 4 2" xfId="164" xr:uid="{156CF802-F764-489F-A237-7C9A1AE874B6}"/>
     <cellStyle name="Normal 2 4 2 2" xfId="331" xr:uid="{A2284CC7-6A51-43D3-B3B5-2CC6E0C123DE}"/>
     <cellStyle name="Normal 2 4 3" xfId="180" xr:uid="{0C32D99B-0A4F-4C54-A563-BF6AE0EDFD13}"/>
     <cellStyle name="Normal 2 5" xfId="165" xr:uid="{CAF9AC54-B749-4286-BB49-150987F184CC}"/>
     <cellStyle name="Normal 2 5 2" xfId="332" xr:uid="{7B23EE1F-6E23-4CAC-B7BD-7264A121E1F0}"/>
     <cellStyle name="Normal 2 6" xfId="178" xr:uid="{1CB34DE0-7CB1-4A3E-AAE0-DBC9304759C8}"/>
     <cellStyle name="Normal 3" xfId="9" xr:uid="{C8742DE3-2C5C-4B5B-85A7-1F0C3BBB1293}"/>
     <cellStyle name="Normal 3 2" xfId="75" xr:uid="{5B3CA8D0-A2C6-4F89-9352-ECCDEE89B33A}"/>
     <cellStyle name="Normal 3 3" xfId="21" xr:uid="{92FD059F-BCAD-4693-A4EC-46A10B0F3478}"/>
     <cellStyle name="Normal 3 3 2" xfId="166" xr:uid="{57084CD2-4698-41A6-A881-97B699B675F2}"/>
     <cellStyle name="Normal 3 3 2 2" xfId="333" xr:uid="{B89DC880-189B-4D83-AEEB-33988FECDB4D}"/>
     <cellStyle name="Normal 3 3 3" xfId="191" xr:uid="{4BBCEC89-C095-4091-AC42-3420BDC4EB64}"/>
     <cellStyle name="Normal 4" xfId="30" xr:uid="{221CA821-3BDB-4B45-AD5C-6BA37DB297B2}"/>
     <cellStyle name="Normal 4 2" xfId="167" xr:uid="{E4D5CBF4-B85C-4331-97F0-2DFE8366741D}"/>
     <cellStyle name="Normal 4 2 2" xfId="334" xr:uid="{0EE9C399-1ED8-4EFF-BA71-6C3BD08CD331}"/>
     <cellStyle name="Normal 4 3" xfId="199" xr:uid="{D882610B-B3B7-4981-A9B2-4518951C49AB}"/>
     <cellStyle name="Normal 5" xfId="33" xr:uid="{8267F046-3CEA-4BC1-8268-FC7D621CC2B0}"/>
     <cellStyle name="Normal 5 2" xfId="15" xr:uid="{305C5BEF-AF03-45E0-9C26-7E8554DE437B}"/>
     <cellStyle name="Normal 5 2 2" xfId="168" xr:uid="{FAB789C0-FAC1-4941-86F9-4337E3BD36AA}"/>
     <cellStyle name="Normal 5 2 2 2" xfId="335" xr:uid="{C5FFC230-45A6-4274-B580-AB0DD58AE398}"/>
     <cellStyle name="Normal 5 2 3" xfId="185" xr:uid="{59D68D75-6980-4DE7-970A-13681F4A877E}"/>
     <cellStyle name="Normal 5 3" xfId="169" xr:uid="{CC7ED476-AC5A-439D-9394-F41E7CDC73FF}"/>
     <cellStyle name="Normal 5 3 2" xfId="336" xr:uid="{F45D1382-75A9-47F1-B473-993FA5CFFBED}"/>
     <cellStyle name="Normal 5 4" xfId="202" xr:uid="{6EBF463D-02DF-4CBC-B1C3-FE9475B141E7}"/>
+    <cellStyle name="Normal 5 5" xfId="345" xr:uid="{455CE12B-EFCB-4896-BA8E-E0C28B59EAFB}"/>
     <cellStyle name="Normal 6" xfId="37" xr:uid="{B03A6960-0C56-4D9C-A347-C1105731DBBA}"/>
     <cellStyle name="Normal 6 2" xfId="170" xr:uid="{421D183D-2F6B-4D26-BC2B-C08714E1D3EF}"/>
     <cellStyle name="Normal 6 2 2" xfId="337" xr:uid="{9ED93F7B-6E7D-4331-80EC-0976BB799CF5}"/>
     <cellStyle name="Normal 6 3" xfId="206" xr:uid="{162C7341-7DBC-4438-9FB5-87FAFBB7BC8D}"/>
     <cellStyle name="Normal 7" xfId="47" xr:uid="{8F878A0D-43B7-470C-B92E-9306DC1869A3}"/>
     <cellStyle name="Normal 7 2" xfId="171" xr:uid="{2E41AD3A-15D3-4AA0-AAD8-5C52FA9896B6}"/>
     <cellStyle name="Normal 7 2 2" xfId="338" xr:uid="{E376E3FA-6322-451A-B8CE-A8CD7B6DFDC6}"/>
     <cellStyle name="Normal 7 3" xfId="216" xr:uid="{41A08CF0-9AAA-456F-A431-0000C5BE540E}"/>
     <cellStyle name="Normal 8" xfId="48" xr:uid="{DC619D65-122C-4386-8151-AE6F62ED4C63}"/>
     <cellStyle name="Normal 8 2" xfId="172" xr:uid="{000993F6-120B-47BB-BF14-3EC8DBBFFDF0}"/>
     <cellStyle name="Normal 8 2 2" xfId="339" xr:uid="{4AA9E7F2-CB2E-4E1B-B07D-B60D2B0DEFA4}"/>
     <cellStyle name="Normal 8 3" xfId="217" xr:uid="{C81FA4AA-3232-4F21-9A90-9A63046364F7}"/>
     <cellStyle name="Normal 9" xfId="3" xr:uid="{3FD3B2AA-2D55-4356-B835-D586464A0F5C}"/>
     <cellStyle name="Percent" xfId="7" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="26" xr:uid="{EE366D08-6B8B-4D79-94B3-9D79937CAF5F}"/>
     <cellStyle name="Percent 2 2" xfId="77" xr:uid="{BA41198A-341E-4B3D-84B5-ABA7AD09EF8E}"/>
     <cellStyle name="Percent 2 3" xfId="173" xr:uid="{A988C53C-52D1-4362-AE7C-FBCEB7E967C1}"/>
     <cellStyle name="Percent 2 3 2" xfId="340" xr:uid="{453DCE0C-8A5C-4CBB-A615-8F7DACBE9C71}"/>
     <cellStyle name="Percent 2 4" xfId="196" xr:uid="{10BB158C-92E1-4872-8CF6-15B9727EEF28}"/>
     <cellStyle name="Percent 3" xfId="34" xr:uid="{4F9EA2DE-605C-4A73-90FF-643F82123E76}"/>
     <cellStyle name="Percent 3 2" xfId="174" xr:uid="{67AC9FB8-EE26-43AD-9480-1A5C34C8CC85}"/>
     <cellStyle name="Percent 3 2 2" xfId="341" xr:uid="{2B3C5CEC-424A-452F-B7A7-1E40EDFAF118}"/>
     <cellStyle name="Percent 3 3" xfId="203" xr:uid="{B847EAAD-B79A-4AF3-BFFE-DA78E615F16A}"/>
     <cellStyle name="Percent 4" xfId="27" xr:uid="{0D0F9E96-613A-4516-A8DF-2624B79F75DF}"/>
     <cellStyle name="Percent 5" xfId="54" xr:uid="{1D34FB3D-0329-4B49-B925-0977A6CDAC5B}"/>
     <cellStyle name="Percent 5 2" xfId="175" xr:uid="{44FC5F19-2C9C-4436-B0C3-B6DF610845A8}"/>
     <cellStyle name="Percent 5 2 2" xfId="342" xr:uid="{EF58E9E8-E1F9-41E1-ABDA-381AE384EFFA}"/>
     <cellStyle name="Percent 5 3" xfId="223" xr:uid="{30D50B25-9BAE-461B-9E38-D2568322A99A}"/>
     <cellStyle name="Percent 6" xfId="93" xr:uid="{61203912-CA63-473A-9B81-7B9A89EAD9CB}"/>
     <cellStyle name="Percent 6 2" xfId="176" xr:uid="{232D5EE1-ED8F-43A0-8B90-972DC6FFD553}"/>
     <cellStyle name="Percent 6 2 2" xfId="343" xr:uid="{E3BD16D6-2188-4D97-923A-6396376D3476}"/>
     <cellStyle name="Percent 6 3" xfId="260" xr:uid="{F3DE5AAB-94C9-4613-8983-6B3E6390F028}"/>
   </cellStyles>
-  <dxfs count="269">
-[...200 lines deleted...]
-    </dxf>
+  <dxfs count="283">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
-[...30 lines deleted...]
-        <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
-[...158 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
-      <fill>
-[...19 lines deleted...]
-      <numFmt numFmtId="4" formatCode="#,##0.00"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="4" formatCode="#,##0.00"/>
-[...5 lines deleted...]
-      </fill>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...21 lines deleted...]
-      <numFmt numFmtId="4" formatCode="#,##0.00"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
-      <fill>
-[...17 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
-          <fgColor rgb="FF000000"/>
+          <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color rgb="FFC0C2C4"/>
+          <color theme="3" tint="0.59996337778862885"/>
         </left>
         <right style="thin">
-          <color rgb="FFC0C2C4"/>
+          <color theme="3" tint="0.59996337778862885"/>
         </right>
         <top style="thin">
-          <color rgb="FFC0C2C4"/>
+          <color theme="3" tint="0.59996337778862885"/>
         </top>
-        <bottom style="thin">
-[...1 lines deleted...]
-        </bottom>
+        <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
-      <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...23 lines deleted...]
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="solid">
-          <fgColor rgb="FF000000"/>
+          <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...32 lines deleted...]
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
-        <right style="thin">
-[...1 lines deleted...]
-        </right>
+        <right/>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -4983,108 +4874,313 @@
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
-        <patternFill patternType="none">
-[...1 lines deleted...]
-          <bgColor auto="1"/>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color rgb="FFB5B7B3"/>
+          <color rgb="FFC0C2C4"/>
         </left>
-        <right/>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
-        <bottom style="thin">
-[...1 lines deleted...]
-        </bottom>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...10 lines deleted...]
-      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor rgb="FF000000"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor rgb="FF000000"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor rgb="FF000000"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor rgb="FF000000"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
@@ -5135,136 +5231,72 @@
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom style="thin">
           <color rgb="FFB5B7B3"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
-[...51 lines deleted...]
-      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <numFmt numFmtId="171" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...24 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <sz val="11"/>
         <name val="Calibri"/>
@@ -5291,256 +5323,131 @@
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...15 lines deleted...]
-      <numFmt numFmtId="171" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
     </dxf>
     <dxf>
-      <font>
-[...16 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
-      <numFmt numFmtId="171" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
-[...91 lines deleted...]
-      <numFmt numFmtId="171" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFD5D6D4"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
@@ -5587,204 +5494,218 @@
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0.0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
@@ -5814,51 +5735,368 @@
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -6137,359 +6375,151 @@
         <scheme val="major"/>
       </font>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thick">
           <color theme="5"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor theme="3" tint="0.79998168889431442"/>
+          <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
-    </dxf>
-[...8 lines deleted...]
-      <protection locked="0" hidden="0"/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-[...167 lines deleted...]
-      </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...38 lines deleted...]
-      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
@@ -6688,66 +6718,152 @@
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
     </dxf>
     <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FFB5B7B3"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFB5B7B3"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFB5B7B3"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFB5B7B3"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFE8E8E8"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color rgb="FFB5B7B3"/>
         </left>
         <right style="thin">
           <color rgb="FFB5B7B3"/>
         </right>
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom style="thin">
           <color rgb="FFB5B7B3"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
@@ -6800,115 +6916,71 @@
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FFE8E8E8"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color rgb="FFB5B7B3"/>
         </right>
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...34 lines deleted...]
-    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color rgb="FFB5B7B3"/>
         </left>
         <right style="thin">
           <color rgb="FFB5B7B3"/>
         </right>
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom style="thin">
           <color rgb="FFB5B7B3"/>
         </bottom>
       </border>
-    </dxf>
-[...6 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFB5B7B3"/>
         </left>
         <right/>
         <top style="thin">
@@ -6930,159 +7002,155 @@
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FFE8E8E8"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color rgb="FFB5B7B3"/>
         </right>
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...34 lines deleted...]
-    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color rgb="FFB5B7B3"/>
         </left>
         <right style="thin">
           <color rgb="FFB5B7B3"/>
         </right>
         <top style="thin">
           <color rgb="FFB5B7B3"/>
         </top>
         <bottom style="thin">
           <color rgb="FFB5B7B3"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <fill>
-[...11 lines deleted...]
-      </border>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
+        <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="major"/>
       </font>
-      <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color rgb="FFFCBA5C"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
@@ -7169,399 +7237,272 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color rgb="FFFCBA5C"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
-      <border>
-[...3 lines deleted...]
-      </border>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
-[...6 lines deleted...]
-      </border>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color rgb="FFFCBA5C"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+    </dxf>
+    <dxf>
+      <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color theme="5"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
-    </dxf>
-[...215 lines deleted...]
-      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFDADBD9"/>
         </patternFill>
       </fill>
@@ -7612,50 +7553,1230 @@
         <b/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color rgb="FFFCBA5C"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color rgb="FFFCBA5C"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color rgb="FFFCBA5C"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </left>
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+        <top style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border outline="0">
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border outline="0">
+        <right style="thin">
+          <color theme="3" tint="0.59996337778862885"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="2" tint="-0.249977111117893"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.249977111117893"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFDADBD9"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFDADBD9"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC0C2C4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFE8E9E7"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5D6D4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thick">
+          <color theme="5"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="15"/>
+        <color theme="3"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFDADBD9"/>
         </patternFill>
       </fill>
@@ -7768,937 +8889,249 @@
       <font>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="165" formatCode="#,##0.0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color theme="5"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFDADBD9"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-[...18 lines deleted...]
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFDADBD9"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...11 lines deleted...]
-      </border>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-[...18 lines deleted...]
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <numFmt numFmtId="164" formatCode="0.0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFE8E9E7"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...12 lines deleted...]
-      </border>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-[...18 lines deleted...]
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFE8E9E7"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...12 lines deleted...]
-      </border>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-[...17 lines deleted...]
-        <sz val="11"/>
+        <sz val="15"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFE8E9E7"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...12 lines deleted...]
-      </border>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-[...17 lines deleted...]
-        <sz val="11"/>
+        <sz val="15"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FFE8E9E7"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...558 lines deleted...]
-      <protection locked="0" hidden="0"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.79998168889431442"/>
@@ -8927,78 +9360,78 @@
     <dxf>
       <border>
         <left style="thin">
           <color theme="2"/>
         </left>
         <right style="thin">
           <color theme="2"/>
         </right>
         <top style="thin">
           <color theme="2"/>
         </top>
         <bottom style="thin">
           <color theme="2"/>
         </bottom>
         <vertical style="thin">
           <color theme="2"/>
         </vertical>
         <horizontal style="thin">
           <color theme="2"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="6" defaultTableStyle="CER Table 2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER" pivot="0" count="4" xr9:uid="{AD8A2B79-F384-40EA-A302-8B99581D8A58}">
-      <tableStyleElement type="wholeTable" dxfId="268"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstColumnStripe" dxfId="265"/>
+      <tableStyleElement type="wholeTable" dxfId="282"/>
+      <tableStyleElement type="headerRow" dxfId="281"/>
+      <tableStyleElement type="firstColumn" dxfId="280"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="279"/>
     </tableStyle>
     <tableStyle name="CER Table" pivot="0" count="5" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="264"/>
-[...3 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="260"/>
+      <tableStyleElement type="wholeTable" dxfId="278"/>
+      <tableStyleElement type="headerRow" dxfId="277"/>
+      <tableStyleElement type="firstColumn" dxfId="276"/>
+      <tableStyleElement type="lastColumn" dxfId="275"/>
+      <tableStyleElement type="firstRowStripe" dxfId="274"/>
     </tableStyle>
     <tableStyle name="CER Table 2" pivot="0" count="5" xr9:uid="{1324CAB1-A923-41C4-A34C-338279E056A6}">
-      <tableStyleElement type="wholeTable" dxfId="259"/>
-[...3 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="255"/>
+      <tableStyleElement type="wholeTable" dxfId="273"/>
+      <tableStyleElement type="headerRow" dxfId="272"/>
+      <tableStyleElement type="firstColumn" dxfId="271"/>
+      <tableStyleElement type="lastColumn" dxfId="270"/>
+      <tableStyleElement type="firstRowStripe" dxfId="269"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{8386D468-9556-4949-B4CC-56B54587740E}"/>
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{2940F169-CBF8-1443-9B39-C3C6289174B2}"/>
     <tableStyle name="QCMR Default" pivot="0" count="6" xr9:uid="{1249CC0F-39F9-4659-B2DA-97D31E6EE350}">
-      <tableStyleElement type="wholeTable" dxfId="254"/>
-[...4 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="249"/>
+      <tableStyleElement type="wholeTable" dxfId="268"/>
+      <tableStyleElement type="headerRow" dxfId="267"/>
+      <tableStyleElement type="totalRow" dxfId="266"/>
+      <tableStyleElement type="firstColumn" dxfId="265"/>
+      <tableStyleElement type="lastColumn" dxfId="264"/>
+      <tableStyleElement type="firstRowStripe" dxfId="263"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="005A6A79"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="004A7AA5"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
       <rgbColor rgb="00800080"/>
@@ -9049,187 +9482,199 @@
     <mruColors>
       <color rgb="FFD5D6D4"/>
       <color rgb="FFC9CBC7"/>
       <color rgb="FFE8E9E7"/>
       <color rgb="FFE8E9E8"/>
       <color rgb="FFDDD7C1"/>
       <color rgb="FFDAD4BC"/>
       <color rgb="FFE3DECB"/>
       <color rgb="FFD9F0FF"/>
       <color rgb="FFB7F0FF"/>
       <color rgb="FFC0C2C4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>2540</xdr:colOff>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>95249</xdr:rowOff>
+      <xdr:rowOff>19049</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>83820</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>495300</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>141514</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="55" name="Rectangle 1">
+        <xdr:cNvPr id="2" name="Rectangle 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41790B75-C756-42D3-9183-4EC54931FACA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35376AE7-28DA-45A3-89F5-1F69B72489C8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="589280" y="400049"/>
-          <a:ext cx="5164345" cy="3219451"/>
+          <a:off x="644979" y="345620"/>
+          <a:ext cx="4857750" cy="2343151"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
@@ -9373,1851 +9818,2041 @@
             <a:rPr lang="en-US" sz="1100" b="1" i="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>, Based on Clean Energy Regulator data</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="0" i="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:endParaRPr lang="en-US" sz="1100" b="0" i="1">
+          <a:endParaRPr lang="en-US" sz="1100" i="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
-          <a:r>
-[...46 lines deleted...]
-          </a:r>
           <a:endParaRPr lang="en-AU" sz="1100">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
-          <a:endParaRPr lang="en-AU" sz="1100">
-[...3 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-AU" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>120634</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>1169626</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>116168</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1" descr="This figure shows the number of LGCs validated per quarter by technology type from Q1 2020 to Q4 2025. The shown technology types are wind, solar, biomass and hydroelectricity. The figure includes a line showing the total number of LGCs validated per year for the same period. The trend shows LGC validations increasing annually, driven primarily by wind and solar.">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD44EB80-0354-308E-F6FF-5D6845E3BCBC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A21CDE1F-D572-4317-B5A1-55095B728C55}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="962025"/>
-          <a:ext cx="9458325" cy="4102084"/>
+          <a:off x="0" y="5966461"/>
+          <a:ext cx="8279086" cy="3956647"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
-[...48 lines deleted...]
-      <xdr:row>41</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>758590</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>113496</xdr:rowOff>
+      <xdr:colOff>392430</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>97155</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 1" descr="This figure shows the daily closing LGC spot price and calendar year forward prices for Cal25, Cal26, Cal27 and Cal28 from December 2019 to 13 February 2026. The trend shows a significant price drop across all categories starting from mid-2024. ">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{175DA25C-8476-213E-2B34-901E3A573CDE}"/>
-[...293 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BA36DD0-8A78-860A-6977-3EE9A12B6668}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2E8249-0F79-467F-B7C1-0E639C56BFA3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="57150" y="1300194"/>
-          <a:ext cx="7023100" cy="3583750"/>
+          <a:off x="0" y="1097280"/>
+          <a:ext cx="10077450" cy="3952875"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>182879</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>261285</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>73506</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2" descr="This figure shows the wind and solar capacity approved by the Clean Energy Regulator per quarter from Q1 2020 to Q4 2025. The figure includes a line showing the total wind and solar capacity approved per year for the same period. The trend shows capacity varies over time with the annual total for 2025 being slightly lower than 2024. The trend also shows that most capacity in 2025 was from solar compared to a more even split for 2024.">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35A3113F-6429-415C-B5F2-612E3EF29C39}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="6995159"/>
+          <a:ext cx="7858425" cy="4096867"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>59871</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>179616</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>991816</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>70227</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2" descr="This figure shows the capacity of large-scale renewable energy projects to reach a final investment decision (FID) per quarter from Q1 2020 to Q1 2025. This figure includes a line showing the 4-quarter rolling average of capacity reaching FID for the same period. The trend shows committed capacity varies over time with the 4 quarter-rolling average usually around 0.5 to 1.0 gigawatts.">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F55D267C-00A7-4E1B-BEE4-9EFE36115B3B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="59871" y="8454936"/>
+          <a:ext cx="9016765" cy="3913971"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>63499</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>41898</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>4444</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>173343</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{462F5D24-ABDE-492E-A60F-B028D6F54D92}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="63499" y="6008358"/>
+          <a:ext cx="9001125" cy="3971925"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>233889</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>33878</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="This figure shows the number of LGCs cancelled per quarter by non-RET demand sources from Q1 2020 to Q4 2025. The shown demand sources are voluntary, government, and compliance. The figure includes a line showing the annual number of LGCs cancelled by non-RET demand sources for the same period. The trend shows non-RET cancellations growing annually, driven primarily by voluntary demand.">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2E63FD-1CB1-46BF-AB68-D9970F19ED9D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="6263640"/>
+          <a:ext cx="8272989" cy="4041998"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>4</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>2</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>463985</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>59793</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF8BB40-5731-2FFB-66F0-19EFB9B3689C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4" y="1935482"/>
+          <a:ext cx="7901101" cy="4090771"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>25478</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>306706</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>109298</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4240C754-C868-AF92-083F-8AE090F04CD7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="3782138"/>
+          <a:ext cx="8277225" cy="3771900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>105327</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>582931</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>21507</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48981930-3AB6-A263-8D34-98EE6DF08E28}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="3861987"/>
+          <a:ext cx="8553450" cy="3771900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>84185</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>46385</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>178106</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>688070</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>153065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="8" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E59816A-820F-4005-2C2C-83338D3FA30C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BA0A4FD-2167-8BE3-A6D6-AEA2CE896F45}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="10725150"/>
-          <a:ext cx="7867650" cy="3254681"/>
+          <a:off x="84185" y="1798985"/>
+          <a:ext cx="8277225" cy="3962400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>171450</xdr:colOff>
+      <xdr:colOff>114294</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>137185</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>321939</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>76225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E124C90-FFF0-7966-3928-CE3F7C478776}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="114294" y="12123445"/>
+          <a:ext cx="9001125" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>331426</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>107023</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{367B8A95-A503-DC00-2D1D-877CA8C4267F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="1752600"/>
+          <a:ext cx="8279086" cy="3962743"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>122607</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>484557</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>110490</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E59816A-820F-4005-2C2C-83338D3FA30C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="122607" y="11441430"/>
+          <a:ext cx="9010650" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>66676</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1741282</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>100541</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19A06971-6E77-53E1-DA6F-EB4B488B6CE6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="996316"/>
+          <a:ext cx="10077561" cy="3889585"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>72570</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>33529</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1398450</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>155449</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B57A732-A1A5-4B3B-E0C0-0CCF77A0FB15}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="72570" y="19906489"/>
+          <a:ext cx="8991600" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>52300</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>28574</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>711430</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>150494</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BC9E652-D60F-C4C3-99FE-F17F072A9E17}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="52300" y="19825334"/>
+          <a:ext cx="8286750" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>72674</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>133351</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>2189</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294363F3-1C64-EAB2-7BA7-7C707584EF73}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="6039134"/>
+          <a:ext cx="8286750" cy="3952875"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>27723</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>65823</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73D62449-0CEA-3877-A0D6-0205FAFFE777}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="5262663"/>
+          <a:ext cx="8286750" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>87316</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>26356</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25BC3F33-ABD9-7955-DDF3-4534B0D4E483}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="69850" y="19586896"/>
+          <a:ext cx="8277225" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing28.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>603885</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>156845</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7505E108-FAB9-F3E1-2592-2B8F9E7368B2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="12585065"/>
+          <a:ext cx="8277225" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing29.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>142278</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>6350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>77508</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>128270</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E09664D-B019-751D-1204-543FA1933288}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="142278" y="12564110"/>
+          <a:ext cx="8286750" cy="3962400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>246466</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>1030605</xdr:colOff>
+      <xdr:colOff>924020</xdr:colOff>
       <xdr:row>80</xdr:row>
       <xdr:rowOff>150001</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC922E2-3A97-DE57-0076-E00F669619EC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0">
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="171450" y="11925301"/>
-          <a:ext cx="7362825" cy="3769500"/>
+          <a:off x="246466" y="11925301"/>
+          <a:ext cx="7212793" cy="3769500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing30.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>138105</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>144608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>37787</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>86670</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>93173</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 1">
+        <xdr:cNvPr id="6" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4CA73BB-F6DF-5D84-FCDD-782D07F82219}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91AF7388-FB6F-D46B-4184-962B7FABC90E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="962025"/>
-          <a:ext cx="8296275" cy="4038287"/>
+          <a:off x="138105" y="4808048"/>
+          <a:ext cx="9001125" cy="3971925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...295 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>247649</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>410</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>975334</xdr:colOff>
-[...50 lines deleted...]
-      <xdr:rowOff>152318</xdr:rowOff>
+      <xdr:colOff>1699259</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>131855</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EDB3B13-24A2-34DB-168B-A8A2CF0F08CA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="247651" y="11600593"/>
-[...54 lines deleted...]
-          <a:ext cx="7359651" cy="3350870"/>
+          <a:off x="247649" y="11819030"/>
+          <a:ext cx="7943850" cy="3971925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>152400</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>184193</xdr:rowOff>
+      <xdr:colOff>233086</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>28573</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>1491285</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>572176</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>150493</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Graphic 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95A644E6-7660-29BC-7322-B8FFEA2FC56C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E0AE970-8B96-E6FC-5E8B-203D79080318}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="152400" y="2574968"/>
-          <a:ext cx="7627290" cy="3721057"/>
+          <a:off x="233086" y="2154553"/>
+          <a:ext cx="7562850" cy="3962400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>37206</xdr:rowOff>
+      <xdr:colOff>45720</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>181987</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>1148995</xdr:colOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>220980</xdr:colOff>
       <xdr:row>76</xdr:row>
-      <xdr:rowOff>15756</xdr:rowOff>
+      <xdr:rowOff>20062</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{194ECB30-563A-6364-42F2-4410420F9084}"/>
-            </a:ext>
-[...52 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E344FFB1-D8DA-E03E-1BD3-4EC19ECE35D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="7068257"/>
-          <a:ext cx="7887387" cy="3643827"/>
+          <a:off x="45720" y="10529947"/>
+          <a:ext cx="8267700" cy="3876675"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>65315</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>261563</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1121228</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>107258</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F74BE51C-E483-4CC3-94FF-B2AAE653FCA7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="65315" y="1191203"/>
+          <a:ext cx="10839993" cy="4524375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>248437</xdr:rowOff>
+      <xdr:colOff>104774</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>142874</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>125387</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>432434</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>106679</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F74BE51C-E483-4CC3-94FF-B2AAE653FCA7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B57226A-B2A2-4CAD-A43C-D08C1DBFCEBE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="1372387"/>
-          <a:ext cx="9001125" cy="3963175"/>
+          <a:off x="104774" y="7686674"/>
+          <a:ext cx="8267700" cy="3819525"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>152399</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1312</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>156172</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>2095499</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>20362</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16C116D7-E928-56C8-FBCD-AFAFA90B3E16}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95A644E6-7660-29BC-7322-B8FFEA2FC56C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="19050000"/>
-          <a:ext cx="8279086" cy="3956647"/>
+          <a:off x="152399" y="2736892"/>
+          <a:ext cx="8420100" cy="3676650"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table18" displayName="Table18" ref="A5:B34" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="A6:A34"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{72AC7078-F1D1-40BE-A6B0-28083B833DE9}" name="Table__Contents" displayName="Table__Contents" ref="A5:B38" totalsRowShown="0" headerRowDxfId="262" dataDxfId="261">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:B35">
+    <sortCondition ref="A6:A35"/>
   </sortState>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{E4FD6D45-B1D9-4065-AE55-16159495FBD4}" name="Figure number" dataDxfId="8" dataCellStyle="Hyperlink"/>
-    <tableColumn id="2" xr3:uid="{3F3EFFF0-8F16-41A6-88F0-7F2513CAF1B1}" name="Figure title" dataDxfId="7" dataCellStyle="Normal"/>
+    <tableColumn id="1" xr3:uid="{E4FD6D45-B1D9-4065-AE55-16159495FBD4}" name="Figure number" dataDxfId="260" dataCellStyle="Hyperlink"/>
+    <tableColumn id="2" xr3:uid="{3F3EFFF0-8F16-41A6-88F0-7F2513CAF1B1}" name="Figure title" dataDxfId="259" dataCellStyle="Normal"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{4701034C-9399-4AB3-8A8B-6C14D374F08B}" name="Table415" displayName="Table415" ref="A4:F32" totalsRowShown="0" headerRowDxfId="178" headerRowBorderDxfId="177">
-[...7 lines deleted...]
-    <tableColumn id="6" xr3:uid="{6FFD80A7-95E2-4190-8CCE-C0B52BCFB3FA}" name="Annual total" dataDxfId="22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{1DAB1FF5-E434-4A7A-8510-7F44533000F4}" name="Table__Figure2.1" displayName="Table__Figure2.1" ref="A4:H28" totalsRowShown="0" headerRowDxfId="182" headerRowBorderDxfId="181" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:H28" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{378FA5EC-B176-4945-A1CD-1DF78C7F1428}" name="Year" dataDxfId="180"/>
+    <tableColumn id="2" xr3:uid="{B2A216F3-CC9C-462D-AB44-E09D995B2561}" name="Quarter" dataDxfId="179"/>
+    <tableColumn id="3" xr3:uid="{4AF1344A-D711-4561-912F-CE5D1150109A}" name="Wind" dataDxfId="178"/>
+    <tableColumn id="4" xr3:uid="{73B37E4C-22FB-4488-BE8D-435385911B82}" name="Solar" dataDxfId="177"/>
+    <tableColumn id="5" xr3:uid="{8F0C2EF2-F42F-4816-9E66-CEF0362B17F5}" name="Biomass" dataDxfId="176"/>
+    <tableColumn id="6" xr3:uid="{7341B477-66B7-408E-882F-BB01B3DE7E38}" name="Hydroelectricity" dataDxfId="175"/>
+    <tableColumn id="7" xr3:uid="{AB6EC047-F3BF-4D4F-BCEA-B8A398D07410}" name="Total" dataDxfId="174"/>
+    <tableColumn id="8" xr3:uid="{0449FB12-1E24-4809-AF44-C6748D914351}" name="Annual total" dataDxfId="173"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{D301E016-1CF3-4946-8652-299500E221D2}" name="Table416" displayName="Table416" ref="A4:F40" totalsRowShown="0" headerRowDxfId="174" headerRowBorderDxfId="173">
-  <autoFilter ref="A4:F40" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{4701034C-9399-4AB3-8A8B-6C14D374F08B}" name="Table__Figure2.3" displayName="Table__Figure2.3" ref="A4:F32" totalsRowShown="0" headerRowDxfId="172" headerRowBorderDxfId="171">
+  <autoFilter ref="A4:F32" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{8138F054-9836-4D96-BFB9-69627BD44BFF}" name="Year"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{CD364916-BA29-4C78-A5CB-EE3D6401473B}" name="Annual total capacity" dataDxfId="26"/>
+    <tableColumn id="1" xr3:uid="{24F94D51-2861-473D-9F6A-01DEA03B61D8}" name="Year" dataDxfId="170"/>
+    <tableColumn id="2" xr3:uid="{E814099B-6CE9-472F-A6A7-A3283A4C62EA}" name="Quarter" dataDxfId="169"/>
+    <tableColumn id="3" xr3:uid="{1CD55857-E848-40AB-8C93-94EA1ADBD859}" name="Wind" dataDxfId="168"/>
+    <tableColumn id="4" xr3:uid="{C527D20A-72EA-4BFD-8569-24DDE9508EA7}" name="Solar" dataDxfId="167"/>
+    <tableColumn id="5" xr3:uid="{176D885C-3C04-48B3-974A-19274D69E4B7}" name="Total" dataDxfId="166"/>
+    <tableColumn id="6" xr3:uid="{6FFD80A7-95E2-4190-8CCE-C0B52BCFB3FA}" name="Annual total" dataDxfId="165"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{A8B0A4A5-B5D6-44B5-9E88-C8C449B79B94}" name="Table417" displayName="Table417" ref="A4:G28" totalsRowShown="0" headerRowDxfId="172" dataDxfId="170" headerRowBorderDxfId="171">
-[...8 lines deleted...]
-    <tableColumn id="7" xr3:uid="{80B4CE69-E64B-4883-B217-F0D64DF9B793}" name="Annual total" dataDxfId="30"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{D301E016-1CF3-4946-8652-299500E221D2}" name="Table__Figure2.4" displayName="Table__Figure2.4" ref="A4:F40" totalsRowShown="0" headerRowDxfId="164" headerRowBorderDxfId="163">
+  <autoFilter ref="A4:F40" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{8138F054-9836-4D96-BFB9-69627BD44BFF}" name="Year"/>
+    <tableColumn id="2" xr3:uid="{3DF4EECE-A492-49BE-A489-C54E5F1B3A4D}" name="Quarter"/>
+    <tableColumn id="3" xr3:uid="{E98BF2C8-BF07-42AB-BB1F-A0774627BD7E}" name="Capacity" dataDxfId="162"/>
+    <tableColumn id="4" xr3:uid="{CB1BE782-CD45-4E7B-9281-4B7B8E03CFA1}" name="Four-quarter rolling average" dataDxfId="161"/>
+    <tableColumn id="5" xr3:uid="{8FC10ED7-FA72-40E5-982D-D3C4C30038DE}" name="Four-quarter rolling sum" dataDxfId="160"/>
+    <tableColumn id="6" xr3:uid="{CD364916-BA29-4C78-A5CB-EE3D6401473B}" name="Annual total capacity" dataDxfId="159"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{72AE3631-30E9-43A3-A4D1-C3A33481548D}" name="Table418" displayName="Table418" ref="A4:J28" totalsRowShown="0" dataDxfId="167" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{72AE3631-30E9-43A3-A4D1-C3A33481548D}" name="Table__Figure2.5" displayName="Table__Figure2.5" ref="A4:J28" totalsRowShown="0" dataDxfId="158" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:J28" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{F81D92FB-EB84-42BD-9136-BF352A8CD147}" name="Year" dataDxfId="166"/>
-[...8 lines deleted...]
-    <tableColumn id="10" xr3:uid="{7E63230D-E46B-4355-85E3-E789104C1933}" name="Total holdings" dataDxfId="157"/>
+    <tableColumn id="1" xr3:uid="{F81D92FB-EB84-42BD-9136-BF352A8CD147}" name="Year" dataDxfId="157"/>
+    <tableColumn id="2" xr3:uid="{BB547B92-F188-4ECF-A4FD-5B05B69FB785}" name="Quarter" dataDxfId="156"/>
+    <tableColumn id="3" xr3:uid="{D51ECE7B-43B8-441D-819F-2391E4D9558B}" name="Liable entity" dataDxfId="155"/>
+    <tableColumn id="4" xr3:uid="{29AB157B-C848-4335-9226-3EA5D7C93A71}" name="Power station" dataDxfId="154"/>
+    <tableColumn id="5" xr3:uid="{9E49BFB5-4BE8-4534-AD67-7796DBB0ED2D}" name="Non-RET (voluntary)" dataDxfId="153"/>
+    <tableColumn id="6" xr3:uid="{E9A16F91-E08B-4F6A-8D59-FD3AFEDE6A5F}" name="Non-RET (compliance)" dataDxfId="152"/>
+    <tableColumn id="7" xr3:uid="{F95F735F-EA03-49F6-BD52-E1CD895E371C}" name="Non-RET (government)" dataDxfId="151"/>
+    <tableColumn id="8" xr3:uid="{2CAC121F-4D0A-4C7A-8AFB-47CB757F1B1C}" name="Intermediary" dataDxfId="150"/>
+    <tableColumn id="9" xr3:uid="{08D2B436-5E02-48C5-B1EC-CE6C34323042}" name="Other" dataDxfId="149"/>
+    <tableColumn id="10" xr3:uid="{7E63230D-E46B-4355-85E3-E789104C1933}" name="Total holdings" dataDxfId="148"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{5F4A1EBC-FA2F-4EFD-8E51-EB588FB06F8E}" name="Fig3.6" displayName="Fig3.6" ref="A4:K6" totalsRowShown="0" headerRowDxfId="156" dataDxfId="155" tableBorderDxfId="154" headerRowCellStyle="Heading 1">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{1B9ECAE4-C541-4F93-94CC-2420CFF20B20}" name="Grand Total" dataDxfId="38" dataCellStyle="Normal 3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{A8B0A4A5-B5D6-44B5-9E88-C8C449B79B94}" name="Table__Figure2.6" displayName="Table__Figure2.6" ref="A4:G28" totalsRowShown="0" headerRowDxfId="147" dataDxfId="145" headerRowBorderDxfId="146">
+  <autoFilter ref="A4:G28" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{97583E94-86D7-475D-ADD0-0E1D8087A567}" name="Year" dataDxfId="144"/>
+    <tableColumn id="2" xr3:uid="{B8BF9B16-BD71-4216-9BBB-AEFE903E0A8A}" name="Quarter" dataDxfId="143"/>
+    <tableColumn id="3" xr3:uid="{194B737D-0C9F-4A0E-8A22-D68FDAE23EA7}" name="Voluntary" dataDxfId="142"/>
+    <tableColumn id="4" xr3:uid="{7090D31D-4D65-4475-B870-B0C4D5767B2D}" name="Government" dataDxfId="141"/>
+    <tableColumn id="5" xr3:uid="{1AE7E40D-913C-4009-8CD8-89B34E15DE85}" name="Compliance" dataDxfId="140"/>
+    <tableColumn id="6" xr3:uid="{09682BFD-0C95-414E-B796-14D75F926FB2}" name="Total" dataDxfId="139"/>
+    <tableColumn id="7" xr3:uid="{80B4CE69-E64B-4883-B217-F0D64DF9B793}" name="Annual total" dataDxfId="138"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{A1222ADF-5F98-4DF8-986F-05F9BEB5E43E}" name="Fig3.730" displayName="Fig3.730" ref="A4:B16" totalsRowShown="0" headerRowDxfId="153" tableBorderDxfId="152" totalsRowBorderDxfId="151" headerRowCellStyle="Heading 1">
-[...3 lines deleted...]
-    <tableColumn id="2" xr3:uid="{E223986E-ACC1-4265-9C9A-BE6F65BCEF1D}" name="Count of passed installations" dataDxfId="46" totalsRowDxfId="148" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{5F4A1EBC-FA2F-4EFD-8E51-EB588FB06F8E}" name="Table__Figure3.1" displayName="Table__Figure3.1" ref="A4:K6" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25" tableBorderDxfId="24" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:K6" xr:uid="{5C7F351B-05BF-48CE-86F0-A2119AA510A9}"/>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{3511393C-CFEC-4EBF-93A6-5A83268E0E7A}" name="Year" dataDxfId="23"/>
+    <tableColumn id="2" xr3:uid="{B2821426-85E2-4748-97E1-F57F91E994E9}" name="Quarter" dataDxfId="22" dataCellStyle="Normal 3"/>
+    <tableColumn id="3" xr3:uid="{522CB2B5-6B6E-4695-9081-E65AD7343B3A}" name="ACT" dataDxfId="21"/>
+    <tableColumn id="4" xr3:uid="{EBD79127-CE84-4AC7-BDAD-A1188BED1424}" name="NSW" dataDxfId="20"/>
+    <tableColumn id="5" xr3:uid="{AABD5B8B-D6D4-41EE-B06A-BAC92AB9559E}" name="NT" dataDxfId="19"/>
+    <tableColumn id="6" xr3:uid="{BD28EDB1-38A2-4F7B-9385-61B798386372}" name="QLD" dataDxfId="18"/>
+    <tableColumn id="7" xr3:uid="{DF1FCAD3-A1EC-4B6E-95B0-24E76F97EA1B}" name="SA" dataDxfId="17"/>
+    <tableColumn id="8" xr3:uid="{16FA5896-6643-4060-93C8-23D0C7051445}" name="TAS" dataDxfId="16"/>
+    <tableColumn id="9" xr3:uid="{96021E2E-EEB2-4B02-9A43-C115E5F5FE49}" name="VIC" dataDxfId="15"/>
+    <tableColumn id="10" xr3:uid="{C54D4832-6CD3-4A42-BBDA-F839877438B4}" name="WA" dataDxfId="14" dataCellStyle="Normal 3"/>
+    <tableColumn id="11" xr3:uid="{1B9ECAE4-C541-4F93-94CC-2420CFF20B20}" name="Grand Total" dataDxfId="13" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E84A5CAC-719B-4E59-A519-9AF3F8E376C9}" name="Fig3.7304" displayName="Fig3.7304" ref="A4:B16" totalsRowShown="0" headerRowDxfId="147" tableBorderDxfId="146" totalsRowBorderDxfId="145" headerRowCellStyle="Heading 1">
-  <autoFilter ref="A4:B16" xr:uid="{B0371424-4894-4E7B-842A-5AC8345F4253}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{A1222ADF-5F98-4DF8-986F-05F9BEB5E43E}" name="Table__Figure3.2" displayName="Table__Figure3.2" ref="A4:B15" totalsRowShown="0" headerRowDxfId="30" dataDxfId="29" tableBorderDxfId="137" totalsRowBorderDxfId="136" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:B15" xr:uid="{B0371424-4894-4E7B-842A-5AC8345F4253}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{C2EBFBF6-A5F3-40F8-B827-2116CE950EC4}" name="Category" dataDxfId="144" totalsRowDxfId="143"/>
-    <tableColumn id="2" xr3:uid="{20BEA2F9-FE2A-438E-BCC0-AC9364150466}" name="Count of passed installations" dataDxfId="47" totalsRowDxfId="142" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{DEB2434B-9D5D-41CC-8177-EEE04214DE6E}" name="Category" dataDxfId="28" totalsRowDxfId="135"/>
+    <tableColumn id="2" xr3:uid="{E223986E-ACC1-4265-9C9A-BE6F65BCEF1D}" name="Count of passed installations" dataDxfId="27" totalsRowDxfId="134" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{8F5AC9D5-5C4D-4908-8D31-16EFFC86A591}" name="Fig3.73045" displayName="Fig3.73045" ref="A4:D5" totalsRowShown="0" headerRowDxfId="141" tableBorderDxfId="140" totalsRowBorderDxfId="139" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E84A5CAC-719B-4E59-A519-9AF3F8E376C9}" name="Table__Figure3.3" displayName="Table__Figure3.3" ref="A4:B15" totalsRowShown="0" headerRowDxfId="34" dataDxfId="33" tableBorderDxfId="133" totalsRowBorderDxfId="132" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:B15" xr:uid="{B0371424-4894-4E7B-842A-5AC8345F4253}"/>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{C2EBFBF6-A5F3-40F8-B827-2116CE950EC4}" name="Category" dataDxfId="32" totalsRowDxfId="131"/>
+    <tableColumn id="2" xr3:uid="{20BEA2F9-FE2A-438E-BCC0-AC9364150466}" name="Count of passed installations" dataDxfId="31" totalsRowDxfId="130" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{8F5AC9D5-5C4D-4908-8D31-16EFFC86A591}" name="Table__Figure3.4" displayName="Table__Figure3.4" ref="A4:D5" totalsRowShown="0" headerRowDxfId="129" tableBorderDxfId="128" totalsRowBorderDxfId="127" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:D5" xr:uid="{8F5AC9D5-5C4D-4908-8D31-16EFFC86A591}"/>
   <tableColumns count="4">
-    <tableColumn id="3" xr3:uid="{9EF89004-2910-42B0-A842-62132F7470C8}" name="Category" dataDxfId="138" dataCellStyle="Percent"/>
-[...2 lines deleted...]
-    <tableColumn id="1" xr3:uid="{90230934-A37C-4FA9-8F2A-9A6A44CBB641}" name="Concurrent installation with upgraded solar PV" dataDxfId="135" dataCellStyle="Percent"/>
+    <tableColumn id="3" xr3:uid="{9EF89004-2910-42B0-A842-62132F7470C8}" name="Category" dataDxfId="126"/>
+    <tableColumn id="5" xr3:uid="{80EAA341-F300-4707-BCEC-D50C206103FA}" name="Retrofit installations" dataDxfId="125"/>
+    <tableColumn id="4" xr3:uid="{19922718-9693-405C-A8B2-05571326C4E5}" name="Concurrent installation with new solar PV" dataDxfId="124"/>
+    <tableColumn id="1" xr3:uid="{90230934-A37C-4FA9-8F2A-9A6A44CBB641}" name="Concurrent installation with upgraded solar PV" dataDxfId="123"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-    <tableColumn id="4" xr3:uid="{90515D10-218C-435F-B4C7-8373183E5453}" name="Required weekly supply for STP" dataDxfId="48" dataCellStyle="Comma"/>
+<file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{4D28D5BD-7583-49FF-A611-038F2DBE6E38}" name="Table__Figure3.5" displayName="Table__Figure3.5" ref="A4:C5" totalsRowShown="0" headerRowDxfId="122" tableBorderDxfId="121" totalsRowBorderDxfId="120" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:C5" xr:uid="{8F5AC9D5-5C4D-4908-8D31-16EFFC86A591}"/>
+  <tableColumns count="3">
+    <tableColumn id="3" xr3:uid="{E6B41E5C-55ED-4DAB-9BC2-CB97B86E13AB}" name="Category" dataDxfId="119"/>
+    <tableColumn id="5" xr3:uid="{1ABC5AF6-A64A-4400-800F-68D260B153DA}" name="Installed with a battery" dataDxfId="118"/>
+    <tableColumn id="4" xr3:uid="{DDD62823-C012-4463-BADF-86F220C1ED7E}" name="Installed without a battery" dataDxfId="117"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
-[...17 lines deleted...]
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table21" displayName="Table21" ref="A2:C3" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{496AC536-643C-4887-9AAC-0A93CB33E2DD}" name="Table__Version_history" displayName="Table__Version_history" ref="A2:C4" totalsRowShown="0" headerRowDxfId="258" dataDxfId="257">
   <tableColumns count="3">
-    <tableColumn id="1" xr3:uid="{779286B0-2369-40D6-8FC1-D9BF7CA7A801}" name="Version" dataDxfId="4"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{4B017EC1-A0A5-4669-B098-1948510FD540}" name="Changes" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{779286B0-2369-40D6-8FC1-D9BF7CA7A801}" name="Version" dataDxfId="256"/>
+    <tableColumn id="2" xr3:uid="{7FEEBBF8-CD5E-4E63-81D8-5AFBA94B0A8E}" name="Date" dataDxfId="255"/>
+    <tableColumn id="3" xr3:uid="{4B017EC1-A0A5-4669-B098-1948510FD540}" name="Changes" dataDxfId="254"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{DB52F5FD-2308-401C-9B4D-A083E909A580}" name="Fig3.5" displayName="Fig3.5" ref="A4:K24" totalsRowShown="0" headerRowDxfId="124" dataDxfId="122" headerRowBorderDxfId="123" headerRowCellStyle="Heading 1">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{516D3C48-F78F-4AA1-9451-F0764E4E95D0}" name="Australia" dataDxfId="111"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{4C952B6D-73E9-4849-9969-088932373E6D}" name="Table__Figure3.6" displayName="Table__Figure3.6" ref="A4:D57" totalsRowShown="0" headerRowDxfId="116" headerRowBorderDxfId="115" tableBorderDxfId="114" totalsRowBorderDxfId="113" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:D57" xr:uid="{4C952B6D-73E9-4849-9969-088932373E6D}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{F1730EB7-7560-42C9-875F-EB856C4F7EDD}" name="Month" dataDxfId="112" dataCellStyle="Normal 3"/>
+    <tableColumn id="2" xr3:uid="{536F4009-BE4F-4526-B2DC-20C13CB4E764}" name="Week" dataDxfId="111" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{052EC653-D468-41ED-AEAB-47A29BCF7FEB}" name="Weekly STC supply" dataDxfId="36" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{90515D10-218C-435F-B4C7-8373183E5453}" name="Required weekly supply for STP" dataDxfId="35" dataCellStyle="Comma"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table21.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{8A0D9E88-D4D8-4647-A68D-4FE6454698E7}" name="Table423" displayName="Table423" ref="A4:L28" totalsRowShown="0" headerRowDxfId="110" headerRowBorderDxfId="109" headerRowCellStyle="Heading 1">
-[...13 lines deleted...]
-    <tableColumn id="12" xr3:uid="{80E66BA7-D3F0-4B06-9FA4-3078F2D5F207}" name="STC validations" dataDxfId="54" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{E7E80764-A529-4BE3-8C4A-CB3DA77A61BE}" name="Table__Figure3.8" displayName="Table__Figure3.8" ref="A4:F103" totalsRowShown="0" headerRowDxfId="110" dataDxfId="109" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:F103" xr:uid="{C9AF4CE5-26E3-4B6D-8ED4-1DD5A86952B5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:F103">
+    <sortCondition ref="A4:A103"/>
+  </sortState>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{150A96ED-BE8D-445A-AAD2-988016B2549F}" name="Year" dataDxfId="108"/>
+    <tableColumn id="2" xr3:uid="{B6CC646A-4419-4763-BEB1-B96002AD14A9}" name="Quarter" dataDxfId="107"/>
+    <tableColumn id="3" xr3:uid="{685A8938-FDD7-4BC0-845E-C7F658966FF4}" name="Installations" dataDxfId="106"/>
+    <tableColumn id="5" xr3:uid="{653D7606-B305-4310-B18A-2BDC47C9DB01}" name="Installed capacity" dataDxfId="105"/>
+    <tableColumn id="6" xr3:uid="{64C69572-AE65-4FA8-B0A8-0658BF490FF2}" name="Annual total installations" dataDxfId="104" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{9D7142DD-7645-4E22-87E9-D4A3F80AA5DA}" name="Annual total installed capacity" dataDxfId="103" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table22.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{B52B4C7D-43C4-4377-98F7-5C9523E7A1C8}" name="Fig3.10" displayName="Fig3.10" ref="A4:H103" totalsRowShown="0" headerRowDxfId="106" dataDxfId="104" headerRowBorderDxfId="105" tableBorderDxfId="103" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{B52B4C7D-43C4-4377-98F7-5C9523E7A1C8}" name="Table__Figure3.9" displayName="Table__Figure3.9" ref="A4:H103" totalsRowShown="0" headerRowDxfId="102" dataDxfId="100" headerRowBorderDxfId="101" tableBorderDxfId="99" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:H103" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{FB44CE5B-83D5-4A42-8C48-7118E2A8F4D5}" name="Year" dataDxfId="102"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{0EABB6A3-4AF4-4270-AF75-2D1BE6ABF2FD}" name="Average system size (kW)" dataDxfId="64" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{FB44CE5B-83D5-4A42-8C48-7118E2A8F4D5}" name="Year" dataDxfId="98"/>
+    <tableColumn id="2" xr3:uid="{8E3855AB-4B2B-4133-A866-7E1DA6D36367}" name="Quarter" dataDxfId="97"/>
+    <tableColumn id="3" xr3:uid="{37FBA4F5-7484-4F15-BA66-B696E5C30490}" name="0-5 kW" dataDxfId="96"/>
+    <tableColumn id="4" xr3:uid="{D17B87CC-5053-44A0-ABB5-7A4D8FC2E673}" name="5-10 kW" dataDxfId="95"/>
+    <tableColumn id="5" xr3:uid="{7F9989E8-F232-400A-B00D-4E2DFA6066BE}" name="10-15 kW" dataDxfId="94"/>
+    <tableColumn id="6" xr3:uid="{A60420FE-FAC6-4131-B601-CF78535E7F33}" name="15-40 kW" dataDxfId="93"/>
+    <tableColumn id="7" xr3:uid="{F81EBE7E-D6AE-42CA-B396-5E61E14FFC19}" name="40-100 kW" dataDxfId="92"/>
+    <tableColumn id="8" xr3:uid="{0EABB6A3-4AF4-4270-AF75-2D1BE6ABF2FD}" name="Average system size (kW)" dataDxfId="37" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table23.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="25" xr:uid="{28083DDC-A16F-403B-9B1D-046AB5B1812E}" name="Fig3.4" displayName="Fig3.4" ref="A4:K103" totalsRowShown="0" headerRowCellStyle="Heading 1">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{D7CCA710-AC9A-4B14-9A64-FC21CDC6DC22}" name="Annual total" dataDxfId="65" totalsRowDxfId="83" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{8A0D9E88-D4D8-4647-A68D-4FE6454698E7}" name="Table__Figure3.10" displayName="Table__Figure3.10" ref="A4:L28" totalsRowShown="0" headerRowDxfId="91" headerRowBorderDxfId="90" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:L28" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{363825AB-C1BF-4D49-BAD3-4E4C6D99CC0C}" name="Year" dataDxfId="89" dataCellStyle="Normal 3"/>
+    <tableColumn id="2" xr3:uid="{C4203260-2C20-4A7A-9750-F0918725EE87}" name="Quarter" dataDxfId="88" dataCellStyle="Normal 3"/>
+    <tableColumn id="8" xr3:uid="{FB3AC838-79CE-491C-95DB-3C4EB636D233}" name="ACT" dataDxfId="47" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{09CB924F-F102-4F44-A335-0D676A8EFC1E}" name="NSW" dataDxfId="46" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{CF11E4F7-0BF3-43A4-9BCA-FC4028624A75}" name="NT" dataDxfId="45" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{581C6DBD-B2EC-4171-BD9E-0D624A5A45F5}" name="Queensland" dataDxfId="44" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{A5A3F755-BEFF-4E86-85C8-5D1317D694C2}" name="SA" dataDxfId="43" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{AA09DB96-B73D-4328-99DE-20F63003571A}" name="Tasmania" dataDxfId="42" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{61E53EC0-AA9C-41E0-93A2-66BEAB836154}" name="Victoria" dataDxfId="41" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{3F70D13A-D4E1-4D33-A98B-FE3BC3C16A35}" name="WA" dataDxfId="40" dataCellStyle="Comma"/>
+    <tableColumn id="11" xr3:uid="{55183EFF-E272-4ECE-95B0-8238FA2B7D52}" name="Annual total" dataDxfId="39" dataCellStyle="Comma"/>
+    <tableColumn id="12" xr3:uid="{80E66BA7-D3F0-4B06-9FA4-3078F2D5F207}" name="STC validations" dataDxfId="38" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table24.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="26" xr:uid="{3E30F37B-8AA6-466D-82E1-9CC3C06DA035}" name="Table428" displayName="Table428" ref="A4:D28" totalsRowShown="0" headerRowCellStyle="Heading 1">
-[...5 lines deleted...]
-    <tableColumn id="4" xr3:uid="{83A8C59D-A892-4C29-8607-0B7E6787A0CF}" name="Annual total" dataDxfId="74" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{DB52F5FD-2308-401C-9B4D-A083E909A580}" name="Table__Figure3.11" displayName="Table__Figure3.11" ref="A4:K24" totalsRowShown="0" headerRowDxfId="87" dataDxfId="85" headerRowBorderDxfId="86" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:K24" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{B7333DBE-CEB9-4032-AE5A-2457C322A304}" name="Year" dataDxfId="84"/>
+    <tableColumn id="2" xr3:uid="{7F045FF0-6E5F-417D-9F1D-C7576347CA1D}" name="Quarter" dataDxfId="83"/>
+    <tableColumn id="3" xr3:uid="{DDFEB804-E534-45D3-9587-0D7E1BDE0220}" name="ACT" dataDxfId="82"/>
+    <tableColumn id="4" xr3:uid="{8789A9D5-37A0-4993-8BDF-FF4C96BF1A23}" name="NSW" dataDxfId="81"/>
+    <tableColumn id="5" xr3:uid="{14131CB3-A1A0-4D57-A6C0-127DE16EFC1F}" name="NT" dataDxfId="80"/>
+    <tableColumn id="6" xr3:uid="{6B9C68E4-1BF4-4869-9F1D-8AC00FBD28E5}" name="Queensland" dataDxfId="79"/>
+    <tableColumn id="7" xr3:uid="{3B62FB10-CF78-492E-AE3A-38A3FF2508A5}" name="SA" dataDxfId="78"/>
+    <tableColumn id="8" xr3:uid="{655ADA03-4F10-4780-B028-2CB032195F59}" name="Tasmania" dataDxfId="77"/>
+    <tableColumn id="9" xr3:uid="{C570F5D3-D00E-4945-AEDA-87EB6FAA57AF}" name="Victoria" dataDxfId="76"/>
+    <tableColumn id="10" xr3:uid="{DFC660FC-D5B4-4D2E-B45E-116236B34582}" name="WA" dataDxfId="75"/>
+    <tableColumn id="11" xr3:uid="{516D3C48-F78F-4AA1-9451-F0764E4E95D0}" name="Australia" dataDxfId="74"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table25.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="27" xr:uid="{E59DC253-CBE7-491F-B883-243ED1760186}" name="Fig3.11" displayName="Fig3.11" ref="A4:E64" totalsRowShown="0" headerRowCellStyle="Heading 1">
-[...6 lines deleted...]
-    <tableColumn id="5" xr3:uid="{CAE1C5F5-6519-4277-B56D-E297B4C4797F}" name="Annual total STCs transacted" dataDxfId="76" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{0386BEA8-E127-4304-BA7B-A1FE2037868A}" name="Table__Figure3.12" displayName="Table__Figure3.12" ref="A4:K103" totalsRowShown="0" dataDxfId="72" headerRowBorderDxfId="73" dataCellStyle="Comma 13 2 2">
+  <autoFilter ref="A4:K103" xr:uid="{0386BEA8-E127-4304-BA7B-A1FE2037868A}"/>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{C77A527A-3B6F-41B7-8CD7-4AA6527FC6B6}" name="Year" dataDxfId="71" dataCellStyle="Normal 3"/>
+    <tableColumn id="2" xr3:uid="{E60CFF31-0C24-4AF1-889A-E1A8C77FE5FB}" name="Quarter" dataDxfId="70" dataCellStyle="Normal 3"/>
+    <tableColumn id="3" xr3:uid="{A95B0AD6-2DF0-415A-91D4-C3ABA803F3E6}" name="ACT" dataDxfId="69" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="4" xr3:uid="{5DABDA85-E583-4B4D-9920-748CA019609B}" name="NSW" dataDxfId="68" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="5" xr3:uid="{09A57266-95F3-4408-B6A1-9360E99E2B82}" name="NT" dataDxfId="67" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="6" xr3:uid="{B42892DA-5851-464C-B4DF-05B2EC63A8AC}" name="Queensland" dataDxfId="66" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="7" xr3:uid="{8FB07F43-84B4-4D38-B020-77801DEEA2A1}" name="SA" dataDxfId="65" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="8" xr3:uid="{27D64517-FB55-4C51-9B3D-52B7BF23FF01}" name="Tasmania" dataDxfId="64" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="9" xr3:uid="{A48EDE63-7141-4DB0-8391-DEA4C64AD9E2}" name="Victoria" dataDxfId="63" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="10" xr3:uid="{874B949B-3E83-451C-B402-3B6BB6DD9BA1}" name="WA" dataDxfId="62" dataCellStyle="Comma 13 2 2"/>
+    <tableColumn id="11" xr3:uid="{369066EA-4045-4CA5-B0FF-FB8DE19944D7}" name="Annual total" dataDxfId="61" dataCellStyle="Comma 13 2 2"/>
+  </tableColumns>
+  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table26.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="26" xr:uid="{3E30F37B-8AA6-466D-82E1-9CC3C06DA035}" name="Table__Figure3.13" displayName="Table__Figure3.13" ref="A4:D64" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:D64" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{07414BC2-C35C-4261-8FF9-7C9FEA7B45E1}" name="Year" dataDxfId="60"/>
+    <tableColumn id="2" xr3:uid="{FB4DA0C4-366E-4D32-9BF3-659268B17A13}" name="Quarter" dataDxfId="59"/>
+    <tableColumn id="3" xr3:uid="{D4712A04-9BA7-4903-B518-330B552FFA36}" name="STC supply" dataDxfId="52" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{83A8C59D-A892-4C29-8607-0B7E6787A0CF}" name="Annual total" dataDxfId="51" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
+<file path=xl/tables/table27.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="27" xr:uid="{E59DC253-CBE7-491F-B883-243ED1760186}" name="Table__Figure3.14" displayName="Table__Figure3.14" ref="A4:E64" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:E64" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="5">
+    <tableColumn id="1" xr3:uid="{FD2A232E-FFD6-4914-A635-D82A937144A8}" name="Year" dataDxfId="58"/>
+    <tableColumn id="2" xr3:uid="{81E62B53-8F25-4248-96E5-DF497B919D13}" name="Quarter" dataDxfId="57"/>
+    <tableColumn id="3" xr3:uid="{D4B59A89-8653-4B27-A4D6-2C8AFA366A84}" name="STCs transacted" dataDxfId="55" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{27A24AF7-AC7E-445B-B773-083A62116B37}" name="Transactions" dataDxfId="54" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{CAE1C5F5-6519-4277-B56D-E297B4C4797F}" name="Annual total STCs transacted" dataDxfId="53" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table28.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="25" xr:uid="{55EE149A-3B56-4DC5-AD93-4B46560A5020}" name="Table__Figure4.1" displayName="Table__Figure4.1" ref="A4:D20" totalsRowShown="0" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:D20" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{4F792DA5-27F3-4777-A51C-9503F2506B45}" name="Year" dataDxfId="56"/>
+    <tableColumn id="3" xr3:uid="{0DB6FC94-5AB0-469D-B334-A5975AA63158}" name="Large-scale Renewable Energy Target (LRET) carbon content (t CO2-e)" dataDxfId="50" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{957C3722-C408-407E-AA3C-75B530CC28F9}" name="Small-scale Renewable Energy Scheme (SRES) carbon content (t CO2-e)" dataDxfId="49" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{7D677015-2362-46AA-AC31-84F7777C6E34}" name="Australian Carbon Credit Unit (ACCU) Scheme carbon content (t CO2-e)" dataDxfId="48" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{8235F481-6E52-4A04-870A-C85C86891DB1}" name="Table411" displayName="Table411" ref="A4:M60" totalsRowShown="0" headerRowDxfId="248" headerRowBorderDxfId="247" headerRowCellStyle="Heading 1">
-[...14 lines deleted...]
-    <tableColumn id="12" xr3:uid="{C39827EC-CFD9-4215-9A99-1B873900AB41}" name="Annual total" dataDxfId="234" dataCellStyle="Comma"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{E66E9534-92D7-46A7-9518-CB1558D6CB2D}" name="Table__Figure1.1" displayName="Table__Figure1.1" ref="A4:J60" totalsRowShown="0" headerRowDxfId="253" headerRowBorderDxfId="252">
+  <autoFilter ref="A4:J60" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{1DDD88A1-19CC-4472-8DC2-05B216BC7641}" name="Year" dataDxfId="251"/>
+    <tableColumn id="2" xr3:uid="{4BC3DA8F-9771-45D7-84E3-3828787B15C4}" name="Quarter" dataDxfId="250"/>
+    <tableColumn id="3" xr3:uid="{F4EEF87C-E960-477F-9FDE-8752DE4925C0}" name="ACCU project proponent" dataDxfId="249"/>
+    <tableColumn id="4" xr3:uid="{1014D00F-FA05-409A-9948-60D2A9931AAE}" name="Intermediary" dataDxfId="248"/>
+    <tableColumn id="5" xr3:uid="{B8ECD6C7-CACD-4F8D-A086-7807DE3C4326}" name="Safeguard" dataDxfId="247"/>
+    <tableColumn id="6" xr3:uid="{3925881D-8E61-4608-B996-629C533BAEA9}" name="Safeguard related" dataDxfId="246"/>
+    <tableColumn id="7" xr3:uid="{3E977E69-8EC1-4286-8522-81AB351D0AB8}" name="Government" dataDxfId="245"/>
+    <tableColumn id="8" xr3:uid="{5B3FE526-6953-48D0-9D25-B9995865754D}" name="Business" dataDxfId="244"/>
+    <tableColumn id="9" xr3:uid="{E48EE7B4-18FB-43BC-9356-30EECC84B96B}" name="Total holdings" dataDxfId="243" dataCellStyle="Comma 3"/>
+    <tableColumn id="10" xr3:uid="{AB4B8A32-F956-4D56-A2B2-B290599B7515}" name="Cost containment measure" dataDxfId="242" dataCellStyle="Comma 3"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{63EBB900-56ED-407F-9E00-E57E690DB4B1}" name="Table410" displayName="Table410" ref="A4:N60" headerRowDxfId="233" headerRowBorderDxfId="232">
-[...15 lines deleted...]
-    <tableColumn id="14" xr3:uid="{3BEB3441-B7BB-4E17-AF7C-36BBD1CED256}" name="Annual total" totalsRowFunction="sum" dataDxfId="211" dataCellStyle="Comma 3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{8235F481-6E52-4A04-870A-C85C86891DB1}" name="Table__Figure1.2" displayName="Table__Figure1.2" ref="A4:M60" totalsRowShown="0" headerRowDxfId="241" dataDxfId="239" headerRowBorderDxfId="240" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:M60" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="13">
+    <tableColumn id="1" xr3:uid="{ADDFACFA-0AB8-4BF1-AB45-E19049942AD3}" name="Year" dataDxfId="238"/>
+    <tableColumn id="2" xr3:uid="{17707B0B-CB0F-4DD8-BAD4-FAB8171DBAFB}" name="Quarter" dataDxfId="237"/>
+    <tableColumn id="3" xr3:uid="{61777DD3-8541-49BA-BE0C-680536ED191A}" name="Vegetation" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{51A4F2AD-3B10-4759-90A2-D09E3B72263E}" name="Waste" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{BCF66473-1DC5-4CBC-8EEE-9E9304A81157}" name="Savanna fire management" dataDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{9EE5ADAC-30D9-422A-92CE-4600052FC2C9}" name="Energy efficiency" dataDxfId="7" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{6860DA42-4CC2-4D1E-B427-1917BFFB59C9}" name="Industrial fugitives" dataDxfId="6" dataCellStyle="Comma"/>
+    <tableColumn id="8" xr3:uid="{1075DDD1-99BF-47FC-9AE3-7D50195DCEC0}" name="Agriculture" dataDxfId="5" dataCellStyle="Comma"/>
+    <tableColumn id="13" xr3:uid="{39A05E68-BF22-4E6B-B03A-5AD7038C8B57}" name="Carbon capture" dataDxfId="4" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{AC6639CB-143A-4F55-968B-01E91C5A6731}" name="Transport" dataDxfId="3" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{4C0BF234-EA5E-48DE-A1D4-F0642C340B2A}" name="Facilities" dataDxfId="2" dataCellStyle="Comma"/>
+    <tableColumn id="11" xr3:uid="{C17B3152-4245-4546-B664-D7C655CD2668}" name="Total" dataDxfId="1" dataCellStyle="Comma"/>
+    <tableColumn id="12" xr3:uid="{C39827EC-CFD9-4215-9A99-1B873900AB41}" name="Annual total" dataDxfId="0" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{E66E9534-92D7-46A7-9518-CB1558D6CB2D}" name="Table498" displayName="Table498" ref="A4:J61" totalsRowShown="0" headerRowDxfId="210" headerRowBorderDxfId="209">
-[...11 lines deleted...]
-    <tableColumn id="10" xr3:uid="{AB4B8A32-F956-4D56-A2B2-B290599B7515}" name="Cost containment measure" dataDxfId="200" dataCellStyle="Comma 3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{63EBB900-56ED-407F-9E00-E57E690DB4B1}" name="Table__Figure1.3" displayName="Table__Figure1.3" ref="A4:N60" headerRowDxfId="236" dataDxfId="234" headerRowBorderDxfId="235">
+  <autoFilter ref="A4:N60" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="14">
+    <tableColumn id="1" xr3:uid="{0F8F82C6-DF43-426B-9546-89516A88D9EB}" name="Year" totalsRowLabel="Total" dataDxfId="233"/>
+    <tableColumn id="2" xr3:uid="{490B751D-32C6-40AD-B62B-E76611FC7DE5}" name="Quarter" dataDxfId="232" totalsRowDxfId="231"/>
+    <tableColumn id="3" xr3:uid="{B13B9FFB-CFB4-4B4E-9F13-5028E4919ACF}" name="Vegetation" dataDxfId="230" dataCellStyle="Comma 3"/>
+    <tableColumn id="4" xr3:uid="{401BF158-4EFA-4855-AC4E-C7D4CBE0F84B}" name="Agriculture - soil carbon" dataDxfId="229" dataCellStyle="Comma 3"/>
+    <tableColumn id="5" xr3:uid="{AAFBB51E-C075-4748-887F-3244DB80BFB9}" name="Waste" dataDxfId="228" dataCellStyle="Comma 3"/>
+    <tableColumn id="6" xr3:uid="{8312535B-9970-4B74-A0F5-850C20A92736}" name="Energy efficiency" dataDxfId="227" dataCellStyle="Comma 3"/>
+    <tableColumn id="7" xr3:uid="{19E16964-CC4E-419A-BD7D-052582C20388}" name="Agriculture - other" dataDxfId="226" totalsRowDxfId="225" dataCellStyle="Comma 3"/>
+    <tableColumn id="8" xr3:uid="{40059013-0C44-4440-A1F8-1DE5CA6DE47F}" name="Savanna fire management" dataDxfId="224" totalsRowDxfId="223" dataCellStyle="Comma 3"/>
+    <tableColumn id="9" xr3:uid="{A1AC2B55-F429-4895-8A16-8CE3C20D8B24}" name="Transport" dataDxfId="222" totalsRowDxfId="221" dataCellStyle="Comma 3"/>
+    <tableColumn id="10" xr3:uid="{1E243338-A3BE-4687-95A7-68FCD24ACA1B}" name="Industrial fugitives" dataDxfId="220" totalsRowDxfId="219" dataCellStyle="Comma 3"/>
+    <tableColumn id="11" xr3:uid="{EE808986-808A-4081-B9A8-E23613F50D60}" name="Facilities" dataDxfId="218" totalsRowDxfId="217" dataCellStyle="Comma 3"/>
+    <tableColumn id="12" xr3:uid="{E1C12369-57D3-4854-A78F-91AD37CBD43A}" name="Carbon capture" dataDxfId="216" totalsRowDxfId="215" dataCellStyle="Comma 3"/>
+    <tableColumn id="13" xr3:uid="{18A0EBC0-F2C7-4044-9C24-64D1D086C119}" name="Total" dataDxfId="214" totalsRowDxfId="213" dataCellStyle="Comma 3"/>
+    <tableColumn id="14" xr3:uid="{3BEB3441-B7BB-4E17-AF7C-36BBD1CED256}" name="Annual total" totalsRowFunction="sum" dataDxfId="212" dataCellStyle="Comma 3"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{72B5144F-6E56-48CD-91E7-B2C9D1DAB0C3}" name="Table49819" displayName="Table49819" ref="A4:G9" totalsRowShown="0" headerRowDxfId="199" headerRowBorderDxfId="198">
-[...8 lines deleted...]
-    <tableColumn id="9" xr3:uid="{B1B82E40-AECC-498A-91B7-276341641CB3}" name="Total holdings" dataDxfId="192" dataCellStyle="Comma 3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{D47FD329-2CE5-40FF-93F9-E1F94A8301DF}" name="Table__Figure1.4" displayName="Table__Figure1.4" ref="A4:C6" totalsRowShown="0" headerRowDxfId="211" dataDxfId="209" headerRowBorderDxfId="210" tableBorderDxfId="208" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:C6" xr:uid="{D47FD329-2CE5-40FF-93F9-E1F94A8301DF}"/>
+  <tableColumns count="3">
+    <tableColumn id="1" xr3:uid="{C770EB45-FCB4-4110-8186-A1D941C7FA20}" name="Category" dataDxfId="207"/>
+    <tableColumn id="2" xr3:uid="{A5355244-EBEF-46C1-B04A-07C2D81F5A0C}" name="Bottom of 2026 expected ACCU issuance range" dataDxfId="206"/>
+    <tableColumn id="5" xr3:uid="{E48313CD-0345-4706-9C18-32AA65ECA1D4}" name="Top of 2026 expected ACCU issuance range" dataDxfId="205" dataCellStyle="Normal 11 3"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{D07B9107-DCF0-47A3-A1D6-4EB15C8A0A07}" name="Fig1.4" displayName="Fig1.4" ref="A4:G52" totalsRowShown="0" headerRowDxfId="191" dataDxfId="189" headerRowBorderDxfId="190" headerRowCellStyle="Heading 1" dataCellStyle="Comma">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{D07B9107-DCF0-47A3-A1D6-4EB15C8A0A07}" name="Table__Figure1.5" displayName="Table__Figure1.5" ref="A4:G52" totalsRowShown="0" headerRowDxfId="204" dataDxfId="202" headerRowBorderDxfId="203" headerRowCellStyle="Heading 1" dataCellStyle="Comma">
   <autoFilter ref="A4:G52" xr:uid="{213A4B54-BF85-4605-8FF0-27BC3C254680}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{D6859B58-A2B2-418A-B4A3-8204E68EF2F1}" name="Year" dataDxfId="188" dataCellStyle="Normal 5"/>
-[...5 lines deleted...]
-    <tableColumn id="6" xr3:uid="{6FEF5FC8-66ED-49CB-A4CE-D414E678190A}" name="Annual total" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{D6859B58-A2B2-418A-B4A3-8204E68EF2F1}" name="Year" dataDxfId="201" dataCellStyle="Normal 5"/>
+    <tableColumn id="2" xr3:uid="{3043C5BF-8367-4A47-AB89-4470F42B3715}" name="Quarter" dataDxfId="200" dataCellStyle="Comma 4"/>
+    <tableColumn id="3" xr3:uid="{9D45E15C-F682-4691-B442-CDDABB8A0AE5}" name="Voluntary " dataDxfId="199" dataCellStyle="Normal 3"/>
+    <tableColumn id="4" xr3:uid="{33DDCDE1-8135-4B36-BA70-9AACA4D04771}" name="Compliance" dataDxfId="198" dataCellStyle="Normal 3"/>
+    <tableColumn id="5" xr3:uid="{A6DD6835-A56C-4FCD-BED1-EC9960EAC6DD}" name="Government" dataDxfId="197" dataCellStyle="Normal 3"/>
+    <tableColumn id="10" xr3:uid="{2C9F83E1-9DC7-42B1-9904-34F8FA08708A}" name="Total" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{6FEF5FC8-66ED-49CB-A4CE-D414E678190A}" name="Annual total" dataDxfId="11" dataCellStyle="Comma"/>
   </tableColumns>
-  <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{59CD6DED-FAB7-4402-9D8D-473FF1D3553A}" name="Fig1.429" displayName="Fig1.429" ref="A4:D36" totalsRowShown="0" headerRowDxfId="187" headerRowBorderDxfId="186" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="28" xr:uid="{E07FF6A9-727A-498D-A12B-A1434694D3B0}" name="Table__Figure1.7" displayName="Table__Figure1.7" ref="A4:D36" totalsRowShown="0" headerRowDxfId="196" headerRowBorderDxfId="195" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:D36" xr:uid="{8AED8E3E-283B-4F4F-BF24-4DFB4DDAF9E8}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A3A52B30-8F64-4765-8D3C-010289CF1090}" name="Year" dataDxfId="185" dataCellStyle="Normal 5"/>
-[...2 lines deleted...]
-    <tableColumn id="7" xr3:uid="{D1669CB6-9CE4-4E6B-B7CC-228DF8417169}" name="Annual total" dataDxfId="183" dataCellStyle="Comma"/>
+    <tableColumn id="1" xr3:uid="{E352A376-77DD-429C-8076-F5041AC09A15}" name="Year" dataDxfId="194" dataCellStyle="Normal 5"/>
+    <tableColumn id="2" xr3:uid="{201F9CC3-1BD5-4D1D-BF3D-FC585A4FD9FE}" name="Quarter" dataDxfId="193" dataCellStyle="Comma 4"/>
+    <tableColumn id="6" xr3:uid="{DF011124-EF67-412D-A65D-F3C614B7E77E}" name="Safeguard surrenders" dataDxfId="192" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{B48A16BA-ECE3-4BFF-BEB7-9DFCC1F87C09}" name="Annual total" dataDxfId="191" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="QCMR Default" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{1DAB1FF5-E434-4A7A-8510-7F44533000F4}" name="Table413" displayName="Table413" ref="A4:H28" totalsRowShown="0" headerRowDxfId="182" headerRowBorderDxfId="181" headerRowCellStyle="Heading 1">
-[...9 lines deleted...]
-    <tableColumn id="8" xr3:uid="{0449FB12-1E24-4809-AF44-C6748D914351}" name="Annual total" dataDxfId="16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{72B5144F-6E56-48CD-91E7-B2C9D1DAB0C3}" name="Table__Figure1.8" displayName="Table__Figure1.8" ref="A4:G8" totalsRowShown="0" headerRowDxfId="190" headerRowBorderDxfId="189">
+  <autoFilter ref="A4:G8" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{A6955310-A1B7-42B6-80D1-30D64FD47A2B}" name="Year"/>
+    <tableColumn id="2" xr3:uid="{8F21B341-D642-45BB-A19D-E79028EB86FE}" name="Quarter" dataDxfId="188"/>
+    <tableColumn id="3" xr3:uid="{A510191B-D210-4539-BC26-0921A954365F}" name="Safeguard" dataDxfId="187"/>
+    <tableColumn id="4" xr3:uid="{2B335970-3727-49F7-83D6-6667C189E65D}" name="Intermediary" dataDxfId="186"/>
+    <tableColumn id="5" xr3:uid="{237993DE-0C8E-4F7B-8944-E5C00C26C236}" name="Safeguard-related" dataDxfId="185"/>
+    <tableColumn id="6" xr3:uid="{D8568224-B341-4777-BB72-11B4DEBFA27B}" name="ACCU project proponent" dataDxfId="184"/>
+    <tableColumn id="9" xr3:uid="{B1B82E40-AECC-498A-91B7-276341641CB3}" name="Total holdings" dataDxfId="183" dataCellStyle="Comma 3"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER PowerPoint 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER colour palette">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454743"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="9FB76F"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="FCBA5C"/>
       </a:accent2>
@@ -11472,29755 +12107,35180 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER PowerPoint 2022 theme" id="{E4B27194-9A98-4EFD-8C06-2541FBDF1EBC}" vid="{128EC6A5-20B5-4C2F-AAEB-6860E0921653}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/glossary" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-default.cleanenergyregulator.gov.au/About/Pages/Glossary.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/renewable-energy-certificates" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/markets/renewable-energy-certificates" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings31.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings32.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39E7EF1A-AF23-43ED-AC83-422366305897}">
-  <dimension ref="B23"/>
+  <dimension ref="B3:B23"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="8.5546875" style="266"/>
+    <col min="1" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="23" spans="2:2" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="B23" s="265"/>
+    <row r="3" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="7" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="8" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="9" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="10" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="12" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="13" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="14" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="15" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="2:2" ht="14.55" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="23" spans="2:2" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E67528DB-09CE-4051-8FFD-9C6980B77A92}">
-  <dimension ref="A1:F38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09B47B9C-E208-4A91-9215-56453288F0BD}">
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="6" width="27.33203125" style="5" customWidth="1"/>
-    <col min="7" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" customWidth="1"/>
+    <col min="3" max="3" width="30.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+    </row>
+    <row r="2" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+    </row>
+    <row r="3" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+    </row>
+    <row r="4" spans="1:4" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="128">
+        <v>2018</v>
+      </c>
+      <c r="B5" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="129">
+        <v>379792</v>
+      </c>
+      <c r="D5" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="128">
+        <v>2018</v>
+      </c>
+      <c r="B6" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="129">
+        <v>0</v>
+      </c>
+      <c r="D6" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="128">
+        <v>2018</v>
+      </c>
+      <c r="B7" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="129">
+        <v>0</v>
+      </c>
+      <c r="D7" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="128">
+        <v>2018</v>
+      </c>
+      <c r="B8" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="129">
+        <v>10101</v>
+      </c>
+      <c r="D8" s="130">
+        <v>389893</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="128">
+        <v>2019</v>
+      </c>
+      <c r="B9" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="129">
+        <v>141206</v>
+      </c>
+      <c r="D9" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="128">
+        <v>2019</v>
+      </c>
+      <c r="B10" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="129">
+        <v>0</v>
+      </c>
+      <c r="D10" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="128">
+        <v>2019</v>
+      </c>
+      <c r="B11" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="129">
+        <v>0</v>
+      </c>
+      <c r="D11" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="128">
+        <v>2019</v>
+      </c>
+      <c r="B12" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="129">
+        <v>2637</v>
+      </c>
+      <c r="D12" s="130">
+        <v>143843</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="128">
+        <v>2020</v>
+      </c>
+      <c r="B13" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="129">
+        <v>56994</v>
+      </c>
+      <c r="D13" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="128">
+        <v>2020</v>
+      </c>
+      <c r="B14" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="129">
+        <v>0</v>
+      </c>
+      <c r="D14" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="128">
+        <v>2020</v>
+      </c>
+      <c r="B15" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="129">
+        <v>0</v>
+      </c>
+      <c r="D15" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="128">
+        <v>2020</v>
+      </c>
+      <c r="B16" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="129">
+        <v>0</v>
+      </c>
+      <c r="D16" s="130">
+        <v>56994</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="128">
+        <v>2021</v>
+      </c>
+      <c r="B17" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="129">
+        <v>88325</v>
+      </c>
+      <c r="D17" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="128">
+        <v>2021</v>
+      </c>
+      <c r="B18" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="129">
+        <v>33254</v>
+      </c>
+      <c r="D18" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="128">
+        <v>2021</v>
+      </c>
+      <c r="B19" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="129">
+        <v>0</v>
+      </c>
+      <c r="D19" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="128">
+        <v>2021</v>
+      </c>
+      <c r="B20" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="129">
+        <v>0</v>
+      </c>
+      <c r="D20" s="130">
+        <v>121579</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="131">
+        <v>2022</v>
+      </c>
+      <c r="B21" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="129">
+        <v>250809</v>
+      </c>
+      <c r="D21" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="128">
+        <v>2022</v>
+      </c>
+      <c r="B22" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="129">
+        <v>37726</v>
+      </c>
+      <c r="D22" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="128">
+        <v>2022</v>
+      </c>
+      <c r="B23" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="129">
+        <v>50000</v>
+      </c>
+      <c r="D23" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="128">
+        <v>2022</v>
+      </c>
+      <c r="B24" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="129">
+        <v>10000</v>
+      </c>
+      <c r="D24" s="130">
+        <v>348535</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="128">
+        <v>2023</v>
+      </c>
+      <c r="B25" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="129">
+        <v>202613</v>
+      </c>
+      <c r="D25" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="128">
+        <v>2023</v>
+      </c>
+      <c r="B26" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="129">
+        <v>33611</v>
+      </c>
+      <c r="D26" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="128">
+        <v>2023</v>
+      </c>
+      <c r="B27" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="129">
+        <v>0</v>
+      </c>
+      <c r="D27" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="128">
+        <v>2023</v>
+      </c>
+      <c r="B28" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="129">
+        <v>0</v>
+      </c>
+      <c r="D28" s="130">
+        <v>236224</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="128">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="129">
+        <v>896225</v>
+      </c>
+      <c r="D29" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="128">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="129">
+        <v>0</v>
+      </c>
+      <c r="D30" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="128">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="129">
+        <v>6253</v>
+      </c>
+      <c r="D31" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="128">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="167" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="129">
+        <v>623613</v>
+      </c>
+      <c r="D32" s="130">
+        <v>1526091</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="128">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="167" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="129">
+        <v>6380493</v>
+      </c>
+      <c r="D33" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="128">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="167" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="129">
+        <v>172900</v>
+      </c>
+      <c r="D34" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="128">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="167" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="129">
+        <v>211222</v>
+      </c>
+      <c r="D35" s="130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="128">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="168" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="132">
+        <v>1917208</v>
+      </c>
+      <c r="D36" s="130">
+        <v>8681823</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A37" s="1"/>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
+    </row>
+    <row r="38" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A38" s="1"/>
+      <c r="B38" s="1"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
+    </row>
+    <row r="39" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A39" s="1"/>
+      <c r="B39" s="1"/>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1"/>
+    </row>
+    <row r="40" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A40" s="1"/>
+      <c r="B40" s="1"/>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
+    </row>
+    <row r="41" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A41" s="1"/>
+      <c r="B41" s="1"/>
+      <c r="C41" s="1"/>
+      <c r="D41" s="1"/>
+    </row>
+    <row r="42" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A42" s="1"/>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+    </row>
+    <row r="43" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1"/>
+      <c r="C43" s="1"/>
+      <c r="D43" s="1"/>
+    </row>
+    <row r="44" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1"/>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
+    </row>
+    <row r="45" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+    </row>
+    <row r="46" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+    </row>
+    <row r="47" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+    </row>
+    <row r="48" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+    </row>
+    <row r="49" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+    </row>
+    <row r="50" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A50" s="1"/>
+      <c r="B50" s="1"/>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
+    </row>
+    <row r="51" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A51" s="1"/>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+    </row>
+    <row r="52" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+    </row>
+    <row r="53" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1"/>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
+    </row>
+    <row r="54" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+    </row>
+    <row r="55" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+    </row>
+    <row r="56" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A56" s="1"/>
+      <c r="B56" s="1"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+    </row>
+    <row r="57" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A57" s="1"/>
+      <c r="B57" s="1"/>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+    </row>
+    <row r="58" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A58" s="1"/>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+    </row>
+    <row r="59" spans="1:4" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+    </row>
+    <row r="60" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="218" t="s">
+        <v>154</v>
+      </c>
+      <c r="B60" s="218"/>
+      <c r="C60" s="218"/>
+      <c r="D60" s="218"/>
+    </row>
+    <row r="61" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="219" t="s">
+        <v>155</v>
+      </c>
+      <c r="B61" s="219"/>
+      <c r="C61" s="219"/>
+      <c r="D61" s="219"/>
+    </row>
+    <row r="62" spans="1:4" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A62" s="219"/>
+      <c r="B62" s="219"/>
+      <c r="C62" s="219"/>
+      <c r="D62" s="219"/>
+    </row>
+    <row r="63" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="218" t="s">
+        <v>95</v>
+      </c>
+      <c r="B63" s="218"/>
+      <c r="C63" s="218"/>
+      <c r="D63" s="218"/>
+    </row>
+    <row r="64" spans="1:4" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="209" t="s">
+        <v>156</v>
+      </c>
+      <c r="B64" s="209"/>
+      <c r="C64" s="209"/>
+      <c r="D64" s="209"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="A60:D60"/>
+    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="A63:D63"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{11019100-3B71-4DE4-A798-67E2DA036AA4}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C30D44A-43A0-4732-8B7F-422EB2A13911}">
+  <dimension ref="A1:G42"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="2" width="14.77734375" style="28" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.21875" style="28" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.88671875" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.77734375" style="28" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34" style="28" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.88671875" style="28" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+    </row>
+    <row r="2" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="186" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" s="186"/>
+      <c r="C2" s="186"/>
+      <c r="D2" s="186"/>
+      <c r="E2" s="186"/>
+      <c r="F2" s="186"/>
+      <c r="G2" s="186"/>
+    </row>
+    <row r="3" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+    </row>
+    <row r="4" spans="1:7" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="104" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E4" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G4" s="21" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B5" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="33">
+        <v>6.5</v>
+      </c>
+      <c r="D5" s="33">
+        <v>0.2</v>
+      </c>
+      <c r="E5" s="32">
+        <v>0.1</v>
+      </c>
+      <c r="F5" s="32">
+        <v>0</v>
+      </c>
+      <c r="G5" s="88">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="34">
+        <v>6.6</v>
+      </c>
+      <c r="D6" s="34">
+        <v>0.2</v>
+      </c>
+      <c r="E6" s="32">
+        <v>0.1</v>
+      </c>
+      <c r="F6" s="32">
+        <v>0</v>
+      </c>
+      <c r="G6" s="88">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="34">
+        <v>6.5</v>
+      </c>
+      <c r="D7" s="34">
+        <v>0.2</v>
+      </c>
+      <c r="E7" s="32">
+        <v>0.2</v>
+      </c>
+      <c r="F7" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="G7" s="88">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="32">
+        <v>6</v>
+      </c>
+      <c r="D8" s="32">
+        <v>0.3</v>
+      </c>
+      <c r="E8" s="32">
+        <v>0.7</v>
+      </c>
+      <c r="F8" s="32">
+        <v>0</v>
+      </c>
+      <c r="G8" s="88">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="222" t="s">
+        <v>160</v>
+      </c>
+      <c r="B9" s="222"/>
+      <c r="C9" s="75">
+        <v>60</v>
+      </c>
+      <c r="D9" s="75">
+        <v>3</v>
+      </c>
+      <c r="E9" s="75">
+        <v>4</v>
+      </c>
+      <c r="F9" s="75">
+        <v>0</v>
+      </c>
+      <c r="G9" s="169" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="11" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="12" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="G13" s="72"/>
+    </row>
+    <row r="14" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="G14" s="74"/>
+    </row>
+    <row r="15" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="16" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="17" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="18" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="19" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="21" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="22" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="23" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="24" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="25" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="26" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="27" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="28" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="29" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="30" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="31" spans="1:7" ht="14.4" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="221" t="s">
+        <v>161</v>
+      </c>
+      <c r="B32" s="221"/>
+      <c r="C32" s="221"/>
+      <c r="D32" s="221"/>
+      <c r="E32" s="221"/>
+      <c r="F32" s="221"/>
+      <c r="G32" s="221"/>
+    </row>
+    <row r="33" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A33" s="220" t="s">
+        <v>162</v>
+      </c>
+      <c r="B33" s="220"/>
+      <c r="C33" s="220"/>
+      <c r="D33" s="220"/>
+      <c r="E33" s="220"/>
+      <c r="F33" s="220"/>
+      <c r="G33" s="220"/>
+    </row>
+    <row r="34" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A34" s="223"/>
+      <c r="B34" s="223"/>
+      <c r="C34" s="223"/>
+      <c r="D34" s="223"/>
+      <c r="E34" s="223"/>
+      <c r="F34" s="223"/>
+      <c r="G34" s="223"/>
+    </row>
+    <row r="35" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="221" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" s="221"/>
+      <c r="C35" s="221"/>
+      <c r="D35" s="221"/>
+      <c r="E35" s="221"/>
+      <c r="F35" s="221"/>
+      <c r="G35" s="221"/>
+    </row>
+    <row r="36" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="220" t="s">
+        <v>163</v>
+      </c>
+      <c r="B36" s="220"/>
+      <c r="C36" s="220"/>
+      <c r="D36" s="220"/>
+      <c r="E36" s="220"/>
+      <c r="F36" s="220"/>
+      <c r="G36" s="220"/>
+    </row>
+    <row r="37" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A37" s="220"/>
+      <c r="B37" s="220"/>
+      <c r="C37" s="220"/>
+      <c r="D37" s="220"/>
+      <c r="E37" s="220"/>
+      <c r="F37" s="220"/>
+      <c r="G37" s="220"/>
+    </row>
+    <row r="38" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="224" t="s">
+        <v>97</v>
+      </c>
+      <c r="B38" s="224"/>
+      <c r="C38" s="224"/>
+      <c r="D38" s="224"/>
+      <c r="E38" s="224"/>
+      <c r="F38" s="224"/>
+      <c r="G38" s="224"/>
+    </row>
+    <row r="39" spans="1:7" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="220" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="220"/>
+      <c r="C39" s="220"/>
+      <c r="D39" s="220"/>
+      <c r="E39" s="220"/>
+      <c r="F39" s="220"/>
+      <c r="G39" s="220"/>
+    </row>
+    <row r="40" spans="1:7" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="220" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="220"/>
+      <c r="C40" s="220"/>
+      <c r="D40" s="220"/>
+      <c r="E40" s="220"/>
+      <c r="F40" s="220"/>
+      <c r="G40" s="220"/>
+    </row>
+    <row r="41" spans="1:7" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="220" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" s="220"/>
+      <c r="C41" s="220"/>
+      <c r="D41" s="220"/>
+      <c r="E41" s="220"/>
+      <c r="F41" s="220"/>
+      <c r="G41" s="220"/>
+    </row>
+    <row r="42" spans="1:7" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="220" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="220"/>
+      <c r="C42" s="220"/>
+      <c r="D42" s="220"/>
+      <c r="E42" s="220"/>
+      <c r="F42" s="220"/>
+      <c r="G42" s="220"/>
+    </row>
+  </sheetData>
+  <mergeCells count="14">
+    <mergeCell ref="A42:G42"/>
+    <mergeCell ref="A36:G36"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A32:G32"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A34:G34"/>
+    <mergeCell ref="A37:G37"/>
+    <mergeCell ref="A38:G38"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A41:G41"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{BB2CECE3-189B-48E4-98B6-679B9A3131BB}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82B472B6-E344-4589-8D0D-0207B0868B98}">
+  <dimension ref="A1:H53"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.33203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.88671875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
-    </row>
-[...188 lines deleted...]
-      <c r="A29" s="31" t="s">
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+    </row>
+    <row r="2" spans="1:8" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>168</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+      <c r="H2" s="206"/>
+    </row>
+    <row r="3" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="225" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="225"/>
+      <c r="C3" s="225"/>
+      <c r="D3" s="225"/>
+      <c r="E3" s="225"/>
+      <c r="F3" s="225"/>
+      <c r="G3" s="225"/>
+      <c r="H3" s="225"/>
+    </row>
+    <row r="4" spans="1:8" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H4" s="16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="8">
+        <v>4313812</v>
+      </c>
+      <c r="D5" s="8">
+        <v>1973944</v>
+      </c>
+      <c r="E5" s="8">
+        <v>706897</v>
+      </c>
+      <c r="F5" s="8">
+        <v>403025</v>
+      </c>
+      <c r="G5" s="10">
+        <v>7397678</v>
+      </c>
+      <c r="H5" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B6" s="11" t="s">
         <v>89</v>
       </c>
+      <c r="C6" s="8">
+        <v>4974714</v>
+      </c>
+      <c r="D6" s="8">
+        <v>1526406</v>
+      </c>
+      <c r="E6" s="8">
+        <v>409451</v>
+      </c>
+      <c r="F6" s="8">
+        <v>57458</v>
+      </c>
+      <c r="G6" s="10">
+        <v>6968029</v>
+      </c>
+      <c r="H6" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="8">
+        <v>5023838</v>
+      </c>
+      <c r="D7" s="8">
+        <v>1387380</v>
+      </c>
+      <c r="E7" s="8">
+        <v>853317</v>
+      </c>
+      <c r="F7" s="8">
+        <v>58210</v>
+      </c>
+      <c r="G7" s="10">
+        <v>7322745</v>
+      </c>
+      <c r="H7" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="8">
+        <v>7038530</v>
+      </c>
+      <c r="D8" s="8">
+        <v>2447599</v>
+      </c>
+      <c r="E8" s="8">
+        <v>1397039</v>
+      </c>
+      <c r="F8" s="8">
+        <v>581376</v>
+      </c>
+      <c r="G8" s="10">
+        <v>11464544</v>
+      </c>
+      <c r="H8" s="82">
+        <v>33152996</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="8">
+        <v>5585650</v>
+      </c>
+      <c r="D9" s="8">
+        <v>2424743</v>
+      </c>
+      <c r="E9" s="8">
+        <v>443744</v>
+      </c>
+      <c r="F9" s="8">
+        <v>751496</v>
+      </c>
+      <c r="G9" s="10">
+        <v>9205633</v>
+      </c>
+      <c r="H9" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="8">
+        <v>5418883</v>
+      </c>
+      <c r="D10" s="8">
+        <v>2128835</v>
+      </c>
+      <c r="E10" s="8">
+        <v>344264</v>
+      </c>
+      <c r="F10" s="8">
+        <v>60940</v>
+      </c>
+      <c r="G10" s="10">
+        <v>7952922</v>
+      </c>
+      <c r="H10" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="8">
+        <v>6984780</v>
+      </c>
+      <c r="D11" s="8">
+        <v>1716402</v>
+      </c>
+      <c r="E11" s="8">
+        <v>394604</v>
+      </c>
+      <c r="F11" s="8">
+        <v>112893</v>
+      </c>
+      <c r="G11" s="10">
+        <v>9208679</v>
+      </c>
+      <c r="H11" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="8">
+        <v>8235025</v>
+      </c>
+      <c r="D12" s="8">
+        <v>3042634</v>
+      </c>
+      <c r="E12" s="8">
+        <v>982100</v>
+      </c>
+      <c r="F12" s="8">
+        <v>305208</v>
+      </c>
+      <c r="G12" s="10">
+        <v>12564967</v>
+      </c>
+      <c r="H12" s="82">
+        <v>38932201</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="8">
+        <v>5281079</v>
+      </c>
+      <c r="D13" s="8">
+        <v>3466194</v>
+      </c>
+      <c r="E13" s="8">
+        <v>615892</v>
+      </c>
+      <c r="F13" s="8">
+        <v>816529</v>
+      </c>
+      <c r="G13" s="10">
+        <v>10179694</v>
+      </c>
+      <c r="H13" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="8">
+        <v>6356949</v>
+      </c>
+      <c r="D14" s="8">
+        <v>2733676</v>
+      </c>
+      <c r="E14" s="8">
+        <v>345547</v>
+      </c>
+      <c r="F14" s="8">
+        <v>90978</v>
+      </c>
+      <c r="G14" s="10">
+        <v>9527150</v>
+      </c>
+      <c r="H14" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="8">
+        <v>8076905</v>
+      </c>
+      <c r="D15" s="8">
+        <v>2297227</v>
+      </c>
+      <c r="E15" s="8">
+        <v>596284</v>
+      </c>
+      <c r="F15" s="8">
+        <v>207837</v>
+      </c>
+      <c r="G15" s="10">
+        <v>11178253</v>
+      </c>
+      <c r="H15" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="8">
+        <v>6750741</v>
+      </c>
+      <c r="D16" s="8">
+        <v>3284968</v>
+      </c>
+      <c r="E16" s="8">
+        <v>613178</v>
+      </c>
+      <c r="F16" s="8">
+        <v>556726</v>
+      </c>
+      <c r="G16" s="10">
+        <v>11205613</v>
+      </c>
+      <c r="H16" s="82">
+        <v>42090710</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="8">
+        <v>6812455</v>
+      </c>
+      <c r="D17" s="8">
+        <v>4523784</v>
+      </c>
+      <c r="E17" s="8">
+        <v>838244</v>
+      </c>
+      <c r="F17" s="8">
+        <v>891226</v>
+      </c>
+      <c r="G17" s="10">
+        <v>13065709</v>
+      </c>
+      <c r="H17" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="8">
+        <v>7286918</v>
+      </c>
+      <c r="D18" s="8">
+        <v>3463788</v>
+      </c>
+      <c r="E18" s="8">
+        <v>398580</v>
+      </c>
+      <c r="F18" s="8">
+        <v>138585</v>
+      </c>
+      <c r="G18" s="10">
+        <v>11287871</v>
+      </c>
+      <c r="H18" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="8">
+        <v>8500814</v>
+      </c>
+      <c r="D19" s="8">
+        <v>3090340</v>
+      </c>
+      <c r="E19" s="8">
+        <v>386810</v>
+      </c>
+      <c r="F19" s="8">
+        <v>141337</v>
+      </c>
+      <c r="G19" s="10">
+        <v>12119301</v>
+      </c>
+      <c r="H19" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="8">
+        <v>7657674</v>
+      </c>
+      <c r="D20" s="8">
+        <v>4422891</v>
+      </c>
+      <c r="E20" s="8">
+        <v>780365</v>
+      </c>
+      <c r="F20" s="8">
+        <v>268648</v>
+      </c>
+      <c r="G20" s="10">
+        <v>13129578</v>
+      </c>
+      <c r="H20" s="82">
+        <v>49602459</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="8">
+        <v>7039551</v>
+      </c>
+      <c r="D21" s="8">
+        <v>5106888</v>
+      </c>
+      <c r="E21" s="8">
+        <v>660904</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1036842</v>
+      </c>
+      <c r="G21" s="10">
+        <v>13844185</v>
+      </c>
+      <c r="H21" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="8">
+        <v>6692758</v>
+      </c>
+      <c r="D22" s="8">
+        <v>4029007</v>
+      </c>
+      <c r="E22" s="8">
+        <v>271129</v>
+      </c>
+      <c r="F22" s="8">
+        <v>64625</v>
+      </c>
+      <c r="G22" s="10">
+        <v>11057519</v>
+      </c>
+      <c r="H22" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="8">
+        <v>8538561</v>
+      </c>
+      <c r="D23" s="8">
+        <v>3409643</v>
+      </c>
+      <c r="E23" s="8">
+        <v>512130</v>
+      </c>
+      <c r="F23" s="8">
+        <v>107558</v>
+      </c>
+      <c r="G23" s="10">
+        <v>12567892</v>
+      </c>
+      <c r="H23" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="8">
+        <v>8393679</v>
+      </c>
+      <c r="D24" s="8">
+        <v>4505033</v>
+      </c>
+      <c r="E24" s="8">
+        <v>743249</v>
+      </c>
+      <c r="F24" s="8">
+        <v>368626</v>
+      </c>
+      <c r="G24" s="10">
+        <v>14010587</v>
+      </c>
+      <c r="H24" s="82">
+        <v>51480183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="8">
+        <v>7390510</v>
+      </c>
+      <c r="D25" s="8">
+        <v>5892300</v>
+      </c>
+      <c r="E25" s="8">
+        <v>688430</v>
+      </c>
+      <c r="F25" s="8">
+        <v>224749</v>
+      </c>
+      <c r="G25" s="10">
+        <v>14195989</v>
+      </c>
+      <c r="H25" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="8">
+        <v>7605909</v>
+      </c>
+      <c r="D26" s="8">
+        <v>4672630</v>
+      </c>
+      <c r="E26" s="8">
+        <v>588450</v>
+      </c>
+      <c r="F26" s="8">
+        <v>94038</v>
+      </c>
+      <c r="G26" s="10">
+        <v>12961027</v>
+      </c>
+      <c r="H26" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="8">
+        <v>10950241</v>
+      </c>
+      <c r="D27" s="8">
+        <v>3919057</v>
+      </c>
+      <c r="E27" s="8">
+        <v>624678</v>
+      </c>
+      <c r="F27" s="8">
+        <v>162912</v>
+      </c>
+      <c r="G27" s="10">
+        <v>15656888</v>
+      </c>
+      <c r="H27" s="82" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="8">
+        <v>10194903</v>
+      </c>
+      <c r="D28" s="8">
+        <v>5633247</v>
+      </c>
+      <c r="E28" s="8">
+        <v>870295</v>
+      </c>
+      <c r="F28" s="8">
+        <v>154071</v>
+      </c>
+      <c r="G28" s="10">
+        <v>16852516</v>
+      </c>
+      <c r="H28" s="82">
+        <v>59666420</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="7"/>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
-    </row>
-[...19 lines deleted...]
-      <c r="A38" s="4"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="7"/>
+    </row>
+    <row r="30" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+    </row>
+    <row r="31" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="7"/>
+    </row>
+    <row r="32" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="7"/>
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+      <c r="H32" s="7"/>
+    </row>
+    <row r="33" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+    </row>
+    <row r="34" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+    </row>
+    <row r="35" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+    </row>
+    <row r="36" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="7"/>
+      <c r="H36" s="7"/>
+    </row>
+    <row r="37" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+    </row>
+    <row r="38" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+    </row>
+    <row r="39" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="7"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
+      <c r="H39" s="7"/>
+    </row>
+    <row r="40" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="7"/>
+      <c r="H40" s="7"/>
+    </row>
+    <row r="41" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+    </row>
+    <row r="42" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="7"/>
+    </row>
+    <row r="43" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="7"/>
+    </row>
+    <row r="44" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="7"/>
+      <c r="H44" s="7"/>
+    </row>
+    <row r="45" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+      <c r="H45" s="7"/>
+    </row>
+    <row r="46" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="7"/>
+    </row>
+    <row r="47" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="7"/>
+      <c r="H47" s="7"/>
+    </row>
+    <row r="48" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+    </row>
+    <row r="49" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+    </row>
+    <row r="50" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+    </row>
+    <row r="51" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+    </row>
+    <row r="52" spans="1:8" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="213" t="s">
+        <v>179</v>
+      </c>
+      <c r="B52" s="213"/>
+      <c r="C52" s="213"/>
+      <c r="D52" s="213"/>
+      <c r="E52" s="213"/>
+      <c r="F52" s="213"/>
+      <c r="G52" s="213"/>
+      <c r="H52" s="213"/>
+    </row>
+    <row r="53" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="214" t="s">
+        <v>180</v>
+      </c>
+      <c r="B53" s="214"/>
+      <c r="C53" s="214"/>
+      <c r="D53" s="214"/>
+      <c r="E53" s="214"/>
+      <c r="F53" s="214"/>
+      <c r="G53" s="214"/>
+      <c r="H53" s="214"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...767 lines deleted...]
-  <mergeCells count="5">
+  <mergeCells count="4">
     <mergeCell ref="A52:H52"/>
     <mergeCell ref="A53:H53"/>
-    <mergeCell ref="A56:H56"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <phoneticPr fontId="41" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{C60A0557-2A25-45BA-BD19-1E85D14E3522}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DC39FA5-ADA5-45F5-B5B7-396306A819F9}">
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.6640625" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="1" width="37.6640625" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" customWidth="1"/>
+    <col min="3" max="3" width="33.5546875" customWidth="1"/>
+    <col min="4" max="4" width="30.5546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
     </row>
-    <row r="2" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...192 lines deleted...]
-      <c r="A40" s="4"/>
+    <row r="2" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>181</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+    </row>
+    <row r="3" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+    </row>
+    <row r="4" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="20" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="28" spans="1:4" ht="13.2" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+    </row>
+    <row r="30" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="213" t="s">
+        <v>182</v>
+      </c>
+      <c r="B30" s="213"/>
+      <c r="C30" s="213"/>
+      <c r="D30" s="213"/>
+    </row>
+    <row r="31" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="214" t="s">
+        <v>183</v>
+      </c>
+      <c r="B31" s="214"/>
+      <c r="C31" s="214"/>
+      <c r="D31" s="214"/>
+    </row>
+    <row r="32" spans="1:4" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A32" s="214"/>
+      <c r="B32" s="214"/>
+      <c r="C32" s="214"/>
+      <c r="D32" s="214"/>
+    </row>
+    <row r="33" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="213" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="213"/>
+      <c r="C33" s="213"/>
+      <c r="D33" s="213"/>
+    </row>
+    <row r="34" spans="1:4" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="226" t="s">
+        <v>184</v>
+      </c>
+      <c r="B34" s="226"/>
+      <c r="C34" s="226"/>
+      <c r="D34" s="226"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-    <mergeCell ref="A32:D33"/>
+  <mergeCells count="7">
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A34:D34"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
-    <mergeCell ref="A28:D28"/>
-    <mergeCell ref="A29:D29"/>
+    <mergeCell ref="A30:D30"/>
     <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A32:D32"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{8B449BFE-957D-4BEB-80DF-A0A849142B24}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52CD6E2C-ABFF-4E29-997B-0A4D6AA75C40}">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.44140625" style="5" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-    <row r="5" spans="1:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>170</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="13" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C5" s="119">
+        <v>87</v>
+      </c>
+      <c r="C5" s="80">
+        <v>0.23</v>
+      </c>
+      <c r="D5" s="80">
+        <v>0.43</v>
+      </c>
+      <c r="E5" s="81">
+        <v>0.66</v>
+      </c>
+      <c r="F5" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="80">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="D6" s="80">
+        <v>0.45</v>
+      </c>
+      <c r="E6" s="81">
+        <v>1.04</v>
+      </c>
+      <c r="F6" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="80">
+        <v>0.69</v>
+      </c>
+      <c r="D7" s="80">
+        <v>0.43</v>
+      </c>
+      <c r="E7" s="81">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="F7" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="80">
+        <v>0.06</v>
+      </c>
+      <c r="D8" s="80">
+        <v>0.96</v>
+      </c>
+      <c r="E8" s="81">
+        <v>1.03</v>
+      </c>
+      <c r="F8" s="80">
+        <v>3.85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="80">
+        <v>0.17</v>
+      </c>
+      <c r="D9" s="80">
+        <v>0.4</v>
+      </c>
+      <c r="E9" s="81">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F9" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="80">
+        <v>1.38</v>
+      </c>
+      <c r="D10" s="80">
+        <v>0.41</v>
+      </c>
+      <c r="E10" s="81">
+        <v>1.79</v>
+      </c>
+      <c r="F10" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="80">
+        <v>0.22</v>
+      </c>
+      <c r="D11" s="80">
+        <v>0.16</v>
+      </c>
+      <c r="E11" s="81">
+        <v>0.38</v>
+      </c>
+      <c r="F11" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="80">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D12" s="80">
+        <v>0.9</v>
+      </c>
+      <c r="E12" s="81">
+        <v>1.45</v>
+      </c>
+      <c r="F12" s="80">
+        <v>4.1900000000000004</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="80">
+        <v>0</v>
+      </c>
+      <c r="D13" s="80">
         <v>0.24</v>
       </c>
-      <c r="D5" s="119">
-[...16 lines deleted...]
-      <c r="C6" s="119">
+      <c r="E13" s="81">
+        <v>0.24</v>
+      </c>
+      <c r="F13" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="80">
+        <v>0.19</v>
+      </c>
+      <c r="D14" s="80">
+        <v>0.13</v>
+      </c>
+      <c r="E14" s="81">
+        <v>0.32</v>
+      </c>
+      <c r="F14" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="80">
+        <v>0.16</v>
+      </c>
+      <c r="D15" s="80">
+        <v>0.45</v>
+      </c>
+      <c r="E15" s="81">
+        <v>0.6</v>
+      </c>
+      <c r="F15" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="80">
+        <v>0</v>
+      </c>
+      <c r="D16" s="80">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="E16" s="81">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F16" s="80">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="80">
+        <v>0.22</v>
+      </c>
+      <c r="D17" s="80">
+        <v>0.08</v>
+      </c>
+      <c r="E17" s="81">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F17" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="80">
+        <v>0</v>
+      </c>
+      <c r="D18" s="80">
+        <v>0.4</v>
+      </c>
+      <c r="E18" s="81">
+        <v>0.4</v>
+      </c>
+      <c r="F18" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="80">
+        <v>0.26</v>
+      </c>
+      <c r="D19" s="80">
+        <v>0.24</v>
+      </c>
+      <c r="E19" s="81">
+        <v>0.5</v>
+      </c>
+      <c r="F19" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="80">
         <v>0.59</v>
       </c>
-      <c r="D6" s="119">
+      <c r="D20" s="80">
+        <v>0.69</v>
+      </c>
+      <c r="E20" s="81">
+        <v>1.27</v>
+      </c>
+      <c r="F20" s="80">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="80">
+        <v>0</v>
+      </c>
+      <c r="D21" s="80">
+        <v>0.27</v>
+      </c>
+      <c r="E21" s="81">
+        <v>0.27</v>
+      </c>
+      <c r="F21" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="80">
+        <v>0</v>
+      </c>
+      <c r="D22" s="80">
+        <v>0.68</v>
+      </c>
+      <c r="E22" s="81">
+        <v>0.68</v>
+      </c>
+      <c r="F22" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="80">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="D23" s="80">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="81">
+        <v>0.61</v>
+      </c>
+      <c r="F23" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="80">
+        <v>0.15</v>
+      </c>
+      <c r="D24" s="80">
+        <v>0.5</v>
+      </c>
+      <c r="E24" s="81">
+        <v>0.65</v>
+      </c>
+      <c r="F24" s="80">
+        <v>2.2000000000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="80">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="D25" s="80">
+        <v>0.59</v>
+      </c>
+      <c r="E25" s="81">
+        <v>0.87</v>
+      </c>
+      <c r="F25" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="80">
+        <v>0.32</v>
+      </c>
+      <c r="D26" s="80">
+        <v>0.2</v>
+      </c>
+      <c r="E26" s="81">
+        <v>0.52</v>
+      </c>
+      <c r="F26" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="80">
+        <v>0.9</v>
+      </c>
+      <c r="D27" s="80">
+        <v>0.41</v>
+      </c>
+      <c r="E27" s="81">
+        <v>1.31</v>
+      </c>
+      <c r="F27" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="80">
+        <v>0.92</v>
+      </c>
+      <c r="D28" s="80">
+        <v>0.69</v>
+      </c>
+      <c r="E28" s="81">
+        <v>1.61</v>
+      </c>
+      <c r="F28" s="80">
+        <v>4.3099999999999996</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="80">
+        <v>0.2</v>
+      </c>
+      <c r="D29" s="80">
+        <v>0.1</v>
+      </c>
+      <c r="E29" s="81">
+        <v>0.3</v>
+      </c>
+      <c r="F29" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="80">
         <v>0.45</v>
       </c>
-      <c r="E6" s="120">
-[...476 lines deleted...]
-      <c r="D30" s="119">
+      <c r="D30" s="80">
         <v>1.01</v>
       </c>
-      <c r="E30" s="120">
+      <c r="E30" s="81">
         <v>1.46</v>
       </c>
-      <c r="F30" s="119" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="F30" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="13" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-      <c r="D31" s="119">
+        <v>90</v>
+      </c>
+      <c r="C31" s="80">
+        <v>0.25</v>
+      </c>
+      <c r="D31" s="80">
         <v>0.6</v>
       </c>
-      <c r="E31" s="120">
-[...6 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="E31" s="81">
+        <v>0.85</v>
+      </c>
+      <c r="F31" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      <c r="D32" s="119">
+        <v>91</v>
+      </c>
+      <c r="C32" s="80">
+        <v>0</v>
+      </c>
+      <c r="D32" s="80">
         <v>1.3</v>
       </c>
-      <c r="E32" s="120">
+      <c r="E32" s="81">
         <v>1.3</v>
       </c>
-      <c r="F32" s="119">
-[...73 lines deleted...]
-      <c r="F61" s="137"/>
+      <c r="F32" s="80">
+        <v>3.91</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+    </row>
+    <row r="34" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+    </row>
+    <row r="35" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+    </row>
+    <row r="36" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+    </row>
+    <row r="37" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+    </row>
+    <row r="38" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+    </row>
+    <row r="39" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="7"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+    </row>
+    <row r="40" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="7"/>
+    </row>
+    <row r="41" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+    </row>
+    <row r="42" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="7"/>
+    </row>
+    <row r="43" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+    </row>
+    <row r="44" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+    </row>
+    <row r="45" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+    </row>
+    <row r="46" spans="1:6" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+    </row>
+    <row r="47" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+    </row>
+    <row r="48" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+    </row>
+    <row r="49" spans="1:6" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+    </row>
+    <row r="50" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+    </row>
+    <row r="51" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+    </row>
+    <row r="52" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="7"/>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+    </row>
+    <row r="53" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="7"/>
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+    </row>
+    <row r="54" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+    </row>
+    <row r="55" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+    </row>
+    <row r="56" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+    </row>
+    <row r="57" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="213" t="s">
+        <v>187</v>
+      </c>
+      <c r="B57" s="213"/>
+      <c r="C57" s="213"/>
+      <c r="D57" s="213"/>
+      <c r="E57" s="213"/>
+      <c r="F57" s="213"/>
+    </row>
+    <row r="58" spans="1:6" s="138" customFormat="1" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="226" t="s">
+        <v>188</v>
+      </c>
+      <c r="B58" s="226"/>
+      <c r="C58" s="226"/>
+      <c r="D58" s="226"/>
+      <c r="E58" s="226"/>
+      <c r="F58" s="226"/>
+    </row>
+    <row r="59" spans="1:6" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A59" s="227"/>
+      <c r="B59" s="227"/>
+      <c r="C59" s="227"/>
+      <c r="D59" s="227"/>
+      <c r="E59" s="227"/>
+      <c r="F59" s="227"/>
+    </row>
+    <row r="60" spans="1:6" s="157" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="213" t="s">
+        <v>95</v>
+      </c>
+      <c r="B60" s="213"/>
+      <c r="C60" s="213"/>
+      <c r="D60" s="213"/>
+      <c r="E60" s="213"/>
+      <c r="F60" s="213"/>
+    </row>
+    <row r="61" spans="1:6" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="226" t="s">
+        <v>415</v>
+      </c>
+      <c r="B61" s="226"/>
+      <c r="C61" s="226"/>
+      <c r="D61" s="226"/>
+      <c r="E61" s="226"/>
+      <c r="F61" s="226"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="7">
     <mergeCell ref="A3:F3"/>
-    <mergeCell ref="A60:I60"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A57:F57"/>
+    <mergeCell ref="A59:F59"/>
+    <mergeCell ref="A60:F60"/>
   </mergeCells>
   <phoneticPr fontId="41" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D7D70B0B-4C7E-41C3-8356-6C8E9781D69F}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...861 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
+  <ignoredErrors>
+    <ignoredError sqref="A5" numberStoredAsText="1"/>
+  </ignoredErrors>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C976AE62-D6BE-46F9-9ECF-D6FBC80EB0B7}">
-  <dimension ref="A1:I56"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61CFEEA8-32F2-4F6E-8C14-0DA0672607AC}">
+  <dimension ref="A1:F69"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.44140625" style="5" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="38.77734375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.21875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.21875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:7" ht="23.4" x14ac:dyDescent="0.3">
-[...46 lines deleted...]
-        <v>156</v>
+    <row r="2" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>189</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>190</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7">
+        <v>2017</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>156</v>
+        <v>87</v>
+      </c>
+      <c r="C5" s="19">
+        <v>0.85</v>
+      </c>
+      <c r="D5" s="80">
+        <v>0.53</v>
+      </c>
+      <c r="E5" s="80">
+        <v>2.12</v>
+      </c>
+      <c r="F5" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7">
+        <v>2017</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>156</v>
+        <v>89</v>
+      </c>
+      <c r="C6" s="19">
+        <v>0.75</v>
+      </c>
+      <c r="D6" s="80">
+        <v>0.64</v>
+      </c>
+      <c r="E6" s="80">
+        <v>2.57</v>
+      </c>
+      <c r="F6" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="7">
+        <v>2017</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>156</v>
+        <v>90</v>
+      </c>
+      <c r="C7" s="19">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="D7" s="80">
+        <v>0.92</v>
+      </c>
+      <c r="E7" s="80">
+        <v>3.67</v>
+      </c>
+      <c r="F7" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="7">
+        <v>2017</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>86</v>
-[...19 lines deleted...]
-        <v>157</v>
+        <v>91</v>
+      </c>
+      <c r="C8" s="19">
+        <v>1.3</v>
+      </c>
+      <c r="D8" s="80">
+        <v>1</v>
+      </c>
+      <c r="E8" s="80">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="F8" s="80">
+        <v>4.0199999999999996</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
+        <v>2018</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>157</v>
+        <v>87</v>
+      </c>
+      <c r="C9" s="19">
+        <v>1.47</v>
+      </c>
+      <c r="D9" s="80">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="E9" s="80">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="F9" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="7">
+        <v>2018</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>157</v>
+        <v>89</v>
+      </c>
+      <c r="C10" s="19">
+        <v>0.96</v>
+      </c>
+      <c r="D10" s="80">
+        <v>1.21</v>
+      </c>
+      <c r="E10" s="80">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="F10" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="7">
+        <v>2018</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>157</v>
+        <v>90</v>
+      </c>
+      <c r="C11" s="19">
+        <v>0.61</v>
+      </c>
+      <c r="D11" s="80">
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="E11" s="80">
+        <v>4.34</v>
+      </c>
+      <c r="F11" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="7">
+        <v>2018</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>86</v>
-[...19 lines deleted...]
-        <v>158</v>
+        <v>91</v>
+      </c>
+      <c r="C12" s="19">
+        <v>1.84</v>
+      </c>
+      <c r="D12" s="80">
+        <v>1.22</v>
+      </c>
+      <c r="E12" s="80">
+        <v>4.88</v>
+      </c>
+      <c r="F12" s="80">
+        <v>4.88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
+        <v>2019</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>158</v>
+        <v>87</v>
+      </c>
+      <c r="C13" s="19">
+        <v>0.69</v>
+      </c>
+      <c r="D13" s="80">
+        <v>1.03</v>
+      </c>
+      <c r="E13" s="80">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="F13" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="7">
+        <v>2019</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>158</v>
+        <v>89</v>
+      </c>
+      <c r="C14" s="19">
+        <v>0.68</v>
+      </c>
+      <c r="D14" s="80">
+        <v>0.95</v>
+      </c>
+      <c r="E14" s="80">
+        <v>3.82</v>
+      </c>
+      <c r="F14" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="7">
+        <v>2019</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>158</v>
+        <v>90</v>
+      </c>
+      <c r="C15" s="19">
+        <v>0.47</v>
+      </c>
+      <c r="D15" s="80">
+        <v>0.92</v>
+      </c>
+      <c r="E15" s="80">
+        <v>3.68</v>
+      </c>
+      <c r="F15" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="7">
+        <v>2019</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>86</v>
-[...19 lines deleted...]
-        <v>159</v>
+        <v>91</v>
+      </c>
+      <c r="C16" s="19">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D16" s="80">
+        <v>0.6</v>
+      </c>
+      <c r="E16" s="80">
+        <v>2.4</v>
+      </c>
+      <c r="F16" s="80">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="7">
+        <v>2020</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>159</v>
+        <v>87</v>
+      </c>
+      <c r="C17" s="19">
+        <v>1.23</v>
+      </c>
+      <c r="D17" s="80">
+        <v>0.73</v>
+      </c>
+      <c r="E17" s="80">
+        <v>2.94</v>
+      </c>
+      <c r="F17" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2020</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>159</v>
+        <v>89</v>
+      </c>
+      <c r="C18" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="D18" s="80">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E18" s="80">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="F18" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2020</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>159</v>
+        <v>90</v>
+      </c>
+      <c r="C19" s="19">
+        <v>1.29</v>
+      </c>
+      <c r="D19" s="80">
+        <v>0.77</v>
+      </c>
+      <c r="E19" s="80">
+        <v>3.1</v>
+      </c>
+      <c r="F19" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="7">
+        <v>2020</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>86</v>
-[...19 lines deleted...]
-        <v>160</v>
+        <v>91</v>
+      </c>
+      <c r="C20" s="19">
+        <v>0.78</v>
+      </c>
+      <c r="D20" s="80">
+        <v>0.83</v>
+      </c>
+      <c r="E20" s="80">
+        <v>3.32</v>
+      </c>
+      <c r="F20" s="80">
+        <v>3.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="7">
+        <v>2021</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>160</v>
+        <v>87</v>
+      </c>
+      <c r="C21" s="19">
+        <v>0.08</v>
+      </c>
+      <c r="D21" s="80">
+        <v>0.54</v>
+      </c>
+      <c r="E21" s="80">
+        <v>2.17</v>
+      </c>
+      <c r="F21" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="7">
+        <v>2021</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>160</v>
+        <v>89</v>
+      </c>
+      <c r="C22" s="19">
+        <v>0.74</v>
+      </c>
+      <c r="D22" s="80">
+        <v>0.72</v>
+      </c>
+      <c r="E22" s="80">
+        <v>2.89</v>
+      </c>
+      <c r="F22" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="7">
+        <v>2021</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>160</v>
+        <v>90</v>
+      </c>
+      <c r="C23" s="19">
+        <v>1.18</v>
+      </c>
+      <c r="D23" s="80">
+        <v>0.69</v>
+      </c>
+      <c r="E23" s="80">
+        <v>2.78</v>
+      </c>
+      <c r="F23" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="7">
+        <v>2021</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>86</v>
-[...19 lines deleted...]
-        <v>161</v>
+        <v>91</v>
+      </c>
+      <c r="C24" s="19">
+        <v>1.07</v>
+      </c>
+      <c r="D24" s="80">
+        <v>0.77</v>
+      </c>
+      <c r="E24" s="80">
+        <v>3.07</v>
+      </c>
+      <c r="F24" s="80">
+        <v>3.07</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="7">
+        <v>2022</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>161</v>
+        <v>87</v>
+      </c>
+      <c r="C25" s="19">
+        <v>1.29</v>
+      </c>
+      <c r="D25" s="80">
+        <v>1.07</v>
+      </c>
+      <c r="E25" s="80">
+        <v>4.28</v>
+      </c>
+      <c r="F25" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="7">
+        <v>2022</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>84</v>
-[...19 lines deleted...]
-        <v>161</v>
+        <v>89</v>
+      </c>
+      <c r="C26" s="19">
+        <v>0.39</v>
+      </c>
+      <c r="D26" s="80">
+        <v>0.98</v>
+      </c>
+      <c r="E26" s="80">
+        <v>3.93</v>
+      </c>
+      <c r="F26" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>2022</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-        <v>161</v>
+        <v>90</v>
+      </c>
+      <c r="C27" s="19">
+        <v>0.63</v>
+      </c>
+      <c r="D27" s="80">
+        <v>0.84</v>
+      </c>
+      <c r="E27" s="80">
+        <v>3.37</v>
+      </c>
+      <c r="F27" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="7">
+        <v>2022</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>86</v>
-[...149 lines deleted...]
-      <c r="A50" s="136" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="19">
+        <v>2.09</v>
+      </c>
+      <c r="D28" s="80">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E28" s="80">
+        <v>4.3899999999999997</v>
+      </c>
+      <c r="F28" s="80">
+        <v>4.3899999999999997</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="7">
+        <v>2023</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="19">
+        <v>0.48</v>
+      </c>
+      <c r="D29" s="80">
+        <v>0.9</v>
+      </c>
+      <c r="E29" s="80">
+        <v>3.59</v>
+      </c>
+      <c r="F29" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="7">
+        <v>2023</v>
+      </c>
+      <c r="B30" s="11" t="s">
         <v>89</v>
       </c>
-      <c r="B50" s="136"/>
-[...68 lines deleted...]
-      <c r="G56" s="195"/>
+      <c r="C30" s="19">
+        <v>0.32</v>
+      </c>
+      <c r="D30" s="80">
+        <v>0.88</v>
+      </c>
+      <c r="E30" s="80">
+        <v>3.53</v>
+      </c>
+      <c r="F30" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="7">
+        <v>2023</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="19">
+        <v>0.76</v>
+      </c>
+      <c r="D31" s="80">
+        <v>0.92</v>
+      </c>
+      <c r="E31" s="80">
+        <v>3.66</v>
+      </c>
+      <c r="F31" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="7">
+        <v>2023</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="19">
+        <v>0.79</v>
+      </c>
+      <c r="D32" s="80">
+        <v>0.59</v>
+      </c>
+      <c r="E32" s="80">
+        <v>2.36</v>
+      </c>
+      <c r="F32" s="80">
+        <v>2.36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="19">
+        <v>0.86</v>
+      </c>
+      <c r="D33" s="80">
+        <v>0.68</v>
+      </c>
+      <c r="E33" s="80">
+        <v>2.73</v>
+      </c>
+      <c r="F33" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="7">
+        <v>2024</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="19">
+        <v>1.17</v>
+      </c>
+      <c r="D34" s="80">
+        <v>0.89</v>
+      </c>
+      <c r="E34" s="80">
+        <v>3.58</v>
+      </c>
+      <c r="F34" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="19">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="D35" s="80">
+        <v>0.99</v>
+      </c>
+      <c r="E35" s="80">
+        <v>3.97</v>
+      </c>
+      <c r="F35" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="7">
+        <v>2024</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="19">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D36" s="80">
+        <v>1.07</v>
+      </c>
+      <c r="E36" s="80">
+        <v>4.28</v>
+      </c>
+      <c r="F36" s="80">
+        <v>4.28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="19">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D37" s="80">
+        <v>1</v>
+      </c>
+      <c r="E37" s="80">
+        <v>3.98</v>
+      </c>
+      <c r="F37" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="19">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="D38" s="80">
+        <v>0.84</v>
+      </c>
+      <c r="E38" s="80">
+        <v>3.38</v>
+      </c>
+      <c r="F38" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="19">
+        <v>0.03</v>
+      </c>
+      <c r="D39" s="80">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E39" s="80">
+        <v>2.25</v>
+      </c>
+      <c r="F39" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="19">
+        <v>0.96</v>
+      </c>
+      <c r="D40" s="80">
+        <v>0.53</v>
+      </c>
+      <c r="E40" s="80">
+        <v>2.11</v>
+      </c>
+      <c r="F40" s="80">
+        <v>2.11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+    </row>
+    <row r="42" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="7"/>
+    </row>
+    <row r="43" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+    </row>
+    <row r="44" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+    </row>
+    <row r="45" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+    </row>
+    <row r="46" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+    </row>
+    <row r="47" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+    </row>
+    <row r="48" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+    </row>
+    <row r="49" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+    </row>
+    <row r="50" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+    </row>
+    <row r="51" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+    </row>
+    <row r="52" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="7"/>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+    </row>
+    <row r="53" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="7"/>
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+    </row>
+    <row r="54" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+    </row>
+    <row r="55" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+    </row>
+    <row r="56" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+    </row>
+    <row r="57" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="7"/>
+      <c r="B57" s="7"/>
+      <c r="C57" s="7"/>
+      <c r="D57" s="7"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="7"/>
+    </row>
+    <row r="58" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7"/>
+      <c r="C58" s="7"/>
+      <c r="D58" s="7"/>
+      <c r="E58" s="7"/>
+      <c r="F58" s="7"/>
+    </row>
+    <row r="59" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A59" s="7"/>
+      <c r="B59" s="7"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="7"/>
+      <c r="F59" s="7"/>
+    </row>
+    <row r="60" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="7"/>
+      <c r="B60" s="7"/>
+      <c r="C60" s="7"/>
+      <c r="D60" s="7"/>
+      <c r="E60" s="7"/>
+      <c r="F60" s="7"/>
+    </row>
+    <row r="61" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="7"/>
+      <c r="B61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="7"/>
+      <c r="F61" s="7"/>
+    </row>
+    <row r="62" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="7"/>
+    </row>
+    <row r="63" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="7"/>
+      <c r="B63" s="7"/>
+      <c r="C63" s="7"/>
+      <c r="D63" s="7"/>
+      <c r="E63" s="7"/>
+      <c r="F63" s="7"/>
+    </row>
+    <row r="64" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="7"/>
+      <c r="B64" s="7"/>
+      <c r="C64" s="7"/>
+      <c r="D64" s="7"/>
+      <c r="E64" s="7"/>
+      <c r="F64" s="7"/>
+    </row>
+    <row r="65" spans="1:6" s="157" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="213" t="s">
+        <v>194</v>
+      </c>
+      <c r="B65" s="213"/>
+      <c r="C65" s="213"/>
+      <c r="D65" s="213"/>
+      <c r="E65" s="213"/>
+      <c r="F65" s="213"/>
+    </row>
+    <row r="66" spans="1:6" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A66" s="214" t="s">
+        <v>195</v>
+      </c>
+      <c r="B66" s="214"/>
+      <c r="C66" s="214"/>
+      <c r="D66" s="214"/>
+      <c r="E66" s="214"/>
+      <c r="F66" s="214"/>
+    </row>
+    <row r="67" spans="1:6" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A67" s="214"/>
+      <c r="B67" s="214"/>
+      <c r="C67" s="214"/>
+      <c r="D67" s="214"/>
+      <c r="E67" s="214"/>
+      <c r="F67" s="214"/>
+    </row>
+    <row r="68" spans="1:6" s="170" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A68" s="213" t="s">
+        <v>95</v>
+      </c>
+      <c r="B68" s="213"/>
+      <c r="C68" s="213"/>
+      <c r="D68" s="213"/>
+      <c r="E68" s="213"/>
+      <c r="F68" s="213"/>
+    </row>
+    <row r="69" spans="1:6" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A69" s="214" t="s">
+        <v>196</v>
+      </c>
+      <c r="B69" s="214"/>
+      <c r="C69" s="214"/>
+      <c r="D69" s="214"/>
+      <c r="E69" s="214"/>
+      <c r="F69" s="214"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-[...10 lines deleted...]
-    <mergeCell ref="H41:I41"/>
+  <mergeCells count="7">
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A67:F67"/>
   </mergeCells>
-  <phoneticPr fontId="41" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D78322C3-361E-4ED6-B798-F0C14D368881}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6199E9AE-20C2-4F59-B16A-8FE11B22CDC6}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F11E78C-87E6-49AD-BEA6-4CAF02A0B57E}">
-  <dimension ref="A1:J68"/>
+  <dimension ref="A1:J67"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="5" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="29.21875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="31.21875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="32.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.88671875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
-    </row>
-[...53 lines deleted...]
-      <c r="I4" s="23" t="s">
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+      <c r="I1" s="7"/>
+      <c r="J1" s="7"/>
+    </row>
+    <row r="2" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
         <v>197</v>
       </c>
-      <c r="J4" s="23" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+      <c r="H2" s="206"/>
+      <c r="I2" s="206"/>
+      <c r="J2" s="206"/>
+    </row>
+    <row r="3" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+    </row>
+    <row r="4" spans="1:10" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="G4" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="H4" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="I4" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="J4" s="20" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="13">
         <v>2020</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C5" s="123">
+        <v>87</v>
+      </c>
+      <c r="C5" s="83">
         <v>3.24</v>
       </c>
-      <c r="D5" s="123">
+      <c r="D5" s="83">
         <v>2.77</v>
       </c>
-      <c r="E5" s="123">
+      <c r="E5" s="83">
         <v>1.17</v>
       </c>
-      <c r="F5" s="123">
+      <c r="F5" s="83">
         <v>1.94</v>
       </c>
-      <c r="G5" s="123">
+      <c r="G5" s="83">
         <v>2.72</v>
       </c>
-      <c r="H5" s="123">
+      <c r="H5" s="83">
         <v>0.41</v>
       </c>
-      <c r="I5" s="123">
+      <c r="I5" s="83">
         <v>0.06</v>
       </c>
-      <c r="J5" s="123">
+      <c r="J5" s="83">
         <v>12.31</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="13">
         <v>2020</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C6" s="123">
+        <v>89</v>
+      </c>
+      <c r="C6" s="83">
         <v>7.67</v>
       </c>
-      <c r="D6" s="123">
+      <c r="D6" s="83">
         <v>4.1399999999999997</v>
       </c>
-      <c r="E6" s="123">
+      <c r="E6" s="83">
         <v>1.81</v>
       </c>
-      <c r="F6" s="123">
+      <c r="F6" s="83">
         <v>1.93</v>
       </c>
-      <c r="G6" s="123">
+      <c r="G6" s="83">
         <v>0.43</v>
       </c>
-      <c r="H6" s="123">
+      <c r="H6" s="83">
         <v>0.85</v>
       </c>
-      <c r="I6" s="123">
+      <c r="I6" s="83">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J6" s="123">
+      <c r="J6" s="83">
         <v>16.899999999999999</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="13">
         <v>2020</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C7" s="123">
+        <v>90</v>
+      </c>
+      <c r="C7" s="83">
         <v>11.96</v>
       </c>
-      <c r="D7" s="123">
+      <c r="D7" s="83">
         <v>3.92</v>
       </c>
-      <c r="E7" s="123">
+      <c r="E7" s="83">
         <v>1.86</v>
       </c>
-      <c r="F7" s="123">
+      <c r="F7" s="83">
         <v>1.56</v>
       </c>
-      <c r="G7" s="123">
+      <c r="G7" s="83">
         <v>0.43</v>
       </c>
-      <c r="H7" s="123">
+      <c r="H7" s="83">
         <v>1.4</v>
       </c>
-      <c r="I7" s="123">
+      <c r="I7" s="83">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J7" s="123">
+      <c r="J7" s="83">
         <v>21.2</v>
       </c>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13">
         <v>2020</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C8" s="123">
+        <v>91</v>
+      </c>
+      <c r="C8" s="83">
         <v>16.66</v>
       </c>
-      <c r="D8" s="123">
+      <c r="D8" s="83">
         <v>5.84</v>
       </c>
-      <c r="E8" s="123">
+      <c r="E8" s="83">
         <v>2.91</v>
       </c>
-      <c r="F8" s="123">
+      <c r="F8" s="83">
         <v>1.66</v>
       </c>
-      <c r="G8" s="123">
+      <c r="G8" s="83">
         <v>1.81</v>
       </c>
-      <c r="H8" s="123">
+      <c r="H8" s="83">
         <v>3.4</v>
       </c>
-      <c r="I8" s="123">
+      <c r="I8" s="83">
         <v>0.12</v>
       </c>
-      <c r="J8" s="123">
+      <c r="J8" s="83">
         <v>32.39</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="13">
         <v>2021</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C9" s="123">
+        <v>87</v>
+      </c>
+      <c r="C9" s="83">
         <v>4.13</v>
       </c>
-      <c r="D9" s="123">
+      <c r="D9" s="83">
         <v>3.11</v>
       </c>
-      <c r="E9" s="123">
+      <c r="E9" s="83">
         <v>1.5</v>
       </c>
-      <c r="F9" s="123">
+      <c r="F9" s="83">
         <v>1.68</v>
       </c>
-      <c r="G9" s="123">
+      <c r="G9" s="83">
         <v>2.36</v>
       </c>
-      <c r="H9" s="123">
+      <c r="H9" s="83">
         <v>0.7</v>
       </c>
-      <c r="I9" s="123">
+      <c r="I9" s="83">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J9" s="123">
+      <c r="J9" s="83">
         <v>13.54</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13">
         <v>2021</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C10" s="123">
+        <v>89</v>
+      </c>
+      <c r="C10" s="83">
         <v>8.7799999999999994</v>
       </c>
-      <c r="D10" s="123">
+      <c r="D10" s="83">
         <v>3.78</v>
       </c>
-      <c r="E10" s="123">
+      <c r="E10" s="83">
         <v>2.23</v>
       </c>
-      <c r="F10" s="123">
+      <c r="F10" s="83">
         <v>1.73</v>
       </c>
-      <c r="G10" s="123">
+      <c r="G10" s="83">
         <v>0.62</v>
       </c>
-      <c r="H10" s="123">
+      <c r="H10" s="83">
         <v>0.79</v>
       </c>
-      <c r="I10" s="123">
+      <c r="I10" s="83">
         <v>0.1</v>
       </c>
-      <c r="J10" s="123">
+      <c r="J10" s="83">
         <v>18.03</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A11" s="117">
+    <row r="11" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="78">
         <v>2021</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C11" s="123">
+        <v>90</v>
+      </c>
+      <c r="C11" s="83">
         <v>13.13</v>
       </c>
-      <c r="D11" s="123">
+      <c r="D11" s="83">
         <v>3.86</v>
       </c>
-      <c r="E11" s="123">
+      <c r="E11" s="83">
         <v>3.93</v>
       </c>
-      <c r="F11" s="123">
+      <c r="F11" s="83">
         <v>1.36</v>
       </c>
-      <c r="G11" s="123">
+      <c r="G11" s="83">
         <v>0.54</v>
       </c>
-      <c r="H11" s="123">
+      <c r="H11" s="83">
         <v>1.58</v>
       </c>
-      <c r="I11" s="123">
+      <c r="I11" s="83">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="J11" s="123">
+      <c r="J11" s="83">
         <v>24.47</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="13">
         <v>2021</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C12" s="123">
+        <v>91</v>
+      </c>
+      <c r="C12" s="83">
         <v>17.95</v>
       </c>
-      <c r="D12" s="123">
+      <c r="D12" s="83">
         <v>5.0999999999999996</v>
       </c>
-      <c r="E12" s="123">
+      <c r="E12" s="83">
         <v>4.79</v>
       </c>
-      <c r="F12" s="123">
+      <c r="F12" s="83">
         <v>1.43</v>
       </c>
-      <c r="G12" s="123">
+      <c r="G12" s="83">
         <v>2.0699999999999998</v>
       </c>
-      <c r="H12" s="123">
+      <c r="H12" s="83">
         <v>2.21</v>
       </c>
-      <c r="I12" s="123">
+      <c r="I12" s="83">
         <v>0.09</v>
       </c>
-      <c r="J12" s="123">
+      <c r="J12" s="83">
         <v>33.64</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="13">
         <v>2022</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C13" s="123">
+        <v>87</v>
+      </c>
+      <c r="C13" s="83">
         <v>3.39</v>
       </c>
-      <c r="D13" s="123">
+      <c r="D13" s="83">
         <v>3.12</v>
       </c>
-      <c r="E13" s="123">
+      <c r="E13" s="83">
         <v>2.69</v>
       </c>
-      <c r="F13" s="123">
+      <c r="F13" s="83">
         <v>1.47</v>
       </c>
-      <c r="G13" s="123">
+      <c r="G13" s="83">
         <v>2.77</v>
       </c>
-      <c r="H13" s="123">
+      <c r="H13" s="83">
         <v>0.65</v>
       </c>
-      <c r="I13" s="123">
+      <c r="I13" s="83">
         <v>0.09</v>
       </c>
-      <c r="J13" s="123">
+      <c r="J13" s="83">
         <v>14.18</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="13">
         <v>2022</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C14" s="123">
+        <v>89</v>
+      </c>
+      <c r="C14" s="83">
         <v>8.4499999999999993</v>
       </c>
-      <c r="D14" s="123">
+      <c r="D14" s="83">
         <v>4.68</v>
       </c>
-      <c r="E14" s="123">
+      <c r="E14" s="83">
         <v>3.78</v>
       </c>
-      <c r="F14" s="123">
+      <c r="F14" s="83">
         <v>1.52</v>
       </c>
-      <c r="G14" s="123">
+      <c r="G14" s="83">
         <v>0.85</v>
       </c>
-      <c r="H14" s="123">
+      <c r="H14" s="83">
         <v>0.52</v>
       </c>
-      <c r="I14" s="123">
+      <c r="I14" s="83">
         <v>0.2</v>
       </c>
-      <c r="J14" s="123">
+      <c r="J14" s="83">
         <v>19.989999999999998</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="13">
         <v>2022</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C15" s="123">
+        <v>90</v>
+      </c>
+      <c r="C15" s="83">
         <v>13.13</v>
       </c>
-      <c r="D15" s="123">
+      <c r="D15" s="83">
         <v>5.94</v>
       </c>
-      <c r="E15" s="123">
+      <c r="E15" s="83">
         <v>5.01</v>
       </c>
-      <c r="F15" s="123">
+      <c r="F15" s="83">
         <v>1.1200000000000001</v>
       </c>
-      <c r="G15" s="123">
+      <c r="G15" s="83">
         <v>0.91</v>
       </c>
-      <c r="H15" s="123">
+      <c r="H15" s="83">
         <v>1.52</v>
       </c>
-      <c r="I15" s="123">
+      <c r="I15" s="83">
         <v>0.35</v>
       </c>
-      <c r="J15" s="123">
+      <c r="J15" s="83">
         <v>27.99</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="13">
         <v>2022</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C16" s="123">
+        <v>91</v>
+      </c>
+      <c r="C16" s="83">
         <v>15.17</v>
       </c>
-      <c r="D16" s="123">
+      <c r="D16" s="83">
         <v>7.46</v>
       </c>
-      <c r="E16" s="123">
+      <c r="E16" s="83">
         <v>8.68</v>
       </c>
-      <c r="F16" s="123">
+      <c r="F16" s="83">
         <v>1.24</v>
       </c>
-      <c r="G16" s="123">
+      <c r="G16" s="83">
         <v>0.99</v>
       </c>
-      <c r="H16" s="123">
+      <c r="H16" s="83">
         <v>1.98</v>
       </c>
-      <c r="I16" s="123">
+      <c r="I16" s="83">
         <v>0.47</v>
       </c>
-      <c r="J16" s="123">
+      <c r="J16" s="83">
         <v>35.979999999999997</v>
       </c>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="13">
         <v>2023</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C17" s="123">
+        <v>87</v>
+      </c>
+      <c r="C17" s="83">
         <v>3.9</v>
       </c>
-      <c r="D17" s="123">
+      <c r="D17" s="83">
         <v>3.79</v>
       </c>
-      <c r="E17" s="123">
+      <c r="E17" s="83">
         <v>4.01</v>
       </c>
-      <c r="F17" s="123">
+      <c r="F17" s="83">
         <v>1.25</v>
       </c>
-      <c r="G17" s="123">
+      <c r="G17" s="83">
         <v>0.89</v>
       </c>
-      <c r="H17" s="123">
+      <c r="H17" s="83">
         <v>0.63</v>
       </c>
-      <c r="I17" s="123">
+      <c r="I17" s="83">
         <v>0.13</v>
       </c>
-      <c r="J17" s="123">
+      <c r="J17" s="83">
         <v>14.6</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13">
         <v>2023</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C18" s="123">
+        <v>89</v>
+      </c>
+      <c r="C18" s="83">
         <v>9.11</v>
       </c>
-      <c r="D18" s="123">
+      <c r="D18" s="83">
         <v>6.02</v>
       </c>
-      <c r="E18" s="123">
+      <c r="E18" s="83">
         <v>6.44</v>
       </c>
-      <c r="F18" s="123">
+      <c r="F18" s="83">
         <v>1.4</v>
       </c>
-      <c r="G18" s="123">
+      <c r="G18" s="83">
         <v>0.52</v>
       </c>
-      <c r="H18" s="123">
+      <c r="H18" s="83">
         <v>0.92</v>
       </c>
-      <c r="I18" s="123">
+      <c r="I18" s="83">
         <v>0.27</v>
       </c>
-      <c r="J18" s="123">
+      <c r="J18" s="83">
         <v>24.67</v>
       </c>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="13">
         <v>2023</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C19" s="123">
+        <v>90</v>
+      </c>
+      <c r="C19" s="83">
         <v>17.079999999999998</v>
       </c>
-      <c r="D19" s="123">
+      <c r="D19" s="83">
         <v>7.52</v>
       </c>
-      <c r="E19" s="123">
+      <c r="E19" s="83">
         <v>4.68</v>
       </c>
-      <c r="F19" s="123">
+      <c r="F19" s="83">
         <v>1.51</v>
       </c>
-      <c r="G19" s="123">
+      <c r="G19" s="83">
         <v>0.47</v>
       </c>
-      <c r="H19" s="123">
+      <c r="H19" s="83">
         <v>1.62</v>
       </c>
-      <c r="I19" s="123">
+      <c r="I19" s="83">
         <v>0.34</v>
       </c>
-      <c r="J19" s="123">
+      <c r="J19" s="83">
         <v>33.229999999999997</v>
       </c>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="13">
         <v>2023</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C20" s="123">
+        <v>91</v>
+      </c>
+      <c r="C20" s="83">
         <v>21.7</v>
       </c>
-      <c r="D20" s="123">
+      <c r="D20" s="83">
         <v>9.59</v>
       </c>
-      <c r="E20" s="123">
+      <c r="E20" s="83">
         <v>6.68</v>
       </c>
-      <c r="F20" s="123">
+      <c r="F20" s="83">
         <v>1.66</v>
       </c>
-      <c r="G20" s="123">
+      <c r="G20" s="83">
         <v>0.66</v>
       </c>
-      <c r="H20" s="123">
+      <c r="H20" s="83">
         <v>2.1800000000000002</v>
       </c>
-      <c r="I20" s="123">
+      <c r="I20" s="83">
         <v>0.48</v>
       </c>
-      <c r="J20" s="123">
+      <c r="J20" s="83">
         <v>42.94</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="13">
         <v>2024</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C21" s="123">
+        <v>87</v>
+      </c>
+      <c r="C21" s="83">
         <v>5.08</v>
       </c>
-      <c r="D21" s="123">
+      <c r="D21" s="83">
         <v>4.47</v>
       </c>
-      <c r="E21" s="123">
+      <c r="E21" s="83">
         <v>6.03</v>
       </c>
-      <c r="F21" s="123">
+      <c r="F21" s="83">
         <v>1.66</v>
       </c>
-      <c r="G21" s="123">
+      <c r="G21" s="83">
         <v>2.42</v>
       </c>
-      <c r="H21" s="123">
+      <c r="H21" s="83">
         <v>1.1499999999999999</v>
       </c>
-      <c r="I21" s="123">
+      <c r="I21" s="83">
         <v>0.28000000000000003</v>
       </c>
-      <c r="J21" s="123">
+      <c r="J21" s="83">
         <v>21.1</v>
       </c>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="13">
         <v>2024</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C22" s="123">
+        <v>89</v>
+      </c>
+      <c r="C22" s="83">
         <v>11.07</v>
       </c>
-      <c r="D22" s="123">
+      <c r="D22" s="83">
         <v>6.55</v>
       </c>
-      <c r="E22" s="123">
+      <c r="E22" s="83">
         <v>6.81</v>
       </c>
-      <c r="F22" s="123">
+      <c r="F22" s="83">
         <v>1.81</v>
       </c>
-      <c r="G22" s="123">
+      <c r="G22" s="83">
         <v>0.5</v>
       </c>
-      <c r="H22" s="123">
+      <c r="H22" s="83">
         <v>1.35</v>
       </c>
-      <c r="I22" s="123">
+      <c r="I22" s="83">
         <v>0.37</v>
       </c>
-      <c r="J22" s="123">
+      <c r="J22" s="83">
         <v>28.47</v>
       </c>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="13">
         <v>2024</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C23" s="123">
+        <v>90</v>
+      </c>
+      <c r="C23" s="83">
         <v>12.68</v>
       </c>
-      <c r="D23" s="123">
+      <c r="D23" s="83">
         <v>9.4</v>
       </c>
-      <c r="E23" s="123">
+      <c r="E23" s="83">
         <v>8.6199999999999992</v>
       </c>
-      <c r="F23" s="123">
+      <c r="F23" s="83">
         <v>1.93</v>
       </c>
-      <c r="G23" s="123">
+      <c r="G23" s="83">
         <v>0.56000000000000005</v>
       </c>
-      <c r="H23" s="123">
+      <c r="H23" s="83">
         <v>1.62</v>
       </c>
-      <c r="I23" s="123">
+      <c r="I23" s="83">
         <v>0.5</v>
       </c>
-      <c r="J23" s="123">
+      <c r="J23" s="83">
         <v>35.31</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="13">
         <v>2024</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C24" s="123">
+        <v>91</v>
+      </c>
+      <c r="C24" s="83">
         <v>18.350000000000001</v>
       </c>
-      <c r="D24" s="123">
+      <c r="D24" s="83">
         <v>11.55</v>
       </c>
-      <c r="E24" s="123">
+      <c r="E24" s="83">
         <v>10.75</v>
       </c>
-      <c r="F24" s="123">
+      <c r="F24" s="83">
         <v>2.02</v>
       </c>
-      <c r="G24" s="123">
+      <c r="G24" s="83">
         <v>0.54</v>
       </c>
-      <c r="H24" s="123">
+      <c r="H24" s="83">
         <v>2.44</v>
       </c>
-      <c r="I24" s="123">
+      <c r="I24" s="83">
         <v>0.71</v>
       </c>
-      <c r="J24" s="123">
+      <c r="J24" s="83">
         <v>46.36</v>
       </c>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="13">
         <v>2025</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C25" s="123">
+        <v>87</v>
+      </c>
+      <c r="C25" s="83">
         <v>5.04</v>
       </c>
-      <c r="D25" s="123">
+      <c r="D25" s="83">
         <v>6.16</v>
       </c>
-      <c r="E25" s="123">
+      <c r="E25" s="83">
         <v>8.84</v>
       </c>
-      <c r="F25" s="123">
+      <c r="F25" s="83">
         <v>2.0699999999999998</v>
       </c>
-      <c r="G25" s="123">
+      <c r="G25" s="83">
         <v>1.87</v>
       </c>
-      <c r="H25" s="123">
+      <c r="H25" s="83">
         <v>1.86</v>
       </c>
-      <c r="I25" s="123">
+      <c r="I25" s="83">
         <v>0.63</v>
       </c>
-      <c r="J25" s="123">
+      <c r="J25" s="83">
         <v>26.48</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="13">
         <v>2025</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C26" s="123">
+        <v>89</v>
+      </c>
+      <c r="C26" s="83">
         <v>9.81</v>
       </c>
-      <c r="D26" s="123">
+      <c r="D26" s="83">
         <v>8.58</v>
       </c>
-      <c r="E26" s="123">
+      <c r="E26" s="83">
         <v>11.22</v>
       </c>
-      <c r="F26" s="123">
+      <c r="F26" s="83">
         <v>2.23</v>
       </c>
-      <c r="G26" s="123">
+      <c r="G26" s="83">
         <v>0.74</v>
       </c>
-      <c r="H26" s="123">
+      <c r="H26" s="83">
         <v>2.0499999999999998</v>
       </c>
-      <c r="I26" s="123">
+      <c r="I26" s="83">
         <v>0.77</v>
       </c>
-      <c r="J26" s="123">
+      <c r="J26" s="83">
         <v>35.4</v>
       </c>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="13">
         <v>2025</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C27" s="123">
+        <v>90</v>
+      </c>
+      <c r="C27" s="83">
         <v>12.66</v>
       </c>
-      <c r="D27" s="123">
+      <c r="D27" s="83">
         <v>11.83</v>
       </c>
-      <c r="E27" s="123">
+      <c r="E27" s="83">
         <v>10.65</v>
       </c>
-      <c r="F27" s="123">
+      <c r="F27" s="83">
         <v>2.35</v>
       </c>
-      <c r="G27" s="123">
+      <c r="G27" s="83">
         <v>1.1000000000000001</v>
       </c>
-      <c r="H27" s="123">
+      <c r="H27" s="83">
         <v>4.22</v>
       </c>
-      <c r="I27" s="123">
+      <c r="I27" s="83">
         <v>1.08</v>
       </c>
-      <c r="J27" s="123">
+      <c r="J27" s="83">
         <v>43.88</v>
       </c>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="13">
         <v>2025</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C28" s="123">
+        <v>91</v>
+      </c>
+      <c r="C28" s="83">
         <v>18.190000000000001</v>
       </c>
-      <c r="D28" s="123">
+      <c r="D28" s="83">
         <v>14.63</v>
       </c>
-      <c r="E28" s="123">
+      <c r="E28" s="83">
         <v>12.08</v>
       </c>
-      <c r="F28" s="123">
+      <c r="F28" s="83">
         <v>2.42</v>
       </c>
-      <c r="G28" s="123">
+      <c r="G28" s="83">
         <v>1.1399999999999999</v>
       </c>
-      <c r="H28" s="123">
+      <c r="H28" s="83">
         <v>6.16</v>
       </c>
-      <c r="I28" s="123">
+      <c r="I28" s="83">
         <v>1.46</v>
       </c>
-      <c r="J28" s="123">
+      <c r="J28" s="83">
         <v>56.09</v>
       </c>
     </row>
-    <row r="54" spans="1:10" s="50" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-[...117 lines deleted...]
-      <c r="A65" s="195" t="s">
+    <row r="29" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="7"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+    </row>
+    <row r="30" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+    </row>
+    <row r="31" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+    </row>
+    <row r="32" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="7"/>
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+      <c r="H32" s="7"/>
+      <c r="I32" s="7"/>
+      <c r="J32" s="7"/>
+    </row>
+    <row r="33" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+    </row>
+    <row r="34" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+    </row>
+    <row r="35" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+    </row>
+    <row r="36" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="7"/>
+      <c r="H36" s="7"/>
+      <c r="I36" s="7"/>
+      <c r="J36" s="7"/>
+    </row>
+    <row r="37" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+    </row>
+    <row r="38" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+    </row>
+    <row r="39" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="7"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
+      <c r="H39" s="7"/>
+      <c r="I39" s="7"/>
+      <c r="J39" s="7"/>
+    </row>
+    <row r="40" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="7"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="7"/>
+      <c r="J40" s="7"/>
+    </row>
+    <row r="41" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+    </row>
+    <row r="42" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="7"/>
+      <c r="I42" s="7"/>
+      <c r="J42" s="7"/>
+    </row>
+    <row r="43" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="7"/>
+      <c r="J43" s="7"/>
+    </row>
+    <row r="44" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="7"/>
+      <c r="H44" s="7"/>
+      <c r="I44" s="7"/>
+      <c r="J44" s="7"/>
+    </row>
+    <row r="45" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+      <c r="H45" s="7"/>
+      <c r="I45" s="7"/>
+      <c r="J45" s="7"/>
+    </row>
+    <row r="46" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="7"/>
+      <c r="I46" s="7"/>
+      <c r="J46" s="7"/>
+    </row>
+    <row r="47" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="7"/>
+      <c r="H47" s="7"/>
+      <c r="I47" s="7"/>
+      <c r="J47" s="7"/>
+    </row>
+    <row r="48" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+    </row>
+    <row r="49" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+    </row>
+    <row r="50" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+    </row>
+    <row r="51" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="7"/>
+      <c r="J51" s="7"/>
+    </row>
+    <row r="52" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="7"/>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+    </row>
+    <row r="53" spans="1:10" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="7"/>
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+    </row>
+    <row r="54" spans="1:10" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="213" t="s">
         <v>204</v>
       </c>
-      <c r="B65" s="195"/>
-[...10 lines deleted...]
-      <c r="A66" s="195" t="s">
+      <c r="B54" s="213"/>
+      <c r="C54" s="213"/>
+      <c r="D54" s="213"/>
+      <c r="E54" s="213"/>
+      <c r="F54" s="213"/>
+      <c r="G54" s="213"/>
+      <c r="H54" s="213"/>
+      <c r="I54" s="213"/>
+      <c r="J54" s="213"/>
+    </row>
+    <row r="55" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="214" t="s">
         <v>205</v>
       </c>
-      <c r="B66" s="195"/>
-[...10 lines deleted...]
-      <c r="A67" s="195" t="s">
+      <c r="B55" s="214"/>
+      <c r="C55" s="214"/>
+      <c r="D55" s="214"/>
+      <c r="E55" s="214"/>
+      <c r="F55" s="214"/>
+      <c r="G55" s="214"/>
+      <c r="H55" s="214"/>
+      <c r="I55" s="214"/>
+      <c r="J55" s="214"/>
+    </row>
+    <row r="56" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="214"/>
+      <c r="B56" s="214"/>
+      <c r="C56" s="214"/>
+      <c r="D56" s="214"/>
+      <c r="E56" s="214"/>
+      <c r="F56" s="214"/>
+      <c r="G56" s="214"/>
+      <c r="H56" s="214"/>
+      <c r="I56" s="214"/>
+      <c r="J56" s="214"/>
+    </row>
+    <row r="57" spans="1:10" s="170" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A57" s="213" t="s">
+        <v>95</v>
+      </c>
+      <c r="B57" s="213"/>
+      <c r="C57" s="213"/>
+      <c r="D57" s="213"/>
+      <c r="E57" s="213"/>
+      <c r="F57" s="213"/>
+      <c r="G57" s="213"/>
+      <c r="H57" s="213"/>
+      <c r="I57" s="213"/>
+      <c r="J57" s="213"/>
+    </row>
+    <row r="58" spans="1:10" ht="28.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="226" t="s">
         <v>206</v>
       </c>
-      <c r="B67" s="195"/>
-[...10 lines deleted...]
-      <c r="A68" s="195" t="s">
+      <c r="B58" s="226"/>
+      <c r="C58" s="226"/>
+      <c r="D58" s="226"/>
+      <c r="E58" s="226"/>
+      <c r="F58" s="226"/>
+      <c r="G58" s="226"/>
+      <c r="H58" s="226"/>
+      <c r="I58" s="226"/>
+      <c r="J58" s="226"/>
+    </row>
+    <row r="59" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="214"/>
+      <c r="B59" s="214"/>
+      <c r="C59" s="214"/>
+      <c r="D59" s="214"/>
+      <c r="E59" s="214"/>
+      <c r="F59" s="214"/>
+      <c r="G59" s="214"/>
+      <c r="H59" s="214"/>
+      <c r="I59" s="214"/>
+      <c r="J59" s="214"/>
+    </row>
+    <row r="60" spans="1:10" s="170" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="228" t="s">
+        <v>97</v>
+      </c>
+      <c r="B60" s="228"/>
+      <c r="C60" s="228"/>
+      <c r="D60" s="228"/>
+      <c r="E60" s="228"/>
+      <c r="F60" s="228"/>
+      <c r="G60" s="228"/>
+      <c r="H60" s="228"/>
+      <c r="I60" s="228"/>
+      <c r="J60" s="228"/>
+    </row>
+    <row r="61" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="209" t="s">
         <v>207</v>
       </c>
-      <c r="B68" s="195"/>
-[...7 lines deleted...]
-      <c r="J68" s="195"/>
+      <c r="B61" s="209"/>
+      <c r="C61" s="209"/>
+      <c r="D61" s="209"/>
+      <c r="E61" s="209"/>
+      <c r="F61" s="209"/>
+      <c r="G61" s="209"/>
+      <c r="H61" s="209"/>
+      <c r="I61" s="209"/>
+      <c r="J61" s="209"/>
+    </row>
+    <row r="62" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="209" t="s">
+        <v>208</v>
+      </c>
+      <c r="B62" s="209"/>
+      <c r="C62" s="209"/>
+      <c r="D62" s="209"/>
+      <c r="E62" s="209"/>
+      <c r="F62" s="209"/>
+      <c r="G62" s="209"/>
+      <c r="H62" s="209"/>
+      <c r="I62" s="209"/>
+      <c r="J62" s="209"/>
+    </row>
+    <row r="63" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="209" t="s">
+        <v>209</v>
+      </c>
+      <c r="B63" s="209"/>
+      <c r="C63" s="209"/>
+      <c r="D63" s="209"/>
+      <c r="E63" s="209"/>
+      <c r="F63" s="209"/>
+      <c r="G63" s="209"/>
+      <c r="H63" s="209"/>
+      <c r="I63" s="209"/>
+      <c r="J63" s="209"/>
+    </row>
+    <row r="64" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="209" t="s">
+        <v>210</v>
+      </c>
+      <c r="B64" s="209"/>
+      <c r="C64" s="209"/>
+      <c r="D64" s="209"/>
+      <c r="E64" s="209"/>
+      <c r="F64" s="209"/>
+      <c r="G64" s="209"/>
+      <c r="H64" s="209"/>
+      <c r="I64" s="209"/>
+      <c r="J64" s="209"/>
+    </row>
+    <row r="65" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="209" t="s">
+        <v>211</v>
+      </c>
+      <c r="B65" s="209"/>
+      <c r="C65" s="209"/>
+      <c r="D65" s="209"/>
+      <c r="E65" s="209"/>
+      <c r="F65" s="209"/>
+      <c r="G65" s="209"/>
+      <c r="H65" s="209"/>
+      <c r="I65" s="209"/>
+      <c r="J65" s="209"/>
+    </row>
+    <row r="66" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="209" t="s">
+        <v>212</v>
+      </c>
+      <c r="B66" s="209"/>
+      <c r="C66" s="209"/>
+      <c r="D66" s="209"/>
+      <c r="E66" s="209"/>
+      <c r="F66" s="209"/>
+      <c r="G66" s="209"/>
+      <c r="H66" s="209"/>
+      <c r="I66" s="209"/>
+      <c r="J66" s="209"/>
+    </row>
+    <row r="67" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="209" t="s">
+        <v>213</v>
+      </c>
+      <c r="B67" s="209"/>
+      <c r="C67" s="209"/>
+      <c r="D67" s="209"/>
+      <c r="E67" s="209"/>
+      <c r="F67" s="209"/>
+      <c r="G67" s="209"/>
+      <c r="H67" s="209"/>
+      <c r="I67" s="209"/>
+      <c r="J67" s="209"/>
     </row>
   </sheetData>
-  <mergeCells count="13">
-[...2 lines deleted...]
-    <mergeCell ref="A61:I61"/>
+  <mergeCells count="16">
+    <mergeCell ref="A61:J61"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A55:J55"/>
     <mergeCell ref="A54:J54"/>
     <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A56:J56"/>
+    <mergeCell ref="A57:J57"/>
+    <mergeCell ref="A58:J58"/>
+    <mergeCell ref="A59:J59"/>
+    <mergeCell ref="A60:J60"/>
+    <mergeCell ref="A66:J66"/>
     <mergeCell ref="A67:J67"/>
-    <mergeCell ref="A68:J68"/>
+    <mergeCell ref="A62:J62"/>
     <mergeCell ref="A63:J63"/>
     <mergeCell ref="A64:J64"/>
     <mergeCell ref="A65:J65"/>
-    <mergeCell ref="A66:J66"/>
   </mergeCells>
   <phoneticPr fontId="41" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{A877BD5A-5DFB-4B5F-B094-A600209EEE31}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86C579C8-63D6-448D-B884-601EE1BB46AB}">
-  <dimension ref="A1:P34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C976AE62-D6BE-46F9-9ECF-D6FBC80EB0B7}">
+  <dimension ref="A1:G56"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.44140625" style="55" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="8.6640625" style="55"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="54" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="G4" s="56" t="s">
+    <row r="1" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="7"/>
+    </row>
+    <row r="2" spans="1:7" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
         <v>214</v>
       </c>
-      <c r="H4" s="56" t="s">
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+    </row>
+    <row r="3" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+    </row>
+    <row r="4" spans="1:7" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
         <v>215</v>
       </c>
-      <c r="I4" s="56" t="s">
+      <c r="D4" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="G4" s="14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="79">
+        <v>179700</v>
+      </c>
+      <c r="D5" s="79">
+        <v>89164</v>
+      </c>
+      <c r="E5" s="79">
+        <v>0</v>
+      </c>
+      <c r="F5" s="82">
+        <v>268864</v>
+      </c>
+      <c r="G5" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="79">
+        <v>22664</v>
+      </c>
+      <c r="D6" s="79">
+        <v>154853</v>
+      </c>
+      <c r="E6" s="79">
+        <v>0</v>
+      </c>
+      <c r="F6" s="82">
+        <v>177517</v>
+      </c>
+      <c r="G6" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="79">
+        <v>743747</v>
+      </c>
+      <c r="D7" s="79">
+        <v>2279217</v>
+      </c>
+      <c r="E7" s="79">
+        <v>399462</v>
+      </c>
+      <c r="F7" s="82">
+        <v>3422426</v>
+      </c>
+      <c r="G7" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="79">
+        <v>122591</v>
+      </c>
+      <c r="D8" s="79">
+        <v>34006</v>
+      </c>
+      <c r="E8" s="79">
+        <v>0</v>
+      </c>
+      <c r="F8" s="82">
+        <v>156597</v>
+      </c>
+      <c r="G8" s="79">
+        <v>4025404</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="79">
+        <v>278615</v>
+      </c>
+      <c r="D9" s="79">
+        <v>79858</v>
+      </c>
+      <c r="E9" s="79">
+        <v>0</v>
+      </c>
+      <c r="F9" s="82">
+        <v>358473</v>
+      </c>
+      <c r="G9" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="79">
+        <v>193547</v>
+      </c>
+      <c r="D10" s="79">
+        <v>2326078</v>
+      </c>
+      <c r="E10" s="79">
+        <v>0</v>
+      </c>
+      <c r="F10" s="82">
+        <v>2519625</v>
+      </c>
+      <c r="G10" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="79">
+        <v>830436</v>
+      </c>
+      <c r="D11" s="79">
+        <v>135535</v>
+      </c>
+      <c r="E11" s="79">
+        <v>421100</v>
+      </c>
+      <c r="F11" s="82">
+        <v>1387071</v>
+      </c>
+      <c r="G11" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="79">
+        <v>259185</v>
+      </c>
+      <c r="D12" s="79">
+        <v>49437</v>
+      </c>
+      <c r="E12" s="79">
+        <v>1197690</v>
+      </c>
+      <c r="F12" s="82">
+        <v>1506312</v>
+      </c>
+      <c r="G12" s="79">
+        <v>5771481</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="79">
+        <v>655957</v>
+      </c>
+      <c r="D13" s="79">
+        <v>560273</v>
+      </c>
+      <c r="E13" s="79">
+        <v>0</v>
+      </c>
+      <c r="F13" s="82">
+        <v>1216230</v>
+      </c>
+      <c r="G13" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="79">
+        <v>309710</v>
+      </c>
+      <c r="D14" s="79">
+        <v>42798</v>
+      </c>
+      <c r="E14" s="79">
+        <v>3850</v>
+      </c>
+      <c r="F14" s="82">
+        <v>356358</v>
+      </c>
+      <c r="G14" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="79">
+        <v>1384178</v>
+      </c>
+      <c r="D15" s="79">
+        <v>2839830</v>
+      </c>
+      <c r="E15" s="79">
+        <v>429396</v>
+      </c>
+      <c r="F15" s="82">
+        <v>4653404</v>
+      </c>
+      <c r="G15" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="79">
+        <v>1067260</v>
+      </c>
+      <c r="D16" s="79">
+        <v>117533</v>
+      </c>
+      <c r="E16" s="79">
+        <v>0</v>
+      </c>
+      <c r="F16" s="82">
+        <v>1184793</v>
+      </c>
+      <c r="G16" s="79">
+        <v>7410785</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="79">
+        <v>1444442</v>
+      </c>
+      <c r="D17" s="79">
+        <v>640906</v>
+      </c>
+      <c r="E17" s="79">
+        <v>0</v>
+      </c>
+      <c r="F17" s="82">
+        <v>2085348</v>
+      </c>
+      <c r="G17" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="79">
+        <v>907356</v>
+      </c>
+      <c r="D18" s="79">
+        <v>2237378</v>
+      </c>
+      <c r="E18" s="79">
+        <v>0</v>
+      </c>
+      <c r="F18" s="82">
+        <v>3144734</v>
+      </c>
+      <c r="G18" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="79">
+        <v>2281727</v>
+      </c>
+      <c r="D19" s="79">
+        <v>426512</v>
+      </c>
+      <c r="E19" s="79">
+        <v>25481</v>
+      </c>
+      <c r="F19" s="82">
+        <v>2733720</v>
+      </c>
+      <c r="G19" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="79">
+        <v>657659</v>
+      </c>
+      <c r="D20" s="79">
+        <v>96429</v>
+      </c>
+      <c r="E20" s="79">
+        <v>0</v>
+      </c>
+      <c r="F20" s="82">
+        <v>754088</v>
+      </c>
+      <c r="G20" s="79">
+        <v>8717890</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="79">
+        <v>1730139</v>
+      </c>
+      <c r="D21" s="79">
+        <v>554083</v>
+      </c>
+      <c r="E21" s="79">
+        <v>0</v>
+      </c>
+      <c r="F21" s="82">
+        <v>2284222</v>
+      </c>
+      <c r="G21" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="79">
+        <v>1277943</v>
+      </c>
+      <c r="D22" s="79">
+        <v>2254806</v>
+      </c>
+      <c r="E22" s="79">
+        <v>0</v>
+      </c>
+      <c r="F22" s="82">
+        <v>3532749</v>
+      </c>
+      <c r="G22" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="79">
+        <v>1100939</v>
+      </c>
+      <c r="D23" s="79">
+        <v>345611</v>
+      </c>
+      <c r="E23" s="79">
+        <v>125315</v>
+      </c>
+      <c r="F23" s="82">
+        <v>1571865</v>
+      </c>
+      <c r="G23" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="79">
+        <v>2801983</v>
+      </c>
+      <c r="D24" s="79">
+        <v>253959</v>
+      </c>
+      <c r="E24" s="79">
+        <v>0</v>
+      </c>
+      <c r="F24" s="82">
+        <v>3055942</v>
+      </c>
+      <c r="G24" s="79">
+        <v>10444778</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="79">
+        <v>1976908</v>
+      </c>
+      <c r="D25" s="79">
+        <v>719248</v>
+      </c>
+      <c r="E25" s="79">
+        <v>0</v>
+      </c>
+      <c r="F25" s="82">
+        <v>2696156</v>
+      </c>
+      <c r="G25" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="79">
+        <v>1893376</v>
+      </c>
+      <c r="D26" s="79">
+        <v>2502145</v>
+      </c>
+      <c r="E26" s="79">
+        <v>106208</v>
+      </c>
+      <c r="F26" s="82">
+        <v>4501729</v>
+      </c>
+      <c r="G26" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="79">
+        <v>3139331</v>
+      </c>
+      <c r="D27" s="79">
+        <v>487507</v>
+      </c>
+      <c r="E27" s="79">
+        <v>19197</v>
+      </c>
+      <c r="F27" s="82">
+        <v>3646035</v>
+      </c>
+      <c r="G27" s="79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="79">
+        <v>3913256</v>
+      </c>
+      <c r="D28" s="79">
+        <v>506571</v>
+      </c>
+      <c r="E28" s="79">
+        <v>2852</v>
+      </c>
+      <c r="F28" s="82">
+        <v>4422679</v>
+      </c>
+      <c r="G28" s="79">
+        <v>15266599</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+    </row>
+    <row r="30" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+    </row>
+    <row r="31" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+    </row>
+    <row r="32" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="7"/>
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+    </row>
+    <row r="33" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+    </row>
+    <row r="34" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+    </row>
+    <row r="35" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+    </row>
+    <row r="36" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="7"/>
+    </row>
+    <row r="37" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+    </row>
+    <row r="38" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+    </row>
+    <row r="39" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="7"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
+    </row>
+    <row r="40" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="7"/>
+    </row>
+    <row r="41" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+    </row>
+    <row r="42" spans="1:7" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+    </row>
+    <row r="43" spans="1:7" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+    </row>
+    <row r="44" spans="1:7" ht="49.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="7"/>
+    </row>
+    <row r="45" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+    </row>
+    <row r="46" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+    </row>
+    <row r="47" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="218" t="s">
         <v>216</v>
       </c>
-      <c r="J4" s="56" t="s">
+      <c r="B47" s="218"/>
+      <c r="C47" s="218"/>
+      <c r="D47" s="218"/>
+      <c r="E47" s="218"/>
+      <c r="F47" s="218"/>
+      <c r="G47" s="218"/>
+    </row>
+    <row r="48" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="219" t="s">
         <v>217</v>
       </c>
-      <c r="K4" s="56" t="s">
+      <c r="B48" s="219"/>
+      <c r="C48" s="219"/>
+      <c r="D48" s="219"/>
+      <c r="E48" s="219"/>
+      <c r="F48" s="219"/>
+      <c r="G48" s="219"/>
+    </row>
+    <row r="49" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="229"/>
+      <c r="B49" s="229"/>
+      <c r="C49" s="229"/>
+      <c r="D49" s="229"/>
+      <c r="E49" s="229"/>
+      <c r="F49" s="229"/>
+      <c r="G49" s="229"/>
+    </row>
+    <row r="50" spans="1:7" s="170" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="218" t="s">
+        <v>95</v>
+      </c>
+      <c r="B50" s="218"/>
+      <c r="C50" s="218"/>
+      <c r="D50" s="218"/>
+      <c r="E50" s="218"/>
+      <c r="F50" s="218"/>
+      <c r="G50" s="218"/>
+    </row>
+    <row r="51" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="231" t="s">
         <v>218</v>
       </c>
-    </row>
-[...71 lines deleted...]
-      <c r="A29" s="201" t="s">
+      <c r="B51" s="231"/>
+      <c r="C51" s="231"/>
+      <c r="D51" s="231"/>
+      <c r="E51" s="231"/>
+      <c r="F51" s="231"/>
+      <c r="G51" s="231"/>
+    </row>
+    <row r="52" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="229"/>
+      <c r="B52" s="229"/>
+      <c r="C52" s="229"/>
+      <c r="D52" s="229"/>
+      <c r="E52" s="229"/>
+      <c r="F52" s="229"/>
+      <c r="G52" s="229"/>
+    </row>
+    <row r="53" spans="1:7" s="170" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="232" t="s">
         <v>219</v>
       </c>
-      <c r="B29" s="201"/>
-[...11 lines deleted...]
-      <c r="A30" s="202" t="s">
+      <c r="B53" s="232"/>
+      <c r="C53" s="232"/>
+      <c r="D53" s="232"/>
+      <c r="E53" s="232"/>
+      <c r="F53" s="232"/>
+      <c r="G53" s="232"/>
+    </row>
+    <row r="54" spans="1:7" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="230" t="s">
         <v>220</v>
       </c>
-      <c r="B30" s="202"/>
-[...27 lines deleted...]
-      <c r="A33" s="200" t="s">
+      <c r="B54" s="230"/>
+      <c r="C54" s="230"/>
+      <c r="D54" s="230"/>
+      <c r="E54" s="230"/>
+      <c r="F54" s="230"/>
+      <c r="G54" s="230"/>
+    </row>
+    <row r="55" spans="1:7" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="230" t="s">
         <v>221</v>
       </c>
-      <c r="B33" s="200"/>
-[...21 lines deleted...]
-      <c r="K34" s="200"/>
+      <c r="B55" s="230"/>
+      <c r="C55" s="230"/>
+      <c r="D55" s="230"/>
+      <c r="E55" s="230"/>
+      <c r="F55" s="230"/>
+      <c r="G55" s="230"/>
+    </row>
+    <row r="56" spans="1:7" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="230" t="s">
+        <v>222</v>
+      </c>
+      <c r="B56" s="230"/>
+      <c r="C56" s="230"/>
+      <c r="D56" s="230"/>
+      <c r="E56" s="230"/>
+      <c r="F56" s="230"/>
+      <c r="G56" s="230"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-    <mergeCell ref="A2:P2"/>
+  <mergeCells count="12">
+    <mergeCell ref="A52:G52"/>
+    <mergeCell ref="A56:G56"/>
+    <mergeCell ref="A48:G48"/>
+    <mergeCell ref="A51:G51"/>
+    <mergeCell ref="A53:G53"/>
+    <mergeCell ref="A54:G54"/>
+    <mergeCell ref="A55:G55"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A47:G47"/>
+    <mergeCell ref="A49:G49"/>
+    <mergeCell ref="A50:G50"/>
+  </mergeCells>
+  <phoneticPr fontId="41" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{D78322C3-361E-4ED6-B798-F0C14D368881}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86C579C8-63D6-448D-B884-601EE1BB46AB}">
+  <dimension ref="A1:R37"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.21875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A1" s="41" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
+      <c r="G1" s="42"/>
+      <c r="H1" s="42"/>
+      <c r="I1" s="42"/>
+      <c r="J1" s="42"/>
+      <c r="K1" s="42"/>
+    </row>
+    <row r="2" spans="1:18" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="233" t="s">
+        <v>223</v>
+      </c>
+      <c r="B2" s="233"/>
+      <c r="C2" s="233"/>
+      <c r="D2" s="233"/>
+      <c r="E2" s="233"/>
+      <c r="F2" s="233"/>
+      <c r="G2" s="233"/>
+      <c r="H2" s="233"/>
+      <c r="I2" s="233"/>
+      <c r="J2" s="233"/>
+      <c r="K2" s="233"/>
+      <c r="L2" s="233"/>
+      <c r="M2" s="233"/>
+      <c r="N2" s="233"/>
+      <c r="O2" s="233"/>
+      <c r="P2" s="233"/>
+      <c r="Q2" s="233"/>
+      <c r="R2" s="233"/>
+    </row>
+    <row r="3" spans="1:18" s="157" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="234" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="234"/>
+      <c r="C3" s="234"/>
+      <c r="D3" s="234"/>
+      <c r="E3" s="234"/>
+      <c r="F3" s="234"/>
+      <c r="G3" s="234"/>
+      <c r="H3" s="234"/>
+      <c r="I3" s="234"/>
+      <c r="J3" s="234"/>
+      <c r="K3" s="234"/>
+    </row>
+    <row r="4" spans="1:18" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="44" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="44" t="s">
+        <v>224</v>
+      </c>
+      <c r="D4" s="44" t="s">
+        <v>225</v>
+      </c>
+      <c r="E4" s="44" t="s">
+        <v>226</v>
+      </c>
+      <c r="F4" s="44" t="s">
+        <v>227</v>
+      </c>
+      <c r="G4" s="44" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" s="44" t="s">
+        <v>229</v>
+      </c>
+      <c r="I4" s="44" t="s">
+        <v>230</v>
+      </c>
+      <c r="J4" s="44" t="s">
+        <v>231</v>
+      </c>
+      <c r="K4" s="44" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="172" t="s">
+        <v>178</v>
+      </c>
+      <c r="B5" s="171" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" s="45">
+        <v>32.56</v>
+      </c>
+      <c r="D5" s="45">
+        <v>592.59</v>
+      </c>
+      <c r="E5" s="45">
+        <v>6.58</v>
+      </c>
+      <c r="F5" s="45">
+        <v>328.94</v>
+      </c>
+      <c r="G5" s="45">
+        <v>217.49</v>
+      </c>
+      <c r="H5" s="45">
+        <v>16.73</v>
+      </c>
+      <c r="I5" s="45">
+        <v>323.67</v>
+      </c>
+      <c r="J5" s="45">
+        <v>149.22</v>
+      </c>
+      <c r="K5" s="285">
+        <v>1667.77</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="172" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="171" t="s">
+        <v>91</v>
+      </c>
+      <c r="C6" s="45">
+        <v>54.9</v>
+      </c>
+      <c r="D6" s="45">
+        <v>1097.56</v>
+      </c>
+      <c r="E6" s="45">
+        <v>7.62</v>
+      </c>
+      <c r="F6" s="45">
+        <v>586.1</v>
+      </c>
+      <c r="G6" s="45">
+        <v>323.62</v>
+      </c>
+      <c r="H6" s="45">
+        <v>20.34</v>
+      </c>
+      <c r="I6" s="45">
+        <v>583.23</v>
+      </c>
+      <c r="J6" s="45">
+        <v>256.27</v>
+      </c>
+      <c r="K6" s="285">
+        <v>2929.63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A7" s="43"/>
+      <c r="B7" s="43"/>
+      <c r="C7" s="43"/>
+      <c r="D7" s="43"/>
+      <c r="E7" s="43"/>
+      <c r="F7" s="43"/>
+      <c r="G7" s="43"/>
+      <c r="H7" s="43"/>
+      <c r="I7" s="43"/>
+      <c r="J7" s="43"/>
+      <c r="K7" s="43"/>
+    </row>
+    <row r="8" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A8" s="43"/>
+      <c r="B8" s="43"/>
+      <c r="C8" s="43"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="43"/>
+      <c r="H8" s="43"/>
+      <c r="I8" s="43"/>
+      <c r="J8" s="43"/>
+      <c r="K8" s="43"/>
+    </row>
+    <row r="9" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="43"/>
+      <c r="B9" s="43"/>
+      <c r="C9" s="43"/>
+      <c r="D9" s="43"/>
+      <c r="E9" s="43"/>
+      <c r="F9" s="43"/>
+      <c r="G9" s="43"/>
+      <c r="H9" s="43"/>
+      <c r="I9" s="43"/>
+      <c r="J9" s="43"/>
+      <c r="K9" s="43"/>
+    </row>
+    <row r="10" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="43"/>
+      <c r="B10" s="43"/>
+      <c r="C10" s="43"/>
+      <c r="D10" s="43"/>
+      <c r="E10" s="43"/>
+      <c r="F10" s="43"/>
+      <c r="G10" s="43"/>
+      <c r="H10" s="43"/>
+      <c r="I10" s="43"/>
+      <c r="J10" s="43"/>
+      <c r="K10" s="43"/>
+    </row>
+    <row r="11" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="43"/>
+      <c r="B11" s="43"/>
+      <c r="C11" s="43"/>
+      <c r="D11" s="43"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="43"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="43"/>
+      <c r="J11" s="43"/>
+      <c r="K11" s="43"/>
+    </row>
+    <row r="12" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A12" s="43"/>
+      <c r="B12" s="43"/>
+      <c r="C12" s="43"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="43"/>
+      <c r="G12" s="43"/>
+      <c r="H12" s="43"/>
+      <c r="I12" s="43"/>
+      <c r="J12" s="43"/>
+      <c r="K12" s="43"/>
+    </row>
+    <row r="13" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A13" s="43"/>
+      <c r="B13" s="43"/>
+      <c r="C13" s="43"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+    </row>
+    <row r="14" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="43"/>
+      <c r="B14" s="43"/>
+      <c r="C14" s="43"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+    </row>
+    <row r="15" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="43"/>
+      <c r="B15" s="43"/>
+      <c r="C15" s="43"/>
+      <c r="D15" s="43"/>
+      <c r="E15" s="43"/>
+      <c r="F15" s="43"/>
+      <c r="G15" s="43"/>
+      <c r="H15" s="43"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="43"/>
+      <c r="K15" s="43"/>
+    </row>
+    <row r="16" spans="1:18" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="43"/>
+      <c r="B16" s="43"/>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+    </row>
+    <row r="17" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="43"/>
+      <c r="B17" s="43"/>
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+    </row>
+    <row r="18" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="43"/>
+      <c r="B18" s="43"/>
+      <c r="C18" s="43"/>
+      <c r="D18" s="43"/>
+      <c r="E18" s="43"/>
+      <c r="F18" s="43"/>
+      <c r="G18" s="43"/>
+      <c r="H18" s="43"/>
+      <c r="I18" s="43"/>
+      <c r="J18" s="43"/>
+      <c r="K18" s="43"/>
+    </row>
+    <row r="19" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="43"/>
+      <c r="B19" s="43"/>
+      <c r="C19" s="43"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="43"/>
+      <c r="F19" s="43"/>
+      <c r="G19" s="43"/>
+      <c r="H19" s="43"/>
+      <c r="I19" s="43"/>
+      <c r="J19" s="43"/>
+      <c r="K19" s="43"/>
+    </row>
+    <row r="20" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="43"/>
+      <c r="B20" s="43"/>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="43"/>
+      <c r="G20" s="43"/>
+      <c r="H20" s="43"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="43"/>
+    </row>
+    <row r="21" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="43"/>
+      <c r="B21" s="43"/>
+      <c r="C21" s="43"/>
+      <c r="D21" s="43"/>
+      <c r="E21" s="43"/>
+      <c r="F21" s="43"/>
+      <c r="G21" s="43"/>
+      <c r="H21" s="43"/>
+      <c r="I21" s="43"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="43"/>
+    </row>
+    <row r="22" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A22" s="43"/>
+      <c r="B22" s="43"/>
+      <c r="C22" s="43"/>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="43"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="43"/>
+      <c r="I22" s="43"/>
+      <c r="J22" s="43"/>
+      <c r="K22" s="43"/>
+    </row>
+    <row r="23" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="43"/>
+      <c r="B23" s="43"/>
+      <c r="C23" s="43"/>
+      <c r="D23" s="43"/>
+      <c r="E23" s="43"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="43"/>
+      <c r="H23" s="43"/>
+      <c r="I23" s="43"/>
+      <c r="J23" s="43"/>
+      <c r="K23" s="43"/>
+    </row>
+    <row r="24" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="43"/>
+      <c r="B24" s="43"/>
+      <c r="C24" s="43"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="43"/>
+      <c r="G24" s="43"/>
+      <c r="H24" s="43"/>
+      <c r="I24" s="43"/>
+      <c r="J24" s="43"/>
+      <c r="K24" s="43"/>
+    </row>
+    <row r="25" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="43"/>
+      <c r="B25" s="43"/>
+      <c r="C25" s="43"/>
+      <c r="D25" s="43"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="43"/>
+      <c r="G25" s="43"/>
+      <c r="H25" s="43"/>
+      <c r="I25" s="43"/>
+      <c r="J25" s="43"/>
+      <c r="K25" s="43"/>
+    </row>
+    <row r="26" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A26" s="43"/>
+      <c r="B26" s="43"/>
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="43"/>
+      <c r="J26" s="43"/>
+      <c r="K26" s="43"/>
+    </row>
+    <row r="27" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A27" s="43"/>
+      <c r="B27" s="43"/>
+      <c r="C27" s="43"/>
+      <c r="D27" s="43"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="43"/>
+      <c r="G27" s="43"/>
+      <c r="H27" s="43"/>
+      <c r="I27" s="43"/>
+      <c r="J27" s="43"/>
+      <c r="K27" s="43"/>
+    </row>
+    <row r="28" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A28" s="43"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+    </row>
+    <row r="29" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A29" s="43"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="43"/>
+      <c r="D29" s="43"/>
+      <c r="E29" s="43"/>
+      <c r="F29" s="43"/>
+      <c r="G29" s="43"/>
+      <c r="H29" s="43"/>
+      <c r="I29" s="43"/>
+      <c r="J29" s="43"/>
+      <c r="K29" s="43"/>
+    </row>
+    <row r="30" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="43"/>
+      <c r="B30" s="43"/>
+      <c r="C30" s="43"/>
+      <c r="D30" s="43"/>
+      <c r="E30" s="43"/>
+      <c r="F30" s="43"/>
+      <c r="G30" s="43"/>
+      <c r="H30" s="43"/>
+      <c r="I30" s="43"/>
+      <c r="J30" s="43"/>
+      <c r="K30" s="43"/>
+    </row>
+    <row r="31" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A31" s="43"/>
+      <c r="B31" s="43"/>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43"/>
+    </row>
+    <row r="32" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A32" s="43"/>
+      <c r="B32" s="43"/>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="43"/>
+      <c r="H32" s="43"/>
+      <c r="I32" s="43"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+    </row>
+    <row r="33" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="237" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" s="237"/>
+      <c r="C33" s="237"/>
+      <c r="D33" s="237"/>
+      <c r="E33" s="237"/>
+      <c r="F33" s="237"/>
+      <c r="G33" s="237"/>
+      <c r="H33" s="237"/>
+      <c r="I33" s="237"/>
+      <c r="J33" s="237"/>
+      <c r="K33" s="237"/>
+    </row>
+    <row r="34" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="236" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" s="236"/>
+      <c r="C34" s="236"/>
+      <c r="D34" s="236"/>
+      <c r="E34" s="236"/>
+      <c r="F34" s="236"/>
+      <c r="G34" s="236"/>
+      <c r="H34" s="236"/>
+      <c r="I34" s="236"/>
+      <c r="J34" s="236"/>
+      <c r="K34" s="236"/>
+    </row>
+    <row r="35" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="235"/>
+      <c r="B35" s="235"/>
+      <c r="C35" s="235"/>
+      <c r="D35" s="235"/>
+      <c r="E35" s="235"/>
+      <c r="F35" s="235"/>
+      <c r="G35" s="235"/>
+      <c r="H35" s="235"/>
+      <c r="I35" s="235"/>
+      <c r="J35" s="235"/>
+      <c r="K35" s="235"/>
+    </row>
+    <row r="36" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" s="237"/>
+      <c r="C36" s="237"/>
+      <c r="D36" s="237"/>
+      <c r="E36" s="237"/>
+      <c r="F36" s="237"/>
+      <c r="G36" s="237"/>
+      <c r="H36" s="237"/>
+      <c r="I36" s="237"/>
+      <c r="J36" s="237"/>
+      <c r="K36" s="237"/>
+    </row>
+    <row r="37" spans="1:11" ht="37.799999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="236" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" s="236"/>
+      <c r="C37" s="236"/>
+      <c r="D37" s="236"/>
+      <c r="E37" s="236"/>
+      <c r="F37" s="236"/>
+      <c r="G37" s="236"/>
+      <c r="H37" s="236"/>
+      <c r="I37" s="236"/>
+      <c r="J37" s="236"/>
+      <c r="K37" s="236"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A33:K34"/>
-[...2 lines deleted...]
-    <mergeCell ref="A32:K32"/>
+    <mergeCell ref="A35:K35"/>
+    <mergeCell ref="A37:K37"/>
+    <mergeCell ref="A33:K33"/>
+    <mergeCell ref="A34:K34"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F905AB0F-4C13-4E3D-A22C-6605E1B8B479}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2519E2E3-C9B0-4207-98DD-3D6419A7974E}">
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.5546875" style="60" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.6640625" style="60"/>
+    <col min="1" max="1" width="14.77734375" style="269" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="39.21875" style="269" bestFit="1" customWidth="1"/>
+    <col min="3" max="10" width="8.88671875" style="269" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="269"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
-[...213 lines deleted...]
-      <c r="K48" s="200"/>
+    <row r="1" spans="1:16" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="280" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="268"/>
+    </row>
+    <row r="2" spans="1:16" s="281" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="270" t="s">
+        <v>236</v>
+      </c>
+      <c r="B2" s="270"/>
+      <c r="C2" s="270"/>
+      <c r="D2" s="270"/>
+      <c r="E2" s="270"/>
+      <c r="F2" s="270"/>
+      <c r="G2" s="270"/>
+      <c r="H2" s="270"/>
+      <c r="I2" s="270"/>
+      <c r="J2" s="270"/>
+      <c r="K2" s="270"/>
+      <c r="L2" s="270"/>
+      <c r="M2" s="270"/>
+      <c r="N2" s="270"/>
+      <c r="O2" s="270"/>
+      <c r="P2" s="270"/>
+    </row>
+    <row r="3" spans="1:16" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="271" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="271"/>
+      <c r="C3" s="271"/>
+      <c r="D3" s="271"/>
+      <c r="E3" s="271"/>
+      <c r="F3" s="271"/>
+      <c r="G3" s="271"/>
+      <c r="H3" s="271"/>
+      <c r="I3" s="271"/>
+      <c r="J3" s="271"/>
+      <c r="K3" s="271"/>
+      <c r="L3" s="271"/>
+      <c r="M3" s="271"/>
+      <c r="N3" s="271"/>
+      <c r="O3" s="271"/>
+    </row>
+    <row r="4" spans="1:16" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="272" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" s="273" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="282" t="s">
+        <v>238</v>
+      </c>
+      <c r="B5" s="275">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="282" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" s="275">
+        <v>19059</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="282" t="s">
+        <v>240</v>
+      </c>
+      <c r="B7" s="275">
+        <v>29928</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="282" t="s">
+        <v>241</v>
+      </c>
+      <c r="B8" s="275">
+        <v>43108</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="282" t="s">
+        <v>242</v>
+      </c>
+      <c r="B9" s="275">
+        <v>22358</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="282" t="s">
+        <v>243</v>
+      </c>
+      <c r="B10" s="275">
+        <v>23922</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="282" t="s">
+        <v>244</v>
+      </c>
+      <c r="B11" s="275">
+        <v>12839</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="282" t="s">
+        <v>245</v>
+      </c>
+      <c r="B12" s="275">
+        <v>7665</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="282" t="s">
+        <v>246</v>
+      </c>
+      <c r="B13" s="275">
+        <v>17175</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="282" t="s">
+        <v>247</v>
+      </c>
+      <c r="B14" s="275">
+        <v>9392</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="282" t="s">
+        <v>248</v>
+      </c>
+      <c r="B15" s="275">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="283" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="175">
+        <v>189487</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A17" s="284"/>
+      <c r="B17" s="268"/>
+    </row>
+    <row r="18" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A18" s="284"/>
+      <c r="B18" s="268"/>
+    </row>
+    <row r="19" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A19" s="284"/>
+      <c r="B19" s="268"/>
+    </row>
+    <row r="20" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A20" s="284"/>
+      <c r="B20" s="268"/>
+    </row>
+    <row r="21" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A21" s="284"/>
+      <c r="B21" s="268"/>
+    </row>
+    <row r="22" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A22" s="284"/>
+      <c r="B22" s="268"/>
+    </row>
+    <row r="23" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A23" s="284"/>
+      <c r="B23" s="268"/>
+    </row>
+    <row r="24" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A24" s="284"/>
+      <c r="B24" s="268"/>
+    </row>
+    <row r="25" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A25" s="284"/>
+      <c r="B25" s="268"/>
+    </row>
+    <row r="26" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A26" s="284"/>
+      <c r="B26" s="268"/>
+    </row>
+    <row r="27" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A27" s="284"/>
+      <c r="B27" s="268"/>
+    </row>
+    <row r="28" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A28" s="284"/>
+      <c r="B28" s="268"/>
+    </row>
+    <row r="29" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A29" s="284"/>
+      <c r="B29" s="268"/>
+    </row>
+    <row r="30" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A30" s="284"/>
+      <c r="B30" s="268"/>
+    </row>
+    <row r="31" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A31" s="284"/>
+      <c r="B31" s="268"/>
+    </row>
+    <row r="32" spans="1:2" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A32" s="284"/>
+      <c r="B32" s="268"/>
+    </row>
+    <row r="33" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A33" s="284"/>
+      <c r="B33" s="268"/>
+    </row>
+    <row r="34" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A34" s="284"/>
+      <c r="B34" s="268"/>
+    </row>
+    <row r="35" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A35" s="284"/>
+      <c r="B35" s="268"/>
+    </row>
+    <row r="36" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A36" s="284"/>
+      <c r="B36" s="268"/>
+    </row>
+    <row r="37" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A37" s="284"/>
+      <c r="B37" s="268"/>
+    </row>
+    <row r="38" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A38" s="284"/>
+      <c r="B38" s="268"/>
+    </row>
+    <row r="39" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A39" s="284"/>
+      <c r="B39" s="268"/>
+    </row>
+    <row r="40" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A40" s="284"/>
+      <c r="B40" s="268"/>
+    </row>
+    <row r="41" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A41" s="284"/>
+      <c r="B41" s="268"/>
+    </row>
+    <row r="42" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A42" s="284"/>
+      <c r="B42" s="268"/>
+    </row>
+    <row r="43" spans="1:15" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="277" t="s">
+        <v>249</v>
+      </c>
+      <c r="B43" s="277"/>
+      <c r="C43" s="277"/>
+      <c r="D43" s="277"/>
+      <c r="E43" s="277"/>
+      <c r="F43" s="277"/>
+      <c r="G43" s="277"/>
+      <c r="H43" s="277"/>
+      <c r="I43" s="277"/>
+      <c r="J43" s="277"/>
+      <c r="K43" s="277"/>
+      <c r="L43" s="277"/>
+      <c r="M43" s="277"/>
+      <c r="N43" s="277"/>
+      <c r="O43" s="277"/>
+    </row>
+    <row r="44" spans="1:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="278" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" s="278"/>
+      <c r="C44" s="278"/>
+      <c r="D44" s="278"/>
+      <c r="E44" s="278"/>
+      <c r="F44" s="278"/>
+      <c r="G44" s="278"/>
+      <c r="H44" s="278"/>
+      <c r="I44" s="278"/>
+      <c r="J44" s="278"/>
+      <c r="K44" s="278"/>
+      <c r="L44" s="278"/>
+      <c r="M44" s="278"/>
+      <c r="N44" s="278"/>
+      <c r="O44" s="278"/>
+    </row>
+    <row r="45" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A45" s="279"/>
+      <c r="B45" s="279"/>
+      <c r="C45" s="279"/>
+      <c r="D45" s="279"/>
+      <c r="E45" s="279"/>
+      <c r="F45" s="279"/>
+      <c r="G45" s="279"/>
+      <c r="H45" s="279"/>
+      <c r="I45" s="279"/>
+      <c r="J45" s="279"/>
+      <c r="K45" s="279"/>
+      <c r="L45" s="279"/>
+      <c r="M45" s="279"/>
+      <c r="N45" s="279"/>
+      <c r="O45" s="279"/>
+    </row>
+    <row r="46" spans="1:15" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A46" s="277" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="277"/>
+      <c r="C46" s="277"/>
+      <c r="D46" s="277"/>
+      <c r="E46" s="277"/>
+      <c r="F46" s="277"/>
+      <c r="G46" s="277"/>
+      <c r="H46" s="277"/>
+      <c r="I46" s="277"/>
+      <c r="J46" s="277"/>
+      <c r="K46" s="277"/>
+      <c r="L46" s="277"/>
+      <c r="M46" s="277"/>
+      <c r="N46" s="277"/>
+      <c r="O46" s="277"/>
+    </row>
+    <row r="47" spans="1:15" ht="55.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="278" t="s">
+        <v>419</v>
+      </c>
+      <c r="B47" s="278"/>
+      <c r="C47" s="278"/>
+      <c r="D47" s="278"/>
+      <c r="E47" s="278"/>
+      <c r="F47" s="278"/>
+      <c r="G47" s="278"/>
+      <c r="H47" s="278"/>
+      <c r="I47" s="278"/>
+      <c r="J47" s="278"/>
+      <c r="K47" s="278"/>
+      <c r="L47" s="278"/>
+      <c r="M47" s="278"/>
+      <c r="N47" s="278"/>
+      <c r="O47" s="278"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A46:K46"/>
+  <mergeCells count="7">
+    <mergeCell ref="A46:O46"/>
+    <mergeCell ref="A47:O47"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A43:O43"/>
+    <mergeCell ref="A44:O44"/>
+    <mergeCell ref="A45:O45"/>
+    <mergeCell ref="A2:P2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{27408D1F-ECF8-4938-8A6A-867C42A96D55}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{849FD596-EA67-4D04-8CCE-65D1F79B8604}">
+  <dimension ref="A1:I38"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="20.6640625" customWidth="1"/>
+    <col min="2" max="2" width="125.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="4" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="177"/>
+    </row>
+    <row r="2" spans="1:9" s="141" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="178" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="178"/>
+    </row>
+    <row r="3" spans="1:9" s="141" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="179" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="179"/>
+    </row>
+    <row r="4" spans="1:9" s="136" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="180" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="180"/>
+    </row>
+    <row r="5" spans="1:9" s="140" customFormat="1" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="139" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="136" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="137"/>
+      <c r="B6" s="137" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="142" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="143" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="144" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="143" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="144" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="143" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="144" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="143" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="144" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="143" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="134"/>
+      <c r="D11" s="134"/>
+      <c r="F11" s="134"/>
+      <c r="G11" s="134"/>
+    </row>
+    <row r="12" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="144" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="143" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="134"/>
+      <c r="D12" s="134"/>
+      <c r="E12" s="134"/>
+      <c r="F12" s="134"/>
+      <c r="G12" s="134"/>
+      <c r="H12" s="134"/>
+      <c r="I12" s="134"/>
+    </row>
+    <row r="13" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="145" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="143" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="146" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="143" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="4" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="147"/>
+      <c r="B15" s="148" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="145" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="143" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="145" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="143" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="149" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="143" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="149" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="143" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="149" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="150" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="149" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="143" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" s="4" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="149"/>
+      <c r="B22" s="148" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="151" t="s">
+        <v>37</v>
+      </c>
+      <c r="B23" s="143" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="151" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" s="143" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="151" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="143" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="152" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" s="143" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="151" t="s">
+        <v>45</v>
+      </c>
+      <c r="B27" s="143" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="146" t="s">
+        <v>47</v>
+      </c>
+      <c r="B28" s="143" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="146" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="143" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="146" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="143" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="146" t="s">
+        <v>53</v>
+      </c>
+      <c r="B31" s="143" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="146" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="143" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="146" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="143" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="146" t="s">
+        <v>59</v>
+      </c>
+      <c r="B34" s="143" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="146" t="s">
+        <v>61</v>
+      </c>
+      <c r="B35" s="143" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="146" t="s">
+        <v>63</v>
+      </c>
+      <c r="B36" s="143" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" s="4" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="145"/>
+      <c r="B37" s="148" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" s="4" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="146" t="s">
+        <v>66</v>
+      </c>
+      <c r="B38" s="143" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A3" r:id="rId1" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator Glossary." xr:uid="{A1EA332F-97E6-457C-880D-C43B2A0A2B59}"/>
+    <hyperlink ref="A3:B3" r:id="rId2" display="A description/explanation of all acronyms can be found in the Clean Energy Regulator glossary." xr:uid="{A752F2D7-BD39-48CC-A7D0-9EB3537F55A4}"/>
+    <hyperlink ref="A35" location="'Figure 3.4'!A1" display="Figure 3.3" xr:uid="{A0570F08-7393-4335-9FDB-EA4062E9D637}"/>
+    <hyperlink ref="A16" location="'Figure 2.1'!A1" display="Figure 3.1" xr:uid="{AB8C13EE-7F7F-46BA-B5D1-0890DB7F34B4}"/>
+    <hyperlink ref="A17" location="'Figure 2.2'!A1" display="Figure 2.2" xr:uid="{E14099CC-C259-4175-B380-28195762F89C}"/>
+    <hyperlink ref="A20" location="'Figure 2.5'!A1" display="Figure 2.5" xr:uid="{BABA3E77-7FDB-46B8-BCF2-BBBE3170B816}"/>
+    <hyperlink ref="A21" location="'Figure 2.6'!A1" display="Figure 2.6" xr:uid="{3E6032FD-60AE-4A29-A9E6-D6E953BAACB3}"/>
+    <hyperlink ref="A18" location="'Figure 2.3'!A1" display="Figure 2.3" xr:uid="{E5A69B18-1844-4D58-BAB4-2D72BCC02162}"/>
+    <hyperlink ref="A19" location="'Figure 2.4'!A1" display="Figure 2.4" xr:uid="{23A1A950-4516-478C-88BA-D900FF83A403}"/>
+    <hyperlink ref="A7" location="'Figure 1.1'!A1" display="Figure 1.1" xr:uid="{2421B867-63D3-4A35-B83F-4458516777FC}"/>
+    <hyperlink ref="A12" location="'Figure 1.6'!A1" display="Figure 1.6" xr:uid="{2E46E719-04FF-4C39-B4DC-4B06DF8AAB5A}"/>
+    <hyperlink ref="A9" location="'Figure 1.3'!A1" display="Figure 1.3" xr:uid="{6575216C-DF9F-4DDD-96C0-1F0477D69378}"/>
+    <hyperlink ref="A8" location="'Figure 1.2'!A1" display="Figure 1.2" xr:uid="{2BF7190C-CF0A-49BD-ABF4-6B090A03C35B}"/>
+    <hyperlink ref="A10" location="'Figure 1.4'!A1" display="Figure 1.4" xr:uid="{7D3F3C6E-EAAA-4835-A835-480476BDD5A0}"/>
+    <hyperlink ref="A32" location="'Figure 3.10'!A1" display="Figure 3.10" xr:uid="{8E848DE0-A283-42EA-AC1F-DA491C67996E}"/>
+    <hyperlink ref="A28" location="'Figure 3.6'!A1" display="Figure 3.6" xr:uid="{2A54CA1A-0E24-4E8E-B723-2296CE737280}"/>
+    <hyperlink ref="A23" location="'Figure 3.1'!A1" display="Figure 3.1" xr:uid="{BFEDB12B-84BD-4638-BD87-1A5075235B56}"/>
+    <hyperlink ref="A24" location="'Figure 3.2'!A1" display="Figure 3.2" xr:uid="{51109DD2-609A-4AA9-B829-1E19E0C8D337}"/>
+    <hyperlink ref="A25" location="'Figure 3.3'!A1" display="Figure 3.3" xr:uid="{F6E9C28D-184C-42A1-B21C-1C0735BA2A26}"/>
+    <hyperlink ref="A27" location="'Figure 3.5'!A1" display="Figure 3.5" xr:uid="{96ABE2CC-5EEC-479A-8ADB-1F65A9533B90}"/>
+    <hyperlink ref="A34" location="'Figure 3.12'!A1" display="Figure 3.12" xr:uid="{3929ADD6-4A1F-47F0-B305-2A4B703F1CB1}"/>
+    <hyperlink ref="A33" location="'Figure 3.11'!A1" display="Figure 3.11" xr:uid="{402F288D-32CB-4315-9873-C3123283BC60}"/>
+    <hyperlink ref="A35" location="'Figure 3.13'!A1" display="Figure 3.13" xr:uid="{0262693C-A487-4CF2-A2F5-6FC2136B0ECD}"/>
+    <hyperlink ref="A29" location="'Figure 3.7'!A1" display="Figure 3.7" xr:uid="{940ADAD3-800B-4BDE-BFAA-0CB3420EBD76}"/>
+    <hyperlink ref="A30" location="'Figure 3.8'!A1" display="Figure 3.8" xr:uid="{1ADEAB43-1E2D-4570-B7D4-092F0D901018}"/>
+    <hyperlink ref="A31" location="'Figure 3.9'!A1" display="Figure 3.9" xr:uid="{CA5E8006-4CE7-41E0-A144-2FC223850161}"/>
+    <hyperlink ref="A11" location="'Figure 1.5'!A1" display="Figure 1.5" xr:uid="{0E3B40D5-E0E8-412B-A8F9-3063420C317A}"/>
+    <hyperlink ref="A13" location="'Figure 1.7'!A1" display="Figure 1.7" xr:uid="{654130F9-0DE5-43CF-9898-B4DB6B00BF84}"/>
+    <hyperlink ref="A26" location="'Figure 3.4'!A1" display="Figure 3.3" xr:uid="{64BEE33D-3B8E-4D01-B34F-30C69628C727}"/>
+    <hyperlink ref="A36" location="'Figure 3.14'!A1" display="Figure 3.14" xr:uid="{9C07618D-B8FA-49C3-B054-204E0669A411}"/>
+    <hyperlink ref="A38" location="'Figure 4.1'!A1" display="Figure 4.1" xr:uid="{4172EE7D-9C09-4E37-91F6-C5F4546F78E2}"/>
+    <hyperlink ref="A14" location="'Figure 1.8'!A1" display="Figure 1.8" xr:uid="{84A3F319-E859-49AC-8052-5FF560348C10}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId4"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E246E61-E327-4807-8302-D51FDA2F88A7}">
-  <dimension ref="A1:O48"/>
+  <dimension ref="A1:Q47"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.5546875" style="60" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.6640625" style="60"/>
+    <col min="1" max="1" width="14.77734375" style="269" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="39.21875" style="269" bestFit="1" customWidth="1"/>
+    <col min="3" max="13" width="8.88671875" style="269" customWidth="1"/>
+    <col min="14" max="16384" width="8.88671875" style="269"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="14.4" x14ac:dyDescent="0.3">
-[...71 lines deleted...]
-      <c r="A8" s="63" t="s">
+    <row r="1" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="267" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="268"/>
+      <c r="C1" s="268"/>
+      <c r="D1" s="268"/>
+      <c r="E1" s="268"/>
+      <c r="F1" s="268"/>
+      <c r="G1" s="268"/>
+      <c r="H1" s="268"/>
+      <c r="I1" s="268"/>
+      <c r="J1" s="268"/>
+      <c r="K1" s="268"/>
+      <c r="L1" s="268"/>
+      <c r="M1" s="268"/>
+    </row>
+    <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="270" t="s">
+        <v>251</v>
+      </c>
+      <c r="B2" s="270"/>
+      <c r="C2" s="270"/>
+      <c r="D2" s="270"/>
+      <c r="E2" s="270"/>
+      <c r="F2" s="270"/>
+      <c r="G2" s="270"/>
+      <c r="H2" s="270"/>
+      <c r="I2" s="270"/>
+      <c r="J2" s="270"/>
+      <c r="K2" s="270"/>
+      <c r="L2" s="270"/>
+      <c r="M2" s="270"/>
+      <c r="N2" s="270"/>
+      <c r="O2" s="270"/>
+      <c r="P2" s="270"/>
+      <c r="Q2" s="270"/>
+    </row>
+    <row r="3" spans="1:17" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="271" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="271"/>
+      <c r="C3" s="271"/>
+      <c r="D3" s="271"/>
+      <c r="E3" s="271"/>
+      <c r="F3" s="271"/>
+      <c r="G3" s="271"/>
+      <c r="H3" s="271"/>
+      <c r="I3" s="271"/>
+      <c r="J3" s="271"/>
+      <c r="K3" s="271"/>
+      <c r="L3" s="271"/>
+      <c r="M3" s="271"/>
+      <c r="N3" s="271"/>
+      <c r="O3" s="271"/>
+    </row>
+    <row r="4" spans="1:17" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="272" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" s="273" t="s">
+        <v>237</v>
+      </c>
+      <c r="C4" s="268"/>
+      <c r="F4" s="268"/>
+      <c r="G4" s="268"/>
+      <c r="H4" s="268"/>
+      <c r="I4" s="268"/>
+      <c r="J4" s="268"/>
+      <c r="K4" s="268"/>
+      <c r="L4" s="268"/>
+      <c r="M4" s="268"/>
+    </row>
+    <row r="5" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="274" t="s">
+        <v>238</v>
+      </c>
+      <c r="B5" s="275">
+        <v>11</v>
+      </c>
+      <c r="C5" s="268"/>
+      <c r="F5" s="268"/>
+      <c r="G5" s="268"/>
+      <c r="H5" s="268"/>
+      <c r="I5" s="268"/>
+      <c r="J5" s="268"/>
+      <c r="K5" s="268"/>
+      <c r="L5" s="268"/>
+      <c r="M5" s="268"/>
+    </row>
+    <row r="6" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="274" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" s="275">
+        <v>259</v>
+      </c>
+      <c r="C6" s="268"/>
+      <c r="F6" s="268"/>
+      <c r="G6" s="268"/>
+      <c r="H6" s="268"/>
+      <c r="I6" s="268"/>
+      <c r="J6" s="268"/>
+      <c r="K6" s="268"/>
+      <c r="L6" s="268"/>
+      <c r="M6" s="268"/>
+    </row>
+    <row r="7" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="274" t="s">
+        <v>240</v>
+      </c>
+      <c r="B7" s="275">
+        <v>340</v>
+      </c>
+      <c r="C7" s="268"/>
+      <c r="F7" s="268"/>
+      <c r="G7" s="268"/>
+      <c r="H7" s="268"/>
+      <c r="I7" s="268"/>
+      <c r="J7" s="268"/>
+      <c r="K7" s="268"/>
+      <c r="L7" s="268"/>
+      <c r="M7" s="268"/>
+    </row>
+    <row r="8" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="274" t="s">
+        <v>241</v>
+      </c>
+      <c r="B8" s="275">
+        <v>386</v>
+      </c>
+      <c r="C8" s="268"/>
+      <c r="F8" s="268"/>
+      <c r="G8" s="268"/>
+      <c r="H8" s="268"/>
+      <c r="I8" s="268"/>
+      <c r="J8" s="268"/>
+      <c r="K8" s="268"/>
+      <c r="L8" s="268"/>
+      <c r="M8" s="268"/>
+    </row>
+    <row r="9" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="274" t="s">
+        <v>242</v>
+      </c>
+      <c r="B9" s="275">
+        <v>292</v>
+      </c>
+      <c r="C9" s="268"/>
+      <c r="F9" s="268"/>
+      <c r="G9" s="268"/>
+      <c r="H9" s="268"/>
+      <c r="I9" s="268"/>
+      <c r="J9" s="268"/>
+      <c r="K9" s="268"/>
+      <c r="L9" s="268"/>
+      <c r="M9" s="268"/>
+    </row>
+    <row r="10" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="274" t="s">
+        <v>243</v>
+      </c>
+      <c r="B10" s="275">
+        <v>370</v>
+      </c>
+      <c r="C10" s="268"/>
+      <c r="F10" s="268"/>
+      <c r="G10" s="268"/>
+      <c r="H10" s="268"/>
+      <c r="I10" s="268"/>
+      <c r="J10" s="268"/>
+      <c r="K10" s="268"/>
+      <c r="L10" s="268"/>
+      <c r="M10" s="268"/>
+    </row>
+    <row r="11" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="274" t="s">
+        <v>244</v>
+      </c>
+      <c r="B11" s="275">
+        <v>211</v>
+      </c>
+      <c r="C11" s="268"/>
+      <c r="F11" s="268"/>
+      <c r="G11" s="268"/>
+      <c r="H11" s="268"/>
+      <c r="I11" s="268"/>
+      <c r="J11" s="268"/>
+      <c r="K11" s="268"/>
+      <c r="L11" s="268"/>
+      <c r="M11" s="268"/>
+    </row>
+    <row r="12" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="274" t="s">
+        <v>245</v>
+      </c>
+      <c r="B12" s="275">
+        <v>216</v>
+      </c>
+      <c r="C12" s="268"/>
+      <c r="F12" s="268"/>
+      <c r="G12" s="268"/>
+      <c r="H12" s="268"/>
+      <c r="I12" s="268"/>
+      <c r="J12" s="268"/>
+      <c r="K12" s="268"/>
+      <c r="L12" s="268"/>
+      <c r="M12" s="268"/>
+    </row>
+    <row r="13" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="274" t="s">
+        <v>246</v>
+      </c>
+      <c r="B13" s="275">
         <v>384</v>
       </c>
-      <c r="B8" s="232">
-[...139 lines deleted...]
-      <c r="K48" s="200"/>
+      <c r="C13" s="268"/>
+      <c r="F13" s="268"/>
+      <c r="G13" s="268"/>
+      <c r="H13" s="268"/>
+      <c r="I13" s="268"/>
+      <c r="J13" s="268"/>
+      <c r="K13" s="268"/>
+      <c r="L13" s="268"/>
+      <c r="M13" s="268"/>
+    </row>
+    <row r="14" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="274" t="s">
+        <v>247</v>
+      </c>
+      <c r="B14" s="275">
+        <v>615</v>
+      </c>
+      <c r="C14" s="268"/>
+      <c r="F14" s="268"/>
+      <c r="G14" s="268"/>
+      <c r="H14" s="268"/>
+      <c r="I14" s="268"/>
+      <c r="J14" s="268"/>
+      <c r="K14" s="268"/>
+      <c r="L14" s="268"/>
+      <c r="M14" s="268"/>
+    </row>
+    <row r="15" spans="1:17" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="274" t="s">
+        <v>248</v>
+      </c>
+      <c r="B15" s="275">
+        <v>545</v>
+      </c>
+      <c r="C15" s="268"/>
+      <c r="F15" s="268"/>
+      <c r="G15" s="268"/>
+      <c r="H15" s="268"/>
+      <c r="I15" s="268"/>
+      <c r="J15" s="268"/>
+      <c r="K15" s="268"/>
+      <c r="L15" s="268"/>
+      <c r="M15" s="268"/>
+    </row>
+    <row r="16" spans="1:17" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="276" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="175">
+        <v>3629</v>
+      </c>
+      <c r="C16" s="268"/>
+      <c r="D16" s="268"/>
+      <c r="E16" s="268"/>
+      <c r="F16" s="268"/>
+      <c r="G16" s="268"/>
+      <c r="H16" s="268"/>
+      <c r="I16" s="268"/>
+      <c r="J16" s="268"/>
+      <c r="K16" s="268"/>
+      <c r="L16" s="268"/>
+      <c r="M16" s="268"/>
+    </row>
+    <row r="17" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A17" s="268"/>
+      <c r="B17" s="268"/>
+      <c r="C17" s="268"/>
+      <c r="D17" s="268"/>
+      <c r="E17" s="268"/>
+      <c r="F17" s="268"/>
+      <c r="G17" s="268"/>
+      <c r="H17" s="268"/>
+      <c r="I17" s="268"/>
+      <c r="J17" s="268"/>
+      <c r="K17" s="268"/>
+      <c r="L17" s="268"/>
+      <c r="M17" s="268"/>
+    </row>
+    <row r="18" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A18" s="268"/>
+      <c r="B18" s="268"/>
+      <c r="C18" s="268"/>
+      <c r="D18" s="268"/>
+      <c r="E18" s="268"/>
+      <c r="F18" s="268"/>
+      <c r="G18" s="268"/>
+      <c r="H18" s="268"/>
+      <c r="I18" s="268"/>
+      <c r="J18" s="268"/>
+      <c r="K18" s="268"/>
+      <c r="L18" s="268"/>
+      <c r="M18" s="268"/>
+    </row>
+    <row r="19" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A19" s="268"/>
+      <c r="B19" s="268"/>
+      <c r="C19" s="268"/>
+      <c r="D19" s="268"/>
+      <c r="E19" s="268"/>
+      <c r="F19" s="268"/>
+      <c r="G19" s="268"/>
+      <c r="H19" s="268"/>
+      <c r="I19" s="268"/>
+      <c r="J19" s="268"/>
+      <c r="K19" s="268"/>
+      <c r="L19" s="268"/>
+      <c r="M19" s="268"/>
+    </row>
+    <row r="20" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A20" s="268"/>
+      <c r="B20" s="268"/>
+      <c r="C20" s="268"/>
+      <c r="D20" s="268"/>
+      <c r="E20" s="268"/>
+      <c r="F20" s="268"/>
+      <c r="G20" s="268"/>
+      <c r="H20" s="268"/>
+      <c r="I20" s="268"/>
+      <c r="J20" s="268"/>
+      <c r="K20" s="268"/>
+      <c r="L20" s="268"/>
+      <c r="M20" s="268"/>
+    </row>
+    <row r="21" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A21" s="268"/>
+      <c r="B21" s="268"/>
+      <c r="C21" s="268"/>
+      <c r="D21" s="268"/>
+      <c r="E21" s="268"/>
+      <c r="F21" s="268"/>
+      <c r="G21" s="268"/>
+      <c r="H21" s="268"/>
+      <c r="I21" s="268"/>
+      <c r="J21" s="268"/>
+      <c r="K21" s="268"/>
+      <c r="L21" s="268"/>
+      <c r="M21" s="268"/>
+    </row>
+    <row r="22" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A22" s="268"/>
+      <c r="B22" s="268"/>
+      <c r="C22" s="268"/>
+      <c r="D22" s="268"/>
+      <c r="E22" s="268"/>
+      <c r="F22" s="268"/>
+      <c r="G22" s="268"/>
+      <c r="H22" s="268"/>
+      <c r="I22" s="268"/>
+      <c r="J22" s="268"/>
+      <c r="K22" s="268"/>
+      <c r="L22" s="268"/>
+      <c r="M22" s="268"/>
+    </row>
+    <row r="23" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A23" s="268"/>
+      <c r="B23" s="268"/>
+      <c r="C23" s="268"/>
+      <c r="D23" s="268"/>
+      <c r="E23" s="268"/>
+      <c r="F23" s="268"/>
+      <c r="G23" s="268"/>
+      <c r="H23" s="268"/>
+      <c r="I23" s="268"/>
+      <c r="J23" s="268"/>
+      <c r="K23" s="268"/>
+      <c r="L23" s="268"/>
+      <c r="M23" s="268"/>
+    </row>
+    <row r="24" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A24" s="268"/>
+      <c r="B24" s="268"/>
+      <c r="C24" s="268"/>
+      <c r="D24" s="268"/>
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="268"/>
+    </row>
+    <row r="25" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A25" s="268"/>
+      <c r="B25" s="268"/>
+      <c r="C25" s="268"/>
+      <c r="D25" s="268"/>
+      <c r="E25" s="268"/>
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="268"/>
+    </row>
+    <row r="26" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A26" s="268"/>
+      <c r="B26" s="268"/>
+      <c r="C26" s="268"/>
+      <c r="D26" s="268"/>
+      <c r="E26" s="268"/>
+      <c r="F26" s="268"/>
+      <c r="G26" s="268"/>
+      <c r="H26" s="268"/>
+      <c r="I26" s="268"/>
+      <c r="J26" s="268"/>
+      <c r="K26" s="268"/>
+      <c r="L26" s="268"/>
+      <c r="M26" s="268"/>
+    </row>
+    <row r="27" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A27" s="268"/>
+      <c r="B27" s="268"/>
+      <c r="C27" s="268"/>
+      <c r="D27" s="268"/>
+      <c r="E27" s="268"/>
+      <c r="F27" s="268"/>
+      <c r="G27" s="268"/>
+      <c r="H27" s="268"/>
+      <c r="I27" s="268"/>
+      <c r="J27" s="268"/>
+      <c r="K27" s="268"/>
+      <c r="L27" s="268"/>
+      <c r="M27" s="268"/>
+    </row>
+    <row r="28" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A28" s="268"/>
+      <c r="B28" s="268"/>
+      <c r="C28" s="268"/>
+      <c r="D28" s="268"/>
+      <c r="E28" s="268"/>
+      <c r="F28" s="268"/>
+      <c r="G28" s="268"/>
+      <c r="H28" s="268"/>
+      <c r="I28" s="268"/>
+      <c r="J28" s="268"/>
+      <c r="K28" s="268"/>
+      <c r="L28" s="268"/>
+      <c r="M28" s="268"/>
+    </row>
+    <row r="29" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A29" s="268"/>
+      <c r="B29" s="268"/>
+      <c r="C29" s="268"/>
+      <c r="D29" s="268"/>
+      <c r="E29" s="268"/>
+      <c r="F29" s="268"/>
+      <c r="G29" s="268"/>
+      <c r="H29" s="268"/>
+      <c r="I29" s="268"/>
+      <c r="J29" s="268"/>
+      <c r="K29" s="268"/>
+      <c r="L29" s="268"/>
+      <c r="M29" s="268"/>
+    </row>
+    <row r="30" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A30" s="268"/>
+      <c r="B30" s="268"/>
+      <c r="C30" s="268"/>
+      <c r="D30" s="268"/>
+      <c r="E30" s="268"/>
+      <c r="F30" s="268"/>
+      <c r="G30" s="268"/>
+      <c r="H30" s="268"/>
+      <c r="I30" s="268"/>
+      <c r="J30" s="268"/>
+      <c r="K30" s="268"/>
+      <c r="L30" s="268"/>
+      <c r="M30" s="268"/>
+    </row>
+    <row r="31" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A31" s="268"/>
+      <c r="B31" s="268"/>
+      <c r="C31" s="268"/>
+      <c r="D31" s="268"/>
+      <c r="E31" s="268"/>
+      <c r="F31" s="268"/>
+      <c r="G31" s="268"/>
+      <c r="H31" s="268"/>
+      <c r="I31" s="268"/>
+      <c r="J31" s="268"/>
+      <c r="K31" s="268"/>
+      <c r="L31" s="268"/>
+      <c r="M31" s="268"/>
+    </row>
+    <row r="32" spans="1:13" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A32" s="268"/>
+      <c r="B32" s="268"/>
+      <c r="C32" s="268"/>
+      <c r="D32" s="268"/>
+      <c r="E32" s="268"/>
+      <c r="F32" s="268"/>
+      <c r="G32" s="268"/>
+      <c r="H32" s="268"/>
+      <c r="I32" s="268"/>
+      <c r="J32" s="268"/>
+      <c r="K32" s="268"/>
+      <c r="L32" s="268"/>
+      <c r="M32" s="268"/>
+    </row>
+    <row r="33" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A33" s="268"/>
+      <c r="B33" s="268"/>
+      <c r="C33" s="268"/>
+      <c r="D33" s="268"/>
+      <c r="E33" s="268"/>
+      <c r="F33" s="268"/>
+      <c r="G33" s="268"/>
+      <c r="H33" s="268"/>
+      <c r="I33" s="268"/>
+      <c r="J33" s="268"/>
+      <c r="K33" s="268"/>
+      <c r="L33" s="268"/>
+      <c r="M33" s="268"/>
+    </row>
+    <row r="34" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A34" s="268"/>
+      <c r="B34" s="268"/>
+      <c r="C34" s="268"/>
+      <c r="D34" s="268"/>
+      <c r="E34" s="268"/>
+      <c r="F34" s="268"/>
+      <c r="G34" s="268"/>
+      <c r="H34" s="268"/>
+      <c r="I34" s="268"/>
+      <c r="J34" s="268"/>
+      <c r="K34" s="268"/>
+      <c r="L34" s="268"/>
+      <c r="M34" s="268"/>
+    </row>
+    <row r="35" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A35" s="268"/>
+      <c r="B35" s="268"/>
+      <c r="C35" s="268"/>
+      <c r="D35" s="268"/>
+      <c r="E35" s="268"/>
+      <c r="F35" s="268"/>
+      <c r="G35" s="268"/>
+      <c r="H35" s="268"/>
+      <c r="I35" s="268"/>
+      <c r="J35" s="268"/>
+      <c r="K35" s="268"/>
+      <c r="L35" s="268"/>
+      <c r="M35" s="268"/>
+    </row>
+    <row r="36" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A36" s="268"/>
+      <c r="B36" s="268"/>
+      <c r="C36" s="268"/>
+      <c r="D36" s="268"/>
+      <c r="E36" s="268"/>
+      <c r="F36" s="268"/>
+      <c r="G36" s="268"/>
+      <c r="H36" s="268"/>
+      <c r="I36" s="268"/>
+      <c r="J36" s="268"/>
+      <c r="K36" s="268"/>
+      <c r="L36" s="268"/>
+      <c r="M36" s="268"/>
+    </row>
+    <row r="37" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A37" s="268"/>
+      <c r="B37" s="268"/>
+      <c r="C37" s="268"/>
+      <c r="D37" s="268"/>
+      <c r="E37" s="268"/>
+      <c r="F37" s="268"/>
+      <c r="G37" s="268"/>
+      <c r="H37" s="268"/>
+      <c r="I37" s="268"/>
+      <c r="J37" s="268"/>
+      <c r="K37" s="268"/>
+      <c r="L37" s="268"/>
+      <c r="M37" s="268"/>
+    </row>
+    <row r="38" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A38" s="268"/>
+      <c r="B38" s="268"/>
+      <c r="C38" s="268"/>
+      <c r="D38" s="268"/>
+      <c r="E38" s="268"/>
+      <c r="F38" s="268"/>
+      <c r="G38" s="268"/>
+      <c r="H38" s="268"/>
+      <c r="I38" s="268"/>
+      <c r="J38" s="268"/>
+      <c r="K38" s="268"/>
+      <c r="L38" s="268"/>
+      <c r="M38" s="268"/>
+    </row>
+    <row r="39" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A39" s="268"/>
+      <c r="B39" s="268"/>
+      <c r="C39" s="268"/>
+      <c r="D39" s="268"/>
+      <c r="E39" s="268"/>
+      <c r="F39" s="268"/>
+      <c r="G39" s="268"/>
+      <c r="H39" s="268"/>
+      <c r="I39" s="268"/>
+      <c r="J39" s="268"/>
+      <c r="K39" s="268"/>
+      <c r="L39" s="268"/>
+      <c r="M39" s="268"/>
+    </row>
+    <row r="40" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A40" s="268"/>
+      <c r="B40" s="268"/>
+      <c r="C40" s="268"/>
+      <c r="D40" s="268"/>
+      <c r="E40" s="268"/>
+      <c r="F40" s="268"/>
+      <c r="G40" s="268"/>
+      <c r="H40" s="268"/>
+      <c r="I40" s="268"/>
+      <c r="J40" s="268"/>
+      <c r="K40" s="268"/>
+      <c r="L40" s="268"/>
+      <c r="M40" s="268"/>
+    </row>
+    <row r="41" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A41" s="268"/>
+      <c r="B41" s="268"/>
+      <c r="C41" s="268"/>
+      <c r="D41" s="268"/>
+      <c r="E41" s="268"/>
+      <c r="F41" s="268"/>
+      <c r="G41" s="268"/>
+      <c r="H41" s="268"/>
+      <c r="I41" s="268"/>
+      <c r="J41" s="268"/>
+      <c r="K41" s="268"/>
+      <c r="L41" s="268"/>
+      <c r="M41" s="268"/>
+    </row>
+    <row r="42" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A42" s="268"/>
+      <c r="B42" s="268"/>
+      <c r="C42" s="268"/>
+      <c r="D42" s="268"/>
+      <c r="E42" s="268"/>
+      <c r="F42" s="268"/>
+      <c r="G42" s="268"/>
+      <c r="H42" s="268"/>
+      <c r="I42" s="268"/>
+      <c r="J42" s="268"/>
+      <c r="K42" s="268"/>
+      <c r="L42" s="268"/>
+      <c r="M42" s="268"/>
+    </row>
+    <row r="43" spans="1:15" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="277" t="s">
+        <v>252</v>
+      </c>
+      <c r="B43" s="277"/>
+      <c r="C43" s="277"/>
+      <c r="D43" s="277"/>
+      <c r="E43" s="277"/>
+      <c r="F43" s="277"/>
+      <c r="G43" s="277"/>
+      <c r="H43" s="277"/>
+      <c r="I43" s="277"/>
+      <c r="J43" s="277"/>
+      <c r="K43" s="277"/>
+      <c r="L43" s="277"/>
+      <c r="M43" s="277"/>
+      <c r="N43" s="277"/>
+      <c r="O43" s="277"/>
+    </row>
+    <row r="44" spans="1:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="278" t="s">
+        <v>253</v>
+      </c>
+      <c r="B44" s="278"/>
+      <c r="C44" s="278"/>
+      <c r="D44" s="278"/>
+      <c r="E44" s="278"/>
+      <c r="F44" s="278"/>
+      <c r="G44" s="278"/>
+      <c r="H44" s="278"/>
+      <c r="I44" s="278"/>
+      <c r="J44" s="278"/>
+      <c r="K44" s="278"/>
+      <c r="L44" s="278"/>
+      <c r="M44" s="278"/>
+      <c r="N44" s="278"/>
+      <c r="O44" s="278"/>
+    </row>
+    <row r="45" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A45" s="279"/>
+      <c r="B45" s="279"/>
+      <c r="C45" s="279"/>
+      <c r="D45" s="279"/>
+      <c r="E45" s="279"/>
+      <c r="F45" s="279"/>
+      <c r="G45" s="279"/>
+      <c r="H45" s="279"/>
+      <c r="I45" s="279"/>
+      <c r="J45" s="279"/>
+      <c r="K45" s="279"/>
+      <c r="L45" s="279"/>
+      <c r="M45" s="279"/>
+      <c r="N45" s="279"/>
+      <c r="O45" s="279"/>
+    </row>
+    <row r="46" spans="1:15" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="277" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="277"/>
+      <c r="C46" s="277"/>
+      <c r="D46" s="277"/>
+      <c r="E46" s="277"/>
+      <c r="F46" s="277"/>
+      <c r="G46" s="277"/>
+      <c r="H46" s="277"/>
+      <c r="I46" s="277"/>
+      <c r="J46" s="277"/>
+      <c r="K46" s="277"/>
+      <c r="L46" s="277"/>
+      <c r="M46" s="277"/>
+      <c r="N46" s="277"/>
+      <c r="O46" s="277"/>
+    </row>
+    <row r="47" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="278" t="s">
+        <v>419</v>
+      </c>
+      <c r="B47" s="278"/>
+      <c r="C47" s="278"/>
+      <c r="D47" s="278"/>
+      <c r="E47" s="278"/>
+      <c r="F47" s="278"/>
+      <c r="G47" s="278"/>
+      <c r="H47" s="278"/>
+      <c r="I47" s="278"/>
+      <c r="J47" s="278"/>
+      <c r="K47" s="278"/>
+      <c r="L47" s="278"/>
+      <c r="M47" s="278"/>
+      <c r="N47" s="278"/>
+      <c r="O47" s="278"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A46:K46"/>
+  <mergeCells count="7">
+    <mergeCell ref="A46:O46"/>
+    <mergeCell ref="A47:O47"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A43:O43"/>
+    <mergeCell ref="A44:O44"/>
+    <mergeCell ref="A45:O45"/>
+    <mergeCell ref="A2:Q2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{9149E7AE-5B9B-47D7-A953-A394CC874F4B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...342 lines deleted...]
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{790490D7-EF1E-4398-B147-9CD816A91FB9}">
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.88671875" style="151" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.109375" style="151"/>
+    <col min="1" max="1" width="27.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="54.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="60.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A1" s="3" t="s">
-[...115 lines deleted...]
-      <c r="D38" s="206"/>
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="100"/>
+      <c r="C1" s="100"/>
+      <c r="D1" s="100"/>
+    </row>
+    <row r="2" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="238" t="s">
+        <v>254</v>
+      </c>
+      <c r="B2" s="238"/>
+      <c r="C2" s="238"/>
+      <c r="D2" s="238"/>
+    </row>
+    <row r="3" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+    </row>
+    <row r="4" spans="1:4" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="174" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>255</v>
+      </c>
+      <c r="C4" s="44" t="s">
+        <v>256</v>
+      </c>
+      <c r="D4" s="44" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="176" t="s">
+        <v>258</v>
+      </c>
+      <c r="B5" s="67">
+        <v>0.51</v>
+      </c>
+      <c r="C5" s="67">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="D5" s="67">
+        <v>0.22800000000000001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A6" s="125"/>
+      <c r="B6" s="125"/>
+      <c r="C6" s="125"/>
+      <c r="D6" s="125"/>
+    </row>
+    <row r="7" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A7" s="125"/>
+      <c r="B7" s="125"/>
+      <c r="C7" s="125"/>
+      <c r="D7" s="125"/>
+    </row>
+    <row r="8" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A8" s="125"/>
+      <c r="B8" s="125"/>
+      <c r="C8" s="125"/>
+      <c r="D8" s="125"/>
+    </row>
+    <row r="9" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="125"/>
+      <c r="B9" s="125"/>
+      <c r="C9" s="125"/>
+      <c r="D9" s="125"/>
+    </row>
+    <row r="10" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="125"/>
+      <c r="B10" s="125"/>
+      <c r="C10" s="125"/>
+      <c r="D10" s="125"/>
+    </row>
+    <row r="11" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="125"/>
+      <c r="B11" s="125"/>
+      <c r="C11" s="125"/>
+      <c r="D11" s="125"/>
+    </row>
+    <row r="12" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A12" s="125"/>
+      <c r="B12" s="125"/>
+      <c r="C12" s="125"/>
+      <c r="D12" s="125"/>
+    </row>
+    <row r="13" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A13" s="125"/>
+      <c r="B13" s="125"/>
+      <c r="C13" s="125"/>
+      <c r="D13" s="125"/>
+    </row>
+    <row r="14" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="125"/>
+      <c r="B14" s="125"/>
+      <c r="C14" s="125"/>
+      <c r="D14" s="125"/>
+    </row>
+    <row r="15" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="125"/>
+      <c r="B15" s="125"/>
+      <c r="C15" s="125"/>
+      <c r="D15" s="125"/>
+    </row>
+    <row r="16" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="125"/>
+      <c r="B16" s="125"/>
+      <c r="C16" s="125"/>
+      <c r="D16" s="125"/>
+    </row>
+    <row r="17" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="125"/>
+      <c r="B17" s="125"/>
+      <c r="C17" s="125"/>
+      <c r="D17" s="125"/>
+    </row>
+    <row r="18" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="125"/>
+      <c r="B18" s="125"/>
+      <c r="C18" s="125"/>
+      <c r="D18" s="125"/>
+    </row>
+    <row r="19" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="125"/>
+      <c r="B19" s="125"/>
+      <c r="C19" s="125"/>
+      <c r="D19" s="125"/>
+    </row>
+    <row r="20" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="125"/>
+      <c r="B20" s="125"/>
+      <c r="C20" s="125"/>
+      <c r="D20" s="125"/>
+    </row>
+    <row r="21" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="125"/>
+      <c r="B21" s="125"/>
+      <c r="C21" s="125"/>
+      <c r="D21" s="125"/>
+    </row>
+    <row r="22" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A22" s="125"/>
+      <c r="B22" s="125"/>
+      <c r="C22" s="125"/>
+      <c r="D22" s="125"/>
+    </row>
+    <row r="23" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="125"/>
+      <c r="B23" s="125"/>
+      <c r="C23" s="125"/>
+      <c r="D23" s="125"/>
+    </row>
+    <row r="24" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="125"/>
+      <c r="B24" s="125"/>
+      <c r="C24" s="125"/>
+      <c r="D24" s="125"/>
+    </row>
+    <row r="25" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="125"/>
+      <c r="B25" s="125"/>
+      <c r="C25" s="125"/>
+      <c r="D25" s="125"/>
+    </row>
+    <row r="26" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A26" s="125"/>
+      <c r="B26" s="125"/>
+      <c r="C26" s="125"/>
+      <c r="D26" s="125"/>
+    </row>
+    <row r="27" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A27" s="125"/>
+      <c r="B27" s="125"/>
+      <c r="C27" s="125"/>
+      <c r="D27" s="125"/>
+    </row>
+    <row r="28" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A28" s="125"/>
+      <c r="B28" s="125"/>
+      <c r="C28" s="125"/>
+      <c r="D28" s="125"/>
+    </row>
+    <row r="29" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A29" s="125"/>
+      <c r="B29" s="125"/>
+      <c r="C29" s="125"/>
+      <c r="D29" s="125"/>
+    </row>
+    <row r="30" spans="1:4" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="125"/>
+      <c r="B30" s="125"/>
+      <c r="C30" s="125"/>
+      <c r="D30" s="125"/>
+    </row>
+    <row r="31" spans="1:4" s="170" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="237" t="s">
+        <v>259</v>
+      </c>
+      <c r="B31" s="237"/>
+      <c r="C31" s="237"/>
+      <c r="D31" s="237"/>
+    </row>
+    <row r="32" spans="1:4" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="236" t="s">
+        <v>260</v>
+      </c>
+      <c r="B32" s="236"/>
+      <c r="C32" s="236"/>
+      <c r="D32" s="236"/>
+    </row>
+    <row r="33" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="236"/>
+      <c r="B33" s="236"/>
+      <c r="C33" s="236"/>
+      <c r="D33" s="236"/>
+    </row>
+    <row r="34" spans="1:4" s="170" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="237"/>
+      <c r="C34" s="237"/>
+      <c r="D34" s="237"/>
+    </row>
+    <row r="35" spans="1:4" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="236" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" s="236"/>
+      <c r="C35" s="236"/>
+      <c r="D35" s="236"/>
+    </row>
+    <row r="36" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="173"/>
+      <c r="B36" s="173"/>
+      <c r="C36" s="173"/>
+      <c r="D36" s="173"/>
+    </row>
+    <row r="37" spans="1:4" s="170" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="228" t="s">
+        <v>97</v>
+      </c>
+      <c r="B37" s="228"/>
+      <c r="C37" s="228"/>
+      <c r="D37" s="228"/>
+    </row>
+    <row r="38" spans="1:4" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="239" t="s">
+        <v>262</v>
+      </c>
+      <c r="B38" s="239"/>
+      <c r="C38" s="239"/>
+      <c r="D38" s="239"/>
+    </row>
+    <row r="39" spans="1:4" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="239" t="s">
+        <v>263</v>
+      </c>
+      <c r="B39" s="239"/>
+      <c r="C39" s="239"/>
+      <c r="D39" s="239"/>
+    </row>
+    <row r="40" spans="1:4" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="239" t="s">
+        <v>264</v>
+      </c>
+      <c r="B40" s="239"/>
+      <c r="C40" s="239"/>
+      <c r="D40" s="239"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="11">
+    <mergeCell ref="A35:D35"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A34:D34"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
-    <mergeCell ref="A38:D38"/>
-[...1 lines deleted...]
-    <mergeCell ref="A30:D30"/>
     <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A32:D32"/>
     <mergeCell ref="A33:D33"/>
-    <mergeCell ref="A34:D34"/>
-[...1 lines deleted...]
-    <mergeCell ref="A36:D36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{B7D1E5FE-3337-4FDB-87B1-96775A073ED3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62E7D438-9C3E-4BA0-A52A-ADFFFAE6DB79}">
+  <dimension ref="A1:F39"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.55" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="27.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="37.109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="100"/>
+      <c r="C1" s="100"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="238" t="s">
+        <v>265</v>
+      </c>
+      <c r="B2" s="238"/>
+      <c r="C2" s="238"/>
+      <c r="D2" s="238"/>
+      <c r="E2" s="238"/>
+      <c r="F2" s="238"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="174" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>266</v>
+      </c>
+      <c r="C4" s="44" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B5" s="67">
+        <v>0.6</v>
+      </c>
+      <c r="C5" s="67">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A6" s="125"/>
+      <c r="B6" s="125"/>
+      <c r="C6" s="125"/>
+    </row>
+    <row r="7" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A7" s="125"/>
+      <c r="B7" s="125"/>
+      <c r="C7" s="125"/>
+    </row>
+    <row r="8" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A8" s="125"/>
+      <c r="B8" s="125"/>
+      <c r="C8" s="125"/>
+    </row>
+    <row r="9" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="125"/>
+      <c r="B9" s="125"/>
+      <c r="C9" s="125"/>
+    </row>
+    <row r="10" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="125"/>
+      <c r="B10" s="125"/>
+      <c r="C10" s="125"/>
+    </row>
+    <row r="11" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="125"/>
+      <c r="B11" s="125"/>
+      <c r="C11" s="125"/>
+    </row>
+    <row r="12" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A12" s="125"/>
+      <c r="B12" s="125"/>
+      <c r="C12" s="125"/>
+    </row>
+    <row r="13" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A13" s="125"/>
+      <c r="B13" s="125"/>
+      <c r="C13" s="125"/>
+    </row>
+    <row r="14" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="125"/>
+      <c r="B14" s="125"/>
+      <c r="C14" s="125"/>
+    </row>
+    <row r="15" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="125"/>
+      <c r="B15" s="125"/>
+      <c r="C15" s="125"/>
+    </row>
+    <row r="16" spans="1:6" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="125"/>
+      <c r="B16" s="125"/>
+      <c r="C16" s="125"/>
+    </row>
+    <row r="17" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="125"/>
+      <c r="B17" s="125"/>
+      <c r="C17" s="125"/>
+    </row>
+    <row r="18" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="125"/>
+      <c r="B18" s="125"/>
+      <c r="C18" s="125"/>
+    </row>
+    <row r="19" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="125"/>
+      <c r="B19" s="125"/>
+      <c r="C19" s="125"/>
+    </row>
+    <row r="20" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="125"/>
+      <c r="B20" s="125"/>
+      <c r="C20" s="125"/>
+    </row>
+    <row r="21" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="125"/>
+      <c r="B21" s="125"/>
+      <c r="C21" s="125"/>
+    </row>
+    <row r="22" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A22" s="125"/>
+      <c r="B22" s="125"/>
+      <c r="C22" s="125"/>
+    </row>
+    <row r="23" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="125"/>
+      <c r="B23" s="125"/>
+      <c r="C23" s="125"/>
+    </row>
+    <row r="24" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="125"/>
+      <c r="B24" s="125"/>
+      <c r="C24" s="125"/>
+    </row>
+    <row r="25" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="125"/>
+      <c r="B25" s="125"/>
+      <c r="C25" s="125"/>
+    </row>
+    <row r="26" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A26" s="125"/>
+      <c r="B26" s="125"/>
+      <c r="C26" s="125"/>
+    </row>
+    <row r="27" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A27" s="125"/>
+      <c r="B27" s="125"/>
+      <c r="C27" s="125"/>
+    </row>
+    <row r="28" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A28" s="125"/>
+      <c r="B28" s="125"/>
+      <c r="C28" s="125"/>
+    </row>
+    <row r="29" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A29" s="125"/>
+      <c r="B29" s="125"/>
+      <c r="C29" s="125"/>
+    </row>
+    <row r="30" spans="1:5" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="125"/>
+      <c r="B30" s="125"/>
+      <c r="C30" s="125"/>
+    </row>
+    <row r="31" spans="1:5" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="237" t="s">
+        <v>268</v>
+      </c>
+      <c r="B31" s="237"/>
+      <c r="C31" s="237"/>
+      <c r="D31" s="237"/>
+      <c r="E31" s="237"/>
+    </row>
+    <row r="32" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="236" t="s">
+        <v>269</v>
+      </c>
+      <c r="B32" s="236"/>
+      <c r="C32" s="236"/>
+      <c r="D32" s="236"/>
+      <c r="E32" s="236"/>
+    </row>
+    <row r="33" spans="1:5" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="236"/>
+      <c r="B33" s="236"/>
+      <c r="C33" s="236"/>
+      <c r="D33" s="236"/>
+      <c r="E33" s="236"/>
+    </row>
+    <row r="34" spans="1:5" s="170" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A34" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="237"/>
+      <c r="C34" s="237"/>
+      <c r="D34" s="237"/>
+      <c r="E34" s="237"/>
+    </row>
+    <row r="35" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="236" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" s="236"/>
+      <c r="C35" s="236"/>
+      <c r="D35" s="236"/>
+      <c r="E35" s="236"/>
+    </row>
+    <row r="36" spans="1:5" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="173"/>
+      <c r="B36" s="173"/>
+      <c r="C36" s="173"/>
+      <c r="D36" s="173"/>
+      <c r="E36" s="173"/>
+    </row>
+    <row r="37" spans="1:5" s="170" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="228" t="s">
+        <v>97</v>
+      </c>
+      <c r="B37" s="228"/>
+      <c r="C37" s="228"/>
+      <c r="D37" s="228"/>
+      <c r="E37" s="228"/>
+    </row>
+    <row r="38" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="240" t="s">
+        <v>270</v>
+      </c>
+      <c r="B38" s="240"/>
+      <c r="C38" s="240"/>
+      <c r="D38" s="240"/>
+      <c r="E38" s="240"/>
+    </row>
+    <row r="39" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="240" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" s="240"/>
+      <c r="C39" s="240"/>
+      <c r="D39" s="240"/>
+      <c r="E39" s="240"/>
+    </row>
+  </sheetData>
+  <mergeCells count="10">
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A31:E31"/>
+    <mergeCell ref="A32:E32"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="A35:E35"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A33:E33"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A2:F2"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F27E17BF-E885-47F1-A11A-34F8DE0B2B1A}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EF4637D-7B9A-44CD-90CB-F5003DAA0D8A}">
-  <dimension ref="A1:L90"/>
+  <dimension ref="A1:N87"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="33" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="1" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="42.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-[...54 lines deleted...]
-      <c r="C5" s="225">
+    <row r="1" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="89"/>
+      <c r="D1" s="48"/>
+    </row>
+    <row r="2" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="241" t="s">
+        <v>272</v>
+      </c>
+      <c r="B2" s="241"/>
+      <c r="C2" s="241"/>
+      <c r="D2" s="241"/>
+      <c r="E2" s="241"/>
+      <c r="F2" s="241"/>
+      <c r="G2" s="241"/>
+      <c r="H2" s="241"/>
+      <c r="I2" s="241"/>
+      <c r="J2" s="241"/>
+      <c r="K2" s="241"/>
+      <c r="L2" s="241"/>
+      <c r="M2" s="241"/>
+      <c r="N2" s="241"/>
+    </row>
+    <row r="3" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+      <c r="K3" s="187"/>
+      <c r="L3" s="187"/>
+      <c r="M3" s="187"/>
+      <c r="N3" s="187"/>
+    </row>
+    <row r="4" spans="1:14" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="114" t="s">
+        <v>273</v>
+      </c>
+      <c r="B4" s="113" t="s">
+        <v>274</v>
+      </c>
+      <c r="C4" s="112" t="s">
+        <v>275</v>
+      </c>
+      <c r="D4" s="109" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="115" t="s">
+        <v>277</v>
+      </c>
+      <c r="B5" s="111">
+        <v>1</v>
+      </c>
+      <c r="C5" s="261">
         <v>241954</v>
       </c>
-      <c r="D5" s="226">
+      <c r="D5" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C6" s="227">
+    <row r="6" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="115" t="s">
+        <v>277</v>
+      </c>
+      <c r="B6" s="111">
+        <v>2</v>
+      </c>
+      <c r="C6" s="263">
         <v>399030</v>
       </c>
-      <c r="D6" s="228">
+      <c r="D6" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C7" s="225">
+    <row r="7" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="115" t="s">
+        <v>277</v>
+      </c>
+      <c r="B7" s="111">
+        <v>3</v>
+      </c>
+      <c r="C7" s="261">
         <v>447060</v>
       </c>
-      <c r="D7" s="226">
+      <c r="D7" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C8" s="227">
+    <row r="8" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="115" t="s">
+        <v>277</v>
+      </c>
+      <c r="B8" s="111">
+        <v>4</v>
+      </c>
+      <c r="C8" s="263">
         <v>564148</v>
       </c>
-      <c r="D8" s="228">
+      <c r="D8" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C9" s="225">
+    <row r="9" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="115" t="s">
+        <v>278</v>
+      </c>
+      <c r="B9" s="111">
+        <v>5</v>
+      </c>
+      <c r="C9" s="261">
         <v>571421</v>
       </c>
-      <c r="D9" s="226">
+      <c r="D9" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C10" s="227">
+    <row r="10" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="115" t="s">
+        <v>278</v>
+      </c>
+      <c r="B10" s="111">
+        <v>6</v>
+      </c>
+      <c r="C10" s="263">
         <v>607399</v>
       </c>
-      <c r="D10" s="228">
+      <c r="D10" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C11" s="225">
+    <row r="11" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="115" t="s">
+        <v>278</v>
+      </c>
+      <c r="B11" s="111">
+        <v>7</v>
+      </c>
+      <c r="C11" s="261">
         <v>512476</v>
       </c>
-      <c r="D11" s="226">
+      <c r="D11" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C12" s="227">
+    <row r="12" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="115" t="s">
+        <v>278</v>
+      </c>
+      <c r="B12" s="111">
+        <v>8</v>
+      </c>
+      <c r="C12" s="263">
         <v>640745</v>
       </c>
-      <c r="D12" s="228">
+      <c r="D12" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C13" s="225">
+    <row r="13" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B13" s="111">
+        <v>9</v>
+      </c>
+      <c r="C13" s="261">
         <v>632134</v>
       </c>
-      <c r="D13" s="226">
+      <c r="D13" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C14" s="227">
+    <row r="14" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B14" s="111" t="s">
+        <v>280</v>
+      </c>
+      <c r="C14" s="263">
         <v>512531</v>
       </c>
-      <c r="D14" s="228">
+      <c r="D14" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C15" s="225">
+    <row r="15" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B15" s="111" t="s">
+        <v>281</v>
+      </c>
+      <c r="C15" s="261">
         <v>431133</v>
       </c>
-      <c r="D15" s="226">
+      <c r="D15" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C16" s="227">
+    <row r="16" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B16" s="111" t="s">
+        <v>282</v>
+      </c>
+      <c r="C16" s="263">
         <v>504450</v>
       </c>
-      <c r="D16" s="228">
+      <c r="D16" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C17" s="225">
+    <row r="17" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B17" s="111" t="s">
+        <v>283</v>
+      </c>
+      <c r="C17" s="261">
         <v>563114</v>
       </c>
-      <c r="D17" s="226">
+      <c r="D17" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C18" s="227">
+    <row r="18" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="115" t="s">
+        <v>284</v>
+      </c>
+      <c r="B18" s="111" t="s">
+        <v>285</v>
+      </c>
+      <c r="C18" s="263">
         <v>534190</v>
       </c>
-      <c r="D18" s="228">
+      <c r="D18" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C19" s="225">
+    <row r="19" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="115" t="s">
+        <v>284</v>
+      </c>
+      <c r="B19" s="111" t="s">
+        <v>286</v>
+      </c>
+      <c r="C19" s="261">
         <v>499748</v>
       </c>
-      <c r="D19" s="226">
+      <c r="D19" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C20" s="227">
+    <row r="20" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="115" t="s">
+        <v>284</v>
+      </c>
+      <c r="B20" s="111" t="s">
+        <v>287</v>
+      </c>
+      <c r="C20" s="263">
         <v>388163</v>
       </c>
-      <c r="D20" s="228">
+      <c r="D20" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C21" s="225">
+    <row r="21" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="115" t="s">
+        <v>284</v>
+      </c>
+      <c r="B21" s="111" t="s">
+        <v>288</v>
+      </c>
+      <c r="C21" s="261">
         <v>380502</v>
       </c>
-      <c r="D21" s="226">
+      <c r="D21" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C22" s="227">
+    <row r="22" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="115" t="s">
+        <v>289</v>
+      </c>
+      <c r="B22" s="111" t="s">
+        <v>290</v>
+      </c>
+      <c r="C22" s="263">
         <v>501030</v>
       </c>
-      <c r="D22" s="228">
+      <c r="D22" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C23" s="225">
+    <row r="23" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="115" t="s">
+        <v>289</v>
+      </c>
+      <c r="B23" s="111" t="s">
+        <v>291</v>
+      </c>
+      <c r="C23" s="261">
         <v>475330</v>
       </c>
-      <c r="D23" s="226">
+      <c r="D23" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C24" s="227">
+    <row r="24" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="115" t="s">
+        <v>289</v>
+      </c>
+      <c r="B24" s="111" t="s">
+        <v>292</v>
+      </c>
+      <c r="C24" s="263">
         <v>500831</v>
       </c>
-      <c r="D24" s="228">
+      <c r="D24" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C25" s="225">
+    <row r="25" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="115" t="s">
+        <v>289</v>
+      </c>
+      <c r="B25" s="111" t="s">
+        <v>293</v>
+      </c>
+      <c r="C25" s="261">
         <v>490599</v>
       </c>
-      <c r="D25" s="226">
+      <c r="D25" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C26" s="227">
+    <row r="26" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="115" t="s">
+        <v>289</v>
+      </c>
+      <c r="B26" s="111" t="s">
+        <v>294</v>
+      </c>
+      <c r="C26" s="263">
         <v>464248</v>
       </c>
-      <c r="D26" s="228">
+      <c r="D26" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C27" s="225">
+    <row r="27" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="115" t="s">
+        <v>295</v>
+      </c>
+      <c r="B27" s="111" t="s">
+        <v>296</v>
+      </c>
+      <c r="C27" s="261">
         <v>423345</v>
       </c>
-      <c r="D27" s="226">
+      <c r="D27" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C28" s="227">
+    <row r="28" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="115" t="s">
+        <v>295</v>
+      </c>
+      <c r="B28" s="111" t="s">
+        <v>297</v>
+      </c>
+      <c r="C28" s="263">
         <v>378091</v>
       </c>
-      <c r="D28" s="228">
+      <c r="D28" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C29" s="225">
+    <row r="29" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="115" t="s">
+        <v>295</v>
+      </c>
+      <c r="B29" s="111" t="s">
+        <v>298</v>
+      </c>
+      <c r="C29" s="261">
         <v>410229</v>
       </c>
-      <c r="D29" s="226">
+      <c r="D29" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C30" s="227">
+    <row r="30" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="115" t="s">
+        <v>295</v>
+      </c>
+      <c r="B30" s="111" t="s">
+        <v>299</v>
+      </c>
+      <c r="C30" s="263">
         <v>408260</v>
       </c>
-      <c r="D30" s="228">
+      <c r="D30" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C31" s="225">
+    <row r="31" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="115" t="s">
+        <v>300</v>
+      </c>
+      <c r="B31" s="111" t="s">
+        <v>301</v>
+      </c>
+      <c r="C31" s="261">
         <v>373191</v>
       </c>
-      <c r="D31" s="226">
+      <c r="D31" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C32" s="227">
+    <row r="32" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="115" t="s">
+        <v>300</v>
+      </c>
+      <c r="B32" s="111" t="s">
+        <v>302</v>
+      </c>
+      <c r="C32" s="263">
         <v>356149</v>
       </c>
-      <c r="D32" s="228">
+      <c r="D32" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C33" s="225">
+    <row r="33" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="115" t="s">
+        <v>300</v>
+      </c>
+      <c r="B33" s="111" t="s">
+        <v>303</v>
+      </c>
+      <c r="C33" s="261">
         <v>397011</v>
       </c>
-      <c r="D33" s="226">
+      <c r="D33" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C34" s="227">
+    <row r="34" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="115" t="s">
+        <v>300</v>
+      </c>
+      <c r="B34" s="111" t="s">
+        <v>304</v>
+      </c>
+      <c r="C34" s="263">
         <v>422734</v>
       </c>
-      <c r="D34" s="228">
+      <c r="D34" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C35" s="225">
+    <row r="35" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="115" t="s">
+        <v>305</v>
+      </c>
+      <c r="B35" s="111" t="s">
+        <v>306</v>
+      </c>
+      <c r="C35" s="261">
         <v>431482</v>
       </c>
-      <c r="D35" s="226">
+      <c r="D35" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C36" s="227">
+    <row r="36" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="115" t="s">
+        <v>305</v>
+      </c>
+      <c r="B36" s="111" t="s">
+        <v>307</v>
+      </c>
+      <c r="C36" s="263">
         <v>416522</v>
       </c>
-      <c r="D36" s="228">
+      <c r="D36" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C37" s="225">
+    <row r="37" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="115" t="s">
+        <v>305</v>
+      </c>
+      <c r="B37" s="111" t="s">
+        <v>308</v>
+      </c>
+      <c r="C37" s="261">
         <v>414608</v>
       </c>
-      <c r="D37" s="226">
+      <c r="D37" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C38" s="227">
+    <row r="38" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="115" t="s">
+        <v>305</v>
+      </c>
+      <c r="B38" s="111" t="s">
+        <v>309</v>
+      </c>
+      <c r="C38" s="263">
         <v>416706</v>
       </c>
-      <c r="D38" s="228">
+      <c r="D38" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C39" s="225">
+    <row r="39" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="115" t="s">
+        <v>305</v>
+      </c>
+      <c r="B39" s="111" t="s">
+        <v>310</v>
+      </c>
+      <c r="C39" s="261">
         <v>382176</v>
       </c>
-      <c r="D39" s="226">
+      <c r="D39" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C40" s="227">
+    <row r="40" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="115" t="s">
+        <v>311</v>
+      </c>
+      <c r="B40" s="111" t="s">
+        <v>312</v>
+      </c>
+      <c r="C40" s="263">
         <v>468578</v>
       </c>
-      <c r="D40" s="228">
+      <c r="D40" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C41" s="225">
+    <row r="41" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="115" t="s">
+        <v>311</v>
+      </c>
+      <c r="B41" s="111" t="s">
+        <v>313</v>
+      </c>
+      <c r="C41" s="261">
         <v>486728</v>
       </c>
-      <c r="D41" s="226">
+      <c r="D41" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C42" s="227">
+    <row r="42" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="115" t="s">
+        <v>311</v>
+      </c>
+      <c r="B42" s="111" t="s">
+        <v>314</v>
+      </c>
+      <c r="C42" s="263">
         <v>502844</v>
       </c>
-      <c r="D42" s="228">
+      <c r="D42" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C43" s="225">
+    <row r="43" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="115" t="s">
+        <v>311</v>
+      </c>
+      <c r="B43" s="111" t="s">
+        <v>315</v>
+      </c>
+      <c r="C43" s="261">
         <v>454485</v>
       </c>
-      <c r="D43" s="226">
+      <c r="D43" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C44" s="227">
+    <row r="44" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="115" t="s">
+        <v>316</v>
+      </c>
+      <c r="B44" s="111" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" s="263">
         <v>420403</v>
       </c>
-      <c r="D44" s="228">
+      <c r="D44" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C45" s="225">
+    <row r="45" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="115" t="s">
+        <v>316</v>
+      </c>
+      <c r="B45" s="111" t="s">
+        <v>318</v>
+      </c>
+      <c r="C45" s="261">
         <v>455343</v>
       </c>
-      <c r="D45" s="226">
+      <c r="D45" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C46" s="227">
+    <row r="46" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="115" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" s="111" t="s">
+        <v>319</v>
+      </c>
+      <c r="C46" s="263">
         <v>515830</v>
       </c>
-      <c r="D46" s="228">
+      <c r="D46" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C47" s="225">
+    <row r="47" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="115" t="s">
+        <v>316</v>
+      </c>
+      <c r="B47" s="111" t="s">
+        <v>320</v>
+      </c>
+      <c r="C47" s="261">
         <v>492453</v>
       </c>
-      <c r="D47" s="226">
+      <c r="D47" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C48" s="227">
+    <row r="48" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="115" t="s">
+        <v>321</v>
+      </c>
+      <c r="B48" s="111" t="s">
+        <v>322</v>
+      </c>
+      <c r="C48" s="263">
         <v>497861</v>
       </c>
-      <c r="D48" s="228">
+      <c r="D48" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C49" s="225">
+    <row r="49" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="115" t="s">
+        <v>321</v>
+      </c>
+      <c r="B49" s="111" t="s">
+        <v>323</v>
+      </c>
+      <c r="C49" s="261">
         <v>522622</v>
       </c>
-      <c r="D49" s="226">
+      <c r="D49" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C50" s="227">
+    <row r="50" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="115" t="s">
+        <v>321</v>
+      </c>
+      <c r="B50" s="111" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" s="263">
         <v>528856</v>
       </c>
-      <c r="D50" s="228">
+      <c r="D50" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C51" s="225">
+    <row r="51" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="115" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" s="111" t="s">
+        <v>325</v>
+      </c>
+      <c r="C51" s="261">
         <v>545689</v>
       </c>
-      <c r="D51" s="226">
+      <c r="D51" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C52" s="227">
+    <row r="52" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="115" t="s">
+        <v>321</v>
+      </c>
+      <c r="B52" s="111" t="s">
+        <v>326</v>
+      </c>
+      <c r="C52" s="263">
         <v>586088</v>
       </c>
-      <c r="D52" s="228">
+      <c r="D52" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C53" s="225">
+    <row r="53" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="115" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" s="111" t="s">
+        <v>328</v>
+      </c>
+      <c r="C53" s="261">
         <v>608043</v>
       </c>
-      <c r="D53" s="226">
+      <c r="D53" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C54" s="227">
+    <row r="54" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="115" t="s">
+        <v>327</v>
+      </c>
+      <c r="B54" s="111" t="s">
+        <v>329</v>
+      </c>
+      <c r="C54" s="263">
         <v>604041</v>
       </c>
-      <c r="D54" s="228">
+      <c r="D54" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C55" s="225">
+    <row r="55" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="115" t="s">
+        <v>327</v>
+      </c>
+      <c r="B55" s="111" t="s">
+        <v>330</v>
+      </c>
+      <c r="C55" s="261">
         <v>714853</v>
       </c>
-      <c r="D55" s="226">
+      <c r="D55" s="262">
         <v>501923</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C56" s="227">
+    <row r="56" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="115" t="s">
+        <v>327</v>
+      </c>
+      <c r="B56" s="111" t="s">
+        <v>331</v>
+      </c>
+      <c r="C56" s="263">
         <v>525323</v>
       </c>
-      <c r="D56" s="228">
+      <c r="D56" s="264">
         <v>501923</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C57" s="229">
+    <row r="57" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="108" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" s="110" t="s">
+        <v>332</v>
+      </c>
+      <c r="C57" s="265">
         <v>9676</v>
       </c>
-      <c r="D57" s="230">
+      <c r="D57" s="266">
         <v>501923</v>
       </c>
     </row>
-    <row r="78" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-[...54 lines deleted...]
-      <c r="A90" s="66"/>
+    <row r="58" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="28"/>
+      <c r="B58" s="28"/>
+      <c r="C58" s="90"/>
+      <c r="D58" s="28"/>
+    </row>
+    <row r="59" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A59" s="28"/>
+      <c r="B59" s="28"/>
+      <c r="C59" s="90"/>
+      <c r="D59" s="28"/>
+    </row>
+    <row r="60" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="28"/>
+      <c r="B60" s="28"/>
+      <c r="C60" s="90"/>
+      <c r="D60" s="28"/>
+    </row>
+    <row r="61" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="28"/>
+      <c r="B61" s="28"/>
+      <c r="C61" s="90"/>
+      <c r="D61" s="28"/>
+    </row>
+    <row r="62" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="28"/>
+      <c r="B62" s="28"/>
+      <c r="C62" s="90"/>
+      <c r="D62" s="28"/>
+    </row>
+    <row r="63" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="28"/>
+      <c r="B63" s="28"/>
+      <c r="C63" s="90"/>
+      <c r="D63" s="28"/>
+    </row>
+    <row r="64" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="28"/>
+      <c r="B64" s="28"/>
+      <c r="C64" s="90"/>
+      <c r="D64" s="28"/>
+    </row>
+    <row r="65" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="28"/>
+      <c r="B65" s="28"/>
+      <c r="C65" s="90"/>
+      <c r="D65" s="28"/>
+    </row>
+    <row r="66" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A66" s="28"/>
+      <c r="B66" s="28"/>
+      <c r="C66" s="90"/>
+      <c r="D66" s="28"/>
+    </row>
+    <row r="67" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="28"/>
+      <c r="B67" s="28"/>
+      <c r="C67" s="90"/>
+      <c r="D67" s="28"/>
+    </row>
+    <row r="68" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="28"/>
+      <c r="B68" s="28"/>
+      <c r="C68" s="90"/>
+      <c r="D68" s="28"/>
+    </row>
+    <row r="69" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="28"/>
+      <c r="B69" s="28"/>
+      <c r="C69" s="90"/>
+      <c r="D69" s="28"/>
+    </row>
+    <row r="70" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="28"/>
+      <c r="B70" s="28"/>
+      <c r="C70" s="90"/>
+      <c r="D70" s="28"/>
+    </row>
+    <row r="71" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="28"/>
+      <c r="B71" s="28"/>
+      <c r="C71" s="90"/>
+      <c r="D71" s="28"/>
+    </row>
+    <row r="72" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="28"/>
+      <c r="B72" s="28"/>
+      <c r="C72" s="90"/>
+      <c r="D72" s="28"/>
+    </row>
+    <row r="73" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="28"/>
+      <c r="B73" s="28"/>
+      <c r="C73" s="90"/>
+      <c r="D73" s="28"/>
+    </row>
+    <row r="74" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="28"/>
+      <c r="B74" s="28"/>
+      <c r="C74" s="90"/>
+      <c r="D74" s="28"/>
+    </row>
+    <row r="75" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="28"/>
+      <c r="B75" s="28"/>
+      <c r="C75" s="90"/>
+      <c r="D75" s="28"/>
+    </row>
+    <row r="76" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="28"/>
+      <c r="B76" s="28"/>
+      <c r="C76" s="90"/>
+      <c r="D76" s="28"/>
+    </row>
+    <row r="77" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="28"/>
+      <c r="B77" s="28"/>
+      <c r="C77" s="90"/>
+      <c r="D77" s="28"/>
+    </row>
+    <row r="78" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="28"/>
+      <c r="B78" s="28"/>
+      <c r="C78" s="90"/>
+      <c r="D78" s="28"/>
+    </row>
+    <row r="79" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A79" s="28"/>
+      <c r="B79" s="28"/>
+      <c r="C79" s="90"/>
+      <c r="D79" s="28"/>
+    </row>
+    <row r="80" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="28"/>
+      <c r="B80" s="28"/>
+      <c r="C80" s="90"/>
+      <c r="D80" s="28"/>
+    </row>
+    <row r="81" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="28"/>
+      <c r="B81" s="28"/>
+      <c r="C81" s="90"/>
+      <c r="D81" s="28"/>
+    </row>
+    <row r="82" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A82" s="28"/>
+      <c r="B82" s="28"/>
+      <c r="C82" s="90"/>
+      <c r="D82" s="28"/>
+    </row>
+    <row r="83" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="237" t="s">
+        <v>333</v>
+      </c>
+      <c r="B83" s="237"/>
+      <c r="C83" s="237"/>
+      <c r="D83" s="237"/>
+      <c r="E83" s="237"/>
+      <c r="F83" s="237"/>
+      <c r="G83" s="237"/>
+      <c r="H83" s="237"/>
+      <c r="I83" s="237"/>
+      <c r="J83" s="237"/>
+      <c r="K83" s="237"/>
+      <c r="L83" s="237"/>
+      <c r="M83" s="237"/>
+      <c r="N83" s="237"/>
+    </row>
+    <row r="84" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="235" t="s">
+        <v>334</v>
+      </c>
+      <c r="B84" s="235"/>
+      <c r="C84" s="235"/>
+      <c r="D84" s="235"/>
+      <c r="E84" s="235"/>
+      <c r="F84" s="235"/>
+      <c r="G84" s="235"/>
+      <c r="H84" s="235"/>
+      <c r="I84" s="235"/>
+      <c r="J84" s="235"/>
+      <c r="K84" s="235"/>
+      <c r="L84" s="235"/>
+      <c r="M84" s="235"/>
+      <c r="N84" s="235"/>
+    </row>
+    <row r="85" spans="1:14" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A85" s="235"/>
+      <c r="B85" s="235"/>
+      <c r="C85" s="235"/>
+      <c r="D85" s="235"/>
+      <c r="E85" s="235"/>
+      <c r="F85" s="235"/>
+      <c r="G85" s="235"/>
+      <c r="H85" s="235"/>
+      <c r="I85" s="235"/>
+      <c r="J85" s="235"/>
+      <c r="K85" s="235"/>
+      <c r="L85" s="235"/>
+      <c r="M85" s="235"/>
+      <c r="N85" s="235"/>
+    </row>
+    <row r="86" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B86" s="237"/>
+      <c r="C86" s="237"/>
+      <c r="D86" s="237"/>
+      <c r="E86" s="237"/>
+      <c r="F86" s="237"/>
+      <c r="G86" s="237"/>
+      <c r="H86" s="237"/>
+      <c r="I86" s="237"/>
+      <c r="J86" s="237"/>
+      <c r="K86" s="237"/>
+      <c r="L86" s="237"/>
+      <c r="M86" s="237"/>
+      <c r="N86" s="237"/>
+    </row>
+    <row r="87" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="236" t="s">
+        <v>335</v>
+      </c>
+      <c r="B87" s="236"/>
+      <c r="C87" s="236"/>
+      <c r="D87" s="236"/>
+      <c r="E87" s="236"/>
+      <c r="F87" s="236"/>
+      <c r="G87" s="236"/>
+      <c r="H87" s="236"/>
+      <c r="I87" s="236"/>
+      <c r="J87" s="236"/>
+      <c r="K87" s="236"/>
+      <c r="L87" s="236"/>
+      <c r="M87" s="236"/>
+      <c r="N87" s="236"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A81:E81"/>
+  <mergeCells count="7">
+    <mergeCell ref="A86:N86"/>
+    <mergeCell ref="A87:N87"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A83:N83"/>
+    <mergeCell ref="A84:N84"/>
+    <mergeCell ref="A85:N85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1194CC69-A6FD-4685-B2E7-6E99D1F49984}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F0BD012-684D-40B0-BE5A-8EFC3A2C769B}">
-  <dimension ref="A1:J38"/>
+  <dimension ref="A1:F34"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:F2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.5546875" style="33" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="1" width="17.5546875" customWidth="1"/>
+    <col min="2" max="6" width="26" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-[...257 lines deleted...]
-      <c r="A38" s="66"/>
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="48"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>336</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="244" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+      <c r="E3" s="244"/>
+      <c r="F3" s="244"/>
+    </row>
+    <row r="4" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A4" s="47"/>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="47"/>
+    </row>
+    <row r="5" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A5" s="47"/>
+      <c r="B5" s="47"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="47"/>
+    </row>
+    <row r="6" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A6" s="47"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="47"/>
+    </row>
+    <row r="7" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A7" s="47"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="47"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="47"/>
+    </row>
+    <row r="8" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A8" s="47"/>
+      <c r="B8" s="47"/>
+      <c r="C8" s="47"/>
+      <c r="D8" s="47"/>
+      <c r="E8" s="47"/>
+      <c r="F8" s="47"/>
+    </row>
+    <row r="9" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A9" s="47"/>
+      <c r="B9" s="47"/>
+      <c r="C9" s="47"/>
+      <c r="D9" s="47"/>
+      <c r="E9" s="47"/>
+      <c r="F9" s="47"/>
+    </row>
+    <row r="10" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A10" s="47"/>
+      <c r="B10" s="47"/>
+      <c r="C10" s="47"/>
+      <c r="D10" s="47"/>
+      <c r="E10" s="47"/>
+      <c r="F10" s="47"/>
+    </row>
+    <row r="11" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A11" s="47"/>
+      <c r="B11" s="47"/>
+      <c r="C11" s="47"/>
+      <c r="D11" s="47"/>
+      <c r="E11" s="47"/>
+      <c r="F11" s="47"/>
+    </row>
+    <row r="12" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A12" s="47"/>
+      <c r="B12" s="47"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
+      <c r="F12" s="47"/>
+    </row>
+    <row r="13" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A13" s="47"/>
+      <c r="B13" s="47"/>
+      <c r="C13" s="47"/>
+      <c r="D13" s="47"/>
+      <c r="E13" s="47"/>
+      <c r="F13" s="47"/>
+    </row>
+    <row r="14" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A14" s="47"/>
+      <c r="B14" s="47"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
+      <c r="F14" s="47"/>
+    </row>
+    <row r="15" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A15" s="47"/>
+      <c r="B15" s="47"/>
+      <c r="C15" s="47"/>
+      <c r="D15" s="47"/>
+      <c r="E15" s="47"/>
+      <c r="F15" s="47"/>
+    </row>
+    <row r="16" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A16" s="47"/>
+      <c r="B16" s="47"/>
+      <c r="C16" s="47"/>
+      <c r="D16" s="47"/>
+      <c r="E16" s="47"/>
+      <c r="F16" s="47"/>
+    </row>
+    <row r="17" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A17" s="47"/>
+      <c r="B17" s="47"/>
+      <c r="C17" s="47"/>
+      <c r="D17" s="47"/>
+      <c r="E17" s="47"/>
+      <c r="F17" s="47"/>
+    </row>
+    <row r="18" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A18" s="47"/>
+      <c r="B18" s="47"/>
+      <c r="C18" s="47"/>
+      <c r="D18" s="47"/>
+      <c r="E18" s="47"/>
+      <c r="F18" s="47"/>
+    </row>
+    <row r="19" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A19" s="47"/>
+      <c r="B19" s="47"/>
+      <c r="C19" s="47"/>
+      <c r="D19" s="47"/>
+      <c r="E19" s="47"/>
+      <c r="F19" s="47"/>
+    </row>
+    <row r="20" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A20" s="47"/>
+      <c r="B20" s="47"/>
+      <c r="C20" s="47"/>
+      <c r="D20" s="47"/>
+      <c r="E20" s="47"/>
+      <c r="F20" s="47"/>
+    </row>
+    <row r="21" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A21" s="47"/>
+      <c r="B21" s="47"/>
+      <c r="C21" s="47"/>
+      <c r="D21" s="47"/>
+      <c r="E21" s="47"/>
+      <c r="F21" s="47"/>
+    </row>
+    <row r="22" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A22" s="47"/>
+      <c r="B22" s="47"/>
+      <c r="C22" s="47"/>
+      <c r="D22" s="47"/>
+      <c r="E22" s="47"/>
+      <c r="F22" s="47"/>
+    </row>
+    <row r="23" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A23" s="47"/>
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="47"/>
+      <c r="E23" s="47"/>
+      <c r="F23" s="47"/>
+    </row>
+    <row r="24" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A24" s="47"/>
+      <c r="B24" s="47"/>
+      <c r="C24" s="47"/>
+      <c r="D24" s="47"/>
+      <c r="E24" s="47"/>
+      <c r="F24" s="47"/>
+    </row>
+    <row r="25" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A25" s="47"/>
+      <c r="B25" s="47"/>
+      <c r="C25" s="47"/>
+      <c r="D25" s="47"/>
+      <c r="E25" s="47"/>
+      <c r="F25" s="47"/>
+    </row>
+    <row r="26" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A26" s="47"/>
+      <c r="B26" s="47"/>
+      <c r="C26" s="47"/>
+      <c r="D26" s="47"/>
+      <c r="E26" s="47"/>
+      <c r="F26" s="47"/>
+    </row>
+    <row r="27" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A27" s="47"/>
+      <c r="B27" s="47"/>
+      <c r="C27" s="47"/>
+      <c r="D27" s="47"/>
+      <c r="E27" s="47"/>
+      <c r="F27" s="47"/>
+    </row>
+    <row r="28" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="28"/>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+    </row>
+    <row r="29" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="237" t="s">
+        <v>337</v>
+      </c>
+      <c r="B29" s="237"/>
+      <c r="C29" s="237"/>
+      <c r="D29" s="237"/>
+      <c r="E29" s="237"/>
+      <c r="F29" s="237"/>
+    </row>
+    <row r="30" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="235" t="s">
+        <v>338</v>
+      </c>
+      <c r="B30" s="235"/>
+      <c r="C30" s="235"/>
+      <c r="D30" s="235"/>
+      <c r="E30" s="235"/>
+      <c r="F30" s="235"/>
+    </row>
+    <row r="31" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="235"/>
+      <c r="B31" s="235"/>
+      <c r="C31" s="235"/>
+      <c r="D31" s="235"/>
+      <c r="E31" s="235"/>
+      <c r="F31" s="235"/>
+    </row>
+    <row r="32" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" s="237"/>
+      <c r="C32" s="237"/>
+      <c r="D32" s="237"/>
+      <c r="E32" s="237"/>
+      <c r="F32" s="237"/>
+    </row>
+    <row r="33" spans="1:6" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="236" t="s">
+        <v>339</v>
+      </c>
+      <c r="B33" s="236"/>
+      <c r="C33" s="236"/>
+      <c r="D33" s="236"/>
+      <c r="E33" s="236"/>
+      <c r="F33" s="236"/>
+    </row>
+    <row r="34" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="242" t="s">
+        <v>416</v>
+      </c>
+      <c r="B34" s="242"/>
+      <c r="C34" s="242"/>
+      <c r="D34" s="242"/>
+      <c r="E34" s="242"/>
+      <c r="F34" s="242"/>
     </row>
   </sheetData>
   <mergeCells count="8">
-    <mergeCell ref="A31:F31"/>
+    <mergeCell ref="A34:F34"/>
     <mergeCell ref="A2:F2"/>
-    <mergeCell ref="A26:F26"/>
-    <mergeCell ref="A27:F27"/>
     <mergeCell ref="A29:F29"/>
     <mergeCell ref="A30:F30"/>
-    <mergeCell ref="A3:C3"/>
-    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A31:F31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{56EA19BA-14E1-4609-87DC-1A57F9B5BFE1}"/>
-    <hyperlink ref="A31:F31" r:id="rId1" location="stc-markets:~:text=Carbon%20Market%20Reports-,STC%20markets,-Systems%20owners%20and" display="More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website" xr:uid="{7FCFEB1F-E6A7-4373-8137-28939C687EED}"/>
+    <hyperlink ref="A34:F34" r:id="rId1" location="stc-markets:~:text=Carbon%20Market%20Reports-,STC%20markets,-Systems%20owners%20and" display="More information on buying and selling STCs, including through the clearing house is available on the Clean Energy Regulator's website" xr:uid="{7FCFEB1F-E6A7-4373-8137-28939C687EED}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93A91C98-A93B-4D51-AF41-08451AD98A75}">
-  <dimension ref="A1:H141"/>
+  <dimension ref="A1:F133"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="42.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-      <c r="C4" s="17" t="s">
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="93"/>
+      <c r="F1" s="93"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>340</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="E4" s="101" t="s">
+        <v>343</v>
+      </c>
+      <c r="F4" s="102" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="50" t="s">
+        <v>345</v>
+      </c>
+      <c r="B5" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" s="52">
+        <v>42</v>
+      </c>
+      <c r="D5" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E5" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="30" t="s">
+        <v>345</v>
+      </c>
+      <c r="B6" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" s="52">
+        <v>34</v>
+      </c>
+      <c r="D6" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E6" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="30" t="s">
+        <v>345</v>
+      </c>
+      <c r="B7" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="52">
+        <v>42</v>
+      </c>
+      <c r="D7" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E7" s="106">
+        <v>118</v>
+      </c>
+      <c r="F7" s="106" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" s="52">
+        <v>49</v>
+      </c>
+      <c r="D8" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E8" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="B9" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" s="52">
+        <v>50</v>
+      </c>
+      <c r="D9" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E9" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="B10" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" s="52">
+        <v>62</v>
+      </c>
+      <c r="D10" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E10" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="B11" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" s="52">
+        <v>90</v>
+      </c>
+      <c r="D11" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E11" s="106">
+        <v>251</v>
+      </c>
+      <c r="F11" s="106" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" s="52">
+        <v>121</v>
+      </c>
+      <c r="D12" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E12" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="B13" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="52">
+        <v>77</v>
+      </c>
+      <c r="D13" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E13" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="52">
+        <v>215</v>
+      </c>
+      <c r="D14" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E14" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="B15" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="52">
+        <v>251</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E15" s="106">
+        <v>664</v>
+      </c>
+      <c r="F15" s="106" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="30" t="s">
+        <v>349</v>
+      </c>
+      <c r="B16" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="52">
+        <v>204</v>
+      </c>
+      <c r="D16" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E16" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="30" t="s">
+        <v>349</v>
+      </c>
+      <c r="B17" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="52">
+        <v>244</v>
+      </c>
+      <c r="D17" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E17" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="30" t="s">
+        <v>349</v>
+      </c>
+      <c r="B18" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="52">
+        <v>276</v>
+      </c>
+      <c r="D18" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E18" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="30" t="s">
+        <v>349</v>
+      </c>
+      <c r="B19" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="52">
+        <v>365</v>
+      </c>
+      <c r="D19" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E19" s="106">
+        <v>1089</v>
+      </c>
+      <c r="F19" s="106">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="30" t="s">
+        <v>350</v>
+      </c>
+      <c r="B20" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" s="52">
+        <v>327</v>
+      </c>
+      <c r="D20" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E20" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="30" t="s">
+        <v>350</v>
+      </c>
+      <c r="B21" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="52">
+        <v>371</v>
+      </c>
+      <c r="D21" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E21" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="30" t="s">
+        <v>350</v>
+      </c>
+      <c r="B22" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" s="52">
+        <v>310</v>
+      </c>
+      <c r="D22" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E22" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="30" t="s">
+        <v>350</v>
+      </c>
+      <c r="B23" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C23" s="52">
+        <v>398</v>
+      </c>
+      <c r="D23" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E23" s="106">
+        <v>1406</v>
+      </c>
+      <c r="F23" s="106">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="30" t="s">
+        <v>351</v>
+      </c>
+      <c r="B24" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="52">
+        <v>207</v>
+      </c>
+      <c r="D24" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E24" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="30" t="s">
+        <v>351</v>
+      </c>
+      <c r="B25" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C25" s="52">
+        <v>262</v>
+      </c>
+      <c r="D25" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E25" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="30" t="s">
+        <v>351</v>
+      </c>
+      <c r="B26" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="52">
+        <v>254</v>
+      </c>
+      <c r="D26" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E26" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="30" t="s">
+        <v>351</v>
+      </c>
+      <c r="B27" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" s="52">
+        <v>392</v>
+      </c>
+      <c r="D27" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E27" s="106">
+        <v>1115</v>
+      </c>
+      <c r="F27" s="106">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="30" t="s">
+        <v>352</v>
+      </c>
+      <c r="B28" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" s="52">
+        <v>378</v>
+      </c>
+      <c r="D28" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E28" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="30" t="s">
+        <v>352</v>
+      </c>
+      <c r="B29" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" s="52">
+        <v>452</v>
+      </c>
+      <c r="D29" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="E29" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="30" t="s">
+        <v>352</v>
+      </c>
+      <c r="B30" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C30" s="52">
+        <v>1064</v>
+      </c>
+      <c r="D30" s="52">
+        <v>2</v>
+      </c>
+      <c r="E30" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="30" t="s">
+        <v>352</v>
+      </c>
+      <c r="B31" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="52">
+        <v>1586</v>
+      </c>
+      <c r="D31" s="52">
+        <v>3</v>
+      </c>
+      <c r="E31" s="106">
+        <v>3480</v>
+      </c>
+      <c r="F31" s="106">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="B32" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="52">
+        <v>1857</v>
+      </c>
+      <c r="D32" s="52">
+        <v>3</v>
+      </c>
+      <c r="E32" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="B33" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="52">
+        <v>2834</v>
+      </c>
+      <c r="D33" s="52">
+        <v>4</v>
+      </c>
+      <c r="E33" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="B34" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" s="52">
+        <v>3653</v>
+      </c>
+      <c r="D34" s="52">
+        <v>5</v>
+      </c>
+      <c r="E34" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="B35" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" s="52">
+        <v>5720</v>
+      </c>
+      <c r="D35" s="52">
+        <v>8</v>
+      </c>
+      <c r="E35" s="106">
+        <v>14064</v>
+      </c>
+      <c r="F35" s="106">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="30" t="s">
+        <v>354</v>
+      </c>
+      <c r="B36" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="52">
+        <v>8733</v>
+      </c>
+      <c r="D36" s="52">
+        <v>11</v>
+      </c>
+      <c r="E36" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="30" t="s">
+        <v>354</v>
+      </c>
+      <c r="B37" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="52">
+        <v>11856</v>
+      </c>
+      <c r="D37" s="52">
+        <v>15</v>
+      </c>
+      <c r="E37" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="30" t="s">
+        <v>354</v>
+      </c>
+      <c r="B38" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="52">
+        <v>17161</v>
+      </c>
+      <c r="D38" s="52">
+        <v>23</v>
+      </c>
+      <c r="E38" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="30" t="s">
+        <v>354</v>
+      </c>
+      <c r="B39" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="52">
+        <v>25166</v>
+      </c>
+      <c r="D39" s="52">
+        <v>35</v>
+      </c>
+      <c r="E39" s="106">
+        <v>62916</v>
+      </c>
+      <c r="F39" s="106">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="30" t="s">
+        <v>355</v>
+      </c>
+      <c r="B40" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="52">
+        <v>31921</v>
+      </c>
+      <c r="D40" s="52">
+        <v>49</v>
+      </c>
+      <c r="E40" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="30" t="s">
+        <v>355</v>
+      </c>
+      <c r="B41" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" s="52">
+        <v>48259</v>
+      </c>
+      <c r="D41" s="52">
+        <v>86</v>
+      </c>
+      <c r="E41" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F41" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="30" t="s">
+        <v>355</v>
+      </c>
+      <c r="B42" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C42" s="52">
+        <v>53220</v>
+      </c>
+      <c r="D42" s="52">
+        <v>113</v>
+      </c>
+      <c r="E42" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="30" t="s">
+        <v>355</v>
+      </c>
+      <c r="B43" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" s="52">
+        <v>64808</v>
+      </c>
+      <c r="D43" s="52">
+        <v>141</v>
+      </c>
+      <c r="E43" s="106">
+        <v>198208</v>
+      </c>
+      <c r="F43" s="106">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="B44" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="52">
+        <v>89844</v>
+      </c>
+      <c r="D44" s="52">
+        <v>203</v>
+      </c>
+      <c r="E44" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F44" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="B45" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="52">
+        <v>152335</v>
+      </c>
+      <c r="D45" s="52">
+        <v>359</v>
+      </c>
+      <c r="E45" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F45" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="B46" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" s="52">
+        <v>69222</v>
+      </c>
+      <c r="D46" s="52">
+        <v>178</v>
+      </c>
+      <c r="E46" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F46" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="B47" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" s="52">
+        <v>49344</v>
+      </c>
+      <c r="D47" s="52">
+        <v>132</v>
+      </c>
+      <c r="E47" s="106">
+        <v>360745</v>
+      </c>
+      <c r="F47" s="106">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="30" t="s">
+        <v>357</v>
+      </c>
+      <c r="B48" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" s="52">
+        <v>56210</v>
+      </c>
+      <c r="D48" s="52">
+        <v>148</v>
+      </c>
+      <c r="E48" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="30" t="s">
+        <v>357</v>
+      </c>
+      <c r="B49" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C49" s="52">
+        <v>129244</v>
+      </c>
+      <c r="D49" s="52">
+        <v>372</v>
+      </c>
+      <c r="E49" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F49" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="30" t="s">
+        <v>357</v>
+      </c>
+      <c r="B50" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C50" s="52">
+        <v>82188</v>
+      </c>
+      <c r="D50" s="52">
+        <v>263</v>
+      </c>
+      <c r="E50" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F50" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="30" t="s">
+        <v>357</v>
+      </c>
+      <c r="B51" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C51" s="52">
+        <v>75678</v>
+      </c>
+      <c r="D51" s="52">
+        <v>253</v>
+      </c>
+      <c r="E51" s="106">
+        <v>343320</v>
+      </c>
+      <c r="F51" s="106">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="B52" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="52">
+        <v>46638</v>
+      </c>
+      <c r="D52" s="52">
+        <v>168</v>
+      </c>
+      <c r="E52" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F52" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C53" s="52">
+        <v>59095</v>
+      </c>
+      <c r="D53" s="52">
+        <v>233</v>
+      </c>
+      <c r="E53" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F53" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C54" s="52">
+        <v>46588</v>
+      </c>
+      <c r="D54" s="52">
+        <v>185</v>
+      </c>
+      <c r="E54" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F54" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="B55" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C55" s="52">
+        <v>48086</v>
+      </c>
+      <c r="D55" s="52">
+        <v>205</v>
+      </c>
+      <c r="E55" s="106">
+        <v>200407</v>
+      </c>
+      <c r="F55" s="106">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C56" s="52">
+        <v>42165</v>
+      </c>
+      <c r="D56" s="52">
+        <v>181</v>
+      </c>
+      <c r="E56" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F56" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="B57" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C57" s="52">
+        <v>44116</v>
+      </c>
+      <c r="D57" s="52">
+        <v>194</v>
+      </c>
+      <c r="E57" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F57" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="B58" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C58" s="52">
+        <v>47767</v>
+      </c>
+      <c r="D58" s="52">
+        <v>212</v>
+      </c>
+      <c r="E58" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F58" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A59" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C59" s="52">
+        <v>46091</v>
+      </c>
+      <c r="D59" s="52">
+        <v>214</v>
+      </c>
+      <c r="E59" s="106">
+        <v>180139</v>
+      </c>
+      <c r="F59" s="106">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="30" t="s">
+        <v>360</v>
+      </c>
+      <c r="B60" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C60" s="52">
+        <v>37504</v>
+      </c>
+      <c r="D60" s="52">
+        <v>177</v>
+      </c>
+      <c r="E60" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F60" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="30" t="s">
+        <v>360</v>
+      </c>
+      <c r="B61" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C61" s="52">
+        <v>34485</v>
+      </c>
+      <c r="D61" s="52">
+        <v>169</v>
+      </c>
+      <c r="E61" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F61" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="30" t="s">
+        <v>360</v>
+      </c>
+      <c r="B62" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C62" s="52">
+        <v>36499</v>
+      </c>
+      <c r="D62" s="52">
+        <v>185</v>
+      </c>
+      <c r="E62" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="30" t="s">
+        <v>360</v>
+      </c>
+      <c r="B63" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C63" s="52">
+        <v>33012</v>
+      </c>
+      <c r="D63" s="52">
+        <v>175</v>
+      </c>
+      <c r="E63" s="106">
+        <v>141500</v>
+      </c>
+      <c r="F63" s="106">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="30" t="s">
+        <v>361</v>
+      </c>
+      <c r="B64" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C64" s="52">
+        <v>29818</v>
+      </c>
+      <c r="D64" s="52">
+        <v>155</v>
+      </c>
+      <c r="E64" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F64" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="30" t="s">
+        <v>361</v>
+      </c>
+      <c r="B65" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C65" s="52">
+        <v>31043</v>
+      </c>
+      <c r="D65" s="52">
+        <v>171</v>
+      </c>
+      <c r="E65" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A66" s="30" t="s">
+        <v>361</v>
+      </c>
+      <c r="B66" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C66" s="52">
+        <v>32906</v>
+      </c>
+      <c r="D66" s="52">
+        <v>186</v>
+      </c>
+      <c r="E66" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="30" t="s">
+        <v>361</v>
+      </c>
+      <c r="B67" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C67" s="52">
+        <v>38930</v>
+      </c>
+      <c r="D67" s="52">
+        <v>237</v>
+      </c>
+      <c r="E67" s="106">
+        <v>132697</v>
+      </c>
+      <c r="F67" s="106">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="30" t="s">
+        <v>362</v>
+      </c>
+      <c r="B68" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C68" s="52">
+        <v>37360</v>
+      </c>
+      <c r="D68" s="52">
+        <v>207</v>
+      </c>
+      <c r="E68" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F68" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="30" t="s">
+        <v>362</v>
+      </c>
+      <c r="B69" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C69" s="52">
+        <v>40399</v>
+      </c>
+      <c r="D69" s="52">
+        <v>252</v>
+      </c>
+      <c r="E69" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F69" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="30" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C70" s="52">
+        <v>45145</v>
+      </c>
+      <c r="D70" s="52">
+        <v>287</v>
+      </c>
+      <c r="E70" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F70" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="30" t="s">
+        <v>362</v>
+      </c>
+      <c r="B71" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="52">
+        <v>52038</v>
+      </c>
+      <c r="D71" s="52">
+        <v>373</v>
+      </c>
+      <c r="E71" s="106">
+        <v>174942</v>
+      </c>
+      <c r="F71" s="106">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="30" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C72" s="52">
+        <v>48664</v>
+      </c>
+      <c r="D72" s="52">
         <v>319</v>
       </c>
-      <c r="D4" s="17" t="s">
-[...136 lines deleted...]
-      <c r="C11" s="70">
+      <c r="E72" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F72" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="30" t="s">
+        <v>363</v>
+      </c>
+      <c r="B73" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C73" s="52">
+        <v>50524</v>
+      </c>
+      <c r="D73" s="52">
+        <v>365</v>
+      </c>
+      <c r="E73" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F73" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="30" t="s">
+        <v>363</v>
+      </c>
+      <c r="B74" s="51" t="s">
         <v>90</v>
       </c>
-      <c r="D11" s="70" t="s">
-[...156 lines deleted...]
-      <c r="C19" s="70">
+      <c r="C74" s="52">
+        <v>56354</v>
+      </c>
+      <c r="D74" s="52">
+        <v>403</v>
+      </c>
+      <c r="E74" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F74" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="30" t="s">
+        <v>363</v>
+      </c>
+      <c r="B75" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C75" s="52">
+        <v>69310</v>
+      </c>
+      <c r="D75" s="52">
+        <v>530</v>
+      </c>
+      <c r="E75" s="106">
+        <v>224852</v>
+      </c>
+      <c r="F75" s="106">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B76" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C76" s="52">
+        <v>64844</v>
+      </c>
+      <c r="D76" s="52">
+        <v>456</v>
+      </c>
+      <c r="E76" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F76" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B77" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77" s="52">
+        <v>62899</v>
+      </c>
+      <c r="D77" s="52">
+        <v>479</v>
+      </c>
+      <c r="E77" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F77" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B78" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C78" s="52">
+        <v>69049</v>
+      </c>
+      <c r="D78" s="52">
+        <v>529</v>
+      </c>
+      <c r="E78" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F78" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A79" s="30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B79" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="52">
+        <v>87239</v>
+      </c>
+      <c r="D79" s="52">
+        <v>702</v>
+      </c>
+      <c r="E79" s="106">
+        <v>284031</v>
+      </c>
+      <c r="F79" s="106">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B80" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C80" s="52">
+        <v>83020</v>
+      </c>
+      <c r="D80" s="52">
+        <v>619</v>
+      </c>
+      <c r="E80" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F80" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B81" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C81" s="52">
+        <v>84744</v>
+      </c>
+      <c r="D81" s="52">
+        <v>678</v>
+      </c>
+      <c r="E81" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F81" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A82" s="30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B82" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C82" s="52">
+        <v>93684</v>
+      </c>
+      <c r="D82" s="52">
+        <v>748</v>
+      </c>
+      <c r="E82" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F82" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A83" s="30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B83" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C83" s="52">
+        <v>108872</v>
+      </c>
+      <c r="D83" s="52">
+        <v>920</v>
+      </c>
+      <c r="E83" s="106">
+        <v>370320</v>
+      </c>
+      <c r="F83" s="106">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A84" s="30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C84" s="52">
+        <v>98957</v>
+      </c>
+      <c r="D84" s="52">
+        <v>782</v>
+      </c>
+      <c r="E84" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F84" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A85" s="30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C85" s="52">
+        <v>95213</v>
+      </c>
+      <c r="D85" s="52">
+        <v>794</v>
+      </c>
+      <c r="E85" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F85" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A86" s="30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="52">
+        <v>89203</v>
+      </c>
+      <c r="D86" s="52">
+        <v>752</v>
+      </c>
+      <c r="E86" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F86" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A87" s="30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="52">
+        <v>94085</v>
+      </c>
+      <c r="D87" s="52">
+        <v>864</v>
+      </c>
+      <c r="E87" s="106">
+        <v>377458</v>
+      </c>
+      <c r="F87" s="106">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A88" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C88" s="52">
+        <v>68569</v>
+      </c>
+      <c r="D88" s="52">
+        <v>565</v>
+      </c>
+      <c r="E88" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F88" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A89" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B89" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C89" s="52">
+        <v>71547</v>
+      </c>
+      <c r="D89" s="52">
+        <v>625</v>
+      </c>
+      <c r="E89" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F89" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A90" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C90" s="52">
+        <v>84360</v>
+      </c>
+      <c r="D90" s="52">
+        <v>733</v>
+      </c>
+      <c r="E90" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F90" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A91" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B91" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C91" s="52">
+        <v>91241</v>
+      </c>
+      <c r="D91" s="52">
+        <v>870</v>
+      </c>
+      <c r="E91" s="106">
+        <v>315717</v>
+      </c>
+      <c r="F91" s="106">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A92" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B92" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C92" s="52">
+        <v>76113</v>
+      </c>
+      <c r="D92" s="52">
+        <v>660</v>
+      </c>
+      <c r="E92" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F92" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A93" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B93" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C93" s="52">
+        <v>77215</v>
+      </c>
+      <c r="D93" s="52">
+        <v>720</v>
+      </c>
+      <c r="E93" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F93" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A94" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B94" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C94" s="52">
+        <v>87388</v>
+      </c>
+      <c r="D94" s="52">
+        <v>823</v>
+      </c>
+      <c r="E94" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F94" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A95" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B95" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C95" s="52">
+        <v>93149</v>
+      </c>
+      <c r="D95" s="52">
+        <v>942</v>
+      </c>
+      <c r="E95" s="106">
+        <v>333865</v>
+      </c>
+      <c r="F95" s="106">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A96" s="30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B96" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C96" s="52">
+        <v>75572</v>
+      </c>
+      <c r="D96" s="52">
+        <v>703</v>
+      </c>
+      <c r="E96" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F96" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A97" s="30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B97" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C97" s="52">
+        <v>81956</v>
+      </c>
+      <c r="D97" s="52">
+        <v>788</v>
+      </c>
+      <c r="E97" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F97" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A98" s="30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B98" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C98" s="52">
+        <v>79768</v>
+      </c>
+      <c r="D98" s="52">
+        <v>797</v>
+      </c>
+      <c r="E98" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F98" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A99" s="30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B99" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C99" s="52">
+        <v>81947</v>
+      </c>
+      <c r="D99" s="52">
+        <v>871</v>
+      </c>
+      <c r="E99" s="106">
+        <v>319242.57259360945</v>
+      </c>
+      <c r="F99" s="106">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A100" s="30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B100" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C100" s="52">
+        <v>66974</v>
+      </c>
+      <c r="D100" s="52">
+        <v>658</v>
+      </c>
+      <c r="E100" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F100" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A101" s="30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B101" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C101" s="52">
+        <v>60653</v>
+      </c>
+      <c r="D101" s="52">
+        <v>600</v>
+      </c>
+      <c r="E101" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F101" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A102" s="30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B102" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C102" s="52">
+        <v>64378</v>
+      </c>
+      <c r="D102" s="52">
+        <v>659</v>
+      </c>
+      <c r="E102" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F102" s="106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A103" s="30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B103" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C103" s="52">
+        <v>77191</v>
+      </c>
+      <c r="D103" s="52">
+        <v>855</v>
+      </c>
+      <c r="E103" s="106">
+        <v>269196.0268470429</v>
+      </c>
+      <c r="F103" s="106">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="28"/>
+      <c r="B104" s="28"/>
+      <c r="C104" s="28"/>
+      <c r="D104" s="28"/>
+      <c r="E104" s="93"/>
+      <c r="F104" s="93"/>
+    </row>
+    <row r="105" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="28"/>
+      <c r="B105" s="28"/>
+      <c r="C105" s="28"/>
+      <c r="D105" s="28"/>
+      <c r="E105" s="93"/>
+      <c r="F105" s="93"/>
+    </row>
+    <row r="106" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A106" s="28"/>
+      <c r="B106" s="28"/>
+      <c r="C106" s="28"/>
+      <c r="D106" s="28"/>
+      <c r="E106" s="93"/>
+      <c r="F106" s="93"/>
+    </row>
+    <row r="107" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A107" s="28"/>
+      <c r="B107" s="28"/>
+      <c r="C107" s="28"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="93"/>
+      <c r="F107" s="93"/>
+    </row>
+    <row r="108" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="28"/>
+      <c r="B108" s="28"/>
+      <c r="C108" s="28"/>
+      <c r="D108" s="28"/>
+      <c r="E108" s="93"/>
+      <c r="F108" s="93"/>
+    </row>
+    <row r="109" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A109" s="28"/>
+      <c r="B109" s="28"/>
+      <c r="C109" s="28"/>
+      <c r="D109" s="28"/>
+      <c r="E109" s="93"/>
+      <c r="F109" s="93"/>
+    </row>
+    <row r="110" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A110" s="28"/>
+      <c r="B110" s="28"/>
+      <c r="C110" s="28"/>
+      <c r="D110" s="28"/>
+      <c r="E110" s="93"/>
+      <c r="F110" s="93"/>
+    </row>
+    <row r="111" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A111" s="28"/>
+      <c r="B111" s="28"/>
+      <c r="C111" s="28"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="93"/>
+      <c r="F111" s="93"/>
+    </row>
+    <row r="112" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A112" s="28"/>
+      <c r="B112" s="28"/>
+      <c r="C112" s="28"/>
+      <c r="D112" s="28"/>
+      <c r="E112" s="93"/>
+      <c r="F112" s="93"/>
+    </row>
+    <row r="113" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A113" s="28"/>
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="28"/>
+      <c r="E113" s="93"/>
+      <c r="F113" s="93"/>
+    </row>
+    <row r="114" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A114" s="28"/>
+      <c r="B114" s="28"/>
+      <c r="C114" s="28"/>
+      <c r="D114" s="28"/>
+      <c r="E114" s="93"/>
+      <c r="F114" s="93"/>
+    </row>
+    <row r="115" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="28"/>
+      <c r="B115" s="28"/>
+      <c r="C115" s="28"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="93"/>
+      <c r="F115" s="93"/>
+    </row>
+    <row r="116" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A116" s="28"/>
+      <c r="B116" s="28"/>
+      <c r="C116" s="28"/>
+      <c r="D116" s="28"/>
+      <c r="E116" s="93"/>
+      <c r="F116" s="93"/>
+    </row>
+    <row r="117" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A117" s="28"/>
+      <c r="B117" s="28"/>
+      <c r="C117" s="28"/>
+      <c r="D117" s="28"/>
+      <c r="E117" s="93"/>
+      <c r="F117" s="93"/>
+    </row>
+    <row r="118" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A118" s="28"/>
+      <c r="B118" s="28"/>
+      <c r="C118" s="28"/>
+      <c r="D118" s="28"/>
+      <c r="E118" s="93"/>
+      <c r="F118" s="93"/>
+    </row>
+    <row r="119" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A119" s="28"/>
+      <c r="B119" s="28"/>
+      <c r="C119" s="28"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="93"/>
+      <c r="F119" s="93"/>
+    </row>
+    <row r="120" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A120" s="28"/>
+      <c r="B120" s="28"/>
+      <c r="C120" s="28"/>
+      <c r="D120" s="28"/>
+      <c r="E120" s="93"/>
+      <c r="F120" s="93"/>
+    </row>
+    <row r="121" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A121" s="28"/>
+      <c r="B121" s="28"/>
+      <c r="C121" s="28"/>
+      <c r="D121" s="28"/>
+      <c r="E121" s="93"/>
+      <c r="F121" s="93"/>
+    </row>
+    <row r="122" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A122" s="28"/>
+      <c r="B122" s="28"/>
+      <c r="C122" s="28"/>
+      <c r="D122" s="28"/>
+      <c r="E122" s="93"/>
+      <c r="F122" s="93"/>
+    </row>
+    <row r="123" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A123" s="28"/>
+      <c r="B123" s="28"/>
+      <c r="C123" s="28"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="93"/>
+      <c r="F123" s="93"/>
+    </row>
+    <row r="124" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A124" s="28"/>
+      <c r="B124" s="28"/>
+      <c r="C124" s="28"/>
+      <c r="D124" s="28"/>
+      <c r="E124" s="93"/>
+      <c r="F124" s="93"/>
+    </row>
+    <row r="125" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A125" s="28"/>
+      <c r="B125" s="28"/>
+      <c r="C125" s="28"/>
+      <c r="D125" s="28"/>
+      <c r="E125" s="93"/>
+      <c r="F125" s="93"/>
+    </row>
+    <row r="126" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A126" s="28"/>
+      <c r="B126" s="28"/>
+      <c r="C126" s="28"/>
+      <c r="D126" s="28"/>
+      <c r="E126" s="93"/>
+      <c r="F126" s="93"/>
+    </row>
+    <row r="127" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A127" s="28"/>
+      <c r="B127" s="28"/>
+      <c r="C127" s="28"/>
+      <c r="D127" s="28"/>
+      <c r="E127" s="93"/>
+      <c r="F127" s="93"/>
+    </row>
+    <row r="128" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A128" s="28"/>
+      <c r="B128" s="28"/>
+      <c r="C128" s="28"/>
+      <c r="D128" s="28"/>
+      <c r="E128" s="93"/>
+      <c r="F128" s="93"/>
+    </row>
+    <row r="129" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="237" t="s">
+        <v>364</v>
+      </c>
+      <c r="B129" s="237"/>
+      <c r="C129" s="237"/>
+      <c r="D129" s="237"/>
+      <c r="E129" s="237"/>
+      <c r="F129" s="237"/>
+    </row>
+    <row r="130" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="235" t="s">
         <v>365</v>
       </c>
-      <c r="D19" s="70" t="s">
-[...1748 lines deleted...]
-      <c r="A141" s="66"/>
+      <c r="B130" s="235"/>
+      <c r="C130" s="235"/>
+      <c r="D130" s="235"/>
+      <c r="E130" s="235"/>
+      <c r="F130" s="235"/>
+    </row>
+    <row r="131" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="235"/>
+      <c r="B131" s="235"/>
+      <c r="C131" s="235"/>
+      <c r="D131" s="235"/>
+      <c r="E131" s="235"/>
+      <c r="F131" s="235"/>
+    </row>
+    <row r="132" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B132" s="237"/>
+      <c r="C132" s="237"/>
+      <c r="D132" s="237"/>
+      <c r="E132" s="237"/>
+      <c r="F132" s="237"/>
+    </row>
+    <row r="133" spans="1:6" s="157" customFormat="1" ht="55.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="236" t="s">
+        <v>417</v>
+      </c>
+      <c r="B133" s="236"/>
+      <c r="C133" s="236"/>
+      <c r="D133" s="236"/>
+      <c r="E133" s="236"/>
+      <c r="F133" s="236"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...2 lines deleted...]
-    <mergeCell ref="A3:G3"/>
+  <mergeCells count="7">
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A133:F133"/>
+    <mergeCell ref="A131:F131"/>
     <mergeCell ref="A129:F129"/>
     <mergeCell ref="A130:F130"/>
     <mergeCell ref="A132:F132"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{68DC4578-D20A-4B03-897D-51184021BEC9}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...2024 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87561056-D6FA-4C56-A2D9-22011A9615DD}">
-  <dimension ref="A1:J138"/>
+  <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="16.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="A2" s="215" t="s">
+    <row r="1" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+    </row>
+    <row r="2" spans="1:8" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="245" t="s">
+        <v>366</v>
+      </c>
+      <c r="B2" s="245"/>
+      <c r="C2" s="245"/>
+      <c r="D2" s="245"/>
+      <c r="E2" s="245"/>
+      <c r="F2" s="245"/>
+      <c r="G2" s="245"/>
+      <c r="H2" s="245"/>
+    </row>
+    <row r="3" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="244" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+      <c r="E3" s="244"/>
+      <c r="F3" s="244"/>
+      <c r="G3" s="244"/>
+      <c r="H3" s="244"/>
+    </row>
+    <row r="4" spans="1:8" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="56" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="56" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="56" t="s">
+        <v>367</v>
+      </c>
+      <c r="D4" s="56" t="s">
+        <v>368</v>
+      </c>
+      <c r="E4" s="56" t="s">
+        <v>369</v>
+      </c>
+      <c r="F4" s="56" t="s">
+        <v>370</v>
+      </c>
+      <c r="G4" s="56" t="s">
+        <v>371</v>
+      </c>
+      <c r="H4" s="56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="57" t="s">
+        <v>345</v>
+      </c>
+      <c r="B5" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" s="59">
+        <v>1</v>
+      </c>
+      <c r="D5" s="59">
+        <v>0</v>
+      </c>
+      <c r="E5" s="59">
+        <v>0</v>
+      </c>
+      <c r="F5" s="59">
+        <v>0</v>
+      </c>
+      <c r="G5" s="59">
+        <v>0</v>
+      </c>
+      <c r="H5" s="259">
+        <v>1.37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="57" t="s">
+        <v>345</v>
+      </c>
+      <c r="B6" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" s="59">
+        <v>1</v>
+      </c>
+      <c r="D6" s="59">
+        <v>0</v>
+      </c>
+      <c r="E6" s="59">
+        <v>0</v>
+      </c>
+      <c r="F6" s="59">
+        <v>0</v>
+      </c>
+      <c r="G6" s="59">
+        <v>0</v>
+      </c>
+      <c r="H6" s="259">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="57" t="s">
+        <v>345</v>
+      </c>
+      <c r="B7" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="59">
+        <v>0.93</v>
+      </c>
+      <c r="D7" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E7" s="59">
+        <v>0</v>
+      </c>
+      <c r="F7" s="59">
+        <v>0</v>
+      </c>
+      <c r="G7" s="59">
+        <v>0</v>
+      </c>
+      <c r="H7" s="259">
+        <v>1.78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B8" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" s="59">
+        <v>0.93</v>
+      </c>
+      <c r="D8" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E8" s="59">
+        <v>0</v>
+      </c>
+      <c r="F8" s="59">
+        <v>0</v>
+      </c>
+      <c r="G8" s="59">
+        <v>0</v>
+      </c>
+      <c r="H8" s="259">
+        <v>1.59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B9" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" s="59">
+        <v>1</v>
+      </c>
+      <c r="D9" s="59">
+        <v>0</v>
+      </c>
+      <c r="E9" s="59">
+        <v>0</v>
+      </c>
+      <c r="F9" s="59">
+        <v>0</v>
+      </c>
+      <c r="G9" s="59">
+        <v>0</v>
+      </c>
+      <c r="H9" s="259">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B10" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" s="59">
+        <v>0.91</v>
+      </c>
+      <c r="D10" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="E10" s="59">
+        <v>0</v>
+      </c>
+      <c r="F10" s="59">
+        <v>0</v>
+      </c>
+      <c r="G10" s="59">
+        <v>0</v>
+      </c>
+      <c r="H10" s="259">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B11" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" s="59">
+        <v>0.96</v>
+      </c>
+      <c r="D11" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="E11" s="59">
+        <v>0</v>
+      </c>
+      <c r="F11" s="59">
+        <v>0</v>
+      </c>
+      <c r="G11" s="59">
+        <v>0</v>
+      </c>
+      <c r="H11" s="259">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B12" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" s="59">
+        <v>0.93</v>
+      </c>
+      <c r="D12" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E12" s="59">
+        <v>0</v>
+      </c>
+      <c r="F12" s="59">
+        <v>0</v>
+      </c>
+      <c r="G12" s="59">
+        <v>0</v>
+      </c>
+      <c r="H12" s="259">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B13" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="59">
+        <v>0.81</v>
+      </c>
+      <c r="D13" s="59">
+        <v>0.19</v>
+      </c>
+      <c r="E13" s="59">
+        <v>0</v>
+      </c>
+      <c r="F13" s="59">
+        <v>0</v>
+      </c>
+      <c r="G13" s="59">
+        <v>0</v>
+      </c>
+      <c r="H13" s="259">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B14" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="59">
+        <v>0.92</v>
+      </c>
+      <c r="D14" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="E14" s="59">
+        <v>0</v>
+      </c>
+      <c r="F14" s="59">
+        <v>0</v>
+      </c>
+      <c r="G14" s="59">
+        <v>0</v>
+      </c>
+      <c r="H14" s="259">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B15" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="59">
+        <v>0.95</v>
+      </c>
+      <c r="D15" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="E15" s="59">
+        <v>0</v>
+      </c>
+      <c r="F15" s="59">
+        <v>0</v>
+      </c>
+      <c r="G15" s="59">
+        <v>0</v>
+      </c>
+      <c r="H15" s="259">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B16" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="59">
+        <v>0.95</v>
+      </c>
+      <c r="D16" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="E16" s="59">
+        <v>0</v>
+      </c>
+      <c r="F16" s="59">
+        <v>0</v>
+      </c>
+      <c r="G16" s="59">
+        <v>0</v>
+      </c>
+      <c r="H16" s="259">
+        <v>1.28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B17" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="59">
+        <v>0.9</v>
+      </c>
+      <c r="D17" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="E17" s="59">
+        <v>0</v>
+      </c>
+      <c r="F17" s="59">
+        <v>0</v>
+      </c>
+      <c r="G17" s="59">
+        <v>0</v>
+      </c>
+      <c r="H17" s="259">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B18" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="59">
+        <v>0.96</v>
+      </c>
+      <c r="D18" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="E18" s="59">
+        <v>0</v>
+      </c>
+      <c r="F18" s="59">
+        <v>0</v>
+      </c>
+      <c r="G18" s="59">
+        <v>0</v>
+      </c>
+      <c r="H18" s="259">
+        <v>1.0900000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B19" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="59">
+        <v>0.97</v>
+      </c>
+      <c r="D19" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="E19" s="59">
+        <v>0</v>
+      </c>
+      <c r="F19" s="59">
+        <v>0</v>
+      </c>
+      <c r="G19" s="59">
+        <v>0</v>
+      </c>
+      <c r="H19" s="259">
+        <v>1.1399999999999999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B20" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" s="59">
+        <v>0.92</v>
+      </c>
+      <c r="D20" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="E20" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="F20" s="59">
+        <v>0</v>
+      </c>
+      <c r="G20" s="59">
+        <v>0</v>
+      </c>
+      <c r="H20" s="259">
+        <v>1.1299999999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B21" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="59">
+        <v>0.95</v>
+      </c>
+      <c r="D21" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="E21" s="59">
+        <v>0</v>
+      </c>
+      <c r="F21" s="59">
+        <v>0</v>
+      </c>
+      <c r="G21" s="59">
+        <v>0</v>
+      </c>
+      <c r="H21" s="259">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B22" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" s="59">
+        <v>0.85</v>
+      </c>
+      <c r="D22" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="E22" s="59">
+        <v>0.02</v>
+      </c>
+      <c r="F22" s="59">
+        <v>0</v>
+      </c>
+      <c r="G22" s="59">
+        <v>0</v>
+      </c>
+      <c r="H22" s="259">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B23" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C23" s="59">
+        <v>0.77</v>
+      </c>
+      <c r="D23" s="59">
+        <v>0.19</v>
+      </c>
+      <c r="E23" s="59">
+        <v>0</v>
+      </c>
+      <c r="F23" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="G23" s="59">
+        <v>0</v>
+      </c>
+      <c r="H23" s="259">
+        <v>1.52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="B24" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="59">
+        <v>0.82</v>
+      </c>
+      <c r="D24" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="E24" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F24" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="G24" s="59">
+        <v>0</v>
+      </c>
+      <c r="H24" s="259">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="B25" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C25" s="59">
+        <v>0.88</v>
+      </c>
+      <c r="D25" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="E25" s="59">
+        <v>0</v>
+      </c>
+      <c r="F25" s="59">
+        <v>0</v>
+      </c>
+      <c r="G25" s="59">
+        <v>0</v>
+      </c>
+      <c r="H25" s="259">
+        <v>1.57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="B26" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="59">
+        <v>0.81</v>
+      </c>
+      <c r="D26" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="E26" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="F26" s="59">
+        <v>0</v>
+      </c>
+      <c r="G26" s="59">
+        <v>0</v>
+      </c>
+      <c r="H26" s="259">
+        <v>1.62</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="B27" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" s="59">
+        <v>0.73</v>
+      </c>
+      <c r="D27" s="59">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F27" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G27" s="59">
+        <v>0</v>
+      </c>
+      <c r="H27" s="259">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B28" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" s="59">
+        <v>0.82</v>
+      </c>
+      <c r="D28" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="E28" s="59">
+        <v>0.02</v>
+      </c>
+      <c r="F28" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="G28" s="59">
+        <v>0</v>
+      </c>
+      <c r="H28" s="259">
+        <v>1.51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B29" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" s="59">
+        <v>0.85</v>
+      </c>
+      <c r="D29" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="E29" s="59">
+        <v>0.02</v>
+      </c>
+      <c r="F29" s="59">
+        <v>0</v>
+      </c>
+      <c r="G29" s="59">
+        <v>0</v>
+      </c>
+      <c r="H29" s="259">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B30" s="61" t="s">
+        <v>90</v>
+      </c>
+      <c r="C30" s="62">
+        <v>0.92</v>
+      </c>
+      <c r="D30" s="62">
+        <v>0.04</v>
+      </c>
+      <c r="E30" s="62">
+        <v>0.02</v>
+      </c>
+      <c r="F30" s="62">
+        <v>0.02</v>
+      </c>
+      <c r="G30" s="62">
+        <v>0</v>
+      </c>
+      <c r="H30" s="260">
+        <v>1.59</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B31" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="91">
+        <v>0.85</v>
+      </c>
+      <c r="D31" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E31" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="F31" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="G31" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="H31" s="259">
+        <v>1.73</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="57" t="s">
+        <v>353</v>
+      </c>
+      <c r="B32" s="86" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="92">
+        <v>0.92</v>
+      </c>
+      <c r="D32" s="92">
+        <v>0.04</v>
+      </c>
+      <c r="E32" s="92">
+        <v>0</v>
+      </c>
+      <c r="F32" s="92">
+        <v>0</v>
+      </c>
+      <c r="G32" s="92">
+        <v>0.04</v>
+      </c>
+      <c r="H32" s="260">
+        <v>1.51</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="57" t="s">
+        <v>353</v>
+      </c>
+      <c r="B33" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="91">
+        <v>0.92</v>
+      </c>
+      <c r="D33" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="E33" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F33" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G33" s="91">
+        <v>0</v>
+      </c>
+      <c r="H33" s="259">
+        <v>1.47</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="57" t="s">
+        <v>353</v>
+      </c>
+      <c r="B34" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" s="91">
+        <v>0.91</v>
+      </c>
+      <c r="D34" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E34" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F34" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G34" s="91">
+        <v>0</v>
+      </c>
+      <c r="H34" s="259">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="57" t="s">
+        <v>353</v>
+      </c>
+      <c r="B35" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" s="91">
+        <v>0.94</v>
+      </c>
+      <c r="D35" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="E35" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F35" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G35" s="91">
+        <v>0</v>
+      </c>
+      <c r="H35" s="259">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B36" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="91">
+        <v>0.96</v>
+      </c>
+      <c r="D36" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="E36" s="91">
+        <v>0</v>
+      </c>
+      <c r="F36" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G36" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="H36" s="259">
+        <v>1.28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B37" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="91">
+        <v>0.95</v>
+      </c>
+      <c r="D37" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="E37" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F37" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G37" s="91">
+        <v>0</v>
+      </c>
+      <c r="H37" s="259">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B38" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="91">
+        <v>0.94</v>
+      </c>
+      <c r="D38" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="E38" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F38" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G38" s="91">
+        <v>0</v>
+      </c>
+      <c r="H38" s="259">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B39" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="91">
+        <v>0.94</v>
+      </c>
+      <c r="D39" s="91">
+        <v>0.04</v>
+      </c>
+      <c r="E39" s="91">
+        <v>0</v>
+      </c>
+      <c r="F39" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G39" s="91">
+        <v>0</v>
+      </c>
+      <c r="H39" s="259">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B40" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="91">
+        <v>0.92</v>
+      </c>
+      <c r="D40" s="91">
+        <v>0.06</v>
+      </c>
+      <c r="E40" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F40" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G40" s="91">
+        <v>0</v>
+      </c>
+      <c r="H40" s="259">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B41" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" s="91">
+        <v>0.9</v>
+      </c>
+      <c r="D41" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E41" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F41" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G41" s="91">
+        <v>0</v>
+      </c>
+      <c r="H41" s="259">
+        <v>1.78</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B42" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C42" s="91">
+        <v>0.86</v>
+      </c>
+      <c r="D42" s="91">
+        <v>0.1</v>
+      </c>
+      <c r="E42" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="F42" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G42" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="H42" s="259">
+        <v>2.13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B43" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" s="91">
+        <v>0.86</v>
+      </c>
+      <c r="D43" s="91">
+        <v>0.1</v>
+      </c>
+      <c r="E43" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F43" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G43" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="H43" s="259">
+        <v>2.1800000000000002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B44" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="91">
+        <v>0.85</v>
+      </c>
+      <c r="D44" s="91">
+        <v>0.11</v>
+      </c>
+      <c r="E44" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="F44" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="G44" s="91">
+        <v>0</v>
+      </c>
+      <c r="H44" s="259">
+        <v>2.2599999999999998</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B45" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="91">
+        <v>0.85</v>
+      </c>
+      <c r="D45" s="91">
+        <v>0.1</v>
+      </c>
+      <c r="E45" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F45" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G45" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="H45" s="259">
+        <v>2.36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B46" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" s="91">
+        <v>0.86</v>
+      </c>
+      <c r="D46" s="91">
+        <v>0.1</v>
+      </c>
+      <c r="E46" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="F46" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G46" s="91">
+        <v>0</v>
+      </c>
+      <c r="H46" s="259">
+        <v>2.57</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B47" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" s="91">
+        <v>0.82</v>
+      </c>
+      <c r="D47" s="91">
+        <v>0.13</v>
+      </c>
+      <c r="E47" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F47" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="G47" s="91">
+        <v>0</v>
+      </c>
+      <c r="H47" s="259">
+        <v>2.68</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="57" t="s">
+        <v>357</v>
+      </c>
+      <c r="B48" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" s="91">
+        <v>0.81</v>
+      </c>
+      <c r="D48" s="91">
+        <v>0.15</v>
+      </c>
+      <c r="E48" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F48" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G48" s="91">
+        <v>0</v>
+      </c>
+      <c r="H48" s="259">
+        <v>2.63</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="57" t="s">
+        <v>357</v>
+      </c>
+      <c r="B49" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C49" s="91">
+        <v>0.75</v>
+      </c>
+      <c r="D49" s="91">
+        <v>0.21</v>
+      </c>
+      <c r="E49" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F49" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G49" s="91">
+        <v>0</v>
+      </c>
+      <c r="H49" s="259">
+        <v>2.88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="57" t="s">
+        <v>357</v>
+      </c>
+      <c r="B50" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C50" s="91">
+        <v>0.69</v>
+      </c>
+      <c r="D50" s="91">
+        <v>0.26</v>
+      </c>
+      <c r="E50" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F50" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="G50" s="91">
+        <v>0</v>
+      </c>
+      <c r="H50" s="259">
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="57" t="s">
+        <v>357</v>
+      </c>
+      <c r="B51" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C51" s="91">
+        <v>0.62</v>
+      </c>
+      <c r="D51" s="91">
+        <v>0.31</v>
+      </c>
+      <c r="E51" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="F51" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="G51" s="91">
+        <v>0.01</v>
+      </c>
+      <c r="H51" s="259">
+        <v>3.34</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="57" t="s">
         <v>358</v>
       </c>
-      <c r="B2" s="215"/>
-[...29 lines deleted...]
-      <c r="C4" s="75" t="s">
+      <c r="B52" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="91">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="D52" s="91">
+        <v>0.35</v>
+      </c>
+      <c r="E52" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="F52" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="G52" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="H52" s="259">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="57" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C53" s="91">
+        <v>0.45</v>
+      </c>
+      <c r="D53" s="91">
+        <v>0.44</v>
+      </c>
+      <c r="E53" s="91">
+        <v>0.04</v>
+      </c>
+      <c r="F53" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="G53" s="91">
+        <v>0.02</v>
+      </c>
+      <c r="H53" s="259">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="57" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C54" s="91">
+        <v>0.47</v>
+      </c>
+      <c r="D54" s="91">
+        <v>0.39</v>
+      </c>
+      <c r="E54" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="F54" s="91">
+        <v>0.06</v>
+      </c>
+      <c r="G54" s="91">
+        <v>0.03</v>
+      </c>
+      <c r="H54" s="259">
+        <v>3.98</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="57" t="s">
+        <v>358</v>
+      </c>
+      <c r="B55" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C55" s="91">
+        <v>0.42</v>
+      </c>
+      <c r="D55" s="91">
+        <v>0.41</v>
+      </c>
+      <c r="E55" s="91">
+        <v>0.06</v>
+      </c>
+      <c r="F55" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G55" s="91">
+        <v>0.04</v>
+      </c>
+      <c r="H55" s="259">
+        <v>4.2699999999999996</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="57" t="s">
         <v>359</v>
       </c>
-      <c r="D4" s="75" t="s">
+      <c r="B56" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C56" s="91">
+        <v>0.42</v>
+      </c>
+      <c r="D56" s="91">
+        <v>0.4</v>
+      </c>
+      <c r="E56" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="F56" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G56" s="91">
+        <v>0.05</v>
+      </c>
+      <c r="H56" s="259">
+        <v>4.29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="57" t="s">
+        <v>359</v>
+      </c>
+      <c r="B57" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C57" s="91">
+        <v>0.42</v>
+      </c>
+      <c r="D57" s="91">
+        <v>0.4</v>
+      </c>
+      <c r="E57" s="91">
+        <v>0.04</v>
+      </c>
+      <c r="F57" s="91">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G57" s="91">
+        <v>0.06</v>
+      </c>
+      <c r="H57" s="259">
+        <v>4.3899999999999997</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="57" t="s">
+        <v>359</v>
+      </c>
+      <c r="B58" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C58" s="59">
+        <v>0.42</v>
+      </c>
+      <c r="D58" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="E58" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="F58" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="G58" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="H58" s="259">
+        <v>4.43</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="57" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C59" s="59">
+        <v>0.41</v>
+      </c>
+      <c r="D59" s="59">
+        <v>0.38</v>
+      </c>
+      <c r="E59" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="F59" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="G59" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="H59" s="259">
+        <v>4.6399999999999997</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="57" t="s">
         <v>360</v>
       </c>
-      <c r="E4" s="75" t="s">
+      <c r="B60" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C60" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="D60" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="E60" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F60" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="G60" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H60" s="259">
+        <v>4.72</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="57" t="s">
+        <v>360</v>
+      </c>
+      <c r="B61" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C61" s="59">
+        <v>0.36</v>
+      </c>
+      <c r="D61" s="59">
+        <v>0.4</v>
+      </c>
+      <c r="E61" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F61" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G61" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="H61" s="259">
+        <v>4.9000000000000004</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="57" t="s">
+        <v>360</v>
+      </c>
+      <c r="B62" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C62" s="59">
+        <v>0.34</v>
+      </c>
+      <c r="D62" s="59">
+        <v>0.43</v>
+      </c>
+      <c r="E62" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F62" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G62" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="H62" s="259">
+        <v>5.0599999999999996</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="57" t="s">
+        <v>360</v>
+      </c>
+      <c r="B63" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C63" s="59">
+        <v>0.33</v>
+      </c>
+      <c r="D63" s="59">
+        <v>0.42</v>
+      </c>
+      <c r="E63" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F63" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G63" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H63" s="259">
+        <v>5.3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="57" t="s">
         <v>361</v>
       </c>
-      <c r="F4" s="75" t="s">
+      <c r="B64" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C64" s="59">
+        <v>0.32</v>
+      </c>
+      <c r="D64" s="59">
+        <v>0.45</v>
+      </c>
+      <c r="E64" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F64" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="G64" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H64" s="259">
+        <v>5.18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B65" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C65" s="59">
+        <v>0.3</v>
+      </c>
+      <c r="D65" s="59">
+        <v>0.43</v>
+      </c>
+      <c r="E65" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="F65" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G65" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H65" s="259">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B66" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C66" s="59">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="D66" s="59">
+        <v>0.43</v>
+      </c>
+      <c r="E66" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="F66" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G66" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H66" s="259">
+        <v>5.65</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B67" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C67" s="59">
+        <v>0.25</v>
+      </c>
+      <c r="D67" s="59">
+        <v>0.44</v>
+      </c>
+      <c r="E67" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="F67" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G67" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="H67" s="259">
+        <v>6.08</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="57" t="s">
         <v>362</v>
       </c>
-      <c r="G4" s="75" t="s">
+      <c r="B68" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C68" s="59">
+        <v>0.27</v>
+      </c>
+      <c r="D68" s="59">
+        <v>0.51</v>
+      </c>
+      <c r="E68" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="F68" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G68" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H68" s="259">
+        <v>5.55</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B69" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C69" s="59">
+        <v>0.23</v>
+      </c>
+      <c r="D69" s="59">
+        <v>0.47</v>
+      </c>
+      <c r="E69" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="F69" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="G69" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="H69" s="259">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C70" s="59">
+        <v>0.2</v>
+      </c>
+      <c r="D70" s="59">
+        <v>0.51</v>
+      </c>
+      <c r="E70" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F70" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G70" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H70" s="259">
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B71" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="59">
+        <v>0.16</v>
+      </c>
+      <c r="D71" s="59">
+        <v>0.5</v>
+      </c>
+      <c r="E71" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F71" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G71" s="59">
+        <v>0.15</v>
+      </c>
+      <c r="H71" s="259">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="57" t="s">
         <v>363</v>
       </c>
-      <c r="H4" s="75" t="s">
-[...65 lines deleted...]
-      <c r="D7" s="79">
+      <c r="B72" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C72" s="59">
+        <v>0.17</v>
+      </c>
+      <c r="D72" s="59">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E72" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="F72" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G72" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H72" s="259">
+        <v>6.56</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B73" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C73" s="59">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="D73" s="59">
+        <v>0.52</v>
+      </c>
+      <c r="E73" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="F73" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="G73" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="H73" s="259">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B74" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C74" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="D74" s="59">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E74" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="F74" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G74" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H74" s="259">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B75" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C75" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="D75" s="59">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E75" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="F75" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G75" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="H75" s="259">
+        <v>7.64</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="57" t="s">
+        <v>186</v>
+      </c>
+      <c r="B76" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C76" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="D76" s="59">
+        <v>0.65</v>
+      </c>
+      <c r="E76" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="F76" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="G76" s="59">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="E7" s="79">
-[...22 lines deleted...]
-      <c r="D8" s="79">
+      <c r="H76" s="259">
+        <v>7.03</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="57" t="s">
+        <v>186</v>
+      </c>
+      <c r="B77" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="D77" s="59">
+        <v>0.59</v>
+      </c>
+      <c r="E77" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="F77" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G77" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H77" s="259">
+        <v>7.62</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="57" t="s">
+        <v>186</v>
+      </c>
+      <c r="B78" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C78" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="D78" s="59">
+        <v>0.61</v>
+      </c>
+      <c r="E78" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="F78" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G78" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H78" s="259">
+        <v>7.66</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="57" t="s">
+        <v>186</v>
+      </c>
+      <c r="B79" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="D79" s="59">
+        <v>0.6</v>
+      </c>
+      <c r="E79" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="F79" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G79" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="H79" s="259">
+        <v>8.0399999999999991</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="57" t="s">
+        <v>173</v>
+      </c>
+      <c r="B80" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C80" s="59">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="E8" s="79">
-[...48 lines deleted...]
-      <c r="D10" s="79">
+      <c r="D80" s="59">
+        <v>0.67</v>
+      </c>
+      <c r="E80" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="F80" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="G80" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H80" s="259">
+        <v>7.46</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="57" t="s">
+        <v>173</v>
+      </c>
+      <c r="B81" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C81" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="D81" s="59">
+        <v>0.61</v>
+      </c>
+      <c r="E81" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="F81" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G81" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H81" s="259">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="57" t="s">
+        <v>173</v>
+      </c>
+      <c r="B82" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C82" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="D82" s="59">
+        <v>0.63</v>
+      </c>
+      <c r="E82" s="59">
+        <v>0.15</v>
+      </c>
+      <c r="F82" s="59">
         <v>0.09</v>
       </c>
-      <c r="E10" s="79">
-[...22 lines deleted...]
-      <c r="D11" s="79">
+      <c r="G82" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H82" s="259">
+        <v>7.99</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="57" t="s">
+        <v>173</v>
+      </c>
+      <c r="B83" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C83" s="59">
         <v>0.04</v>
       </c>
-      <c r="E11" s="79">
-[...22 lines deleted...]
-      <c r="D12" s="79">
+      <c r="D83" s="59">
+        <v>0.6</v>
+      </c>
+      <c r="E83" s="59">
+        <v>0.17</v>
+      </c>
+      <c r="F83" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G83" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H83" s="259">
+        <v>8.4499999999999993</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C84" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D84" s="59">
+        <v>0.65</v>
+      </c>
+      <c r="E84" s="59">
+        <v>0.18</v>
+      </c>
+      <c r="F84" s="59">
+        <v>0.08</v>
+      </c>
+      <c r="G84" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="H84" s="259">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C85" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="D85" s="59">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E85" s="59">
+        <v>0.19</v>
+      </c>
+      <c r="F85" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G85" s="59">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="E12" s="79">
-[...48 lines deleted...]
-      <c r="D14" s="79">
+      <c r="H85" s="259">
+        <v>8.34</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D86" s="59">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="E86" s="59">
+        <v>0.22</v>
+      </c>
+      <c r="F86" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G86" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="H86" s="259">
+        <v>8.43</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D87" s="59">
+        <v>0.5</v>
+      </c>
+      <c r="E87" s="59">
+        <v>0.24</v>
+      </c>
+      <c r="F87" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G87" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H87" s="259">
+        <v>9.18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="57" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C88" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D88" s="59">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E88" s="59">
+        <v>0.25</v>
+      </c>
+      <c r="F88" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="G88" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="H88" s="259">
+        <v>8.25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="57" t="s">
+        <v>175</v>
+      </c>
+      <c r="B89" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C89" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D89" s="59">
+        <v>0.52</v>
+      </c>
+      <c r="E89" s="59">
+        <v>0.26</v>
+      </c>
+      <c r="F89" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G89" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H89" s="259">
+        <v>8.73</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="57" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C90" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D90" s="59">
+        <v>0.53</v>
+      </c>
+      <c r="E90" s="59">
+        <v>0.27</v>
+      </c>
+      <c r="F90" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G90" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="H90" s="259">
+        <v>8.69</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="57" t="s">
+        <v>175</v>
+      </c>
+      <c r="B91" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C91" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D91" s="59">
+        <v>0.47</v>
+      </c>
+      <c r="E91" s="59">
+        <v>0.27</v>
+      </c>
+      <c r="F91" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="G91" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="H91" s="259">
+        <v>9.5399999999999991</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="57" t="s">
+        <v>176</v>
+      </c>
+      <c r="B92" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C92" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D92" s="59">
+        <v>0.53</v>
+      </c>
+      <c r="E92" s="59">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F92" s="59">
+        <v>0.1</v>
+      </c>
+      <c r="G92" s="59">
+        <v>0.05</v>
+      </c>
+      <c r="H92" s="259">
+        <v>8.67</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="57" t="s">
+        <v>176</v>
+      </c>
+      <c r="B93" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C93" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="D93" s="59">
+        <v>0.46</v>
+      </c>
+      <c r="E93" s="59">
+        <v>0.3</v>
+      </c>
+      <c r="F93" s="59">
+        <v>0.13</v>
+      </c>
+      <c r="G93" s="59">
         <v>0.08</v>
       </c>
-      <c r="E14" s="79">
-[...22 lines deleted...]
-      <c r="D15" s="79">
+      <c r="H93" s="259">
+        <v>9.33</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="57" t="s">
+        <v>176</v>
+      </c>
+      <c r="B94" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C94" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D94" s="59">
+        <v>0.45</v>
+      </c>
+      <c r="E94" s="59">
+        <v>0.33</v>
+      </c>
+      <c r="F94" s="59">
+        <v>0.12</v>
+      </c>
+      <c r="G94" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H94" s="259">
+        <v>9.42</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="57" t="s">
+        <v>176</v>
+      </c>
+      <c r="B95" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C95" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D95" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="E95" s="59">
+        <v>0.35</v>
+      </c>
+      <c r="F95" s="59">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G95" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H95" s="259">
+        <v>10.11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="B96" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C96" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D96" s="59">
+        <v>0.43</v>
+      </c>
+      <c r="E96" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="F96" s="59">
+        <v>0.11</v>
+      </c>
+      <c r="G96" s="59">
+        <v>0.04</v>
+      </c>
+      <c r="H96" s="259">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="B97" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C97" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D97" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="E97" s="59">
+        <v>0.38</v>
+      </c>
+      <c r="F97" s="59">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G97" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="H97" s="259">
+        <v>9.61</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="B98" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C98" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D98" s="59">
+        <v>0.37</v>
+      </c>
+      <c r="E98" s="59">
+        <v>0.39</v>
+      </c>
+      <c r="F98" s="59">
+        <v>0.15</v>
+      </c>
+      <c r="G98" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H98" s="259">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="B99" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C99" s="59">
+        <v>0.02</v>
+      </c>
+      <c r="D99" s="59">
+        <v>0.33</v>
+      </c>
+      <c r="E99" s="59">
+        <v>0.38</v>
+      </c>
+      <c r="F99" s="59">
+        <v>0.17</v>
+      </c>
+      <c r="G99" s="59">
+        <v>0.09</v>
+      </c>
+      <c r="H99" s="259">
+        <v>10.63</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="57" t="s">
+        <v>178</v>
+      </c>
+      <c r="B100" s="68" t="s">
+        <v>87</v>
+      </c>
+      <c r="C100" s="59">
+        <v>0.03</v>
+      </c>
+      <c r="D100" s="59">
+        <v>0.37</v>
+      </c>
+      <c r="E100" s="59">
+        <v>0.41</v>
+      </c>
+      <c r="F100" s="59">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G100" s="59">
         <v>0.05</v>
       </c>
-      <c r="E15" s="79">
-[...74 lines deleted...]
-      <c r="D18" s="79">
+      <c r="H100" s="259">
+        <v>9.82</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="57" t="s">
+        <v>178</v>
+      </c>
+      <c r="B101" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C101" s="59">
         <v>0.04</v>
       </c>
-      <c r="E18" s="79">
-[...48 lines deleted...]
-      <c r="D20" s="79">
+      <c r="D101" s="59">
+        <v>0.35</v>
+      </c>
+      <c r="E101" s="59">
+        <v>0.38</v>
+      </c>
+      <c r="F101" s="59">
+        <v>0.16</v>
+      </c>
+      <c r="G101" s="59">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H101" s="259">
+        <v>9.89</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="57" t="s">
+        <v>178</v>
+      </c>
+      <c r="B102" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C102" s="59">
         <v>0.04</v>
       </c>
-      <c r="E20" s="79">
+      <c r="D102" s="59">
+        <v>0.32</v>
+      </c>
+      <c r="E102" s="59">
+        <v>0.37</v>
+      </c>
+      <c r="F102" s="59">
+        <v>0.21</v>
+      </c>
+      <c r="G102" s="59">
+        <v>0.06</v>
+      </c>
+      <c r="H102" s="259">
+        <v>10.24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="57" t="s">
+        <v>178</v>
+      </c>
+      <c r="B103" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="C103" s="59">
         <v>0.04</v>
       </c>
-      <c r="F20" s="79">
-[...48 lines deleted...]
-      <c r="E22" s="79">
+      <c r="D103" s="59">
+        <v>0.3</v>
+      </c>
+      <c r="E103" s="59">
+        <v>0.38</v>
+      </c>
+      <c r="F103" s="59">
+        <v>0.26</v>
+      </c>
+      <c r="G103" s="59">
         <v>0.02</v>
       </c>
-      <c r="F22" s="79">
-[...2111 lines deleted...]
-      <c r="H103" s="219">
+      <c r="H103" s="259">
         <v>11.08</v>
       </c>
     </row>
-    <row r="126" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-[...88 lines deleted...]
-      <c r="A138" s="66"/>
+    <row r="104" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="28"/>
+      <c r="B104" s="28"/>
+      <c r="C104" s="28"/>
+      <c r="D104" s="28"/>
+      <c r="E104" s="28"/>
+      <c r="F104" s="28"/>
+      <c r="G104" s="28"/>
+      <c r="H104" s="28"/>
+    </row>
+    <row r="105" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="28"/>
+      <c r="B105" s="28"/>
+      <c r="C105" s="28"/>
+      <c r="D105" s="28"/>
+      <c r="E105" s="28"/>
+      <c r="F105" s="28"/>
+      <c r="G105" s="28"/>
+      <c r="H105" s="28"/>
+    </row>
+    <row r="106" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A106" s="28"/>
+      <c r="B106" s="28"/>
+      <c r="C106" s="28"/>
+      <c r="D106" s="28"/>
+      <c r="E106" s="28"/>
+      <c r="F106" s="28"/>
+      <c r="G106" s="28"/>
+      <c r="H106" s="28"/>
+    </row>
+    <row r="107" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A107" s="28"/>
+      <c r="B107" s="28"/>
+      <c r="C107" s="28"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="28"/>
+      <c r="F107" s="28"/>
+      <c r="G107" s="28"/>
+      <c r="H107" s="28"/>
+    </row>
+    <row r="108" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="28"/>
+      <c r="B108" s="28"/>
+      <c r="C108" s="28"/>
+      <c r="D108" s="28"/>
+      <c r="E108" s="28"/>
+      <c r="F108" s="28"/>
+      <c r="G108" s="28"/>
+      <c r="H108" s="28"/>
+    </row>
+    <row r="109" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A109" s="28"/>
+      <c r="B109" s="28"/>
+      <c r="C109" s="28"/>
+      <c r="D109" s="28"/>
+      <c r="E109" s="28"/>
+      <c r="F109" s="28"/>
+      <c r="G109" s="28"/>
+      <c r="H109" s="28"/>
+    </row>
+    <row r="110" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A110" s="28"/>
+      <c r="B110" s="28"/>
+      <c r="C110" s="28"/>
+      <c r="D110" s="28"/>
+      <c r="E110" s="28"/>
+      <c r="F110" s="28"/>
+      <c r="G110" s="28"/>
+      <c r="H110" s="28"/>
+    </row>
+    <row r="111" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A111" s="28"/>
+      <c r="B111" s="28"/>
+      <c r="C111" s="28"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="28"/>
+      <c r="F111" s="28"/>
+      <c r="G111" s="28"/>
+      <c r="H111" s="28"/>
+    </row>
+    <row r="112" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A112" s="28"/>
+      <c r="B112" s="28"/>
+      <c r="C112" s="28"/>
+      <c r="D112" s="28"/>
+      <c r="E112" s="28"/>
+      <c r="F112" s="28"/>
+      <c r="G112" s="28"/>
+      <c r="H112" s="28"/>
+    </row>
+    <row r="113" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A113" s="28"/>
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="28"/>
+      <c r="E113" s="28"/>
+      <c r="F113" s="28"/>
+      <c r="G113" s="28"/>
+      <c r="H113" s="28"/>
+    </row>
+    <row r="114" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A114" s="28"/>
+      <c r="B114" s="28"/>
+      <c r="C114" s="28"/>
+      <c r="D114" s="28"/>
+      <c r="E114" s="28"/>
+      <c r="F114" s="28"/>
+      <c r="G114" s="28"/>
+      <c r="H114" s="28"/>
+    </row>
+    <row r="115" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="28"/>
+      <c r="B115" s="28"/>
+      <c r="C115" s="28"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="28"/>
+      <c r="G115" s="28"/>
+      <c r="H115" s="28"/>
+    </row>
+    <row r="116" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A116" s="28"/>
+      <c r="B116" s="28"/>
+      <c r="C116" s="28"/>
+      <c r="D116" s="28"/>
+      <c r="E116" s="28"/>
+      <c r="F116" s="28"/>
+      <c r="G116" s="28"/>
+      <c r="H116" s="28"/>
+    </row>
+    <row r="117" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A117" s="28"/>
+      <c r="B117" s="28"/>
+      <c r="C117" s="28"/>
+      <c r="D117" s="28"/>
+      <c r="E117" s="28"/>
+      <c r="F117" s="28"/>
+      <c r="G117" s="28"/>
+      <c r="H117" s="28"/>
+    </row>
+    <row r="118" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A118" s="28"/>
+      <c r="B118" s="28"/>
+      <c r="C118" s="28"/>
+      <c r="D118" s="28"/>
+      <c r="E118" s="28"/>
+      <c r="F118" s="28"/>
+      <c r="G118" s="28"/>
+      <c r="H118" s="28"/>
+    </row>
+    <row r="119" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A119" s="28"/>
+      <c r="B119" s="28"/>
+      <c r="C119" s="28"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="28"/>
+      <c r="G119" s="28"/>
+      <c r="H119" s="28"/>
+    </row>
+    <row r="120" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A120" s="28"/>
+      <c r="B120" s="28"/>
+      <c r="C120" s="28"/>
+      <c r="D120" s="28"/>
+      <c r="E120" s="28"/>
+      <c r="F120" s="28"/>
+      <c r="G120" s="28"/>
+      <c r="H120" s="28"/>
+    </row>
+    <row r="121" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A121" s="28"/>
+      <c r="B121" s="28"/>
+      <c r="C121" s="28"/>
+      <c r="D121" s="28"/>
+      <c r="E121" s="28"/>
+      <c r="F121" s="28"/>
+      <c r="G121" s="28"/>
+      <c r="H121" s="28"/>
+    </row>
+    <row r="122" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A122" s="28"/>
+      <c r="B122" s="28"/>
+      <c r="C122" s="28"/>
+      <c r="D122" s="28"/>
+      <c r="E122" s="28"/>
+      <c r="F122" s="28"/>
+      <c r="G122" s="28"/>
+      <c r="H122" s="28"/>
+    </row>
+    <row r="123" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A123" s="28"/>
+      <c r="B123" s="28"/>
+      <c r="C123" s="28"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="28"/>
+      <c r="G123" s="28"/>
+      <c r="H123" s="28"/>
+    </row>
+    <row r="124" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A124" s="28"/>
+      <c r="B124" s="28"/>
+      <c r="C124" s="28"/>
+      <c r="D124" s="28"/>
+      <c r="E124" s="28"/>
+      <c r="F124" s="28"/>
+      <c r="G124" s="28"/>
+      <c r="H124" s="28"/>
+    </row>
+    <row r="125" spans="1:8" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A125" s="28"/>
+      <c r="B125" s="28"/>
+      <c r="C125" s="28"/>
+      <c r="D125" s="28"/>
+      <c r="E125" s="28"/>
+      <c r="F125" s="28"/>
+      <c r="G125" s="28"/>
+      <c r="H125" s="28"/>
+    </row>
+    <row r="126" spans="1:8" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="237" t="s">
+        <v>373</v>
+      </c>
+      <c r="B126" s="237"/>
+      <c r="C126" s="237"/>
+      <c r="D126" s="237"/>
+      <c r="E126" s="237"/>
+      <c r="F126" s="237"/>
+      <c r="G126" s="237"/>
+      <c r="H126" s="237"/>
+    </row>
+    <row r="127" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="236" t="s">
+        <v>374</v>
+      </c>
+      <c r="B127" s="236"/>
+      <c r="C127" s="236"/>
+      <c r="D127" s="236"/>
+      <c r="E127" s="236"/>
+      <c r="F127" s="236"/>
+      <c r="G127" s="236"/>
+      <c r="H127" s="236"/>
+    </row>
+    <row r="128" spans="1:8" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="236"/>
+      <c r="B128" s="236"/>
+      <c r="C128" s="236"/>
+      <c r="D128" s="236"/>
+      <c r="E128" s="236"/>
+      <c r="F128" s="236"/>
+      <c r="G128" s="236"/>
+      <c r="H128" s="236"/>
+    </row>
+    <row r="129" spans="1:8" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B129" s="237"/>
+      <c r="C129" s="237"/>
+      <c r="D129" s="237"/>
+      <c r="E129" s="237"/>
+      <c r="F129" s="237"/>
+      <c r="G129" s="237"/>
+      <c r="H129" s="237"/>
+    </row>
+    <row r="130" spans="1:8" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="236" t="s">
+        <v>375</v>
+      </c>
+      <c r="B130" s="236"/>
+      <c r="C130" s="236"/>
+      <c r="D130" s="236"/>
+      <c r="E130" s="236"/>
+      <c r="F130" s="236"/>
+      <c r="G130" s="236"/>
+      <c r="H130" s="236"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="7">
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A128:H128"/>
     <mergeCell ref="A130:H130"/>
-    <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A126:H126"/>
     <mergeCell ref="A127:H127"/>
     <mergeCell ref="A129:H129"/>
   </mergeCells>
-  <phoneticPr fontId="44" type="noConversion"/>
+  <phoneticPr fontId="42" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{44F366A0-E4C1-416F-81DE-5F95160CB932}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{935321F3-D69D-4991-80A4-843ABB95B536}">
-  <dimension ref="A1:U138"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67EC9FA8-3D1C-4599-ACBC-8628E93DA7BB}">
+  <dimension ref="A1:L57"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.88671875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.3">
-[...25 lines deleted...]
-      <c r="A3" s="180" t="s">
+    <row r="1" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+    </row>
+    <row r="2" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="186" t="s">
+        <v>376</v>
+      </c>
+      <c r="B2" s="186"/>
+      <c r="C2" s="186"/>
+      <c r="D2" s="186"/>
+      <c r="E2" s="186"/>
+      <c r="F2" s="186"/>
+      <c r="G2" s="186"/>
+      <c r="H2" s="186"/>
+      <c r="I2" s="186"/>
+      <c r="J2" s="186"/>
+      <c r="K2" s="186"/>
+      <c r="L2" s="186"/>
+    </row>
+    <row r="3" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+      <c r="K3" s="187"/>
+      <c r="L3" s="187"/>
+    </row>
+    <row r="4" spans="1:12" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="L4" s="15" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="50" t="s">
+        <v>173</v>
+      </c>
+      <c r="B5" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="127">
+        <v>1685</v>
+      </c>
+      <c r="D5" s="127">
+        <v>631</v>
+      </c>
+      <c r="E5" s="127">
+        <v>1155</v>
+      </c>
+      <c r="F5" s="127">
+        <v>530</v>
+      </c>
+      <c r="G5" s="127">
+        <v>655</v>
+      </c>
+      <c r="H5" s="127">
+        <v>304</v>
+      </c>
+      <c r="I5" s="127">
+        <v>252</v>
+      </c>
+      <c r="J5" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K5" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L5" s="258">
+        <v>154266</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="50" t="s">
+        <v>173</v>
+      </c>
+      <c r="B6" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="127">
+        <v>2827</v>
+      </c>
+      <c r="D6" s="127">
+        <v>816</v>
+      </c>
+      <c r="E6" s="127">
+        <v>1425</v>
+      </c>
+      <c r="F6" s="127">
+        <v>806</v>
+      </c>
+      <c r="G6" s="127">
+        <v>1217</v>
+      </c>
+      <c r="H6" s="127">
+        <v>366</v>
+      </c>
+      <c r="I6" s="127">
+        <v>269</v>
+      </c>
+      <c r="J6" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K6" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L6" s="258">
+        <v>231868</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="50" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="127">
+        <v>4106</v>
+      </c>
+      <c r="D7" s="127">
+        <v>879</v>
+      </c>
+      <c r="E7" s="127">
+        <v>1632</v>
+      </c>
+      <c r="F7" s="127">
+        <v>798</v>
+      </c>
+      <c r="G7" s="127">
+        <v>1694</v>
+      </c>
+      <c r="H7" s="127">
+        <v>368</v>
+      </c>
+      <c r="I7" s="127">
+        <v>345</v>
+      </c>
+      <c r="J7" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K7" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L7" s="258">
+        <v>276419</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="50" t="s">
+        <v>173</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="127">
+        <v>5115</v>
+      </c>
+      <c r="D8" s="127">
+        <v>972</v>
+      </c>
+      <c r="E8" s="127">
+        <v>1484</v>
+      </c>
+      <c r="F8" s="127">
+        <v>960</v>
+      </c>
+      <c r="G8" s="127">
+        <v>698</v>
+      </c>
+      <c r="H8" s="127">
+        <v>325</v>
+      </c>
+      <c r="I8" s="127">
+        <v>219</v>
+      </c>
+      <c r="J8" s="127">
+        <v>27</v>
+      </c>
+      <c r="K8" s="257">
+        <v>32590</v>
+      </c>
+      <c r="L8" s="258">
+        <v>312285</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="50" t="s">
+        <v>174</v>
+      </c>
+      <c r="B9" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="127">
+        <v>5541</v>
+      </c>
+      <c r="D9" s="127">
+        <v>793</v>
+      </c>
+      <c r="E9" s="127">
+        <v>1344</v>
+      </c>
+      <c r="F9" s="127">
+        <v>655</v>
+      </c>
+      <c r="G9" s="127">
+        <v>1013</v>
+      </c>
+      <c r="H9" s="127">
         <v>209</v>
       </c>
-      <c r="B3" s="180"/>
-[...14 lines deleted...]
-      <c r="B4" s="17" t="s">
+      <c r="I9" s="127">
+        <v>197</v>
+      </c>
+      <c r="J9" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K9" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" s="258">
+        <v>276880</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="50" t="s">
+        <v>174</v>
+      </c>
+      <c r="B10" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="127">
+        <v>8078</v>
+      </c>
+      <c r="D10" s="127">
+        <v>971</v>
+      </c>
+      <c r="E10" s="127">
+        <v>1946</v>
+      </c>
+      <c r="F10" s="127">
+        <v>1045</v>
+      </c>
+      <c r="G10" s="127">
+        <v>1290</v>
+      </c>
+      <c r="H10" s="127">
+        <v>300</v>
+      </c>
+      <c r="I10" s="127">
+        <v>316</v>
+      </c>
+      <c r="J10" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K10" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L10" s="258">
+        <v>424060</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="50" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="127">
+        <v>10641</v>
+      </c>
+      <c r="D11" s="127">
+        <v>1021</v>
+      </c>
+      <c r="E11" s="127">
+        <v>2238</v>
+      </c>
+      <c r="F11" s="127">
+        <v>1101</v>
+      </c>
+      <c r="G11" s="127">
+        <v>1517</v>
+      </c>
+      <c r="H11" s="127">
+        <v>249</v>
+      </c>
+      <c r="I11" s="127">
+        <v>424</v>
+      </c>
+      <c r="J11" s="127">
+        <v>81</v>
+      </c>
+      <c r="K11" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" s="258">
+        <v>492222</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="50" t="s">
+        <v>174</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="127">
+        <v>12560</v>
+      </c>
+      <c r="D12" s="127">
+        <v>1006</v>
+      </c>
+      <c r="E12" s="127">
+        <v>2277</v>
+      </c>
+      <c r="F12" s="127">
+        <v>1133</v>
+      </c>
+      <c r="G12" s="127">
+        <v>953</v>
+      </c>
+      <c r="H12" s="127">
+        <v>432</v>
+      </c>
+      <c r="I12" s="127">
+        <v>432</v>
+      </c>
+      <c r="J12" s="127">
+        <v>43</v>
+      </c>
+      <c r="K12" s="257">
+        <v>59826</v>
+      </c>
+      <c r="L12" s="258">
+        <v>598573</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B13" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="127">
+        <v>11808</v>
+      </c>
+      <c r="D13" s="127">
+        <v>744</v>
+      </c>
+      <c r="E13" s="127">
+        <v>1832</v>
+      </c>
+      <c r="F13" s="127">
+        <v>919</v>
+      </c>
+      <c r="G13" s="127">
+        <v>617</v>
+      </c>
+      <c r="H13" s="127">
+        <v>394</v>
+      </c>
+      <c r="I13" s="127">
+        <v>420</v>
+      </c>
+      <c r="J13" s="127">
+        <v>50</v>
+      </c>
+      <c r="K13" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" s="257">
+        <v>488699</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="127">
+        <v>11780</v>
+      </c>
+      <c r="D14" s="127">
+        <v>1592</v>
+      </c>
+      <c r="E14" s="127">
+        <v>2184</v>
+      </c>
+      <c r="F14" s="127">
+        <v>1226</v>
+      </c>
+      <c r="G14" s="127">
+        <v>1150</v>
+      </c>
+      <c r="H14" s="127">
+        <v>423</v>
+      </c>
+      <c r="I14" s="127">
+        <v>570</v>
+      </c>
+      <c r="J14" s="127">
         <v>70</v>
       </c>
-      <c r="C4" s="23" t="s">
-[...1783 lines deleted...]
-      <c r="K46" s="218">
+      <c r="K14" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L14" s="258">
+        <v>528613</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B15" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="127">
+        <v>12397</v>
+      </c>
+      <c r="D15" s="127">
+        <v>5182</v>
+      </c>
+      <c r="E15" s="127">
+        <v>2284</v>
+      </c>
+      <c r="F15" s="127">
+        <v>1436</v>
+      </c>
+      <c r="G15" s="127">
+        <v>1169</v>
+      </c>
+      <c r="H15" s="127">
+        <v>589</v>
+      </c>
+      <c r="I15" s="127">
+        <v>545</v>
+      </c>
+      <c r="J15" s="127">
+        <v>28</v>
+      </c>
+      <c r="K15" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15" s="258">
+        <v>608932</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="127">
+        <v>12428</v>
+      </c>
+      <c r="D16" s="127">
+        <v>9765</v>
+      </c>
+      <c r="E16" s="127">
+        <v>2126</v>
+      </c>
+      <c r="F16" s="127">
+        <v>1563</v>
+      </c>
+      <c r="G16" s="127">
+        <v>862</v>
+      </c>
+      <c r="H16" s="127">
+        <v>543</v>
+      </c>
+      <c r="I16" s="127">
+        <v>519</v>
+      </c>
+      <c r="J16" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K16" s="257">
+        <v>87225</v>
+      </c>
+      <c r="L16" s="258">
+        <v>680335</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B17" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="127">
+        <v>9876</v>
+      </c>
+      <c r="D17" s="127">
+        <v>11811</v>
+      </c>
+      <c r="E17" s="127">
+        <v>1890</v>
+      </c>
+      <c r="F17" s="127">
+        <v>1342</v>
+      </c>
+      <c r="G17" s="127">
+        <v>996</v>
+      </c>
+      <c r="H17" s="127">
+        <v>437</v>
+      </c>
+      <c r="I17" s="127">
+        <v>363</v>
+      </c>
+      <c r="J17" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K17" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L17" s="258">
+        <v>613991</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B18" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="127">
+        <v>8444</v>
+      </c>
+      <c r="D18" s="127">
+        <v>19866</v>
+      </c>
+      <c r="E18" s="127">
+        <v>2345</v>
+      </c>
+      <c r="F18" s="127">
+        <v>1587</v>
+      </c>
+      <c r="G18" s="127">
+        <v>1126</v>
+      </c>
+      <c r="H18" s="127">
+        <v>562</v>
+      </c>
+      <c r="I18" s="127">
+        <v>404</v>
+      </c>
+      <c r="J18" s="127">
+        <v>12</v>
+      </c>
+      <c r="K18" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L18" s="258">
+        <v>771246</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B19" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="127">
+        <v>9019</v>
+      </c>
+      <c r="D19" s="127">
+        <v>20782</v>
+      </c>
+      <c r="E19" s="127">
+        <v>2843</v>
+      </c>
+      <c r="F19" s="127">
+        <v>1864</v>
+      </c>
+      <c r="G19" s="127">
+        <v>1353</v>
+      </c>
+      <c r="H19" s="127">
+        <v>581</v>
+      </c>
+      <c r="I19" s="127">
+        <v>341</v>
+      </c>
+      <c r="J19" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K19" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L19" s="258">
+        <v>920022</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B20" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="127">
+        <v>10609</v>
+      </c>
+      <c r="D20" s="127">
+        <v>16630</v>
+      </c>
+      <c r="E20" s="127">
+        <v>3138</v>
+      </c>
+      <c r="F20" s="127">
+        <v>1599</v>
+      </c>
+      <c r="G20" s="127">
+        <v>1223</v>
+      </c>
+      <c r="H20" s="127">
+        <v>532</v>
+      </c>
+      <c r="I20" s="127">
+        <v>301</v>
+      </c>
+      <c r="J20" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K20" s="257">
+        <v>131906</v>
+      </c>
+      <c r="L20" s="258">
+        <v>820206</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="B21" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="127">
+        <v>10839</v>
+      </c>
+      <c r="D21" s="127">
+        <v>11448</v>
+      </c>
+      <c r="E21" s="127">
+        <v>2191</v>
+      </c>
+      <c r="F21" s="127">
+        <v>1605</v>
+      </c>
+      <c r="G21" s="127">
+        <v>937</v>
+      </c>
+      <c r="H21" s="127">
+        <v>421</v>
+      </c>
+      <c r="I21" s="127">
+        <v>295</v>
+      </c>
+      <c r="J21" s="127">
+        <v>14</v>
+      </c>
+      <c r="K21" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L21" s="258">
+        <v>746547</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="127">
+        <v>12495</v>
+      </c>
+      <c r="D22" s="127">
+        <v>14377</v>
+      </c>
+      <c r="E22" s="127">
+        <v>2527</v>
+      </c>
+      <c r="F22" s="127">
+        <v>2021</v>
+      </c>
+      <c r="G22" s="127">
+        <v>1311</v>
+      </c>
+      <c r="H22" s="127">
+        <v>516</v>
+      </c>
+      <c r="I22" s="127">
+        <v>421</v>
+      </c>
+      <c r="J22" s="127">
+        <v>12</v>
+      </c>
+      <c r="K22" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L22" s="258">
+        <v>744874</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="127">
+        <v>12947</v>
+      </c>
+      <c r="D23" s="127">
+        <v>6589</v>
+      </c>
+      <c r="E23" s="127">
+        <v>2886</v>
+      </c>
+      <c r="F23" s="127">
+        <v>2043</v>
+      </c>
+      <c r="G23" s="127">
+        <v>1231</v>
+      </c>
+      <c r="H23" s="127">
+        <v>723</v>
+      </c>
+      <c r="I23" s="127">
+        <v>399</v>
+      </c>
+      <c r="J23" s="127">
+        <v>11</v>
+      </c>
+      <c r="K23" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L23" s="258">
+        <v>702425</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="127">
+        <v>13375</v>
+      </c>
+      <c r="D24" s="127">
+        <v>3014</v>
+      </c>
+      <c r="E24" s="127">
+        <v>2258</v>
+      </c>
+      <c r="F24" s="127">
+        <v>1846</v>
+      </c>
+      <c r="G24" s="127">
+        <v>1029</v>
+      </c>
+      <c r="H24" s="127">
+        <v>647</v>
+      </c>
+      <c r="I24" s="127">
+        <v>382</v>
+      </c>
+      <c r="J24" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K24" s="257">
+        <v>110819</v>
+      </c>
+      <c r="L24" s="258">
+        <v>519570</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="50" t="s">
         <v>178</v>
       </c>
-      <c r="L46"/>
-[...2056 lines deleted...]
-      <c r="A129" s="203" t="s">
+      <c r="B25" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="127">
+        <v>11462</v>
+      </c>
+      <c r="D25" s="127">
+        <v>2230</v>
+      </c>
+      <c r="E25" s="127">
+        <v>1954</v>
+      </c>
+      <c r="F25" s="127">
+        <v>1480</v>
+      </c>
+      <c r="G25" s="127">
+        <v>817</v>
+      </c>
+      <c r="H25" s="127">
+        <v>488</v>
+      </c>
+      <c r="I25" s="127">
+        <v>314</v>
+      </c>
+      <c r="J25" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K25" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L25" s="258">
+        <v>376251</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" s="51" t="s">
         <v>89</v>
       </c>
-      <c r="B129" s="203"/>
-[...65 lines deleted...]
-      <c r="A138" s="66"/>
+      <c r="C26" s="127">
+        <v>13042</v>
+      </c>
+      <c r="D26" s="127">
+        <v>3650</v>
+      </c>
+      <c r="E26" s="127">
+        <v>2558</v>
+      </c>
+      <c r="F26" s="127">
+        <v>2070</v>
+      </c>
+      <c r="G26" s="127">
+        <v>1070</v>
+      </c>
+      <c r="H26" s="127">
+        <v>638</v>
+      </c>
+      <c r="I26" s="127">
+        <v>354</v>
+      </c>
+      <c r="J26" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K26" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L26" s="258">
+        <v>424195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="127">
+        <v>14143</v>
+      </c>
+      <c r="D27" s="127">
+        <v>3821</v>
+      </c>
+      <c r="E27" s="127">
+        <v>3355</v>
+      </c>
+      <c r="F27" s="127">
+        <v>2118</v>
+      </c>
+      <c r="G27" s="127">
+        <v>945</v>
+      </c>
+      <c r="H27" s="127">
+        <v>547</v>
+      </c>
+      <c r="I27" s="127">
+        <v>384</v>
+      </c>
+      <c r="J27" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K27" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="L27" s="258">
+        <v>485966</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="127">
+        <v>13185</v>
+      </c>
+      <c r="D28" s="127">
+        <v>3013</v>
+      </c>
+      <c r="E28" s="127">
+        <v>3148</v>
+      </c>
+      <c r="F28" s="127">
+        <v>1973</v>
+      </c>
+      <c r="G28" s="127">
+        <v>996</v>
+      </c>
+      <c r="H28" s="127">
+        <v>439</v>
+      </c>
+      <c r="I28" s="127">
+        <v>374</v>
+      </c>
+      <c r="J28" s="127" t="s">
+        <v>381</v>
+      </c>
+      <c r="K28" s="257">
+        <v>90609</v>
+      </c>
+      <c r="L28" s="258">
+        <v>465202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="28"/>
+      <c r="B29" s="28"/>
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="28"/>
+      <c r="G29" s="28"/>
+      <c r="H29" s="28"/>
+      <c r="I29" s="28"/>
+      <c r="J29" s="28"/>
+      <c r="K29" s="28"/>
+      <c r="L29" s="28"/>
+    </row>
+    <row r="30" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="28"/>
+      <c r="B30" s="28"/>
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="28"/>
+      <c r="G30" s="28"/>
+      <c r="H30" s="28"/>
+      <c r="I30" s="28"/>
+      <c r="J30" s="28"/>
+      <c r="K30" s="28"/>
+      <c r="L30" s="28"/>
+    </row>
+    <row r="31" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="28"/>
+      <c r="B31" s="28"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="28"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="28"/>
+      <c r="I31" s="28"/>
+      <c r="J31" s="28"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="28"/>
+    </row>
+    <row r="32" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="28"/>
+      <c r="D32" s="28"/>
+      <c r="E32" s="28"/>
+      <c r="F32" s="28"/>
+      <c r="G32" s="28"/>
+      <c r="H32" s="28"/>
+      <c r="I32" s="28"/>
+      <c r="J32" s="28"/>
+      <c r="K32" s="28"/>
+      <c r="L32" s="28"/>
+    </row>
+    <row r="33" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="28"/>
+      <c r="B33" s="28"/>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="28"/>
+      <c r="I33" s="28"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+    </row>
+    <row r="34" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="28"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="28"/>
+      <c r="I34" s="28"/>
+      <c r="J34" s="28"/>
+      <c r="K34" s="28"/>
+      <c r="L34" s="28"/>
+    </row>
+    <row r="35" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="28"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="28"/>
+      <c r="H35" s="28"/>
+      <c r="I35" s="28"/>
+      <c r="J35" s="28"/>
+      <c r="K35" s="28"/>
+      <c r="L35" s="28"/>
+    </row>
+    <row r="36" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="28"/>
+      <c r="B36" s="28"/>
+      <c r="C36" s="28"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="28"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="28"/>
+      <c r="I36" s="28"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="28"/>
+    </row>
+    <row r="37" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="28"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="28"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="28"/>
+      <c r="I37" s="28"/>
+      <c r="J37" s="28"/>
+      <c r="K37" s="28"/>
+      <c r="L37" s="28"/>
+    </row>
+    <row r="38" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="28"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+    </row>
+    <row r="39" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="28"/>
+      <c r="B39" s="28"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+    </row>
+    <row r="40" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="28"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="28"/>
+      <c r="I40" s="28"/>
+      <c r="J40" s="28"/>
+      <c r="K40" s="28"/>
+      <c r="L40" s="28"/>
+    </row>
+    <row r="41" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="28"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+      <c r="I41" s="28"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+    </row>
+    <row r="42" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="28"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+      <c r="I42" s="28"/>
+      <c r="J42" s="28"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+    </row>
+    <row r="43" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="28"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="28"/>
+      <c r="G43" s="28"/>
+      <c r="H43" s="28"/>
+      <c r="I43" s="28"/>
+      <c r="J43" s="28"/>
+      <c r="K43" s="28"/>
+      <c r="L43" s="28"/>
+    </row>
+    <row r="44" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="28"/>
+      <c r="B44" s="28"/>
+      <c r="C44" s="28"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="28"/>
+      <c r="H44" s="28"/>
+      <c r="I44" s="28"/>
+      <c r="J44" s="28"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="28"/>
+    </row>
+    <row r="45" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="28"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="28"/>
+      <c r="I45" s="28"/>
+      <c r="J45" s="28"/>
+      <c r="K45" s="28"/>
+      <c r="L45" s="28"/>
+    </row>
+    <row r="46" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="28"/>
+      <c r="B46" s="28"/>
+      <c r="C46" s="28"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="28"/>
+      <c r="F46" s="28"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="28"/>
+      <c r="I46" s="28"/>
+      <c r="J46" s="28"/>
+      <c r="K46" s="28"/>
+      <c r="L46" s="28"/>
+    </row>
+    <row r="47" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="28"/>
+      <c r="B47" s="28"/>
+      <c r="C47" s="28"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="28"/>
+      <c r="G47" s="28"/>
+      <c r="H47" s="28"/>
+      <c r="I47" s="28"/>
+      <c r="J47" s="28"/>
+      <c r="K47" s="28"/>
+      <c r="L47" s="28"/>
+    </row>
+    <row r="48" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="28"/>
+      <c r="B48" s="28"/>
+      <c r="C48" s="28"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="28"/>
+      <c r="F48" s="28"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="28"/>
+    </row>
+    <row r="49" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="28"/>
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+      <c r="G49" s="28"/>
+      <c r="H49" s="28"/>
+      <c r="I49" s="28"/>
+      <c r="J49" s="28"/>
+      <c r="K49" s="28"/>
+      <c r="L49" s="28"/>
+    </row>
+    <row r="50" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="28"/>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="28"/>
+      <c r="H50" s="28"/>
+      <c r="I50" s="28"/>
+      <c r="J50" s="28"/>
+      <c r="K50" s="28"/>
+      <c r="L50" s="28"/>
+    </row>
+    <row r="51" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="28"/>
+      <c r="B51" s="28"/>
+      <c r="C51" s="28"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="28"/>
+      <c r="G51" s="28"/>
+      <c r="H51" s="28"/>
+      <c r="I51" s="28"/>
+      <c r="J51" s="28"/>
+      <c r="K51" s="28"/>
+      <c r="L51" s="28"/>
+    </row>
+    <row r="52" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="28"/>
+      <c r="B52" s="28"/>
+      <c r="C52" s="28"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="28"/>
+      <c r="F52" s="28"/>
+      <c r="G52" s="28"/>
+      <c r="H52" s="28"/>
+      <c r="I52" s="28"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="L52" s="28"/>
+    </row>
+    <row r="53" spans="1:12" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A53" s="247" t="s">
+        <v>382</v>
+      </c>
+      <c r="B53" s="247"/>
+      <c r="C53" s="247"/>
+      <c r="D53" s="247"/>
+      <c r="E53" s="247"/>
+      <c r="F53" s="247"/>
+      <c r="G53" s="247"/>
+      <c r="H53" s="247"/>
+      <c r="I53" s="247"/>
+      <c r="J53" s="247"/>
+      <c r="K53" s="247"/>
+      <c r="L53" s="247"/>
+    </row>
+    <row r="54" spans="1:12" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A54" s="246" t="s">
+        <v>383</v>
+      </c>
+      <c r="B54" s="246"/>
+      <c r="C54" s="246"/>
+      <c r="D54" s="246"/>
+      <c r="E54" s="246"/>
+      <c r="F54" s="246"/>
+      <c r="G54" s="246"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="246"/>
+      <c r="J54" s="246"/>
+      <c r="K54" s="246"/>
+      <c r="L54" s="246"/>
+    </row>
+    <row r="55" spans="1:12" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="46"/>
+      <c r="I55" s="46"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+      <c r="L55" s="46"/>
+    </row>
+    <row r="56" spans="1:12" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A56" s="247" t="s">
+        <v>95</v>
+      </c>
+      <c r="B56" s="247"/>
+      <c r="C56" s="247"/>
+      <c r="D56" s="247"/>
+      <c r="E56" s="247"/>
+      <c r="F56" s="247"/>
+      <c r="G56" s="247"/>
+      <c r="H56" s="247"/>
+      <c r="I56" s="247"/>
+      <c r="J56" s="247"/>
+      <c r="K56" s="247"/>
+      <c r="L56" s="247"/>
+    </row>
+    <row r="57" spans="1:12" ht="118.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="246" t="s">
+        <v>384</v>
+      </c>
+      <c r="B57" s="246"/>
+      <c r="C57" s="246"/>
+      <c r="D57" s="246"/>
+      <c r="E57" s="246"/>
+      <c r="F57" s="246"/>
+      <c r="G57" s="246"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="246"/>
+      <c r="J57" s="246"/>
+      <c r="K57" s="246"/>
+      <c r="L57" s="246"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A130:K130"/>
+    <mergeCell ref="A57:L57"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A53:L53"/>
+    <mergeCell ref="A54:L54"/>
+    <mergeCell ref="A56:L56"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F770A3B2-1A97-4580-8ECD-6092BDBED45C}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34B166D2-0753-4533-91C4-DC7097071C65}">
+  <dimension ref="A1:N51"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.88671875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="48"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+    </row>
+    <row r="2" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>385</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+      <c r="G2" s="243"/>
+      <c r="H2" s="243"/>
+      <c r="I2" s="243"/>
+      <c r="J2" s="243"/>
+      <c r="K2" s="243"/>
+      <c r="L2" s="243"/>
+      <c r="M2" s="243"/>
+      <c r="N2" s="243"/>
+    </row>
+    <row r="3" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+      <c r="K3" s="187"/>
+    </row>
+    <row r="4" spans="1:14" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="53">
+        <v>2021</v>
+      </c>
+      <c r="B5" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="54">
+        <v>0.03</v>
+      </c>
+      <c r="D5" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="E5" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="F5" s="54">
+        <v>0.17</v>
+      </c>
+      <c r="G5" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H5" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="I5" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="J5" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="K5" s="54">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="53">
+        <v>2021</v>
+      </c>
+      <c r="B6" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D6" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="E6" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="F6" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="G6" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="H6" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="I6" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="J6" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="K6" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="53">
+        <v>2021</v>
+      </c>
+      <c r="B7" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="54">
+        <v>0.03</v>
+      </c>
+      <c r="D7" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="E7" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F7" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="G7" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="H7" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="I7" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="J7" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="K7" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="53">
+        <v>2021</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="D8" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="E8" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="F8" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G8" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="H8" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I8" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="J8" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="K8" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="28">
+        <v>2022</v>
+      </c>
+      <c r="B9" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="54">
+        <v>0.03</v>
+      </c>
+      <c r="D9" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="E9" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="F9" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="G9" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="H9" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="I9" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J9" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="K9" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="28">
+        <v>2022</v>
+      </c>
+      <c r="B10" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="D10" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="E10" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="F10" s="54">
+        <v>0.22</v>
+      </c>
+      <c r="G10" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="H10" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I10" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="J10" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="K10" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="28">
+        <v>2022</v>
+      </c>
+      <c r="B11" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D11" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="E11" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="F11" s="54">
+        <v>0.22</v>
+      </c>
+      <c r="G11" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="H11" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="I11" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J11" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="K11" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="28">
+        <v>2022</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D12" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="E12" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="F12" s="54">
+        <v>0.19</v>
+      </c>
+      <c r="G12" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="H12" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="I12" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J12" s="54">
+        <v>0.16</v>
+      </c>
+      <c r="K12" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B13" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D13" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="E13" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F13" s="54">
+        <v>0.19</v>
+      </c>
+      <c r="G13" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="H13" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="I13" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="J13" s="54">
+        <v>0.16</v>
+      </c>
+      <c r="K13" s="54">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D14" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="E14" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="F14" s="54">
+        <v>0.23</v>
+      </c>
+      <c r="G14" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="H14" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I14" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="J14" s="54">
+        <v>0.17</v>
+      </c>
+      <c r="K14" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B15" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="54">
+        <v>0.04</v>
+      </c>
+      <c r="D15" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="E15" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F15" s="54">
+        <v>0.23</v>
+      </c>
+      <c r="G15" s="54">
+        <v>0.16</v>
+      </c>
+      <c r="H15" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="I15" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="J15" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="K15" s="54">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B16" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="54">
+        <v>0.05</v>
+      </c>
+      <c r="D16" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="E16" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="F16" s="54">
+        <v>0.21</v>
+      </c>
+      <c r="G16" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="H16" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="I16" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="J16" s="54">
+        <v>0.17</v>
+      </c>
+      <c r="K16" s="54">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="28">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D17" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="E17" s="54">
+        <v>0.13</v>
+      </c>
+      <c r="F17" s="54">
+        <v>0.23</v>
+      </c>
+      <c r="G17" s="54">
+        <v>0.16</v>
+      </c>
+      <c r="H17" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="I17" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="J17" s="54">
+        <v>0.19</v>
+      </c>
+      <c r="K17" s="54">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="28">
+        <v>2024</v>
+      </c>
+      <c r="B18" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="D18" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E18" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="F18" s="54">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="G18" s="54">
+        <v>0.17</v>
+      </c>
+      <c r="H18" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="I18" s="54">
+        <v>0.11</v>
+      </c>
+      <c r="J18" s="54">
+        <v>0.21</v>
+      </c>
+      <c r="K18" s="54">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="28">
+        <v>2024</v>
+      </c>
+      <c r="B19" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="D19" s="54">
+        <v>0.16</v>
+      </c>
+      <c r="E19" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="F19" s="54">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="G19" s="54">
+        <v>0.19</v>
+      </c>
+      <c r="H19" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="I19" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="J19" s="54">
+        <v>0.21</v>
+      </c>
+      <c r="K19" s="54">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="28">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D20" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E20" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="F20" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="G20" s="54">
+        <v>0.21</v>
+      </c>
+      <c r="H20" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="I20" s="54">
+        <v>0.17</v>
+      </c>
+      <c r="J20" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="K20" s="54">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="28">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="D21" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="E21" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="F21" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="G21" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="H21" s="54">
+        <v>0.08</v>
+      </c>
+      <c r="I21" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="J21" s="54">
+        <v>0.19</v>
+      </c>
+      <c r="K21" s="54">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="28">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="54">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D22" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="F22" s="54">
+        <v>0.32</v>
+      </c>
+      <c r="G22" s="54">
+        <v>0.22</v>
+      </c>
+      <c r="H22" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="I22" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="J22" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="K22" s="54">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="28">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="67">
+        <v>0.09</v>
+      </c>
+      <c r="D23" s="67">
+        <v>0.16</v>
+      </c>
+      <c r="E23" s="67">
+        <v>0.11</v>
+      </c>
+      <c r="F23" s="67">
+        <v>0.34</v>
+      </c>
+      <c r="G23" s="67">
+        <v>0.24</v>
+      </c>
+      <c r="H23" s="67">
+        <v>0.11</v>
+      </c>
+      <c r="I23" s="67">
+        <v>0.13</v>
+      </c>
+      <c r="J23" s="67">
+        <v>0.31</v>
+      </c>
+      <c r="K23" s="67">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="28">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="67">
+        <v>0.13</v>
+      </c>
+      <c r="D24" s="67">
+        <v>0.2</v>
+      </c>
+      <c r="E24" s="67">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F24" s="67">
+        <v>0.33</v>
+      </c>
+      <c r="G24" s="67">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="H24" s="67">
+        <v>0.1</v>
+      </c>
+      <c r="I24" s="67">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J24" s="67">
+        <v>0.35</v>
+      </c>
+      <c r="K24" s="67">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="28"/>
+      <c r="D25" s="28"/>
+      <c r="E25" s="28"/>
+      <c r="F25" s="28"/>
+      <c r="G25" s="28"/>
+      <c r="H25" s="28"/>
+      <c r="I25" s="55"/>
+      <c r="J25" s="28"/>
+      <c r="K25" s="28"/>
+    </row>
+    <row r="26" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="28"/>
+      <c r="B26" s="28"/>
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="28"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="28"/>
+      <c r="H26" s="28"/>
+      <c r="I26" s="28"/>
+      <c r="J26" s="28"/>
+      <c r="K26" s="28"/>
+    </row>
+    <row r="27" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="28"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
+      <c r="G27" s="28"/>
+      <c r="H27" s="28"/>
+      <c r="I27" s="28"/>
+      <c r="J27" s="28"/>
+      <c r="K27" s="28"/>
+    </row>
+    <row r="28" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="28"/>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="28"/>
+      <c r="I28" s="28"/>
+      <c r="J28" s="28"/>
+      <c r="K28" s="28"/>
+    </row>
+    <row r="29" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="28"/>
+      <c r="B29" s="28"/>
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="28"/>
+      <c r="G29" s="28"/>
+      <c r="H29" s="28"/>
+      <c r="I29" s="28"/>
+      <c r="J29" s="28"/>
+      <c r="K29" s="28"/>
+    </row>
+    <row r="30" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="28"/>
+      <c r="B30" s="28"/>
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="28"/>
+      <c r="G30" s="28"/>
+      <c r="H30" s="28"/>
+      <c r="I30" s="28"/>
+      <c r="J30" s="28"/>
+      <c r="K30" s="28"/>
+    </row>
+    <row r="31" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="28"/>
+      <c r="B31" s="28"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="28"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="28"/>
+      <c r="I31" s="28"/>
+      <c r="J31" s="28"/>
+      <c r="K31" s="28"/>
+    </row>
+    <row r="32" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="28"/>
+      <c r="D32" s="28"/>
+      <c r="E32" s="28"/>
+      <c r="F32" s="28"/>
+      <c r="G32" s="28"/>
+      <c r="H32" s="28"/>
+      <c r="I32" s="28"/>
+      <c r="J32" s="28"/>
+      <c r="K32" s="28"/>
+    </row>
+    <row r="33" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="28"/>
+      <c r="B33" s="28"/>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="28"/>
+      <c r="I33" s="28"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="28"/>
+    </row>
+    <row r="34" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="28"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="28"/>
+      <c r="I34" s="28"/>
+      <c r="J34" s="28"/>
+      <c r="K34" s="28"/>
+    </row>
+    <row r="35" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="28"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="28"/>
+      <c r="H35" s="28"/>
+      <c r="I35" s="28"/>
+      <c r="J35" s="28"/>
+      <c r="K35" s="28"/>
+    </row>
+    <row r="36" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="28"/>
+      <c r="B36" s="28"/>
+      <c r="C36" s="28"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="28"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="28"/>
+      <c r="I36" s="28"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+    </row>
+    <row r="37" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="28"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="28"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="28"/>
+      <c r="I37" s="28"/>
+      <c r="J37" s="28"/>
+      <c r="K37" s="28"/>
+    </row>
+    <row r="38" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="28"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+    </row>
+    <row r="39" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="28"/>
+      <c r="B39" s="28"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+    </row>
+    <row r="40" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="28"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="28"/>
+      <c r="I40" s="28"/>
+      <c r="J40" s="28"/>
+      <c r="K40" s="28"/>
+    </row>
+    <row r="41" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="28"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+      <c r="I41" s="28"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="28"/>
+    </row>
+    <row r="42" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="28"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+      <c r="I42" s="28"/>
+      <c r="J42" s="28"/>
+      <c r="K42" s="28"/>
+    </row>
+    <row r="43" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="28"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="28"/>
+      <c r="G43" s="28"/>
+      <c r="H43" s="28"/>
+      <c r="I43" s="28"/>
+      <c r="J43" s="28"/>
+      <c r="K43" s="28"/>
+    </row>
+    <row r="44" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="28"/>
+      <c r="B44" s="28"/>
+      <c r="C44" s="28"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="28"/>
+      <c r="H44" s="28"/>
+      <c r="I44" s="28"/>
+      <c r="J44" s="28"/>
+      <c r="K44" s="28"/>
+    </row>
+    <row r="45" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="28"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="28"/>
+      <c r="I45" s="28"/>
+      <c r="J45" s="28"/>
+      <c r="K45" s="28"/>
+    </row>
+    <row r="46" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="28"/>
+      <c r="B46" s="28"/>
+      <c r="C46" s="28"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="28"/>
+      <c r="F46" s="28"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="28"/>
+      <c r="I46" s="28"/>
+      <c r="J46" s="28"/>
+      <c r="K46" s="28"/>
+    </row>
+    <row r="47" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="237" t="s">
+        <v>387</v>
+      </c>
+      <c r="B47" s="237"/>
+      <c r="C47" s="237"/>
+      <c r="D47" s="237"/>
+      <c r="E47" s="237"/>
+      <c r="F47" s="237"/>
+      <c r="G47" s="237"/>
+      <c r="H47" s="237"/>
+      <c r="I47" s="237"/>
+      <c r="J47" s="237"/>
+      <c r="K47" s="237"/>
+    </row>
+    <row r="48" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="235" t="s">
+        <v>388</v>
+      </c>
+      <c r="B48" s="235"/>
+      <c r="C48" s="235"/>
+      <c r="D48" s="235"/>
+      <c r="E48" s="235"/>
+      <c r="F48" s="235"/>
+      <c r="G48" s="235"/>
+      <c r="H48" s="235"/>
+      <c r="I48" s="235"/>
+      <c r="J48" s="235"/>
+      <c r="K48" s="235"/>
+    </row>
+    <row r="49" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="235"/>
+      <c r="B49" s="235"/>
+      <c r="C49" s="235"/>
+      <c r="D49" s="235"/>
+      <c r="E49" s="235"/>
+      <c r="F49" s="235"/>
+      <c r="G49" s="235"/>
+      <c r="H49" s="235"/>
+      <c r="I49" s="235"/>
+      <c r="J49" s="235"/>
+      <c r="K49" s="235"/>
+    </row>
+    <row r="50" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B50" s="237"/>
+      <c r="C50" s="237"/>
+      <c r="D50" s="237"/>
+      <c r="E50" s="237"/>
+      <c r="F50" s="237"/>
+      <c r="G50" s="237"/>
+      <c r="H50" s="237"/>
+      <c r="I50" s="237"/>
+      <c r="J50" s="237"/>
+      <c r="K50" s="237"/>
+    </row>
+    <row r="51" spans="1:11" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="236" t="s">
+        <v>389</v>
+      </c>
+      <c r="B51" s="236"/>
+      <c r="C51" s="236"/>
+      <c r="D51" s="236"/>
+      <c r="E51" s="236"/>
+      <c r="F51" s="236"/>
+      <c r="G51" s="236"/>
+      <c r="H51" s="236"/>
+      <c r="I51" s="236"/>
+      <c r="J51" s="236"/>
+      <c r="K51" s="236"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A51:K51"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="A48:K48"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="A49:K49"/>
+    <mergeCell ref="A2:N2"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{71953A30-527C-4B63-913B-FCB932ED8D0C}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{935321F3-D69D-4991-80A4-843ABB95B536}">
+  <dimension ref="A1:K131"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.88671875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="48"/>
+    </row>
+    <row r="2" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>390</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+      <c r="G2" s="243"/>
+      <c r="H2" s="243"/>
+      <c r="I2" s="243"/>
+      <c r="J2" s="243"/>
+      <c r="K2" s="243"/>
+    </row>
+    <row r="3" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+      <c r="K3" s="187"/>
+    </row>
+    <row r="4" spans="1:11" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>224</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="E4" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="G4" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>378</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="K4" s="20" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="31" t="s">
+        <v>345</v>
+      </c>
+      <c r="B5" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J5" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K5" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="31" t="s">
+        <v>345</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J6" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K6" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="31" t="s">
+        <v>345</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J7" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K7" s="116">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="B8" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J8" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K8" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="B9" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J9" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K9" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="B10" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G10" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J10" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K10" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="B11" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G11" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J11" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K11" s="116">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="B12" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G12" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J12" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K12" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="B13" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="H13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J13" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K13" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="B14" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D14" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E14" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F14" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G14" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H14" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I14" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J14" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K14" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="B15" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D15" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E15" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F15" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G15" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H15" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I15" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J15" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K15" s="116">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G16" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J16" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K16" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="B17" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D17" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E17" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F17" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G17" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H17" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I17" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J17" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K17" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="B18" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D18" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E18" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F18" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G18" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H18" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I18" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J18" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K18" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="B19" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D19" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E19" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F19" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G19" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H19" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I19" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J19" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K19" s="116">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="31" t="s">
+        <v>350</v>
+      </c>
+      <c r="B20" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D20" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E20" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F20" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G20" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H20" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I20" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J20" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="31" t="s">
+        <v>350</v>
+      </c>
+      <c r="B21" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D21" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E21" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F21" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G21" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H21" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J21" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K21" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="31" t="s">
+        <v>350</v>
+      </c>
+      <c r="B22" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D22" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E22" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F22" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G22" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H22" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I22" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J22" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K22" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="31" t="s">
+        <v>350</v>
+      </c>
+      <c r="B23" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C23" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="E23" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F23" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G23" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H23" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I23" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J23" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K23" s="116">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="31" t="s">
+        <v>351</v>
+      </c>
+      <c r="B24" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="D24" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G24" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="H24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J24" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K24" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="31" t="s">
+        <v>351</v>
+      </c>
+      <c r="B25" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C25" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E25" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F25" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G25" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H25" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I25" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J25" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K25" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="31" t="s">
+        <v>351</v>
+      </c>
+      <c r="B26" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D26" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E26" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="F26" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G26" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H26" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I26" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J26" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K26" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="31" t="s">
+        <v>351</v>
+      </c>
+      <c r="B27" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D27" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="E27" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F27" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="G27" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H27" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J27" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K27" s="116">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="31" t="s">
+        <v>352</v>
+      </c>
+      <c r="B28" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="D28" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E28" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="F28" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="G28" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H28" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I28" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J28" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K28" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="31" t="s">
+        <v>352</v>
+      </c>
+      <c r="B29" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="D29" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E29" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="F29" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="G29" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="H29" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I29" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J29" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K29" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="31" t="s">
+        <v>352</v>
+      </c>
+      <c r="B30" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C30" s="107">
+        <v>0.4</v>
+      </c>
+      <c r="D30" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="E30" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="F30" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="G30" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="H30" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I30" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J30" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K30" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="31" t="s">
+        <v>352</v>
+      </c>
+      <c r="B31" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="107">
+        <v>0.6</v>
+      </c>
+      <c r="D31" s="107">
+        <v>0.4</v>
+      </c>
+      <c r="E31" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="F31" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="G31" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="H31" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="I31" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J31" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K31" s="116">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="B32" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="D32" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="E32" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="F32" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="G32" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="H32" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="I32" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J32" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K32" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="B33" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="107">
+        <v>0.9</v>
+      </c>
+      <c r="D33" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="E33" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="F33" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="G33" s="107">
+        <v>1</v>
+      </c>
+      <c r="H33" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="I33" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="J33" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K33" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="B34" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" s="107">
+        <v>1</v>
+      </c>
+      <c r="D34" s="107">
+        <v>1</v>
+      </c>
+      <c r="E34" s="107">
+        <v>0.6</v>
+      </c>
+      <c r="F34" s="107">
+        <v>0.7</v>
+      </c>
+      <c r="G34" s="107">
+        <v>1.3</v>
+      </c>
+      <c r="H34" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="I34" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="J34" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="K34" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="B35" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" s="107">
+        <v>1.5</v>
+      </c>
+      <c r="D35" s="107">
+        <v>2</v>
+      </c>
+      <c r="E35" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="F35" s="107">
+        <v>1.5</v>
+      </c>
+      <c r="G35" s="107">
+        <v>1.7</v>
+      </c>
+      <c r="H35" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="I35" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="J35" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K35" s="116">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="31" t="s">
+        <v>354</v>
+      </c>
+      <c r="B36" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="107">
+        <v>2.5</v>
+      </c>
+      <c r="D36" s="107">
+        <v>2.8</v>
+      </c>
+      <c r="E36" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="F36" s="107">
+        <v>1.9</v>
+      </c>
+      <c r="G36" s="107">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="H36" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="I36" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="J36" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K36" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="31" t="s">
+        <v>354</v>
+      </c>
+      <c r="B37" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="107">
+        <v>3.5</v>
+      </c>
+      <c r="D37" s="107">
+        <v>4.3</v>
+      </c>
+      <c r="E37" s="107">
+        <v>1.6</v>
+      </c>
+      <c r="F37" s="107">
+        <v>2.9</v>
+      </c>
+      <c r="G37" s="107">
+        <v>2.6</v>
+      </c>
+      <c r="H37" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="I37" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="J37" s="107" t="s">
+        <v>159</v>
+      </c>
+      <c r="K37" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="31" t="s">
+        <v>354</v>
+      </c>
+      <c r="B38" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="107">
+        <v>5.3</v>
+      </c>
+      <c r="D38" s="107">
+        <v>6.8</v>
+      </c>
+      <c r="E38" s="107">
+        <v>2.9</v>
+      </c>
+      <c r="F38" s="107">
+        <v>3.4</v>
+      </c>
+      <c r="G38" s="107">
+        <v>3</v>
+      </c>
+      <c r="H38" s="107">
+        <v>0.4</v>
+      </c>
+      <c r="I38" s="107">
+        <v>0.6</v>
+      </c>
+      <c r="J38" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="K38" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="31" t="s">
+        <v>354</v>
+      </c>
+      <c r="B39" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="107">
+        <v>8</v>
+      </c>
+      <c r="D39" s="107">
+        <v>10.6</v>
+      </c>
+      <c r="E39" s="107">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F39" s="107">
+        <v>6</v>
+      </c>
+      <c r="G39" s="107">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="H39" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="I39" s="107">
+        <v>0.9</v>
+      </c>
+      <c r="J39" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="K39" s="116">
+        <v>84.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="B40" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="107">
+        <v>12.5</v>
+      </c>
+      <c r="D40" s="107">
+        <v>12.5</v>
+      </c>
+      <c r="E40" s="107">
+        <v>10.7</v>
+      </c>
+      <c r="F40" s="107">
+        <v>7.3</v>
+      </c>
+      <c r="G40" s="107">
+        <v>4.5</v>
+      </c>
+      <c r="H40" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="I40" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="J40" s="107">
+        <v>0.4</v>
+      </c>
+      <c r="K40" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="B41" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" s="107">
+        <v>29.5</v>
+      </c>
+      <c r="D41" s="107">
+        <v>19.7</v>
+      </c>
+      <c r="E41" s="107">
+        <v>16.5</v>
+      </c>
+      <c r="F41" s="107">
+        <v>9.6</v>
+      </c>
+      <c r="G41" s="107">
+        <v>7.1</v>
+      </c>
+      <c r="H41" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="I41" s="107">
+        <v>1</v>
+      </c>
+      <c r="J41" s="107">
+        <v>0.4</v>
+      </c>
+      <c r="K41" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="B42" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C42" s="107">
+        <v>50.1</v>
+      </c>
+      <c r="D42" s="107">
+        <v>27</v>
+      </c>
+      <c r="E42" s="107">
+        <v>13.4</v>
+      </c>
+      <c r="F42" s="107">
+        <v>11.8</v>
+      </c>
+      <c r="G42" s="107">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="H42" s="107">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I42" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="J42" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="K42" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="B43" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" s="107">
+        <v>61.3</v>
+      </c>
+      <c r="D43" s="107">
+        <v>33.1</v>
+      </c>
+      <c r="E43" s="107">
+        <v>18.2</v>
+      </c>
+      <c r="F43" s="107">
+        <v>13.4</v>
+      </c>
+      <c r="G43" s="107">
+        <v>13</v>
+      </c>
+      <c r="H43" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="I43" s="107">
+        <v>0.7</v>
+      </c>
+      <c r="J43" s="107">
+        <v>0.2</v>
+      </c>
+      <c r="K43" s="116">
+        <v>389.7</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="31" t="s">
+        <v>356</v>
+      </c>
+      <c r="B44" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="107">
+        <v>82.3</v>
+      </c>
+      <c r="D44" s="107">
+        <v>42.4</v>
+      </c>
+      <c r="E44" s="107">
+        <v>26.4</v>
+      </c>
+      <c r="F44" s="107">
+        <v>23.7</v>
+      </c>
+      <c r="G44" s="107">
+        <v>23.5</v>
+      </c>
+      <c r="H44" s="107">
+        <v>3.3</v>
+      </c>
+      <c r="I44" s="107">
+        <v>1</v>
+      </c>
+      <c r="J44" s="107">
+        <v>0.1</v>
+      </c>
+      <c r="K44" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="31" t="s">
+        <v>356</v>
+      </c>
+      <c r="B45" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="107">
+        <v>83.7</v>
+      </c>
+      <c r="D45" s="107">
+        <v>100.2</v>
+      </c>
+      <c r="E45" s="107">
+        <v>58.2</v>
+      </c>
+      <c r="F45" s="107">
+        <v>52.2</v>
+      </c>
+      <c r="G45" s="107">
+        <v>51</v>
+      </c>
+      <c r="H45" s="107">
+        <v>10.6</v>
+      </c>
+      <c r="I45" s="107">
+        <v>2.6</v>
+      </c>
+      <c r="J45" s="107">
+        <v>0.7</v>
+      </c>
+      <c r="K45" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="31" t="s">
+        <v>356</v>
+      </c>
+      <c r="B46" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" s="107">
+        <v>13.4</v>
+      </c>
+      <c r="D46" s="107">
+        <v>42.4</v>
+      </c>
+      <c r="E46" s="107">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="F46" s="107">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="G46" s="107">
+        <v>43.5</v>
+      </c>
+      <c r="H46" s="107">
+        <v>2.4</v>
+      </c>
+      <c r="I46" s="107">
+        <v>1</v>
+      </c>
+      <c r="J46" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="K46" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="31" t="s">
+        <v>356</v>
+      </c>
+      <c r="B47" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" s="107">
+        <v>16</v>
+      </c>
+      <c r="D47" s="107">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="E47" s="107">
+        <v>15.3</v>
+      </c>
+      <c r="F47" s="107">
+        <v>12.3</v>
+      </c>
+      <c r="G47" s="107">
+        <v>45.6</v>
+      </c>
+      <c r="H47" s="107">
+        <v>0.9</v>
+      </c>
+      <c r="I47" s="107">
+        <v>1.2</v>
+      </c>
+      <c r="J47" s="107">
+        <v>0.7</v>
+      </c>
+      <c r="K47" s="116">
+        <v>872.2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="B48" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" s="107">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="D48" s="107">
+        <v>57.5</v>
+      </c>
+      <c r="E48" s="107">
+        <v>27.8</v>
+      </c>
+      <c r="F48" s="107">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="G48" s="107">
+        <v>24.3</v>
+      </c>
+      <c r="H48" s="107">
+        <v>0.6</v>
+      </c>
+      <c r="I48" s="107">
+        <v>2</v>
+      </c>
+      <c r="J48" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="K48" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="B49" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C49" s="107">
+        <v>56.5</v>
+      </c>
+      <c r="D49" s="107">
+        <v>143.80000000000001</v>
+      </c>
+      <c r="E49" s="107">
+        <v>75.2</v>
+      </c>
+      <c r="F49" s="107">
+        <v>38.1</v>
+      </c>
+      <c r="G49" s="107">
+        <v>49.9</v>
+      </c>
+      <c r="H49" s="107">
+        <v>1.6</v>
+      </c>
+      <c r="I49" s="107">
+        <v>6.3</v>
+      </c>
+      <c r="J49" s="107">
+        <v>0.9</v>
+      </c>
+      <c r="K49" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="B50" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C50" s="107">
+        <v>26.3</v>
+      </c>
+      <c r="D50" s="107">
+        <v>115.2</v>
+      </c>
+      <c r="E50" s="107">
+        <v>67</v>
+      </c>
+      <c r="F50" s="107">
+        <v>21.1</v>
+      </c>
+      <c r="G50" s="107">
+        <v>26.7</v>
+      </c>
+      <c r="H50" s="107">
+        <v>1</v>
+      </c>
+      <c r="I50" s="107">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J50" s="107">
+        <v>0.3</v>
+      </c>
+      <c r="K50" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="B51" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C51" s="107">
+        <v>44</v>
+      </c>
+      <c r="D51" s="107">
+        <v>102</v>
+      </c>
+      <c r="E51" s="107">
+        <v>37.4</v>
+      </c>
+      <c r="F51" s="107">
+        <v>23</v>
+      </c>
+      <c r="G51" s="107">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="H51" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="I51" s="107">
+        <v>6.8</v>
+      </c>
+      <c r="J51" s="107">
+        <v>0.8</v>
+      </c>
+      <c r="K51" s="116">
+        <v>1035.8</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="B52" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="107">
+        <v>31.8</v>
+      </c>
+      <c r="D52" s="107">
+        <v>56.3</v>
+      </c>
+      <c r="E52" s="107">
+        <v>28.8</v>
+      </c>
+      <c r="F52" s="107">
+        <v>18.3</v>
+      </c>
+      <c r="G52" s="107">
+        <v>23</v>
+      </c>
+      <c r="H52" s="107">
+        <v>1.6</v>
+      </c>
+      <c r="I52" s="107">
+        <v>7.1</v>
+      </c>
+      <c r="J52" s="107">
+        <v>1</v>
+      </c>
+      <c r="K52" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C53" s="107">
+        <v>31.3</v>
+      </c>
+      <c r="D53" s="107">
+        <v>115.9</v>
+      </c>
+      <c r="E53" s="107">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="F53" s="107">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="G53" s="107">
+        <v>23.8</v>
+      </c>
+      <c r="H53" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="I53" s="107">
+        <v>6.6</v>
+      </c>
+      <c r="J53" s="107">
+        <v>1.3</v>
+      </c>
+      <c r="K53" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C54" s="107">
+        <v>34.1</v>
+      </c>
+      <c r="D54" s="107">
+        <v>51.3</v>
+      </c>
+      <c r="E54" s="107">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="F54" s="107">
+        <v>15</v>
+      </c>
+      <c r="G54" s="107">
+        <v>39.200000000000003</v>
+      </c>
+      <c r="H54" s="107">
+        <v>6</v>
+      </c>
+      <c r="I54" s="107">
+        <v>6.4</v>
+      </c>
+      <c r="J54" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="K54" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="B55" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C55" s="107">
+        <v>36.5</v>
+      </c>
+      <c r="D55" s="107">
+        <v>45.3</v>
+      </c>
+      <c r="E55" s="107">
+        <v>36.6</v>
+      </c>
+      <c r="F55" s="107">
+        <v>17.2</v>
+      </c>
+      <c r="G55" s="107">
+        <v>55.4</v>
+      </c>
+      <c r="H55" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="I55" s="107">
+        <v>11.4</v>
+      </c>
+      <c r="J55" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="K55" s="116">
+        <v>792.2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C56" s="107">
+        <v>31.1</v>
+      </c>
+      <c r="D56" s="107">
+        <v>57.1</v>
+      </c>
+      <c r="E56" s="107">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="F56" s="107">
+        <v>19.3</v>
+      </c>
+      <c r="G56" s="107">
+        <v>27.6</v>
+      </c>
+      <c r="H56" s="107">
+        <v>0.7</v>
+      </c>
+      <c r="I56" s="107">
+        <v>6.9</v>
+      </c>
+      <c r="J56" s="107">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K56" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="B57" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C57" s="107">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="D57" s="107">
+        <v>69.3</v>
+      </c>
+      <c r="E57" s="107">
+        <v>41.1</v>
+      </c>
+      <c r="F57" s="107">
+        <v>20.9</v>
+      </c>
+      <c r="G57" s="107">
+        <v>15</v>
+      </c>
+      <c r="H57" s="107">
+        <v>0.9</v>
+      </c>
+      <c r="I57" s="107">
+        <v>4.5</v>
+      </c>
+      <c r="J57" s="107">
+        <v>1.7</v>
+      </c>
+      <c r="K57" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="B58" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C58" s="107">
+        <v>47.7</v>
+      </c>
+      <c r="D58" s="107">
+        <v>65.3</v>
+      </c>
+      <c r="E58" s="107">
+        <v>45.7</v>
+      </c>
+      <c r="F58" s="107">
+        <v>26.1</v>
+      </c>
+      <c r="G58" s="107">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="H58" s="107">
+        <v>1.5</v>
+      </c>
+      <c r="I58" s="107">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J58" s="107">
+        <v>1.6</v>
+      </c>
+      <c r="K58" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C59" s="107">
+        <v>53.3</v>
+      </c>
+      <c r="D59" s="107">
+        <v>57.1</v>
+      </c>
+      <c r="E59" s="107">
+        <v>47.4</v>
+      </c>
+      <c r="F59" s="107">
+        <v>29</v>
+      </c>
+      <c r="G59" s="107">
+        <v>20.9</v>
+      </c>
+      <c r="H59" s="107">
+        <v>1.7</v>
+      </c>
+      <c r="I59" s="107">
+        <v>2.7</v>
+      </c>
+      <c r="J59" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="K59" s="116">
+        <v>800.3</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="31" t="s">
+        <v>360</v>
+      </c>
+      <c r="B60" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C60" s="107">
+        <v>46.9</v>
+      </c>
+      <c r="D60" s="107">
+        <v>48.1</v>
+      </c>
+      <c r="E60" s="107">
+        <v>39.6</v>
+      </c>
+      <c r="F60" s="107">
+        <v>21.4</v>
+      </c>
+      <c r="G60" s="107">
+        <v>15.4</v>
+      </c>
+      <c r="H60" s="107">
+        <v>1.7</v>
+      </c>
+      <c r="I60" s="107">
+        <v>2.4</v>
+      </c>
+      <c r="J60" s="107">
+        <v>1.5</v>
+      </c>
+      <c r="K60" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="31" t="s">
+        <v>360</v>
+      </c>
+      <c r="B61" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C61" s="107">
+        <v>43</v>
+      </c>
+      <c r="D61" s="107">
+        <v>46.7</v>
+      </c>
+      <c r="E61" s="107">
+        <v>35</v>
+      </c>
+      <c r="F61" s="107">
+        <v>22.4</v>
+      </c>
+      <c r="G61" s="107">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="H61" s="107">
+        <v>1.4</v>
+      </c>
+      <c r="I61" s="107">
+        <v>2</v>
+      </c>
+      <c r="J61" s="107">
+        <v>1.9</v>
+      </c>
+      <c r="K61" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="31" t="s">
+        <v>360</v>
+      </c>
+      <c r="B62" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C62" s="107">
+        <v>44.4</v>
+      </c>
+      <c r="D62" s="107">
+        <v>52.6</v>
+      </c>
+      <c r="E62" s="107">
+        <v>38.299999999999997</v>
+      </c>
+      <c r="F62" s="107">
+        <v>25.5</v>
+      </c>
+      <c r="G62" s="107">
+        <v>17.2</v>
+      </c>
+      <c r="H62" s="107">
+        <v>1.7</v>
+      </c>
+      <c r="I62" s="107">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J62" s="107">
+        <v>3</v>
+      </c>
+      <c r="K62" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="31" t="s">
+        <v>360</v>
+      </c>
+      <c r="B63" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C63" s="107">
+        <v>42.1</v>
+      </c>
+      <c r="D63" s="107">
+        <v>45.3</v>
+      </c>
+      <c r="E63" s="107">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="F63" s="107">
+        <v>27.1</v>
+      </c>
+      <c r="G63" s="107">
+        <v>17.3</v>
+      </c>
+      <c r="H63" s="107">
+        <v>1.3</v>
+      </c>
+      <c r="I63" s="107">
+        <v>2.9</v>
+      </c>
+      <c r="J63" s="107">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="K63" s="116">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="31" t="s">
+        <v>361</v>
+      </c>
+      <c r="B64" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C64" s="107">
+        <v>34.6</v>
+      </c>
+      <c r="D64" s="107">
+        <v>39.6</v>
+      </c>
+      <c r="E64" s="107">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="F64" s="107">
+        <v>26.4</v>
+      </c>
+      <c r="G64" s="107">
+        <v>15.5</v>
+      </c>
+      <c r="H64" s="107">
+        <v>1.5</v>
+      </c>
+      <c r="I64" s="107">
+        <v>2.6</v>
+      </c>
+      <c r="J64" s="107">
+        <v>2.1</v>
+      </c>
+      <c r="K64" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="31" t="s">
+        <v>361</v>
+      </c>
+      <c r="B65" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C65" s="107">
+        <v>39.1</v>
+      </c>
+      <c r="D65" s="107">
+        <v>43.5</v>
+      </c>
+      <c r="E65" s="107">
+        <v>35.1</v>
+      </c>
+      <c r="F65" s="107">
+        <v>29.2</v>
+      </c>
+      <c r="G65" s="107">
+        <v>15.9</v>
+      </c>
+      <c r="H65" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="I65" s="107">
+        <v>2.8</v>
+      </c>
+      <c r="J65" s="107">
+        <v>3.3</v>
+      </c>
+      <c r="K65" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="31" t="s">
+        <v>361</v>
+      </c>
+      <c r="B66" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C66" s="107">
+        <v>41.1</v>
+      </c>
+      <c r="D66" s="107">
+        <v>49.9</v>
+      </c>
+      <c r="E66" s="107">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="F66" s="107">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="G66" s="107">
+        <v>19.7</v>
+      </c>
+      <c r="H66" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="I66" s="107">
+        <v>3</v>
+      </c>
+      <c r="J66" s="107">
+        <v>3.4</v>
+      </c>
+      <c r="K66" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="31" t="s">
+        <v>361</v>
+      </c>
+      <c r="B67" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C67" s="107">
+        <v>52</v>
+      </c>
+      <c r="D67" s="107">
+        <v>66.400000000000006</v>
+      </c>
+      <c r="E67" s="107">
+        <v>42.4</v>
+      </c>
+      <c r="F67" s="107">
+        <v>40.1</v>
+      </c>
+      <c r="G67" s="107">
+        <v>26.5</v>
+      </c>
+      <c r="H67" s="107">
+        <v>1.9</v>
+      </c>
+      <c r="I67" s="107">
+        <v>3.5</v>
+      </c>
+      <c r="J67" s="107">
+        <v>3.8</v>
+      </c>
+      <c r="K67" s="116">
+        <v>747.9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="31" t="s">
+        <v>362</v>
+      </c>
+      <c r="B68" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C68" s="107">
+        <v>46.3</v>
+      </c>
+      <c r="D68" s="107">
+        <v>56.9</v>
+      </c>
+      <c r="E68" s="107">
+        <v>37</v>
+      </c>
+      <c r="F68" s="107">
+        <v>40.5</v>
+      </c>
+      <c r="G68" s="107">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="H68" s="107">
+        <v>1.9</v>
+      </c>
+      <c r="I68" s="107">
+        <v>2.8</v>
+      </c>
+      <c r="J68" s="107">
+        <v>1.8</v>
+      </c>
+      <c r="K68" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="31" t="s">
+        <v>362</v>
+      </c>
+      <c r="B69" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C69" s="107">
+        <v>57.7</v>
+      </c>
+      <c r="D69" s="107">
+        <v>70.900000000000006</v>
+      </c>
+      <c r="E69" s="107">
+        <v>47.2</v>
+      </c>
+      <c r="F69" s="107">
+        <v>45.5</v>
+      </c>
+      <c r="G69" s="107">
+        <v>21.4</v>
+      </c>
+      <c r="H69" s="107">
+        <v>2.4</v>
+      </c>
+      <c r="I69" s="107">
+        <v>3.1</v>
+      </c>
+      <c r="J69" s="107">
+        <v>4</v>
+      </c>
+      <c r="K69" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="31" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C70" s="107">
+        <v>68.2</v>
+      </c>
+      <c r="D70" s="107">
+        <v>81.7</v>
+      </c>
+      <c r="E70" s="107">
+        <v>51.2</v>
+      </c>
+      <c r="F70" s="107">
+        <v>45.3</v>
+      </c>
+      <c r="G70" s="107">
+        <v>29</v>
+      </c>
+      <c r="H70" s="107">
+        <v>3.4</v>
+      </c>
+      <c r="I70" s="107">
+        <v>3.9</v>
+      </c>
+      <c r="J70" s="107">
+        <v>4.3</v>
+      </c>
+      <c r="K70" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="31" t="s">
+        <v>362</v>
+      </c>
+      <c r="B71" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="107">
+        <v>90.6</v>
+      </c>
+      <c r="D71" s="107">
+        <v>97.1</v>
+      </c>
+      <c r="E71" s="107">
+        <v>69.900000000000006</v>
+      </c>
+      <c r="F71" s="107">
+        <v>55.2</v>
+      </c>
+      <c r="G71" s="107">
+        <v>44.8</v>
+      </c>
+      <c r="H71" s="107">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I71" s="107">
+        <v>4.8</v>
+      </c>
+      <c r="J71" s="107">
+        <v>5.4</v>
+      </c>
+      <c r="K71" s="116">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="31" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C72" s="107">
+        <v>80.7</v>
+      </c>
+      <c r="D72" s="107">
+        <v>82</v>
+      </c>
+      <c r="E72" s="107">
+        <v>58.9</v>
+      </c>
+      <c r="F72" s="107">
+        <v>48.6</v>
+      </c>
+      <c r="G72" s="107">
+        <v>37</v>
+      </c>
+      <c r="H72" s="107">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I72" s="107">
+        <v>4</v>
+      </c>
+      <c r="J72" s="107">
+        <v>3.9</v>
+      </c>
+      <c r="K72" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="31" t="s">
+        <v>363</v>
+      </c>
+      <c r="B73" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C73" s="107">
+        <v>99.4</v>
+      </c>
+      <c r="D73" s="107">
+        <v>94.9</v>
+      </c>
+      <c r="E73" s="107">
+        <v>71</v>
+      </c>
+      <c r="F73" s="107">
+        <v>46.8</v>
+      </c>
+      <c r="G73" s="107">
+        <v>38.4</v>
+      </c>
+      <c r="H73" s="107">
+        <v>5.4</v>
+      </c>
+      <c r="I73" s="107">
+        <v>4.8</v>
+      </c>
+      <c r="J73" s="107">
+        <v>4.5</v>
+      </c>
+      <c r="K73" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="31" t="s">
+        <v>363</v>
+      </c>
+      <c r="B74" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C74" s="107">
+        <v>111.8</v>
+      </c>
+      <c r="D74" s="107">
+        <v>104.3</v>
+      </c>
+      <c r="E74" s="107">
+        <v>78.7</v>
+      </c>
+      <c r="F74" s="107">
+        <v>49.5</v>
+      </c>
+      <c r="G74" s="107">
+        <v>43.1</v>
+      </c>
+      <c r="H74" s="107">
+        <v>6.1</v>
+      </c>
+      <c r="I74" s="107">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J74" s="107">
+        <v>4.8</v>
+      </c>
+      <c r="K74" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="31" t="s">
+        <v>363</v>
+      </c>
+      <c r="B75" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C75" s="107">
+        <v>133.19999999999999</v>
+      </c>
+      <c r="D75" s="107">
+        <v>126.3</v>
+      </c>
+      <c r="E75" s="107">
+        <v>130</v>
+      </c>
+      <c r="F75" s="107">
+        <v>65.2</v>
+      </c>
+      <c r="G75" s="107">
+        <v>56.3</v>
+      </c>
+      <c r="H75" s="107">
+        <v>6.3</v>
+      </c>
+      <c r="I75" s="107">
+        <v>5.4</v>
+      </c>
+      <c r="J75" s="107">
+        <v>6.9</v>
+      </c>
+      <c r="K75" s="116">
+        <v>1617.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B76" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C76" s="107">
+        <v>112.1</v>
+      </c>
+      <c r="D76" s="107">
+        <v>110.3</v>
+      </c>
+      <c r="E76" s="107">
+        <v>121.3</v>
+      </c>
+      <c r="F76" s="107">
+        <v>53.2</v>
+      </c>
+      <c r="G76" s="107">
+        <v>43.7</v>
+      </c>
+      <c r="H76" s="107">
+        <v>5.7</v>
+      </c>
+      <c r="I76" s="107">
+        <v>3.8</v>
+      </c>
+      <c r="J76" s="107">
+        <v>5.5</v>
+      </c>
+      <c r="K76" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B77" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77" s="107">
+        <v>130.80000000000001</v>
+      </c>
+      <c r="D77" s="107">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="E77" s="107">
+        <v>96</v>
+      </c>
+      <c r="F77" s="107">
+        <v>53.3</v>
+      </c>
+      <c r="G77" s="107">
+        <v>51</v>
+      </c>
+      <c r="H77" s="107">
+        <v>5.9</v>
+      </c>
+      <c r="I77" s="107">
+        <v>4.5</v>
+      </c>
+      <c r="J77" s="107">
+        <v>7.2</v>
+      </c>
+      <c r="K77" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B78" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C78" s="107">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="D78" s="107">
+        <v>145.5</v>
+      </c>
+      <c r="E78" s="107">
+        <v>94.3</v>
+      </c>
+      <c r="F78" s="107">
+        <v>60.8</v>
+      </c>
+      <c r="G78" s="107">
+        <v>59.5</v>
+      </c>
+      <c r="H78" s="107">
+        <v>7.2</v>
+      </c>
+      <c r="I78" s="107">
+        <v>5.3</v>
+      </c>
+      <c r="J78" s="107">
+        <v>7.4</v>
+      </c>
+      <c r="K78" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B79" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="107">
+        <v>198.7</v>
+      </c>
+      <c r="D79" s="107">
+        <v>178.5</v>
+      </c>
+      <c r="E79" s="107">
+        <v>149.1</v>
+      </c>
+      <c r="F79" s="107">
+        <v>79.3</v>
+      </c>
+      <c r="G79" s="107">
+        <v>69</v>
+      </c>
+      <c r="H79" s="107">
+        <v>11.5</v>
+      </c>
+      <c r="I79" s="107">
+        <v>7</v>
+      </c>
+      <c r="J79" s="107">
+        <v>8.6</v>
+      </c>
+      <c r="K79" s="116">
+        <v>2165.1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B80" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C80" s="107">
+        <v>169.6</v>
+      </c>
+      <c r="D80" s="107">
+        <v>158.5</v>
+      </c>
+      <c r="E80" s="107">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="F80" s="107">
+        <v>72.7</v>
+      </c>
+      <c r="G80" s="107">
+        <v>63.9</v>
+      </c>
+      <c r="H80" s="107">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I80" s="107">
+        <v>6.9</v>
+      </c>
+      <c r="J80" s="107">
+        <v>7.1</v>
+      </c>
+      <c r="K80" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B81" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C81" s="107">
+        <v>200</v>
+      </c>
+      <c r="D81" s="107">
+        <v>177.1</v>
+      </c>
+      <c r="E81" s="107">
+        <v>134.1</v>
+      </c>
+      <c r="F81" s="107">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G81" s="107">
+        <v>68.7</v>
+      </c>
+      <c r="H81" s="107">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I81" s="107">
+        <v>6.1</v>
+      </c>
+      <c r="J81" s="107">
+        <v>7.9</v>
+      </c>
+      <c r="K81" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B82" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C82" s="107">
+        <v>240.6</v>
+      </c>
+      <c r="D82" s="107">
+        <v>194.2</v>
+      </c>
+      <c r="E82" s="107">
+        <v>114.5</v>
+      </c>
+      <c r="F82" s="107">
+        <v>86</v>
+      </c>
+      <c r="G82" s="107">
+        <v>88</v>
+      </c>
+      <c r="H82" s="107">
+        <v>13.1</v>
+      </c>
+      <c r="I82" s="107">
+        <v>5.7</v>
+      </c>
+      <c r="J82" s="107">
+        <v>6.3</v>
+      </c>
+      <c r="K82" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B83" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C83" s="107">
+        <v>285.7</v>
+      </c>
+      <c r="D83" s="107">
+        <v>223.7</v>
+      </c>
+      <c r="E83" s="107">
+        <v>193.4</v>
+      </c>
+      <c r="F83" s="107">
+        <v>103.4</v>
+      </c>
+      <c r="G83" s="107">
+        <v>83.2</v>
+      </c>
+      <c r="H83" s="107">
+        <v>15.7</v>
+      </c>
+      <c r="I83" s="107">
+        <v>8.1</v>
+      </c>
+      <c r="J83" s="107">
+        <v>6.5</v>
+      </c>
+      <c r="K83" s="116">
+        <v>2964.7</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C84" s="107">
+        <v>246.6</v>
+      </c>
+      <c r="D84" s="107">
+        <v>193.8</v>
+      </c>
+      <c r="E84" s="107">
+        <v>162.69999999999999</v>
+      </c>
+      <c r="F84" s="107">
+        <v>86.7</v>
+      </c>
+      <c r="G84" s="107">
+        <v>68.599999999999994</v>
+      </c>
+      <c r="H84" s="107">
+        <v>12.4</v>
+      </c>
+      <c r="I84" s="107">
+        <v>6.8</v>
+      </c>
+      <c r="J84" s="107">
+        <v>4.2</v>
+      </c>
+      <c r="K84" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C85" s="107">
+        <v>248.4</v>
+      </c>
+      <c r="D85" s="107">
+        <v>201</v>
+      </c>
+      <c r="E85" s="107">
+        <v>166.3</v>
+      </c>
+      <c r="F85" s="107">
+        <v>87.3</v>
+      </c>
+      <c r="G85" s="107">
+        <v>66.2</v>
+      </c>
+      <c r="H85" s="107">
+        <v>12.8</v>
+      </c>
+      <c r="I85" s="107">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="J85" s="107">
+        <v>3.9</v>
+      </c>
+      <c r="K85" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="107">
+        <v>199</v>
+      </c>
+      <c r="D86" s="107">
+        <v>208.3</v>
+      </c>
+      <c r="E86" s="107">
+        <v>164.5</v>
+      </c>
+      <c r="F86" s="107">
+        <v>83.1</v>
+      </c>
+      <c r="G86" s="107">
+        <v>72.099999999999994</v>
+      </c>
+      <c r="H86" s="107">
+        <v>12.4</v>
+      </c>
+      <c r="I86" s="107">
+        <v>8.6</v>
+      </c>
+      <c r="J86" s="107">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K86" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="107">
+        <v>258</v>
+      </c>
+      <c r="D87" s="107">
+        <v>208.2</v>
+      </c>
+      <c r="E87" s="107">
+        <v>182</v>
+      </c>
+      <c r="F87" s="107">
+        <v>96.3</v>
+      </c>
+      <c r="G87" s="107">
+        <v>83.1</v>
+      </c>
+      <c r="H87" s="107">
+        <v>20.5</v>
+      </c>
+      <c r="I87" s="107">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J87" s="107">
+        <v>6.2</v>
+      </c>
+      <c r="K87" s="116">
+        <v>3192.5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C88" s="107">
+        <v>159.6</v>
+      </c>
+      <c r="D88" s="107">
+        <v>145.5</v>
+      </c>
+      <c r="E88" s="107">
+        <v>109</v>
+      </c>
+      <c r="F88" s="107">
+        <v>70.5</v>
+      </c>
+      <c r="G88" s="107">
+        <v>53</v>
+      </c>
+      <c r="H88" s="107">
+        <v>17.5</v>
+      </c>
+      <c r="I88" s="107">
+        <v>6.7</v>
+      </c>
+      <c r="J88" s="107">
+        <v>3.7</v>
+      </c>
+      <c r="K88" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B89" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C89" s="107">
+        <v>191.2</v>
+      </c>
+      <c r="D89" s="107">
+        <v>166.4</v>
+      </c>
+      <c r="E89" s="107">
+        <v>114.8</v>
+      </c>
+      <c r="F89" s="107">
+        <v>64.7</v>
+      </c>
+      <c r="G89" s="107">
+        <v>56.4</v>
+      </c>
+      <c r="H89" s="107">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="I89" s="107">
+        <v>7.5</v>
+      </c>
+      <c r="J89" s="107">
+        <v>4.7</v>
+      </c>
+      <c r="K89" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C90" s="107">
+        <v>226.9</v>
+      </c>
+      <c r="D90" s="107">
+        <v>186.9</v>
+      </c>
+      <c r="E90" s="107">
+        <v>148.6</v>
+      </c>
+      <c r="F90" s="107">
+        <v>67.2</v>
+      </c>
+      <c r="G90" s="107">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="H90" s="107">
+        <v>21.9</v>
+      </c>
+      <c r="I90" s="107">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="J90" s="107">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K90" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B91" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C91" s="107">
+        <v>274.10000000000002</v>
+      </c>
+      <c r="D91" s="107">
+        <v>216.7</v>
+      </c>
+      <c r="E91" s="107">
+        <v>170</v>
+      </c>
+      <c r="F91" s="107">
+        <v>84.4</v>
+      </c>
+      <c r="G91" s="107">
+        <v>81.5</v>
+      </c>
+      <c r="H91" s="107">
+        <v>27.4</v>
+      </c>
+      <c r="I91" s="107">
+        <v>11</v>
+      </c>
+      <c r="J91" s="107">
+        <v>5.5</v>
+      </c>
+      <c r="K91" s="116">
+        <v>2793.5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B92" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C92" s="107">
+        <v>200.4</v>
+      </c>
+      <c r="D92" s="107">
+        <v>170.4</v>
+      </c>
+      <c r="E92" s="107">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="F92" s="107">
+        <v>65.2</v>
+      </c>
+      <c r="G92" s="107">
+        <v>57</v>
+      </c>
+      <c r="H92" s="107">
+        <v>21.2</v>
+      </c>
+      <c r="I92" s="107">
+        <v>10.5</v>
+      </c>
+      <c r="J92" s="107">
+        <v>2.9</v>
+      </c>
+      <c r="K92" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B93" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C93" s="107">
+        <v>236.2</v>
+      </c>
+      <c r="D93" s="107">
+        <v>185.8</v>
+      </c>
+      <c r="E93" s="107">
+        <v>140.9</v>
+      </c>
+      <c r="F93" s="107">
+        <v>62.7</v>
+      </c>
+      <c r="G93" s="107">
+        <v>58.2</v>
+      </c>
+      <c r="H93" s="107">
+        <v>21.4</v>
+      </c>
+      <c r="I93" s="107">
+        <v>11</v>
+      </c>
+      <c r="J93" s="107">
+        <v>3.9</v>
+      </c>
+      <c r="K93" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B94" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C94" s="107">
+        <v>279.89999999999998</v>
+      </c>
+      <c r="D94" s="107">
+        <v>206.1</v>
+      </c>
+      <c r="E94" s="107">
+        <v>162.4</v>
+      </c>
+      <c r="F94" s="107">
+        <v>64.5</v>
+      </c>
+      <c r="G94" s="107">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="H94" s="107">
+        <v>23.9</v>
+      </c>
+      <c r="I94" s="107">
+        <v>12.8</v>
+      </c>
+      <c r="J94" s="107">
+        <v>4.3</v>
+      </c>
+      <c r="K94" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B95" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C95" s="107">
+        <v>323.5</v>
+      </c>
+      <c r="D95" s="107">
+        <v>230.6</v>
+      </c>
+      <c r="E95" s="107">
+        <v>188.8</v>
+      </c>
+      <c r="F95" s="107">
+        <v>81.2</v>
+      </c>
+      <c r="G95" s="107">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="H95" s="107">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="I95" s="107">
+        <v>14.9</v>
+      </c>
+      <c r="J95" s="107">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K95" s="116">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B96" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C96" s="107">
+        <v>248.1</v>
+      </c>
+      <c r="D96" s="107">
+        <v>176.5</v>
+      </c>
+      <c r="E96" s="107">
+        <v>136.69999999999999</v>
+      </c>
+      <c r="F96" s="107">
+        <v>63.2</v>
+      </c>
+      <c r="G96" s="107">
+        <v>53.2</v>
+      </c>
+      <c r="H96" s="107">
+        <v>11.2</v>
+      </c>
+      <c r="I96" s="107">
+        <v>11.5</v>
+      </c>
+      <c r="J96" s="107">
+        <v>2.7</v>
+      </c>
+      <c r="K96" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B97" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C97" s="107">
+        <v>256.60000000000002</v>
+      </c>
+      <c r="D97" s="107">
+        <v>220.3</v>
+      </c>
+      <c r="E97" s="107">
+        <v>151.19999999999999</v>
+      </c>
+      <c r="F97" s="107">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="G97" s="107">
+        <v>62.8</v>
+      </c>
+      <c r="H97" s="107">
+        <v>11.6</v>
+      </c>
+      <c r="I97" s="107">
+        <v>11.5</v>
+      </c>
+      <c r="J97" s="107">
+        <v>3.8</v>
+      </c>
+      <c r="K97" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B98" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C98" s="107">
+        <v>247.9</v>
+      </c>
+      <c r="D98" s="107">
+        <v>218.4</v>
+      </c>
+      <c r="E98" s="107">
+        <v>163.5</v>
+      </c>
+      <c r="F98" s="107">
+        <v>69.599999999999994</v>
+      </c>
+      <c r="G98" s="107">
+        <v>68.900000000000006</v>
+      </c>
+      <c r="H98" s="107">
+        <v>13.3</v>
+      </c>
+      <c r="I98" s="107">
+        <v>11.9</v>
+      </c>
+      <c r="J98" s="107">
+        <v>3.8</v>
+      </c>
+      <c r="K98" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B99" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C99" s="107">
+        <v>267.8</v>
+      </c>
+      <c r="D99" s="107">
+        <v>227.9</v>
+      </c>
+      <c r="E99" s="107">
+        <v>181.6</v>
+      </c>
+      <c r="F99" s="107">
+        <v>83.2</v>
+      </c>
+      <c r="G99" s="107">
+        <v>75.5</v>
+      </c>
+      <c r="H99" s="107">
+        <v>15.6</v>
+      </c>
+      <c r="I99" s="107">
+        <v>14.4</v>
+      </c>
+      <c r="J99" s="107">
+        <v>4.8</v>
+      </c>
+      <c r="K99" s="116">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B100" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C100" s="107">
+        <v>190</v>
+      </c>
+      <c r="D100" s="107">
+        <v>175.2</v>
+      </c>
+      <c r="E100" s="107">
+        <v>137.6</v>
+      </c>
+      <c r="F100" s="107">
+        <v>68.7</v>
+      </c>
+      <c r="G100" s="107">
+        <v>61.2</v>
+      </c>
+      <c r="H100" s="107">
+        <v>10.3</v>
+      </c>
+      <c r="I100" s="107">
+        <v>11.6</v>
+      </c>
+      <c r="J100" s="107">
+        <v>3.4</v>
+      </c>
+      <c r="K100" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B101" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C101" s="107">
+        <v>166.7</v>
+      </c>
+      <c r="D101" s="107">
+        <v>177.6</v>
+      </c>
+      <c r="E101" s="107">
+        <v>121.9</v>
+      </c>
+      <c r="F101" s="107">
+        <v>58</v>
+      </c>
+      <c r="G101" s="107">
+        <v>51.9</v>
+      </c>
+      <c r="H101" s="107">
+        <v>9.5</v>
+      </c>
+      <c r="I101" s="107">
+        <v>11.1</v>
+      </c>
+      <c r="J101" s="107">
+        <v>3.3</v>
+      </c>
+      <c r="K101" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B102" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C102" s="107">
+        <v>188.9</v>
+      </c>
+      <c r="D102" s="107">
+        <v>177</v>
+      </c>
+      <c r="E102" s="107">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="F102" s="107">
+        <v>57.7</v>
+      </c>
+      <c r="G102" s="107">
+        <v>67.599999999999994</v>
+      </c>
+      <c r="H102" s="107">
+        <v>13.9</v>
+      </c>
+      <c r="I102" s="107">
+        <v>13.5</v>
+      </c>
+      <c r="J102" s="107">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K102" s="116" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B103" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C103" s="107">
+        <v>266.39999999999998</v>
+      </c>
+      <c r="D103" s="107">
+        <v>217.7</v>
+      </c>
+      <c r="E103" s="107">
+        <v>166.8</v>
+      </c>
+      <c r="F103" s="107">
+        <v>83.3</v>
+      </c>
+      <c r="G103" s="107">
+        <v>82.7</v>
+      </c>
+      <c r="H103" s="107">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="I103" s="107">
+        <v>13.6</v>
+      </c>
+      <c r="J103" s="107">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K103" s="116">
+        <v>2771.4</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="28"/>
+      <c r="B104" s="28"/>
+      <c r="C104" s="28"/>
+      <c r="D104" s="28"/>
+      <c r="E104" s="28"/>
+      <c r="F104" s="28"/>
+      <c r="G104" s="28"/>
+      <c r="H104" s="28"/>
+      <c r="I104" s="28"/>
+      <c r="J104" s="28"/>
+      <c r="K104" s="28"/>
+    </row>
+    <row r="105" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="28"/>
+      <c r="B105" s="28"/>
+      <c r="C105" s="28"/>
+      <c r="D105" s="28"/>
+      <c r="E105" s="28"/>
+      <c r="F105" s="28"/>
+      <c r="G105" s="28"/>
+      <c r="H105" s="28"/>
+      <c r="I105" s="28"/>
+      <c r="J105" s="28"/>
+      <c r="K105" s="28"/>
+    </row>
+    <row r="106" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A106" s="28"/>
+      <c r="B106" s="28"/>
+      <c r="C106" s="28"/>
+      <c r="D106" s="28"/>
+      <c r="E106" s="28"/>
+      <c r="F106" s="28"/>
+      <c r="G106" s="28"/>
+      <c r="H106" s="28"/>
+      <c r="I106" s="28"/>
+      <c r="J106" s="28"/>
+      <c r="K106" s="28"/>
+    </row>
+    <row r="107" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A107" s="28"/>
+      <c r="B107" s="28"/>
+      <c r="C107" s="28"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="28"/>
+      <c r="F107" s="28"/>
+      <c r="G107" s="28"/>
+      <c r="H107" s="28"/>
+      <c r="I107" s="28"/>
+      <c r="J107" s="28"/>
+      <c r="K107" s="28"/>
+    </row>
+    <row r="108" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="28"/>
+      <c r="B108" s="28"/>
+      <c r="C108" s="28"/>
+      <c r="D108" s="28"/>
+      <c r="E108" s="28"/>
+      <c r="F108" s="28"/>
+      <c r="G108" s="28"/>
+      <c r="H108" s="28"/>
+      <c r="I108" s="28"/>
+      <c r="J108" s="28"/>
+      <c r="K108" s="28"/>
+    </row>
+    <row r="109" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A109" s="28"/>
+      <c r="B109" s="28"/>
+      <c r="C109" s="28"/>
+      <c r="D109" s="28"/>
+      <c r="E109" s="28"/>
+      <c r="F109" s="28"/>
+      <c r="G109" s="28"/>
+      <c r="H109" s="28"/>
+      <c r="I109" s="28"/>
+      <c r="J109" s="28"/>
+      <c r="K109" s="28"/>
+    </row>
+    <row r="110" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A110" s="28"/>
+      <c r="B110" s="28"/>
+      <c r="C110" s="28"/>
+      <c r="D110" s="28"/>
+      <c r="E110" s="28"/>
+      <c r="F110" s="28"/>
+      <c r="G110" s="28"/>
+      <c r="H110" s="28"/>
+      <c r="I110" s="28"/>
+      <c r="J110" s="28"/>
+      <c r="K110" s="28"/>
+    </row>
+    <row r="111" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A111" s="28"/>
+      <c r="B111" s="28"/>
+      <c r="C111" s="28"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="28"/>
+      <c r="F111" s="28"/>
+      <c r="G111" s="28"/>
+      <c r="H111" s="28"/>
+      <c r="I111" s="28"/>
+      <c r="J111" s="28"/>
+      <c r="K111" s="28"/>
+    </row>
+    <row r="112" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A112" s="28"/>
+      <c r="B112" s="28"/>
+      <c r="C112" s="28"/>
+      <c r="D112" s="28"/>
+      <c r="E112" s="28"/>
+      <c r="F112" s="28"/>
+      <c r="G112" s="28"/>
+      <c r="H112" s="28"/>
+      <c r="I112" s="28"/>
+      <c r="J112" s="28"/>
+      <c r="K112" s="28"/>
+    </row>
+    <row r="113" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A113" s="28"/>
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="28"/>
+      <c r="E113" s="28"/>
+      <c r="F113" s="28"/>
+      <c r="G113" s="28"/>
+      <c r="H113" s="28"/>
+      <c r="I113" s="28"/>
+      <c r="J113" s="28"/>
+      <c r="K113" s="28"/>
+    </row>
+    <row r="114" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A114" s="28"/>
+      <c r="B114" s="28"/>
+      <c r="C114" s="28"/>
+      <c r="D114" s="28"/>
+      <c r="E114" s="28"/>
+      <c r="F114" s="28"/>
+      <c r="G114" s="28"/>
+      <c r="H114" s="28"/>
+      <c r="I114" s="28"/>
+      <c r="J114" s="28"/>
+      <c r="K114" s="28"/>
+    </row>
+    <row r="115" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="28"/>
+      <c r="B115" s="28"/>
+      <c r="C115" s="28"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="28"/>
+      <c r="G115" s="28"/>
+      <c r="H115" s="28"/>
+      <c r="I115" s="28"/>
+      <c r="J115" s="28"/>
+      <c r="K115" s="28"/>
+    </row>
+    <row r="116" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A116" s="28"/>
+      <c r="B116" s="28"/>
+      <c r="C116" s="28"/>
+      <c r="D116" s="28"/>
+      <c r="E116" s="28"/>
+      <c r="F116" s="28"/>
+      <c r="G116" s="28"/>
+      <c r="H116" s="28"/>
+      <c r="I116" s="28"/>
+      <c r="J116" s="28"/>
+      <c r="K116" s="28"/>
+    </row>
+    <row r="117" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A117" s="28"/>
+      <c r="B117" s="28"/>
+      <c r="C117" s="28"/>
+      <c r="D117" s="28"/>
+      <c r="E117" s="28"/>
+      <c r="F117" s="28"/>
+      <c r="G117" s="28"/>
+      <c r="H117" s="28"/>
+      <c r="I117" s="28"/>
+      <c r="J117" s="28"/>
+      <c r="K117" s="28"/>
+    </row>
+    <row r="118" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A118" s="28"/>
+      <c r="B118" s="28"/>
+      <c r="C118" s="28"/>
+      <c r="D118" s="28"/>
+      <c r="E118" s="28"/>
+      <c r="F118" s="28"/>
+      <c r="G118" s="28"/>
+      <c r="H118" s="28"/>
+      <c r="I118" s="28"/>
+      <c r="J118" s="28"/>
+      <c r="K118" s="28"/>
+    </row>
+    <row r="119" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A119" s="28"/>
+      <c r="B119" s="28"/>
+      <c r="C119" s="28"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="28"/>
+      <c r="G119" s="28"/>
+      <c r="H119" s="28"/>
+      <c r="I119" s="28"/>
+      <c r="J119" s="28"/>
+      <c r="K119" s="28"/>
+    </row>
+    <row r="120" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A120" s="28"/>
+      <c r="B120" s="28"/>
+      <c r="C120" s="28"/>
+      <c r="D120" s="28"/>
+      <c r="E120" s="28"/>
+      <c r="F120" s="28"/>
+      <c r="G120" s="28"/>
+      <c r="H120" s="28"/>
+      <c r="I120" s="28"/>
+      <c r="J120" s="28"/>
+      <c r="K120" s="28"/>
+    </row>
+    <row r="121" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A121" s="28"/>
+      <c r="B121" s="28"/>
+      <c r="C121" s="28"/>
+      <c r="D121" s="28"/>
+      <c r="E121" s="28"/>
+      <c r="F121" s="28"/>
+      <c r="G121" s="28"/>
+      <c r="H121" s="28"/>
+      <c r="I121" s="28"/>
+      <c r="J121" s="28"/>
+      <c r="K121" s="28"/>
+    </row>
+    <row r="122" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A122" s="28"/>
+      <c r="B122" s="28"/>
+      <c r="C122" s="28"/>
+      <c r="D122" s="28"/>
+      <c r="E122" s="28"/>
+      <c r="F122" s="28"/>
+      <c r="G122" s="28"/>
+      <c r="H122" s="28"/>
+      <c r="I122" s="28"/>
+      <c r="J122" s="28"/>
+      <c r="K122" s="28"/>
+    </row>
+    <row r="123" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A123" s="28"/>
+      <c r="B123" s="28"/>
+      <c r="C123" s="28"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="28"/>
+      <c r="G123" s="28"/>
+      <c r="H123" s="28"/>
+      <c r="I123" s="28"/>
+      <c r="J123" s="28"/>
+      <c r="K123" s="28"/>
+    </row>
+    <row r="124" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A124" s="28"/>
+      <c r="B124" s="28"/>
+      <c r="C124" s="28"/>
+      <c r="D124" s="28"/>
+      <c r="E124" s="28"/>
+      <c r="F124" s="28"/>
+      <c r="G124" s="28"/>
+      <c r="H124" s="28"/>
+      <c r="I124" s="28"/>
+      <c r="J124" s="28"/>
+      <c r="K124" s="28"/>
+    </row>
+    <row r="125" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A125" s="28"/>
+      <c r="B125" s="28"/>
+      <c r="C125" s="28"/>
+      <c r="D125" s="28"/>
+      <c r="E125" s="28"/>
+      <c r="F125" s="28"/>
+      <c r="G125" s="28"/>
+      <c r="H125" s="28"/>
+      <c r="I125" s="28"/>
+      <c r="J125" s="28"/>
+      <c r="K125" s="28"/>
+    </row>
+    <row r="126" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A126" s="28"/>
+      <c r="B126" s="28"/>
+      <c r="C126" s="28"/>
+      <c r="D126" s="28"/>
+      <c r="E126" s="28"/>
+      <c r="F126" s="28"/>
+      <c r="G126" s="28"/>
+      <c r="H126" s="28"/>
+      <c r="I126" s="28"/>
+      <c r="J126" s="28"/>
+      <c r="K126" s="28"/>
+    </row>
+    <row r="127" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="237" t="s">
+        <v>391</v>
+      </c>
+      <c r="B127" s="237"/>
+      <c r="C127" s="237"/>
+      <c r="D127" s="237"/>
+      <c r="E127" s="237"/>
+      <c r="F127" s="237"/>
+      <c r="G127" s="237"/>
+      <c r="H127" s="237"/>
+      <c r="I127" s="237"/>
+      <c r="J127" s="237"/>
+      <c r="K127" s="237"/>
+    </row>
+    <row r="128" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="235" t="s">
+        <v>392</v>
+      </c>
+      <c r="B128" s="235"/>
+      <c r="C128" s="235"/>
+      <c r="D128" s="235"/>
+      <c r="E128" s="235"/>
+      <c r="F128" s="235"/>
+      <c r="G128" s="235"/>
+      <c r="H128" s="235"/>
+      <c r="I128" s="235"/>
+      <c r="J128" s="235"/>
+      <c r="K128" s="235"/>
+    </row>
+    <row r="129" spans="1:11" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="235"/>
+      <c r="B129" s="235"/>
+      <c r="C129" s="235"/>
+      <c r="D129" s="235"/>
+      <c r="E129" s="235"/>
+      <c r="F129" s="235"/>
+      <c r="G129" s="235"/>
+      <c r="H129" s="235"/>
+      <c r="I129" s="235"/>
+      <c r="J129" s="235"/>
+      <c r="K129" s="235"/>
+    </row>
+    <row r="130" spans="1:11" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="237" t="s">
+        <v>95</v>
+      </c>
+      <c r="B130" s="237"/>
+      <c r="C130" s="237"/>
+      <c r="D130" s="237"/>
+      <c r="E130" s="237"/>
+      <c r="F130" s="237"/>
+      <c r="G130" s="237"/>
+      <c r="H130" s="237"/>
+      <c r="I130" s="237"/>
+      <c r="J130" s="237"/>
+      <c r="K130" s="237"/>
+    </row>
+    <row r="131" spans="1:11" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="236" t="s">
+        <v>418</v>
+      </c>
+      <c r="B131" s="236"/>
+      <c r="C131" s="236"/>
+      <c r="D131" s="236"/>
+      <c r="E131" s="236"/>
+      <c r="F131" s="236"/>
+      <c r="G131" s="236"/>
+      <c r="H131" s="236"/>
+      <c r="I131" s="236"/>
+      <c r="J131" s="236"/>
+      <c r="K131" s="236"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A131:K131"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A126:K126"/>
     <mergeCell ref="A127:K127"/>
+    <mergeCell ref="A128:K128"/>
+    <mergeCell ref="A130:K130"/>
     <mergeCell ref="A129:K129"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{FC947BA8-A571-4C8E-A3D2-DEF72A0F2636}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500CAD68-306C-4291-B4AF-CD73BABEAA86}">
+  <dimension ref="A1:C4"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:C1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.88671875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="181" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="181"/>
+      <c r="C1" s="181"/>
+    </row>
+    <row r="2" spans="1:3" ht="37.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="153" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" s="154" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" s="154" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A3" s="143">
+        <v>1</v>
+      </c>
+      <c r="B3" s="155">
+        <v>46043</v>
+      </c>
+      <c r="C3" s="143" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A4" s="143">
+        <v>2</v>
+      </c>
+      <c r="B4" s="155">
+        <v>46080</v>
+      </c>
+      <c r="C4" s="143" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:C1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16AF9F3D-F903-40DE-A96B-6E37E71FFB78}">
-  <dimension ref="A1:F61"/>
+  <dimension ref="A1:G90"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="1" width="14.77734375" customWidth="1"/>
+    <col min="2" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-[...50 lines deleted...]
-      <c r="C5" s="217">
+    <row r="1" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+    </row>
+    <row r="2" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="253" t="s">
+        <v>393</v>
+      </c>
+      <c r="B2" s="253"/>
+      <c r="C2" s="253"/>
+      <c r="D2" s="253"/>
+      <c r="E2" s="253"/>
+      <c r="F2" s="253"/>
+      <c r="G2" s="253"/>
+    </row>
+    <row r="3" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="244" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+    </row>
+    <row r="4" spans="1:7" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="64" t="s">
+        <v>356</v>
+      </c>
+      <c r="B5" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="252">
+        <v>7694781</v>
+      </c>
+      <c r="D5" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="64" t="s">
+        <v>356</v>
+      </c>
+      <c r="B6" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="252">
+        <v>17348800</v>
+      </c>
+      <c r="D6" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="64" t="s">
+        <v>356</v>
+      </c>
+      <c r="B7" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="252">
+        <v>15440368</v>
+      </c>
+      <c r="D7" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="64" t="s">
+        <v>356</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="252">
+        <v>11159374</v>
+      </c>
+      <c r="D8" s="105">
+        <v>51643323</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="64" t="s">
+        <v>357</v>
+      </c>
+      <c r="B9" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="252">
+        <v>7085300</v>
+      </c>
+      <c r="D9" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="64" t="s">
+        <v>357</v>
+      </c>
+      <c r="B10" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="252">
+        <v>10695739</v>
+      </c>
+      <c r="D10" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="64" t="s">
+        <v>357</v>
+      </c>
+      <c r="B11" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="252">
+        <v>11699211</v>
+      </c>
+      <c r="D11" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="64" t="s">
+        <v>357</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="252">
+        <v>8041888</v>
+      </c>
+      <c r="D12" s="105">
+        <v>37522138</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="64" t="s">
+        <v>358</v>
+      </c>
+      <c r="B13" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="252">
+        <v>6001874</v>
+      </c>
+      <c r="D13" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="64" t="s">
+        <v>358</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="252">
+        <v>5403534</v>
+      </c>
+      <c r="D14" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="64" t="s">
+        <v>358</v>
+      </c>
+      <c r="B15" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="252">
+        <v>4851827</v>
+      </c>
+      <c r="D15" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="64" t="s">
+        <v>358</v>
+      </c>
+      <c r="B16" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="252">
+        <v>4605109</v>
+      </c>
+      <c r="D16" s="105">
+        <v>20862344</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="64" t="s">
+        <v>359</v>
+      </c>
+      <c r="B17" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="252">
+        <v>4444658</v>
+      </c>
+      <c r="D17" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="64" t="s">
+        <v>359</v>
+      </c>
+      <c r="B18" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="252">
+        <v>4103780</v>
+      </c>
+      <c r="D18" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="64" t="s">
+        <v>359</v>
+      </c>
+      <c r="B19" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="252">
+        <v>5218726</v>
+      </c>
+      <c r="D19" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="64" t="s">
+        <v>359</v>
+      </c>
+      <c r="B20" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="252">
+        <v>5016863</v>
+      </c>
+      <c r="D20" s="105">
+        <v>18784027</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="64" t="s">
+        <v>360</v>
+      </c>
+      <c r="B21" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="252">
+        <v>3999320</v>
+      </c>
+      <c r="D21" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="64" t="s">
+        <v>360</v>
+      </c>
+      <c r="B22" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="252">
+        <v>3878870</v>
+      </c>
+      <c r="D22" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="64" t="s">
+        <v>360</v>
+      </c>
+      <c r="B23" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="252">
+        <v>4087067</v>
+      </c>
+      <c r="D23" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="64" t="s">
+        <v>360</v>
+      </c>
+      <c r="B24" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="252">
+        <v>3963406</v>
+      </c>
+      <c r="D24" s="105">
+        <v>15928663</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="64" t="s">
+        <v>361</v>
+      </c>
+      <c r="B25" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="252">
+        <v>3356828</v>
+      </c>
+      <c r="D25" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="64" t="s">
+        <v>361</v>
+      </c>
+      <c r="B26" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="252">
+        <v>3895712</v>
+      </c>
+      <c r="D26" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="64" t="s">
+        <v>361</v>
+      </c>
+      <c r="B27" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="252">
+        <v>4183901</v>
+      </c>
+      <c r="D27" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="64" t="s">
+        <v>361</v>
+      </c>
+      <c r="B28" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="252">
+        <v>4675532</v>
+      </c>
+      <c r="D28" s="105">
+        <v>16111973</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B29" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="255">
+        <v>4625792</v>
+      </c>
+      <c r="D29" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B30" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="255">
+        <v>5135585</v>
+      </c>
+      <c r="D30" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B31" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="255">
+        <v>5668169</v>
+      </c>
+      <c r="D31" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B32" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="255">
+        <v>6233427</v>
+      </c>
+      <c r="D32" s="256">
+        <v>21662973</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="64" t="s">
+        <v>363</v>
+      </c>
+      <c r="B33" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="255">
+        <v>6723014</v>
+      </c>
+      <c r="D33" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="64" t="s">
+        <v>363</v>
+      </c>
+      <c r="B34" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="255">
+        <v>6943287</v>
+      </c>
+      <c r="D34" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="64" t="s">
+        <v>363</v>
+      </c>
+      <c r="B35" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="255">
+        <v>7479075</v>
+      </c>
+      <c r="D35" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="64" t="s">
+        <v>363</v>
+      </c>
+      <c r="B36" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="255">
+        <v>8732760</v>
+      </c>
+      <c r="D36" s="256">
+        <v>29878136</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="B37" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="255">
+        <v>8651927</v>
+      </c>
+      <c r="D37" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="B38" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="255">
+        <v>8401570</v>
+      </c>
+      <c r="D38" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="B39" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="255">
+        <v>8837916</v>
+      </c>
+      <c r="D39" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="B40" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="255">
+        <v>9907561</v>
+      </c>
+      <c r="D40" s="256">
+        <v>35798974</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="64" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="255">
         <v>10351465</v>
       </c>
-      <c r="D5" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C6" s="217">
+      <c r="D41" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="64" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="255">
         <v>11170680</v>
       </c>
-      <c r="D6" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C7" s="217">
+      <c r="D42" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="64" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="255">
         <v>12056954</v>
       </c>
-      <c r="D7" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C8" s="217">
+      <c r="D43" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="64" t="s">
+        <v>173</v>
+      </c>
+      <c r="B44" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="255">
         <v>12408853</v>
       </c>
-      <c r="D8" s="156">
+      <c r="D44" s="256">
         <v>45987952</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C9" s="217">
+    <row r="45" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="64" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="255">
         <v>12864839</v>
       </c>
-      <c r="D9" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C10" s="217">
+      <c r="D45" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="64" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="255">
         <v>11713534</v>
       </c>
-      <c r="D10" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C11" s="217">
+      <c r="D46" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="64" t="s">
+        <v>174</v>
+      </c>
+      <c r="B47" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="255">
         <v>11310762</v>
       </c>
-      <c r="D11" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="217">
+      <c r="D47" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="64" t="s">
+        <v>174</v>
+      </c>
+      <c r="B48" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="255">
         <v>11142335</v>
       </c>
-      <c r="D12" s="156">
+      <c r="D48" s="256">
         <v>47031470</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C13" s="217">
+    <row r="49" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="B49" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="255">
         <v>9234046</v>
       </c>
-      <c r="D13" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C14" s="217">
+      <c r="D49" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="B50" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="255">
         <v>8169461</v>
       </c>
-      <c r="D14" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C15" s="217">
+      <c r="D50" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="B51" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="255">
         <v>9712277</v>
       </c>
-      <c r="D15" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C16" s="217">
+      <c r="D51" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="B52" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="255">
         <v>10918995</v>
       </c>
-      <c r="D16" s="156">
+      <c r="D52" s="256">
         <v>38034779</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C17" s="217">
+    <row r="53" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B53" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="255">
         <v>9192933</v>
       </c>
-      <c r="D17" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C18" s="217">
+      <c r="D53" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B54" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="255">
         <v>8554509</v>
       </c>
-      <c r="D18" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C19" s="217">
+      <c r="D54" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B55" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="255">
         <v>9627243</v>
       </c>
-      <c r="D19" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C20" s="217">
+      <c r="D55" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B56" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="255">
         <v>9888796</v>
       </c>
-      <c r="D20" s="156">
+      <c r="D56" s="256">
         <v>37263481</v>
       </c>
-      <c r="E20" s="66"/>
-[...9 lines deleted...]
-      <c r="C21" s="217">
+    </row>
+    <row r="57" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="B57" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="255">
         <v>8438766</v>
       </c>
-      <c r="D21" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C22" s="217">
+      <c r="D57" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="B58" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C58" s="255">
         <v>8417978</v>
       </c>
-      <c r="D22" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C23" s="217">
+      <c r="D58" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="B59" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="255">
         <v>8642989</v>
       </c>
-      <c r="D23" s="156" t="s">
-[...12 lines deleted...]
-      <c r="C24" s="217">
+      <c r="D59" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="B60" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="255">
         <v>8596307</v>
       </c>
-      <c r="D24" s="156">
+      <c r="D60" s="256">
         <v>34096040</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C25" s="217">
+    <row r="61" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C61" s="255">
         <v>6696506</v>
       </c>
-      <c r="D25" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C26" s="217">
+      <c r="D61" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C62" s="255">
         <v>5871368</v>
       </c>
-      <c r="D26" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C27" s="217">
+      <c r="D62" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B63" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C63" s="255">
         <v>5614497</v>
       </c>
-      <c r="D27" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C28" s="217">
+      <c r="D63" s="254" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C64" s="255">
         <v>6850085</v>
       </c>
-      <c r="D28" s="156">
+      <c r="D64" s="256">
         <v>25032456</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="A61" s="66"/>
+    <row r="65" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="28"/>
+      <c r="B65" s="28"/>
+      <c r="C65" s="28"/>
+      <c r="D65" s="28"/>
+    </row>
+    <row r="66" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A66" s="28"/>
+      <c r="B66" s="28"/>
+      <c r="C66" s="28"/>
+      <c r="D66" s="28"/>
+    </row>
+    <row r="67" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="28"/>
+      <c r="B67" s="28"/>
+      <c r="C67" s="28"/>
+      <c r="D67" s="28"/>
+    </row>
+    <row r="68" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="28"/>
+      <c r="B68" s="28"/>
+      <c r="C68" s="28"/>
+      <c r="D68" s="28"/>
+    </row>
+    <row r="69" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="28"/>
+      <c r="B69" s="28"/>
+      <c r="C69" s="28"/>
+      <c r="D69" s="28"/>
+    </row>
+    <row r="70" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="28"/>
+      <c r="B70" s="28"/>
+      <c r="C70" s="28"/>
+      <c r="D70" s="28"/>
+    </row>
+    <row r="71" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="28"/>
+      <c r="B71" s="28"/>
+      <c r="C71" s="28"/>
+      <c r="D71" s="28"/>
+    </row>
+    <row r="72" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="28"/>
+      <c r="B72" s="28"/>
+      <c r="C72" s="28"/>
+      <c r="D72" s="28"/>
+    </row>
+    <row r="73" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="28"/>
+      <c r="B73" s="28"/>
+      <c r="C73" s="28"/>
+      <c r="D73" s="28"/>
+    </row>
+    <row r="74" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="28"/>
+      <c r="B74" s="28"/>
+      <c r="C74" s="28"/>
+      <c r="D74" s="28"/>
+    </row>
+    <row r="75" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="28"/>
+      <c r="B75" s="28"/>
+      <c r="C75" s="28"/>
+      <c r="D75" s="28"/>
+    </row>
+    <row r="76" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="28"/>
+      <c r="B76" s="28"/>
+      <c r="C76" s="28"/>
+      <c r="D76" s="28"/>
+    </row>
+    <row r="77" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="28"/>
+      <c r="B77" s="28"/>
+      <c r="C77" s="28"/>
+      <c r="D77" s="28"/>
+    </row>
+    <row r="78" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="28"/>
+      <c r="B78" s="28"/>
+      <c r="C78" s="28"/>
+      <c r="D78" s="28"/>
+    </row>
+    <row r="79" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A79" s="28"/>
+      <c r="B79" s="28"/>
+      <c r="C79" s="28"/>
+      <c r="D79" s="28"/>
+    </row>
+    <row r="80" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="28"/>
+      <c r="B80" s="28"/>
+      <c r="C80" s="28"/>
+      <c r="D80" s="28"/>
+    </row>
+    <row r="81" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="28"/>
+      <c r="B81" s="28"/>
+      <c r="C81" s="28"/>
+      <c r="D81" s="28"/>
+    </row>
+    <row r="82" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A82" s="28"/>
+      <c r="B82" s="28"/>
+      <c r="C82" s="28"/>
+      <c r="D82" s="28"/>
+    </row>
+    <row r="83" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A83" s="28"/>
+      <c r="B83" s="28"/>
+      <c r="C83" s="28"/>
+      <c r="D83" s="28"/>
+    </row>
+    <row r="84" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A84" s="28"/>
+      <c r="B84" s="28"/>
+      <c r="C84" s="28"/>
+      <c r="D84" s="28"/>
+    </row>
+    <row r="85" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A85" s="28"/>
+      <c r="B85" s="28"/>
+      <c r="C85" s="28"/>
+      <c r="D85" s="28"/>
+    </row>
+    <row r="86" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A86" s="28"/>
+      <c r="B86" s="28"/>
+      <c r="C86" s="28"/>
+      <c r="D86" s="28"/>
+    </row>
+    <row r="87" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A87" s="28"/>
+      <c r="B87" s="28"/>
+      <c r="C87" s="28"/>
+      <c r="D87" s="28"/>
+    </row>
+    <row r="88" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A88" s="28"/>
+      <c r="B88" s="28"/>
+      <c r="C88" s="28"/>
+      <c r="D88" s="28"/>
+    </row>
+    <row r="89" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="248" t="s">
+        <v>395</v>
+      </c>
+      <c r="B89" s="248"/>
+      <c r="C89" s="248"/>
+      <c r="D89" s="248"/>
+    </row>
+    <row r="90" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="133" t="s">
+        <v>396</v>
+      </c>
+      <c r="B90" s="133"/>
+      <c r="C90" s="133"/>
+      <c r="D90" s="133"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+  <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
-    <mergeCell ref="A52:D52"/>
+    <mergeCell ref="A89:D89"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <phoneticPr fontId="41" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C0F1D4B-9E0D-4BA7-946E-7B90D7518395}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE26559B-5082-4933-9456-870A93AC8238}">
-  <dimension ref="A1:F101"/>
+  <dimension ref="A1:E101"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="2" width="14.77734375" style="28" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="24" style="28" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.109375" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.21875" style="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-[...53 lines deleted...]
-      <c r="C5" s="217">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+    </row>
+    <row r="2" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>397</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+    </row>
+    <row r="3" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+    </row>
+    <row r="4" spans="1:5" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="65" t="s">
+        <v>356</v>
+      </c>
+      <c r="B5" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="252">
         <v>7690134</v>
       </c>
-      <c r="D5" s="217">
+      <c r="D5" s="252">
         <v>991</v>
       </c>
-      <c r="E5" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C6" s="217">
+      <c r="E5" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" s="66" t="s">
+        <v>356</v>
+      </c>
+      <c r="B6" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="252">
         <v>22159111</v>
       </c>
-      <c r="D6" s="217">
+      <c r="D6" s="252">
         <v>1659</v>
       </c>
-      <c r="E6" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C7" s="217">
+      <c r="E6" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="66" t="s">
+        <v>356</v>
+      </c>
+      <c r="B7" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="252">
         <v>23793488</v>
       </c>
-      <c r="D7" s="217">
+      <c r="D7" s="252">
         <v>2183</v>
       </c>
-      <c r="E7" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C8" s="217">
+      <c r="E7" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="66" t="s">
+        <v>356</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="252">
         <v>19498539</v>
       </c>
-      <c r="D8" s="217">
+      <c r="D8" s="252">
         <v>2867</v>
       </c>
-      <c r="E8" s="156">
+      <c r="E8" s="105">
         <v>73141272</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C9" s="217">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="66" t="s">
+        <v>357</v>
+      </c>
+      <c r="B9" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="252">
         <v>20169314</v>
       </c>
-      <c r="D9" s="217">
+      <c r="D9" s="252">
         <v>2516</v>
       </c>
-      <c r="E9" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C10" s="217">
+      <c r="E9" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="66" t="s">
+        <v>357</v>
+      </c>
+      <c r="B10" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="252">
         <v>25807106</v>
       </c>
-      <c r="D10" s="217">
+      <c r="D10" s="252">
         <v>2810</v>
       </c>
-      <c r="E10" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C11" s="217">
+      <c r="E10" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="66" t="s">
+        <v>357</v>
+      </c>
+      <c r="B11" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="252">
         <v>29972391</v>
       </c>
-      <c r="D11" s="217">
+      <c r="D11" s="252">
         <v>3130</v>
       </c>
-      <c r="E11" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="217">
+      <c r="E11" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="66" t="s">
+        <v>357</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="252">
         <v>24845046</v>
       </c>
-      <c r="D12" s="217">
+      <c r="D12" s="252">
         <v>2656</v>
       </c>
-      <c r="E12" s="156">
+      <c r="E12" s="105">
         <v>100793857</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C13" s="217">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="66" t="s">
+        <v>358</v>
+      </c>
+      <c r="B13" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="252">
         <v>22896105</v>
       </c>
-      <c r="D13" s="217">
+      <c r="D13" s="252">
         <v>2841</v>
       </c>
-      <c r="E13" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C14" s="217">
+      <c r="E13" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="66" t="s">
+        <v>358</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="252">
         <v>27686390</v>
       </c>
-      <c r="D14" s="217">
+      <c r="D14" s="252">
         <v>3184</v>
       </c>
-      <c r="E14" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C15" s="217">
+      <c r="E14" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="66" t="s">
+        <v>358</v>
+      </c>
+      <c r="B15" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="252">
         <v>29931250</v>
       </c>
-      <c r="D15" s="217">
+      <c r="D15" s="252">
         <v>3193</v>
       </c>
-      <c r="E15" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C16" s="217">
+      <c r="E15" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A16" s="66" t="s">
+        <v>358</v>
+      </c>
+      <c r="B16" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="252">
         <v>27485199</v>
       </c>
-      <c r="D16" s="217">
+      <c r="D16" s="252">
         <v>2615</v>
       </c>
-      <c r="E16" s="156">
+      <c r="E16" s="105">
         <v>107998944</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A17" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="217">
+      <c r="A17" s="66" t="s">
+        <v>359</v>
+      </c>
+      <c r="B17" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="252">
         <v>29762060</v>
       </c>
-      <c r="D17" s="217">
+      <c r="D17" s="252">
         <v>2999</v>
       </c>
-      <c r="E17" s="156" t="s">
-        <v>83</v>
+      <c r="E17" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A18" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="217">
+      <c r="A18" s="66" t="s">
+        <v>359</v>
+      </c>
+      <c r="B18" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="252">
         <v>27005239</v>
       </c>
-      <c r="D18" s="217">
+      <c r="D18" s="252">
         <v>2662</v>
       </c>
-      <c r="E18" s="156" t="s">
-        <v>83</v>
+      <c r="E18" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A19" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C19" s="217">
+      <c r="A19" s="66" t="s">
+        <v>359</v>
+      </c>
+      <c r="B19" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="252">
         <v>26618615</v>
       </c>
-      <c r="D19" s="217">
+      <c r="D19" s="252">
         <v>2589</v>
       </c>
-      <c r="E19" s="156" t="s">
-        <v>83</v>
+      <c r="E19" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A20" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C20" s="217">
+      <c r="A20" s="66" t="s">
+        <v>359</v>
+      </c>
+      <c r="B20" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="252">
         <v>24470312</v>
       </c>
-      <c r="D20" s="217">
+      <c r="D20" s="252">
         <v>2603</v>
       </c>
-      <c r="E20" s="156">
+      <c r="E20" s="105">
         <v>107856226</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A21" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="217">
+      <c r="A21" s="66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B21" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="252">
         <v>17668748</v>
       </c>
-      <c r="D21" s="217">
+      <c r="D21" s="252">
         <v>2573</v>
       </c>
-      <c r="E21" s="156" t="s">
-        <v>83</v>
+      <c r="E21" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A22" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C22" s="217">
+      <c r="A22" s="66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B22" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="252">
         <v>9915469</v>
       </c>
-      <c r="D22" s="217">
+      <c r="D22" s="252">
         <v>2081</v>
       </c>
-      <c r="E22" s="156" t="s">
-        <v>83</v>
+      <c r="E22" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A23" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C23" s="217">
+      <c r="A23" s="66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B23" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="252">
         <v>8284937</v>
       </c>
-      <c r="D23" s="217">
+      <c r="D23" s="252">
         <v>1882</v>
       </c>
-      <c r="E23" s="156" t="s">
-        <v>83</v>
+      <c r="E23" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C24" s="217">
+      <c r="A24" s="66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B24" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="252">
         <v>7198288</v>
       </c>
-      <c r="D24" s="217">
+      <c r="D24" s="252">
         <v>1697</v>
       </c>
-      <c r="E24" s="156">
+      <c r="E24" s="105">
         <v>43067442</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A25" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C25" s="217">
+      <c r="A25" s="66" t="s">
+        <v>361</v>
+      </c>
+      <c r="B25" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="252">
         <v>4353583</v>
       </c>
-      <c r="D25" s="217">
+      <c r="D25" s="252">
         <v>1361</v>
       </c>
-      <c r="E25" s="156" t="s">
-        <v>83</v>
+      <c r="E25" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A26" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C26" s="217">
+      <c r="A26" s="66" t="s">
+        <v>361</v>
+      </c>
+      <c r="B26" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="252">
         <v>5127272</v>
       </c>
-      <c r="D26" s="217">
+      <c r="D26" s="252">
         <v>1456</v>
       </c>
-      <c r="E26" s="156" t="s">
-        <v>83</v>
+      <c r="E26" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A27" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C27" s="217">
+      <c r="A27" s="66" t="s">
+        <v>361</v>
+      </c>
+      <c r="B27" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="252">
         <v>4680709</v>
       </c>
-      <c r="D27" s="217">
+      <c r="D27" s="252">
         <v>1371</v>
       </c>
-      <c r="E27" s="156" t="s">
-        <v>83</v>
+      <c r="E27" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A28" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C28" s="217">
+      <c r="A28" s="66" t="s">
+        <v>361</v>
+      </c>
+      <c r="B28" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="252">
         <v>4767216</v>
       </c>
-      <c r="D28" s="217">
+      <c r="D28" s="252">
         <v>1331</v>
       </c>
-      <c r="E28" s="156">
+      <c r="E28" s="105">
         <v>18928780</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A29" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C29" s="217">
+      <c r="A29" s="66" t="s">
+        <v>362</v>
+      </c>
+      <c r="B29" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="252">
         <v>3730852</v>
       </c>
-      <c r="D29" s="217">
+      <c r="D29" s="252">
         <v>1194</v>
       </c>
-      <c r="E29" s="156" t="s">
-        <v>83</v>
+      <c r="E29" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A30" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C30" s="217">
+      <c r="A30" s="66" t="s">
+        <v>362</v>
+      </c>
+      <c r="B30" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="252">
         <v>6224559</v>
       </c>
-      <c r="D30" s="217">
+      <c r="D30" s="252">
         <v>1573</v>
       </c>
-      <c r="E30" s="156" t="s">
-        <v>83</v>
+      <c r="E30" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A31" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C31" s="217">
+      <c r="A31" s="66" t="s">
+        <v>362</v>
+      </c>
+      <c r="B31" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="252">
         <v>10325254</v>
       </c>
-      <c r="D31" s="217">
+      <c r="D31" s="252">
         <v>1903</v>
       </c>
-      <c r="E31" s="156" t="s">
-        <v>83</v>
+      <c r="E31" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A32" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C32" s="217">
+      <c r="A32" s="66" t="s">
+        <v>362</v>
+      </c>
+      <c r="B32" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="252">
         <v>14244116</v>
       </c>
-      <c r="D32" s="217">
+      <c r="D32" s="252">
         <v>2265</v>
       </c>
-      <c r="E32" s="156">
+      <c r="E32" s="105">
         <v>34524781</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A33" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C33" s="217">
+      <c r="A33" s="66" t="s">
+        <v>363</v>
+      </c>
+      <c r="B33" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="252">
         <v>13528915</v>
       </c>
-      <c r="D33" s="217">
+      <c r="D33" s="252">
         <v>2422</v>
       </c>
-      <c r="E33" s="156" t="s">
-        <v>83</v>
+      <c r="E33" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A34" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C34" s="217">
+      <c r="A34" s="66" t="s">
+        <v>363</v>
+      </c>
+      <c r="B34" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="252">
         <v>20648590</v>
       </c>
-      <c r="D34" s="217">
+      <c r="D34" s="252">
         <v>2575</v>
       </c>
-      <c r="E34" s="156" t="s">
-        <v>83</v>
+      <c r="E34" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A35" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C35" s="217">
+      <c r="A35" s="66" t="s">
+        <v>363</v>
+      </c>
+      <c r="B35" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="252">
         <v>20866658</v>
       </c>
-      <c r="D35" s="217">
+      <c r="D35" s="252">
         <v>2424</v>
       </c>
-      <c r="E35" s="156" t="s">
-        <v>83</v>
+      <c r="E35" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A36" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C36" s="217">
+      <c r="A36" s="66" t="s">
+        <v>363</v>
+      </c>
+      <c r="B36" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="252">
         <v>21610968</v>
       </c>
-      <c r="D36" s="217">
+      <c r="D36" s="252">
         <v>2944</v>
       </c>
-      <c r="E36" s="156">
+      <c r="E36" s="105">
         <v>76655131</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A37" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C37" s="217">
+      <c r="A37" s="66" t="s">
+        <v>186</v>
+      </c>
+      <c r="B37" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="252">
         <v>20829766</v>
       </c>
-      <c r="D37" s="217">
+      <c r="D37" s="252">
         <v>2932</v>
       </c>
-      <c r="E37" s="156" t="s">
-        <v>83</v>
+      <c r="E37" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A38" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C38" s="217">
+      <c r="A38" s="66" t="s">
+        <v>186</v>
+      </c>
+      <c r="B38" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="252">
         <v>26527099</v>
       </c>
-      <c r="D38" s="217">
+      <c r="D38" s="252">
         <v>3174</v>
       </c>
-      <c r="E38" s="156" t="s">
-        <v>83</v>
+      <c r="E38" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A39" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C39" s="217">
+      <c r="A39" s="66" t="s">
+        <v>186</v>
+      </c>
+      <c r="B39" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="252">
         <v>26831019</v>
       </c>
-      <c r="D39" s="217">
+      <c r="D39" s="252">
         <v>3388</v>
       </c>
-      <c r="E39" s="156" t="s">
-        <v>83</v>
+      <c r="E39" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A40" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C40" s="217">
+      <c r="A40" s="66" t="s">
+        <v>186</v>
+      </c>
+      <c r="B40" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="252">
         <v>24839518</v>
       </c>
-      <c r="D40" s="217">
+      <c r="D40" s="252">
         <v>3205</v>
       </c>
-      <c r="E40" s="156">
+      <c r="E40" s="105">
         <v>99027402</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A41" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C41" s="217">
+      <c r="A41" s="66" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="252">
         <v>23753361</v>
       </c>
-      <c r="D41" s="217">
+      <c r="D41" s="252">
         <v>3047</v>
       </c>
-      <c r="E41" s="156" t="s">
-        <v>83</v>
+      <c r="E41" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A42" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C42" s="217">
+      <c r="A42" s="66" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="252">
         <v>26652227</v>
       </c>
-      <c r="D42" s="217">
+      <c r="D42" s="252">
         <v>2836</v>
       </c>
-      <c r="E42" s="156" t="s">
-        <v>83</v>
+      <c r="E42" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A43" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C43" s="217">
+      <c r="A43" s="66" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="252">
         <v>31377137</v>
       </c>
-      <c r="D43" s="217">
+      <c r="D43" s="252">
         <v>3363</v>
       </c>
-      <c r="E43" s="156" t="s">
-        <v>83</v>
+      <c r="E43" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A44" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C44" s="217">
+      <c r="A44" s="66" t="s">
+        <v>173</v>
+      </c>
+      <c r="B44" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="252">
         <v>31661107</v>
       </c>
-      <c r="D44" s="217">
+      <c r="D44" s="252">
         <v>3500</v>
       </c>
-      <c r="E44" s="156">
+      <c r="E44" s="105">
         <v>113443832</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A45" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C45" s="217">
+      <c r="A45" s="66" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="252">
         <v>33571793</v>
       </c>
-      <c r="D45" s="217">
+      <c r="D45" s="252">
         <v>3783</v>
       </c>
-      <c r="E45" s="156" t="s">
-        <v>83</v>
+      <c r="E45" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A46" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C46" s="217">
+      <c r="A46" s="66" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="252">
         <v>36601316</v>
       </c>
-      <c r="D46" s="217">
+      <c r="D46" s="252">
         <v>3528</v>
       </c>
-      <c r="E46" s="156" t="s">
-        <v>83</v>
+      <c r="E46" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A47" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C47" s="217">
+      <c r="A47" s="66" t="s">
+        <v>174</v>
+      </c>
+      <c r="B47" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="252">
         <v>29200058</v>
       </c>
-      <c r="D47" s="217">
+      <c r="D47" s="252">
         <v>3272</v>
       </c>
-      <c r="E47" s="156" t="s">
-        <v>83</v>
+      <c r="E47" s="105" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A48" s="86" t="s">
-[...5 lines deleted...]
-      <c r="C48" s="217">
+      <c r="A48" s="66" t="s">
+        <v>174</v>
+      </c>
+      <c r="B48" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="252">
         <v>28625808</v>
       </c>
-      <c r="D48" s="217">
+      <c r="D48" s="252">
         <v>3289</v>
       </c>
-      <c r="E48" s="156">
+      <c r="E48" s="105">
         <v>127998975</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C49" s="217">
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="66" t="s">
+        <v>175</v>
+      </c>
+      <c r="B49" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="252">
         <v>24022727</v>
       </c>
-      <c r="D49" s="217">
+      <c r="D49" s="252">
         <v>3407</v>
       </c>
-      <c r="E49" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C50" s="217">
+      <c r="E49" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A50" s="66" t="s">
+        <v>175</v>
+      </c>
+      <c r="B50" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="252">
         <v>20009412</v>
       </c>
-      <c r="D50" s="217">
+      <c r="D50" s="252">
         <v>2682</v>
       </c>
-      <c r="E50" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C51" s="217">
+      <c r="E50" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="66" t="s">
+        <v>175</v>
+      </c>
+      <c r="B51" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="252">
         <v>16744778</v>
       </c>
-      <c r="D51" s="217">
+      <c r="D51" s="252">
         <v>2579</v>
       </c>
-      <c r="E51" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C52" s="217">
+      <c r="E51" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A52" s="66" t="s">
+        <v>175</v>
+      </c>
+      <c r="B52" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="252">
         <v>17559181</v>
       </c>
-      <c r="D52" s="217">
+      <c r="D52" s="252">
         <v>2519</v>
       </c>
-      <c r="E52" s="156">
+      <c r="E52" s="105">
         <v>78336098</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C53" s="217">
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="66" t="s">
+        <v>176</v>
+      </c>
+      <c r="B53" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="252">
         <v>13329848</v>
       </c>
-      <c r="D53" s="217">
+      <c r="D53" s="252">
         <v>2286</v>
       </c>
-      <c r="E53" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C54" s="217">
+      <c r="E53" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="66" t="s">
+        <v>176</v>
+      </c>
+      <c r="B54" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="252">
         <v>14015490</v>
       </c>
-      <c r="D54" s="217">
+      <c r="D54" s="252">
         <v>2129</v>
       </c>
-      <c r="E54" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C55" s="217">
+      <c r="E54" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="66" t="s">
+        <v>176</v>
+      </c>
+      <c r="B55" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="252">
         <v>15091006</v>
       </c>
-      <c r="D55" s="217">
+      <c r="D55" s="252">
         <v>2578</v>
       </c>
-      <c r="E55" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C56" s="217">
+      <c r="E55" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="66" t="s">
+        <v>176</v>
+      </c>
+      <c r="B56" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="252">
         <v>17317737</v>
       </c>
-      <c r="D56" s="217">
+      <c r="D56" s="252">
         <v>2797</v>
       </c>
-      <c r="E56" s="156">
+      <c r="E56" s="105">
         <v>59754081</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C57" s="217">
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B57" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="252">
         <v>18914230</v>
       </c>
-      <c r="D57" s="217">
+      <c r="D57" s="252">
         <v>2860</v>
       </c>
-      <c r="E57" s="156" t="s">
-[...11 lines deleted...]
-      <c r="C58" s="217">
+      <c r="E57" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B58" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C58" s="252">
         <v>15116847</v>
       </c>
-      <c r="D58" s="217">
+      <c r="D58" s="252">
         <v>2390</v>
       </c>
-      <c r="E58" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C59" s="217">
+      <c r="E58" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B59" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="252">
         <v>12605172</v>
       </c>
-      <c r="D59" s="217">
+      <c r="D59" s="252">
         <v>2099</v>
       </c>
-      <c r="E59" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C60" s="217">
+      <c r="E59" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B60" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="252">
         <v>10646170</v>
       </c>
-      <c r="D60" s="217">
+      <c r="D60" s="252">
         <v>1817</v>
       </c>
-      <c r="E60" s="156">
+      <c r="E60" s="105">
         <v>57282419</v>
       </c>
-      <c r="F60" s="66"/>
-[...8 lines deleted...]
-      <c r="C61" s="217">
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="66" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C61" s="252">
         <v>9108076</v>
       </c>
-      <c r="D61" s="217">
+      <c r="D61" s="252">
         <v>1738</v>
       </c>
-      <c r="E61" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C62" s="217">
+      <c r="E61" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="66" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" s="51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C62" s="252">
         <v>7253635</v>
       </c>
-      <c r="D62" s="217">
+      <c r="D62" s="252">
         <v>1335</v>
       </c>
-      <c r="E62" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C63" s="217">
+      <c r="E62" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="66" t="s">
+        <v>178</v>
+      </c>
+      <c r="B63" s="51" t="s">
+        <v>90</v>
+      </c>
+      <c r="C63" s="252">
         <v>6146216</v>
       </c>
-      <c r="D63" s="217">
+      <c r="D63" s="252">
         <v>1517</v>
       </c>
-      <c r="E63" s="156" t="s">
-[...10 lines deleted...]
-      <c r="C64" s="217">
+      <c r="E63" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="66" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C64" s="252">
         <v>6509475</v>
       </c>
-      <c r="D64" s="217">
+      <c r="D64" s="252">
         <v>1773</v>
       </c>
-      <c r="E64" s="156">
+      <c r="E64" s="105">
         <v>29017402</v>
       </c>
     </row>
-    <row r="89" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="E90" s="204"/>
+    <row r="89" spans="1:5" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="237" t="s">
+        <v>401</v>
+      </c>
+      <c r="B89" s="237"/>
+      <c r="C89" s="237"/>
+      <c r="D89" s="237"/>
+      <c r="E89" s="237"/>
+    </row>
+    <row r="90" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="236" t="s">
+        <v>402</v>
+      </c>
+      <c r="B90" s="236"/>
+      <c r="C90" s="236"/>
+      <c r="D90" s="236"/>
+      <c r="E90" s="236"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A92" s="66"/>
-[...3 lines deleted...]
-      <c r="E92" s="66"/>
+      <c r="A92" s="49"/>
+      <c r="B92" s="49"/>
+      <c r="C92" s="49"/>
+      <c r="D92" s="49"/>
+      <c r="E92" s="49"/>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A101" s="66"/>
+      <c r="A101" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1B5C31B4-FB28-4305-A065-441518CEBC1A}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:C3"/>
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4478FCD8-044F-458E-B2F9-55616D6EE20B}">
+  <dimension ref="A1:D50"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.33203125" style="245" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.5546875" style="245"/>
+    <col min="1" max="1" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="57.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="59.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="59" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      </c>
+    <row r="1" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+    </row>
+    <row r="2" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="243" t="s">
+        <v>403</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+    </row>
+    <row r="3" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="244" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+    </row>
+    <row r="4" spans="1:4" ht="64.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="126" t="s">
+        <v>404</v>
+      </c>
+      <c r="C4" s="126" t="s">
+        <v>405</v>
+      </c>
+      <c r="D4" s="126" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="65" t="s">
+        <v>356</v>
+      </c>
+      <c r="B5" s="252">
+        <v>8230146.3649999993</v>
+      </c>
+      <c r="C5" s="252">
+        <v>3282627.3904906302</v>
+      </c>
+      <c r="D5" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="65" t="s">
+        <v>357</v>
+      </c>
+      <c r="B6" s="252">
+        <v>9872554.3600000013</v>
+      </c>
+      <c r="C6" s="252">
+        <v>4491034.5375933703</v>
+      </c>
+      <c r="D6" s="105">
+        <v>348110</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="65" t="s">
+        <v>358</v>
+      </c>
+      <c r="B7" s="252">
+        <v>12052038.029999999</v>
+      </c>
+      <c r="C7" s="252">
+        <v>5648225.0641215909</v>
+      </c>
+      <c r="D7" s="105">
+        <v>3877980</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="65" t="s">
+        <v>359</v>
+      </c>
+      <c r="B8" s="252">
+        <v>11377923.854999999</v>
+      </c>
+      <c r="C8" s="252">
+        <v>6594499.3965414399</v>
+      </c>
+      <c r="D8" s="105">
+        <v>7621505</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="65" t="s">
+        <v>360</v>
+      </c>
+      <c r="B9" s="252">
+        <v>12496953.34</v>
+      </c>
+      <c r="C9" s="252">
+        <v>7383612.1162573369</v>
+      </c>
+      <c r="D9" s="105">
+        <v>7867836</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="65" t="s">
+        <v>361</v>
+      </c>
+      <c r="B10" s="252">
+        <v>14735499.480000002</v>
+      </c>
+      <c r="C10" s="252">
+        <v>8094854.6149307471</v>
+      </c>
+      <c r="D10" s="105">
+        <v>13133396</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="65" t="s">
+        <v>362</v>
+      </c>
+      <c r="B11" s="252">
+        <v>13146003.314999999</v>
+      </c>
+      <c r="C11" s="252">
+        <v>9105336.296152791</v>
+      </c>
+      <c r="D11" s="105">
+        <v>12170406</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="65" t="s">
+        <v>363</v>
+      </c>
+      <c r="B12" s="252">
+        <v>17294548.100000001</v>
+      </c>
+      <c r="C12" s="252">
+        <v>10633520.299991006</v>
+      </c>
+      <c r="D12" s="105">
+        <v>12438219</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="65" t="s">
+        <v>186</v>
+      </c>
+      <c r="B13" s="252">
+        <v>18401238.434999999</v>
+      </c>
+      <c r="C13" s="252">
+        <v>12670067.484440595</v>
+      </c>
+      <c r="D13" s="105">
+        <v>14830105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="B14" s="252">
+        <v>20133650.450000003</v>
+      </c>
+      <c r="C14" s="252">
+        <v>15070165.556072839</v>
+      </c>
+      <c r="D14" s="105">
+        <v>16052805</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="65" t="s">
+        <v>174</v>
+      </c>
+      <c r="B15" s="252">
+        <v>27520480.799999997</v>
+      </c>
+      <c r="C15" s="252">
+        <v>17706278.115901209</v>
+      </c>
+      <c r="D15" s="105">
+        <v>17040782</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="65" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" s="252">
+        <v>29896153.305</v>
+      </c>
+      <c r="C16" s="252">
+        <v>19566752.422974464</v>
+      </c>
+      <c r="D16" s="105">
+        <v>17738059</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="65" t="s">
+        <v>176</v>
+      </c>
+      <c r="B17" s="252">
+        <v>31231955.020000007</v>
+      </c>
+      <c r="C17" s="252">
+        <v>21264272.754746065</v>
+      </c>
+      <c r="D17" s="105">
+        <v>17221108</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="65" t="s">
+        <v>177</v>
+      </c>
+      <c r="B18" s="252">
+        <v>31308836.150000002</v>
+      </c>
+      <c r="C18" s="252">
+        <v>23326252.034351978</v>
+      </c>
+      <c r="D18" s="105">
+        <v>18784758</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="65" t="s">
+        <v>178</v>
+      </c>
+      <c r="B19" s="252">
+        <v>36869859.140464246</v>
+      </c>
+      <c r="C19" s="252">
+        <v>25197199.859214336</v>
+      </c>
+      <c r="D19" s="105">
+        <v>21653923</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="65" t="s">
+        <v>407</v>
+      </c>
+      <c r="B20" s="252">
+        <v>38000000</v>
+      </c>
+      <c r="C20" s="252">
+        <v>26000000</v>
+      </c>
+      <c r="D20" s="105">
+        <v>23000000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="28"/>
+      <c r="B21" s="28"/>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+    </row>
+    <row r="22" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="28"/>
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+    </row>
+    <row r="23" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="28"/>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+    </row>
+    <row r="24" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="28"/>
+      <c r="B24" s="28"/>
+      <c r="C24" s="28"/>
+      <c r="D24" s="28"/>
+    </row>
+    <row r="25" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="28"/>
+      <c r="D25" s="28"/>
+    </row>
+    <row r="26" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="28"/>
+      <c r="B26" s="28"/>
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+    </row>
+    <row r="27" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="28"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+    </row>
+    <row r="28" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="28"/>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+    </row>
+    <row r="29" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="28"/>
+      <c r="B29" s="28"/>
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+    </row>
+    <row r="30" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="28"/>
+      <c r="B30" s="28"/>
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+    </row>
+    <row r="31" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="28"/>
+      <c r="B31" s="28"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+    </row>
+    <row r="32" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="28"/>
+      <c r="D32" s="28"/>
+    </row>
+    <row r="33" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="28"/>
+      <c r="B33" s="28"/>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+    </row>
+    <row r="34" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="28"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+    </row>
+    <row r="35" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="28"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+    </row>
+    <row r="36" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="28"/>
+      <c r="B36" s="28"/>
+      <c r="C36" s="28"/>
+      <c r="D36" s="28"/>
+    </row>
+    <row r="37" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="28"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="28"/>
+    </row>
+    <row r="38" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="28"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+    </row>
+    <row r="39" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="28"/>
+      <c r="B39" s="28"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+    </row>
+    <row r="40" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="28"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+    </row>
+    <row r="41" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="28"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+    </row>
+    <row r="42" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="28"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+    </row>
+    <row r="43" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="28"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="28"/>
+    </row>
+    <row r="44" spans="1:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="28"/>
+      <c r="B44" s="28"/>
+      <c r="C44" s="28"/>
+      <c r="D44" s="28"/>
+    </row>
+    <row r="45" spans="1:4" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="251" t="s">
+        <v>408</v>
+      </c>
+      <c r="B45" s="251"/>
+      <c r="C45" s="251"/>
+      <c r="D45" s="251"/>
+    </row>
+    <row r="46" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="250" t="s">
+        <v>409</v>
+      </c>
+      <c r="B46" s="250"/>
+      <c r="C46" s="250"/>
+      <c r="D46" s="250"/>
+    </row>
+    <row r="47" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="250"/>
+      <c r="B47" s="250"/>
+      <c r="C47" s="250"/>
+      <c r="D47" s="250"/>
+    </row>
+    <row r="48" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="249" t="s">
+        <v>410</v>
+      </c>
+      <c r="B48" s="249"/>
+      <c r="C48" s="249"/>
+      <c r="D48" s="249"/>
+    </row>
+    <row r="49" spans="1:4" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="250" t="s">
+        <v>411</v>
+      </c>
+      <c r="B49" s="250"/>
+      <c r="C49" s="250"/>
+      <c r="D49" s="250"/>
+    </row>
+    <row r="50" spans="1:4" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="250" t="s">
+        <v>412</v>
+      </c>
+      <c r="B50" s="250"/>
+      <c r="C50" s="250"/>
+      <c r="D50" s="250"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="A1:C1"/>
+  <mergeCells count="8">
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A48:D48"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="A50:D50"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A47:D47"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <phoneticPr fontId="45" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{92BF4B00-A33E-4D7F-8D9B-05E258EA4EE1}"/>
+  </hyperlinks>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2127A298-ECA1-46FC-9E24-DC0D8EDED79B}">
-  <dimension ref="A1:O95"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D418A268-E712-4D4F-AEB1-19C25E5616D3}">
+  <dimension ref="A1:J99"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="5" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" style="28" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34" style="28" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.88671875" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.21875" style="28" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.5546875" style="28" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.33203125" style="28" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.5546875" style="28" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21.88671875" style="28" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="37.109375" style="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-[...27 lines deleted...]
-      <c r="A3" s="170" t="s">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A1" s="36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+      <c r="H1" s="35"/>
+      <c r="I1" s="35"/>
+      <c r="J1" s="35"/>
+    </row>
+    <row r="2" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="186" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" s="186"/>
+      <c r="C2" s="186"/>
+      <c r="D2" s="186"/>
+      <c r="E2" s="186"/>
+      <c r="F2" s="186"/>
+      <c r="G2" s="186"/>
+      <c r="H2" s="186"/>
+      <c r="I2" s="186"/>
+      <c r="J2" s="186"/>
+    </row>
+    <row r="3" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="187"/>
+      <c r="C3" s="187"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+    </row>
+    <row r="4" spans="1:10" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="104" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>80</v>
+      </c>
+      <c r="E4" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G4" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="J4" s="22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="30">
+        <v>2012</v>
+      </c>
+      <c r="B5" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I5" s="103" t="s">
+        <v>88</v>
+      </c>
+      <c r="J5" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="30">
+        <v>2012</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I6" s="103">
+        <v>0</v>
+      </c>
+      <c r="J6" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="30">
+        <v>2012</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H7" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I7" s="103">
+        <v>0</v>
+      </c>
+      <c r="J7" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="30">
+        <v>2012</v>
+      </c>
+      <c r="B8" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I8" s="103">
+        <v>0.3</v>
+      </c>
+      <c r="J8" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="30">
+        <v>2013</v>
+      </c>
+      <c r="B9" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I9" s="103">
+        <v>0.4</v>
+      </c>
+      <c r="J9" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="30">
+        <v>2013</v>
+      </c>
+      <c r="B10" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I10" s="103">
+        <v>0</v>
+      </c>
+      <c r="J10" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="30">
+        <v>2013</v>
+      </c>
+      <c r="B11" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" s="103">
+        <v>0.3</v>
+      </c>
+      <c r="J11" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="30">
+        <v>2013</v>
+      </c>
+      <c r="B12" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" s="103">
+        <v>2.5</v>
+      </c>
+      <c r="J12" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="30">
+        <v>2014</v>
+      </c>
+      <c r="B13" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I13" s="103">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J13" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="30">
+        <v>2014</v>
+      </c>
+      <c r="B14" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" s="103">
+        <v>0.4</v>
+      </c>
+      <c r="J14" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="30">
+        <v>2014</v>
+      </c>
+      <c r="B15" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I15" s="103">
+        <v>2.9</v>
+      </c>
+      <c r="J15" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="30">
+        <v>2014</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I16" s="103">
+        <v>5.3</v>
+      </c>
+      <c r="J16" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="30">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I17" s="103">
+        <v>0.1</v>
+      </c>
+      <c r="J17" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="30">
+        <v>2015</v>
+      </c>
+      <c r="B18" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I18" s="103">
+        <v>0.8</v>
+      </c>
+      <c r="J18" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="30">
+        <v>2015</v>
+      </c>
+      <c r="B19" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I19" s="103">
+        <v>0.4</v>
+      </c>
+      <c r="J19" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="30">
+        <v>2015</v>
+      </c>
+      <c r="B20" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I20" s="103">
+        <v>0.7</v>
+      </c>
+      <c r="J20" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="30">
+        <v>2016</v>
+      </c>
+      <c r="B21" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I21" s="103">
+        <v>1.2</v>
+      </c>
+      <c r="J21" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="30">
+        <v>2016</v>
+      </c>
+      <c r="B22" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I22" s="103">
+        <v>3</v>
+      </c>
+      <c r="J22" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="30">
+        <v>2016</v>
+      </c>
+      <c r="B23" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I23" s="103">
+        <v>2.7</v>
+      </c>
+      <c r="J23" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="30">
+        <v>2016</v>
+      </c>
+      <c r="B24" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I24" s="103">
+        <v>2.1</v>
+      </c>
+      <c r="J24" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="30">
+        <v>2017</v>
+      </c>
+      <c r="B25" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H25" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I25" s="103">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J25" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="30">
+        <v>2017</v>
+      </c>
+      <c r="B26" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I26" s="103">
+        <v>2.7</v>
+      </c>
+      <c r="J26" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="30">
+        <v>2017</v>
+      </c>
+      <c r="B27" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H27" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I27" s="103">
+        <v>1.8</v>
+      </c>
+      <c r="J27" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="30">
+        <v>2017</v>
+      </c>
+      <c r="B28" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H28" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I28" s="103">
+        <v>2.5</v>
+      </c>
+      <c r="J28" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="30">
+        <v>2018</v>
+      </c>
+      <c r="B29" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H29" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I29" s="103">
+        <v>2.5</v>
+      </c>
+      <c r="J29" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="30">
+        <v>2018</v>
+      </c>
+      <c r="B30" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H30" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I30" s="103">
+        <v>3.2</v>
+      </c>
+      <c r="J30" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="30">
+        <v>2018</v>
+      </c>
+      <c r="B31" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H31" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="I31" s="103">
+        <v>3.5</v>
+      </c>
+      <c r="J31" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="30">
+        <v>2018</v>
+      </c>
+      <c r="B32" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="E32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H32" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="I32" s="103">
+        <v>3.5</v>
+      </c>
+      <c r="J32" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="30">
+        <v>2019</v>
+      </c>
+      <c r="B33" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="33">
+        <v>2.0842170000000002</v>
+      </c>
+      <c r="D33" s="33">
+        <v>0.474358</v>
+      </c>
+      <c r="E33" s="32">
+        <v>1.436035</v>
+      </c>
+      <c r="F33" s="32">
+        <v>0</v>
+      </c>
+      <c r="G33" s="32">
+        <v>0.33718900000000002</v>
+      </c>
+      <c r="H33" s="32">
+        <v>0</v>
+      </c>
+      <c r="I33" s="87">
+        <v>4.3</v>
+      </c>
+      <c r="J33" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="30">
+        <v>2019</v>
+      </c>
+      <c r="B34" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="34">
+        <v>3.4350800000000001</v>
+      </c>
+      <c r="D34" s="34">
+        <v>0.461399</v>
+      </c>
+      <c r="E34" s="32">
+        <v>1.9400219999999999</v>
+      </c>
+      <c r="F34" s="32">
+        <v>0</v>
+      </c>
+      <c r="G34" s="32">
+        <v>0.374413</v>
+      </c>
+      <c r="H34" s="32">
+        <v>0</v>
+      </c>
+      <c r="I34" s="88">
+        <v>6.2</v>
+      </c>
+      <c r="J34" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="30">
+        <v>2019</v>
+      </c>
+      <c r="B35" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="33">
+        <v>1.986162</v>
+      </c>
+      <c r="D35" s="33">
+        <v>0.41247699999999998</v>
+      </c>
+      <c r="E35" s="32">
+        <v>2.529928</v>
+      </c>
+      <c r="F35" s="32">
+        <v>1.8988999999999999E-2</v>
+      </c>
+      <c r="G35" s="32">
+        <v>0.43082599999999999</v>
+      </c>
+      <c r="H35" s="32">
+        <v>1.0000000000000001E-5</v>
+      </c>
+      <c r="I35" s="88">
+        <v>5.4</v>
+      </c>
+      <c r="J35" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="30">
+        <v>2019</v>
+      </c>
+      <c r="B36" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="34">
+        <v>2.5997509999999999</v>
+      </c>
+      <c r="D36" s="34">
+        <v>0.38124000000000002</v>
+      </c>
+      <c r="E36" s="32">
+        <v>2.5902219999999998</v>
+      </c>
+      <c r="F36" s="32">
+        <v>7.6930999999999999E-2</v>
+      </c>
+      <c r="G36" s="32">
+        <v>0.43514399999999998</v>
+      </c>
+      <c r="H36" s="32">
+        <v>7.0099999999999997E-3</v>
+      </c>
+      <c r="I36" s="88">
+        <v>6.1</v>
+      </c>
+      <c r="J36" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="30">
+        <v>2020</v>
+      </c>
+      <c r="B37" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="33">
+        <v>2.6952500000000001</v>
+      </c>
+      <c r="D37" s="33">
+        <v>0.54231799999999997</v>
+      </c>
+      <c r="E37" s="32">
+        <v>2.5173369999999999</v>
+      </c>
+      <c r="F37" s="32">
+        <v>2.0806000000000002E-2</v>
+      </c>
+      <c r="G37" s="32">
+        <v>0.46393000000000001</v>
+      </c>
+      <c r="H37" s="32">
+        <v>2.2259000000000001E-2</v>
+      </c>
+      <c r="I37" s="88">
+        <v>6.3</v>
+      </c>
+      <c r="J37" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="30">
+        <v>2020</v>
+      </c>
+      <c r="B38" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="34">
+        <v>3.5417939999999999</v>
+      </c>
+      <c r="D38" s="34">
+        <v>0.54225900000000005</v>
+      </c>
+      <c r="E38" s="32">
+        <v>2.9209770000000002</v>
+      </c>
+      <c r="F38" s="32">
+        <v>1.3842999999999999E-2</v>
+      </c>
+      <c r="G38" s="32">
+        <v>0.47270000000000001</v>
+      </c>
+      <c r="H38" s="32">
+        <v>2.2259000000000001E-2</v>
+      </c>
+      <c r="I38" s="88">
+        <v>7.5</v>
+      </c>
+      <c r="J38" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="30">
+        <v>2020</v>
+      </c>
+      <c r="B39" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="33">
+        <v>2.3035139999999998</v>
+      </c>
+      <c r="D39" s="33">
+        <v>0.65237900000000004</v>
+      </c>
+      <c r="E39" s="32">
+        <v>2.923413</v>
+      </c>
+      <c r="F39" s="32">
+        <v>4.2180000000000004E-3</v>
+      </c>
+      <c r="G39" s="32">
+        <v>0.49074299999999998</v>
+      </c>
+      <c r="H39" s="32">
+        <v>2.5259E-2</v>
+      </c>
+      <c r="I39" s="88">
+        <v>6.4</v>
+      </c>
+      <c r="J39" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="30">
+        <v>2020</v>
+      </c>
+      <c r="B40" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="34">
+        <v>3.5085099999999998</v>
+      </c>
+      <c r="D40" s="34">
+        <v>0.56725700000000001</v>
+      </c>
+      <c r="E40" s="32">
+        <v>3.2294870000000002</v>
+      </c>
+      <c r="F40" s="32">
+        <v>9.8218E-2</v>
+      </c>
+      <c r="G40" s="32">
+        <v>0.45002900000000001</v>
+      </c>
+      <c r="H40" s="32">
+        <v>2.5259E-2</v>
+      </c>
+      <c r="I40" s="88">
+        <v>7.9</v>
+      </c>
+      <c r="J40" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="30">
+        <v>2021</v>
+      </c>
+      <c r="B41" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="33">
+        <v>3.316732</v>
+      </c>
+      <c r="D41" s="33">
+        <v>0.57493700000000003</v>
+      </c>
+      <c r="E41" s="32">
+        <v>3.3559489999999998</v>
+      </c>
+      <c r="F41" s="32">
+        <v>4.1080999999999999E-2</v>
+      </c>
+      <c r="G41" s="32">
+        <v>0.48256599999999999</v>
+      </c>
+      <c r="H41" s="32">
+        <v>2.6647000000000001E-2</v>
+      </c>
+      <c r="I41" s="88">
+        <v>7.8</v>
+      </c>
+      <c r="J41" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="30">
+        <v>2021</v>
+      </c>
+      <c r="B42" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="34">
+        <v>4.4923640000000002</v>
+      </c>
+      <c r="D42" s="34">
+        <v>0.81510700000000003</v>
+      </c>
+      <c r="E42" s="32">
+        <v>3.6178520000000001</v>
+      </c>
+      <c r="F42" s="32">
+        <v>0.202103</v>
+      </c>
+      <c r="G42" s="32">
+        <v>0.55454499999999995</v>
+      </c>
+      <c r="H42" s="32">
+        <v>2.6180999999999999E-2</v>
+      </c>
+      <c r="I42" s="88">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="J42" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="30">
+        <v>2021</v>
+      </c>
+      <c r="B43" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="33">
+        <v>4.4810179999999997</v>
+      </c>
+      <c r="D43" s="33">
+        <v>1.539391</v>
+      </c>
+      <c r="E43" s="32">
+        <v>4.0637559999999997</v>
+      </c>
+      <c r="F43" s="32">
+        <v>0.132103</v>
+      </c>
+      <c r="G43" s="32">
+        <v>0.61610299999999996</v>
+      </c>
+      <c r="H43" s="32">
+        <v>2.5545000000000002E-2</v>
+      </c>
+      <c r="I43" s="88">
+        <v>10.9</v>
+      </c>
+      <c r="J43" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="30">
+        <v>2021</v>
+      </c>
+      <c r="B44" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="34">
+        <v>4.3238260000000004</v>
+      </c>
+      <c r="D44" s="34">
+        <v>2.2008359999999998</v>
+      </c>
+      <c r="E44" s="32">
+        <v>4.2486949999999997</v>
+      </c>
+      <c r="F44" s="32">
+        <v>8.2102999999999995E-2</v>
+      </c>
+      <c r="G44" s="32">
+        <v>0.56381000000000003</v>
+      </c>
+      <c r="H44" s="32">
+        <v>3.3420999999999999E-2</v>
+      </c>
+      <c r="I44" s="88">
+        <v>11.5</v>
+      </c>
+      <c r="J44" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="30">
+        <v>2022</v>
+      </c>
+      <c r="B45" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="33">
+        <v>4.8913869999999999</v>
+      </c>
+      <c r="D45" s="33">
+        <v>2.2277369999999999</v>
+      </c>
+      <c r="E45" s="32">
+        <v>4.9824929999999998</v>
+      </c>
+      <c r="F45" s="32">
+        <v>3.2103E-2</v>
+      </c>
+      <c r="G45" s="32">
+        <v>0.73707</v>
+      </c>
+      <c r="H45" s="32">
+        <v>4.6045000000000003E-2</v>
+      </c>
+      <c r="I45" s="88">
+        <v>12.9</v>
+      </c>
+      <c r="J45" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="30">
+        <v>2022</v>
+      </c>
+      <c r="B46" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="34">
+        <v>6.3036399999999997</v>
+      </c>
+      <c r="D46" s="34">
+        <v>2.7258170000000002</v>
+      </c>
+      <c r="E46" s="32">
+        <v>6.1732570000000004</v>
+      </c>
+      <c r="F46" s="32">
+        <v>4.2399999999999998E-3</v>
+      </c>
+      <c r="G46" s="32">
+        <v>0.82450299999999999</v>
+      </c>
+      <c r="H46" s="32">
+        <v>6.5289E-2</v>
+      </c>
+      <c r="I46" s="88">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="J46" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="30">
+        <v>2022</v>
+      </c>
+      <c r="B47" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="33">
+        <v>7.059901</v>
+      </c>
+      <c r="D47" s="33">
+        <v>4.2518599999999998</v>
+      </c>
+      <c r="E47" s="32">
+        <v>7.0279680000000004</v>
+      </c>
+      <c r="F47" s="32">
+        <v>0.32979700000000001</v>
+      </c>
+      <c r="G47" s="32">
+        <v>0.84919100000000003</v>
+      </c>
+      <c r="H47" s="32">
+        <v>0.172542</v>
+      </c>
+      <c r="I47" s="88">
+        <v>19.7</v>
+      </c>
+      <c r="J47" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="30">
+        <v>2022</v>
+      </c>
+      <c r="B48" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="34">
+        <v>7.6467929999999997</v>
+      </c>
+      <c r="D48" s="34">
+        <v>5.3835649999999999</v>
+      </c>
+      <c r="E48" s="32">
+        <v>8.3275070000000007</v>
+      </c>
+      <c r="F48" s="32">
+        <v>0.216919</v>
+      </c>
+      <c r="G48" s="32">
+        <v>0.87381900000000001</v>
+      </c>
+      <c r="H48" s="32">
+        <v>0.20278199999999999</v>
+      </c>
+      <c r="I48" s="88">
+        <v>22.7</v>
+      </c>
+      <c r="J48" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B49" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="33">
+        <v>6.7705109999999999</v>
+      </c>
+      <c r="D49" s="33">
+        <v>6.1153880000000003</v>
+      </c>
+      <c r="E49" s="32">
+        <v>9.6285620000000005</v>
+      </c>
+      <c r="F49" s="32">
+        <v>0.189419</v>
+      </c>
+      <c r="G49" s="32">
+        <v>0.89125600000000005</v>
+      </c>
+      <c r="H49" s="32">
+        <v>0.23880199999999999</v>
+      </c>
+      <c r="I49" s="88">
+        <v>23.8</v>
+      </c>
+      <c r="J49" s="88">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="34">
+        <v>7.6298830000000004</v>
+      </c>
+      <c r="D50" s="34">
+        <v>6.9806850000000003</v>
+      </c>
+      <c r="E50" s="32">
+        <v>11.607989999999999</v>
+      </c>
+      <c r="F50" s="32">
+        <v>0.15198700000000001</v>
+      </c>
+      <c r="G50" s="32">
+        <v>0.97653199999999996</v>
+      </c>
+      <c r="H50" s="32">
+        <v>0.25076199999999998</v>
+      </c>
+      <c r="I50" s="88">
+        <v>27.6</v>
+      </c>
+      <c r="J50" s="88">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B51" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="33">
+        <v>8.6705109999999994</v>
+      </c>
+      <c r="D51" s="33">
+        <v>6.8294480000000002</v>
+      </c>
+      <c r="E51" s="32">
+        <v>14.959778999999999</v>
+      </c>
+      <c r="F51" s="32">
+        <v>1.628444</v>
+      </c>
+      <c r="G51" s="32">
+        <v>1.1109880000000001</v>
+      </c>
+      <c r="H51" s="32">
+        <v>0.28170200000000001</v>
+      </c>
+      <c r="I51" s="88">
+        <v>33.5</v>
+      </c>
+      <c r="J51" s="88">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B52" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="34">
+        <v>8.8117660000000004</v>
+      </c>
+      <c r="D52" s="34">
+        <v>7.508178</v>
+      </c>
+      <c r="E52" s="32">
+        <v>17.481285</v>
+      </c>
+      <c r="F52" s="32">
+        <v>0.77194300000000005</v>
+      </c>
+      <c r="G52" s="32">
+        <v>1.2592559999999999</v>
+      </c>
+      <c r="H52" s="32">
+        <v>0.32763500000000001</v>
+      </c>
+      <c r="I52" s="88">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="J52" s="88">
+        <v>1.7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="33">
+        <v>9.3209090000000003</v>
+      </c>
+      <c r="D53" s="33">
+        <v>7.9304589999999999</v>
+      </c>
+      <c r="E53" s="32">
+        <v>18.810102000000001</v>
+      </c>
+      <c r="F53" s="32">
+        <v>0.82533299999999998</v>
+      </c>
+      <c r="G53" s="32">
+        <v>1.3535950000000001</v>
+      </c>
+      <c r="H53" s="32">
+        <v>0.32813500000000001</v>
+      </c>
+      <c r="I53" s="88">
+        <v>38.6</v>
+      </c>
+      <c r="J53" s="88">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="34">
+        <v>8.9529910000000008</v>
+      </c>
+      <c r="D54" s="34">
+        <v>7.9662579999999998</v>
+      </c>
+      <c r="E54" s="32">
+        <v>21.650599</v>
+      </c>
+      <c r="F54" s="32">
+        <v>0.95651600000000003</v>
+      </c>
+      <c r="G54" s="32">
+        <v>1.4242429999999999</v>
+      </c>
+      <c r="H54" s="32">
+        <v>0.33902900000000002</v>
+      </c>
+      <c r="I54" s="88">
+        <v>41.3</v>
+      </c>
+      <c r="J54" s="88">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="33">
+        <v>8.1163120000000006</v>
+      </c>
+      <c r="D55" s="33">
+        <v>7.4608819999999998</v>
+      </c>
+      <c r="E55" s="32">
+        <v>25.93787</v>
+      </c>
+      <c r="F55" s="32">
+        <v>1.505579</v>
+      </c>
+      <c r="G55" s="32">
+        <v>1.6147940000000001</v>
+      </c>
+      <c r="H55" s="32">
+        <v>0.36422399999999999</v>
+      </c>
+      <c r="I55" s="88">
+        <v>45</v>
+      </c>
+      <c r="J55" s="88">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="34">
+        <v>8.5351870000000005</v>
+      </c>
+      <c r="D56" s="34">
+        <v>10.013603</v>
+      </c>
+      <c r="E56" s="32">
+        <v>28.549702</v>
+      </c>
+      <c r="F56" s="32">
+        <v>0.75179300000000004</v>
+      </c>
+      <c r="G56" s="32">
+        <v>1.710637</v>
+      </c>
+      <c r="H56" s="32">
+        <v>0.35250900000000002</v>
+      </c>
+      <c r="I56" s="88">
+        <v>49.9</v>
+      </c>
+      <c r="J56" s="88">
+        <v>3.9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="33">
+        <v>8.3892019999999992</v>
+      </c>
+      <c r="D57" s="33">
+        <v>8.1406779999999994</v>
+      </c>
+      <c r="E57" s="32">
+        <v>26.056913000000002</v>
+      </c>
+      <c r="F57" s="32">
+        <v>1.296637</v>
+      </c>
+      <c r="G57" s="32">
+        <v>1.806905</v>
+      </c>
+      <c r="H57" s="32">
+        <v>0.35431800000000002</v>
+      </c>
+      <c r="I57" s="88">
+        <v>46</v>
+      </c>
+      <c r="J57" s="88">
+        <v>4.2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C58" s="34">
+        <v>9.2878520000000009</v>
+      </c>
+      <c r="D58" s="34">
+        <v>10.367686000000001</v>
+      </c>
+      <c r="E58" s="32">
+        <v>29.201594</v>
+      </c>
+      <c r="F58" s="32">
+        <v>0.646146</v>
+      </c>
+      <c r="G58" s="32">
+        <v>1.8392820000000001</v>
+      </c>
+      <c r="H58" s="32">
+        <v>0.446793</v>
+      </c>
+      <c r="I58" s="88">
+        <v>51.7</v>
+      </c>
+      <c r="J58" s="88">
+        <v>4.3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="34">
+        <v>9.5556249999999991</v>
+      </c>
+      <c r="D59" s="34">
+        <v>10.961667</v>
+      </c>
+      <c r="E59" s="32">
+        <v>32.984853000000001</v>
+      </c>
+      <c r="F59" s="32">
+        <v>0.94383799999999995</v>
+      </c>
+      <c r="G59" s="32">
+        <v>1.84002</v>
+      </c>
+      <c r="H59" s="32">
+        <v>0.49876999999999999</v>
+      </c>
+      <c r="I59" s="88">
+        <v>56.8</v>
+      </c>
+      <c r="J59" s="88">
+        <v>4.4000000000000004</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="84" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="63">
+        <v>9.1657460000000004</v>
+      </c>
+      <c r="D60" s="63">
+        <v>9.6198329999999999</v>
+      </c>
+      <c r="E60" s="32">
+        <v>37.271532000000001</v>
+      </c>
+      <c r="F60" s="32">
+        <v>2.1988240000000001</v>
+      </c>
+      <c r="G60" s="63">
+        <v>2.0182790000000002</v>
+      </c>
+      <c r="H60" s="63">
+        <v>0.44748500000000002</v>
+      </c>
+      <c r="I60" s="88">
+        <v>60.7</v>
+      </c>
+      <c r="J60" s="88">
+        <v>4.8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="290" t="s">
+        <v>92</v>
+      </c>
+      <c r="B61" s="291"/>
+      <c r="C61" s="156">
+        <v>227</v>
+      </c>
+      <c r="D61" s="156">
         <v>68</v>
       </c>
-      <c r="B3" s="170"/>
-[...139 lines deleted...]
-      <c r="B7" s="11" t="s">
+      <c r="E61" s="156">
         <v>85</v>
       </c>
-      <c r="C7" s="100" t="s">
-[...2305 lines deleted...]
-      <c r="A95" s="4"/>
+      <c r="F61" s="156">
+        <v>21</v>
+      </c>
+      <c r="G61" s="156">
+        <v>41</v>
+      </c>
+      <c r="H61" s="156">
+        <v>51</v>
+      </c>
+      <c r="I61" s="88" t="s">
+        <v>88</v>
+      </c>
+      <c r="J61" s="88" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="H63" s="72"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="I64" s="63"/>
+    </row>
+    <row r="66" spans="7:7" x14ac:dyDescent="0.3">
+      <c r="G66" s="117"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A85" s="188" t="s">
+        <v>93</v>
+      </c>
+      <c r="B85" s="188"/>
+      <c r="C85" s="188"/>
+      <c r="D85" s="188"/>
+      <c r="E85" s="188"/>
+      <c r="F85" s="188"/>
+      <c r="G85" s="188"/>
+      <c r="H85" s="188"/>
+      <c r="I85" s="188"/>
+      <c r="J85" s="188"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A86" s="189" t="s">
+        <v>94</v>
+      </c>
+      <c r="B86" s="189"/>
+      <c r="C86" s="189"/>
+      <c r="D86" s="189"/>
+      <c r="E86" s="189"/>
+      <c r="F86" s="189"/>
+      <c r="G86" s="189"/>
+      <c r="H86" s="189"/>
+      <c r="I86" s="189"/>
+      <c r="J86" s="189"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A87" s="35"/>
+      <c r="B87" s="35"/>
+      <c r="C87" s="35"/>
+      <c r="D87" s="35"/>
+      <c r="E87" s="35"/>
+      <c r="F87" s="35"/>
+      <c r="G87" s="35"/>
+      <c r="H87" s="35"/>
+      <c r="I87" s="35"/>
+      <c r="J87" s="35"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A88" s="188" t="s">
+        <v>95</v>
+      </c>
+      <c r="B88" s="188"/>
+      <c r="C88" s="188"/>
+      <c r="D88" s="188"/>
+      <c r="E88" s="188"/>
+      <c r="F88" s="188"/>
+      <c r="G88" s="188"/>
+      <c r="H88" s="188"/>
+      <c r="I88" s="188"/>
+      <c r="J88" s="188"/>
+    </row>
+    <row r="89" spans="1:10" ht="46.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="185" t="s">
+        <v>96</v>
+      </c>
+      <c r="B89" s="185"/>
+      <c r="C89" s="185"/>
+      <c r="D89" s="185"/>
+      <c r="E89" s="185"/>
+      <c r="F89" s="185"/>
+      <c r="G89" s="185"/>
+      <c r="H89" s="185"/>
+      <c r="I89" s="185"/>
+      <c r="J89" s="185"/>
+    </row>
+    <row r="90" spans="1:10" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A90" s="185"/>
+      <c r="B90" s="185"/>
+      <c r="C90" s="185"/>
+      <c r="D90" s="185"/>
+      <c r="E90" s="185"/>
+      <c r="F90" s="185"/>
+      <c r="G90" s="185"/>
+      <c r="H90" s="185"/>
+      <c r="I90" s="185"/>
+      <c r="J90" s="185"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A91" s="184" t="s">
+        <v>97</v>
+      </c>
+      <c r="B91" s="184"/>
+      <c r="C91" s="184"/>
+      <c r="D91" s="184"/>
+      <c r="E91" s="184"/>
+      <c r="F91" s="184"/>
+      <c r="G91" s="184"/>
+      <c r="H91" s="184"/>
+      <c r="I91" s="184"/>
+      <c r="J91" s="184"/>
+    </row>
+    <row r="92" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="182" t="s">
+        <v>98</v>
+      </c>
+      <c r="B92" s="182"/>
+      <c r="C92" s="182"/>
+      <c r="D92" s="182"/>
+      <c r="E92" s="182"/>
+      <c r="F92" s="182"/>
+      <c r="G92" s="182"/>
+      <c r="H92" s="182"/>
+      <c r="I92" s="182"/>
+      <c r="J92" s="182"/>
+    </row>
+    <row r="93" spans="1:10" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="182" t="s">
+        <v>99</v>
+      </c>
+      <c r="B93" s="182"/>
+      <c r="C93" s="182"/>
+      <c r="D93" s="182"/>
+      <c r="E93" s="182"/>
+      <c r="F93" s="182"/>
+      <c r="G93" s="182"/>
+      <c r="H93" s="182"/>
+      <c r="I93" s="182"/>
+      <c r="J93" s="182"/>
+    </row>
+    <row r="94" spans="1:10" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="182" t="s">
+        <v>100</v>
+      </c>
+      <c r="B94" s="182"/>
+      <c r="C94" s="182"/>
+      <c r="D94" s="182"/>
+      <c r="E94" s="182"/>
+      <c r="F94" s="182"/>
+      <c r="G94" s="182"/>
+      <c r="H94" s="182"/>
+      <c r="I94" s="182"/>
+      <c r="J94" s="182"/>
+    </row>
+    <row r="95" spans="1:10" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="182" t="s">
+        <v>101</v>
+      </c>
+      <c r="B95" s="182"/>
+      <c r="C95" s="182"/>
+      <c r="D95" s="182"/>
+      <c r="E95" s="182"/>
+      <c r="F95" s="182"/>
+      <c r="G95" s="182"/>
+      <c r="H95" s="182"/>
+      <c r="I95" s="182"/>
+      <c r="J95" s="182"/>
+    </row>
+    <row r="96" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="182" t="s">
+        <v>102</v>
+      </c>
+      <c r="B96" s="182"/>
+      <c r="C96" s="182"/>
+      <c r="D96" s="182"/>
+      <c r="E96" s="182"/>
+      <c r="F96" s="182"/>
+      <c r="G96" s="182"/>
+      <c r="H96" s="182"/>
+      <c r="I96" s="182"/>
+      <c r="J96" s="182"/>
+    </row>
+    <row r="97" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="182" t="s">
+        <v>103</v>
+      </c>
+      <c r="B97" s="182"/>
+      <c r="C97" s="182"/>
+      <c r="D97" s="182"/>
+      <c r="E97" s="182"/>
+      <c r="F97" s="182"/>
+      <c r="G97" s="182"/>
+      <c r="H97" s="182"/>
+      <c r="I97" s="182"/>
+      <c r="J97" s="182"/>
+    </row>
+    <row r="98" spans="1:10" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="183" t="s">
+        <v>104</v>
+      </c>
+      <c r="B98" s="183"/>
+      <c r="C98" s="183"/>
+      <c r="D98" s="183"/>
+      <c r="E98" s="183"/>
+      <c r="F98" s="183"/>
+      <c r="G98" s="183"/>
+      <c r="H98" s="183"/>
+      <c r="I98" s="183"/>
+      <c r="J98" s="183"/>
+    </row>
+    <row r="99" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="B99" s="183"/>
+      <c r="C99" s="183"/>
+      <c r="D99" s="183"/>
+      <c r="E99" s="183"/>
+      <c r="F99" s="183"/>
+      <c r="G99" s="183"/>
+      <c r="H99" s="183"/>
+      <c r="I99" s="183"/>
+      <c r="J99" s="183"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A83:M83"/>
+  <mergeCells count="16">
+    <mergeCell ref="A89:J90"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A85:J85"/>
+    <mergeCell ref="A86:J86"/>
+    <mergeCell ref="A88:J88"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="A97:J97"/>
+    <mergeCell ref="A99:J99"/>
+    <mergeCell ref="A91:J91"/>
+    <mergeCell ref="A92:J92"/>
+    <mergeCell ref="A93:J93"/>
+    <mergeCell ref="A94:J94"/>
+    <mergeCell ref="A95:J95"/>
+    <mergeCell ref="A96:J96"/>
+    <mergeCell ref="A98:J98"/>
   </mergeCells>
+  <phoneticPr fontId="42" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6BEB771D-609C-4138-B616-2A7CC0426552}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{5336120A-6C72-483C-B7BE-4C797323A28D}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBF7603-AC33-433E-8A51-F4C1C756A0B8}">
-  <dimension ref="A1:P95"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2127A298-ECA1-46FC-9E24-DC0D8EDED79B}">
+  <dimension ref="A1:M87"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="5" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.6640625" style="5"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.33203125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.5546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="23.44140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16.77734375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.5546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="171" t="s">
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+      <c r="I1" s="7"/>
+      <c r="J1" s="7"/>
+      <c r="K1" s="7"/>
+      <c r="L1" s="7"/>
+      <c r="M1" s="7"/>
+    </row>
+    <row r="2" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="193" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="193"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="193"/>
+      <c r="G2" s="193"/>
+      <c r="H2" s="193"/>
+      <c r="I2" s="193"/>
+      <c r="J2" s="193"/>
+      <c r="K2" s="193"/>
+      <c r="L2" s="193"/>
+      <c r="M2" s="193"/>
+    </row>
+    <row r="3" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+      <c r="K3" s="192"/>
+      <c r="L3" s="192"/>
+      <c r="M3" s="192"/>
+    </row>
+    <row r="4" spans="1:13" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H4" s="23" t="s">
+        <v>112</v>
+      </c>
+      <c r="I4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="J4" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="K4" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="L4" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="M4" s="26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="E5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="I5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K5" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L5" s="82" t="s">
+        <v>88</v>
+      </c>
+      <c r="M5" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="E6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" s="105">
+        <v>0</v>
+      </c>
+      <c r="I6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K6" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L6" s="82">
+        <v>0</v>
+      </c>
+      <c r="M6" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="D7" s="105">
+        <v>0</v>
+      </c>
+      <c r="E7" s="105">
+        <v>0</v>
+      </c>
+      <c r="F7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H7" s="105">
+        <v>0</v>
+      </c>
+      <c r="I7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K7" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L7" s="82">
+        <v>0</v>
+      </c>
+      <c r="M7" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B8" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="B2" s="171"/>
-[...256 lines deleted...]
-      <c r="A9" s="5">
+      <c r="C8" s="105">
+        <v>0</v>
+      </c>
+      <c r="D8" s="105">
+        <v>348110</v>
+      </c>
+      <c r="E8" s="105">
+        <v>0</v>
+      </c>
+      <c r="F8" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G8" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" s="105">
+        <v>0</v>
+      </c>
+      <c r="I8" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J8" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K8" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L8" s="82">
+        <v>348110</v>
+      </c>
+      <c r="M8" s="105">
+        <v>348110</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="13">
         <v>2013</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A10" s="5">
+        <v>87</v>
+      </c>
+      <c r="C9" s="105">
+        <v>0</v>
+      </c>
+      <c r="D9" s="105">
+        <v>45341</v>
+      </c>
+      <c r="E9" s="105">
+        <v>0</v>
+      </c>
+      <c r="F9" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" s="105">
+        <v>0</v>
+      </c>
+      <c r="I9" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J9" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" s="82">
+        <v>45341</v>
+      </c>
+      <c r="M9" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="13">
         <v>2013</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A11" s="5">
+        <v>89</v>
+      </c>
+      <c r="C10" s="105">
+        <v>11962</v>
+      </c>
+      <c r="D10" s="105">
+        <v>1310713</v>
+      </c>
+      <c r="E10" s="105">
+        <v>25884</v>
+      </c>
+      <c r="F10" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10" s="105">
+        <v>8169</v>
+      </c>
+      <c r="I10" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J10" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L10" s="82">
+        <v>1356728</v>
+      </c>
+      <c r="M10" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13">
         <v>2013</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A12" s="5">
+        <v>90</v>
+      </c>
+      <c r="C11" s="105">
+        <v>0</v>
+      </c>
+      <c r="D11" s="105">
+        <v>218911</v>
+      </c>
+      <c r="E11" s="105">
+        <v>26772</v>
+      </c>
+      <c r="F11" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11" s="105">
+        <v>0</v>
+      </c>
+      <c r="I11" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J11" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" s="82">
+        <v>245683</v>
+      </c>
+      <c r="M11" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="13">
         <v>2013</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A13" s="5">
+        <v>91</v>
+      </c>
+      <c r="C12" s="105">
+        <v>249937</v>
+      </c>
+      <c r="D12" s="105">
+        <v>1980291</v>
+      </c>
+      <c r="E12" s="105">
+        <v>0</v>
+      </c>
+      <c r="F12" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H12" s="105">
+        <v>0</v>
+      </c>
+      <c r="I12" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J12" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" s="82">
+        <v>2230228</v>
+      </c>
+      <c r="M12" s="105">
+        <v>3877980</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="13">
         <v>2014</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A14" s="5">
+        <v>87</v>
+      </c>
+      <c r="C13" s="105">
+        <v>437504</v>
+      </c>
+      <c r="D13" s="105">
+        <v>155514</v>
+      </c>
+      <c r="E13" s="105">
+        <v>0</v>
+      </c>
+      <c r="F13" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G13" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" s="105">
+        <v>19213</v>
+      </c>
+      <c r="I13" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J13" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" s="82">
+        <v>612231</v>
+      </c>
+      <c r="M13" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13">
         <v>2014</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A15" s="5">
+        <v>89</v>
+      </c>
+      <c r="C14" s="105">
+        <v>680710</v>
+      </c>
+      <c r="D14" s="105">
+        <v>176880</v>
+      </c>
+      <c r="E14" s="105">
+        <v>414886</v>
+      </c>
+      <c r="F14" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" s="105">
+        <v>19855</v>
+      </c>
+      <c r="I14" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J14" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K14" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L14" s="82">
+        <v>1292331</v>
+      </c>
+      <c r="M14" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13">
         <v>2014</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A16" s="5">
+        <v>90</v>
+      </c>
+      <c r="C15" s="105">
+        <v>898124</v>
+      </c>
+      <c r="D15" s="105">
+        <v>1623985</v>
+      </c>
+      <c r="E15" s="105">
+        <v>0</v>
+      </c>
+      <c r="F15" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G15" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" s="105">
+        <v>0</v>
+      </c>
+      <c r="I15" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J15" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15" s="82">
+        <v>2522109</v>
+      </c>
+      <c r="M15" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13">
         <v>2014</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A17" s="5">
+        <v>91</v>
+      </c>
+      <c r="C16" s="105">
+        <v>2024448</v>
+      </c>
+      <c r="D16" s="105">
+        <v>1132041</v>
+      </c>
+      <c r="E16" s="105">
+        <v>18994</v>
+      </c>
+      <c r="F16" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" s="105">
+        <v>19351</v>
+      </c>
+      <c r="I16" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J16" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="K16" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L16" s="82">
+        <v>3194834</v>
+      </c>
+      <c r="M16" s="105">
+        <v>7621505</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13">
         <v>2015</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A18" s="5">
+        <v>87</v>
+      </c>
+      <c r="C17" s="105">
+        <v>1111962</v>
+      </c>
+      <c r="D17" s="105">
+        <v>749827</v>
+      </c>
+      <c r="E17" s="105">
+        <v>847407</v>
+      </c>
+      <c r="F17" s="105">
+        <v>0</v>
+      </c>
+      <c r="G17" s="105">
+        <v>0</v>
+      </c>
+      <c r="H17" s="105">
+        <v>34624</v>
+      </c>
+      <c r="I17" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J17" s="105">
+        <v>0</v>
+      </c>
+      <c r="K17" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L17" s="82">
+        <v>2743820</v>
+      </c>
+      <c r="M17" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="13">
         <v>2015</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A19" s="5">
+        <v>89</v>
+      </c>
+      <c r="C18" s="105">
+        <v>638718</v>
+      </c>
+      <c r="D18" s="105">
+        <v>150863</v>
+      </c>
+      <c r="E18" s="105">
+        <v>67762</v>
+      </c>
+      <c r="F18" s="105">
+        <v>0</v>
+      </c>
+      <c r="G18" s="105">
+        <v>0</v>
+      </c>
+      <c r="H18" s="105">
+        <v>0</v>
+      </c>
+      <c r="I18" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J18" s="105">
+        <v>0</v>
+      </c>
+      <c r="K18" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="L18" s="82">
+        <v>857343</v>
+      </c>
+      <c r="M18" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="13">
         <v>2015</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A20" s="5">
+        <v>90</v>
+      </c>
+      <c r="C19" s="105">
+        <v>1438156</v>
+      </c>
+      <c r="D19" s="105">
+        <v>66074</v>
+      </c>
+      <c r="E19" s="105">
+        <v>128928</v>
+      </c>
+      <c r="F19" s="105">
+        <v>0</v>
+      </c>
+      <c r="G19" s="105">
+        <v>0</v>
+      </c>
+      <c r="H19" s="105">
+        <v>5600</v>
+      </c>
+      <c r="I19" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J19" s="105">
+        <v>0</v>
+      </c>
+      <c r="K19" s="105">
+        <v>0</v>
+      </c>
+      <c r="L19" s="82">
+        <v>1638758</v>
+      </c>
+      <c r="M19" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="13">
         <v>2015</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A21" s="5">
+        <v>91</v>
+      </c>
+      <c r="C20" s="105">
+        <v>1346954</v>
+      </c>
+      <c r="D20" s="105">
+        <v>1264474</v>
+      </c>
+      <c r="E20" s="105">
+        <v>7487</v>
+      </c>
+      <c r="F20" s="105">
+        <v>0</v>
+      </c>
+      <c r="G20" s="105">
+        <v>0</v>
+      </c>
+      <c r="H20" s="105">
+        <v>9000</v>
+      </c>
+      <c r="I20" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J20" s="105">
+        <v>0</v>
+      </c>
+      <c r="K20" s="105">
+        <v>0</v>
+      </c>
+      <c r="L20" s="82">
+        <v>2627915</v>
+      </c>
+      <c r="M20" s="105">
+        <v>7867836</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13">
         <v>2016</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A22" s="5">
+        <v>87</v>
+      </c>
+      <c r="C21" s="105">
+        <v>1650732</v>
+      </c>
+      <c r="D21" s="105">
+        <v>864654</v>
+      </c>
+      <c r="E21" s="105">
+        <v>239008</v>
+      </c>
+      <c r="F21" s="105">
+        <v>0</v>
+      </c>
+      <c r="G21" s="105">
+        <v>0</v>
+      </c>
+      <c r="H21" s="105">
+        <v>41542</v>
+      </c>
+      <c r="I21" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J21" s="105">
+        <v>0</v>
+      </c>
+      <c r="K21" s="105">
+        <v>0</v>
+      </c>
+      <c r="L21" s="82">
+        <v>2795936</v>
+      </c>
+      <c r="M21" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13">
         <v>2016</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A23" s="5">
+        <v>89</v>
+      </c>
+      <c r="C22" s="105">
+        <v>1967161</v>
+      </c>
+      <c r="D22" s="105">
+        <v>918961</v>
+      </c>
+      <c r="E22" s="105">
+        <v>729714</v>
+      </c>
+      <c r="F22" s="105">
+        <v>0</v>
+      </c>
+      <c r="G22" s="105">
+        <v>0</v>
+      </c>
+      <c r="H22" s="105">
+        <v>41290</v>
+      </c>
+      <c r="I22" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J22" s="105">
+        <v>0</v>
+      </c>
+      <c r="K22" s="105">
+        <v>0</v>
+      </c>
+      <c r="L22" s="82">
+        <v>3657126</v>
+      </c>
+      <c r="M22" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="13">
         <v>2016</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A24" s="5">
+        <v>90</v>
+      </c>
+      <c r="C23" s="105">
+        <v>2441364</v>
+      </c>
+      <c r="D23" s="105">
+        <v>231008</v>
+      </c>
+      <c r="E23" s="105">
+        <v>117991</v>
+      </c>
+      <c r="F23" s="105">
+        <v>0</v>
+      </c>
+      <c r="G23" s="105">
+        <v>0</v>
+      </c>
+      <c r="H23" s="105">
+        <v>8973</v>
+      </c>
+      <c r="I23" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J23" s="105">
+        <v>0</v>
+      </c>
+      <c r="K23" s="105">
+        <v>0</v>
+      </c>
+      <c r="L23" s="82">
+        <v>2799336</v>
+      </c>
+      <c r="M23" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13">
         <v>2016</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A25" s="5">
+        <v>91</v>
+      </c>
+      <c r="C24" s="105">
+        <v>2394281</v>
+      </c>
+      <c r="D24" s="105">
+        <v>1324344</v>
+      </c>
+      <c r="E24" s="105">
+        <v>135852</v>
+      </c>
+      <c r="F24" s="105">
+        <v>0</v>
+      </c>
+      <c r="G24" s="105">
+        <v>0</v>
+      </c>
+      <c r="H24" s="105">
+        <v>26521</v>
+      </c>
+      <c r="I24" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J24" s="105">
+        <v>0</v>
+      </c>
+      <c r="K24" s="105">
+        <v>0</v>
+      </c>
+      <c r="L24" s="82">
+        <v>3880998</v>
+      </c>
+      <c r="M24" s="105">
+        <v>13133396</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="13">
         <v>2017</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A26" s="5">
+        <v>87</v>
+      </c>
+      <c r="C25" s="105">
+        <v>800239</v>
+      </c>
+      <c r="D25" s="105">
+        <v>900425</v>
+      </c>
+      <c r="E25" s="105">
+        <v>160351</v>
+      </c>
+      <c r="F25" s="105">
+        <v>0</v>
+      </c>
+      <c r="G25" s="105">
+        <v>0</v>
+      </c>
+      <c r="H25" s="105">
+        <v>62649</v>
+      </c>
+      <c r="I25" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J25" s="105">
+        <v>0</v>
+      </c>
+      <c r="K25" s="105">
+        <v>0</v>
+      </c>
+      <c r="L25" s="82">
+        <v>1923664</v>
+      </c>
+      <c r="M25" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13">
         <v>2017</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A27" s="5">
+        <v>89</v>
+      </c>
+      <c r="C26" s="105">
+        <v>2595762</v>
+      </c>
+      <c r="D26" s="105">
+        <v>712103</v>
+      </c>
+      <c r="E26" s="105">
+        <v>1106195</v>
+      </c>
+      <c r="F26" s="105">
+        <v>120425</v>
+      </c>
+      <c r="G26" s="105">
+        <v>0</v>
+      </c>
+      <c r="H26" s="105">
+        <v>13508</v>
+      </c>
+      <c r="I26" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J26" s="105">
+        <v>0</v>
+      </c>
+      <c r="K26" s="105">
+        <v>0</v>
+      </c>
+      <c r="L26" s="82">
+        <v>4547993</v>
+      </c>
+      <c r="M26" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13">
         <v>2017</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A28" s="5">
+        <v>90</v>
+      </c>
+      <c r="C27" s="105">
+        <v>1173691</v>
+      </c>
+      <c r="D27" s="105">
+        <v>785943</v>
+      </c>
+      <c r="E27" s="105">
+        <v>48009</v>
+      </c>
+      <c r="F27" s="105">
+        <v>0</v>
+      </c>
+      <c r="G27" s="105">
+        <v>0</v>
+      </c>
+      <c r="H27" s="105">
+        <v>8297</v>
+      </c>
+      <c r="I27" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J27" s="105">
+        <v>0</v>
+      </c>
+      <c r="K27" s="105">
+        <v>0</v>
+      </c>
+      <c r="L27" s="82">
+        <v>2015940</v>
+      </c>
+      <c r="M27" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13">
         <v>2017</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A29" s="5">
+        <v>91</v>
+      </c>
+      <c r="C28" s="105">
+        <v>2480880</v>
+      </c>
+      <c r="D28" s="105">
+        <v>1106464</v>
+      </c>
+      <c r="E28" s="105">
+        <v>34605</v>
+      </c>
+      <c r="F28" s="105">
+        <v>20985</v>
+      </c>
+      <c r="G28" s="105">
+        <v>0</v>
+      </c>
+      <c r="H28" s="105">
+        <v>39875</v>
+      </c>
+      <c r="I28" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J28" s="105">
+        <v>0</v>
+      </c>
+      <c r="K28" s="105">
+        <v>0</v>
+      </c>
+      <c r="L28" s="82">
+        <v>3682809</v>
+      </c>
+      <c r="M28" s="105">
+        <v>12170406</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="13">
         <v>2018</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A30" s="5">
+        <v>87</v>
+      </c>
+      <c r="C29" s="105">
+        <v>1443055</v>
+      </c>
+      <c r="D29" s="105">
+        <v>475965</v>
+      </c>
+      <c r="E29" s="105">
+        <v>66778</v>
+      </c>
+      <c r="F29" s="105">
+        <v>176403</v>
+      </c>
+      <c r="G29" s="105">
+        <v>0</v>
+      </c>
+      <c r="H29" s="105">
+        <v>23653</v>
+      </c>
+      <c r="I29" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J29" s="105">
+        <v>0</v>
+      </c>
+      <c r="K29" s="105">
+        <v>0</v>
+      </c>
+      <c r="L29" s="82">
+        <v>2185854</v>
+      </c>
+      <c r="M29" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="13">
         <v>2018</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A31" s="5">
+        <v>89</v>
+      </c>
+      <c r="C30" s="105">
+        <v>2344732</v>
+      </c>
+      <c r="D30" s="105">
+        <v>440644</v>
+      </c>
+      <c r="E30" s="105">
+        <v>1479283</v>
+      </c>
+      <c r="F30" s="105">
+        <v>9578</v>
+      </c>
+      <c r="G30" s="105">
+        <v>0</v>
+      </c>
+      <c r="H30" s="105">
+        <v>49063</v>
+      </c>
+      <c r="I30" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J30" s="105">
+        <v>0</v>
+      </c>
+      <c r="K30" s="105">
+        <v>0</v>
+      </c>
+      <c r="L30" s="82">
+        <v>4323300</v>
+      </c>
+      <c r="M30" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="13">
         <v>2018</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A32" s="5">
+        <v>90</v>
+      </c>
+      <c r="C31" s="105">
+        <v>955451</v>
+      </c>
+      <c r="D31" s="105">
+        <v>1664309</v>
+      </c>
+      <c r="E31" s="105">
+        <v>336444</v>
+      </c>
+      <c r="F31" s="105">
+        <v>34172</v>
+      </c>
+      <c r="G31" s="105">
+        <v>418663</v>
+      </c>
+      <c r="H31" s="105">
+        <v>51396</v>
+      </c>
+      <c r="I31" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J31" s="105">
+        <v>12468</v>
+      </c>
+      <c r="K31" s="105">
+        <v>0</v>
+      </c>
+      <c r="L31" s="82">
+        <v>3472903</v>
+      </c>
+      <c r="M31" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="13">
         <v>2018</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A33" s="5">
+        <v>91</v>
+      </c>
+      <c r="C32" s="105">
+        <v>2014238</v>
+      </c>
+      <c r="D32" s="105">
+        <v>363342</v>
+      </c>
+      <c r="E32" s="105">
+        <v>0</v>
+      </c>
+      <c r="F32" s="105">
+        <v>21037</v>
+      </c>
+      <c r="G32" s="105">
+        <v>0</v>
+      </c>
+      <c r="H32" s="105">
+        <v>57545</v>
+      </c>
+      <c r="I32" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J32" s="105">
+        <v>0</v>
+      </c>
+      <c r="K32" s="105">
+        <v>0</v>
+      </c>
+      <c r="L32" s="82">
+        <v>2456162</v>
+      </c>
+      <c r="M32" s="105">
+        <v>12438219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="13">
         <v>2019</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A34" s="5">
+        <v>87</v>
+      </c>
+      <c r="C33" s="105">
+        <v>1491980</v>
+      </c>
+      <c r="D33" s="105">
+        <v>1159172</v>
+      </c>
+      <c r="E33" s="105">
+        <v>0</v>
+      </c>
+      <c r="F33" s="105">
+        <v>173205</v>
+      </c>
+      <c r="G33" s="105">
+        <v>0</v>
+      </c>
+      <c r="H33" s="105">
+        <v>11876</v>
+      </c>
+      <c r="I33" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J33" s="105">
+        <v>0</v>
+      </c>
+      <c r="K33" s="105">
+        <v>0</v>
+      </c>
+      <c r="L33" s="82">
+        <v>2836233</v>
+      </c>
+      <c r="M33" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="13">
         <v>2019</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A35" s="5">
+        <v>89</v>
+      </c>
+      <c r="C34" s="105">
+        <v>2832089</v>
+      </c>
+      <c r="D34" s="105">
+        <v>887966</v>
+      </c>
+      <c r="E34" s="105">
+        <v>766238</v>
+      </c>
+      <c r="F34" s="105">
+        <v>47250</v>
+      </c>
+      <c r="G34" s="105">
+        <v>337647</v>
+      </c>
+      <c r="H34" s="105">
+        <v>26921</v>
+      </c>
+      <c r="I34" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J34" s="105">
+        <v>0</v>
+      </c>
+      <c r="K34" s="105">
+        <v>0</v>
+      </c>
+      <c r="L34" s="82">
+        <v>4898111</v>
+      </c>
+      <c r="M34" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="13">
         <v>2019</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A36" s="5">
+        <v>90</v>
+      </c>
+      <c r="C35" s="105">
+        <v>1486212</v>
+      </c>
+      <c r="D35" s="105">
+        <v>1774611</v>
+      </c>
+      <c r="E35" s="105">
+        <v>249890</v>
+      </c>
+      <c r="F35" s="105">
+        <v>22594</v>
+      </c>
+      <c r="G35" s="105">
+        <v>13861</v>
+      </c>
+      <c r="H35" s="105">
+        <v>64104</v>
+      </c>
+      <c r="I35" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J35" s="105">
+        <v>9489</v>
+      </c>
+      <c r="K35" s="105">
+        <v>0</v>
+      </c>
+      <c r="L35" s="82">
+        <v>3620761</v>
+      </c>
+      <c r="M35" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="13">
         <v>2019</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A37" s="5">
+        <v>91</v>
+      </c>
+      <c r="C36" s="105">
+        <v>2494348</v>
+      </c>
+      <c r="D36" s="105">
+        <v>619376</v>
+      </c>
+      <c r="E36" s="105">
+        <v>25560</v>
+      </c>
+      <c r="F36" s="105">
+        <v>204386</v>
+      </c>
+      <c r="G36" s="105">
+        <v>0</v>
+      </c>
+      <c r="H36" s="105">
+        <v>131330</v>
+      </c>
+      <c r="I36" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J36" s="105">
+        <v>0</v>
+      </c>
+      <c r="K36" s="105">
+        <v>0</v>
+      </c>
+      <c r="L36" s="82">
+        <v>3475000</v>
+      </c>
+      <c r="M36" s="105">
+        <v>14830105</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="13">
         <v>2020</v>
       </c>
       <c r="B37" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A38" s="5">
+        <v>87</v>
+      </c>
+      <c r="C37" s="105">
+        <v>2409504</v>
+      </c>
+      <c r="D37" s="105">
+        <v>936022</v>
+      </c>
+      <c r="E37" s="105">
+        <v>185221</v>
+      </c>
+      <c r="F37" s="105">
+        <v>15929</v>
+      </c>
+      <c r="G37" s="105">
+        <v>0</v>
+      </c>
+      <c r="H37" s="105">
+        <v>47789</v>
+      </c>
+      <c r="I37" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J37" s="105">
+        <v>0</v>
+      </c>
+      <c r="K37" s="105">
+        <v>0</v>
+      </c>
+      <c r="L37" s="82">
+        <v>3594465</v>
+      </c>
+      <c r="M37" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="13">
         <v>2020</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A39" s="5">
+        <v>89</v>
+      </c>
+      <c r="C38" s="105">
+        <v>2662324</v>
+      </c>
+      <c r="D38" s="105">
+        <v>606166</v>
+      </c>
+      <c r="E38" s="105">
+        <v>982557</v>
+      </c>
+      <c r="F38" s="105">
+        <v>186830</v>
+      </c>
+      <c r="G38" s="105">
+        <v>302761</v>
+      </c>
+      <c r="H38" s="105">
+        <v>33141</v>
+      </c>
+      <c r="I38" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J38" s="105">
+        <v>12453</v>
+      </c>
+      <c r="K38" s="105">
+        <v>0</v>
+      </c>
+      <c r="L38" s="82">
+        <v>4786232</v>
+      </c>
+      <c r="M38" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="13">
         <v>2020</v>
       </c>
       <c r="B39" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A40" s="5">
+        <v>90</v>
+      </c>
+      <c r="C39" s="105">
+        <v>1597098</v>
+      </c>
+      <c r="D39" s="105">
+        <v>688192</v>
+      </c>
+      <c r="E39" s="105">
+        <v>119158</v>
+      </c>
+      <c r="F39" s="105">
+        <v>10787</v>
+      </c>
+      <c r="G39" s="105">
+        <v>0</v>
+      </c>
+      <c r="H39" s="105">
+        <v>56073</v>
+      </c>
+      <c r="I39" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J39" s="105">
+        <v>12261</v>
+      </c>
+      <c r="K39" s="105">
+        <v>0</v>
+      </c>
+      <c r="L39" s="82">
+        <v>2483569</v>
+      </c>
+      <c r="M39" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="13">
         <v>2020</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A41" s="5">
+        <v>91</v>
+      </c>
+      <c r="C40" s="105">
+        <v>3010930</v>
+      </c>
+      <c r="D40" s="105">
+        <v>1816561</v>
+      </c>
+      <c r="E40" s="105">
+        <v>17163</v>
+      </c>
+      <c r="F40" s="105">
+        <v>241694</v>
+      </c>
+      <c r="G40" s="105">
+        <v>0</v>
+      </c>
+      <c r="H40" s="105">
+        <v>102191</v>
+      </c>
+      <c r="I40" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J40" s="105">
+        <v>0</v>
+      </c>
+      <c r="K40" s="105">
+        <v>0</v>
+      </c>
+      <c r="L40" s="82">
+        <v>5188539</v>
+      </c>
+      <c r="M40" s="105">
+        <v>16052805</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="13">
         <v>2021</v>
       </c>
       <c r="B41" s="11" t="s">
-        <v>82</v>
-[...40 lines deleted...]
-      <c r="A42" s="5">
+        <v>87</v>
+      </c>
+      <c r="C41" s="105">
+        <v>1840204</v>
+      </c>
+      <c r="D41" s="105">
+        <v>852778</v>
+      </c>
+      <c r="E41" s="105">
+        <v>50477</v>
+      </c>
+      <c r="F41" s="105">
+        <v>198504</v>
+      </c>
+      <c r="G41" s="105">
+        <v>0</v>
+      </c>
+      <c r="H41" s="105">
+        <v>165365</v>
+      </c>
+      <c r="I41" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J41" s="105">
+        <v>0</v>
+      </c>
+      <c r="K41" s="105">
+        <v>0</v>
+      </c>
+      <c r="L41" s="82">
+        <v>3107328</v>
+      </c>
+      <c r="M41" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="13">
         <v>2021</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>84</v>
-[...40 lines deleted...]
-      <c r="A43" s="5">
+        <v>89</v>
+      </c>
+      <c r="C42" s="105">
+        <v>2670300</v>
+      </c>
+      <c r="D42" s="105">
+        <v>1568119</v>
+      </c>
+      <c r="E42" s="105">
+        <v>970180</v>
+      </c>
+      <c r="F42" s="105">
+        <v>74083</v>
+      </c>
+      <c r="G42" s="105">
+        <v>274463</v>
+      </c>
+      <c r="H42" s="105">
+        <v>110189</v>
+      </c>
+      <c r="I42" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="J42" s="105">
+        <v>19505</v>
+      </c>
+      <c r="K42" s="105">
+        <v>0</v>
+      </c>
+      <c r="L42" s="82">
+        <v>5686839</v>
+      </c>
+      <c r="M42" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="13">
         <v>2021</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>85</v>
-[...40 lines deleted...]
-      <c r="A44" s="5">
+        <v>90</v>
+      </c>
+      <c r="C43" s="105">
+        <v>2261226</v>
+      </c>
+      <c r="D43" s="105">
+        <v>1907849</v>
+      </c>
+      <c r="E43" s="105">
+        <v>599099</v>
+      </c>
+      <c r="F43" s="105">
+        <v>16295</v>
+      </c>
+      <c r="G43" s="105">
+        <v>0</v>
+      </c>
+      <c r="H43" s="105">
+        <v>27980</v>
+      </c>
+      <c r="I43" s="105">
+        <v>0</v>
+      </c>
+      <c r="J43" s="105">
+        <v>2324</v>
+      </c>
+      <c r="K43" s="105">
+        <v>0</v>
+      </c>
+      <c r="L43" s="82">
+        <v>4814773</v>
+      </c>
+      <c r="M43" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="13">
         <v>2021</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>86</v>
-[...40 lines deleted...]
-      <c r="A45" s="5">
+        <v>91</v>
+      </c>
+      <c r="C44" s="105">
+        <v>2571002</v>
+      </c>
+      <c r="D44" s="105">
+        <v>625412</v>
+      </c>
+      <c r="E44" s="105">
+        <v>20958</v>
+      </c>
+      <c r="F44" s="105">
+        <v>122888</v>
+      </c>
+      <c r="G44" s="105">
+        <v>0</v>
+      </c>
+      <c r="H44" s="105">
+        <v>91582</v>
+      </c>
+      <c r="I44" s="105">
+        <v>0</v>
+      </c>
+      <c r="J44" s="105">
+        <v>0</v>
+      </c>
+      <c r="K44" s="105">
+        <v>0</v>
+      </c>
+      <c r="L44" s="82">
+        <v>3431842</v>
+      </c>
+      <c r="M44" s="105">
+        <v>17040782</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="13">
         <v>2022</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>82</v>
-[...31 lines deleted...]
-      <c r="M45" s="91">
+        <v>87</v>
+      </c>
+      <c r="C45" s="105">
+        <v>2099793</v>
+      </c>
+      <c r="D45" s="105">
+        <v>880188</v>
+      </c>
+      <c r="E45" s="105">
+        <v>17753</v>
+      </c>
+      <c r="F45" s="105">
+        <v>180107</v>
+      </c>
+      <c r="G45" s="105">
+        <v>0</v>
+      </c>
+      <c r="H45" s="105">
+        <v>160812</v>
+      </c>
+      <c r="I45" s="105">
+        <v>0</v>
+      </c>
+      <c r="J45" s="105">
+        <v>0</v>
+      </c>
+      <c r="K45" s="105">
+        <v>0</v>
+      </c>
+      <c r="L45" s="82">
+        <v>3338653</v>
+      </c>
+      <c r="M45" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="105">
+        <v>2631819</v>
+      </c>
+      <c r="D46" s="105">
+        <v>676403</v>
+      </c>
+      <c r="E46" s="105">
+        <v>1130902</v>
+      </c>
+      <c r="F46" s="105">
+        <v>178081</v>
+      </c>
+      <c r="G46" s="105">
+        <v>240758</v>
+      </c>
+      <c r="H46" s="105">
+        <v>30401</v>
+      </c>
+      <c r="I46" s="105">
+        <v>0</v>
+      </c>
+      <c r="J46" s="105">
+        <v>34895</v>
+      </c>
+      <c r="K46" s="105">
+        <v>0</v>
+      </c>
+      <c r="L46" s="82">
+        <v>4923259</v>
+      </c>
+      <c r="M46" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="105">
+        <v>2129636</v>
+      </c>
+      <c r="D47" s="105">
+        <v>3316622</v>
+      </c>
+      <c r="E47" s="105">
+        <v>123304</v>
+      </c>
+      <c r="F47" s="105">
+        <v>35791</v>
+      </c>
+      <c r="G47" s="105">
+        <v>0</v>
+      </c>
+      <c r="H47" s="105">
+        <v>73592</v>
+      </c>
+      <c r="I47" s="105">
+        <v>0</v>
+      </c>
+      <c r="J47" s="105">
+        <v>0</v>
+      </c>
+      <c r="K47" s="105">
+        <v>0</v>
+      </c>
+      <c r="L47" s="82">
+        <v>5678945</v>
+      </c>
+      <c r="M47" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="105">
+        <v>2949405</v>
+      </c>
+      <c r="D48" s="105">
+        <v>646281</v>
+      </c>
+      <c r="E48" s="105">
+        <v>44335</v>
+      </c>
+      <c r="F48" s="105">
+        <v>136533</v>
+      </c>
+      <c r="G48" s="105">
+        <v>0</v>
+      </c>
+      <c r="H48" s="105">
+        <v>10134</v>
+      </c>
+      <c r="I48" s="105">
+        <v>0</v>
+      </c>
+      <c r="J48" s="105">
+        <v>10514</v>
+      </c>
+      <c r="K48" s="105">
+        <v>0</v>
+      </c>
+      <c r="L48" s="82">
+        <v>3797202</v>
+      </c>
+      <c r="M48" s="105">
+        <v>17738059</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="105">
+        <v>1029657</v>
+      </c>
+      <c r="D49" s="105">
+        <v>394145</v>
+      </c>
+      <c r="E49" s="105">
+        <v>104511</v>
+      </c>
+      <c r="F49" s="105">
+        <v>13695</v>
+      </c>
+      <c r="G49" s="105">
+        <v>0</v>
+      </c>
+      <c r="H49" s="105">
+        <v>290414</v>
+      </c>
+      <c r="I49" s="105">
+        <v>0</v>
+      </c>
+      <c r="J49" s="105">
+        <v>0</v>
+      </c>
+      <c r="K49" s="105">
+        <v>0</v>
+      </c>
+      <c r="L49" s="82">
+        <v>1832422</v>
+      </c>
+      <c r="M49" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="105">
+        <v>1994187</v>
+      </c>
+      <c r="D50" s="105">
+        <v>1408753</v>
+      </c>
+      <c r="E50" s="105">
+        <v>412693</v>
+      </c>
+      <c r="F50" s="105">
+        <v>324783</v>
+      </c>
+      <c r="G50" s="105">
+        <v>75246</v>
+      </c>
+      <c r="H50" s="105">
+        <v>161796</v>
+      </c>
+      <c r="I50" s="105">
+        <v>0</v>
+      </c>
+      <c r="J50" s="105">
+        <v>0</v>
+      </c>
+      <c r="K50" s="105">
+        <v>0</v>
+      </c>
+      <c r="L50" s="82">
+        <v>4377458</v>
+      </c>
+      <c r="M50" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="105">
+        <v>3336827</v>
+      </c>
+      <c r="D51" s="105">
+        <v>1948240</v>
+      </c>
+      <c r="E51" s="105">
+        <v>847373</v>
+      </c>
+      <c r="F51" s="105">
+        <v>97945</v>
+      </c>
+      <c r="G51" s="105">
+        <v>580200</v>
+      </c>
+      <c r="H51" s="105">
+        <v>152197</v>
+      </c>
+      <c r="I51" s="105">
+        <v>0</v>
+      </c>
+      <c r="J51" s="105">
+        <v>35230</v>
+      </c>
+      <c r="K51" s="105">
+        <v>0</v>
+      </c>
+      <c r="L51" s="82">
+        <v>6998012</v>
+      </c>
+      <c r="M51" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="105">
+        <v>2544815</v>
+      </c>
+      <c r="D52" s="105">
+        <v>1018877</v>
+      </c>
+      <c r="E52" s="105">
+        <v>389497</v>
+      </c>
+      <c r="F52" s="105">
+        <v>35305</v>
+      </c>
+      <c r="G52" s="105">
+        <v>0</v>
+      </c>
+      <c r="H52" s="105">
+        <v>24722</v>
+      </c>
+      <c r="I52" s="105">
+        <v>0</v>
+      </c>
+      <c r="J52" s="105">
+        <v>0</v>
+      </c>
+      <c r="K52" s="105">
+        <v>0</v>
+      </c>
+      <c r="L52" s="82">
+        <v>4013216</v>
+      </c>
+      <c r="M52" s="105">
+        <v>17221108</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="105">
+        <v>2001363</v>
+      </c>
+      <c r="D53" s="105">
+        <v>1528900</v>
+      </c>
+      <c r="E53" s="105">
+        <v>146698</v>
+      </c>
+      <c r="F53" s="105">
+        <v>20320</v>
+      </c>
+      <c r="G53" s="105">
+        <v>68162</v>
+      </c>
+      <c r="H53" s="105">
+        <v>27174</v>
+      </c>
+      <c r="I53" s="105">
+        <v>0</v>
+      </c>
+      <c r="J53" s="105">
+        <v>0</v>
+      </c>
+      <c r="K53" s="105">
+        <v>0</v>
+      </c>
+      <c r="L53" s="82">
+        <v>3792617</v>
+      </c>
+      <c r="M53" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="105">
+        <v>1761956</v>
+      </c>
+      <c r="D54" s="105">
+        <v>1512917</v>
+      </c>
+      <c r="E54" s="105">
+        <v>425885</v>
+      </c>
+      <c r="F54" s="105">
+        <v>141288</v>
+      </c>
+      <c r="G54" s="105">
+        <v>0</v>
+      </c>
+      <c r="H54" s="105">
+        <v>25828</v>
+      </c>
+      <c r="I54" s="105">
+        <v>0</v>
+      </c>
+      <c r="J54" s="105">
+        <v>0</v>
+      </c>
+      <c r="K54" s="105">
+        <v>0</v>
+      </c>
+      <c r="L54" s="82">
+        <v>3867874</v>
+      </c>
+      <c r="M54" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="105">
+        <v>2323958</v>
+      </c>
+      <c r="D55" s="105">
+        <v>1018192</v>
+      </c>
+      <c r="E55" s="105">
+        <v>932530</v>
+      </c>
+      <c r="F55" s="105">
+        <v>0</v>
+      </c>
+      <c r="G55" s="105">
+        <v>447907</v>
+      </c>
+      <c r="H55" s="105">
+        <v>123736</v>
+      </c>
+      <c r="I55" s="105">
+        <v>0</v>
+      </c>
+      <c r="J55" s="105">
+        <v>0</v>
+      </c>
+      <c r="K55" s="105">
+        <v>104424</v>
+      </c>
+      <c r="L55" s="82">
+        <v>4950747</v>
+      </c>
+      <c r="M55" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="105">
+        <v>3230424</v>
+      </c>
+      <c r="D56" s="105">
+        <v>1980767</v>
+      </c>
+      <c r="E56" s="105">
+        <v>62316</v>
+      </c>
+      <c r="F56" s="105">
+        <v>138795</v>
+      </c>
+      <c r="G56" s="105">
+        <v>193328</v>
+      </c>
+      <c r="H56" s="105">
+        <v>76137</v>
+      </c>
+      <c r="I56" s="105">
+        <v>0</v>
+      </c>
+      <c r="J56" s="105">
+        <v>0</v>
+      </c>
+      <c r="K56" s="105">
+        <v>491753</v>
+      </c>
+      <c r="L56" s="82">
+        <v>6173520</v>
+      </c>
+      <c r="M56" s="105">
+        <v>18784758</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="105">
+        <v>2405598</v>
+      </c>
+      <c r="D57" s="105">
+        <v>415174</v>
+      </c>
+      <c r="E57" s="105">
+        <v>58403</v>
+      </c>
+      <c r="F57" s="105">
+        <v>0</v>
+      </c>
+      <c r="G57" s="105">
+        <v>0</v>
+      </c>
+      <c r="H57" s="105">
+        <v>145619</v>
+      </c>
+      <c r="I57" s="105">
+        <v>0</v>
+      </c>
+      <c r="J57" s="105">
+        <v>18975</v>
+      </c>
+      <c r="K57" s="105">
+        <v>0</v>
+      </c>
+      <c r="L57" s="82">
+        <v>3043769</v>
+      </c>
+      <c r="M57" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C58" s="105">
+        <v>3268879</v>
+      </c>
+      <c r="D58" s="105">
+        <v>2630726</v>
+      </c>
+      <c r="E58" s="105">
+        <v>500226</v>
+      </c>
+      <c r="F58" s="105">
+        <v>30180</v>
+      </c>
+      <c r="G58" s="105">
+        <v>0</v>
+      </c>
+      <c r="H58" s="105">
+        <v>23202</v>
+      </c>
+      <c r="I58" s="105">
+        <v>0</v>
+      </c>
+      <c r="J58" s="105">
+        <v>0</v>
+      </c>
+      <c r="K58" s="105">
+        <v>0</v>
+      </c>
+      <c r="L58" s="106">
+        <v>6453213</v>
+      </c>
+      <c r="M58" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="105">
+        <v>3047163</v>
+      </c>
+      <c r="D59" s="105">
+        <v>1231404</v>
+      </c>
+      <c r="E59" s="105">
+        <v>956376</v>
+      </c>
+      <c r="F59" s="105">
+        <v>0</v>
+      </c>
+      <c r="G59" s="105">
+        <v>157798</v>
+      </c>
+      <c r="H59" s="105">
+        <v>70076</v>
+      </c>
+      <c r="I59" s="105">
+        <v>0</v>
+      </c>
+      <c r="J59" s="105">
+        <v>0</v>
+      </c>
+      <c r="K59" s="105">
+        <v>0</v>
+      </c>
+      <c r="L59" s="106">
+        <v>5462817</v>
+      </c>
+      <c r="M59" s="105" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="105">
+        <v>3107776</v>
+      </c>
+      <c r="D60" s="105">
+        <v>1943398</v>
+      </c>
+      <c r="E60" s="105">
+        <v>78287</v>
+      </c>
+      <c r="F60" s="105">
+        <v>465701</v>
+      </c>
+      <c r="G60" s="105">
+        <v>75544</v>
+      </c>
+      <c r="H60" s="105">
+        <v>115546</v>
+      </c>
+      <c r="I60" s="105">
+        <v>907872</v>
+      </c>
+      <c r="J60" s="105">
+        <v>0</v>
+      </c>
+      <c r="K60" s="105">
+        <v>0</v>
+      </c>
+      <c r="L60" s="106">
+        <v>6694124</v>
+      </c>
+      <c r="M60" s="105">
+        <v>21653923</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="7"/>
+      <c r="B61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="7"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="7"/>
+      <c r="H61" s="7"/>
+      <c r="I61" s="7"/>
+      <c r="J61" s="7"/>
+      <c r="K61" s="7"/>
+      <c r="L61" s="7"/>
+      <c r="M61" s="7"/>
+    </row>
+    <row r="62" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="7"/>
+      <c r="G62" s="72"/>
+      <c r="H62" s="7"/>
+      <c r="I62" s="7"/>
+      <c r="J62" s="7"/>
+      <c r="K62" s="7"/>
+      <c r="L62" s="7"/>
+      <c r="M62" s="7"/>
+    </row>
+    <row r="63" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="7"/>
+      <c r="B63" s="7"/>
+      <c r="C63" s="7"/>
+      <c r="D63" s="7"/>
+      <c r="E63" s="7"/>
+      <c r="F63" s="7"/>
+      <c r="G63" s="72"/>
+      <c r="H63" s="7"/>
+      <c r="I63" s="7"/>
+      <c r="J63" s="7"/>
+      <c r="K63" s="7"/>
+      <c r="L63" s="7"/>
+      <c r="M63" s="7"/>
+    </row>
+    <row r="64" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="7"/>
+      <c r="B64" s="7"/>
+      <c r="C64" s="7"/>
+      <c r="D64" s="7"/>
+      <c r="E64" s="7"/>
+      <c r="F64" s="7"/>
+      <c r="G64" s="72"/>
+      <c r="H64" s="7"/>
+      <c r="I64" s="7"/>
+      <c r="J64" s="7"/>
+      <c r="K64" s="7"/>
+      <c r="L64" s="7"/>
+      <c r="M64" s="7"/>
+    </row>
+    <row r="65" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="7"/>
+      <c r="B65" s="7"/>
+      <c r="C65" s="7"/>
+      <c r="D65" s="7"/>
+      <c r="E65" s="7"/>
+      <c r="F65" s="7"/>
+      <c r="G65" s="7"/>
+      <c r="H65" s="7"/>
+      <c r="I65" s="7"/>
+      <c r="J65" s="7"/>
+      <c r="K65" s="7"/>
+      <c r="L65" s="7"/>
+      <c r="M65" s="7"/>
+    </row>
+    <row r="66" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A66" s="7"/>
+      <c r="B66" s="7"/>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="7"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="7"/>
+      <c r="I66" s="7"/>
+      <c r="J66" s="7"/>
+      <c r="K66" s="7"/>
+      <c r="L66" s="7"/>
+      <c r="M66" s="7"/>
+    </row>
+    <row r="67" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="7"/>
+      <c r="B67" s="7"/>
+      <c r="C67" s="7"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="7"/>
+      <c r="J67" s="7"/>
+      <c r="K67" s="7"/>
+      <c r="L67" s="7"/>
+      <c r="M67" s="7"/>
+    </row>
+    <row r="68" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="7"/>
+      <c r="B68" s="7"/>
+      <c r="C68" s="7"/>
+      <c r="D68" s="7"/>
+      <c r="E68" s="7"/>
+      <c r="F68" s="7"/>
+      <c r="G68" s="7"/>
+      <c r="H68" s="7"/>
+      <c r="I68" s="7"/>
+      <c r="J68" s="7"/>
+      <c r="K68" s="7"/>
+      <c r="L68" s="7"/>
+      <c r="M68" s="7"/>
+    </row>
+    <row r="69" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="7"/>
+      <c r="B69" s="7"/>
+      <c r="C69" s="7"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="7"/>
+      <c r="F69" s="7"/>
+      <c r="G69" s="7"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="7"/>
+      <c r="J69" s="7"/>
+      <c r="K69" s="7"/>
+      <c r="L69" s="7"/>
+      <c r="M69" s="7"/>
+    </row>
+    <row r="70" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="7"/>
+      <c r="B70" s="7"/>
+      <c r="C70" s="7"/>
+      <c r="D70" s="7"/>
+      <c r="E70" s="7"/>
+      <c r="F70" s="7"/>
+      <c r="G70" s="7"/>
+      <c r="H70" s="7"/>
+      <c r="I70" s="7"/>
+      <c r="J70" s="7"/>
+      <c r="K70" s="7"/>
+      <c r="L70" s="7"/>
+      <c r="M70" s="7"/>
+    </row>
+    <row r="71" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="7"/>
+      <c r="B71" s="7"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="7"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="7"/>
+      <c r="I71" s="7"/>
+      <c r="J71" s="7"/>
+      <c r="K71" s="7"/>
+      <c r="L71" s="7"/>
+      <c r="M71" s="7"/>
+    </row>
+    <row r="72" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="7"/>
+      <c r="B72" s="7"/>
+      <c r="C72" s="7"/>
+      <c r="D72" s="7"/>
+      <c r="E72" s="7"/>
+      <c r="F72" s="7"/>
+      <c r="G72" s="72"/>
+      <c r="H72" s="7"/>
+      <c r="I72" s="7"/>
+      <c r="J72" s="7"/>
+      <c r="K72" s="7"/>
+      <c r="L72" s="7"/>
+      <c r="M72" s="7"/>
+    </row>
+    <row r="73" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="7"/>
+      <c r="B73" s="7"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7"/>
+      <c r="I73" s="7"/>
+      <c r="J73" s="7"/>
+      <c r="K73" s="7"/>
+      <c r="L73" s="7"/>
+      <c r="M73" s="7"/>
+    </row>
+    <row r="74" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="7"/>
+      <c r="B74" s="7"/>
+      <c r="C74" s="7"/>
+      <c r="D74" s="7"/>
+      <c r="E74" s="7"/>
+      <c r="F74" s="7"/>
+      <c r="G74" s="7"/>
+      <c r="H74" s="7"/>
+      <c r="I74" s="7"/>
+      <c r="J74" s="7"/>
+      <c r="K74" s="7"/>
+      <c r="L74" s="7"/>
+      <c r="M74" s="7"/>
+    </row>
+    <row r="75" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="7"/>
+      <c r="B75" s="7"/>
+      <c r="C75" s="7"/>
+      <c r="D75" s="7"/>
+      <c r="E75" s="7"/>
+      <c r="F75" s="7"/>
+      <c r="G75" s="7"/>
+      <c r="H75" s="7"/>
+      <c r="I75" s="7"/>
+      <c r="J75" s="7"/>
+      <c r="K75" s="7"/>
+      <c r="L75" s="7"/>
+      <c r="M75" s="7"/>
+    </row>
+    <row r="76" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="7"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+      <c r="J76" s="7"/>
+      <c r="K76" s="7"/>
+      <c r="L76" s="7"/>
+      <c r="M76" s="7"/>
+    </row>
+    <row r="77" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="7"/>
+      <c r="B77" s="7"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="7"/>
+      <c r="E77" s="7"/>
+      <c r="F77" s="7"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+      <c r="J77" s="7"/>
+      <c r="K77" s="7"/>
+      <c r="L77" s="7"/>
+      <c r="M77" s="7"/>
+    </row>
+    <row r="78" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="7"/>
+      <c r="B78" s="7"/>
+      <c r="C78" s="7"/>
+      <c r="D78" s="7"/>
+      <c r="E78" s="7"/>
+      <c r="F78" s="7"/>
+      <c r="G78" s="7"/>
+      <c r="H78" s="7"/>
+      <c r="I78" s="7"/>
+      <c r="J78" s="7"/>
+      <c r="K78" s="7"/>
+      <c r="L78" s="7"/>
+      <c r="M78" s="7"/>
+    </row>
+    <row r="79" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A79" s="7"/>
+      <c r="B79" s="7"/>
+      <c r="C79" s="7"/>
+      <c r="D79" s="7"/>
+      <c r="E79" s="7"/>
+      <c r="F79" s="7"/>
+      <c r="G79" s="7"/>
+      <c r="H79" s="7"/>
+      <c r="I79" s="7"/>
+      <c r="J79" s="7"/>
+      <c r="K79" s="7"/>
+      <c r="L79" s="7"/>
+      <c r="M79" s="7"/>
+    </row>
+    <row r="80" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="7"/>
+      <c r="B80" s="7"/>
+      <c r="C80" s="7"/>
+      <c r="D80" s="7"/>
+      <c r="E80" s="7"/>
+      <c r="F80" s="7"/>
+      <c r="G80" s="7"/>
+      <c r="H80" s="7"/>
+      <c r="I80" s="7"/>
+      <c r="J80" s="7"/>
+      <c r="K80" s="7"/>
+      <c r="L80" s="7"/>
+      <c r="M80" s="7"/>
+    </row>
+    <row r="81" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7"/>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="7"/>
+      <c r="G81" s="7"/>
+      <c r="H81" s="7"/>
+      <c r="I81" s="7"/>
+      <c r="J81" s="7"/>
+      <c r="K81" s="7"/>
+      <c r="L81" s="7"/>
+      <c r="M81" s="7"/>
+    </row>
+    <row r="82" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A82" s="7"/>
+      <c r="B82" s="7"/>
+      <c r="C82" s="7"/>
+      <c r="D82" s="7"/>
+      <c r="E82" s="7"/>
+      <c r="F82" s="7"/>
+      <c r="G82" s="7"/>
+      <c r="H82" s="7"/>
+      <c r="I82" s="7"/>
+      <c r="J82" s="7"/>
+      <c r="K82" s="7"/>
+      <c r="L82" s="7"/>
+      <c r="M82" s="7"/>
+    </row>
+    <row r="83" spans="1:13" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="194" t="s">
         <v>118</v>
       </c>
-      <c r="N45" s="91" t="s">
-[...680 lines deleted...]
-      <c r="A83" s="172" t="s">
+      <c r="B83" s="194"/>
+      <c r="C83" s="194"/>
+      <c r="D83" s="194"/>
+      <c r="E83" s="194"/>
+      <c r="F83" s="194"/>
+      <c r="G83" s="194"/>
+      <c r="H83" s="194"/>
+      <c r="I83" s="194"/>
+      <c r="J83" s="194"/>
+      <c r="K83" s="194"/>
+      <c r="L83" s="194"/>
+      <c r="M83" s="194"/>
+    </row>
+    <row r="84" spans="1:13" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A84" s="190" t="s">
+        <v>119</v>
+      </c>
+      <c r="B84" s="190"/>
+      <c r="C84" s="190"/>
+      <c r="D84" s="190"/>
+      <c r="E84" s="190"/>
+      <c r="F84" s="190"/>
+      <c r="G84" s="190"/>
+      <c r="H84" s="190"/>
+      <c r="I84" s="190"/>
+      <c r="J84" s="190"/>
+      <c r="K84" s="190"/>
+      <c r="L84" s="190"/>
+      <c r="M84" s="190"/>
+    </row>
+    <row r="85" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A85" s="196"/>
+      <c r="B85" s="196"/>
+      <c r="C85" s="196"/>
+      <c r="D85" s="196"/>
+      <c r="E85" s="196"/>
+      <c r="F85" s="196"/>
+      <c r="G85" s="196"/>
+      <c r="H85" s="196"/>
+      <c r="I85" s="196"/>
+      <c r="J85" s="196"/>
+      <c r="K85" s="196"/>
+      <c r="L85" s="196"/>
+      <c r="M85" s="196"/>
+    </row>
+    <row r="86" spans="1:13" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="195" t="s">
         <v>95</v>
       </c>
-      <c r="B83" s="172"/>
-[...103 lines deleted...]
-      <c r="A95" s="4"/>
+      <c r="B86" s="195"/>
+      <c r="C86" s="195"/>
+      <c r="D86" s="195"/>
+      <c r="E86" s="195"/>
+      <c r="F86" s="195"/>
+      <c r="G86" s="195"/>
+      <c r="H86" s="195"/>
+      <c r="I86" s="195"/>
+      <c r="J86" s="195"/>
+      <c r="K86" s="195"/>
+      <c r="L86" s="195"/>
+      <c r="M86" s="195"/>
+    </row>
+    <row r="87" spans="1:13" s="157" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="191" t="s">
+        <v>120</v>
+      </c>
+      <c r="B87" s="190"/>
+      <c r="C87" s="190"/>
+      <c r="D87" s="190"/>
+      <c r="E87" s="190"/>
+      <c r="F87" s="190"/>
+      <c r="G87" s="190"/>
+      <c r="H87" s="190"/>
+      <c r="I87" s="190"/>
+      <c r="J87" s="190"/>
+      <c r="K87" s="190"/>
+      <c r="L87" s="190"/>
+      <c r="M87" s="190"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A3:N3"/>
+  <mergeCells count="7">
+    <mergeCell ref="A84:M84"/>
+    <mergeCell ref="A87:M87"/>
+    <mergeCell ref="A3:M3"/>
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="A83:M83"/>
+    <mergeCell ref="A86:M86"/>
+    <mergeCell ref="A85:M85"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C3E1A88-7E60-410C-81BD-98C84086C0FC}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6BEB771D-609C-4138-B616-2A7CC0426552}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D418A268-E712-4D4F-AEB1-19C25E5616D3}">
-  <dimension ref="A1:M97"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBF7603-AC33-433E-8A51-F4C1C756A0B8}">
+  <dimension ref="A1:N96"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="2" width="14.77734375" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" style="7" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="33.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.109375" style="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="27.33203125" style="7" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.33203125" style="7" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.77734375" style="7" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="27.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.5546875" style="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="23.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="19.88671875" style="7" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.6640625" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="44" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="45" t="s">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="193" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" s="193"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="193"/>
+      <c r="G2" s="193"/>
+      <c r="H2" s="193"/>
+      <c r="I2" s="193"/>
+      <c r="J2" s="193"/>
+      <c r="K2" s="193"/>
+      <c r="L2" s="193"/>
+      <c r="M2" s="193"/>
+      <c r="N2" s="193"/>
+    </row>
+    <row r="3" spans="1:14" s="9" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+      <c r="K3" s="192"/>
+      <c r="L3" s="192"/>
+      <c r="M3" s="192"/>
+      <c r="N3" s="192"/>
+    </row>
+    <row r="4" spans="1:14" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="I4" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="J4" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="K4" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="L4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="M4" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="N4" s="26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="E5" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G5" s="99" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" s="99" t="s">
+        <v>88</v>
+      </c>
+      <c r="I5" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J5" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K5" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L5" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M5" s="70" t="s">
+        <v>88</v>
+      </c>
+      <c r="N5" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G6" s="97">
+        <v>0</v>
+      </c>
+      <c r="H6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="I6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L6" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M6" s="70">
+        <v>0</v>
+      </c>
+      <c r="N6" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="D7" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" s="98">
+        <v>4</v>
+      </c>
+      <c r="F7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G7" s="160">
+        <v>0</v>
+      </c>
+      <c r="H7" s="160">
+        <v>0</v>
+      </c>
+      <c r="I7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L7" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M7" s="70">
+        <v>4</v>
+      </c>
+      <c r="N7" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13">
+        <v>2012</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="97">
+        <v>1</v>
+      </c>
+      <c r="D8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" s="97">
+        <v>14</v>
+      </c>
+      <c r="F8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G8" s="97">
+        <v>1</v>
+      </c>
+      <c r="H8" s="97">
+        <v>1</v>
+      </c>
+      <c r="I8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L8" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M8" s="71">
+        <v>17</v>
+      </c>
+      <c r="N8" s="71">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="13">
+        <v>2013</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="98">
+        <v>1</v>
+      </c>
+      <c r="D9" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" s="98">
+        <v>19</v>
+      </c>
+      <c r="F9" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" s="98">
+        <v>2</v>
+      </c>
+      <c r="H9" s="98">
+        <v>1</v>
+      </c>
+      <c r="I9" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J9" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" s="70">
+        <v>23</v>
+      </c>
+      <c r="N9" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="13">
+        <v>2013</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="97">
+        <v>4</v>
+      </c>
+      <c r="D10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" s="97">
+        <v>9</v>
+      </c>
+      <c r="F10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" s="97">
+        <v>0</v>
+      </c>
+      <c r="H10" s="97">
+        <v>0</v>
+      </c>
+      <c r="I10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L10" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" s="70">
+        <v>13</v>
+      </c>
+      <c r="N10" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13">
+        <v>2013</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="98">
+        <v>4</v>
+      </c>
+      <c r="D11" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" s="98">
+        <v>14</v>
+      </c>
+      <c r="F11" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="98">
+        <v>1</v>
+      </c>
+      <c r="H11" s="98">
+        <v>1</v>
+      </c>
+      <c r="I11" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J11" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" s="70">
+        <v>20</v>
+      </c>
+      <c r="N11" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="13">
+        <v>2013</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="97">
+        <v>2</v>
+      </c>
+      <c r="D12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" s="97">
+        <v>8</v>
+      </c>
+      <c r="F12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" s="97">
+        <v>0</v>
+      </c>
+      <c r="H12" s="97">
+        <v>0</v>
+      </c>
+      <c r="I12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" s="70">
+        <v>10</v>
+      </c>
+      <c r="N12" s="70">
         <v>66</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="A3" s="180" t="s">
+    <row r="13" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="13">
+        <v>2014</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="98">
+        <v>7</v>
+      </c>
+      <c r="D13" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" s="98">
+        <v>5</v>
+      </c>
+      <c r="F13" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G13" s="98">
+        <v>3</v>
+      </c>
+      <c r="H13" s="98">
+        <v>7</v>
+      </c>
+      <c r="I13" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J13" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" s="70">
+        <v>22</v>
+      </c>
+      <c r="N13" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13">
+        <v>2014</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="97">
+        <v>17</v>
+      </c>
+      <c r="D14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" s="97">
+        <v>3</v>
+      </c>
+      <c r="F14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="97">
+        <v>0</v>
+      </c>
+      <c r="H14" s="97">
+        <v>0</v>
+      </c>
+      <c r="I14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L14" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M14" s="70">
+        <v>20</v>
+      </c>
+      <c r="N14" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13">
+        <v>2014</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="98">
+        <v>14</v>
+      </c>
+      <c r="D15" s="98">
+        <v>0</v>
+      </c>
+      <c r="E15" s="98">
+        <v>4</v>
+      </c>
+      <c r="F15" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="G15" s="98">
+        <v>0</v>
+      </c>
+      <c r="H15" s="98">
+        <v>9</v>
+      </c>
+      <c r="I15" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J15" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M15" s="70">
+        <v>27</v>
+      </c>
+      <c r="N15" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13">
+        <v>2014</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="97">
+        <v>16</v>
+      </c>
+      <c r="D16" s="97">
+        <v>0</v>
+      </c>
+      <c r="E16" s="97">
+        <v>1</v>
+      </c>
+      <c r="F16" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="97">
+        <v>0</v>
+      </c>
+      <c r="H16" s="97">
+        <v>10</v>
+      </c>
+      <c r="I16" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J16" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="K16" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L16" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M16" s="70">
+        <v>27</v>
+      </c>
+      <c r="N16" s="70">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="98">
+        <v>24</v>
+      </c>
+      <c r="D17" s="98">
+        <v>0</v>
+      </c>
+      <c r="E17" s="98">
+        <v>2</v>
+      </c>
+      <c r="F17" s="98">
+        <v>0</v>
+      </c>
+      <c r="G17" s="98">
+        <v>1</v>
+      </c>
+      <c r="H17" s="98">
+        <v>2</v>
+      </c>
+      <c r="I17" s="98">
+        <v>0</v>
+      </c>
+      <c r="J17" s="98">
+        <v>0</v>
+      </c>
+      <c r="K17" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="L17" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M17" s="70">
+        <v>29</v>
+      </c>
+      <c r="N17" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="13">
+        <v>2015</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="97">
+        <v>21</v>
+      </c>
+      <c r="D18" s="97">
+        <v>2</v>
+      </c>
+      <c r="E18" s="97">
+        <v>7</v>
+      </c>
+      <c r="F18" s="97">
+        <v>2</v>
+      </c>
+      <c r="G18" s="97">
+        <v>0</v>
+      </c>
+      <c r="H18" s="97">
+        <v>0</v>
+      </c>
+      <c r="I18" s="97">
+        <v>0</v>
+      </c>
+      <c r="J18" s="97">
+        <v>0</v>
+      </c>
+      <c r="K18" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="L18" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M18" s="70">
+        <v>32</v>
+      </c>
+      <c r="N18" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="13">
+        <v>2015</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="98">
+        <v>84</v>
+      </c>
+      <c r="D19" s="98">
+        <v>0</v>
+      </c>
+      <c r="E19" s="98">
+        <v>11</v>
+      </c>
+      <c r="F19" s="98">
+        <v>1</v>
+      </c>
+      <c r="G19" s="98">
+        <v>1</v>
+      </c>
+      <c r="H19" s="98">
+        <v>9</v>
+      </c>
+      <c r="I19" s="98">
+        <v>0</v>
+      </c>
+      <c r="J19" s="98">
+        <v>3</v>
+      </c>
+      <c r="K19" s="98">
+        <v>0</v>
+      </c>
+      <c r="L19" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M19" s="70">
+        <v>109</v>
+      </c>
+      <c r="N19" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="13">
+        <v>2015</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="97">
+        <v>7</v>
+      </c>
+      <c r="D20" s="97">
+        <v>4</v>
+      </c>
+      <c r="E20" s="97">
+        <v>2</v>
+      </c>
+      <c r="F20" s="97">
+        <v>7</v>
+      </c>
+      <c r="G20" s="97">
+        <v>0</v>
+      </c>
+      <c r="H20" s="97">
+        <v>4</v>
+      </c>
+      <c r="I20" s="97">
+        <v>2</v>
+      </c>
+      <c r="J20" s="97">
+        <v>0</v>
+      </c>
+      <c r="K20" s="97">
+        <v>0</v>
+      </c>
+      <c r="L20" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M20" s="70">
+        <v>26</v>
+      </c>
+      <c r="N20" s="70">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13">
+        <v>2016</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="98">
+        <v>4</v>
+      </c>
+      <c r="D21" s="98">
+        <v>1</v>
+      </c>
+      <c r="E21" s="98">
+        <v>0</v>
+      </c>
+      <c r="F21" s="98">
+        <v>1</v>
+      </c>
+      <c r="G21" s="98">
+        <v>1</v>
+      </c>
+      <c r="H21" s="98">
+        <v>9</v>
+      </c>
+      <c r="I21" s="98">
+        <v>0</v>
+      </c>
+      <c r="J21" s="98">
+        <v>0</v>
+      </c>
+      <c r="K21" s="98">
+        <v>0</v>
+      </c>
+      <c r="L21" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M21" s="70">
+        <v>16</v>
+      </c>
+      <c r="N21" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13">
+        <v>2016</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="97">
+        <v>20</v>
+      </c>
+      <c r="D22" s="97">
+        <v>0</v>
+      </c>
+      <c r="E22" s="97">
+        <v>9</v>
+      </c>
+      <c r="F22" s="97">
+        <v>1</v>
+      </c>
+      <c r="G22" s="97">
+        <v>2</v>
+      </c>
+      <c r="H22" s="97">
+        <v>2</v>
+      </c>
+      <c r="I22" s="97">
+        <v>0</v>
+      </c>
+      <c r="J22" s="97">
+        <v>0</v>
+      </c>
+      <c r="K22" s="97">
+        <v>0</v>
+      </c>
+      <c r="L22" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M22" s="70">
+        <v>34</v>
+      </c>
+      <c r="N22" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="13">
+        <v>2016</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="98">
+        <v>0</v>
+      </c>
+      <c r="D23" s="98">
+        <v>0</v>
+      </c>
+      <c r="E23" s="98">
+        <v>1</v>
+      </c>
+      <c r="F23" s="98">
+        <v>1</v>
+      </c>
+      <c r="G23" s="98">
+        <v>0</v>
+      </c>
+      <c r="H23" s="98">
+        <v>0</v>
+      </c>
+      <c r="I23" s="98">
+        <v>0</v>
+      </c>
+      <c r="J23" s="98">
+        <v>1</v>
+      </c>
+      <c r="K23" s="98">
+        <v>0</v>
+      </c>
+      <c r="L23" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M23" s="70">
+        <v>3</v>
+      </c>
+      <c r="N23" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13">
+        <v>2016</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="97">
+        <v>13</v>
+      </c>
+      <c r="D24" s="97">
+        <v>2</v>
+      </c>
+      <c r="E24" s="97">
+        <v>0</v>
+      </c>
+      <c r="F24" s="97">
+        <v>0</v>
+      </c>
+      <c r="G24" s="97">
+        <v>0</v>
+      </c>
+      <c r="H24" s="97">
+        <v>7</v>
+      </c>
+      <c r="I24" s="97">
+        <v>0</v>
+      </c>
+      <c r="J24" s="97">
+        <v>1</v>
+      </c>
+      <c r="K24" s="97">
+        <v>0</v>
+      </c>
+      <c r="L24" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M24" s="70">
+        <v>23</v>
+      </c>
+      <c r="N24" s="70">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="13">
+        <v>2017</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="98">
+        <v>11</v>
+      </c>
+      <c r="D25" s="98">
+        <v>3</v>
+      </c>
+      <c r="E25" s="98">
+        <v>4</v>
+      </c>
+      <c r="F25" s="98">
+        <v>2</v>
+      </c>
+      <c r="G25" s="98">
+        <v>0</v>
+      </c>
+      <c r="H25" s="98">
+        <v>0</v>
+      </c>
+      <c r="I25" s="98">
+        <v>0</v>
+      </c>
+      <c r="J25" s="98">
+        <v>0</v>
+      </c>
+      <c r="K25" s="98">
+        <v>0</v>
+      </c>
+      <c r="L25" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M25" s="70">
+        <v>20</v>
+      </c>
+      <c r="N25" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13">
+        <v>2017</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="97">
+        <v>4</v>
+      </c>
+      <c r="D26" s="97">
+        <v>1</v>
+      </c>
+      <c r="E26" s="97">
+        <v>0</v>
+      </c>
+      <c r="F26" s="97">
+        <v>0</v>
+      </c>
+      <c r="G26" s="97">
+        <v>0</v>
+      </c>
+      <c r="H26" s="97">
+        <v>0</v>
+      </c>
+      <c r="I26" s="97">
+        <v>0</v>
+      </c>
+      <c r="J26" s="97">
+        <v>0</v>
+      </c>
+      <c r="K26" s="97">
+        <v>0</v>
+      </c>
+      <c r="L26" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M26" s="70">
+        <v>5</v>
+      </c>
+      <c r="N26" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13">
+        <v>2017</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="98">
+        <v>5</v>
+      </c>
+      <c r="D27" s="98">
+        <v>1</v>
+      </c>
+      <c r="E27" s="98">
+        <v>0</v>
+      </c>
+      <c r="F27" s="98">
+        <v>0</v>
+      </c>
+      <c r="G27" s="98">
+        <v>0</v>
+      </c>
+      <c r="H27" s="98">
+        <v>0</v>
+      </c>
+      <c r="I27" s="98">
+        <v>0</v>
+      </c>
+      <c r="J27" s="98">
+        <v>0</v>
+      </c>
+      <c r="K27" s="98">
+        <v>0</v>
+      </c>
+      <c r="L27" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M27" s="70">
+        <v>6</v>
+      </c>
+      <c r="N27" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13">
+        <v>2017</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="97">
+        <v>20</v>
+      </c>
+      <c r="D28" s="97">
+        <v>2</v>
+      </c>
+      <c r="E28" s="97">
+        <v>2</v>
+      </c>
+      <c r="F28" s="97">
+        <v>1</v>
+      </c>
+      <c r="G28" s="97">
+        <v>1</v>
+      </c>
+      <c r="H28" s="97">
+        <v>2</v>
+      </c>
+      <c r="I28" s="97">
+        <v>0</v>
+      </c>
+      <c r="J28" s="97">
+        <v>1</v>
+      </c>
+      <c r="K28" s="97">
+        <v>0</v>
+      </c>
+      <c r="L28" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M28" s="70">
+        <v>29</v>
+      </c>
+      <c r="N28" s="70">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="13">
+        <v>2018</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="98">
+        <v>4</v>
+      </c>
+      <c r="D29" s="98">
+        <v>1</v>
+      </c>
+      <c r="E29" s="98">
+        <v>1</v>
+      </c>
+      <c r="F29" s="98">
+        <v>2</v>
+      </c>
+      <c r="G29" s="98">
+        <v>0</v>
+      </c>
+      <c r="H29" s="98">
+        <v>3</v>
+      </c>
+      <c r="I29" s="98">
+        <v>0</v>
+      </c>
+      <c r="J29" s="98">
+        <v>0</v>
+      </c>
+      <c r="K29" s="98">
+        <v>0</v>
+      </c>
+      <c r="L29" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M29" s="70">
+        <v>11</v>
+      </c>
+      <c r="N29" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="13">
+        <v>2018</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="97">
+        <v>47</v>
+      </c>
+      <c r="D30" s="97">
+        <v>3</v>
+      </c>
+      <c r="E30" s="97">
+        <v>1</v>
+      </c>
+      <c r="F30" s="97">
+        <v>1</v>
+      </c>
+      <c r="G30" s="97">
+        <v>1</v>
+      </c>
+      <c r="H30" s="97">
+        <v>1</v>
+      </c>
+      <c r="I30" s="97">
+        <v>0</v>
+      </c>
+      <c r="J30" s="97">
+        <v>0</v>
+      </c>
+      <c r="K30" s="97">
+        <v>0</v>
+      </c>
+      <c r="L30" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M30" s="70">
+        <v>54</v>
+      </c>
+      <c r="N30" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="13">
+        <v>2018</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="98">
+        <v>5</v>
+      </c>
+      <c r="D31" s="98">
+        <v>1</v>
+      </c>
+      <c r="E31" s="98">
+        <v>0</v>
+      </c>
+      <c r="F31" s="98">
+        <v>0</v>
+      </c>
+      <c r="G31" s="98">
+        <v>0</v>
+      </c>
+      <c r="H31" s="98">
+        <v>0</v>
+      </c>
+      <c r="I31" s="98">
+        <v>0</v>
+      </c>
+      <c r="J31" s="98">
+        <v>0</v>
+      </c>
+      <c r="K31" s="98">
+        <v>0</v>
+      </c>
+      <c r="L31" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M31" s="70">
+        <v>6</v>
+      </c>
+      <c r="N31" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="13">
+        <v>2018</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="97">
+        <v>20</v>
+      </c>
+      <c r="D32" s="97">
+        <v>1</v>
+      </c>
+      <c r="E32" s="97">
+        <v>2</v>
+      </c>
+      <c r="F32" s="97">
+        <v>1</v>
+      </c>
+      <c r="G32" s="97">
+        <v>0</v>
+      </c>
+      <c r="H32" s="97">
+        <v>1</v>
+      </c>
+      <c r="I32" s="97">
+        <v>0</v>
+      </c>
+      <c r="J32" s="97">
+        <v>0</v>
+      </c>
+      <c r="K32" s="97">
+        <v>0</v>
+      </c>
+      <c r="L32" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M32" s="70">
+        <v>25</v>
+      </c>
+      <c r="N32" s="70">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="13">
+        <v>2019</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="98">
+        <v>3</v>
+      </c>
+      <c r="D33" s="98">
+        <v>0</v>
+      </c>
+      <c r="E33" s="98">
+        <v>0</v>
+      </c>
+      <c r="F33" s="98">
+        <v>0</v>
+      </c>
+      <c r="G33" s="98">
+        <v>0</v>
+      </c>
+      <c r="H33" s="98">
+        <v>0</v>
+      </c>
+      <c r="I33" s="98">
+        <v>0</v>
+      </c>
+      <c r="J33" s="98">
+        <v>0</v>
+      </c>
+      <c r="K33" s="98">
+        <v>0</v>
+      </c>
+      <c r="L33" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M33" s="70">
+        <v>3</v>
+      </c>
+      <c r="N33" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="13">
+        <v>2019</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="97">
+        <v>8</v>
+      </c>
+      <c r="D34" s="97">
+        <v>0</v>
+      </c>
+      <c r="E34" s="97">
+        <v>1</v>
+      </c>
+      <c r="F34" s="97">
+        <v>1</v>
+      </c>
+      <c r="G34" s="97">
+        <v>1</v>
+      </c>
+      <c r="H34" s="97">
+        <v>0</v>
+      </c>
+      <c r="I34" s="97">
+        <v>0</v>
+      </c>
+      <c r="J34" s="97">
+        <v>0</v>
+      </c>
+      <c r="K34" s="97">
+        <v>0</v>
+      </c>
+      <c r="L34" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M34" s="70">
+        <v>11</v>
+      </c>
+      <c r="N34" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="13">
+        <v>2019</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="98">
+        <v>5</v>
+      </c>
+      <c r="D35" s="98">
+        <v>0</v>
+      </c>
+      <c r="E35" s="98">
+        <v>0</v>
+      </c>
+      <c r="F35" s="98">
+        <v>0</v>
+      </c>
+      <c r="G35" s="98">
+        <v>0</v>
+      </c>
+      <c r="H35" s="98">
+        <v>1</v>
+      </c>
+      <c r="I35" s="98">
+        <v>0</v>
+      </c>
+      <c r="J35" s="98">
+        <v>0</v>
+      </c>
+      <c r="K35" s="98">
+        <v>0</v>
+      </c>
+      <c r="L35" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M35" s="70">
+        <v>6</v>
+      </c>
+      <c r="N35" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="13">
+        <v>2019</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="97">
+        <v>5</v>
+      </c>
+      <c r="D36" s="97">
+        <v>0</v>
+      </c>
+      <c r="E36" s="97">
+        <v>1</v>
+      </c>
+      <c r="F36" s="97">
+        <v>1</v>
+      </c>
+      <c r="G36" s="97">
+        <v>1</v>
+      </c>
+      <c r="H36" s="97">
+        <v>0</v>
+      </c>
+      <c r="I36" s="97">
+        <v>0</v>
+      </c>
+      <c r="J36" s="97">
+        <v>0</v>
+      </c>
+      <c r="K36" s="97">
+        <v>0</v>
+      </c>
+      <c r="L36" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M36" s="70">
+        <v>8</v>
+      </c>
+      <c r="N36" s="70">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="13">
+        <v>2020</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="98">
+        <v>9</v>
+      </c>
+      <c r="D37" s="98">
+        <v>3</v>
+      </c>
+      <c r="E37" s="98">
+        <v>2</v>
+      </c>
+      <c r="F37" s="98">
+        <v>1</v>
+      </c>
+      <c r="G37" s="98">
+        <v>0</v>
+      </c>
+      <c r="H37" s="98">
+        <v>0</v>
+      </c>
+      <c r="I37" s="98">
+        <v>0</v>
+      </c>
+      <c r="J37" s="98">
+        <v>0</v>
+      </c>
+      <c r="K37" s="98">
+        <v>0</v>
+      </c>
+      <c r="L37" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M37" s="70">
+        <v>15</v>
+      </c>
+      <c r="N37" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="13">
+        <v>2020</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="97">
+        <v>9</v>
+      </c>
+      <c r="D38" s="97">
+        <v>3</v>
+      </c>
+      <c r="E38" s="97">
+        <v>4</v>
+      </c>
+      <c r="F38" s="97">
+        <v>2</v>
+      </c>
+      <c r="G38" s="97">
+        <v>0</v>
+      </c>
+      <c r="H38" s="97">
+        <v>1</v>
+      </c>
+      <c r="I38" s="97">
+        <v>0</v>
+      </c>
+      <c r="J38" s="97">
+        <v>0</v>
+      </c>
+      <c r="K38" s="97">
+        <v>0</v>
+      </c>
+      <c r="L38" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M38" s="70">
+        <v>19</v>
+      </c>
+      <c r="N38" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="13">
+        <v>2020</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="98">
+        <v>29</v>
+      </c>
+      <c r="D39" s="98">
+        <v>10</v>
+      </c>
+      <c r="E39" s="98">
+        <v>0</v>
+      </c>
+      <c r="F39" s="98">
+        <v>0</v>
+      </c>
+      <c r="G39" s="98">
+        <v>0</v>
+      </c>
+      <c r="H39" s="98">
+        <v>0</v>
+      </c>
+      <c r="I39" s="98">
+        <v>0</v>
+      </c>
+      <c r="J39" s="98">
+        <v>0</v>
+      </c>
+      <c r="K39" s="98">
+        <v>0</v>
+      </c>
+      <c r="L39" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M39" s="70">
+        <v>39</v>
+      </c>
+      <c r="N39" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="13">
+        <v>2020</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="97">
+        <v>15</v>
+      </c>
+      <c r="D40" s="97">
+        <v>38</v>
+      </c>
+      <c r="E40" s="97">
+        <v>1</v>
+      </c>
+      <c r="F40" s="97">
+        <v>2</v>
+      </c>
+      <c r="G40" s="97">
+        <v>0</v>
+      </c>
+      <c r="H40" s="97">
+        <v>2</v>
+      </c>
+      <c r="I40" s="97">
+        <v>0</v>
+      </c>
+      <c r="J40" s="97">
+        <v>0</v>
+      </c>
+      <c r="K40" s="97">
+        <v>0</v>
+      </c>
+      <c r="L40" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M40" s="70">
+        <v>58</v>
+      </c>
+      <c r="N40" s="70">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="13">
+        <v>2021</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="98">
+        <v>14</v>
+      </c>
+      <c r="D41" s="98">
+        <v>21</v>
+      </c>
+      <c r="E41" s="98">
+        <v>0</v>
+      </c>
+      <c r="F41" s="98">
+        <v>0</v>
+      </c>
+      <c r="G41" s="98">
+        <v>2</v>
+      </c>
+      <c r="H41" s="98">
+        <v>0</v>
+      </c>
+      <c r="I41" s="98">
+        <v>0</v>
+      </c>
+      <c r="J41" s="98">
+        <v>0</v>
+      </c>
+      <c r="K41" s="98">
+        <v>1</v>
+      </c>
+      <c r="L41" s="98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M41" s="70">
+        <v>38</v>
+      </c>
+      <c r="N41" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="13">
+        <v>2021</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="97">
+        <v>11</v>
+      </c>
+      <c r="D42" s="97">
+        <v>19</v>
+      </c>
+      <c r="E42" s="97">
+        <v>5</v>
+      </c>
+      <c r="F42" s="97">
+        <v>4</v>
+      </c>
+      <c r="G42" s="97">
+        <v>0</v>
+      </c>
+      <c r="H42" s="97">
+        <v>0</v>
+      </c>
+      <c r="I42" s="97">
+        <v>1</v>
+      </c>
+      <c r="J42" s="97">
+        <v>0</v>
+      </c>
+      <c r="K42" s="97">
+        <v>0</v>
+      </c>
+      <c r="L42" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M42" s="70">
+        <v>40</v>
+      </c>
+      <c r="N42" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="13">
+        <v>2021</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="98">
+        <v>17</v>
+      </c>
+      <c r="D43" s="98">
+        <v>29</v>
+      </c>
+      <c r="E43" s="98">
+        <v>2</v>
+      </c>
+      <c r="F43" s="98">
+        <v>3</v>
+      </c>
+      <c r="G43" s="98">
+        <v>0</v>
+      </c>
+      <c r="H43" s="98">
+        <v>1</v>
+      </c>
+      <c r="I43" s="98">
+        <v>0</v>
+      </c>
+      <c r="J43" s="98">
+        <v>0</v>
+      </c>
+      <c r="K43" s="98">
+        <v>0</v>
+      </c>
+      <c r="L43" s="98">
+        <v>0</v>
+      </c>
+      <c r="M43" s="70">
+        <v>52</v>
+      </c>
+      <c r="N43" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="13">
+        <v>2021</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="97">
+        <v>10</v>
+      </c>
+      <c r="D44" s="97">
+        <v>30</v>
+      </c>
+      <c r="E44" s="97">
+        <v>2</v>
+      </c>
+      <c r="F44" s="97">
+        <v>2</v>
+      </c>
+      <c r="G44" s="97">
+        <v>1</v>
+      </c>
+      <c r="H44" s="97">
+        <v>1</v>
+      </c>
+      <c r="I44" s="97">
+        <v>0</v>
+      </c>
+      <c r="J44" s="97">
+        <v>4</v>
+      </c>
+      <c r="K44" s="97">
+        <v>0</v>
+      </c>
+      <c r="L44" s="97">
+        <v>1</v>
+      </c>
+      <c r="M44" s="70">
+        <v>51</v>
+      </c>
+      <c r="N44" s="70">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="98">
+        <v>41</v>
+      </c>
+      <c r="D45" s="98">
+        <v>62</v>
+      </c>
+      <c r="E45" s="98">
+        <v>3</v>
+      </c>
+      <c r="F45" s="98">
+        <v>5</v>
+      </c>
+      <c r="G45" s="98">
+        <v>5</v>
+      </c>
+      <c r="H45" s="98">
+        <v>0</v>
+      </c>
+      <c r="I45" s="98">
+        <v>1</v>
+      </c>
+      <c r="J45" s="98">
+        <v>1</v>
+      </c>
+      <c r="K45" s="98">
+        <v>0</v>
+      </c>
+      <c r="L45" s="98">
+        <v>0</v>
+      </c>
+      <c r="M45" s="70">
+        <v>118</v>
+      </c>
+      <c r="N45" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="97">
+        <v>23</v>
+      </c>
+      <c r="D46" s="97">
+        <v>65</v>
+      </c>
+      <c r="E46" s="97">
+        <v>9</v>
+      </c>
+      <c r="F46" s="97">
+        <v>1</v>
+      </c>
+      <c r="G46" s="97">
+        <v>3</v>
+      </c>
+      <c r="H46" s="97">
+        <v>0</v>
+      </c>
+      <c r="I46" s="97">
+        <v>0</v>
+      </c>
+      <c r="J46" s="97">
+        <v>0</v>
+      </c>
+      <c r="K46" s="97">
+        <v>0</v>
+      </c>
+      <c r="L46" s="97">
+        <v>0</v>
+      </c>
+      <c r="M46" s="70">
+        <v>101</v>
+      </c>
+      <c r="N46" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="98">
+        <v>18</v>
+      </c>
+      <c r="D47" s="98">
+        <v>36</v>
+      </c>
+      <c r="E47" s="98">
+        <v>6</v>
+      </c>
+      <c r="F47" s="98">
+        <v>4</v>
+      </c>
+      <c r="G47" s="98">
+        <v>2</v>
+      </c>
+      <c r="H47" s="98">
+        <v>0</v>
+      </c>
+      <c r="I47" s="98">
+        <v>3</v>
+      </c>
+      <c r="J47" s="98">
+        <v>0</v>
+      </c>
+      <c r="K47" s="98">
+        <v>0</v>
+      </c>
+      <c r="L47" s="98">
+        <v>0</v>
+      </c>
+      <c r="M47" s="70">
+        <v>69</v>
+      </c>
+      <c r="N47" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="97">
+        <v>24</v>
+      </c>
+      <c r="D48" s="97">
+        <v>47</v>
+      </c>
+      <c r="E48" s="97">
+        <v>6</v>
+      </c>
+      <c r="F48" s="97">
+        <v>1</v>
+      </c>
+      <c r="G48" s="97">
+        <v>3</v>
+      </c>
+      <c r="H48" s="97">
+        <v>1</v>
+      </c>
+      <c r="I48" s="97">
+        <v>0</v>
+      </c>
+      <c r="J48" s="97">
+        <v>0</v>
+      </c>
+      <c r="K48" s="97">
+        <v>0</v>
+      </c>
+      <c r="L48" s="97">
+        <v>0</v>
+      </c>
+      <c r="M48" s="70">
+        <v>82</v>
+      </c>
+      <c r="N48" s="70">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="98">
+        <v>41</v>
+      </c>
+      <c r="D49" s="98">
+        <v>24</v>
+      </c>
+      <c r="E49" s="98">
+        <v>2</v>
+      </c>
+      <c r="F49" s="98">
+        <v>3</v>
+      </c>
+      <c r="G49" s="98">
+        <v>0</v>
+      </c>
+      <c r="H49" s="98">
+        <v>0</v>
+      </c>
+      <c r="I49" s="98">
+        <v>0</v>
+      </c>
+      <c r="J49" s="98">
+        <v>0</v>
+      </c>
+      <c r="K49" s="98">
+        <v>0</v>
+      </c>
+      <c r="L49" s="98">
+        <v>0</v>
+      </c>
+      <c r="M49" s="70">
+        <v>70</v>
+      </c>
+      <c r="N49" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="97">
+        <v>54</v>
+      </c>
+      <c r="D50" s="97">
+        <v>19</v>
+      </c>
+      <c r="E50" s="97">
+        <v>6</v>
+      </c>
+      <c r="F50" s="97">
+        <v>2</v>
+      </c>
+      <c r="G50" s="97">
+        <v>0</v>
+      </c>
+      <c r="H50" s="97">
+        <v>1</v>
+      </c>
+      <c r="I50" s="97">
+        <v>0</v>
+      </c>
+      <c r="J50" s="97">
+        <v>1</v>
+      </c>
+      <c r="K50" s="97">
+        <v>0</v>
+      </c>
+      <c r="L50" s="97">
+        <v>0</v>
+      </c>
+      <c r="M50" s="70">
+        <v>83</v>
+      </c>
+      <c r="N50" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="98">
+        <v>97</v>
+      </c>
+      <c r="D51" s="98">
+        <v>17</v>
+      </c>
+      <c r="E51" s="98">
+        <v>6</v>
+      </c>
+      <c r="F51" s="98">
+        <v>0</v>
+      </c>
+      <c r="G51" s="98">
+        <v>4</v>
+      </c>
+      <c r="H51" s="98">
+        <v>0</v>
+      </c>
+      <c r="I51" s="98">
+        <v>1</v>
+      </c>
+      <c r="J51" s="98">
+        <v>0</v>
+      </c>
+      <c r="K51" s="98">
+        <v>0</v>
+      </c>
+      <c r="L51" s="98">
+        <v>0</v>
+      </c>
+      <c r="M51" s="70">
+        <v>125</v>
+      </c>
+      <c r="N51" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="13">
+        <v>2023</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="97">
+        <v>27</v>
+      </c>
+      <c r="D52" s="97">
+        <v>32</v>
+      </c>
+      <c r="E52" s="97">
+        <v>3</v>
+      </c>
+      <c r="F52" s="97">
+        <v>1</v>
+      </c>
+      <c r="G52" s="97">
+        <v>0</v>
+      </c>
+      <c r="H52" s="97">
+        <v>2</v>
+      </c>
+      <c r="I52" s="97">
+        <v>2</v>
+      </c>
+      <c r="J52" s="97">
+        <v>2</v>
+      </c>
+      <c r="K52" s="97">
+        <v>0</v>
+      </c>
+      <c r="L52" s="97">
+        <v>0</v>
+      </c>
+      <c r="M52" s="70">
+        <v>69</v>
+      </c>
+      <c r="N52" s="70">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="98">
+        <v>46</v>
+      </c>
+      <c r="D53" s="98">
+        <v>39</v>
+      </c>
+      <c r="E53" s="98">
+        <v>6</v>
+      </c>
+      <c r="F53" s="98">
+        <v>0</v>
+      </c>
+      <c r="G53" s="98">
+        <v>0</v>
+      </c>
+      <c r="H53" s="98">
+        <v>0</v>
+      </c>
+      <c r="I53" s="98">
+        <v>0</v>
+      </c>
+      <c r="J53" s="98">
+        <v>1</v>
+      </c>
+      <c r="K53" s="98">
+        <v>0</v>
+      </c>
+      <c r="L53" s="98">
+        <v>0</v>
+      </c>
+      <c r="M53" s="70">
+        <v>92</v>
+      </c>
+      <c r="N53" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="97">
+        <v>26</v>
+      </c>
+      <c r="D54" s="97">
+        <v>27</v>
+      </c>
+      <c r="E54" s="97">
+        <v>6</v>
+      </c>
+      <c r="F54" s="97">
+        <v>0</v>
+      </c>
+      <c r="G54" s="97">
+        <v>0</v>
+      </c>
+      <c r="H54" s="97">
+        <v>0</v>
+      </c>
+      <c r="I54" s="97">
+        <v>1</v>
+      </c>
+      <c r="J54" s="97">
+        <v>0</v>
+      </c>
+      <c r="K54" s="97">
+        <v>0</v>
+      </c>
+      <c r="L54" s="97">
+        <v>0</v>
+      </c>
+      <c r="M54" s="70">
+        <v>60</v>
+      </c>
+      <c r="N54" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="98">
+        <v>76</v>
+      </c>
+      <c r="D55" s="98">
+        <v>93</v>
+      </c>
+      <c r="E55" s="98">
+        <v>9</v>
+      </c>
+      <c r="F55" s="98">
+        <v>0</v>
+      </c>
+      <c r="G55" s="98">
+        <v>1</v>
+      </c>
+      <c r="H55" s="98">
+        <v>0</v>
+      </c>
+      <c r="I55" s="98">
+        <v>0</v>
+      </c>
+      <c r="J55" s="98">
+        <v>0</v>
+      </c>
+      <c r="K55" s="98">
+        <v>0</v>
+      </c>
+      <c r="L55" s="98">
+        <v>0</v>
+      </c>
+      <c r="M55" s="70">
+        <v>179</v>
+      </c>
+      <c r="N55" s="70" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="13">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="97">
+        <v>20</v>
+      </c>
+      <c r="D56" s="97">
+        <v>55</v>
+      </c>
+      <c r="E56" s="97">
+        <v>5</v>
+      </c>
+      <c r="F56" s="97">
+        <v>0</v>
+      </c>
+      <c r="G56" s="97">
+        <v>2</v>
+      </c>
+      <c r="H56" s="97">
+        <v>6</v>
+      </c>
+      <c r="I56" s="97">
+        <v>0</v>
+      </c>
+      <c r="J56" s="97">
+        <v>2</v>
+      </c>
+      <c r="K56" s="97">
+        <v>0</v>
+      </c>
+      <c r="L56" s="97">
+        <v>0</v>
+      </c>
+      <c r="M56" s="70">
+        <v>90</v>
+      </c>
+      <c r="N56" s="70">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="98">
+        <v>22</v>
+      </c>
+      <c r="D57" s="98">
+        <v>41</v>
+      </c>
+      <c r="E57" s="98">
+        <v>15</v>
+      </c>
+      <c r="F57" s="98">
+        <v>0</v>
+      </c>
+      <c r="G57" s="160">
+        <v>1</v>
+      </c>
+      <c r="H57" s="160">
+        <v>0</v>
+      </c>
+      <c r="I57" s="160">
+        <v>2</v>
+      </c>
+      <c r="J57" s="160">
+        <v>9</v>
+      </c>
+      <c r="K57" s="160">
+        <v>0</v>
+      </c>
+      <c r="L57" s="160">
+        <v>0</v>
+      </c>
+      <c r="M57" s="71">
+        <v>90</v>
+      </c>
+      <c r="N57" s="71" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C58" s="97">
+        <v>35</v>
+      </c>
+      <c r="D58" s="97">
+        <v>57</v>
+      </c>
+      <c r="E58" s="97">
+        <v>4</v>
+      </c>
+      <c r="F58" s="97">
+        <v>2</v>
+      </c>
+      <c r="G58" s="97">
+        <v>0</v>
+      </c>
+      <c r="H58" s="97">
+        <v>0</v>
+      </c>
+      <c r="I58" s="161">
+        <v>0</v>
+      </c>
+      <c r="J58" s="97">
+        <v>0</v>
+      </c>
+      <c r="K58" s="97">
+        <v>0</v>
+      </c>
+      <c r="L58" s="97">
+        <v>0</v>
+      </c>
+      <c r="M58" s="71">
+        <v>98</v>
+      </c>
+      <c r="N58" s="71" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="98">
+        <v>61</v>
+      </c>
+      <c r="D59" s="98">
+        <v>86</v>
+      </c>
+      <c r="E59" s="98">
+        <v>0</v>
+      </c>
+      <c r="F59" s="98">
+        <v>0</v>
+      </c>
+      <c r="G59" s="160">
+        <v>4</v>
+      </c>
+      <c r="H59" s="160">
+        <v>0</v>
+      </c>
+      <c r="I59" s="160">
+        <v>0</v>
+      </c>
+      <c r="J59" s="160">
+        <v>0</v>
+      </c>
+      <c r="K59" s="160">
+        <v>0</v>
+      </c>
+      <c r="L59" s="160">
+        <v>0</v>
+      </c>
+      <c r="M59" s="71">
+        <v>151</v>
+      </c>
+      <c r="N59" s="71" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="13">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="97">
+        <v>36</v>
+      </c>
+      <c r="D60" s="97">
+        <v>27</v>
+      </c>
+      <c r="E60" s="97">
+        <v>0</v>
+      </c>
+      <c r="F60" s="97">
+        <v>1</v>
+      </c>
+      <c r="G60" s="97">
+        <v>3</v>
+      </c>
+      <c r="H60" s="97">
+        <v>1</v>
+      </c>
+      <c r="I60" s="161">
+        <v>0</v>
+      </c>
+      <c r="J60" s="97">
+        <v>0</v>
+      </c>
+      <c r="K60" s="97">
+        <v>0</v>
+      </c>
+      <c r="L60" s="97">
+        <v>0</v>
+      </c>
+      <c r="M60" s="70">
         <v>68</v>
       </c>
-      <c r="B3" s="180"/>
-[...2102 lines deleted...]
-      <c r="J97" s="176"/>
+      <c r="N60" s="70">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="194" t="s">
+        <v>124</v>
+      </c>
+      <c r="B84" s="194"/>
+      <c r="C84" s="194"/>
+      <c r="D84" s="194"/>
+      <c r="E84" s="194"/>
+      <c r="F84" s="194"/>
+      <c r="G84" s="194"/>
+      <c r="H84" s="194"/>
+      <c r="I84" s="194"/>
+      <c r="J84" s="194"/>
+      <c r="K84" s="194"/>
+      <c r="L84" s="194"/>
+      <c r="M84" s="194"/>
+      <c r="N84" s="194"/>
+    </row>
+    <row r="85" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="190" t="s">
+        <v>125</v>
+      </c>
+      <c r="B85" s="190"/>
+      <c r="C85" s="190"/>
+      <c r="D85" s="190"/>
+      <c r="E85" s="190"/>
+      <c r="F85" s="190"/>
+      <c r="G85" s="190"/>
+      <c r="H85" s="190"/>
+      <c r="I85" s="190"/>
+      <c r="J85" s="190"/>
+      <c r="K85" s="190"/>
+      <c r="L85" s="190"/>
+      <c r="M85" s="190"/>
+      <c r="N85" s="190"/>
+    </row>
+    <row r="86" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="190"/>
+      <c r="B86" s="190"/>
+      <c r="C86" s="190"/>
+      <c r="D86" s="190"/>
+      <c r="E86" s="190"/>
+      <c r="F86" s="190"/>
+      <c r="G86" s="190"/>
+      <c r="H86" s="190"/>
+      <c r="I86" s="190"/>
+      <c r="J86" s="190"/>
+      <c r="K86" s="190"/>
+      <c r="L86" s="190"/>
+      <c r="M86" s="190"/>
+      <c r="N86" s="190"/>
+    </row>
+    <row r="87" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="195" t="s">
+        <v>95</v>
+      </c>
+      <c r="B87" s="195"/>
+      <c r="C87" s="195"/>
+      <c r="D87" s="195"/>
+      <c r="E87" s="195"/>
+      <c r="F87" s="195"/>
+      <c r="G87" s="195"/>
+      <c r="H87" s="195"/>
+      <c r="I87" s="195"/>
+      <c r="J87" s="195"/>
+      <c r="K87" s="195"/>
+      <c r="L87" s="195"/>
+      <c r="M87" s="195"/>
+      <c r="N87" s="195"/>
+    </row>
+    <row r="88" spans="1:14" s="73" customFormat="1" ht="94.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="191" t="s">
+        <v>126</v>
+      </c>
+      <c r="B88" s="191"/>
+      <c r="C88" s="191"/>
+      <c r="D88" s="191"/>
+      <c r="E88" s="191"/>
+      <c r="F88" s="191"/>
+      <c r="G88" s="191"/>
+      <c r="H88" s="191"/>
+      <c r="I88" s="191"/>
+      <c r="J88" s="191"/>
+      <c r="K88" s="191"/>
+      <c r="L88" s="191"/>
+      <c r="M88" s="191"/>
+      <c r="N88" s="191"/>
+    </row>
+    <row r="89" spans="1:14" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="197" t="s">
+        <v>127</v>
+      </c>
+      <c r="B89" s="197"/>
+      <c r="C89" s="197"/>
+      <c r="D89" s="197"/>
+      <c r="E89" s="197"/>
+      <c r="F89" s="197"/>
+      <c r="G89" s="197"/>
+      <c r="H89" s="197"/>
+      <c r="I89" s="197"/>
+      <c r="J89" s="197"/>
+      <c r="K89" s="197"/>
+      <c r="L89" s="197"/>
+      <c r="M89" s="197"/>
+      <c r="N89" s="197"/>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A96" s="6"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
-[...14 lines deleted...]
-    <mergeCell ref="A96:J96"/>
+  <mergeCells count="9">
+    <mergeCell ref="A89:N89"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="A85:N85"/>
+    <mergeCell ref="A84:N84"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="M3:N3"/>
+    <mergeCell ref="A86:N86"/>
+    <mergeCell ref="A87:N87"/>
+    <mergeCell ref="A88:N88"/>
   </mergeCells>
-  <phoneticPr fontId="44" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{5336120A-6C72-483C-B7BE-4C797323A28D}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{6C3E1A88-7E60-410C-81BD-98C84086C0FC}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C30D44A-43A0-4732-8B7F-422EB2A13911}">
-  <dimension ref="A1:I42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9968616-0C6B-4F14-8805-C465F7EFEA43}">
+  <dimension ref="A1:C37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="33" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.6640625" style="33"/>
+    <col min="1" max="1" width="44.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="60.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="56.21875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="44" customFormat="1" x14ac:dyDescent="0.3">
-[...153 lines deleted...]
-      <c r="E9">
+    <row r="1" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+    </row>
+    <row r="2" spans="1:3" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="200" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" s="200"/>
+      <c r="C2" s="200"/>
+    </row>
+    <row r="3" spans="1:3" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+    </row>
+    <row r="4" spans="1:3" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="158" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" s="120" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" s="120" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="159" t="s">
+        <v>413</v>
+      </c>
+      <c r="B5" s="122">
+        <v>21</v>
+      </c>
+      <c r="C5" s="122">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="121" t="s">
+        <v>414</v>
+      </c>
+      <c r="B6" s="135">
+        <v>1</v>
+      </c>
+      <c r="C6" s="123">
         <v>4</v>
       </c>
-      <c r="F9">
-[...127 lines deleted...]
-      <c r="G42" s="175"/>
+    </row>
+    <row r="7" spans="1:3" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="121" t="s">
+        <v>116</v>
+      </c>
+      <c r="B7" s="124">
+        <v>22</v>
+      </c>
+      <c r="C7" s="124">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="119"/>
+      <c r="B8" s="119"/>
+      <c r="C8" s="119"/>
+    </row>
+    <row r="9" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="119"/>
+      <c r="B9" s="119"/>
+      <c r="C9" s="119"/>
+    </row>
+    <row r="10" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="119"/>
+      <c r="B10" s="119"/>
+      <c r="C10" s="119"/>
+    </row>
+    <row r="11" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="119"/>
+      <c r="B11" s="119"/>
+      <c r="C11" s="119"/>
+    </row>
+    <row r="12" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="119"/>
+      <c r="B12" s="119"/>
+      <c r="C12" s="119"/>
+    </row>
+    <row r="13" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="119"/>
+      <c r="B13" s="119"/>
+      <c r="C13" s="119"/>
+    </row>
+    <row r="14" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="119"/>
+      <c r="B14" s="119"/>
+      <c r="C14" s="119"/>
+    </row>
+    <row r="15" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="119"/>
+      <c r="B15" s="119"/>
+      <c r="C15" s="119"/>
+    </row>
+    <row r="16" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="119"/>
+      <c r="B16" s="119"/>
+      <c r="C16" s="119"/>
+    </row>
+    <row r="17" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="119"/>
+      <c r="B17" s="119"/>
+      <c r="C17" s="119"/>
+    </row>
+    <row r="18" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="119"/>
+      <c r="B18" s="119"/>
+      <c r="C18" s="119"/>
+    </row>
+    <row r="19" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="119"/>
+      <c r="B19" s="119"/>
+      <c r="C19" s="119"/>
+    </row>
+    <row r="20" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="119"/>
+      <c r="B20" s="119"/>
+      <c r="C20" s="119"/>
+    </row>
+    <row r="21" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="119"/>
+      <c r="B21" s="119"/>
+      <c r="C21" s="119"/>
+    </row>
+    <row r="22" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="119"/>
+      <c r="B22" s="119"/>
+      <c r="C22" s="119"/>
+    </row>
+    <row r="23" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="119"/>
+      <c r="B23" s="119"/>
+      <c r="C23" s="119"/>
+    </row>
+    <row r="24" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="119"/>
+      <c r="B24" s="119"/>
+      <c r="C24" s="119"/>
+    </row>
+    <row r="25" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="119"/>
+      <c r="B25" s="119"/>
+      <c r="C25" s="119"/>
+    </row>
+    <row r="26" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="119"/>
+      <c r="B26" s="119"/>
+      <c r="C26" s="119"/>
+    </row>
+    <row r="27" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="119"/>
+      <c r="B27" s="119"/>
+      <c r="C27" s="119"/>
+    </row>
+    <row r="28" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="119"/>
+      <c r="B28" s="119"/>
+      <c r="C28" s="119"/>
+    </row>
+    <row r="29" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="119"/>
+      <c r="B29" s="119"/>
+      <c r="C29" s="119"/>
+    </row>
+    <row r="30" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="119"/>
+      <c r="B30" s="119"/>
+      <c r="C30" s="119"/>
+    </row>
+    <row r="31" spans="1:3" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="201" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" s="201"/>
+      <c r="C31" s="201"/>
+    </row>
+    <row r="32" spans="1:3" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="202" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" s="202"/>
+      <c r="C32" s="202"/>
+    </row>
+    <row r="33" spans="1:3" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="202"/>
+      <c r="B33" s="202"/>
+      <c r="C33" s="202"/>
+    </row>
+    <row r="34" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A34" s="203" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="203"/>
+      <c r="C34" s="203"/>
+    </row>
+    <row r="35" spans="1:3" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="204" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" s="205"/>
+      <c r="C35" s="205"/>
+    </row>
+    <row r="36" spans="1:3" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="198" t="s">
+        <v>135</v>
+      </c>
+      <c r="B36" s="199"/>
+      <c r="C36" s="199"/>
+    </row>
+    <row r="37" spans="1:3" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="198" t="s">
+        <v>136</v>
+      </c>
+      <c r="B37" s="199"/>
+      <c r="C37" s="199"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-[...10 lines deleted...]
-    <mergeCell ref="A35:G35"/>
+  <mergeCells count="9">
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A3:C3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{BB2CECE3-189B-48E4-98B6-679B9A3131BB}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{B7542421-B4E2-407C-AFE3-1C92E4CD2305}"/>
   </hyperlinks>
-  <printOptions headings="1"/>
-[...6 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC417C18-47EB-4D31-9AA8-DD96094A4CD2}">
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:G87"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="1" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="12.44140625" style="1"/>
+    <col min="1" max="2" width="14.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.33203125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="12" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...50 lines deleted...]
-      <c r="A5" s="89">
+    <row r="1" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+    </row>
+    <row r="2" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+    </row>
+    <row r="3" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+    </row>
+    <row r="4" spans="1:7" ht="37.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="40" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E4" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="G4" s="21" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="14.55" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="69">
         <v>2014</v>
       </c>
-      <c r="B5" s="241" t="s">
-[...19 lines deleted...]
-      <c r="A6" s="89">
+      <c r="B5" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" s="162">
+        <v>0</v>
+      </c>
+      <c r="D5" s="162">
+        <v>0</v>
+      </c>
+      <c r="E5" s="162">
+        <v>0</v>
+      </c>
+      <c r="F5" s="76">
+        <v>0</v>
+      </c>
+      <c r="G5" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="69">
         <v>2014</v>
       </c>
-      <c r="B6" s="241" t="s">
-[...19 lines deleted...]
-      <c r="A7" s="89">
+      <c r="B6" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="163">
+        <v>0</v>
+      </c>
+      <c r="D6" s="163">
+        <v>0</v>
+      </c>
+      <c r="E6" s="163">
+        <v>0</v>
+      </c>
+      <c r="F6" s="76">
+        <v>0</v>
+      </c>
+      <c r="G6" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="69">
         <v>2014</v>
       </c>
-      <c r="B7" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="108">
+      <c r="B7" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="162">
         <v>430</v>
       </c>
-      <c r="D7" s="108">
-[...5 lines deleted...]
-      <c r="F7" s="112">
+      <c r="D7" s="162">
+        <v>0</v>
+      </c>
+      <c r="E7" s="162">
+        <v>0</v>
+      </c>
+      <c r="F7" s="76">
         <v>430</v>
       </c>
-      <c r="G7" s="110" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="89">
+      <c r="G7" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="69">
         <v>2014</v>
       </c>
-      <c r="B8" s="241" t="s">
-[...14 lines deleted...]
-      <c r="G8" s="114">
+      <c r="B8" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="163">
+        <v>0</v>
+      </c>
+      <c r="D8" s="163">
+        <v>0</v>
+      </c>
+      <c r="E8" s="163">
+        <v>0</v>
+      </c>
+      <c r="F8" s="76">
+        <v>0</v>
+      </c>
+      <c r="G8" s="287">
         <v>430</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="89">
+    <row r="9" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="69">
         <v>2015</v>
       </c>
-      <c r="B9" s="241" t="s">
-[...19 lines deleted...]
-      <c r="A10" s="89">
+      <c r="B9" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" s="162">
+        <v>0</v>
+      </c>
+      <c r="D9" s="162">
+        <v>0</v>
+      </c>
+      <c r="E9" s="162">
+        <v>0</v>
+      </c>
+      <c r="F9" s="76">
+        <v>0</v>
+      </c>
+      <c r="G9" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="69">
         <v>2015</v>
       </c>
-      <c r="B10" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="109">
+      <c r="B10" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="163">
         <v>24332</v>
       </c>
-      <c r="D10" s="109">
-[...5 lines deleted...]
-      <c r="F10" s="112">
+      <c r="D10" s="163">
+        <v>0</v>
+      </c>
+      <c r="E10" s="163">
+        <v>0</v>
+      </c>
+      <c r="F10" s="76">
         <v>24332</v>
       </c>
-      <c r="G10" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="89">
+      <c r="G10" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="69">
         <v>2015</v>
       </c>
-      <c r="B11" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="108">
+      <c r="B11" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="162">
         <v>100</v>
       </c>
-      <c r="D11" s="108">
-[...5 lines deleted...]
-      <c r="F11" s="112">
+      <c r="D11" s="162">
+        <v>0</v>
+      </c>
+      <c r="E11" s="162">
+        <v>0</v>
+      </c>
+      <c r="F11" s="76">
         <v>100</v>
       </c>
-      <c r="G11" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="89">
+      <c r="G11" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="69">
         <v>2015</v>
       </c>
-      <c r="B12" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="109">
+      <c r="B12" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="163">
         <v>810</v>
       </c>
-      <c r="D12" s="109">
-[...5 lines deleted...]
-      <c r="F12" s="112">
+      <c r="D12" s="163">
+        <v>0</v>
+      </c>
+      <c r="E12" s="163">
+        <v>0</v>
+      </c>
+      <c r="F12" s="76">
         <v>810</v>
       </c>
-      <c r="G12" s="114">
+      <c r="G12" s="287">
         <v>25242</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A13" s="89">
+    <row r="13" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="69">
         <v>2016</v>
       </c>
-      <c r="B13" s="241" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="108">
+      <c r="B13" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="162">
+        <v>0</v>
+      </c>
+      <c r="D13" s="162">
+        <v>0</v>
+      </c>
+      <c r="E13" s="162">
         <v>50</v>
       </c>
-      <c r="F13" s="112">
+      <c r="F13" s="76">
         <v>50</v>
       </c>
-      <c r="G13" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="89">
+      <c r="G13" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="69">
         <v>2016</v>
       </c>
-      <c r="B14" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="109">
+      <c r="B14" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" s="163">
         <v>42302</v>
       </c>
-      <c r="D14" s="109">
-[...2 lines deleted...]
-      <c r="E14" s="109">
+      <c r="D14" s="163">
+        <v>0</v>
+      </c>
+      <c r="E14" s="163">
         <v>4862</v>
       </c>
-      <c r="F14" s="112">
+      <c r="F14" s="76">
         <v>47164</v>
       </c>
-      <c r="G14" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="89">
+      <c r="G14" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="69">
         <v>2016</v>
       </c>
-      <c r="B15" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="108">
+      <c r="B15" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="162">
         <v>2403</v>
       </c>
-      <c r="D15" s="108">
-[...2 lines deleted...]
-      <c r="E15" s="108">
+      <c r="D15" s="162">
+        <v>0</v>
+      </c>
+      <c r="E15" s="162">
         <v>10416</v>
       </c>
-      <c r="F15" s="112">
+      <c r="F15" s="76">
         <v>12819</v>
       </c>
-      <c r="G15" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A16" s="89">
+      <c r="G15" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="69">
         <v>2016</v>
       </c>
-      <c r="B16" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="109">
+      <c r="B16" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="163">
         <v>26848</v>
       </c>
-      <c r="D16" s="109">
-[...2 lines deleted...]
-      <c r="E16" s="109">
+      <c r="D16" s="163">
+        <v>0</v>
+      </c>
+      <c r="E16" s="163">
         <v>42564</v>
       </c>
-      <c r="F16" s="112">
+      <c r="F16" s="76">
         <v>69412</v>
       </c>
-      <c r="G16" s="114">
+      <c r="G16" s="287">
         <v>129445</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A17" s="89">
+    <row r="17" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="69">
         <v>2017</v>
       </c>
-      <c r="B17" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="108">
+      <c r="B17" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="162">
         <v>738</v>
       </c>
-      <c r="D17" s="108">
-[...2 lines deleted...]
-      <c r="E17" s="108">
+      <c r="D17" s="162">
+        <v>0</v>
+      </c>
+      <c r="E17" s="162">
         <v>12680</v>
       </c>
-      <c r="F17" s="112">
+      <c r="F17" s="76">
         <v>13418</v>
       </c>
-      <c r="G17" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="89">
+      <c r="G17" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="69">
         <v>2017</v>
       </c>
-      <c r="B18" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="109">
+      <c r="B18" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="163">
         <v>42143</v>
       </c>
-      <c r="D18" s="109">
-[...5 lines deleted...]
-      <c r="F18" s="112">
+      <c r="D18" s="163">
+        <v>0</v>
+      </c>
+      <c r="E18" s="163">
+        <v>0</v>
+      </c>
+      <c r="F18" s="76">
         <v>42143</v>
       </c>
-      <c r="G18" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="89">
+      <c r="G18" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="69">
         <v>2017</v>
       </c>
-      <c r="B19" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="108">
+      <c r="B19" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="162">
         <v>24966</v>
       </c>
-      <c r="D19" s="108">
-[...5 lines deleted...]
-      <c r="F19" s="112">
+      <c r="D19" s="162">
+        <v>0</v>
+      </c>
+      <c r="E19" s="162">
+        <v>0</v>
+      </c>
+      <c r="F19" s="76">
         <v>24966</v>
       </c>
-      <c r="G19" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A20" s="89">
+      <c r="G19" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="69">
         <v>2017</v>
       </c>
-      <c r="B20" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="109">
+      <c r="B20" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="163">
         <v>27206</v>
       </c>
-      <c r="D20" s="109">
-[...2 lines deleted...]
-      <c r="E20" s="109">
+      <c r="D20" s="163">
+        <v>0</v>
+      </c>
+      <c r="E20" s="163">
         <v>8118</v>
       </c>
-      <c r="F20" s="112">
+      <c r="F20" s="76">
         <v>35324</v>
       </c>
-      <c r="G20" s="114">
+      <c r="G20" s="287">
         <v>115851</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A21" s="89">
+    <row r="21" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="69">
         <v>2018</v>
       </c>
-      <c r="B21" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="108">
+      <c r="B21" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="162">
         <v>2281</v>
       </c>
-      <c r="D21" s="108">
-[...5 lines deleted...]
-      <c r="F21" s="112">
+      <c r="D21" s="162">
+        <v>0</v>
+      </c>
+      <c r="E21" s="162">
+        <v>0</v>
+      </c>
+      <c r="F21" s="76">
         <v>2281</v>
       </c>
-      <c r="G21" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="89">
+      <c r="G21" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="69">
         <v>2018</v>
       </c>
-      <c r="B22" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="109">
+      <c r="B22" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="163">
         <v>34911</v>
       </c>
-      <c r="D22" s="109">
+      <c r="D22" s="163">
         <v>211159</v>
       </c>
-      <c r="E22" s="109">
+      <c r="E22" s="163">
         <v>46696</v>
       </c>
-      <c r="F22" s="112">
+      <c r="F22" s="76">
         <v>292766</v>
       </c>
-      <c r="G22" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="89">
+      <c r="G22" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="69">
         <v>2018</v>
       </c>
-      <c r="B23" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="108">
+      <c r="B23" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="162">
         <v>14474</v>
       </c>
-      <c r="D23" s="108">
+      <c r="D23" s="162">
         <v>8356</v>
       </c>
-      <c r="E23" s="108">
+      <c r="E23" s="162">
         <v>45275</v>
       </c>
-      <c r="F23" s="112">
+      <c r="F23" s="76">
         <v>68105</v>
       </c>
-      <c r="G23" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="89">
+      <c r="G23" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="69">
         <v>2018</v>
       </c>
-      <c r="B24" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="109">
+      <c r="B24" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="163">
         <v>124772</v>
       </c>
-      <c r="D24" s="109">
-[...2 lines deleted...]
-      <c r="E24" s="109">
+      <c r="D24" s="163">
+        <v>0</v>
+      </c>
+      <c r="E24" s="163">
         <v>39796</v>
       </c>
-      <c r="F24" s="112">
+      <c r="F24" s="76">
         <v>164568</v>
       </c>
-      <c r="G24" s="114">
+      <c r="G24" s="287">
         <v>527720</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A25" s="89">
+    <row r="25" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="69">
         <v>2019</v>
       </c>
-      <c r="B25" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="108">
+      <c r="B25" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="162">
         <v>11548</v>
       </c>
-      <c r="D25" s="108">
+      <c r="D25" s="162">
         <v>9781</v>
       </c>
-      <c r="E25" s="108">
+      <c r="E25" s="162">
         <v>17458</v>
       </c>
-      <c r="F25" s="112">
+      <c r="F25" s="76">
         <v>38787</v>
       </c>
-      <c r="G25" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="89">
+      <c r="G25" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="69">
         <v>2019</v>
       </c>
-      <c r="B26" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="109">
+      <c r="B26" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="163">
         <v>41293</v>
       </c>
-      <c r="D26" s="109">
-[...2 lines deleted...]
-      <c r="E26" s="109">
+      <c r="D26" s="163">
+        <v>0</v>
+      </c>
+      <c r="E26" s="163">
         <v>69985</v>
       </c>
-      <c r="F26" s="112">
+      <c r="F26" s="76">
         <v>111278</v>
       </c>
-      <c r="G26" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="89">
+      <c r="G26" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="69">
         <v>2019</v>
       </c>
-      <c r="B27" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="108">
+      <c r="B27" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="162">
         <v>57396</v>
       </c>
-      <c r="D27" s="108">
+      <c r="D27" s="162">
         <v>18174</v>
       </c>
-      <c r="E27" s="108">
+      <c r="E27" s="162">
         <v>57099</v>
       </c>
-      <c r="F27" s="112">
+      <c r="F27" s="76">
         <v>132669</v>
       </c>
-      <c r="G27" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="89">
+      <c r="G27" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="69">
         <v>2019</v>
       </c>
-      <c r="B28" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="109">
+      <c r="B28" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="163">
         <v>190662</v>
       </c>
-      <c r="D28" s="109">
-[...2 lines deleted...]
-      <c r="E28" s="109">
+      <c r="D28" s="163">
+        <v>0</v>
+      </c>
+      <c r="E28" s="163">
         <v>3482</v>
       </c>
-      <c r="F28" s="112">
+      <c r="F28" s="76">
         <v>194144</v>
       </c>
-      <c r="G28" s="114">
+      <c r="G28" s="287">
         <v>476878</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A29" s="89">
+    <row r="29" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="69">
         <v>2020</v>
       </c>
-      <c r="B29" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="108">
+      <c r="B29" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="162">
         <v>80712</v>
       </c>
-      <c r="D29" s="108">
-[...2 lines deleted...]
-      <c r="E29" s="108">
+      <c r="D29" s="162">
+        <v>0</v>
+      </c>
+      <c r="E29" s="162">
         <v>34131</v>
       </c>
-      <c r="F29" s="112">
+      <c r="F29" s="76">
         <v>114843</v>
       </c>
-      <c r="G29" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="89">
+      <c r="G29" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="69">
         <v>2020</v>
       </c>
-      <c r="B30" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="109">
+      <c r="B30" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="163">
         <v>70048</v>
       </c>
-      <c r="D30" s="109">
+      <c r="D30" s="163">
         <v>14343</v>
       </c>
-      <c r="E30" s="109">
+      <c r="E30" s="163">
         <v>121628</v>
       </c>
-      <c r="F30" s="112">
+      <c r="F30" s="76">
         <v>206019</v>
       </c>
-      <c r="G30" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A31" s="89">
+      <c r="G30" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="69">
         <v>2020</v>
       </c>
-      <c r="B31" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="108">
+      <c r="B31" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="162">
         <v>183220</v>
       </c>
-      <c r="D31" s="108">
-[...2 lines deleted...]
-      <c r="E31" s="108">
+      <c r="D31" s="162">
+        <v>0</v>
+      </c>
+      <c r="E31" s="162">
         <v>32800</v>
       </c>
-      <c r="F31" s="112">
+      <c r="F31" s="76">
         <v>216020</v>
       </c>
-      <c r="G31" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A32" s="89">
+      <c r="G31" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="69">
         <v>2020</v>
       </c>
-      <c r="B32" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="109">
+      <c r="B32" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="163">
         <v>158832</v>
       </c>
-      <c r="D32" s="109">
+      <c r="D32" s="163">
         <v>65668</v>
       </c>
-      <c r="E32" s="109">
+      <c r="E32" s="163">
         <v>79575</v>
       </c>
-      <c r="F32" s="112">
+      <c r="F32" s="76">
         <v>304075</v>
       </c>
-      <c r="G32" s="114">
+      <c r="G32" s="287">
         <v>840957</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A33" s="89">
+    <row r="33" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="69">
         <v>2021</v>
       </c>
-      <c r="B33" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="108">
+      <c r="B33" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="162">
         <v>162555</v>
       </c>
-      <c r="D33" s="108">
-[...2 lines deleted...]
-      <c r="E33" s="108">
+      <c r="D33" s="162">
+        <v>0</v>
+      </c>
+      <c r="E33" s="162">
         <v>11934</v>
       </c>
-      <c r="F33" s="112">
+      <c r="F33" s="76">
         <v>174489</v>
       </c>
-      <c r="G33" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="89">
+      <c r="G33" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="69">
         <v>2021</v>
       </c>
-      <c r="B34" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="109">
+      <c r="B34" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="163">
         <v>199107</v>
       </c>
-      <c r="D34" s="109">
+      <c r="D34" s="163">
         <v>9973</v>
       </c>
-      <c r="E34" s="109">
+      <c r="E34" s="163">
         <v>17880</v>
       </c>
-      <c r="F34" s="112">
+      <c r="F34" s="76">
         <v>226960</v>
       </c>
-      <c r="G34" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="89">
+      <c r="G34" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="69">
         <v>2021</v>
       </c>
-      <c r="B35" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="108">
+      <c r="B35" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="162">
         <v>132698</v>
       </c>
-      <c r="D35" s="108">
+      <c r="D35" s="162">
         <v>50446</v>
       </c>
-      <c r="E35" s="108">
+      <c r="E35" s="162">
         <v>37214</v>
       </c>
-      <c r="F35" s="112">
+      <c r="F35" s="76">
         <v>220358</v>
       </c>
-      <c r="G35" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="89">
+      <c r="G35" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="69">
         <v>2021</v>
       </c>
-      <c r="B36" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="109">
+      <c r="B36" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="163">
         <v>313712</v>
       </c>
-      <c r="D36" s="109">
+      <c r="D36" s="163">
         <v>3734</v>
       </c>
-      <c r="E36" s="109">
+      <c r="E36" s="163">
         <v>10915</v>
       </c>
-      <c r="F36" s="112">
+      <c r="F36" s="76">
         <v>328361</v>
       </c>
-      <c r="G36" s="114">
+      <c r="G36" s="287">
         <v>950168</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A37" s="143">
+    <row r="37" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="94">
         <v>2022</v>
       </c>
-      <c r="B37" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="108">
+      <c r="B37" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="162">
         <v>187877</v>
       </c>
-      <c r="D37" s="108">
+      <c r="D37" s="162">
         <v>85925</v>
       </c>
-      <c r="E37" s="108">
+      <c r="E37" s="162">
         <v>8976</v>
       </c>
-      <c r="F37" s="112">
+      <c r="F37" s="76">
         <v>282778</v>
       </c>
-      <c r="G37" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="89">
+      <c r="G37" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="69">
         <v>2022</v>
       </c>
-      <c r="B38" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="109">
+      <c r="B38" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="163">
         <v>286903</v>
       </c>
-      <c r="D38" s="109">
+      <c r="D38" s="163">
         <v>117670</v>
       </c>
-      <c r="E38" s="109">
+      <c r="E38" s="163">
         <v>36804</v>
       </c>
-      <c r="F38" s="112">
+      <c r="F38" s="76">
         <v>441377</v>
       </c>
-      <c r="G38" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="89">
+      <c r="G38" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="69">
         <v>2022</v>
       </c>
-      <c r="B39" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="108">
+      <c r="B39" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="162">
         <v>186231</v>
       </c>
-      <c r="D39" s="108">
+      <c r="D39" s="162">
         <v>288987</v>
       </c>
-      <c r="E39" s="108">
+      <c r="E39" s="162">
         <v>1687</v>
       </c>
-      <c r="F39" s="112">
+      <c r="F39" s="76">
         <v>476905</v>
       </c>
-      <c r="G39" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A40" s="89">
+      <c r="G39" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="69">
         <v>2022</v>
       </c>
-      <c r="B40" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="109">
+      <c r="B40" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="163">
         <v>204388</v>
       </c>
-      <c r="D40" s="109">
+      <c r="D40" s="163">
         <v>17240</v>
       </c>
-      <c r="E40" s="109">
+      <c r="E40" s="163">
         <v>56593</v>
       </c>
-      <c r="F40" s="112">
+      <c r="F40" s="76">
         <v>278221</v>
       </c>
-      <c r="G40" s="114">
+      <c r="G40" s="287">
         <v>1479281</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A41" s="89">
+    <row r="41" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="69">
         <v>2023</v>
       </c>
-      <c r="B41" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="108">
+      <c r="B41" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="162">
         <v>200814</v>
       </c>
-      <c r="D41" s="108">
-[...2 lines deleted...]
-      <c r="E41" s="108">
+      <c r="D41" s="162">
+        <v>0</v>
+      </c>
+      <c r="E41" s="162">
         <v>11128</v>
       </c>
-      <c r="F41" s="112">
+      <c r="F41" s="76">
         <v>211942</v>
       </c>
-      <c r="G41" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="89">
+      <c r="G41" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="69">
         <v>2023</v>
       </c>
-      <c r="B42" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="109">
+      <c r="B42" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="163">
         <v>328476</v>
       </c>
-      <c r="D42" s="109">
-[...2 lines deleted...]
-      <c r="E42" s="109">
+      <c r="D42" s="163">
+        <v>0</v>
+      </c>
+      <c r="E42" s="163">
         <v>14488</v>
       </c>
-      <c r="F42" s="112">
+      <c r="F42" s="76">
         <v>342964</v>
       </c>
-      <c r="G42" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="89">
+      <c r="G42" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="69">
         <v>2023</v>
       </c>
-      <c r="B43" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="108">
+      <c r="B43" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="162">
         <v>288627</v>
       </c>
-      <c r="D43" s="108">
+      <c r="D43" s="162">
         <v>55093</v>
       </c>
-      <c r="E43" s="108">
+      <c r="E43" s="162">
         <v>43043</v>
       </c>
-      <c r="F43" s="112">
+      <c r="F43" s="76">
         <v>386763</v>
       </c>
-      <c r="G43" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A44" s="89">
+      <c r="G43" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="69">
         <v>2023</v>
       </c>
-      <c r="B44" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="109">
+      <c r="B44" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="163">
         <v>347152</v>
       </c>
-      <c r="D44" s="109">
+      <c r="D44" s="163">
         <v>421498</v>
       </c>
-      <c r="E44" s="109">
+      <c r="E44" s="163">
         <v>24463</v>
       </c>
-      <c r="F44" s="112">
+      <c r="F44" s="76">
         <v>793113</v>
       </c>
-      <c r="G44" s="114">
+      <c r="G44" s="287">
         <v>1734782</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A45" s="89">
+    <row r="45" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="69">
         <v>2024</v>
       </c>
-      <c r="B45" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="108">
+      <c r="B45" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="162">
         <v>193546</v>
       </c>
-      <c r="D45" s="108">
+      <c r="D45" s="162">
         <v>90000</v>
       </c>
-      <c r="E45" s="108">
+      <c r="E45" s="162">
         <v>5599</v>
       </c>
-      <c r="F45" s="112">
+      <c r="F45" s="76">
         <v>289145</v>
       </c>
-      <c r="G45" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A46" s="89">
+      <c r="G45" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="69">
         <v>2024</v>
       </c>
-      <c r="B46" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="109">
+      <c r="B46" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" s="163">
         <v>266267</v>
       </c>
-      <c r="D46" s="109">
+      <c r="D46" s="163">
         <v>114804</v>
       </c>
-      <c r="E46" s="109">
+      <c r="E46" s="163">
         <v>34578</v>
       </c>
-      <c r="F46" s="112">
+      <c r="F46" s="76">
         <v>415649</v>
       </c>
-      <c r="G46" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A47" s="89">
+      <c r="G46" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="69">
         <v>2024</v>
       </c>
-      <c r="B47" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="108">
+      <c r="B47" s="164" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="162">
         <v>251453</v>
       </c>
-      <c r="D47" s="108">
+      <c r="D47" s="162">
         <v>29000</v>
       </c>
-      <c r="E47" s="108">
+      <c r="E47" s="162">
         <v>15248</v>
       </c>
-      <c r="F47" s="112">
+      <c r="F47" s="76">
         <v>295701</v>
       </c>
-      <c r="G47" s="145" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="89">
+      <c r="G47" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="69">
         <v>2024</v>
       </c>
-      <c r="B48" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="109">
+      <c r="B48" s="164" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="163">
         <v>311283</v>
       </c>
-      <c r="D48" s="109">
-[...2 lines deleted...]
-      <c r="E48" s="109">
+      <c r="D48" s="163">
+        <v>0</v>
+      </c>
+      <c r="E48" s="163">
         <v>15589</v>
       </c>
-      <c r="F48" s="112">
+      <c r="F48" s="76">
         <v>326872</v>
       </c>
-      <c r="G48" s="114">
+      <c r="G48" s="287">
         <v>1327367</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A49" s="89">
+    <row r="49" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="69">
         <v>2025</v>
       </c>
-      <c r="B49" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="108">
+      <c r="B49" s="164" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="162">
         <v>154731</v>
       </c>
-      <c r="D49" s="108">
+      <c r="D49" s="162">
         <v>6335</v>
       </c>
-      <c r="E49" s="108">
+      <c r="E49" s="162">
         <v>15126</v>
       </c>
-      <c r="F49" s="112">
+      <c r="F49" s="76">
         <v>176192</v>
       </c>
-      <c r="G49" s="145" t="s">
-[...5 lines deleted...]
-      <c r="A50" s="89">
+      <c r="G49" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="69">
         <v>2025</v>
       </c>
-      <c r="B50" s="241" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="109">
+      <c r="B50" s="164" t="s">
+        <v>89</v>
+      </c>
+      <c r="C50" s="163">
         <v>403148</v>
       </c>
-      <c r="D50" s="109">
+      <c r="D50" s="163">
         <v>102063</v>
       </c>
-      <c r="E50" s="109">
+      <c r="E50" s="163">
         <v>2246</v>
       </c>
-      <c r="F50" s="112">
+      <c r="F50" s="76">
         <v>507457</v>
       </c>
-      <c r="G50" s="110" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="144">
+      <c r="G50" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="95">
         <v>2025</v>
       </c>
-      <c r="B51" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="108">
+      <c r="B51" s="165" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="162">
         <v>157491</v>
       </c>
-      <c r="D51" s="108">
+      <c r="D51" s="162">
         <v>100</v>
       </c>
-      <c r="E51" s="108">
+      <c r="E51" s="162">
         <v>6468</v>
       </c>
-      <c r="F51" s="113">
+      <c r="F51" s="77">
         <v>164059</v>
       </c>
-      <c r="G51" s="110" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="89">
+      <c r="G51" s="286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="69">
         <v>2025</v>
       </c>
-      <c r="B52" s="244" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="109">
+      <c r="B52" s="166" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" s="163">
         <v>393805</v>
       </c>
-      <c r="D52" s="109">
-[...2 lines deleted...]
-      <c r="E52" s="109">
+      <c r="D52" s="163">
+        <v>0</v>
+      </c>
+      <c r="E52" s="163">
         <v>4007</v>
       </c>
-      <c r="F52" s="126">
+      <c r="F52" s="85">
         <v>397812</v>
       </c>
-      <c r="G52" s="110">
+      <c r="G52" s="286">
         <v>1245520</v>
       </c>
     </row>
-    <row r="54" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="80" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1"/>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
+      <c r="E53" s="1"/>
+      <c r="F53" s="1"/>
+      <c r="G53" s="1"/>
+    </row>
+    <row r="54" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="72"/>
+      <c r="G54" s="1"/>
+    </row>
+    <row r="55" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1"/>
+    </row>
+    <row r="56" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A56" s="1"/>
+      <c r="B56" s="1"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1"/>
+    </row>
+    <row r="57" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A57" s="1"/>
+      <c r="B57" s="1"/>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1"/>
+    </row>
+    <row r="58" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A58" s="1"/>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1"/>
+    </row>
+    <row r="59" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1"/>
+    </row>
+    <row r="60" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A60" s="1"/>
+      <c r="B60" s="1"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1"/>
+    </row>
+    <row r="61" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A61" s="1"/>
+      <c r="B61" s="1"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="1"/>
+      <c r="F61" s="1"/>
+      <c r="G61" s="1"/>
+    </row>
+    <row r="62" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A62" s="1"/>
+      <c r="B62" s="1"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+    </row>
+    <row r="63" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1"/>
+      <c r="C63" s="1"/>
+      <c r="D63" s="1"/>
+      <c r="E63" s="1"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1"/>
+    </row>
+    <row r="64" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1"/>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1"/>
+    </row>
+    <row r="65" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A65" s="1"/>
+      <c r="B65" s="1"/>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1"/>
+      <c r="E65" s="1"/>
+      <c r="F65" s="1"/>
+      <c r="G65" s="1"/>
+    </row>
+    <row r="66" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A66" s="1"/>
+      <c r="B66" s="1"/>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1"/>
+    </row>
+    <row r="67" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1"/>
+      <c r="C67" s="1"/>
+      <c r="D67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1"/>
+      <c r="G67" s="1"/>
+    </row>
+    <row r="68" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1"/>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1"/>
+    </row>
+    <row r="69" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1"/>
+      <c r="C69" s="1"/>
+      <c r="D69" s="1"/>
+      <c r="E69" s="1"/>
+      <c r="F69" s="1"/>
+      <c r="G69" s="1"/>
+    </row>
+    <row r="70" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1"/>
+      <c r="C70" s="1"/>
+      <c r="D70" s="1"/>
+      <c r="E70" s="1"/>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1"/>
+    </row>
+    <row r="71" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A71" s="1"/>
+      <c r="B71" s="1"/>
+      <c r="C71" s="1"/>
+      <c r="D71" s="1"/>
+      <c r="E71" s="1"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1"/>
+    </row>
+    <row r="72" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A72" s="1"/>
+      <c r="B72" s="1"/>
+      <c r="C72" s="1"/>
+      <c r="D72" s="1"/>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1"/>
+      <c r="G72" s="1"/>
+    </row>
+    <row r="73" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A73" s="1"/>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1"/>
+    </row>
+    <row r="74" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A74" s="1"/>
+      <c r="B74" s="1"/>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
+    </row>
+    <row r="75" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A75" s="1"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+    </row>
+    <row r="76" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A76" s="1"/>
+      <c r="B76" s="1"/>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1"/>
+    </row>
+    <row r="77" spans="1:7" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A77" s="1"/>
+      <c r="B77" s="1"/>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1"/>
+      <c r="E77" s="1"/>
+      <c r="F77" s="1"/>
+      <c r="G77" s="1"/>
+    </row>
+    <row r="78" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="207" t="s">
+        <v>140</v>
+      </c>
+      <c r="B78" s="207"/>
+      <c r="C78" s="207"/>
+      <c r="D78" s="207"/>
+      <c r="E78" s="207"/>
+      <c r="F78" s="207"/>
+      <c r="G78" s="207"/>
+    </row>
+    <row r="79" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="208" t="s">
+        <v>141</v>
+      </c>
+      <c r="B79" s="208"/>
+      <c r="C79" s="208"/>
+      <c r="D79" s="208"/>
+      <c r="E79" s="208"/>
+      <c r="F79" s="208"/>
+      <c r="G79" s="208"/>
+    </row>
+    <row r="80" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="12"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
-    </row>
-[...66 lines deleted...]
-      <c r="F87" s="185"/>
+      <c r="G80" s="1"/>
+    </row>
+    <row r="81" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="207" t="s">
+        <v>95</v>
+      </c>
+      <c r="B81" s="207"/>
+      <c r="C81" s="207"/>
+      <c r="D81" s="207"/>
+      <c r="E81" s="207"/>
+      <c r="F81" s="207"/>
+      <c r="G81" s="1"/>
+    </row>
+    <row r="82" spans="1:7" ht="43.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="209" t="s">
+        <v>142</v>
+      </c>
+      <c r="B82" s="209"/>
+      <c r="C82" s="209"/>
+      <c r="D82" s="209"/>
+      <c r="E82" s="209"/>
+      <c r="F82" s="209"/>
+      <c r="G82" s="209"/>
+    </row>
+    <row r="83" spans="1:7" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="210"/>
+      <c r="B83" s="210"/>
+      <c r="C83" s="210"/>
+      <c r="D83" s="210"/>
+      <c r="E83" s="210"/>
+      <c r="F83" s="210"/>
+      <c r="G83" s="210"/>
+    </row>
+    <row r="84" spans="1:7" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="211" t="s">
+        <v>143</v>
+      </c>
+      <c r="B84" s="211"/>
+      <c r="C84" s="211"/>
+      <c r="D84" s="211"/>
+      <c r="E84" s="211"/>
+      <c r="F84" s="211"/>
+      <c r="G84" s="211"/>
+    </row>
+    <row r="85" spans="1:7" s="289" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="288" t="s">
+        <v>144</v>
+      </c>
+      <c r="B85" s="288"/>
+      <c r="C85" s="288"/>
+      <c r="D85" s="288"/>
+      <c r="E85" s="288"/>
+      <c r="F85" s="288"/>
+      <c r="G85" s="288"/>
+    </row>
+    <row r="86" spans="1:7" s="289" customFormat="1" ht="52.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="288" t="s">
+        <v>145</v>
+      </c>
+      <c r="B86" s="288"/>
+      <c r="C86" s="288"/>
+      <c r="D86" s="288"/>
+      <c r="E86" s="288"/>
+      <c r="F86" s="288"/>
+      <c r="G86" s="288"/>
+    </row>
+    <row r="87" spans="1:7" s="289" customFormat="1" ht="46.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="288" t="s">
+        <v>146</v>
+      </c>
+      <c r="B87" s="288"/>
+      <c r="C87" s="288"/>
+      <c r="D87" s="288"/>
+      <c r="E87" s="288"/>
+      <c r="F87" s="288"/>
+      <c r="G87" s="288"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="11">
+    <mergeCell ref="A85:G85"/>
+    <mergeCell ref="A86:G86"/>
+    <mergeCell ref="A87:G87"/>
     <mergeCell ref="A2:G2"/>
-    <mergeCell ref="A84:F84"/>
-[...4 lines deleted...]
-    <mergeCell ref="A79:F79"/>
     <mergeCell ref="A81:F81"/>
-    <mergeCell ref="A82:F82"/>
+    <mergeCell ref="A79:G79"/>
+    <mergeCell ref="A82:G82"/>
     <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A78:G78"/>
+    <mergeCell ref="A83:G83"/>
+    <mergeCell ref="A84:G84"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{1A1989C9-C3E0-4C9C-95C8-33588105CBC0}"/>
   </hyperlinks>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6446B0EB-80DF-4FFF-BCB8-38D97FD7BFAF}">
-  <dimension ref="A1:E66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E67528DB-09CE-4051-8FFD-9C6980B77A92}">
+  <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.77734375" style="1" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="16384" width="8.6640625" style="1"/>
+    <col min="1" max="6" width="35.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="12" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...532 lines deleted...]
-      <c r="E66" s="49"/>
+    <row r="1" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="206" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+    </row>
+    <row r="3" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="192" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="212"/>
+      <c r="C3" s="212"/>
+      <c r="D3" s="212"/>
+      <c r="E3" s="212"/>
+      <c r="F3" s="212"/>
+    </row>
+    <row r="4" spans="1:6" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F4" s="7"/>
+    </row>
+    <row r="5" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F5" s="7"/>
+    </row>
+    <row r="6" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F6" s="7"/>
+    </row>
+    <row r="7" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F7" s="7"/>
+    </row>
+    <row r="8" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F8" s="7"/>
+    </row>
+    <row r="9" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F9" s="7"/>
+    </row>
+    <row r="10" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F10" s="7"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F11" s="7"/>
+    </row>
+    <row r="12" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F12" s="7"/>
+    </row>
+    <row r="13" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F13" s="7"/>
+    </row>
+    <row r="14" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F14" s="7"/>
+    </row>
+    <row r="15" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F15" s="7"/>
+    </row>
+    <row r="16" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F16" s="7"/>
+    </row>
+    <row r="17" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F17" s="7"/>
+    </row>
+    <row r="18" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F18" s="7"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F19" s="7"/>
+    </row>
+    <row r="20" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F20" s="7"/>
+    </row>
+    <row r="21" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F21" s="7"/>
+    </row>
+    <row r="22" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F22" s="7"/>
+    </row>
+    <row r="23" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F23" s="7"/>
+    </row>
+    <row r="24" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F24" s="7"/>
+    </row>
+    <row r="25" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F25" s="7"/>
+    </row>
+    <row r="26" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F26" s="7"/>
+    </row>
+    <row r="27" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F27" s="7"/>
+    </row>
+    <row r="28" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="F28" s="7"/>
+    </row>
+    <row r="29" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+    </row>
+    <row r="30" spans="1:6" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="213" t="s">
+        <v>149</v>
+      </c>
+      <c r="B30" s="213"/>
+      <c r="C30" s="213"/>
+      <c r="D30" s="213"/>
+      <c r="E30" s="213"/>
+      <c r="F30" s="213"/>
+    </row>
+    <row r="31" spans="1:6" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="214" t="s">
+        <v>150</v>
+      </c>
+      <c r="B31" s="214"/>
+      <c r="C31" s="214"/>
+      <c r="D31" s="214"/>
+      <c r="E31" s="214"/>
+      <c r="F31" s="214"/>
+    </row>
+    <row r="32" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="216"/>
+      <c r="B32" s="216"/>
+      <c r="C32" s="216"/>
+      <c r="D32" s="216"/>
+      <c r="E32" s="216"/>
+      <c r="F32" s="216"/>
+    </row>
+    <row r="33" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A33" s="217" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="217"/>
+      <c r="C33" s="217"/>
+      <c r="D33" s="217"/>
+      <c r="E33" s="217"/>
+      <c r="F33" s="217"/>
+    </row>
+    <row r="34" spans="1:6" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="215" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" s="215"/>
+      <c r="C34" s="215"/>
+      <c r="D34" s="215"/>
+      <c r="E34" s="215"/>
+      <c r="F34" s="215"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...5 lines deleted...]
-    <mergeCell ref="A3:D3"/>
+  <mergeCells count="7">
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A31:F31"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="A33:F33"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{EEBC4D0E-E42C-40CA-AD15-2AC435CA570D}"/>
+    <hyperlink ref="A1" location="Contents!A1" display="Back to contents" xr:uid="{F974CB26-3645-414E-AEF6-13096DA0EC07}"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <printOptions headings="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
-  <tableParts count="1">
-[...1 lines deleted...]
-  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>29</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
       <vt:lpstr>Disclaimer</vt:lpstr>
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>Version history</vt:lpstr>
       <vt:lpstr>Figure 1.1</vt:lpstr>
       <vt:lpstr>Figure 1.2</vt:lpstr>
       <vt:lpstr>Figure 1.3</vt:lpstr>
       <vt:lpstr>Figure 1.4</vt:lpstr>
       <vt:lpstr>Figure 1.5</vt:lpstr>
       <vt:lpstr>Figure 1.6</vt:lpstr>
       <vt:lpstr>Figure 1.7</vt:lpstr>
+      <vt:lpstr>Figure 1.8</vt:lpstr>
       <vt:lpstr>Figure 2.1</vt:lpstr>
       <vt:lpstr>Figure 2.2</vt:lpstr>
       <vt:lpstr>Figure 2.3</vt:lpstr>
       <vt:lpstr>Figure 2.4</vt:lpstr>
       <vt:lpstr>Figure 2.5</vt:lpstr>
       <vt:lpstr>Figure 2.6</vt:lpstr>
       <vt:lpstr>Figure 3.1</vt:lpstr>
       <vt:lpstr>Figure 3.2</vt:lpstr>
       <vt:lpstr>Figure 3.3</vt:lpstr>
       <vt:lpstr>Figure 3.4</vt:lpstr>
       <vt:lpstr>Figure 3.5</vt:lpstr>
       <vt:lpstr>Figure 3.6</vt:lpstr>
       <vt:lpstr>Figure 3.7</vt:lpstr>
       <vt:lpstr>Figure 3.8</vt:lpstr>
       <vt:lpstr>Figure 3.9</vt:lpstr>
       <vt:lpstr>Figure 3.10</vt:lpstr>
       <vt:lpstr>Figure 3.11</vt:lpstr>
       <vt:lpstr>Figure 3.12</vt:lpstr>
       <vt:lpstr>Figure 3.13</vt:lpstr>
+      <vt:lpstr>Figure 3.14</vt:lpstr>
+      <vt:lpstr>Figure 4.1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>