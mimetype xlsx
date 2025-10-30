--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{43590CBC-D4E3-4302-9F31-81A6E8A40B17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1702B9F3-2EDC-4790-AF43-E70E1FFEE7AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="33720" yWindow="675" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved" sheetId="9" r:id="rId1"/>
     <sheet name="Committed" sheetId="10" r:id="rId2"/>
     <sheet name="Probable" sheetId="11" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Approved!$A$4:$G$200</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="886">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1872" uniqueCount="990">
   <si>
     <t>Approved Power Stations</t>
   </si>
   <si>
     <t>Accreditation code</t>
   </si>
   <si>
     <t>Power station name</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Installed capacity (MW)</t>
   </si>
   <si>
     <t>Fuel Source (s)</t>
   </si>
   <si>
     <t>Accreditation start date</t>
   </si>
   <si>
@@ -202,111 +202,99 @@
   <si>
     <t>Arnotts Huntingwood Solar Project</t>
   </si>
   <si>
     <t>Golden Plains Wind Farm - Stage 2</t>
   </si>
   <si>
     <t>Lotus Creek Wind Farm</t>
   </si>
   <si>
     <t>Goorambat Solar Farm</t>
   </si>
   <si>
     <t>Hay Solar Farm</t>
   </si>
   <si>
     <t>Broadsound Solar Farm</t>
   </si>
   <si>
     <t>Boulder Creek Wind Farm</t>
   </si>
   <si>
     <t>Bulli Creek Solar project Stage 1</t>
   </si>
   <si>
-    <t>Byford Solar Project</t>
-[...1 lines deleted...]
-  <si>
     <t>Coppabella Wind Farm</t>
   </si>
   <si>
     <t>Frasers Solar Farm</t>
   </si>
   <si>
     <t>Fulham Solar Farm</t>
   </si>
   <si>
     <t>Horsham Solar Farm</t>
   </si>
   <si>
-    <t>Kalbarri Microgrid Project</t>
-[...1 lines deleted...]
-  <si>
     <t>Kiamal Solar Farm - Stage 2</t>
   </si>
   <si>
     <t>Kidston Stage 3 Wind Project</t>
   </si>
   <si>
     <t>Lake Wells high renewable energy fraction microgrid -Solar</t>
   </si>
   <si>
     <t>Lake Wells high renewable energy fraction microgrid -Wind</t>
   </si>
   <si>
     <t>Lakeland Wind Farm</t>
   </si>
   <si>
     <t>Manilla Community Solar</t>
   </si>
   <si>
     <t>Mount Hopeful Wind Farm</t>
   </si>
   <si>
     <t>New England Solar Farm - Stage 2</t>
   </si>
   <si>
     <t>Planet Ark Power - Schneider Electricity PV and Battery Project</t>
   </si>
   <si>
     <t>Eurimbula Solar Farm</t>
   </si>
   <si>
     <t>Sapphire Solar Farm</t>
   </si>
   <si>
     <t>Silverleaf Solar Farm</t>
   </si>
   <si>
-    <t>Snowtown North Solar Farm</t>
-[...1 lines deleted...]
-  <si>
     <t>Vales Point Solar Farm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Walgett Solar Farm</t>
   </si>
   <si>
     <t>Woolsthorpe Wind Farm</t>
   </si>
   <si>
     <t>Vast Solar Facility - VS1</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>Bellevue Gold Hybrid Power Station (Wind)</t>
   </si>
   <si>
     <t>Warradarge Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Northern Midlands Solar Farm</t>
   </si>
   <si>
     <t>Upper Calliope Solar Farm</t>
   </si>
   <si>
     <t>SRPXQLE8</t>
   </si>
@@ -2450,53 +2438,50 @@
     <t>SRPVTA26</t>
   </si>
   <si>
     <t>UA Mornington - Solar - TAS</t>
   </si>
   <si>
     <t>7018</t>
   </si>
   <si>
     <t>Cloudbreak Solar Farm</t>
   </si>
   <si>
     <t>Boddington Giga Energy</t>
   </si>
   <si>
     <t>Waroona Solar Fam</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t xml:space="preserve">Committed projects refers to large-scale renewable energy projects that have received all development approvals and reached a final investment decision (FID) according to the commercial understanding of the term. 
 The committed date field is based on the date that FID was reached as reported in open source media. Where a FID date has not been announced, the construction start date or the LRET accreditation application date is used as a proxy for the FID date. While care is taken to accurately report FID dates, accuracy depends on information found in open source publications and is subject to change. </t>
   </si>
   <si>
-    <t>Data as at 31/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Intertek Townsville - Solar  - QLD</t>
   </si>
   <si>
     <t>Five Star Seafoods - Solar wSGU  - SA</t>
   </si>
   <si>
     <t>Northpoint Shopping Centre - Solar -  w SGU - QLD</t>
   </si>
   <si>
     <t>Mt Annan Christian College - Solar  - NSW</t>
   </si>
   <si>
     <t>Campari - SOLAR w SGU – VIC</t>
   </si>
   <si>
     <t>Ornatas Tasmanian Lobster Hatchery - Solar  - QLD</t>
   </si>
   <si>
     <t>City of Stirling (Administration Centre) – Solar w SGU - WA</t>
   </si>
   <si>
     <t>Agile Energy - RetireVerge 152kW - Solar w SGU – QLD</t>
   </si>
   <si>
     <t>UPS SCS Australia - Solar w SGU – NSW</t>
@@ -2697,142 +2682,474 @@
     <t>SRPXVCP9</t>
   </si>
   <si>
     <t>Norther Airfield - Solar - VIC</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>SRPVWAN8</t>
   </si>
   <si>
     <t>Rose Farms - Solar wSGU- WA</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
     <t>SRPYNSE3</t>
   </si>
   <si>
     <t>Suprima Bakeries Pty Ltd - Solar - NSW</t>
   </si>
   <si>
     <t>2566</t>
+  </si>
+  <si>
+    <t>Data as at 30/09/2025</t>
+  </si>
+  <si>
+    <t>SRPXQLM8</t>
+  </si>
+  <si>
+    <t>Mt Gravatt Plaza - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4122</t>
+  </si>
+  <si>
+    <t>SRPXSA01</t>
+  </si>
+  <si>
+    <t>Tatiara Truck &amp; Trailers Bordertown - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>5268</t>
+  </si>
+  <si>
+    <t>SRPXVCU4</t>
+  </si>
+  <si>
+    <t>Bunnings Tarneit - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPXQLN2</t>
+  </si>
+  <si>
+    <t>CHARTER HALL-CH4090 BERRINBA-SOLAR-w-SGU-QLD</t>
+  </si>
+  <si>
+    <t>4117</t>
+  </si>
+  <si>
+    <t>SRPYNS85</t>
+  </si>
+  <si>
+    <t>CleanPeak Energy - Hay Solar Farm - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2711</t>
+  </si>
+  <si>
+    <t>SRPXQLH6</t>
+  </si>
+  <si>
+    <t>Clifford Gardens - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>SRPYNSB6</t>
+  </si>
+  <si>
+    <t>Clyde Office and Warehouse - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSE6</t>
+  </si>
+  <si>
+    <t>Lineage Lurnea - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPVSAZ8</t>
+  </si>
+  <si>
+    <t>Nippys Regency Park - Solar - SA</t>
+  </si>
+  <si>
+    <t>SRPYNSF2</t>
+  </si>
+  <si>
+    <t>Red Mud Green Energy 183 Pty Ltd - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSC6</t>
+  </si>
+  <si>
+    <t>Revesby CCP - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>SRPVNT82</t>
+  </si>
+  <si>
+    <t>Rydges Palmerston - Solar - NT</t>
+  </si>
+  <si>
+    <t>SRPYNSG2</t>
+  </si>
+  <si>
+    <t>Tweed Mall - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2485</t>
+  </si>
+  <si>
+    <t>SRPXVCR6</t>
+  </si>
+  <si>
+    <t>Werribee Recycled Water Treatment Plant - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3030</t>
+  </si>
+  <si>
+    <t>SRPYNSE1</t>
+  </si>
+  <si>
+    <t>AU548 Interlink - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSG0</t>
+  </si>
+  <si>
+    <t>Knox Great Hall - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2076</t>
+  </si>
+  <si>
+    <t>SRPVTA28</t>
+  </si>
+  <si>
+    <t>UA Queenborough Rise - Solar - TAS</t>
+  </si>
+  <si>
+    <t>7005</t>
+  </si>
+  <si>
+    <t>SRPXVCT2</t>
+  </si>
+  <si>
+    <t>Agile Energy - BWD - Solar w SGU - VIC</t>
+  </si>
+  <si>
+    <t>SRPYNSG1</t>
+  </si>
+  <si>
+    <t>Knox JAPAC - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSC4</t>
+  </si>
+  <si>
+    <t>National Hide Processors AI Topper - 656kW - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPVWAO9</t>
+  </si>
+  <si>
+    <t>Town of Port Hedland JD Hardie - Solar - WA</t>
+  </si>
+  <si>
+    <t>6722</t>
+  </si>
+  <si>
+    <t>SRPYNSG5</t>
+  </si>
+  <si>
+    <t>TSA Collaroy - Elizabeth Jenkins &amp; Pacific Aged Care Centre - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>SRPXVCU6</t>
+  </si>
+  <si>
+    <t>Woolworths Newcomb 3175 - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3219</t>
+  </si>
+  <si>
+    <t>SRPXVCU8</t>
+  </si>
+  <si>
+    <t>Charter Hall Corewest - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPXVCU5</t>
+  </si>
+  <si>
+    <t>Lavers Hill-Cobden Road, Simpson-Solar w SGU -VIC</t>
+  </si>
+  <si>
+    <t>3266</t>
+  </si>
+  <si>
+    <t>SRPVWAO3</t>
+  </si>
+  <si>
+    <t>Mount Weld - Solar - WA</t>
+  </si>
+  <si>
+    <t>SRPVWAP0</t>
+  </si>
+  <si>
+    <t>Town of Port Hedland Civic - Solar - WA</t>
+  </si>
+  <si>
+    <t>6721</t>
+  </si>
+  <si>
+    <t>SRPYNSG8</t>
+  </si>
+  <si>
+    <t>Big W Stanhope 152 - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXSA05</t>
+  </si>
+  <si>
+    <t>CLAYTON CHURCH HOMES INC- Woodside - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>5244</t>
+  </si>
+  <si>
+    <t>SRPVWAO6</t>
+  </si>
+  <si>
+    <t>PWR Hybrid - Mt Magnet - Solar - WA</t>
+  </si>
+  <si>
+    <t>6638</t>
+  </si>
+  <si>
+    <t>SRPYNSE5</t>
+  </si>
+  <si>
+    <t>Redmud Green Energy 198 Pty Ltd - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2877</t>
+  </si>
+  <si>
+    <t>SRPXSA07</t>
+  </si>
+  <si>
+    <t>The Roxby Downs Centre - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>5725</t>
+  </si>
+  <si>
+    <t>SRPXVCT5</t>
+  </si>
+  <si>
+    <t>VOAG - Solar  - NSW</t>
+  </si>
+  <si>
+    <t>2652</t>
+  </si>
+  <si>
+    <t>SRPXSA10</t>
+  </si>
+  <si>
+    <t>Bunnings Reynella - Solar - SA</t>
+  </si>
+  <si>
+    <t>5161</t>
+  </si>
+  <si>
+    <t>SRPVWAO7</t>
+  </si>
+  <si>
+    <t>Bunnings Rockingham - Solar - WA</t>
+  </si>
+  <si>
+    <t>6168</t>
+  </si>
+  <si>
+    <t>SRPYNSH0</t>
+  </si>
+  <si>
+    <t>Energy Bay - Frank St- Solar- NSW</t>
+  </si>
+  <si>
+    <t>2164</t>
+  </si>
+  <si>
+    <t>SRPYNS78</t>
+  </si>
+  <si>
+    <t>Redmud Green Energy 172 Pty Ltd - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2647</t>
+  </si>
+  <si>
+    <t>SRPYNSE9</t>
+  </si>
+  <si>
+    <t>Star Property Tomago - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAO1</t>
+  </si>
+  <si>
+    <t>Stockland Riverton - Solar- WA</t>
+  </si>
+  <si>
+    <t>6147</t>
+  </si>
+  <si>
+    <t>SRPYNSH5</t>
+  </si>
+  <si>
+    <t>Devro - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>2795</t>
+  </si>
+  <si>
+    <t>SRPYNSF0</t>
+  </si>
+  <si>
+    <t>Goodman AU079 Greystanes Iron Mountain - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>2653.262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="5">
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="d/m/yy;@"/>
     <numFmt numFmtId="166" formatCode="mmm\-yyyy"/>
     <numFmt numFmtId="167" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12.5"/>
-      <color rgb="FF005874"/>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12.5"/>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005874"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </right>
@@ -3057,361 +3374,423 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="38">
+  <dxfs count="44">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
+        <b/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="0.000"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor rgb="FF005874"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
@@ -3585,449 +3964,372 @@
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
         <right/>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right/>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-        <right/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-        <right/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="168" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-        <right/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-        <right/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
-        <right/>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...98 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FF9BC2E6"/>
         </top>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...10 lines deleted...]
-      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
@@ -4046,120 +4348,120 @@
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="37"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="34"/>
+      <tableStyleElement type="wholeTable" dxfId="43"/>
+      <tableStyleElement type="headerRow" dxfId="42"/>
+      <tableStyleElement type="firstColumn" dxfId="41"/>
+      <tableStyleElement type="firstRowStripe" dxfId="40"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{DE1A6D83-2535-42C5-A7CA-DA0BA77256C9}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFFF00"/>
       <color rgb="FFD5D6D4"/>
       <color rgb="FF005874"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H284" totalsRowShown="0" dataDxfId="33" totalsRowDxfId="31" tableBorderDxfId="32" totalsRowBorderDxfId="30">
-  <autoFilter ref="A4:H284" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H325" totalsRowShown="0" dataDxfId="39" totalsRowDxfId="37" tableBorderDxfId="38" totalsRowBorderDxfId="36">
+  <autoFilter ref="A4:H325" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="29" totalsRowDxfId="28"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="15" totalsRowDxfId="14"/>
+    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="35" totalsRowDxfId="34"/>
+    <tableColumn id="2" xr3:uid="{CADAFA37-C8E3-422D-A7D3-91AD4EA5D0DF}" name="Power station name" dataDxfId="33" totalsRowDxfId="32"/>
+    <tableColumn id="3" xr3:uid="{2B2127FB-057C-46F0-AA26-9609842B7E74}" name="State" dataDxfId="31" totalsRowDxfId="30"/>
+    <tableColumn id="4" xr3:uid="{3FF39BEC-FBC0-4B18-9CB8-AA042622F5FF}" name="Postcode" dataDxfId="29" totalsRowDxfId="28"/>
+    <tableColumn id="5" xr3:uid="{626FDD98-5558-4BF0-B2E4-D801DE3552C5}" name="Installed capacity (MW)" dataDxfId="27" totalsRowDxfId="26"/>
+    <tableColumn id="6" xr3:uid="{C7C3E84D-B1C5-4395-8C7A-42D493A0876D}" name="Fuel Source (s)" dataDxfId="25" totalsRowDxfId="24"/>
+    <tableColumn id="7" xr3:uid="{A3571B06-4783-4E83-9572-9468520C8C59}" name="Accreditation start date" dataDxfId="23" totalsRowDxfId="22"/>
+    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="21" totalsRowDxfId="20"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E39" totalsRowShown="0" dataDxfId="13" tableBorderDxfId="12">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E39" totalsRowShown="0" dataDxfId="19" tableBorderDxfId="18">
   <autoFilter ref="A4:E39" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="11"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="17"/>
+    <tableColumn id="2" xr3:uid="{D7E42F01-B2CB-4152-91A0-60DCBF1D5C9C}" name="State " dataDxfId="16"/>
+    <tableColumn id="3" xr3:uid="{7606CABA-955E-453E-90A9-4D9B6CBD7105}" name="MW Capacity" dataDxfId="15"/>
+    <tableColumn id="4" xr3:uid="{C9D0AF91-BAF0-462E-8296-7AD6990E0FDD}" name="Fuel Source" dataDxfId="14"/>
+    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="13"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D53" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5" tableBorderDxfId="4">
-  <autoFilter ref="A4:D53" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D49" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" tableBorderDxfId="10">
+  <autoFilter ref="A4:D49" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="3"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="9" totalsRowDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{8822E2A4-C749-4723-93A2-B42A2506EAE9}" name="State " dataDxfId="7" totalsRowDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{3315BE4D-E527-48C5-A7B8-40187787A8C8}" name="MW Capacity" dataDxfId="5" totalsRowDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="3" totalsRowDxfId="2"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -4395,8861 +4697,9874 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1174958-96CB-415F-9990-A65FDA46B647}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:H285"/>
+  <dimension ref="A1:H326"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.453125" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="10" width="8.7265625" customWidth="1"/>
+    <col min="1" max="1" width="21.7109375" customWidth="1"/>
+    <col min="2" max="2" width="71.42578125" customWidth="1"/>
+    <col min="3" max="3" width="13.85546875" customWidth="1"/>
+    <col min="4" max="4" width="15.7109375" customWidth="1"/>
+    <col min="5" max="5" width="26.7109375" customWidth="1"/>
+    <col min="6" max="6" width="54" customWidth="1"/>
+    <col min="7" max="7" width="30.7109375" customWidth="1"/>
+    <col min="8" max="8" width="21" customWidth="1"/>
+    <col min="9" max="10" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="50" t="s">
+    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="50"/>
-[...31 lines deleted...]
-    <row r="4" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="G1" s="45"/>
+      <c r="H1" s="45"/>
+    </row>
+    <row r="2" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="44" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" s="44"/>
+      <c r="C2" s="44"/>
+      <c r="D2" s="44"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="44"/>
+      <c r="H2" s="44"/>
+    </row>
+    <row r="3" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="43" t="s">
+        <v>881</v>
+      </c>
+      <c r="B3" s="43"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="43"/>
+    </row>
+    <row r="4" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="26" t="s">
+      <c r="B4" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="27" t="s">
+      <c r="C4" s="23" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="28" t="s">
+      <c r="D4" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="30" t="s">
+      <c r="E4" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="29" t="s">
+      <c r="F4" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="31" t="s">
+      <c r="G4" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="32" t="s">
+      <c r="H4" s="27" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="33" t="s">
+    <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="B5" s="29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="30">
+        <v>0.22650000000000001</v>
+      </c>
+      <c r="F5" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="31">
+        <v>45580</v>
+      </c>
+      <c r="H5" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="B6" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="29" t="s">
         <v>82</v>
       </c>
-      <c r="B5" s="34" t="s">
+      <c r="E6" s="30">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="F6" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="31">
+        <v>45618</v>
+      </c>
+      <c r="H6" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="28" t="s">
         <v>83</v>
       </c>
-      <c r="C5" s="34" t="s">
+      <c r="B7" s="29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C7" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="E7" s="30">
+        <v>0.1996</v>
+      </c>
+      <c r="F7" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="31">
+        <v>45645</v>
+      </c>
+      <c r="H7" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="B8" s="29" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="30">
+        <v>0.1188</v>
+      </c>
+      <c r="F8" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="31">
+        <v>45555</v>
+      </c>
+      <c r="H8" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H5" s="37">
+      <c r="D9" s="29" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" s="30">
+        <v>1.0004</v>
+      </c>
+      <c r="F9" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="31">
+        <v>45594</v>
+      </c>
+      <c r="H9" s="32">
         <v>45670</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C6" s="34" t="s">
+    <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="30">
+        <v>1.6720999999999999</v>
+      </c>
+      <c r="F10" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="31">
+        <v>45638</v>
+      </c>
+      <c r="H10" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" s="30">
+        <v>0.29260000000000003</v>
+      </c>
+      <c r="F11" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="31">
+        <v>45614</v>
+      </c>
+      <c r="H11" s="32">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" s="29" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" s="30">
+        <v>0.19650000000000001</v>
+      </c>
+      <c r="F12" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="31">
+        <v>45637</v>
+      </c>
+      <c r="H12" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="29" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H6" s="37">
+      <c r="D13" s="29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" s="30">
+        <v>0.2465</v>
+      </c>
+      <c r="F13" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="31">
+        <v>45645</v>
+      </c>
+      <c r="H13" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" s="29" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="30">
+        <v>0.62649999999999995</v>
+      </c>
+      <c r="F14" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="31">
+        <v>45653</v>
+      </c>
+      <c r="H14" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" s="29" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="30">
+        <v>1.0179</v>
+      </c>
+      <c r="F15" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="31">
+        <v>45643</v>
+      </c>
+      <c r="H15" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" s="29" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="30">
+        <v>0.64429999999999998</v>
+      </c>
+      <c r="F16" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="31">
+        <v>45621</v>
+      </c>
+      <c r="H16" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" s="29" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" s="30">
+        <v>0.155</v>
+      </c>
+      <c r="F17" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="31">
+        <v>45646</v>
+      </c>
+      <c r="H17" s="32">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="28" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="29" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" s="30">
+        <v>3.1158000000000001</v>
+      </c>
+      <c r="F18" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="31">
+        <v>45601</v>
+      </c>
+      <c r="H18" s="32">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" s="29" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" s="30">
+        <v>2.8079999999999998</v>
+      </c>
+      <c r="F19" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="31">
+        <v>45627</v>
+      </c>
+      <c r="H19" s="32">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="30">
+        <v>0.54449999999999998</v>
+      </c>
+      <c r="F20" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="31">
+        <v>45581</v>
+      </c>
+      <c r="H20" s="32">
+        <v>45680</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="29" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="30">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F21" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="31">
+        <v>45637</v>
+      </c>
+      <c r="H21" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" s="29" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E22" s="30">
+        <v>37.287399999999998</v>
+      </c>
+      <c r="F22" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="31">
+        <v>45678</v>
+      </c>
+      <c r="H22" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" s="30">
+        <v>0.38009999999999999</v>
+      </c>
+      <c r="F23" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="31">
+        <v>45607</v>
+      </c>
+      <c r="H23" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="28" t="s">
+        <v>127</v>
+      </c>
+      <c r="B24" s="29" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="30">
+        <v>0.5736</v>
+      </c>
+      <c r="F24" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="31">
+        <v>45617</v>
+      </c>
+      <c r="H24" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="28" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" s="29" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="30">
+        <v>0.2</v>
+      </c>
+      <c r="F25" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="31">
+        <v>45645</v>
+      </c>
+      <c r="H25" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="28" t="s">
+        <v>131</v>
+      </c>
+      <c r="B26" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="30">
+        <v>0.24979999999999999</v>
+      </c>
+      <c r="F26" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="31">
+        <v>45645</v>
+      </c>
+      <c r="H26" s="32">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="28" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" s="29" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="29" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" s="30">
+        <v>0.2001</v>
+      </c>
+      <c r="F27" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="31">
+        <v>45637</v>
+      </c>
+      <c r="H27" s="32">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B28" s="34" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="34" t="s">
+        <v>142</v>
+      </c>
+      <c r="E28" s="35">
+        <v>0.15</v>
+      </c>
+      <c r="F28" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="36">
+        <v>45642</v>
+      </c>
+      <c r="H28" s="37">
+        <v>45692</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B29" s="34" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="34" t="s">
+        <v>145</v>
+      </c>
+      <c r="E29" s="35">
+        <v>8.4636999999999993</v>
+      </c>
+      <c r="F29" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="36">
+        <v>45650</v>
+      </c>
+      <c r="H29" s="37">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="33" t="s">
+        <v>146</v>
+      </c>
+      <c r="B30" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="C30" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="35">
+        <v>0.70020000000000004</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="36">
+        <v>45643</v>
+      </c>
+      <c r="H30" s="37">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31" s="34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C31" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D31" s="34" t="s">
+        <v>149</v>
+      </c>
+      <c r="E31" s="35">
+        <v>9.5579999999999998</v>
+      </c>
+      <c r="F31" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="36">
+        <v>45665</v>
+      </c>
+      <c r="H31" s="37">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="B32" s="34" t="s">
+        <v>151</v>
+      </c>
+      <c r="C32" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="34" t="s">
+        <v>152</v>
+      </c>
+      <c r="E32" s="35">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="36">
+        <v>45643</v>
+      </c>
+      <c r="H32" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="B33" s="34" t="s">
+        <v>154</v>
+      </c>
+      <c r="C33" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="34" t="s">
+        <v>152</v>
+      </c>
+      <c r="E33" s="35">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F33" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="36">
+        <v>45643</v>
+      </c>
+      <c r="H33" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="B34" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C34" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="34" t="s">
+        <v>157</v>
+      </c>
+      <c r="E34" s="35">
+        <v>0.43790000000000001</v>
+      </c>
+      <c r="F34" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="36">
+        <v>45610</v>
+      </c>
+      <c r="H34" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" s="34" t="s">
+        <v>799</v>
+      </c>
+      <c r="C35" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="34" t="s">
+        <v>159</v>
+      </c>
+      <c r="E35" s="35">
+        <v>0.18149999999999999</v>
+      </c>
+      <c r="F35" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="36">
+        <v>45583</v>
+      </c>
+      <c r="H35" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" s="34" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="34" t="s">
+        <v>162</v>
+      </c>
+      <c r="E36" s="35">
+        <v>0.28050000000000003</v>
+      </c>
+      <c r="F36" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="36">
         <v>45670</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" s="34" t="s">
+      <c r="H36" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="33" t="s">
+        <v>163</v>
+      </c>
+      <c r="B37" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="C37" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D37" s="34" t="s">
+        <v>165</v>
+      </c>
+      <c r="E37" s="35">
+        <v>0.34029999999999999</v>
+      </c>
+      <c r="F37" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="36">
+        <v>45685</v>
+      </c>
+      <c r="H37" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="33" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" s="34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="34" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="35">
+      <c r="D38" s="34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E38" s="35">
+        <v>2.02</v>
+      </c>
+      <c r="F38" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="36">
+        <v>45638</v>
+      </c>
+      <c r="H38" s="37">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" s="34" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="34" t="s">
+        <v>171</v>
+      </c>
+      <c r="E39" s="35">
+        <v>0.27989999999999998</v>
+      </c>
+      <c r="F39" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="36">
+        <v>45611</v>
+      </c>
+      <c r="H39" s="37">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="38" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" s="39" t="s">
+        <v>800</v>
+      </c>
+      <c r="C40" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" s="39" t="s">
+        <v>173</v>
+      </c>
+      <c r="E40" s="40">
+        <v>0.18890000000000001</v>
+      </c>
+      <c r="F40" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="41">
+        <v>45579</v>
+      </c>
+      <c r="H40" s="42">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="34" t="s">
+        <v>176</v>
+      </c>
+      <c r="E41" s="35">
+        <v>0.19850000000000001</v>
+      </c>
+      <c r="F41" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="36">
+        <v>45517</v>
+      </c>
+      <c r="H41" s="37">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="C42" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E42" s="35">
+        <v>0.2984</v>
+      </c>
+      <c r="F42" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="36">
+        <v>45642</v>
+      </c>
+      <c r="H42" s="37">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C43" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E43" s="35">
+        <v>0.65880000000000005</v>
+      </c>
+      <c r="F43" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="36">
+        <v>45679</v>
+      </c>
+      <c r="H43" s="37">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" s="34" t="s">
+        <v>183</v>
+      </c>
+      <c r="C44" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="34" t="s">
+        <v>142</v>
+      </c>
+      <c r="E44" s="35">
+        <v>1.7504999999999999</v>
+      </c>
+      <c r="F44" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="36">
+        <v>45688</v>
+      </c>
+      <c r="H44" s="37">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>185</v>
+      </c>
+      <c r="C45" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="39" t="s">
+        <v>186</v>
+      </c>
+      <c r="E45" s="40">
+        <v>4.8265000000000002</v>
+      </c>
+      <c r="F45" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="41">
+        <v>45628</v>
+      </c>
+      <c r="H45" s="42">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" s="34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="34" t="s">
+        <v>189</v>
+      </c>
+      <c r="E46" s="35">
+        <v>0.54020000000000001</v>
+      </c>
+      <c r="F46" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="36">
+        <v>45655</v>
+      </c>
+      <c r="H46" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" s="34" t="s">
+        <v>191</v>
+      </c>
+      <c r="C47" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="E47" s="35">
+        <v>0.41620000000000001</v>
+      </c>
+      <c r="F47" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="36">
+        <v>45705</v>
+      </c>
+      <c r="H47" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" s="39" t="s">
+        <v>194</v>
+      </c>
+      <c r="C48" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="39" t="s">
+        <v>195</v>
+      </c>
+      <c r="E48" s="40">
+        <v>0.2001</v>
+      </c>
+      <c r="F48" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="41">
+        <v>45611</v>
+      </c>
+      <c r="H48" s="42">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="B49" s="34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="E49" s="35">
+        <v>0.22750000000000001</v>
+      </c>
+      <c r="F49" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="36">
+        <v>45664</v>
+      </c>
+      <c r="H49" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="38" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" s="39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C50" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="40">
+        <v>0.24</v>
+      </c>
+      <c r="F50" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="41">
+        <v>45692</v>
+      </c>
+      <c r="H50" s="42">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B51" s="34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C51" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E51" s="35">
+        <v>0.5</v>
+      </c>
+      <c r="F51" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="36">
+        <v>45694</v>
+      </c>
+      <c r="H51" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B52" s="34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C52" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="E52" s="35">
+        <v>0.22320000000000001</v>
+      </c>
+      <c r="F52" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="36">
+        <v>45629</v>
+      </c>
+      <c r="H52" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="33" t="s">
+        <v>207</v>
+      </c>
+      <c r="B53" s="34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C53" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D53" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E53" s="35">
+        <v>0.62509999999999999</v>
+      </c>
+      <c r="F53" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="36">
+        <v>45646</v>
+      </c>
+      <c r="H53" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="38" t="s">
+        <v>209</v>
+      </c>
+      <c r="B54" s="39" t="s">
+        <v>802</v>
+      </c>
+      <c r="C54" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="39" t="s">
+        <v>210</v>
+      </c>
+      <c r="E54" s="40">
+        <v>0.2198</v>
+      </c>
+      <c r="F54" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="41">
+        <v>45631</v>
+      </c>
+      <c r="H54" s="42">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="B55" s="34" t="s">
+        <v>212</v>
+      </c>
+      <c r="C55" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" s="34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E55" s="35">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="F55" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="36">
+        <v>45705</v>
+      </c>
+      <c r="H55" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B56" s="34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C56" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E56" s="35">
+        <v>0.24990000000000001</v>
+      </c>
+      <c r="F56" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="36">
+        <v>45677</v>
+      </c>
+      <c r="H56" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B57" s="34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C57" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="34" t="s">
+        <v>218</v>
+      </c>
+      <c r="E57" s="35">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F57" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="36">
+        <v>45692</v>
+      </c>
+      <c r="H57" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B58" s="34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C58" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D58" s="34" t="s">
+        <v>221</v>
+      </c>
+      <c r="E58" s="35">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F58" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="36">
+        <v>45692</v>
+      </c>
+      <c r="H58" s="37">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" s="34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C59" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E59" s="35">
+        <v>1.3226</v>
+      </c>
+      <c r="F59" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="36">
+        <v>45614</v>
+      </c>
+      <c r="H59" s="37">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B60" s="34" t="s">
+        <v>226</v>
+      </c>
+      <c r="C60" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="E60" s="35">
+        <v>2.0184000000000002</v>
+      </c>
+      <c r="F60" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="36">
+        <v>45646</v>
+      </c>
+      <c r="H60" s="37">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="B61" s="34" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="34" t="s">
+        <v>248</v>
+      </c>
+      <c r="E61" s="35">
+        <v>0.44290000000000002</v>
+      </c>
+      <c r="F61" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="36">
+        <v>45485</v>
+      </c>
+      <c r="H61" s="37">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="33" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" s="34" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="34" t="s">
+        <v>251</v>
+      </c>
+      <c r="E62" s="35">
+        <v>0.24030000000000001</v>
+      </c>
+      <c r="F62" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="36">
+        <v>45642</v>
+      </c>
+      <c r="H62" s="37">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="33" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" s="34" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" s="34" t="s">
+        <v>254</v>
+      </c>
+      <c r="E63" s="35">
         <v>0.1996</v>
       </c>
-      <c r="F7" s="34" t="s">
-[...16 lines deleted...]
-      <c r="C8" s="34" t="s">
+      <c r="F63" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="36">
+        <v>45713</v>
+      </c>
+      <c r="H63" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="33" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" s="34" t="s">
+        <v>256</v>
+      </c>
+      <c r="C64" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" s="34" t="s">
+        <v>257</v>
+      </c>
+      <c r="E64" s="35">
+        <v>0.24</v>
+      </c>
+      <c r="F64" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="36">
+        <v>45702</v>
+      </c>
+      <c r="H64" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="33" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" s="34" t="s">
+        <v>259</v>
+      </c>
+      <c r="C65" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="34" t="s">
+        <v>260</v>
+      </c>
+      <c r="E65" s="35">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="F65" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="36">
+        <v>45643</v>
+      </c>
+      <c r="H65" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="33" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" s="34" t="s">
+        <v>262</v>
+      </c>
+      <c r="C66" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" s="34" t="s">
+        <v>263</v>
+      </c>
+      <c r="E66" s="35">
+        <v>0.1812</v>
+      </c>
+      <c r="F66" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="36">
+        <v>45699</v>
+      </c>
+      <c r="H66" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="B67" s="34" t="s">
+        <v>265</v>
+      </c>
+      <c r="C67" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" s="34" t="s">
+        <v>266</v>
+      </c>
+      <c r="E67" s="35">
+        <v>0.32479999999999998</v>
+      </c>
+      <c r="F67" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="36">
+        <v>45699</v>
+      </c>
+      <c r="H67" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="33" t="s">
+        <v>267</v>
+      </c>
+      <c r="B68" s="34" t="s">
+        <v>268</v>
+      </c>
+      <c r="C68" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="34" t="s">
+        <v>248</v>
+      </c>
+      <c r="E68" s="35">
+        <v>0.50049999999999994</v>
+      </c>
+      <c r="F68" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="36">
+        <v>45702</v>
+      </c>
+      <c r="H68" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" s="34" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="34" t="s">
+        <v>271</v>
+      </c>
+      <c r="E69" s="35">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="F69" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="36">
+        <v>45705</v>
+      </c>
+      <c r="H69" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A70" s="33" t="s">
+        <v>272</v>
+      </c>
+      <c r="B70" s="34" t="s">
+        <v>273</v>
+      </c>
+      <c r="C70" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="34" t="s">
+        <v>274</v>
+      </c>
+      <c r="E70" s="35">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F70" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="36">
+        <v>45707</v>
+      </c>
+      <c r="H70" s="37">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="33" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" s="34" t="s">
+        <v>276</v>
+      </c>
+      <c r="C71" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E71" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="F71" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="36">
+        <v>45717</v>
+      </c>
+      <c r="H71" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A72" s="33" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" s="34" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" s="34" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C9" s="34" t="s">
+      <c r="D72" s="34" t="s">
+        <v>279</v>
+      </c>
+      <c r="E72" s="35">
+        <v>0.14760000000000001</v>
+      </c>
+      <c r="F72" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="36">
+        <v>45593</v>
+      </c>
+      <c r="H72" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A73" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="B73" s="34" t="s">
+        <v>803</v>
+      </c>
+      <c r="C73" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D73" s="34" t="s">
+        <v>281</v>
+      </c>
+      <c r="E73" s="35">
+        <v>0.64980000000000004</v>
+      </c>
+      <c r="F73" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="36">
+        <v>45568</v>
+      </c>
+      <c r="H73" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A74" s="33" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" s="34" t="s">
+        <v>283</v>
+      </c>
+      <c r="C74" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="34" t="s">
+        <v>284</v>
+      </c>
+      <c r="E74" s="35">
+        <v>0.252</v>
+      </c>
+      <c r="F74" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="36">
+        <v>45548</v>
+      </c>
+      <c r="H74" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="B75" s="34" t="s">
+        <v>286</v>
+      </c>
+      <c r="C75" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C10" s="34" t="s">
+      <c r="D75" s="34" t="s">
+        <v>287</v>
+      </c>
+      <c r="E75" s="35">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="F75" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="36">
+        <v>45595</v>
+      </c>
+      <c r="H75" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A76" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="B76" s="34" t="s">
+        <v>289</v>
+      </c>
+      <c r="C76" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="34" t="s">
+        <v>290</v>
+      </c>
+      <c r="E76" s="35">
+        <v>1.0626</v>
+      </c>
+      <c r="F76" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="36">
+        <v>45714</v>
+      </c>
+      <c r="H76" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="33" t="s">
+        <v>291</v>
+      </c>
+      <c r="B77" s="34" t="s">
+        <v>292</v>
+      </c>
+      <c r="C77" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="34" t="s">
+        <v>293</v>
+      </c>
+      <c r="E77" s="35">
+        <v>0.5</v>
+      </c>
+      <c r="F77" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="36">
+        <v>45705</v>
+      </c>
+      <c r="H77" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A78" s="33" t="s">
+        <v>294</v>
+      </c>
+      <c r="B78" s="34" t="s">
+        <v>295</v>
+      </c>
+      <c r="C78" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="34" t="s">
+        <v>296</v>
+      </c>
+      <c r="E78" s="35">
+        <v>0.16009999999999999</v>
+      </c>
+      <c r="F78" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="36">
+        <v>45646</v>
+      </c>
+      <c r="H78" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="33" t="s">
+        <v>297</v>
+      </c>
+      <c r="B79" s="34" t="s">
+        <v>804</v>
+      </c>
+      <c r="C79" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="34" t="s">
+      <c r="D79" s="34" t="s">
+        <v>298</v>
+      </c>
+      <c r="E79" s="35">
+        <v>0.15840000000000001</v>
+      </c>
+      <c r="F79" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="36">
+        <v>45565</v>
+      </c>
+      <c r="H79" s="37">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" s="34" t="s">
+        <v>300</v>
+      </c>
+      <c r="C80" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="34" t="s">
+        <v>301</v>
+      </c>
+      <c r="E80" s="35">
+        <v>195.69300000000001</v>
+      </c>
+      <c r="F80" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="36">
+        <v>45607</v>
+      </c>
+      <c r="H80" s="37">
+        <v>45743</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B81" s="34" t="s">
+        <v>303</v>
+      </c>
+      <c r="C81" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" s="34" t="s">
+        <v>304</v>
+      </c>
+      <c r="E81" s="35">
+        <v>0.3478</v>
+      </c>
+      <c r="F81" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="36">
+        <v>45566</v>
+      </c>
+      <c r="H81" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="B82" s="34" t="s">
+        <v>306</v>
+      </c>
+      <c r="C82" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" s="34" t="s">
+        <v>307</v>
+      </c>
+      <c r="E82" s="35">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F82" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="36">
+        <v>44267</v>
+      </c>
+      <c r="H82" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="38" t="s">
+        <v>308</v>
+      </c>
+      <c r="B83" s="39" t="s">
+        <v>309</v>
+      </c>
+      <c r="C83" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" s="39" t="s">
+        <v>198</v>
+      </c>
+      <c r="E83" s="40">
+        <v>0.34760000000000002</v>
+      </c>
+      <c r="F83" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="36">
+        <v>45719</v>
+      </c>
+      <c r="H83" s="42">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="B84" s="34" t="s">
+        <v>805</v>
+      </c>
+      <c r="C84" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D84" s="34" t="s">
+        <v>311</v>
+      </c>
+      <c r="E84" s="35">
+        <v>0.47020000000000001</v>
+      </c>
+      <c r="F84" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="36">
+        <v>45630</v>
+      </c>
+      <c r="H84" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="33" t="s">
+        <v>312</v>
+      </c>
+      <c r="B85" s="34" t="s">
+        <v>313</v>
+      </c>
+      <c r="C85" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="34" t="s">
+        <v>314</v>
+      </c>
+      <c r="E85" s="35">
+        <v>0.3135</v>
+      </c>
+      <c r="F85" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="36">
+        <v>45600</v>
+      </c>
+      <c r="H85" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A86" s="33" t="s">
+        <v>315</v>
+      </c>
+      <c r="B86" s="34" t="s">
+        <v>316</v>
+      </c>
+      <c r="C86" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" s="34" t="s">
+        <v>317</v>
+      </c>
+      <c r="E86" s="35">
+        <v>0.30740000000000001</v>
+      </c>
+      <c r="F86" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="36">
+        <v>45625</v>
+      </c>
+      <c r="H86" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A87" s="33" t="s">
+        <v>318</v>
+      </c>
+      <c r="B87" s="34" t="s">
+        <v>319</v>
+      </c>
+      <c r="C87" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="34" t="s">
+        <v>320</v>
+      </c>
+      <c r="E87" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F87" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="36">
+        <v>45721</v>
+      </c>
+      <c r="H87" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A88" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="B88" s="34" t="s">
+        <v>322</v>
+      </c>
+      <c r="C88" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D88" s="34" t="s">
+        <v>221</v>
+      </c>
+      <c r="E88" s="35">
+        <v>0.4647</v>
+      </c>
+      <c r="F88" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="36">
+        <v>45693</v>
+      </c>
+      <c r="H88" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A89" s="33" t="s">
+        <v>323</v>
+      </c>
+      <c r="B89" s="34" t="s">
+        <v>324</v>
+      </c>
+      <c r="C89" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" s="34" t="s">
+        <v>325</v>
+      </c>
+      <c r="E89" s="35">
+        <v>2.6732999999999998</v>
+      </c>
+      <c r="F89" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="36">
+        <v>45673</v>
+      </c>
+      <c r="H89" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A90" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="B90" s="34" t="s">
+        <v>327</v>
+      </c>
+      <c r="C90" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" s="34" t="s">
+        <v>328</v>
+      </c>
+      <c r="E90" s="35">
+        <v>0.31359999999999999</v>
+      </c>
+      <c r="F90" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="36">
+        <v>45715</v>
+      </c>
+      <c r="H90" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="33" t="s">
+        <v>329</v>
+      </c>
+      <c r="B91" s="34" t="s">
+        <v>330</v>
+      </c>
+      <c r="C91" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D91" s="34" t="s">
+        <v>331</v>
+      </c>
+      <c r="E91" s="35">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F91" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="36">
+        <v>45707</v>
+      </c>
+      <c r="H91" s="37">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="33" t="s">
+        <v>332</v>
+      </c>
+      <c r="B92" s="34" t="s">
+        <v>333</v>
+      </c>
+      <c r="C92" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="E92" s="35">
+        <v>0.3997</v>
+      </c>
+      <c r="F92" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="36">
+        <v>45716</v>
+      </c>
+      <c r="H92" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A93" s="33" t="s">
+        <v>334</v>
+      </c>
+      <c r="B93" s="34" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="34" t="s">
+        <v>336</v>
+      </c>
+      <c r="E93" s="35">
+        <v>0.33960000000000001</v>
+      </c>
+      <c r="F93" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="36">
+        <v>45611</v>
+      </c>
+      <c r="H93" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A94" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="B94" s="34" t="s">
+        <v>338</v>
+      </c>
+      <c r="C94" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" s="34" t="s">
+        <v>339</v>
+      </c>
+      <c r="E94" s="35">
+        <v>0.99960000000000004</v>
+      </c>
+      <c r="F94" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="36">
+        <v>45727</v>
+      </c>
+      <c r="H94" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="33" t="s">
+        <v>340</v>
+      </c>
+      <c r="B95" s="34" t="s">
+        <v>341</v>
+      </c>
+      <c r="C95" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D95" s="34" t="s">
+        <v>342</v>
+      </c>
+      <c r="E95" s="35">
+        <v>0.19819999999999999</v>
+      </c>
+      <c r="F95" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="36">
+        <v>45721</v>
+      </c>
+      <c r="H95" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="33" t="s">
+        <v>343</v>
+      </c>
+      <c r="B96" s="34" t="s">
+        <v>344</v>
+      </c>
+      <c r="C96" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D96" s="34" t="s">
+        <v>345</v>
+      </c>
+      <c r="E96" s="35">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="F96" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="36">
+        <v>45638</v>
+      </c>
+      <c r="H96" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="B97" s="34" t="s">
+        <v>347</v>
+      </c>
+      <c r="C97" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="34" t="s">
+        <v>320</v>
+      </c>
+      <c r="E97" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F97" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="36">
+        <v>45713</v>
+      </c>
+      <c r="H97" s="37">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="33" t="s">
+        <v>348</v>
+      </c>
+      <c r="B98" s="34" t="s">
+        <v>349</v>
+      </c>
+      <c r="C98" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" s="34" t="s">
+        <v>350</v>
+      </c>
+      <c r="E98" s="35">
+        <v>0.27750000000000002</v>
+      </c>
+      <c r="F98" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="36">
+        <v>45707</v>
+      </c>
+      <c r="H98" s="37">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A99" s="33" t="s">
+        <v>351</v>
+      </c>
+      <c r="B99" s="34" t="s">
+        <v>352</v>
+      </c>
+      <c r="C99" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D99" s="34" t="s">
+        <v>353</v>
+      </c>
+      <c r="E99" s="35">
+        <v>520.39319999999998</v>
+      </c>
+      <c r="F99" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="36">
+        <v>45646</v>
+      </c>
+      <c r="H99" s="37">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="33" t="s">
+        <v>354</v>
+      </c>
+      <c r="B100" s="34" t="s">
+        <v>355</v>
+      </c>
+      <c r="C100" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" s="34" t="s">
+        <v>356</v>
+      </c>
+      <c r="E100" s="35">
+        <v>0.1996</v>
+      </c>
+      <c r="F100" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="36">
+        <v>45716</v>
+      </c>
+      <c r="H100" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="33" t="s">
+        <v>357</v>
+      </c>
+      <c r="B101" s="34" t="s">
+        <v>806</v>
+      </c>
+      <c r="C101" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" s="34" t="s">
+        <v>358</v>
+      </c>
+      <c r="E101" s="35">
+        <v>0.15240000000000001</v>
+      </c>
+      <c r="F101" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="36">
+        <v>45685</v>
+      </c>
+      <c r="H101" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="33" t="s">
+        <v>359</v>
+      </c>
+      <c r="B102" s="34" t="s">
+        <v>360</v>
+      </c>
+      <c r="C102" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E102" s="35">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F102" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="36">
+        <v>45702</v>
+      </c>
+      <c r="H102" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="B103" s="34" t="s">
+        <v>362</v>
+      </c>
+      <c r="C103" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D103" s="34" t="s">
+        <v>363</v>
+      </c>
+      <c r="E103" s="35">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="F103" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="36">
+        <v>45743</v>
+      </c>
+      <c r="H103" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="33" t="s">
+        <v>364</v>
+      </c>
+      <c r="B104" s="34" t="s">
+        <v>365</v>
+      </c>
+      <c r="C104" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" s="34" t="s">
+        <v>366</v>
+      </c>
+      <c r="E104" s="35">
+        <v>0.25259999999999999</v>
+      </c>
+      <c r="F104" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="36">
+        <v>45736</v>
+      </c>
+      <c r="H104" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="33" t="s">
+        <v>367</v>
+      </c>
+      <c r="B105" s="34" t="s">
+        <v>368</v>
+      </c>
+      <c r="C105" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D105" s="34" t="s">
+        <v>369</v>
+      </c>
+      <c r="E105" s="35">
+        <v>0.18909999999999999</v>
+      </c>
+      <c r="F105" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="36">
+        <v>45686</v>
+      </c>
+      <c r="H105" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="33" t="s">
+        <v>370</v>
+      </c>
+      <c r="B106" s="34" t="s">
+        <v>371</v>
+      </c>
+      <c r="C106" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" s="34" t="s">
+        <v>372</v>
+      </c>
+      <c r="E106" s="35">
+        <v>0.52</v>
+      </c>
+      <c r="F106" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="36">
+        <v>45730</v>
+      </c>
+      <c r="H106" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A107" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="B107" s="34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C107" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" s="34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E107" s="35">
+        <v>0.246</v>
+      </c>
+      <c r="F107" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="36">
+        <v>45673</v>
+      </c>
+      <c r="H107" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A108" s="33" t="s">
+        <v>375</v>
+      </c>
+      <c r="B108" s="34" t="s">
+        <v>376</v>
+      </c>
+      <c r="C108" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" s="34" t="s">
+        <v>377</v>
+      </c>
+      <c r="E108" s="35">
+        <v>0.55110000000000003</v>
+      </c>
+      <c r="F108" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="36">
+        <v>45668</v>
+      </c>
+      <c r="H108" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="B109" s="34" t="s">
+        <v>379</v>
+      </c>
+      <c r="C109" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" s="34" t="s">
+        <v>380</v>
+      </c>
+      <c r="E109" s="35">
+        <v>0.2006</v>
+      </c>
+      <c r="F109" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="36">
+        <v>45740</v>
+      </c>
+      <c r="H109" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A110" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="B110" s="34" t="s">
+        <v>382</v>
+      </c>
+      <c r="C110" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" s="34" t="s">
+        <v>383</v>
+      </c>
+      <c r="E110" s="35">
+        <v>0.2205</v>
+      </c>
+      <c r="F110" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="36">
+        <v>45742</v>
+      </c>
+      <c r="H110" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A111" s="38" t="s">
+        <v>384</v>
+      </c>
+      <c r="B111" s="39" t="s">
+        <v>385</v>
+      </c>
+      <c r="C111" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D111" s="39" t="s">
+        <v>339</v>
+      </c>
+      <c r="E111" s="40">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="F111" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="41">
+        <v>45714</v>
+      </c>
+      <c r="H111" s="42">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A112" s="33" t="s">
+        <v>386</v>
+      </c>
+      <c r="B112" s="34" t="s">
+        <v>807</v>
+      </c>
+      <c r="C112" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="E112" s="35">
+        <v>0.4002</v>
+      </c>
+      <c r="F112" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="36">
+        <v>45646</v>
+      </c>
+      <c r="H112" s="37">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A113" s="33" t="s">
+        <v>388</v>
+      </c>
+      <c r="B113" s="34" t="s">
+        <v>389</v>
+      </c>
+      <c r="C113" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D113" s="34" t="s">
+        <v>390</v>
+      </c>
+      <c r="E113" s="35">
+        <v>0.40039999999999998</v>
+      </c>
+      <c r="F113" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="36">
+        <v>45707</v>
+      </c>
+      <c r="H113" s="37">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="33" t="s">
+        <v>391</v>
+      </c>
+      <c r="B114" s="34" t="s">
+        <v>392</v>
+      </c>
+      <c r="C114" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D114" s="34" t="s">
+        <v>393</v>
+      </c>
+      <c r="E114" s="35">
+        <v>0.39689999999999998</v>
+      </c>
+      <c r="F114" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="36">
+        <v>45668</v>
+      </c>
+      <c r="H114" s="37">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A115" s="33" t="s">
+        <v>394</v>
+      </c>
+      <c r="B115" s="34" t="s">
+        <v>395</v>
+      </c>
+      <c r="C115" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="34" t="s">
+        <v>396</v>
+      </c>
+      <c r="E115" s="35">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="F115" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="36">
+        <v>45749</v>
+      </c>
+      <c r="H115" s="37">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A116" s="33" t="s">
+        <v>397</v>
+      </c>
+      <c r="B116" s="34" t="s">
+        <v>398</v>
+      </c>
+      <c r="C116" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" s="34" t="s">
+        <v>399</v>
+      </c>
+      <c r="E116" s="35">
+        <v>0.214</v>
+      </c>
+      <c r="F116" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="36">
+        <v>45740</v>
+      </c>
+      <c r="H116" s="37">
+        <v>45761</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A117" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="B117" s="34" t="s">
+        <v>401</v>
+      </c>
+      <c r="C117" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" s="34" t="s">
         <v>30</v>
       </c>
-      <c r="E10" s="35">
-[...16 lines deleted...]
-      <c r="B11" s="34" t="s">
+      <c r="E117" s="35">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="F117" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="36">
+        <v>45708</v>
+      </c>
+      <c r="H117" s="37">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A118" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="B118" s="34" t="s">
+        <v>403</v>
+      </c>
+      <c r="C118" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D118" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E118" s="35">
+        <v>0.49940000000000001</v>
+      </c>
+      <c r="F118" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="36">
+        <v>45749</v>
+      </c>
+      <c r="H118" s="37">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A119" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="B119" s="34" t="s">
+        <v>405</v>
+      </c>
+      <c r="C119" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="34" t="s">
+        <v>406</v>
+      </c>
+      <c r="E119" s="35">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F119" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="36">
+        <v>45716</v>
+      </c>
+      <c r="H119" s="37">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A120" s="33" t="s">
+        <v>407</v>
+      </c>
+      <c r="B120" s="34" t="s">
+        <v>408</v>
+      </c>
+      <c r="C120" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" s="34" t="s">
+        <v>409</v>
+      </c>
+      <c r="E120" s="35">
+        <v>0.32319999999999999</v>
+      </c>
+      <c r="F120" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="36">
+        <v>45739</v>
+      </c>
+      <c r="H120" s="37">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A121" s="33" t="s">
+        <v>410</v>
+      </c>
+      <c r="B121" s="34" t="s">
+        <v>411</v>
+      </c>
+      <c r="C121" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="34" t="s">
+        <v>412</v>
+      </c>
+      <c r="E121" s="35">
+        <v>0.36080000000000001</v>
+      </c>
+      <c r="F121" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="36">
+        <v>45685</v>
+      </c>
+      <c r="H121" s="37">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A122" s="38" t="s">
+        <v>413</v>
+      </c>
+      <c r="B122" s="39" t="s">
+        <v>414</v>
+      </c>
+      <c r="C122" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="39" t="s">
+        <v>415</v>
+      </c>
+      <c r="E122" s="40">
+        <v>0.20780000000000001</v>
+      </c>
+      <c r="F122" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="41">
+        <v>45698</v>
+      </c>
+      <c r="H122" s="42">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A123" s="33" t="s">
+        <v>416</v>
+      </c>
+      <c r="B123" s="34" t="s">
+        <v>417</v>
+      </c>
+      <c r="C123" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" s="34" t="s">
+        <v>418</v>
+      </c>
+      <c r="E123" s="35">
+        <v>1.032</v>
+      </c>
+      <c r="F123" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="36">
+        <v>45749</v>
+      </c>
+      <c r="H123" s="37">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A124" s="33" t="s">
+        <v>419</v>
+      </c>
+      <c r="B124" s="34" t="s">
+        <v>420</v>
+      </c>
+      <c r="C124" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D124" s="34" t="s">
+        <v>421</v>
+      </c>
+      <c r="E124" s="35">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F124" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="36">
+        <v>45748</v>
+      </c>
+      <c r="H124" s="37">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A125" s="33" t="s">
+        <v>422</v>
+      </c>
+      <c r="B125" s="34" t="s">
+        <v>423</v>
+      </c>
+      <c r="C125" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D125" s="34" t="s">
+        <v>424</v>
+      </c>
+      <c r="E125" s="35">
+        <v>1.4802999999999999</v>
+      </c>
+      <c r="F125" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="36">
+        <v>45686</v>
+      </c>
+      <c r="H125" s="37">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A126" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="B126" s="34" t="s">
+        <v>426</v>
+      </c>
+      <c r="C126" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" s="34" t="s">
+        <v>427</v>
+      </c>
+      <c r="E126" s="35">
+        <v>3.4394999999999998</v>
+      </c>
+      <c r="F126" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="36">
+        <v>45686</v>
+      </c>
+      <c r="H126" s="37">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A127" s="33" t="s">
+        <v>428</v>
+      </c>
+      <c r="B127" s="34" t="s">
+        <v>429</v>
+      </c>
+      <c r="C127" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D127" s="34" t="s">
+        <v>430</v>
+      </c>
+      <c r="E127" s="35">
+        <v>0.99990000000000001</v>
+      </c>
+      <c r="F127" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="36">
+        <v>45713</v>
+      </c>
+      <c r="H127" s="37">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A128" s="33" t="s">
+        <v>431</v>
+      </c>
+      <c r="B128" s="34" t="s">
+        <v>432</v>
+      </c>
+      <c r="C128" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D128" s="34" t="s">
+        <v>433</v>
+      </c>
+      <c r="E128" s="35">
+        <v>6.1623000000000001</v>
+      </c>
+      <c r="F128" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="36">
+        <v>45692</v>
+      </c>
+      <c r="H128" s="37">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A129" s="33" t="s">
+        <v>434</v>
+      </c>
+      <c r="B129" s="34" t="s">
+        <v>435</v>
+      </c>
+      <c r="C129" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D129" s="34" t="s">
+        <v>436</v>
+      </c>
+      <c r="E129" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F129" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="36">
+        <v>45743</v>
+      </c>
+      <c r="H129" s="37">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A130" s="33" t="s">
+        <v>437</v>
+      </c>
+      <c r="B130" s="34" t="s">
+        <v>438</v>
+      </c>
+      <c r="C130" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" s="34" t="s">
+        <v>439</v>
+      </c>
+      <c r="E130" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="F130" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="36">
+        <v>45762</v>
+      </c>
+      <c r="H130" s="37">
+        <v>45770</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A131" s="33" t="s">
+        <v>440</v>
+      </c>
+      <c r="B131" s="34" t="s">
+        <v>441</v>
+      </c>
+      <c r="C131" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D131" s="34" t="s">
+        <v>442</v>
+      </c>
+      <c r="E131" s="35">
+        <v>8.2028999999999996</v>
+      </c>
+      <c r="F131" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="36">
+        <v>45721</v>
+      </c>
+      <c r="H131" s="37">
+        <v>45771</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A132" s="33" t="s">
+        <v>447</v>
+      </c>
+      <c r="B132" s="34" t="s">
+        <v>448</v>
+      </c>
+      <c r="C132" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" s="34" t="s">
+        <v>449</v>
+      </c>
+      <c r="E132" s="35">
+        <v>0.29120000000000001</v>
+      </c>
+      <c r="F132" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="36">
+        <v>45750</v>
+      </c>
+      <c r="H132" s="37">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A133" s="33" t="s">
+        <v>450</v>
+      </c>
+      <c r="B133" s="34" t="s">
+        <v>451</v>
+      </c>
+      <c r="C133" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" s="34" t="s">
+        <v>452</v>
+      </c>
+      <c r="E133" s="35">
+        <v>6.0037000000000003</v>
+      </c>
+      <c r="F133" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="36">
+        <v>45743</v>
+      </c>
+      <c r="H133" s="37">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A134" s="33" t="s">
+        <v>453</v>
+      </c>
+      <c r="B134" s="34" t="s">
+        <v>454</v>
+      </c>
+      <c r="C134" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D134" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="C11" s="34" t="s">
+      <c r="E134" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="F134" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="36">
+        <v>45740</v>
+      </c>
+      <c r="H134" s="37">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A135" s="33" t="s">
+        <v>455</v>
+      </c>
+      <c r="B135" s="34" t="s">
+        <v>456</v>
+      </c>
+      <c r="C135" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D135" s="34" t="s">
+        <v>152</v>
+      </c>
+      <c r="E135" s="35">
+        <v>0.35949999999999999</v>
+      </c>
+      <c r="F135" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="36">
+        <v>45757</v>
+      </c>
+      <c r="H135" s="37">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A136" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="B136" s="34" t="s">
+        <v>458</v>
+      </c>
+      <c r="C136" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" s="34" t="s">
+        <v>459</v>
+      </c>
+      <c r="E136" s="35">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="F136" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="36">
+        <v>45674</v>
+      </c>
+      <c r="H136" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A137" s="38" t="s">
+        <v>460</v>
+      </c>
+      <c r="B137" s="39" t="s">
+        <v>461</v>
+      </c>
+      <c r="C137" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" s="39" t="s">
+        <v>462</v>
+      </c>
+      <c r="E137" s="40">
+        <v>0.39950000000000002</v>
+      </c>
+      <c r="F137" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="41">
+        <v>45758</v>
+      </c>
+      <c r="H137" s="42">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A138" s="33" t="s">
+        <v>463</v>
+      </c>
+      <c r="B138" s="34" t="s">
+        <v>464</v>
+      </c>
+      <c r="C138" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D138" s="34" t="s">
+        <v>465</v>
+      </c>
+      <c r="E138" s="35">
+        <v>0.4698</v>
+      </c>
+      <c r="F138" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="36">
+        <v>45631</v>
+      </c>
+      <c r="H138" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A139" s="33" t="s">
+        <v>466</v>
+      </c>
+      <c r="B139" s="34" t="s">
+        <v>467</v>
+      </c>
+      <c r="C139" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" s="34" t="s">
+        <v>415</v>
+      </c>
+      <c r="E139" s="35">
+        <v>0.27889999999999998</v>
+      </c>
+      <c r="F139" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="36">
+        <v>45777</v>
+      </c>
+      <c r="H139" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A140" s="33" t="s">
+        <v>468</v>
+      </c>
+      <c r="B140" s="34" t="s">
+        <v>469</v>
+      </c>
+      <c r="C140" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" s="34" t="s">
+        <v>470</v>
+      </c>
+      <c r="E140" s="35">
+        <v>0.17030000000000001</v>
+      </c>
+      <c r="F140" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="36">
+        <v>45625</v>
+      </c>
+      <c r="H140" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A141" s="33" t="s">
+        <v>471</v>
+      </c>
+      <c r="B141" s="34" t="s">
+        <v>472</v>
+      </c>
+      <c r="C141" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D141" s="34" t="s">
+        <v>473</v>
+      </c>
+      <c r="E141" s="35">
+        <v>0.2387</v>
+      </c>
+      <c r="F141" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="36">
+        <v>45770</v>
+      </c>
+      <c r="H141" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A142" s="33" t="s">
+        <v>474</v>
+      </c>
+      <c r="B142" s="34" t="s">
+        <v>475</v>
+      </c>
+      <c r="C142" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" s="34" t="s">
+        <v>476</v>
+      </c>
+      <c r="E142" s="35">
+        <v>0.16869999999999999</v>
+      </c>
+      <c r="F142" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="36">
+        <v>45770</v>
+      </c>
+      <c r="H142" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A143" s="33" t="s">
+        <v>477</v>
+      </c>
+      <c r="B143" s="34" t="s">
+        <v>808</v>
+      </c>
+      <c r="C143" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" s="34" t="s">
+        <v>478</v>
+      </c>
+      <c r="E143" s="35">
+        <v>0.17680000000000001</v>
+      </c>
+      <c r="F143" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="36">
+        <v>45749</v>
+      </c>
+      <c r="H143" s="37">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="B144" s="34" t="s">
+        <v>480</v>
+      </c>
+      <c r="C144" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" s="34" t="s">
+        <v>481</v>
+      </c>
+      <c r="E144" s="35">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="F144" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="36">
+        <v>45761</v>
+      </c>
+      <c r="H144" s="37">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A145" s="33" t="s">
+        <v>482</v>
+      </c>
+      <c r="B145" s="34" t="s">
+        <v>483</v>
+      </c>
+      <c r="C145" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" s="34" t="s">
+        <v>481</v>
+      </c>
+      <c r="E145" s="35">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="F145" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="36">
+        <v>45761</v>
+      </c>
+      <c r="H145" s="37">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A146" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="B146" s="34" t="s">
+        <v>485</v>
+      </c>
+      <c r="C146" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D146" s="34" t="s">
+        <v>486</v>
+      </c>
+      <c r="E146" s="35">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="F146" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="36">
+        <v>45702</v>
+      </c>
+      <c r="H146" s="37">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A147" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="B147" s="34" t="s">
+        <v>488</v>
+      </c>
+      <c r="C147" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D147" s="34" t="s">
+        <v>489</v>
+      </c>
+      <c r="E147" s="35">
+        <v>0.1923</v>
+      </c>
+      <c r="F147" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="36">
+        <v>45775</v>
+      </c>
+      <c r="H147" s="37">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A148" s="38" t="s">
+        <v>490</v>
+      </c>
+      <c r="B148" s="39" t="s">
+        <v>491</v>
+      </c>
+      <c r="C148" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D148" s="39" t="s">
+        <v>377</v>
+      </c>
+      <c r="E148" s="40">
+        <v>1.6632</v>
+      </c>
+      <c r="F148" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G148" s="41">
+        <v>45755</v>
+      </c>
+      <c r="H148" s="42">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A149" s="33" t="s">
+        <v>492</v>
+      </c>
+      <c r="B149" s="34" t="s">
+        <v>493</v>
+      </c>
+      <c r="C149" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" s="34" t="s">
+        <v>494</v>
+      </c>
+      <c r="E149" s="35">
+        <v>346.24799999999999</v>
+      </c>
+      <c r="F149" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G149" s="36">
+        <v>45674</v>
+      </c>
+      <c r="H149" s="37">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A150" s="33" t="s">
+        <v>495</v>
+      </c>
+      <c r="B150" s="34" t="s">
+        <v>496</v>
+      </c>
+      <c r="C150" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" s="34" t="s">
+        <v>497</v>
+      </c>
+      <c r="E150" s="35">
+        <v>1.5172000000000001</v>
+      </c>
+      <c r="F150" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="36">
+        <v>45769</v>
+      </c>
+      <c r="H150" s="37">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A151" s="33" t="s">
+        <v>498</v>
+      </c>
+      <c r="B151" s="34" t="s">
+        <v>499</v>
+      </c>
+      <c r="C151" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" s="34" t="s">
+        <v>439</v>
+      </c>
+      <c r="E151" s="35">
+        <v>0.1993</v>
+      </c>
+      <c r="F151" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G151" s="36">
+        <v>45779</v>
+      </c>
+      <c r="H151" s="37">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A152" s="33" t="s">
+        <v>500</v>
+      </c>
+      <c r="B152" s="34" t="s">
+        <v>501</v>
+      </c>
+      <c r="C152" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" s="34" t="s">
+        <v>296</v>
+      </c>
+      <c r="E152" s="35">
+        <v>1.7</v>
+      </c>
+      <c r="F152" s="34" t="s">
+        <v>502</v>
+      </c>
+      <c r="G152" s="36">
+        <v>45666</v>
+      </c>
+      <c r="H152" s="37">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A153" s="33" t="s">
+        <v>503</v>
+      </c>
+      <c r="B153" s="34" t="s">
+        <v>504</v>
+      </c>
+      <c r="C153" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D153" s="34" t="s">
+        <v>505</v>
+      </c>
+      <c r="E153" s="35">
+        <v>0.23</v>
+      </c>
+      <c r="F153" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G153" s="36">
+        <v>45779</v>
+      </c>
+      <c r="H153" s="37">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A154" s="33" t="s">
+        <v>506</v>
+      </c>
+      <c r="B154" s="34" t="s">
+        <v>507</v>
+      </c>
+      <c r="C154" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D154" s="34" t="s">
+        <v>505</v>
+      </c>
+      <c r="E154" s="35">
+        <v>0.23</v>
+      </c>
+      <c r="F154" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="36">
+        <v>45782</v>
+      </c>
+      <c r="H154" s="37">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A155" s="33" t="s">
+        <v>508</v>
+      </c>
+      <c r="B155" s="34" t="s">
+        <v>509</v>
+      </c>
+      <c r="C155" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D155" s="34" t="s">
+        <v>149</v>
+      </c>
+      <c r="E155" s="35">
+        <v>0.63</v>
+      </c>
+      <c r="F155" s="34" t="s">
+        <v>510</v>
+      </c>
+      <c r="G155" s="36">
+        <v>45636</v>
+      </c>
+      <c r="H155" s="37">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A156" s="33" t="s">
+        <v>511</v>
+      </c>
+      <c r="B156" s="34" t="s">
+        <v>512</v>
+      </c>
+      <c r="C156" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" s="34" t="s">
+        <v>287</v>
+      </c>
+      <c r="E156" s="35">
+        <v>0.44990000000000002</v>
+      </c>
+      <c r="F156" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="36">
+        <v>45777</v>
+      </c>
+      <c r="H156" s="37">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="33" t="s">
+        <v>513</v>
+      </c>
+      <c r="B157" s="34" t="s">
+        <v>514</v>
+      </c>
+      <c r="C157" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" s="34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E157" s="35">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F157" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G157" s="36">
+        <v>45778</v>
+      </c>
+      <c r="H157" s="37">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A158" s="33" t="s">
+        <v>515</v>
+      </c>
+      <c r="B158" s="34" t="s">
+        <v>516</v>
+      </c>
+      <c r="C158" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" s="34" t="s">
+        <v>517</v>
+      </c>
+      <c r="E158" s="35">
+        <v>0.23</v>
+      </c>
+      <c r="F158" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G158" s="36">
+        <v>45791</v>
+      </c>
+      <c r="H158" s="37">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A159" s="38" t="s">
+        <v>518</v>
+      </c>
+      <c r="B159" s="39" t="s">
+        <v>519</v>
+      </c>
+      <c r="C159" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" s="39" t="s">
+        <v>520</v>
+      </c>
+      <c r="E159" s="40">
+        <v>0.35859999999999997</v>
+      </c>
+      <c r="F159" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="41">
+        <v>45769</v>
+      </c>
+      <c r="H159" s="42">
+        <v>45803</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A160" s="33" t="s">
+        <v>521</v>
+      </c>
+      <c r="B160" s="34" t="s">
+        <v>522</v>
+      </c>
+      <c r="C160" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="E160" s="35">
+        <v>450</v>
+      </c>
+      <c r="F160" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G160" s="36">
+        <v>45664</v>
+      </c>
+      <c r="H160" s="37">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A161" s="33" t="s">
+        <v>524</v>
+      </c>
+      <c r="B161" s="34" t="s">
+        <v>525</v>
+      </c>
+      <c r="C161" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="34" t="s">
+        <v>526</v>
+      </c>
+      <c r="E161" s="35">
+        <v>0.66180000000000005</v>
+      </c>
+      <c r="F161" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G161" s="36">
+        <v>45777</v>
+      </c>
+      <c r="H161" s="37">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A162" s="33" t="s">
+        <v>527</v>
+      </c>
+      <c r="B162" s="34" t="s">
+        <v>528</v>
+      </c>
+      <c r="C162" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" s="34" t="s">
+        <v>529</v>
+      </c>
+      <c r="E162" s="35">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="F162" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="36">
+        <v>45733</v>
+      </c>
+      <c r="H162" s="37">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A163" s="38" t="s">
+        <v>530</v>
+      </c>
+      <c r="B163" s="39" t="s">
+        <v>531</v>
+      </c>
+      <c r="C163" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D163" s="39" t="s">
+        <v>532</v>
+      </c>
+      <c r="E163" s="40">
+        <v>57.802999999999997</v>
+      </c>
+      <c r="F163" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="41">
+        <v>45713</v>
+      </c>
+      <c r="H163" s="42">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A164" s="33" t="s">
+        <v>533</v>
+      </c>
+      <c r="B164" s="34" t="s">
+        <v>534</v>
+      </c>
+      <c r="C164" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" s="34" t="s">
+        <v>535</v>
+      </c>
+      <c r="E164" s="35">
+        <v>0.4279</v>
+      </c>
+      <c r="F164" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="36">
+        <v>45785</v>
+      </c>
+      <c r="H164" s="37">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A165" s="38" t="s">
+        <v>536</v>
+      </c>
+      <c r="B165" s="39" t="s">
+        <v>537</v>
+      </c>
+      <c r="C165" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" s="39" t="s">
+        <v>538</v>
+      </c>
+      <c r="E165" s="40">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="F165" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="41">
+        <v>45791</v>
+      </c>
+      <c r="H165" s="42">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A166" s="33" t="s">
+        <v>539</v>
+      </c>
+      <c r="B166" s="34" t="s">
+        <v>809</v>
+      </c>
+      <c r="C166" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="D166" s="34" t="s">
+        <v>541</v>
+      </c>
+      <c r="E166" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F166" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="36">
+        <v>45737</v>
+      </c>
+      <c r="H166" s="37">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A167" s="38" t="s">
+        <v>542</v>
+      </c>
+      <c r="B167" s="39" t="s">
+        <v>543</v>
+      </c>
+      <c r="C167" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D167" s="39" t="s">
+        <v>544</v>
+      </c>
+      <c r="E167" s="40">
+        <v>0.91759999999999997</v>
+      </c>
+      <c r="F167" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="41">
+        <v>45757</v>
+      </c>
+      <c r="H167" s="42">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A168" s="33" t="s">
+        <v>545</v>
+      </c>
+      <c r="B168" s="34" t="s">
+        <v>546</v>
+      </c>
+      <c r="C168" s="34" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C12" s="34" t="s">
+      <c r="D168" s="34" t="s">
+        <v>547</v>
+      </c>
+      <c r="E168" s="35">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F168" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="36">
+        <v>45803</v>
+      </c>
+      <c r="H168" s="37">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A169" s="38" t="s">
+        <v>548</v>
+      </c>
+      <c r="B169" s="39" t="s">
+        <v>549</v>
+      </c>
+      <c r="C169" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" s="39" t="s">
+        <v>550</v>
+      </c>
+      <c r="E169" s="40">
+        <v>0.31069999999999998</v>
+      </c>
+      <c r="F169" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="41">
+        <v>45799</v>
+      </c>
+      <c r="H169" s="42">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A170" s="33" t="s">
+        <v>551</v>
+      </c>
+      <c r="B170" s="34" t="s">
+        <v>552</v>
+      </c>
+      <c r="C170" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" s="34" t="s">
+        <v>553</v>
+      </c>
+      <c r="E170" s="35">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="F170" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="36">
+        <v>45761</v>
+      </c>
+      <c r="H170" s="37">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A171" s="38" t="s">
+        <v>554</v>
+      </c>
+      <c r="B171" s="39" t="s">
+        <v>555</v>
+      </c>
+      <c r="C171" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" s="39" t="s">
+        <v>415</v>
+      </c>
+      <c r="E171" s="40">
+        <v>0.40010000000000001</v>
+      </c>
+      <c r="F171" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="41">
+        <v>45803</v>
+      </c>
+      <c r="H171" s="42">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A172" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="B172" s="34" t="s">
+        <v>557</v>
+      </c>
+      <c r="C172" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" s="34" t="s">
+        <v>558</v>
+      </c>
+      <c r="E172" s="35">
+        <v>0.37040000000000001</v>
+      </c>
+      <c r="F172" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="36">
+        <v>45796</v>
+      </c>
+      <c r="H172" s="37">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A173" s="38" t="s">
+        <v>559</v>
+      </c>
+      <c r="B173" s="39" t="s">
+        <v>560</v>
+      </c>
+      <c r="C173" s="39" t="s">
+        <v>561</v>
+      </c>
+      <c r="D173" s="39" t="s">
+        <v>562</v>
+      </c>
+      <c r="E173" s="40">
+        <v>1.2688999999999999</v>
+      </c>
+      <c r="F173" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="41">
+        <v>45524</v>
+      </c>
+      <c r="H173" s="42">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A174" s="33" t="s">
+        <v>563</v>
+      </c>
+      <c r="B174" s="34" t="s">
+        <v>564</v>
+      </c>
+      <c r="C174" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D174" s="34" t="s">
+        <v>565</v>
+      </c>
+      <c r="E174" s="35">
+        <v>0.15179999999999999</v>
+      </c>
+      <c r="F174" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="36">
+        <v>45791</v>
+      </c>
+      <c r="H174" s="37">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A175" s="38" t="s">
+        <v>566</v>
+      </c>
+      <c r="B175" s="39" t="s">
+        <v>810</v>
+      </c>
+      <c r="C175" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="39" t="s">
+        <v>210</v>
+      </c>
+      <c r="E175" s="40">
+        <v>0.23280000000000001</v>
+      </c>
+      <c r="F175" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="41">
+        <v>45742</v>
+      </c>
+      <c r="H175" s="42">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A176" s="33" t="s">
+        <v>567</v>
+      </c>
+      <c r="B176" s="34" t="s">
+        <v>568</v>
+      </c>
+      <c r="C176" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D176" s="34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E176" s="35">
+        <v>0.12690000000000001</v>
+      </c>
+      <c r="F176" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="36">
+        <v>45779</v>
+      </c>
+      <c r="H176" s="37">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A177" s="38" t="s">
+        <v>569</v>
+      </c>
+      <c r="B177" s="39" t="s">
+        <v>570</v>
+      </c>
+      <c r="C177" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" s="39" t="s">
+        <v>571</v>
+      </c>
+      <c r="E177" s="40">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F177" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="41">
+        <v>45803</v>
+      </c>
+      <c r="H177" s="42">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A178" s="33" t="s">
+        <v>572</v>
+      </c>
+      <c r="B178" s="34" t="s">
+        <v>573</v>
+      </c>
+      <c r="C178" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" s="34" t="s">
+        <v>574</v>
+      </c>
+      <c r="E178" s="35">
+        <v>0.47349999999999998</v>
+      </c>
+      <c r="F178" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="36">
+        <v>45771</v>
+      </c>
+      <c r="H178" s="37">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A179" s="38" t="s">
+        <v>575</v>
+      </c>
+      <c r="B179" s="39" t="s">
+        <v>576</v>
+      </c>
+      <c r="C179" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" s="39" t="s">
+        <v>577</v>
+      </c>
+      <c r="E179" s="40">
+        <v>0.3483</v>
+      </c>
+      <c r="F179" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="41">
+        <v>45747</v>
+      </c>
+      <c r="H179" s="42">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A180" s="33" t="s">
+        <v>578</v>
+      </c>
+      <c r="B180" s="34" t="s">
+        <v>579</v>
+      </c>
+      <c r="C180" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="34" t="s">
+        <v>580</v>
+      </c>
+      <c r="E180" s="35">
+        <v>7.5274999999999999</v>
+      </c>
+      <c r="F180" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G180" s="36">
+        <v>45762</v>
+      </c>
+      <c r="H180" s="37">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A181" s="33" t="s">
+        <v>581</v>
+      </c>
+      <c r="B181" s="34" t="s">
+        <v>582</v>
+      </c>
+      <c r="C181" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D181" s="34" t="s">
+        <v>583</v>
+      </c>
+      <c r="E181" s="35">
+        <v>6.048</v>
+      </c>
+      <c r="F181" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="36">
+        <v>45775</v>
+      </c>
+      <c r="H181" s="37">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A182" s="38" t="s">
+        <v>584</v>
+      </c>
+      <c r="B182" s="39" t="s">
+        <v>585</v>
+      </c>
+      <c r="C182" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="39" t="s">
+        <v>586</v>
+      </c>
+      <c r="E182" s="40">
+        <v>0.151</v>
+      </c>
+      <c r="F182" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="41">
+        <v>45775</v>
+      </c>
+      <c r="H182" s="42">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A183" s="33" t="s">
+        <v>587</v>
+      </c>
+      <c r="B183" s="34" t="s">
+        <v>588</v>
+      </c>
+      <c r="C183" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D183" s="34" t="s">
+        <v>281</v>
+      </c>
+      <c r="E183" s="35">
+        <v>0.30890000000000001</v>
+      </c>
+      <c r="F183" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="36">
+        <v>45763</v>
+      </c>
+      <c r="H183" s="37">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A184" s="38" t="s">
+        <v>589</v>
+      </c>
+      <c r="B184" s="39" t="s">
+        <v>590</v>
+      </c>
+      <c r="C184" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" s="39" t="s">
+        <v>591</v>
+      </c>
+      <c r="E184" s="40">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F184" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="41">
+        <v>45819</v>
+      </c>
+      <c r="H184" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A185" s="33" t="s">
+        <v>592</v>
+      </c>
+      <c r="B185" s="34" t="s">
+        <v>593</v>
+      </c>
+      <c r="C185" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D185" s="34" t="s">
+        <v>594</v>
+      </c>
+      <c r="E185" s="35">
+        <v>0.37</v>
+      </c>
+      <c r="F185" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="36">
+        <v>45805</v>
+      </c>
+      <c r="H185" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A186" s="38" t="s">
+        <v>595</v>
+      </c>
+      <c r="B186" s="39" t="s">
+        <v>596</v>
+      </c>
+      <c r="C186" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D186" s="39" t="s">
+        <v>281</v>
+      </c>
+      <c r="E186" s="40">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F186" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G186" s="41">
+        <v>45798</v>
+      </c>
+      <c r="H186" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A187" s="33" t="s">
+        <v>597</v>
+      </c>
+      <c r="B187" s="34" t="s">
+        <v>598</v>
+      </c>
+      <c r="C187" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D187" s="34" t="s">
+        <v>599</v>
+      </c>
+      <c r="E187" s="35">
+        <v>0.70040000000000002</v>
+      </c>
+      <c r="F187" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="36">
+        <v>45803</v>
+      </c>
+      <c r="H187" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A188" s="38" t="s">
+        <v>600</v>
+      </c>
+      <c r="B188" s="39" t="s">
+        <v>601</v>
+      </c>
+      <c r="C188" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D188" s="39" t="s">
+        <v>602</v>
+      </c>
+      <c r="E188" s="40">
+        <v>0.19359999999999999</v>
+      </c>
+      <c r="F188" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G188" s="41">
+        <v>45796</v>
+      </c>
+      <c r="H188" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A189" s="33" t="s">
+        <v>603</v>
+      </c>
+      <c r="B189" s="34" t="s">
+        <v>811</v>
+      </c>
+      <c r="C189" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D189" s="34" t="s">
+        <v>604</v>
+      </c>
+      <c r="E189" s="35">
+        <v>0.1956</v>
+      </c>
+      <c r="F189" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="36">
+        <v>45740</v>
+      </c>
+      <c r="H189" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A190" s="38" t="s">
+        <v>605</v>
+      </c>
+      <c r="B190" s="39" t="s">
+        <v>606</v>
+      </c>
+      <c r="C190" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D190" s="39" t="s">
+        <v>607</v>
+      </c>
+      <c r="E190" s="40">
+        <v>4.5416999999999996</v>
+      </c>
+      <c r="F190" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G190" s="41">
+        <v>45799</v>
+      </c>
+      <c r="H190" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A191" s="33" t="s">
+        <v>608</v>
+      </c>
+      <c r="B191" s="34" t="s">
+        <v>609</v>
+      </c>
+      <c r="C191" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D191" s="34" t="s">
+        <v>610</v>
+      </c>
+      <c r="E191" s="35">
+        <v>0.80120000000000002</v>
+      </c>
+      <c r="F191" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G191" s="36">
+        <v>45791</v>
+      </c>
+      <c r="H191" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A192" s="38" t="s">
+        <v>611</v>
+      </c>
+      <c r="B192" s="39" t="s">
+        <v>612</v>
+      </c>
+      <c r="C192" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D192" s="39" t="s">
+        <v>613</v>
+      </c>
+      <c r="E192" s="40">
+        <v>1.1908000000000001</v>
+      </c>
+      <c r="F192" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="41">
+        <v>45722</v>
+      </c>
+      <c r="H192" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A193" s="33" t="s">
+        <v>614</v>
+      </c>
+      <c r="B193" s="34" t="s">
+        <v>615</v>
+      </c>
+      <c r="C193" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D193" s="34" t="s">
+        <v>616</v>
+      </c>
+      <c r="E193" s="35">
+        <v>0.1255</v>
+      </c>
+      <c r="F193" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="36">
+        <v>45770</v>
+      </c>
+      <c r="H193" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A194" s="38" t="s">
+        <v>617</v>
+      </c>
+      <c r="B194" s="39" t="s">
+        <v>618</v>
+      </c>
+      <c r="C194" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="39" t="s">
+        <v>619</v>
+      </c>
+      <c r="E194" s="40">
+        <v>0.4541</v>
+      </c>
+      <c r="F194" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="41">
+        <v>45819</v>
+      </c>
+      <c r="H194" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="33" t="s">
+        <v>620</v>
+      </c>
+      <c r="B195" s="34" t="s">
+        <v>621</v>
+      </c>
+      <c r="C195" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D195" s="34" t="s">
+        <v>622</v>
+      </c>
+      <c r="E195" s="35">
+        <v>0.23569999999999999</v>
+      </c>
+      <c r="F195" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="36">
+        <v>45754</v>
+      </c>
+      <c r="H195" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A196" s="33" t="s">
+        <v>623</v>
+      </c>
+      <c r="B196" s="34" t="s">
+        <v>624</v>
+      </c>
+      <c r="C196" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D196" s="34" t="s">
+        <v>622</v>
+      </c>
+      <c r="E196" s="35">
+        <v>0.17319999999999999</v>
+      </c>
+      <c r="F196" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G196" s="36">
+        <v>45754</v>
+      </c>
+      <c r="H196" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A197" s="38" t="s">
+        <v>625</v>
+      </c>
+      <c r="B197" s="39" t="s">
+        <v>626</v>
+      </c>
+      <c r="C197" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D197" s="39" t="s">
+        <v>281</v>
+      </c>
+      <c r="E197" s="40">
+        <v>0.62009999999999998</v>
+      </c>
+      <c r="F197" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G197" s="41">
+        <v>45754</v>
+      </c>
+      <c r="H197" s="42">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A198" s="33" t="s">
+        <v>627</v>
+      </c>
+      <c r="B198" s="34" t="s">
+        <v>628</v>
+      </c>
+      <c r="C198" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D198" s="34" t="s">
+        <v>629</v>
+      </c>
+      <c r="E198" s="35">
+        <v>0.14960000000000001</v>
+      </c>
+      <c r="F198" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="36">
+        <v>45791</v>
+      </c>
+      <c r="H198" s="37">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A199" s="38" t="s">
+        <v>630</v>
+      </c>
+      <c r="B199" s="39" t="s">
+        <v>631</v>
+      </c>
+      <c r="C199" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" s="39" t="s">
+        <v>632</v>
+      </c>
+      <c r="E199" s="40">
+        <v>0.40610000000000002</v>
+      </c>
+      <c r="F199" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G199" s="41">
+        <v>45719</v>
+      </c>
+      <c r="H199" s="42">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A200" s="33" t="s">
+        <v>633</v>
+      </c>
+      <c r="B200" s="34" t="s">
+        <v>634</v>
+      </c>
+      <c r="C200" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D200" s="34" t="s">
+        <v>635</v>
+      </c>
+      <c r="E200" s="35">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F200" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G200" s="36">
+        <v>45811</v>
+      </c>
+      <c r="H200" s="37">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A201" s="38" t="s">
+        <v>646</v>
+      </c>
+      <c r="B201" s="39" t="s">
+        <v>647</v>
+      </c>
+      <c r="C201" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D201" s="39" t="s">
+        <v>648</v>
+      </c>
+      <c r="E201" s="40">
+        <v>0.7268</v>
+      </c>
+      <c r="F201" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G201" s="41">
+        <v>45778</v>
+      </c>
+      <c r="H201" s="42">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A202" s="33" t="s">
+        <v>649</v>
+      </c>
+      <c r="B202" s="34" t="s">
+        <v>650</v>
+      </c>
+      <c r="C202" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D202" s="34" t="s">
+        <v>651</v>
+      </c>
+      <c r="E202" s="35">
+        <v>0.26</v>
+      </c>
+      <c r="F202" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G202" s="36">
+        <v>45825</v>
+      </c>
+      <c r="H202" s="37">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A203" s="38" t="s">
+        <v>652</v>
+      </c>
+      <c r="B203" s="39" t="s">
+        <v>653</v>
+      </c>
+      <c r="C203" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" s="39" t="s">
+        <v>654</v>
+      </c>
+      <c r="E203" s="40">
+        <v>4.2679999999999998</v>
+      </c>
+      <c r="F203" s="39" t="s">
+        <v>655</v>
+      </c>
+      <c r="G203" s="41">
+        <v>45799</v>
+      </c>
+      <c r="H203" s="42">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A204" s="33" t="s">
+        <v>656</v>
+      </c>
+      <c r="B204" s="34" t="s">
+        <v>657</v>
+      </c>
+      <c r="C204" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D204" s="34" t="s">
+        <v>658</v>
+      </c>
+      <c r="E204" s="35">
+        <v>6.048</v>
+      </c>
+      <c r="F204" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G204" s="36">
+        <v>45798</v>
+      </c>
+      <c r="H204" s="37">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A205" s="38" t="s">
+        <v>659</v>
+      </c>
+      <c r="B205" s="39" t="s">
+        <v>660</v>
+      </c>
+      <c r="C205" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" s="39" t="s">
+        <v>550</v>
+      </c>
+      <c r="E205" s="40">
+        <v>1.518</v>
+      </c>
+      <c r="F205" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="41">
+        <v>45811</v>
+      </c>
+      <c r="H205" s="42">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A206" s="33" t="s">
+        <v>661</v>
+      </c>
+      <c r="B206" s="34" t="s">
+        <v>662</v>
+      </c>
+      <c r="C206" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="E206" s="35">
+        <v>0.22239999999999999</v>
+      </c>
+      <c r="F206" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G206" s="36">
+        <v>45820</v>
+      </c>
+      <c r="H206" s="37">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A207" s="38" t="s">
+        <v>663</v>
+      </c>
+      <c r="B207" s="39" t="s">
+        <v>664</v>
+      </c>
+      <c r="C207" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D207" s="39" t="s">
+        <v>418</v>
+      </c>
+      <c r="E207" s="40">
+        <v>0.2195</v>
+      </c>
+      <c r="F207" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G207" s="41">
+        <v>45811</v>
+      </c>
+      <c r="H207" s="42">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A208" s="33" t="s">
+        <v>665</v>
+      </c>
+      <c r="B208" s="34" t="s">
+        <v>666</v>
+      </c>
+      <c r="C208" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" s="34" t="s">
+        <v>667</v>
+      </c>
+      <c r="E208" s="35">
+        <v>252</v>
+      </c>
+      <c r="F208" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G208" s="36">
+        <v>45819</v>
+      </c>
+      <c r="H208" s="37">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A209" s="33" t="s">
+        <v>668</v>
+      </c>
+      <c r="B209" s="34" t="s">
+        <v>669</v>
+      </c>
+      <c r="C209" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D209" s="34" t="s">
+        <v>670</v>
+      </c>
+      <c r="E209" s="35">
+        <v>0.36559999999999998</v>
+      </c>
+      <c r="F209" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="36">
+        <v>45824</v>
+      </c>
+      <c r="H209" s="37">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A210" s="38" t="s">
+        <v>671</v>
+      </c>
+      <c r="B210" s="39" t="s">
+        <v>672</v>
+      </c>
+      <c r="C210" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C13" s="34" t="s">
+      <c r="D210" s="39" t="s">
+        <v>673</v>
+      </c>
+      <c r="E210" s="40">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F210" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G210" s="41">
+        <v>45828</v>
+      </c>
+      <c r="H210" s="42">
+        <v>45840</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A211" s="33" t="s">
+        <v>674</v>
+      </c>
+      <c r="B211" s="34" t="s">
+        <v>675</v>
+      </c>
+      <c r="C211" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C14" s="34" t="s">
+      <c r="D211" s="34" t="s">
+        <v>162</v>
+      </c>
+      <c r="E211" s="35">
+        <v>0.5323</v>
+      </c>
+      <c r="F211" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G211" s="36">
+        <v>45736</v>
+      </c>
+      <c r="H211" s="37">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A212" s="38" t="s">
+        <v>676</v>
+      </c>
+      <c r="B212" s="39" t="s">
+        <v>677</v>
+      </c>
+      <c r="C212" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D212" s="39" t="s">
+        <v>613</v>
+      </c>
+      <c r="E212" s="40">
+        <v>42</v>
+      </c>
+      <c r="F212" s="39" t="s">
+        <v>678</v>
+      </c>
+      <c r="G212" s="41">
+        <v>45743</v>
+      </c>
+      <c r="H212" s="42">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A213" s="33" t="s">
+        <v>679</v>
+      </c>
+      <c r="B213" s="34" t="s">
+        <v>680</v>
+      </c>
+      <c r="C213" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D213" s="34" t="s">
+        <v>681</v>
+      </c>
+      <c r="E213" s="35">
+        <v>7.125</v>
+      </c>
+      <c r="F213" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G213" s="36">
+        <v>45793</v>
+      </c>
+      <c r="H213" s="37">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="33" t="s">
+        <v>682</v>
+      </c>
+      <c r="B214" s="34" t="s">
+        <v>683</v>
+      </c>
+      <c r="C214" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D214" s="34" t="s">
+        <v>684</v>
+      </c>
+      <c r="E214" s="35">
+        <v>0.17949999999999999</v>
+      </c>
+      <c r="F214" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G214" s="36">
+        <v>45820</v>
+      </c>
+      <c r="H214" s="37">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A215" s="38" t="s">
+        <v>685</v>
+      </c>
+      <c r="B215" s="39" t="s">
+        <v>686</v>
+      </c>
+      <c r="C215" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D215" s="39" t="s">
+        <v>613</v>
+      </c>
+      <c r="E215" s="40">
+        <v>1.1899</v>
+      </c>
+      <c r="F215" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G215" s="41">
+        <v>45722</v>
+      </c>
+      <c r="H215" s="42">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="38" t="s">
+        <v>687</v>
+      </c>
+      <c r="B216" s="39" t="s">
+        <v>688</v>
+      </c>
+      <c r="C216" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D216" s="39" t="s">
+        <v>689</v>
+      </c>
+      <c r="E216" s="40">
+        <v>0.1802</v>
+      </c>
+      <c r="F216" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="41">
+        <v>45833</v>
+      </c>
+      <c r="H216" s="42">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="38" t="s">
+        <v>690</v>
+      </c>
+      <c r="B217" s="39" t="s">
+        <v>691</v>
+      </c>
+      <c r="C217" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" s="39" t="s">
+        <v>486</v>
+      </c>
+      <c r="E217" s="40">
+        <v>0.4904</v>
+      </c>
+      <c r="F217" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="41">
+        <v>45831</v>
+      </c>
+      <c r="H217" s="42">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A218" s="38" t="s">
+        <v>692</v>
+      </c>
+      <c r="B218" s="39" t="s">
+        <v>693</v>
+      </c>
+      <c r="C218" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D218" s="39" t="s">
+        <v>694</v>
+      </c>
+      <c r="E218" s="40">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F218" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="41">
+        <v>45831</v>
+      </c>
+      <c r="H218" s="42">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A219" s="38" t="s">
+        <v>695</v>
+      </c>
+      <c r="B219" s="39" t="s">
+        <v>696</v>
+      </c>
+      <c r="C219" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" s="39" t="s">
+        <v>697</v>
+      </c>
+      <c r="E219" s="40">
+        <v>0.33</v>
+      </c>
+      <c r="F219" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="41">
+        <v>45831</v>
+      </c>
+      <c r="H219" s="42">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" s="38" t="s">
+        <v>698</v>
+      </c>
+      <c r="B220" s="39" t="s">
+        <v>699</v>
+      </c>
+      <c r="C220" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" s="39" t="s">
+        <v>700</v>
+      </c>
+      <c r="E220" s="40">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F220" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="41">
+        <v>45834</v>
+      </c>
+      <c r="H220" s="42">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" s="38" t="s">
+        <v>701</v>
+      </c>
+      <c r="B221" s="39" t="s">
+        <v>702</v>
+      </c>
+      <c r="C221" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="39" t="s">
+        <v>703</v>
+      </c>
+      <c r="E221" s="40">
+        <v>0.54600000000000004</v>
+      </c>
+      <c r="F221" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G221" s="41">
+        <v>45786</v>
+      </c>
+      <c r="H221" s="42">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A222" s="38" t="s">
+        <v>704</v>
+      </c>
+      <c r="B222" s="39" t="s">
+        <v>705</v>
+      </c>
+      <c r="C222" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D222" s="39" t="s">
+        <v>412</v>
+      </c>
+      <c r="E222" s="40">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="F222" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G222" s="41">
+        <v>45828</v>
+      </c>
+      <c r="H222" s="42">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A223" s="38" t="s">
+        <v>706</v>
+      </c>
+      <c r="B223" s="39" t="s">
+        <v>707</v>
+      </c>
+      <c r="C223" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D223" s="39" t="s">
+        <v>320</v>
+      </c>
+      <c r="E223" s="40">
+        <v>0.2069</v>
+      </c>
+      <c r="F223" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G223" s="41">
+        <v>45814</v>
+      </c>
+      <c r="H223" s="42">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="38" t="s">
+        <v>708</v>
+      </c>
+      <c r="B224" s="39" t="s">
+        <v>709</v>
+      </c>
+      <c r="C224" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="39" t="s">
+        <v>287</v>
+      </c>
+      <c r="E224" s="40">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="F224" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G224" s="41">
+        <v>45824</v>
+      </c>
+      <c r="H224" s="42">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A225" s="38" t="s">
+        <v>710</v>
+      </c>
+      <c r="B225" s="39" t="s">
+        <v>711</v>
+      </c>
+      <c r="C225" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D225" s="39" t="s">
+        <v>339</v>
+      </c>
+      <c r="E225" s="40">
+        <v>0.1802</v>
+      </c>
+      <c r="F225" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G225" s="41">
+        <v>45838</v>
+      </c>
+      <c r="H225" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="38" t="s">
+        <v>712</v>
+      </c>
+      <c r="B226" s="39" t="s">
+        <v>713</v>
+      </c>
+      <c r="C226" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" s="39" t="s">
+        <v>82</v>
+      </c>
+      <c r="E226" s="40">
+        <v>0.4385</v>
+      </c>
+      <c r="F226" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G226" s="41">
+        <v>45806</v>
+      </c>
+      <c r="H226" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A227" s="38" t="s">
+        <v>714</v>
+      </c>
+      <c r="B227" s="39" t="s">
+        <v>715</v>
+      </c>
+      <c r="C227" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D227" s="39" t="s">
+        <v>716</v>
+      </c>
+      <c r="E227" s="40">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F227" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G227" s="41">
+        <v>45840</v>
+      </c>
+      <c r="H227" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A228" s="38" t="s">
+        <v>717</v>
+      </c>
+      <c r="B228" s="39" t="s">
+        <v>718</v>
+      </c>
+      <c r="C228" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D228" s="39" t="s">
+        <v>719</v>
+      </c>
+      <c r="E228" s="40">
+        <v>8.5068000000000001</v>
+      </c>
+      <c r="F228" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G228" s="41">
+        <v>45700</v>
+      </c>
+      <c r="H228" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A229" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="B229" s="39" t="s">
+        <v>721</v>
+      </c>
+      <c r="C229" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D229" s="39" t="s">
+        <v>722</v>
+      </c>
+      <c r="E229" s="40">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F229" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G229" s="41">
+        <v>45804</v>
+      </c>
+      <c r="H229" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="38" t="s">
+        <v>723</v>
+      </c>
+      <c r="B230" s="39" t="s">
+        <v>724</v>
+      </c>
+      <c r="C230" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="39" t="s">
+        <v>725</v>
+      </c>
+      <c r="E230" s="40">
+        <v>0.15440000000000001</v>
+      </c>
+      <c r="F230" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G230" s="41">
+        <v>45838</v>
+      </c>
+      <c r="H230" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A231" s="38" t="s">
+        <v>726</v>
+      </c>
+      <c r="B231" s="39" t="s">
+        <v>727</v>
+      </c>
+      <c r="C231" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D231" s="39" t="s">
+        <v>307</v>
+      </c>
+      <c r="E231" s="40">
+        <v>0.2296</v>
+      </c>
+      <c r="F231" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G231" s="41">
+        <v>45840</v>
+      </c>
+      <c r="H231" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A232" s="38" t="s">
+        <v>728</v>
+      </c>
+      <c r="B232" s="39" t="s">
+        <v>729</v>
+      </c>
+      <c r="C232" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" s="39" t="s">
+        <v>730</v>
+      </c>
+      <c r="E232" s="40">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F232" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G232" s="41">
+        <v>45839</v>
+      </c>
+      <c r="H232" s="42">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A233" s="38" t="s">
+        <v>731</v>
+      </c>
+      <c r="B233" s="39" t="s">
+        <v>732</v>
+      </c>
+      <c r="C233" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D233" s="39" t="s">
+        <v>733</v>
+      </c>
+      <c r="E233" s="40">
+        <v>0.1802</v>
+      </c>
+      <c r="F233" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G233" s="41">
+        <v>45834</v>
+      </c>
+      <c r="H233" s="42">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A234" s="38" t="s">
+        <v>734</v>
+      </c>
+      <c r="B234" s="39" t="s">
+        <v>735</v>
+      </c>
+      <c r="C234" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" s="39" t="s">
+        <v>654</v>
+      </c>
+      <c r="E234" s="40">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F234" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G234" s="41">
+        <v>45828</v>
+      </c>
+      <c r="H234" s="42">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A235" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="B235" s="39" t="s">
+        <v>737</v>
+      </c>
+      <c r="C235" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" s="39" t="s">
+        <v>215</v>
+      </c>
+      <c r="E235" s="40">
+        <v>0.39979999999999999</v>
+      </c>
+      <c r="F235" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="41">
+        <v>45818</v>
+      </c>
+      <c r="H235" s="42">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A236" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="B236" s="39" t="s">
+        <v>739</v>
+      </c>
+      <c r="C236" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D236" s="39" t="s">
+        <v>740</v>
+      </c>
+      <c r="E236" s="40">
+        <v>0.29959999999999998</v>
+      </c>
+      <c r="F236" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G236" s="41">
+        <v>45845</v>
+      </c>
+      <c r="H236" s="42">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A237" s="38" t="s">
+        <v>741</v>
+      </c>
+      <c r="B237" s="39" t="s">
+        <v>742</v>
+      </c>
+      <c r="C237" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" s="39" t="s">
+        <v>743</v>
+      </c>
+      <c r="E237" s="40">
+        <v>6.1212</v>
+      </c>
+      <c r="F237" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G237" s="41">
+        <v>45736</v>
+      </c>
+      <c r="H237" s="42">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A238" s="38" t="s">
+        <v>744</v>
+      </c>
+      <c r="B238" s="39" t="s">
+        <v>745</v>
+      </c>
+      <c r="C238" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="E238" s="40">
+        <v>0.4536</v>
+      </c>
+      <c r="F238" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G238" s="41">
+        <v>45849</v>
+      </c>
+      <c r="H238" s="42">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A239" s="38" t="s">
+        <v>747</v>
+      </c>
+      <c r="B239" s="39" t="s">
+        <v>748</v>
+      </c>
+      <c r="C239" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="D239" s="39" t="s">
+        <v>749</v>
+      </c>
+      <c r="E239" s="40">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="F239" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G239" s="41">
+        <v>45846</v>
+      </c>
+      <c r="H239" s="42">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A240" s="38" t="s">
+        <v>750</v>
+      </c>
+      <c r="B240" s="39" t="s">
+        <v>751</v>
+      </c>
+      <c r="C240" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D240" s="39" t="s">
+        <v>654</v>
+      </c>
+      <c r="E240" s="40">
+        <v>0.43780000000000002</v>
+      </c>
+      <c r="F240" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G240" s="41">
+        <v>45786</v>
+      </c>
+      <c r="H240" s="42">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A241" s="38" t="s">
+        <v>752</v>
+      </c>
+      <c r="B241" s="39" t="s">
+        <v>753</v>
+      </c>
+      <c r="C241" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="E241" s="40">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F241" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G241" s="41">
+        <v>45849</v>
+      </c>
+      <c r="H241" s="42">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A242" s="38" t="s">
+        <v>754</v>
+      </c>
+      <c r="B242" s="39" t="s">
+        <v>755</v>
+      </c>
+      <c r="C242" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="E242" s="40">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F242" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G242" s="41">
+        <v>45849</v>
+      </c>
+      <c r="H242" s="42">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A243" s="38" t="s">
+        <v>756</v>
+      </c>
+      <c r="B243" s="39" t="s">
+        <v>757</v>
+      </c>
+      <c r="C243" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D243" s="39" t="s">
+        <v>758</v>
+      </c>
+      <c r="E243" s="40">
+        <v>439.8689</v>
+      </c>
+      <c r="F243" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G243" s="41">
+        <v>45834</v>
+      </c>
+      <c r="H243" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A244" s="38" t="s">
+        <v>759</v>
+      </c>
+      <c r="B244" s="39" t="s">
+        <v>760</v>
+      </c>
+      <c r="C244" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="E244" s="40">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F244" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G244" s="41">
+        <v>45849</v>
+      </c>
+      <c r="H244" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A245" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="B245" s="39" t="s">
+        <v>762</v>
+      </c>
+      <c r="C245" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D245" s="39" t="s">
+        <v>763</v>
+      </c>
+      <c r="E245" s="40">
+        <v>0.30449999999999999</v>
+      </c>
+      <c r="F245" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G245" s="41">
+        <v>45833</v>
+      </c>
+      <c r="H245" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A246" s="38" t="s">
+        <v>764</v>
+      </c>
+      <c r="B246" s="39" t="s">
+        <v>765</v>
+      </c>
+      <c r="C246" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D246" s="39" t="s">
+        <v>406</v>
+      </c>
+      <c r="E246" s="40">
+        <v>0.4385</v>
+      </c>
+      <c r="F246" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G246" s="41">
+        <v>45814</v>
+      </c>
+      <c r="H246" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A247" s="38" t="s">
+        <v>766</v>
+      </c>
+      <c r="B247" s="39" t="s">
+        <v>767</v>
+      </c>
+      <c r="C247" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D247" s="39" t="s">
+        <v>768</v>
+      </c>
+      <c r="E247" s="40">
+        <v>0.2</v>
+      </c>
+      <c r="F247" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G247" s="41">
+        <v>45803</v>
+      </c>
+      <c r="H247" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A248" s="38" t="s">
+        <v>769</v>
+      </c>
+      <c r="B248" s="39" t="s">
+        <v>770</v>
+      </c>
+      <c r="C248" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="E248" s="40">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F248" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G248" s="41">
+        <v>45849</v>
+      </c>
+      <c r="H248" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A249" s="38" t="s">
+        <v>771</v>
+      </c>
+      <c r="B249" s="39" t="s">
+        <v>772</v>
+      </c>
+      <c r="C249" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C15" s="34" t="s">
+      <c r="D249" s="39" t="s">
+        <v>773</v>
+      </c>
+      <c r="E249" s="40">
+        <v>0.70520000000000005</v>
+      </c>
+      <c r="F249" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G249" s="41">
+        <v>45789</v>
+      </c>
+      <c r="H249" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A250" s="38" t="s">
+        <v>774</v>
+      </c>
+      <c r="B250" s="39" t="s">
+        <v>775</v>
+      </c>
+      <c r="C250" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D250" s="39" t="s">
+        <v>776</v>
+      </c>
+      <c r="E250" s="40">
+        <v>6.5119999999999996</v>
+      </c>
+      <c r="F250" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G250" s="41">
+        <v>45841</v>
+      </c>
+      <c r="H250" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A251" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="B251" s="39" t="s">
+        <v>778</v>
+      </c>
+      <c r="C251" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C16" s="34" t="s">
+      <c r="D251" s="39" t="s">
+        <v>779</v>
+      </c>
+      <c r="E251" s="40">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F251" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G251" s="41">
+        <v>45846</v>
+      </c>
+      <c r="H251" s="42">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A252" s="38" t="s">
+        <v>780</v>
+      </c>
+      <c r="B252" s="39" t="s">
+        <v>781</v>
+      </c>
+      <c r="C252" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D16" s="34" t="s">
+      <c r="D252" s="39" t="s">
+        <v>782</v>
+      </c>
+      <c r="E252" s="40">
+        <v>0.24490000000000001</v>
+      </c>
+      <c r="F252" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G252" s="41">
+        <v>45847</v>
+      </c>
+      <c r="H252" s="42">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A253" s="38" t="s">
+        <v>783</v>
+      </c>
+      <c r="B253" s="39" t="s">
+        <v>784</v>
+      </c>
+      <c r="C253" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D253" s="39" t="s">
+        <v>168</v>
+      </c>
+      <c r="E253" s="40">
+        <v>1.7307999999999999</v>
+      </c>
+      <c r="F253" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G253" s="41">
+        <v>45800</v>
+      </c>
+      <c r="H253" s="42">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A254" s="38" t="s">
+        <v>785</v>
+      </c>
+      <c r="B254" s="39" t="s">
+        <v>786</v>
+      </c>
+      <c r="C254" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D254" s="39" t="s">
+        <v>787</v>
+      </c>
+      <c r="E254" s="40">
+        <v>6.5185000000000004</v>
+      </c>
+      <c r="F254" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G254" s="41">
+        <v>45853</v>
+      </c>
+      <c r="H254" s="42">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A255" s="38" t="s">
+        <v>788</v>
+      </c>
+      <c r="B255" s="39" t="s">
+        <v>789</v>
+      </c>
+      <c r="C255" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D255" s="39" t="s">
+        <v>790</v>
+      </c>
+      <c r="E255" s="40">
+        <v>0.35039999999999999</v>
+      </c>
+      <c r="F255" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G255" s="41">
+        <v>45863</v>
+      </c>
+      <c r="H255" s="42">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A256" s="38" t="s">
+        <v>791</v>
+      </c>
+      <c r="B256" s="39" t="s">
+        <v>792</v>
+      </c>
+      <c r="C256" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="D256" s="39" t="s">
+        <v>793</v>
+      </c>
+      <c r="E256" s="40">
+        <v>0.2102</v>
+      </c>
+      <c r="F256" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G256" s="41">
+        <v>45832</v>
+      </c>
+      <c r="H256" s="42">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A257" s="38" t="s">
+        <v>812</v>
+      </c>
+      <c r="B257" s="39" t="s">
+        <v>813</v>
+      </c>
+      <c r="C257" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="D257" s="39" t="s">
+        <v>814</v>
+      </c>
+      <c r="E257" s="40">
+        <v>0.33639999999999998</v>
+      </c>
+      <c r="F257" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G257" s="41">
+        <v>45856</v>
+      </c>
+      <c r="H257" s="42">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A258" s="33" t="s">
+        <v>815</v>
+      </c>
+      <c r="B258" s="34" t="s">
+        <v>816</v>
+      </c>
+      <c r="C258" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D258" s="34" t="s">
+        <v>505</v>
+      </c>
+      <c r="E258" s="35">
+        <v>0.4</v>
+      </c>
+      <c r="F258" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G258" s="36">
+        <v>45828</v>
+      </c>
+      <c r="H258" s="37">
+        <v>45873</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A259" s="33" t="s">
+        <v>817</v>
+      </c>
+      <c r="B259" s="34" t="s">
+        <v>818</v>
+      </c>
+      <c r="C259" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D259" s="34" t="s">
+        <v>517</v>
+      </c>
+      <c r="E259" s="35">
+        <v>0.70860000000000001</v>
+      </c>
+      <c r="F259" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G259" s="36">
+        <v>45840</v>
+      </c>
+      <c r="H259" s="37">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A260" s="33" t="s">
+        <v>819</v>
+      </c>
+      <c r="B260" s="34" t="s">
+        <v>820</v>
+      </c>
+      <c r="C260" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" s="34" t="s">
+        <v>317</v>
+      </c>
+      <c r="E260" s="35">
+        <v>0.28989999999999999</v>
+      </c>
+      <c r="F260" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G260" s="36">
+        <v>45831</v>
+      </c>
+      <c r="H260" s="37">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A261" s="33" t="s">
+        <v>821</v>
+      </c>
+      <c r="B261" s="34" t="s">
+        <v>822</v>
+      </c>
+      <c r="C261" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D261" s="34" t="s">
+        <v>725</v>
+      </c>
+      <c r="E261" s="35">
+        <v>0.20669999999999999</v>
+      </c>
+      <c r="F261" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G261" s="36">
+        <v>45848</v>
+      </c>
+      <c r="H261" s="37">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A262" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="B262" s="34" t="s">
+        <v>824</v>
+      </c>
+      <c r="C262" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" s="34" t="s">
+        <v>550</v>
+      </c>
+      <c r="E262" s="35">
+        <v>0.52349999999999997</v>
+      </c>
+      <c r="F262" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G262" s="36">
+        <v>45866</v>
+      </c>
+      <c r="H262" s="37">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A263" s="33" t="s">
+        <v>825</v>
+      </c>
+      <c r="B263" s="34" t="s">
+        <v>826</v>
+      </c>
+      <c r="C263" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" s="34" t="s">
+        <v>287</v>
+      </c>
+      <c r="E263" s="35">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="F263" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G263" s="36">
+        <v>45846</v>
+      </c>
+      <c r="H263" s="37">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A264" s="33" t="s">
+        <v>827</v>
+      </c>
+      <c r="B264" s="34" t="s">
+        <v>828</v>
+      </c>
+      <c r="C264" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D264" s="34" t="s">
+        <v>829</v>
+      </c>
+      <c r="E264" s="35">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F264" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="36">
+        <v>45846</v>
+      </c>
+      <c r="H264" s="37">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A265" s="33" t="s">
+        <v>830</v>
+      </c>
+      <c r="B265" s="34" t="s">
+        <v>831</v>
+      </c>
+      <c r="C265" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D265" s="34" t="s">
+        <v>832</v>
+      </c>
+      <c r="E265" s="35">
+        <v>0.24610000000000001</v>
+      </c>
+      <c r="F265" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G265" s="36">
+        <v>45800</v>
+      </c>
+      <c r="H265" s="37">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A266" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="B266" s="34" t="s">
+        <v>834</v>
+      </c>
+      <c r="C266" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="E266" s="35">
+        <v>6.5667999999999997</v>
+      </c>
+      <c r="F266" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G266" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H266" s="37">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A267" s="33" t="s">
+        <v>835</v>
+      </c>
+      <c r="B267" s="34" t="s">
+        <v>836</v>
+      </c>
+      <c r="C267" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D267" s="34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E267" s="35">
+        <v>0.1885</v>
+      </c>
+      <c r="F267" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G267" s="36">
+        <v>45867</v>
+      </c>
+      <c r="H267" s="37">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A268" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="B268" s="34" t="s">
+        <v>838</v>
+      </c>
+      <c r="C268" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D268" s="34" t="s">
+        <v>839</v>
+      </c>
+      <c r="E268" s="35">
+        <v>1.1798999999999999</v>
+      </c>
+      <c r="F268" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G268" s="36">
+        <v>45826</v>
+      </c>
+      <c r="H268" s="37">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A269" s="33" t="s">
+        <v>840</v>
+      </c>
+      <c r="B269" s="34" t="s">
+        <v>841</v>
+      </c>
+      <c r="C269" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="E269" s="35">
+        <v>10.7125</v>
+      </c>
+      <c r="F269" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G269" s="36">
+        <v>45850</v>
+      </c>
+      <c r="H269" s="37">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A270" s="33" t="s">
+        <v>842</v>
+      </c>
+      <c r="B270" s="34" t="s">
+        <v>843</v>
+      </c>
+      <c r="C270" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="34" t="s">
+        <v>844</v>
+      </c>
+      <c r="E270" s="35">
+        <v>0.83660000000000001</v>
+      </c>
+      <c r="F270" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G270" s="36">
+        <v>45797</v>
+      </c>
+      <c r="H270" s="37">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A271" s="33" t="s">
+        <v>845</v>
+      </c>
+      <c r="B271" s="34" t="s">
+        <v>846</v>
+      </c>
+      <c r="C271" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D271" s="34" t="s">
+        <v>847</v>
+      </c>
+      <c r="E271" s="35">
+        <v>0.25390000000000001</v>
+      </c>
+      <c r="F271" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G271" s="36">
+        <v>45852</v>
+      </c>
+      <c r="H271" s="37">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A272" s="33" t="s">
+        <v>848</v>
+      </c>
+      <c r="B272" s="34" t="s">
+        <v>849</v>
+      </c>
+      <c r="C272" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D272" s="34" t="s">
+        <v>850</v>
+      </c>
+      <c r="E272" s="35">
+        <v>0.22559999999999999</v>
+      </c>
+      <c r="F272" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G272" s="36">
+        <v>45763</v>
+      </c>
+      <c r="H272" s="37">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A273" s="33" t="s">
+        <v>851</v>
+      </c>
+      <c r="B273" s="34" t="s">
+        <v>852</v>
+      </c>
+      <c r="C273" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D273" s="34" t="s">
+        <v>565</v>
+      </c>
+      <c r="E273" s="35">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F273" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G273" s="36">
+        <v>45832</v>
+      </c>
+      <c r="H273" s="37">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A274" s="33" t="s">
+        <v>853</v>
+      </c>
+      <c r="B274" s="34" t="s">
+        <v>854</v>
+      </c>
+      <c r="C274" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" s="34" t="s">
+        <v>328</v>
+      </c>
+      <c r="E274" s="35">
+        <v>0.29039999999999999</v>
+      </c>
+      <c r="F274" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G274" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H274" s="37">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A275" s="33" t="s">
+        <v>855</v>
+      </c>
+      <c r="B275" s="34" t="s">
+        <v>856</v>
+      </c>
+      <c r="C275" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D275" s="34" t="s">
+        <v>857</v>
+      </c>
+      <c r="E275" s="35">
+        <v>0.25690000000000002</v>
+      </c>
+      <c r="F275" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G275" s="36">
+        <v>45863</v>
+      </c>
+      <c r="H275" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A276" s="33" t="s">
+        <v>858</v>
+      </c>
+      <c r="B276" s="34" t="s">
+        <v>859</v>
+      </c>
+      <c r="C276" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D276" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E276" s="35">
+        <v>0.22620000000000001</v>
+      </c>
+      <c r="F276" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G276" s="36">
+        <v>45863</v>
+      </c>
+      <c r="H276" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A277" s="33" t="s">
+        <v>860</v>
+      </c>
+      <c r="B277" s="34" t="s">
+        <v>861</v>
+      </c>
+      <c r="C277" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D277" s="34" t="s">
+        <v>459</v>
+      </c>
+      <c r="E277" s="35">
+        <v>0.77939999999999998</v>
+      </c>
+      <c r="F277" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G277" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H277" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A278" s="33" t="s">
+        <v>862</v>
+      </c>
+      <c r="B278" s="34" t="s">
+        <v>863</v>
+      </c>
+      <c r="C278" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" s="34" t="s">
+        <v>864</v>
+      </c>
+      <c r="E278" s="35">
+        <v>0.53590000000000004</v>
+      </c>
+      <c r="F278" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G278" s="36">
+        <v>45868</v>
+      </c>
+      <c r="H278" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A279" s="33" t="s">
+        <v>865</v>
+      </c>
+      <c r="B279" s="34" t="s">
+        <v>866</v>
+      </c>
+      <c r="C279" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D279" s="34" t="s">
+        <v>867</v>
+      </c>
+      <c r="E279" s="35">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F279" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G279" s="36">
+        <v>45859</v>
+      </c>
+      <c r="H279" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A280" s="33" t="s">
+        <v>868</v>
+      </c>
+      <c r="B280" s="34" t="s">
+        <v>869</v>
+      </c>
+      <c r="C280" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D280" s="34" t="s">
+        <v>867</v>
+      </c>
+      <c r="E280" s="35">
+        <v>0.4</v>
+      </c>
+      <c r="F280" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G280" s="36">
+        <v>45859</v>
+      </c>
+      <c r="H280" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A281" s="33" t="s">
+        <v>870</v>
+      </c>
+      <c r="B281" s="34" t="s">
+        <v>871</v>
+      </c>
+      <c r="C281" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" s="34" t="s">
+        <v>157</v>
+      </c>
+      <c r="E281" s="35">
+        <v>0.85250000000000004</v>
+      </c>
+      <c r="F281" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H281" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A282" s="33" t="s">
+        <v>872</v>
+      </c>
+      <c r="B282" s="34" t="s">
+        <v>873</v>
+      </c>
+      <c r="C282" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D282" s="34" t="s">
+        <v>874</v>
+      </c>
+      <c r="E282" s="35">
+        <v>11.2784</v>
+      </c>
+      <c r="F282" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G282" s="36">
+        <v>45809</v>
+      </c>
+      <c r="H282" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A283" s="33" t="s">
+        <v>875</v>
+      </c>
+      <c r="B283" s="34" t="s">
+        <v>876</v>
+      </c>
+      <c r="C283" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D283" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="E283" s="35">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F283" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G283" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H283" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A284" s="33" t="s">
+        <v>878</v>
+      </c>
+      <c r="B284" s="34" t="s">
+        <v>879</v>
+      </c>
+      <c r="C284" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D284" s="34" t="s">
+        <v>880</v>
+      </c>
+      <c r="E284" s="35">
+        <v>0.75129999999999997</v>
+      </c>
+      <c r="F284" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G284" s="36">
+        <v>45861</v>
+      </c>
+      <c r="H284" s="37">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A285" s="33" t="s">
+        <v>882</v>
+      </c>
+      <c r="B285" s="34" t="s">
+        <v>883</v>
+      </c>
+      <c r="C285" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D285" s="34" t="s">
+        <v>884</v>
+      </c>
+      <c r="E285" s="35">
+        <v>0.45</v>
+      </c>
+      <c r="F285" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G285" s="36">
+        <v>45877</v>
+      </c>
+      <c r="H285" s="37">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A286" s="33" t="s">
+        <v>885</v>
+      </c>
+      <c r="B286" s="34" t="s">
+        <v>886</v>
+      </c>
+      <c r="C286" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D286" s="34" t="s">
+        <v>887</v>
+      </c>
+      <c r="E286" s="35">
+        <v>0.15140000000000001</v>
+      </c>
+      <c r="F286" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G286" s="36">
+        <v>45796</v>
+      </c>
+      <c r="H286" s="37">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A287" s="33" t="s">
+        <v>888</v>
+      </c>
+      <c r="B287" s="34" t="s">
+        <v>889</v>
+      </c>
+      <c r="C287" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D287" s="34" t="s">
+        <v>339</v>
+      </c>
+      <c r="E287" s="35">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F287" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G287" s="36">
+        <v>45888</v>
+      </c>
+      <c r="H287" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A288" s="33" t="s">
+        <v>890</v>
+      </c>
+      <c r="B288" s="34" t="s">
+        <v>891</v>
+      </c>
+      <c r="C288" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" s="34" t="s">
+        <v>892</v>
+      </c>
+      <c r="E288" s="35">
+        <v>0.4995</v>
+      </c>
+      <c r="F288" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G288" s="36">
+        <v>45894</v>
+      </c>
+      <c r="H288" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A289" s="33" t="s">
+        <v>893</v>
+      </c>
+      <c r="B289" s="34" t="s">
+        <v>894</v>
+      </c>
+      <c r="C289" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D289" s="34" t="s">
+        <v>895</v>
+      </c>
+      <c r="E289" s="35">
+        <v>7.7007000000000003</v>
+      </c>
+      <c r="F289" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G289" s="36">
+        <v>45793</v>
+      </c>
+      <c r="H289" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A290" s="33" t="s">
+        <v>896</v>
+      </c>
+      <c r="B290" s="34" t="s">
+        <v>897</v>
+      </c>
+      <c r="C290" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D290" s="34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E290" s="35">
+        <v>1.95</v>
+      </c>
+      <c r="F290" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="36">
+        <v>45799</v>
+      </c>
+      <c r="H290" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A291" s="33" t="s">
+        <v>898</v>
+      </c>
+      <c r="B291" s="34" t="s">
+        <v>899</v>
+      </c>
+      <c r="C291" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D291" s="34" t="s">
+        <v>486</v>
+      </c>
+      <c r="E291" s="35">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="F291" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G291" s="36">
+        <v>45824</v>
+      </c>
+      <c r="H291" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A292" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="B292" s="34" t="s">
+        <v>901</v>
+      </c>
+      <c r="C292" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D292" s="34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E292" s="35">
+        <v>1.1505000000000001</v>
+      </c>
+      <c r="F292" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G292" s="36">
+        <v>45873</v>
+      </c>
+      <c r="H292" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A293" s="33" t="s">
+        <v>902</v>
+      </c>
+      <c r="B293" s="34" t="s">
+        <v>903</v>
+      </c>
+      <c r="C293" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D293" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="E16" s="35">
-[...19 lines deleted...]
-      <c r="C17" s="34" t="s">
+      <c r="E293" s="35">
+        <v>0.2341</v>
+      </c>
+      <c r="F293" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G293" s="36">
+        <v>45875</v>
+      </c>
+      <c r="H293" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A294" s="33" t="s">
+        <v>904</v>
+      </c>
+      <c r="B294" s="34" t="s">
+        <v>905</v>
+      </c>
+      <c r="C294" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D294" s="34" t="s">
+        <v>580</v>
+      </c>
+      <c r="E294" s="35">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F294" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G294" s="36">
+        <v>45854</v>
+      </c>
+      <c r="H294" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A295" s="33" t="s">
+        <v>906</v>
+      </c>
+      <c r="B295" s="34" t="s">
+        <v>907</v>
+      </c>
+      <c r="C295" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" s="34" t="s">
+        <v>908</v>
+      </c>
+      <c r="E295" s="35">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="F295" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G295" s="36">
+        <v>45880</v>
+      </c>
+      <c r="H295" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A296" s="33" t="s">
+        <v>909</v>
+      </c>
+      <c r="B296" s="34" t="s">
+        <v>910</v>
+      </c>
+      <c r="C296" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="D296" s="34" t="s">
+        <v>541</v>
+      </c>
+      <c r="E296" s="35">
+        <v>0.20880000000000001</v>
+      </c>
+      <c r="F296" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G296" s="36">
+        <v>45770</v>
+      </c>
+      <c r="H296" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A297" s="33" t="s">
+        <v>911</v>
+      </c>
+      <c r="B297" s="34" t="s">
+        <v>912</v>
+      </c>
+      <c r="C297" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D297" s="34" t="s">
+        <v>913</v>
+      </c>
+      <c r="E297" s="35">
+        <v>0.98119999999999996</v>
+      </c>
+      <c r="F297" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G297" s="36">
+        <v>45887</v>
+      </c>
+      <c r="H297" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A298" s="33" t="s">
+        <v>914</v>
+      </c>
+      <c r="B298" s="34" t="s">
+        <v>915</v>
+      </c>
+      <c r="C298" s="34" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C18" s="34" t="s">
+      <c r="D298" s="34" t="s">
+        <v>916</v>
+      </c>
+      <c r="E298" s="35">
+        <v>0.4415</v>
+      </c>
+      <c r="F298" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G298" s="36">
+        <v>45812</v>
+      </c>
+      <c r="H298" s="37">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A299" s="33" t="s">
+        <v>917</v>
+      </c>
+      <c r="B299" s="34" t="s">
+        <v>918</v>
+      </c>
+      <c r="C299" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C19" s="34" t="s">
+      <c r="D299" s="34" t="s">
+        <v>189</v>
+      </c>
+      <c r="E299" s="35">
+        <v>0.2021</v>
+      </c>
+      <c r="F299" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G299" s="36">
+        <v>45856</v>
+      </c>
+      <c r="H299" s="37">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A300" s="33" t="s">
+        <v>919</v>
+      </c>
+      <c r="B300" s="34" t="s">
+        <v>920</v>
+      </c>
+      <c r="C300" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D300" s="34" t="s">
+        <v>921</v>
+      </c>
+      <c r="E300" s="35">
+        <v>0.35749999999999998</v>
+      </c>
+      <c r="F300" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G300" s="36">
+        <v>45884</v>
+      </c>
+      <c r="H300" s="37">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A301" s="33" t="s">
+        <v>922</v>
+      </c>
+      <c r="B301" s="34" t="s">
+        <v>923</v>
+      </c>
+      <c r="C301" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="D301" s="34" t="s">
+        <v>924</v>
+      </c>
+      <c r="E301" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F301" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G301" s="36">
+        <v>45876</v>
+      </c>
+      <c r="H301" s="37">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A302" s="33" t="s">
+        <v>925</v>
+      </c>
+      <c r="B302" s="34" t="s">
+        <v>926</v>
+      </c>
+      <c r="C302" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D302" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E302" s="35">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="F302" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G302" s="36">
+        <v>45848</v>
+      </c>
+      <c r="H302" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A303" s="33" t="s">
+        <v>927</v>
+      </c>
+      <c r="B303" s="34" t="s">
+        <v>928</v>
+      </c>
+      <c r="C303" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D303" s="34" t="s">
+        <v>921</v>
+      </c>
+      <c r="E303" s="35">
+        <v>0.1507</v>
+      </c>
+      <c r="F303" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G303" s="36">
+        <v>45884</v>
+      </c>
+      <c r="H303" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A304" s="33" t="s">
+        <v>929</v>
+      </c>
+      <c r="B304" s="34" t="s">
+        <v>930</v>
+      </c>
+      <c r="C304" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D304" s="34" t="s">
+        <v>550</v>
+      </c>
+      <c r="E304" s="35">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="F304" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G304" s="36">
+        <v>45800</v>
+      </c>
+      <c r="H304" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A305" s="33" t="s">
+        <v>931</v>
+      </c>
+      <c r="B305" s="34" t="s">
+        <v>932</v>
+      </c>
+      <c r="C305" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D305" s="34" t="s">
+        <v>933</v>
+      </c>
+      <c r="E305" s="35">
+        <v>0.25140000000000001</v>
+      </c>
+      <c r="F305" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G305" s="36">
+        <v>45903</v>
+      </c>
+      <c r="H305" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A306" s="33" t="s">
+        <v>934</v>
+      </c>
+      <c r="B306" s="34" t="s">
+        <v>935</v>
+      </c>
+      <c r="C306" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D306" s="34" t="s">
+        <v>936</v>
+      </c>
+      <c r="E306" s="35">
+        <v>0.4501</v>
+      </c>
+      <c r="F306" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G306" s="36">
+        <v>45897</v>
+      </c>
+      <c r="H306" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A307" s="33" t="s">
+        <v>937</v>
+      </c>
+      <c r="B307" s="34" t="s">
+        <v>938</v>
+      </c>
+      <c r="C307" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D307" s="34" t="s">
+        <v>939</v>
+      </c>
+      <c r="E307" s="35">
+        <v>0.25080000000000002</v>
+      </c>
+      <c r="F307" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="36">
+        <v>45898</v>
+      </c>
+      <c r="H307" s="37">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A308" s="33" t="s">
+        <v>940</v>
+      </c>
+      <c r="B308" s="34" t="s">
+        <v>941</v>
+      </c>
+      <c r="C308" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D308" s="34" t="s">
+        <v>339</v>
+      </c>
+      <c r="E308" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="F308" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G308" s="36">
+        <v>45898</v>
+      </c>
+      <c r="H308" s="37">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A309" s="33" t="s">
+        <v>942</v>
+      </c>
+      <c r="B309" s="34" t="s">
+        <v>943</v>
+      </c>
+      <c r="C309" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D309" s="34" t="s">
+        <v>944</v>
+      </c>
+      <c r="E309" s="35">
+        <v>0.22040000000000001</v>
+      </c>
+      <c r="F309" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="36">
+        <v>45897</v>
+      </c>
+      <c r="H309" s="37">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A310" s="33" t="s">
+        <v>945</v>
+      </c>
+      <c r="B310" s="34" t="s">
+        <v>946</v>
+      </c>
+      <c r="C310" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D310" s="34" t="s">
+        <v>145</v>
+      </c>
+      <c r="E310" s="35">
+        <v>7.0327999999999999</v>
+      </c>
+      <c r="F310" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G310" s="36">
+        <v>45828</v>
+      </c>
+      <c r="H310" s="37">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A311" s="33" t="s">
+        <v>947</v>
+      </c>
+      <c r="B311" s="34" t="s">
+        <v>948</v>
+      </c>
+      <c r="C311" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D311" s="34" t="s">
+        <v>949</v>
+      </c>
+      <c r="E311" s="35">
+        <v>0.13289999999999999</v>
+      </c>
+      <c r="F311" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G311" s="36">
+        <v>45903</v>
+      </c>
+      <c r="H311" s="37">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A312" s="33" t="s">
+        <v>950</v>
+      </c>
+      <c r="B312" s="34" t="s">
+        <v>951</v>
+      </c>
+      <c r="C312" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D312" s="34" t="s">
+        <v>790</v>
+      </c>
+      <c r="E312" s="35">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F312" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G312" s="36">
+        <v>45898</v>
+      </c>
+      <c r="H312" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A313" s="33" t="s">
+        <v>952</v>
+      </c>
+      <c r="B313" s="34" t="s">
+        <v>953</v>
+      </c>
+      <c r="C313" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="D19" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C20" s="34" t="s">
+      <c r="D313" s="34" t="s">
+        <v>954</v>
+      </c>
+      <c r="E313" s="35">
+        <v>0.22889999999999999</v>
+      </c>
+      <c r="F313" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G313" s="36">
+        <v>45834</v>
+      </c>
+      <c r="H313" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A314" s="33" t="s">
+        <v>955</v>
+      </c>
+      <c r="B314" s="34" t="s">
+        <v>956</v>
+      </c>
+      <c r="C314" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D314" s="34" t="s">
+        <v>957</v>
+      </c>
+      <c r="E314" s="35">
+        <v>6.6905999999999999</v>
+      </c>
+      <c r="F314" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G314" s="36">
+        <v>45841</v>
+      </c>
+      <c r="H314" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A315" s="33" t="s">
+        <v>958</v>
+      </c>
+      <c r="B315" s="34" t="s">
+        <v>959</v>
+      </c>
+      <c r="C315" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D315" s="34" t="s">
+        <v>960</v>
+      </c>
+      <c r="E315" s="35">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F315" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G315" s="36">
+        <v>45870</v>
+      </c>
+      <c r="H315" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A316" s="33" t="s">
+        <v>961</v>
+      </c>
+      <c r="B316" s="34" t="s">
+        <v>962</v>
+      </c>
+      <c r="C316" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="D20" s="34" t="s">
-[...22 lines deleted...]
-      <c r="C21" s="34" t="s">
+      <c r="D316" s="34" t="s">
+        <v>963</v>
+      </c>
+      <c r="E316" s="35">
+        <v>0.5141</v>
+      </c>
+      <c r="F316" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G316" s="36">
+        <v>45861</v>
+      </c>
+      <c r="H316" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A317" s="33" t="s">
+        <v>964</v>
+      </c>
+      <c r="B317" s="34" t="s">
+        <v>965</v>
+      </c>
+      <c r="C317" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D317" s="34" t="s">
+        <v>966</v>
+      </c>
+      <c r="E317" s="35">
+        <v>1.7974000000000001</v>
+      </c>
+      <c r="F317" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G317" s="36">
+        <v>45859</v>
+      </c>
+      <c r="H317" s="37">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A318" s="33" t="s">
+        <v>967</v>
+      </c>
+      <c r="B318" s="34" t="s">
+        <v>968</v>
+      </c>
+      <c r="C318" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="D21" s="34" t="s">
-[...74 lines deleted...]
-      <c r="C24" s="34" t="s">
+      <c r="D318" s="34" t="s">
+        <v>969</v>
+      </c>
+      <c r="E318" s="35">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F318" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G318" s="36">
+        <v>45905</v>
+      </c>
+      <c r="H318" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A319" s="33" t="s">
+        <v>970</v>
+      </c>
+      <c r="B319" s="34" t="s">
+        <v>971</v>
+      </c>
+      <c r="C319" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D24" s="34" t="s">
-[...28 lines deleted...]
-      <c r="E25" s="35">
+      <c r="D319" s="34" t="s">
+        <v>972</v>
+      </c>
+      <c r="E319" s="35">
         <v>0.2</v>
       </c>
-      <c r="F25" s="34" t="s">
-[...68 lines deleted...]
-      <c r="C28" s="39" t="s">
+      <c r="F319" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G319" s="36">
+        <v>45881</v>
+      </c>
+      <c r="H319" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A320" s="33" t="s">
+        <v>973</v>
+      </c>
+      <c r="B320" s="34" t="s">
+        <v>974</v>
+      </c>
+      <c r="C320" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D28" s="39" t="s">
-[...22 lines deleted...]
-      <c r="C29" s="39" t="s">
+      <c r="D320" s="34" t="s">
+        <v>975</v>
+      </c>
+      <c r="E320" s="35">
+        <v>0.3503</v>
+      </c>
+      <c r="F320" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="36">
+        <v>45909</v>
+      </c>
+      <c r="H320" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A321" s="33" t="s">
+        <v>976</v>
+      </c>
+      <c r="B321" s="34" t="s">
+        <v>977</v>
+      </c>
+      <c r="C321" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D321" s="34" t="s">
+        <v>978</v>
+      </c>
+      <c r="E321" s="35">
+        <v>7.1369999999999996</v>
+      </c>
+      <c r="F321" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G321" s="36">
+        <v>45909</v>
+      </c>
+      <c r="H321" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A322" s="33" t="s">
+        <v>979</v>
+      </c>
+      <c r="B322" s="34" t="s">
+        <v>980</v>
+      </c>
+      <c r="C322" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D322" s="34" t="s">
+        <v>377</v>
+      </c>
+      <c r="E322" s="35">
+        <v>1.4918</v>
+      </c>
+      <c r="F322" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G322" s="36">
+        <v>45884</v>
+      </c>
+      <c r="H322" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A323" s="33" t="s">
+        <v>981</v>
+      </c>
+      <c r="B323" s="34" t="s">
+        <v>982</v>
+      </c>
+      <c r="C323" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D29" s="39" t="s">
-[...74 lines deleted...]
-      <c r="C32" s="39" t="s">
+      <c r="D323" s="34" t="s">
+        <v>983</v>
+      </c>
+      <c r="E323" s="35">
+        <v>1.3349</v>
+      </c>
+      <c r="F323" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G323" s="36">
+        <v>45814</v>
+      </c>
+      <c r="H323" s="37">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A324" s="33" t="s">
+        <v>984</v>
+      </c>
+      <c r="B324" s="34" t="s">
+        <v>985</v>
+      </c>
+      <c r="C324" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D32" s="39" t="s">
-[...22 lines deleted...]
-      <c r="C33" s="39" t="s">
+      <c r="D324" s="34" t="s">
+        <v>986</v>
+      </c>
+      <c r="E324" s="35">
+        <v>0.69930000000000003</v>
+      </c>
+      <c r="F324" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G324" s="36">
+        <v>45923</v>
+      </c>
+      <c r="H324" s="37">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A325" s="33" t="s">
+        <v>987</v>
+      </c>
+      <c r="B325" s="34" t="s">
+        <v>988</v>
+      </c>
+      <c r="C325" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="D33" s="39" t="s">
-[...3087 lines deleted...]
-      <c r="B152" s="39" t="s">
+      <c r="D325" s="34" t="s">
         <v>505</v>
       </c>
-      <c r="C152" s="39" t="s">
-[...1519 lines deleted...]
-      <c r="G210" s="46">
+      <c r="E325" s="35">
+        <v>0.4</v>
+      </c>
+      <c r="F325" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="36">
         <v>45828</v>
       </c>
-      <c r="H210" s="47">
-[...1930 lines deleted...]
-      </c>
+      <c r="H325" s="37">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="E326" s="22" t="s">
+        <v>989</v>
+      </c>
+      <c r="H326" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D509DD-F9D3-4AE4-8F6D-5626C0D94F16}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:E40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="43.7265625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="24.453125" customWidth="1"/>
+    <col min="1" max="1" width="60.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="18.7109375" customWidth="1"/>
+    <col min="4" max="4" width="17.7109375" customWidth="1"/>
+    <col min="5" max="5" width="34.7109375" customWidth="1"/>
+    <col min="7" max="11" width="10.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="50" t="s">
+    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="50"/>
-[...23 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+    </row>
+    <row r="2" spans="1:5" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="46" t="s">
+        <v>798</v>
+      </c>
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+      <c r="E2" s="46"/>
+    </row>
+    <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="43" t="s">
+        <v>881</v>
+      </c>
+      <c r="B3" s="43"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+    </row>
+    <row r="4" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B4" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="17" t="s">
+      <c r="C4" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="18" t="s">
+      <c r="D4" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="19" t="s">
+      <c r="E4" s="17" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="10" t="s">
+    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B5" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="22">
+      <c r="C5" s="19">
         <v>29</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="23">
+      <c r="D5" s="18" t="s">
+        <v>797</v>
+      </c>
+      <c r="E5" s="20">
         <v>43822</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="10" t="s">
+    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="10" t="s">
+      <c r="B6" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="22">
+      <c r="C6" s="19">
         <v>5</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="23">
+      <c r="D6" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="20">
         <v>44441</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A7" s="10" t="s">
+    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="22">
+      <c r="C7" s="19">
         <v>5</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="23">
+      <c r="D7" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="20">
         <v>44766</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B8" s="10" t="s">
+    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
+        <v>642</v>
+      </c>
+      <c r="B8" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="22">
+      <c r="C8" s="19">
         <v>60</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="23">
+      <c r="D8" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="20">
         <v>44825</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="10" t="s">
+    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="22">
+      <c r="C9" s="19">
         <v>40</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="23">
+      <c r="D9" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="20">
         <v>45111</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="10" t="s">
+    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="B10" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="22">
+      <c r="C10" s="19">
         <v>250</v>
       </c>
-      <c r="D10" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="23">
+      <c r="D10" s="18" t="s">
+        <v>636</v>
+      </c>
+      <c r="E10" s="20">
         <v>45118</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B11" s="10" t="s">
+    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="22">
+      <c r="C11" s="19">
         <v>320</v>
       </c>
-      <c r="D11" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="23">
+      <c r="D11" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="20">
         <v>45131</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B12" s="10" t="s">
+    <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="22">
+      <c r="C12" s="19">
         <v>24</v>
       </c>
-      <c r="D12" s="10" t="s">
+      <c r="D12" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E12" s="23">
+      <c r="E12" s="20">
         <v>45173</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A13" s="10" t="s">
+    <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C13" s="22">
+      <c r="C13" s="19">
         <v>200</v>
       </c>
-      <c r="D13" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="23">
+      <c r="D13" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="20">
         <v>45231</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A14" s="10" t="s">
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="B14" s="10" t="s">
+      <c r="B14" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="22">
+      <c r="C14" s="19">
         <v>90</v>
       </c>
-      <c r="D14" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="23">
+      <c r="D14" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" s="20">
         <v>45291</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="10" t="s">
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="B15" s="10" t="s">
+      <c r="B15" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="22">
+      <c r="C15" s="19">
         <v>414</v>
       </c>
-      <c r="D15" s="10" t="s">
+      <c r="D15" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E15" s="23">
+      <c r="E15" s="20">
         <v>45302</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="10" t="s">
+    <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C16" s="22">
+      <c r="C16" s="19">
         <v>150</v>
       </c>
-      <c r="D16" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="23">
+      <c r="D16" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" s="20">
         <v>45309</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B17" s="10" t="s">
+    <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="18" t="s">
+        <v>637</v>
+      </c>
+      <c r="B17" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="22">
+      <c r="C17" s="19">
         <v>77</v>
       </c>
-      <c r="D17" s="10" t="s">
+      <c r="D17" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E17" s="23">
+      <c r="E17" s="20">
         <v>45362</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="10" t="s">
+    <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="B18" s="10" t="s">
+      <c r="B18" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C18" s="22">
+      <c r="C18" s="19">
         <v>94</v>
       </c>
-      <c r="D18" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="23">
+      <c r="D18" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="20">
         <v>45369</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="10" t="s">
+    <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="10" t="s">
+      <c r="B19" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="22">
+      <c r="C19" s="19">
         <v>380</v>
       </c>
-      <c r="D19" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="23">
+      <c r="D19" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="20">
         <v>45391</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A20" s="10" t="s">
+    <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="10" t="s">
+      <c r="B20" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C20" s="22">
+      <c r="C20" s="19">
         <v>4.95</v>
       </c>
-      <c r="D20" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="23">
+      <c r="D20" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" s="20">
         <v>45440</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B21" s="10" t="s">
+    <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C21" s="22">
+      <c r="C21" s="19">
         <v>98</v>
       </c>
-      <c r="D21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="23">
+      <c r="D21" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="20">
         <v>45457</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A22" s="10" t="s">
+    <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="10" t="s">
+      <c r="B22" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="22">
+      <c r="C22" s="19">
         <v>574</v>
       </c>
-      <c r="D22" s="10" t="s">
+      <c r="D22" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E22" s="23">
+      <c r="E22" s="20">
         <v>45462</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A23" s="10" t="s">
+    <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="10" t="s">
+      <c r="B23" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C23" s="22">
+      <c r="C23" s="19">
         <v>285</v>
       </c>
-      <c r="D23" s="10" t="s">
+      <c r="D23" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E23" s="23">
+      <c r="E23" s="20">
         <v>45519</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A24" s="10" t="s">
+    <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="10" t="s">
+      <c r="B24" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C24" s="22">
+      <c r="C24" s="19">
         <v>250</v>
       </c>
-      <c r="D24" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="23">
+      <c r="D24" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" s="20">
         <v>45520</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A25" s="10" t="s">
+    <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="10" t="s">
+      <c r="B25" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C25" s="22">
+      <c r="C25" s="19">
         <v>7.5</v>
       </c>
-      <c r="D25" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="23">
+      <c r="D25" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" s="20">
         <v>45539</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="10" t="s">
+    <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="10" t="s">
+      <c r="B26" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C26" s="22">
+      <c r="C26" s="19">
         <v>376</v>
       </c>
-      <c r="D26" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="23">
+      <c r="D26" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="20">
         <v>45540</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A27" s="10" t="s">
+    <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="B27" s="10" t="s">
+      <c r="B27" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C27" s="22">
+      <c r="C27" s="19">
         <v>228</v>
       </c>
-      <c r="D27" s="10" t="s">
+      <c r="D27" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E27" s="23">
+      <c r="E27" s="20">
         <v>45562</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B28" s="10" t="s">
+    <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C28" s="22">
+      <c r="C28" s="19">
         <v>118.8</v>
       </c>
-      <c r="D28" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="23">
+      <c r="D28" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" s="20">
         <v>45616</v>
       </c>
     </row>
-    <row r="29" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B29" s="10" t="s">
+    <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="18" t="s">
+        <v>444</v>
+      </c>
+      <c r="B29" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C29" s="22">
+      <c r="C29" s="19">
         <v>171</v>
       </c>
-      <c r="D29" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="23">
+      <c r="D29" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" s="20">
         <v>45642</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B30" s="10" t="s">
+    <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="B30" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C30" s="22">
+      <c r="C30" s="19">
         <v>450</v>
       </c>
-      <c r="D30" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="23">
+      <c r="D30" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="20">
         <v>45643</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A31" s="10" t="s">
+    <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="10" t="s">
+      <c r="B31" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C31" s="22">
+      <c r="C31" s="19">
         <v>254</v>
       </c>
-      <c r="D31" s="10" t="s">
+      <c r="D31" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E31" s="23">
+      <c r="E31" s="20">
         <v>45644</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B32" s="10" t="s">
+    <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C32" s="22">
+      <c r="C32" s="19">
         <v>108</v>
       </c>
-      <c r="D32" s="10" t="s">
+      <c r="D32" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E32" s="23">
+      <c r="E32" s="20">
         <v>45649</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B33" s="10" t="s">
+    <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="C33" s="22">
+      <c r="C33" s="19">
         <v>280</v>
       </c>
-      <c r="D33" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="23">
+      <c r="D33" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="20">
         <v>45694</v>
       </c>
     </row>
-    <row r="34" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B34" s="10" t="s">
+    <row r="34" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B34" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C34" s="22">
+      <c r="C34" s="19">
         <v>80</v>
       </c>
-      <c r="D34" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="23">
+      <c r="D34" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="20">
         <v>45756</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B35" s="10" t="s">
+    <row r="35" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="18" t="s">
+        <v>794</v>
+      </c>
+      <c r="B35" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C35" s="22">
+      <c r="C35" s="19">
         <v>190</v>
       </c>
-      <c r="D35" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="23">
+      <c r="D35" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" s="20">
         <v>45763</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B36" s="10" t="s">
+    <row r="36" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="18" t="s">
+        <v>443</v>
+      </c>
+      <c r="B36" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="C36" s="22">
+      <c r="C36" s="19">
         <v>25</v>
       </c>
-      <c r="D36" s="10" t="s">
+      <c r="D36" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="E36" s="23">
+      <c r="E36" s="20">
         <v>45765</v>
       </c>
     </row>
-    <row r="37" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B37" s="10" t="s">
+    <row r="37" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="18" t="s">
+        <v>446</v>
+      </c>
+      <c r="B37" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="22">
+      <c r="C37" s="19">
         <v>240</v>
       </c>
-      <c r="D37" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="23">
+      <c r="D37" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" s="20">
         <v>45776</v>
       </c>
     </row>
-    <row r="38" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B38" s="10" t="s">
+    <row r="38" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="18" t="s">
+        <v>445</v>
+      </c>
+      <c r="B38" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C38" s="22">
+      <c r="C38" s="19">
         <v>106</v>
       </c>
-      <c r="D38" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="23">
+      <c r="D38" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E38" s="20">
         <v>45827</v>
       </c>
     </row>
-    <row r="39" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B39" s="15" t="s">
+    <row r="39" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="18" t="s">
+        <v>638</v>
+      </c>
+      <c r="B39" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C39" s="19">
         <v>31</v>
       </c>
-      <c r="D39" s="15" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="25">
+      <c r="D39" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E39" s="20">
         <v>45827</v>
       </c>
     </row>
-    <row r="40" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="C40" s="21">
         <v>6015.25</v>
       </c>
-      <c r="E40" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1837E23-2EB2-4CF7-AAE7-B6789B654D68}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:D54"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="61.7265625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="9" width="8.7265625" customWidth="1"/>
+    <col min="1" max="1" width="60.7109375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="18.7109375" style="4" customWidth="1"/>
+    <col min="4" max="4" width="17.7109375" style="4" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" style="4"/>
+    <col min="6" max="9" width="10.85546875" style="4" customWidth="1"/>
+    <col min="10" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="53" t="s">
+    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="53"/>
-[...4 lines deleted...]
-      <c r="A2" s="54" t="s">
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+    </row>
+    <row r="2" spans="1:4" s="6" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="54"/>
-[...12 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+    </row>
+    <row r="3" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="47" t="s">
+        <v>881</v>
+      </c>
+      <c r="B3" s="47"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="47"/>
+    </row>
+    <row r="4" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C4" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B5" s="10" t="s">
+    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="B5" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="11">
+      <c r="C5" s="10">
         <v>64</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B6" s="10" t="s">
+      <c r="D5" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="B6" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="11">
+      <c r="C6" s="10">
         <v>250</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="10" t="s">
+      <c r="D6" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="12" t="s">
+        <v>795</v>
+      </c>
+      <c r="B7" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="11">
+      <c r="C7" s="10">
         <v>400</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="12" t="s">
+      <c r="D7" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="10" t="s">
+      <c r="B8" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C8" s="11">
+      <c r="C8" s="10">
         <v>775</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="13" t="s">
+      <c r="D8" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="12" t="s">
+        <v>640</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="10">
+        <v>100</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="10">
+        <v>1400</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="12" t="s">
+        <v>229</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="10">
+        <v>205</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="10">
+        <v>284</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
+        <v>643</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="10">
+        <v>95</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="10">
+        <v>125</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="10">
+        <v>696</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="10">
+        <v>77</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="12" t="s">
+        <v>645</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="10">
+        <v>150</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="10">
+        <v>60</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
         <v>644</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B19" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="10">
+        <v>300</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="B20" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="11">
+      <c r="C20" s="10">
+        <v>250</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="10">
+        <v>585</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="10">
+        <v>600</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" s="10">
+        <v>150</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="10">
+        <v>258</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="10">
+        <v>4.5</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" s="10">
+        <v>9</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="10">
         <v>100</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B10" s="10" t="s">
+      <c r="D27" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>233</v>
+      </c>
+      <c r="B28" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="11">
-[...2 lines deleted...]
-      <c r="D10" s="10" t="s">
+      <c r="C28" s="10">
+        <v>150</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" s="10">
+        <v>4.5</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="10">
+        <v>350</v>
+      </c>
+      <c r="D30" s="9" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B11" s="10" t="s">
+    <row r="31" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="10">
+        <v>288</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" s="10">
+        <v>288</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="10">
+        <v>5.7</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" s="10">
+        <v>300</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="10">
+        <v>700</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="10">
+        <v>200</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="10">
+        <v>120</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="10">
+        <v>600</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="10">
+        <v>700</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="10">
+        <v>1152</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="10">
+        <v>230</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C42" s="10">
+        <v>1300</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B43" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="10">
+        <v>62</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="B44" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="10">
+        <v>936</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B45" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="10">
+        <v>30</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="11" t="s">
+        <v>796</v>
+      </c>
+      <c r="B46" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="11">
-[...10 lines deleted...]
-      <c r="B12" s="10" t="s">
+      <c r="C46" s="10">
+        <v>120</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="B47" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="11">
-[...16 lines deleted...]
-      <c r="D13" s="10" t="s">
+      <c r="C47" s="10">
+        <v>300</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C48" s="10">
+        <v>100</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B49" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="13">
+        <v>70</v>
+      </c>
+      <c r="D49" s="9" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-[...561 lines deleted...]
-        <v>15047.7</v>
+    <row r="50" spans="1:4" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C50" s="14">
+        <v>14943.7</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">