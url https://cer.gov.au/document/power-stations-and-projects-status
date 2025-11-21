--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -5,84 +5,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1702B9F3-2EDC-4790-AF43-E70E1FFEE7AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{495CA498-D0B0-4A07-8877-7C923054375B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30852" yWindow="-324" windowWidth="30984" windowHeight="16824" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved" sheetId="9" r:id="rId1"/>
     <sheet name="Committed" sheetId="10" r:id="rId2"/>
     <sheet name="Probable" sheetId="11" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Approved!$A$4:$G$200</definedName>
+    <definedName name="States" localSheetId="0">#REF!</definedName>
+    <definedName name="States" localSheetId="1">#REF!</definedName>
+    <definedName name="States" localSheetId="2">#REF!</definedName>
+    <definedName name="States">#REF!</definedName>
+    <definedName name="Status" localSheetId="0">#REF!</definedName>
+    <definedName name="Status" localSheetId="1">#REF!</definedName>
+    <definedName name="Status" localSheetId="2">#REF!</definedName>
+    <definedName name="Status">#REF!</definedName>
+    <definedName name="Technology" localSheetId="0">#REF!</definedName>
+    <definedName name="Technology" localSheetId="1">#REF!</definedName>
+    <definedName name="Technology" localSheetId="2">#REF!</definedName>
+    <definedName name="Technology">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1872" uniqueCount="990">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2087" uniqueCount="1092">
   <si>
     <t>Approved Power Stations</t>
   </si>
   <si>
     <t>Accreditation code</t>
   </si>
   <si>
     <t>Power station name</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Installed capacity (MW)</t>
   </si>
   <si>
     <t>Fuel Source (s)</t>
   </si>
   <si>
     <t>Accreditation start date</t>
   </si>
   <si>
@@ -154,74 +166,65 @@
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
     <t>East Rockingham Resource Recovery Facility</t>
   </si>
   <si>
     <t>Kidston Pumped Hydro Storage Project</t>
   </si>
   <si>
     <t>Mangalore Renewable Energy Project</t>
   </si>
   <si>
     <t>Orange Community Renewable Energy Park</t>
   </si>
   <si>
-    <t>Wangaratta Solar Farm</t>
-[...1 lines deleted...]
-  <si>
     <t>Glenellen solar project</t>
   </si>
   <si>
     <t>Wambo Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Forest Glen Solar Farm</t>
   </si>
   <si>
     <t>Uungula Wind Farm</t>
   </si>
   <si>
-    <t>Munna Creek Solar Farm</t>
-[...1 lines deleted...]
-  <si>
     <t>Gunsynd Solar Farm</t>
   </si>
   <si>
-    <t>Aldoga Solar Farm</t>
-[...1 lines deleted...]
-  <si>
     <t>Arnotts Huntingwood Solar Project</t>
   </si>
   <si>
     <t>Golden Plains Wind Farm - Stage 2</t>
   </si>
   <si>
     <t>Lotus Creek Wind Farm</t>
   </si>
   <si>
     <t>Goorambat Solar Farm</t>
   </si>
   <si>
     <t>Hay Solar Farm</t>
   </si>
   <si>
     <t>Broadsound Solar Farm</t>
   </si>
   <si>
     <t>Boulder Creek Wind Farm</t>
   </si>
   <si>
     <t>Bulli Creek Solar project Stage 1</t>
   </si>
   <si>
     <t>Coppabella Wind Farm</t>
@@ -749,53 +752,50 @@
     <t>Bungaban Wind Farm</t>
   </si>
   <si>
     <t>Campbells Forest Solar Farm</t>
   </si>
   <si>
     <t>Elaine Solar Farm</t>
   </si>
   <si>
     <t>Glanmire Solar Farm</t>
   </si>
   <si>
     <t>Kentbruck Green Power Hub</t>
   </si>
   <si>
     <t>Majors Creek Solar Farm</t>
   </si>
   <si>
     <t>Palmer Wind Farm</t>
   </si>
   <si>
     <t>Port Augusta Energy Park Stage 2</t>
   </si>
   <si>
     <t>Sandy Creek Solar Farm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Smoky Creek and Guthrie's Gap Solar Farm</t>
   </si>
   <si>
     <t>Spicers Creek Wind Farm</t>
   </si>
   <si>
     <t>Valley of the Winds</t>
   </si>
   <si>
     <t>West Mokoan Solar Farm</t>
   </si>
   <si>
     <t>Barnawartha Solar Farm</t>
   </si>
   <si>
     <t>Hopeland Solar Farm</t>
   </si>
   <si>
     <t>Barwon solar farm</t>
   </si>
   <si>
     <t>Thunderbolt Wind Farm stage 1</t>
   </si>
   <si>
     <t>Goulburn River Solar Farm</t>
   </si>
@@ -2684,53 +2684,50 @@
   <si>
     <t>Norther Airfield - Solar - VIC</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>SRPVWAN8</t>
   </si>
   <si>
     <t>Rose Farms - Solar wSGU- WA</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
     <t>SRPYNSE3</t>
   </si>
   <si>
     <t>Suprima Bakeries Pty Ltd - Solar - NSW</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>Data as at 30/09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPXQLM8</t>
   </si>
   <si>
     <t>Mt Gravatt Plaza - Solar - QLD</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>SRPXSA01</t>
   </si>
   <si>
     <t>Tatiara Truck &amp; Trailers Bordertown - Solar w SGU - SA</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>SRPXVCU4</t>
   </si>
   <si>
     <t>Bunnings Tarneit - Solar - VIC</t>
   </si>
   <si>
     <t>SRPXQLN2</t>
@@ -3008,1334 +3005,1249 @@
   <si>
     <t>SRPVWAO1</t>
   </si>
   <si>
     <t>Stockland Riverton - Solar- WA</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
     <t>SRPYNSH5</t>
   </si>
   <si>
     <t>Devro - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>SRPYNSF0</t>
   </si>
   <si>
     <t>Goodman AU079 Greystanes Iron Mountain - Solar w SGU - NSW</t>
   </si>
   <si>
-    <t>2653.262</t>
+    <t>Bell Bay Wind Farm</t>
+  </si>
+  <si>
+    <t>Bendemeer Energy Hub - Solar</t>
+  </si>
+  <si>
+    <t>Bundey Solar Farm</t>
+  </si>
+  <si>
+    <t>Carmody's Hill Wind Farm</t>
+  </si>
+  <si>
+    <t>Corop Solar Farm (stage 1)</t>
+  </si>
+  <si>
+    <t>Dinawan Wind Farm Stage 1</t>
+  </si>
+  <si>
+    <t>Gawara Baya Wind Farm</t>
+  </si>
+  <si>
+    <t>Guthrie’s Gap Solar Power Station</t>
+  </si>
+  <si>
+    <t>Hexham Wind Farm</t>
+  </si>
+  <si>
+    <t>Liverpool Range Wind Stage 1</t>
+  </si>
+  <si>
+    <t>Lower Wonga Solar Farm project</t>
+  </si>
+  <si>
+    <t>Merino Solar Farm</t>
+  </si>
+  <si>
+    <t>Middlebrook Solar Farm</t>
+  </si>
+  <si>
+    <t>Moah Creek Wind Farm</t>
+  </si>
+  <si>
+    <t>Nowingi Solar Power Station</t>
+  </si>
+  <si>
+    <t>Punchs Creek Solar Farm</t>
+  </si>
+  <si>
+    <t>Smoky Creek Solar Power Station</t>
+  </si>
+  <si>
+    <t>Tallawang Solar Farm</t>
+  </si>
+  <si>
+    <t>Waddi Wind Farm</t>
+  </si>
+  <si>
+    <t>Willogoleche 2 Wind Farm</t>
+  </si>
+  <si>
+    <t>Data as at 31/10/2025</t>
+  </si>
+  <si>
+    <t>King Rocks Wind Farm</t>
+  </si>
+  <si>
+    <t>SRPXSA11</t>
+  </si>
+  <si>
+    <t>Riverland Central Plaza - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>5343</t>
+  </si>
+  <si>
+    <t>SRPXVCV0</t>
+  </si>
+  <si>
+    <t>Bunnings Waurn Ponds - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3216</t>
+  </si>
+  <si>
+    <t>SRPXQLK2</t>
+  </si>
+  <si>
+    <t>300 SPR - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>SRPXQLJ4</t>
+  </si>
+  <si>
+    <t>Aldoga Solar Farm - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4694</t>
+  </si>
+  <si>
+    <t>SRPXQLN3</t>
+  </si>
+  <si>
+    <t>CHARTER HALL-CH4089 BERRINBA-SOLAR-QLD</t>
+  </si>
+  <si>
+    <t>SRPXQLN1</t>
+  </si>
+  <si>
+    <t>Doblos Farmers Market- Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>SRPXQLN0</t>
+  </si>
+  <si>
+    <t>Mackay Christian College Junior Campus - SOLAR w SGU - QLD</t>
+  </si>
+  <si>
+    <t>SRPYNSH8</t>
+  </si>
+  <si>
+    <t>NCI HOLDINGS - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>2761</t>
+  </si>
+  <si>
+    <t>SRPYNSG7</t>
+  </si>
+  <si>
+    <t>BF LISMORE - SOLAR - NSW</t>
+  </si>
+  <si>
+    <t>2480</t>
+  </si>
+  <si>
+    <t>SRPXVCQ0</t>
+  </si>
+  <si>
+    <t>Bunnings Mill Park - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3082</t>
+  </si>
+  <si>
+    <t>SRPXSA09</t>
+  </si>
+  <si>
+    <t>S445 South Hummocks - Solar w BESS - SA</t>
+  </si>
+  <si>
+    <t>5550</t>
+  </si>
+  <si>
+    <t>SRPVTA29</t>
+  </si>
+  <si>
+    <t>UA Rosetta - Solar - TAS</t>
+  </si>
+  <si>
+    <t>7010</t>
+  </si>
+  <si>
+    <t>SRPXQLN9</t>
+  </si>
+  <si>
+    <t>Plaza Parade - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPYNSH7</t>
+  </si>
+  <si>
+    <t>Bunnings Heatherbrae - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXVCV1</t>
+  </si>
+  <si>
+    <t>Bunnings Sunshine - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3020</t>
+  </si>
+  <si>
+    <t>SRPYNSE7</t>
+  </si>
+  <si>
+    <t>Griffith-Solar-NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLL9</t>
+  </si>
+  <si>
+    <t>Injune Cypress - SOLAR W SGU - QLD</t>
+  </si>
+  <si>
+    <t>4454</t>
+  </si>
+  <si>
+    <t>SRPXQLO1</t>
+  </si>
+  <si>
+    <t>Martin Brower South Brisbane - Solar w SGU -QLD</t>
+  </si>
+  <si>
+    <t>SRPXQLO4</t>
+  </si>
+  <si>
+    <t>Tradezone Brendale-Solar-QLD</t>
+  </si>
+  <si>
+    <t>SRPVWAP3</t>
+  </si>
+  <si>
+    <t>Woolworths Dunsborough 4082 - Solar - WA</t>
+  </si>
+  <si>
+    <t>6281</t>
+  </si>
+  <si>
+    <t>SRPYNSH9</t>
+  </si>
+  <si>
+    <t>Woolworths Tahmoor 1287 - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2573</t>
+  </si>
+  <si>
+    <t>SRPXSA08</t>
+  </si>
+  <si>
+    <t>Munno Para Shopping City - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>SRPYNSH4</t>
+  </si>
+  <si>
+    <t>ISPT - Greystanes Industrial Park WH6 - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAP1</t>
+  </si>
+  <si>
+    <t>Town of Port Hedland SH Skatepark - Solar - WA</t>
+  </si>
+  <si>
+    <t>SRPXQLM9</t>
+  </si>
+  <si>
+    <t>Munna Creek - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4570</t>
+  </si>
+  <si>
+    <t>SRPXQLO5</t>
+  </si>
+  <si>
+    <t>Booval Fair Shopping Centre - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4304</t>
+  </si>
+  <si>
+    <t>SRPYNSG6</t>
+  </si>
+  <si>
+    <t>Bunnings West Gosford - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLO7</t>
+  </si>
+  <si>
+    <t>SPAR Warehouse - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>SRPXSA13</t>
+  </si>
+  <si>
+    <t>Victor Central Shopping Centre - Solar w SGU - SA</t>
+  </si>
+  <si>
+    <t>SRPXVCU0</t>
+  </si>
+  <si>
+    <t>Visy Food Can Shepparton - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPVWAP4</t>
+  </si>
+  <si>
+    <t>Sacred Heart College PV System - Solar w SGU - WA</t>
+  </si>
+  <si>
+    <t>6020</t>
+  </si>
+  <si>
+    <t>SRPXSA14</t>
+  </si>
+  <si>
+    <t>Lionsgate Business Park - Solar - SA</t>
+  </si>
+  <si>
+    <t>SRPXVCS1</t>
+  </si>
+  <si>
+    <t>Wangaratta Solar Farm - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3678</t>
+  </si>
+  <si>
+    <t>5211</t>
+  </si>
+  <si>
+    <t>3630</t>
+  </si>
+  <si>
+    <t>5112</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="d/m/yy;@"/>
     <numFmt numFmtId="166" formatCode="mmm\-yyyy"/>
-    <numFmt numFmtId="167" formatCode="0.0000"/>
+    <numFmt numFmtId="167" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;???_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-[...11 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
+      <sz val="12"/>
+      <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="22">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...259 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
-[...51 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="44">
+  <dxfs count="45">
     <dxf>
       <font>
-        <color rgb="FF9C0006"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
       <fill>
-        <patternFill>
-          <bgColor rgb="FFFFC7CE"/>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
       <fill>
-        <patternFill>
-          <bgColor theme="9" tint="0.79998168889431442"/>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-[...12 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...43 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...26 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...24 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...20 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
+        <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="mmm\-yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
-        <scheme val="none"/>
+        <scheme val="minor"/>
       </font>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor rgb="FF005874"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
-[...181 lines deleted...]
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
-[...12 lines deleted...]
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...10 lines deleted...]
-      </border>
     </dxf>
     <dxf>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
-[...14 lines deleted...]
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...12 lines deleted...]
-      </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...7 lines deleted...]
-        </top>
+        <left/>
+        <right/>
+        <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...10 lines deleted...]
-        </bottom>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...7 lines deleted...]
-        </top>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...23 lines deleted...]
-        </top>
+        <left/>
+        <right/>
+        <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
         <left style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </left>
-        <right style="thin">
-[...4 lines deleted...]
-        </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...5 lines deleted...]
-        </right>
+      <border outline="0">
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
-[...19 lines deleted...]
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
-[...67 lines deleted...]
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...3 lines deleted...]
-    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FF9BC2E6"/>
         </top>
       </border>
-    </dxf>
-[...6 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -4348,118 +4260,118 @@
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="43"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="40"/>
+      <tableStyleElement type="wholeTable" dxfId="44"/>
+      <tableStyleElement type="headerRow" dxfId="43"/>
+      <tableStyleElement type="firstColumn" dxfId="42"/>
+      <tableStyleElement type="firstRowStripe" dxfId="41"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{DE1A6D83-2535-42C5-A7CA-DA0BA77256C9}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFFF00"/>
       <color rgb="FFD5D6D4"/>
       <color rgb="FF005874"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H325" totalsRowShown="0" dataDxfId="39" totalsRowDxfId="37" tableBorderDxfId="38" totalsRowBorderDxfId="36">
-  <autoFilter ref="A4:H325" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="Table264" displayName="Table264" ref="A4:H358" headerRowDxfId="2" dataDxfId="0" totalsRowDxfId="1" tableBorderDxfId="40" totalsRowBorderDxfId="39">
+  <autoFilter ref="A4:H358" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="35" totalsRowDxfId="34"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="21" totalsRowDxfId="20"/>
+    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="10" totalsRowDxfId="29"/>
+    <tableColumn id="2" xr3:uid="{CADAFA37-C8E3-422D-A7D3-91AD4EA5D0DF}" name="Power station name" dataDxfId="9" totalsRowDxfId="30"/>
+    <tableColumn id="3" xr3:uid="{2B2127FB-057C-46F0-AA26-9609842B7E74}" name="State" dataDxfId="8" totalsRowDxfId="31"/>
+    <tableColumn id="4" xr3:uid="{3FF39BEC-FBC0-4B18-9CB8-AA042622F5FF}" name="Postcode" dataDxfId="7" totalsRowDxfId="32"/>
+    <tableColumn id="5" xr3:uid="{626FDD98-5558-4BF0-B2E4-D801DE3552C5}" name="Installed capacity (MW)" totalsRowLabel="3344.727" dataDxfId="6" totalsRowDxfId="33"/>
+    <tableColumn id="6" xr3:uid="{C7C3E84D-B1C5-4395-8C7A-42D493A0876D}" name="Fuel Source (s)" dataDxfId="5" totalsRowDxfId="34"/>
+    <tableColumn id="7" xr3:uid="{A3571B06-4783-4E83-9572-9468520C8C59}" name="Accreditation start date" dataDxfId="4" totalsRowDxfId="35"/>
+    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="3" totalsRowDxfId="36"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E39" totalsRowShown="0" dataDxfId="19" tableBorderDxfId="18">
-  <autoFilter ref="A4:E39" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="Table2" displayName="Table2" ref="A4:E37" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" tableBorderDxfId="38">
+  <autoFilter ref="A4:E37" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="17"/>
     <tableColumn id="2" xr3:uid="{D7E42F01-B2CB-4152-91A0-60DCBF1D5C9C}" name="State " dataDxfId="16"/>
     <tableColumn id="3" xr3:uid="{7606CABA-955E-453E-90A9-4D9B6CBD7105}" name="MW Capacity" dataDxfId="15"/>
     <tableColumn id="4" xr3:uid="{C9D0AF91-BAF0-462E-8296-7AD6990E0FDD}" name="Fuel Source" dataDxfId="14"/>
     <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="13"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D49" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" tableBorderDxfId="10">
-  <autoFilter ref="A4:D49" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="Table1" displayName="Table1" ref="A4:D68" headerRowDxfId="20" dataDxfId="18" totalsRowDxfId="19" tableBorderDxfId="37">
+  <autoFilter ref="A4:D68" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="9" totalsRowDxfId="8"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="3" totalsRowDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="24" totalsRowDxfId="25"/>
+    <tableColumn id="2" xr3:uid="{8822E2A4-C749-4723-93A2-B42A2506EAE9}" name="State " dataDxfId="23" totalsRowDxfId="26"/>
+    <tableColumn id="3" xr3:uid="{3315BE4D-E527-48C5-A7B8-40187787A8C8}" name="MW Capacity" totalsRowLabel="20996.700" dataDxfId="22" totalsRowDxfId="27"/>
+    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="21" totalsRowDxfId="28"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4697,9874 +4609,10979 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1174958-96CB-415F-9990-A65FDA46B647}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:H326"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="21.7109375" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="10" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="19.109375" style="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="64.109375" style="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.5546875" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11" style="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="23.33203125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="49" style="10" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.5546875" style="10" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.44140625" style="10" customWidth="1"/>
+    <col min="10" max="16384" width="8.88671875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="45" t="s">
+    <row r="1" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="45"/>
-[...20 lines deleted...]
-      <c r="A3" s="43" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+    </row>
+    <row r="2" spans="1:8" ht="31.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="12" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="13">
+        <v>0.22650000000000001</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="14">
+        <v>45580</v>
+      </c>
+      <c r="H5" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E6" s="13">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="14">
+        <v>45618</v>
+      </c>
+      <c r="H6" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E7" s="13">
+        <v>0.1996</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="14">
+        <v>45645</v>
+      </c>
+      <c r="H7" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="13">
+        <v>0.1188</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="14">
+        <v>45555</v>
+      </c>
+      <c r="H8" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" s="13">
+        <v>1.0004</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="14">
+        <v>45594</v>
+      </c>
+      <c r="H9" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="13">
+        <v>1.6720999999999999</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="14">
+        <v>45638</v>
+      </c>
+      <c r="H10" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" s="13">
+        <v>0.29260000000000003</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="14">
+        <v>45614</v>
+      </c>
+      <c r="H11" s="14">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" s="13">
+        <v>0.19650000000000001</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="14">
+        <v>45637</v>
+      </c>
+      <c r="H12" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" s="13">
+        <v>0.2465</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="14">
+        <v>45645</v>
+      </c>
+      <c r="H13" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0.62649999999999995</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="14">
+        <v>45653</v>
+      </c>
+      <c r="H14" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="13">
+        <v>1.0179</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="14">
+        <v>45643</v>
+      </c>
+      <c r="H15" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="13">
+        <v>0.64429999999999998</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="14">
+        <v>45621</v>
+      </c>
+      <c r="H16" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" s="13">
+        <v>0.155</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H17" s="14">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" s="13">
+        <v>3.1158000000000001</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="14">
+        <v>45601</v>
+      </c>
+      <c r="H18" s="14">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" s="13">
+        <v>2.8079999999999998</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="14">
+        <v>45627</v>
+      </c>
+      <c r="H19" s="14">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="13">
+        <v>0.54449999999999998</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="14">
+        <v>45581</v>
+      </c>
+      <c r="H20" s="14">
+        <v>45680</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" s="13">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="14">
+        <v>45637</v>
+      </c>
+      <c r="H21" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="13">
+        <v>37.287399999999998</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="14">
+        <v>45678</v>
+      </c>
+      <c r="H22" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="E23" s="13">
+        <v>0.38009999999999999</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="14">
+        <v>45607</v>
+      </c>
+      <c r="H23" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="13">
+        <v>0.5736</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="14">
+        <v>45617</v>
+      </c>
+      <c r="H24" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="14">
+        <v>45645</v>
+      </c>
+      <c r="H25" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="13">
+        <v>0.24979999999999999</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="14">
+        <v>45645</v>
+      </c>
+      <c r="H26" s="14">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="13">
+        <v>0.2001</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="14">
+        <v>45637</v>
+      </c>
+      <c r="H27" s="14">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="E28" s="13">
+        <v>0.15</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="14">
+        <v>45642</v>
+      </c>
+      <c r="H28" s="14">
+        <v>45692</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" s="13">
+        <v>8.4636999999999993</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="14">
+        <v>45650</v>
+      </c>
+      <c r="H29" s="14">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="13">
+        <v>0.70020000000000004</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="14">
+        <v>45643</v>
+      </c>
+      <c r="H30" s="14">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" s="13">
+        <v>9.5579999999999998</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="14">
+        <v>45665</v>
+      </c>
+      <c r="H31" s="14">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" s="13">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="14">
+        <v>45643</v>
+      </c>
+      <c r="H32" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="E33" s="13">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F33" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="14">
+        <v>45643</v>
+      </c>
+      <c r="H33" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="E34" s="13">
+        <v>0.43790000000000001</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="14">
+        <v>45610</v>
+      </c>
+      <c r="H34" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>795</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="E35" s="13">
+        <v>0.18149999999999999</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="14">
+        <v>45583</v>
+      </c>
+      <c r="H35" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E36" s="13">
+        <v>0.28050000000000003</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="14">
+        <v>45670</v>
+      </c>
+      <c r="H36" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="E37" s="13">
+        <v>0.34029999999999999</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="14">
+        <v>45685</v>
+      </c>
+      <c r="H37" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E38" s="13">
+        <v>2.02</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="14">
+        <v>45638</v>
+      </c>
+      <c r="H38" s="14">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" s="13">
+        <v>0.27989999999999998</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="14">
+        <v>45611</v>
+      </c>
+      <c r="H39" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="E40" s="13">
+        <v>0.18890000000000001</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="14">
+        <v>45579</v>
+      </c>
+      <c r="H40" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="E41" s="13">
+        <v>0.19850000000000001</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="14">
+        <v>45517</v>
+      </c>
+      <c r="H41" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="E42" s="13">
+        <v>0.2984</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="14">
+        <v>45642</v>
+      </c>
+      <c r="H42" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="E43" s="13">
+        <v>0.65880000000000005</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="14">
+        <v>45679</v>
+      </c>
+      <c r="H43" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="E44" s="13">
+        <v>1.7504999999999999</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="14">
+        <v>45688</v>
+      </c>
+      <c r="H44" s="14">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A45" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="E45" s="13">
+        <v>4.8265000000000002</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="14">
+        <v>45628</v>
+      </c>
+      <c r="H45" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A46" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="E46" s="13">
+        <v>0.54020000000000001</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="14">
+        <v>45655</v>
+      </c>
+      <c r="H46" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A47" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="E47" s="13">
+        <v>0.41620000000000001</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="14">
+        <v>45705</v>
+      </c>
+      <c r="H47" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="E48" s="13">
+        <v>0.2001</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="14">
+        <v>45611</v>
+      </c>
+      <c r="H48" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A49" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="E49" s="13">
+        <v>0.22750000000000001</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="14">
+        <v>45664</v>
+      </c>
+      <c r="H49" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A50" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="13">
+        <v>0.24</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="14">
+        <v>45692</v>
+      </c>
+      <c r="H50" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A51" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="E51" s="13">
+        <v>0.5</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="14">
+        <v>45694</v>
+      </c>
+      <c r="H51" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A52" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="E52" s="13">
+        <v>0.22320000000000001</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="14">
+        <v>45629</v>
+      </c>
+      <c r="H52" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A53" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E53" s="13">
+        <v>0.62509999999999999</v>
+      </c>
+      <c r="F53" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H53" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A54" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>798</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="E54" s="13">
+        <v>0.2198</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="14">
+        <v>45631</v>
+      </c>
+      <c r="H54" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A55" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E55" s="13">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="14">
+        <v>45705</v>
+      </c>
+      <c r="H55" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A56" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="E56" s="13">
+        <v>0.24990000000000001</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="14">
+        <v>45677</v>
+      </c>
+      <c r="H56" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" s="13">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="14">
+        <v>45692</v>
+      </c>
+      <c r="H57" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A58" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="E58" s="13">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="14">
+        <v>45692</v>
+      </c>
+      <c r="H58" s="14">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A59" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="E59" s="13">
+        <v>1.3226</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="14">
+        <v>45614</v>
+      </c>
+      <c r="H59" s="14">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="E60" s="13">
+        <v>2.0184000000000002</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H60" s="14">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E61" s="13">
+        <v>0.44290000000000002</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="14">
+        <v>45485</v>
+      </c>
+      <c r="H61" s="14">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="10" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="E62" s="13">
+        <v>0.24030000000000001</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="14">
+        <v>45642</v>
+      </c>
+      <c r="H62" s="14">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A63" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>249</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="E63" s="13">
+        <v>0.1996</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="14">
+        <v>45713</v>
+      </c>
+      <c r="H63" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A64" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E64" s="13">
+        <v>0.24</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="14">
+        <v>45702</v>
+      </c>
+      <c r="H64" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A65" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="E65" s="13">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="14">
+        <v>45643</v>
+      </c>
+      <c r="H65" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A66" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="E66" s="13">
+        <v>0.1812</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="14">
+        <v>45699</v>
+      </c>
+      <c r="H66" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A67" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="E67" s="13">
+        <v>0.32479999999999998</v>
+      </c>
+      <c r="F67" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="14">
+        <v>45699</v>
+      </c>
+      <c r="H67" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A68" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E68" s="13">
+        <v>0.50049999999999994</v>
+      </c>
+      <c r="F68" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="14">
+        <v>45702</v>
+      </c>
+      <c r="H68" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="E69" s="13">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="F69" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="14">
+        <v>45705</v>
+      </c>
+      <c r="H69" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="E70" s="13">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="14">
+        <v>45707</v>
+      </c>
+      <c r="H70" s="14">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="E71" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="14">
+        <v>45717</v>
+      </c>
+      <c r="H71" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E72" s="13">
+        <v>0.14760000000000001</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="14">
+        <v>45593</v>
+      </c>
+      <c r="H72" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>799</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="E73" s="13">
+        <v>0.64980000000000004</v>
+      </c>
+      <c r="F73" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="14">
+        <v>45568</v>
+      </c>
+      <c r="H73" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="E74" s="13">
+        <v>0.252</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="14">
+        <v>45548</v>
+      </c>
+      <c r="H74" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="E75" s="13">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="F75" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="14">
+        <v>45595</v>
+      </c>
+      <c r="H75" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="E76" s="13">
+        <v>1.0626</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="14">
+        <v>45714</v>
+      </c>
+      <c r="H76" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="E77" s="13">
+        <v>0.5</v>
+      </c>
+      <c r="F77" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="14">
+        <v>45705</v>
+      </c>
+      <c r="H77" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>291</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="E78" s="13">
+        <v>0.16009999999999999</v>
+      </c>
+      <c r="F78" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H78" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>800</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="E79" s="13">
+        <v>0.15840000000000001</v>
+      </c>
+      <c r="F79" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="14">
+        <v>45565</v>
+      </c>
+      <c r="H79" s="14">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A80" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="E80" s="13">
+        <v>195.69300000000001</v>
+      </c>
+      <c r="F80" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="14">
+        <v>45607</v>
+      </c>
+      <c r="H80" s="14">
+        <v>45743</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A81" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="E81" s="13">
+        <v>0.3478</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="14">
+        <v>45566</v>
+      </c>
+      <c r="H81" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A82" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="E82" s="13">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F82" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="14">
+        <v>44267</v>
+      </c>
+      <c r="H82" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A83" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="E83" s="13">
+        <v>0.34760000000000002</v>
+      </c>
+      <c r="F83" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="14">
+        <v>45719</v>
+      </c>
+      <c r="H83" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A84" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>801</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="E84" s="13">
+        <v>0.47020000000000001</v>
+      </c>
+      <c r="F84" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="14">
+        <v>45630</v>
+      </c>
+      <c r="H84" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A85" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="E85" s="13">
+        <v>0.3135</v>
+      </c>
+      <c r="F85" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="14">
+        <v>45600</v>
+      </c>
+      <c r="H85" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A86" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="E86" s="13">
+        <v>0.30740000000000001</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="14">
+        <v>45625</v>
+      </c>
+      <c r="H86" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="B87" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="E87" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F87" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="14">
+        <v>45721</v>
+      </c>
+      <c r="H87" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="E88" s="13">
+        <v>0.4647</v>
+      </c>
+      <c r="F88" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="14">
+        <v>45693</v>
+      </c>
+      <c r="H88" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A89" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" s="13">
+        <v>2.6732999999999998</v>
+      </c>
+      <c r="F89" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="14">
+        <v>45673</v>
+      </c>
+      <c r="H89" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="E90" s="13">
+        <v>0.31359999999999999</v>
+      </c>
+      <c r="F90" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="14">
+        <v>45715</v>
+      </c>
+      <c r="H90" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E91" s="13">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="14">
+        <v>45707</v>
+      </c>
+      <c r="H91" s="14">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A92" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="E92" s="13">
+        <v>0.3997</v>
+      </c>
+      <c r="F92" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="14">
+        <v>45716</v>
+      </c>
+      <c r="H92" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A93" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="E93" s="13">
+        <v>0.33960000000000001</v>
+      </c>
+      <c r="F93" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="14">
+        <v>45611</v>
+      </c>
+      <c r="H93" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A94" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="E94" s="13">
+        <v>0.99960000000000004</v>
+      </c>
+      <c r="F94" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="14">
+        <v>45727</v>
+      </c>
+      <c r="H94" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A95" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="E95" s="13">
+        <v>0.19819999999999999</v>
+      </c>
+      <c r="F95" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="14">
+        <v>45721</v>
+      </c>
+      <c r="H95" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A96" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>341</v>
+      </c>
+      <c r="E96" s="13">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="14">
+        <v>45638</v>
+      </c>
+      <c r="H96" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A97" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="E97" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F97" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="14">
+        <v>45713</v>
+      </c>
+      <c r="H97" s="14">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A98" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="E98" s="13">
+        <v>0.27750000000000002</v>
+      </c>
+      <c r="F98" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="14">
+        <v>45707</v>
+      </c>
+      <c r="H98" s="14">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A99" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="C99" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="E99" s="13">
+        <v>520.39319999999998</v>
+      </c>
+      <c r="F99" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H99" s="14">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A100" s="10" t="s">
+        <v>350</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E100" s="13">
+        <v>0.1996</v>
+      </c>
+      <c r="F100" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="14">
+        <v>45716</v>
+      </c>
+      <c r="H100" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A101" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="C101" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="E101" s="13">
+        <v>0.15240000000000001</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="14">
+        <v>45685</v>
+      </c>
+      <c r="H101" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A102" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="C102" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E102" s="13">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F102" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="14">
+        <v>45702</v>
+      </c>
+      <c r="H102" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A103" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C103" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E103" s="13">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="F103" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="14">
+        <v>45743</v>
+      </c>
+      <c r="H103" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A104" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="C104" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="E104" s="13">
+        <v>0.25259999999999999</v>
+      </c>
+      <c r="F104" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="14">
+        <v>45736</v>
+      </c>
+      <c r="H104" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A105" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="C105" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="E105" s="13">
+        <v>0.18909999999999999</v>
+      </c>
+      <c r="F105" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="14">
+        <v>45686</v>
+      </c>
+      <c r="H105" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A106" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>367</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="E106" s="13">
+        <v>0.52</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="14">
+        <v>45730</v>
+      </c>
+      <c r="H106" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A107" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="C107" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="E107" s="13">
+        <v>0.246</v>
+      </c>
+      <c r="F107" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="14">
+        <v>45673</v>
+      </c>
+      <c r="H107" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A108" s="10" t="s">
+        <v>371</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="E108" s="13">
+        <v>0.55110000000000003</v>
+      </c>
+      <c r="F108" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="14">
+        <v>45668</v>
+      </c>
+      <c r="H108" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A109" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>375</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="E109" s="13">
+        <v>0.2006</v>
+      </c>
+      <c r="F109" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="14">
+        <v>45740</v>
+      </c>
+      <c r="H109" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A110" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="E110" s="13">
+        <v>0.2205</v>
+      </c>
+      <c r="F110" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="14">
+        <v>45742</v>
+      </c>
+      <c r="H110" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A111" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>381</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="E111" s="13">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="14">
+        <v>45714</v>
+      </c>
+      <c r="H111" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A112" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>803</v>
+      </c>
+      <c r="C112" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>383</v>
+      </c>
+      <c r="E112" s="13">
+        <v>0.4002</v>
+      </c>
+      <c r="F112" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="14">
+        <v>45646</v>
+      </c>
+      <c r="H112" s="14">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A113" s="10" t="s">
+        <v>384</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="E113" s="13">
+        <v>0.40039999999999998</v>
+      </c>
+      <c r="F113" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="14">
+        <v>45707</v>
+      </c>
+      <c r="H113" s="14">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A114" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="E114" s="13">
+        <v>0.39689999999999998</v>
+      </c>
+      <c r="F114" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="14">
+        <v>45668</v>
+      </c>
+      <c r="H114" s="14">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A115" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>392</v>
+      </c>
+      <c r="E115" s="13">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="F115" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="14">
+        <v>45749</v>
+      </c>
+      <c r="H115" s="14">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A116" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>394</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>395</v>
+      </c>
+      <c r="E116" s="13">
+        <v>0.214</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="14">
+        <v>45740</v>
+      </c>
+      <c r="H116" s="14">
+        <v>45761</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A117" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>397</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E117" s="13">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="F117" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="14">
+        <v>45708</v>
+      </c>
+      <c r="H117" s="14">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A118" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E118" s="13">
+        <v>0.49940000000000001</v>
+      </c>
+      <c r="F118" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="14">
+        <v>45749</v>
+      </c>
+      <c r="H118" s="14">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A119" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>401</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="E119" s="13">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F119" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="14">
+        <v>45716</v>
+      </c>
+      <c r="H119" s="14">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A120" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="E120" s="13">
+        <v>0.32319999999999999</v>
+      </c>
+      <c r="F120" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="14">
+        <v>45739</v>
+      </c>
+      <c r="H120" s="14">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A121" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>407</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>408</v>
+      </c>
+      <c r="E121" s="13">
+        <v>0.36080000000000001</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="14">
+        <v>45685</v>
+      </c>
+      <c r="H121" s="14">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A122" s="10" t="s">
+        <v>409</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>410</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>411</v>
+      </c>
+      <c r="E122" s="13">
+        <v>0.20780000000000001</v>
+      </c>
+      <c r="F122" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="14">
+        <v>45698</v>
+      </c>
+      <c r="H122" s="14">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A123" s="10" t="s">
+        <v>412</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>413</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="E123" s="13">
+        <v>1.032</v>
+      </c>
+      <c r="F123" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="14">
+        <v>45749</v>
+      </c>
+      <c r="H123" s="14">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A124" s="10" t="s">
+        <v>415</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="E124" s="13">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F124" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="14">
+        <v>45748</v>
+      </c>
+      <c r="H124" s="14">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A125" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="E125" s="13">
+        <v>1.4802999999999999</v>
+      </c>
+      <c r="F125" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="14">
+        <v>45686</v>
+      </c>
+      <c r="H125" s="14">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A126" s="10" t="s">
+        <v>421</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>422</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>423</v>
+      </c>
+      <c r="E126" s="13">
+        <v>3.4394999999999998</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="14">
+        <v>45686</v>
+      </c>
+      <c r="H126" s="14">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A127" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>426</v>
+      </c>
+      <c r="E127" s="13">
+        <v>0.99990000000000001</v>
+      </c>
+      <c r="F127" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="14">
+        <v>45713</v>
+      </c>
+      <c r="H127" s="14">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A128" s="10" t="s">
+        <v>427</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="E128" s="13">
+        <v>6.1623000000000001</v>
+      </c>
+      <c r="F128" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="14">
+        <v>45692</v>
+      </c>
+      <c r="H128" s="14">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A129" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>431</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>432</v>
+      </c>
+      <c r="E129" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F129" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="14">
+        <v>45743</v>
+      </c>
+      <c r="H129" s="14">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A130" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>434</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="E130" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F130" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="14">
+        <v>45762</v>
+      </c>
+      <c r="H130" s="14">
+        <v>45770</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A131" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="E131" s="13">
+        <v>8.2028999999999996</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="14">
+        <v>45721</v>
+      </c>
+      <c r="H131" s="14">
+        <v>45771</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A132" s="10" t="s">
+        <v>443</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>444</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>445</v>
+      </c>
+      <c r="E132" s="13">
+        <v>0.29120000000000001</v>
+      </c>
+      <c r="F132" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="14">
+        <v>45750</v>
+      </c>
+      <c r="H132" s="14">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A133" s="10" t="s">
+        <v>446</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>447</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="E133" s="13">
+        <v>6.0037000000000003</v>
+      </c>
+      <c r="F133" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="14">
+        <v>45743</v>
+      </c>
+      <c r="H133" s="14">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A134" s="10" t="s">
+        <v>449</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>450</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E134" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F134" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="14">
+        <v>45740</v>
+      </c>
+      <c r="H134" s="14">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A135" s="10" t="s">
+        <v>451</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>452</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="E135" s="13">
+        <v>0.35949999999999999</v>
+      </c>
+      <c r="F135" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="14">
+        <v>45757</v>
+      </c>
+      <c r="H135" s="14">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A136" s="10" t="s">
+        <v>453</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>454</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="E136" s="13">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="14">
+        <v>45674</v>
+      </c>
+      <c r="H136" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A137" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>457</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>458</v>
+      </c>
+      <c r="E137" s="13">
+        <v>0.39950000000000002</v>
+      </c>
+      <c r="F137" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="14">
+        <v>45758</v>
+      </c>
+      <c r="H137" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A138" s="10" t="s">
+        <v>459</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="E138" s="13">
+        <v>0.4698</v>
+      </c>
+      <c r="F138" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="14">
+        <v>45631</v>
+      </c>
+      <c r="H138" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A139" s="10" t="s">
+        <v>462</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>463</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>411</v>
+      </c>
+      <c r="E139" s="13">
+        <v>0.27889999999999998</v>
+      </c>
+      <c r="F139" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="14">
+        <v>45777</v>
+      </c>
+      <c r="H139" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A140" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="E140" s="13">
+        <v>0.17030000000000001</v>
+      </c>
+      <c r="F140" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="14">
+        <v>45625</v>
+      </c>
+      <c r="H140" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A141" s="10" t="s">
+        <v>467</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>468</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>469</v>
+      </c>
+      <c r="E141" s="13">
+        <v>0.2387</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="14">
+        <v>45770</v>
+      </c>
+      <c r="H141" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A142" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>472</v>
+      </c>
+      <c r="E142" s="13">
+        <v>0.16869999999999999</v>
+      </c>
+      <c r="F142" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="14">
+        <v>45770</v>
+      </c>
+      <c r="H142" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A143" s="10" t="s">
+        <v>473</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>804</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>474</v>
+      </c>
+      <c r="E143" s="13">
+        <v>0.17680000000000001</v>
+      </c>
+      <c r="F143" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="14">
+        <v>45749</v>
+      </c>
+      <c r="H143" s="14">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A144" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>476</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>477</v>
+      </c>
+      <c r="E144" s="13">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="F144" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="14">
+        <v>45761</v>
+      </c>
+      <c r="H144" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A145" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>477</v>
+      </c>
+      <c r="E145" s="13">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="F145" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="14">
+        <v>45761</v>
+      </c>
+      <c r="H145" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A146" s="10" t="s">
+        <v>480</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>481</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="E146" s="13">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="14">
+        <v>45702</v>
+      </c>
+      <c r="H146" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A147" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>485</v>
+      </c>
+      <c r="E147" s="13">
+        <v>0.1923</v>
+      </c>
+      <c r="F147" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="14">
+        <v>45775</v>
+      </c>
+      <c r="H147" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A148" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="E148" s="13">
+        <v>1.6632</v>
+      </c>
+      <c r="F148" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G148" s="14">
+        <v>45755</v>
+      </c>
+      <c r="H148" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A149" s="10" t="s">
+        <v>488</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>489</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="E149" s="13">
+        <v>346.24799999999999</v>
+      </c>
+      <c r="F149" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G149" s="14">
+        <v>45674</v>
+      </c>
+      <c r="H149" s="14">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A150" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>493</v>
+      </c>
+      <c r="E150" s="13">
+        <v>1.5172000000000001</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="14">
+        <v>45769</v>
+      </c>
+      <c r="H150" s="14">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A151" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>495</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="E151" s="13">
+        <v>0.1993</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G151" s="14">
+        <v>45779</v>
+      </c>
+      <c r="H151" s="14">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A152" s="10" t="s">
+        <v>496</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="E152" s="13">
+        <v>1.7</v>
+      </c>
+      <c r="F152" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="G152" s="14">
+        <v>45666</v>
+      </c>
+      <c r="H152" s="14">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A153" s="10" t="s">
+        <v>499</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="E153" s="13">
+        <v>0.23</v>
+      </c>
+      <c r="F153" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G153" s="14">
+        <v>45779</v>
+      </c>
+      <c r="H153" s="14">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A154" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="E154" s="13">
+        <v>0.23</v>
+      </c>
+      <c r="F154" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="14">
+        <v>45782</v>
+      </c>
+      <c r="H154" s="14">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A155" s="10" t="s">
+        <v>504</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="E155" s="13">
+        <v>0.63</v>
+      </c>
+      <c r="F155" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="G155" s="14">
+        <v>45636</v>
+      </c>
+      <c r="H155" s="14">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A156" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>508</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="E156" s="13">
+        <v>0.44990000000000002</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="14">
+        <v>45777</v>
+      </c>
+      <c r="H156" s="14">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A157" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="E157" s="13">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F157" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G157" s="14">
+        <v>45778</v>
+      </c>
+      <c r="H157" s="14">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A158" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>512</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>513</v>
+      </c>
+      <c r="E158" s="13">
+        <v>0.23</v>
+      </c>
+      <c r="F158" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G158" s="14">
+        <v>45791</v>
+      </c>
+      <c r="H158" s="14">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A159" s="10" t="s">
+        <v>514</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>515</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="E159" s="13">
+        <v>0.35859999999999997</v>
+      </c>
+      <c r="F159" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="14">
+        <v>45769</v>
+      </c>
+      <c r="H159" s="14">
+        <v>45803</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A160" s="10" t="s">
+        <v>517</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>518</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>519</v>
+      </c>
+      <c r="E160" s="13">
+        <v>450</v>
+      </c>
+      <c r="F160" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G160" s="14">
+        <v>45664</v>
+      </c>
+      <c r="H160" s="14">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A161" s="10" t="s">
+        <v>520</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>521</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>522</v>
+      </c>
+      <c r="E161" s="13">
+        <v>0.66180000000000005</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G161" s="14">
+        <v>45777</v>
+      </c>
+      <c r="H161" s="14">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A162" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>525</v>
+      </c>
+      <c r="E162" s="13">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="F162" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="14">
+        <v>45733</v>
+      </c>
+      <c r="H162" s="14">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A163" s="10" t="s">
+        <v>526</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>527</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="E163" s="13">
+        <v>57.802999999999997</v>
+      </c>
+      <c r="F163" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="14">
+        <v>45713</v>
+      </c>
+      <c r="H163" s="14">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A164" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>530</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>531</v>
+      </c>
+      <c r="E164" s="13">
+        <v>0.4279</v>
+      </c>
+      <c r="F164" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="14">
+        <v>45785</v>
+      </c>
+      <c r="H164" s="14">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A165" s="10" t="s">
+        <v>532</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>534</v>
+      </c>
+      <c r="E165" s="13">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="F165" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="14">
+        <v>45791</v>
+      </c>
+      <c r="H165" s="14">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A166" s="10" t="s">
+        <v>535</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>805</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>536</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E166" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="14">
+        <v>45737</v>
+      </c>
+      <c r="H166" s="14">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A167" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>540</v>
+      </c>
+      <c r="E167" s="13">
+        <v>0.91759999999999997</v>
+      </c>
+      <c r="F167" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="14">
+        <v>45757</v>
+      </c>
+      <c r="H167" s="14">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A168" s="10" t="s">
+        <v>541</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>542</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="E168" s="13">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F168" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="14">
+        <v>45803</v>
+      </c>
+      <c r="H168" s="14">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A169" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="B169" s="10" t="s">
+        <v>545</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>546</v>
+      </c>
+      <c r="E169" s="13">
+        <v>0.31069999999999998</v>
+      </c>
+      <c r="F169" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="14">
+        <v>45799</v>
+      </c>
+      <c r="H169" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A170" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>548</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>549</v>
+      </c>
+      <c r="E170" s="13">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="F170" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="14">
+        <v>45761</v>
+      </c>
+      <c r="H170" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A171" s="10" t="s">
+        <v>550</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>411</v>
+      </c>
+      <c r="E171" s="13">
+        <v>0.40010000000000001</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="14">
+        <v>45803</v>
+      </c>
+      <c r="H171" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A172" s="10" t="s">
+        <v>552</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>553</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>554</v>
+      </c>
+      <c r="E172" s="13">
+        <v>0.37040000000000001</v>
+      </c>
+      <c r="F172" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="14">
+        <v>45796</v>
+      </c>
+      <c r="H172" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A173" s="10" t="s">
+        <v>555</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>557</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="E173" s="13">
+        <v>1.2688999999999999</v>
+      </c>
+      <c r="F173" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="14">
+        <v>45524</v>
+      </c>
+      <c r="H173" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A174" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>560</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>561</v>
+      </c>
+      <c r="E174" s="13">
+        <v>0.15179999999999999</v>
+      </c>
+      <c r="F174" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="14">
+        <v>45791</v>
+      </c>
+      <c r="H174" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A175" s="10" t="s">
+        <v>562</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>806</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="E175" s="13">
+        <v>0.23280000000000001</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="14">
+        <v>45742</v>
+      </c>
+      <c r="H175" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A176" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="E176" s="13">
+        <v>0.12690000000000001</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="14">
+        <v>45779</v>
+      </c>
+      <c r="H176" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A177" s="10" t="s">
+        <v>565</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>567</v>
+      </c>
+      <c r="E177" s="13">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F177" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="14">
+        <v>45803</v>
+      </c>
+      <c r="H177" s="14">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A178" s="10" t="s">
+        <v>568</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>570</v>
+      </c>
+      <c r="E178" s="13">
+        <v>0.47349999999999998</v>
+      </c>
+      <c r="F178" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="14">
+        <v>45771</v>
+      </c>
+      <c r="H178" s="14">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A179" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="E179" s="13">
+        <v>0.3483</v>
+      </c>
+      <c r="F179" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="14">
+        <v>45747</v>
+      </c>
+      <c r="H179" s="14">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A180" s="10" t="s">
+        <v>574</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>575</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>576</v>
+      </c>
+      <c r="E180" s="13">
+        <v>7.5274999999999999</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G180" s="14">
+        <v>45762</v>
+      </c>
+      <c r="H180" s="14">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A181" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="E181" s="13">
+        <v>6.048</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="14">
+        <v>45775</v>
+      </c>
+      <c r="H181" s="14">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A182" s="10" t="s">
+        <v>580</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>581</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E182" s="13">
+        <v>0.151</v>
+      </c>
+      <c r="F182" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="14">
+        <v>45775</v>
+      </c>
+      <c r="H182" s="14">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A183" s="10" t="s">
+        <v>583</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>584</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D183" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="E183" s="13">
+        <v>0.30890000000000001</v>
+      </c>
+      <c r="F183" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="14">
+        <v>45763</v>
+      </c>
+      <c r="H183" s="14">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A184" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>587</v>
+      </c>
+      <c r="E184" s="13">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F184" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="14">
+        <v>45819</v>
+      </c>
+      <c r="H184" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A185" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D185" s="10" t="s">
+        <v>590</v>
+      </c>
+      <c r="E185" s="13">
+        <v>0.37</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="14">
+        <v>45805</v>
+      </c>
+      <c r="H185" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A186" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="E186" s="13">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G186" s="14">
+        <v>45798</v>
+      </c>
+      <c r="H186" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A187" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="B187" s="10" t="s">
+        <v>594</v>
+      </c>
+      <c r="C187" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D187" s="10" t="s">
+        <v>595</v>
+      </c>
+      <c r="E187" s="13">
+        <v>0.70040000000000002</v>
+      </c>
+      <c r="F187" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="14">
+        <v>45803</v>
+      </c>
+      <c r="H187" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A188" s="10" t="s">
+        <v>596</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>597</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>598</v>
+      </c>
+      <c r="E188" s="13">
+        <v>0.19359999999999999</v>
+      </c>
+      <c r="F188" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G188" s="14">
+        <v>45796</v>
+      </c>
+      <c r="H188" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A189" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="C189" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D189" s="10" t="s">
+        <v>600</v>
+      </c>
+      <c r="E189" s="13">
+        <v>0.1956</v>
+      </c>
+      <c r="F189" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="14">
+        <v>45740</v>
+      </c>
+      <c r="H189" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A190" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="E190" s="13">
+        <v>4.5416999999999996</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G190" s="14">
+        <v>45799</v>
+      </c>
+      <c r="H190" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A191" s="10" t="s">
+        <v>604</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D191" s="10" t="s">
+        <v>606</v>
+      </c>
+      <c r="E191" s="13">
+        <v>0.80120000000000002</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G191" s="14">
+        <v>45791</v>
+      </c>
+      <c r="H191" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A192" s="10" t="s">
+        <v>607</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>608</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="E192" s="13">
+        <v>1.1908000000000001</v>
+      </c>
+      <c r="F192" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="14">
+        <v>45722</v>
+      </c>
+      <c r="H192" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A193" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>611</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D193" s="10" t="s">
+        <v>612</v>
+      </c>
+      <c r="E193" s="13">
+        <v>0.1255</v>
+      </c>
+      <c r="F193" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="14">
+        <v>45770</v>
+      </c>
+      <c r="H193" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A194" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>615</v>
+      </c>
+      <c r="E194" s="13">
+        <v>0.4541</v>
+      </c>
+      <c r="F194" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="14">
+        <v>45819</v>
+      </c>
+      <c r="H194" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A195" s="10" t="s">
+        <v>616</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>617</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D195" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="E195" s="13">
+        <v>0.23569999999999999</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="14">
+        <v>45754</v>
+      </c>
+      <c r="H195" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A196" s="10" t="s">
+        <v>619</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>620</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="E196" s="13">
+        <v>0.17319999999999999</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G196" s="14">
+        <v>45754</v>
+      </c>
+      <c r="H196" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A197" s="10" t="s">
+        <v>621</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D197" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="E197" s="13">
+        <v>0.62009999999999998</v>
+      </c>
+      <c r="F197" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G197" s="14">
+        <v>45754</v>
+      </c>
+      <c r="H197" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A198" s="10" t="s">
+        <v>623</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>624</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="E198" s="13">
+        <v>0.14960000000000001</v>
+      </c>
+      <c r="F198" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="14">
+        <v>45791</v>
+      </c>
+      <c r="H198" s="14">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A199" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>627</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" s="10" t="s">
+        <v>628</v>
+      </c>
+      <c r="E199" s="13">
+        <v>0.40610000000000002</v>
+      </c>
+      <c r="F199" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G199" s="14">
+        <v>45719</v>
+      </c>
+      <c r="H199" s="14">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A200" s="10" t="s">
+        <v>629</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>630</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="E200" s="13">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G200" s="14">
+        <v>45811</v>
+      </c>
+      <c r="H200" s="14">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A201" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>643</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D201" s="10" t="s">
+        <v>644</v>
+      </c>
+      <c r="E201" s="13">
+        <v>0.7268</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G201" s="14">
+        <v>45778</v>
+      </c>
+      <c r="H201" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A202" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>647</v>
+      </c>
+      <c r="E202" s="13">
+        <v>0.26</v>
+      </c>
+      <c r="F202" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G202" s="14">
+        <v>45825</v>
+      </c>
+      <c r="H202" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A203" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>649</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="E203" s="13">
+        <v>4.2679999999999998</v>
+      </c>
+      <c r="F203" s="10" t="s">
+        <v>651</v>
+      </c>
+      <c r="G203" s="14">
+        <v>45799</v>
+      </c>
+      <c r="H203" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A204" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>653</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>654</v>
+      </c>
+      <c r="E204" s="13">
+        <v>6.048</v>
+      </c>
+      <c r="F204" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G204" s="14">
+        <v>45798</v>
+      </c>
+      <c r="H204" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A205" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>656</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" s="10" t="s">
+        <v>546</v>
+      </c>
+      <c r="E205" s="13">
+        <v>1.518</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="14">
+        <v>45811</v>
+      </c>
+      <c r="H205" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A206" s="10" t="s">
+        <v>657</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E206" s="13">
+        <v>0.22239999999999999</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G206" s="14">
+        <v>45820</v>
+      </c>
+      <c r="H206" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A207" s="10" t="s">
+        <v>659</v>
+      </c>
+      <c r="B207" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="C207" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="E207" s="13">
+        <v>0.2195</v>
+      </c>
+      <c r="F207" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G207" s="14">
+        <v>45811</v>
+      </c>
+      <c r="H207" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A208" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>662</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="E208" s="13">
+        <v>252</v>
+      </c>
+      <c r="F208" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G208" s="14">
+        <v>45819</v>
+      </c>
+      <c r="H208" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A209" s="10" t="s">
+        <v>664</v>
+      </c>
+      <c r="B209" s="10" t="s">
+        <v>665</v>
+      </c>
+      <c r="C209" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="E209" s="13">
+        <v>0.36559999999999998</v>
+      </c>
+      <c r="F209" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="14">
+        <v>45824</v>
+      </c>
+      <c r="H209" s="14">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A210" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>669</v>
+      </c>
+      <c r="E210" s="13">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G210" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H210" s="14">
+        <v>45840</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A211" s="10" t="s">
+        <v>670</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E211" s="13">
+        <v>0.5323</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G211" s="14">
+        <v>45736</v>
+      </c>
+      <c r="H211" s="14">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A212" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>673</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="E212" s="13">
+        <v>42</v>
+      </c>
+      <c r="F212" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="G212" s="14">
+        <v>45743</v>
+      </c>
+      <c r="H212" s="14">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A213" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="B213" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="C213" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E213" s="13">
+        <v>7.125</v>
+      </c>
+      <c r="F213" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G213" s="14">
+        <v>45793</v>
+      </c>
+      <c r="H213" s="14">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A214" s="10" t="s">
+        <v>678</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>679</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="E214" s="13">
+        <v>0.17949999999999999</v>
+      </c>
+      <c r="F214" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G214" s="14">
+        <v>45820</v>
+      </c>
+      <c r="H214" s="14">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A215" s="10" t="s">
+        <v>681</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>682</v>
+      </c>
+      <c r="C215" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="E215" s="13">
+        <v>1.1899</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G215" s="14">
+        <v>45722</v>
+      </c>
+      <c r="H215" s="14">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A216" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="E216" s="13">
+        <v>0.1802</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="14">
+        <v>45833</v>
+      </c>
+      <c r="H216" s="14">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A217" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>687</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="E217" s="13">
+        <v>0.4904</v>
+      </c>
+      <c r="F217" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="14">
+        <v>45831</v>
+      </c>
+      <c r="H217" s="14">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A218" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>690</v>
+      </c>
+      <c r="E218" s="13">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F218" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="14">
+        <v>45831</v>
+      </c>
+      <c r="H218" s="14">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A219" s="10" t="s">
+        <v>691</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>692</v>
+      </c>
+      <c r="C219" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" s="10" t="s">
+        <v>693</v>
+      </c>
+      <c r="E219" s="13">
+        <v>0.33</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="14">
+        <v>45831</v>
+      </c>
+      <c r="H219" s="14">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A220" s="10" t="s">
+        <v>694</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="E220" s="13">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F220" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="14">
+        <v>45834</v>
+      </c>
+      <c r="H220" s="14">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A221" s="10" t="s">
+        <v>697</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>698</v>
+      </c>
+      <c r="C221" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="10" t="s">
+        <v>699</v>
+      </c>
+      <c r="E221" s="13">
+        <v>0.54600000000000004</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G221" s="14">
+        <v>45786</v>
+      </c>
+      <c r="H221" s="14">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A222" s="10" t="s">
+        <v>700</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>701</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>408</v>
+      </c>
+      <c r="E222" s="13">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="F222" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G222" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H222" s="14">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A223" s="10" t="s">
+        <v>702</v>
+      </c>
+      <c r="B223" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="C223" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D223" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="E223" s="13">
+        <v>0.2069</v>
+      </c>
+      <c r="F223" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G223" s="14">
+        <v>45814</v>
+      </c>
+      <c r="H223" s="14">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A224" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="B224" s="10" t="s">
+        <v>705</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="E224" s="13">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G224" s="14">
+        <v>45824</v>
+      </c>
+      <c r="H224" s="14">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A225" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B225" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C225" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D225" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="E225" s="13">
+        <v>0.1802</v>
+      </c>
+      <c r="F225" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G225" s="14">
+        <v>45838</v>
+      </c>
+      <c r="H225" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A226" s="10" t="s">
+        <v>708</v>
+      </c>
+      <c r="B226" s="10" t="s">
+        <v>709</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E226" s="13">
+        <v>0.4385</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G226" s="14">
+        <v>45806</v>
+      </c>
+      <c r="H226" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A227" s="10" t="s">
+        <v>710</v>
+      </c>
+      <c r="B227" s="10" t="s">
+        <v>711</v>
+      </c>
+      <c r="C227" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D227" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="E227" s="13">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F227" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G227" s="14">
+        <v>45840</v>
+      </c>
+      <c r="H227" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A228" s="10" t="s">
+        <v>713</v>
+      </c>
+      <c r="B228" s="10" t="s">
+        <v>714</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D228" s="10" t="s">
+        <v>715</v>
+      </c>
+      <c r="E228" s="13">
+        <v>8.5068000000000001</v>
+      </c>
+      <c r="F228" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G228" s="14">
+        <v>45700</v>
+      </c>
+      <c r="H228" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A229" s="10" t="s">
+        <v>716</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D229" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="E229" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G229" s="14">
+        <v>45804</v>
+      </c>
+      <c r="H229" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A230" s="10" t="s">
+        <v>719</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>720</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="E230" s="13">
+        <v>0.15440000000000001</v>
+      </c>
+      <c r="F230" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G230" s="14">
+        <v>45838</v>
+      </c>
+      <c r="H230" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A231" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="B231" s="10" t="s">
+        <v>723</v>
+      </c>
+      <c r="C231" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D231" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="E231" s="13">
+        <v>0.2296</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G231" s="14">
+        <v>45840</v>
+      </c>
+      <c r="H231" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A232" s="10" t="s">
+        <v>724</v>
+      </c>
+      <c r="B232" s="10" t="s">
+        <v>725</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" s="10" t="s">
+        <v>726</v>
+      </c>
+      <c r="E232" s="13">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F232" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G232" s="14">
+        <v>45839</v>
+      </c>
+      <c r="H232" s="14">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A233" s="10" t="s">
+        <v>727</v>
+      </c>
+      <c r="B233" s="10" t="s">
+        <v>728</v>
+      </c>
+      <c r="C233" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D233" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="E233" s="13">
+        <v>0.1802</v>
+      </c>
+      <c r="F233" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G233" s="14">
+        <v>45834</v>
+      </c>
+      <c r="H233" s="14">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A234" s="10" t="s">
+        <v>730</v>
+      </c>
+      <c r="B234" s="10" t="s">
+        <v>731</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="E234" s="13">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G234" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H234" s="14">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A235" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B235" s="10" t="s">
+        <v>733</v>
+      </c>
+      <c r="C235" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="E235" s="13">
+        <v>0.39979999999999999</v>
+      </c>
+      <c r="F235" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="14">
+        <v>45818</v>
+      </c>
+      <c r="H235" s="14">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A236" s="10" t="s">
+        <v>734</v>
+      </c>
+      <c r="B236" s="10" t="s">
+        <v>735</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>736</v>
+      </c>
+      <c r="E236" s="13">
+        <v>0.29959999999999998</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G236" s="14">
+        <v>45845</v>
+      </c>
+      <c r="H236" s="14">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A237" s="10" t="s">
+        <v>737</v>
+      </c>
+      <c r="B237" s="10" t="s">
+        <v>738</v>
+      </c>
+      <c r="C237" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" s="10" t="s">
+        <v>739</v>
+      </c>
+      <c r="E237" s="13">
+        <v>6.1212</v>
+      </c>
+      <c r="F237" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G237" s="14">
+        <v>45736</v>
+      </c>
+      <c r="H237" s="14">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A238" s="10" t="s">
+        <v>740</v>
+      </c>
+      <c r="B238" s="10" t="s">
+        <v>741</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E238" s="13">
+        <v>0.4536</v>
+      </c>
+      <c r="F238" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G238" s="14">
+        <v>45849</v>
+      </c>
+      <c r="H238" s="14">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A239" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="B239" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="C239" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="E239" s="13">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G239" s="14">
+        <v>45846</v>
+      </c>
+      <c r="H239" s="14">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A240" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B240" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C240" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D240" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="E240" s="13">
+        <v>0.43780000000000002</v>
+      </c>
+      <c r="F240" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G240" s="14">
+        <v>45786</v>
+      </c>
+      <c r="H240" s="14">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A241" s="10" t="s">
+        <v>748</v>
+      </c>
+      <c r="B241" s="10" t="s">
+        <v>749</v>
+      </c>
+      <c r="C241" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E241" s="13">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G241" s="14">
+        <v>45849</v>
+      </c>
+      <c r="H241" s="14">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A242" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>751</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E242" s="13">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F242" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G242" s="14">
+        <v>45849</v>
+      </c>
+      <c r="H242" s="14">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A243" s="10" t="s">
+        <v>752</v>
+      </c>
+      <c r="B243" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="C243" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="E243" s="13">
+        <v>439.8689</v>
+      </c>
+      <c r="F243" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G243" s="14">
+        <v>45834</v>
+      </c>
+      <c r="H243" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A244" s="10" t="s">
+        <v>755</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>756</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E244" s="13">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G244" s="14">
+        <v>45849</v>
+      </c>
+      <c r="H244" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A245" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="B245" s="10" t="s">
+        <v>758</v>
+      </c>
+      <c r="C245" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D245" s="10" t="s">
+        <v>759</v>
+      </c>
+      <c r="E245" s="13">
+        <v>0.30449999999999999</v>
+      </c>
+      <c r="F245" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G245" s="14">
+        <v>45833</v>
+      </c>
+      <c r="H245" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A246" s="10" t="s">
+        <v>760</v>
+      </c>
+      <c r="B246" s="10" t="s">
+        <v>761</v>
+      </c>
+      <c r="C246" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D246" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="E246" s="13">
+        <v>0.4385</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G246" s="14">
+        <v>45814</v>
+      </c>
+      <c r="H246" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A247" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B247" s="10" t="s">
+        <v>763</v>
+      </c>
+      <c r="C247" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D247" s="10" t="s">
+        <v>764</v>
+      </c>
+      <c r="E247" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F247" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G247" s="14">
+        <v>45803</v>
+      </c>
+      <c r="H247" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A248" s="10" t="s">
+        <v>765</v>
+      </c>
+      <c r="B248" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E248" s="13">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G248" s="14">
+        <v>45849</v>
+      </c>
+      <c r="H248" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A249" s="10" t="s">
+        <v>767</v>
+      </c>
+      <c r="B249" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="C249" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D249" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="E249" s="13">
+        <v>0.70520000000000005</v>
+      </c>
+      <c r="F249" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G249" s="14">
+        <v>45789</v>
+      </c>
+      <c r="H249" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A250" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="B250" s="10" t="s">
+        <v>771</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D250" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="E250" s="13">
+        <v>6.5119999999999996</v>
+      </c>
+      <c r="F250" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G250" s="14">
+        <v>45841</v>
+      </c>
+      <c r="H250" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A251" s="10" t="s">
+        <v>773</v>
+      </c>
+      <c r="B251" s="10" t="s">
+        <v>774</v>
+      </c>
+      <c r="C251" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D251" s="10" t="s">
+        <v>775</v>
+      </c>
+      <c r="E251" s="13">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G251" s="14">
+        <v>45846</v>
+      </c>
+      <c r="H251" s="14">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A252" s="10" t="s">
+        <v>776</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="C252" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D252" s="10" t="s">
+        <v>778</v>
+      </c>
+      <c r="E252" s="13">
+        <v>0.24490000000000001</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G252" s="14">
+        <v>45847</v>
+      </c>
+      <c r="H252" s="14">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A253" s="10" t="s">
+        <v>779</v>
+      </c>
+      <c r="B253" s="10" t="s">
+        <v>780</v>
+      </c>
+      <c r="C253" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D253" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E253" s="13">
+        <v>1.7307999999999999</v>
+      </c>
+      <c r="F253" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G253" s="14">
+        <v>45800</v>
+      </c>
+      <c r="H253" s="14">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A254" s="10" t="s">
+        <v>781</v>
+      </c>
+      <c r="B254" s="10" t="s">
+        <v>782</v>
+      </c>
+      <c r="C254" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D254" s="10" t="s">
+        <v>783</v>
+      </c>
+      <c r="E254" s="13">
+        <v>6.5185000000000004</v>
+      </c>
+      <c r="F254" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G254" s="14">
+        <v>45853</v>
+      </c>
+      <c r="H254" s="14">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A255" s="10" t="s">
+        <v>784</v>
+      </c>
+      <c r="B255" s="10" t="s">
+        <v>785</v>
+      </c>
+      <c r="C255" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D255" s="10" t="s">
+        <v>786</v>
+      </c>
+      <c r="E255" s="13">
+        <v>0.35039999999999999</v>
+      </c>
+      <c r="F255" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G255" s="14">
+        <v>45863</v>
+      </c>
+      <c r="H255" s="14">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A256" s="10" t="s">
+        <v>787</v>
+      </c>
+      <c r="B256" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="C256" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D256" s="10" t="s">
+        <v>789</v>
+      </c>
+      <c r="E256" s="13">
+        <v>0.2102</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G256" s="14">
+        <v>45832</v>
+      </c>
+      <c r="H256" s="14">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A257" s="10" t="s">
+        <v>808</v>
+      </c>
+      <c r="B257" s="10" t="s">
+        <v>809</v>
+      </c>
+      <c r="C257" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D257" s="10" t="s">
+        <v>810</v>
+      </c>
+      <c r="E257" s="13">
+        <v>0.33639999999999998</v>
+      </c>
+      <c r="F257" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G257" s="14">
+        <v>45856</v>
+      </c>
+      <c r="H257" s="14">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A258" s="10" t="s">
+        <v>811</v>
+      </c>
+      <c r="B258" s="10" t="s">
+        <v>812</v>
+      </c>
+      <c r="C258" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D258" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="E258" s="13">
+        <v>0.4</v>
+      </c>
+      <c r="F258" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G258" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H258" s="14">
+        <v>45873</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A259" s="10" t="s">
+        <v>813</v>
+      </c>
+      <c r="B259" s="10" t="s">
+        <v>814</v>
+      </c>
+      <c r="C259" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D259" s="10" t="s">
+        <v>513</v>
+      </c>
+      <c r="E259" s="13">
+        <v>0.70860000000000001</v>
+      </c>
+      <c r="F259" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G259" s="14">
+        <v>45840</v>
+      </c>
+      <c r="H259" s="14">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A260" s="10" t="s">
+        <v>815</v>
+      </c>
+      <c r="B260" s="10" t="s">
+        <v>816</v>
+      </c>
+      <c r="C260" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="E260" s="13">
+        <v>0.28989999999999999</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G260" s="14">
+        <v>45831</v>
+      </c>
+      <c r="H260" s="14">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A261" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="B261" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C261" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D261" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="E261" s="13">
+        <v>0.20669999999999999</v>
+      </c>
+      <c r="F261" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G261" s="14">
+        <v>45848</v>
+      </c>
+      <c r="H261" s="14">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A262" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="B262" s="10" t="s">
+        <v>820</v>
+      </c>
+      <c r="C262" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" s="10" t="s">
+        <v>546</v>
+      </c>
+      <c r="E262" s="13">
+        <v>0.52349999999999997</v>
+      </c>
+      <c r="F262" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G262" s="14">
+        <v>45866</v>
+      </c>
+      <c r="H262" s="14">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A263" s="10" t="s">
+        <v>821</v>
+      </c>
+      <c r="B263" s="10" t="s">
+        <v>822</v>
+      </c>
+      <c r="C263" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="E263" s="13">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="F263" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G263" s="14">
+        <v>45846</v>
+      </c>
+      <c r="H263" s="14">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A264" s="10" t="s">
+        <v>823</v>
+      </c>
+      <c r="B264" s="10" t="s">
+        <v>824</v>
+      </c>
+      <c r="C264" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D264" s="10" t="s">
+        <v>825</v>
+      </c>
+      <c r="E264" s="13">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F264" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="14">
+        <v>45846</v>
+      </c>
+      <c r="H264" s="14">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A265" s="10" t="s">
+        <v>826</v>
+      </c>
+      <c r="B265" s="10" t="s">
+        <v>827</v>
+      </c>
+      <c r="C265" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D265" s="10" t="s">
+        <v>828</v>
+      </c>
+      <c r="E265" s="13">
+        <v>0.24610000000000001</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G265" s="14">
+        <v>45800</v>
+      </c>
+      <c r="H265" s="14">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A266" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="B266" s="10" t="s">
+        <v>830</v>
+      </c>
+      <c r="C266" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="E266" s="13">
+        <v>6.5667999999999997</v>
+      </c>
+      <c r="F266" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G266" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H266" s="14">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A267" s="10" t="s">
+        <v>831</v>
+      </c>
+      <c r="B267" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="C267" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D267" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="E267" s="13">
+        <v>0.1885</v>
+      </c>
+      <c r="F267" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G267" s="14">
+        <v>45867</v>
+      </c>
+      <c r="H267" s="14">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A268" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="B268" s="10" t="s">
+        <v>834</v>
+      </c>
+      <c r="C268" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D268" s="10" t="s">
+        <v>835</v>
+      </c>
+      <c r="E268" s="13">
+        <v>1.1798999999999999</v>
+      </c>
+      <c r="F268" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G268" s="14">
+        <v>45826</v>
+      </c>
+      <c r="H268" s="14">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A269" s="10" t="s">
+        <v>836</v>
+      </c>
+      <c r="B269" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="C269" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="E269" s="13">
+        <v>10.7125</v>
+      </c>
+      <c r="F269" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G269" s="14">
+        <v>45850</v>
+      </c>
+      <c r="H269" s="14">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A270" s="10" t="s">
+        <v>838</v>
+      </c>
+      <c r="B270" s="10" t="s">
+        <v>839</v>
+      </c>
+      <c r="C270" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="10" t="s">
+        <v>840</v>
+      </c>
+      <c r="E270" s="13">
+        <v>0.83660000000000001</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G270" s="14">
+        <v>45797</v>
+      </c>
+      <c r="H270" s="14">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A271" s="10" t="s">
+        <v>841</v>
+      </c>
+      <c r="B271" s="10" t="s">
+        <v>842</v>
+      </c>
+      <c r="C271" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D271" s="10" t="s">
+        <v>843</v>
+      </c>
+      <c r="E271" s="13">
+        <v>0.25390000000000001</v>
+      </c>
+      <c r="F271" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G271" s="14">
+        <v>45852</v>
+      </c>
+      <c r="H271" s="14">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A272" s="10" t="s">
+        <v>844</v>
+      </c>
+      <c r="B272" s="10" t="s">
+        <v>845</v>
+      </c>
+      <c r="C272" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>846</v>
+      </c>
+      <c r="E272" s="13">
+        <v>0.22559999999999999</v>
+      </c>
+      <c r="F272" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G272" s="14">
+        <v>45763</v>
+      </c>
+      <c r="H272" s="14">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A273" s="10" t="s">
+        <v>847</v>
+      </c>
+      <c r="B273" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="C273" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D273" s="10" t="s">
+        <v>561</v>
+      </c>
+      <c r="E273" s="13">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F273" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G273" s="14">
+        <v>45832</v>
+      </c>
+      <c r="H273" s="14">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A274" s="10" t="s">
+        <v>849</v>
+      </c>
+      <c r="B274" s="10" t="s">
+        <v>850</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="E274" s="13">
+        <v>0.29039999999999999</v>
+      </c>
+      <c r="F274" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G274" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H274" s="14">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A275" s="10" t="s">
+        <v>851</v>
+      </c>
+      <c r="B275" s="10" t="s">
+        <v>852</v>
+      </c>
+      <c r="C275" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D275" s="10" t="s">
+        <v>853</v>
+      </c>
+      <c r="E275" s="13">
+        <v>0.25690000000000002</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G275" s="14">
+        <v>45863</v>
+      </c>
+      <c r="H275" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A276" s="10" t="s">
+        <v>854</v>
+      </c>
+      <c r="B276" s="10" t="s">
+        <v>855</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D276" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E276" s="13">
+        <v>0.22620000000000001</v>
+      </c>
+      <c r="F276" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G276" s="14">
+        <v>45863</v>
+      </c>
+      <c r="H276" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A277" s="10" t="s">
+        <v>856</v>
+      </c>
+      <c r="B277" s="10" t="s">
+        <v>857</v>
+      </c>
+      <c r="C277" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D277" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="E277" s="13">
+        <v>0.77939999999999998</v>
+      </c>
+      <c r="F277" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G277" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H277" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A278" s="10" t="s">
+        <v>858</v>
+      </c>
+      <c r="B278" s="10" t="s">
+        <v>859</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" s="10" t="s">
+        <v>860</v>
+      </c>
+      <c r="E278" s="13">
+        <v>0.53590000000000004</v>
+      </c>
+      <c r="F278" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G278" s="14">
+        <v>45868</v>
+      </c>
+      <c r="H278" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A279" s="10" t="s">
+        <v>861</v>
+      </c>
+      <c r="B279" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="C279" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D279" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="E279" s="13">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F279" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G279" s="14">
+        <v>45859</v>
+      </c>
+      <c r="H279" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A280" s="10" t="s">
+        <v>864</v>
+      </c>
+      <c r="B280" s="10" t="s">
+        <v>865</v>
+      </c>
+      <c r="C280" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D280" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="E280" s="13">
+        <v>0.4</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G280" s="14">
+        <v>45859</v>
+      </c>
+      <c r="H280" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A281" s="10" t="s">
+        <v>866</v>
+      </c>
+      <c r="B281" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="C281" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="E281" s="13">
+        <v>0.85250000000000004</v>
+      </c>
+      <c r="F281" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H281" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A282" s="10" t="s">
+        <v>868</v>
+      </c>
+      <c r="B282" s="10" t="s">
+        <v>869</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D282" s="10" t="s">
+        <v>870</v>
+      </c>
+      <c r="E282" s="13">
+        <v>11.2784</v>
+      </c>
+      <c r="F282" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G282" s="14">
+        <v>45809</v>
+      </c>
+      <c r="H282" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A283" s="10" t="s">
+        <v>871</v>
+      </c>
+      <c r="B283" s="10" t="s">
+        <v>872</v>
+      </c>
+      <c r="C283" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D283" s="10" t="s">
+        <v>873</v>
+      </c>
+      <c r="E283" s="13">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F283" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G283" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H283" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A284" s="10" t="s">
+        <v>874</v>
+      </c>
+      <c r="B284" s="10" t="s">
+        <v>875</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D284" s="10" t="s">
+        <v>876</v>
+      </c>
+      <c r="E284" s="13">
+        <v>0.75129999999999997</v>
+      </c>
+      <c r="F284" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G284" s="14">
+        <v>45861</v>
+      </c>
+      <c r="H284" s="14">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A285" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="B285" s="10" t="s">
+        <v>878</v>
+      </c>
+      <c r="C285" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D285" s="10" t="s">
+        <v>879</v>
+      </c>
+      <c r="E285" s="13">
+        <v>0.45</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G285" s="14">
+        <v>45877</v>
+      </c>
+      <c r="H285" s="14">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A286" s="10" t="s">
+        <v>880</v>
+      </c>
+      <c r="B286" s="10" t="s">
         <v>881</v>
       </c>
-      <c r="B3" s="43"/>
-[...40 lines deleted...]
-      <c r="C5" s="29" t="s">
+      <c r="C286" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D286" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="E286" s="13">
+        <v>0.15140000000000001</v>
+      </c>
+      <c r="F286" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G286" s="14">
+        <v>45796</v>
+      </c>
+      <c r="H286" s="14">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A287" s="10" t="s">
+        <v>883</v>
+      </c>
+      <c r="B287" s="10" t="s">
+        <v>884</v>
+      </c>
+      <c r="C287" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D287" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="E287" s="13">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F287" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G287" s="14">
+        <v>45888</v>
+      </c>
+      <c r="H287" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A288" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="B288" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="C288" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="29" t="s">
-[...74 lines deleted...]
-      <c r="C8" s="29" t="s">
+      <c r="D288" s="10" t="s">
+        <v>887</v>
+      </c>
+      <c r="E288" s="13">
+        <v>0.4995</v>
+      </c>
+      <c r="F288" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G288" s="14">
+        <v>45894</v>
+      </c>
+      <c r="H288" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A289" s="10" t="s">
+        <v>888</v>
+      </c>
+      <c r="B289" s="10" t="s">
+        <v>889</v>
+      </c>
+      <c r="C289" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D289" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="E289" s="13">
+        <v>7.7007000000000003</v>
+      </c>
+      <c r="F289" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G289" s="14">
+        <v>45793</v>
+      </c>
+      <c r="H289" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A290" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="B290" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D290" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="E290" s="13">
+        <v>1.95</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="14">
+        <v>45799</v>
+      </c>
+      <c r="H290" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A291" s="10" t="s">
+        <v>893</v>
+      </c>
+      <c r="B291" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="C291" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D291" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="E291" s="13">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="F291" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G291" s="14">
+        <v>45824</v>
+      </c>
+      <c r="H291" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A292" s="10" t="s">
+        <v>895</v>
+      </c>
+      <c r="B292" s="10" t="s">
+        <v>896</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D292" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E292" s="13">
+        <v>1.1505000000000001</v>
+      </c>
+      <c r="F292" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G292" s="14">
+        <v>45873</v>
+      </c>
+      <c r="H292" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A293" s="10" t="s">
+        <v>897</v>
+      </c>
+      <c r="B293" s="10" t="s">
+        <v>898</v>
+      </c>
+      <c r="C293" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D293" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E293" s="13">
+        <v>0.2341</v>
+      </c>
+      <c r="F293" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G293" s="14">
+        <v>45875</v>
+      </c>
+      <c r="H293" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A294" s="10" t="s">
+        <v>899</v>
+      </c>
+      <c r="B294" s="10" t="s">
+        <v>900</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D294" s="10" t="s">
+        <v>576</v>
+      </c>
+      <c r="E294" s="13">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F294" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G294" s="14">
+        <v>45854</v>
+      </c>
+      <c r="H294" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A295" s="10" t="s">
+        <v>901</v>
+      </c>
+      <c r="B295" s="10" t="s">
+        <v>902</v>
+      </c>
+      <c r="C295" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" s="10" t="s">
+        <v>903</v>
+      </c>
+      <c r="E295" s="13">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G295" s="14">
+        <v>45880</v>
+      </c>
+      <c r="H295" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A296" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="B296" s="10" t="s">
+        <v>905</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>536</v>
+      </c>
+      <c r="D296" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E296" s="13">
+        <v>0.20880000000000001</v>
+      </c>
+      <c r="F296" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G296" s="14">
+        <v>45770</v>
+      </c>
+      <c r="H296" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A297" s="10" t="s">
+        <v>906</v>
+      </c>
+      <c r="B297" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="C297" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D297" s="10" t="s">
+        <v>908</v>
+      </c>
+      <c r="E297" s="13">
+        <v>0.98119999999999996</v>
+      </c>
+      <c r="F297" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G297" s="14">
+        <v>45887</v>
+      </c>
+      <c r="H297" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A298" s="10" t="s">
+        <v>909</v>
+      </c>
+      <c r="B298" s="10" t="s">
+        <v>910</v>
+      </c>
+      <c r="C298" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="29" t="s">
-[...22 lines deleted...]
-      <c r="C9" s="29" t="s">
+      <c r="D298" s="10" t="s">
+        <v>911</v>
+      </c>
+      <c r="E298" s="13">
+        <v>0.4415</v>
+      </c>
+      <c r="F298" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G298" s="14">
+        <v>45812</v>
+      </c>
+      <c r="H298" s="14">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A299" s="10" t="s">
+        <v>912</v>
+      </c>
+      <c r="B299" s="10" t="s">
+        <v>913</v>
+      </c>
+      <c r="C299" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D299" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="E299" s="13">
+        <v>0.2021</v>
+      </c>
+      <c r="F299" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G299" s="14">
+        <v>45856</v>
+      </c>
+      <c r="H299" s="14">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A300" s="10" t="s">
+        <v>914</v>
+      </c>
+      <c r="B300" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D300" s="10" t="s">
+        <v>916</v>
+      </c>
+      <c r="E300" s="13">
+        <v>0.35749999999999998</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G300" s="14">
+        <v>45884</v>
+      </c>
+      <c r="H300" s="14">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A301" s="10" t="s">
+        <v>917</v>
+      </c>
+      <c r="B301" s="10" t="s">
+        <v>918</v>
+      </c>
+      <c r="C301" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D301" s="10" t="s">
+        <v>919</v>
+      </c>
+      <c r="E301" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F301" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G301" s="14">
+        <v>45876</v>
+      </c>
+      <c r="H301" s="14">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A302" s="10" t="s">
+        <v>920</v>
+      </c>
+      <c r="B302" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D302" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E302" s="13">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="F302" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G302" s="14">
+        <v>45848</v>
+      </c>
+      <c r="H302" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A303" s="10" t="s">
+        <v>922</v>
+      </c>
+      <c r="B303" s="10" t="s">
+        <v>923</v>
+      </c>
+      <c r="C303" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D303" s="10" t="s">
+        <v>916</v>
+      </c>
+      <c r="E303" s="13">
+        <v>0.1507</v>
+      </c>
+      <c r="F303" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G303" s="14">
+        <v>45884</v>
+      </c>
+      <c r="H303" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A304" s="10" t="s">
+        <v>924</v>
+      </c>
+      <c r="B304" s="10" t="s">
+        <v>925</v>
+      </c>
+      <c r="C304" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="29" t="s">
-[...22 lines deleted...]
-      <c r="C10" s="29" t="s">
+      <c r="D304" s="10" t="s">
+        <v>546</v>
+      </c>
+      <c r="E304" s="13">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="F304" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G304" s="14">
+        <v>45800</v>
+      </c>
+      <c r="H304" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A305" s="10" t="s">
+        <v>926</v>
+      </c>
+      <c r="B305" s="10" t="s">
+        <v>927</v>
+      </c>
+      <c r="C305" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D305" s="10" t="s">
+        <v>928</v>
+      </c>
+      <c r="E305" s="13">
+        <v>0.25140000000000001</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G305" s="14">
+        <v>45903</v>
+      </c>
+      <c r="H305" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A306" s="10" t="s">
+        <v>929</v>
+      </c>
+      <c r="B306" s="10" t="s">
+        <v>930</v>
+      </c>
+      <c r="C306" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D306" s="10" t="s">
+        <v>931</v>
+      </c>
+      <c r="E306" s="13">
+        <v>0.4501</v>
+      </c>
+      <c r="F306" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G306" s="14">
+        <v>45897</v>
+      </c>
+      <c r="H306" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A307" s="10" t="s">
+        <v>932</v>
+      </c>
+      <c r="B307" s="10" t="s">
+        <v>933</v>
+      </c>
+      <c r="C307" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D307" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="E307" s="13">
+        <v>0.25080000000000002</v>
+      </c>
+      <c r="F307" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="14">
+        <v>45898</v>
+      </c>
+      <c r="H307" s="14">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A308" s="10" t="s">
+        <v>935</v>
+      </c>
+      <c r="B308" s="10" t="s">
+        <v>936</v>
+      </c>
+      <c r="C308" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D308" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="E308" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F308" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G308" s="14">
+        <v>45898</v>
+      </c>
+      <c r="H308" s="14">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A309" s="10" t="s">
+        <v>937</v>
+      </c>
+      <c r="B309" s="10" t="s">
+        <v>938</v>
+      </c>
+      <c r="C309" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D309" s="10" t="s">
+        <v>939</v>
+      </c>
+      <c r="E309" s="13">
+        <v>0.22040000000000001</v>
+      </c>
+      <c r="F309" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="14">
+        <v>45897</v>
+      </c>
+      <c r="H309" s="14">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A310" s="10" t="s">
+        <v>940</v>
+      </c>
+      <c r="B310" s="10" t="s">
+        <v>941</v>
+      </c>
+      <c r="C310" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D310" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E310" s="13">
+        <v>7.0327999999999999</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G310" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H310" s="14">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A311" s="10" t="s">
+        <v>942</v>
+      </c>
+      <c r="B311" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="C311" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D311" s="10" t="s">
+        <v>944</v>
+      </c>
+      <c r="E311" s="13">
+        <v>0.13289999999999999</v>
+      </c>
+      <c r="F311" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G311" s="14">
+        <v>45903</v>
+      </c>
+      <c r="H311" s="14">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A312" s="10" t="s">
+        <v>945</v>
+      </c>
+      <c r="B312" s="10" t="s">
+        <v>946</v>
+      </c>
+      <c r="C312" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D312" s="10" t="s">
+        <v>786</v>
+      </c>
+      <c r="E312" s="13">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F312" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G312" s="14">
+        <v>45898</v>
+      </c>
+      <c r="H312" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A313" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B313" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C313" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D313" s="10" t="s">
+        <v>949</v>
+      </c>
+      <c r="E313" s="13">
+        <v>0.22889999999999999</v>
+      </c>
+      <c r="F313" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G313" s="14">
+        <v>45834</v>
+      </c>
+      <c r="H313" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A314" s="10" t="s">
+        <v>950</v>
+      </c>
+      <c r="B314" s="10" t="s">
+        <v>951</v>
+      </c>
+      <c r="C314" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D314" s="10" t="s">
+        <v>952</v>
+      </c>
+      <c r="E314" s="13">
+        <v>6.6905999999999999</v>
+      </c>
+      <c r="F314" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G314" s="14">
+        <v>45841</v>
+      </c>
+      <c r="H314" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A315" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="B315" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="C315" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D315" s="10" t="s">
+        <v>955</v>
+      </c>
+      <c r="E315" s="13">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G315" s="14">
+        <v>45870</v>
+      </c>
+      <c r="H315" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A316" s="10" t="s">
+        <v>956</v>
+      </c>
+      <c r="B316" s="10" t="s">
+        <v>957</v>
+      </c>
+      <c r="C316" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D316" s="10" t="s">
+        <v>958</v>
+      </c>
+      <c r="E316" s="13">
+        <v>0.5141</v>
+      </c>
+      <c r="F316" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G316" s="14">
+        <v>45861</v>
+      </c>
+      <c r="H316" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A317" s="10" t="s">
+        <v>959</v>
+      </c>
+      <c r="B317" s="10" t="s">
+        <v>960</v>
+      </c>
+      <c r="C317" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D317" s="10" t="s">
+        <v>961</v>
+      </c>
+      <c r="E317" s="13">
+        <v>1.7974000000000001</v>
+      </c>
+      <c r="F317" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G317" s="14">
+        <v>45859</v>
+      </c>
+      <c r="H317" s="14">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A318" s="10" t="s">
+        <v>962</v>
+      </c>
+      <c r="B318" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="C318" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D318" s="10" t="s">
+        <v>964</v>
+      </c>
+      <c r="E318" s="13">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F318" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G318" s="14">
+        <v>45905</v>
+      </c>
+      <c r="H318" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A319" s="10" t="s">
+        <v>965</v>
+      </c>
+      <c r="B319" s="10" t="s">
+        <v>966</v>
+      </c>
+      <c r="C319" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D319" s="10" t="s">
+        <v>967</v>
+      </c>
+      <c r="E319" s="13">
+        <v>0.2</v>
+      </c>
+      <c r="F319" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G319" s="14">
+        <v>45881</v>
+      </c>
+      <c r="H319" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A320" s="10" t="s">
+        <v>968</v>
+      </c>
+      <c r="B320" s="10" t="s">
+        <v>969</v>
+      </c>
+      <c r="C320" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D320" s="10" t="s">
+        <v>970</v>
+      </c>
+      <c r="E320" s="13">
+        <v>0.3503</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="14">
+        <v>45909</v>
+      </c>
+      <c r="H320" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A321" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="B321" s="10" t="s">
+        <v>972</v>
+      </c>
+      <c r="C321" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D321" s="10" t="s">
+        <v>973</v>
+      </c>
+      <c r="E321" s="13">
+        <v>7.1369999999999996</v>
+      </c>
+      <c r="F321" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G321" s="14">
+        <v>45909</v>
+      </c>
+      <c r="H321" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A322" s="10" t="s">
+        <v>974</v>
+      </c>
+      <c r="B322" s="10" t="s">
+        <v>975</v>
+      </c>
+      <c r="C322" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D322" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="E322" s="13">
+        <v>1.4918</v>
+      </c>
+      <c r="F322" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G322" s="14">
+        <v>45884</v>
+      </c>
+      <c r="H322" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A323" s="10" t="s">
+        <v>976</v>
+      </c>
+      <c r="B323" s="10" t="s">
+        <v>977</v>
+      </c>
+      <c r="C323" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D323" s="10" t="s">
+        <v>978</v>
+      </c>
+      <c r="E323" s="13">
+        <v>1.3349</v>
+      </c>
+      <c r="F323" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G323" s="14">
+        <v>45814</v>
+      </c>
+      <c r="H323" s="14">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A324" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="B324" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="C324" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D324" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="E324" s="13">
+        <v>0.69930000000000003</v>
+      </c>
+      <c r="F324" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G324" s="14">
+        <v>45923</v>
+      </c>
+      <c r="H324" s="14">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A325" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="B325" s="10" t="s">
+        <v>983</v>
+      </c>
+      <c r="C325" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D325" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="E325" s="13">
+        <v>0.4</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="14">
+        <v>45828</v>
+      </c>
+      <c r="H325" s="14">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A326" s="10" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B326" s="10" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C326" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D326" s="10" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E326" s="13">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F326" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G326" s="14">
+        <v>45918</v>
+      </c>
+      <c r="H326" s="14">
+        <v>45932</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A327" s="10" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B327" s="10" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C327" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D327" s="10" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E327" s="13">
+        <v>0.1802</v>
+      </c>
+      <c r="F327" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G327" s="14">
+        <v>45924</v>
+      </c>
+      <c r="H327" s="14">
+        <v>45938</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A328" s="10" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B328" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C328" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="29" t="s">
+      <c r="D328" s="10" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E328" s="13">
+        <v>0.27079999999999999</v>
+      </c>
+      <c r="F328" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G328" s="14">
+        <v>45859</v>
+      </c>
+      <c r="H328" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A329" s="10" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B329" s="10" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C329" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D329" s="10" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E329" s="13">
+        <v>484.73770000000002</v>
+      </c>
+      <c r="F329" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G329" s="14">
+        <v>45792</v>
+      </c>
+      <c r="H329" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A330" s="10" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B330" s="10" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C330" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D330" s="10" t="s">
+        <v>887</v>
+      </c>
+      <c r="E330" s="13">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G330" s="14">
+        <v>45889</v>
+      </c>
+      <c r="H330" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A331" s="10" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B331" s="10" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C331" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D331" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="E331" s="13">
+        <v>0.13930000000000001</v>
+      </c>
+      <c r="F331" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G331" s="14">
+        <v>45895</v>
+      </c>
+      <c r="H331" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A332" s="10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B332" s="10" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C332" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D332" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="E332" s="13">
+        <v>0.27950000000000003</v>
+      </c>
+      <c r="F332" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G332" s="14">
+        <v>45884</v>
+      </c>
+      <c r="H332" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A333" s="10" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B333" s="10" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C333" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D333" s="10" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E333" s="13">
+        <v>0.86680000000000001</v>
+      </c>
+      <c r="F333" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G333" s="14">
+        <v>45925</v>
+      </c>
+      <c r="H333" s="14">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A334" s="10" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B334" s="10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C334" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D334" s="10" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E334" s="13">
+        <v>0.17230000000000001</v>
+      </c>
+      <c r="F334" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G334" s="14">
+        <v>45898</v>
+      </c>
+      <c r="H334" s="14">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A335" s="10" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B335" s="10" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C335" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D335" s="10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E335" s="13">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G335" s="14">
+        <v>45916</v>
+      </c>
+      <c r="H335" s="14">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A336" s="10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B336" s="10" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C336" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D336" s="10" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E336" s="13">
+        <v>4.9996999999999998</v>
+      </c>
+      <c r="F336" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G336" s="14">
+        <v>45894</v>
+      </c>
+      <c r="H336" s="14">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A337" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B337" s="10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C337" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D337" s="10" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E337" s="13">
+        <v>0.19620000000000001</v>
+      </c>
+      <c r="F337" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G337" s="14">
+        <v>45911</v>
+      </c>
+      <c r="H337" s="14">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A338" s="10" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B338" s="10" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C338" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D338" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="E338" s="13">
+        <v>0.2475</v>
+      </c>
+      <c r="F338" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G338" s="14">
+        <v>45912</v>
+      </c>
+      <c r="H338" s="14">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A339" s="10" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B339" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C339" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D339" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E339" s="13">
+        <v>0.35</v>
+      </c>
+      <c r="F339" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G339" s="14">
+        <v>45929</v>
+      </c>
+      <c r="H339" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A340" s="10" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B340" s="10" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C340" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D340" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E340" s="13">
+        <v>0.247</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G340" s="14">
+        <v>45929</v>
+      </c>
+      <c r="H340" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A341" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B341" s="10" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C341" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D341" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="E341" s="13">
+        <v>7.1567999999999996</v>
+      </c>
+      <c r="F341" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G341" s="14">
+        <v>45876</v>
+      </c>
+      <c r="H341" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A342" s="10" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B342" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C342" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D342" s="10" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E342" s="13">
+        <v>0.3009</v>
+      </c>
+      <c r="F342" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G342" s="14">
+        <v>45866</v>
+      </c>
+      <c r="H342" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A343" s="10" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B343" s="10" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C343" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D343" s="10" t="s">
+        <v>887</v>
+      </c>
+      <c r="E343" s="13">
+        <v>0.93610000000000004</v>
+      </c>
+      <c r="F343" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G343" s="14">
+        <v>45909</v>
+      </c>
+      <c r="H343" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A344" s="10" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B344" s="10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C344" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D344" s="10" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E344" s="13">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G344" s="14">
+        <v>45919</v>
+      </c>
+      <c r="H344" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A345" s="10" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B345" s="10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C345" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D345" s="10" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E345" s="13">
+        <v>0.26140000000000002</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G345" s="14">
+        <v>45925</v>
+      </c>
+      <c r="H345" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A346" s="10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B346" s="10" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C346" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D346" s="10" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E346" s="13">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G346" s="14">
+        <v>45931</v>
+      </c>
+      <c r="H346" s="14">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A347" s="10" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B347" s="10" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C347" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D347" s="10" t="s">
+        <v>835</v>
+      </c>
+      <c r="E347" s="13">
+        <v>0.76139999999999997</v>
+      </c>
+      <c r="F347" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G347" s="14">
+        <v>45881</v>
+      </c>
+      <c r="H347" s="14">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A348" s="10" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B348" s="10" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C348" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D348" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="E348" s="13">
+        <v>1.0001</v>
+      </c>
+      <c r="F348" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G348" s="14">
+        <v>45923</v>
+      </c>
+      <c r="H348" s="14">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A349" s="10" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B349" s="10" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C349" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D349" s="10" t="s">
+        <v>928</v>
+      </c>
+      <c r="E349" s="13">
+        <v>0.1696</v>
+      </c>
+      <c r="F349" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G349" s="14">
+        <v>45919</v>
+      </c>
+      <c r="H349" s="14">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A350" s="10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B350" s="10" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C350" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D350" s="10" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E350" s="13">
+        <v>150.07069999999999</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" s="14">
+        <v>45880</v>
+      </c>
+      <c r="H350" s="14">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A351" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B351" s="10" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C351" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D351" s="10" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E351" s="13">
+        <v>0.999</v>
+      </c>
+      <c r="F351" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G351" s="14">
+        <v>45944</v>
+      </c>
+      <c r="H351" s="14">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A352" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B352" s="10" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C352" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D352" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="E352" s="13">
+        <v>0.27810000000000001</v>
+      </c>
+      <c r="F352" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G352" s="14">
+        <v>45897</v>
+      </c>
+      <c r="H352" s="14">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A353" s="10" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B353" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C353" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D353" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="E10" s="30">
-[...45 lines deleted...]
-      <c r="C12" s="29" t="s">
+      <c r="E353" s="13">
+        <v>0.5</v>
+      </c>
+      <c r="F353" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G353" s="14">
+        <v>45947</v>
+      </c>
+      <c r="H353" s="14">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A354" s="10" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B354" s="10" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C354" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="29" t="s">
-[...48 lines deleted...]
-      <c r="C14" s="29" t="s">
+      <c r="D354" s="10" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E354" s="13">
+        <v>0.2999</v>
+      </c>
+      <c r="F354" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G354" s="14">
+        <v>45922</v>
+      </c>
+      <c r="H354" s="14">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A355" s="10" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B355" s="10" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C355" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D355" s="10" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E355" s="13">
+        <v>0.25</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G355" s="14">
+        <v>45869</v>
+      </c>
+      <c r="H355" s="14">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A356" s="10" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B356" s="10" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C356" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D356" s="10" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E356" s="13">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="F356" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G356" s="14">
+        <v>45931</v>
+      </c>
+      <c r="H356" s="14">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A357" s="10" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B357" s="10" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C357" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="29" t="s">
-[...74 lines deleted...]
-      <c r="C17" s="29" t="s">
+      <c r="D357" s="10" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E357" s="13">
+        <v>1.0590999999999999</v>
+      </c>
+      <c r="F357" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G357" s="14">
+        <v>45933</v>
+      </c>
+      <c r="H357" s="14">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A358" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B358" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C358" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="29" t="s">
-[...6534 lines deleted...]
-      <c r="G268" s="36">
+      <c r="D358" s="10" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E358" s="13">
+        <v>33.152200000000001</v>
+      </c>
+      <c r="F358" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="14">
         <v>45826</v>
       </c>
-      <c r="H268" s="37">
-[...1489 lines deleted...]
-      <c r="H326" s="2"/>
+      <c r="H358" s="14">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E359" s="5">
+        <v>3344.7269999999999</v>
+      </c>
+      <c r="G359" s="14"/>
+      <c r="H359" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="D5:D358" numberStoredAsText="1"/>
+  </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D509DD-F9D3-4AE4-8F6D-5626C0D94F16}">
   <sheetPr codeName="Sheet5"/>
-  <dimension ref="A1:E40"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="60.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="11" width="10.85546875" customWidth="1"/>
+    <col min="1" max="1" width="38.6640625" style="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8" style="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.44140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.88671875" style="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="29.88671875" style="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="11" width="8.5546875" style="10"/>
+    <col min="12" max="12" width="10.5546875" style="10" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.5546875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="45" t="s">
+    <row r="1" spans="1:7" ht="25.8" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="45"/>
-[...23 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+    </row>
+    <row r="2" spans="1:7" ht="31.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="20" t="s">
+        <v>794</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="12" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+    </row>
+    <row r="4" spans="1:7" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="15" t="s">
+      <c r="C4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="16" t="s">
+      <c r="D4" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="17" t="s">
+      <c r="E4" s="4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="18" t="s">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A5" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="18" t="s">
+      <c r="B5" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="19">
+      <c r="C5" s="13">
         <v>29</v>
       </c>
-      <c r="D5" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="20">
+      <c r="D5" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="E5" s="23">
         <v>43822</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="18" t="s">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A6" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="18" t="s">
+      <c r="B6" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="19">
+      <c r="C6" s="13">
         <v>5</v>
       </c>
-      <c r="D6" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="20">
+      <c r="D6" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="23">
         <v>44441</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="18" t="s">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A7" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="19">
+      <c r="B7" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="13">
         <v>5</v>
       </c>
-      <c r="D7" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="20">
+      <c r="D7" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="23">
         <v>44766</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C8" s="19">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="13">
         <v>60</v>
       </c>
-      <c r="D8" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="20">
+      <c r="D8" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="23">
         <v>44825</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="13">
+        <v>250</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="E9" s="23">
+        <v>45118</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="13">
+        <v>320</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="23">
+        <v>45131</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="13">
+        <v>24</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" s="23">
+        <v>45173</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="18" t="s">
+      <c r="B12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="13">
+        <v>200</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="23">
+        <v>45231</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="13">
+        <v>90</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="23">
+        <v>45291</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="13">
+        <v>414</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" s="23">
+        <v>45302</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="10" t="s">
+        <v>633</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="13">
+        <v>77</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="23">
+        <v>45362</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="13">
+        <v>94</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" s="23">
+        <v>45369</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="13">
+        <v>4.95</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="23">
+        <v>45440</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="13">
+        <v>98</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="23">
+        <v>45457</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="19">
-[...13 lines deleted...]
-      <c r="B10" s="18" t="s">
+      <c r="C19" s="13">
+        <v>574</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" s="23">
+        <v>45462</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="19">
+      <c r="C20" s="13">
+        <v>285</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="23">
+        <v>45519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="13">
         <v>250</v>
       </c>
-      <c r="D10" s="18" t="s">
-[...27 lines deleted...]
-      <c r="B12" s="18" t="s">
+      <c r="D21" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="23">
+        <v>45520</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="13">
+        <v>7.5</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="23">
+        <v>45539</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="13">
+        <v>376</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" s="23">
+        <v>45540</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="13">
+        <v>228</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="23">
+        <v>45562</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="13">
+        <v>118.8</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" s="23">
+        <v>45616</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="13">
+        <v>171</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="23">
+        <v>45642</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="13">
+        <v>450</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="23">
+        <v>45643</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="13">
+        <v>254</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" s="23">
+        <v>45644</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B29" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="19">
+      <c r="C29" s="13">
+        <v>108</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E29" s="23">
+        <v>45649</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A30" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" s="13">
+        <v>280</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="23">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C31" s="13">
+        <v>80</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" s="23">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="10" t="s">
+        <v>790</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C32" s="13">
+        <v>190</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="23">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="10" t="s">
+        <v>439</v>
+      </c>
+      <c r="B33" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="D12" s="18" t="s">
+      <c r="C33" s="13">
         <v>25</v>
       </c>
-      <c r="E12" s="20">
-[...47 lines deleted...]
-      <c r="D15" s="18" t="s">
+      <c r="D33" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="E15" s="20">
-[...7 lines deleted...]
-      <c r="B16" s="18" t="s">
+      <c r="E33" s="23">
+        <v>45765</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="10" t="s">
+        <v>442</v>
+      </c>
+      <c r="B34" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C16" s="19">
-[...13 lines deleted...]
-      <c r="B17" s="18" t="s">
+      <c r="C34" s="13">
+        <v>240</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="23">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C35" s="13">
+        <v>106</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" s="23">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="10" t="s">
+        <v>634</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="13">
+        <v>31</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="23">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="10" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B37" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="19">
-[...2 lines deleted...]
-      <c r="D17" s="18" t="s">
+      <c r="C37" s="13">
+        <v>105</v>
+      </c>
+      <c r="D37" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="E17" s="20">
-[...380 lines deleted...]
-      </c>
+      <c r="E37" s="23">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C38" s="5">
+        <v>5550.25</v>
+      </c>
+      <c r="E38" s="23"/>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C39" s="13"/>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C41" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1837E23-2EB2-4CF7-AAE7-B6789B654D68}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="60.7109375" style="4" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="16384" width="8.85546875" style="4"/>
+    <col min="1" max="1" width="55.109375" style="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8" style="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.44140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.88671875" style="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="54.77734375" style="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="16384" width="8.88671875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="48" t="s">
+    <row r="1" spans="1:4" ht="25.8" x14ac:dyDescent="0.3">
+      <c r="A1" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="48"/>
-[...4 lines deleted...]
-      <c r="A2" s="46" t="s">
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+    </row>
+    <row r="2" spans="1:4" ht="31.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="46"/>
-[...12 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="18" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="7" t="s">
+      <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9" t="s">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A5" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="B5" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="10">
+      <c r="C5" s="13">
         <v>64</v>
       </c>
-      <c r="D5" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B6" s="9" t="s">
+      <c r="D5" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="10">
+      <c r="C6" s="13">
         <v>250</v>
       </c>
-      <c r="D6" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="9" t="s">
+      <c r="D6" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="10" t="s">
+        <v>984</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="13">
+        <v>224</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>985</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="13">
+        <v>252</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
+        <v>791</v>
+      </c>
+      <c r="B9" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="10">
+      <c r="C9" s="13">
         <v>400</v>
       </c>
-      <c r="D7" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B8" s="9" t="s">
+      <c r="D9" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A10" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C8" s="10">
+      <c r="C10" s="13">
         <v>775</v>
       </c>
-      <c r="D8" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="12" t="s">
+      <c r="D10" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A11" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="13">
+        <v>100</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
+        <v>986</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="13">
+        <v>240</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="13">
+        <v>1400</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A14" s="10" t="s">
+        <v>226</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="13">
+        <v>205</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A15" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="13">
+        <v>247</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A16" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="13">
+        <v>284</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A17" s="10" t="s">
+        <v>988</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="13">
+        <v>230</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="13">
+        <v>95</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A19" s="10" t="s">
+        <v>989</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="13">
+        <v>357</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A20" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="13">
+        <v>125</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="13">
+        <v>696</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="13">
+        <v>77</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="13">
+        <v>150</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>990</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="13">
+        <v>399</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="13">
+        <v>60</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
         <v>640</v>
       </c>
-      <c r="B9" s="9" t="s">
+      <c r="B26" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="13">
+        <v>300</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="B27" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="10">
+      <c r="C27" s="13">
+        <v>300</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="13">
+        <v>600</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="13">
+        <v>250</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="13">
+        <v>585</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C31" s="13">
+        <v>600</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="13">
+        <v>150</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A33" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="13">
+        <v>258</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C34" s="13">
+        <v>4.5</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="13">
+        <v>9</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="13">
         <v>100</v>
       </c>
-      <c r="D9" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B10" s="9" t="s">
+      <c r="D36" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="13">
+        <v>634</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="10" t="s">
+        <v>994</v>
+      </c>
+      <c r="B38" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="10">
-[...2 lines deleted...]
-      <c r="D10" s="9" t="s">
+      <c r="C38" s="13">
+        <v>281</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="13">
+        <v>150</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="13">
+        <v>4.5</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="10" t="s">
+        <v>995</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="13">
+        <v>450</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="10" t="s">
+        <v>996</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="13">
+        <v>363</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="10" t="s">
+        <v>997</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C43" s="13">
+        <v>360</v>
+      </c>
+      <c r="D43" s="10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B11" s="9" t="s">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="13">
+        <v>350</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" s="13">
+        <v>288</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="10" t="s">
+        <v>998</v>
+      </c>
+      <c r="B46" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C11" s="10">
-[...16 lines deleted...]
-      <c r="D12" s="9" t="s">
+      <c r="C46" s="13">
+        <v>300</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="13">
+        <v>288</v>
+      </c>
+      <c r="D47" s="10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B13" s="9" t="s">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="13">
+        <v>5.7</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A49" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="13">
+        <v>300</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A50" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C50" s="13">
+        <v>400</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A51" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="13">
+        <v>700</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A52" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="13">
+        <v>200</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A53" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="13">
+        <v>120</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A54" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C54" s="13">
+        <v>300</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A55" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="13">
+        <v>700</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A56" s="10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" s="13">
+        <v>500</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A57" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C57" s="13">
+        <v>1152</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A58" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="13">
+        <v>230</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A59" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="13">
+        <v>1300</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A60" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="13">
+        <v>62</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A61" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" s="13">
+        <v>936</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A62" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="13">
+        <v>30</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A63" s="10" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C63" s="13">
+        <v>108</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A64" s="10" t="s">
+        <v>792</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C64" s="13">
+        <v>120</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A65" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="10">
-[...10 lines deleted...]
-      <c r="B14" s="9" t="s">
+      <c r="C65" s="13">
+        <v>300</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A66" s="10" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="13">
+        <v>108</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A67" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="B67" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="10">
-[...24 lines deleted...]
-      <c r="B16" s="9" t="s">
+      <c r="C67" s="13">
+        <v>100</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A68" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B68" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C16" s="10">
-[...44 lines deleted...]
-      <c r="D19" s="9" t="s">
+      <c r="C68" s="13">
+        <v>70</v>
+      </c>
+      <c r="D68" s="10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...421 lines deleted...]
-        <v>14943.7</v>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C69" s="5">
+        <v>20996.7</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">