--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -3,98 +3,83 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{495CA498-D0B0-4A07-8877-7C923054375B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29452801-49BA-4B78-8C4D-755911A1EFB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30852" yWindow="-324" windowWidth="30984" windowHeight="16824" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved" sheetId="9" r:id="rId1"/>
     <sheet name="Committed" sheetId="10" r:id="rId2"/>
     <sheet name="Probable" sheetId="11" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...13 lines deleted...]
-  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2087" uniqueCount="1092">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2240" uniqueCount="1166">
   <si>
     <t>Approved Power Stations</t>
   </si>
   <si>
     <t>Accreditation code</t>
   </si>
   <si>
     <t>Power station name</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Installed capacity (MW)</t>
   </si>
   <si>
     <t>Fuel Source (s)</t>
   </si>
   <si>
     <t>Accreditation start date</t>
   </si>
   <si>
@@ -1546,77 +1531,71 @@
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>SRPXQLI9</t>
   </si>
   <si>
     <t>NEUMANN STEEL 1 - Solar w SGU - QLD</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
     <t>SRPYNSA8</t>
   </si>
   <si>
     <t>St Gregory's College Hall - Solar - NSW</t>
   </si>
   <si>
     <t>BEBGNS39</t>
   </si>
   <si>
     <t>St Marys Sewage Treatment - Cogeneration Plant - NSW</t>
   </si>
   <si>
-    <t>Sewage Gas and Biomass-Based Components of Sewage</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPYNSA7</t>
   </si>
   <si>
     <t>Wentworthville Leagues Club Ltd - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>SRPYNSB1</t>
   </si>
   <si>
     <t>Wentworthville Leagues Club Ltd System 2 - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>BEBGWA14</t>
   </si>
   <si>
     <t>Westpork (Moora) - Agricultural Waste - WA</t>
   </si>
   <si>
-    <t>Agricultural Waste</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPXQLJ0</t>
   </si>
   <si>
     <t>Across The Waves Sports Club Bundaberg - Solar - QLD</t>
   </si>
   <si>
     <t>SRPXQLJ3</t>
   </si>
   <si>
     <t>HomeCo Toowoomba - Solar - QLD</t>
   </si>
   <si>
     <t>SRPXQLJ5</t>
   </si>
   <si>
     <t>HomeCo Upper Coomera - Solar - QLD</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>SRPXVCR1</t>
   </si>
   <si>
     <t>PLASTIC SOLUTIONS - Solar w SGU - VIC</t>
@@ -2005,53 +1984,50 @@
   <si>
     <t>Ashburton Aboriginal Corporation - Solar - WA</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>SRPXVCS0</t>
   </si>
   <si>
     <t>Bunnings Nunawading - Solar - VIC</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>BEBGNS40</t>
   </si>
   <si>
     <t>Eastern Creek - LFG- NSW</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>Landfill Gas</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPYNSC0</t>
   </si>
   <si>
     <t>Gunnedah 2A Solar Farm - Solar - NSW</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>SRPXQLK3</t>
   </si>
   <si>
     <t>Hemmant 1+3 Lineage Logistics - Solar - QLD</t>
   </si>
   <si>
     <t>SRPYNSD4</t>
   </si>
   <si>
     <t>Raymond Terrace - Solar - NSW</t>
   </si>
   <si>
     <t>SRPYNSC8</t>
   </si>
   <si>
     <t>Scalabrini Griffith - Solar w SGU - NSW</t>
@@ -2074,53 +2050,50 @@
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>SRPXSA04</t>
   </si>
   <si>
     <t>SH LEASEHOLD PTY LTD - Solar w SGU - SA</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>SRPYNS87</t>
   </si>
   <si>
     <t>GPE_DB Santasalo - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>BEBMWA04</t>
   </si>
   <si>
     <t>Kwinana WTE - WA</t>
   </si>
   <si>
-    <t>Biomass-Based Components of Municipal Solid Waste</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPYNSB4</t>
   </si>
   <si>
     <t>Murrumbidgee-Solar-NSW</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>SRPYNSD5</t>
   </si>
   <si>
     <t>PCCS - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>SRPVWAO0</t>
   </si>
   <si>
     <t>Region Group Kwinana 2 - Solar - WA</t>
   </si>
   <si>
     <t>SRPXVCS6</t>
@@ -2249,53 +2222,50 @@
     <t>SRPXVCT0</t>
   </si>
   <si>
     <t>Western Port Bay Care Community - Solar w SGU - VIC</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>SRPXVCS8</t>
   </si>
   <si>
     <t>Bunnings Ballarat - Solar - VIC</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>SRPYNSD9</t>
   </si>
   <si>
     <t>Goodman AU702 Axle West - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>SRPXQLK4</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pillow Talk Darra – Solar wSGU – Qld</t>
   </si>
   <si>
     <t>SRPVWAO5</t>
   </si>
   <si>
     <t>SOC Osborne Park - Solar - WA</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
     <t>SRPYNS49</t>
   </si>
   <si>
     <t>Temora 1C Solar Farm - Solar - NSW</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>SRPXQLL6</t>
   </si>
   <si>
     <t>Harvey Norman Maroochydore Homemaker - Solar w SGU - QLD</t>
   </si>
@@ -2438,134 +2408,89 @@
     <t>SRPVTA26</t>
   </si>
   <si>
     <t>UA Mornington - Solar - TAS</t>
   </si>
   <si>
     <t>7018</t>
   </si>
   <si>
     <t>Cloudbreak Solar Farm</t>
   </si>
   <si>
     <t>Boddington Giga Energy</t>
   </si>
   <si>
     <t>Waroona Solar Fam</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t xml:space="preserve">Committed projects refers to large-scale renewable energy projects that have received all development approvals and reached a final investment decision (FID) according to the commercial understanding of the term. 
 The committed date field is based on the date that FID was reached as reported in open source media. Where a FID date has not been announced, the construction start date or the LRET accreditation application date is used as a proxy for the FID date. While care is taken to accurately report FID dates, accuracy depends on information found in open source publications and is subject to change. </t>
   </si>
   <si>
-    <t>Intertek Townsville - Solar  - QLD</t>
-[...37 lines deleted...]
-  <si>
     <t>SRPXVCT3</t>
   </si>
   <si>
     <t>Harvey Norman Warragul - Solar w SGU - VIC</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>SRPYNSD8</t>
   </si>
   <si>
     <t>Goodman AU079 Greystanes Laminex - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>SRPXQLL1</t>
   </si>
   <si>
     <t>DW Coomera - Solar wSGU - QLD</t>
   </si>
   <si>
     <t>SRPXQLK6</t>
   </si>
   <si>
-    <t>Mackay Christian College Senior Campus - Solar w SGU – QLD</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPYNSF7</t>
   </si>
   <si>
     <t>Team Medical Supplies - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>SRPXQLM0</t>
   </si>
   <si>
     <t>Americold Hemmant 3 - Solar w SGU - QLD</t>
   </si>
   <si>
     <t>SRPXQLL7</t>
   </si>
   <si>
-    <t>Brothers Sports Club - Solar  - QLD</t>
-[...1 lines deleted...]
-  <si>
     <t>SRPYNS96</t>
   </si>
   <si>
     <t>Dungog WTP - Solar - NSW</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>SRPYNSB9</t>
   </si>
   <si>
     <t>Wollongong WRRF - Solar - NSW</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>SRPYNSF6</t>
   </si>
   <si>
     <t>Canally Microgrid - Solar - NSW</t>
   </si>
   <si>
     <t>SRPYNSE4</t>
@@ -2933,53 +2858,50 @@
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>SRPYNSE5</t>
   </si>
   <si>
     <t>Redmud Green Energy 198 Pty Ltd - Solar - NSW</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>SRPXSA07</t>
   </si>
   <si>
     <t>The Roxby Downs Centre - Solar w SGU - SA</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>SRPXVCT5</t>
   </si>
   <si>
-    <t>VOAG - Solar  - NSW</t>
-[...1 lines deleted...]
-  <si>
     <t>2652</t>
   </si>
   <si>
     <t>SRPXSA10</t>
   </si>
   <si>
     <t>Bunnings Reynella - Solar - SA</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>SRPVWAO7</t>
   </si>
   <si>
     <t>Bunnings Rockingham - Solar - WA</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
     <t>SRPYNSH0</t>
   </si>
   <si>
     <t>Energy Bay - Frank St- Solar- NSW</t>
@@ -3026,92 +2948,86 @@
   <si>
     <t>Goodman AU079 Greystanes Iron Mountain - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>Bell Bay Wind Farm</t>
   </si>
   <si>
     <t>Bendemeer Energy Hub - Solar</t>
   </si>
   <si>
     <t>Bundey Solar Farm</t>
   </si>
   <si>
     <t>Carmody's Hill Wind Farm</t>
   </si>
   <si>
     <t>Corop Solar Farm (stage 1)</t>
   </si>
   <si>
     <t>Dinawan Wind Farm Stage 1</t>
   </si>
   <si>
     <t>Gawara Baya Wind Farm</t>
   </si>
   <si>
-    <t>Guthrie’s Gap Solar Power Station</t>
-[...1 lines deleted...]
-  <si>
     <t>Hexham Wind Farm</t>
   </si>
   <si>
     <t>Liverpool Range Wind Stage 1</t>
   </si>
   <si>
     <t>Lower Wonga Solar Farm project</t>
   </si>
   <si>
     <t>Merino Solar Farm</t>
   </si>
   <si>
     <t>Middlebrook Solar Farm</t>
   </si>
   <si>
     <t>Moah Creek Wind Farm</t>
   </si>
   <si>
     <t>Nowingi Solar Power Station</t>
   </si>
   <si>
     <t>Punchs Creek Solar Farm</t>
   </si>
   <si>
     <t>Smoky Creek Solar Power Station</t>
   </si>
   <si>
     <t>Tallawang Solar Farm</t>
   </si>
   <si>
     <t>Waddi Wind Farm</t>
   </si>
   <si>
     <t>Willogoleche 2 Wind Farm</t>
   </si>
   <si>
-    <t>Data as at 31/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>King Rocks Wind Farm</t>
   </si>
   <si>
     <t>SRPXSA11</t>
   </si>
   <si>
     <t>Riverland Central Plaza - Solar w SGU - SA</t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
     <t>SRPXVCV0</t>
   </si>
   <si>
     <t>Bunnings Waurn Ponds - Solar - VIC</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>SRPXQLK2</t>
   </si>
   <si>
     <t>300 SPR - Solar - QLD</t>
@@ -3327,927 +3243,1829 @@
     <t>6020</t>
   </si>
   <si>
     <t>SRPXSA14</t>
   </si>
   <si>
     <t>Lionsgate Business Park - Solar - SA</t>
   </si>
   <si>
     <t>SRPXVCS1</t>
   </si>
   <si>
     <t>Wangaratta Solar Farm - Solar - VIC</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>5112</t>
+  </si>
+  <si>
+    <t>Data as at 30/11/2025</t>
+  </si>
+  <si>
+    <t>Wathagar Solar NSW (Stage 2)</t>
+  </si>
+  <si>
+    <t>Blind Creek Solar Farm</t>
+  </si>
+  <si>
+    <t>SRPYNS92</t>
+  </si>
+  <si>
+    <t>Bathurst Riverview Care Community - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNS94</t>
+  </si>
+  <si>
+    <t>AU082 Prestons 30 Yarrawa Street - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLI7</t>
+  </si>
+  <si>
+    <t>AU371 -Lytton Industry U1 &amp; U2 - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>Sewage Gas and Biomass-Based Components of Sewage</t>
+  </si>
+  <si>
+    <t>Agricultural Waste</t>
+  </si>
+  <si>
+    <t>Landfill Gas</t>
+  </si>
+  <si>
+    <t>Biomass-Based Components of Municipal Solid Waste</t>
+  </si>
+  <si>
+    <t>SRPXQLK8</t>
+  </si>
+  <si>
+    <t>Homeco North Lakes - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4509</t>
+  </si>
+  <si>
+    <t>SRPYNSF8</t>
+  </si>
+  <si>
+    <t>AU187 Oakdale West 4A+B - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSI7</t>
+  </si>
+  <si>
+    <t>DELTA LABORATORIES - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLN7</t>
+  </si>
+  <si>
+    <t>Fletcher Laminex Toolara - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPXVCU7</t>
+  </si>
+  <si>
+    <t>Fluidra Group Australia - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPVWAP6</t>
+  </si>
+  <si>
+    <t>GPE Broome International Airport TX1 - Solar - WA</t>
+  </si>
+  <si>
+    <t>6725</t>
+  </si>
+  <si>
+    <t>SRPXVCV2</t>
+  </si>
+  <si>
+    <t>Kmart Australia Carrum Downs - Solar w SGU - VIC</t>
+  </si>
+  <si>
+    <t>3201</t>
+  </si>
+  <si>
+    <t>SRPXVCT6</t>
+  </si>
+  <si>
+    <t>Liuzzi 62 Albert St - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPYNSI5</t>
+  </si>
+  <si>
+    <t>Silverdale - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>2752</t>
+  </si>
+  <si>
+    <t>SRPXQLO0</t>
+  </si>
+  <si>
+    <t>Super Store - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPYNSH6</t>
+  </si>
+  <si>
+    <t>Muswellbrook Shire Council (RWTW) - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>SRPYNSH1</t>
+  </si>
+  <si>
+    <t>DSM_MA - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSI6</t>
+  </si>
+  <si>
+    <t>Redmud Green Energy 180 Pty Ltd - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2827</t>
+  </si>
+  <si>
+    <t>SRPXVCU1</t>
+  </si>
+  <si>
+    <t>Visy Board Truganina - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPYNSI8</t>
+  </si>
+  <si>
+    <t>203ABC_BA - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPVAC28</t>
+  </si>
+  <si>
+    <t>Kingsford Smith School - Solar w SGU - ACT</t>
+  </si>
+  <si>
+    <t>2615</t>
+  </si>
+  <si>
+    <t>SRPXVCV4</t>
+  </si>
+  <si>
+    <t>Bunnings Epping - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3076</t>
+  </si>
+  <si>
+    <t>SRPXQLP0</t>
+  </si>
+  <si>
+    <t>Country Chef Bakeries - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPXQLN5</t>
+  </si>
+  <si>
+    <t>Blenner's Transport Innisfail - SOLAR w SGU - QLD</t>
+  </si>
+  <si>
+    <t>4860</t>
+  </si>
+  <si>
+    <t>SRPYNSG3</t>
+  </si>
+  <si>
+    <t>CHARTER HALL CL2010 ALEXANDRIA-SOLAR-NSW</t>
+  </si>
+  <si>
+    <t>SRPXVCU3</t>
+  </si>
+  <si>
+    <t>Visy Board and Visy Glama Wodonga - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3690</t>
+  </si>
+  <si>
+    <t>SRPYNSF9</t>
+  </si>
+  <si>
+    <t>AU189 Oakdale West 4C+D - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNS91</t>
+  </si>
+  <si>
+    <t>AU279 Port Botany TGE - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>SRPVAC30</t>
+  </si>
+  <si>
+    <t>Warrigal Stirling - Solar w SGU - ACT</t>
+  </si>
+  <si>
+    <t>2611</t>
+  </si>
+  <si>
+    <t>SRPXVCW0</t>
+  </si>
+  <si>
+    <t>Greenlink 11 - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPXQLM1</t>
+  </si>
+  <si>
+    <t>Visy Beverage Can Yatala - Solar - QLD</t>
+  </si>
+  <si>
+    <t>Intertek Townsville - Solar - QLD</t>
+  </si>
+  <si>
+    <t>Five Star Seafoods - Solar wSGU - SA</t>
+  </si>
+  <si>
+    <t>Northpoint Shopping Centre - Solar - w SGU - QLD</t>
+  </si>
+  <si>
+    <t>Mt Annan Christian College - Solar - NSW</t>
+  </si>
+  <si>
+    <t>Campari - SOLAR w SGU - VIC</t>
+  </si>
+  <si>
+    <t>Ornatas Tasmanian Lobster Hatchery - Solar - QLD</t>
+  </si>
+  <si>
+    <t>City of Stirling (Administration Centre) - Solar w SGU - WA</t>
+  </si>
+  <si>
+    <t>Agile Energy - RetireVerge 152kW - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>UPS SCS Australia - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>UCS Pakenham - Solar - VIC</t>
+  </si>
+  <si>
+    <t>Palmerston Golf &amp; Country Club - Solar w SGU - NT</t>
+  </si>
+  <si>
+    <t>STM Smeaton Grange - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>DMK - 27 Alacrity Place - SOLAR - WA</t>
+  </si>
+  <si>
+    <t>Pillow Talk Darra - Solar wSGU - Qld</t>
+  </si>
+  <si>
+    <t>Mackay Christian College Senior Campus - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>Brothers Sports Club - Solar - QLD</t>
+  </si>
+  <si>
+    <t>VOAG - Solar - NSW</t>
+  </si>
+  <si>
+    <t>Guthrie's Gap Solar Power Station</t>
+  </si>
+  <si>
+    <t>20,996.700</t>
+  </si>
+  <si>
+    <t>5,877.250</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="4">
-[...3 lines deleted...]
-    <numFmt numFmtId="167" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;???_-;_-@_-"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="d/m/yy;@"/>
+    <numFmt numFmtId="165" formatCode="mmm\-yyyy"/>
+    <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF005874"/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF005874"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="24">
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF9BC2E6"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="4" tint="0.39997558519241921"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color theme="4" tint="0.39997558519241921"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC0C2C4"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="45">
+  <dxfs count="50">
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <name val="Calibri"/>
-[...307 lines deleted...]
-        <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor rgb="FF005874"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <numFmt numFmtId="165" formatCode="mmm\-yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-[...6 lines deleted...]
-      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-[...16 lines deleted...]
-        <bottom/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="0.000"/>
-[...5 lines deleted...]
-      </fill>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
-[...1 lines deleted...]
-        <top/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
-        <right/>
-[...130 lines deleted...]
-      <border outline="0">
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
         <top style="thin">
-          <color rgb="FFC0C2C4"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+    </dxf>
+    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FF9BC2E6"/>
         </top>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -4260,118 +5078,121 @@
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="44"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="41"/>
+      <tableStyleElement type="wholeTable" dxfId="49"/>
+      <tableStyleElement type="headerRow" dxfId="48"/>
+      <tableStyleElement type="firstColumn" dxfId="47"/>
+      <tableStyleElement type="firstRowStripe" dxfId="46"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{DE1A6D83-2535-42C5-A7CA-DA0BA77256C9}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFFF00"/>
       <color rgb="FFD5D6D4"/>
       <color rgb="FF005874"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="Table264" displayName="Table264" ref="A4:H358" headerRowDxfId="2" dataDxfId="0" totalsRowDxfId="1" tableBorderDxfId="40" totalsRowBorderDxfId="39">
-  <autoFilter ref="A4:H358" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H388" totalsRowShown="0" dataDxfId="45" totalsRowDxfId="43" tableBorderDxfId="44" totalsRowBorderDxfId="42">
+  <autoFilter ref="A4:H388" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="10" totalsRowDxfId="29"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="3" totalsRowDxfId="36"/>
+    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="41" totalsRowDxfId="40"/>
+    <tableColumn id="2" xr3:uid="{CADAFA37-C8E3-422D-A7D3-91AD4EA5D0DF}" name="Power station name" dataDxfId="39" totalsRowDxfId="38"/>
+    <tableColumn id="3" xr3:uid="{2B2127FB-057C-46F0-AA26-9609842B7E74}" name="State" dataDxfId="37" totalsRowDxfId="36"/>
+    <tableColumn id="4" xr3:uid="{3FF39BEC-FBC0-4B18-9CB8-AA042622F5FF}" name="Postcode" dataDxfId="35" totalsRowDxfId="34"/>
+    <tableColumn id="5" xr3:uid="{626FDD98-5558-4BF0-B2E4-D801DE3552C5}" name="Installed capacity (MW)" dataDxfId="33" totalsRowDxfId="32"/>
+    <tableColumn id="6" xr3:uid="{C7C3E84D-B1C5-4395-8C7A-42D493A0876D}" name="Fuel Source (s)" dataDxfId="31" totalsRowDxfId="30"/>
+    <tableColumn id="7" xr3:uid="{A3571B06-4783-4E83-9572-9468520C8C59}" name="Accreditation start date" dataDxfId="29" totalsRowDxfId="28"/>
+    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="27" totalsRowDxfId="26"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="Table2" displayName="Table2" ref="A4:E37" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" tableBorderDxfId="38">
-  <autoFilter ref="A4:E37" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E40" totalsRowCount="1" dataDxfId="25" tableBorderDxfId="24">
+  <autoFilter ref="A4:E39" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E39">
+    <sortCondition ref="E4:E39"/>
+  </sortState>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="17"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="13"/>
+    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="23" totalsRowDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{D7E42F01-B2CB-4152-91A0-60DCBF1D5C9C}" name="State " dataDxfId="22" totalsRowDxfId="3"/>
+    <tableColumn id="3" xr3:uid="{7606CABA-955E-453E-90A9-4D9B6CBD7105}" name="MW Capacity" totalsRowLabel="5,877.250" dataDxfId="21" totalsRowDxfId="0"/>
+    <tableColumn id="4" xr3:uid="{C9D0AF91-BAF0-462E-8296-7AD6990E0FDD}" name="Fuel Source" dataDxfId="20" totalsRowDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="19" totalsRowDxfId="1"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="Table1" displayName="Table1" ref="A4:D68" headerRowDxfId="20" dataDxfId="18" totalsRowDxfId="19" tableBorderDxfId="37">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D69" totalsRowCount="1" headerRowDxfId="18" dataDxfId="17" tableBorderDxfId="16">
   <autoFilter ref="A4:D68" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="24" totalsRowDxfId="25"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="21" totalsRowDxfId="28"/>
+    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="15" totalsRowDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{8822E2A4-C749-4723-93A2-B42A2506EAE9}" name="State " dataDxfId="13" totalsRowDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{3315BE4D-E527-48C5-A7B8-40187787A8C8}" name="MW Capacity" totalsRowLabel="20,996.700" dataDxfId="11" totalsRowDxfId="10"/>
+    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="9" totalsRowDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4609,10979 +5430,11766 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1174958-96CB-415F-9990-A65FDA46B647}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H388"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.109375" style="10" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.88671875" style="10"/>
+    <col min="1" max="1" width="27" customWidth="1"/>
+    <col min="2" max="2" width="74.7109375" customWidth="1"/>
+    <col min="3" max="4" width="20.140625" customWidth="1"/>
+    <col min="5" max="5" width="35.7109375" customWidth="1"/>
+    <col min="6" max="6" width="57" customWidth="1"/>
+    <col min="7" max="7" width="33.5703125" customWidth="1"/>
+    <col min="8" max="8" width="29" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="9" t="s">
+    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="9"/>
-[...8 lines deleted...]
-      <c r="A2" s="11" t="s">
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
+      <c r="H1" s="49"/>
+    </row>
+    <row r="2" spans="1:8" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="48" t="s">
         <v>133</v>
       </c>
-      <c r="B2" s="11"/>
-[...8 lines deleted...]
-      <c r="A3" s="12" t="s">
+      <c r="B2" s="48"/>
+      <c r="C2" s="48"/>
+      <c r="D2" s="48"/>
+      <c r="E2" s="48"/>
+      <c r="F2" s="48"/>
+      <c r="G2" s="48"/>
+      <c r="H2" s="48"/>
+    </row>
+    <row r="3" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="47" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B3" s="47"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="47"/>
+      <c r="E3" s="47"/>
+      <c r="F3" s="47"/>
+      <c r="G3" s="47"/>
+      <c r="H3" s="47"/>
+    </row>
+    <row r="4" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="16" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="19">
+        <v>0.22650000000000001</v>
+      </c>
+      <c r="F5" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="20">
+        <v>45580</v>
+      </c>
+      <c r="H5" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E6" s="19">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="F6" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="20">
+        <v>45618</v>
+      </c>
+      <c r="H6" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E7" s="19">
+        <v>0.1996</v>
+      </c>
+      <c r="F7" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="20">
+        <v>45645</v>
+      </c>
+      <c r="H7" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="19">
+        <v>0.1188</v>
+      </c>
+      <c r="F8" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="20">
+        <v>45555</v>
+      </c>
+      <c r="H8" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" s="19">
+        <v>1.0004</v>
+      </c>
+      <c r="F9" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="20">
+        <v>45594</v>
+      </c>
+      <c r="H9" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="19">
+        <v>1.6720999999999999</v>
+      </c>
+      <c r="F10" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="20">
+        <v>45638</v>
+      </c>
+      <c r="H10" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" s="19">
+        <v>0.29260000000000003</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="20">
+        <v>45614</v>
+      </c>
+      <c r="H11" s="21">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" s="19">
+        <v>0.19650000000000001</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="20">
+        <v>45637</v>
+      </c>
+      <c r="H12" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" s="19">
+        <v>0.2465</v>
+      </c>
+      <c r="F13" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="20">
+        <v>45645</v>
+      </c>
+      <c r="H13" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="19">
+        <v>0.62649999999999995</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="20">
+        <v>45653</v>
+      </c>
+      <c r="H14" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="19">
+        <v>1.0179</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="20">
+        <v>45643</v>
+      </c>
+      <c r="H15" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="19">
+        <v>0.64429999999999998</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="20">
+        <v>45621</v>
+      </c>
+      <c r="H16" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" s="19">
+        <v>0.155</v>
+      </c>
+      <c r="F17" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="20">
+        <v>45646</v>
+      </c>
+      <c r="H17" s="21">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" s="19">
+        <v>3.1158000000000001</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="20">
+        <v>45601</v>
+      </c>
+      <c r="H18" s="21">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" s="19">
+        <v>2.8079999999999998</v>
+      </c>
+      <c r="F19" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="20">
+        <v>45627</v>
+      </c>
+      <c r="H19" s="21">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="19">
+        <v>0.54449999999999998</v>
+      </c>
+      <c r="F20" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="20">
+        <v>45581</v>
+      </c>
+      <c r="H20" s="21">
+        <v>45680</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" s="19">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F21" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="20">
+        <v>45637</v>
+      </c>
+      <c r="H21" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="19">
+        <v>37.287399999999998</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="20">
+        <v>45678</v>
+      </c>
+      <c r="H22" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E23" s="19">
+        <v>0.38009999999999999</v>
+      </c>
+      <c r="F23" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="20">
+        <v>45607</v>
+      </c>
+      <c r="H23" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="19">
+        <v>0.5736</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="20">
+        <v>45617</v>
+      </c>
+      <c r="H24" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="19">
+        <v>0.2298</v>
+      </c>
+      <c r="F25" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="20">
+        <v>45645</v>
+      </c>
+      <c r="H25" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="19">
+        <v>0.24979999999999999</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="20">
+        <v>45645</v>
+      </c>
+      <c r="H26" s="21">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="19">
+        <v>0.2001</v>
+      </c>
+      <c r="F27" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="20">
+        <v>45637</v>
+      </c>
+      <c r="H27" s="21">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E28" s="24">
+        <v>0.15</v>
+      </c>
+      <c r="F28" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="25">
+        <v>45642</v>
+      </c>
+      <c r="H28" s="26">
+        <v>45692</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" s="24">
+        <v>8.4636999999999993</v>
+      </c>
+      <c r="F29" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="25">
+        <v>45650</v>
+      </c>
+      <c r="H29" s="26">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="24">
+        <v>0.70020000000000004</v>
+      </c>
+      <c r="F30" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="25">
+        <v>45643</v>
+      </c>
+      <c r="H30" s="26">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D31" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" s="24">
+        <v>9.5579999999999998</v>
+      </c>
+      <c r="F31" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="25">
+        <v>45665</v>
+      </c>
+      <c r="H31" s="26">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B32" s="23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" s="24">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F32" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="25">
+        <v>45643</v>
+      </c>
+      <c r="H32" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B33" s="23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E33" s="24">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F33" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="25">
+        <v>45643</v>
+      </c>
+      <c r="H33" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" s="23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E34" s="24">
+        <v>0.43790000000000001</v>
+      </c>
+      <c r="F34" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="25">
+        <v>45610</v>
+      </c>
+      <c r="H34" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B35" s="23" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C35" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E35" s="24">
+        <v>0.18149999999999999</v>
+      </c>
+      <c r="F35" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="25">
+        <v>45583</v>
+      </c>
+      <c r="H35" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" s="23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E36" s="24">
+        <v>0.28050000000000003</v>
+      </c>
+      <c r="F36" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="25">
+        <v>45670</v>
+      </c>
+      <c r="H36" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D37" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E37" s="24">
+        <v>0.34029999999999999</v>
+      </c>
+      <c r="F37" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="25">
+        <v>45685</v>
+      </c>
+      <c r="H37" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" s="23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E38" s="24">
+        <v>2.02</v>
+      </c>
+      <c r="F38" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="25">
+        <v>45638</v>
+      </c>
+      <c r="H38" s="26">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" s="24">
+        <v>0.27989999999999998</v>
+      </c>
+      <c r="F39" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="25">
+        <v>45611</v>
+      </c>
+      <c r="H39" s="26">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C40" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>170</v>
+      </c>
+      <c r="E40" s="29">
+        <v>0.18890000000000001</v>
+      </c>
+      <c r="F40" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="30">
+        <v>45579</v>
+      </c>
+      <c r="H40" s="31">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" s="23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C41" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E41" s="24">
+        <v>0.19850000000000001</v>
+      </c>
+      <c r="F41" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="25">
+        <v>45517</v>
+      </c>
+      <c r="H41" s="26">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" s="23" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E42" s="24">
+        <v>0.2984</v>
+      </c>
+      <c r="F42" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="25">
+        <v>45642</v>
+      </c>
+      <c r="H42" s="26">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E43" s="24">
+        <v>0.65880000000000005</v>
+      </c>
+      <c r="F43" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="25">
+        <v>45679</v>
+      </c>
+      <c r="H43" s="26">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E44" s="24">
+        <v>1.7504999999999999</v>
+      </c>
+      <c r="F44" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="25">
+        <v>45688</v>
+      </c>
+      <c r="H44" s="26">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C45" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>183</v>
+      </c>
+      <c r="E45" s="29">
+        <v>4.8265000000000002</v>
+      </c>
+      <c r="F45" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="30">
+        <v>45628</v>
+      </c>
+      <c r="H45" s="31">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="B46" s="23" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="E46" s="24">
+        <v>0.54020000000000001</v>
+      </c>
+      <c r="F46" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="25">
+        <v>45655</v>
+      </c>
+      <c r="H46" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="23" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="E47" s="24">
+        <v>0.41620000000000001</v>
+      </c>
+      <c r="F47" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="25">
+        <v>45705</v>
+      </c>
+      <c r="H47" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>192</v>
+      </c>
+      <c r="E48" s="29">
+        <v>0.2001</v>
+      </c>
+      <c r="F48" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="30">
+        <v>45611</v>
+      </c>
+      <c r="H48" s="31">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="22" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" s="23" t="s">
+        <v>194</v>
+      </c>
+      <c r="C49" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="E49" s="24">
+        <v>0.22750000000000001</v>
+      </c>
+      <c r="F49" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="25">
+        <v>45664</v>
+      </c>
+      <c r="H49" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C50" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="29">
+        <v>0.24</v>
+      </c>
+      <c r="F50" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="30">
+        <v>45692</v>
+      </c>
+      <c r="H50" s="31">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" s="23" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="E51" s="24">
+        <v>0.5</v>
+      </c>
+      <c r="F51" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="25">
+        <v>45694</v>
+      </c>
+      <c r="H51" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="B52" s="23" t="s">
+        <v>202</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" s="23" t="s">
+        <v>203</v>
+      </c>
+      <c r="E52" s="24">
+        <v>0.22320000000000001</v>
+      </c>
+      <c r="F52" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="25">
+        <v>45629</v>
+      </c>
+      <c r="H52" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" s="23" t="s">
+        <v>205</v>
+      </c>
+      <c r="C53" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D53" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E53" s="24">
+        <v>0.62509999999999999</v>
+      </c>
+      <c r="F53" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="25">
+        <v>45646</v>
+      </c>
+      <c r="H53" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="27" t="s">
+        <v>206</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C54" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>207</v>
+      </c>
+      <c r="E54" s="29">
+        <v>0.2198</v>
+      </c>
+      <c r="F54" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="30">
+        <v>45631</v>
+      </c>
+      <c r="H54" s="31">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="22" t="s">
+        <v>208</v>
+      </c>
+      <c r="B55" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="C55" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E55" s="24">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="F55" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="25">
+        <v>45705</v>
+      </c>
+      <c r="H55" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="22" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="E56" s="24">
+        <v>0.24990000000000001</v>
+      </c>
+      <c r="F56" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="25">
+        <v>45677</v>
+      </c>
+      <c r="H56" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="22" t="s">
+        <v>213</v>
+      </c>
+      <c r="B57" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="C57" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" s="24">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F57" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="25">
+        <v>45692</v>
+      </c>
+      <c r="H57" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="B58" s="23" t="s">
+        <v>217</v>
+      </c>
+      <c r="C58" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D58" s="23" t="s">
+        <v>218</v>
+      </c>
+      <c r="E58" s="24">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F58" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="25">
+        <v>45692</v>
+      </c>
+      <c r="H58" s="26">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="B59" s="23" t="s">
+        <v>220</v>
+      </c>
+      <c r="C59" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E59" s="24">
+        <v>1.3226</v>
+      </c>
+      <c r="F59" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="25">
+        <v>45614</v>
+      </c>
+      <c r="H59" s="26">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="22" t="s">
+        <v>222</v>
+      </c>
+      <c r="B60" s="23" t="s">
+        <v>223</v>
+      </c>
+      <c r="C60" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="E60" s="24">
+        <v>2.0184000000000002</v>
+      </c>
+      <c r="F60" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="25">
+        <v>45646</v>
+      </c>
+      <c r="H60" s="26">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="22" t="s">
+        <v>242</v>
+      </c>
+      <c r="B61" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="C61" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="23" t="s">
+        <v>244</v>
+      </c>
+      <c r="E61" s="24">
+        <v>0.44290000000000002</v>
+      </c>
+      <c r="F61" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="25">
+        <v>45485</v>
+      </c>
+      <c r="H61" s="26">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="22" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" s="23" t="s">
+        <v>246</v>
+      </c>
+      <c r="C62" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="E62" s="24">
+        <v>0.24030000000000001</v>
+      </c>
+      <c r="F62" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="25">
+        <v>45642</v>
+      </c>
+      <c r="H62" s="26">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="B63" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="C63" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" s="23" t="s">
+        <v>250</v>
+      </c>
+      <c r="E63" s="24">
+        <v>0.1996</v>
+      </c>
+      <c r="F63" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="25">
+        <v>45713</v>
+      </c>
+      <c r="H63" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="22" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" s="23" t="s">
+        <v>252</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" s="23" t="s">
+        <v>253</v>
+      </c>
+      <c r="E64" s="24">
+        <v>0.24</v>
+      </c>
+      <c r="F64" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="25">
+        <v>45702</v>
+      </c>
+      <c r="H64" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" s="23" t="s">
+        <v>255</v>
+      </c>
+      <c r="C65" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="23" t="s">
+        <v>256</v>
+      </c>
+      <c r="E65" s="24">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="F65" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="25">
+        <v>45643</v>
+      </c>
+      <c r="H65" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="22" t="s">
+        <v>257</v>
+      </c>
+      <c r="B66" s="23" t="s">
+        <v>258</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" s="23" t="s">
+        <v>259</v>
+      </c>
+      <c r="E66" s="24">
+        <v>0.1812</v>
+      </c>
+      <c r="F66" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="25">
+        <v>45699</v>
+      </c>
+      <c r="H66" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="22" t="s">
+        <v>260</v>
+      </c>
+      <c r="B67" s="23" t="s">
+        <v>261</v>
+      </c>
+      <c r="C67" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" s="23" t="s">
+        <v>262</v>
+      </c>
+      <c r="E67" s="24">
+        <v>0.32479999999999998</v>
+      </c>
+      <c r="F67" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="25">
+        <v>45699</v>
+      </c>
+      <c r="H67" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="22" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" s="23" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="23" t="s">
+        <v>244</v>
+      </c>
+      <c r="E68" s="24">
+        <v>0.50049999999999994</v>
+      </c>
+      <c r="F68" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="25">
+        <v>45702</v>
+      </c>
+      <c r="H68" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="22" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="23" t="s">
+        <v>267</v>
+      </c>
+      <c r="E69" s="24">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="F69" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="25">
+        <v>45705</v>
+      </c>
+      <c r="H69" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A70" s="22" t="s">
+        <v>268</v>
+      </c>
+      <c r="B70" s="23" t="s">
+        <v>269</v>
+      </c>
+      <c r="C70" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="23" t="s">
+        <v>270</v>
+      </c>
+      <c r="E70" s="24">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F70" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="25">
+        <v>45707</v>
+      </c>
+      <c r="H70" s="26">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" s="23" t="s">
+        <v>272</v>
+      </c>
+      <c r="C71" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E71" s="24">
+        <v>0.2</v>
+      </c>
+      <c r="F71" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="25">
+        <v>45717</v>
+      </c>
+      <c r="H71" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A72" s="22" t="s">
+        <v>273</v>
+      </c>
+      <c r="B72" s="23" t="s">
+        <v>274</v>
+      </c>
+      <c r="C72" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D72" s="23" t="s">
+        <v>275</v>
+      </c>
+      <c r="E72" s="24">
+        <v>0.14760000000000001</v>
+      </c>
+      <c r="F72" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="25">
+        <v>45593</v>
+      </c>
+      <c r="H72" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A73" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="B73" s="23" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C73" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D73" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="E73" s="24">
+        <v>0.64980000000000004</v>
+      </c>
+      <c r="F73" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="25">
+        <v>45568</v>
+      </c>
+      <c r="H73" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A74" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" s="23" t="s">
+        <v>279</v>
+      </c>
+      <c r="C74" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="23" t="s">
+        <v>280</v>
+      </c>
+      <c r="E74" s="24">
+        <v>0.252</v>
+      </c>
+      <c r="F74" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="25">
+        <v>45548</v>
+      </c>
+      <c r="H74" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="B75" s="23" t="s">
+        <v>282</v>
+      </c>
+      <c r="C75" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="23" t="s">
+        <v>283</v>
+      </c>
+      <c r="E75" s="24">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="F75" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="25">
+        <v>45595</v>
+      </c>
+      <c r="H75" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A76" s="22" t="s">
+        <v>284</v>
+      </c>
+      <c r="B76" s="23" t="s">
+        <v>285</v>
+      </c>
+      <c r="C76" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="23" t="s">
+        <v>286</v>
+      </c>
+      <c r="E76" s="24">
+        <v>1.0626</v>
+      </c>
+      <c r="F76" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="25">
+        <v>45714</v>
+      </c>
+      <c r="H76" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" s="23" t="s">
+        <v>288</v>
+      </c>
+      <c r="C77" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="23" t="s">
+        <v>289</v>
+      </c>
+      <c r="E77" s="24">
+        <v>0.5</v>
+      </c>
+      <c r="F77" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="25">
+        <v>45705</v>
+      </c>
+      <c r="H77" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A78" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="B78" s="23" t="s">
+        <v>291</v>
+      </c>
+      <c r="C78" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="23" t="s">
+        <v>292</v>
+      </c>
+      <c r="E78" s="24">
+        <v>0.16009999999999999</v>
+      </c>
+      <c r="F78" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="25">
+        <v>45646</v>
+      </c>
+      <c r="H78" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="22" t="s">
+        <v>293</v>
+      </c>
+      <c r="B79" s="23" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C79" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" s="23" t="s">
+        <v>294</v>
+      </c>
+      <c r="E79" s="24">
+        <v>0.15840000000000001</v>
+      </c>
+      <c r="F79" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="25">
+        <v>45565</v>
+      </c>
+      <c r="H79" s="26">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="22" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" s="23" t="s">
+        <v>296</v>
+      </c>
+      <c r="C80" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="23" t="s">
+        <v>297</v>
+      </c>
+      <c r="E80" s="24">
+        <v>195.69300000000001</v>
+      </c>
+      <c r="F80" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="25">
+        <v>45607</v>
+      </c>
+      <c r="H80" s="26">
+        <v>45743</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="22" t="s">
+        <v>298</v>
+      </c>
+      <c r="B81" s="23" t="s">
+        <v>299</v>
+      </c>
+      <c r="C81" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" s="23" t="s">
+        <v>300</v>
+      </c>
+      <c r="E81" s="24">
+        <v>0.3478</v>
+      </c>
+      <c r="F81" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="25">
+        <v>45566</v>
+      </c>
+      <c r="H81" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="22" t="s">
+        <v>301</v>
+      </c>
+      <c r="B82" s="23" t="s">
+        <v>302</v>
+      </c>
+      <c r="C82" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" s="23" t="s">
+        <v>303</v>
+      </c>
+      <c r="E82" s="24">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F82" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="25">
+        <v>44267</v>
+      </c>
+      <c r="H82" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="27" t="s">
+        <v>304</v>
+      </c>
+      <c r="B83" s="28" t="s">
+        <v>305</v>
+      </c>
+      <c r="C83" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="E83" s="29">
+        <v>0.34760000000000002</v>
+      </c>
+      <c r="F83" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="25">
+        <v>45719</v>
+      </c>
+      <c r="H83" s="31">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="22" t="s">
+        <v>306</v>
+      </c>
+      <c r="B84" s="23" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C84" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D84" s="23" t="s">
+        <v>307</v>
+      </c>
+      <c r="E84" s="24">
+        <v>0.47020000000000001</v>
+      </c>
+      <c r="F84" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="25">
+        <v>45630</v>
+      </c>
+      <c r="H84" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="B85" s="23" t="s">
+        <v>309</v>
+      </c>
+      <c r="C85" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="23" t="s">
+        <v>310</v>
+      </c>
+      <c r="E85" s="24">
+        <v>0.3135</v>
+      </c>
+      <c r="F85" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="25">
+        <v>45600</v>
+      </c>
+      <c r="H85" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A86" s="22" t="s">
+        <v>311</v>
+      </c>
+      <c r="B86" s="23" t="s">
+        <v>312</v>
+      </c>
+      <c r="C86" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" s="23" t="s">
+        <v>313</v>
+      </c>
+      <c r="E86" s="24">
+        <v>0.30740000000000001</v>
+      </c>
+      <c r="F86" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="25">
+        <v>45625</v>
+      </c>
+      <c r="H86" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A87" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="B87" s="23" t="s">
+        <v>315</v>
+      </c>
+      <c r="C87" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="23" t="s">
+        <v>316</v>
+      </c>
+      <c r="E87" s="24">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F87" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="25">
+        <v>45721</v>
+      </c>
+      <c r="H87" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A88" s="22" t="s">
+        <v>317</v>
+      </c>
+      <c r="B88" s="23" t="s">
+        <v>318</v>
+      </c>
+      <c r="C88" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D88" s="23" t="s">
+        <v>218</v>
+      </c>
+      <c r="E88" s="24">
+        <v>0.4647</v>
+      </c>
+      <c r="F88" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="25">
+        <v>45693</v>
+      </c>
+      <c r="H88" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A89" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="B89" s="23" t="s">
+        <v>320</v>
+      </c>
+      <c r="C89" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" s="23" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" s="24">
+        <v>2.6732999999999998</v>
+      </c>
+      <c r="F89" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="25">
+        <v>45673</v>
+      </c>
+      <c r="H89" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A90" s="22" t="s">
+        <v>322</v>
+      </c>
+      <c r="B90" s="23" t="s">
+        <v>323</v>
+      </c>
+      <c r="C90" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" s="23" t="s">
+        <v>324</v>
+      </c>
+      <c r="E90" s="24">
+        <v>0.31359999999999999</v>
+      </c>
+      <c r="F90" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="25">
+        <v>45715</v>
+      </c>
+      <c r="H90" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="22" t="s">
+        <v>325</v>
+      </c>
+      <c r="B91" s="23" t="s">
+        <v>326</v>
+      </c>
+      <c r="C91" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D91" s="23" t="s">
+        <v>327</v>
+      </c>
+      <c r="E91" s="24">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F91" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="25">
+        <v>45707</v>
+      </c>
+      <c r="H91" s="26">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="22" t="s">
+        <v>328</v>
+      </c>
+      <c r="B92" s="23" t="s">
+        <v>329</v>
+      </c>
+      <c r="C92" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="E92" s="24">
+        <v>0.3997</v>
+      </c>
+      <c r="F92" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="25">
+        <v>45716</v>
+      </c>
+      <c r="H92" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A93" s="22" t="s">
+        <v>330</v>
+      </c>
+      <c r="B93" s="23" t="s">
+        <v>331</v>
+      </c>
+      <c r="C93" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="23" t="s">
+        <v>332</v>
+      </c>
+      <c r="E93" s="24">
+        <v>0.33960000000000001</v>
+      </c>
+      <c r="F93" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="25">
+        <v>45611</v>
+      </c>
+      <c r="H93" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A94" s="22" t="s">
+        <v>333</v>
+      </c>
+      <c r="B94" s="23" t="s">
+        <v>334</v>
+      </c>
+      <c r="C94" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="E94" s="24">
+        <v>0.99960000000000004</v>
+      </c>
+      <c r="F94" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="25">
+        <v>45727</v>
+      </c>
+      <c r="H94" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="22" t="s">
+        <v>336</v>
+      </c>
+      <c r="B95" s="23" t="s">
+        <v>337</v>
+      </c>
+      <c r="C95" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D95" s="23" t="s">
+        <v>338</v>
+      </c>
+      <c r="E95" s="24">
+        <v>0.19819999999999999</v>
+      </c>
+      <c r="F95" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="25">
+        <v>45721</v>
+      </c>
+      <c r="H95" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="22" t="s">
+        <v>339</v>
+      </c>
+      <c r="B96" s="23" t="s">
+        <v>340</v>
+      </c>
+      <c r="C96" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D96" s="23" t="s">
+        <v>341</v>
+      </c>
+      <c r="E96" s="24">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="F96" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="25">
+        <v>45638</v>
+      </c>
+      <c r="H96" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="22" t="s">
+        <v>342</v>
+      </c>
+      <c r="B97" s="23" t="s">
+        <v>343</v>
+      </c>
+      <c r="C97" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="23" t="s">
+        <v>316</v>
+      </c>
+      <c r="E97" s="24">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F97" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="25">
+        <v>45713</v>
+      </c>
+      <c r="H97" s="26">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="B98" s="23" t="s">
+        <v>345</v>
+      </c>
+      <c r="C98" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" s="23" t="s">
+        <v>346</v>
+      </c>
+      <c r="E98" s="24">
+        <v>0.27750000000000002</v>
+      </c>
+      <c r="F98" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="25">
+        <v>45707</v>
+      </c>
+      <c r="H98" s="26">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A99" s="22" t="s">
+        <v>347</v>
+      </c>
+      <c r="B99" s="23" t="s">
+        <v>348</v>
+      </c>
+      <c r="C99" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D99" s="23" t="s">
+        <v>349</v>
+      </c>
+      <c r="E99" s="24">
+        <v>520.39319999999998</v>
+      </c>
+      <c r="F99" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="25">
+        <v>45646</v>
+      </c>
+      <c r="H99" s="26">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="22" t="s">
+        <v>350</v>
+      </c>
+      <c r="B100" s="23" t="s">
+        <v>351</v>
+      </c>
+      <c r="C100" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" s="23" t="s">
+        <v>352</v>
+      </c>
+      <c r="E100" s="24">
+        <v>0.1996</v>
+      </c>
+      <c r="F100" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="25">
+        <v>45716</v>
+      </c>
+      <c r="H100" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="22" t="s">
+        <v>353</v>
+      </c>
+      <c r="B101" s="23" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C101" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="E101" s="24">
+        <v>0.15240000000000001</v>
+      </c>
+      <c r="F101" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="25">
+        <v>45685</v>
+      </c>
+      <c r="H101" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="22" t="s">
+        <v>355</v>
+      </c>
+      <c r="B102" s="23" t="s">
+        <v>356</v>
+      </c>
+      <c r="C102" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E102" s="24">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F102" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="25">
+        <v>45702</v>
+      </c>
+      <c r="H102" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="22" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B103" s="23" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C103" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" s="23" t="s">
+        <v>960</v>
+      </c>
+      <c r="E103" s="24">
+        <v>0.28770000000000001</v>
+      </c>
+      <c r="F103" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="25">
+        <v>45747</v>
+      </c>
+      <c r="H103" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="22" t="s">
+        <v>357</v>
+      </c>
+      <c r="B104" s="23" t="s">
+        <v>358</v>
+      </c>
+      <c r="C104" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" s="23" t="s">
+        <v>359</v>
+      </c>
+      <c r="E104" s="24">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="F104" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="25">
+        <v>45743</v>
+      </c>
+      <c r="H104" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="22" t="s">
+        <v>360</v>
+      </c>
+      <c r="B105" s="23" t="s">
+        <v>361</v>
+      </c>
+      <c r="C105" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D105" s="23" t="s">
+        <v>362</v>
+      </c>
+      <c r="E105" s="24">
+        <v>0.25259999999999999</v>
+      </c>
+      <c r="F105" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="25">
+        <v>45736</v>
+      </c>
+      <c r="H105" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="22" t="s">
+        <v>363</v>
+      </c>
+      <c r="B106" s="23" t="s">
+        <v>364</v>
+      </c>
+      <c r="C106" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D106" s="23" t="s">
+        <v>365</v>
+      </c>
+      <c r="E106" s="24">
+        <v>0.18909999999999999</v>
+      </c>
+      <c r="F106" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="25">
+        <v>45686</v>
+      </c>
+      <c r="H106" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A107" s="22" t="s">
+        <v>366</v>
+      </c>
+      <c r="B107" s="23" t="s">
+        <v>367</v>
+      </c>
+      <c r="C107" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D107" s="23" t="s">
+        <v>368</v>
+      </c>
+      <c r="E107" s="24">
+        <v>0.52</v>
+      </c>
+      <c r="F107" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="25">
+        <v>45730</v>
+      </c>
+      <c r="H107" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A108" s="22" t="s">
+        <v>369</v>
+      </c>
+      <c r="B108" s="23" t="s">
+        <v>370</v>
+      </c>
+      <c r="C108" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="E108" s="24">
+        <v>0.246</v>
+      </c>
+      <c r="F108" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="25">
+        <v>45673</v>
+      </c>
+      <c r="H108" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="B109" s="23" t="s">
+        <v>372</v>
+      </c>
+      <c r="C109" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D109" s="23" t="s">
+        <v>373</v>
+      </c>
+      <c r="E109" s="24">
+        <v>0.55110000000000003</v>
+      </c>
+      <c r="F109" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="25">
+        <v>45668</v>
+      </c>
+      <c r="H109" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A110" s="22" t="s">
+        <v>374</v>
+      </c>
+      <c r="B110" s="23" t="s">
+        <v>375</v>
+      </c>
+      <c r="C110" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" s="23" t="s">
+        <v>376</v>
+      </c>
+      <c r="E110" s="24">
+        <v>0.2006</v>
+      </c>
+      <c r="F110" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="25">
+        <v>45740</v>
+      </c>
+      <c r="H110" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A111" s="27" t="s">
+        <v>377</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>378</v>
+      </c>
+      <c r="C111" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" s="28" t="s">
+        <v>379</v>
+      </c>
+      <c r="E111" s="29">
+        <v>0.2205</v>
+      </c>
+      <c r="F111" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="30">
+        <v>45742</v>
+      </c>
+      <c r="H111" s="31">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A112" s="22" t="s">
+        <v>380</v>
+      </c>
+      <c r="B112" s="23" t="s">
+        <v>381</v>
+      </c>
+      <c r="C112" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D112" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="E112" s="24">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="F112" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="25">
+        <v>45714</v>
+      </c>
+      <c r="H112" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A113" s="22" t="s">
+        <v>382</v>
+      </c>
+      <c r="B113" s="23" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C113" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D113" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="E113" s="24">
+        <v>0.4002</v>
+      </c>
+      <c r="F113" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="25">
+        <v>45646</v>
+      </c>
+      <c r="H113" s="26">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="22" t="s">
+        <v>384</v>
+      </c>
+      <c r="B114" s="23" t="s">
+        <v>385</v>
+      </c>
+      <c r="C114" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D114" s="23" t="s">
+        <v>386</v>
+      </c>
+      <c r="E114" s="24">
+        <v>0.40039999999999998</v>
+      </c>
+      <c r="F114" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="25">
+        <v>45707</v>
+      </c>
+      <c r="H114" s="26">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A115" s="22" t="s">
+        <v>387</v>
+      </c>
+      <c r="B115" s="23" t="s">
+        <v>388</v>
+      </c>
+      <c r="C115" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="23" t="s">
+        <v>389</v>
+      </c>
+      <c r="E115" s="24">
+        <v>0.39689999999999998</v>
+      </c>
+      <c r="F115" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="25">
+        <v>45668</v>
+      </c>
+      <c r="H115" s="26">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A116" s="22" t="s">
+        <v>390</v>
+      </c>
+      <c r="B116" s="23" t="s">
+        <v>391</v>
+      </c>
+      <c r="C116" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" s="23" t="s">
+        <v>392</v>
+      </c>
+      <c r="E116" s="24">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="F116" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="25">
+        <v>45749</v>
+      </c>
+      <c r="H116" s="26">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A117" s="22" t="s">
+        <v>393</v>
+      </c>
+      <c r="B117" s="23" t="s">
+        <v>394</v>
+      </c>
+      <c r="C117" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D117" s="23" t="s">
+        <v>395</v>
+      </c>
+      <c r="E117" s="24">
+        <v>0.214</v>
+      </c>
+      <c r="F117" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="25">
+        <v>45740</v>
+      </c>
+      <c r="H117" s="26">
+        <v>45761</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A118" s="22" t="s">
+        <v>396</v>
+      </c>
+      <c r="B118" s="23" t="s">
+        <v>397</v>
+      </c>
+      <c r="C118" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="E118" s="24">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="F118" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="25">
+        <v>45708</v>
+      </c>
+      <c r="H118" s="26">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A119" s="22" t="s">
+        <v>398</v>
+      </c>
+      <c r="B119" s="23" t="s">
+        <v>399</v>
+      </c>
+      <c r="C119" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E119" s="24">
+        <v>0.49940000000000001</v>
+      </c>
+      <c r="F119" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="25">
+        <v>45749</v>
+      </c>
+      <c r="H119" s="26">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A120" s="22" t="s">
+        <v>400</v>
+      </c>
+      <c r="B120" s="23" t="s">
+        <v>401</v>
+      </c>
+      <c r="C120" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D120" s="23" t="s">
+        <v>402</v>
+      </c>
+      <c r="E120" s="24">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F120" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="25">
+        <v>45716</v>
+      </c>
+      <c r="H120" s="26">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A121" s="22" t="s">
+        <v>403</v>
+      </c>
+      <c r="B121" s="23" t="s">
+        <v>404</v>
+      </c>
+      <c r="C121" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="23" t="s">
+        <v>405</v>
+      </c>
+      <c r="E121" s="24">
+        <v>0.32319999999999999</v>
+      </c>
+      <c r="F121" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="25">
+        <v>45739</v>
+      </c>
+      <c r="H121" s="26">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A122" s="27" t="s">
+        <v>406</v>
+      </c>
+      <c r="B122" s="28" t="s">
+        <v>407</v>
+      </c>
+      <c r="C122" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D122" s="28" t="s">
+        <v>408</v>
+      </c>
+      <c r="E122" s="29">
+        <v>0.36080000000000001</v>
+      </c>
+      <c r="F122" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="30">
+        <v>45685</v>
+      </c>
+      <c r="H122" s="31">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A123" s="22" t="s">
+        <v>409</v>
+      </c>
+      <c r="B123" s="23" t="s">
+        <v>410</v>
+      </c>
+      <c r="C123" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="E123" s="24">
+        <v>0.20780000000000001</v>
+      </c>
+      <c r="F123" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="25">
+        <v>45698</v>
+      </c>
+      <c r="H123" s="26">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A124" s="22" t="s">
+        <v>412</v>
+      </c>
+      <c r="B124" s="23" t="s">
+        <v>413</v>
+      </c>
+      <c r="C124" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" s="23" t="s">
+        <v>414</v>
+      </c>
+      <c r="E124" s="24">
+        <v>1.032</v>
+      </c>
+      <c r="F124" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="25">
+        <v>45749</v>
+      </c>
+      <c r="H124" s="26">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A125" s="22" t="s">
+        <v>415</v>
+      </c>
+      <c r="B125" s="23" t="s">
+        <v>416</v>
+      </c>
+      <c r="C125" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D125" s="23" t="s">
+        <v>417</v>
+      </c>
+      <c r="E125" s="24">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F125" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="25">
+        <v>45748</v>
+      </c>
+      <c r="H125" s="26">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A126" s="22" t="s">
+        <v>418</v>
+      </c>
+      <c r="B126" s="23" t="s">
+        <v>419</v>
+      </c>
+      <c r="C126" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D126" s="23" t="s">
+        <v>420</v>
+      </c>
+      <c r="E126" s="24">
+        <v>1.4802999999999999</v>
+      </c>
+      <c r="F126" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="25">
+        <v>45686</v>
+      </c>
+      <c r="H126" s="26">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A127" s="22" t="s">
+        <v>421</v>
+      </c>
+      <c r="B127" s="23" t="s">
+        <v>422</v>
+      </c>
+      <c r="C127" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" s="23" t="s">
+        <v>423</v>
+      </c>
+      <c r="E127" s="24">
+        <v>3.4394999999999998</v>
+      </c>
+      <c r="F127" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="25">
+        <v>45686</v>
+      </c>
+      <c r="H127" s="26">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A128" s="22" t="s">
+        <v>424</v>
+      </c>
+      <c r="B128" s="23" t="s">
+        <v>425</v>
+      </c>
+      <c r="C128" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D128" s="23" t="s">
+        <v>426</v>
+      </c>
+      <c r="E128" s="24">
+        <v>0.99990000000000001</v>
+      </c>
+      <c r="F128" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="25">
+        <v>45713</v>
+      </c>
+      <c r="H128" s="26">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A129" s="22" t="s">
+        <v>427</v>
+      </c>
+      <c r="B129" s="23" t="s">
+        <v>428</v>
+      </c>
+      <c r="C129" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D129" s="23" t="s">
+        <v>429</v>
+      </c>
+      <c r="E129" s="24">
+        <v>6.1623000000000001</v>
+      </c>
+      <c r="F129" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="25">
+        <v>45692</v>
+      </c>
+      <c r="H129" s="26">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A130" s="22" t="s">
+        <v>430</v>
+      </c>
+      <c r="B130" s="23" t="s">
+        <v>431</v>
+      </c>
+      <c r="C130" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D130" s="23" t="s">
+        <v>432</v>
+      </c>
+      <c r="E130" s="24">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F130" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="25">
+        <v>45743</v>
+      </c>
+      <c r="H130" s="26">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A131" s="22" t="s">
+        <v>433</v>
+      </c>
+      <c r="B131" s="23" t="s">
+        <v>434</v>
+      </c>
+      <c r="C131" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D131" s="23" t="s">
+        <v>435</v>
+      </c>
+      <c r="E131" s="24">
+        <v>0.2</v>
+      </c>
+      <c r="F131" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="25">
+        <v>45762</v>
+      </c>
+      <c r="H131" s="26">
+        <v>45770</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A132" s="22" t="s">
+        <v>436</v>
+      </c>
+      <c r="B132" s="23" t="s">
+        <v>437</v>
+      </c>
+      <c r="C132" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D132" s="23" t="s">
+        <v>438</v>
+      </c>
+      <c r="E132" s="24">
+        <v>8.2028999999999996</v>
+      </c>
+      <c r="F132" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="25">
+        <v>45721</v>
+      </c>
+      <c r="H132" s="26">
+        <v>45771</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A133" s="22" t="s">
+        <v>443</v>
+      </c>
+      <c r="B133" s="23" t="s">
+        <v>444</v>
+      </c>
+      <c r="C133" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" s="23" t="s">
+        <v>445</v>
+      </c>
+      <c r="E133" s="24">
+        <v>0.29120000000000001</v>
+      </c>
+      <c r="F133" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="25">
+        <v>45750</v>
+      </c>
+      <c r="H133" s="26">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A134" s="22" t="s">
+        <v>446</v>
+      </c>
+      <c r="B134" s="23" t="s">
+        <v>447</v>
+      </c>
+      <c r="C134" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" s="23" t="s">
+        <v>448</v>
+      </c>
+      <c r="E134" s="24">
+        <v>6.0037000000000003</v>
+      </c>
+      <c r="F134" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="25">
+        <v>45743</v>
+      </c>
+      <c r="H134" s="26">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A135" s="22" t="s">
+        <v>449</v>
+      </c>
+      <c r="B135" s="23" t="s">
+        <v>450</v>
+      </c>
+      <c r="C135" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D135" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="E135" s="24">
+        <v>0.2</v>
+      </c>
+      <c r="F135" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="25">
+        <v>45740</v>
+      </c>
+      <c r="H135" s="26">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A136" s="22" t="s">
+        <v>451</v>
+      </c>
+      <c r="B136" s="23" t="s">
+        <v>452</v>
+      </c>
+      <c r="C136" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" s="23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E136" s="24">
+        <v>0.35949999999999999</v>
+      </c>
+      <c r="F136" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="25">
+        <v>45757</v>
+      </c>
+      <c r="H136" s="26">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A137" s="27" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B137" s="28" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C137" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" s="28" t="s">
+        <v>165</v>
+      </c>
+      <c r="E137" s="29">
+        <v>0.6996</v>
+      </c>
+      <c r="F137" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="30">
+        <v>45758</v>
+      </c>
+      <c r="H137" s="31">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A138" s="22" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B138" s="23" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C138" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" s="23" t="s">
+        <v>445</v>
+      </c>
+      <c r="E138" s="24">
+        <v>0.48949999999999999</v>
+      </c>
+      <c r="F138" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="25">
+        <v>45750</v>
+      </c>
+      <c r="H138" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A139" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="B139" s="23" t="s">
+        <v>454</v>
+      </c>
+      <c r="C139" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" s="23" t="s">
+        <v>455</v>
+      </c>
+      <c r="E139" s="24">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="F139" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="25">
+        <v>45674</v>
+      </c>
+      <c r="H139" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A140" s="22" t="s">
+        <v>456</v>
+      </c>
+      <c r="B140" s="23" t="s">
+        <v>457</v>
+      </c>
+      <c r="C140" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D140" s="23" t="s">
+        <v>458</v>
+      </c>
+      <c r="E140" s="24">
+        <v>0.39950000000000002</v>
+      </c>
+      <c r="F140" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="25">
+        <v>45758</v>
+      </c>
+      <c r="H140" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A141" s="22" t="s">
+        <v>459</v>
+      </c>
+      <c r="B141" s="23" t="s">
+        <v>460</v>
+      </c>
+      <c r="C141" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D141" s="23" t="s">
+        <v>461</v>
+      </c>
+      <c r="E141" s="24">
+        <v>0.4698</v>
+      </c>
+      <c r="F141" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="25">
+        <v>45631</v>
+      </c>
+      <c r="H141" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A142" s="22" t="s">
+        <v>462</v>
+      </c>
+      <c r="B142" s="23" t="s">
+        <v>463</v>
+      </c>
+      <c r="C142" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="E142" s="24">
+        <v>0.27889999999999998</v>
+      </c>
+      <c r="F142" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="25">
+        <v>45777</v>
+      </c>
+      <c r="H142" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A143" s="22" t="s">
+        <v>464</v>
+      </c>
+      <c r="B143" s="23" t="s">
+        <v>465</v>
+      </c>
+      <c r="C143" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" s="23" t="s">
+        <v>466</v>
+      </c>
+      <c r="E143" s="24">
+        <v>0.17030000000000001</v>
+      </c>
+      <c r="F143" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="25">
+        <v>45625</v>
+      </c>
+      <c r="H143" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="22" t="s">
+        <v>467</v>
+      </c>
+      <c r="B144" s="23" t="s">
+        <v>468</v>
+      </c>
+      <c r="C144" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D144" s="23" t="s">
+        <v>469</v>
+      </c>
+      <c r="E144" s="24">
+        <v>0.2387</v>
+      </c>
+      <c r="F144" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="25">
+        <v>45770</v>
+      </c>
+      <c r="H144" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A145" s="22" t="s">
+        <v>470</v>
+      </c>
+      <c r="B145" s="23" t="s">
+        <v>471</v>
+      </c>
+      <c r="C145" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" s="23" t="s">
+        <v>472</v>
+      </c>
+      <c r="E145" s="24">
+        <v>0.16869999999999999</v>
+      </c>
+      <c r="F145" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="25">
+        <v>45770</v>
+      </c>
+      <c r="H145" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A146" s="22" t="s">
+        <v>473</v>
+      </c>
+      <c r="B146" s="23" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C146" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D146" s="23" t="s">
+        <v>474</v>
+      </c>
+      <c r="E146" s="24">
+        <v>0.17680000000000001</v>
+      </c>
+      <c r="F146" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="25">
+        <v>45749</v>
+      </c>
+      <c r="H146" s="26">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A147" s="22" t="s">
+        <v>475</v>
+      </c>
+      <c r="B147" s="23" t="s">
+        <v>476</v>
+      </c>
+      <c r="C147" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D147" s="23" t="s">
+        <v>477</v>
+      </c>
+      <c r="E147" s="24">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="F147" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="25">
+        <v>45761</v>
+      </c>
+      <c r="H147" s="26">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A148" s="27" t="s">
+        <v>478</v>
+      </c>
+      <c r="B148" s="28" t="s">
+        <v>479</v>
+      </c>
+      <c r="C148" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D148" s="28" t="s">
+        <v>477</v>
+      </c>
+      <c r="E148" s="29">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="F148" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G148" s="30">
+        <v>45761</v>
+      </c>
+      <c r="H148" s="31">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A149" s="22" t="s">
+        <v>480</v>
+      </c>
+      <c r="B149" s="23" t="s">
+        <v>481</v>
+      </c>
+      <c r="C149" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" s="23" t="s">
+        <v>482</v>
+      </c>
+      <c r="E149" s="24">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="F149" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G149" s="25">
+        <v>45702</v>
+      </c>
+      <c r="H149" s="26">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A150" s="22" t="s">
+        <v>483</v>
+      </c>
+      <c r="B150" s="23" t="s">
+        <v>484</v>
+      </c>
+      <c r="C150" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" s="23" t="s">
+        <v>485</v>
+      </c>
+      <c r="E150" s="24">
+        <v>0.1923</v>
+      </c>
+      <c r="F150" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="25">
+        <v>45775</v>
+      </c>
+      <c r="H150" s="26">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A151" s="22" t="s">
+        <v>486</v>
+      </c>
+      <c r="B151" s="23" t="s">
+        <v>487</v>
+      </c>
+      <c r="C151" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" s="23" t="s">
+        <v>373</v>
+      </c>
+      <c r="E151" s="24">
+        <v>1.6632</v>
+      </c>
+      <c r="F151" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G151" s="25">
+        <v>45755</v>
+      </c>
+      <c r="H151" s="26">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A152" s="22" t="s">
+        <v>488</v>
+      </c>
+      <c r="B152" s="23" t="s">
+        <v>489</v>
+      </c>
+      <c r="C152" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" s="23" t="s">
+        <v>490</v>
+      </c>
+      <c r="E152" s="24">
+        <v>346.24799999999999</v>
+      </c>
+      <c r="F152" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G152" s="25">
+        <v>45674</v>
+      </c>
+      <c r="H152" s="26">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A153" s="22" t="s">
+        <v>491</v>
+      </c>
+      <c r="B153" s="23" t="s">
+        <v>492</v>
+      </c>
+      <c r="C153" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" s="23" t="s">
+        <v>493</v>
+      </c>
+      <c r="E153" s="24">
+        <v>1.5172000000000001</v>
+      </c>
+      <c r="F153" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G153" s="25">
+        <v>45769</v>
+      </c>
+      <c r="H153" s="26">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A154" s="22" t="s">
+        <v>494</v>
+      </c>
+      <c r="B154" s="23" t="s">
+        <v>495</v>
+      </c>
+      <c r="C154" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D154" s="23" t="s">
+        <v>435</v>
+      </c>
+      <c r="E154" s="24">
+        <v>0.1993</v>
+      </c>
+      <c r="F154" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="25">
+        <v>45779</v>
+      </c>
+      <c r="H154" s="26">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A155" s="22" t="s">
+        <v>496</v>
+      </c>
+      <c r="B155" s="23" t="s">
+        <v>497</v>
+      </c>
+      <c r="C155" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D155" s="23" t="s">
+        <v>292</v>
+      </c>
+      <c r="E155" s="24">
+        <v>1.7</v>
+      </c>
+      <c r="F155" s="23" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G155" s="25">
+        <v>45666</v>
+      </c>
+      <c r="H155" s="26">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A156" s="22" t="s">
+        <v>498</v>
+      </c>
+      <c r="B156" s="23" t="s">
+        <v>499</v>
+      </c>
+      <c r="C156" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D156" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="E156" s="24">
+        <v>0.23</v>
+      </c>
+      <c r="F156" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="25">
+        <v>45779</v>
+      </c>
+      <c r="H156" s="26">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="22" t="s">
+        <v>501</v>
+      </c>
+      <c r="B157" s="23" t="s">
+        <v>502</v>
+      </c>
+      <c r="C157" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D157" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="E157" s="24">
+        <v>0.23</v>
+      </c>
+      <c r="F157" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G157" s="25">
+        <v>45782</v>
+      </c>
+      <c r="H157" s="26">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A158" s="22" t="s">
+        <v>503</v>
+      </c>
+      <c r="B158" s="23" t="s">
+        <v>504</v>
+      </c>
+      <c r="C158" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D158" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E158" s="24">
+        <v>0.63</v>
+      </c>
+      <c r="F158" s="23" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G158" s="25">
+        <v>45636</v>
+      </c>
+      <c r="H158" s="26">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A159" s="27" t="s">
+        <v>505</v>
+      </c>
+      <c r="B159" s="28" t="s">
+        <v>506</v>
+      </c>
+      <c r="C159" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="E159" s="29">
+        <v>0.44990000000000002</v>
+      </c>
+      <c r="F159" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="30">
+        <v>45777</v>
+      </c>
+      <c r="H159" s="31">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A160" s="22" t="s">
+        <v>507</v>
+      </c>
+      <c r="B160" s="23" t="s">
+        <v>508</v>
+      </c>
+      <c r="C160" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E160" s="24">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F160" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G160" s="25">
+        <v>45778</v>
+      </c>
+      <c r="H160" s="26">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A161" s="22" t="s">
+        <v>509</v>
+      </c>
+      <c r="B161" s="23" t="s">
+        <v>510</v>
+      </c>
+      <c r="C161" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="E161" s="24">
+        <v>0.23</v>
+      </c>
+      <c r="F161" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G161" s="25">
+        <v>45791</v>
+      </c>
+      <c r="H161" s="26">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A162" s="22" t="s">
+        <v>512</v>
+      </c>
+      <c r="B162" s="23" t="s">
+        <v>513</v>
+      </c>
+      <c r="C162" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D162" s="23" t="s">
+        <v>514</v>
+      </c>
+      <c r="E162" s="24">
+        <v>0.35859999999999997</v>
+      </c>
+      <c r="F162" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="25">
+        <v>45769</v>
+      </c>
+      <c r="H162" s="26">
+        <v>45803</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A163" s="27" t="s">
+        <v>515</v>
+      </c>
+      <c r="B163" s="28" t="s">
+        <v>516</v>
+      </c>
+      <c r="C163" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" s="28" t="s">
+        <v>517</v>
+      </c>
+      <c r="E163" s="29">
+        <v>450</v>
+      </c>
+      <c r="F163" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="G163" s="30">
+        <v>45664</v>
+      </c>
+      <c r="H163" s="31">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A164" s="22" t="s">
+        <v>518</v>
+      </c>
+      <c r="B164" s="23" t="s">
+        <v>519</v>
+      </c>
+      <c r="C164" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" s="23" t="s">
+        <v>520</v>
+      </c>
+      <c r="E164" s="24">
+        <v>0.66180000000000005</v>
+      </c>
+      <c r="F164" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="25">
+        <v>45777</v>
+      </c>
+      <c r="H164" s="26">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A165" s="27" t="s">
+        <v>521</v>
+      </c>
+      <c r="B165" s="28" t="s">
+        <v>522</v>
+      </c>
+      <c r="C165" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" s="28" t="s">
+        <v>523</v>
+      </c>
+      <c r="E165" s="29">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="F165" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="30">
+        <v>45733</v>
+      </c>
+      <c r="H165" s="31">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A166" s="22" t="s">
+        <v>524</v>
+      </c>
+      <c r="B166" s="23" t="s">
+        <v>525</v>
+      </c>
+      <c r="C166" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D166" s="23" t="s">
+        <v>526</v>
+      </c>
+      <c r="E166" s="24">
+        <v>57.802999999999997</v>
+      </c>
+      <c r="F166" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="25">
+        <v>45713</v>
+      </c>
+      <c r="H166" s="26">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A167" s="27" t="s">
+        <v>527</v>
+      </c>
+      <c r="B167" s="28" t="s">
+        <v>528</v>
+      </c>
+      <c r="C167" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" s="28" t="s">
+        <v>529</v>
+      </c>
+      <c r="E167" s="29">
+        <v>0.4279</v>
+      </c>
+      <c r="F167" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="30">
+        <v>45785</v>
+      </c>
+      <c r="H167" s="31">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A168" s="22" t="s">
+        <v>530</v>
+      </c>
+      <c r="B168" s="23" t="s">
+        <v>531</v>
+      </c>
+      <c r="C168" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" s="23" t="s">
+        <v>532</v>
+      </c>
+      <c r="E168" s="24">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="F168" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="25">
+        <v>45791</v>
+      </c>
+      <c r="H168" s="26">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A169" s="27" t="s">
+        <v>533</v>
+      </c>
+      <c r="B169" s="28" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C169" s="28" t="s">
+        <v>534</v>
+      </c>
+      <c r="D169" s="28" t="s">
+        <v>535</v>
+      </c>
+      <c r="E169" s="29">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F169" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="30">
+        <v>45737</v>
+      </c>
+      <c r="H169" s="31">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A170" s="22" t="s">
+        <v>536</v>
+      </c>
+      <c r="B170" s="23" t="s">
+        <v>537</v>
+      </c>
+      <c r="C170" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D170" s="23" t="s">
+        <v>538</v>
+      </c>
+      <c r="E170" s="24">
+        <v>0.91759999999999997</v>
+      </c>
+      <c r="F170" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="25">
+        <v>45757</v>
+      </c>
+      <c r="H170" s="26">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A171" s="27" t="s">
+        <v>539</v>
+      </c>
+      <c r="B171" s="28" t="s">
+        <v>540</v>
+      </c>
+      <c r="C171" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="D171" s="28" t="s">
+        <v>541</v>
+      </c>
+      <c r="E171" s="29">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F171" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="30">
+        <v>45803</v>
+      </c>
+      <c r="H171" s="31">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A172" s="22" t="s">
+        <v>542</v>
+      </c>
+      <c r="B172" s="23" t="s">
+        <v>543</v>
+      </c>
+      <c r="C172" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="E172" s="24">
+        <v>0.31069999999999998</v>
+      </c>
+      <c r="F172" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="25">
+        <v>45799</v>
+      </c>
+      <c r="H172" s="26">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A173" s="27" t="s">
+        <v>545</v>
+      </c>
+      <c r="B173" s="28" t="s">
+        <v>546</v>
+      </c>
+      <c r="C173" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" s="28" t="s">
+        <v>547</v>
+      </c>
+      <c r="E173" s="29">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="F173" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="30">
+        <v>45761</v>
+      </c>
+      <c r="H173" s="31">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A174" s="22" t="s">
+        <v>548</v>
+      </c>
+      <c r="B174" s="23" t="s">
+        <v>549</v>
+      </c>
+      <c r="C174" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="E174" s="24">
+        <v>0.40010000000000001</v>
+      </c>
+      <c r="F174" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="25">
+        <v>45803</v>
+      </c>
+      <c r="H174" s="26">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A175" s="27" t="s">
+        <v>550</v>
+      </c>
+      <c r="B175" s="28" t="s">
+        <v>551</v>
+      </c>
+      <c r="C175" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="28" t="s">
+        <v>552</v>
+      </c>
+      <c r="E175" s="29">
+        <v>0.37040000000000001</v>
+      </c>
+      <c r="F175" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="30">
+        <v>45796</v>
+      </c>
+      <c r="H175" s="31">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A176" s="22" t="s">
+        <v>553</v>
+      </c>
+      <c r="B176" s="23" t="s">
+        <v>554</v>
+      </c>
+      <c r="C176" s="23" t="s">
+        <v>555</v>
+      </c>
+      <c r="D176" s="23" t="s">
+        <v>556</v>
+      </c>
+      <c r="E176" s="24">
+        <v>1.2688999999999999</v>
+      </c>
+      <c r="F176" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="25">
+        <v>45524</v>
+      </c>
+      <c r="H176" s="26">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A177" s="27" t="s">
+        <v>557</v>
+      </c>
+      <c r="B177" s="28" t="s">
+        <v>558</v>
+      </c>
+      <c r="C177" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D177" s="28" t="s">
+        <v>559</v>
+      </c>
+      <c r="E177" s="29">
+        <v>0.15179999999999999</v>
+      </c>
+      <c r="F177" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="30">
+        <v>45791</v>
+      </c>
+      <c r="H177" s="31">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A178" s="22" t="s">
+        <v>560</v>
+      </c>
+      <c r="B178" s="23" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C178" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="E178" s="24">
+        <v>0.23280000000000001</v>
+      </c>
+      <c r="F178" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="25">
+        <v>45742</v>
+      </c>
+      <c r="H178" s="26">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A179" s="27" t="s">
+        <v>561</v>
+      </c>
+      <c r="B179" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="C179" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D179" s="28" t="s">
+        <v>221</v>
+      </c>
+      <c r="E179" s="29">
+        <v>0.12690000000000001</v>
+      </c>
+      <c r="F179" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="30">
+        <v>45779</v>
+      </c>
+      <c r="H179" s="31">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A180" s="22" t="s">
+        <v>563</v>
+      </c>
+      <c r="B180" s="23" t="s">
+        <v>564</v>
+      </c>
+      <c r="C180" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="23" t="s">
+        <v>565</v>
+      </c>
+      <c r="E180" s="24">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F180" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G180" s="25">
+        <v>45803</v>
+      </c>
+      <c r="H180" s="26">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A181" s="22" t="s">
+        <v>566</v>
+      </c>
+      <c r="B181" s="23" t="s">
+        <v>567</v>
+      </c>
+      <c r="C181" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D181" s="23" t="s">
+        <v>568</v>
+      </c>
+      <c r="E181" s="24">
+        <v>0.47349999999999998</v>
+      </c>
+      <c r="F181" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="25">
+        <v>45771</v>
+      </c>
+      <c r="H181" s="26">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A182" s="27" t="s">
+        <v>569</v>
+      </c>
+      <c r="B182" s="28" t="s">
+        <v>570</v>
+      </c>
+      <c r="C182" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="28" t="s">
+        <v>571</v>
+      </c>
+      <c r="E182" s="29">
+        <v>0.3483</v>
+      </c>
+      <c r="F182" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="30">
+        <v>45747</v>
+      </c>
+      <c r="H182" s="31">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A183" s="22" t="s">
+        <v>572</v>
+      </c>
+      <c r="B183" s="23" t="s">
+        <v>573</v>
+      </c>
+      <c r="C183" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" s="23" t="s">
+        <v>574</v>
+      </c>
+      <c r="E183" s="24">
+        <v>7.5274999999999999</v>
+      </c>
+      <c r="F183" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="25">
+        <v>45762</v>
+      </c>
+      <c r="H183" s="26">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A184" s="27" t="s">
+        <v>575</v>
+      </c>
+      <c r="B184" s="28" t="s">
+        <v>576</v>
+      </c>
+      <c r="C184" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D184" s="28" t="s">
+        <v>577</v>
+      </c>
+      <c r="E184" s="29">
+        <v>6.048</v>
+      </c>
+      <c r="F184" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="30">
+        <v>45775</v>
+      </c>
+      <c r="H184" s="31">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A185" s="22" t="s">
+        <v>578</v>
+      </c>
+      <c r="B185" s="23" t="s">
+        <v>579</v>
+      </c>
+      <c r="C185" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" s="23" t="s">
+        <v>580</v>
+      </c>
+      <c r="E185" s="24">
+        <v>0.151</v>
+      </c>
+      <c r="F185" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="25">
+        <v>45775</v>
+      </c>
+      <c r="H185" s="26">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A186" s="27" t="s">
+        <v>581</v>
+      </c>
+      <c r="B186" s="28" t="s">
+        <v>582</v>
+      </c>
+      <c r="C186" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D186" s="28" t="s">
+        <v>277</v>
+      </c>
+      <c r="E186" s="29">
+        <v>0.30890000000000001</v>
+      </c>
+      <c r="F186" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G186" s="30">
+        <v>45763</v>
+      </c>
+      <c r="H186" s="31">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A187" s="22" t="s">
+        <v>583</v>
+      </c>
+      <c r="B187" s="23" t="s">
+        <v>584</v>
+      </c>
+      <c r="C187" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" s="23" t="s">
+        <v>585</v>
+      </c>
+      <c r="E187" s="24">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F187" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="25">
+        <v>45819</v>
+      </c>
+      <c r="H187" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A188" s="27" t="s">
+        <v>586</v>
+      </c>
+      <c r="B188" s="28" t="s">
+        <v>587</v>
+      </c>
+      <c r="C188" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D188" s="28" t="s">
+        <v>588</v>
+      </c>
+      <c r="E188" s="29">
+        <v>0.37</v>
+      </c>
+      <c r="F188" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G188" s="30">
+        <v>45805</v>
+      </c>
+      <c r="H188" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A189" s="22" t="s">
+        <v>589</v>
+      </c>
+      <c r="B189" s="23" t="s">
+        <v>590</v>
+      </c>
+      <c r="C189" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D189" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="E189" s="24">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F189" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="25">
+        <v>45798</v>
+      </c>
+      <c r="H189" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A190" s="27" t="s">
+        <v>591</v>
+      </c>
+      <c r="B190" s="28" t="s">
+        <v>592</v>
+      </c>
+      <c r="C190" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D190" s="28" t="s">
+        <v>593</v>
+      </c>
+      <c r="E190" s="29">
+        <v>0.70040000000000002</v>
+      </c>
+      <c r="F190" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G190" s="30">
+        <v>45803</v>
+      </c>
+      <c r="H190" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A191" s="22" t="s">
+        <v>594</v>
+      </c>
+      <c r="B191" s="23" t="s">
+        <v>595</v>
+      </c>
+      <c r="C191" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D191" s="23" t="s">
+        <v>596</v>
+      </c>
+      <c r="E191" s="24">
+        <v>0.19359999999999999</v>
+      </c>
+      <c r="F191" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G191" s="25">
+        <v>45796</v>
+      </c>
+      <c r="H191" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A192" s="27" t="s">
+        <v>597</v>
+      </c>
+      <c r="B192" s="28" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C192" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D192" s="28" t="s">
+        <v>598</v>
+      </c>
+      <c r="E192" s="29">
+        <v>0.1956</v>
+      </c>
+      <c r="F192" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="30">
+        <v>45740</v>
+      </c>
+      <c r="H192" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A193" s="22" t="s">
+        <v>599</v>
+      </c>
+      <c r="B193" s="23" t="s">
+        <v>600</v>
+      </c>
+      <c r="C193" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D193" s="23" t="s">
+        <v>601</v>
+      </c>
+      <c r="E193" s="24">
+        <v>4.5416999999999996</v>
+      </c>
+      <c r="F193" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="25">
+        <v>45799</v>
+      </c>
+      <c r="H193" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A194" s="27" t="s">
+        <v>602</v>
+      </c>
+      <c r="B194" s="28" t="s">
+        <v>603</v>
+      </c>
+      <c r="C194" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="28" t="s">
+        <v>604</v>
+      </c>
+      <c r="E194" s="29">
+        <v>0.80120000000000002</v>
+      </c>
+      <c r="F194" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="30">
+        <v>45791</v>
+      </c>
+      <c r="H194" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="22" t="s">
+        <v>605</v>
+      </c>
+      <c r="B195" s="23" t="s">
+        <v>606</v>
+      </c>
+      <c r="C195" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D195" s="23" t="s">
+        <v>607</v>
+      </c>
+      <c r="E195" s="24">
+        <v>1.1908000000000001</v>
+      </c>
+      <c r="F195" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="25">
+        <v>45722</v>
+      </c>
+      <c r="H195" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A196" s="22" t="s">
+        <v>608</v>
+      </c>
+      <c r="B196" s="23" t="s">
+        <v>609</v>
+      </c>
+      <c r="C196" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D196" s="23" t="s">
+        <v>610</v>
+      </c>
+      <c r="E196" s="24">
+        <v>0.1255</v>
+      </c>
+      <c r="F196" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G196" s="25">
+        <v>45770</v>
+      </c>
+      <c r="H196" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A197" s="27" t="s">
+        <v>611</v>
+      </c>
+      <c r="B197" s="28" t="s">
+        <v>612</v>
+      </c>
+      <c r="C197" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D197" s="28" t="s">
+        <v>613</v>
+      </c>
+      <c r="E197" s="29">
+        <v>0.4541</v>
+      </c>
+      <c r="F197" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G197" s="30">
+        <v>45819</v>
+      </c>
+      <c r="H197" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A198" s="22" t="s">
+        <v>614</v>
+      </c>
+      <c r="B198" s="23" t="s">
+        <v>615</v>
+      </c>
+      <c r="C198" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D198" s="23" t="s">
+        <v>616</v>
+      </c>
+      <c r="E198" s="24">
+        <v>0.23569999999999999</v>
+      </c>
+      <c r="F198" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="25">
+        <v>45754</v>
+      </c>
+      <c r="H198" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A199" s="27" t="s">
+        <v>617</v>
+      </c>
+      <c r="B199" s="28" t="s">
+        <v>618</v>
+      </c>
+      <c r="C199" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D199" s="28" t="s">
+        <v>616</v>
+      </c>
+      <c r="E199" s="29">
+        <v>0.17319999999999999</v>
+      </c>
+      <c r="F199" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G199" s="30">
+        <v>45754</v>
+      </c>
+      <c r="H199" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A200" s="22" t="s">
+        <v>619</v>
+      </c>
+      <c r="B200" s="23" t="s">
+        <v>620</v>
+      </c>
+      <c r="C200" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D200" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="E200" s="24">
+        <v>0.62009999999999998</v>
+      </c>
+      <c r="F200" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G200" s="25">
+        <v>45754</v>
+      </c>
+      <c r="H200" s="26">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A201" s="27" t="s">
+        <v>621</v>
+      </c>
+      <c r="B201" s="28" t="s">
+        <v>622</v>
+      </c>
+      <c r="C201" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D201" s="28" t="s">
+        <v>623</v>
+      </c>
+      <c r="E201" s="29">
+        <v>0.14960000000000001</v>
+      </c>
+      <c r="F201" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G201" s="30">
+        <v>45791</v>
+      </c>
+      <c r="H201" s="31">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A202" s="22" t="s">
+        <v>624</v>
+      </c>
+      <c r="B202" s="23" t="s">
+        <v>625</v>
+      </c>
+      <c r="C202" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" s="23" t="s">
+        <v>626</v>
+      </c>
+      <c r="E202" s="24">
+        <v>0.40610000000000002</v>
+      </c>
+      <c r="F202" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G202" s="25">
+        <v>45719</v>
+      </c>
+      <c r="H202" s="26">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A203" s="27" t="s">
+        <v>627</v>
+      </c>
+      <c r="B203" s="28" t="s">
+        <v>628</v>
+      </c>
+      <c r="C203" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" s="28" t="s">
+        <v>629</v>
+      </c>
+      <c r="E203" s="29">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F203" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G203" s="30">
+        <v>45811</v>
+      </c>
+      <c r="H203" s="31">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A204" s="22" t="s">
+        <v>640</v>
+      </c>
+      <c r="B204" s="23" t="s">
+        <v>641</v>
+      </c>
+      <c r="C204" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D204" s="23" t="s">
+        <v>642</v>
+      </c>
+      <c r="E204" s="24">
+        <v>0.7268</v>
+      </c>
+      <c r="F204" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G204" s="25">
+        <v>45778</v>
+      </c>
+      <c r="H204" s="26">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A205" s="27" t="s">
+        <v>643</v>
+      </c>
+      <c r="B205" s="28" t="s">
+        <v>644</v>
+      </c>
+      <c r="C205" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D205" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="E205" s="29">
+        <v>0.26</v>
+      </c>
+      <c r="F205" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="30">
+        <v>45825</v>
+      </c>
+      <c r="H205" s="31">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A206" s="22" t="s">
+        <v>646</v>
+      </c>
+      <c r="B206" s="23" t="s">
+        <v>647</v>
+      </c>
+      <c r="C206" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="23" t="s">
+        <v>648</v>
+      </c>
+      <c r="E206" s="24">
+        <v>4.2679999999999998</v>
+      </c>
+      <c r="F206" s="23" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G206" s="25">
+        <v>45799</v>
+      </c>
+      <c r="H206" s="26">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A207" s="27" t="s">
+        <v>649</v>
+      </c>
+      <c r="B207" s="28" t="s">
+        <v>650</v>
+      </c>
+      <c r="C207" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D207" s="28" t="s">
+        <v>651</v>
+      </c>
+      <c r="E207" s="29">
+        <v>6.048</v>
+      </c>
+      <c r="F207" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G207" s="30">
+        <v>45798</v>
+      </c>
+      <c r="H207" s="31">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A208" s="22" t="s">
+        <v>652</v>
+      </c>
+      <c r="B208" s="23" t="s">
+        <v>653</v>
+      </c>
+      <c r="C208" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="E208" s="24">
+        <v>1.518</v>
+      </c>
+      <c r="F208" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G208" s="25">
+        <v>45811</v>
+      </c>
+      <c r="H208" s="26">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A209" s="22" t="s">
+        <v>654</v>
+      </c>
+      <c r="B209" s="23" t="s">
+        <v>655</v>
+      </c>
+      <c r="C209" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D209" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="E209" s="24">
+        <v>0.22239999999999999</v>
+      </c>
+      <c r="F209" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="25">
+        <v>45820</v>
+      </c>
+      <c r="H209" s="26">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A210" s="27" t="s">
+        <v>656</v>
+      </c>
+      <c r="B210" s="28" t="s">
+        <v>657</v>
+      </c>
+      <c r="C210" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D210" s="28" t="s">
+        <v>414</v>
+      </c>
+      <c r="E210" s="29">
+        <v>0.2195</v>
+      </c>
+      <c r="F210" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G210" s="30">
+        <v>45811</v>
+      </c>
+      <c r="H210" s="31">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A211" s="22" t="s">
+        <v>658</v>
+      </c>
+      <c r="B211" s="23" t="s">
+        <v>659</v>
+      </c>
+      <c r="C211" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" s="23" t="s">
+        <v>660</v>
+      </c>
+      <c r="E211" s="24">
+        <v>252</v>
+      </c>
+      <c r="F211" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G211" s="25">
+        <v>45819</v>
+      </c>
+      <c r="H211" s="26">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A212" s="27" t="s">
+        <v>661</v>
+      </c>
+      <c r="B212" s="28" t="s">
+        <v>662</v>
+      </c>
+      <c r="C212" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D212" s="28" t="s">
+        <v>663</v>
+      </c>
+      <c r="E212" s="29">
+        <v>0.36559999999999998</v>
+      </c>
+      <c r="F212" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G212" s="30">
+        <v>45824</v>
+      </c>
+      <c r="H212" s="31">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A213" s="22" t="s">
+        <v>664</v>
+      </c>
+      <c r="B213" s="23" t="s">
+        <v>665</v>
+      </c>
+      <c r="C213" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D213" s="23" t="s">
+        <v>666</v>
+      </c>
+      <c r="E213" s="24">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F213" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G213" s="25">
+        <v>45828</v>
+      </c>
+      <c r="H213" s="26">
+        <v>45840</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="22" t="s">
+        <v>667</v>
+      </c>
+      <c r="B214" s="23" t="s">
+        <v>668</v>
+      </c>
+      <c r="C214" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D214" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E214" s="24">
+        <v>0.5323</v>
+      </c>
+      <c r="F214" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G214" s="25">
+        <v>45736</v>
+      </c>
+      <c r="H214" s="26">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A215" s="27" t="s">
+        <v>669</v>
+      </c>
+      <c r="B215" s="28" t="s">
+        <v>670</v>
+      </c>
+      <c r="C215" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D215" s="28" t="s">
+        <v>607</v>
+      </c>
+      <c r="E215" s="29">
+        <v>42</v>
+      </c>
+      <c r="F215" s="28" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G215" s="30">
+        <v>45743</v>
+      </c>
+      <c r="H215" s="31">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="27" t="s">
+        <v>671</v>
+      </c>
+      <c r="B216" s="28" t="s">
+        <v>672</v>
+      </c>
+      <c r="C216" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D216" s="28" t="s">
+        <v>673</v>
+      </c>
+      <c r="E216" s="29">
+        <v>7.125</v>
+      </c>
+      <c r="F216" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="30">
+        <v>45793</v>
+      </c>
+      <c r="H216" s="31">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="27" t="s">
+        <v>674</v>
+      </c>
+      <c r="B217" s="28" t="s">
+        <v>675</v>
+      </c>
+      <c r="C217" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" s="28" t="s">
+        <v>676</v>
+      </c>
+      <c r="E217" s="29">
+        <v>0.17949999999999999</v>
+      </c>
+      <c r="F217" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="30">
+        <v>45820</v>
+      </c>
+      <c r="H217" s="31">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A218" s="27" t="s">
+        <v>677</v>
+      </c>
+      <c r="B218" s="28" t="s">
+        <v>678</v>
+      </c>
+      <c r="C218" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D218" s="28" t="s">
+        <v>607</v>
+      </c>
+      <c r="E218" s="29">
+        <v>1.1899</v>
+      </c>
+      <c r="F218" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="30">
+        <v>45722</v>
+      </c>
+      <c r="H218" s="31">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A219" s="27" t="s">
+        <v>679</v>
+      </c>
+      <c r="B219" s="28" t="s">
+        <v>680</v>
+      </c>
+      <c r="C219" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D219" s="28" t="s">
+        <v>681</v>
+      </c>
+      <c r="E219" s="29">
+        <v>0.1802</v>
+      </c>
+      <c r="F219" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="30">
+        <v>45833</v>
+      </c>
+      <c r="H219" s="31">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" s="27" t="s">
+        <v>682</v>
+      </c>
+      <c r="B220" s="28" t="s">
+        <v>683</v>
+      </c>
+      <c r="C220" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" s="28" t="s">
+        <v>482</v>
+      </c>
+      <c r="E220" s="29">
+        <v>0.4904</v>
+      </c>
+      <c r="F220" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="30">
+        <v>45831</v>
+      </c>
+      <c r="H220" s="31">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" s="27" t="s">
+        <v>684</v>
+      </c>
+      <c r="B221" s="28" t="s">
+        <v>685</v>
+      </c>
+      <c r="C221" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D221" s="28" t="s">
+        <v>686</v>
+      </c>
+      <c r="E221" s="29">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F221" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G221" s="30">
+        <v>45831</v>
+      </c>
+      <c r="H221" s="31">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A222" s="27" t="s">
+        <v>687</v>
+      </c>
+      <c r="B222" s="28" t="s">
+        <v>688</v>
+      </c>
+      <c r="C222" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" s="28" t="s">
+        <v>689</v>
+      </c>
+      <c r="E222" s="29">
+        <v>0.33</v>
+      </c>
+      <c r="F222" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G222" s="30">
+        <v>45831</v>
+      </c>
+      <c r="H222" s="31">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A223" s="27" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B223" s="28" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C223" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" s="28" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E223" s="29">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="F223" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G223" s="30">
+        <v>45833</v>
+      </c>
+      <c r="H223" s="31">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="27" t="s">
+        <v>690</v>
+      </c>
+      <c r="B224" s="28" t="s">
+        <v>691</v>
+      </c>
+      <c r="C224" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="28" t="s">
+        <v>692</v>
+      </c>
+      <c r="E224" s="29">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F224" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G224" s="30">
+        <v>45834</v>
+      </c>
+      <c r="H224" s="31">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A225" s="27" t="s">
+        <v>693</v>
+      </c>
+      <c r="B225" s="28" t="s">
+        <v>694</v>
+      </c>
+      <c r="C225" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" s="28" t="s">
+        <v>695</v>
+      </c>
+      <c r="E225" s="29">
+        <v>0.54600000000000004</v>
+      </c>
+      <c r="F225" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G225" s="30">
+        <v>45786</v>
+      </c>
+      <c r="H225" s="31">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="27" t="s">
+        <v>696</v>
+      </c>
+      <c r="B226" s="28" t="s">
+        <v>697</v>
+      </c>
+      <c r="C226" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" s="28" t="s">
+        <v>408</v>
+      </c>
+      <c r="E226" s="29">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="F226" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G226" s="30">
+        <v>45828</v>
+      </c>
+      <c r="H226" s="31">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A227" s="27" t="s">
+        <v>698</v>
+      </c>
+      <c r="B227" s="28" t="s">
+        <v>699</v>
+      </c>
+      <c r="C227" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D227" s="28" t="s">
+        <v>316</v>
+      </c>
+      <c r="E227" s="29">
+        <v>0.2069</v>
+      </c>
+      <c r="F227" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G227" s="30">
+        <v>45814</v>
+      </c>
+      <c r="H227" s="31">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A228" s="27" t="s">
+        <v>700</v>
+      </c>
+      <c r="B228" s="28" t="s">
+        <v>701</v>
+      </c>
+      <c r="C228" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="E228" s="29">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="F228" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G228" s="30">
+        <v>45824</v>
+      </c>
+      <c r="H228" s="31">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A229" s="27" t="s">
+        <v>702</v>
+      </c>
+      <c r="B229" s="28" t="s">
+        <v>703</v>
+      </c>
+      <c r="C229" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D229" s="28" t="s">
+        <v>335</v>
+      </c>
+      <c r="E229" s="29">
+        <v>0.1802</v>
+      </c>
+      <c r="F229" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G229" s="30">
+        <v>45838</v>
+      </c>
+      <c r="H229" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="27" t="s">
+        <v>704</v>
+      </c>
+      <c r="B230" s="28" t="s">
+        <v>705</v>
+      </c>
+      <c r="C230" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="E230" s="29">
+        <v>0.4385</v>
+      </c>
+      <c r="F230" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G230" s="30">
+        <v>45806</v>
+      </c>
+      <c r="H230" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A231" s="27" t="s">
+        <v>706</v>
+      </c>
+      <c r="B231" s="28" t="s">
+        <v>707</v>
+      </c>
+      <c r="C231" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D231" s="28" t="s">
+        <v>708</v>
+      </c>
+      <c r="E231" s="29">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F231" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G231" s="30">
+        <v>45840</v>
+      </c>
+      <c r="H231" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A232" s="27" t="s">
+        <v>709</v>
+      </c>
+      <c r="B232" s="28" t="s">
+        <v>710</v>
+      </c>
+      <c r="C232" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" s="28" t="s">
+        <v>711</v>
+      </c>
+      <c r="E232" s="29">
+        <v>8.5068000000000001</v>
+      </c>
+      <c r="F232" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G232" s="30">
+        <v>45700</v>
+      </c>
+      <c r="H232" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A233" s="27" t="s">
+        <v>712</v>
+      </c>
+      <c r="B233" s="28" t="s">
+        <v>713</v>
+      </c>
+      <c r="C233" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D233" s="28" t="s">
+        <v>714</v>
+      </c>
+      <c r="E233" s="29">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F233" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G233" s="30">
+        <v>45804</v>
+      </c>
+      <c r="H233" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A234" s="27" t="s">
+        <v>715</v>
+      </c>
+      <c r="B234" s="28" t="s">
+        <v>716</v>
+      </c>
+      <c r="C234" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" s="28" t="s">
+        <v>717</v>
+      </c>
+      <c r="E234" s="29">
+        <v>0.15440000000000001</v>
+      </c>
+      <c r="F234" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G234" s="30">
+        <v>45838</v>
+      </c>
+      <c r="H234" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A235" s="27" t="s">
+        <v>718</v>
+      </c>
+      <c r="B235" s="28" t="s">
+        <v>719</v>
+      </c>
+      <c r="C235" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D235" s="28" t="s">
+        <v>303</v>
+      </c>
+      <c r="E235" s="29">
+        <v>0.2296</v>
+      </c>
+      <c r="F235" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="30">
+        <v>45840</v>
+      </c>
+      <c r="H235" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A236" s="27" t="s">
+        <v>720</v>
+      </c>
+      <c r="B236" s="28" t="s">
+        <v>721</v>
+      </c>
+      <c r="C236" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D236" s="28" t="s">
+        <v>722</v>
+      </c>
+      <c r="E236" s="29">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F236" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G236" s="30">
+        <v>45839</v>
+      </c>
+      <c r="H236" s="31">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A237" s="27" t="s">
+        <v>723</v>
+      </c>
+      <c r="B237" s="28" t="s">
+        <v>724</v>
+      </c>
+      <c r="C237" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D237" s="28" t="s">
+        <v>725</v>
+      </c>
+      <c r="E237" s="29">
+        <v>0.1802</v>
+      </c>
+      <c r="F237" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G237" s="30">
+        <v>45834</v>
+      </c>
+      <c r="H237" s="31">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A238" s="27" t="s">
+        <v>726</v>
+      </c>
+      <c r="B238" s="28" t="s">
+        <v>727</v>
+      </c>
+      <c r="C238" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D238" s="28" t="s">
+        <v>648</v>
+      </c>
+      <c r="E238" s="29">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F238" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G238" s="30">
+        <v>45828</v>
+      </c>
+      <c r="H238" s="31">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A239" s="27" t="s">
+        <v>728</v>
+      </c>
+      <c r="B239" s="28" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C239" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="E239" s="29">
+        <v>0.39979999999999999</v>
+      </c>
+      <c r="F239" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G239" s="30">
+        <v>45818</v>
+      </c>
+      <c r="H239" s="31">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A240" s="27" t="s">
+        <v>729</v>
+      </c>
+      <c r="B240" s="28" t="s">
+        <v>730</v>
+      </c>
+      <c r="C240" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D240" s="28" t="s">
+        <v>731</v>
+      </c>
+      <c r="E240" s="29">
+        <v>0.29959999999999998</v>
+      </c>
+      <c r="F240" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G240" s="30">
+        <v>45845</v>
+      </c>
+      <c r="H240" s="31">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A241" s="27" t="s">
+        <v>732</v>
+      </c>
+      <c r="B241" s="28" t="s">
+        <v>733</v>
+      </c>
+      <c r="C241" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D241" s="28" t="s">
+        <v>734</v>
+      </c>
+      <c r="E241" s="29">
+        <v>6.1212</v>
+      </c>
+      <c r="F241" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G241" s="30">
+        <v>45736</v>
+      </c>
+      <c r="H241" s="31">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A242" s="27" t="s">
+        <v>735</v>
+      </c>
+      <c r="B242" s="28" t="s">
+        <v>736</v>
+      </c>
+      <c r="C242" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" s="28" t="s">
+        <v>737</v>
+      </c>
+      <c r="E242" s="29">
+        <v>0.4536</v>
+      </c>
+      <c r="F242" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G242" s="30">
+        <v>45849</v>
+      </c>
+      <c r="H242" s="31">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A243" s="27" t="s">
+        <v>738</v>
+      </c>
+      <c r="B243" s="28" t="s">
+        <v>739</v>
+      </c>
+      <c r="C243" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="D243" s="28" t="s">
+        <v>740</v>
+      </c>
+      <c r="E243" s="29">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="F243" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G243" s="30">
+        <v>45846</v>
+      </c>
+      <c r="H243" s="31">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A244" s="27" t="s">
+        <v>741</v>
+      </c>
+      <c r="B244" s="28" t="s">
+        <v>742</v>
+      </c>
+      <c r="C244" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D244" s="28" t="s">
+        <v>648</v>
+      </c>
+      <c r="E244" s="29">
+        <v>0.43780000000000002</v>
+      </c>
+      <c r="F244" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G244" s="30">
+        <v>45786</v>
+      </c>
+      <c r="H244" s="31">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A245" s="27" t="s">
+        <v>743</v>
+      </c>
+      <c r="B245" s="28" t="s">
+        <v>744</v>
+      </c>
+      <c r="C245" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" s="28" t="s">
+        <v>737</v>
+      </c>
+      <c r="E245" s="29">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F245" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G245" s="30">
+        <v>45849</v>
+      </c>
+      <c r="H245" s="31">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A246" s="27" t="s">
+        <v>745</v>
+      </c>
+      <c r="B246" s="28" t="s">
+        <v>746</v>
+      </c>
+      <c r="C246" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" s="28" t="s">
+        <v>737</v>
+      </c>
+      <c r="E246" s="29">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F246" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G246" s="30">
+        <v>45849</v>
+      </c>
+      <c r="H246" s="31">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A247" s="27" t="s">
+        <v>747</v>
+      </c>
+      <c r="B247" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="C247" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D247" s="28" t="s">
+        <v>749</v>
+      </c>
+      <c r="E247" s="29">
+        <v>439.8689</v>
+      </c>
+      <c r="F247" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G247" s="30">
+        <v>45834</v>
+      </c>
+      <c r="H247" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A248" s="27" t="s">
+        <v>750</v>
+      </c>
+      <c r="B248" s="28" t="s">
+        <v>751</v>
+      </c>
+      <c r="C248" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" s="28" t="s">
+        <v>737</v>
+      </c>
+      <c r="E248" s="29">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F248" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G248" s="30">
+        <v>45849</v>
+      </c>
+      <c r="H248" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A249" s="27" t="s">
+        <v>752</v>
+      </c>
+      <c r="B249" s="28" t="s">
+        <v>753</v>
+      </c>
+      <c r="C249" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D249" s="28" t="s">
+        <v>754</v>
+      </c>
+      <c r="E249" s="29">
+        <v>0.30449999999999999</v>
+      </c>
+      <c r="F249" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G249" s="30">
+        <v>45833</v>
+      </c>
+      <c r="H249" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A250" s="27" t="s">
+        <v>755</v>
+      </c>
+      <c r="B250" s="28" t="s">
+        <v>756</v>
+      </c>
+      <c r="C250" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D250" s="28" t="s">
+        <v>402</v>
+      </c>
+      <c r="E250" s="29">
+        <v>0.4385</v>
+      </c>
+      <c r="F250" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G250" s="30">
+        <v>45814</v>
+      </c>
+      <c r="H250" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A251" s="27" t="s">
+        <v>757</v>
+      </c>
+      <c r="B251" s="28" t="s">
+        <v>758</v>
+      </c>
+      <c r="C251" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D251" s="28" t="s">
+        <v>759</v>
+      </c>
+      <c r="E251" s="29">
+        <v>0.2</v>
+      </c>
+      <c r="F251" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G251" s="30">
+        <v>45803</v>
+      </c>
+      <c r="H251" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A252" s="27" t="s">
+        <v>760</v>
+      </c>
+      <c r="B252" s="28" t="s">
+        <v>761</v>
+      </c>
+      <c r="C252" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D252" s="28" t="s">
+        <v>737</v>
+      </c>
+      <c r="E252" s="29">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F252" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G252" s="30">
+        <v>45849</v>
+      </c>
+      <c r="H252" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A253" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="B253" s="28" t="s">
+        <v>763</v>
+      </c>
+      <c r="C253" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D253" s="28" t="s">
+        <v>764</v>
+      </c>
+      <c r="E253" s="29">
+        <v>0.70520000000000005</v>
+      </c>
+      <c r="F253" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G253" s="30">
+        <v>45789</v>
+      </c>
+      <c r="H253" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A254" s="27" t="s">
+        <v>765</v>
+      </c>
+      <c r="B254" s="28" t="s">
+        <v>766</v>
+      </c>
+      <c r="C254" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D254" s="28" t="s">
+        <v>767</v>
+      </c>
+      <c r="E254" s="29">
+        <v>6.5119999999999996</v>
+      </c>
+      <c r="F254" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G254" s="30">
+        <v>45841</v>
+      </c>
+      <c r="H254" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A255" s="27" t="s">
+        <v>768</v>
+      </c>
+      <c r="B255" s="28" t="s">
+        <v>769</v>
+      </c>
+      <c r="C255" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D255" s="28" t="s">
+        <v>770</v>
+      </c>
+      <c r="E255" s="29">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F255" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G255" s="30">
+        <v>45846</v>
+      </c>
+      <c r="H255" s="31">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A256" s="27" t="s">
+        <v>771</v>
+      </c>
+      <c r="B256" s="28" t="s">
+        <v>772</v>
+      </c>
+      <c r="C256" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D256" s="28" t="s">
+        <v>773</v>
+      </c>
+      <c r="E256" s="29">
+        <v>0.24490000000000001</v>
+      </c>
+      <c r="F256" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G256" s="30">
+        <v>45847</v>
+      </c>
+      <c r="H256" s="31">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A257" s="27" t="s">
+        <v>774</v>
+      </c>
+      <c r="B257" s="28" t="s">
+        <v>775</v>
+      </c>
+      <c r="C257" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D257" s="28" t="s">
+        <v>165</v>
+      </c>
+      <c r="E257" s="29">
+        <v>1.7307999999999999</v>
+      </c>
+      <c r="F257" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G257" s="30">
+        <v>45800</v>
+      </c>
+      <c r="H257" s="31">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A258" s="22" t="s">
+        <v>776</v>
+      </c>
+      <c r="B258" s="23" t="s">
+        <v>777</v>
+      </c>
+      <c r="C258" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D258" s="23" t="s">
+        <v>778</v>
+      </c>
+      <c r="E258" s="24">
+        <v>6.5185000000000004</v>
+      </c>
+      <c r="F258" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G258" s="25">
+        <v>45853</v>
+      </c>
+      <c r="H258" s="26">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A259" s="22" t="s">
+        <v>779</v>
+      </c>
+      <c r="B259" s="23" t="s">
+        <v>780</v>
+      </c>
+      <c r="C259" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D259" s="23" t="s">
+        <v>781</v>
+      </c>
+      <c r="E259" s="24">
+        <v>0.35039999999999999</v>
+      </c>
+      <c r="F259" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G259" s="25">
+        <v>45863</v>
+      </c>
+      <c r="H259" s="26">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A260" s="22" t="s">
+        <v>782</v>
+      </c>
+      <c r="B260" s="23" t="s">
+        <v>783</v>
+      </c>
+      <c r="C260" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D260" s="23" t="s">
+        <v>784</v>
+      </c>
+      <c r="E260" s="24">
+        <v>0.2102</v>
+      </c>
+      <c r="F260" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G260" s="25">
+        <v>45832</v>
+      </c>
+      <c r="H260" s="26">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A261" s="22" t="s">
+        <v>790</v>
+      </c>
+      <c r="B261" s="23" t="s">
+        <v>791</v>
+      </c>
+      <c r="C261" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D261" s="23" t="s">
+        <v>792</v>
+      </c>
+      <c r="E261" s="24">
+        <v>0.33639999999999998</v>
+      </c>
+      <c r="F261" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G261" s="25">
+        <v>45856</v>
+      </c>
+      <c r="H261" s="26">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A262" s="22" t="s">
+        <v>793</v>
+      </c>
+      <c r="B262" s="23" t="s">
+        <v>794</v>
+      </c>
+      <c r="C262" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D262" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="E262" s="24">
+        <v>0.4</v>
+      </c>
+      <c r="F262" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G262" s="25">
+        <v>45828</v>
+      </c>
+      <c r="H262" s="26">
+        <v>45873</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A263" s="22" t="s">
+        <v>795</v>
+      </c>
+      <c r="B263" s="23" t="s">
+        <v>796</v>
+      </c>
+      <c r="C263" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="E263" s="24">
+        <v>0.70860000000000001</v>
+      </c>
+      <c r="F263" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G263" s="25">
+        <v>45840</v>
+      </c>
+      <c r="H263" s="26">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A264" s="22" t="s">
+        <v>797</v>
+      </c>
+      <c r="B264" s="23" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C264" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D264" s="23" t="s">
+        <v>313</v>
+      </c>
+      <c r="E264" s="24">
+        <v>0.28989999999999999</v>
+      </c>
+      <c r="F264" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="25">
+        <v>45831</v>
+      </c>
+      <c r="H264" s="26">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A265" s="22" t="s">
+        <v>798</v>
+      </c>
+      <c r="B265" s="23" t="s">
+        <v>799</v>
+      </c>
+      <c r="C265" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D265" s="23" t="s">
+        <v>717</v>
+      </c>
+      <c r="E265" s="24">
+        <v>0.20669999999999999</v>
+      </c>
+      <c r="F265" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G265" s="25">
+        <v>45848</v>
+      </c>
+      <c r="H265" s="26">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A266" s="22" t="s">
+        <v>800</v>
+      </c>
+      <c r="B266" s="23" t="s">
+        <v>801</v>
+      </c>
+      <c r="C266" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D266" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="E266" s="24">
+        <v>0.52349999999999997</v>
+      </c>
+      <c r="F266" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G266" s="25">
+        <v>45866</v>
+      </c>
+      <c r="H266" s="26">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A267" s="22" t="s">
+        <v>802</v>
+      </c>
+      <c r="B267" s="23" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C267" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D267" s="23" t="s">
+        <v>283</v>
+      </c>
+      <c r="E267" s="24">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="F267" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G267" s="25">
+        <v>45846</v>
+      </c>
+      <c r="H267" s="26">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A268" s="22" t="s">
+        <v>803</v>
+      </c>
+      <c r="B268" s="23" t="s">
+        <v>804</v>
+      </c>
+      <c r="C268" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D268" s="23" t="s">
+        <v>805</v>
+      </c>
+      <c r="E268" s="24">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F268" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G268" s="25">
+        <v>45846</v>
+      </c>
+      <c r="H268" s="26">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A269" s="22" t="s">
+        <v>806</v>
+      </c>
+      <c r="B269" s="23" t="s">
+        <v>807</v>
+      </c>
+      <c r="C269" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="23" t="s">
+        <v>808</v>
+      </c>
+      <c r="E269" s="24">
+        <v>0.24610000000000001</v>
+      </c>
+      <c r="F269" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G269" s="25">
+        <v>45800</v>
+      </c>
+      <c r="H269" s="26">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A270" s="22" t="s">
+        <v>809</v>
+      </c>
+      <c r="B270" s="23" t="s">
+        <v>810</v>
+      </c>
+      <c r="C270" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="23" t="s">
+        <v>183</v>
+      </c>
+      <c r="E270" s="24">
+        <v>6.5667999999999997</v>
+      </c>
+      <c r="F270" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G270" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H270" s="26">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A271" s="22" t="s">
+        <v>811</v>
+      </c>
+      <c r="B271" s="23" t="s">
+        <v>812</v>
+      </c>
+      <c r="C271" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D271" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E271" s="24">
+        <v>0.1885</v>
+      </c>
+      <c r="F271" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G271" s="25">
+        <v>45867</v>
+      </c>
+      <c r="H271" s="26">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A272" s="22" t="s">
+        <v>813</v>
+      </c>
+      <c r="B272" s="23" t="s">
+        <v>814</v>
+      </c>
+      <c r="C272" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D272" s="23" t="s">
+        <v>815</v>
+      </c>
+      <c r="E272" s="24">
+        <v>1.1798999999999999</v>
+      </c>
+      <c r="F272" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G272" s="25">
+        <v>45826</v>
+      </c>
+      <c r="H272" s="26">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A273" s="22" t="s">
+        <v>816</v>
+      </c>
+      <c r="B273" s="23" t="s">
+        <v>817</v>
+      </c>
+      <c r="C273" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D273" s="23" t="s">
+        <v>183</v>
+      </c>
+      <c r="E273" s="24">
+        <v>10.7125</v>
+      </c>
+      <c r="F273" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G273" s="25">
+        <v>45850</v>
+      </c>
+      <c r="H273" s="26">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A274" s="22" t="s">
+        <v>818</v>
+      </c>
+      <c r="B274" s="23" t="s">
+        <v>819</v>
+      </c>
+      <c r="C274" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D274" s="23" t="s">
+        <v>820</v>
+      </c>
+      <c r="E274" s="24">
+        <v>0.83660000000000001</v>
+      </c>
+      <c r="F274" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G274" s="25">
+        <v>45797</v>
+      </c>
+      <c r="H274" s="26">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A275" s="22" t="s">
+        <v>821</v>
+      </c>
+      <c r="B275" s="23" t="s">
+        <v>822</v>
+      </c>
+      <c r="C275" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D275" s="23" t="s">
+        <v>823</v>
+      </c>
+      <c r="E275" s="24">
+        <v>0.25390000000000001</v>
+      </c>
+      <c r="F275" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G275" s="25">
+        <v>45852</v>
+      </c>
+      <c r="H275" s="26">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A276" s="22" t="s">
+        <v>824</v>
+      </c>
+      <c r="B276" s="23" t="s">
+        <v>825</v>
+      </c>
+      <c r="C276" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D276" s="23" t="s">
+        <v>826</v>
+      </c>
+      <c r="E276" s="24">
+        <v>0.22559999999999999</v>
+      </c>
+      <c r="F276" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G276" s="25">
+        <v>45763</v>
+      </c>
+      <c r="H276" s="26">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A277" s="22" t="s">
+        <v>827</v>
+      </c>
+      <c r="B277" s="23" t="s">
+        <v>828</v>
+      </c>
+      <c r="C277" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D277" s="23" t="s">
+        <v>559</v>
+      </c>
+      <c r="E277" s="24">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F277" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G277" s="25">
+        <v>45832</v>
+      </c>
+      <c r="H277" s="26">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A278" s="22" t="s">
+        <v>829</v>
+      </c>
+      <c r="B278" s="23" t="s">
+        <v>830</v>
+      </c>
+      <c r="C278" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" s="23" t="s">
+        <v>324</v>
+      </c>
+      <c r="E278" s="24">
+        <v>0.29039999999999999</v>
+      </c>
+      <c r="F278" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G278" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H278" s="26">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A279" s="22" t="s">
+        <v>831</v>
+      </c>
+      <c r="B279" s="23" t="s">
+        <v>832</v>
+      </c>
+      <c r="C279" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D279" s="23" t="s">
+        <v>833</v>
+      </c>
+      <c r="E279" s="24">
+        <v>0.25690000000000002</v>
+      </c>
+      <c r="F279" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G279" s="25">
+        <v>45863</v>
+      </c>
+      <c r="H279" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A280" s="22" t="s">
+        <v>834</v>
+      </c>
+      <c r="B280" s="23" t="s">
+        <v>835</v>
+      </c>
+      <c r="C280" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D280" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E280" s="24">
+        <v>0.22620000000000001</v>
+      </c>
+      <c r="F280" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G280" s="25">
+        <v>45863</v>
+      </c>
+      <c r="H280" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A281" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="B281" s="23" t="s">
+        <v>837</v>
+      </c>
+      <c r="C281" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" s="23" t="s">
+        <v>455</v>
+      </c>
+      <c r="E281" s="24">
+        <v>0.77939999999999998</v>
+      </c>
+      <c r="F281" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H281" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A282" s="22" t="s">
+        <v>838</v>
+      </c>
+      <c r="B282" s="23" t="s">
+        <v>839</v>
+      </c>
+      <c r="C282" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D282" s="23" t="s">
+        <v>840</v>
+      </c>
+      <c r="E282" s="24">
+        <v>0.53590000000000004</v>
+      </c>
+      <c r="F282" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G282" s="25">
+        <v>45868</v>
+      </c>
+      <c r="H282" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A283" s="22" t="s">
+        <v>841</v>
+      </c>
+      <c r="B283" s="23" t="s">
+        <v>842</v>
+      </c>
+      <c r="C283" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D283" s="23" t="s">
+        <v>843</v>
+      </c>
+      <c r="E283" s="24">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F283" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G283" s="25">
+        <v>45859</v>
+      </c>
+      <c r="H283" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A284" s="22" t="s">
+        <v>844</v>
+      </c>
+      <c r="B284" s="23" t="s">
+        <v>845</v>
+      </c>
+      <c r="C284" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D284" s="23" t="s">
+        <v>843</v>
+      </c>
+      <c r="E284" s="24">
+        <v>0.4</v>
+      </c>
+      <c r="F284" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G284" s="25">
+        <v>45859</v>
+      </c>
+      <c r="H284" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A285" s="22" t="s">
+        <v>846</v>
+      </c>
+      <c r="B285" s="23" t="s">
+        <v>847</v>
+      </c>
+      <c r="C285" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D285" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E285" s="24">
+        <v>0.85250000000000004</v>
+      </c>
+      <c r="F285" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G285" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H285" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A286" s="22" t="s">
+        <v>848</v>
+      </c>
+      <c r="B286" s="23" t="s">
+        <v>849</v>
+      </c>
+      <c r="C286" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D286" s="23" t="s">
+        <v>850</v>
+      </c>
+      <c r="E286" s="24">
+        <v>11.2784</v>
+      </c>
+      <c r="F286" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G286" s="25">
+        <v>45809</v>
+      </c>
+      <c r="H286" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A287" s="22" t="s">
+        <v>851</v>
+      </c>
+      <c r="B287" s="23" t="s">
+        <v>852</v>
+      </c>
+      <c r="C287" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D287" s="23" t="s">
+        <v>853</v>
+      </c>
+      <c r="E287" s="24">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F287" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G287" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H287" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A288" s="22" t="s">
+        <v>854</v>
+      </c>
+      <c r="B288" s="23" t="s">
+        <v>855</v>
+      </c>
+      <c r="C288" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D288" s="23" t="s">
+        <v>856</v>
+      </c>
+      <c r="E288" s="24">
+        <v>0.75129999999999997</v>
+      </c>
+      <c r="F288" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G288" s="25">
+        <v>45861</v>
+      </c>
+      <c r="H288" s="26">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A289" s="22" t="s">
+        <v>857</v>
+      </c>
+      <c r="B289" s="23" t="s">
+        <v>858</v>
+      </c>
+      <c r="C289" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D289" s="23" t="s">
+        <v>859</v>
+      </c>
+      <c r="E289" s="24">
+        <v>0.45</v>
+      </c>
+      <c r="F289" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G289" s="25">
+        <v>45877</v>
+      </c>
+      <c r="H289" s="26">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A290" s="22" t="s">
+        <v>860</v>
+      </c>
+      <c r="B290" s="23" t="s">
+        <v>861</v>
+      </c>
+      <c r="C290" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D290" s="23" t="s">
+        <v>862</v>
+      </c>
+      <c r="E290" s="24">
+        <v>0.15140000000000001</v>
+      </c>
+      <c r="F290" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="25">
+        <v>45796</v>
+      </c>
+      <c r="H290" s="26">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A291" s="22" t="s">
+        <v>863</v>
+      </c>
+      <c r="B291" s="23" t="s">
+        <v>864</v>
+      </c>
+      <c r="C291" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D291" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="E291" s="24">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F291" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G291" s="25">
+        <v>45888</v>
+      </c>
+      <c r="H291" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A292" s="22" t="s">
+        <v>865</v>
+      </c>
+      <c r="B292" s="23" t="s">
+        <v>866</v>
+      </c>
+      <c r="C292" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D292" s="23" t="s">
+        <v>867</v>
+      </c>
+      <c r="E292" s="24">
+        <v>0.4995</v>
+      </c>
+      <c r="F292" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G292" s="25">
+        <v>45894</v>
+      </c>
+      <c r="H292" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A293" s="22" t="s">
+        <v>868</v>
+      </c>
+      <c r="B293" s="23" t="s">
+        <v>869</v>
+      </c>
+      <c r="C293" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D293" s="23" t="s">
+        <v>870</v>
+      </c>
+      <c r="E293" s="24">
+        <v>7.7007000000000003</v>
+      </c>
+      <c r="F293" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G293" s="25">
+        <v>45793</v>
+      </c>
+      <c r="H293" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A294" s="22" t="s">
+        <v>871</v>
+      </c>
+      <c r="B294" s="23" t="s">
+        <v>872</v>
+      </c>
+      <c r="C294" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D294" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E294" s="24">
+        <v>1.95</v>
+      </c>
+      <c r="F294" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G294" s="25">
+        <v>45799</v>
+      </c>
+      <c r="H294" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A295" s="22" t="s">
+        <v>873</v>
+      </c>
+      <c r="B295" s="23" t="s">
+        <v>874</v>
+      </c>
+      <c r="C295" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" s="23" t="s">
+        <v>482</v>
+      </c>
+      <c r="E295" s="24">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="F295" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G295" s="25">
+        <v>45824</v>
+      </c>
+      <c r="H295" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A296" s="22" t="s">
+        <v>875</v>
+      </c>
+      <c r="B296" s="23" t="s">
+        <v>876</v>
+      </c>
+      <c r="C296" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D296" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E296" s="24">
+        <v>1.1505000000000001</v>
+      </c>
+      <c r="F296" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G296" s="25">
+        <v>45873</v>
+      </c>
+      <c r="H296" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A297" s="22" t="s">
+        <v>877</v>
+      </c>
+      <c r="B297" s="23" t="s">
+        <v>878</v>
+      </c>
+      <c r="C297" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D297" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="E297" s="24">
+        <v>0.2341</v>
+      </c>
+      <c r="F297" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G297" s="25">
+        <v>45875</v>
+      </c>
+      <c r="H297" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A298" s="22" t="s">
+        <v>879</v>
+      </c>
+      <c r="B298" s="23" t="s">
+        <v>880</v>
+      </c>
+      <c r="C298" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D298" s="23" t="s">
+        <v>574</v>
+      </c>
+      <c r="E298" s="24">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F298" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G298" s="25">
+        <v>45854</v>
+      </c>
+      <c r="H298" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A299" s="22" t="s">
+        <v>881</v>
+      </c>
+      <c r="B299" s="23" t="s">
+        <v>882</v>
+      </c>
+      <c r="C299" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D299" s="23" t="s">
+        <v>883</v>
+      </c>
+      <c r="E299" s="24">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="F299" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G299" s="25">
+        <v>45880</v>
+      </c>
+      <c r="H299" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A300" s="22" t="s">
+        <v>884</v>
+      </c>
+      <c r="B300" s="23" t="s">
+        <v>885</v>
+      </c>
+      <c r="C300" s="23" t="s">
+        <v>534</v>
+      </c>
+      <c r="D300" s="23" t="s">
+        <v>535</v>
+      </c>
+      <c r="E300" s="24">
+        <v>0.20880000000000001</v>
+      </c>
+      <c r="F300" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G300" s="25">
+        <v>45770</v>
+      </c>
+      <c r="H300" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A301" s="22" t="s">
+        <v>886</v>
+      </c>
+      <c r="B301" s="23" t="s">
+        <v>887</v>
+      </c>
+      <c r="C301" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D301" s="23" t="s">
+        <v>888</v>
+      </c>
+      <c r="E301" s="24">
+        <v>0.98119999999999996</v>
+      </c>
+      <c r="F301" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G301" s="25">
+        <v>45887</v>
+      </c>
+      <c r="H301" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A302" s="22" t="s">
+        <v>889</v>
+      </c>
+      <c r="B302" s="23" t="s">
+        <v>890</v>
+      </c>
+      <c r="C302" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D302" s="23" t="s">
+        <v>891</v>
+      </c>
+      <c r="E302" s="24">
+        <v>0.4415</v>
+      </c>
+      <c r="F302" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G302" s="25">
+        <v>45812</v>
+      </c>
+      <c r="H302" s="26">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A303" s="22" t="s">
+        <v>892</v>
+      </c>
+      <c r="B303" s="23" t="s">
+        <v>893</v>
+      </c>
+      <c r="C303" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D303" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="E303" s="24">
+        <v>0.2021</v>
+      </c>
+      <c r="F303" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G303" s="25">
+        <v>45856</v>
+      </c>
+      <c r="H303" s="26">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A304" s="22" t="s">
+        <v>894</v>
+      </c>
+      <c r="B304" s="23" t="s">
+        <v>895</v>
+      </c>
+      <c r="C304" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D304" s="23" t="s">
+        <v>896</v>
+      </c>
+      <c r="E304" s="24">
+        <v>0.35749999999999998</v>
+      </c>
+      <c r="F304" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G304" s="25">
+        <v>45884</v>
+      </c>
+      <c r="H304" s="26">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A305" s="22" t="s">
+        <v>897</v>
+      </c>
+      <c r="B305" s="23" t="s">
+        <v>898</v>
+      </c>
+      <c r="C305" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D305" s="23" t="s">
+        <v>899</v>
+      </c>
+      <c r="E305" s="24">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F305" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G305" s="25">
+        <v>45876</v>
+      </c>
+      <c r="H305" s="26">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A306" s="22" t="s">
+        <v>900</v>
+      </c>
+      <c r="B306" s="23" t="s">
+        <v>901</v>
+      </c>
+      <c r="C306" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D306" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E306" s="24">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="F306" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G306" s="25">
+        <v>45848</v>
+      </c>
+      <c r="H306" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A307" s="22" t="s">
+        <v>902</v>
+      </c>
+      <c r="B307" s="23" t="s">
+        <v>903</v>
+      </c>
+      <c r="C307" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D307" s="23" t="s">
+        <v>896</v>
+      </c>
+      <c r="E307" s="24">
+        <v>0.1507</v>
+      </c>
+      <c r="F307" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="25">
+        <v>45884</v>
+      </c>
+      <c r="H307" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A308" s="22" t="s">
+        <v>904</v>
+      </c>
+      <c r="B308" s="23" t="s">
+        <v>905</v>
+      </c>
+      <c r="C308" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D308" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="E308" s="24">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="F308" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G308" s="25">
+        <v>45800</v>
+      </c>
+      <c r="H308" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A309" s="22" t="s">
+        <v>906</v>
+      </c>
+      <c r="B309" s="23" t="s">
+        <v>907</v>
+      </c>
+      <c r="C309" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D309" s="23" t="s">
+        <v>908</v>
+      </c>
+      <c r="E309" s="24">
+        <v>0.25140000000000001</v>
+      </c>
+      <c r="F309" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="25">
+        <v>45903</v>
+      </c>
+      <c r="H309" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A310" s="22" t="s">
+        <v>909</v>
+      </c>
+      <c r="B310" s="23" t="s">
+        <v>910</v>
+      </c>
+      <c r="C310" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D310" s="23" t="s">
+        <v>911</v>
+      </c>
+      <c r="E310" s="24">
+        <v>0.4501</v>
+      </c>
+      <c r="F310" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G310" s="25">
+        <v>45897</v>
+      </c>
+      <c r="H310" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A311" s="22" t="s">
+        <v>912</v>
+      </c>
+      <c r="B311" s="23" t="s">
+        <v>913</v>
+      </c>
+      <c r="C311" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D311" s="23" t="s">
+        <v>914</v>
+      </c>
+      <c r="E311" s="24">
+        <v>0.25080000000000002</v>
+      </c>
+      <c r="F311" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G311" s="25">
+        <v>45898</v>
+      </c>
+      <c r="H311" s="26">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A312" s="22" t="s">
+        <v>915</v>
+      </c>
+      <c r="B312" s="23" t="s">
+        <v>916</v>
+      </c>
+      <c r="C312" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D312" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="E312" s="24">
+        <v>0.2</v>
+      </c>
+      <c r="F312" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G312" s="25">
+        <v>45898</v>
+      </c>
+      <c r="H312" s="26">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A313" s="22" t="s">
+        <v>917</v>
+      </c>
+      <c r="B313" s="23" t="s">
+        <v>918</v>
+      </c>
+      <c r="C313" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D313" s="23" t="s">
+        <v>919</v>
+      </c>
+      <c r="E313" s="24">
+        <v>0.22040000000000001</v>
+      </c>
+      <c r="F313" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G313" s="25">
+        <v>45897</v>
+      </c>
+      <c r="H313" s="26">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A314" s="22" t="s">
+        <v>920</v>
+      </c>
+      <c r="B314" s="23" t="s">
+        <v>921</v>
+      </c>
+      <c r="C314" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D314" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E314" s="24">
+        <v>7.0327999999999999</v>
+      </c>
+      <c r="F314" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G314" s="25">
+        <v>45828</v>
+      </c>
+      <c r="H314" s="26">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A315" s="22" t="s">
+        <v>922</v>
+      </c>
+      <c r="B315" s="23" t="s">
+        <v>923</v>
+      </c>
+      <c r="C315" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D315" s="23" t="s">
+        <v>924</v>
+      </c>
+      <c r="E315" s="24">
+        <v>0.13289999999999999</v>
+      </c>
+      <c r="F315" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G315" s="25">
+        <v>45903</v>
+      </c>
+      <c r="H315" s="26">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A316" s="22" t="s">
+        <v>925</v>
+      </c>
+      <c r="B316" s="23" t="s">
+        <v>926</v>
+      </c>
+      <c r="C316" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D316" s="23" t="s">
+        <v>781</v>
+      </c>
+      <c r="E316" s="24">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F316" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G316" s="25">
+        <v>45898</v>
+      </c>
+      <c r="H316" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A317" s="22" t="s">
+        <v>927</v>
+      </c>
+      <c r="B317" s="23" t="s">
+        <v>928</v>
+      </c>
+      <c r="C317" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D317" s="23" t="s">
+        <v>929</v>
+      </c>
+      <c r="E317" s="24">
+        <v>0.22889999999999999</v>
+      </c>
+      <c r="F317" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G317" s="25">
+        <v>45834</v>
+      </c>
+      <c r="H317" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A318" s="22" t="s">
+        <v>930</v>
+      </c>
+      <c r="B318" s="23" t="s">
+        <v>931</v>
+      </c>
+      <c r="C318" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D318" s="23" t="s">
+        <v>932</v>
+      </c>
+      <c r="E318" s="24">
+        <v>6.6905999999999999</v>
+      </c>
+      <c r="F318" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G318" s="25">
+        <v>45841</v>
+      </c>
+      <c r="H318" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A319" s="22" t="s">
+        <v>933</v>
+      </c>
+      <c r="B319" s="23" t="s">
+        <v>934</v>
+      </c>
+      <c r="C319" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D319" s="23" t="s">
+        <v>935</v>
+      </c>
+      <c r="E319" s="24">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F319" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G319" s="25">
+        <v>45870</v>
+      </c>
+      <c r="H319" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A320" s="22" t="s">
+        <v>936</v>
+      </c>
+      <c r="B320" s="23" t="s">
+        <v>937</v>
+      </c>
+      <c r="C320" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D320" s="23" t="s">
+        <v>938</v>
+      </c>
+      <c r="E320" s="24">
+        <v>0.5141</v>
+      </c>
+      <c r="F320" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="25">
+        <v>45861</v>
+      </c>
+      <c r="H320" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A321" s="22" t="s">
+        <v>939</v>
+      </c>
+      <c r="B321" s="23" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C321" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D321" s="23" t="s">
+        <v>940</v>
+      </c>
+      <c r="E321" s="24">
+        <v>1.7974000000000001</v>
+      </c>
+      <c r="F321" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G321" s="25">
+        <v>45859</v>
+      </c>
+      <c r="H321" s="26">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A322" s="22" t="s">
+        <v>941</v>
+      </c>
+      <c r="B322" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="C322" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D322" s="23" t="s">
+        <v>943</v>
+      </c>
+      <c r="E322" s="24">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F322" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G322" s="25">
+        <v>45905</v>
+      </c>
+      <c r="H322" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A323" s="22" t="s">
+        <v>944</v>
+      </c>
+      <c r="B323" s="23" t="s">
+        <v>945</v>
+      </c>
+      <c r="C323" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D323" s="23" t="s">
+        <v>946</v>
+      </c>
+      <c r="E323" s="24">
+        <v>0.2</v>
+      </c>
+      <c r="F323" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G323" s="25">
+        <v>45881</v>
+      </c>
+      <c r="H323" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A324" s="22" t="s">
+        <v>947</v>
+      </c>
+      <c r="B324" s="23" t="s">
+        <v>948</v>
+      </c>
+      <c r="C324" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D324" s="23" t="s">
+        <v>949</v>
+      </c>
+      <c r="E324" s="24">
+        <v>0.3503</v>
+      </c>
+      <c r="F324" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G324" s="25">
+        <v>45909</v>
+      </c>
+      <c r="H324" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A325" s="22" t="s">
+        <v>950</v>
+      </c>
+      <c r="B325" s="23" t="s">
+        <v>951</v>
+      </c>
+      <c r="C325" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D325" s="23" t="s">
+        <v>952</v>
+      </c>
+      <c r="E325" s="24">
+        <v>7.1369999999999996</v>
+      </c>
+      <c r="F325" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="25">
+        <v>45909</v>
+      </c>
+      <c r="H325" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A326" s="22" t="s">
+        <v>953</v>
+      </c>
+      <c r="B326" s="23" t="s">
+        <v>954</v>
+      </c>
+      <c r="C326" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D326" s="23" t="s">
+        <v>373</v>
+      </c>
+      <c r="E326" s="24">
+        <v>1.4918</v>
+      </c>
+      <c r="F326" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G326" s="25">
+        <v>45884</v>
+      </c>
+      <c r="H326" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A327" s="22" t="s">
+        <v>955</v>
+      </c>
+      <c r="B327" s="23" t="s">
+        <v>956</v>
+      </c>
+      <c r="C327" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D327" s="23" t="s">
+        <v>957</v>
+      </c>
+      <c r="E327" s="24">
+        <v>1.3349</v>
+      </c>
+      <c r="F327" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G327" s="25">
+        <v>45814</v>
+      </c>
+      <c r="H327" s="26">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A328" s="22" t="s">
+        <v>958</v>
+      </c>
+      <c r="B328" s="23" t="s">
+        <v>959</v>
+      </c>
+      <c r="C328" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D328" s="23" t="s">
+        <v>960</v>
+      </c>
+      <c r="E328" s="24">
+        <v>0.69930000000000003</v>
+      </c>
+      <c r="F328" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G328" s="25">
+        <v>45923</v>
+      </c>
+      <c r="H328" s="26">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A329" s="22" t="s">
+        <v>961</v>
+      </c>
+      <c r="B329" s="23" t="s">
+        <v>962</v>
+      </c>
+      <c r="C329" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D329" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="E329" s="24">
+        <v>0.4</v>
+      </c>
+      <c r="F329" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G329" s="25">
+        <v>45828</v>
+      </c>
+      <c r="H329" s="26">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A330" s="22" t="s">
+        <v>983</v>
+      </c>
+      <c r="B330" s="23" t="s">
+        <v>984</v>
+      </c>
+      <c r="C330" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D330" s="23" t="s">
+        <v>985</v>
+      </c>
+      <c r="E330" s="24">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F330" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G330" s="25">
+        <v>45918</v>
+      </c>
+      <c r="H330" s="26">
+        <v>45932</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A331" s="22" t="s">
+        <v>986</v>
+      </c>
+      <c r="B331" s="23" t="s">
+        <v>987</v>
+      </c>
+      <c r="C331" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D331" s="23" t="s">
+        <v>988</v>
+      </c>
+      <c r="E331" s="24">
+        <v>0.1802</v>
+      </c>
+      <c r="F331" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G331" s="25">
+        <v>45924</v>
+      </c>
+      <c r="H331" s="26">
+        <v>45938</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A332" s="22" t="s">
+        <v>989</v>
+      </c>
+      <c r="B332" s="23" t="s">
+        <v>990</v>
+      </c>
+      <c r="C332" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D332" s="23" t="s">
+        <v>991</v>
+      </c>
+      <c r="E332" s="24">
+        <v>0.27079999999999999</v>
+      </c>
+      <c r="F332" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G332" s="25">
+        <v>45859</v>
+      </c>
+      <c r="H332" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A333" s="22" t="s">
+        <v>992</v>
+      </c>
+      <c r="B333" s="23" t="s">
+        <v>993</v>
+      </c>
+      <c r="C333" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D333" s="23" t="s">
+        <v>994</v>
+      </c>
+      <c r="E333" s="24">
+        <v>484.73770000000002</v>
+      </c>
+      <c r="F333" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G333" s="25">
+        <v>45792</v>
+      </c>
+      <c r="H333" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A334" s="22" t="s">
+        <v>995</v>
+      </c>
+      <c r="B334" s="23" t="s">
+        <v>996</v>
+      </c>
+      <c r="C334" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D334" s="23" t="s">
+        <v>867</v>
+      </c>
+      <c r="E334" s="24">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="F334" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G334" s="25">
+        <v>45889</v>
+      </c>
+      <c r="H334" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A335" s="22" t="s">
+        <v>997</v>
+      </c>
+      <c r="B335" s="23" t="s">
+        <v>998</v>
+      </c>
+      <c r="C335" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D335" s="23" t="s">
+        <v>321</v>
+      </c>
+      <c r="E335" s="24">
+        <v>0.13930000000000001</v>
+      </c>
+      <c r="F335" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G335" s="25">
+        <v>45895</v>
+      </c>
+      <c r="H335" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A336" s="22" t="s">
+        <v>999</v>
+      </c>
+      <c r="B336" s="23" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C336" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D336" s="23" t="s">
+        <v>313</v>
+      </c>
+      <c r="E336" s="24">
+        <v>0.27950000000000003</v>
+      </c>
+      <c r="F336" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G336" s="25">
+        <v>45884</v>
+      </c>
+      <c r="H336" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A337" s="22" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B337" s="23" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C337" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D337" s="23" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E337" s="24">
+        <v>0.86680000000000001</v>
+      </c>
+      <c r="F337" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G337" s="25">
+        <v>45925</v>
+      </c>
+      <c r="H337" s="26">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A338" s="22" t="s">
         <v>1004</v>
       </c>
-      <c r="B3" s="12"/>
-[...40 lines deleted...]
-      <c r="C5" s="10" t="s">
+      <c r="B338" s="23" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C338" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D338" s="23" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E338" s="24">
+        <v>0.17230000000000001</v>
+      </c>
+      <c r="F338" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G338" s="25">
+        <v>45898</v>
+      </c>
+      <c r="H338" s="26">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A339" s="22" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B339" s="23" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C339" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D339" s="23" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E339" s="24">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F339" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G339" s="25">
+        <v>45916</v>
+      </c>
+      <c r="H339" s="26">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A340" s="22" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B340" s="23" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C340" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D340" s="23" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E340" s="24">
+        <v>4.9996999999999998</v>
+      </c>
+      <c r="F340" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G340" s="25">
+        <v>45894</v>
+      </c>
+      <c r="H340" s="26">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A341" s="22" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B341" s="23" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C341" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D341" s="23" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E341" s="24">
+        <v>0.19620000000000001</v>
+      </c>
+      <c r="F341" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G341" s="25">
+        <v>45911</v>
+      </c>
+      <c r="H341" s="26">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A342" s="22" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B342" s="23" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C342" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C6" s="10" t="s">
+      <c r="D342" s="23" t="s">
+        <v>737</v>
+      </c>
+      <c r="E342" s="24">
+        <v>0.2475</v>
+      </c>
+      <c r="F342" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G342" s="25">
+        <v>45912</v>
+      </c>
+      <c r="H342" s="26">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A343" s="22" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B343" s="23" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C343" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C7" s="10" t="s">
+      <c r="D343" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="E343" s="24">
+        <v>0.35</v>
+      </c>
+      <c r="F343" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G343" s="25">
+        <v>45929</v>
+      </c>
+      <c r="H343" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A344" s="22" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B344" s="23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C344" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D344" s="23" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E344" s="24">
+        <v>0.247</v>
+      </c>
+      <c r="F344" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G344" s="25">
+        <v>45929</v>
+      </c>
+      <c r="H344" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A345" s="22" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B345" s="23" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C345" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C8" s="10" t="s">
+      <c r="D345" s="23" t="s">
+        <v>414</v>
+      </c>
+      <c r="E345" s="24">
+        <v>7.1567999999999996</v>
+      </c>
+      <c r="F345" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G345" s="25">
+        <v>45876</v>
+      </c>
+      <c r="H345" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A346" s="22" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B346" s="23" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C346" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D346" s="23" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E346" s="24">
+        <v>0.3009</v>
+      </c>
+      <c r="F346" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G346" s="25">
+        <v>45866</v>
+      </c>
+      <c r="H346" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A347" s="22" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B347" s="23" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C347" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D347" s="23" t="s">
+        <v>867</v>
+      </c>
+      <c r="E347" s="24">
+        <v>0.93610000000000004</v>
+      </c>
+      <c r="F347" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G347" s="25">
+        <v>45909</v>
+      </c>
+      <c r="H347" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A348" s="22" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B348" s="23" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C348" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D348" s="23" t="s">
+        <v>991</v>
+      </c>
+      <c r="E348" s="24">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="F348" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G348" s="25">
+        <v>45919</v>
+      </c>
+      <c r="H348" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A349" s="22" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B349" s="23" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C349" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D349" s="23" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E349" s="24">
+        <v>0.26140000000000002</v>
+      </c>
+      <c r="F349" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G349" s="25">
+        <v>45925</v>
+      </c>
+      <c r="H349" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A350" s="22" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B350" s="23" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C350" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D350" s="23" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E350" s="24">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F350" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" s="25">
+        <v>45931</v>
+      </c>
+      <c r="H350" s="26">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A351" s="22" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B351" s="23" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C351" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D351" s="23" t="s">
+        <v>815</v>
+      </c>
+      <c r="E351" s="24">
+        <v>0.76139999999999997</v>
+      </c>
+      <c r="F351" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G351" s="25">
+        <v>45881</v>
+      </c>
+      <c r="H351" s="26">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A352" s="22" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B352" s="23" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C352" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D352" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="E352" s="24">
+        <v>1.0001</v>
+      </c>
+      <c r="F352" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G352" s="25">
+        <v>45923</v>
+      </c>
+      <c r="H352" s="26">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A353" s="22" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B353" s="23" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C353" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D353" s="23" t="s">
+        <v>908</v>
+      </c>
+      <c r="E353" s="24">
+        <v>0.1696</v>
+      </c>
+      <c r="F353" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G353" s="25">
+        <v>45919</v>
+      </c>
+      <c r="H353" s="26">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A354" s="22" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B354" s="23" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C354" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D354" s="23" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E354" s="24">
+        <v>150.07069999999999</v>
+      </c>
+      <c r="F354" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G354" s="25">
+        <v>45880</v>
+      </c>
+      <c r="H354" s="26">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A355" s="22" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B355" s="23" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C355" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D355" s="23" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E355" s="24">
+        <v>0.999</v>
+      </c>
+      <c r="F355" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G355" s="25">
+        <v>45944</v>
+      </c>
+      <c r="H355" s="26">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A356" s="22" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B356" s="23" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C356" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D356" s="23" t="s">
+        <v>300</v>
+      </c>
+      <c r="E356" s="24">
+        <v>0.27810000000000001</v>
+      </c>
+      <c r="F356" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G356" s="25">
+        <v>45897</v>
+      </c>
+      <c r="H356" s="26">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A357" s="22" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B357" s="23" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C357" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D357" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="E357" s="24">
+        <v>0.5</v>
+      </c>
+      <c r="F357" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G357" s="25">
+        <v>45947</v>
+      </c>
+      <c r="H357" s="26">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A358" s="22" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B358" s="23" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C358" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D358" s="23" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E358" s="24">
+        <v>0.2999</v>
+      </c>
+      <c r="F358" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="25">
+        <v>45922</v>
+      </c>
+      <c r="H358" s="26">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A359" s="22" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B359" s="23" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C359" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="D359" s="23" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E359" s="24">
+        <v>0.25</v>
+      </c>
+      <c r="F359" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G359" s="25">
+        <v>45869</v>
+      </c>
+      <c r="H359" s="26">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A360" s="22" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B360" s="23" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C360" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D360" s="23" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E360" s="24">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="F360" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G360" s="25">
+        <v>45931</v>
+      </c>
+      <c r="H360" s="26">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A361" s="22" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B361" s="23" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C361" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D361" s="23" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E361" s="24">
+        <v>1.0590999999999999</v>
+      </c>
+      <c r="F361" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G361" s="25">
+        <v>45933</v>
+      </c>
+      <c r="H361" s="26">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A362" s="22" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B362" s="23" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C362" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D362" s="23" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E362" s="24">
+        <v>33.152200000000001</v>
+      </c>
+      <c r="F362" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G362" s="25">
+        <v>45826</v>
+      </c>
+      <c r="H362" s="26">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A363" s="22" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B363" s="23" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C363" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D363" s="23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E363" s="24">
+        <v>0.59089999999999998</v>
+      </c>
+      <c r="F363" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G363" s="25">
+        <v>45855</v>
+      </c>
+      <c r="H363" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A364" s="22" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B364" s="23" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C364" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D364" s="23" t="s">
+        <v>300</v>
+      </c>
+      <c r="E364" s="24">
+        <v>0.25369999999999998</v>
+      </c>
+      <c r="F364" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G364" s="25">
+        <v>45952</v>
+      </c>
+      <c r="H364" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A365" s="22" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B365" s="23" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C365" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C10" s="10" t="s">
+      <c r="D365" s="23" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E365" s="24">
+        <v>0.71919999999999995</v>
+      </c>
+      <c r="F365" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G365" s="25">
+        <v>45919</v>
+      </c>
+      <c r="H365" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A366" s="22" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B366" s="23" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C366" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D366" s="23" t="s">
+        <v>559</v>
+      </c>
+      <c r="E366" s="24">
+        <v>0.78539999999999999</v>
+      </c>
+      <c r="F366" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G366" s="25">
+        <v>45898</v>
+      </c>
+      <c r="H366" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A367" s="22" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B367" s="23" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C367" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D367" s="23" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E367" s="24">
+        <v>0.432</v>
+      </c>
+      <c r="F367" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G367" s="25">
+        <v>45937</v>
+      </c>
+      <c r="H367" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A368" s="22" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B368" s="23" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C368" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D368" s="23" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E368" s="24">
+        <v>0.35449999999999998</v>
+      </c>
+      <c r="F368" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G368" s="25">
+        <v>45938</v>
+      </c>
+      <c r="H368" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A369" s="22" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B369" s="23" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C369" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D369" s="23" t="s">
+        <v>843</v>
+      </c>
+      <c r="E369" s="24">
+        <v>0.26</v>
+      </c>
+      <c r="F369" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G369" s="25">
+        <v>45859</v>
+      </c>
+      <c r="H369" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A370" s="22" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B370" s="23" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C370" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D370" s="23" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E370" s="24">
+        <v>0.47539999999999999</v>
+      </c>
+      <c r="F370" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G370" s="25">
+        <v>45951</v>
+      </c>
+      <c r="H370" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A371" s="22" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B371" s="23" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C371" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="10" t="s">
-[...74 lines deleted...]
-      <c r="C13" s="10" t="s">
+      <c r="D371" s="23" t="s">
+        <v>737</v>
+      </c>
+      <c r="E371" s="24">
+        <v>0.1648</v>
+      </c>
+      <c r="F371" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G371" s="25">
+        <v>45912</v>
+      </c>
+      <c r="H371" s="26">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A372" s="22" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B372" s="23" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C372" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="10" t="s">
-[...48 lines deleted...]
-      <c r="C15" s="10" t="s">
+      <c r="D372" s="23" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E372" s="24">
+        <v>0.39660000000000001</v>
+      </c>
+      <c r="F372" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G372" s="25">
+        <v>45925</v>
+      </c>
+      <c r="H372" s="26">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A373" s="22" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B373" s="23" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C373" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="10" t="s">
-[...48 lines deleted...]
-      <c r="C17" s="10" t="s">
+      <c r="D373" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E373" s="24">
+        <v>0.1804</v>
+      </c>
+      <c r="F373" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G373" s="25">
+        <v>45918</v>
+      </c>
+      <c r="H373" s="26">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A374" s="22" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B374" s="23" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C374" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D374" s="23" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E374" s="24">
+        <v>6.8514999999999997</v>
+      </c>
+      <c r="F374" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G374" s="25">
+        <v>45953</v>
+      </c>
+      <c r="H374" s="26">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A375" s="22" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B375" s="23" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C375" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C18" s="10" t="s">
+      <c r="D375" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="E375" s="24">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="F375" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G375" s="25">
+        <v>45869</v>
+      </c>
+      <c r="H375" s="26">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A376" s="22" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B376" s="23" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C376" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="10" t="s">
-[...100 lines deleted...]
-      <c r="C22" s="10" t="s">
+      <c r="D376" s="23" t="s">
+        <v>469</v>
+      </c>
+      <c r="E376" s="24">
+        <v>0.78480000000000005</v>
+      </c>
+      <c r="F376" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G376" s="25">
+        <v>45954</v>
+      </c>
+      <c r="H376" s="26">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A377" s="22" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B377" s="23" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C377" s="23" t="s">
+        <v>555</v>
+      </c>
+      <c r="D377" s="23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E377" s="24">
+        <v>0.23910000000000001</v>
+      </c>
+      <c r="F377" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G377" s="25">
+        <v>45964</v>
+      </c>
+      <c r="H377" s="26">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A378" s="22" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B378" s="23" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C378" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="D22" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C23" s="10" t="s">
+      <c r="D378" s="23" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E378" s="24">
+        <v>0.31</v>
+      </c>
+      <c r="F378" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G378" s="25">
+        <v>45954</v>
+      </c>
+      <c r="H378" s="26">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A379" s="22" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B379" s="23" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C379" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="D23" s="10" t="s">
-[...48 lines deleted...]
-      <c r="C25" s="10" t="s">
+      <c r="D379" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="E379" s="24">
+        <v>0.46079999999999999</v>
+      </c>
+      <c r="F379" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G379" s="25">
+        <v>45966</v>
+      </c>
+      <c r="H379" s="26">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A380" s="22" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B380" s="23" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C380" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D380" s="23" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E380" s="24">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F380" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G380" s="25">
+        <v>45944</v>
+      </c>
+      <c r="H380" s="26">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A381" s="22" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B381" s="23" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C381" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D381" s="23" t="s">
+        <v>408</v>
+      </c>
+      <c r="E381" s="24">
+        <v>0.22</v>
+      </c>
+      <c r="F381" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G381" s="25">
+        <v>45894</v>
+      </c>
+      <c r="H381" s="26">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A382" s="22" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B382" s="23" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C382" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="D25" s="10" t="s">
-[...74 lines deleted...]
-      <c r="C28" s="10" t="s">
+      <c r="D382" s="23" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E382" s="24">
+        <v>0.4</v>
+      </c>
+      <c r="F382" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G382" s="25">
+        <v>45869</v>
+      </c>
+      <c r="H382" s="26">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A383" s="22" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B383" s="23" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C383" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D28" s="10" t="s">
+      <c r="D383" s="23" t="s">
         <v>139</v>
       </c>
-      <c r="E28" s="13">
-[...97 lines deleted...]
-      <c r="C32" s="10" t="s">
+      <c r="E383" s="24">
+        <v>0.68069999999999997</v>
+      </c>
+      <c r="F383" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G383" s="25">
+        <v>45855</v>
+      </c>
+      <c r="H383" s="26">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A384" s="22" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B384" s="23" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C384" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D32" s="10" t="s">
-[...48 lines deleted...]
-      <c r="C34" s="10" t="s">
+      <c r="D384" s="23" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E384" s="24">
+        <v>0.2059</v>
+      </c>
+      <c r="F384" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G384" s="25">
+        <v>45800</v>
+      </c>
+      <c r="H384" s="26">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A385" s="22" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B385" s="23" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C385" s="23" t="s">
+        <v>555</v>
+      </c>
+      <c r="D385" s="23" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E385" s="24">
+        <v>0.19939999999999999</v>
+      </c>
+      <c r="F385" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G385" s="25">
+        <v>45972</v>
+      </c>
+      <c r="H385" s="26">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A386" s="22" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B386" s="23" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C386" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D386" s="23" t="s">
+        <v>402</v>
+      </c>
+      <c r="E386" s="24">
+        <v>0.5716</v>
+      </c>
+      <c r="F386" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G386" s="25">
+        <v>45961</v>
+      </c>
+      <c r="H386" s="26">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A387" s="22" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B387" s="23" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C387" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="D34" s="10" t="s">
-[...701 lines deleted...]
-      <c r="D61" s="10" t="s">
+      <c r="D387" s="23" t="s">
         <v>244</v>
       </c>
-      <c r="E61" s="13">
-[...4974 lines deleted...]
-      <c r="H252" s="14">
+      <c r="E387" s="24">
+        <v>2.0939999999999999</v>
+      </c>
+      <c r="F387" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G387" s="25">
         <v>45869</v>
       </c>
-    </row>
-[...2761 lines deleted...]
-      <c r="H359" s="14"/>
+      <c r="H387" s="26">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="27"/>
+      <c r="B388" s="28"/>
+      <c r="C388" s="28"/>
+      <c r="D388" s="28"/>
+      <c r="E388" s="32">
+        <v>3364.8560000000002</v>
+      </c>
+      <c r="F388" s="28"/>
+      <c r="G388" s="30"/>
+      <c r="H388" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D509DD-F9D3-4AE4-8F6D-5626C0D94F16}">
   <sheetPr codeName="Sheet5"/>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:E40"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="38.6640625" style="10" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="16384" width="8.5546875" style="10"/>
+    <col min="1" max="1" width="43.7109375" customWidth="1"/>
+    <col min="2" max="2" width="21.5703125" customWidth="1"/>
+    <col min="3" max="3" width="23" customWidth="1"/>
+    <col min="4" max="4" width="23.85546875" customWidth="1"/>
+    <col min="5" max="5" width="43.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="25.8" x14ac:dyDescent="0.3">
-      <c r="A1" s="9" t="s">
+    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="49" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="9"/>
-[...25 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+    </row>
+    <row r="2" spans="1:5" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="50" t="s">
+        <v>789</v>
+      </c>
+      <c r="B2" s="50"/>
+      <c r="C2" s="50"/>
+      <c r="D2" s="50"/>
+      <c r="E2" s="50"/>
+    </row>
+    <row r="3" spans="1:5" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="47" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B3" s="47"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="47"/>
+      <c r="E3" s="47"/>
+    </row>
+    <row r="4" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="35" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="E4" s="36" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A5" s="10" t="s">
+    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B5" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="13">
+      <c r="C5" s="38">
         <v>29</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="23">
+      <c r="D5" s="37" t="s">
+        <v>788</v>
+      </c>
+      <c r="E5" s="39">
         <v>43822</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="10" t="s">
+    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="10" t="s">
+      <c r="B6" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="13">
+      <c r="C6" s="38">
         <v>5</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="23">
+      <c r="D6" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="39">
         <v>44441</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A7" s="10" t="s">
+    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="38">
         <v>5</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="23">
+      <c r="D7" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="39">
         <v>44766</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B8" s="10" t="s">
+    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="37" t="s">
+        <v>636</v>
+      </c>
+      <c r="B8" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C8" s="38">
         <v>60</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="23">
+      <c r="D8" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="39">
         <v>44825</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A9" s="10" t="s">
+    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C9" s="38">
         <v>250</v>
       </c>
-      <c r="D9" s="10" t="s">
+      <c r="D9" s="37" t="s">
+        <v>630</v>
+      </c>
+      <c r="E9" s="39">
+        <v>45118</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="37" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="38">
+        <v>320</v>
+      </c>
+      <c r="D10" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="39">
+        <v>45131</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="37" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="38">
+        <v>24</v>
+      </c>
+      <c r="D11" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" s="39">
+        <v>45173</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="37" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="38">
+        <v>200</v>
+      </c>
+      <c r="D12" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="39">
+        <v>45231</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="37" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="38">
+        <v>90</v>
+      </c>
+      <c r="D13" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="39">
+        <v>45291</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="38">
+        <v>414</v>
+      </c>
+      <c r="D14" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" s="39">
+        <v>45302</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="37" t="s">
+        <v>631</v>
+      </c>
+      <c r="B15" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="38">
+        <v>77</v>
+      </c>
+      <c r="D15" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="39">
+        <v>45362</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="38">
+        <v>94</v>
+      </c>
+      <c r="D16" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" s="39">
+        <v>45369</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="38">
+        <v>4.95</v>
+      </c>
+      <c r="D17" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="39">
+        <v>45440</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="37" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="38">
+        <v>98</v>
+      </c>
+      <c r="D18" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="39">
+        <v>45457</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="37" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="38">
+        <v>574</v>
+      </c>
+      <c r="D19" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" s="39">
+        <v>45462</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="38">
+        <v>285</v>
+      </c>
+      <c r="D20" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="39">
+        <v>45519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="38">
+        <v>250</v>
+      </c>
+      <c r="D21" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="39">
+        <v>45520</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="38">
+        <v>7.5</v>
+      </c>
+      <c r="D22" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="39">
+        <v>45539</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="37" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="38">
+        <v>376</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" s="39">
+        <v>45540</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="37" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="38">
+        <v>228</v>
+      </c>
+      <c r="D24" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="39">
+        <v>45562</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="38">
+        <v>118.8</v>
+      </c>
+      <c r="D25" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" s="39">
+        <v>45616</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="37" t="s">
+        <v>440</v>
+      </c>
+      <c r="B26" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="38">
+        <v>171</v>
+      </c>
+      <c r="D26" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="39">
+        <v>45642</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="37" t="s">
+        <v>241</v>
+      </c>
+      <c r="B27" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="38">
+        <v>450</v>
+      </c>
+      <c r="D27" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="39">
+        <v>45643</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="38">
+        <v>254</v>
+      </c>
+      <c r="D28" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" s="39">
+        <v>45644</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="B29" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="38">
+        <v>108</v>
+      </c>
+      <c r="D29" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E29" s="39">
+        <v>45649</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="37" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" s="38">
+        <v>280</v>
+      </c>
+      <c r="D30" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="39">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="37" t="s">
+        <v>441</v>
+      </c>
+      <c r="B31" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C31" s="38">
+        <v>106</v>
+      </c>
+      <c r="D31" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" s="39">
+        <v>45741</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="37" t="s">
+        <v>53</v>
+      </c>
+      <c r="B32" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="38">
+        <v>80</v>
+      </c>
+      <c r="D32" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="39">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="37" t="s">
+        <v>785</v>
+      </c>
+      <c r="B33" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C33" s="38">
+        <v>190</v>
+      </c>
+      <c r="D33" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="39">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="37" t="s">
+        <v>439</v>
+      </c>
+      <c r="B34" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" s="38">
+        <v>25</v>
+      </c>
+      <c r="D34" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" s="39">
+        <v>45765</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="37" t="s">
+        <v>442</v>
+      </c>
+      <c r="B35" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="38">
+        <v>240</v>
+      </c>
+      <c r="D35" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" s="39">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="37" t="s">
         <v>632</v>
       </c>
-      <c r="E9" s="23">
-[...7 lines deleted...]
-      <c r="B10" s="10" t="s">
+      <c r="B36" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="13">
-[...13 lines deleted...]
-      <c r="B11" s="10" t="s">
+      <c r="C36" s="38">
+        <v>31</v>
+      </c>
+      <c r="D36" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="39">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="37" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B37" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="38">
+        <v>27</v>
+      </c>
+      <c r="D37" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" s="39">
+        <v>45862</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="B38" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="13">
-[...2 lines deleted...]
-      <c r="D11" s="10" t="s">
+      <c r="C38" s="40">
+        <v>105</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E11" s="23">
-[...7 lines deleted...]
-      <c r="B12" s="10" t="s">
+      <c r="E38" s="41">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B39" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="13">
-[...444 lines deleted...]
-      <c r="C41" s="24"/>
+      <c r="C39" s="40">
+        <v>300</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E39" s="41">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="53" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
+  <conditionalFormatting sqref="A39">
+    <cfRule type="duplicateValues" dxfId="7" priority="3"/>
+    <cfRule type="expression" dxfId="6" priority="4">
+      <formula>$B39=1</formula>
+    </cfRule>
+    <cfRule type="duplicateValues" dxfId="5" priority="5"/>
+  </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1837E23-2EB2-4CF7-AAE7-B6789B654D68}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="55.109375" style="10" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.88671875" style="10"/>
+    <col min="1" max="1" width="65.140625" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="22.7109375" customWidth="1"/>
+    <col min="4" max="4" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="25.8" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:4" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A1" s="51" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="16"/>
-[...4 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B1" s="51"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="51"/>
+    </row>
+    <row r="2" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="52" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="17"/>
-[...12 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B2" s="52"/>
+      <c r="C2" s="52"/>
+      <c r="D2" s="52"/>
+    </row>
+    <row r="3" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="47" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B3" s="47"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="47"/>
+    </row>
+    <row r="4" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="B4" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="D4" s="42" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A5" s="19" t="s">
+    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="44" t="s">
         <v>237</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B5" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="13">
+      <c r="C5" s="38">
         <v>64</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="D5" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="45" t="s">
         <v>239</v>
       </c>
-      <c r="B6" s="10" t="s">
+      <c r="B6" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="13">
+      <c r="C6" s="38">
         <v>250</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="10" t="s">
+      <c r="D6" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="46" t="s">
+        <v>963</v>
+      </c>
+      <c r="B7" s="37" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="38">
         <v>224</v>
       </c>
-      <c r="D7" s="10" t="s">
+      <c r="D7" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B8" s="10" t="s">
+    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
+        <v>964</v>
+      </c>
+      <c r="B8" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C8" s="38">
         <v>252</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B9" s="10" t="s">
+      <c r="D8" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="46" t="s">
+        <v>786</v>
+      </c>
+      <c r="B9" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C9" s="38">
         <v>400</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="10" t="s">
+      <c r="D9" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="45" t="s">
         <v>50</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="B10" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="38">
         <v>775</v>
       </c>
-      <c r="D10" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B11" s="10" t="s">
+      <c r="D10" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="46" t="s">
+        <v>634</v>
+      </c>
+      <c r="B11" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="38">
         <v>100</v>
       </c>
-      <c r="D11" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B12" s="10" t="s">
+      <c r="D11" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="45" t="s">
+        <v>965</v>
+      </c>
+      <c r="B12" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="38">
         <v>240</v>
       </c>
-      <c r="D12" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="10" t="s">
+      <c r="D12" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="46" t="s">
         <v>225</v>
       </c>
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C13" s="38">
         <v>1400</v>
       </c>
-      <c r="D13" s="10" t="s">
+      <c r="D13" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A14" s="10" t="s">
+    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="45" t="s">
         <v>226</v>
       </c>
-      <c r="B14" s="10" t="s">
+      <c r="B14" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="13">
+      <c r="C14" s="38">
         <v>205</v>
       </c>
-      <c r="D14" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B15" s="10" t="s">
+      <c r="D14" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="46" t="s">
+        <v>966</v>
+      </c>
+      <c r="B15" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C15" s="13">
+      <c r="C15" s="38">
         <v>247</v>
       </c>
-      <c r="D15" s="10" t="s">
+      <c r="D15" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A16" s="10" t="s">
+    <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="45" t="s">
         <v>51</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C16" s="13">
+      <c r="C16" s="38">
         <v>284</v>
       </c>
-      <c r="D16" s="10" t="s">
+      <c r="D16" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B17" s="10" t="s">
+    <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="46" t="s">
+        <v>967</v>
+      </c>
+      <c r="B17" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C17" s="13">
+      <c r="C17" s="38">
         <v>230</v>
       </c>
-      <c r="D17" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="10" t="s">
+      <c r="D17" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="45" t="s">
+        <v>637</v>
+      </c>
+      <c r="B18" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="38">
+        <v>95</v>
+      </c>
+      <c r="D18" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="46" t="s">
+        <v>968</v>
+      </c>
+      <c r="B19" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="38">
+        <v>357</v>
+      </c>
+      <c r="D19" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="45" t="s">
+        <v>227</v>
+      </c>
+      <c r="B20" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="38">
+        <v>125</v>
+      </c>
+      <c r="D20" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="46" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="38">
+        <v>696</v>
+      </c>
+      <c r="D21" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="38">
+        <v>77</v>
+      </c>
+      <c r="D22" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="46" t="s">
         <v>639</v>
       </c>
-      <c r="B18" s="10" t="s">
+      <c r="B23" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="38">
+        <v>150</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="45" t="s">
+        <v>969</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="38">
+        <v>399</v>
+      </c>
+      <c r="D24" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="46" t="s">
+        <v>228</v>
+      </c>
+      <c r="B25" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="38">
+        <v>60</v>
+      </c>
+      <c r="D25" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="45" t="s">
+        <v>638</v>
+      </c>
+      <c r="B26" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="38">
+        <v>300</v>
+      </c>
+      <c r="D26" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="46" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B27" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="38">
+        <v>300</v>
+      </c>
+      <c r="D27" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="45" t="s">
+        <v>970</v>
+      </c>
+      <c r="B28" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="13">
-[...10 lines deleted...]
-      <c r="B19" s="10" t="s">
+      <c r="C28" s="38">
+        <v>600</v>
+      </c>
+      <c r="D28" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B29" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="38">
+        <v>250</v>
+      </c>
+      <c r="D29" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="45" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C19" s="13">
-[...2 lines deleted...]
-      <c r="D19" s="10" t="s">
+      <c r="C30" s="38">
+        <v>585</v>
+      </c>
+      <c r="D30" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B20" s="10" t="s">
+    <row r="31" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="46" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="13">
-[...10 lines deleted...]
-      <c r="B21" s="10" t="s">
+      <c r="C31" s="38">
+        <v>600</v>
+      </c>
+      <c r="D31" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="45" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="38">
+        <v>150</v>
+      </c>
+      <c r="D32" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="B33" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C21" s="13">
-[...10 lines deleted...]
-      <c r="B22" s="10" t="s">
+      <c r="C33" s="38">
+        <v>258</v>
+      </c>
+      <c r="D33" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="45" t="s">
+        <v>57</v>
+      </c>
+      <c r="B34" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C34" s="38">
+        <v>4.5</v>
+      </c>
+      <c r="D34" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B35" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="38">
+        <v>9</v>
+      </c>
+      <c r="D35" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="B36" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="38">
+        <v>100</v>
+      </c>
+      <c r="D36" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="46" t="s">
+        <v>971</v>
+      </c>
+      <c r="B37" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="38">
+        <v>634</v>
+      </c>
+      <c r="D37" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="45" t="s">
+        <v>972</v>
+      </c>
+      <c r="B38" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="38">
+        <v>281</v>
+      </c>
+      <c r="D38" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B39" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="38">
+        <v>150</v>
+      </c>
+      <c r="D39" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="B40" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="38">
+        <v>4.5</v>
+      </c>
+      <c r="D40" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="46" t="s">
+        <v>973</v>
+      </c>
+      <c r="B41" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="38">
+        <v>450</v>
+      </c>
+      <c r="D41" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="45" t="s">
+        <v>974</v>
+      </c>
+      <c r="B42" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="38">
+        <v>363</v>
+      </c>
+      <c r="D42" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="46" t="s">
+        <v>975</v>
+      </c>
+      <c r="B43" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C43" s="38">
+        <v>360</v>
+      </c>
+      <c r="D43" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="38">
+        <v>350</v>
+      </c>
+      <c r="D44" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="46" t="s">
+        <v>73</v>
+      </c>
+      <c r="B45" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" s="38">
+        <v>288</v>
+      </c>
+      <c r="D45" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="45" t="s">
+        <v>976</v>
+      </c>
+      <c r="B46" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="13">
-[...10 lines deleted...]
-      <c r="B23" s="10" t="s">
+      <c r="C46" s="38">
+        <v>300</v>
+      </c>
+      <c r="D46" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B47" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="38">
+        <v>288</v>
+      </c>
+      <c r="D47" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="45" t="s">
+        <v>63</v>
+      </c>
+      <c r="B48" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="38">
+        <v>5.7</v>
+      </c>
+      <c r="D48" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="B49" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="38">
+        <v>300</v>
+      </c>
+      <c r="D49" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="B50" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C23" s="13">
-[...10 lines deleted...]
-      <c r="B24" s="10" t="s">
+      <c r="C50" s="40">
+        <v>400</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="45" t="s">
+        <v>233</v>
+      </c>
+      <c r="B51" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="38">
+        <v>700</v>
+      </c>
+      <c r="D51" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="45" t="s">
+        <v>65</v>
+      </c>
+      <c r="B52" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="38">
+        <v>200</v>
+      </c>
+      <c r="D52" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="45" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="38">
+        <v>120</v>
+      </c>
+      <c r="D53" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="45" t="s">
+        <v>978</v>
+      </c>
+      <c r="B54" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C24" s="13">
-[...2 lines deleted...]
-      <c r="D24" s="10" t="s">
+      <c r="C54" s="38">
+        <v>300</v>
+      </c>
+      <c r="D54" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="38">
+        <v>700</v>
+      </c>
+      <c r="D55" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B25" s="10" t="s">
+    <row r="56" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="45" t="s">
+        <v>979</v>
+      </c>
+      <c r="B56" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C25" s="13">
-[...10 lines deleted...]
-      <c r="B26" s="10" t="s">
+      <c r="C56" s="38">
+        <v>500</v>
+      </c>
+      <c r="D56" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="45" t="s">
+        <v>635</v>
+      </c>
+      <c r="B57" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C57" s="38">
+        <v>1152</v>
+      </c>
+      <c r="D57" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="38">
+        <v>230</v>
+      </c>
+      <c r="D58" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="45" t="s">
+        <v>74</v>
+      </c>
+      <c r="B59" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="38">
+        <v>1300</v>
+      </c>
+      <c r="D59" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="45" t="s">
+        <v>67</v>
+      </c>
+      <c r="B60" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="38">
+        <v>62</v>
+      </c>
+      <c r="D60" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="45" t="s">
+        <v>235</v>
+      </c>
+      <c r="B61" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" s="38">
+        <v>936</v>
+      </c>
+      <c r="D61" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C26" s="13">
+      <c r="C62" s="38">
+        <v>30</v>
+      </c>
+      <c r="D62" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="45" t="s">
+        <v>980</v>
+      </c>
+      <c r="B63" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C63" s="38">
+        <v>108</v>
+      </c>
+      <c r="D63" s="37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="45" t="s">
+        <v>787</v>
+      </c>
+      <c r="B64" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="C64" s="38">
+        <v>120</v>
+      </c>
+      <c r="D64" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="45" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C65" s="38">
         <v>300</v>
       </c>
-      <c r="D26" s="10" t="s">
+      <c r="D65" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="45" t="s">
+        <v>981</v>
+      </c>
+      <c r="B66" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="38">
+        <v>108</v>
+      </c>
+      <c r="D66" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="B28" s="10" t="s">
+    <row r="67" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="45" t="s">
+        <v>633</v>
+      </c>
+      <c r="B67" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C28" s="13">
-[...2 lines deleted...]
-      <c r="D28" s="10" t="s">
+      <c r="C67" s="38">
+        <v>100</v>
+      </c>
+      <c r="D67" s="37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B68" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C68" s="38">
+        <v>70</v>
+      </c>
+      <c r="D68" s="37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
-[...562 lines deleted...]
-      </c>
+    <row r="69" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="4"/>
+      <c r="B69" s="2"/>
+      <c r="C69" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D69" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="3" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">