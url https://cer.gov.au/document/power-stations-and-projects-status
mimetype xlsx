--- v3 (2026-01-01)
+++ v4 (2026-01-22)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29452801-49BA-4B78-8C4D-755911A1EFB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCF8FCD0-DD66-43EC-992D-904F631C6693}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22930" yWindow="-4270" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved" sheetId="9" r:id="rId1"/>
     <sheet name="Committed" sheetId="10" r:id="rId2"/>
     <sheet name="Probable" sheetId="11" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2240" uniqueCount="1166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2369" uniqueCount="1233">
   <si>
     <t>Approved Power Stations</t>
   </si>
   <si>
     <t>Accreditation code</t>
   </si>
   <si>
     <t>Power station name</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Installed capacity (MW)</t>
   </si>
   <si>
     <t>Fuel Source (s)</t>
   </si>
   <si>
     <t>Accreditation start date</t>
   </si>
   <si>
@@ -151,152 +151,137 @@
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
     <t>East Rockingham Resource Recovery Facility</t>
   </si>
   <si>
     <t>Kidston Pumped Hydro Storage Project</t>
   </si>
   <si>
     <t>Mangalore Renewable Energy Project</t>
   </si>
   <si>
     <t>Orange Community Renewable Energy Park</t>
   </si>
   <si>
-    <t>Glenellen solar project</t>
-[...1 lines deleted...]
-  <si>
     <t>Wambo Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Forest Glen Solar Farm</t>
   </si>
   <si>
     <t>Uungula Wind Farm</t>
   </si>
   <si>
-    <t>Gunsynd Solar Farm</t>
-[...1 lines deleted...]
-  <si>
     <t>Arnotts Huntingwood Solar Project</t>
   </si>
   <si>
     <t>Golden Plains Wind Farm - Stage 2</t>
   </si>
   <si>
     <t>Lotus Creek Wind Farm</t>
   </si>
   <si>
     <t>Goorambat Solar Farm</t>
   </si>
   <si>
     <t>Hay Solar Farm</t>
   </si>
   <si>
     <t>Broadsound Solar Farm</t>
   </si>
   <si>
     <t>Boulder Creek Wind Farm</t>
   </si>
   <si>
     <t>Bulli Creek Solar project Stage 1</t>
   </si>
   <si>
     <t>Coppabella Wind Farm</t>
   </si>
   <si>
     <t>Frasers Solar Farm</t>
   </si>
   <si>
     <t>Fulham Solar Farm</t>
   </si>
   <si>
     <t>Horsham Solar Farm</t>
   </si>
   <si>
     <t>Kiamal Solar Farm - Stage 2</t>
   </si>
   <si>
     <t>Kidston Stage 3 Wind Project</t>
   </si>
   <si>
-    <t>Lake Wells high renewable energy fraction microgrid -Solar</t>
-[...1 lines deleted...]
-  <si>
     <t>Lake Wells high renewable energy fraction microgrid -Wind</t>
   </si>
   <si>
     <t>Lakeland Wind Farm</t>
   </si>
   <si>
-    <t>Manilla Community Solar</t>
-[...1 lines deleted...]
-  <si>
     <t>Mount Hopeful Wind Farm</t>
   </si>
   <si>
     <t>New England Solar Farm - Stage 2</t>
   </si>
   <si>
     <t>Planet Ark Power - Schneider Electricity PV and Battery Project</t>
   </si>
   <si>
     <t>Eurimbula Solar Farm</t>
   </si>
   <si>
     <t>Sapphire Solar Farm</t>
   </si>
   <si>
     <t>Silverleaf Solar Farm</t>
   </si>
   <si>
     <t>Vales Point Solar Farm</t>
   </si>
   <si>
     <t>Woolsthorpe Wind Farm</t>
   </si>
   <si>
     <t>Vast Solar Facility - VS1</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>Bellevue Gold Hybrid Power Station (Wind)</t>
-[...1 lines deleted...]
-  <si>
     <t>Warradarge Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Northern Midlands Solar Farm</t>
   </si>
   <si>
     <t>Upper Calliope Solar Farm</t>
   </si>
   <si>
     <t>SRPXQLE8</t>
   </si>
   <si>
     <t>Laura Johnson Home, Townview - Solar w SGU - QLD</t>
   </si>
   <si>
     <t>SRPYNS39</t>
   </si>
   <si>
     <t>Leppington - Solar - NSW</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>SRPYNS58</t>
@@ -1355,53 +1340,50 @@
     <t>Woolworths Golden Grove (The Stables) 5632 - Solar - SA</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>SRPYNSA0</t>
   </si>
   <si>
     <t>Gregory Hills Hotel - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>SRPVSAZ2</t>
   </si>
   <si>
     <t>Moyhall-Solar-SA</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>Port Latta Wind Farm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Carwarp Energy Park</t>
   </si>
   <si>
     <t>Lancaster Solar Farm</t>
   </si>
   <si>
     <t>Wandoan South Solar Farm (Stage 2)</t>
   </si>
   <si>
     <t>SRPXQLI8</t>
   </si>
   <si>
     <t>AU371 -Lytton Industry U3 &amp; U4 - Solar - QLD</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>SRPYNS90</t>
   </si>
   <si>
     <t>Kerarbury Station Almond Orchard - Solar - NSW</t>
   </si>
   <si>
     <t>2706</t>
   </si>
@@ -3245,53 +3227,50 @@
   <si>
     <t>SRPXSA14</t>
   </si>
   <si>
     <t>Lionsgate Business Park - Solar - SA</t>
   </si>
   <si>
     <t>SRPXVCS1</t>
   </si>
   <si>
     <t>Wangaratta Solar Farm - Solar - VIC</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
-    <t>Data as at 30/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Wathagar Solar NSW (Stage 2)</t>
   </si>
   <si>
     <t>Blind Creek Solar Farm</t>
   </si>
   <si>
     <t>SRPYNS92</t>
   </si>
   <si>
     <t>Bathurst Riverview Care Community - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>SRPYNS94</t>
   </si>
   <si>
     <t>AU082 Prestons 30 Yarrawa Street - Solar - NSW</t>
   </si>
   <si>
     <t>SRPXQLI7</t>
   </si>
   <si>
     <t>AU371 -Lytton Industry U1 &amp; U2 - Solar w SGU - QLD</t>
   </si>
   <si>
     <t>Sewage Gas and Biomass-Based Components of Sewage</t>
@@ -3530,93 +3509,321 @@
   <si>
     <t>Palmerston Golf &amp; Country Club - Solar w SGU - NT</t>
   </si>
   <si>
     <t>STM Smeaton Grange - Solar w SGU - NSW</t>
   </si>
   <si>
     <t>DMK - 27 Alacrity Place - SOLAR - WA</t>
   </si>
   <si>
     <t>Pillow Talk Darra - Solar wSGU - Qld</t>
   </si>
   <si>
     <t>Mackay Christian College Senior Campus - Solar w SGU - QLD</t>
   </si>
   <si>
     <t>Brothers Sports Club - Solar - QLD</t>
   </si>
   <si>
     <t>VOAG - Solar - NSW</t>
   </si>
   <si>
     <t>Guthrie's Gap Solar Power Station</t>
   </si>
   <si>
-    <t>20,996.700</t>
-[...2 lines deleted...]
-    <t>5,877.250</t>
+    <t>SRPYNSH3</t>
+  </si>
+  <si>
+    <t>430 Marion St - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSE8</t>
+  </si>
+  <si>
+    <t>Langs Crossing Solar Farm - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLO2</t>
+  </si>
+  <si>
+    <t>Nolan Meats - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>SRPVNT83</t>
+  </si>
+  <si>
+    <t>RTA Gove 2 - Solar - NT</t>
+  </si>
+  <si>
+    <t>0880</t>
+  </si>
+  <si>
+    <t>SRPXQLP2</t>
+  </si>
+  <si>
+    <t>Swanbank Power Station - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4306</t>
+  </si>
+  <si>
+    <t>SRPXVCV9</t>
+  </si>
+  <si>
+    <t>Carwarp Solar Farm - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPXQLO6</t>
+  </si>
+  <si>
+    <t>Gunsynd Solar Farm - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4390</t>
+  </si>
+  <si>
+    <t>SRPXQLP6</t>
+  </si>
+  <si>
+    <t>Big W Capalaba 266 - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4157</t>
+  </si>
+  <si>
+    <t>SRPXVCU2</t>
+  </si>
+  <si>
+    <t>Visy Board Dandenong - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPYNSJ8</t>
+  </si>
+  <si>
+    <t>BF EASTERN CREEK - SOLAR - NSW</t>
+  </si>
+  <si>
+    <t>SRPYNSJ7</t>
+  </si>
+  <si>
+    <t>Hills Super Centre - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAP8</t>
+  </si>
+  <si>
+    <t>HomeCo Butler - Solar - WA</t>
+  </si>
+  <si>
+    <t>6036</t>
+  </si>
+  <si>
+    <t>SRPYNSJ6</t>
+  </si>
+  <si>
+    <t>HYDRO MAJESTIC HOTEL - SOLAR - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAP9</t>
+  </si>
+  <si>
+    <t>Woolworths Dog Swamp 4306 - Solar - WA</t>
+  </si>
+  <si>
+    <t>6060</t>
+  </si>
+  <si>
+    <t>SRPYNSG4</t>
+  </si>
+  <si>
+    <t>Glenellen Solar Farm - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>SRPYNSH2</t>
+  </si>
+  <si>
+    <t>343 Milperra Rd - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAP7</t>
+  </si>
+  <si>
+    <t>HomeCo Ellenbrook - Solar - WA</t>
+  </si>
+  <si>
+    <t>6069</t>
+  </si>
+  <si>
+    <t>SRPXVCV8</t>
+  </si>
+  <si>
+    <t>Bunnings Maribyrnong - Solar - VIC</t>
+  </si>
+  <si>
+    <t>3012</t>
+  </si>
+  <si>
+    <t>SRPYNSI9</t>
+  </si>
+  <si>
+    <t>Oxford Falls - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>SRPYNSI4</t>
+  </si>
+  <si>
+    <t>Narromine-Solar-NSW</t>
+  </si>
+  <si>
+    <t>2821</t>
+  </si>
+  <si>
+    <t>SRPXQLP8</t>
+  </si>
+  <si>
+    <t>Birtinya RC - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4575</t>
+  </si>
+  <si>
+    <t>SRPYNSE2</t>
+  </si>
+  <si>
+    <t>CSR Cemintel - Solar - NSW</t>
+  </si>
+  <si>
+    <t>SRPXVCV3</t>
+  </si>
+  <si>
+    <t>Kmart Australia Wodonga - Solar - VIC</t>
+  </si>
+  <si>
+    <t>SRPXVCV7</t>
+  </si>
+  <si>
+    <t>Miller's Junction - Solar w SGU - VIC</t>
+  </si>
+  <si>
+    <t>3025</t>
+  </si>
+  <si>
+    <t>SRPXQLI1</t>
+  </si>
+  <si>
+    <t>RTA Amrun - Solar - QLD</t>
+  </si>
+  <si>
+    <t>4874</t>
+  </si>
+  <si>
+    <t>SRPVNT80</t>
+  </si>
+  <si>
+    <t>RTA Gove 1 - Solar - NT</t>
+  </si>
+  <si>
+    <t>Maryvale Solar Farm</t>
+  </si>
+  <si>
+    <t>Delburn Wind Farm</t>
+  </si>
+  <si>
+    <t>Clarke Creek Wind Farm Stage 2</t>
+  </si>
+  <si>
+    <t>Kalgoorlie Regional Renewable Energy Project (Solar)</t>
+  </si>
+  <si>
+    <t>Kalgoorlie Regional Renewable Energy Project (Wind)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>3,953.754</t>
+  </si>
+  <si>
+    <t>6,115.250</t>
+  </si>
+  <si>
+    <t>Data as of 31/12/2025</t>
+  </si>
+  <si>
+    <t>21,176.700</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="d/m/yy;@"/>
     <numFmt numFmtId="165" formatCode="mmm\-yyyy"/>
-    <numFmt numFmtId="166" formatCode="#,##0.000"/>
+    <numFmt numFmtId="167" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF005874"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
@@ -3910,528 +4117,486 @@
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
-[...71 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="50">
     <dxf>
       <font>
-        <b/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="166" formatCode="#,##0.000"/>
-[...63 lines deleted...]
-      </font>
       <fill>
-        <patternFill>
-          <bgColor rgb="FFFFC7CE"/>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <strike/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="0" formatCode="General"/>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
-        <color rgb="FF9C0006"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
-        <patternFill>
-          <bgColor rgb="FFFFC7CE"/>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-    <dxf>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
-      </border>
-[...30 lines deleted...]
-        <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-    <dxf>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </top>
         <bottom style="thin">
-          <color theme="0" tint="-0.34998626667073579"/>
-[...9 lines deleted...]
-          <color theme="0" tint="-0.34998626667073579"/>
+          <color theme="2" tint="-0.24994659260841701"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-[...33 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="mmm\-yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
@@ -4468,51 +4633,51 @@
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
@@ -4557,515 +4722,567 @@
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border outline="0">
-[...8 lines deleted...]
-    <dxf>
       <font>
+        <b/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
+        <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
       <fill>
-        <patternFill patternType="none">
-[...1 lines deleted...]
-          <bgColor auto="1"/>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
-[...9 lines deleted...]
-      </border>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...74 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
-      </border>
-[...30 lines deleted...]
-        <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...26 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
-      </border>
-[...106 lines deleted...]
-        <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FF005874"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FFC0C2C4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom style="thin">
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
-        </bottom>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="#,##0.000"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom/>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FF9BC2E6"/>
         </top>
       </border>
-    </dxf>
-[...18 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -5108,91 +5325,88 @@
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{DE1A6D83-2535-42C5-A7CA-DA0BA77256C9}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFFF00"/>
       <color rgb="FFD5D6D4"/>
       <color rgb="FF005874"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H388" totalsRowShown="0" dataDxfId="45" totalsRowDxfId="43" tableBorderDxfId="44" totalsRowBorderDxfId="42">
-  <autoFilter ref="A4:H388" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H414" totalsRowCount="1" dataDxfId="0" totalsRowDxfId="44" tableBorderDxfId="45" totalsRowBorderDxfId="43">
+  <autoFilter ref="A4:H413" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="41" totalsRowDxfId="40"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="27" totalsRowDxfId="26"/>
+    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" totalsRowLabel="Total" dataDxfId="8" totalsRowDxfId="42"/>
+    <tableColumn id="2" xr3:uid="{CADAFA37-C8E3-422D-A7D3-91AD4EA5D0DF}" name="Power station name" dataDxfId="7" totalsRowDxfId="41"/>
+    <tableColumn id="3" xr3:uid="{2B2127FB-057C-46F0-AA26-9609842B7E74}" name="State" dataDxfId="6" totalsRowDxfId="40"/>
+    <tableColumn id="4" xr3:uid="{3FF39BEC-FBC0-4B18-9CB8-AA042622F5FF}" name="Postcode" dataDxfId="5" totalsRowDxfId="39"/>
+    <tableColumn id="5" xr3:uid="{626FDD98-5558-4BF0-B2E4-D801DE3552C5}" name="Installed capacity (MW)" totalsRowLabel="3,953.754" dataDxfId="4" totalsRowDxfId="38"/>
+    <tableColumn id="6" xr3:uid="{C7C3E84D-B1C5-4395-8C7A-42D493A0876D}" name="Fuel Source (s)" dataDxfId="3" totalsRowDxfId="37"/>
+    <tableColumn id="7" xr3:uid="{A3571B06-4783-4E83-9572-9468520C8C59}" name="Accreditation start date" dataDxfId="2" totalsRowDxfId="36"/>
+    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="1" totalsRowDxfId="35"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E40" totalsRowCount="1" dataDxfId="25" tableBorderDxfId="24">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E40" totalsRowCount="1" dataDxfId="9" tableBorderDxfId="34">
   <autoFilter ref="A4:E39" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E39">
-[...1 lines deleted...]
-  </sortState>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="23" totalsRowDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="19" totalsRowDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="14" totalsRowDxfId="33"/>
+    <tableColumn id="2" xr3:uid="{D7E42F01-B2CB-4152-91A0-60DCBF1D5C9C}" name="State " dataDxfId="13" totalsRowDxfId="32"/>
+    <tableColumn id="3" xr3:uid="{7606CABA-955E-453E-90A9-4D9B6CBD7105}" name="MW Capacity" totalsRowLabel="6,115.250" dataDxfId="12" totalsRowDxfId="15"/>
+    <tableColumn id="4" xr3:uid="{C9D0AF91-BAF0-462E-8296-7AD6990E0FDD}" name="Fuel Source" dataDxfId="11" totalsRowDxfId="31"/>
+    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="10" totalsRowDxfId="30"/>
   </tableColumns>
-  <tableStyleInfo name="CER Table" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D69" totalsRowCount="1" headerRowDxfId="18" dataDxfId="17" tableBorderDxfId="16">
-  <autoFilter ref="A4:D68" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D68" totalsRowCount="1" headerRowDxfId="29" dataDxfId="19" tableBorderDxfId="28">
+  <autoFilter ref="A4:D67" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="15" totalsRowDxfId="14"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="9" totalsRowDxfId="8"/>
+    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="23" totalsRowDxfId="27"/>
+    <tableColumn id="2" xr3:uid="{8822E2A4-C749-4723-93A2-B42A2506EAE9}" name="State " dataDxfId="22" totalsRowDxfId="26"/>
+    <tableColumn id="3" xr3:uid="{3315BE4D-E527-48C5-A7B8-40187787A8C8}" name="MW Capacity" totalsRowLabel="21,176.700" dataDxfId="21" totalsRowDxfId="25"/>
+    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="20" totalsRowDxfId="24"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5430,11766 +5644,12432 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1174958-96CB-415F-9990-A65FDA46B647}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:H388"/>
+  <dimension ref="A1:H414"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="27" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="29" customWidth="1"/>
+    <col min="1" max="1" width="20.81640625" customWidth="1"/>
+    <col min="2" max="2" width="66.08984375" customWidth="1"/>
+    <col min="3" max="3" width="12.08984375" customWidth="1"/>
+    <col min="4" max="4" width="14.54296875" customWidth="1"/>
+    <col min="5" max="5" width="30.36328125" customWidth="1"/>
+    <col min="6" max="6" width="51.453125" customWidth="1"/>
+    <col min="7" max="7" width="25.6328125" customWidth="1"/>
+    <col min="8" max="8" width="22.36328125" customWidth="1"/>
+    <col min="9" max="9" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="49" t="s">
+    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="49"/>
-[...8 lines deleted...]
-      <c r="A2" s="48" t="s">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+    </row>
+    <row r="2" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="12"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B3" s="33"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="33"/>
+      <c r="F3" s="33"/>
+      <c r="G3" s="33"/>
+      <c r="H3" s="33"/>
+    </row>
+    <row r="4" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="56" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="57" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="58" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="60" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="40" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="40" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" s="41">
+        <v>1.6720999999999999</v>
+      </c>
+      <c r="F5" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="42">
+        <v>45638</v>
+      </c>
+      <c r="H5" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B6" s="40" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="40" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" s="41">
+        <v>1.0004</v>
+      </c>
+      <c r="F6" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="42">
+        <v>45594</v>
+      </c>
+      <c r="H6" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="40" t="s">
+        <v>74</v>
+      </c>
+      <c r="E7" s="41">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="F7" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="42">
+        <v>45618</v>
+      </c>
+      <c r="H7" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="39" t="s">
+        <v>84</v>
+      </c>
+      <c r="B8" s="40" t="s">
+        <v>85</v>
+      </c>
+      <c r="C8" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" s="41">
+        <v>0.29260000000000003</v>
+      </c>
+      <c r="F8" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="42">
+        <v>45614</v>
+      </c>
+      <c r="H8" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="39" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" s="40" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="40" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="41">
+        <v>0.22650000000000001</v>
+      </c>
+      <c r="F9" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="42">
+        <v>45580</v>
+      </c>
+      <c r="H9" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" s="41">
+        <v>0.1996</v>
+      </c>
+      <c r="F10" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="42">
+        <v>45645</v>
+      </c>
+      <c r="H10" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" s="41">
+        <v>0.1188</v>
+      </c>
+      <c r="F11" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="42">
+        <v>45555</v>
+      </c>
+      <c r="H11" s="43">
+        <v>45670</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="39" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" s="40" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="41">
+        <v>1.0179</v>
+      </c>
+      <c r="F12" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="42">
+        <v>45643</v>
+      </c>
+      <c r="H12" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="39" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" s="40" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="40" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="41">
+        <v>0.64429999999999998</v>
+      </c>
+      <c r="F13" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="42">
+        <v>45621</v>
+      </c>
+      <c r="H13" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="39" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" s="40" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="40" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="41">
+        <v>0.62649999999999995</v>
+      </c>
+      <c r="F14" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="42">
+        <v>45653</v>
+      </c>
+      <c r="H14" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" s="40" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="40" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" s="41">
+        <v>0.2465</v>
+      </c>
+      <c r="F15" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="42">
+        <v>45645</v>
+      </c>
+      <c r="H15" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" s="40" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" s="41">
+        <v>0.19650000000000001</v>
+      </c>
+      <c r="F16" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="42">
+        <v>45637</v>
+      </c>
+      <c r="H16" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="39" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" s="40" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="40" t="s">
+        <v>101</v>
+      </c>
+      <c r="E17" s="41">
+        <v>0.155</v>
+      </c>
+      <c r="F17" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="42">
+        <v>45646</v>
+      </c>
+      <c r="H17" s="43">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="39" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="40" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="40" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" s="41">
+        <v>3.1158000000000001</v>
+      </c>
+      <c r="F18" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="42">
+        <v>45601</v>
+      </c>
+      <c r="H18" s="43">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="39" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" s="40" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="40" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="41">
+        <v>2.8079999999999998</v>
+      </c>
+      <c r="F19" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="42">
+        <v>45627</v>
+      </c>
+      <c r="H19" s="43">
+        <v>45677</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="39" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" s="40" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="40" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="41">
+        <v>0.54449999999999998</v>
+      </c>
+      <c r="F20" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="42">
+        <v>45581</v>
+      </c>
+      <c r="H20" s="43">
+        <v>45680</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="39" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" s="40" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" s="40" t="s">
+        <v>115</v>
+      </c>
+      <c r="E21" s="41">
+        <v>37.287399999999998</v>
+      </c>
+      <c r="F21" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="42">
+        <v>45678</v>
+      </c>
+      <c r="H21" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="39" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" s="40" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" s="40" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" s="41">
+        <v>0.5736</v>
+      </c>
+      <c r="F22" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="42">
+        <v>45617</v>
+      </c>
+      <c r="H22" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="39" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" s="40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="40" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" s="41">
+        <v>0.38009999999999999</v>
+      </c>
+      <c r="F23" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="42">
+        <v>45607</v>
+      </c>
+      <c r="H23" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="39" t="s">
+        <v>123</v>
+      </c>
+      <c r="B24" s="40" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="41">
+        <v>0.24979999999999999</v>
+      </c>
+      <c r="F24" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="42">
+        <v>45645</v>
+      </c>
+      <c r="H24" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="B25" s="40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="40" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="41">
+        <v>0.2298</v>
+      </c>
+      <c r="F25" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="42">
+        <v>45645</v>
+      </c>
+      <c r="H25" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="39" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="40" t="s">
+        <v>112</v>
+      </c>
+      <c r="E26" s="41">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F26" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="42">
+        <v>45637</v>
+      </c>
+      <c r="H26" s="43">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="39" t="s">
+        <v>125</v>
+      </c>
+      <c r="B27" s="40" t="s">
+        <v>126</v>
+      </c>
+      <c r="C27" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="40" t="s">
+        <v>127</v>
+      </c>
+      <c r="E27" s="41">
+        <v>0.2001</v>
+      </c>
+      <c r="F27" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="42">
+        <v>45637</v>
+      </c>
+      <c r="H27" s="43">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="44" t="s">
+        <v>132</v>
+      </c>
+      <c r="B28" s="45" t="s">
         <v>133</v>
       </c>
-      <c r="B2" s="48"/>
-[...8 lines deleted...]
-      <c r="A3" s="47" t="s">
+      <c r="C28" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E28" s="46">
+        <v>0.15</v>
+      </c>
+      <c r="F28" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="47">
+        <v>45642</v>
+      </c>
+      <c r="H28" s="48">
+        <v>45692</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="45" t="s">
+        <v>219</v>
+      </c>
+      <c r="C29" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" s="46">
+        <v>9.5579999999999998</v>
+      </c>
+      <c r="F29" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="47">
+        <v>45665</v>
+      </c>
+      <c r="H29" s="48">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="44" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30" s="45" t="s">
+        <v>137</v>
+      </c>
+      <c r="E30" s="46">
+        <v>8.4636999999999993</v>
+      </c>
+      <c r="F30" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="47">
+        <v>45650</v>
+      </c>
+      <c r="H30" s="48">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="44" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" s="45" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="E31" s="46">
+        <v>0.70020000000000004</v>
+      </c>
+      <c r="F31" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="47">
+        <v>45643</v>
+      </c>
+      <c r="H31" s="48">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="44" t="s">
+        <v>158</v>
+      </c>
+      <c r="B32" s="45" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="45" t="s">
+        <v>160</v>
+      </c>
+      <c r="E32" s="46">
+        <v>2.02</v>
+      </c>
+      <c r="F32" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="47">
+        <v>45638</v>
+      </c>
+      <c r="H32" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" s="45" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="45" t="s">
+        <v>149</v>
+      </c>
+      <c r="E33" s="46">
+        <v>0.43790000000000001</v>
+      </c>
+      <c r="F33" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="47">
+        <v>45610</v>
+      </c>
+      <c r="H33" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="44" t="s">
+        <v>155</v>
+      </c>
+      <c r="B34" s="45" t="s">
+        <v>156</v>
+      </c>
+      <c r="C34" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D34" s="45" t="s">
+        <v>157</v>
+      </c>
+      <c r="E34" s="46">
+        <v>0.34029999999999999</v>
+      </c>
+      <c r="F34" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="47">
+        <v>45685</v>
+      </c>
+      <c r="H34" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="44" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="45" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="45" t="s">
+        <v>154</v>
+      </c>
+      <c r="E35" s="46">
+        <v>0.28050000000000003</v>
+      </c>
+      <c r="F35" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="47">
+        <v>45670</v>
+      </c>
+      <c r="H35" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="44" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" s="45" t="s">
+        <v>143</v>
+      </c>
+      <c r="C36" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="45" t="s">
+        <v>144</v>
+      </c>
+      <c r="E36" s="46">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F36" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="47">
+        <v>45643</v>
+      </c>
+      <c r="H36" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="44" t="s">
+        <v>145</v>
+      </c>
+      <c r="B37" s="45" t="s">
+        <v>146</v>
+      </c>
+      <c r="C37" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="45" t="s">
+        <v>144</v>
+      </c>
+      <c r="E37" s="46">
+        <v>0.19950000000000001</v>
+      </c>
+      <c r="F37" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="47">
+        <v>45643</v>
+      </c>
+      <c r="H37" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="44" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" s="45" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C38" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="45" t="s">
+        <v>151</v>
+      </c>
+      <c r="E38" s="46">
+        <v>0.18149999999999999</v>
+      </c>
+      <c r="F38" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="47">
+        <v>45583</v>
+      </c>
+      <c r="H38" s="48">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="44" t="s">
+        <v>174</v>
+      </c>
+      <c r="B39" s="45" t="s">
+        <v>175</v>
+      </c>
+      <c r="C39" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E39" s="46">
+        <v>1.7504999999999999</v>
+      </c>
+      <c r="F39" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="47">
+        <v>45688</v>
+      </c>
+      <c r="H39" s="48">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="49" t="s">
+        <v>171</v>
+      </c>
+      <c r="B40" s="50" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="50" t="s">
+        <v>173</v>
+      </c>
+      <c r="E40" s="51">
+        <v>0.65880000000000005</v>
+      </c>
+      <c r="F40" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="52">
+        <v>45679</v>
+      </c>
+      <c r="H40" s="53">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="44" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" s="45" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C41" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="45" t="s">
+        <v>170</v>
+      </c>
+      <c r="E41" s="46">
+        <v>0.2984</v>
+      </c>
+      <c r="F41" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="47">
+        <v>45642</v>
+      </c>
+      <c r="H41" s="48">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="44" t="s">
+        <v>161</v>
+      </c>
+      <c r="B42" s="45" t="s">
+        <v>162</v>
+      </c>
+      <c r="C42" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D42" s="45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E42" s="46">
+        <v>0.27989999999999998</v>
+      </c>
+      <c r="F42" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="47">
+        <v>45611</v>
+      </c>
+      <c r="H42" s="48">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="44" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" s="45" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D43" s="45" t="s">
+        <v>168</v>
+      </c>
+      <c r="E43" s="46">
+        <v>0.19850000000000001</v>
+      </c>
+      <c r="F43" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="47">
+        <v>45517</v>
+      </c>
+      <c r="H43" s="48">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="44" t="s">
+        <v>164</v>
+      </c>
+      <c r="B44" s="45" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C44" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" s="45" t="s">
+        <v>165</v>
+      </c>
+      <c r="E44" s="46">
+        <v>0.18890000000000001</v>
+      </c>
+      <c r="F44" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="47">
+        <v>45579</v>
+      </c>
+      <c r="H44" s="48">
+        <v>45707</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="49" t="s">
+        <v>176</v>
+      </c>
+      <c r="B45" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="C45" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="E45" s="51">
+        <v>4.8265000000000002</v>
+      </c>
+      <c r="F45" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="52">
+        <v>45628</v>
+      </c>
+      <c r="H45" s="53">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="44" t="s">
+        <v>199</v>
+      </c>
+      <c r="B46" s="45" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D46" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E46" s="46">
+        <v>0.62509999999999999</v>
+      </c>
+      <c r="F46" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="47">
+        <v>45646</v>
+      </c>
+      <c r="H46" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="44" t="s">
+        <v>179</v>
+      </c>
+      <c r="B47" s="45" t="s">
+        <v>180</v>
+      </c>
+      <c r="C47" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="E47" s="46">
+        <v>0.54020000000000001</v>
+      </c>
+      <c r="F47" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="47">
+        <v>45655</v>
+      </c>
+      <c r="H47" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" s="50" t="s">
+        <v>194</v>
+      </c>
+      <c r="C48" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="50" t="s">
+        <v>195</v>
+      </c>
+      <c r="E48" s="51">
+        <v>0.5</v>
+      </c>
+      <c r="F48" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="52">
+        <v>45694</v>
+      </c>
+      <c r="H48" s="53">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" s="45" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" s="45" t="s">
+        <v>184</v>
+      </c>
+      <c r="E49" s="46">
+        <v>0.41620000000000001</v>
+      </c>
+      <c r="F49" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="47">
+        <v>45705</v>
+      </c>
+      <c r="H49" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="49" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" s="50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" s="50" t="s">
+        <v>160</v>
+      </c>
+      <c r="E50" s="51">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="F50" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="52">
+        <v>45705</v>
+      </c>
+      <c r="H50" s="53">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="44" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" s="45" t="s">
+        <v>209</v>
+      </c>
+      <c r="C51" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" s="45" t="s">
+        <v>210</v>
+      </c>
+      <c r="E51" s="46">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F51" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="47">
+        <v>45692</v>
+      </c>
+      <c r="H51" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="44" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" s="45" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" s="45" t="s">
+        <v>213</v>
+      </c>
+      <c r="E52" s="46">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F52" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="47">
+        <v>45692</v>
+      </c>
+      <c r="H52" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="44" t="s">
+        <v>205</v>
+      </c>
+      <c r="B53" s="45" t="s">
+        <v>206</v>
+      </c>
+      <c r="C53" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="45" t="s">
+        <v>207</v>
+      </c>
+      <c r="E53" s="46">
+        <v>0.24990000000000001</v>
+      </c>
+      <c r="F53" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="47">
+        <v>45677</v>
+      </c>
+      <c r="H53" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="49" t="s">
+        <v>191</v>
+      </c>
+      <c r="B54" s="50" t="s">
+        <v>192</v>
+      </c>
+      <c r="C54" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="50" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" s="51">
+        <v>0.24</v>
+      </c>
+      <c r="F54" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="52">
+        <v>45692</v>
+      </c>
+      <c r="H54" s="53">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B55" s="45" t="s">
+        <v>189</v>
+      </c>
+      <c r="C55" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="45" t="s">
+        <v>190</v>
+      </c>
+      <c r="E55" s="46">
+        <v>0.22750000000000001</v>
+      </c>
+      <c r="F55" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="47">
+        <v>45664</v>
+      </c>
+      <c r="H55" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="44" t="s">
+        <v>196</v>
+      </c>
+      <c r="B56" s="45" t="s">
+        <v>197</v>
+      </c>
+      <c r="C56" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D56" s="45" t="s">
+        <v>198</v>
+      </c>
+      <c r="E56" s="46">
+        <v>0.22320000000000001</v>
+      </c>
+      <c r="F56" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="47">
+        <v>45629</v>
+      </c>
+      <c r="H56" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="44" t="s">
+        <v>201</v>
+      </c>
+      <c r="B57" s="45" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C57" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="45" t="s">
+        <v>202</v>
+      </c>
+      <c r="E57" s="46">
+        <v>0.2198</v>
+      </c>
+      <c r="F57" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="47">
+        <v>45631</v>
+      </c>
+      <c r="H57" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B58" s="45" t="s">
+        <v>186</v>
+      </c>
+      <c r="C58" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="E58" s="46">
+        <v>0.2001</v>
+      </c>
+      <c r="F58" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="47">
+        <v>45611</v>
+      </c>
+      <c r="H58" s="48">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="44" t="s">
+        <v>217</v>
+      </c>
+      <c r="B59" s="45" t="s">
+        <v>218</v>
+      </c>
+      <c r="C59" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="E59" s="46">
+        <v>2.0184000000000002</v>
+      </c>
+      <c r="F59" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="47">
+        <v>45646</v>
+      </c>
+      <c r="H59" s="48">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="44" t="s">
+        <v>214</v>
+      </c>
+      <c r="B60" s="45" t="s">
+        <v>215</v>
+      </c>
+      <c r="C60" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="45" t="s">
+        <v>216</v>
+      </c>
+      <c r="E60" s="46">
+        <v>1.3226</v>
+      </c>
+      <c r="F60" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="47">
+        <v>45614</v>
+      </c>
+      <c r="H60" s="48">
+        <v>45712</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="44" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" s="45" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="45" t="s">
+        <v>239</v>
+      </c>
+      <c r="E61" s="46">
+        <v>0.44290000000000002</v>
+      </c>
+      <c r="F61" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="47">
+        <v>45485</v>
+      </c>
+      <c r="H61" s="48">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="44" t="s">
+        <v>240</v>
+      </c>
+      <c r="B62" s="45" t="s">
+        <v>241</v>
+      </c>
+      <c r="C62" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="45" t="s">
+        <v>242</v>
+      </c>
+      <c r="E62" s="46">
+        <v>0.24030000000000001</v>
+      </c>
+      <c r="F62" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="47">
+        <v>45642</v>
+      </c>
+      <c r="H62" s="48">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="44" t="s">
+        <v>258</v>
+      </c>
+      <c r="B63" s="45" t="s">
+        <v>259</v>
+      </c>
+      <c r="C63" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" s="45" t="s">
+        <v>239</v>
+      </c>
+      <c r="E63" s="46">
+        <v>0.50049999999999994</v>
+      </c>
+      <c r="F63" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="47">
+        <v>45702</v>
+      </c>
+      <c r="H63" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="44" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" s="45" t="s">
+        <v>256</v>
+      </c>
+      <c r="C64" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" s="45" t="s">
+        <v>257</v>
+      </c>
+      <c r="E64" s="46">
+        <v>0.32479999999999998</v>
+      </c>
+      <c r="F64" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="47">
+        <v>45699</v>
+      </c>
+      <c r="H64" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="44" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" s="45" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="45" t="s">
+        <v>251</v>
+      </c>
+      <c r="E65" s="46">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="F65" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="47">
+        <v>45643</v>
+      </c>
+      <c r="H65" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="44" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" s="45" t="s">
+        <v>264</v>
+      </c>
+      <c r="C66" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" s="45" t="s">
+        <v>265</v>
+      </c>
+      <c r="E66" s="46">
+        <v>0.27510000000000001</v>
+      </c>
+      <c r="F66" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="47">
+        <v>45707</v>
+      </c>
+      <c r="H66" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="44" t="s">
+        <v>246</v>
+      </c>
+      <c r="B67" s="45" t="s">
+        <v>247</v>
+      </c>
+      <c r="C67" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" s="45" t="s">
+        <v>248</v>
+      </c>
+      <c r="E67" s="46">
+        <v>0.24</v>
+      </c>
+      <c r="F67" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="47">
+        <v>45702</v>
+      </c>
+      <c r="H67" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="44" t="s">
+        <v>260</v>
+      </c>
+      <c r="B68" s="45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C68" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="45" t="s">
+        <v>262</v>
+      </c>
+      <c r="E68" s="46">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="F68" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="47">
+        <v>45705</v>
+      </c>
+      <c r="H68" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="44" t="s">
+        <v>243</v>
+      </c>
+      <c r="B69" s="45" t="s">
+        <v>244</v>
+      </c>
+      <c r="C69" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D69" s="45" t="s">
+        <v>245</v>
+      </c>
+      <c r="E69" s="46">
+        <v>0.1996</v>
+      </c>
+      <c r="F69" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="47">
+        <v>45713</v>
+      </c>
+      <c r="H69" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="44" t="s">
+        <v>252</v>
+      </c>
+      <c r="B70" s="45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C70" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="45" t="s">
+        <v>254</v>
+      </c>
+      <c r="E70" s="46">
+        <v>0.1812</v>
+      </c>
+      <c r="F70" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="47">
+        <v>45699</v>
+      </c>
+      <c r="H70" s="48">
+        <v>45723</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="44" t="s">
+        <v>279</v>
+      </c>
+      <c r="B71" s="45" t="s">
+        <v>280</v>
+      </c>
+      <c r="C71" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="45" t="s">
+        <v>281</v>
+      </c>
+      <c r="E71" s="46">
+        <v>1.0626</v>
+      </c>
+      <c r="F71" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="47">
+        <v>45714</v>
+      </c>
+      <c r="H71" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B72" s="45" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C72" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D72" s="45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E72" s="46">
+        <v>0.64980000000000004</v>
+      </c>
+      <c r="F72" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="47">
+        <v>45568</v>
+      </c>
+      <c r="H72" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B73" s="45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C73" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D73" s="45" t="s">
+        <v>284</v>
+      </c>
+      <c r="E73" s="46">
+        <v>0.5</v>
+      </c>
+      <c r="F73" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="47">
+        <v>45705</v>
+      </c>
+      <c r="H73" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B74" s="45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C74" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="45" t="s">
+        <v>275</v>
+      </c>
+      <c r="E74" s="46">
+        <v>0.252</v>
+      </c>
+      <c r="F74" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="47">
+        <v>45548</v>
+      </c>
+      <c r="H74" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="44" t="s">
+        <v>266</v>
+      </c>
+      <c r="B75" s="45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C75" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="45" t="s">
+        <v>173</v>
+      </c>
+      <c r="E75" s="46">
+        <v>0.2</v>
+      </c>
+      <c r="F75" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="47">
+        <v>45717</v>
+      </c>
+      <c r="H75" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B76" s="45" t="s">
+        <v>277</v>
+      </c>
+      <c r="C76" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" s="45" t="s">
+        <v>278</v>
+      </c>
+      <c r="E76" s="46">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="F76" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="47">
+        <v>45595</v>
+      </c>
+      <c r="H76" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B77" s="45" t="s">
+        <v>286</v>
+      </c>
+      <c r="C77" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="45" t="s">
+        <v>287</v>
+      </c>
+      <c r="E77" s="46">
+        <v>0.16009999999999999</v>
+      </c>
+      <c r="F77" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="47">
+        <v>45646</v>
+      </c>
+      <c r="H77" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B78" s="45" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C78" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" s="45" t="s">
+        <v>289</v>
+      </c>
+      <c r="E78" s="46">
+        <v>0.15840000000000001</v>
+      </c>
+      <c r="F78" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="47">
+        <v>45565</v>
+      </c>
+      <c r="H78" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="44" t="s">
+        <v>268</v>
+      </c>
+      <c r="B79" s="45" t="s">
+        <v>269</v>
+      </c>
+      <c r="C79" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D79" s="45" t="s">
+        <v>270</v>
+      </c>
+      <c r="E79" s="46">
+        <v>0.14760000000000001</v>
+      </c>
+      <c r="F79" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="47">
+        <v>45593</v>
+      </c>
+      <c r="H79" s="48">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="44" t="s">
+        <v>290</v>
+      </c>
+      <c r="B80" s="45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C80" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="45" t="s">
+        <v>292</v>
+      </c>
+      <c r="E80" s="46">
+        <v>195.69300000000001</v>
+      </c>
+      <c r="F80" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="47">
+        <v>45607</v>
+      </c>
+      <c r="H80" s="48">
+        <v>45743</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B81" s="45" t="s">
+        <v>315</v>
+      </c>
+      <c r="C81" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" s="45" t="s">
+        <v>316</v>
+      </c>
+      <c r="E81" s="46">
+        <v>2.6732999999999998</v>
+      </c>
+      <c r="F81" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="47">
+        <v>45673</v>
+      </c>
+      <c r="H81" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="44" t="s">
+        <v>301</v>
+      </c>
+      <c r="B82" s="45" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C82" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" s="45" t="s">
+        <v>302</v>
+      </c>
+      <c r="E82" s="46">
+        <v>0.47020000000000001</v>
+      </c>
+      <c r="F82" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="47">
+        <v>45630</v>
+      </c>
+      <c r="H82" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="49" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" s="50" t="s">
+        <v>313</v>
+      </c>
+      <c r="C83" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="D83" s="50" t="s">
+        <v>213</v>
+      </c>
+      <c r="E83" s="51">
+        <v>0.4647</v>
+      </c>
+      <c r="F83" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="47">
+        <v>45693</v>
+      </c>
+      <c r="H83" s="53">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="44" t="s">
+        <v>293</v>
+      </c>
+      <c r="B84" s="45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C84" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D84" s="45" t="s">
+        <v>295</v>
+      </c>
+      <c r="E84" s="46">
+        <v>0.3478</v>
+      </c>
+      <c r="F84" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="47">
+        <v>45566</v>
+      </c>
+      <c r="H84" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B85" s="45" t="s">
+        <v>300</v>
+      </c>
+      <c r="C85" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" s="45" t="s">
+        <v>190</v>
+      </c>
+      <c r="E85" s="46">
+        <v>0.34760000000000002</v>
+      </c>
+      <c r="F85" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="47">
+        <v>45719</v>
+      </c>
+      <c r="H85" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B86" s="45" t="s">
+        <v>318</v>
+      </c>
+      <c r="C86" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" s="45" t="s">
+        <v>319</v>
+      </c>
+      <c r="E86" s="46">
+        <v>0.31359999999999999</v>
+      </c>
+      <c r="F86" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="47">
+        <v>45715</v>
+      </c>
+      <c r="H86" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="44" t="s">
+        <v>303</v>
+      </c>
+      <c r="B87" s="45" t="s">
+        <v>304</v>
+      </c>
+      <c r="C87" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="45" t="s">
+        <v>305</v>
+      </c>
+      <c r="E87" s="46">
+        <v>0.3135</v>
+      </c>
+      <c r="F87" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="47">
+        <v>45600</v>
+      </c>
+      <c r="H87" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="44" t="s">
+        <v>306</v>
+      </c>
+      <c r="B88" s="45" t="s">
+        <v>307</v>
+      </c>
+      <c r="C88" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" s="45" t="s">
+        <v>308</v>
+      </c>
+      <c r="E88" s="46">
+        <v>0.30740000000000001</v>
+      </c>
+      <c r="F88" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="47">
+        <v>45625</v>
+      </c>
+      <c r="H88" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="44" t="s">
+        <v>296</v>
+      </c>
+      <c r="B89" s="45" t="s">
+        <v>297</v>
+      </c>
+      <c r="C89" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D89" s="45" t="s">
+        <v>298</v>
+      </c>
+      <c r="E89" s="46">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F89" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="47">
+        <v>44267</v>
+      </c>
+      <c r="H89" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="44" t="s">
+        <v>309</v>
+      </c>
+      <c r="B90" s="45" t="s">
+        <v>310</v>
+      </c>
+      <c r="C90" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="45" t="s">
+        <v>311</v>
+      </c>
+      <c r="E90" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F90" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="47">
+        <v>45721</v>
+      </c>
+      <c r="H90" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="44" t="s">
+        <v>320</v>
+      </c>
+      <c r="B91" s="45" t="s">
+        <v>321</v>
+      </c>
+      <c r="C91" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D91" s="45" t="s">
+        <v>322</v>
+      </c>
+      <c r="E91" s="46">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F91" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="47">
+        <v>45707</v>
+      </c>
+      <c r="H91" s="48">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="44" t="s">
+        <v>328</v>
+      </c>
+      <c r="B92" s="45" t="s">
+        <v>329</v>
+      </c>
+      <c r="C92" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D92" s="45" t="s">
+        <v>330</v>
+      </c>
+      <c r="E92" s="46">
+        <v>0.99960000000000004</v>
+      </c>
+      <c r="F92" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="47">
+        <v>45727</v>
+      </c>
+      <c r="H92" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="44" t="s">
+        <v>334</v>
+      </c>
+      <c r="B93" s="45" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D93" s="45" t="s">
+        <v>336</v>
+      </c>
+      <c r="E93" s="46">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="F93" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="47">
+        <v>45638</v>
+      </c>
+      <c r="H93" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="44" t="s">
+        <v>323</v>
+      </c>
+      <c r="B94" s="45" t="s">
+        <v>324</v>
+      </c>
+      <c r="C94" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="E94" s="46">
+        <v>0.3997</v>
+      </c>
+      <c r="F94" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="47">
+        <v>45716</v>
+      </c>
+      <c r="H94" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="44" t="s">
+        <v>325</v>
+      </c>
+      <c r="B95" s="45" t="s">
+        <v>326</v>
+      </c>
+      <c r="C95" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" s="45" t="s">
+        <v>327</v>
+      </c>
+      <c r="E95" s="46">
+        <v>0.33960000000000001</v>
+      </c>
+      <c r="F95" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="47">
+        <v>45611</v>
+      </c>
+      <c r="H95" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="44" t="s">
+        <v>337</v>
+      </c>
+      <c r="B96" s="45" t="s">
+        <v>338</v>
+      </c>
+      <c r="C96" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" s="45" t="s">
+        <v>311</v>
+      </c>
+      <c r="E96" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F96" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="47">
+        <v>45713</v>
+      </c>
+      <c r="H96" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="44" t="s">
+        <v>331</v>
+      </c>
+      <c r="B97" s="45" t="s">
+        <v>332</v>
+      </c>
+      <c r="C97" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D97" s="45" t="s">
+        <v>333</v>
+      </c>
+      <c r="E97" s="46">
+        <v>0.19819999999999999</v>
+      </c>
+      <c r="F97" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="47">
+        <v>45721</v>
+      </c>
+      <c r="H97" s="48">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="44" t="s">
+        <v>342</v>
+      </c>
+      <c r="B98" s="45" t="s">
+        <v>343</v>
+      </c>
+      <c r="C98" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D98" s="45" t="s">
+        <v>344</v>
+      </c>
+      <c r="E98" s="46">
+        <v>520.39319999999998</v>
+      </c>
+      <c r="F98" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="47">
+        <v>45646</v>
+      </c>
+      <c r="H98" s="48">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="44" t="s">
+        <v>339</v>
+      </c>
+      <c r="B99" s="45" t="s">
+        <v>340</v>
+      </c>
+      <c r="C99" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" s="45" t="s">
+        <v>341</v>
+      </c>
+      <c r="E99" s="46">
+        <v>0.27750000000000002</v>
+      </c>
+      <c r="F99" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="47">
+        <v>45707</v>
+      </c>
+      <c r="H99" s="48">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="44" t="s">
+        <v>352</v>
+      </c>
+      <c r="B100" s="45" t="s">
+        <v>353</v>
+      </c>
+      <c r="C100" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D100" s="45" t="s">
+        <v>354</v>
+      </c>
+      <c r="E100" s="46">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="F100" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="47">
+        <v>45743</v>
+      </c>
+      <c r="H100" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="44" t="s">
+        <v>366</v>
+      </c>
+      <c r="B101" s="45" t="s">
+        <v>367</v>
+      </c>
+      <c r="C101" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" s="45" t="s">
+        <v>368</v>
+      </c>
+      <c r="E101" s="46">
+        <v>0.55110000000000003</v>
+      </c>
+      <c r="F101" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="47">
+        <v>45668</v>
+      </c>
+      <c r="H101" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="44" t="s">
+        <v>361</v>
+      </c>
+      <c r="B102" s="45" t="s">
+        <v>362</v>
+      </c>
+      <c r="C102" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="45" t="s">
+        <v>363</v>
+      </c>
+      <c r="E102" s="46">
+        <v>0.52</v>
+      </c>
+      <c r="F102" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="47">
+        <v>45730</v>
+      </c>
+      <c r="H102" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="44" t="s">
+        <v>377</v>
+      </c>
+      <c r="B103" s="45" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C103" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" s="45" t="s">
+        <v>378</v>
+      </c>
+      <c r="E103" s="46">
+        <v>0.4002</v>
+      </c>
+      <c r="F103" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="47">
+        <v>45646</v>
+      </c>
+      <c r="H103" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="44" t="s">
+        <v>375</v>
+      </c>
+      <c r="B104" s="45" t="s">
+        <v>376</v>
+      </c>
+      <c r="C104" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" s="45" t="s">
+        <v>330</v>
+      </c>
+      <c r="E104" s="46">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="F104" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="47">
+        <v>45714</v>
+      </c>
+      <c r="H104" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A105" s="44" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B105" s="45" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C105" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D105" s="45" t="s">
+        <v>954</v>
+      </c>
+      <c r="E105" s="46">
+        <v>0.28770000000000001</v>
+      </c>
+      <c r="F105" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="47">
+        <v>45747</v>
+      </c>
+      <c r="H105" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A106" s="44" t="s">
+        <v>355</v>
+      </c>
+      <c r="B106" s="45" t="s">
+        <v>356</v>
+      </c>
+      <c r="C106" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" s="45" t="s">
+        <v>357</v>
+      </c>
+      <c r="E106" s="46">
+        <v>0.25259999999999999</v>
+      </c>
+      <c r="F106" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="47">
+        <v>45736</v>
+      </c>
+      <c r="H106" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A107" s="44" t="s">
+        <v>364</v>
+      </c>
+      <c r="B107" s="45" t="s">
+        <v>365</v>
+      </c>
+      <c r="C107" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" s="45" t="s">
+        <v>207</v>
+      </c>
+      <c r="E107" s="46">
+        <v>0.246</v>
+      </c>
+      <c r="F107" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="47">
+        <v>45673</v>
+      </c>
+      <c r="H107" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A108" s="44" t="s">
+        <v>372</v>
+      </c>
+      <c r="B108" s="45" t="s">
+        <v>373</v>
+      </c>
+      <c r="C108" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" s="45" t="s">
+        <v>374</v>
+      </c>
+      <c r="E108" s="46">
+        <v>0.2205</v>
+      </c>
+      <c r="F108" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="47">
+        <v>45742</v>
+      </c>
+      <c r="H108" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A109" s="44" t="s">
+        <v>369</v>
+      </c>
+      <c r="B109" s="45" t="s">
+        <v>370</v>
+      </c>
+      <c r="C109" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" s="45" t="s">
+        <v>371</v>
+      </c>
+      <c r="E109" s="46">
+        <v>0.2006</v>
+      </c>
+      <c r="F109" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="47">
+        <v>45740</v>
+      </c>
+      <c r="H109" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A110" s="44" t="s">
+        <v>350</v>
+      </c>
+      <c r="B110" s="45" t="s">
+        <v>351</v>
+      </c>
+      <c r="C110" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D110" s="45" t="s">
+        <v>160</v>
+      </c>
+      <c r="E110" s="46">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F110" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="47">
+        <v>45702</v>
+      </c>
+      <c r="H110" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A111" s="49" t="s">
+        <v>345</v>
+      </c>
+      <c r="B111" s="50" t="s">
+        <v>346</v>
+      </c>
+      <c r="C111" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" s="50" t="s">
+        <v>347</v>
+      </c>
+      <c r="E111" s="51">
+        <v>0.1996</v>
+      </c>
+      <c r="F111" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="52">
+        <v>45716</v>
+      </c>
+      <c r="H111" s="53">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A112" s="44" t="s">
+        <v>358</v>
+      </c>
+      <c r="B112" s="45" t="s">
+        <v>359</v>
+      </c>
+      <c r="C112" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D112" s="45" t="s">
+        <v>360</v>
+      </c>
+      <c r="E112" s="46">
+        <v>0.18909999999999999</v>
+      </c>
+      <c r="F112" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="47">
+        <v>45686</v>
+      </c>
+      <c r="H112" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A113" s="44" t="s">
+        <v>348</v>
+      </c>
+      <c r="B113" s="45" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C113" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" s="45" t="s">
+        <v>349</v>
+      </c>
+      <c r="E113" s="46">
+        <v>0.15240000000000001</v>
+      </c>
+      <c r="F113" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="47">
+        <v>45685</v>
+      </c>
+      <c r="H113" s="48">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A114" s="44" t="s">
+        <v>379</v>
+      </c>
+      <c r="B114" s="45" t="s">
+        <v>380</v>
+      </c>
+      <c r="C114" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D114" s="45" t="s">
+        <v>381</v>
+      </c>
+      <c r="E114" s="46">
+        <v>0.40039999999999998</v>
+      </c>
+      <c r="F114" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="47">
+        <v>45707</v>
+      </c>
+      <c r="H114" s="48">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A115" s="44" t="s">
+        <v>382</v>
+      </c>
+      <c r="B115" s="45" t="s">
+        <v>383</v>
+      </c>
+      <c r="C115" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="45" t="s">
+        <v>384</v>
+      </c>
+      <c r="E115" s="46">
+        <v>0.39689999999999998</v>
+      </c>
+      <c r="F115" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="47">
+        <v>45668</v>
+      </c>
+      <c r="H115" s="48">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A116" s="44" t="s">
+        <v>385</v>
+      </c>
+      <c r="B116" s="45" t="s">
+        <v>386</v>
+      </c>
+      <c r="C116" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" s="45" t="s">
+        <v>387</v>
+      </c>
+      <c r="E116" s="46">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="F116" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="47">
+        <v>45749</v>
+      </c>
+      <c r="H116" s="48">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A117" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="B117" s="45" t="s">
+        <v>389</v>
+      </c>
+      <c r="C117" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D117" s="45" t="s">
+        <v>390</v>
+      </c>
+      <c r="E117" s="46">
+        <v>0.214</v>
+      </c>
+      <c r="F117" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="47">
+        <v>45740</v>
+      </c>
+      <c r="H117" s="48">
+        <v>45761</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A118" s="44" t="s">
+        <v>393</v>
+      </c>
+      <c r="B118" s="45" t="s">
+        <v>394</v>
+      </c>
+      <c r="C118" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D118" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E118" s="46">
+        <v>0.49940000000000001</v>
+      </c>
+      <c r="F118" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="47">
+        <v>45749</v>
+      </c>
+      <c r="H118" s="48">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A119" s="44" t="s">
+        <v>391</v>
+      </c>
+      <c r="B119" s="45" t="s">
+        <v>392</v>
+      </c>
+      <c r="C119" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" s="45" t="s">
+        <v>30</v>
+      </c>
+      <c r="E119" s="46">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="F119" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="47">
+        <v>45708</v>
+      </c>
+      <c r="H119" s="48">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A120" s="44" t="s">
+        <v>395</v>
+      </c>
+      <c r="B120" s="45" t="s">
+        <v>396</v>
+      </c>
+      <c r="C120" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D120" s="45" t="s">
+        <v>397</v>
+      </c>
+      <c r="E120" s="46">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F120" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="47">
+        <v>45716</v>
+      </c>
+      <c r="H120" s="48">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A121" s="44" t="s">
+        <v>398</v>
+      </c>
+      <c r="B121" s="45" t="s">
+        <v>399</v>
+      </c>
+      <c r="C121" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="45" t="s">
+        <v>400</v>
+      </c>
+      <c r="E121" s="46">
+        <v>0.32319999999999999</v>
+      </c>
+      <c r="F121" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="47">
+        <v>45739</v>
+      </c>
+      <c r="H121" s="48">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A122" s="49" t="s">
+        <v>413</v>
+      </c>
+      <c r="B122" s="50" t="s">
+        <v>414</v>
+      </c>
+      <c r="C122" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D122" s="50" t="s">
+        <v>415</v>
+      </c>
+      <c r="E122" s="51">
+        <v>1.4802999999999999</v>
+      </c>
+      <c r="F122" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="52">
+        <v>45686</v>
+      </c>
+      <c r="H122" s="53">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A123" s="44" t="s">
+        <v>407</v>
+      </c>
+      <c r="B123" s="45" t="s">
+        <v>408</v>
+      </c>
+      <c r="C123" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" s="45" t="s">
+        <v>409</v>
+      </c>
+      <c r="E123" s="46">
+        <v>1.032</v>
+      </c>
+      <c r="F123" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="47">
+        <v>45749</v>
+      </c>
+      <c r="H123" s="48">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A124" s="44" t="s">
+        <v>401</v>
+      </c>
+      <c r="B124" s="45" t="s">
+        <v>402</v>
+      </c>
+      <c r="C124" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" s="45" t="s">
+        <v>403</v>
+      </c>
+      <c r="E124" s="46">
+        <v>0.36080000000000001</v>
+      </c>
+      <c r="F124" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="47">
+        <v>45685</v>
+      </c>
+      <c r="H124" s="48">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A125" s="44" t="s">
+        <v>404</v>
+      </c>
+      <c r="B125" s="45" t="s">
+        <v>405</v>
+      </c>
+      <c r="C125" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" s="45" t="s">
+        <v>406</v>
+      </c>
+      <c r="E125" s="46">
+        <v>0.20780000000000001</v>
+      </c>
+      <c r="F125" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="47">
+        <v>45698</v>
+      </c>
+      <c r="H125" s="48">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A126" s="44" t="s">
+        <v>410</v>
+      </c>
+      <c r="B126" s="45" t="s">
+        <v>411</v>
+      </c>
+      <c r="C126" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D126" s="45" t="s">
+        <v>412</v>
+      </c>
+      <c r="E126" s="46">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F126" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="47">
+        <v>45748</v>
+      </c>
+      <c r="H126" s="48">
+        <v>45764</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A127" s="44" t="s">
+        <v>422</v>
+      </c>
+      <c r="B127" s="45" t="s">
+        <v>423</v>
+      </c>
+      <c r="C127" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D127" s="45" t="s">
+        <v>424</v>
+      </c>
+      <c r="E127" s="46">
+        <v>6.1623000000000001</v>
+      </c>
+      <c r="F127" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="47">
+        <v>45692</v>
+      </c>
+      <c r="H127" s="48">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A128" s="44" t="s">
+        <v>416</v>
+      </c>
+      <c r="B128" s="45" t="s">
+        <v>417</v>
+      </c>
+      <c r="C128" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" s="45" t="s">
+        <v>418</v>
+      </c>
+      <c r="E128" s="46">
+        <v>3.4394999999999998</v>
+      </c>
+      <c r="F128" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="47">
+        <v>45686</v>
+      </c>
+      <c r="H128" s="48">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A129" s="44" t="s">
+        <v>419</v>
+      </c>
+      <c r="B129" s="45" t="s">
+        <v>420</v>
+      </c>
+      <c r="C129" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D129" s="45" t="s">
+        <v>421</v>
+      </c>
+      <c r="E129" s="46">
+        <v>0.99990000000000001</v>
+      </c>
+      <c r="F129" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="47">
+        <v>45713</v>
+      </c>
+      <c r="H129" s="48">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A130" s="44" t="s">
+        <v>425</v>
+      </c>
+      <c r="B130" s="45" t="s">
+        <v>426</v>
+      </c>
+      <c r="C130" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D130" s="45" t="s">
+        <v>427</v>
+      </c>
+      <c r="E130" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F130" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="47">
+        <v>45743</v>
+      </c>
+      <c r="H130" s="48">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A131" s="44" t="s">
+        <v>428</v>
+      </c>
+      <c r="B131" s="45" t="s">
+        <v>429</v>
+      </c>
+      <c r="C131" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D131" s="45" t="s">
+        <v>430</v>
+      </c>
+      <c r="E131" s="46">
+        <v>0.2</v>
+      </c>
+      <c r="F131" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="47">
+        <v>45762</v>
+      </c>
+      <c r="H131" s="48">
+        <v>45770</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A132" s="44" t="s">
+        <v>431</v>
+      </c>
+      <c r="B132" s="45" t="s">
+        <v>432</v>
+      </c>
+      <c r="C132" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D132" s="45" t="s">
+        <v>433</v>
+      </c>
+      <c r="E132" s="46">
+        <v>8.2028999999999996</v>
+      </c>
+      <c r="F132" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="47">
+        <v>45721</v>
+      </c>
+      <c r="H132" s="48">
+        <v>45771</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A133" s="44" t="s">
+        <v>440</v>
+      </c>
+      <c r="B133" s="45" t="s">
+        <v>441</v>
+      </c>
+      <c r="C133" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" s="45" t="s">
+        <v>442</v>
+      </c>
+      <c r="E133" s="46">
+        <v>6.0037000000000003</v>
+      </c>
+      <c r="F133" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="47">
+        <v>45743</v>
+      </c>
+      <c r="H133" s="48">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A134" s="44" t="s">
+        <v>445</v>
+      </c>
+      <c r="B134" s="45" t="s">
+        <v>446</v>
+      </c>
+      <c r="C134" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" s="45" t="s">
+        <v>144</v>
+      </c>
+      <c r="E134" s="46">
+        <v>0.35949999999999999</v>
+      </c>
+      <c r="F134" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="47">
+        <v>45757</v>
+      </c>
+      <c r="H134" s="48">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A135" s="44" t="s">
+        <v>437</v>
+      </c>
+      <c r="B135" s="45" t="s">
+        <v>438</v>
+      </c>
+      <c r="C135" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" s="45" t="s">
+        <v>439</v>
+      </c>
+      <c r="E135" s="46">
+        <v>0.29120000000000001</v>
+      </c>
+      <c r="F135" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="47">
+        <v>45750</v>
+      </c>
+      <c r="H135" s="48">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A136" s="44" t="s">
+        <v>443</v>
+      </c>
+      <c r="B136" s="45" t="s">
+        <v>444</v>
+      </c>
+      <c r="C136" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D136" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="E136" s="46">
+        <v>0.2</v>
+      </c>
+      <c r="F136" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="47">
+        <v>45740</v>
+      </c>
+      <c r="H136" s="48">
+        <v>45779</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A137" s="49" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B137" s="50" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C137" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" s="50" t="s">
+        <v>160</v>
+      </c>
+      <c r="E137" s="51">
+        <v>0.6996</v>
+      </c>
+      <c r="F137" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="52">
+        <v>45758</v>
+      </c>
+      <c r="H137" s="53">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A138" s="44" t="s">
         <v>1069</v>
       </c>
-      <c r="B3" s="47"/>
-[...40 lines deleted...]
-      <c r="C5" s="18" t="s">
+      <c r="B138" s="45" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C138" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C6" s="18" t="s">
+      <c r="D138" s="45" t="s">
+        <v>439</v>
+      </c>
+      <c r="E138" s="46">
+        <v>0.48949999999999999</v>
+      </c>
+      <c r="F138" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="47">
+        <v>45750</v>
+      </c>
+      <c r="H138" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A139" s="44" t="s">
+        <v>453</v>
+      </c>
+      <c r="B139" s="45" t="s">
+        <v>454</v>
+      </c>
+      <c r="C139" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D139" s="45" t="s">
+        <v>455</v>
+      </c>
+      <c r="E139" s="46">
+        <v>0.4698</v>
+      </c>
+      <c r="F139" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="47">
+        <v>45631</v>
+      </c>
+      <c r="H139" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A140" s="44" t="s">
+        <v>450</v>
+      </c>
+      <c r="B140" s="45" t="s">
+        <v>451</v>
+      </c>
+      <c r="C140" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C7" s="18" t="s">
+      <c r="D140" s="45" t="s">
+        <v>452</v>
+      </c>
+      <c r="E140" s="46">
+        <v>0.39950000000000002</v>
+      </c>
+      <c r="F140" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="47">
+        <v>45758</v>
+      </c>
+      <c r="H140" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A141" s="44" t="s">
+        <v>456</v>
+      </c>
+      <c r="B141" s="45" t="s">
+        <v>457</v>
+      </c>
+      <c r="C141" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" s="45" t="s">
+        <v>406</v>
+      </c>
+      <c r="E141" s="46">
+        <v>0.27889999999999998</v>
+      </c>
+      <c r="F141" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="47">
+        <v>45777</v>
+      </c>
+      <c r="H141" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A142" s="44" t="s">
+        <v>447</v>
+      </c>
+      <c r="B142" s="45" t="s">
+        <v>448</v>
+      </c>
+      <c r="C142" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" s="45" t="s">
+        <v>449</v>
+      </c>
+      <c r="E142" s="46">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="F142" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="47">
+        <v>45674</v>
+      </c>
+      <c r="H142" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A143" s="44" t="s">
+        <v>461</v>
+      </c>
+      <c r="B143" s="45" t="s">
+        <v>462</v>
+      </c>
+      <c r="C143" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C8" s="18" t="s">
+      <c r="D143" s="45" t="s">
+        <v>463</v>
+      </c>
+      <c r="E143" s="46">
+        <v>0.2387</v>
+      </c>
+      <c r="F143" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="47">
+        <v>45770</v>
+      </c>
+      <c r="H143" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A144" s="44" t="s">
+        <v>467</v>
+      </c>
+      <c r="B144" s="45" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C144" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C9" s="18" t="s">
+      <c r="D144" s="45" t="s">
+        <v>468</v>
+      </c>
+      <c r="E144" s="46">
+        <v>0.17680000000000001</v>
+      </c>
+      <c r="F144" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="47">
+        <v>45749</v>
+      </c>
+      <c r="H144" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A145" s="44" t="s">
+        <v>458</v>
+      </c>
+      <c r="B145" s="45" t="s">
+        <v>459</v>
+      </c>
+      <c r="C145" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C10" s="18" t="s">
+      <c r="D145" s="45" t="s">
+        <v>460</v>
+      </c>
+      <c r="E145" s="46">
+        <v>0.17030000000000001</v>
+      </c>
+      <c r="F145" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="47">
+        <v>45625</v>
+      </c>
+      <c r="H145" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A146" s="44" t="s">
+        <v>464</v>
+      </c>
+      <c r="B146" s="45" t="s">
+        <v>465</v>
+      </c>
+      <c r="C146" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D146" s="45" t="s">
+        <v>466</v>
+      </c>
+      <c r="E146" s="46">
+        <v>0.16869999999999999</v>
+      </c>
+      <c r="F146" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="47">
+        <v>45770</v>
+      </c>
+      <c r="H146" s="48">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A147" s="44" t="s">
+        <v>482</v>
+      </c>
+      <c r="B147" s="45" t="s">
+        <v>483</v>
+      </c>
+      <c r="C147" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D147" s="45" t="s">
+        <v>484</v>
+      </c>
+      <c r="E147" s="46">
+        <v>346.24799999999999</v>
+      </c>
+      <c r="F147" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="47">
+        <v>45674</v>
+      </c>
+      <c r="H147" s="48">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A148" s="49" t="s">
+        <v>480</v>
+      </c>
+      <c r="B148" s="50" t="s">
+        <v>481</v>
+      </c>
+      <c r="C148" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D148" s="50" t="s">
+        <v>368</v>
+      </c>
+      <c r="E148" s="51">
+        <v>1.6632</v>
+      </c>
+      <c r="F148" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G148" s="52">
+        <v>45755</v>
+      </c>
+      <c r="H148" s="53">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A149" s="44" t="s">
+        <v>474</v>
+      </c>
+      <c r="B149" s="45" t="s">
+        <v>475</v>
+      </c>
+      <c r="C149" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" s="45" t="s">
+        <v>476</v>
+      </c>
+      <c r="E149" s="46">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="F149" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G149" s="47">
+        <v>45702</v>
+      </c>
+      <c r="H149" s="48">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A150" s="44" t="s">
+        <v>472</v>
+      </c>
+      <c r="B150" s="45" t="s">
+        <v>473</v>
+      </c>
+      <c r="C150" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D150" s="45" t="s">
+        <v>471</v>
+      </c>
+      <c r="E150" s="46">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="F150" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="47">
+        <v>45761</v>
+      </c>
+      <c r="H150" s="48">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A151" s="44" t="s">
+        <v>469</v>
+      </c>
+      <c r="B151" s="45" t="s">
+        <v>470</v>
+      </c>
+      <c r="C151" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D151" s="45" t="s">
+        <v>471</v>
+      </c>
+      <c r="E151" s="46">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="F151" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G151" s="47">
+        <v>45761</v>
+      </c>
+      <c r="H151" s="48">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A152" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="B152" s="45" t="s">
+        <v>478</v>
+      </c>
+      <c r="C152" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" s="45" t="s">
+        <v>479</v>
+      </c>
+      <c r="E152" s="46">
+        <v>0.1923</v>
+      </c>
+      <c r="F152" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G152" s="47">
+        <v>45775</v>
+      </c>
+      <c r="H152" s="48">
+        <v>45792</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A153" s="44" t="s">
+        <v>490</v>
+      </c>
+      <c r="B153" s="45" t="s">
+        <v>491</v>
+      </c>
+      <c r="C153" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D153" s="45" t="s">
+        <v>287</v>
+      </c>
+      <c r="E153" s="46">
+        <v>1.7</v>
+      </c>
+      <c r="F153" s="45" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G153" s="47">
+        <v>45666</v>
+      </c>
+      <c r="H153" s="48">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A154" s="44" t="s">
+        <v>485</v>
+      </c>
+      <c r="B154" s="45" t="s">
+        <v>486</v>
+      </c>
+      <c r="C154" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="18" t="s">
+      <c r="D154" s="45" t="s">
+        <v>487</v>
+      </c>
+      <c r="E154" s="46">
+        <v>1.5172000000000001</v>
+      </c>
+      <c r="F154" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="47">
+        <v>45769</v>
+      </c>
+      <c r="H154" s="48">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A155" s="44" t="s">
+        <v>492</v>
+      </c>
+      <c r="B155" s="45" t="s">
+        <v>493</v>
+      </c>
+      <c r="C155" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D155" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="E155" s="46">
+        <v>0.23</v>
+      </c>
+      <c r="F155" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G155" s="47">
+        <v>45779</v>
+      </c>
+      <c r="H155" s="48">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A156" s="44" t="s">
+        <v>495</v>
+      </c>
+      <c r="B156" s="45" t="s">
+        <v>496</v>
+      </c>
+      <c r="C156" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D156" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="E156" s="46">
+        <v>0.23</v>
+      </c>
+      <c r="F156" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="47">
+        <v>45782</v>
+      </c>
+      <c r="H156" s="48">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A157" s="44" t="s">
+        <v>488</v>
+      </c>
+      <c r="B157" s="45" t="s">
+        <v>489</v>
+      </c>
+      <c r="C157" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D157" s="45" t="s">
+        <v>430</v>
+      </c>
+      <c r="E157" s="46">
+        <v>0.1993</v>
+      </c>
+      <c r="F157" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G157" s="47">
+        <v>45779</v>
+      </c>
+      <c r="H157" s="48">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A158" s="44" t="s">
+        <v>497</v>
+      </c>
+      <c r="B158" s="45" t="s">
+        <v>498</v>
+      </c>
+      <c r="C158" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D158" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="E158" s="46">
+        <v>0.63</v>
+      </c>
+      <c r="F158" s="45" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G158" s="47">
+        <v>45636</v>
+      </c>
+      <c r="H158" s="48">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A159" s="49" t="s">
+        <v>499</v>
+      </c>
+      <c r="B159" s="50" t="s">
+        <v>500</v>
+      </c>
+      <c r="C159" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" s="50" t="s">
+        <v>278</v>
+      </c>
+      <c r="E159" s="51">
+        <v>0.44990000000000002</v>
+      </c>
+      <c r="F159" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="52">
+        <v>45777</v>
+      </c>
+      <c r="H159" s="53">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A160" s="44" t="s">
+        <v>503</v>
+      </c>
+      <c r="B160" s="45" t="s">
+        <v>504</v>
+      </c>
+      <c r="C160" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="45" t="s">
+        <v>505</v>
+      </c>
+      <c r="E160" s="46">
+        <v>0.23</v>
+      </c>
+      <c r="F160" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G160" s="47">
+        <v>45791</v>
+      </c>
+      <c r="H160" s="48">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A161" s="44" t="s">
+        <v>501</v>
+      </c>
+      <c r="B161" s="45" t="s">
+        <v>502</v>
+      </c>
+      <c r="C161" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="45" t="s">
+        <v>170</v>
+      </c>
+      <c r="E161" s="46">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F161" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G161" s="47">
+        <v>45778</v>
+      </c>
+      <c r="H161" s="48">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A162" s="44" t="s">
+        <v>506</v>
+      </c>
+      <c r="B162" s="45" t="s">
+        <v>507</v>
+      </c>
+      <c r="C162" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D162" s="45" t="s">
+        <v>508</v>
+      </c>
+      <c r="E162" s="46">
+        <v>0.35859999999999997</v>
+      </c>
+      <c r="F162" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="47">
+        <v>45769</v>
+      </c>
+      <c r="H162" s="48">
+        <v>45803</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A163" s="49" t="s">
+        <v>509</v>
+      </c>
+      <c r="B163" s="50" t="s">
+        <v>510</v>
+      </c>
+      <c r="C163" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" s="50" t="s">
+        <v>511</v>
+      </c>
+      <c r="E163" s="51">
+        <v>450</v>
+      </c>
+      <c r="F163" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="G163" s="52">
+        <v>45664</v>
+      </c>
+      <c r="H163" s="53">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A164" s="44" t="s">
+        <v>518</v>
+      </c>
+      <c r="B164" s="45" t="s">
+        <v>519</v>
+      </c>
+      <c r="C164" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D164" s="45" t="s">
+        <v>520</v>
+      </c>
+      <c r="E164" s="46">
+        <v>57.802999999999997</v>
+      </c>
+      <c r="F164" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="47">
+        <v>45713</v>
+      </c>
+      <c r="H164" s="48">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A165" s="49" t="s">
+        <v>512</v>
+      </c>
+      <c r="B165" s="50" t="s">
+        <v>513</v>
+      </c>
+      <c r="C165" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" s="50" t="s">
+        <v>514</v>
+      </c>
+      <c r="E165" s="51">
+        <v>0.66180000000000005</v>
+      </c>
+      <c r="F165" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="52">
+        <v>45777</v>
+      </c>
+      <c r="H165" s="53">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A166" s="44" t="s">
+        <v>521</v>
+      </c>
+      <c r="B166" s="45" t="s">
+        <v>522</v>
+      </c>
+      <c r="C166" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" s="45" t="s">
+        <v>523</v>
+      </c>
+      <c r="E166" s="46">
+        <v>0.4279</v>
+      </c>
+      <c r="F166" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="47">
+        <v>45785</v>
+      </c>
+      <c r="H166" s="48">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A167" s="49" t="s">
+        <v>515</v>
+      </c>
+      <c r="B167" s="50" t="s">
+        <v>516</v>
+      </c>
+      <c r="C167" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" s="50" t="s">
+        <v>517</v>
+      </c>
+      <c r="E167" s="51">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="F167" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="52">
+        <v>45733</v>
+      </c>
+      <c r="H167" s="53">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A168" s="44" t="s">
+        <v>530</v>
+      </c>
+      <c r="B168" s="45" t="s">
+        <v>531</v>
+      </c>
+      <c r="C168" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D168" s="45" t="s">
+        <v>532</v>
+      </c>
+      <c r="E168" s="46">
+        <v>0.91759999999999997</v>
+      </c>
+      <c r="F168" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="47">
+        <v>45757</v>
+      </c>
+      <c r="H168" s="48">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A169" s="49" t="s">
+        <v>524</v>
+      </c>
+      <c r="B169" s="50" t="s">
+        <v>525</v>
+      </c>
+      <c r="C169" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" s="50" t="s">
+        <v>526</v>
+      </c>
+      <c r="E169" s="51">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="F169" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="52">
+        <v>45791</v>
+      </c>
+      <c r="H169" s="53">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A170" s="44" t="s">
+        <v>527</v>
+      </c>
+      <c r="B170" s="45" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C170" s="45" t="s">
+        <v>528</v>
+      </c>
+      <c r="D170" s="45" t="s">
+        <v>529</v>
+      </c>
+      <c r="E170" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F170" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="47">
+        <v>45737</v>
+      </c>
+      <c r="H170" s="48">
+        <v>45807</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A171" s="49" t="s">
+        <v>533</v>
+      </c>
+      <c r="B171" s="50" t="s">
+        <v>534</v>
+      </c>
+      <c r="C171" s="50" t="s">
+        <v>24</v>
+      </c>
+      <c r="D171" s="50" t="s">
+        <v>535</v>
+      </c>
+      <c r="E171" s="51">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F171" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="52">
+        <v>45803</v>
+      </c>
+      <c r="H171" s="53">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A172" s="44" t="s">
+        <v>547</v>
+      </c>
+      <c r="B172" s="45" t="s">
+        <v>548</v>
+      </c>
+      <c r="C172" s="45" t="s">
+        <v>549</v>
+      </c>
+      <c r="D172" s="45" t="s">
+        <v>550</v>
+      </c>
+      <c r="E172" s="46">
+        <v>1.2688999999999999</v>
+      </c>
+      <c r="F172" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="47">
+        <v>45524</v>
+      </c>
+      <c r="H172" s="48">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A173" s="49" t="s">
+        <v>539</v>
+      </c>
+      <c r="B173" s="50" t="s">
+        <v>540</v>
+      </c>
+      <c r="C173" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" s="50" t="s">
+        <v>541</v>
+      </c>
+      <c r="E173" s="51">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="F173" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="52">
+        <v>45761</v>
+      </c>
+      <c r="H173" s="53">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A174" s="44" t="s">
+        <v>542</v>
+      </c>
+      <c r="B174" s="45" t="s">
+        <v>543</v>
+      </c>
+      <c r="C174" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" s="45" t="s">
+        <v>406</v>
+      </c>
+      <c r="E174" s="46">
+        <v>0.40010000000000001</v>
+      </c>
+      <c r="F174" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="47">
+        <v>45803</v>
+      </c>
+      <c r="H174" s="48">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A175" s="49" t="s">
+        <v>544</v>
+      </c>
+      <c r="B175" s="50" t="s">
+        <v>545</v>
+      </c>
+      <c r="C175" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="50" t="s">
+        <v>546</v>
+      </c>
+      <c r="E175" s="51">
+        <v>0.37040000000000001</v>
+      </c>
+      <c r="F175" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="52">
+        <v>45796</v>
+      </c>
+      <c r="H175" s="53">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A176" s="44" t="s">
+        <v>536</v>
+      </c>
+      <c r="B176" s="45" t="s">
+        <v>537</v>
+      </c>
+      <c r="C176" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" s="45" t="s">
+        <v>538</v>
+      </c>
+      <c r="E176" s="46">
+        <v>0.31069999999999998</v>
+      </c>
+      <c r="F176" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="47">
+        <v>45799</v>
+      </c>
+      <c r="H176" s="48">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A177" s="49" t="s">
+        <v>554</v>
+      </c>
+      <c r="B177" s="50" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C177" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" s="50" t="s">
+        <v>202</v>
+      </c>
+      <c r="E177" s="51">
+        <v>0.23280000000000001</v>
+      </c>
+      <c r="F177" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="52">
+        <v>45742</v>
+      </c>
+      <c r="H177" s="53">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A178" s="44" t="s">
+        <v>551</v>
+      </c>
+      <c r="B178" s="45" t="s">
+        <v>552</v>
+      </c>
+      <c r="C178" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D178" s="45" t="s">
+        <v>553</v>
+      </c>
+      <c r="E178" s="46">
+        <v>0.15179999999999999</v>
+      </c>
+      <c r="F178" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="47">
+        <v>45791</v>
+      </c>
+      <c r="H178" s="48">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A179" s="49" t="s">
+        <v>557</v>
+      </c>
+      <c r="B179" s="50" t="s">
+        <v>558</v>
+      </c>
+      <c r="C179" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D179" s="50" t="s">
+        <v>559</v>
+      </c>
+      <c r="E179" s="51">
+        <v>0.14990000000000001</v>
+      </c>
+      <c r="F179" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="52">
+        <v>45803</v>
+      </c>
+      <c r="H179" s="53">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A180" s="44" t="s">
+        <v>555</v>
+      </c>
+      <c r="B180" s="45" t="s">
+        <v>556</v>
+      </c>
+      <c r="C180" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="45" t="s">
+        <v>216</v>
+      </c>
+      <c r="E180" s="46">
+        <v>0.12690000000000001</v>
+      </c>
+      <c r="F180" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G180" s="47">
+        <v>45779</v>
+      </c>
+      <c r="H180" s="48">
+        <v>45818</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A181" s="44" t="s">
+        <v>560</v>
+      </c>
+      <c r="B181" s="45" t="s">
+        <v>561</v>
+      </c>
+      <c r="C181" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D181" s="45" t="s">
+        <v>562</v>
+      </c>
+      <c r="E181" s="46">
+        <v>0.47349999999999998</v>
+      </c>
+      <c r="F181" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="47">
+        <v>45771</v>
+      </c>
+      <c r="H181" s="48">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A182" s="49" t="s">
+        <v>566</v>
+      </c>
+      <c r="B182" s="50" t="s">
+        <v>567</v>
+      </c>
+      <c r="C182" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D182" s="50" t="s">
+        <v>568</v>
+      </c>
+      <c r="E182" s="51">
+        <v>7.5274999999999999</v>
+      </c>
+      <c r="F182" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="52">
+        <v>45762</v>
+      </c>
+      <c r="H182" s="53">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A183" s="44" t="s">
+        <v>569</v>
+      </c>
+      <c r="B183" s="45" t="s">
+        <v>570</v>
+      </c>
+      <c r="C183" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" s="45" t="s">
+        <v>571</v>
+      </c>
+      <c r="E183" s="46">
+        <v>6.048</v>
+      </c>
+      <c r="F183" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="47">
+        <v>45775</v>
+      </c>
+      <c r="H183" s="48">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A184" s="49" t="s">
+        <v>563</v>
+      </c>
+      <c r="B184" s="50" t="s">
+        <v>564</v>
+      </c>
+      <c r="C184" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" s="50" t="s">
+        <v>565</v>
+      </c>
+      <c r="E184" s="51">
+        <v>0.3483</v>
+      </c>
+      <c r="F184" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="52">
+        <v>45747</v>
+      </c>
+      <c r="H184" s="53">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A185" s="44" t="s">
+        <v>575</v>
+      </c>
+      <c r="B185" s="45" t="s">
+        <v>576</v>
+      </c>
+      <c r="C185" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D185" s="45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E185" s="46">
+        <v>0.30890000000000001</v>
+      </c>
+      <c r="F185" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="47">
+        <v>45763</v>
+      </c>
+      <c r="H185" s="48">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A186" s="49" t="s">
+        <v>572</v>
+      </c>
+      <c r="B186" s="50" t="s">
+        <v>573</v>
+      </c>
+      <c r="C186" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" s="50" t="s">
+        <v>574</v>
+      </c>
+      <c r="E186" s="51">
+        <v>0.151</v>
+      </c>
+      <c r="F186" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G186" s="52">
+        <v>45775</v>
+      </c>
+      <c r="H186" s="53">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A187" s="44" t="s">
+        <v>593</v>
+      </c>
+      <c r="B187" s="45" t="s">
+        <v>594</v>
+      </c>
+      <c r="C187" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D187" s="45" t="s">
+        <v>595</v>
+      </c>
+      <c r="E187" s="46">
+        <v>4.5416999999999996</v>
+      </c>
+      <c r="F187" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="47">
+        <v>45799</v>
+      </c>
+      <c r="H187" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A188" s="49" t="s">
+        <v>599</v>
+      </c>
+      <c r="B188" s="50" t="s">
+        <v>600</v>
+      </c>
+      <c r="C188" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D188" s="50" t="s">
+        <v>601</v>
+      </c>
+      <c r="E188" s="51">
+        <v>1.1908000000000001</v>
+      </c>
+      <c r="F188" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G188" s="52">
+        <v>45722</v>
+      </c>
+      <c r="H188" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A189" s="44" t="s">
+        <v>596</v>
+      </c>
+      <c r="B189" s="45" t="s">
+        <v>597</v>
+      </c>
+      <c r="C189" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" s="45" t="s">
+        <v>598</v>
+      </c>
+      <c r="E189" s="46">
+        <v>0.80120000000000002</v>
+      </c>
+      <c r="F189" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="47">
+        <v>45791</v>
+      </c>
+      <c r="H189" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A190" s="49" t="s">
+        <v>585</v>
+      </c>
+      <c r="B190" s="50" t="s">
+        <v>586</v>
+      </c>
+      <c r="C190" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D190" s="50" t="s">
+        <v>587</v>
+      </c>
+      <c r="E190" s="51">
+        <v>0.70040000000000002</v>
+      </c>
+      <c r="F190" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G190" s="52">
+        <v>45803</v>
+      </c>
+      <c r="H190" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A191" s="44" t="s">
+        <v>613</v>
+      </c>
+      <c r="B191" s="45" t="s">
+        <v>614</v>
+      </c>
+      <c r="C191" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D191" s="45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E191" s="46">
+        <v>0.62009999999999998</v>
+      </c>
+      <c r="F191" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G191" s="47">
+        <v>45754</v>
+      </c>
+      <c r="H191" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A192" s="49" t="s">
+        <v>605</v>
+      </c>
+      <c r="B192" s="50" t="s">
+        <v>606</v>
+      </c>
+      <c r="C192" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D192" s="50" t="s">
+        <v>607</v>
+      </c>
+      <c r="E192" s="51">
+        <v>0.4541</v>
+      </c>
+      <c r="F192" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="52">
+        <v>45819</v>
+      </c>
+      <c r="H192" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A193" s="44" t="s">
+        <v>583</v>
+      </c>
+      <c r="B193" s="45" t="s">
+        <v>584</v>
+      </c>
+      <c r="C193" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D193" s="45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E193" s="46">
+        <v>0.41959999999999997</v>
+      </c>
+      <c r="F193" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="47">
+        <v>45798</v>
+      </c>
+      <c r="H193" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A194" s="49" t="s">
+        <v>580</v>
+      </c>
+      <c r="B194" s="50" t="s">
+        <v>581</v>
+      </c>
+      <c r="C194" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="50" t="s">
+        <v>582</v>
+      </c>
+      <c r="E194" s="51">
+        <v>0.37</v>
+      </c>
+      <c r="F194" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="52">
+        <v>45805</v>
+      </c>
+      <c r="H194" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A195" s="44" t="s">
+        <v>577</v>
+      </c>
+      <c r="B195" s="45" t="s">
+        <v>578</v>
+      </c>
+      <c r="C195" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" s="45" t="s">
+        <v>579</v>
+      </c>
+      <c r="E195" s="46">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F195" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="47">
+        <v>45819</v>
+      </c>
+      <c r="H195" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A196" s="44" t="s">
+        <v>608</v>
+      </c>
+      <c r="B196" s="45" t="s">
+        <v>609</v>
+      </c>
+      <c r="C196" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D196" s="45" t="s">
+        <v>610</v>
+      </c>
+      <c r="E196" s="46">
+        <v>0.23569999999999999</v>
+      </c>
+      <c r="F196" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G196" s="47">
+        <v>45754</v>
+      </c>
+      <c r="H196" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A197" s="49" t="s">
+        <v>591</v>
+      </c>
+      <c r="B197" s="50" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C197" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D197" s="50" t="s">
+        <v>592</v>
+      </c>
+      <c r="E197" s="51">
+        <v>0.1956</v>
+      </c>
+      <c r="F197" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G197" s="52">
+        <v>45740</v>
+      </c>
+      <c r="H197" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A198" s="44" t="s">
+        <v>588</v>
+      </c>
+      <c r="B198" s="45" t="s">
+        <v>589</v>
+      </c>
+      <c r="C198" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D198" s="45" t="s">
+        <v>590</v>
+      </c>
+      <c r="E198" s="46">
+        <v>0.19359999999999999</v>
+      </c>
+      <c r="F198" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="47">
+        <v>45796</v>
+      </c>
+      <c r="H198" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A199" s="49" t="s">
+        <v>611</v>
+      </c>
+      <c r="B199" s="50" t="s">
+        <v>612</v>
+      </c>
+      <c r="C199" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D199" s="50" t="s">
+        <v>610</v>
+      </c>
+      <c r="E199" s="51">
+        <v>0.17319999999999999</v>
+      </c>
+      <c r="F199" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G199" s="52">
+        <v>45754</v>
+      </c>
+      <c r="H199" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A200" s="44" t="s">
+        <v>615</v>
+      </c>
+      <c r="B200" s="45" t="s">
+        <v>616</v>
+      </c>
+      <c r="C200" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D200" s="45" t="s">
+        <v>617</v>
+      </c>
+      <c r="E200" s="46">
+        <v>0.14960000000000001</v>
+      </c>
+      <c r="F200" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G200" s="47">
+        <v>45791</v>
+      </c>
+      <c r="H200" s="48">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A201" s="49" t="s">
+        <v>602</v>
+      </c>
+      <c r="B201" s="50" t="s">
+        <v>603</v>
+      </c>
+      <c r="C201" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D201" s="50" t="s">
+        <v>604</v>
+      </c>
+      <c r="E201" s="51">
+        <v>0.1255</v>
+      </c>
+      <c r="F201" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G201" s="52">
+        <v>45770</v>
+      </c>
+      <c r="H201" s="53">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A202" s="44" t="s">
+        <v>618</v>
+      </c>
+      <c r="B202" s="45" t="s">
+        <v>619</v>
+      </c>
+      <c r="C202" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" s="45" t="s">
+        <v>620</v>
+      </c>
+      <c r="E202" s="46">
+        <v>0.40610000000000002</v>
+      </c>
+      <c r="F202" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G202" s="47">
+        <v>45719</v>
+      </c>
+      <c r="H202" s="48">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A203" s="49" t="s">
+        <v>621</v>
+      </c>
+      <c r="B203" s="50" t="s">
+        <v>622</v>
+      </c>
+      <c r="C203" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" s="50" t="s">
+        <v>623</v>
+      </c>
+      <c r="E203" s="51">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="F203" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G203" s="52">
+        <v>45811</v>
+      </c>
+      <c r="H203" s="53">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A204" s="44" t="s">
+        <v>652</v>
+      </c>
+      <c r="B204" s="45" t="s">
+        <v>653</v>
+      </c>
+      <c r="C204" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" s="45" t="s">
+        <v>654</v>
+      </c>
+      <c r="E204" s="46">
+        <v>252</v>
+      </c>
+      <c r="F204" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="G204" s="47">
+        <v>45819</v>
+      </c>
+      <c r="H204" s="48">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A205" s="49" t="s">
+        <v>643</v>
+      </c>
+      <c r="B205" s="50" t="s">
+        <v>644</v>
+      </c>
+      <c r="C205" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D205" s="50" t="s">
+        <v>645</v>
+      </c>
+      <c r="E205" s="51">
+        <v>6.048</v>
+      </c>
+      <c r="F205" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="52">
+        <v>45798</v>
+      </c>
+      <c r="H205" s="53">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A206" s="44" t="s">
+        <v>640</v>
+      </c>
+      <c r="B206" s="45" t="s">
+        <v>641</v>
+      </c>
+      <c r="C206" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="45" t="s">
+        <v>642</v>
+      </c>
+      <c r="E206" s="46">
+        <v>4.2679999999999998</v>
+      </c>
+      <c r="F206" s="45" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G206" s="47">
+        <v>45799</v>
+      </c>
+      <c r="H206" s="48">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A207" s="49" t="s">
+        <v>646</v>
+      </c>
+      <c r="B207" s="50" t="s">
+        <v>647</v>
+      </c>
+      <c r="C207" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" s="50" t="s">
+        <v>538</v>
+      </c>
+      <c r="E207" s="51">
+        <v>1.518</v>
+      </c>
+      <c r="F207" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G207" s="52">
+        <v>45811</v>
+      </c>
+      <c r="H207" s="53">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A208" s="44" t="s">
+        <v>634</v>
+      </c>
+      <c r="B208" s="45" t="s">
+        <v>635</v>
+      </c>
+      <c r="C208" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D208" s="45" t="s">
+        <v>636</v>
+      </c>
+      <c r="E208" s="46">
+        <v>0.7268</v>
+      </c>
+      <c r="F208" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G208" s="47">
+        <v>45778</v>
+      </c>
+      <c r="H208" s="48">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A209" s="44" t="s">
+        <v>655</v>
+      </c>
+      <c r="B209" s="45" t="s">
+        <v>656</v>
+      </c>
+      <c r="C209" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D209" s="45" t="s">
+        <v>657</v>
+      </c>
+      <c r="E209" s="46">
+        <v>0.36559999999999998</v>
+      </c>
+      <c r="F209" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="47">
+        <v>45824</v>
+      </c>
+      <c r="H209" s="48">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A210" s="49" t="s">
+        <v>637</v>
+      </c>
+      <c r="B210" s="50" t="s">
+        <v>638</v>
+      </c>
+      <c r="C210" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D210" s="50" t="s">
+        <v>639</v>
+      </c>
+      <c r="E210" s="51">
+        <v>0.26</v>
+      </c>
+      <c r="F210" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G210" s="52">
+        <v>45825</v>
+      </c>
+      <c r="H210" s="53">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A211" s="44" t="s">
+        <v>648</v>
+      </c>
+      <c r="B211" s="45" t="s">
+        <v>649</v>
+      </c>
+      <c r="C211" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D211" s="45" t="s">
+        <v>104</v>
+      </c>
+      <c r="E211" s="46">
+        <v>0.22239999999999999</v>
+      </c>
+      <c r="F211" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G211" s="47">
+        <v>45820</v>
+      </c>
+      <c r="H211" s="48">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A212" s="49" t="s">
+        <v>650</v>
+      </c>
+      <c r="B212" s="50" t="s">
+        <v>651</v>
+      </c>
+      <c r="C212" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D212" s="50" t="s">
+        <v>409</v>
+      </c>
+      <c r="E212" s="51">
+        <v>0.2195</v>
+      </c>
+      <c r="F212" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G212" s="52">
+        <v>45811</v>
+      </c>
+      <c r="H212" s="53">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A213" s="44" t="s">
+        <v>658</v>
+      </c>
+      <c r="B213" s="45" t="s">
+        <v>659</v>
+      </c>
+      <c r="C213" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D213" s="45" t="s">
+        <v>660</v>
+      </c>
+      <c r="E213" s="46">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="F213" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G213" s="47">
+        <v>45828</v>
+      </c>
+      <c r="H213" s="48">
+        <v>45840</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A214" s="44" t="s">
+        <v>663</v>
+      </c>
+      <c r="B214" s="45" t="s">
+        <v>664</v>
+      </c>
+      <c r="C214" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D214" s="45" t="s">
+        <v>601</v>
+      </c>
+      <c r="E214" s="46">
+        <v>42</v>
+      </c>
+      <c r="F214" s="45" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G214" s="47">
+        <v>45743</v>
+      </c>
+      <c r="H214" s="48">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A215" s="49" t="s">
+        <v>665</v>
+      </c>
+      <c r="B215" s="50" t="s">
+        <v>666</v>
+      </c>
+      <c r="C215" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D215" s="50" t="s">
+        <v>667</v>
+      </c>
+      <c r="E215" s="51">
+        <v>7.125</v>
+      </c>
+      <c r="F215" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G215" s="52">
+        <v>45793</v>
+      </c>
+      <c r="H215" s="53">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A216" s="49" t="s">
+        <v>671</v>
+      </c>
+      <c r="B216" s="50" t="s">
+        <v>672</v>
+      </c>
+      <c r="C216" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D216" s="50" t="s">
+        <v>601</v>
+      </c>
+      <c r="E216" s="51">
+        <v>1.1899</v>
+      </c>
+      <c r="F216" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="52">
+        <v>45722</v>
+      </c>
+      <c r="H216" s="53">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A217" s="49" t="s">
+        <v>661</v>
+      </c>
+      <c r="B217" s="50" t="s">
+        <v>662</v>
+      </c>
+      <c r="C217" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" s="50" t="s">
+        <v>154</v>
+      </c>
+      <c r="E217" s="51">
+        <v>0.5323</v>
+      </c>
+      <c r="F217" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="52">
+        <v>45736</v>
+      </c>
+      <c r="H217" s="53">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A218" s="49" t="s">
+        <v>668</v>
+      </c>
+      <c r="B218" s="50" t="s">
+        <v>669</v>
+      </c>
+      <c r="C218" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D218" s="50" t="s">
+        <v>670</v>
+      </c>
+      <c r="E218" s="51">
+        <v>0.17949999999999999</v>
+      </c>
+      <c r="F218" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="52">
+        <v>45820</v>
+      </c>
+      <c r="H218" s="53">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A219" s="49" t="s">
+        <v>676</v>
+      </c>
+      <c r="B219" s="50" t="s">
+        <v>677</v>
+      </c>
+      <c r="C219" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D219" s="50" t="s">
+        <v>476</v>
+      </c>
+      <c r="E219" s="51">
+        <v>0.4904</v>
+      </c>
+      <c r="F219" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="52">
+        <v>45831</v>
+      </c>
+      <c r="H219" s="53">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A220" s="49" t="s">
+        <v>681</v>
+      </c>
+      <c r="B220" s="50" t="s">
+        <v>682</v>
+      </c>
+      <c r="C220" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" s="50" t="s">
+        <v>683</v>
+      </c>
+      <c r="E220" s="51">
+        <v>0.33</v>
+      </c>
+      <c r="F220" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="52">
+        <v>45831</v>
+      </c>
+      <c r="H220" s="53">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A221" s="49" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B221" s="50" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C221" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="50" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E221" s="51">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="F221" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G221" s="52">
+        <v>45833</v>
+      </c>
+      <c r="H221" s="53">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A222" s="49" t="s">
+        <v>673</v>
+      </c>
+      <c r="B222" s="50" t="s">
+        <v>674</v>
+      </c>
+      <c r="C222" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D222" s="50" t="s">
+        <v>675</v>
+      </c>
+      <c r="E222" s="51">
+        <v>0.1802</v>
+      </c>
+      <c r="F222" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G222" s="52">
+        <v>45833</v>
+      </c>
+      <c r="H222" s="53">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A223" s="49" t="s">
+        <v>678</v>
+      </c>
+      <c r="B223" s="50" t="s">
+        <v>679</v>
+      </c>
+      <c r="C223" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D223" s="50" t="s">
+        <v>680</v>
+      </c>
+      <c r="E223" s="51">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F223" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G223" s="52">
+        <v>45831</v>
+      </c>
+      <c r="H223" s="53">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A224" s="49" t="s">
+        <v>687</v>
+      </c>
+      <c r="B224" s="50" t="s">
+        <v>688</v>
+      </c>
+      <c r="C224" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="50" t="s">
+        <v>689</v>
+      </c>
+      <c r="E224" s="51">
+        <v>0.54600000000000004</v>
+      </c>
+      <c r="F224" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G224" s="52">
+        <v>45786</v>
+      </c>
+      <c r="H224" s="53">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A225" s="49" t="s">
+        <v>684</v>
+      </c>
+      <c r="B225" s="50" t="s">
+        <v>685</v>
+      </c>
+      <c r="C225" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" s="50" t="s">
+        <v>686</v>
+      </c>
+      <c r="E225" s="51">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F225" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G225" s="52">
+        <v>45834</v>
+      </c>
+      <c r="H225" s="53">
+        <v>45848</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A226" s="49" t="s">
+        <v>690</v>
+      </c>
+      <c r="B226" s="50" t="s">
+        <v>691</v>
+      </c>
+      <c r="C226" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" s="50" t="s">
+        <v>403</v>
+      </c>
+      <c r="E226" s="51">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="F226" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G226" s="52">
+        <v>45828</v>
+      </c>
+      <c r="H226" s="53">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A227" s="49" t="s">
+        <v>694</v>
+      </c>
+      <c r="B227" s="50" t="s">
+        <v>695</v>
+      </c>
+      <c r="C227" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" s="50" t="s">
+        <v>278</v>
+      </c>
+      <c r="E227" s="51">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="F227" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G227" s="52">
+        <v>45824</v>
+      </c>
+      <c r="H227" s="53">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A228" s="49" t="s">
+        <v>692</v>
+      </c>
+      <c r="B228" s="50" t="s">
+        <v>693</v>
+      </c>
+      <c r="C228" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D228" s="50" t="s">
+        <v>311</v>
+      </c>
+      <c r="E228" s="51">
+        <v>0.2069</v>
+      </c>
+      <c r="F228" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G228" s="52">
+        <v>45814</v>
+      </c>
+      <c r="H228" s="53">
+        <v>45852</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A229" s="49" t="s">
+        <v>703</v>
+      </c>
+      <c r="B229" s="50" t="s">
+        <v>704</v>
+      </c>
+      <c r="C229" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D229" s="50" t="s">
+        <v>705</v>
+      </c>
+      <c r="E229" s="51">
+        <v>8.5068000000000001</v>
+      </c>
+      <c r="F229" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G229" s="52">
+        <v>45700</v>
+      </c>
+      <c r="H229" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A230" s="49" t="s">
+        <v>698</v>
+      </c>
+      <c r="B230" s="50" t="s">
+        <v>699</v>
+      </c>
+      <c r="C230" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="50" t="s">
+        <v>74</v>
+      </c>
+      <c r="E230" s="51">
+        <v>0.4385</v>
+      </c>
+      <c r="F230" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G230" s="52">
+        <v>45806</v>
+      </c>
+      <c r="H230" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A231" s="49" t="s">
+        <v>712</v>
+      </c>
+      <c r="B231" s="50" t="s">
+        <v>713</v>
+      </c>
+      <c r="C231" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D231" s="50" t="s">
+        <v>298</v>
+      </c>
+      <c r="E231" s="51">
+        <v>0.2296</v>
+      </c>
+      <c r="F231" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G231" s="52">
+        <v>45840</v>
+      </c>
+      <c r="H231" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A232" s="49" t="s">
+        <v>706</v>
+      </c>
+      <c r="B232" s="50" t="s">
+        <v>707</v>
+      </c>
+      <c r="C232" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" s="50" t="s">
+        <v>708</v>
+      </c>
+      <c r="E232" s="51">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F232" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G232" s="52">
+        <v>45804</v>
+      </c>
+      <c r="H232" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A233" s="49" t="s">
+        <v>714</v>
+      </c>
+      <c r="B233" s="50" t="s">
+        <v>715</v>
+      </c>
+      <c r="C233" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D233" s="50" t="s">
+        <v>716</v>
+      </c>
+      <c r="E233" s="51">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F233" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G233" s="52">
+        <v>45839</v>
+      </c>
+      <c r="H233" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A234" s="49" t="s">
+        <v>700</v>
+      </c>
+      <c r="B234" s="50" t="s">
+        <v>701</v>
+      </c>
+      <c r="C234" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D234" s="50" t="s">
+        <v>702</v>
+      </c>
+      <c r="E234" s="51">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F234" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G234" s="52">
+        <v>45840</v>
+      </c>
+      <c r="H234" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A235" s="49" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="50" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D235" s="50" t="s">
+        <v>330</v>
+      </c>
+      <c r="E235" s="51">
+        <v>0.1802</v>
+      </c>
+      <c r="F235" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="52">
+        <v>45838</v>
+      </c>
+      <c r="H235" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A236" s="49" t="s">
+        <v>709</v>
+      </c>
+      <c r="B236" s="50" t="s">
+        <v>710</v>
+      </c>
+      <c r="C236" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D236" s="50" t="s">
+        <v>711</v>
+      </c>
+      <c r="E236" s="51">
+        <v>0.15440000000000001</v>
+      </c>
+      <c r="F236" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G236" s="52">
+        <v>45838</v>
+      </c>
+      <c r="H236" s="53">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A237" s="49" t="s">
+        <v>726</v>
+      </c>
+      <c r="B237" s="50" t="s">
+        <v>727</v>
+      </c>
+      <c r="C237" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" s="50" t="s">
+        <v>728</v>
+      </c>
+      <c r="E237" s="51">
+        <v>6.1212</v>
+      </c>
+      <c r="F237" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G237" s="52">
+        <v>45736</v>
+      </c>
+      <c r="H237" s="53">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A238" s="49" t="s">
+        <v>720</v>
+      </c>
+      <c r="B238" s="50" t="s">
+        <v>721</v>
+      </c>
+      <c r="C238" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D238" s="50" t="s">
+        <v>642</v>
+      </c>
+      <c r="E238" s="51">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F238" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G238" s="52">
+        <v>45828</v>
+      </c>
+      <c r="H238" s="53">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A239" s="49" t="s">
+        <v>722</v>
+      </c>
+      <c r="B239" s="50" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C239" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" s="50" t="s">
+        <v>207</v>
+      </c>
+      <c r="E239" s="51">
+        <v>0.39979999999999999</v>
+      </c>
+      <c r="F239" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G239" s="52">
+        <v>45818</v>
+      </c>
+      <c r="H239" s="53">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A240" s="49" t="s">
+        <v>723</v>
+      </c>
+      <c r="B240" s="50" t="s">
+        <v>724</v>
+      </c>
+      <c r="C240" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D240" s="50" t="s">
+        <v>725</v>
+      </c>
+      <c r="E240" s="51">
+        <v>0.29959999999999998</v>
+      </c>
+      <c r="F240" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G240" s="52">
+        <v>45845</v>
+      </c>
+      <c r="H240" s="53">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A241" s="49" t="s">
+        <v>717</v>
+      </c>
+      <c r="B241" s="50" t="s">
+        <v>718</v>
+      </c>
+      <c r="C241" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D241" s="50" t="s">
+        <v>719</v>
+      </c>
+      <c r="E241" s="51">
+        <v>0.1802</v>
+      </c>
+      <c r="F241" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G241" s="52">
+        <v>45834</v>
+      </c>
+      <c r="H241" s="53">
+        <v>45856</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A242" s="49" t="s">
+        <v>729</v>
+      </c>
+      <c r="B242" s="50" t="s">
+        <v>730</v>
+      </c>
+      <c r="C242" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" s="50" t="s">
+        <v>731</v>
+      </c>
+      <c r="E242" s="51">
+        <v>0.4536</v>
+      </c>
+      <c r="F242" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G242" s="52">
+        <v>45849</v>
+      </c>
+      <c r="H242" s="53">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A243" s="49" t="s">
+        <v>732</v>
+      </c>
+      <c r="B243" s="50" t="s">
+        <v>733</v>
+      </c>
+      <c r="C243" s="50" t="s">
+        <v>24</v>
+      </c>
+      <c r="D243" s="50" t="s">
+        <v>734</v>
+      </c>
+      <c r="E243" s="51">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="F243" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G243" s="52">
+        <v>45846</v>
+      </c>
+      <c r="H243" s="53">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A244" s="49" t="s">
+        <v>735</v>
+      </c>
+      <c r="B244" s="50" t="s">
+        <v>736</v>
+      </c>
+      <c r="C244" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D244" s="50" t="s">
+        <v>642</v>
+      </c>
+      <c r="E244" s="51">
+        <v>0.43780000000000002</v>
+      </c>
+      <c r="F244" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G244" s="52">
+        <v>45786</v>
+      </c>
+      <c r="H244" s="53">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A245" s="49" t="s">
+        <v>737</v>
+      </c>
+      <c r="B245" s="50" t="s">
+        <v>738</v>
+      </c>
+      <c r="C245" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" s="50" t="s">
+        <v>731</v>
+      </c>
+      <c r="E245" s="51">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F245" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G245" s="52">
+        <v>45849</v>
+      </c>
+      <c r="H245" s="53">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A246" s="49" t="s">
+        <v>739</v>
+      </c>
+      <c r="B246" s="50" t="s">
+        <v>740</v>
+      </c>
+      <c r="C246" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" s="50" t="s">
+        <v>731</v>
+      </c>
+      <c r="E246" s="51">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F246" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G246" s="52">
+        <v>45849</v>
+      </c>
+      <c r="H246" s="53">
+        <v>45861</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A247" s="49" t="s">
+        <v>741</v>
+      </c>
+      <c r="B247" s="50" t="s">
+        <v>742</v>
+      </c>
+      <c r="C247" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D247" s="50" t="s">
+        <v>743</v>
+      </c>
+      <c r="E247" s="51">
+        <v>439.8689</v>
+      </c>
+      <c r="F247" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G247" s="52">
+        <v>45834</v>
+      </c>
+      <c r="H247" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A248" s="49" t="s">
+        <v>759</v>
+      </c>
+      <c r="B248" s="50" t="s">
+        <v>760</v>
+      </c>
+      <c r="C248" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D248" s="50" t="s">
+        <v>761</v>
+      </c>
+      <c r="E248" s="51">
+        <v>6.5119999999999996</v>
+      </c>
+      <c r="F248" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G248" s="52">
+        <v>45841</v>
+      </c>
+      <c r="H248" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A249" s="49" t="s">
+        <v>756</v>
+      </c>
+      <c r="B249" s="50" t="s">
+        <v>757</v>
+      </c>
+      <c r="C249" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="D249" s="50" t="s">
+        <v>758</v>
+      </c>
+      <c r="E249" s="51">
+        <v>0.70520000000000005</v>
+      </c>
+      <c r="F249" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G249" s="52">
+        <v>45789</v>
+      </c>
+      <c r="H249" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A250" s="49" t="s">
+        <v>749</v>
+      </c>
+      <c r="B250" s="50" t="s">
+        <v>750</v>
+      </c>
+      <c r="C250" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D250" s="50" t="s">
+        <v>397</v>
+      </c>
+      <c r="E250" s="51">
+        <v>0.4385</v>
+      </c>
+      <c r="F250" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G250" s="52">
+        <v>45814</v>
+      </c>
+      <c r="H250" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A251" s="49" t="s">
+        <v>762</v>
+      </c>
+      <c r="B251" s="50" t="s">
+        <v>763</v>
+      </c>
+      <c r="C251" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D251" s="50" t="s">
+        <v>764</v>
+      </c>
+      <c r="E251" s="51">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="F251" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G251" s="52">
+        <v>45846</v>
+      </c>
+      <c r="H251" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A252" s="49" t="s">
+        <v>746</v>
+      </c>
+      <c r="B252" s="50" t="s">
+        <v>747</v>
+      </c>
+      <c r="C252" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D252" s="50" t="s">
+        <v>748</v>
+      </c>
+      <c r="E252" s="51">
+        <v>0.30449999999999999</v>
+      </c>
+      <c r="F252" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G252" s="52">
+        <v>45833</v>
+      </c>
+      <c r="H252" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A253" s="49" t="s">
+        <v>744</v>
+      </c>
+      <c r="B253" s="50" t="s">
+        <v>745</v>
+      </c>
+      <c r="C253" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D253" s="50" t="s">
+        <v>731</v>
+      </c>
+      <c r="E253" s="51">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F253" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G253" s="52">
+        <v>45849</v>
+      </c>
+      <c r="H253" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A254" s="49" t="s">
+        <v>751</v>
+      </c>
+      <c r="B254" s="50" t="s">
+        <v>752</v>
+      </c>
+      <c r="C254" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="D254" s="50" t="s">
+        <v>753</v>
+      </c>
+      <c r="E254" s="51">
+        <v>0.2</v>
+      </c>
+      <c r="F254" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G254" s="52">
+        <v>45803</v>
+      </c>
+      <c r="H254" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A255" s="49" t="s">
+        <v>754</v>
+      </c>
+      <c r="B255" s="50" t="s">
+        <v>755</v>
+      </c>
+      <c r="C255" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D255" s="50" t="s">
+        <v>731</v>
+      </c>
+      <c r="E255" s="51">
+        <v>0.18729999999999999</v>
+      </c>
+      <c r="F255" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G255" s="52">
+        <v>45849</v>
+      </c>
+      <c r="H255" s="53">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A256" s="49" t="s">
+        <v>770</v>
+      </c>
+      <c r="B256" s="50" t="s">
+        <v>771</v>
+      </c>
+      <c r="C256" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D256" s="50" t="s">
+        <v>772</v>
+      </c>
+      <c r="E256" s="51">
+        <v>6.5185000000000004</v>
+      </c>
+      <c r="F256" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G256" s="52">
+        <v>45853</v>
+      </c>
+      <c r="H256" s="53">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A257" s="49" t="s">
+        <v>768</v>
+      </c>
+      <c r="B257" s="50" t="s">
+        <v>769</v>
+      </c>
+      <c r="C257" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D257" s="50" t="s">
+        <v>160</v>
+      </c>
+      <c r="E257" s="51">
+        <v>1.7307999999999999</v>
+      </c>
+      <c r="F257" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G257" s="52">
+        <v>45800</v>
+      </c>
+      <c r="H257" s="53">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A258" s="44" t="s">
+        <v>773</v>
+      </c>
+      <c r="B258" s="45" t="s">
+        <v>774</v>
+      </c>
+      <c r="C258" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D258" s="45" t="s">
+        <v>775</v>
+      </c>
+      <c r="E258" s="46">
+        <v>0.35039999999999999</v>
+      </c>
+      <c r="F258" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G258" s="47">
+        <v>45863</v>
+      </c>
+      <c r="H258" s="48">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A259" s="44" t="s">
+        <v>765</v>
+      </c>
+      <c r="B259" s="45" t="s">
+        <v>766</v>
+      </c>
+      <c r="C259" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D259" s="45" t="s">
+        <v>767</v>
+      </c>
+      <c r="E259" s="46">
+        <v>0.24490000000000001</v>
+      </c>
+      <c r="F259" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G259" s="47">
+        <v>45847</v>
+      </c>
+      <c r="H259" s="48">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A260" s="44" t="s">
+        <v>776</v>
+      </c>
+      <c r="B260" s="45" t="s">
+        <v>777</v>
+      </c>
+      <c r="C260" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="D260" s="45" t="s">
+        <v>778</v>
+      </c>
+      <c r="E260" s="46">
+        <v>0.2102</v>
+      </c>
+      <c r="F260" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G260" s="47">
+        <v>45832</v>
+      </c>
+      <c r="H260" s="48">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A261" s="44" t="s">
+        <v>784</v>
+      </c>
+      <c r="B261" s="45" t="s">
+        <v>785</v>
+      </c>
+      <c r="C261" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D261" s="45" t="s">
+        <v>786</v>
+      </c>
+      <c r="E261" s="46">
+        <v>0.33639999999999998</v>
+      </c>
+      <c r="F261" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G261" s="47">
+        <v>45856</v>
+      </c>
+      <c r="H261" s="48">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A262" s="44" t="s">
+        <v>787</v>
+      </c>
+      <c r="B262" s="45" t="s">
+        <v>788</v>
+      </c>
+      <c r="C262" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D262" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="E262" s="46">
+        <v>0.4</v>
+      </c>
+      <c r="F262" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G262" s="47">
+        <v>45828</v>
+      </c>
+      <c r="H262" s="48">
+        <v>45873</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A263" s="44" t="s">
+        <v>789</v>
+      </c>
+      <c r="B263" s="45" t="s">
+        <v>790</v>
+      </c>
+      <c r="C263" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" s="45" t="s">
+        <v>505</v>
+      </c>
+      <c r="E263" s="46">
+        <v>0.70860000000000001</v>
+      </c>
+      <c r="F263" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G263" s="47">
+        <v>45840</v>
+      </c>
+      <c r="H263" s="48">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A264" s="44" t="s">
+        <v>791</v>
+      </c>
+      <c r="B264" s="45" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C264" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D264" s="45" t="s">
+        <v>308</v>
+      </c>
+      <c r="E264" s="46">
+        <v>0.28989999999999999</v>
+      </c>
+      <c r="F264" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="47">
+        <v>45831</v>
+      </c>
+      <c r="H264" s="48">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A265" s="44" t="s">
+        <v>792</v>
+      </c>
+      <c r="B265" s="45" t="s">
+        <v>793</v>
+      </c>
+      <c r="C265" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D265" s="45" t="s">
+        <v>711</v>
+      </c>
+      <c r="E265" s="46">
+        <v>0.20669999999999999</v>
+      </c>
+      <c r="F265" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G265" s="47">
+        <v>45848</v>
+      </c>
+      <c r="H265" s="48">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A266" s="44" t="s">
+        <v>794</v>
+      </c>
+      <c r="B266" s="45" t="s">
+        <v>795</v>
+      </c>
+      <c r="C266" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D266" s="45" t="s">
+        <v>538</v>
+      </c>
+      <c r="E266" s="46">
+        <v>0.52349999999999997</v>
+      </c>
+      <c r="F266" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G266" s="47">
+        <v>45866</v>
+      </c>
+      <c r="H266" s="48">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A267" s="44" t="s">
+        <v>796</v>
+      </c>
+      <c r="B267" s="45" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C267" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D267" s="45" t="s">
+        <v>278</v>
+      </c>
+      <c r="E267" s="46">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="F267" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G267" s="47">
+        <v>45846</v>
+      </c>
+      <c r="H267" s="48">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A268" s="44" t="s">
+        <v>797</v>
+      </c>
+      <c r="B268" s="45" t="s">
+        <v>798</v>
+      </c>
+      <c r="C268" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D268" s="45" t="s">
+        <v>799</v>
+      </c>
+      <c r="E268" s="46">
+        <v>0.30059999999999998</v>
+      </c>
+      <c r="F268" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G268" s="47">
+        <v>45846</v>
+      </c>
+      <c r="H268" s="48">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A269" s="44" t="s">
+        <v>800</v>
+      </c>
+      <c r="B269" s="45" t="s">
+        <v>801</v>
+      </c>
+      <c r="C269" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="45" t="s">
+        <v>802</v>
+      </c>
+      <c r="E269" s="46">
+        <v>0.24610000000000001</v>
+      </c>
+      <c r="F269" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G269" s="47">
+        <v>45800</v>
+      </c>
+      <c r="H269" s="48">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A270" s="44" t="s">
+        <v>810</v>
+      </c>
+      <c r="B270" s="45" t="s">
+        <v>811</v>
+      </c>
+      <c r="C270" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="45" t="s">
+        <v>178</v>
+      </c>
+      <c r="E270" s="46">
+        <v>10.7125</v>
+      </c>
+      <c r="F270" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G270" s="47">
+        <v>45850</v>
+      </c>
+      <c r="H270" s="48">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A271" s="44" t="s">
+        <v>803</v>
+      </c>
+      <c r="B271" s="45" t="s">
+        <v>804</v>
+      </c>
+      <c r="C271" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D271" s="45" t="s">
+        <v>178</v>
+      </c>
+      <c r="E271" s="46">
+        <v>6.5667999999999997</v>
+      </c>
+      <c r="F271" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G271" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H271" s="48">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A272" s="44" t="s">
+        <v>807</v>
+      </c>
+      <c r="B272" s="45" t="s">
+        <v>808</v>
+      </c>
+      <c r="C272" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D272" s="45" t="s">
+        <v>809</v>
+      </c>
+      <c r="E272" s="46">
+        <v>1.1798999999999999</v>
+      </c>
+      <c r="F272" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G272" s="47">
+        <v>45826</v>
+      </c>
+      <c r="H272" s="48">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A273" s="44" t="s">
+        <v>805</v>
+      </c>
+      <c r="B273" s="45" t="s">
+        <v>806</v>
+      </c>
+      <c r="C273" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D273" s="45" t="s">
+        <v>216</v>
+      </c>
+      <c r="E273" s="46">
+        <v>0.1885</v>
+      </c>
+      <c r="F273" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G273" s="47">
+        <v>45867</v>
+      </c>
+      <c r="H273" s="48">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A274" s="44" t="s">
+        <v>812</v>
+      </c>
+      <c r="B274" s="45" t="s">
+        <v>813</v>
+      </c>
+      <c r="C274" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D274" s="45" t="s">
+        <v>814</v>
+      </c>
+      <c r="E274" s="46">
+        <v>0.83660000000000001</v>
+      </c>
+      <c r="F274" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G274" s="47">
+        <v>45797</v>
+      </c>
+      <c r="H274" s="48">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A275" s="44" t="s">
+        <v>815</v>
+      </c>
+      <c r="B275" s="45" t="s">
+        <v>816</v>
+      </c>
+      <c r="C275" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D275" s="45" t="s">
+        <v>817</v>
+      </c>
+      <c r="E275" s="46">
+        <v>0.25390000000000001</v>
+      </c>
+      <c r="F275" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G275" s="47">
+        <v>45852</v>
+      </c>
+      <c r="H275" s="48">
+        <v>45888</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A276" s="44" t="s">
+        <v>823</v>
+      </c>
+      <c r="B276" s="45" t="s">
+        <v>824</v>
+      </c>
+      <c r="C276" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D276" s="45" t="s">
+        <v>319</v>
+      </c>
+      <c r="E276" s="46">
+        <v>0.29039999999999999</v>
+      </c>
+      <c r="F276" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G276" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H276" s="48">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A277" s="44" t="s">
+        <v>818</v>
+      </c>
+      <c r="B277" s="45" t="s">
+        <v>819</v>
+      </c>
+      <c r="C277" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D277" s="45" t="s">
+        <v>820</v>
+      </c>
+      <c r="E277" s="46">
+        <v>0.22559999999999999</v>
+      </c>
+      <c r="F277" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G277" s="47">
+        <v>45763</v>
+      </c>
+      <c r="H277" s="48">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A278" s="44" t="s">
+        <v>821</v>
+      </c>
+      <c r="B278" s="45" t="s">
+        <v>822</v>
+      </c>
+      <c r="C278" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D278" s="45" t="s">
+        <v>553</v>
+      </c>
+      <c r="E278" s="46">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F278" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G278" s="47">
+        <v>45832</v>
+      </c>
+      <c r="H278" s="48">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A279" s="44" t="s">
+        <v>842</v>
+      </c>
+      <c r="B279" s="45" t="s">
+        <v>843</v>
+      </c>
+      <c r="C279" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D279" s="45" t="s">
+        <v>844</v>
+      </c>
+      <c r="E279" s="46">
+        <v>11.2784</v>
+      </c>
+      <c r="F279" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G279" s="47">
+        <v>45809</v>
+      </c>
+      <c r="H279" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A280" s="44" t="s">
+        <v>840</v>
+      </c>
+      <c r="B280" s="45" t="s">
+        <v>841</v>
+      </c>
+      <c r="C280" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D280" s="45" t="s">
+        <v>149</v>
+      </c>
+      <c r="E280" s="46">
+        <v>0.85250000000000004</v>
+      </c>
+      <c r="F280" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G280" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H280" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A281" s="44" t="s">
+        <v>830</v>
+      </c>
+      <c r="B281" s="45" t="s">
+        <v>831</v>
+      </c>
+      <c r="C281" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" s="45" t="s">
+        <v>449</v>
+      </c>
+      <c r="E281" s="46">
+        <v>0.77939999999999998</v>
+      </c>
+      <c r="F281" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H281" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A282" s="44" t="s">
+        <v>848</v>
+      </c>
+      <c r="B282" s="45" t="s">
+        <v>849</v>
+      </c>
+      <c r="C282" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D282" s="45" t="s">
+        <v>850</v>
+      </c>
+      <c r="E282" s="46">
+        <v>0.75129999999999997</v>
+      </c>
+      <c r="F282" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G282" s="47">
+        <v>45861</v>
+      </c>
+      <c r="H282" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A283" s="44" t="s">
+        <v>832</v>
+      </c>
+      <c r="B283" s="45" t="s">
+        <v>833</v>
+      </c>
+      <c r="C283" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D283" s="45" t="s">
+        <v>834</v>
+      </c>
+      <c r="E283" s="46">
+        <v>0.53590000000000004</v>
+      </c>
+      <c r="F283" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G283" s="47">
+        <v>45868</v>
+      </c>
+      <c r="H283" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A284" s="44" t="s">
+        <v>838</v>
+      </c>
+      <c r="B284" s="45" t="s">
+        <v>839</v>
+      </c>
+      <c r="C284" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D284" s="45" t="s">
+        <v>837</v>
+      </c>
+      <c r="E284" s="46">
+        <v>0.4</v>
+      </c>
+      <c r="F284" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G284" s="47">
+        <v>45859</v>
+      </c>
+      <c r="H284" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A285" s="44" t="s">
+        <v>835</v>
+      </c>
+      <c r="B285" s="45" t="s">
+        <v>836</v>
+      </c>
+      <c r="C285" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D285" s="45" t="s">
+        <v>837</v>
+      </c>
+      <c r="E285" s="46">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F285" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G285" s="47">
+        <v>45859</v>
+      </c>
+      <c r="H285" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A286" s="44" t="s">
+        <v>825</v>
+      </c>
+      <c r="B286" s="45" t="s">
+        <v>826</v>
+      </c>
+      <c r="C286" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D286" s="45" t="s">
+        <v>827</v>
+      </c>
+      <c r="E286" s="46">
+        <v>0.25690000000000002</v>
+      </c>
+      <c r="F286" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G286" s="47">
+        <v>45863</v>
+      </c>
+      <c r="H286" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A287" s="44" t="s">
+        <v>828</v>
+      </c>
+      <c r="B287" s="45" t="s">
+        <v>829</v>
+      </c>
+      <c r="C287" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D287" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E287" s="46">
+        <v>0.22620000000000001</v>
+      </c>
+      <c r="F287" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G287" s="47">
+        <v>45863</v>
+      </c>
+      <c r="H287" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A288" s="44" t="s">
+        <v>845</v>
+      </c>
+      <c r="B288" s="45" t="s">
+        <v>846</v>
+      </c>
+      <c r="C288" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D288" s="45" t="s">
+        <v>847</v>
+      </c>
+      <c r="E288" s="46">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="F288" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G288" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H288" s="48">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A289" s="44" t="s">
+        <v>851</v>
+      </c>
+      <c r="B289" s="45" t="s">
+        <v>852</v>
+      </c>
+      <c r="C289" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D289" s="45" t="s">
+        <v>853</v>
+      </c>
+      <c r="E289" s="46">
+        <v>0.45</v>
+      </c>
+      <c r="F289" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G289" s="47">
+        <v>45877</v>
+      </c>
+      <c r="H289" s="48">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A290" s="44" t="s">
+        <v>854</v>
+      </c>
+      <c r="B290" s="45" t="s">
+        <v>855</v>
+      </c>
+      <c r="C290" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D290" s="45" t="s">
+        <v>856</v>
+      </c>
+      <c r="E290" s="46">
+        <v>0.15140000000000001</v>
+      </c>
+      <c r="F290" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="47">
+        <v>45796</v>
+      </c>
+      <c r="H290" s="48">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A291" s="44" t="s">
+        <v>862</v>
+      </c>
+      <c r="B291" s="45" t="s">
+        <v>863</v>
+      </c>
+      <c r="C291" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D291" s="45" t="s">
+        <v>864</v>
+      </c>
+      <c r="E291" s="46">
+        <v>7.7007000000000003</v>
+      </c>
+      <c r="F291" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G291" s="47">
+        <v>45793</v>
+      </c>
+      <c r="H291" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A292" s="44" t="s">
+        <v>873</v>
+      </c>
+      <c r="B292" s="45" t="s">
+        <v>874</v>
+      </c>
+      <c r="C292" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D292" s="45" t="s">
+        <v>568</v>
+      </c>
+      <c r="E292" s="46">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F292" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G292" s="47">
+        <v>45854</v>
+      </c>
+      <c r="H292" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A293" s="44" t="s">
+        <v>865</v>
+      </c>
+      <c r="B293" s="45" t="s">
+        <v>866</v>
+      </c>
+      <c r="C293" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D293" s="45" t="s">
+        <v>170</v>
+      </c>
+      <c r="E293" s="46">
+        <v>1.95</v>
+      </c>
+      <c r="F293" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G293" s="47">
+        <v>45799</v>
+      </c>
+      <c r="H293" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A294" s="44" t="s">
+        <v>869</v>
+      </c>
+      <c r="B294" s="45" t="s">
+        <v>870</v>
+      </c>
+      <c r="C294" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D294" s="45" t="s">
+        <v>160</v>
+      </c>
+      <c r="E294" s="46">
+        <v>1.1505000000000001</v>
+      </c>
+      <c r="F294" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G294" s="47">
+        <v>45873</v>
+      </c>
+      <c r="H294" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A295" s="44" t="s">
+        <v>880</v>
+      </c>
+      <c r="B295" s="45" t="s">
+        <v>881</v>
+      </c>
+      <c r="C295" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" s="45" t="s">
+        <v>882</v>
+      </c>
+      <c r="E295" s="46">
+        <v>0.98119999999999996</v>
+      </c>
+      <c r="F295" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G295" s="47">
+        <v>45887</v>
+      </c>
+      <c r="H295" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A296" s="44" t="s">
+        <v>859</v>
+      </c>
+      <c r="B296" s="45" t="s">
+        <v>860</v>
+      </c>
+      <c r="C296" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D296" s="45" t="s">
+        <v>861</v>
+      </c>
+      <c r="E296" s="46">
+        <v>0.4995</v>
+      </c>
+      <c r="F296" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G296" s="47">
+        <v>45894</v>
+      </c>
+      <c r="H296" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A297" s="44" t="s">
+        <v>883</v>
+      </c>
+      <c r="B297" s="45" t="s">
+        <v>884</v>
+      </c>
+      <c r="C297" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D297" s="45" t="s">
+        <v>885</v>
+      </c>
+      <c r="E297" s="46">
+        <v>0.4415</v>
+      </c>
+      <c r="F297" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G297" s="47">
+        <v>45812</v>
+      </c>
+      <c r="H297" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A298" s="44" t="s">
+        <v>867</v>
+      </c>
+      <c r="B298" s="45" t="s">
+        <v>868</v>
+      </c>
+      <c r="C298" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D298" s="45" t="s">
+        <v>476</v>
+      </c>
+      <c r="E298" s="46">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="F298" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G298" s="47">
+        <v>45824</v>
+      </c>
+      <c r="H298" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A299" s="44" t="s">
+        <v>875</v>
+      </c>
+      <c r="B299" s="45" t="s">
+        <v>876</v>
+      </c>
+      <c r="C299" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D299" s="45" t="s">
+        <v>877</v>
+      </c>
+      <c r="E299" s="46">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="F299" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G299" s="47">
+        <v>45880</v>
+      </c>
+      <c r="H299" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A300" s="44" t="s">
+        <v>857</v>
+      </c>
+      <c r="B300" s="45" t="s">
+        <v>858</v>
+      </c>
+      <c r="C300" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D300" s="45" t="s">
+        <v>330</v>
+      </c>
+      <c r="E300" s="46">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F300" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G300" s="47">
+        <v>45888</v>
+      </c>
+      <c r="H300" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A301" s="44" t="s">
+        <v>871</v>
+      </c>
+      <c r="B301" s="45" t="s">
+        <v>872</v>
+      </c>
+      <c r="C301" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D301" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="E301" s="46">
+        <v>0.2341</v>
+      </c>
+      <c r="F301" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G301" s="47">
+        <v>45875</v>
+      </c>
+      <c r="H301" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A302" s="44" t="s">
+        <v>878</v>
+      </c>
+      <c r="B302" s="45" t="s">
+        <v>879</v>
+      </c>
+      <c r="C302" s="45" t="s">
+        <v>528</v>
+      </c>
+      <c r="D302" s="45" t="s">
+        <v>529</v>
+      </c>
+      <c r="E302" s="46">
+        <v>0.20880000000000001</v>
+      </c>
+      <c r="F302" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G302" s="47">
+        <v>45770</v>
+      </c>
+      <c r="H302" s="48">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A303" s="44" t="s">
+        <v>888</v>
+      </c>
+      <c r="B303" s="45" t="s">
+        <v>889</v>
+      </c>
+      <c r="C303" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D303" s="45" t="s">
+        <v>890</v>
+      </c>
+      <c r="E303" s="46">
+        <v>0.35749999999999998</v>
+      </c>
+      <c r="F303" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G303" s="47">
+        <v>45884</v>
+      </c>
+      <c r="H303" s="48">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A304" s="44" t="s">
+        <v>886</v>
+      </c>
+      <c r="B304" s="45" t="s">
+        <v>887</v>
+      </c>
+      <c r="C304" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D304" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="E304" s="46">
+        <v>0.2021</v>
+      </c>
+      <c r="F304" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G304" s="47">
+        <v>45856</v>
+      </c>
+      <c r="H304" s="48">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A305" s="44" t="s">
+        <v>891</v>
+      </c>
+      <c r="B305" s="45" t="s">
+        <v>892</v>
+      </c>
+      <c r="C305" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="D305" s="45" t="s">
+        <v>893</v>
+      </c>
+      <c r="E305" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F305" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G305" s="47">
+        <v>45876</v>
+      </c>
+      <c r="H305" s="48">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A306" s="44" t="s">
+        <v>898</v>
+      </c>
+      <c r="B306" s="45" t="s">
+        <v>899</v>
+      </c>
+      <c r="C306" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D306" s="45" t="s">
+        <v>538</v>
+      </c>
+      <c r="E306" s="46">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="F306" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G306" s="47">
+        <v>45800</v>
+      </c>
+      <c r="H306" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A307" s="44" t="s">
+        <v>903</v>
+      </c>
+      <c r="B307" s="45" t="s">
+        <v>904</v>
+      </c>
+      <c r="C307" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D307" s="45" t="s">
+        <v>905</v>
+      </c>
+      <c r="E307" s="46">
+        <v>0.4501</v>
+      </c>
+      <c r="F307" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="47">
+        <v>45897</v>
+      </c>
+      <c r="H307" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A308" s="44" t="s">
+        <v>900</v>
+      </c>
+      <c r="B308" s="45" t="s">
+        <v>901</v>
+      </c>
+      <c r="C308" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D308" s="45" t="s">
+        <v>902</v>
+      </c>
+      <c r="E308" s="46">
+        <v>0.25140000000000001</v>
+      </c>
+      <c r="F308" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G308" s="47">
+        <v>45903</v>
+      </c>
+      <c r="H308" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A309" s="44" t="s">
+        <v>906</v>
+      </c>
+      <c r="B309" s="45" t="s">
+        <v>907</v>
+      </c>
+      <c r="C309" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D309" s="45" t="s">
+        <v>908</v>
+      </c>
+      <c r="E309" s="46">
+        <v>0.25080000000000002</v>
+      </c>
+      <c r="F309" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="47">
+        <v>45898</v>
+      </c>
+      <c r="H309" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A310" s="44" t="s">
+        <v>896</v>
+      </c>
+      <c r="B310" s="45" t="s">
+        <v>897</v>
+      </c>
+      <c r="C310" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D310" s="45" t="s">
+        <v>890</v>
+      </c>
+      <c r="E310" s="46">
+        <v>0.1507</v>
+      </c>
+      <c r="F310" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G310" s="47">
+        <v>45884</v>
+      </c>
+      <c r="H310" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A311" s="44" t="s">
+        <v>894</v>
+      </c>
+      <c r="B311" s="45" t="s">
+        <v>895</v>
+      </c>
+      <c r="C311" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D311" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E311" s="46">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="F311" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G311" s="47">
+        <v>45848</v>
+      </c>
+      <c r="H311" s="48">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A312" s="44" t="s">
+        <v>914</v>
+      </c>
+      <c r="B312" s="45" t="s">
+        <v>915</v>
+      </c>
+      <c r="C312" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D312" s="45" t="s">
+        <v>137</v>
+      </c>
+      <c r="E312" s="46">
+        <v>7.0327999999999999</v>
+      </c>
+      <c r="F312" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G312" s="47">
+        <v>45828</v>
+      </c>
+      <c r="H312" s="48">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A313" s="44" t="s">
+        <v>911</v>
+      </c>
+      <c r="B313" s="45" t="s">
+        <v>912</v>
+      </c>
+      <c r="C313" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D313" s="45" t="s">
+        <v>913</v>
+      </c>
+      <c r="E313" s="46">
+        <v>0.22040000000000001</v>
+      </c>
+      <c r="F313" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G313" s="47">
+        <v>45897</v>
+      </c>
+      <c r="H313" s="48">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A314" s="44" t="s">
+        <v>909</v>
+      </c>
+      <c r="B314" s="45" t="s">
+        <v>910</v>
+      </c>
+      <c r="C314" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D314" s="45" t="s">
+        <v>330</v>
+      </c>
+      <c r="E314" s="46">
+        <v>0.2</v>
+      </c>
+      <c r="F314" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G314" s="47">
+        <v>45898</v>
+      </c>
+      <c r="H314" s="48">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A315" s="44" t="s">
+        <v>916</v>
+      </c>
+      <c r="B315" s="45" t="s">
+        <v>917</v>
+      </c>
+      <c r="C315" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D315" s="45" t="s">
+        <v>918</v>
+      </c>
+      <c r="E315" s="46">
+        <v>0.13289999999999999</v>
+      </c>
+      <c r="F315" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G315" s="47">
+        <v>45903</v>
+      </c>
+      <c r="H315" s="48">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A316" s="44" t="s">
+        <v>924</v>
+      </c>
+      <c r="B316" s="45" t="s">
+        <v>925</v>
+      </c>
+      <c r="C316" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D316" s="45" t="s">
+        <v>926</v>
+      </c>
+      <c r="E316" s="46">
+        <v>6.6905999999999999</v>
+      </c>
+      <c r="F316" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G316" s="47">
+        <v>45841</v>
+      </c>
+      <c r="H316" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A317" s="44" t="s">
+        <v>927</v>
+      </c>
+      <c r="B317" s="45" t="s">
+        <v>928</v>
+      </c>
+      <c r="C317" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D317" s="45" t="s">
+        <v>929</v>
+      </c>
+      <c r="E317" s="46">
+        <v>6.6825000000000001</v>
+      </c>
+      <c r="F317" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G317" s="47">
+        <v>45870</v>
+      </c>
+      <c r="H317" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A318" s="44" t="s">
+        <v>933</v>
+      </c>
+      <c r="B318" s="45" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C318" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D318" s="45" t="s">
+        <v>934</v>
+      </c>
+      <c r="E318" s="46">
+        <v>1.7974000000000001</v>
+      </c>
+      <c r="F318" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G318" s="47">
+        <v>45859</v>
+      </c>
+      <c r="H318" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A319" s="44" t="s">
+        <v>930</v>
+      </c>
+      <c r="B319" s="45" t="s">
+        <v>931</v>
+      </c>
+      <c r="C319" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D319" s="45" t="s">
+        <v>932</v>
+      </c>
+      <c r="E319" s="46">
+        <v>0.5141</v>
+      </c>
+      <c r="F319" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G319" s="47">
+        <v>45861</v>
+      </c>
+      <c r="H319" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A320" s="44" t="s">
+        <v>921</v>
+      </c>
+      <c r="B320" s="45" t="s">
+        <v>922</v>
+      </c>
+      <c r="C320" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D320" s="45" t="s">
+        <v>923</v>
+      </c>
+      <c r="E320" s="46">
+        <v>0.22889999999999999</v>
+      </c>
+      <c r="F320" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="47">
+        <v>45834</v>
+      </c>
+      <c r="H320" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A321" s="44" t="s">
+        <v>919</v>
+      </c>
+      <c r="B321" s="45" t="s">
+        <v>920</v>
+      </c>
+      <c r="C321" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D321" s="45" t="s">
+        <v>775</v>
+      </c>
+      <c r="E321" s="46">
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="F321" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G321" s="47">
+        <v>45898</v>
+      </c>
+      <c r="H321" s="48">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A322" s="44" t="s">
+        <v>944</v>
+      </c>
+      <c r="B322" s="45" t="s">
+        <v>945</v>
+      </c>
+      <c r="C322" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D322" s="45" t="s">
+        <v>946</v>
+      </c>
+      <c r="E322" s="46">
+        <v>7.1369999999999996</v>
+      </c>
+      <c r="F322" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G322" s="47">
+        <v>45909</v>
+      </c>
+      <c r="H322" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A323" s="44" t="s">
+        <v>947</v>
+      </c>
+      <c r="B323" s="45" t="s">
+        <v>948</v>
+      </c>
+      <c r="C323" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D323" s="45" t="s">
+        <v>368</v>
+      </c>
+      <c r="E323" s="46">
+        <v>1.4918</v>
+      </c>
+      <c r="F323" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G323" s="47">
+        <v>45884</v>
+      </c>
+      <c r="H323" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A324" s="44" t="s">
+        <v>949</v>
+      </c>
+      <c r="B324" s="45" t="s">
+        <v>950</v>
+      </c>
+      <c r="C324" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D324" s="45" t="s">
+        <v>951</v>
+      </c>
+      <c r="E324" s="46">
+        <v>1.3349</v>
+      </c>
+      <c r="F324" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G324" s="47">
+        <v>45814</v>
+      </c>
+      <c r="H324" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A325" s="44" t="s">
+        <v>941</v>
+      </c>
+      <c r="B325" s="45" t="s">
+        <v>942</v>
+      </c>
+      <c r="C325" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D325" s="45" t="s">
+        <v>943</v>
+      </c>
+      <c r="E325" s="46">
+        <v>0.3503</v>
+      </c>
+      <c r="F325" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="47">
+        <v>45909</v>
+      </c>
+      <c r="H325" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A326" s="44" t="s">
+        <v>935</v>
+      </c>
+      <c r="B326" s="45" t="s">
+        <v>936</v>
+      </c>
+      <c r="C326" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D326" s="45" t="s">
+        <v>937</v>
+      </c>
+      <c r="E326" s="46">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F326" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G326" s="47">
+        <v>45905</v>
+      </c>
+      <c r="H326" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A327" s="44" t="s">
+        <v>938</v>
+      </c>
+      <c r="B327" s="45" t="s">
+        <v>939</v>
+      </c>
+      <c r="C327" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D327" s="45" t="s">
+        <v>940</v>
+      </c>
+      <c r="E327" s="46">
+        <v>0.2</v>
+      </c>
+      <c r="F327" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G327" s="47">
+        <v>45881</v>
+      </c>
+      <c r="H327" s="48">
+        <v>45929</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A328" s="44" t="s">
+        <v>952</v>
+      </c>
+      <c r="B328" s="45" t="s">
+        <v>953</v>
+      </c>
+      <c r="C328" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D328" s="45" t="s">
+        <v>954</v>
+      </c>
+      <c r="E328" s="46">
+        <v>0.69930000000000003</v>
+      </c>
+      <c r="F328" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G328" s="47">
+        <v>45923</v>
+      </c>
+      <c r="H328" s="48">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A329" s="44" t="s">
+        <v>955</v>
+      </c>
+      <c r="B329" s="45" t="s">
+        <v>956</v>
+      </c>
+      <c r="C329" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D329" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="E329" s="46">
+        <v>0.4</v>
+      </c>
+      <c r="F329" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G329" s="47">
+        <v>45828</v>
+      </c>
+      <c r="H329" s="48">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A330" s="44" t="s">
+        <v>977</v>
+      </c>
+      <c r="B330" s="45" t="s">
+        <v>978</v>
+      </c>
+      <c r="C330" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D330" s="45" t="s">
+        <v>979</v>
+      </c>
+      <c r="E330" s="46">
+        <v>0.19989999999999999</v>
+      </c>
+      <c r="F330" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G330" s="47">
+        <v>45918</v>
+      </c>
+      <c r="H330" s="48">
+        <v>45932</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A331" s="44" t="s">
+        <v>980</v>
+      </c>
+      <c r="B331" s="45" t="s">
+        <v>981</v>
+      </c>
+      <c r="C331" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D331" s="45" t="s">
+        <v>982</v>
+      </c>
+      <c r="E331" s="46">
+        <v>0.1802</v>
+      </c>
+      <c r="F331" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G331" s="47">
+        <v>45924</v>
+      </c>
+      <c r="H331" s="48">
+        <v>45938</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A332" s="44" t="s">
+        <v>986</v>
+      </c>
+      <c r="B332" s="45" t="s">
+        <v>987</v>
+      </c>
+      <c r="C332" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D332" s="45" t="s">
+        <v>988</v>
+      </c>
+      <c r="E332" s="46">
+        <v>484.73770000000002</v>
+      </c>
+      <c r="F332" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G332" s="47">
+        <v>45792</v>
+      </c>
+      <c r="H332" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A333" s="44" t="s">
+        <v>995</v>
+      </c>
+      <c r="B333" s="45" t="s">
+        <v>996</v>
+      </c>
+      <c r="C333" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D333" s="45" t="s">
+        <v>997</v>
+      </c>
+      <c r="E333" s="46">
+        <v>0.86680000000000001</v>
+      </c>
+      <c r="F333" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G333" s="47">
+        <v>45925</v>
+      </c>
+      <c r="H333" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A334" s="44" t="s">
+        <v>989</v>
+      </c>
+      <c r="B334" s="45" t="s">
+        <v>990</v>
+      </c>
+      <c r="C334" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D334" s="45" t="s">
+        <v>861</v>
+      </c>
+      <c r="E334" s="46">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="F334" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G334" s="47">
+        <v>45889</v>
+      </c>
+      <c r="H334" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A335" s="44" t="s">
+        <v>993</v>
+      </c>
+      <c r="B335" s="45" t="s">
+        <v>994</v>
+      </c>
+      <c r="C335" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D335" s="45" t="s">
+        <v>308</v>
+      </c>
+      <c r="E335" s="46">
+        <v>0.27950000000000003</v>
+      </c>
+      <c r="F335" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G335" s="47">
+        <v>45884</v>
+      </c>
+      <c r="H335" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A336" s="44" t="s">
+        <v>983</v>
+      </c>
+      <c r="B336" s="45" t="s">
+        <v>984</v>
+      </c>
+      <c r="C336" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D336" s="45" t="s">
+        <v>985</v>
+      </c>
+      <c r="E336" s="46">
+        <v>0.27079999999999999</v>
+      </c>
+      <c r="F336" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G336" s="47">
+        <v>45859</v>
+      </c>
+      <c r="H336" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A337" s="44" t="s">
+        <v>991</v>
+      </c>
+      <c r="B337" s="45" t="s">
+        <v>992</v>
+      </c>
+      <c r="C337" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D337" s="45" t="s">
+        <v>316</v>
+      </c>
+      <c r="E337" s="46">
+        <v>0.13930000000000001</v>
+      </c>
+      <c r="F337" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G337" s="47">
+        <v>45895</v>
+      </c>
+      <c r="H337" s="48">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A338" s="44" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B338" s="45" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C338" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D338" s="45" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E338" s="46">
+        <v>4.9996999999999998</v>
+      </c>
+      <c r="F338" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G338" s="47">
+        <v>45894</v>
+      </c>
+      <c r="H338" s="48">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A339" s="44" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B339" s="45" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C339" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="D339" s="45" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E339" s="46">
+        <v>0.19620000000000001</v>
+      </c>
+      <c r="F339" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G339" s="47">
+        <v>45911</v>
+      </c>
+      <c r="H339" s="48">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A340" s="44" t="s">
+        <v>998</v>
+      </c>
+      <c r="B340" s="45" t="s">
+        <v>999</v>
+      </c>
+      <c r="C340" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D340" s="45" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E340" s="46">
+        <v>0.17230000000000001</v>
+      </c>
+      <c r="F340" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G340" s="47">
+        <v>45898</v>
+      </c>
+      <c r="H340" s="48">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A341" s="44" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B341" s="45" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C341" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D341" s="45" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E341" s="46">
+        <v>0.15989999999999999</v>
+      </c>
+      <c r="F341" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G341" s="47">
+        <v>45916</v>
+      </c>
+      <c r="H341" s="48">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A342" s="44" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B342" s="45" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C342" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D342" s="45" t="s">
+        <v>731</v>
+      </c>
+      <c r="E342" s="46">
+        <v>0.2475</v>
+      </c>
+      <c r="F342" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G342" s="47">
+        <v>45912</v>
+      </c>
+      <c r="H342" s="48">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A343" s="44" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B343" s="45" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C343" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D343" s="45" t="s">
+        <v>409</v>
+      </c>
+      <c r="E343" s="46">
+        <v>7.1567999999999996</v>
+      </c>
+      <c r="F343" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G343" s="47">
+        <v>45876</v>
+      </c>
+      <c r="H343" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A344" s="44" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B344" s="45" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C344" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D344" s="45" t="s">
+        <v>861</v>
+      </c>
+      <c r="E344" s="46">
+        <v>0.93610000000000004</v>
+      </c>
+      <c r="F344" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G344" s="47">
+        <v>45909</v>
+      </c>
+      <c r="H344" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A345" s="44" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B345" s="45" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C345" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D345" s="45" t="s">
+        <v>104</v>
+      </c>
+      <c r="E345" s="46">
+        <v>0.35</v>
+      </c>
+      <c r="F345" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G345" s="47">
+        <v>45929</v>
+      </c>
+      <c r="H345" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A346" s="44" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B346" s="45" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C346" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D346" s="45" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E346" s="46">
+        <v>0.3009</v>
+      </c>
+      <c r="F346" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G346" s="47">
+        <v>45866</v>
+      </c>
+      <c r="H346" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A347" s="44" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B347" s="45" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C347" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D347" s="45" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E347" s="46">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F347" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G347" s="47">
+        <v>45931</v>
+      </c>
+      <c r="H347" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A348" s="44" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B348" s="45" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C348" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D348" s="45" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E348" s="46">
+        <v>0.26140000000000002</v>
+      </c>
+      <c r="F348" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G348" s="47">
+        <v>45925</v>
+      </c>
+      <c r="H348" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A349" s="44" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B349" s="45" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C349" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D349" s="45" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E349" s="46">
+        <v>0.247</v>
+      </c>
+      <c r="F349" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G349" s="47">
+        <v>45929</v>
+      </c>
+      <c r="H349" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A350" s="44" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B350" s="45" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C350" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D350" s="45" t="s">
+        <v>985</v>
+      </c>
+      <c r="E350" s="46">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="F350" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" s="47">
+        <v>45919</v>
+      </c>
+      <c r="H350" s="48">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A351" s="44" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B351" s="45" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C351" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D351" s="45" t="s">
+        <v>809</v>
+      </c>
+      <c r="E351" s="46">
+        <v>0.76139999999999997</v>
+      </c>
+      <c r="F351" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G351" s="47">
+        <v>45881</v>
+      </c>
+      <c r="H351" s="48">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A352" s="44" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B352" s="45" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C352" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D352" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="E352" s="46">
+        <v>1.0001</v>
+      </c>
+      <c r="F352" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G352" s="47">
+        <v>45923</v>
+      </c>
+      <c r="H352" s="48">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A353" s="44" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B353" s="45" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C353" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D353" s="45" t="s">
+        <v>902</v>
+      </c>
+      <c r="E353" s="46">
+        <v>0.1696</v>
+      </c>
+      <c r="F353" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G353" s="47">
+        <v>45919</v>
+      </c>
+      <c r="H353" s="48">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A354" s="44" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B354" s="45" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C354" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D354" s="45" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E354" s="46">
+        <v>150.07069999999999</v>
+      </c>
+      <c r="F354" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G354" s="47">
+        <v>45880</v>
+      </c>
+      <c r="H354" s="48">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A355" s="44" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B355" s="45" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C355" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D355" s="45" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E355" s="46">
+        <v>0.999</v>
+      </c>
+      <c r="F355" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G355" s="47">
+        <v>45944</v>
+      </c>
+      <c r="H355" s="48">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A356" s="44" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B356" s="45" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C356" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D356" s="45" t="s">
         <v>30</v>
       </c>
-      <c r="E10" s="19">
-[...45 lines deleted...]
-      <c r="C12" s="18" t="s">
+      <c r="E356" s="46">
+        <v>0.5</v>
+      </c>
+      <c r="F356" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G356" s="47">
+        <v>45947</v>
+      </c>
+      <c r="H356" s="48">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A357" s="44" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B357" s="45" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C357" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C13" s="18" t="s">
+      <c r="D357" s="45" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E357" s="46">
+        <v>0.2999</v>
+      </c>
+      <c r="F357" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G357" s="47">
+        <v>45922</v>
+      </c>
+      <c r="H357" s="48">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A358" s="44" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B358" s="45" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C358" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C14" s="18" t="s">
+      <c r="D358" s="45" t="s">
+        <v>295</v>
+      </c>
+      <c r="E358" s="46">
+        <v>0.27810000000000001</v>
+      </c>
+      <c r="F358" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="47">
+        <v>45897</v>
+      </c>
+      <c r="H358" s="48">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A359" s="44" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B359" s="45" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C359" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D359" s="45" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E359" s="46">
+        <v>0.25</v>
+      </c>
+      <c r="F359" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G359" s="47">
+        <v>45869</v>
+      </c>
+      <c r="H359" s="48">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A360" s="44" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B360" s="45" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C360" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D360" s="45" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E360" s="46">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="F360" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G360" s="47">
+        <v>45931</v>
+      </c>
+      <c r="H360" s="48">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A361" s="44" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B361" s="45" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C361" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D361" s="45" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E361" s="46">
+        <v>33.152200000000001</v>
+      </c>
+      <c r="F361" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G361" s="47">
+        <v>45826</v>
+      </c>
+      <c r="H361" s="48">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A362" s="44" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B362" s="45" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C362" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C15" s="18" t="s">
+      <c r="D362" s="45" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E362" s="46">
+        <v>1.0590999999999999</v>
+      </c>
+      <c r="F362" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G362" s="47">
+        <v>45933</v>
+      </c>
+      <c r="H362" s="48">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A363" s="44" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B363" s="45" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C363" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D363" s="45" t="s">
+        <v>553</v>
+      </c>
+      <c r="E363" s="46">
+        <v>0.78539999999999999</v>
+      </c>
+      <c r="F363" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G363" s="47">
+        <v>45898</v>
+      </c>
+      <c r="H363" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A364" s="44" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B364" s="45" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C364" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D364" s="45" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E364" s="46">
+        <v>0.71919999999999995</v>
+      </c>
+      <c r="F364" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G364" s="47">
+        <v>45919</v>
+      </c>
+      <c r="H364" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A365" s="44" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B365" s="45" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C365" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="18" t="s">
-[...48 lines deleted...]
-      <c r="C17" s="18" t="s">
+      <c r="D365" s="45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E365" s="46">
+        <v>0.59089999999999998</v>
+      </c>
+      <c r="F365" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G365" s="47">
+        <v>45855</v>
+      </c>
+      <c r="H365" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A366" s="44" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B366" s="45" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C366" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D366" s="45" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E366" s="46">
+        <v>0.47539999999999999</v>
+      </c>
+      <c r="F366" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G366" s="47">
+        <v>45951</v>
+      </c>
+      <c r="H366" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A367" s="44" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B367" s="45" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C367" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D367" s="45" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E367" s="46">
+        <v>0.432</v>
+      </c>
+      <c r="F367" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G367" s="47">
+        <v>45937</v>
+      </c>
+      <c r="H367" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A368" s="44" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B368" s="45" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C368" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C18" s="18" t="s">
+      <c r="D368" s="45" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E368" s="46">
+        <v>0.35449999999999998</v>
+      </c>
+      <c r="F368" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G368" s="47">
+        <v>45938</v>
+      </c>
+      <c r="H368" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A369" s="44" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B369" s="45" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C369" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D369" s="45" t="s">
+        <v>837</v>
+      </c>
+      <c r="E369" s="46">
+        <v>0.26</v>
+      </c>
+      <c r="F369" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G369" s="47">
+        <v>45859</v>
+      </c>
+      <c r="H369" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A370" s="44" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B370" s="45" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C370" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="18" t="s">
-[...100 lines deleted...]
-      <c r="C22" s="18" t="s">
+      <c r="D370" s="45" t="s">
+        <v>295</v>
+      </c>
+      <c r="E370" s="46">
+        <v>0.25369999999999998</v>
+      </c>
+      <c r="F370" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G370" s="47">
+        <v>45952</v>
+      </c>
+      <c r="H370" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A371" s="44" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B371" s="45" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C371" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D371" s="45" t="s">
+        <v>731</v>
+      </c>
+      <c r="E371" s="46">
+        <v>0.1648</v>
+      </c>
+      <c r="F371" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G371" s="47">
+        <v>45912</v>
+      </c>
+      <c r="H371" s="48">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A372" s="44" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B372" s="45" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C372" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D372" s="45" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E372" s="46">
+        <v>0.39660000000000001</v>
+      </c>
+      <c r="F372" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G372" s="47">
+        <v>45925</v>
+      </c>
+      <c r="H372" s="48">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A373" s="44" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B373" s="45" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C373" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D373" s="45" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E373" s="46">
+        <v>6.8514999999999997</v>
+      </c>
+      <c r="F373" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G373" s="47">
+        <v>45953</v>
+      </c>
+      <c r="H373" s="48">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A374" s="44" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B374" s="45" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C374" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D22" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C23" s="18" t="s">
+      <c r="D374" s="45" t="s">
+        <v>330</v>
+      </c>
+      <c r="E374" s="46">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="F374" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G374" s="47">
+        <v>45869</v>
+      </c>
+      <c r="H374" s="48">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A375" s="44" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B375" s="45" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C375" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D375" s="45" t="s">
+        <v>160</v>
+      </c>
+      <c r="E375" s="46">
+        <v>0.1804</v>
+      </c>
+      <c r="F375" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G375" s="47">
+        <v>45918</v>
+      </c>
+      <c r="H375" s="48">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A376" s="44" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B376" s="45" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C376" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D376" s="45" t="s">
+        <v>463</v>
+      </c>
+      <c r="E376" s="46">
+        <v>0.78480000000000005</v>
+      </c>
+      <c r="F376" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G376" s="47">
+        <v>45954</v>
+      </c>
+      <c r="H376" s="48">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A377" s="44" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B377" s="45" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C377" s="45" t="s">
+        <v>549</v>
+      </c>
+      <c r="D377" s="45" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E377" s="46">
+        <v>0.23910000000000001</v>
+      </c>
+      <c r="F377" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G377" s="47">
+        <v>45964</v>
+      </c>
+      <c r="H377" s="48">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A378" s="44" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B378" s="45" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C378" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D23" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C24" s="18" t="s">
+      <c r="D378" s="45" t="s">
+        <v>190</v>
+      </c>
+      <c r="E378" s="46">
+        <v>0.46079999999999999</v>
+      </c>
+      <c r="F378" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G378" s="47">
+        <v>45966</v>
+      </c>
+      <c r="H378" s="48">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A379" s="44" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B379" s="45" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C379" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D379" s="45" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E379" s="46">
+        <v>0.31</v>
+      </c>
+      <c r="F379" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G379" s="47">
+        <v>45954</v>
+      </c>
+      <c r="H379" s="48">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A380" s="44" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B380" s="45" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C380" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D380" s="45" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E380" s="46">
+        <v>0.19889999999999999</v>
+      </c>
+      <c r="F380" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G380" s="47">
+        <v>45944</v>
+      </c>
+      <c r="H380" s="48">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A381" s="44" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B381" s="45" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C381" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D381" s="45" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E381" s="46">
+        <v>0.4</v>
+      </c>
+      <c r="F381" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G381" s="47">
+        <v>45869</v>
+      </c>
+      <c r="H381" s="48">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A382" s="44" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B382" s="45" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C382" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D382" s="45" t="s">
+        <v>403</v>
+      </c>
+      <c r="E382" s="46">
+        <v>0.22</v>
+      </c>
+      <c r="F382" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G382" s="47">
+        <v>45894</v>
+      </c>
+      <c r="H382" s="48">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A383" s="44" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B383" s="45" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C383" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D383" s="45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E383" s="46">
+        <v>0.68069999999999997</v>
+      </c>
+      <c r="F383" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G383" s="47">
+        <v>45855</v>
+      </c>
+      <c r="H383" s="48">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A384" s="44" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B384" s="45" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C384" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D384" s="45" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E384" s="46">
+        <v>0.2059</v>
+      </c>
+      <c r="F384" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G384" s="47">
+        <v>45800</v>
+      </c>
+      <c r="H384" s="48">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A385" s="44" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B385" s="45" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C385" s="45" t="s">
+        <v>549</v>
+      </c>
+      <c r="D385" s="45" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E385" s="46">
+        <v>0.19939999999999999</v>
+      </c>
+      <c r="F385" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G385" s="47">
+        <v>45972</v>
+      </c>
+      <c r="H385" s="48">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A386" s="44" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B386" s="45" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C386" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D386" s="45" t="s">
+        <v>239</v>
+      </c>
+      <c r="E386" s="46">
+        <v>2.0939999999999999</v>
+      </c>
+      <c r="F386" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G386" s="47">
+        <v>45869</v>
+      </c>
+      <c r="H386" s="48">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A387" s="44" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B387" s="45" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C387" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D387" s="45" t="s">
+        <v>397</v>
+      </c>
+      <c r="E387" s="46">
+        <v>0.5716</v>
+      </c>
+      <c r="F387" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G387" s="47">
+        <v>45961</v>
+      </c>
+      <c r="H387" s="48">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A388" s="44" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B388" s="45" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C388" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D388" s="45" t="s">
+        <v>864</v>
+      </c>
+      <c r="E388" s="46">
+        <v>6.0983999999999998</v>
+      </c>
+      <c r="F388" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G388" s="47">
+        <v>45877</v>
+      </c>
+      <c r="H388" s="48">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A389" s="44" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B389" s="45" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C389" s="45" t="s">
+        <v>528</v>
+      </c>
+      <c r="D389" s="45" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E389" s="46">
+        <v>5.5061999999999998</v>
+      </c>
+      <c r="F389" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G389" s="47">
+        <v>45938</v>
+      </c>
+      <c r="H389" s="48">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A390" s="44" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B390" s="45" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C390" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D390" s="45" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E390" s="46">
+        <v>3.5949</v>
+      </c>
+      <c r="F390" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G390" s="47">
+        <v>45938</v>
+      </c>
+      <c r="H390" s="48">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A391" s="44" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B391" s="45" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C391" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D391" s="45" t="s">
+        <v>463</v>
+      </c>
+      <c r="E391" s="46">
+        <v>0.96350000000000002</v>
+      </c>
+      <c r="F391" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G391" s="47">
+        <v>45918</v>
+      </c>
+      <c r="H391" s="48">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A392" s="44" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B392" s="45" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C392" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D392" s="45" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E392" s="46">
+        <v>0.40279999999999999</v>
+      </c>
+      <c r="F392" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G392" s="47">
+        <v>45930</v>
+      </c>
+      <c r="H392" s="48">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A393" s="44" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B393" s="45" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C393" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D393" s="45" t="s">
+        <v>708</v>
+      </c>
+      <c r="E393" s="46">
+        <v>171.0729</v>
+      </c>
+      <c r="F393" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G393" s="47">
+        <v>45985</v>
+      </c>
+      <c r="H393" s="48">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A394" s="44" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B394" s="45" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C394" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D394" s="45" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E394" s="46">
+        <v>111.1953</v>
+      </c>
+      <c r="F394" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G394" s="47">
+        <v>45979</v>
+      </c>
+      <c r="H394" s="48">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A395" s="44" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B395" s="45" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C395" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D395" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E395" s="46">
+        <v>1.0001</v>
+      </c>
+      <c r="F395" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G395" s="47">
+        <v>45869</v>
+      </c>
+      <c r="H395" s="48">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A396" s="44" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B396" s="45" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C396" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D396" s="45" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E396" s="46">
+        <v>0.27410000000000001</v>
+      </c>
+      <c r="F396" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G396" s="47">
+        <v>45993</v>
+      </c>
+      <c r="H396" s="48">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A397" s="44" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B397" s="45" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C397" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D397" s="45" t="s">
+        <v>642</v>
+      </c>
+      <c r="E397" s="46">
+        <v>0.35049999999999998</v>
+      </c>
+      <c r="F397" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G397" s="47">
+        <v>45992</v>
+      </c>
+      <c r="H397" s="48">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A398" s="44" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B398" s="45" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C398" s="45" t="s">
         <v>22</v>
       </c>
-      <c r="D24" s="18" t="s">
-[...22 lines deleted...]
-      <c r="C25" s="18" t="s">
+      <c r="D398" s="45" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E398" s="46">
+        <v>0.25040000000000001</v>
+      </c>
+      <c r="F398" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G398" s="47">
+        <v>45985</v>
+      </c>
+      <c r="H398" s="48">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A399" s="44" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B399" s="45" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C399" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D399" s="45" t="s">
+        <v>265</v>
+      </c>
+      <c r="E399" s="46">
+        <v>0.20119999999999999</v>
+      </c>
+      <c r="F399" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G399" s="47">
+        <v>45972</v>
+      </c>
+      <c r="H399" s="48">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A400" s="44" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B400" s="45" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C400" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D400" s="45" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E400" s="46">
+        <v>0.18</v>
+      </c>
+      <c r="F400" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G400" s="47">
+        <v>45986</v>
+      </c>
+      <c r="H400" s="48">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A401" s="44" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B401" s="45" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C401" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D401" s="45" t="s">
+        <v>598</v>
+      </c>
+      <c r="E401" s="46">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="F401" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G401" s="47">
+        <v>45974</v>
+      </c>
+      <c r="H401" s="48">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A402" s="44" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B402" s="45" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C402" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D402" s="45" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E402" s="46">
+        <v>259.8578</v>
+      </c>
+      <c r="F402" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G402" s="47">
+        <v>45974</v>
+      </c>
+      <c r="H402" s="48">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A403" s="44" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B403" s="45" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C403" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D403" s="45" t="s">
+        <v>463</v>
+      </c>
+      <c r="E403" s="46">
+        <v>0.436</v>
+      </c>
+      <c r="F403" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G403" s="47">
+        <v>45918</v>
+      </c>
+      <c r="H403" s="48">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A404" s="44" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B404" s="45" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C404" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D404" s="45" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E404" s="46">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="F404" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G404" s="47">
+        <v>45978</v>
+      </c>
+      <c r="H404" s="48">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A405" s="44" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B405" s="45" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C405" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D405" s="45" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E405" s="46">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="F405" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G405" s="47">
+        <v>45979</v>
+      </c>
+      <c r="H405" s="48">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A406" s="44" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B406" s="45" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C406" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D25" s="18" t="s">
-[...74 lines deleted...]
-      <c r="C28" s="23" t="s">
+      <c r="D406" s="45" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E406" s="46">
+        <v>0.15</v>
+      </c>
+      <c r="F406" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G406" s="47">
+        <v>45972</v>
+      </c>
+      <c r="H406" s="48">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A407" s="44" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B407" s="45" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C407" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D28" s="23" t="s">
-[...100 lines deleted...]
-      <c r="C32" s="23" t="s">
+      <c r="D407" s="45" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E407" s="46">
+        <v>6.968</v>
+      </c>
+      <c r="F407" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G407" s="47">
+        <v>45945</v>
+      </c>
+      <c r="H407" s="48">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A408" s="44" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B408" s="45" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C408" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D408" s="45" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E408" s="46">
+        <v>12.674300000000001</v>
+      </c>
+      <c r="F408" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G408" s="47">
+        <v>45993</v>
+      </c>
+      <c r="H408" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A409" s="44" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B409" s="45" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C409" s="45" t="s">
+        <v>528</v>
+      </c>
+      <c r="D409" s="45" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E409" s="46">
+        <v>5.4053000000000004</v>
+      </c>
+      <c r="F409" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G409" s="47">
+        <v>45938</v>
+      </c>
+      <c r="H409" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A410" s="44" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B410" s="45" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C410" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D32" s="23" t="s">
-[...48 lines deleted...]
-      <c r="C34" s="23" t="s">
+      <c r="D410" s="45" t="s">
+        <v>943</v>
+      </c>
+      <c r="E410" s="46">
+        <v>1.0147999999999999</v>
+      </c>
+      <c r="F410" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G410" s="47">
+        <v>45890</v>
+      </c>
+      <c r="H410" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A411" s="44" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B411" s="45" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C411" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D34" s="23" t="s">
-[...490 lines deleted...]
-      <c r="C53" s="23" t="s">
+      <c r="D411" s="45" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E411" s="46">
+        <v>0.28670000000000001</v>
+      </c>
+      <c r="F411" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G411" s="47">
+        <v>45996</v>
+      </c>
+      <c r="H411" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A412" s="44" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B412" s="45" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C412" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D53" s="23" t="s">
-[...230 lines deleted...]
-      <c r="C62" s="23" t="s">
+      <c r="D412" s="45" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E412" s="46">
+        <v>0.20050000000000001</v>
+      </c>
+      <c r="F412" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G412" s="47">
+        <v>45961</v>
+      </c>
+      <c r="H412" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A413" s="44" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B413" s="45" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C413" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D62" s="23" t="s">
-[...7187 lines deleted...]
-      <c r="H338" s="26">
+      <c r="D413" s="45" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E413" s="46">
+        <v>0.17519999999999999</v>
+      </c>
+      <c r="F413" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G413" s="47">
         <v>45943</v>
       </c>
-    </row>
-[...1284 lines deleted...]
-      <c r="H388" s="31"/>
+      <c r="H413" s="48">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A414" s="4" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B414" s="5"/>
+      <c r="C414" s="5"/>
+      <c r="D414" s="5"/>
+      <c r="E414" s="10" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F414" s="5"/>
+      <c r="G414" s="6"/>
+      <c r="H414" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D509DD-F9D3-4AE4-8F6D-5626C0D94F16}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:E40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="43.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="43.85546875" customWidth="1"/>
+    <col min="1" max="1" width="50.1796875" customWidth="1"/>
+    <col min="2" max="2" width="15.81640625" customWidth="1"/>
+    <col min="3" max="5" width="24.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="49" t="s">
+    <row r="1" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A1" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="49"/>
-[...23 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+    </row>
+    <row r="2" spans="1:5" ht="92" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="14" t="s">
+        <v>783</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+    </row>
+    <row r="3" spans="1:5" s="34" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B3" s="33"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="33"/>
+    </row>
+    <row r="4" spans="1:5" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="33" t="s">
+      <c r="B4" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="34" t="s">
+      <c r="C4" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="35" t="s">
+      <c r="D4" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="36" t="s">
+      <c r="E4" s="28" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+    <row r="5" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="37" t="s">
+      <c r="B5" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="38">
+      <c r="C5" s="22">
         <v>29</v>
       </c>
-      <c r="D5" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="39">
+      <c r="D5" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="E5" s="36">
         <v>43822</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="37" t="s">
+    <row r="6" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="37" t="s">
+      <c r="B6" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="38">
+      <c r="C6" s="22">
         <v>5</v>
       </c>
-      <c r="D6" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="39">
+      <c r="D6" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="36">
         <v>44441</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="37" t="s">
+    <row r="7" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="37" t="s">
+      <c r="B7" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="38">
+      <c r="C7" s="22">
         <v>5</v>
       </c>
-      <c r="D7" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="39">
+      <c r="D7" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="36">
         <v>44766</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="37" t="s">
+    <row r="8" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="21" t="s">
+        <v>630</v>
+      </c>
+      <c r="B8" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="38">
+      <c r="C8" s="22">
         <v>60</v>
       </c>
-      <c r="D8" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="39">
+      <c r="D8" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="36">
         <v>44825</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="37" t="s">
+    <row r="9" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="37" t="s">
+      <c r="B9" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="38">
+      <c r="C9" s="22">
         <v>250</v>
       </c>
-      <c r="D9" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="39">
+      <c r="D9" s="21" t="s">
+        <v>624</v>
+      </c>
+      <c r="E9" s="36">
         <v>45118</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B10" s="37" t="s">
+    <row r="10" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="38">
+      <c r="C10" s="22">
         <v>320</v>
       </c>
-      <c r="D10" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="39">
+      <c r="D10" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="36">
         <v>45131</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B11" s="37" t="s">
+    <row r="11" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="22">
+        <v>90</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="36">
+        <v>45291</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="22">
+        <v>414</v>
+      </c>
+      <c r="D12" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" s="36">
+        <v>45302</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="B13" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="38">
+      <c r="C13" s="22">
+        <v>77</v>
+      </c>
+      <c r="D13" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="36">
+        <v>45362</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="22">
+        <v>4.95</v>
+      </c>
+      <c r="D14" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" s="36">
+        <v>45440</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="22">
+        <v>98</v>
+      </c>
+      <c r="D15" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" s="36">
+        <v>45457</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="22">
+        <v>574</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="36">
+        <v>45462</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="22">
+        <v>285</v>
+      </c>
+      <c r="D17" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="36">
+        <v>45519</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="22">
+        <v>250</v>
+      </c>
+      <c r="D18" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="36">
+        <v>45520</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="22">
+        <v>7.5</v>
+      </c>
+      <c r="D19" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="36">
+        <v>45539</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="22">
+        <v>376</v>
+      </c>
+      <c r="D20" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" s="36">
+        <v>45540</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="22">
+        <v>228</v>
+      </c>
+      <c r="D21" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" s="36">
+        <v>45562</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="22">
+        <v>118.8</v>
+      </c>
+      <c r="D22" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="36">
+        <v>45616</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="22">
+        <v>450</v>
+      </c>
+      <c r="D23" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" s="36">
+        <v>45643</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B24" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="22">
+        <v>254</v>
+      </c>
+      <c r="D24" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="36">
+        <v>45644</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="22">
+        <v>108</v>
+      </c>
+      <c r="D25" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="36">
+        <v>45649</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="22">
+        <v>280</v>
+      </c>
+      <c r="D26" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="36">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="21" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B27" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="22">
+        <v>172</v>
+      </c>
+      <c r="D27" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="36">
+        <v>45727</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="21" t="s">
+        <v>435</v>
+      </c>
+      <c r="B28" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="22">
+        <v>106</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" s="36">
+        <v>45741</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="22">
+        <v>80</v>
+      </c>
+      <c r="D29" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" s="36">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="21" t="s">
+        <v>779</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C30" s="22">
+        <v>190</v>
+      </c>
+      <c r="D30" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="36">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="21" t="s">
+        <v>434</v>
+      </c>
+      <c r="B31" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="37" t="s">
+      <c r="C31" s="22">
         <v>25</v>
       </c>
-      <c r="E11" s="39">
-[...7 lines deleted...]
-      <c r="B12" s="37" t="s">
+      <c r="D31" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E31" s="36">
+        <v>45765</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="21" t="s">
+        <v>436</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="22">
+        <v>240</v>
+      </c>
+      <c r="D32" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="36">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="21" t="s">
+        <v>626</v>
+      </c>
+      <c r="B33" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="38">
+      <c r="C33" s="22">
+        <v>31</v>
+      </c>
+      <c r="D33" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="36">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="21" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="22">
+        <v>27</v>
+      </c>
+      <c r="D34" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="36">
+        <v>45862</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="21" t="s">
+        <v>976</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="22">
+        <v>105</v>
+      </c>
+      <c r="D35" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E35" s="36">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="21" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="22">
+        <v>300</v>
+      </c>
+      <c r="D36" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="36">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="21" t="s">
+        <v>974</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C37" s="22">
+        <v>108</v>
+      </c>
+      <c r="D37" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E37" s="36">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="26" t="s">
+        <v>960</v>
+      </c>
+      <c r="B38" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="27">
+        <v>247</v>
+      </c>
+      <c r="D38" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="37">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="38" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B39" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="27">
         <v>200</v>
       </c>
-      <c r="D12" s="37" t="s">
-[...33 lines deleted...]
-      <c r="D14" s="37" t="s">
+      <c r="D39" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="E14" s="39">
-[...435 lines deleted...]
-      <c r="E40" s="7"/>
+      <c r="E39" s="37">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="9"/>
+      <c r="B40" s="9"/>
+      <c r="C40" s="35" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <conditionalFormatting sqref="A39">
-    <cfRule type="duplicateValues" dxfId="7" priority="3"/>
-    <cfRule type="expression" dxfId="6" priority="4">
+    <cfRule type="duplicateValues" dxfId="18" priority="1"/>
+    <cfRule type="expression" dxfId="17" priority="2">
       <formula>$B39=1</formula>
     </cfRule>
-    <cfRule type="duplicateValues" dxfId="5" priority="5"/>
+    <cfRule type="duplicateValues" dxfId="16" priority="3"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1837E23-2EB2-4CF7-AAE7-B6789B654D68}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="65.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.7109375" customWidth="1"/>
+    <col min="1" max="1" width="79.6328125" customWidth="1"/>
+    <col min="2" max="2" width="23" customWidth="1"/>
+    <col min="3" max="3" width="32.08984375" customWidth="1"/>
+    <col min="4" max="4" width="30.6328125" customWidth="1"/>
+    <col min="5" max="6" width="8.7265625" customWidth="1"/>
+    <col min="8" max="9" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="51" t="s">
+    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="51"/>
-[...4 lines deleted...]
-      <c r="A2" s="52" t="s">
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+    </row>
+    <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="52"/>
-[...12 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+    </row>
+    <row r="3" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="17" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B3" s="17"/>
+      <c r="C3" s="17"/>
+      <c r="D3" s="17"/>
+    </row>
+    <row r="4" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="42" t="s">
+      <c r="B4" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="43" t="s">
+      <c r="C4" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="42" t="s">
+      <c r="D4" s="18" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="37" t="s">
+    <row r="5" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="20" t="s">
+        <v>232</v>
+      </c>
+      <c r="B5" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="38">
+      <c r="C5" s="22">
         <v>64</v>
       </c>
-      <c r="D5" s="37" t="s">
-[...7 lines deleted...]
-      <c r="B6" s="37" t="s">
+      <c r="D5" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="23" t="s">
+        <v>234</v>
+      </c>
+      <c r="B6" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="38">
+      <c r="C6" s="22">
         <v>250</v>
       </c>
-      <c r="D6" s="37" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="46" t="s">
+      <c r="D6" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="22">
+        <v>224</v>
+      </c>
+      <c r="D7" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="23" t="s">
+        <v>958</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="22">
+        <v>252</v>
+      </c>
+      <c r="D8" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="24" t="s">
+        <v>780</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="22">
+        <v>400</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="22">
+        <v>775</v>
+      </c>
+      <c r="D10" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="24" t="s">
+        <v>628</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="22">
+        <v>100</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="23" t="s">
+        <v>959</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="22">
+        <v>240</v>
+      </c>
+      <c r="D12" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="22">
+        <v>1400</v>
+      </c>
+      <c r="D13" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="22">
+        <v>205</v>
+      </c>
+      <c r="D14" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="24" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="22">
+        <v>350</v>
+      </c>
+      <c r="D15" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="22">
+        <v>284</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="24" t="s">
+        <v>961</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="22">
+        <v>230</v>
+      </c>
+      <c r="D17" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="23" t="s">
+        <v>631</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="22">
+        <v>95</v>
+      </c>
+      <c r="D18" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="24" t="s">
+        <v>962</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="22">
+        <v>357</v>
+      </c>
+      <c r="D19" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="23" t="s">
+        <v>222</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="22">
+        <v>125</v>
+      </c>
+      <c r="D20" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="24" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="22">
+        <v>696</v>
+      </c>
+      <c r="D21" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="22">
+        <v>77</v>
+      </c>
+      <c r="D22" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="24" t="s">
+        <v>633</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="22">
+        <v>150</v>
+      </c>
+      <c r="D23" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="23" t="s">
         <v>963</v>
       </c>
-      <c r="B7" s="37" t="s">
+      <c r="B24" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="22">
+        <v>399</v>
+      </c>
+      <c r="D24" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="B25" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="22">
+        <v>60</v>
+      </c>
+      <c r="D25" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="23" t="s">
+        <v>632</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="22">
+        <v>300</v>
+      </c>
+      <c r="D26" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="24" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B27" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="22">
+        <v>300</v>
+      </c>
+      <c r="D27" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="23" t="s">
+        <v>964</v>
+      </c>
+      <c r="B28" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="22">
+        <v>600</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="22">
+        <v>250</v>
+      </c>
+      <c r="D29" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="22">
+        <v>585</v>
+      </c>
+      <c r="D30" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="24" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C31" s="22">
+        <v>138</v>
+      </c>
+      <c r="D31" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="23" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C32" s="22">
+        <v>256</v>
+      </c>
+      <c r="D32" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="24" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="22">
+        <v>600</v>
+      </c>
+      <c r="D33" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="22">
+        <v>150</v>
+      </c>
+      <c r="D34" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="22">
+        <v>258</v>
+      </c>
+      <c r="D35" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C36" s="22">
+        <v>9</v>
+      </c>
+      <c r="D36" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C37" s="22">
+        <v>100</v>
+      </c>
+      <c r="D37" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="23" t="s">
+        <v>965</v>
+      </c>
+      <c r="B38" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="22">
+        <v>634</v>
+      </c>
+      <c r="D38" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="24" t="s">
+        <v>966</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="22">
+        <v>281</v>
+      </c>
+      <c r="D39" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="23" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="22">
+        <v>150</v>
+      </c>
+      <c r="D40" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="24" t="s">
+        <v>967</v>
+      </c>
+      <c r="B41" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="22">
+        <v>450</v>
+      </c>
+      <c r="D41" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="23" t="s">
+        <v>968</v>
+      </c>
+      <c r="B42" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="22">
+        <v>363</v>
+      </c>
+      <c r="D42" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="24" t="s">
+        <v>969</v>
+      </c>
+      <c r="B43" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C43" s="22">
+        <v>360</v>
+      </c>
+      <c r="D43" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B44" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="22">
+        <v>350</v>
+      </c>
+      <c r="D44" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="38">
-[...2 lines deleted...]
-      <c r="D7" s="37" t="s">
+      <c r="C45" s="22">
+        <v>288</v>
+      </c>
+      <c r="D45" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="23" t="s">
+        <v>970</v>
+      </c>
+      <c r="B46" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C46" s="22">
+        <v>300</v>
+      </c>
+      <c r="D46" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="B47" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="22">
+        <v>288</v>
+      </c>
+      <c r="D47" s="21" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="37" t="s">
+    <row r="48" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="B48" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="22">
+        <v>5.7</v>
+      </c>
+      <c r="D48" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="B49" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="22">
+        <v>300</v>
+      </c>
+      <c r="D49" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="25" t="s">
+        <v>971</v>
+      </c>
+      <c r="B50" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="C50" s="27">
+        <v>400</v>
+      </c>
+      <c r="D50" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="23" t="s">
+        <v>228</v>
+      </c>
+      <c r="B51" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="38">
-[...10 lines deleted...]
-      <c r="B9" s="37" t="s">
+      <c r="C51" s="22">
+        <v>700</v>
+      </c>
+      <c r="D51" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="22">
+        <v>200</v>
+      </c>
+      <c r="D52" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="B53" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="22">
+        <v>120</v>
+      </c>
+      <c r="D53" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="23" t="s">
+        <v>972</v>
+      </c>
+      <c r="B54" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C54" s="22">
+        <v>300</v>
+      </c>
+      <c r="D54" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="23" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="22">
+        <v>700</v>
+      </c>
+      <c r="D55" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="23" t="s">
+        <v>973</v>
+      </c>
+      <c r="B56" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" s="22">
+        <v>500</v>
+      </c>
+      <c r="D56" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="23" t="s">
+        <v>629</v>
+      </c>
+      <c r="B57" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C57" s="22">
+        <v>1152</v>
+      </c>
+      <c r="D57" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="23" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="22">
+        <v>230</v>
+      </c>
+      <c r="D58" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B59" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="22">
+        <v>1100</v>
+      </c>
+      <c r="D59" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="B60" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="22">
+        <v>62</v>
+      </c>
+      <c r="D60" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="23" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" s="22">
+        <v>936</v>
+      </c>
+      <c r="D61" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="B62" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="22">
+        <v>30</v>
+      </c>
+      <c r="D62" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="23" t="s">
+        <v>781</v>
+      </c>
+      <c r="B63" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="38">
-[...27 lines deleted...]
-      <c r="C11" s="38">
+      <c r="C63" s="22">
+        <v>120</v>
+      </c>
+      <c r="D63" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="23" t="s">
+        <v>231</v>
+      </c>
+      <c r="B64" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C64" s="22">
+        <v>300</v>
+      </c>
+      <c r="D64" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="23" t="s">
+        <v>975</v>
+      </c>
+      <c r="B65" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" s="22">
+        <v>108</v>
+      </c>
+      <c r="D65" s="21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="23" t="s">
+        <v>627</v>
+      </c>
+      <c r="B66" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C66" s="22">
         <v>100</v>
       </c>
-      <c r="D11" s="37" t="s">
-[...27 lines deleted...]
-      <c r="D13" s="37" t="s">
+      <c r="D66" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="B67" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C67" s="22">
+        <v>70</v>
+      </c>
+      <c r="D67" s="21" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...775 lines deleted...]
-      <c r="D69" s="2"/>
+    <row r="68" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="3"/>
+      <c r="B68" s="1"/>
+      <c r="C68" s="8" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D68" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">