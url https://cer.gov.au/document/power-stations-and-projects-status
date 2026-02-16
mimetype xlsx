--- v4 (2026-01-22)
+++ v5 (2026-02-16)
@@ -3,83 +3,83 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCF8FCD0-DD66-43EC-992D-904F631C6693}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D40787C-6D17-4A9D-87F9-8D54179DFC3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22930" yWindow="-4270" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-57720" yWindow="-9675" windowWidth="57840" windowHeight="31920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved" sheetId="9" r:id="rId1"/>
     <sheet name="Committed" sheetId="10" r:id="rId2"/>
     <sheet name="Probable" sheetId="11" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2369" uniqueCount="1233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="189">
   <si>
     <t>Approved Power Stations</t>
   </si>
   <si>
     <t>Accreditation code</t>
   </si>
   <si>
     <t>Power station name</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Installed capacity (MW)</t>
   </si>
   <si>
     <t>Fuel Source (s)</t>
   </si>
   <si>
     <t>Accreditation start date</t>
   </si>
   <si>
@@ -106,83 +106,59 @@
   <si>
     <t>Probable Projects</t>
   </si>
   <si>
     <t xml:space="preserve">Probable projects have a high degree of confidence that they will proceed following a public announcement of a power purchase agreement with a strong counter party or other evidence of funding. </t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>QLD</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
-    <t>3175</t>
-[...1 lines deleted...]
-  <si>
     <t>TAS</t>
   </si>
   <si>
     <t>Wind</t>
   </si>
   <si>
-    <t>4825</t>
-[...10 lines deleted...]
-  <si>
     <t>4110</t>
   </si>
   <si>
-    <t>5010</t>
-[...7 lines deleted...]
-  <si>
     <t>East Rockingham Resource Recovery Facility</t>
   </si>
   <si>
     <t>Kidston Pumped Hydro Storage Project</t>
   </si>
   <si>
     <t>Mangalore Renewable Energy Project</t>
   </si>
   <si>
     <t>Orange Community Renewable Energy Park</t>
   </si>
   <si>
     <t>Wambo Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Forest Glen Solar Farm</t>
   </si>
   <si>
     <t>Uungula Wind Farm</t>
   </si>
   <si>
     <t>Arnotts Huntingwood Solar Project</t>
   </si>
   <si>
     <t>Golden Plains Wind Farm - Stage 2</t>
@@ -235,512 +211,71 @@
   <si>
     <t>New England Solar Farm - Stage 2</t>
   </si>
   <si>
     <t>Planet Ark Power - Schneider Electricity PV and Battery Project</t>
   </si>
   <si>
     <t>Eurimbula Solar Farm</t>
   </si>
   <si>
     <t>Sapphire Solar Farm</t>
   </si>
   <si>
     <t>Silverleaf Solar Farm</t>
   </si>
   <si>
     <t>Vales Point Solar Farm</t>
   </si>
   <si>
     <t>Woolsthorpe Wind Farm</t>
   </si>
   <si>
     <t>Vast Solar Facility - VS1</t>
   </si>
   <si>
-    <t>4074</t>
-[...1 lines deleted...]
-  <si>
     <t>Warradarge Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Northern Midlands Solar Farm</t>
   </si>
   <si>
     <t>Upper Calliope Solar Farm</t>
   </si>
   <si>
-    <t>SRPXQLE8</t>
-[...10 lines deleted...]
-  <si>
     <t>2179</t>
   </si>
   <si>
-    <t>SRPYNS58</t>
-[...160 lines deleted...]
-  <si>
     <t>Quorn Park Solar Hybrid</t>
   </si>
   <si>
     <t>Junction Rivers Wind Farm</t>
   </si>
   <si>
     <t>Bungama Solar Farm (stage 3)</t>
   </si>
   <si>
-    <t>SRPYNS53</t>
-[...262 lines deleted...]
-  <si>
     <t>Bungaban Wind Farm</t>
   </si>
   <si>
     <t>Campbells Forest Solar Farm</t>
   </si>
   <si>
     <t>Elaine Solar Farm</t>
   </si>
   <si>
     <t>Glanmire Solar Farm</t>
   </si>
   <si>
     <t>Kentbruck Green Power Hub</t>
   </si>
   <si>
     <t>Majors Creek Solar Farm</t>
   </si>
   <si>
     <t>Palmer Wind Farm</t>
   </si>
   <si>
     <t>Port Augusta Energy Park Stage 2</t>
   </si>
   <si>
     <t>Sandy Creek Solar Farm</t>
@@ -748,2211 +283,117 @@
   <si>
     <t>Spicers Creek Wind Farm</t>
   </si>
   <si>
     <t>Valley of the Winds</t>
   </si>
   <si>
     <t>West Mokoan Solar Farm</t>
   </si>
   <si>
     <t>Barnawartha Solar Farm</t>
   </si>
   <si>
     <t>Hopeland Solar Farm</t>
   </si>
   <si>
     <t>Barwon solar farm</t>
   </si>
   <si>
     <t>Thunderbolt Wind Farm stage 1</t>
   </si>
   <si>
     <t>Goulburn River Solar Farm</t>
   </si>
   <si>
-    <t>SRPXQLC4</t>
-[...589 lines deleted...]
-  <si>
     <t>Port Latta Wind Farm</t>
   </si>
   <si>
     <t>Lancaster Solar Farm</t>
   </si>
   <si>
     <t>Wandoan South Solar Farm (Stage 2)</t>
   </si>
   <si>
-    <t>SRPXQLI8</t>
-[...229 lines deleted...]
-  <si>
     <t>4504</t>
   </si>
   <si>
-    <t>SRPXQLI4</t>
-[...229 lines deleted...]
-  <si>
     <t>6166</t>
   </si>
   <si>
-    <t>SRPYNSC2</t>
-[...88 lines deleted...]
-  <si>
     <t>2153</t>
   </si>
   <si>
     <t>Hydro</t>
   </si>
   <si>
     <t>St Ives Gold Solar Farm</t>
   </si>
   <si>
     <t>Mulwala Solar Farm</t>
   </si>
   <si>
     <t>Winton North Solar Farm</t>
   </si>
   <si>
     <t>Bullyard Solar Farm</t>
   </si>
   <si>
     <t>Theodore Wind Farm</t>
   </si>
   <si>
     <t>Moorebank Logistics Park</t>
   </si>
   <si>
     <t>Derby Solar Farm &amp; Battery</t>
   </si>
   <si>
     <t>Goyder North Wind Farm Stage 1</t>
   </si>
   <si>
     <t>Ganymirra Solar Power Station</t>
   </si>
   <si>
-    <t>SRPVWAN9</t>
-[...433 lines deleted...]
-  <si>
     <t>Cloudbreak Solar Farm</t>
   </si>
   <si>
     <t>Boddington Giga Energy</t>
-  </si>
-[...1 lines deleted...]
-    <t>Waroona Solar Fam</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t xml:space="preserve">Committed projects refers to large-scale renewable energy projects that have received all development approvals and reached a final investment decision (FID) according to the commercial understanding of the term. 
 The committed date field is based on the date that FID was reached as reported in open source media. Where a FID date has not been announced, the construction start date or the LRET accreditation application date is used as a proxy for the FID date. While care is taken to accurately report FID dates, accuracy depends on information found in open source publications and is subject to change. </t>
   </si>
   <si>
-    <t>SRPXVCT3</t>
-[...106 lines deleted...]
-  <si>
     <t>3018</t>
   </si>
   <si>
-    <t>SRPXVCS3</t>
-[...337 lines deleted...]
-  <si>
     <t>2652</t>
   </si>
   <si>
-    <t>SRPXSA10</t>
-[...64 lines deleted...]
-  <si>
     <t>Bell Bay Wind Farm</t>
   </si>
   <si>
     <t>Bendemeer Energy Hub - Solar</t>
   </si>
   <si>
     <t>Bundey Solar Farm</t>
   </si>
   <si>
     <t>Carmody's Hill Wind Farm</t>
   </si>
   <si>
     <t>Corop Solar Farm (stage 1)</t>
   </si>
   <si>
     <t>Dinawan Wind Farm Stage 1</t>
   </si>
   <si>
     <t>Gawara Baya Wind Farm</t>
   </si>
   <si>
     <t>Hexham Wind Farm</t>
   </si>
   <si>
     <t>Liverpool Range Wind Stage 1</t>
@@ -2969,944 +410,330 @@
   <si>
     <t>Moah Creek Wind Farm</t>
   </si>
   <si>
     <t>Nowingi Solar Power Station</t>
   </si>
   <si>
     <t>Punchs Creek Solar Farm</t>
   </si>
   <si>
     <t>Smoky Creek Solar Power Station</t>
   </si>
   <si>
     <t>Tallawang Solar Farm</t>
   </si>
   <si>
     <t>Waddi Wind Farm</t>
   </si>
   <si>
     <t>Willogoleche 2 Wind Farm</t>
   </si>
   <si>
     <t>King Rocks Wind Farm</t>
   </si>
   <si>
-    <t>SRPXSA11</t>
-[...256 lines deleted...]
-  <si>
     <t>Wathagar Solar NSW (Stage 2)</t>
   </si>
   <si>
     <t>Blind Creek Solar Farm</t>
   </si>
   <si>
-    <t>SRPYNS92</t>
-[...271 lines deleted...]
-  <si>
     <t>Guthrie's Gap Solar Power Station</t>
   </si>
   <si>
-    <t>SRPYNSH3</t>
-[...196 lines deleted...]
-  <si>
     <t>Maryvale Solar Farm</t>
   </si>
   <si>
     <t>Delburn Wind Farm</t>
   </si>
   <si>
     <t>Clarke Creek Wind Farm Stage 2</t>
   </si>
   <si>
     <t>Kalgoorlie Regional Renewable Energy Project (Solar)</t>
   </si>
   <si>
     <t>Kalgoorlie Regional Renewable Energy Project (Wind)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>3,953.754</t>
-[...8 lines deleted...]
-    <t>21,176.700</t>
+    <t>Waroona Solar Farm</t>
+  </si>
+  <si>
+    <t>Data as at 31/01/2026</t>
+  </si>
+  <si>
+    <t>Nullagine Wind Farm</t>
+  </si>
+  <si>
+    <t>The approved power stations table forms part of the register of accredited power stations and data in this table will be incorporated into the register on a periodic basis. The approved power stations table does not include power stations that have been approved prior to 1 January 2026.</t>
+  </si>
+  <si>
+    <t>SRPXQLO8</t>
+  </si>
+  <si>
+    <t>DONS FORT - SOLAR W SGU - QLD</t>
+  </si>
+  <si>
+    <t>4660</t>
+  </si>
+  <si>
+    <t>SRPYNSK0</t>
+  </si>
+  <si>
+    <t>Mintus Coles - Solar w SGU- NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLP1</t>
+  </si>
+  <si>
+    <t>Ventora - Acacia Ridge - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPYNSK3</t>
+  </si>
+  <si>
+    <t>Bayside Aged Care - Solar - Morisset - NSW</t>
+  </si>
+  <si>
+    <t>2264</t>
+  </si>
+  <si>
+    <t>SRPVWAQ0</t>
+  </si>
+  <si>
+    <t>Matrix Composites and Engineering Pty Ltd - Solar - WA</t>
+  </si>
+  <si>
+    <t>SRPXQLP4</t>
+  </si>
+  <si>
+    <t>Accensi Narangba - Solar - QLD</t>
+  </si>
+  <si>
+    <t>SRPXSA19</t>
+  </si>
+  <si>
+    <t>Bunge Port Giles - Solar - SA</t>
+  </si>
+  <si>
+    <t>5583</t>
+  </si>
+  <si>
+    <t>SRPVWAP2</t>
+  </si>
+  <si>
+    <t>HBF Stadium Carpark 4 PV System - Solar w SGU - WA</t>
+  </si>
+  <si>
+    <t>6010</t>
+  </si>
+  <si>
+    <t>SRPYNSJ2</t>
+  </si>
+  <si>
+    <t>Stockland M-park Building C - Solar - NSW</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>SRPXVCU9</t>
+  </si>
+  <si>
+    <t>Waverley Gardens - Solar w SGU - VIC</t>
+  </si>
+  <si>
+    <t>3170</t>
+  </si>
+  <si>
+    <t>SRPXQLP3</t>
+  </si>
+  <si>
+    <t>The Barracks - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>4000</t>
+  </si>
+  <si>
+    <t>SRPXVCW5</t>
+  </si>
+  <si>
+    <t>Altona Stage 1 &amp; BESS - Solar - Vic</t>
+  </si>
+  <si>
+    <t>SRPYNSJ3</t>
+  </si>
+  <si>
+    <t>Tabbita-Solar-NSW</t>
+  </si>
+  <si>
+    <t>SRPXQLO3</t>
+  </si>
+  <si>
+    <t>CLV GUV Village - Solar w SGU - QLD</t>
+  </si>
+  <si>
+    <t>4215</t>
+  </si>
+  <si>
+    <t>SRPYNSI3</t>
+  </si>
+  <si>
+    <t>BAULKHAM HILLS - SOLAR W SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPVWAO8</t>
+  </si>
+  <si>
+    <t>6149</t>
+  </si>
+  <si>
+    <t>SRPYNSI1</t>
+  </si>
+  <si>
+    <t>Leppington BP 3 &amp; BESS - Solar w SGU - NSW</t>
+  </si>
+  <si>
+    <t>SRPXSA17</t>
+  </si>
+  <si>
+    <t>Woolworths CFC Adelaide 8849 - Solar - SA</t>
+  </si>
+  <si>
+    <t>5035</t>
+  </si>
+  <si>
+    <t>SRPXSA21</t>
+  </si>
+  <si>
+    <t>Yumbah Aquaculture Ltd - Solar - SA</t>
+  </si>
+  <si>
+    <t>5223</t>
+  </si>
+  <si>
+    <t>RAAFA (ARK) - Solar - WA</t>
+  </si>
+  <si>
+    <t>SRPXVCW2</t>
+  </si>
+  <si>
+    <t>CHARTER HALL-CL3030 DRYSTONE-SOLAR-VIC</t>
+  </si>
+  <si>
+    <t>3029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="d/m/yy;@"/>
     <numFmt numFmtId="165" formatCode="mmm\-yyyy"/>
-    <numFmt numFmtId="167" formatCode="#,##0.000"/>
+    <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005874"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...33 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF9BC2E6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFC0C2C4"/>
@@ -3955,85 +782,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </top>
-      <bottom/>
-[...33 lines deleted...]
-      </top>
       <bottom style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="2" tint="-0.24994659260841701"/>
       </left>
       <right/>
@@ -4071,513 +863,372 @@
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="2" tint="-9.9948118533890809E-2"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="2" tint="-9.9948118533890809E-2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="61">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="167" fontId="3" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="50">
+  <dxfs count="33">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </left>
-        <right/>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...12 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
-[...136 lines deleted...]
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
-          <color theme="2" tint="-0.24994659260841701"/>
+          <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FF005874"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFC0C2C4"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC0C2C4"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
@@ -4633,51 +1284,51 @@
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="167" formatCode="#,##0.000"/>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
@@ -4722,567 +1373,255 @@
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...360 lines deleted...]
-    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right/>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...16 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="166" formatCode="#,##0.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </right>
+        <top style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...12 lines deleted...]
-    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color theme="2" tint="-0.24994659260841701"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-0.24994659260841701"/>
         </top>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...3 lines deleted...]
-    <dxf>
       <border outline="0">
         <top style="thin">
           <color rgb="FF9BC2E6"/>
         </top>
       </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -5295,118 +1634,118 @@
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC0C2C4"/>
         </left>
         <right style="thin">
           <color rgb="FFC0C2C4"/>
         </right>
         <top style="thin">
           <color rgb="FFC0C2C4"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC0C2C4"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FFC0C2C4"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FFC0C2C4"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="49"/>
-[...2 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="46"/>
+      <tableStyleElement type="wholeTable" dxfId="32"/>
+      <tableStyleElement type="headerRow" dxfId="31"/>
+      <tableStyleElement type="firstColumn" dxfId="30"/>
+      <tableStyleElement type="firstRowStripe" dxfId="29"/>
     </tableStyle>
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{DE1A6D83-2535-42C5-A7CA-DA0BA77256C9}"/>
   </tableStyles>
   <colors>
     <mruColors>
+      <color rgb="FF005874"/>
       <color rgb="FFFFFF00"/>
       <color rgb="FFD5D6D4"/>
-      <color rgb="FF005874"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H414" totalsRowCount="1" dataDxfId="0" totalsRowDxfId="44" tableBorderDxfId="45" totalsRowBorderDxfId="43">
-  <autoFilter ref="A4:H413" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}" name="data_Approved" displayName="data_Approved" ref="A4:H24" totalsRowShown="0" dataDxfId="28" tableBorderDxfId="27" totalsRowBorderDxfId="26">
+  <autoFilter ref="A4:H24" xr:uid="{AF0CBF8E-B745-42BB-B700-7CFDCFA3C2A1}"/>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" totalsRowLabel="Total" dataDxfId="8" totalsRowDxfId="42"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="1" totalsRowDxfId="35"/>
+    <tableColumn id="1" xr3:uid="{69EF0CD5-54A1-46DC-9F80-79B2181CE2D4}" name="Accreditation code" dataDxfId="25"/>
+    <tableColumn id="2" xr3:uid="{CADAFA37-C8E3-422D-A7D3-91AD4EA5D0DF}" name="Power station name" dataDxfId="24"/>
+    <tableColumn id="3" xr3:uid="{2B2127FB-057C-46F0-AA26-9609842B7E74}" name="State" dataDxfId="23"/>
+    <tableColumn id="4" xr3:uid="{3FF39BEC-FBC0-4B18-9CB8-AA042622F5FF}" name="Postcode" dataDxfId="22"/>
+    <tableColumn id="5" xr3:uid="{626FDD98-5558-4BF0-B2E4-D801DE3552C5}" name="Installed capacity (MW)" dataDxfId="21"/>
+    <tableColumn id="6" xr3:uid="{C7C3E84D-B1C5-4395-8C7A-42D493A0876D}" name="Fuel Source (s)" dataDxfId="20"/>
+    <tableColumn id="7" xr3:uid="{A3571B06-4783-4E83-9572-9468520C8C59}" name="Accreditation start date" dataDxfId="19"/>
+    <tableColumn id="8" xr3:uid="{988C0320-DEE4-4D05-8469-E57F59F8F21C}" name="Approval date" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E40" totalsRowCount="1" dataDxfId="9" tableBorderDxfId="34">
-  <autoFilter ref="A4:E39" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}" name="data_Committed" displayName="data_Committed" ref="A4:E41" totalsRowShown="0" dataDxfId="11" tableBorderDxfId="17">
+  <autoFilter ref="A4:E41" xr:uid="{FF69E58C-9793-438F-AC5C-9B56C323D6B3}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="14" totalsRowDxfId="33"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="10" totalsRowDxfId="30"/>
+    <tableColumn id="1" xr3:uid="{FF838285-E6D7-4A1A-9D8B-C8C6ACA6857E}" name="Project Name" dataDxfId="16"/>
+    <tableColumn id="2" xr3:uid="{D7E42F01-B2CB-4152-91A0-60DCBF1D5C9C}" name="State " dataDxfId="15"/>
+    <tableColumn id="3" xr3:uid="{7606CABA-955E-453E-90A9-4D9B6CBD7105}" name="MW Capacity" dataDxfId="14"/>
+    <tableColumn id="4" xr3:uid="{C9D0AF91-BAF0-462E-8296-7AD6990E0FDD}" name="Fuel Source" dataDxfId="13"/>
+    <tableColumn id="5" xr3:uid="{882DBEE5-9D88-4E58-86DE-96F816460B46}" name="Committed Date (Month/Year)" dataDxfId="12"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D68" totalsRowCount="1" headerRowDxfId="29" dataDxfId="19" tableBorderDxfId="28">
-  <autoFilter ref="A4:D67" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}" name="data_Probable" displayName="data_Probable" ref="A4:D66" totalsRowShown="0" headerRowDxfId="7" dataDxfId="0" tableBorderDxfId="6">
+  <autoFilter ref="A4:D66" xr:uid="{24998735-FA51-42C4-86CC-36EFB829514B}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="23" totalsRowDxfId="27"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="20" totalsRowDxfId="24"/>
+    <tableColumn id="1" xr3:uid="{A69C7930-C420-4619-AC85-D29E8B4208E8}" name="Project Name" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{8822E2A4-C749-4723-93A2-B42A2506EAE9}" name="State " dataDxfId="3"/>
+    <tableColumn id="3" xr3:uid="{3315BE4D-E527-48C5-A7B8-40187787A8C8}" name="MW Capacity" dataDxfId="2" totalsRowDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{E2F46840-2276-4BBF-8441-0809042E635C}" name="Fuel Source" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5644,12432 +1983,2329 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1174958-96CB-415F-9990-A65FDA46B647}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:H414"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.81640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="22.36328125" customWidth="1"/>
+    <col min="1" max="1" width="27.90625" customWidth="1"/>
+    <col min="2" max="2" width="64.81640625" customWidth="1"/>
+    <col min="3" max="3" width="18.453125" customWidth="1"/>
+    <col min="4" max="4" width="19.7265625" customWidth="1"/>
+    <col min="5" max="5" width="32.6328125" customWidth="1"/>
+    <col min="6" max="6" width="25.54296875" customWidth="1"/>
+    <col min="7" max="7" width="33.26953125" customWidth="1"/>
+    <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:8" ht="26.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...29 lines deleted...]
-      <c r="H3" s="33"/>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+    </row>
+    <row r="2" spans="1:8" s="19" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+      <c r="H2" s="18"/>
+    </row>
+    <row r="3" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="38"/>
+      <c r="F3" s="38"/>
+      <c r="G3" s="38"/>
+      <c r="H3" s="38"/>
     </row>
     <row r="4" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="11" t="s">
+      <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="54" t="s">
+      <c r="B4" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="55" t="s">
+      <c r="C4" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="56" t="s">
+      <c r="D4" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="57" t="s">
+      <c r="E4" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="58" t="s">
+      <c r="F4" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="59" t="s">
+      <c r="G4" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="60" t="s">
+      <c r="H4" s="17" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="39" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="40" t="s">
+      <c r="A5" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="40" t="s">
-[...12 lines deleted...]
-        <v>45670</v>
+      <c r="D5" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E5" s="6">
+        <v>0.4209</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="7">
+        <v>45951</v>
+      </c>
+      <c r="H5" s="8">
+        <v>46028</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="39" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="40" t="s">
+      <c r="A6" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E6" s="6">
+        <v>0.1903</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="7">
+        <v>46000</v>
+      </c>
+      <c r="H6" s="8">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C7" s="40" t="s">
+      <c r="D7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45978</v>
+      </c>
+      <c r="H7" s="8">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="40" t="s">
-[...19 lines deleted...]
-      <c r="B8" s="40" t="s">
+      <c r="D8" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E8" s="6">
+        <v>0.13969999999999999</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="7">
+        <v>46007</v>
+      </c>
+      <c r="H8" s="8">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0.84960000000000002</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="7">
+        <v>46008</v>
+      </c>
+      <c r="H9" s="8">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="C8" s="40" t="s">
-[...25 lines deleted...]
-      <c r="C9" s="40" t="s">
+      <c r="E10" s="6">
+        <v>0.19939999999999999</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="7">
+        <v>45985</v>
+      </c>
+      <c r="H10" s="8">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E11" s="6">
+        <v>0.47789999999999999</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="7">
+        <v>46002</v>
+      </c>
+      <c r="H11" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="E12" s="6">
+        <v>0.25850000000000001</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45910</v>
+      </c>
+      <c r="H12" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E13" s="6">
+        <v>0.12509999999999999</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45967</v>
+      </c>
+      <c r="H13" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="E14" s="6">
+        <v>0.52070000000000005</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="7">
+        <v>45933</v>
+      </c>
+      <c r="H14" s="8">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C15" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C10" s="40" t="s">
+      <c r="D15" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="E15" s="6">
+        <v>0.30209999999999998</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45982</v>
+      </c>
+      <c r="H15" s="8">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" s="6">
+        <v>1.1788000000000001</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="7">
+        <v>46003</v>
+      </c>
+      <c r="H16" s="8">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="C17" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C11" s="40" t="s">
+      <c r="D17" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E17" s="6">
+        <v>7.1567999999999996</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="7">
+        <v>45968</v>
+      </c>
+      <c r="H17" s="8">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E18" s="6">
+        <v>0.2475</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="7">
+        <v>45916</v>
+      </c>
+      <c r="H18" s="8">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" s="6">
+        <v>0.22750000000000001</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45946</v>
+      </c>
+      <c r="H19" s="8">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E20" s="6">
+        <v>0.2999</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="7">
+        <v>45894</v>
+      </c>
+      <c r="H20" s="8">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="D11" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C12" s="40" t="s">
+      <c r="D21" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="E21" s="6">
+        <v>0.223</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45987</v>
+      </c>
+      <c r="H21" s="8">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C13" s="40" t="s">
+      <c r="D22" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.78339999999999999</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="7">
+        <v>45933</v>
+      </c>
+      <c r="H22" s="8">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="D13" s="40" t="s">
-[...22 lines deleted...]
-      <c r="C14" s="40" t="s">
+      <c r="D23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E23" s="6">
+        <v>0.32969999999999999</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H23" s="8">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="40" t="s">
-[...230 lines deleted...]
-      <c r="C23" s="40" t="s">
+      <c r="D24" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="7">
+        <v>46038</v>
+      </c>
+      <c r="H24" s="8">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="12.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="10">
+        <v>14.846</v>
+      </c>
+      <c r="H25" s="10">
         <v>20</v>
       </c>
-      <c r="D23" s="40" t="s">
-[...10167 lines deleted...]
-      <c r="H414" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D509DD-F9D3-4AE4-8F6D-5626C0D94F16}">
   <sheetPr codeName="Sheet5"/>
-  <dimension ref="A1:E40"/>
+  <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="50.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="5" width="24.6328125" customWidth="1"/>
+    <col min="1" max="1" width="57.6328125" customWidth="1"/>
+    <col min="2" max="2" width="25.26953125" customWidth="1"/>
+    <col min="3" max="3" width="31.453125" customWidth="1"/>
+    <col min="4" max="4" width="32.6328125" customWidth="1"/>
+    <col min="5" max="5" width="41.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="26" x14ac:dyDescent="0.35">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:5" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="13"/>
-[...23 lines deleted...]
-      <c r="A4" s="32" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+    </row>
+    <row r="2" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+    </row>
+    <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="38"/>
+    </row>
+    <row r="4" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="29" t="s">
+      <c r="B4" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="30" t="s">
+      <c r="C4" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="31" t="s">
+      <c r="D4" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="28" t="s">
+      <c r="E4" s="23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="21" t="s">
+      <c r="A5" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="28">
+        <v>29</v>
+      </c>
+      <c r="D5" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E5" s="29">
+        <v>43822</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="28">
+        <v>5</v>
+      </c>
+      <c r="D6" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="29">
+        <v>44441</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="28">
+        <v>5</v>
+      </c>
+      <c r="D7" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="29">
+        <v>44766</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B8" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="28">
+        <v>60</v>
+      </c>
+      <c r="D8" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="29">
+        <v>44825</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="28">
+        <v>250</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" s="29">
+        <v>45118</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="28">
+        <v>320</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="29">
+        <v>45131</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="28">
+        <v>90</v>
+      </c>
+      <c r="D11" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="29">
+        <v>45291</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="28">
+        <v>414</v>
+      </c>
+      <c r="D12" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="29">
+        <v>45302</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="28">
+        <v>77</v>
+      </c>
+      <c r="D13" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="29">
+        <v>45362</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="28">
+        <v>4.95</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" s="29">
+        <v>45440</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="27" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="28">
+        <v>98</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" s="29">
+        <v>45457</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="21" t="s">
+      <c r="B16" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="28">
+        <v>574</v>
+      </c>
+      <c r="D16" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="29">
+        <v>45462</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="28">
+        <v>285</v>
+      </c>
+      <c r="D17" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="29">
+        <v>45519</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="28">
+        <v>250</v>
+      </c>
+      <c r="D18" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="29">
+        <v>45520</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="28">
+        <v>7.5</v>
+      </c>
+      <c r="D19" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="29">
+        <v>45539</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B20" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="28">
+        <v>376</v>
+      </c>
+      <c r="D20" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" s="29">
+        <v>45540</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="28">
+        <v>228</v>
+      </c>
+      <c r="D21" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="29">
+        <v>45562</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="28">
+        <v>118.8</v>
+      </c>
+      <c r="D22" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="29">
+        <v>45616</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="28">
+        <v>450</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" s="29">
+        <v>45643</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="28">
+        <v>254</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E24" s="29">
+        <v>45644</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="22">
-[...13 lines deleted...]
-      <c r="B6" s="21" t="s">
+      <c r="C25" s="28">
+        <v>108</v>
+      </c>
+      <c r="D25" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="29">
+        <v>45649</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="28">
+        <v>280</v>
+      </c>
+      <c r="D26" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="29">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="27" t="s">
+        <v>127</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="28">
+        <v>172</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="29">
+        <v>45727</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="22">
-[...13 lines deleted...]
-      <c r="B7" s="21" t="s">
+      <c r="C28" s="28">
+        <v>106</v>
+      </c>
+      <c r="D28" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" s="29">
+        <v>45741</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="28">
+        <v>80</v>
+      </c>
+      <c r="D29" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" s="29">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C30" s="28">
+        <v>190</v>
+      </c>
+      <c r="D30" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="29">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="28">
+        <v>25</v>
+      </c>
+      <c r="D31" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E31" s="29">
+        <v>45765</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="28">
+        <v>240</v>
+      </c>
+      <c r="D32" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="29">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B33" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="22">
-[...13 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="C33" s="28">
+        <v>31</v>
+      </c>
+      <c r="D33" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="29">
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B34" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="22">
-[...30 lines deleted...]
-      <c r="B10" s="21" t="s">
+      <c r="C34" s="28">
+        <v>27</v>
+      </c>
+      <c r="D34" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="29">
+        <v>45862</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B35" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="28">
+        <v>105</v>
+      </c>
+      <c r="D35" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="29">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="B36" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="22">
-[...47 lines deleted...]
-      <c r="B13" s="21" t="s">
+      <c r="C36" s="28">
+        <v>300</v>
+      </c>
+      <c r="D36" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="29">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B37" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="C13" s="22">
-[...47 lines deleted...]
-      <c r="B16" s="21" t="s">
+      <c r="C37" s="28">
+        <v>108</v>
+      </c>
+      <c r="D37" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="29">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="31">
+        <v>247</v>
+      </c>
+      <c r="D38" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="E38" s="32">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="B39" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="C16" s="22">
-[...149 lines deleted...]
-      <c r="B25" s="21" t="s">
+      <c r="C39" s="31">
+        <v>205</v>
+      </c>
+      <c r="D39" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="E39" s="32">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" s="28">
+        <v>288</v>
+      </c>
+      <c r="D40" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E40" s="29">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="B41" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="C25" s="22">
-[...98 lines deleted...]
-      <c r="B31" s="21" t="s">
+      <c r="C41" s="28">
+        <v>133</v>
+      </c>
+      <c r="D41" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="C31" s="22">
-[...152 lines deleted...]
-      <c r="E40" s="9"/>
+      <c r="E41" s="29">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="C42" s="25">
+        <v>6541.25</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <conditionalFormatting sqref="A39">
-    <cfRule type="duplicateValues" dxfId="18" priority="1"/>
-    <cfRule type="expression" dxfId="17" priority="2">
+    <cfRule type="duplicateValues" dxfId="10" priority="1"/>
+    <cfRule type="expression" dxfId="9" priority="2">
       <formula>$B39=1</formula>
     </cfRule>
-    <cfRule type="duplicateValues" dxfId="16" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="8" priority="3"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1837E23-2EB2-4CF7-AAE7-B6789B654D68}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:D68"/>
+  <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="79.6328125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="9" width="8.7265625" customWidth="1"/>
+    <col min="1" max="1" width="79.54296875" customWidth="1"/>
+    <col min="2" max="2" width="22.1796875" customWidth="1"/>
+    <col min="3" max="3" width="31.6328125" customWidth="1"/>
+    <col min="4" max="4" width="34" customWidth="1"/>
+    <col min="5" max="5" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="15" t="s">
+      <c r="A1" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="15"/>
-[...1 lines deleted...]
-      <c r="D1" s="15"/>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="16" t="s">
+      <c r="A2" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="16"/>
-[...1 lines deleted...]
-      <c r="D2" s="16"/>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
     </row>
     <row r="3" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="17" t="s">
-[...4 lines deleted...]
-      <c r="D3" s="17"/>
+      <c r="A3" s="38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
     </row>
     <row r="4" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="18" t="s">
+      <c r="B4" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="19" t="s">
+      <c r="C4" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="18" t="s">
+      <c r="D4" s="26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="20" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="21" t="s">
+      <c r="A5" s="35" t="s">
+        <v>77</v>
+      </c>
+      <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="22">
+      <c r="C5" s="28">
         <v>64</v>
       </c>
-      <c r="D5" s="21" t="s">
+      <c r="D5" s="27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="21" t="s">
+      <c r="A6" s="36" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="22">
+      <c r="C6" s="37">
         <v>250</v>
       </c>
-      <c r="D6" s="21" t="s">
+      <c r="D6" s="27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A7" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="21" t="s">
+      <c r="A7" s="36" t="s">
+        <v>104</v>
+      </c>
+      <c r="B7" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="37">
+        <v>224</v>
+      </c>
+      <c r="D7" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="22">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A8" s="23" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="A8" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="22">
+      <c r="C8" s="37">
         <v>252</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="D8" s="27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="21" t="s">
+      <c r="A9" s="36" t="s">
+        <v>99</v>
+      </c>
+      <c r="B9" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="22">
+      <c r="C9" s="37">
         <v>400</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="D9" s="27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="23" t="s">
+      <c r="A10" s="36" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="37">
+        <v>775</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="37">
+        <v>100</v>
+      </c>
+      <c r="D11" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="36" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="37">
+        <v>240</v>
+      </c>
+      <c r="D12" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="37">
+        <v>1400</v>
+      </c>
+      <c r="D13" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="36" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="37">
+        <v>205</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="36" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="37">
+        <v>350</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="36" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="37">
+        <v>284</v>
+      </c>
+      <c r="D16" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="36" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="37">
+        <v>230</v>
+      </c>
+      <c r="D17" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="37">
+        <v>95</v>
+      </c>
+      <c r="D18" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="36" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="37">
+        <v>357</v>
+      </c>
+      <c r="D19" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="36" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="37">
+        <v>125</v>
+      </c>
+      <c r="D20" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="36" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="37">
+        <v>350</v>
+      </c>
+      <c r="D21" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="37">
+        <v>77</v>
+      </c>
+      <c r="D22" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="36" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="37">
+        <v>150</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="36" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="37">
+        <v>399</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="36" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="37">
+        <v>60</v>
+      </c>
+      <c r="D25" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="37">
+        <v>300</v>
+      </c>
+      <c r="D26" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="37">
+        <v>300</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="37">
+        <v>600</v>
+      </c>
+      <c r="D28" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="37">
+        <v>250</v>
+      </c>
+      <c r="D29" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="37">
+        <v>585</v>
+      </c>
+      <c r="D30" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="36" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C31" s="37">
+        <v>138</v>
+      </c>
+      <c r="D31" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="36" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C32" s="37">
+        <v>256</v>
+      </c>
+      <c r="D32" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="37">
+        <v>600</v>
+      </c>
+      <c r="D33" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="B34" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="37">
+        <v>150</v>
+      </c>
+      <c r="D34" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B35" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="37">
+        <v>258</v>
+      </c>
+      <c r="D35" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="B36" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C36" s="37">
+        <v>9</v>
+      </c>
+      <c r="D36" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="B10" s="21" t="s">
+      <c r="B37" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="22">
-[...10 lines deleted...]
-      <c r="B11" s="21" t="s">
+      <c r="C37" s="37">
+        <v>100</v>
+      </c>
+      <c r="D37" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="36" t="s">
+        <v>112</v>
+      </c>
+      <c r="B38" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="37">
+        <v>634</v>
+      </c>
+      <c r="D38" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="36" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="22">
+      <c r="C39" s="37">
+        <v>281</v>
+      </c>
+      <c r="D39" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="36" t="s">
+        <v>70</v>
+      </c>
+      <c r="B40" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="37">
+        <v>150</v>
+      </c>
+      <c r="D40" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="B41" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="37">
+        <v>450</v>
+      </c>
+      <c r="D41" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="36" t="s">
+        <v>115</v>
+      </c>
+      <c r="B42" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="37">
+        <v>363</v>
+      </c>
+      <c r="D42" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="36" t="s">
+        <v>116</v>
+      </c>
+      <c r="B43" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C43" s="37">
+        <v>360</v>
+      </c>
+      <c r="D43" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B44" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="37">
+        <v>350</v>
+      </c>
+      <c r="D44" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="B45" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45" s="37">
+        <v>288</v>
+      </c>
+      <c r="D45" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="36" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C46" s="37">
+        <v>300</v>
+      </c>
+      <c r="D46" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="36" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="37">
+        <v>5.7</v>
+      </c>
+      <c r="D47" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="37">
+        <v>300</v>
+      </c>
+      <c r="D48" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="36" t="s">
+        <v>118</v>
+      </c>
+      <c r="B49" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C49" s="37">
+        <v>400</v>
+      </c>
+      <c r="D49" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B50" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="37">
+        <v>700</v>
+      </c>
+      <c r="D50" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="B51" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="37">
+        <v>200</v>
+      </c>
+      <c r="D51" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="36" t="s">
+        <v>54</v>
+      </c>
+      <c r="B52" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="37">
+        <v>120</v>
+      </c>
+      <c r="D52" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="36" t="s">
+        <v>119</v>
+      </c>
+      <c r="B53" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C53" s="37">
+        <v>300</v>
+      </c>
+      <c r="D53" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B54" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="37">
+        <v>700</v>
+      </c>
+      <c r="D54" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="36" t="s">
+        <v>120</v>
+      </c>
+      <c r="B55" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="37">
+        <v>500</v>
+      </c>
+      <c r="D55" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="36" t="s">
+        <v>93</v>
+      </c>
+      <c r="B56" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="37">
+        <v>1152</v>
+      </c>
+      <c r="D56" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="36" t="s">
+        <v>80</v>
+      </c>
+      <c r="B57" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" s="37">
+        <v>230</v>
+      </c>
+      <c r="D57" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="B58" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C58" s="37">
+        <v>1100</v>
+      </c>
+      <c r="D58" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="37">
+        <v>62</v>
+      </c>
+      <c r="D59" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B60" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="37">
+        <v>936</v>
+      </c>
+      <c r="D60" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="36" t="s">
+        <v>57</v>
+      </c>
+      <c r="B61" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" s="37">
+        <v>30</v>
+      </c>
+      <c r="D61" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="36" t="s">
+        <v>133</v>
+      </c>
+      <c r="B62" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C62" s="37">
+        <v>120</v>
+      </c>
+      <c r="D62" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B63" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C63" s="37">
+        <v>300</v>
+      </c>
+      <c r="D63" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B64" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" s="37">
+        <v>108</v>
+      </c>
+      <c r="D64" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="36" t="s">
+        <v>91</v>
+      </c>
+      <c r="B65" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C65" s="37">
         <v>100</v>
       </c>
-      <c r="D11" s="21" t="s">
-[...35 lines deleted...]
-      <c r="B14" s="21" t="s">
+      <c r="D65" s="27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="36" t="s">
+        <v>56</v>
+      </c>
+      <c r="B66" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="22">
-[...430 lines deleted...]
-      <c r="B45" s="21" t="s">
+      <c r="C66" s="37">
+        <v>70</v>
+      </c>
+      <c r="D66" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="C45" s="22">
-[...298 lines deleted...]
-      </c>
     </row>
     <row r="67" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A67" s="23" t="s">
-[...18 lines deleted...]
-      <c r="D68" s="1"/>
+      <c r="C67" s="39">
+        <v>20542.7</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">