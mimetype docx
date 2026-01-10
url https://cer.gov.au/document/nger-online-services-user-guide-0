--- v0 (2025-10-18)
+++ v1 (2026-01-10)
@@ -1350,2275 +1350,2267 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidR="003A5739" w:rsidRPr="00531F3B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF78F6D" w14:textId="77777777" w:rsidR="004A7BE8" w:rsidRPr="001D05E6" w:rsidRDefault="002C702A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc192777035"/>
       <w:r w:rsidRPr="001D05E6">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5420E40E" w14:textId="7AC7D9B3" w:rsidR="005B22FB" w:rsidRDefault="00EB7F5F">
+    <w:p w14:paraId="33EDB512" w14:textId="6E61AFE5" w:rsidR="001857F5" w:rsidRDefault="00EB7F5F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00521016">
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc198210316" w:history="1">
-        <w:r w:rsidR="005B22FB" w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283990" w:history="1">
+        <w:r w:rsidR="001857F5" w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>What is Online Services?</w:t>
         </w:r>
-        <w:r w:rsidR="005B22FB">
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005B22FB">
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005B22FB">
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210316 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="005B22FB">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283990 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005B22FB">
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005B22FB">
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="005B22FB">
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="001857F5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CD9D444" w14:textId="395396B5" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="41482FEE" w14:textId="59E777A5" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210317" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283991" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to create an Online Services account</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210317 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283991 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BB0ECC1" w14:textId="55F713F0" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="0963A6BD" w14:textId="4DC4C5A1" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210318" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283992" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Getting access to an Organisation’s EERS account</w:t>
+          <w:t>Getting access to an organisation’s EERS account</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210318 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283992 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D77567E" w14:textId="06FF23EC" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="4F005C01" w14:textId="46D5AD31" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210319" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283993" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Keeping details up to date in Online Services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210319 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283993 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="163E0A53" w14:textId="14D32564" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="5BD666CE" w14:textId="64868CFF" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210320" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283994" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Account Types</w:t>
+          <w:t>Account types</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210320 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283994 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="651ED104" w14:textId="5349281E" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="4B32E1E0" w14:textId="491729F7" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210321" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283995" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>EERS roles and permissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210321 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283995 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A456F80" w14:textId="18743B25" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="7A101D92" w14:textId="767F4CD6" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210322" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283996" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Available roles</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210322 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283996 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04D374AB" w14:textId="0E7EB8BB" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="574B6A04" w14:textId="64B1C83F" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210323" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283997" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Primary Contact</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210323 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283997 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F2F7E91" w14:textId="631964E7" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="032EFE96" w14:textId="4DA60B43" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210324" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283998" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>NGER Contact</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210324 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283998 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C174E3B" w14:textId="161EFB22" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="3CE97FE2" w14:textId="1B808476" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210325" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217283999" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>NGER Executive Officer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210325 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217283999 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4520E0D6" w14:textId="2E41A8E4" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="64DBCE34" w14:textId="705E195C" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210326" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284000" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Available permissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210326 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284000 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="195E3C73" w14:textId="3A2CE6E6" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="5F828E36" w14:textId="4266676A" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210327" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284001" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Admin</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210327 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284001 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F41BEED" w14:textId="1D86FAF2" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="2E9687FB" w14:textId="4BD64AAC" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210328" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284002" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Basic</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210328 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284002 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="284657F3" w14:textId="66183F26" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="5FEB8445" w14:textId="27BE131B" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210329" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284003" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>View corporate structure</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210329 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284003 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DA8D48E" w14:textId="72144A23" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="693E2DF8" w14:textId="23ADFA77" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210330" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284004" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Edit corporate structure</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210330 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284004 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40EF05CE" w14:textId="32028EBA" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="11767A4F" w14:textId="7E042516" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210331" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284005" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>View report data</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210331 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284005 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CBE8ED9" w14:textId="5082829F" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="093EDBCE" w14:textId="78106AF1" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210332" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284006" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Edit report data</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210332 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284006 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="257ADA99" w14:textId="3C49FE4F" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="4B831CAA" w14:textId="3CF94B27" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210333" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284007" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Generate report</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210333 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284007 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7520E929" w14:textId="1EE775B2" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="7FEF93C0" w14:textId="193C0171" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210334" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284008" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Submit report</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210334 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284008 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A9DB1F9" w14:textId="02C23655" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="25041F78" w14:textId="3AE9A041" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210335" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284009" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to view your organisation and manage users</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210335 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284009 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EC15C78" w14:textId="43EC6C36" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="2A37F5AB" w14:textId="66CAABA6" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210336" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284010" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to switch accounts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210336 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284010 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B055E95" w14:textId="26C957CF" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="3FD86801" w14:textId="012E93A7" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210337" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284011" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to set a default organisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210337 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284011 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="580A3EB0" w14:textId="29B1A4D8" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="6C1AC1C2" w14:textId="0F13B343" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210338" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284012" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to add a user</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210338 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284012 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C13C77F" w14:textId="7C73E877" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="59880FAF" w14:textId="448AF006" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210339" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284013" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to give permissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210339 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284013 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DD919A5" w14:textId="762B76B5" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="53CE8F1B" w14:textId="6E7F50BB" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210340" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284014" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to remove a role</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210340 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284014 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CB9A5DC" w14:textId="38D34B33" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="3654D32E" w14:textId="7BE69C4B" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210341" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284015" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to remove a user</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210341 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284015 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="091CB760" w14:textId="272F1BE8" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="6F36536A" w14:textId="79EBCA73" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210342" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284016" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to add a contact</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210342 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284016 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DB3982C" w14:textId="1CB1F357" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="122B0332" w14:textId="73CF338D" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210343" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284017" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>View report details</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210343 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284017 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>21</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DE18F99" w14:textId="22CD1C05" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="1726480B" w14:textId="7655823E" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210344" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284018" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Submitting registration and deregistration applications</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210344 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284018 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>22</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="314EC297" w14:textId="0E770257" w:rsidR="005B22FB" w:rsidRDefault="005B22FB">
+    <w:p w14:paraId="32A68E49" w14:textId="46E241C5" w:rsidR="001857F5" w:rsidRDefault="001857F5">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc198210345" w:history="1">
-        <w:r w:rsidRPr="001D3C4A">
+      <w:hyperlink w:anchor="_Toc217284019" w:history="1">
+        <w:r w:rsidRPr="00373A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>More information</w:t>
+          <w:t>Support</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc198210345 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217284019 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>23</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FAC188D" w14:textId="17B45164" w:rsidR="002C702A" w:rsidRPr="00E12286" w:rsidRDefault="00EB7F5F" w:rsidP="002C702A">
+    <w:p w14:paraId="5FAC188D" w14:textId="3AAD5A84" w:rsidR="002C702A" w:rsidRPr="00E12286" w:rsidRDefault="00EB7F5F" w:rsidP="002C702A">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C702A" w:rsidRPr="00E12286">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2D3314" w14:textId="6CBB42C3" w:rsidR="00E44160" w:rsidRDefault="00E44160" w:rsidP="00E44160">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_What_is_Online"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc198210316"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc217283990"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">What </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Online Services?</w:t>
+        <w:t>What is Online Services?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="56506997" w14:textId="18E29A12" w:rsidR="00921881" w:rsidRDefault="00E44160" w:rsidP="009E52B6">
       <w:pPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Online </w:t>
       </w:r>
       <w:r w:rsidR="001FEBF7">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ervices </w:t>
       </w:r>
       <w:r w:rsidR="0FB8D158">
         <w:t>replaces the Client Portal as</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="15E858DE">
         <w:t xml:space="preserve">the new </w:t>
       </w:r>
@@ -3717,51 +3709,51 @@
         <w:t xml:space="preserve">access EERS to enter data and submit NGER reports </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AD94D6" w14:textId="774A852A" w:rsidR="00E44160" w:rsidRPr="00E44160" w:rsidRDefault="60B89BEC" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">view and manage EERS user permissions for organisations </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB05DD3" w14:textId="00E3A6A8" w:rsidR="00E44160" w:rsidRPr="00E44160" w:rsidRDefault="60B89BEC" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">access forms and submit applications. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FECEE8B" w14:textId="47611FA6" w:rsidR="00A079FF" w:rsidRPr="00521016" w:rsidRDefault="00A079FF" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_How_to_create"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc198210317"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc217283991"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>How to create an Online Services account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="36729CBE" w14:textId="4E7E2AD5" w:rsidR="006662E5" w:rsidRDefault="00A079FF" w:rsidP="00E44160">
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="60B89BEC">
         <w:t xml:space="preserve">elect the ‘sign-up now’ link from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:tooltip="Link to the Clean Energy Regulator's Online Services webpage" w:history="1">
         <w:r w:rsidR="006C76D8" w:rsidRPr="0096690D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Online Services</w:t>
         </w:r>
         <w:r w:rsidR="60B89BEC" w:rsidRPr="0096690D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -3856,102 +3848,97 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D34870">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E107D2" w:rsidRPr="00E107D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E107D2">
         <w:t>Once complete, EERS can be accessed via the ‘</w:t>
       </w:r>
       <w:r w:rsidR="001C2FD3">
         <w:t>NGER reports</w:t>
       </w:r>
       <w:r w:rsidR="00C94631">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00E107D2">
         <w:t xml:space="preserve"> link from the ‘Manage’ dropdown menu in the Online Services Dashboard.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="157D5E9E" w14:textId="619CF0E0" w:rsidR="00861BA4" w:rsidRPr="00521016" w:rsidRDefault="00E44160" w:rsidP="00861BA4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc198210318"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc217283992"/>
       <w:r>
         <w:t xml:space="preserve">Getting access to an </w:t>
       </w:r>
       <w:r w:rsidR="001D05E6">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>rganisation’s EERS account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="5052AE2D" w14:textId="74EBEEF4" w:rsidR="0002746E" w:rsidRDefault="60D3E75F" w:rsidP="00E44160">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For existing registered controlling corporations, permissions from the Client Portal will be transferred to Online Services. </w:t>
       </w:r>
       <w:r w:rsidR="00C37659">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="10ED8E7B">
         <w:t>s part of the initial NGER registration process</w:t>
       </w:r>
       <w:r w:rsidR="00C37659">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="00C37659" w:rsidRPr="00024C5C">
         <w:t>or new controlling corporations</w:t>
       </w:r>
       <w:r w:rsidR="10ED8E7B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00024C5C" w:rsidRPr="00024C5C">
         <w:t>the nominated Executive Officer and NGER Contact Person are automatically given</w:t>
       </w:r>
       <w:r w:rsidR="0002746E">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121B5D15" w14:textId="0ED2CA30" w:rsidR="0002746E" w:rsidRDefault="000E2251" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>an</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Admin role, which allows </w:t>
+        <w:t xml:space="preserve">an Admin role, which allows </w:t>
       </w:r>
       <w:r w:rsidR="00024C5C" w:rsidRPr="00024C5C">
         <w:t>access to the organisation’s EERS account</w:t>
       </w:r>
       <w:r w:rsidR="00E84452">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404D7893" w14:textId="77777777" w:rsidR="0002746E" w:rsidRDefault="00F54153" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E84452">
         <w:t>ability to</w:t>
       </w:r>
       <w:r w:rsidR="07827EED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7258AB6E">
         <w:t xml:space="preserve">edit the </w:t>
       </w:r>
       <w:r w:rsidR="17E6162F">
@@ -4098,54 +4085,55 @@
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>erson form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD1344">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to gain access to the organisation’s EERS account</w:t>
       </w:r>
       <w:r w:rsidR="6C76D43B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="15326C24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7034096F" w14:textId="28594532" w:rsidR="00E44160" w:rsidRDefault="00E44160" w:rsidP="00E44160">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc198210319"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc217283993"/>
       <w:bookmarkStart w:id="7" w:name="_Toc104241415"/>
       <w:bookmarkStart w:id="8" w:name="_Toc108442501"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Keeping details up to date in </w:t>
       </w:r>
       <w:r w:rsidR="048C7C7E">
         <w:t>Online Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="2423A0C4" w14:textId="471429B5" w:rsidR="00565332" w:rsidRDefault="00565332" w:rsidP="00E214FC">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In addition to granting users the right permissions in EERS, </w:t>
       </w:r>
       <w:r w:rsidR="001D05E6">
         <w:t>we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> send the NGER Contact Person news about reporting requirements, tips for reporting and important dates. </w:t>
       </w:r>
@@ -4167,51 +4155,51 @@
         <w:t>ese updates</w:t>
       </w:r>
       <w:r w:rsidR="00733ECF">
         <w:t>, however,</w:t>
       </w:r>
       <w:r w:rsidR="00C80D3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376380">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>n instances where no</w:t>
       </w:r>
       <w:r w:rsidR="00415E88">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">one else at the organisation can be contacted, we will contact the Executive Officer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F0BADF" w14:textId="2EC50910" w:rsidR="00BD493C" w:rsidRDefault="00547724" w:rsidP="00861BA4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc198210320"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc217283994"/>
       <w:r>
         <w:t xml:space="preserve">Account </w:t>
       </w:r>
       <w:r w:rsidR="008D1B40">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t>ypes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="227376BD" w14:textId="736F99CB" w:rsidR="004F2036" w:rsidRPr="004F2036" w:rsidRDefault="00B90C80" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In Online Services a user is given </w:t>
       </w:r>
       <w:r w:rsidR="002E2ED1">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="005D0BC9">
         <w:t xml:space="preserve">‘individual’ </w:t>
       </w:r>
       <w:r w:rsidR="002E2ED1">
@@ -4291,73 +4279,65 @@
       </w:r>
       <w:hyperlink w:anchor="_How_to_switch" w:tooltip="A link to this section in this document about switching accounts" w:history="1">
         <w:r w:rsidR="001D05E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>h</w:t>
         </w:r>
         <w:r w:rsidR="008D6106" w:rsidRPr="7F0933F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ow to switch accounts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008D6106">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12C4115E" w14:textId="1384AD15" w:rsidR="00861BA4" w:rsidRDefault="00DF1C2B" w:rsidP="00861BA4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc198210321"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc217283995"/>
       <w:r>
         <w:t>EERS roles and permissions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="040B1BC6" w14:textId="1C99D2BD" w:rsidR="0028388C" w:rsidRPr="00E000F5" w:rsidRDefault="00800C8C" w:rsidP="006C4058">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Online Services </w:t>
       </w:r>
       <w:r w:rsidR="00792A6C">
-        <w:t xml:space="preserve">has </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">has a number of </w:t>
       </w:r>
       <w:r w:rsidR="0004573D">
         <w:t xml:space="preserve">roles and </w:t>
       </w:r>
       <w:r w:rsidR="00792A6C">
         <w:t xml:space="preserve">permissions </w:t>
       </w:r>
       <w:r w:rsidR="00B64C22">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00792A6C">
         <w:t xml:space="preserve">allow users to perform </w:t>
       </w:r>
       <w:r w:rsidR="00B64C22">
         <w:t>different</w:t>
       </w:r>
       <w:r w:rsidR="00792A6C">
         <w:t xml:space="preserve"> functions.</w:t>
       </w:r>
       <w:r w:rsidR="00EA1909">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D5485C">
         <w:t xml:space="preserve">When a user’s details are added or updated, they can be assigned </w:t>
       </w:r>
@@ -4368,114 +4348,106 @@
         <w:t xml:space="preserve">connection with </w:t>
       </w:r>
       <w:r w:rsidR="0033719E">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001D05E6">
         <w:t>Clean Energy Regulator</w:t>
       </w:r>
       <w:r w:rsidR="0033719E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C047C9">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00BA3270">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0033719E">
         <w:t>the various schemes. The main roles associated with NGER are described below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A9A2D9" w14:textId="23F2CDC1" w:rsidR="00190500" w:rsidRDefault="00190500" w:rsidP="00190500">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc198210322"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc217283996"/>
       <w:r>
         <w:t>Available roles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="36D953F2" w14:textId="27E627D1" w:rsidR="00190500" w:rsidRDefault="00190500" w:rsidP="00190500">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc198210323"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc217283997"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Primary Contact</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D8F520" w14:textId="439239FE" w:rsidR="002D0EA1" w:rsidRDefault="002D0EA1" w:rsidP="002D0EA1">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002D0EA1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The Primary</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Contact is the main contact for an organisation.</w:t>
+        <w:t>The Primary Contact is the main contact for an organisation.</w:t>
       </w:r>
       <w:r w:rsidR="002F0561">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAC7963" w14:textId="57F96841" w:rsidR="00FE1CB0" w:rsidRDefault="00FE1CB0" w:rsidP="00FE1CB0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc198210324"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc217283998"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NGER Contact</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="09B978D3" w14:textId="0A0904ED" w:rsidR="00FE1CB0" w:rsidRDefault="00FE1CB0" w:rsidP="00FE1CB0">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The NGER Contact is the first point of contact in relation to an organisation’s </w:t>
       </w:r>
       <w:r w:rsidR="006029E9">
         <w:t xml:space="preserve">NGER </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">reporting obligations. This person will also be sent general EERS/NGER information and updates from </w:t>
       </w:r>
       <w:r w:rsidR="001D05E6">
         <w:t>us</w:t>
       </w:r>
       <w:r>
@@ -4588,55 +4560,56 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="16527E42" w14:textId="2ECDF292" w:rsidR="0056087E" w:rsidRDefault="00FE1CB0" w:rsidP="0056087E">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t>viewing summary data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27803ACC" w14:textId="2CB77D66" w:rsidR="00FE1CB0" w:rsidRDefault="00FE1CB0" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">generating reports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AE77FE" w14:textId="77777777" w:rsidR="00190500" w:rsidRDefault="00190500" w:rsidP="00190500">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc198210325"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc217283999"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>NGER Executive Officer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="3E2869A9" w14:textId="44AFE306" w:rsidR="00EA04DE" w:rsidRPr="00EA04DE" w:rsidRDefault="00EA04DE" w:rsidP="00EA04DE">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA04DE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A person assigned </w:t>
       </w:r>
       <w:r w:rsidR="00251F1A" w:rsidRPr="00EA04DE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00251F1A">
         <w:rPr>
@@ -5108,83 +5081,83 @@
       </w:r>
       <w:r w:rsidR="004A6BF8" w:rsidRPr="165EE5DC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> permission</w:t>
       </w:r>
       <w:r w:rsidR="5DE0508A" w:rsidRPr="3B26AEEE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to submit NGER reports on behalf of an organisation</w:t>
       </w:r>
       <w:r w:rsidR="009E5BB4" w:rsidRPr="165EE5DC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA8BF6B" w14:textId="1A650D52" w:rsidR="00190500" w:rsidRDefault="00190500" w:rsidP="00861BA4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Available_permissions"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc198210326"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc217284000"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>Available permissions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="330C33D8" w14:textId="39B9EE74" w:rsidR="204A19B0" w:rsidRDefault="00D327E6" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D327E6">
         <w:t>New users added to an organisation in Online Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and EERs</w:t>
       </w:r>
       <w:r w:rsidRPr="00D327E6">
         <w:t xml:space="preserve"> will need permission to complete tasks.</w:t>
       </w:r>
       <w:r w:rsidR="00065833">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6A2D9911">
         <w:t xml:space="preserve">The permissions are described below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FBA29C" w14:textId="16215D5B" w:rsidR="00861BA4" w:rsidRDefault="007E1553" w:rsidP="00896FF2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Admin"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc198210327"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc217284001"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>Admin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="181B1604" w14:textId="65EE59E9" w:rsidR="00F54AF9" w:rsidRDefault="00D30A09" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>There are two types of Admin</w:t>
       </w:r>
       <w:r w:rsidR="00A75B27">
         <w:t xml:space="preserve"> permissions</w:t>
       </w:r>
       <w:r w:rsidR="211BCDAD">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A75B27">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C4D37A" w14:textId="1A208D30" w:rsidR="00F54AF9" w:rsidRDefault="16955353" w:rsidP="00FB11B2">
       <w:pPr>
@@ -5397,51 +5370,51 @@
       <w:r w:rsidR="00104181">
         <w:t xml:space="preserve">one of the </w:t>
       </w:r>
       <w:r w:rsidR="0019553B">
         <w:t xml:space="preserve">permission </w:t>
       </w:r>
       <w:r w:rsidR="00104181">
         <w:t>options listed above</w:t>
       </w:r>
       <w:r w:rsidR="00E70051">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEDE230" w14:textId="7310C4C3" w:rsidR="743E0DBF" w:rsidRDefault="743E0DBF" w:rsidP="383D77DA">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>Note: Admin permissions appear in the general tab and apply to all schemes an organisation participates in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427B9B39" w14:textId="1EEE7F38" w:rsidR="00A42C86" w:rsidRDefault="00911D68" w:rsidP="00911D68">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc198210328"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc217284002"/>
       <w:r>
         <w:t>Basic</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="628219A9" w14:textId="51CD7F1B" w:rsidR="00911D68" w:rsidRDefault="00150319" w:rsidP="00911D68">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic permission</w:t>
       </w:r>
       <w:r w:rsidR="0003110F">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> allow you to control w</w:t>
       </w:r>
       <w:r w:rsidR="00BB01D6">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="5BB280F4">
         <w:t>ich</w:t>
       </w:r>
       <w:r w:rsidR="00BB01D6">
@@ -5460,315 +5433,304 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>View all users</w:t>
       </w:r>
       <w:r w:rsidR="004D431D" w:rsidRPr="51A37FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D431D">
         <w:t>allow</w:t>
       </w:r>
       <w:r w:rsidR="0003110F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004D431D">
         <w:t xml:space="preserve"> the user to </w:t>
       </w:r>
       <w:r w:rsidR="00DB23C6">
         <w:t>view</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the users of the organ</w:t>
+        <w:t xml:space="preserve"> all of the users of the organ</w:t>
       </w:r>
       <w:r w:rsidR="00DB23C6">
         <w:t>isations</w:t>
       </w:r>
       <w:r w:rsidR="0003110F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DB23C6">
         <w:t xml:space="preserve"> but not the </w:t>
       </w:r>
       <w:r w:rsidR="003B1617">
         <w:t xml:space="preserve">Online Services </w:t>
       </w:r>
       <w:r w:rsidR="00DB23C6">
         <w:t>permissions</w:t>
       </w:r>
       <w:r w:rsidR="004D431D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C92F34">
         <w:t>they have.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCCF974" w14:textId="35CDF3DF" w:rsidR="00AE1972" w:rsidRDefault="00DB23C6" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">View user permissions </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004D431D">
         <w:t>allow</w:t>
       </w:r>
       <w:r w:rsidR="0003110F">
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004D431D">
         <w:t xml:space="preserve"> the user to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">view all users </w:t>
       </w:r>
       <w:r w:rsidR="00C92F34">
         <w:t xml:space="preserve">of the organisation and the </w:t>
       </w:r>
       <w:r w:rsidR="003B1617">
         <w:t xml:space="preserve">Online Services </w:t>
       </w:r>
       <w:r w:rsidR="00C92F34">
         <w:t>permissions they have</w:t>
       </w:r>
       <w:r w:rsidR="004D431D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418687D5" w14:textId="6F299325" w:rsidR="004D431D" w:rsidRDefault="00AE1972" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic permission</w:t>
       </w:r>
       <w:r w:rsidR="00A2693B">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> do not allow the user to update or change any user permissions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9A1F73" w14:textId="0075D525" w:rsidR="00861BA4" w:rsidRDefault="00586E62" w:rsidP="00861BA4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc198210329"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc217284003"/>
       <w:r>
         <w:t>View corporate structure</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="4FED5774" w14:textId="64ECB5B9" w:rsidR="007A3CC6" w:rsidRDefault="007A3CC6" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>This permission allows</w:t>
       </w:r>
       <w:r w:rsidR="00CC2B53">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E7706">
         <w:t xml:space="preserve">users to </w:t>
       </w:r>
       <w:r w:rsidR="00061F16">
         <w:t>view</w:t>
       </w:r>
       <w:r w:rsidR="007E7706">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00061F16">
         <w:t xml:space="preserve">corporate </w:t>
       </w:r>
       <w:r w:rsidR="008D59FD">
         <w:t>structure but</w:t>
       </w:r>
       <w:r w:rsidR="00061F16">
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
       <w:r w:rsidR="00E13949">
         <w:t>make any changes to the corporate structure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="050E93CB" w14:textId="77777777" w:rsidR="000C43A9" w:rsidRDefault="000C43A9" w:rsidP="000C43A9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc198210330"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc217284004"/>
       <w:r>
         <w:t>Edit corporate structure</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="1B488939" w14:textId="77777777" w:rsidR="000C43A9" w:rsidRDefault="000C43A9" w:rsidP="000C43A9">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>This permission allows a user to change the corporate structure by adding or removing group members and facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7CD4E3" w14:textId="74F6D364" w:rsidR="007A3CC6" w:rsidRDefault="007A3CC6" w:rsidP="007A3CC6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc198210331"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc217284005"/>
       <w:r>
         <w:t>View report data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="7DEDA64A" w14:textId="5FB84032" w:rsidR="007A3CC6" w:rsidRDefault="007A3CC6" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This permission allows </w:t>
       </w:r>
       <w:r w:rsidR="00CE15CC">
         <w:t xml:space="preserve">a user to view </w:t>
       </w:r>
       <w:r w:rsidR="00061F16">
         <w:t xml:space="preserve">the organisation’s </w:t>
       </w:r>
       <w:r w:rsidR="008D59FD">
         <w:t>report but</w:t>
       </w:r>
       <w:r w:rsidR="00061F16">
         <w:t xml:space="preserve"> not edit or generate a report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EAD06F" w14:textId="1B11546E" w:rsidR="005057FD" w:rsidRDefault="005057FD" w:rsidP="005057FD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc198210332"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc217284006"/>
       <w:r>
         <w:t>Edit report data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="032DCBE5" w14:textId="0ABC7509" w:rsidR="005057FD" w:rsidRDefault="005057FD" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>This permission allows</w:t>
       </w:r>
       <w:r w:rsidR="00A50282">
         <w:t xml:space="preserve"> a user to </w:t>
       </w:r>
       <w:r w:rsidR="00CE15CC">
         <w:t xml:space="preserve">enter and edit report </w:t>
       </w:r>
       <w:r w:rsidR="008D59FD">
         <w:t>data but</w:t>
       </w:r>
       <w:r w:rsidR="00E13949">
         <w:t xml:space="preserve"> not generate a report</w:t>
       </w:r>
       <w:r w:rsidR="00CE15CC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F83C85E" w14:textId="48F33856" w:rsidR="005057FD" w:rsidRDefault="005057FD" w:rsidP="005057FD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc198210333"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc217284007"/>
       <w:r>
         <w:t>Generate report</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="35B56462" w14:textId="52A7A649" w:rsidR="00861BA4" w:rsidRPr="00215C67" w:rsidRDefault="005057FD" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>This permission</w:t>
       </w:r>
       <w:r w:rsidR="00A50282">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0028388C">
         <w:t>allows a user to</w:t>
       </w:r>
       <w:r w:rsidR="00A50282">
         <w:t xml:space="preserve"> generate a report prior to final </w:t>
       </w:r>
       <w:r w:rsidR="008D59FD">
         <w:t>submission but</w:t>
       </w:r>
       <w:r w:rsidR="00E13949">
         <w:t xml:space="preserve"> not submit the report</w:t>
       </w:r>
       <w:r w:rsidR="00A50282">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BB8ADA" w14:textId="32EFE4D5" w:rsidR="00861BA4" w:rsidRDefault="00722B8D" w:rsidP="008D59FD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc198210334"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc217284008"/>
       <w:r>
         <w:t>Submit report</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="081204C4" w14:textId="2E6C58E8" w:rsidR="00E13949" w:rsidRPr="00E13949" w:rsidRDefault="00E13949" w:rsidP="00E13949">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This permission allows a user to submit the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002E0A5B">
         <w:t>report</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004538A0">
         <w:t xml:space="preserve"> and it should be granted to the</w:t>
       </w:r>
       <w:r w:rsidR="002E0A5B">
         <w:t xml:space="preserve"> Executive Officer</w:t>
       </w:r>
       <w:r w:rsidR="004538A0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002E0A5B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004538A0">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="000C2D27">
         <w:t xml:space="preserve"> other users are allowe</w:t>
       </w:r>
       <w:r w:rsidR="00AB508F">
         <w:t>d to submit the report on behalf of the organisation</w:t>
       </w:r>
       <w:r w:rsidR="000C2D27">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0095391D">
@@ -5791,85 +5753,86 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="32"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc104241426"/>
       <w:bookmarkStart w:id="28" w:name="_Toc108442512"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEBF482" w14:textId="4B796790" w:rsidR="004D115E" w:rsidRDefault="004D115E" w:rsidP="004D115E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc198210335"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc217284009"/>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7EE7">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">view </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">your organisation </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7EE7">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>and manage users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="789EB1FA" w14:textId="5B57321F" w:rsidR="002B208E" w:rsidRPr="002B208E" w:rsidRDefault="00812A3F" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_How_to_switch"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc198210336"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc217284010"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>How to switch accounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="1D6D60EF" w14:textId="4CB2725A" w:rsidR="00751AF0" w:rsidRDefault="002E17F2" w:rsidP="008B5481">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>Log</w:t>
       </w:r>
       <w:r w:rsidR="002F2ED6">
         <w:t>ging</w:t>
       </w:r>
       <w:r w:rsidR="00CD6E7A">
         <w:t xml:space="preserve"> into Online Services will </w:t>
       </w:r>
       <w:r w:rsidR="008A7924">
         <w:t xml:space="preserve">open the Online Services Dashboard. </w:t>
       </w:r>
       <w:r w:rsidR="00F321F1" w:rsidRPr="00F321F1">
         <w:t xml:space="preserve">If you’re new to Online Services a pop-up box will appear asking if you want to </w:t>
       </w:r>
@@ -6086,50 +6049,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAF6BE6" w14:textId="77777777" w:rsidR="00E85419" w:rsidRDefault="00E85419" w:rsidP="00096F3B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E22B03A" w14:textId="729E4E6B" w:rsidR="00560325" w:rsidRDefault="00560325" w:rsidP="00096F3B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1241BC9F" w14:textId="2BA07433" w:rsidR="00B37D38" w:rsidRDefault="001113E5" w:rsidP="00096F3B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="205BF281" wp14:editId="7F4A6C5B">
             <wp:extent cx="6493750" cy="3564730"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="1517522710" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The page is titled 'Switch account', and a list is shown featuring one person's name, and a number of sample organisations. The mouse arrow is shown pointing to one of the sample organisations, FireRangers Pty Limited."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1517522710" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The page is titled 'Switch account', and a list is shown featuring one person's name, and a number of sample organisations. The mouse arrow is shown pointing to one of the sample organisations, FireRangers Pty Limited."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6493750" cy="3564730"/>
@@ -6347,53 +6311,54 @@
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="124A082A" w14:textId="77777777" w:rsidR="006D1DA9" w:rsidRDefault="006D1DA9" w:rsidP="00096F3B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5C9D27" w14:textId="77777777" w:rsidR="006D1DA9" w:rsidRDefault="006D1DA9" w:rsidP="00096F3B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29A0EF62" w14:textId="6C95D547" w:rsidR="00A73671" w:rsidRDefault="00A73671" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_How_to_set"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc198210337"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc217284011"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>How to set a default organisation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="5F6BE28B" w14:textId="187C0A2D" w:rsidR="00322C06" w:rsidRDefault="00FE20EA" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You can </w:t>
       </w:r>
       <w:r w:rsidR="00D6288C">
         <w:t xml:space="preserve">select one organisation </w:t>
       </w:r>
       <w:r w:rsidR="006724FC">
         <w:t xml:space="preserve">to open automatically when you </w:t>
       </w:r>
       <w:r w:rsidR="00E00168">
         <w:t xml:space="preserve">sign </w:t>
       </w:r>
       <w:r w:rsidR="006724FC">
         <w:t>into Online Services</w:t>
       </w:r>
       <w:r w:rsidR="00D6288C">
         <w:t xml:space="preserve"> by choosing it as your</w:t>
@@ -6515,51 +6480,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5744105" cy="2556565"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="10995CAC" w14:textId="65DDB05F" w:rsidR="008E6BB2" w:rsidRDefault="008E6BB2" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2761B223" w14:textId="19073A70" w:rsidR="004D115E" w:rsidRDefault="00C77CFA" w:rsidP="00C77CFA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_How_to_add"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc198210338"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc217284012"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>How to add a user</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="1EC2AE37" w14:textId="745D41DA" w:rsidR="00C77CFA" w:rsidRDefault="00E249AF" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Anyone with </w:t>
       </w:r>
       <w:r w:rsidR="00653D54">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="007413C1">
         <w:t xml:space="preserve">‘manage users’ </w:t>
       </w:r>
       <w:r w:rsidR="009C6CFA">
         <w:t>permission can add a user to the organisation</w:t>
       </w:r>
       <w:r w:rsidR="00FC7A3E">
         <w:t>.</w:t>
       </w:r>
@@ -6635,50 +6600,51 @@
       <w:r w:rsidR="00385759">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00BB08D8">
         <w:t xml:space="preserve"> from the drop-down menu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D5A2C36" w14:textId="5BC53F9E" w:rsidR="003C2059" w:rsidRDefault="003C2059" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DB56850" w14:textId="77777777" w:rsidR="00D53C46" w:rsidRDefault="00D53C46" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1391644D" w14:textId="66CEE3BE" w:rsidR="00D53C46" w:rsidRDefault="00D53C46" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D53C46">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A03CE23" wp14:editId="27A6C1B2">
             <wp:extent cx="6184900" cy="4223231"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="2143252032" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The mouse arrow is shown selecting a menu item in the top-right corner of the page, 'Manage organisation'"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2143252032" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The mouse arrow is shown selecting a menu item in the top-right corner of the page, 'Manage organisation'"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="4223231"/>
@@ -6688,120 +6654,117 @@
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="10116AE8" w14:textId="77777777" w:rsidR="003C2059" w:rsidRDefault="003C2059" w:rsidP="00323EEB">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3476A1BC" w14:textId="3E81FA83" w:rsidR="001915BD" w:rsidRDefault="00385759">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">From the menu </w:t>
       </w:r>
       <w:r w:rsidR="00BA6028">
         <w:t>on</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> the left side of the screen, select ‘Manage </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> the left side of the screen, select ‘Manage users’</w:t>
+      </w:r>
       <w:r w:rsidR="006A4643">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1263DEBF" w14:textId="24A3600C" w:rsidR="00BA6028" w:rsidRDefault="00BA6028" w:rsidP="004A3659">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01BA5A86" w14:textId="5CEC1ACB" w:rsidR="009162E5" w:rsidRDefault="009162E5" w:rsidP="00C77CFA"/>
     <w:p w14:paraId="58BE81E8" w14:textId="3A66FF33" w:rsidR="009162E5" w:rsidRDefault="002B26D6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002B26D6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7C72C1" wp14:editId="6C9AE48D">
             <wp:extent cx="6096000" cy="4064000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="844523671" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. &#10;The menu item 'Manage users' is highlighted in a column list of options on the lefthand side."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="844523671" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. &#10;The menu item 'Manage users' is highlighted in a column list of options on the lefthand side."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6096701" cy="4064467"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="002B26D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009162E5">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="495AEAFB" w14:textId="2F3DC0CB" w:rsidR="00235A1D" w:rsidRDefault="00903BAE" w:rsidP="00C77CFA">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Then select the grey ‘Add user’ </w:t>
       </w:r>
       <w:r w:rsidR="00E16E5D">
         <w:t xml:space="preserve">button </w:t>
       </w:r>
       <w:r>
         <w:t>to the ri</w:t>
       </w:r>
       <w:r w:rsidR="00457435">
         <w:t xml:space="preserve">ght of the screen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AEFC32" w14:textId="4E0F1C23" w:rsidR="00885FF8" w:rsidRDefault="00885FF8" w:rsidP="00C77CFA"/>
     <w:p w14:paraId="0127D28E" w14:textId="39C701E3" w:rsidR="009162E5" w:rsidRDefault="009162E5" w:rsidP="00C77CFA"/>
     <w:p w14:paraId="7B9BA3A4" w14:textId="53C00B1C" w:rsidR="009162E5" w:rsidRDefault="0096377C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0096377C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AF02791" wp14:editId="47CBB32D">
             <wp:extent cx="6184900" cy="4338320"/>
@@ -6828,50 +6791,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="4338320"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="0096377C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009162E5">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E0F357C" w14:textId="08C2CDA3" w:rsidR="00C77CFA" w:rsidRDefault="00457435" w:rsidP="009162E5">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Type in the email address of the </w:t>
       </w:r>
       <w:r w:rsidR="00F37AC5">
         <w:t>person you want to add. If the</w:t>
       </w:r>
       <w:r w:rsidR="009162E5">
         <w:t xml:space="preserve"> user does </w:t>
       </w:r>
       <w:r w:rsidR="00F37AC5">
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="00A773FC">
         <w:t xml:space="preserve">t have an Online Services account, a red </w:t>
       </w:r>
       <w:r w:rsidR="007E6E93">
         <w:t>pop-up alert</w:t>
       </w:r>
       <w:r w:rsidR="00A773FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A130F">
         <w:t xml:space="preserve">will appear. Ask the person to create an account following the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_How_to_create" w:tooltip="A link to the 'Online Services' section of this document" w:history="1">
         <w:r w:rsidR="00EE2F61" w:rsidRPr="007D6D71">
@@ -7032,50 +6996,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3713137"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC4382F" w14:textId="3F5E1227" w:rsidR="003247D7" w:rsidRDefault="00917FFD" w:rsidP="0090225A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">After </w:t>
       </w:r>
       <w:r w:rsidR="00E21B9F">
         <w:t>entering the email of the new user</w:t>
       </w:r>
       <w:r w:rsidR="007805F7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>assign a ‘</w:t>
       </w:r>
       <w:r w:rsidR="00BB152E">
         <w:t xml:space="preserve">Relationship type’ </w:t>
       </w:r>
       <w:r w:rsidR="00CD17B1">
         <w:t>and select the blue ‘Add user’ at the bottom of the screen.</w:t>
       </w:r>
       <w:r w:rsidR="009606D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0010168E">
         <w:t>This can also be assigned later.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EACB52" w14:textId="0377439F" w:rsidR="00071F47" w:rsidRDefault="003A5458" w:rsidP="0090225A">
@@ -7260,89 +7225,104 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6756159" cy="3624370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F29412" w14:textId="6A5C7A8B" w:rsidR="00A033F1" w:rsidRDefault="00A033F1" w:rsidP="0090225A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B652658" w14:textId="2F552FBE" w:rsidR="00C77CFA" w:rsidRDefault="00742968" w:rsidP="00F547B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc198210339"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc217284013"/>
       <w:r w:rsidRPr="00742968">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="721550F4" wp14:editId="6C5A59A2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="721550F4" wp14:editId="4BB2C31E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
             <wp:extent cx="6184900" cy="3867150"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="490591862" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. The 'Manage users' is option in the lefthand side column is selected and coloured blue. The subheading of the page is 'Manage users'. A blue rectangle is shown around a green alert box with a tick and the text 'Request sent to user'. A second blue rectangle is shown around one of the names in a list of users below this, 'Ross Malgana'."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="490591862" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. The 'Manage users' is option in the lefthand side column is selected and coloured blue. The subheading of the page is 'Manage users'. A blue rectangle is shown around a green alert box with a tick and the text 'Request sent to user'. A second blue rectangle is shown around one of the names in a list of users below this, 'Ross Malgana'."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3867150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00F547B7">
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
       <w:r w:rsidR="00180498">
         <w:t>give permissions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="5F82D931" w14:textId="16AC2238" w:rsidR="00104CE8" w:rsidRDefault="00A14AD6" w:rsidP="007127AE">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A14AD6">
         <w:t>A user with 'manage users</w:t>
       </w:r>
       <w:r w:rsidR="00FC0FAF">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00A14AD6">
         <w:t xml:space="preserve"> permissions can assign roles, permissions and what other users can view.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -7418,50 +7398,51 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00716B0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00936BBD">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00936BBD">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07014E29" w14:textId="5869D588" w:rsidR="00D93E09" w:rsidRDefault="00F935CC" w:rsidP="00D93E09">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Then i</w:t>
       </w:r>
       <w:r w:rsidR="005D6F17">
         <w:t>n the ‘General’ tab, select the appropriate permissions</w:t>
       </w:r>
       <w:r w:rsidR="001D07E7">
         <w:t xml:space="preserve"> and view for the user.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D14963" w14:textId="46C19DD8" w:rsidR="00936BBD" w:rsidRDefault="00936BBD" w:rsidP="00D93E09">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00936BBD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CD13C11" wp14:editId="2D65E9BC">
             <wp:extent cx="5928572" cy="3976653"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="1573639460" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. The 'Manage users' is option in the lefthand side column is selected and coloured blue. The subheading of the page is 'Ross Malgana'. There is a grey box below the subheading with the bold text 'Admin' and 'Basic'. There are two checkboxes next to each. The boxes next to 'Admin' are checked and the mouse arrow is shown pointing at them. These checkboxes have the text 'Edit account details' and 'Manage users'."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -7553,88 +7534,89 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5690640" cy="3302575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="007030A0" w:rsidDel="00324CF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D28FCB9" w14:textId="6F09CD48" w:rsidR="00E87F97" w:rsidRDefault="00324CF3" w:rsidP="007127AE">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00887ED2">
         <w:t>ser</w:t>
       </w:r>
       <w:r w:rsidR="00044FE3">
         <w:t xml:space="preserve"> permissions can </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="00044FE3">
         <w:t>be changed in this section</w:t>
       </w:r>
       <w:r w:rsidR="00445A4F">
         <w:t xml:space="preserve">. Select the user you </w:t>
       </w:r>
       <w:r w:rsidR="00DB7E99">
         <w:t xml:space="preserve">want to change the permission </w:t>
       </w:r>
       <w:r w:rsidR="00A619D9">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00DB7E99">
         <w:t xml:space="preserve">from the ‘Manage users’ page. Go through the </w:t>
       </w:r>
       <w:r w:rsidR="0046002C">
         <w:t xml:space="preserve">tabs and assign or unassign permissions as required. </w:t>
       </w:r>
       <w:r w:rsidR="00445A4F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420DF9F5" w14:textId="4AAB6AA5" w:rsidR="00F547B7" w:rsidRDefault="00F547B7" w:rsidP="00F547B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc198210340"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc217284014"/>
       <w:r>
         <w:t>How to remove a role</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="7309EF9A" w14:textId="77777777" w:rsidR="002B5159" w:rsidRDefault="00FD4039" w:rsidP="00FD4039">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="004A3659">
         <w:t xml:space="preserve">Anyone with </w:t>
       </w:r>
       <w:r w:rsidR="009453AC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0046237D">
         <w:t>‘manage user</w:t>
       </w:r>
       <w:r w:rsidR="0046237D" w:rsidRPr="004F73C4">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0046237D">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0046237D" w:rsidRPr="004F73C4">
@@ -7704,57 +7686,52 @@
       <w:r w:rsidR="002013C5">
         <w:t xml:space="preserve"> select </w:t>
       </w:r>
       <w:r w:rsidR="009E1686">
         <w:t xml:space="preserve">‘Manage Organisation’ from the drop-down profile menu then </w:t>
       </w:r>
       <w:r w:rsidR="007D2B8D">
         <w:t xml:space="preserve">check </w:t>
       </w:r>
       <w:r w:rsidR="00C10B01">
         <w:t xml:space="preserve">you are on the </w:t>
       </w:r>
       <w:r w:rsidR="002013C5">
         <w:t>‘Manage Account’</w:t>
       </w:r>
       <w:r w:rsidR="00C10B01">
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="009E1686">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F76E07">
         <w:t xml:space="preserve">The NGER Contact Person will be in the list of Contact Persons </w:t>
       </w:r>
       <w:r w:rsidR="005D5D59">
-        <w:t xml:space="preserve">under the Account Details. Select ‘Edit </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>under the Account Details. Select ‘Edit contacts’</w:t>
+      </w:r>
       <w:r w:rsidR="00813C02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DC035D" w14:textId="64A05CC9" w:rsidR="00813C02" w:rsidRDefault="00813C02" w:rsidP="002C4470">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA6028">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77147617" wp14:editId="3FD670E6">
             <wp:extent cx="6184900" cy="4619054"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="404636797" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. &#10;The mouse arrow is shown selecting the item 'Manage users' from a column list of options on the lefthand side."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="404636797" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'FireRangers Pty Limited'. &#10;The mouse arrow is shown selecting the item 'Manage users' from a column list of options on the lefthand side."/>
@@ -7784,123 +7761,116 @@
     </w:p>
     <w:p w14:paraId="6FD1C6E9" w14:textId="04D5C9FD" w:rsidR="00751C48" w:rsidRDefault="00751C48" w:rsidP="00751C48">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25D576B7" w14:textId="7E74F3B8" w:rsidR="00BA2D9A" w:rsidRDefault="00BA2D9A" w:rsidP="00751C48">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>From the drop-down arrow next to the name of the current NGER Contact Person, select the new user replacing that role.</w:t>
       </w:r>
       <w:r w:rsidR="00746885">
         <w:t xml:space="preserve"> Then select ‘Update’. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4674F663" w14:textId="1BAEBE01" w:rsidR="00BA2D9A" w:rsidRDefault="00BA2D9A" w:rsidP="00751C48">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4FDBED" wp14:editId="7E87FE74">
             <wp:extent cx="6059197" cy="2549158"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1352179640" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'Edit contacts', and there are two text boxes showing information for a 'Primary contact' and an 'NGER contact'. &#10;"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1352179640" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. This page is titled 'Edit contacts', and there are two text boxes showing information for a 'Primary contact' and an 'NGER contact'. &#10;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6059197" cy="2549158"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="724EF896" w14:textId="65BF1D3E" w:rsidR="00F547B7" w:rsidRDefault="00F547B7" w:rsidP="00F547B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc198210341"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc217284015"/>
       <w:r>
         <w:t>How to remove a user</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="123EF132" w14:textId="0D307C3D" w:rsidR="00A50303" w:rsidRDefault="00A50303" w:rsidP="00A50303">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If a user has been assigned as a </w:t>
       </w:r>
       <w:r w:rsidR="00FD2D78">
         <w:t xml:space="preserve">Primary Contact </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or NGER </w:t>
       </w:r>
       <w:r w:rsidR="00831EDE">
         <w:t>Contact</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, they must be replaced before they can be removed from the organisation. Go to ‘Manage account’ and ‘Edit </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>, they must be replaced before they can be removed from the organisation. Go to ‘Manage account’ and ‘Edit contacts’.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B7D7BF" w14:textId="2708B32C" w:rsidR="00A50303" w:rsidRDefault="00A50303" w:rsidP="00A50303">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t>If a user is the last user with admin permissions</w:t>
       </w:r>
       <w:r w:rsidR="009A5D18">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> they cannot be removed from the organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C67E567" w14:textId="04BDF60A" w:rsidR="00204C52" w:rsidRDefault="00A75D9F" w:rsidP="006D65FC">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A user with </w:t>
       </w:r>
       <w:r w:rsidR="00FF6007">
         <w:t>‘</w:t>
@@ -7965,92 +7935,93 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3556000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="60959F26" w14:textId="77CB18EF" w:rsidR="00F547B7" w:rsidRDefault="005867CD" w:rsidP="009B7951">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="005867CD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7799F988" wp14:editId="1BBECF7D">
             <wp:extent cx="6184900" cy="2712085"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="323472607" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The 'Manage users' option in the lefthand side column is selected and coloured blue. The subheading of the page is 'Manage users' and a list of example users is shown. A pop-up box in the centre of the screen has the text 'Remove Derek Namatjira' with the selection options of 'cancel' and 'yes, remove'."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="323472607" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The 'Manage users' option in the lefthand side column is selected and coloured blue. The subheading of the page is 'Manage users' and a list of example users is shown. A pop-up box in the centre of the screen has the text 'Remove Derek Namatjira' with the selection options of 'cancel' and 'yes, remove'."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="2712085"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFB3AE0" w14:textId="4588783E" w:rsidR="00F547B7" w:rsidRDefault="00CB7BA8" w:rsidP="00CB7BA8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc198210342"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc217284016"/>
       <w:r>
         <w:t>How to add a contact</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="3EE7B80B" w14:textId="1FF20A00" w:rsidR="00672737" w:rsidRDefault="00626E3A" w:rsidP="00672737">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A user with ‘Manage users’ </w:t>
       </w:r>
       <w:r w:rsidR="0052594C">
         <w:t xml:space="preserve">permission can add or edit a Primary or scheme </w:t>
       </w:r>
       <w:r w:rsidR="003C5671">
         <w:t>Contact</w:t>
       </w:r>
       <w:r w:rsidR="0052594C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DD51C4">
         <w:t xml:space="preserve">First, ensure the user you want to add as </w:t>
       </w:r>
       <w:r w:rsidR="00126728">
@@ -8224,50 +8195,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6083445" cy="3407409"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D349F8" w14:textId="21E879AD" w:rsidR="0030267D" w:rsidRDefault="008B671E" w:rsidP="00CB7BA8">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Select the drop-down arrow under the NGER Contact Person</w:t>
       </w:r>
       <w:r w:rsidR="005224CC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A04B62">
         <w:t xml:space="preserve">Find the name of the user you would like to add as Contact Person. Select ‘Update’. </w:t>
       </w:r>
       <w:r w:rsidR="00341464">
         <w:t xml:space="preserve">A green </w:t>
       </w:r>
       <w:r w:rsidR="00E53E9B">
         <w:t xml:space="preserve">pop-up </w:t>
       </w:r>
       <w:r w:rsidR="004471D9">
         <w:t xml:space="preserve">alert </w:t>
       </w:r>
       <w:r w:rsidR="00341464">
         <w:t xml:space="preserve">appears </w:t>
       </w:r>
       <w:r w:rsidR="001D2637">
         <w:t xml:space="preserve">to confirm </w:t>
       </w:r>
       <w:r w:rsidR="00341464">
         <w:t xml:space="preserve">the Contact Person has been updated. </w:t>
@@ -8311,95 +8283,90 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3877945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00446437">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D573C7F" w14:textId="2134F192" w:rsidR="00C66474" w:rsidRDefault="00C66474" w:rsidP="004A3659">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc198210343"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc217284017"/>
       <w:r>
         <w:t xml:space="preserve">View </w:t>
       </w:r>
       <w:r w:rsidR="00E64A33">
         <w:t>report details</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="24ED0D30" w14:textId="0366927D" w:rsidR="00880940" w:rsidRDefault="00A74898" w:rsidP="00AD357A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">From the </w:t>
       </w:r>
       <w:r w:rsidR="00BF7D2F">
         <w:t>Online Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dashboard, s</w:t>
       </w:r>
       <w:r w:rsidR="00126A4C">
         <w:t xml:space="preserve">elect </w:t>
       </w:r>
       <w:r w:rsidR="00120AB5">
         <w:t xml:space="preserve">the drop-down arrow </w:t>
       </w:r>
       <w:r w:rsidR="00582CF1">
         <w:t xml:space="preserve">next to ‘Manage’. Select </w:t>
       </w:r>
       <w:r w:rsidR="008962F4">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="006E6347">
-        <w:t xml:space="preserve">NGER </w:t>
-[...3 lines deleted...]
-        <w:t>reports</w:t>
+        <w:t>NGER reports</w:t>
       </w:r>
       <w:r w:rsidR="008962F4">
         <w:t>’</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AC61BD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720D50F7" w14:textId="77777777" w:rsidR="00880940" w:rsidRDefault="00880940" w:rsidP="00AD357A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59665D80" wp14:editId="13AD8963">
             <wp:extent cx="2828925" cy="2828849"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1281663570" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The 'Manage' drop-down menu at the top is opened and the mouse arrow is pointing at the option titled 'National Greenhouse and Energy Reporting (NGER)'."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1281663570" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. The 'Manage' drop-down menu at the top is opened and the mouse arrow is pointing at the option titled 'National Greenhouse and Energy Reporting (NGER)'."/>
@@ -8415,50 +8382,51 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2828925" cy="2828849"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00AC61BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F4B801" w14:textId="495312A9" w:rsidR="00582CF1" w:rsidRDefault="00842FAA" w:rsidP="00AD357A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AC61BD">
         <w:t xml:space="preserve"> list of </w:t>
       </w:r>
       <w:r w:rsidR="007E5DD2">
         <w:t xml:space="preserve">available </w:t>
       </w:r>
       <w:r w:rsidR="00297D7A">
         <w:t>EERS workspaces</w:t>
       </w:r>
       <w:r w:rsidR="00AC61BD">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00D846D2">
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidR="00AC61BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is displayed</w:t>
       </w:r>
       <w:r w:rsidR="00AC61BD" w:rsidDel="006A085A">
         <w:t xml:space="preserve"> </w:t>
@@ -8541,51 +8509,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="3209711"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD9F168" w14:textId="77777777" w:rsidR="00215DA8" w:rsidRPr="00215DA8" w:rsidRDefault="00215DA8" w:rsidP="00FB11B2"/>
     <w:p w14:paraId="22F72B93" w14:textId="0C5A441B" w:rsidR="002840A3" w:rsidRDefault="00B07BC9" w:rsidP="00B07BC9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Submitting_registration_and"/>
-      <w:bookmarkStart w:id="42" w:name="_Toc198210344"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc217284018"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>Submitting registration and deregistration applications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="31796A3A" w14:textId="7CFD8F33" w:rsidR="00B07BC9" w:rsidRDefault="006B77CB" w:rsidP="00B07BC9">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Corporations may </w:t>
       </w:r>
       <w:r w:rsidR="004323AB">
         <w:t xml:space="preserve">submit s12 </w:t>
       </w:r>
       <w:r w:rsidR="4DB18D38">
         <w:t>controlling corporation</w:t>
       </w:r>
       <w:r w:rsidR="004323AB">
         <w:t xml:space="preserve"> registration</w:t>
       </w:r>
       <w:r w:rsidR="6F2B1F56">
         <w:t>, s15B responsible emitter</w:t>
       </w:r>
@@ -8690,50 +8658,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="01847AFD" w14:textId="30C5BBB2" w:rsidR="00895CD6" w:rsidRDefault="00417B6B" w:rsidP="00FB11B2">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Follow the directions in the form and submi</w:t>
       </w:r>
       <w:r w:rsidR="00297D80">
         <w:t>t.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="190502FA" w14:textId="77777777" w:rsidR="00342F87" w:rsidRDefault="005A0F56" w:rsidP="00755CEE">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r w:rsidRPr="005A0F56">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12E6B33F" wp14:editId="2967239F">
             <wp:extent cx="6184900" cy="2578735"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="863786427" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. A mouse arrow is pointing at the call-out box labelled 'NGER Controlling Corporation Registration'. A second mouse arrow is pointing at the callout box labelled 'NGER Deregistration'. A third mouse arrow is pointing at the drop-down selection titled 'filter'. This selection is opened and the option 'National Greenhouse and Energy Reporting is highlighted blue."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="863786427" name="Picture 1" descr="A website screenshot showing the Clean Energy Regulator Online Services dashboard. A mouse arrow is pointing at the call-out box labelled 'NGER Controlling Corporation Registration'. A second mouse arrow is pointing at the callout box labelled 'NGER Deregistration'. A third mouse arrow is pointing at the drop-down selection titled 'filter'. This selection is opened and the option 'National Greenhouse and Energy Reporting is highlighted blue."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6184900" cy="2578735"/>
@@ -8810,53 +8779,55 @@
           <w:t xml:space="preserve">witch </w:t>
         </w:r>
         <w:r w:rsidR="008D1B40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidR="0031457D" w:rsidRPr="0031457D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ccounts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0031457D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="678EC359" w14:textId="51C71A84" w:rsidR="00F547B7" w:rsidRDefault="008D1B40" w:rsidP="00F547B7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc217284019"/>
       <w:r>
         <w:t>Support</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="5C806D2C" w14:textId="4A82E5D8" w:rsidR="00B27965" w:rsidRDefault="00C32ACF" w:rsidP="006F3A7B">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="0031457D" w:rsidRPr="005022D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>cer-nger-reporting</w:t>
         </w:r>
         <w:r w:rsidR="0031457D" w:rsidRPr="005022D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>@cer.gov.au</w:t>
         </w:r>
@@ -8888,67 +8859,67 @@
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00C32ACF" w:rsidRPr="006F3A7B" w:rsidSect="00E349EF">
       <w:headerReference w:type="default" r:id="rId44"/>
       <w:footerReference w:type="even" r:id="rId45"/>
       <w:footerReference w:type="default" r:id="rId46"/>
       <w:headerReference w:type="first" r:id="rId47"/>
       <w:footerReference w:type="first" r:id="rId48"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DB21F87" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2" w:rsidP="00176C28">
+    <w:p w14:paraId="4AD8B576" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0570241C" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2"/>
+    <w:p w14:paraId="76B65D09" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F7994DF" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2" w:rsidP="00176C28">
+    <w:p w14:paraId="4960C4C7" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565106E7" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2"/>
+    <w:p w14:paraId="2069E874" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="187CB0E2" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2">
+    <w:p w14:paraId="27548B6F" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9009,55 +8980,50 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="89826918"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="05DB9BF5" w14:textId="77777777" w:rsidR="009633DE" w:rsidRDefault="009633DE" w:rsidP="002D4C25">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -9300,67 +9266,67 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2131578" cy="648000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5443ADDF" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2" w:rsidP="00176C28">
+    <w:p w14:paraId="17DD2686" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4372256B" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2"/>
+    <w:p w14:paraId="1A1BA8E4" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13E5B5FF" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2" w:rsidP="00176C28">
+    <w:p w14:paraId="33F462F2" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E83C556" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2"/>
+    <w:p w14:paraId="4184BD13" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50721560" w14:textId="77777777" w:rsidR="006461F2" w:rsidRDefault="006461F2">
+    <w:p w14:paraId="3638AEA6" w14:textId="77777777" w:rsidR="00F56449" w:rsidRDefault="00F56449">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="523DA57A" w14:textId="47C82CBA" w:rsidR="0053477F" w:rsidRDefault="0053477F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0053477F">
         <w:t>https://onlineservices.cer.gov.au/</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -12837,51 +12803,51 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="27725518">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="115369698">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:spinCount="100000" w:hashValue="qh6gQQpTwBh+JmDueDLq5L7EVukO1t7k1Pgvbq0oB+I=" w:saltValue="a0mE9d0FKO4Ym1s8n5bstw==" w:algorithmName="SHA-256"/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:spinCount="100000" w:hashValue="q6Eg2r+lXcgd1SGC/Ao2yluLjJfM8vFoyyn/T/4653E=" w:saltValue="8QQbbzmKpucYoSlbe408NQ==" w:algorithmName="SHA-256"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -13340,50 +13306,51 @@
     <w:rsid w:val="001723B5"/>
     <w:rsid w:val="00172F37"/>
     <w:rsid w:val="001730FC"/>
     <w:rsid w:val="00173A18"/>
     <w:rsid w:val="00173B23"/>
     <w:rsid w:val="00174759"/>
     <w:rsid w:val="00175102"/>
     <w:rsid w:val="0017559C"/>
     <w:rsid w:val="001757D9"/>
     <w:rsid w:val="00175FD9"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="00176F1C"/>
     <w:rsid w:val="00177195"/>
     <w:rsid w:val="0017780A"/>
     <w:rsid w:val="00180498"/>
     <w:rsid w:val="001809CE"/>
     <w:rsid w:val="001813DE"/>
     <w:rsid w:val="001816D7"/>
     <w:rsid w:val="0018249B"/>
     <w:rsid w:val="001824A9"/>
     <w:rsid w:val="00182E8D"/>
     <w:rsid w:val="0018344E"/>
     <w:rsid w:val="001841E3"/>
     <w:rsid w:val="0018528D"/>
+    <w:rsid w:val="001857F5"/>
     <w:rsid w:val="001859E6"/>
     <w:rsid w:val="00185BA9"/>
     <w:rsid w:val="00185F2A"/>
     <w:rsid w:val="0018610C"/>
     <w:rsid w:val="0018673B"/>
     <w:rsid w:val="001868AE"/>
     <w:rsid w:val="00190025"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00190419"/>
     <w:rsid w:val="00190500"/>
     <w:rsid w:val="00190811"/>
     <w:rsid w:val="001915BD"/>
     <w:rsid w:val="00192AC8"/>
     <w:rsid w:val="00193690"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="001943B6"/>
     <w:rsid w:val="001951D3"/>
     <w:rsid w:val="0019553B"/>
     <w:rsid w:val="00195755"/>
     <w:rsid w:val="00195809"/>
     <w:rsid w:val="00195D53"/>
     <w:rsid w:val="001960C2"/>
     <w:rsid w:val="00196339"/>
     <w:rsid w:val="001975A6"/>
     <w:rsid w:val="00197BA0"/>
@@ -14625,50 +14592,51 @@
     <w:rsid w:val="00581336"/>
     <w:rsid w:val="0058164B"/>
     <w:rsid w:val="005820B0"/>
     <w:rsid w:val="00582199"/>
     <w:rsid w:val="005821B1"/>
     <w:rsid w:val="0058225F"/>
     <w:rsid w:val="00582465"/>
     <w:rsid w:val="0058266F"/>
     <w:rsid w:val="00582965"/>
     <w:rsid w:val="00582BEA"/>
     <w:rsid w:val="00582CF1"/>
     <w:rsid w:val="0058389A"/>
     <w:rsid w:val="005839BD"/>
     <w:rsid w:val="00583B5E"/>
     <w:rsid w:val="005844EA"/>
     <w:rsid w:val="005847A6"/>
     <w:rsid w:val="005849A7"/>
     <w:rsid w:val="00584F73"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="005863BE"/>
     <w:rsid w:val="00586636"/>
     <w:rsid w:val="005867CD"/>
     <w:rsid w:val="005868A4"/>
     <w:rsid w:val="00586E62"/>
     <w:rsid w:val="005876A3"/>
+    <w:rsid w:val="00590033"/>
     <w:rsid w:val="00590DFA"/>
     <w:rsid w:val="00591AF2"/>
     <w:rsid w:val="00591E1A"/>
     <w:rsid w:val="00592DB6"/>
     <w:rsid w:val="00593C1B"/>
     <w:rsid w:val="0059406A"/>
     <w:rsid w:val="005940A9"/>
     <w:rsid w:val="0059473F"/>
     <w:rsid w:val="00594AEC"/>
     <w:rsid w:val="00594E87"/>
     <w:rsid w:val="00595141"/>
     <w:rsid w:val="005956EA"/>
     <w:rsid w:val="00595D8A"/>
     <w:rsid w:val="00596E0E"/>
     <w:rsid w:val="005975CD"/>
     <w:rsid w:val="005A01A0"/>
     <w:rsid w:val="005A0985"/>
     <w:rsid w:val="005A0F56"/>
     <w:rsid w:val="005A0FFB"/>
     <w:rsid w:val="005A1AFB"/>
     <w:rsid w:val="005A210D"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005A2C55"/>
     <w:rsid w:val="005A341C"/>
     <w:rsid w:val="005A373A"/>
@@ -16071,50 +16039,51 @@
     <w:rsid w:val="009F0C76"/>
     <w:rsid w:val="009F178A"/>
     <w:rsid w:val="009F17EB"/>
     <w:rsid w:val="009F1CE4"/>
     <w:rsid w:val="009F1CFC"/>
     <w:rsid w:val="009F1F24"/>
     <w:rsid w:val="009F21B7"/>
     <w:rsid w:val="009F30FF"/>
     <w:rsid w:val="009F3380"/>
     <w:rsid w:val="009F3B6B"/>
     <w:rsid w:val="009F3B7F"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="009F5569"/>
     <w:rsid w:val="009F566D"/>
     <w:rsid w:val="009F5B46"/>
     <w:rsid w:val="009F6D29"/>
     <w:rsid w:val="009F7093"/>
     <w:rsid w:val="009F7E78"/>
     <w:rsid w:val="009F7F90"/>
     <w:rsid w:val="00A0004C"/>
     <w:rsid w:val="00A009E2"/>
     <w:rsid w:val="00A00A43"/>
     <w:rsid w:val="00A00A79"/>
     <w:rsid w:val="00A00AE3"/>
     <w:rsid w:val="00A00ECD"/>
+    <w:rsid w:val="00A0152B"/>
     <w:rsid w:val="00A01817"/>
     <w:rsid w:val="00A027B6"/>
     <w:rsid w:val="00A028AF"/>
     <w:rsid w:val="00A029C9"/>
     <w:rsid w:val="00A0306E"/>
     <w:rsid w:val="00A033F1"/>
     <w:rsid w:val="00A0366D"/>
     <w:rsid w:val="00A037DB"/>
     <w:rsid w:val="00A04A95"/>
     <w:rsid w:val="00A04B62"/>
     <w:rsid w:val="00A04DAD"/>
     <w:rsid w:val="00A04FF0"/>
     <w:rsid w:val="00A05495"/>
     <w:rsid w:val="00A0560E"/>
     <w:rsid w:val="00A057C8"/>
     <w:rsid w:val="00A0586B"/>
     <w:rsid w:val="00A058D9"/>
     <w:rsid w:val="00A05B00"/>
     <w:rsid w:val="00A05FD6"/>
     <w:rsid w:val="00A06785"/>
     <w:rsid w:val="00A06AC6"/>
     <w:rsid w:val="00A0713F"/>
     <w:rsid w:val="00A074F2"/>
     <w:rsid w:val="00A079FF"/>
     <w:rsid w:val="00A07CBA"/>
@@ -17744,50 +17713,51 @@
     <w:rsid w:val="00F4672A"/>
     <w:rsid w:val="00F46BA8"/>
     <w:rsid w:val="00F46D3A"/>
     <w:rsid w:val="00F46EAC"/>
     <w:rsid w:val="00F47039"/>
     <w:rsid w:val="00F47E5C"/>
     <w:rsid w:val="00F47EF9"/>
     <w:rsid w:val="00F502D2"/>
     <w:rsid w:val="00F50964"/>
     <w:rsid w:val="00F50A22"/>
     <w:rsid w:val="00F51115"/>
     <w:rsid w:val="00F51A43"/>
     <w:rsid w:val="00F52D59"/>
     <w:rsid w:val="00F52EB8"/>
     <w:rsid w:val="00F52F3B"/>
     <w:rsid w:val="00F53117"/>
     <w:rsid w:val="00F53EAA"/>
     <w:rsid w:val="00F54153"/>
     <w:rsid w:val="00F5458C"/>
     <w:rsid w:val="00F547B7"/>
     <w:rsid w:val="00F54A7E"/>
     <w:rsid w:val="00F54AF9"/>
     <w:rsid w:val="00F5519B"/>
     <w:rsid w:val="00F55CD9"/>
     <w:rsid w:val="00F56238"/>
+    <w:rsid w:val="00F56449"/>
     <w:rsid w:val="00F56B10"/>
     <w:rsid w:val="00F5726B"/>
     <w:rsid w:val="00F575B0"/>
     <w:rsid w:val="00F57B38"/>
     <w:rsid w:val="00F57E07"/>
     <w:rsid w:val="00F60DB7"/>
     <w:rsid w:val="00F61507"/>
     <w:rsid w:val="00F61ED0"/>
     <w:rsid w:val="00F62E59"/>
     <w:rsid w:val="00F6372E"/>
     <w:rsid w:val="00F63A99"/>
     <w:rsid w:val="00F641BB"/>
     <w:rsid w:val="00F64493"/>
     <w:rsid w:val="00F64AF7"/>
     <w:rsid w:val="00F64C99"/>
     <w:rsid w:val="00F65D39"/>
     <w:rsid w:val="00F65E16"/>
     <w:rsid w:val="00F66AC2"/>
     <w:rsid w:val="00F66CEC"/>
     <w:rsid w:val="00F66ED3"/>
     <w:rsid w:val="00F67874"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F7000C"/>
     <w:rsid w:val="00F7034E"/>
     <w:rsid w:val="00F70356"/>
@@ -20230,75 +20200,75 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21101E56-A378-4ED3-B699-2AD701F875E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>2561</Words>
-  <Characters>16551</Characters>
+  <Words>3121</Words>
+  <Characters>15980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>367</Lines>
-  <Paragraphs>233</Paragraphs>
+  <Lines>355</Lines>
+  <Paragraphs>235</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Online Services user guide</vt:lpstr>
+      <vt:lpstr>NGER Online Services user guide</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18879</CharactersWithSpaces>
+  <CharactersWithSpaces>18866</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="378" baseType="variant">
       <vt:variant>
         <vt:i4>6619183</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>228</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.cer.gov.au/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995400</vt:i4>
       </vt:variant>
       <vt:variant>