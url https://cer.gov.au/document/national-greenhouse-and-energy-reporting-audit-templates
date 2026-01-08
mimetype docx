--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -1,65 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="10ECB078" w14:textId="7D86BC46" w:rsidR="00784BBE" w:rsidRPr="00784BBE" w:rsidRDefault="00373952" w:rsidP="008E3286">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00373952">
         <w:t>National Greenhouse and Energy Reporting audit templates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A87CFB" w14:textId="646388C7" w:rsidR="00F87A2A" w:rsidRDefault="005A4C8B" w:rsidP="008E3286">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C18EE0" w14:textId="61081CCC" w:rsidR="00B96181" w:rsidRDefault="006324E8" w:rsidP="00CD50F7">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
@@ -270,60 +265,60 @@
       <w:r w:rsidRPr="00432D01">
         <w:t>Audit</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00432D01">
         <w:t>Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55588EDB" w14:textId="69B0AB92" w:rsidR="0091358A" w:rsidRDefault="0091358A" w:rsidP="0091358A">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00520117">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6A0F04" w14:textId="3C66F883" w:rsidR="00B52864" w:rsidRPr="00880939" w:rsidRDefault="00B52864" w:rsidP="00B52864">
+    <w:p w14:paraId="60642F92" w14:textId="77777777" w:rsidR="003633A6" w:rsidRDefault="003633A6" w:rsidP="003633A6">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880939">
-        <w:t>relevant national and international audit standards, including:</w:t>
+      <w:r>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ECEC2FF" w14:textId="77777777" w:rsidR="00B52864" w:rsidRPr="00432D01" w:rsidRDefault="00B52864" w:rsidP="00B52864">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00432D01">
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F2BFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Assurance Engagements Other than Audits of Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1BB9D4" w14:textId="77777777" w:rsidR="00B52864" w:rsidRDefault="00B52864" w:rsidP="00B52864">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -445,129 +440,170 @@
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASQM 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement quality reviews</w:t>
       </w:r>
       <w:r w:rsidR="006679A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="161FDEC5" w14:textId="77777777" w:rsidR="00275838" w:rsidRDefault="00275838" w:rsidP="00275838">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="225A3166" w14:textId="738A83F8" w:rsidR="00373952" w:rsidRDefault="00373952" w:rsidP="00520117">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For assurance engagements pursuant to sections </w:t>
       </w:r>
       <w:r w:rsidRPr="00D85951">
         <w:t xml:space="preserve">73, 73A, 74 or </w:t>
       </w:r>
       <w:r>
         <w:t>74A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D85951">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00520117">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Act 200</w:t>
       </w:r>
       <w:r w:rsidR="00326051" w:rsidRPr="00520117">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, auditors </w:t>
       </w:r>
       <w:r w:rsidRPr="00520117">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team on the coversheet of the audit report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7925D9B6" w14:textId="2CE531BD" w:rsidR="00373952" w:rsidRDefault="00373952" w:rsidP="00520117">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>For voluntary audits of section 19 reports, we recommend disclosing both audit and non-audit fees, as well as the hours spent on the audit by the audit team on the coversheet of the audit report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8EF1F2" w14:textId="3E2E6967" w:rsidR="00702A17" w:rsidRPr="00FD3B8E" w:rsidRDefault="00702A17" w:rsidP="00702A17">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="00702A17" w:rsidRPr="00FD3B8E" w:rsidSect="00702A17">
-          <w:headerReference w:type="default" r:id="rId13"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00880939">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00A45F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NGER Audit Determination</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="006C93" w:themeColor="accent3"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve"> for further information on the legislative requirements for reporting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve"> an assurance engagement.</w:t>
       </w:r>
@@ -610,262 +646,211 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1975"/>
         <w:gridCol w:w="7765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D8402D" w:rsidRPr="00FA7635" w14:paraId="22BB7350" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11A6D22C" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00FA7635" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
             <w:r w:rsidRPr="00993BA6">
               <w:t>Legislation or guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="035889BF" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00552243" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00770AED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="001B106F" w:rsidDel="00BC64CC">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:t>NGER Act</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76A92067" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00326051" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="003C32BD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00326051">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="00326051" w:rsidDel="00BC64CC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00326051">
               <w:t>(NGER Regulations)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="514CFC37" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00326051" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="003C32BD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00326051">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="00326051">
               <w:t xml:space="preserve"> (Audit Determination)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="117499EF" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00552243" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
+          <w:p w14:paraId="3CD61DBE" w14:textId="77777777" w:rsidR="004D68C0" w:rsidRPr="00552243" w:rsidRDefault="004D68C0" w:rsidP="004D68C0">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
-              <w:t>Applicable standards:</w:t>
+              <w:t>Applicable standards</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6192E1D2" w14:textId="77777777" w:rsidR="002A6314" w:rsidRPr="00514E57" w:rsidRDefault="002A6314" w:rsidP="002A6314">
+          <w:p w14:paraId="6192E1D2" w14:textId="766786EF" w:rsidR="002A6314" w:rsidRPr="00514E57" w:rsidRDefault="002A6314" w:rsidP="002A6314">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="5AEE2AC6" w14:textId="77777777" w:rsidR="002A6314" w:rsidRPr="00552243" w:rsidRDefault="002A6314" w:rsidP="002A6314">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DEBE6EF" w14:textId="31674DFE" w:rsidR="002A6314" w:rsidRDefault="002A6314" w:rsidP="002A6314">
+          <w:p w14:paraId="7DEBE6EF" w14:textId="112AFD4F" w:rsidR="002A6314" w:rsidRDefault="002A6314" w:rsidP="002A6314">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...1 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E076C70" w14:textId="77777777" w:rsidR="002A6314" w:rsidRPr="00B567ED" w:rsidRDefault="002A6314" w:rsidP="002A6314">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASSA 5000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00415ADF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>General Requirements for Sustainability Assurance Engagements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76C87E6F" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00320EB7" w:rsidRDefault="00D8402D" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>ASQ</w:t>
@@ -1320,55 +1305,55 @@
           <w:p w14:paraId="5559CBAD" w14:textId="7432F00E" w:rsidR="0007264C" w:rsidRPr="005F2A77" w:rsidRDefault="004E3B6E" w:rsidP="00B61FE0">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The engagement terms are signed and agreed between the </w:t>
             </w:r>
             <w:r w:rsidR="005F2A77">
               <w:t>CER</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and the auditor</w:t>
             </w:r>
             <w:r w:rsidR="009C623A">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F330E3C" w14:textId="39323720" w:rsidR="00D8402D" w:rsidRDefault="00D8402D" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc157764138"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc157764138"/>
       <w:r>
         <w:t>Type of audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="10301" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1556"/>
         <w:gridCol w:w="7442"/>
         <w:gridCol w:w="1303"/>
       </w:tblGrid>
       <w:tr w:rsidR="00094E7C" w:rsidRPr="00FA7635" w14:paraId="45A551B0" w14:textId="77777777" w:rsidTr="003E0550">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24B5E5FF" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="00FA7635" w:rsidRDefault="00D8402D" w:rsidP="00415ADF"/>
         </w:tc>
         <w:tc>
@@ -1923,59 +1908,59 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62982D87" w14:textId="77777777" w:rsidR="00F2727A" w:rsidRPr="00F96057" w:rsidRDefault="00F2727A" w:rsidP="00F96057">
       <w:r w:rsidRPr="00F96057">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B98174" w14:textId="79057CF8" w:rsidR="000955AB" w:rsidRPr="000F73E9" w:rsidRDefault="000955AB" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>National Greenhouse and Energy Reporting audit report (reasonable or limited assurance) of energy and emissions report</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="6FA807D2" w14:textId="77777777" w:rsidR="000955AB" w:rsidRPr="000F73E9" w:rsidRDefault="000955AB" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc457297219"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc504038249"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc457297219"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc457298247"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc504038249"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Audit report coversheet</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79526C56" w14:textId="6FC78F13" w:rsidR="0026179C" w:rsidRDefault="0026179C" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Audited body </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4870"/>
         <w:gridCol w:w="4870"/>
       </w:tblGrid>
       <w:tr w:rsidR="0026179C" w:rsidRPr="00FA7635" w14:paraId="2FDE601D" w14:textId="77777777" w:rsidTr="00A90A72">
         <w:tc>
           <w:tcPr>
@@ -1991,51 +1976,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2004655588"/>
             <w:placeholder>
               <w:docPart w:val="5AFB72241E9442DE9DA4B0419D9EF7CD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7C003AD8" w14:textId="77777777" w:rsidR="0026179C" w:rsidRPr="00A90A72" w:rsidRDefault="0026179C" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2060,51 +2044,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of contact person for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1162001706"/>
             <w:placeholder>
               <w:docPart w:val="5AFB72241E9442DE9DA4B0419D9EF7CD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="5E3A55D3" w14:textId="77777777" w:rsidR="0026179C" w:rsidRPr="00A90A72" w:rsidRDefault="0026179C" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2129,51 +2112,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="802428264"/>
             <w:placeholder>
               <w:docPart w:val="5AFB72241E9442DE9DA4B0419D9EF7CD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3F26C0C8" w14:textId="77777777" w:rsidR="0026179C" w:rsidRPr="00A90A72" w:rsidRDefault="0026179C" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2198,51 +2180,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1283035003"/>
             <w:placeholder>
               <w:docPart w:val="5AFB72241E9442DE9DA4B0419D9EF7CD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="601E787E" w14:textId="77777777" w:rsidR="0026179C" w:rsidRPr="00A90A72" w:rsidRDefault="0026179C" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2296,51 +2277,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total scope 1 emissions for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1361514321"/>
             <w:placeholder>
               <w:docPart w:val="D3B3749C10D448E1AE08266F1008A893"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="59C11463" w14:textId="77777777" w:rsidR="001808DA" w:rsidRPr="00A90A72" w:rsidRDefault="001808DA" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2365,51 +2345,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total scope 2 emissions for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-393900185"/>
             <w:placeholder>
               <w:docPart w:val="D3B3749C10D448E1AE08266F1008A893"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7F0657A9" w14:textId="77777777" w:rsidR="001808DA" w:rsidRPr="00A90A72" w:rsidRDefault="001808DA" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2434,51 +2413,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total energy consumption for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1066178513"/>
             <w:placeholder>
               <w:docPart w:val="D3B3749C10D448E1AE08266F1008A893"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4FD2C2D8" w14:textId="77777777" w:rsidR="001808DA" w:rsidRPr="00A90A72" w:rsidRDefault="001808DA" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2503,51 +2481,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total energy production for audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="577642819"/>
             <w:placeholder>
               <w:docPart w:val="D3B3749C10D448E1AE08266F1008A893"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="663E4639" w14:textId="77777777" w:rsidR="001808DA" w:rsidRPr="00A90A72" w:rsidRDefault="001808DA" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2604,51 +2581,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kind of audit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1821306296"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="69120D4D" w14:textId="6E206607" w:rsidR="00C85548" w:rsidRPr="00A90A72" w:rsidRDefault="00A35B3E" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Reasonable assurance/Limited assurance under sections</w:t>
                 </w:r>
                 <w:r w:rsidR="00FC097C" w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:sz w:val="22"/>
@@ -2720,51 +2696,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Objective of the assurance engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1187405121"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0FA7F78A" w14:textId="2D04F43D" w:rsidR="00C85548" w:rsidRPr="00A90A72" w:rsidRDefault="00B769F0" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Assurance on </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:i/>
@@ -2803,51 +2778,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reporting period covered by audit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1081412144"/>
             <w:placeholder>
               <w:docPart w:val="5896DC3D3273487A8F871C2B59E604E4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="73EDEF09" w14:textId="063C8246" w:rsidR="00B14245" w:rsidRPr="00A90A72" w:rsidRDefault="00B14245" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2872,51 +2846,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Audit fee (inclusive of GST and disbursements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-341545287"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2D7C227B" w14:textId="77777777" w:rsidR="00C85548" w:rsidRPr="00A90A72" w:rsidRDefault="00C85548" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2957,51 +2930,50 @@
               </w:rPr>
               <w:t>audit by audit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A90A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="928238669"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="7D7E6094" w14:textId="77777777" w:rsidR="00C85548" w:rsidRPr="00A90A72" w:rsidRDefault="00C85548" w:rsidP="00A90A72">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A90A72">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3043,126 +3015,125 @@
             </w:pPr>
             <w:r w:rsidRPr="00EF5914">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by the audited body to the audit team leader (or their firm or company)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="134D265A" w14:textId="6A0CB5B9" w:rsidR="001C3D32" w:rsidRPr="000E73C1" w:rsidRDefault="00EF5914" w:rsidP="00EF5914">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5914">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00EF5914">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BF438F">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="7"/>
+              <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="00EF5914">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00EF5914">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EF5914">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="235F24AD" w14:textId="698D1700" w:rsidR="00EF5914" w:rsidRPr="001C3D32" w:rsidRDefault="00EF5914" w:rsidP="000E73C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3D32">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from the date 12 months prior to the date of signing the terms of engagement for the audit, to the date of signing the audit report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1445733338"/>
             <w:placeholder>
               <w:docPart w:val="FA071D42D6AE47EE883682C665DD1232"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="140EBC1E" w14:textId="77777777" w:rsidR="00EF5914" w:rsidRPr="000E73C1" w:rsidRDefault="00EF5914" w:rsidP="000E73C1">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000E73C1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3244,51 +3215,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>not applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="007B6893">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> if no non-audit fees were paid to the audit firm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="923065534"/>
             <w:placeholder>
               <w:docPart w:val="FA071D42D6AE47EE883682C665DD1232"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="12C12E50" w14:textId="77777777" w:rsidR="00EF5914" w:rsidRPr="007B6893" w:rsidRDefault="00EF5914" w:rsidP="007B6893">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007B6893">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3313,51 +3283,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6893">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date terms of engagement signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1989390367"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6753246A" w14:textId="77777777" w:rsidR="00C85548" w:rsidRPr="007B6893" w:rsidRDefault="00C85548" w:rsidP="007B6893">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007B6893">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3382,51 +3351,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6893">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date audit report signed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1845624983"/>
             <w:placeholder>
               <w:docPart w:val="B8CEDA6F3CE642B2B6863305988B33DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3E79BAB9" w14:textId="77777777" w:rsidR="00C85548" w:rsidRPr="007B6893" w:rsidRDefault="00C85548" w:rsidP="007B6893">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007B6893">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3456,311 +3424,305 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="4860"/>
       </w:tblGrid>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="55E90BCD" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AC3087B" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of audit team leader</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="318706654"/>
             <w:placeholder>
               <w:docPart w:val="01633B6F97D84F3CAEAEB9CC77971DBA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0729492E" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0011495C" w:rsidRPr="000F73E9" w14:paraId="5ED84726" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6876AA1C" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:t>reenhouse and energy auditor</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> registration number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="847222092"/>
             <w:placeholder>
               <w:docPart w:val="650F784FD9B244ABB742EA6E8B2091C8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2B68F0EE" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="56729DF8" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AA04547" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="253716981"/>
             <w:placeholder>
               <w:docPart w:val="B6FD559D9FB247D78EE0AEE1D9F1F4A2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="018E983A" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="687D6A66" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06231614" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1783488970"/>
             <w:placeholder>
               <w:docPart w:val="58CA1009F5C14F3CB6A6E1751DF74407"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0B12BA30" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="399D0C4F" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E67B647" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1466041373"/>
               <w:placeholder>
                 <w:docPart w:val="012D46AD871B47E5B5556F86170A6332"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5BC898DC" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="45BA6B4E" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58EE0B1D" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Names and contact details of other audit team members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1274591423"/>
               <w:placeholder>
                 <w:docPart w:val="E4041DEE121B4DC8B8218B334D0F57C0"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3F2D3E43" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009177D0" w:rsidRPr="000F73E9" w14:paraId="7B4DD265" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BB35672" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
             <w:r>
               <w:t>of any</w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve"> exemption </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">granted </w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t>under</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> regulation </w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve">6.71 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> in relation to this audit</w:t>
             </w:r>
             <w:r w:rsidRPr="00664E09">
               <w:t xml:space="preserve"> for the audit team leader or professional member of</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> the audit team. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A08155A" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:r>
               <w:t>This must</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve"> include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3327F18B" w14:textId="3642EAC3" w:rsidR="0011495C" w:rsidRPr="00AE22FA" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
@@ -3819,73 +3781,72 @@
             <w:r>
               <w:t xml:space="preserve"> put in place by the audit team leader so that the CER is satisfied that the audit findings will not be affected by that conflict.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="796A090D" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="00730E3B" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00730E3B">
               <w:t xml:space="preserve">(write </w:t>
             </w:r>
             <w:r w:rsidRPr="00730E3B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>not applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="00730E3B">
               <w:t xml:space="preserve"> if no exemption was granted under regulation 6.71 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00730E3B">
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00730E3B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1397476337"/>
               <w:placeholder>
                 <w:docPart w:val="2DEDD490B026493CBAAB7D7DF482418C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="73EA3706" w14:textId="77777777" w:rsidR="0011495C" w:rsidRPr="000F73E9" w:rsidRDefault="0011495C" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5955E23F" w14:textId="77777777" w:rsidR="008A24E9" w:rsidRDefault="008A24E9" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00594C64">
         <w:t>Peer reviewer details</w:t>
       </w:r>
     </w:p>
@@ -3909,222 +3870,218 @@
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">eer </w:t>
             </w:r>
             <w:r>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="000F73E9">
               <w:t>eviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-63409703"/>
             <w:placeholder>
               <w:docPart w:val="B355D980DCE5450E9445DFFF05AE748B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0B3EAF54" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00915B5B" w:rsidRPr="000F73E9" w14:paraId="740C7F40" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FE7F65A" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="519740298"/>
             <w:placeholder>
               <w:docPart w:val="23D020E1784A448BB005EA4918714690"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="60E2B37C" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00915B5B" w:rsidRPr="000F73E9" w14:paraId="40E3EA40" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E7AA6F9" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1858472142"/>
             <w:placeholder>
               <w:docPart w:val="387A9CBC13204FB4A8F0D9FDBEFA27B4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4860" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="62646783" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00915B5B" w:rsidRPr="000F73E9" w14:paraId="6384A617" w14:textId="77777777" w:rsidTr="007B6893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="029E750B" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1968392246"/>
               <w:placeholder>
                 <w:docPart w:val="A0CB1A2DA04F47D0AB7CD5CB986AE689"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="13FCC7AB" w14:textId="77777777" w:rsidR="00915B5B" w:rsidRPr="000F73E9" w:rsidRDefault="00915B5B" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66F977F2" w14:textId="77777777" w:rsidR="009C4011" w:rsidRDefault="009C4011">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C9C3B4" w14:textId="590B8930" w:rsidR="0057439E" w:rsidRPr="000F73E9" w:rsidRDefault="0057439E" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc504038250"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc504038250"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part A</w:t>
       </w:r>
       <w:r w:rsidR="00B0020C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E0550">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Auditor’s report</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="7165B551" w14:textId="77777777" w:rsidR="0057439E" w:rsidRPr="000F73E9" w:rsidRDefault="0057439E" w:rsidP="007B6893">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">To: </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Directors/Clean Energy Regulator]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E9D7F7" w14:textId="3F7843DF" w:rsidR="0057439E" w:rsidRPr="000F73E9" w:rsidRDefault="0057439E" w:rsidP="007B6893">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">We have conducted a </w:t>
       </w:r>
       <w:r w:rsidRPr="003E65EC">
         <w:rPr>
           <w:i/>
@@ -4377,133 +4334,130 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5602"/>
         <w:gridCol w:w="4118"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B6893" w:rsidRPr="000F73E9" w14:paraId="34D5FE2E" w14:textId="77777777" w:rsidTr="00EC7BBC">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="048E7CB7" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of audited body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-389264969"/>
             <w:placeholder>
               <w:docPart w:val="1015CCC3FD7D4FEAB79E90F3E0D1C5B0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69531EEB" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="007B6893" w:rsidRPr="000F73E9" w14:paraId="03B86284" w14:textId="77777777" w:rsidTr="00EC7BBC">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1084F844" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1403949440"/>
             <w:placeholder>
               <w:docPart w:val="9EA861C465824F36AD887A4B70D93753"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5834FC1A" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="007B6893" w:rsidRPr="000F73E9" w14:paraId="5B2BDAE2" w14:textId="77777777" w:rsidTr="00EC7BBC">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53A81919" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
             <w:r w:rsidRPr="000F73E9">
               <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="920456932"/>
             <w:placeholder>
               <w:docPart w:val="2323F0AAB1B0443BA55F0E3F2D42FEE1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="72D7C84B" w14:textId="77777777" w:rsidR="00EC7BBC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC7BBC" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51AC0F15" w14:textId="77777777" w:rsidR="003B7E88" w:rsidRPr="000F73E9" w:rsidRDefault="003B7E88" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
@@ -5495,560 +5449,553 @@
     <w:p w14:paraId="6FA83CDE" w14:textId="77777777" w:rsidR="00EC1AAC" w:rsidRPr="000F73E9" w:rsidRDefault="00EC1AAC" w:rsidP="00EC1AAC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15868C97" w14:textId="176EB855" w:rsidR="0084203A" w:rsidRDefault="0084203A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F8DC0A" w14:textId="2694A910" w:rsidR="0084203A" w:rsidRPr="000F73E9" w:rsidRDefault="0084203A" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc457297221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc504038251"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc457297221"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc457298249"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc504038251"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Part B</w:t>
       </w:r>
       <w:r w:rsidR="001604C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F4E3D">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Detailed findings</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="663E2636" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="006727D4">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="794CD2B6" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="006727D4">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133C7BF1" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="006727D4">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126B8EB7" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc157764158"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc157764158"/>
       <w:r>
         <w:t>Items or i</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>ssues requiring particular attention</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w14:paraId="3FE34FF1" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="895560930"/>
             <w:placeholder>
               <w:docPart w:val="7F20975E372E4C289E801EB9A03CF745"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="434EC4DE" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E7E9B7C" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc157764159"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc157764159"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Aspects </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that particularly </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>impact</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">carrying out of </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w14:paraId="16F3D926" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2063405585"/>
             <w:placeholder>
               <w:docPart w:val="203B53DBFEB34EAF9C6738F8F26D5B18"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9740" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2A1F89BD" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:kern w:val="2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23DE5734" w14:textId="0C43E879" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc157764160"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc157764160"/>
       <w:r>
         <w:t>Details of any c</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">ontraventions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0817">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
       </w:r>
       <w:r w:rsidR="00A85A8B">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> National Greenhouse and Energy Reporting Regulations 2008</w:t>
       </w:r>
       <w:r w:rsidR="00BE199A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or the associated provisions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w14:paraId="3A3B2134" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="138081972"/>
             <w:placeholder>
               <w:docPart w:val="51E053E467584DEC9436AE3B1B868B86"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="23C43BE9" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="09758D47" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc157764161"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc157764161"/>
       <w:r>
         <w:t xml:space="preserve">Matters corrected </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>during the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9744" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2659"/>
         <w:gridCol w:w="7085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="7892F4E5" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DB997E8" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="007A646F" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="599851712"/>
             <w:placeholder>
               <w:docPart w:val="510955F96CE64F4CBF5B0FE424F6AFEB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5405AB8C" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="74C39914" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C9E9A1" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="007A646F" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1309550028"/>
             <w:placeholder>
               <w:docPart w:val="BCC270FF2BD343A7BE721C23E6A7D2B5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3514A9D1" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="56BDD5CE" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ED49286" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="007A646F" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1614511669"/>
             <w:placeholder>
               <w:docPart w:val="19AD1ACD4A2F47D2BBEBA2629970EEBB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0C05D4B5" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BC02690" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc157764162"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc157764162"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Other matters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w14:paraId="42FF93E6" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2117243460"/>
             <w:placeholder>
               <w:docPart w:val="2B49993BAE26442F8E72605236FB196F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="25943D47" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D9C6DA" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00B02F39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="005874"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AAE9366" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc157764163"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc157764163"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Audit findings and conclusions table</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="2443"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="14468597" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6266,115 +6213,112 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66C3BB6D" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Issue B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2096778766"/>
             <w:placeholder>
               <w:docPart w:val="8B72C4446D874A578301E7D574F4D6AB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7DFA3702" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1880347689"/>
             <w:placeholder>
               <w:docPart w:val="763D627D06284779A2699EA968368173"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="031D55F2" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="331888356"/>
             <w:placeholder>
               <w:docPart w:val="18CE2FDEA4F14CA6A65B86C04C691E2F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1776CF1A" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="654F0707" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="703"/>
@@ -6385,348 +6329,333 @@
             <w:tcW w:w="0" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C6713F2" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t xml:space="preserve">Issue C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1274521831"/>
             <w:placeholder>
               <w:docPart w:val="966DC437DF5149EE9C815855AF65699C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="197534B6" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="240684593"/>
             <w:placeholder>
               <w:docPart w:val="D0D2B907DA8144808D6F1144B175F26C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4073DF17" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1517356271"/>
             <w:placeholder>
               <w:docPart w:val="BAABBA46F4D949ECAF28316F4D572FEE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="38425F4E" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23CD93A0" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="004D1D0B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc157764164"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc157764164"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Peer reviewer conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="78C62F2D" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20A5332C" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Name of the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-800912786"/>
             <w:placeholder>
               <w:docPart w:val="7C003A7AD9DE428E8D82FFB8A41A9E72"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7CA8F4D9" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="3D410B2A" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="660CC569" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Peer reviewer’s credentials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="487216550"/>
             <w:placeholder>
               <w:docPart w:val="8D7B5D571CE541B9ABE45648D6E72CBD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="12FE34EC" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="31DE0111" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03562467" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
-              <w:t xml:space="preserve">Peer </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> contact details</w:t>
+              <w:t>Peer reviewer contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="624894478"/>
             <w:placeholder>
               <w:docPart w:val="B44F4BC41B0E43099A974406649325FE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1ABF243D" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B02F39" w:rsidRPr="000F73E9" w14:paraId="3A34C7C7" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CDBB8E7" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
               <w:t>Outcome of the evaluation undertaken by the peer reviewer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="320852909"/>
             <w:placeholder>
               <w:docPart w:val="83454D6EC95C440AA9B9AF8D1DC6F2BB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="04513397" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15E0DF4F" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00B02F39"/>
     <w:p w14:paraId="6EE38E26" w14:textId="7B7AE343" w:rsidR="00B02F39" w:rsidRPr="000F73E9" w:rsidRDefault="00B02F39" w:rsidP="00B02F39">
       <w:pPr>
@@ -6799,80 +6728,80 @@
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Location]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E79051F" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00B02F39">
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2E503D" w14:textId="69F5E3DC" w:rsidR="00373952" w:rsidRDefault="00373952" w:rsidP="007618AA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00373952" w:rsidSect="005E18DE">
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="494FDC89" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87" w:rsidP="00176C28">
+    <w:p w14:paraId="3255FA82" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CC4C1D" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87"/>
+    <w:p w14:paraId="2778263E" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="306D628C" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87" w:rsidP="00176C28">
+    <w:p w14:paraId="45AB396D" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6A5B97" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87"/>
+    <w:p w14:paraId="54C6D4B3" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="22892460" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87">
+    <w:p w14:paraId="6671BBC5" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6896,105 +6825,101 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="298421814"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="792F64AC" w14:textId="77777777" w:rsidR="00702A17" w:rsidRDefault="00702A17">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -7387,66 +7312,66 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="7230697E" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRPr="009633DE" w:rsidRDefault="00D8402D" w:rsidP="000060EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B28C5F1" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87" w:rsidP="00176C28">
+    <w:p w14:paraId="1E1D082C" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25E10E93" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87" w:rsidP="00176C28">
+    <w:p w14:paraId="5AD07DB5" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F8E02A" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87"/>
+    <w:p w14:paraId="0B738237" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15620C3B" w14:textId="77777777" w:rsidR="00CF6B87" w:rsidRDefault="00CF6B87">
+    <w:p w14:paraId="52B1BC14" w14:textId="77777777" w:rsidR="00967D49" w:rsidRDefault="00967D49">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="65E4B17F" w14:textId="77777777" w:rsidR="00702A17" w:rsidRDefault="00702A17" w:rsidP="00702A17">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0049651D">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -7485,85 +7410,69 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="73CA4A05" w14:textId="77777777" w:rsidR="00D8402D" w:rsidRDefault="00D8402D" w:rsidP="00D8402D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="5DD7EA37" w14:textId="77777777" w:rsidR="002A6314" w:rsidRDefault="002A6314" w:rsidP="002A6314">
+    <w:p w14:paraId="72F07C51" w14:textId="4AC8FDBC" w:rsidR="00BF438F" w:rsidRDefault="00BF438F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000 for reporting periods commencing on or after 15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007618AA" w:rsidRPr="007618AA">
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="72F07C51" w14:textId="4AC8FDBC" w:rsidR="00BF438F" w:rsidRDefault="00BF438F">
-[...17 lines deleted...]
-  <w:footnote w:id="8">
     <w:p w14:paraId="33C669A7" w14:textId="77777777" w:rsidR="00B02F39" w:rsidRDefault="00B02F39" w:rsidP="00B02F39">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="117A3439" w14:textId="77777777" w:rsidR="00702A17" w:rsidRDefault="00702A17" w:rsidP="00977234">
     <w:pPr>
@@ -7656,51 +7565,51 @@
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BC1C1F2" w14:textId="3FF93EEA" w:rsidR="00702A17" w:rsidRDefault="004566D2" w:rsidP="000060EF">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660290" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47BF1EC0" wp14:editId="320F7015">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47BF1EC0" wp14:editId="320F7015">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>187960</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2443363" cy="910681"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="1640184061" name="Picture 1640184061">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Picture 12">
@@ -10995,367 +10904,386 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2093310916">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="677463951">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="589388124">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="354766901">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1797405452">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="416635579">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{8673D570-A945-4734-8919-76E5747E9FAA}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="2273410860368"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00373952"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="00011ADF"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00015572"/>
     <w:rsid w:val="00022B9C"/>
+    <w:rsid w:val="00023B32"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="000453A2"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00046B26"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="0007264C"/>
     <w:rsid w:val="00073D41"/>
     <w:rsid w:val="000821F6"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="00090690"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="00091BB2"/>
     <w:rsid w:val="00094E7C"/>
     <w:rsid w:val="000955AB"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000A3DD1"/>
     <w:rsid w:val="000B0DAE"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000D76C4"/>
     <w:rsid w:val="000E3F1B"/>
+    <w:rsid w:val="000E4649"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000E73C1"/>
     <w:rsid w:val="000F1647"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6E43"/>
     <w:rsid w:val="0010249F"/>
     <w:rsid w:val="0010362C"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="0011495C"/>
     <w:rsid w:val="00127414"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="00147D3A"/>
     <w:rsid w:val="001512C0"/>
     <w:rsid w:val="0015208C"/>
     <w:rsid w:val="00152CA6"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="001604C4"/>
     <w:rsid w:val="00160D3E"/>
+    <w:rsid w:val="00161D98"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001640DC"/>
     <w:rsid w:val="00164846"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="00171389"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="001808DA"/>
     <w:rsid w:val="001875A2"/>
     <w:rsid w:val="001932D5"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="00197F43"/>
     <w:rsid w:val="001B4533"/>
+    <w:rsid w:val="001B4A32"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001C3D32"/>
     <w:rsid w:val="001D229D"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D566B"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001E58DD"/>
     <w:rsid w:val="001E5C42"/>
     <w:rsid w:val="001F7AF1"/>
     <w:rsid w:val="00200E12"/>
     <w:rsid w:val="00210736"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="00213A6A"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00223676"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="002410A1"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="0025105B"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="00254D39"/>
     <w:rsid w:val="00257532"/>
     <w:rsid w:val="0026179C"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00270AEF"/>
     <w:rsid w:val="0027137B"/>
+    <w:rsid w:val="00273632"/>
+    <w:rsid w:val="00275838"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="00284FFF"/>
     <w:rsid w:val="00290A47"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="00292B23"/>
     <w:rsid w:val="00296327"/>
     <w:rsid w:val="002A6314"/>
     <w:rsid w:val="002A7EA6"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="002C0A20"/>
     <w:rsid w:val="002C427B"/>
     <w:rsid w:val="002C702A"/>
     <w:rsid w:val="002D02F7"/>
     <w:rsid w:val="002D18F3"/>
     <w:rsid w:val="002D30B2"/>
     <w:rsid w:val="002D4F4B"/>
+    <w:rsid w:val="002E2167"/>
     <w:rsid w:val="002E66C8"/>
     <w:rsid w:val="002F1986"/>
     <w:rsid w:val="002F53CF"/>
     <w:rsid w:val="002F69EE"/>
     <w:rsid w:val="00301447"/>
     <w:rsid w:val="00303250"/>
     <w:rsid w:val="003039F6"/>
     <w:rsid w:val="00326051"/>
     <w:rsid w:val="003268E2"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00353B13"/>
     <w:rsid w:val="003563B1"/>
     <w:rsid w:val="00357892"/>
+    <w:rsid w:val="003633A6"/>
     <w:rsid w:val="00363579"/>
     <w:rsid w:val="00364227"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
     <w:rsid w:val="0037322E"/>
     <w:rsid w:val="00373952"/>
+    <w:rsid w:val="003770F2"/>
     <w:rsid w:val="00377CA7"/>
     <w:rsid w:val="00380D1A"/>
+    <w:rsid w:val="00391F21"/>
     <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003B7E88"/>
     <w:rsid w:val="003C32BD"/>
     <w:rsid w:val="003C4CDA"/>
     <w:rsid w:val="003C7227"/>
     <w:rsid w:val="003C7B44"/>
     <w:rsid w:val="003D3FC1"/>
     <w:rsid w:val="003E0550"/>
     <w:rsid w:val="003E445C"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
     <w:rsid w:val="004027E8"/>
     <w:rsid w:val="00407A97"/>
     <w:rsid w:val="00420BF6"/>
     <w:rsid w:val="0042422F"/>
     <w:rsid w:val="00424CC6"/>
     <w:rsid w:val="00425F73"/>
     <w:rsid w:val="00426275"/>
     <w:rsid w:val="00427881"/>
     <w:rsid w:val="004458B4"/>
     <w:rsid w:val="0045287A"/>
     <w:rsid w:val="00455455"/>
     <w:rsid w:val="004559EF"/>
     <w:rsid w:val="004566D2"/>
     <w:rsid w:val="004574EB"/>
     <w:rsid w:val="00465287"/>
     <w:rsid w:val="00466743"/>
     <w:rsid w:val="00471682"/>
     <w:rsid w:val="00471A2C"/>
     <w:rsid w:val="004721EF"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00485230"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="00497FE7"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F32"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A6DC2"/>
     <w:rsid w:val="004B0C15"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004C1680"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D1D0B"/>
     <w:rsid w:val="004D3F8B"/>
+    <w:rsid w:val="004D68C0"/>
     <w:rsid w:val="004D70CF"/>
+    <w:rsid w:val="004E2090"/>
     <w:rsid w:val="004E2F86"/>
     <w:rsid w:val="004E3B6E"/>
     <w:rsid w:val="004F297E"/>
     <w:rsid w:val="004F67BC"/>
     <w:rsid w:val="005122C6"/>
     <w:rsid w:val="00513D35"/>
     <w:rsid w:val="00516089"/>
     <w:rsid w:val="0051792D"/>
     <w:rsid w:val="00520117"/>
     <w:rsid w:val="00521016"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="0052333E"/>
     <w:rsid w:val="0052457E"/>
     <w:rsid w:val="00531F3B"/>
     <w:rsid w:val="0054032E"/>
     <w:rsid w:val="0054199F"/>
     <w:rsid w:val="005430A4"/>
     <w:rsid w:val="00545D29"/>
     <w:rsid w:val="00554700"/>
+    <w:rsid w:val="00557EEF"/>
     <w:rsid w:val="00567934"/>
     <w:rsid w:val="00571F40"/>
     <w:rsid w:val="005722EB"/>
     <w:rsid w:val="0057439E"/>
     <w:rsid w:val="00575516"/>
     <w:rsid w:val="00575F04"/>
     <w:rsid w:val="00585D42"/>
+    <w:rsid w:val="00585F51"/>
     <w:rsid w:val="00587646"/>
     <w:rsid w:val="0058785E"/>
     <w:rsid w:val="00595122"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005A2FE2"/>
     <w:rsid w:val="005A4C8B"/>
     <w:rsid w:val="005B161B"/>
     <w:rsid w:val="005B579A"/>
     <w:rsid w:val="005C0A94"/>
     <w:rsid w:val="005D08DB"/>
     <w:rsid w:val="005D4D95"/>
     <w:rsid w:val="005D7DB6"/>
     <w:rsid w:val="005E18DE"/>
     <w:rsid w:val="005E2173"/>
+    <w:rsid w:val="005E7E42"/>
     <w:rsid w:val="005F2A77"/>
     <w:rsid w:val="005F4BE4"/>
     <w:rsid w:val="0060237A"/>
     <w:rsid w:val="00602E93"/>
     <w:rsid w:val="006044DA"/>
+    <w:rsid w:val="006061B3"/>
     <w:rsid w:val="0061010A"/>
     <w:rsid w:val="00616BD9"/>
     <w:rsid w:val="00617D23"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00620DFD"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="006324E8"/>
     <w:rsid w:val="00632B68"/>
     <w:rsid w:val="00632E89"/>
+    <w:rsid w:val="00637A6D"/>
     <w:rsid w:val="00637EEB"/>
     <w:rsid w:val="00640537"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="00655CC3"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00660BE8"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="006679A9"/>
     <w:rsid w:val="006727D4"/>
     <w:rsid w:val="0067332D"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067793A"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="00682758"/>
     <w:rsid w:val="0069166D"/>
     <w:rsid w:val="006965F2"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006B43F2"/>
     <w:rsid w:val="006B72C7"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C2D20"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006D5208"/>
     <w:rsid w:val="006E1B20"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3CA9"/>
     <w:rsid w:val="006F3F98"/>
     <w:rsid w:val="006F7BE1"/>
     <w:rsid w:val="00702A17"/>
     <w:rsid w:val="00722620"/>
     <w:rsid w:val="00724B10"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00733C45"/>
+    <w:rsid w:val="00737EE5"/>
     <w:rsid w:val="00737F89"/>
     <w:rsid w:val="007402E0"/>
     <w:rsid w:val="00742311"/>
     <w:rsid w:val="00754944"/>
     <w:rsid w:val="007618AA"/>
     <w:rsid w:val="0076397A"/>
     <w:rsid w:val="00767E1E"/>
     <w:rsid w:val="00767FAB"/>
     <w:rsid w:val="00770FD1"/>
     <w:rsid w:val="00771F07"/>
     <w:rsid w:val="007773D1"/>
     <w:rsid w:val="00777865"/>
     <w:rsid w:val="007803BF"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="00784BBE"/>
     <w:rsid w:val="00790577"/>
     <w:rsid w:val="007909A6"/>
     <w:rsid w:val="00790E79"/>
     <w:rsid w:val="00794628"/>
     <w:rsid w:val="00797C77"/>
     <w:rsid w:val="007A2909"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A5608"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007B2652"/>
@@ -11422,311 +11350,329 @@
     <w:rsid w:val="008F51E9"/>
     <w:rsid w:val="008F548E"/>
     <w:rsid w:val="008F61A8"/>
     <w:rsid w:val="008F6BA7"/>
     <w:rsid w:val="00906DED"/>
     <w:rsid w:val="00911084"/>
     <w:rsid w:val="009129C2"/>
     <w:rsid w:val="0091358A"/>
     <w:rsid w:val="009153A9"/>
     <w:rsid w:val="00915B5B"/>
     <w:rsid w:val="009177D0"/>
     <w:rsid w:val="00921C38"/>
     <w:rsid w:val="0092568B"/>
     <w:rsid w:val="00930D2E"/>
     <w:rsid w:val="0093201B"/>
     <w:rsid w:val="0093226C"/>
     <w:rsid w:val="0093327B"/>
     <w:rsid w:val="00934AA1"/>
     <w:rsid w:val="00935E38"/>
     <w:rsid w:val="00936B7F"/>
     <w:rsid w:val="009562EA"/>
     <w:rsid w:val="009602C8"/>
     <w:rsid w:val="00961D01"/>
     <w:rsid w:val="009633DE"/>
     <w:rsid w:val="009643E6"/>
+    <w:rsid w:val="00967D49"/>
     <w:rsid w:val="00970C49"/>
     <w:rsid w:val="00972BC6"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00975A24"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="00983CE2"/>
     <w:rsid w:val="009843AF"/>
     <w:rsid w:val="009849D5"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
     <w:rsid w:val="009A3C66"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009C4011"/>
     <w:rsid w:val="009C623A"/>
     <w:rsid w:val="009D01EB"/>
+    <w:rsid w:val="009D2F69"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009E310D"/>
     <w:rsid w:val="009E3D84"/>
     <w:rsid w:val="009F073D"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="00A04605"/>
     <w:rsid w:val="00A108EC"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A17ACD"/>
     <w:rsid w:val="00A23C1D"/>
     <w:rsid w:val="00A241D0"/>
     <w:rsid w:val="00A25227"/>
     <w:rsid w:val="00A31DBA"/>
     <w:rsid w:val="00A35028"/>
     <w:rsid w:val="00A35B3E"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A42EC9"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A45B88"/>
     <w:rsid w:val="00A45B9A"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00A53C5B"/>
     <w:rsid w:val="00A6202B"/>
     <w:rsid w:val="00A745D5"/>
     <w:rsid w:val="00A85A8B"/>
     <w:rsid w:val="00A90A72"/>
     <w:rsid w:val="00A927F8"/>
     <w:rsid w:val="00AA2792"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AB04A4"/>
     <w:rsid w:val="00AB1D66"/>
     <w:rsid w:val="00AB6898"/>
     <w:rsid w:val="00AC08E7"/>
     <w:rsid w:val="00AC198E"/>
     <w:rsid w:val="00AC61C6"/>
     <w:rsid w:val="00AC7773"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AD71F0"/>
     <w:rsid w:val="00AF076D"/>
     <w:rsid w:val="00AF5F77"/>
     <w:rsid w:val="00B0020C"/>
     <w:rsid w:val="00B007D5"/>
+    <w:rsid w:val="00B024EC"/>
     <w:rsid w:val="00B02F39"/>
+    <w:rsid w:val="00B04B57"/>
+    <w:rsid w:val="00B0712C"/>
     <w:rsid w:val="00B07B0F"/>
     <w:rsid w:val="00B14245"/>
     <w:rsid w:val="00B2186C"/>
+    <w:rsid w:val="00B21DA0"/>
     <w:rsid w:val="00B22179"/>
     <w:rsid w:val="00B26D7A"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B35D43"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B50A3A"/>
     <w:rsid w:val="00B51ACD"/>
+    <w:rsid w:val="00B52222"/>
     <w:rsid w:val="00B52864"/>
     <w:rsid w:val="00B531D4"/>
+    <w:rsid w:val="00B55E36"/>
     <w:rsid w:val="00B61FE0"/>
     <w:rsid w:val="00B622D1"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64111"/>
     <w:rsid w:val="00B64507"/>
     <w:rsid w:val="00B70951"/>
     <w:rsid w:val="00B716D9"/>
     <w:rsid w:val="00B769F0"/>
     <w:rsid w:val="00B802E8"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B860E5"/>
     <w:rsid w:val="00B8613C"/>
     <w:rsid w:val="00B96181"/>
+    <w:rsid w:val="00BA059F"/>
     <w:rsid w:val="00BA3225"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BA55D0"/>
     <w:rsid w:val="00BA5E0E"/>
     <w:rsid w:val="00BA731F"/>
+    <w:rsid w:val="00BB0E39"/>
     <w:rsid w:val="00BB2987"/>
     <w:rsid w:val="00BC0F45"/>
     <w:rsid w:val="00BC119C"/>
     <w:rsid w:val="00BD1BB8"/>
+    <w:rsid w:val="00BD2F18"/>
     <w:rsid w:val="00BD5ED5"/>
     <w:rsid w:val="00BE199A"/>
     <w:rsid w:val="00BE381C"/>
     <w:rsid w:val="00BF2D15"/>
     <w:rsid w:val="00BF438F"/>
     <w:rsid w:val="00BF5F59"/>
     <w:rsid w:val="00C00941"/>
     <w:rsid w:val="00C033D8"/>
     <w:rsid w:val="00C03F1C"/>
     <w:rsid w:val="00C067A3"/>
     <w:rsid w:val="00C06FDE"/>
     <w:rsid w:val="00C07484"/>
     <w:rsid w:val="00C11839"/>
     <w:rsid w:val="00C13A44"/>
     <w:rsid w:val="00C20923"/>
     <w:rsid w:val="00C27341"/>
     <w:rsid w:val="00C3122E"/>
     <w:rsid w:val="00C33420"/>
     <w:rsid w:val="00C34849"/>
     <w:rsid w:val="00C371E3"/>
     <w:rsid w:val="00C4017B"/>
     <w:rsid w:val="00C40CF0"/>
     <w:rsid w:val="00C453BB"/>
     <w:rsid w:val="00C465FF"/>
     <w:rsid w:val="00C47609"/>
     <w:rsid w:val="00C713C2"/>
     <w:rsid w:val="00C73199"/>
+    <w:rsid w:val="00C77967"/>
     <w:rsid w:val="00C83091"/>
     <w:rsid w:val="00C85548"/>
     <w:rsid w:val="00C86B48"/>
     <w:rsid w:val="00C91A3D"/>
     <w:rsid w:val="00CA0A5C"/>
     <w:rsid w:val="00CA189D"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA5388"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CA6986"/>
     <w:rsid w:val="00CB1064"/>
     <w:rsid w:val="00CB1915"/>
     <w:rsid w:val="00CB2487"/>
     <w:rsid w:val="00CB46C2"/>
+    <w:rsid w:val="00CB6D99"/>
     <w:rsid w:val="00CB7ED6"/>
     <w:rsid w:val="00CC1664"/>
     <w:rsid w:val="00CC26CF"/>
     <w:rsid w:val="00CD26BA"/>
     <w:rsid w:val="00CD50F7"/>
     <w:rsid w:val="00CD78B0"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CE3FBD"/>
     <w:rsid w:val="00CE7DE6"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF4F9B"/>
     <w:rsid w:val="00CF5548"/>
     <w:rsid w:val="00CF588A"/>
     <w:rsid w:val="00CF6B87"/>
     <w:rsid w:val="00D04E44"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D1154B"/>
     <w:rsid w:val="00D13FA0"/>
     <w:rsid w:val="00D20111"/>
     <w:rsid w:val="00D415FD"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D47D02"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D52018"/>
     <w:rsid w:val="00D55E0A"/>
     <w:rsid w:val="00D6140A"/>
     <w:rsid w:val="00D64C0D"/>
     <w:rsid w:val="00D72188"/>
+    <w:rsid w:val="00D766CC"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D8402D"/>
     <w:rsid w:val="00D843A7"/>
     <w:rsid w:val="00D87A54"/>
     <w:rsid w:val="00DA1468"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB2804"/>
     <w:rsid w:val="00DB49C4"/>
     <w:rsid w:val="00DB71AD"/>
     <w:rsid w:val="00DB74A0"/>
     <w:rsid w:val="00DC396B"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DD5070"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DE4C49"/>
     <w:rsid w:val="00DF0F4C"/>
     <w:rsid w:val="00DF32A7"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00E00FB1"/>
     <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E20A90"/>
     <w:rsid w:val="00E23813"/>
     <w:rsid w:val="00E31B62"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E46A7B"/>
     <w:rsid w:val="00E515ED"/>
     <w:rsid w:val="00E60DB7"/>
     <w:rsid w:val="00E6668E"/>
     <w:rsid w:val="00E703F3"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E73D73"/>
     <w:rsid w:val="00E770EC"/>
     <w:rsid w:val="00E85BF6"/>
+    <w:rsid w:val="00E907B4"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA6980"/>
     <w:rsid w:val="00EA7A28"/>
     <w:rsid w:val="00EB1F40"/>
     <w:rsid w:val="00EB771B"/>
     <w:rsid w:val="00EB7F5F"/>
     <w:rsid w:val="00EC0480"/>
     <w:rsid w:val="00EC1AAC"/>
     <w:rsid w:val="00EC7BBC"/>
     <w:rsid w:val="00ED36E0"/>
     <w:rsid w:val="00EE081F"/>
     <w:rsid w:val="00EE2714"/>
     <w:rsid w:val="00EF3EF8"/>
     <w:rsid w:val="00EF5914"/>
     <w:rsid w:val="00F02C92"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F14E25"/>
     <w:rsid w:val="00F22B87"/>
     <w:rsid w:val="00F22E46"/>
     <w:rsid w:val="00F2687B"/>
+    <w:rsid w:val="00F26F7A"/>
     <w:rsid w:val="00F2727A"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F43458"/>
     <w:rsid w:val="00F539E8"/>
     <w:rsid w:val="00F62818"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F7133D"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F87A2A"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00F96057"/>
     <w:rsid w:val="00F96E6C"/>
     <w:rsid w:val="00F9747F"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FC097C"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
+    <w:rsid w:val="00FC4D3E"/>
     <w:rsid w:val="00FC54A6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD1743"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FD3E9E"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE52A0"/>
     <w:rsid w:val="00FE76B3"/>
     <w:rsid w:val="00FE79CB"/>
+    <w:rsid w:val="1FB09F29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -13890,51 +13836,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2071418333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2010L00053/latest/text" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/F2008L02230/latest/text" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/C2007A00175/latest/text" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Series/F2008L02230" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F2010L00053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zoFQDVyAIds" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5AFB72241E9442DE9DA4B0419D9EF7CD"/>
         <w:category>
@@ -15019,50 +14965,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -15084,66 +15031,73 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B55E36"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="000821F6"/>
     <w:rsid w:val="000C0287"/>
     <w:rsid w:val="000E3065"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="00147D3A"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="00277D02"/>
+    <w:rsid w:val="002A297E"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="002E2167"/>
+    <w:rsid w:val="00316F30"/>
     <w:rsid w:val="00367834"/>
     <w:rsid w:val="004574EB"/>
     <w:rsid w:val="0060237A"/>
     <w:rsid w:val="00655825"/>
+    <w:rsid w:val="006E6441"/>
+    <w:rsid w:val="00835700"/>
     <w:rsid w:val="008A5F87"/>
     <w:rsid w:val="008F5A79"/>
     <w:rsid w:val="00A019E1"/>
     <w:rsid w:val="00A410F4"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B55E36"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00BA731F"/>
     <w:rsid w:val="00E00FB1"/>
     <w:rsid w:val="00E5799E"/>
     <w:rsid w:val="00EA789A"/>
     <w:rsid w:val="00EC7A77"/>
     <w:rsid w:val="00F14E25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -16191,614 +16145,255 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...406 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C03471B-8EDB-4892-99D3-17A21F8EC6B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...52 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3504</Words>
-  <Characters>19752</Characters>
+  <Words>3688</Words>
+  <Characters>19994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>164</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>499</Lines>
+  <Paragraphs>328</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>23354</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="54" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>3276839</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.youtube.com/watch?v=zoFQDVyAIds</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687032</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2010L00053/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2097213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2008L02230/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883638</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/C2007A00175/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/Series/F2010L00053</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>National Greenhouse and Energy Reporting audit templates</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...30 lines deleted...]
-</file>