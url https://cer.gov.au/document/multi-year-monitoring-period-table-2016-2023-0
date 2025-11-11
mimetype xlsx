--- v0 (2025-10-06)
+++ v1 (2025-11-11)
@@ -1,92 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E276F756-B96A-42EF-80F8-2F46670E3BB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F250483-D492-45E1-A2AF-7B3BC6EACAE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{CBAB50DB-1896-45D8-868C-3E268D5B50E8}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{CBAB50DB-1896-45D8-868C-3E268D5B50E8}"/>
   </bookViews>
   <sheets>
     <sheet name="MYMP table" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MYMP table'!$A$4:$Z$68</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="212">
   <si>
     <t>Safeguard multi-year monitoring period table</t>
   </si>
   <si>
     <t>This spreadsheet contains all information related to facilities covered by the Safeguard Mechanism that have ongoing or completed multi-year monitoring period declarations in place.</t>
   </si>
   <si>
-    <t>Data as at 28/03/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Facility name</t>
   </si>
   <si>
     <t>State of operation</t>
   </si>
   <si>
     <t>Responsible Emitter</t>
   </si>
   <si>
     <t>Responsible emitter ABN/ACN</t>
   </si>
   <si>
     <t>Covered emissions
 Year 1</t>
   </si>
   <si>
     <t>Baseline number
 Year 1</t>
   </si>
   <si>
     <t>Covered emissions
 Year 2</t>
   </si>
   <si>
     <t>Baseline number
@@ -348,53 +345,50 @@
   <si>
     <t>15 007 596 018</t>
   </si>
   <si>
     <t>Jimblebar Mine</t>
   </si>
   <si>
     <t>Moranbah</t>
   </si>
   <si>
     <t>INCITEC PIVOT LIMITED</t>
   </si>
   <si>
     <t>42 004 080 264</t>
   </si>
   <si>
     <t>Mount Pleasant Operations</t>
   </si>
   <si>
     <t>MACH ENERGY AUSTRALIA PTY LTD</t>
   </si>
   <si>
     <t>34 608 495 441</t>
   </si>
   <si>
-    <t xml:space="preserve">Mt Pleasant Operations commenced operations in December 2018 </t>
-[...1 lines deleted...]
-  <si>
     <t>NGP</t>
   </si>
   <si>
     <t>NT/QLD</t>
   </si>
   <si>
     <t>JEMENA NORTHERN GAS PIPELINE PTY LTD</t>
   </si>
   <si>
     <t>12 607 928 790</t>
   </si>
   <si>
     <t>ODS01 Olympic Dam - UOD Facility</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>BHP BILLITON OLYMPIC DAM CORPORATION PTY LTD</t>
   </si>
   <si>
     <t>99 007 835 761</t>
   </si>
   <si>
     <t>Roy Hill Mine</t>
@@ -489,53 +483,50 @@
   <si>
     <t>87 004 273 241</t>
   </si>
   <si>
     <t>Newman Operations</t>
   </si>
   <si>
     <t>Poitrel Mine</t>
   </si>
   <si>
     <t>Savage River Mine</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>CSL AUSTRALIA PTY LTD</t>
   </si>
   <si>
     <t>24 080 378 614</t>
   </si>
   <si>
     <t>Baralaba Coal Mine</t>
   </si>
   <si>
-    <t xml:space="preserve">BARALABA COAL COMPANY PTY LTD </t>
-[...1 lines deleted...]
-  <si>
     <t>42 096 909 634</t>
   </si>
   <si>
     <t>Darwin LNG Plant</t>
   </si>
   <si>
     <t>SANTOS LIMITED</t>
   </si>
   <si>
     <t>80 007 550 923</t>
   </si>
   <si>
     <t>Ensham Resources Minesite</t>
   </si>
   <si>
     <t>ENSHAM RESOURCES PTY. LIMITED</t>
   </si>
   <si>
     <t>23 011 048 678</t>
   </si>
   <si>
     <t>HVY01 Hunter Valley Energy Coal - CCL Facility</t>
   </si>
   <si>
     <t>HUNTER VALLEY ENERGY COAL PTY LTD</t>
@@ -679,770 +670,749 @@
     <t>STANMORE SMC PTY LTD</t>
   </si>
   <si>
     <t>McArthur River Mine Operations</t>
   </si>
   <si>
     <t>MCARTHUR RIVER MINING PTY. LTD.</t>
   </si>
   <si>
     <t>90 008 167 815</t>
   </si>
   <si>
     <t>DBNGP</t>
   </si>
   <si>
     <t>DBNGP (WA) TRANSMISSION PTY LIMITED</t>
   </si>
   <si>
     <t>69 081 609 190</t>
   </si>
   <si>
     <t>The summary plan relating to the multi-year monitoring period can be found here - https://cleanenergyregulator.gov.au/document/summary-emissions-reduction-plan-mcarthur-river-mine-operations</t>
   </si>
   <si>
     <t>The summary plan relating to the multi-year monitoring period can be found here - https://cleanenergyregulator.gov.au/document/agig-summary-plan-mymp-2023-2027</t>
+  </si>
+  <si>
+    <t>BARALABA COAL COMPANY PTY LTD</t>
+  </si>
+  <si>
+    <t>Mt Pleasant Operations commenced operations in December 2018</t>
+  </si>
+  <si>
+    <t>Data as at 6/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Calibri"/>
-[...9 lines deleted...]
-      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...30 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="28">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="2" tint="-0.249977111117893"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -1502,121 +1472,125 @@
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{6947ACB7-623E-4B8F-BD5F-8C2FA395EE5D}">
       <tableStyleElement type="wholeTable" dxfId="27"/>
       <tableStyleElement type="headerRow" dxfId="26"/>
       <tableStyleElement type="firstColumn" dxfId="25"/>
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}" name="Table1" displayName="Table1" ref="A4:U70" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22" tableBorderDxfId="21">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}" name="data_MYMP_table" displayName="data_MYMP_table" ref="A4:U70" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22" tableBorderDxfId="21">
   <autoFilter ref="A4:U70" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:U70">
+    <sortCondition ref="Q5:Q70"/>
+    <sortCondition ref="A5:A70"/>
+  </sortState>
   <tableColumns count="21">
     <tableColumn id="1" xr3:uid="{C17C2DD1-4E3D-4360-A472-1CA5021BB577}" name="Facility name" dataDxfId="20"/>
     <tableColumn id="2" xr3:uid="{8120BD4B-6D03-42E9-B52F-180172799181}" name="State of operation" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{9432C160-DA64-48F8-B541-7A0DE7918F63}" name="Responsible Emitter" dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{12FC9362-A687-4E96-AA5F-A5CD10C79BF1}" name="Responsible emitter ABN/ACN" dataDxfId="17"/>
     <tableColumn id="5" xr3:uid="{FAE99C48-5ABF-47EC-8A04-99B3EFB15BF5}" name="Covered emissions_x000a_Year 1" dataDxfId="16"/>
     <tableColumn id="6" xr3:uid="{D50DD96F-4C7E-42DB-9727-C1025A1C4D26}" name="Baseline number_x000a_Year 1" dataDxfId="15"/>
     <tableColumn id="7" xr3:uid="{6EABF6C0-D7CD-40C9-BA01-0137100D2CB3}" name="Covered emissions_x000a_Year 2" dataDxfId="14"/>
     <tableColumn id="8" xr3:uid="{B485749E-06A5-49E6-A4F8-947C17C1C5E0}" name="Baseline number_x000a_Year 2" dataDxfId="13"/>
     <tableColumn id="9" xr3:uid="{D85E9FF0-02A8-4207-9108-9436DC93A0E5}" name="Covered emissions_x000a_Year 3" dataDxfId="12"/>
     <tableColumn id="10" xr3:uid="{51A5F9BB-C21E-4B2C-A5D1-B9596672E100}" name="Baseline number_x000a_Year 3" dataDxfId="11"/>
     <tableColumn id="11" xr3:uid="{E62C8AA5-C1A9-4446-B264-CED8F846A3AD}" name="Covered emissions_x000a_Year 4" dataDxfId="10"/>
     <tableColumn id="12" xr3:uid="{EC755D0E-3F07-415F-9208-A968C760E29C}" name="Baseline number_x000a_Year 4" dataDxfId="9"/>
     <tableColumn id="13" xr3:uid="{09F77BD9-CA29-4265-9EFE-3E0AA690F28A}" name="Covered emissions_x000a_(cumulative to date)" dataDxfId="8"/>
     <tableColumn id="14" xr3:uid="{4B4CBD93-D847-4BBE-8648-3F1B8661A1CF}" name="MYMP_x000a_net emissions number" dataDxfId="7"/>
     <tableColumn id="15" xr3:uid="{2DBCD6F5-C93C-4B8C-BCDF-584934231FE1}" name="MYMP baseline number" dataDxfId="6"/>
     <tableColumn id="16" xr3:uid="{EF686F00-FB3A-4701-B439-1A169D6BC55F}" name="ACCUs_x000a_surrendered" dataDxfId="5"/>
     <tableColumn id="17" xr3:uid="{7EDC8898-B147-4C52-BFD0-7961956B2167}" name="Start date" dataDxfId="4"/>
     <tableColumn id="18" xr3:uid="{958348B8-998B-4A2A-AE7E-03D2E610650E}" name="End date" dataDxfId="3"/>
     <tableColumn id="19" xr3:uid="{140336F3-CC4B-4615-A324-DD475F001C2A}" name="MYMP status" dataDxfId="2"/>
     <tableColumn id="20" xr3:uid="{FEA06CC4-9F32-4AEB-AB4D-C14F352A9EC8}" name="Summary plan for MYMPs starting on or after 01/07/2022" dataDxfId="1"/>
     <tableColumn id="21" xr3:uid="{4DE90FE9-6FAA-4FCE-8878-739093AC4398}" name="Notes" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1678,51 +1652,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1820,6120 +1794,4552 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanenergyregulator.gov.au/document/summary-emissions-reduction-plan-mcarthur-river-mine-operations" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanenergyregulator.gov.au/document/agig-summary-plan-mymp-2023-2027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B114E9C1-2400-4AF3-8937-524B10EABECF}">
-  <dimension ref="A1:Z114"/>
+  <dimension ref="A1:U70"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:U1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="33" defaultRowHeight="26.4" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.5546875" style="13" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="22" max="16384" width="33" style="9"/>
+    <col min="1" max="1" width="60.7109375" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" customWidth="1"/>
+    <col min="3" max="3" width="60.7109375" customWidth="1"/>
+    <col min="4" max="4" width="24.7109375" customWidth="1"/>
+    <col min="5" max="12" width="21.7109375" customWidth="1"/>
+    <col min="13" max="16" width="24.7109375" customWidth="1"/>
+    <col min="17" max="19" width="20.7109375" customWidth="1"/>
+    <col min="20" max="20" width="76.7109375" customWidth="1"/>
+    <col min="21" max="21" width="70.7109375" customWidth="1"/>
+    <col min="23" max="26" width="8.85546875" customWidth="1"/>
+    <col min="37" max="37" width="8.85546875" customWidth="1"/>
+    <col min="39" max="42" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" s="1" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:21" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="15"/>
-[...21 lines deleted...]
-      <c r="A2" s="16" t="s">
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+      <c r="K1" s="10"/>
+      <c r="L1" s="10"/>
+      <c r="M1" s="10"/>
+      <c r="N1" s="10"/>
+      <c r="O1" s="10"/>
+      <c r="P1" s="10"/>
+      <c r="Q1" s="10"/>
+      <c r="R1" s="10"/>
+      <c r="S1" s="10"/>
+      <c r="T1" s="10"/>
+      <c r="U1" s="10"/>
+    </row>
+    <row r="2" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="16"/>
-[...21 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+      <c r="K2" s="11"/>
+      <c r="L2" s="11"/>
+      <c r="M2" s="11"/>
+      <c r="N2" s="11"/>
+      <c r="O2" s="11"/>
+      <c r="P2" s="11"/>
+      <c r="Q2" s="11"/>
+      <c r="R2" s="11"/>
+      <c r="S2" s="11"/>
+      <c r="T2" s="11"/>
+      <c r="U2" s="11"/>
+    </row>
+    <row r="3" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="12"/>
+      <c r="K3" s="12"/>
+      <c r="L3" s="12"/>
+      <c r="M3" s="12"/>
+      <c r="N3" s="12"/>
+      <c r="O3" s="12"/>
+      <c r="P3" s="12"/>
+      <c r="Q3" s="12"/>
+      <c r="R3" s="12"/>
+      <c r="S3" s="12"/>
+      <c r="T3" s="12"/>
+      <c r="U3" s="12"/>
+    </row>
+    <row r="4" spans="1:21" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="17"/>
-[...21 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="H4" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="I4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="J4" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="K4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="L4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="M4" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="M4" s="2" t="s">
+      <c r="N4" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="N4" s="2" t="s">
+      <c r="O4" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="O4" s="2" t="s">
+      <c r="P4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="P4" s="2" t="s">
+      <c r="Q4" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="Q4" s="2" t="s">
+      <c r="R4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="R4" s="2" t="s">
+      <c r="S4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="S4" s="2" t="s">
+      <c r="T4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="T4" s="2" t="s">
+      <c r="U4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="U4" s="2" t="s">
+    </row>
+    <row r="5" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="V4" s="3"/>
-[...6 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="B5" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="C5" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D5" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="7">
+      <c r="E5" s="6">
         <v>592482</v>
       </c>
-      <c r="F5" s="7">
+      <c r="F5" s="6">
         <v>588383</v>
       </c>
-      <c r="G5" s="7">
+      <c r="G5" s="6">
         <v>307156</v>
       </c>
-      <c r="H5" s="7">
+      <c r="H5" s="6">
         <v>588383</v>
       </c>
-      <c r="I5" s="7">
+      <c r="I5" s="6">
         <v>201552</v>
       </c>
-      <c r="J5" s="7">
+      <c r="J5" s="6">
         <v>588383</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="K5" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M5" s="6">
+        <v>1101190</v>
+      </c>
+      <c r="N5" s="6">
+        <v>1101190</v>
+      </c>
+      <c r="O5" s="6">
+        <v>1765149</v>
+      </c>
+      <c r="P5" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="7">
+        <v>42552</v>
+      </c>
+      <c r="R5" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S5" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="T5" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U5" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" s="6">
+        <v>101632</v>
+      </c>
+      <c r="F6" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G6" s="6">
+        <v>90201</v>
+      </c>
+      <c r="H6" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I6" s="6">
+        <v>94892</v>
+      </c>
+      <c r="J6" s="6">
+        <v>100000</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M6" s="6">
+        <v>286725</v>
+      </c>
+      <c r="N6" s="6">
+        <v>286725</v>
+      </c>
+      <c r="O6" s="6">
+        <v>300000</v>
+      </c>
+      <c r="P6" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="7">
+        <v>42552</v>
+      </c>
+      <c r="R6" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S6" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="M5" s="7">
-[...8 lines deleted...]
-      <c r="P5" s="7">
+      <c r="T6" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U6" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="6">
+        <v>366239</v>
+      </c>
+      <c r="F7" s="6">
+        <v>358206</v>
+      </c>
+      <c r="G7" s="6">
+        <v>235799</v>
+      </c>
+      <c r="H7" s="6">
+        <v>358206</v>
+      </c>
+      <c r="I7" s="6">
+        <v>223704</v>
+      </c>
+      <c r="J7" s="6">
+        <v>358206</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M7" s="6">
+        <v>825742</v>
+      </c>
+      <c r="N7" s="6">
+        <v>825742</v>
+      </c>
+      <c r="O7" s="6">
+        <v>1074618</v>
+      </c>
+      <c r="P7" s="6">
         <v>0</v>
       </c>
-      <c r="Q5" s="8">
+      <c r="Q7" s="7">
         <v>42552</v>
       </c>
-      <c r="R5" s="8">
+      <c r="R7" s="7">
         <v>43646</v>
       </c>
-      <c r="S5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="T5" s="5" t="s">
+      <c r="S7" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="U5" s="5" t="s">
+      <c r="T7" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U7" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="6">
+        <v>7657741</v>
+      </c>
+      <c r="F8" s="6">
+        <v>7570929</v>
+      </c>
+      <c r="G8" s="6">
+        <v>7645451</v>
+      </c>
+      <c r="H8" s="6">
+        <v>7570929</v>
+      </c>
+      <c r="I8" s="6">
+        <v>7387040</v>
+      </c>
+      <c r="J8" s="6">
+        <v>7570929</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M8" s="6">
+        <v>22690232</v>
+      </c>
+      <c r="N8" s="6">
+        <v>22690232</v>
+      </c>
+      <c r="O8" s="6">
+        <v>22712787</v>
+      </c>
+      <c r="P8" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>42552</v>
+      </c>
+      <c r="R8" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S8" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="V5" s="5"/>
-[...6 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="T8" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U8" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="6">
+        <v>193041</v>
+      </c>
+      <c r="F9" s="6">
+        <v>191512</v>
+      </c>
+      <c r="G9" s="6">
+        <v>191407</v>
+      </c>
+      <c r="H9" s="6">
+        <v>191512</v>
+      </c>
+      <c r="I9" s="6">
+        <v>191558</v>
+      </c>
+      <c r="J9" s="6">
+        <v>191512</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M9" s="6">
+        <v>576006</v>
+      </c>
+      <c r="N9" s="6">
+        <v>574536</v>
+      </c>
+      <c r="O9" s="6">
+        <v>574536</v>
+      </c>
+      <c r="P9" s="6">
+        <v>1470</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>42552</v>
+      </c>
+      <c r="R9" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S9" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T9" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U9" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="6">
+        <v>167690</v>
+      </c>
+      <c r="F10" s="6">
+        <v>159748</v>
+      </c>
+      <c r="G10" s="6">
+        <v>141046</v>
+      </c>
+      <c r="H10" s="6">
+        <v>159748</v>
+      </c>
+      <c r="I10" s="6">
+        <v>112221</v>
+      </c>
+      <c r="J10" s="6">
+        <v>159748</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M10" s="6">
+        <v>420957</v>
+      </c>
+      <c r="N10" s="6">
+        <v>420957</v>
+      </c>
+      <c r="O10" s="6">
+        <v>479244</v>
+      </c>
+      <c r="P10" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>42552</v>
+      </c>
+      <c r="R10" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S10" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T10" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U10" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="6">
+        <v>2148974</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1979964</v>
+      </c>
+      <c r="G11" s="6">
+        <v>2795332</v>
+      </c>
+      <c r="H11" s="6">
+        <v>2632896</v>
+      </c>
+      <c r="I11" s="6">
+        <v>3149800</v>
+      </c>
+      <c r="J11" s="6">
+        <v>2640109</v>
+      </c>
+      <c r="K11" s="6">
+        <v>3245172</v>
+      </c>
+      <c r="L11" s="6">
+        <v>4544066</v>
+      </c>
+      <c r="M11" s="6">
+        <v>11339278</v>
+      </c>
+      <c r="N11" s="6">
+        <v>11339278</v>
+      </c>
+      <c r="O11" s="6">
+        <v>11797035</v>
+      </c>
+      <c r="P11" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R11" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S11" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T11" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U11" s="4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" s="6">
+        <v>9022087</v>
+      </c>
+      <c r="F12" s="6">
+        <v>8338429</v>
+      </c>
+      <c r="G12" s="6">
+        <v>8970457</v>
+      </c>
+      <c r="H12" s="6">
+        <v>8338429</v>
+      </c>
+      <c r="I12" s="6">
+        <v>6263348</v>
+      </c>
+      <c r="J12" s="6">
+        <v>8361274</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M12" s="6">
+        <v>24255892</v>
+      </c>
+      <c r="N12" s="6">
+        <v>24255892</v>
+      </c>
+      <c r="O12" s="6">
+        <v>25038132</v>
+      </c>
+      <c r="P12" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R12" s="7">
+        <v>44012</v>
+      </c>
+      <c r="S12" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T12" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U12" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" s="6">
+        <v>110812</v>
+      </c>
+      <c r="F13" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G13" s="6">
+        <v>113575</v>
+      </c>
+      <c r="H13" s="6">
+        <v>126431</v>
+      </c>
+      <c r="I13" s="6">
+        <v>109012</v>
+      </c>
+      <c r="J13" s="6">
+        <v>126777</v>
+      </c>
+      <c r="K13" s="6">
+        <v>113227</v>
+      </c>
+      <c r="L13" s="6">
+        <v>126431</v>
+      </c>
+      <c r="M13" s="6">
+        <v>333399</v>
+      </c>
+      <c r="N13" s="6">
+        <v>333399</v>
+      </c>
+      <c r="O13" s="6">
+        <v>353208</v>
+      </c>
+      <c r="P13" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R13" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S13" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T13" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U13" s="4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="6">
+        <v>1383186</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1304824</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1330236</v>
+      </c>
+      <c r="H14" s="6">
+        <v>1330236</v>
+      </c>
+      <c r="I14" s="6">
+        <v>1184384</v>
+      </c>
+      <c r="J14" s="6">
+        <v>1295306</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M14" s="6">
+        <v>3897806</v>
+      </c>
+      <c r="N14" s="6">
+        <v>3897806</v>
+      </c>
+      <c r="O14" s="6">
+        <v>3930366</v>
+      </c>
+      <c r="P14" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R14" s="7">
+        <v>44012</v>
+      </c>
+      <c r="S14" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T14" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U14" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="6">
+        <v>102843</v>
+      </c>
+      <c r="F15" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G15" s="6">
+        <v>96301</v>
+      </c>
+      <c r="H15" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I15" s="6">
+        <v>92068</v>
+      </c>
+      <c r="J15" s="6">
+        <v>100274</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M15" s="6">
+        <v>291212</v>
+      </c>
+      <c r="N15" s="6">
+        <v>291212</v>
+      </c>
+      <c r="O15" s="6">
+        <v>300274</v>
+      </c>
+      <c r="P15" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R15" s="7">
+        <v>44012</v>
+      </c>
+      <c r="S15" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T15" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U15" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" s="6">
+        <v>2326261</v>
+      </c>
+      <c r="F16" s="6">
+        <v>2232748</v>
+      </c>
+      <c r="G16" s="6">
+        <v>1955239</v>
+      </c>
+      <c r="H16" s="6">
+        <v>2232748</v>
+      </c>
+      <c r="I16" s="6">
+        <v>2318893</v>
+      </c>
+      <c r="J16" s="6">
+        <v>2238865</v>
+      </c>
+      <c r="K16" s="6">
+        <v>2529216</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4533701</v>
+      </c>
+      <c r="M16" s="6">
+        <v>6600393</v>
+      </c>
+      <c r="N16" s="6">
+        <v>6600393</v>
+      </c>
+      <c r="O16" s="6">
+        <v>6704361</v>
+      </c>
+      <c r="P16" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R16" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S16" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T16" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U16" s="4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" s="6">
+        <v>124222</v>
+      </c>
+      <c r="F17" s="6">
+        <v>118950</v>
+      </c>
+      <c r="G17" s="6">
+        <v>94043</v>
+      </c>
+      <c r="H17" s="6">
+        <v>118950</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M17" s="6">
+        <v>218265</v>
+      </c>
+      <c r="N17" s="6">
+        <v>218265</v>
+      </c>
+      <c r="O17" s="6">
+        <v>237900</v>
+      </c>
+      <c r="P17" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R17" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S17" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T17" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U17" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" s="6">
+        <v>575680</v>
+      </c>
+      <c r="F18" s="6">
+        <v>567806</v>
+      </c>
+      <c r="G18" s="6">
+        <v>579013</v>
+      </c>
+      <c r="H18" s="6">
+        <v>584470</v>
+      </c>
+      <c r="I18" s="6">
+        <v>614289</v>
+      </c>
+      <c r="J18" s="6">
+        <v>586071</v>
+      </c>
+      <c r="K18" s="6">
+        <v>594849</v>
+      </c>
+      <c r="L18" s="6">
+        <v>577943</v>
+      </c>
+      <c r="M18" s="6">
+        <v>1768982</v>
+      </c>
+      <c r="N18" s="6">
+        <v>1721441</v>
+      </c>
+      <c r="O18" s="6">
+        <v>1738347</v>
+      </c>
+      <c r="P18" s="6">
+        <v>47541</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R18" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S18" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T18" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U18" s="4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="6">
+        <v>254961</v>
+      </c>
+      <c r="F19" s="6">
+        <v>229697</v>
+      </c>
+      <c r="G19" s="6">
+        <v>204705</v>
+      </c>
+      <c r="H19" s="6">
+        <v>229697</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M19" s="6">
+        <v>459666</v>
+      </c>
+      <c r="N19" s="6">
+        <v>459394</v>
+      </c>
+      <c r="O19" s="6">
+        <v>459394</v>
+      </c>
+      <c r="P19" s="6">
+        <v>272</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R19" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S19" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T19" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U19" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" s="6">
+        <v>103304</v>
+      </c>
+      <c r="F20" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G20" s="6">
+        <v>100091</v>
+      </c>
+      <c r="H20" s="6">
+        <v>123281</v>
+      </c>
+      <c r="I20" s="6">
+        <v>121089</v>
+      </c>
+      <c r="J20" s="6">
+        <v>123619</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M20" s="6">
+        <v>324484</v>
+      </c>
+      <c r="N20" s="6">
+        <v>324484</v>
+      </c>
+      <c r="O20" s="6">
+        <v>346900</v>
+      </c>
+      <c r="P20" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R20" s="7">
+        <v>44012</v>
+      </c>
+      <c r="S20" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T20" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U20" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" s="6">
+        <v>284391</v>
+      </c>
+      <c r="F21" s="6">
+        <v>229260</v>
+      </c>
+      <c r="G21" s="6">
+        <v>64378</v>
+      </c>
+      <c r="H21" s="6">
+        <v>229260</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M21" s="6">
+        <v>348769</v>
+      </c>
+      <c r="N21" s="6">
+        <v>348769</v>
+      </c>
+      <c r="O21" s="6">
+        <v>458520</v>
+      </c>
+      <c r="P21" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="7">
+        <v>42917</v>
+      </c>
+      <c r="R21" s="7">
+        <v>43646</v>
+      </c>
+      <c r="S21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T21" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U21" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="5" t="s">
+      <c r="D22" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="6" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E22" s="6">
+        <v>370602</v>
+      </c>
+      <c r="F22" s="6">
+        <v>443666</v>
+      </c>
+      <c r="G22" s="6">
+        <v>419809</v>
+      </c>
+      <c r="H22" s="6">
+        <v>444882</v>
+      </c>
+      <c r="I22" s="6">
+        <v>406944</v>
+      </c>
+      <c r="J22" s="6">
+        <v>443666</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M22" s="6">
+        <v>1197355</v>
+      </c>
+      <c r="N22" s="6">
+        <v>1197355</v>
+      </c>
+      <c r="O22" s="6">
+        <v>1332214</v>
+      </c>
+      <c r="P22" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R22" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S22" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T22" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U22" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="6">
+        <v>503745</v>
+      </c>
+      <c r="F23" s="6">
+        <v>565568</v>
+      </c>
+      <c r="G23" s="6">
+        <v>564886</v>
+      </c>
+      <c r="H23" s="6">
+        <v>567118</v>
+      </c>
+      <c r="I23" s="6">
+        <v>590564</v>
+      </c>
+      <c r="J23" s="6">
+        <v>598851</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M23" s="6">
+        <v>1659195</v>
+      </c>
+      <c r="N23" s="6">
+        <v>1659195</v>
+      </c>
+      <c r="O23" s="6">
+        <v>1731537</v>
+      </c>
+      <c r="P23" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R23" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S23" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T23" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U23" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E24" s="6">
+        <v>102688</v>
+      </c>
+      <c r="F24" s="6">
         <v>100000</v>
       </c>
-      <c r="G6" s="7">
-[...2 lines deleted...]
-      <c r="H6" s="7">
+      <c r="G24" s="6">
+        <v>103388</v>
+      </c>
+      <c r="H24" s="6">
+        <v>100274</v>
+      </c>
+      <c r="I24" s="6">
+        <v>107873</v>
+      </c>
+      <c r="J24" s="6">
+        <v>106530</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M24" s="6">
+        <v>313949</v>
+      </c>
+      <c r="N24" s="6">
+        <v>306804</v>
+      </c>
+      <c r="O24" s="6">
+        <v>306804</v>
+      </c>
+      <c r="P24" s="6">
+        <v>7145</v>
+      </c>
+      <c r="Q24" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R24" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S24" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T24" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U24" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E25" s="6">
+        <v>106316</v>
+      </c>
+      <c r="F25" s="6">
+        <v>101225</v>
+      </c>
+      <c r="G25" s="6">
+        <v>107932</v>
+      </c>
+      <c r="H25" s="6">
+        <v>101502</v>
+      </c>
+      <c r="I25" s="6">
+        <v>100087</v>
+      </c>
+      <c r="J25" s="6">
+        <v>101225</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M25" s="6">
+        <v>314335</v>
+      </c>
+      <c r="N25" s="6">
+        <v>303952</v>
+      </c>
+      <c r="O25" s="6">
+        <v>303952</v>
+      </c>
+      <c r="P25" s="6">
+        <v>10383</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R25" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S25" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T25" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U25" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E26" s="6">
+        <v>294288</v>
+      </c>
+      <c r="F26" s="6">
+        <v>340351</v>
+      </c>
+      <c r="G26" s="6">
+        <v>309973</v>
+      </c>
+      <c r="H26" s="6">
+        <v>341283</v>
+      </c>
+      <c r="I26" s="6">
+        <v>305260</v>
+      </c>
+      <c r="J26" s="6">
+        <v>340351</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M26" s="6">
+        <v>909521</v>
+      </c>
+      <c r="N26" s="6">
+        <v>909521</v>
+      </c>
+      <c r="O26" s="6">
+        <v>1021985</v>
+      </c>
+      <c r="P26" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R26" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S26" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T26" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U26" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" s="6">
+        <v>901498</v>
+      </c>
+      <c r="F27" s="6">
+        <v>651543</v>
+      </c>
+      <c r="G27" s="6">
+        <v>606383</v>
+      </c>
+      <c r="H27" s="6">
+        <v>653328</v>
+      </c>
+      <c r="I27" s="6">
+        <v>528383</v>
+      </c>
+      <c r="J27" s="6">
+        <v>623774</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M27" s="6">
+        <v>2036264</v>
+      </c>
+      <c r="N27" s="6">
+        <v>1906309</v>
+      </c>
+      <c r="O27" s="6">
+        <v>1928645</v>
+      </c>
+      <c r="P27" s="6">
+        <v>129955</v>
+      </c>
+      <c r="Q27" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R27" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S27" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T27" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U27" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" s="6">
+        <v>185921</v>
+      </c>
+      <c r="F28" s="6">
+        <v>663971</v>
+      </c>
+      <c r="G28" s="6">
+        <v>448683</v>
+      </c>
+      <c r="H28" s="6">
+        <v>665790</v>
+      </c>
+      <c r="I28" s="6">
+        <v>675893</v>
+      </c>
+      <c r="J28" s="6">
+        <v>732330</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M28" s="6">
+        <v>1310497</v>
+      </c>
+      <c r="N28" s="6">
+        <v>1310497</v>
+      </c>
+      <c r="O28" s="6">
+        <v>2062091</v>
+      </c>
+      <c r="P28" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R28" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S28" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T28" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U28" s="4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E29" s="6">
+        <v>162441</v>
+      </c>
+      <c r="F29" s="6">
+        <v>144910</v>
+      </c>
+      <c r="G29" s="6">
+        <v>123189</v>
+      </c>
+      <c r="H29" s="6">
+        <v>145307</v>
+      </c>
+      <c r="I29" s="6">
+        <v>99288</v>
+      </c>
+      <c r="J29" s="6">
+        <v>146144</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M29" s="6">
+        <v>285630</v>
+      </c>
+      <c r="N29" s="6">
+        <v>285630</v>
+      </c>
+      <c r="O29" s="6">
+        <v>436361</v>
+      </c>
+      <c r="P29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R29" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S29" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T29" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U29" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" s="6">
+        <v>203158</v>
+      </c>
+      <c r="F30" s="6">
+        <v>240277</v>
+      </c>
+      <c r="G30" s="6">
+        <v>229614</v>
+      </c>
+      <c r="H30" s="6">
+        <v>240935</v>
+      </c>
+      <c r="I30" s="6">
+        <v>234786</v>
+      </c>
+      <c r="J30" s="6">
+        <v>240277</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M30" s="6">
+        <v>667558</v>
+      </c>
+      <c r="N30" s="6">
+        <v>667558</v>
+      </c>
+      <c r="O30" s="6">
+        <v>721489</v>
+      </c>
+      <c r="P30" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R30" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S30" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T30" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U30" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E31" s="6">
+        <v>412588</v>
+      </c>
+      <c r="F31" s="6">
+        <v>441354</v>
+      </c>
+      <c r="G31" s="6">
+        <v>428087</v>
+      </c>
+      <c r="H31" s="6">
+        <v>442563</v>
+      </c>
+      <c r="I31" s="6">
+        <v>430818</v>
+      </c>
+      <c r="J31" s="6">
+        <v>441354</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M31" s="6">
+        <v>1271493</v>
+      </c>
+      <c r="N31" s="6">
+        <v>1271493</v>
+      </c>
+      <c r="O31" s="6">
+        <v>1325271</v>
+      </c>
+      <c r="P31" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R31" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S31" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T31" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U31" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" s="6">
+        <v>392995</v>
+      </c>
+      <c r="F32" s="6">
+        <v>377697</v>
+      </c>
+      <c r="G32" s="6">
+        <v>447213</v>
+      </c>
+      <c r="H32" s="6">
+        <v>450941</v>
+      </c>
+      <c r="I32" s="6">
+        <v>436846</v>
+      </c>
+      <c r="J32" s="6">
+        <v>449709</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M32" s="6">
+        <v>1277054</v>
+      </c>
+      <c r="N32" s="6">
+        <v>1268643</v>
+      </c>
+      <c r="O32" s="6">
+        <v>1278347</v>
+      </c>
+      <c r="P32" s="6">
+        <v>8411</v>
+      </c>
+      <c r="Q32" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R32" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S32" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T32" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U32" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="6">
+        <v>250651</v>
+      </c>
+      <c r="F33" s="6">
+        <v>306735</v>
+      </c>
+      <c r="G33" s="6">
+        <v>264293</v>
+      </c>
+      <c r="H33" s="6">
+        <v>307575</v>
+      </c>
+      <c r="I33" s="6">
+        <v>304815</v>
+      </c>
+      <c r="J33" s="6">
+        <v>326758</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M33" s="6">
+        <v>819759</v>
+      </c>
+      <c r="N33" s="6">
+        <v>819759</v>
+      </c>
+      <c r="O33" s="6">
+        <v>941068</v>
+      </c>
+      <c r="P33" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R33" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S33" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T33" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U33" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="6">
+        <v>1185710</v>
+      </c>
+      <c r="F34" s="6">
+        <v>1281757</v>
+      </c>
+      <c r="G34" s="6">
+        <v>1203979</v>
+      </c>
+      <c r="H34" s="6">
+        <v>1285269</v>
+      </c>
+      <c r="I34" s="6">
+        <v>1181106</v>
+      </c>
+      <c r="J34" s="6">
+        <v>1257752</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M34" s="6">
+        <v>3570795</v>
+      </c>
+      <c r="N34" s="6">
+        <v>3570795</v>
+      </c>
+      <c r="O34" s="6">
+        <v>3824778</v>
+      </c>
+      <c r="P34" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R34" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S34" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T34" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U34" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" s="6">
+        <v>165032</v>
+      </c>
+      <c r="F35" s="6">
+        <v>152460</v>
+      </c>
+      <c r="G35" s="6">
+        <v>145819</v>
+      </c>
+      <c r="H35" s="6">
+        <v>152878</v>
+      </c>
+      <c r="I35" s="6">
+        <v>129262</v>
+      </c>
+      <c r="J35" s="6">
+        <v>161416</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M35" s="6">
+        <v>440113</v>
+      </c>
+      <c r="N35" s="6">
+        <v>440113</v>
+      </c>
+      <c r="O35" s="6">
+        <v>466754</v>
+      </c>
+      <c r="P35" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="7">
+        <v>43282</v>
+      </c>
+      <c r="R35" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S35" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T35" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U35" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E36" s="6">
+        <v>538857</v>
+      </c>
+      <c r="F36" s="6">
+        <v>496948</v>
+      </c>
+      <c r="G36" s="6">
+        <v>449399</v>
+      </c>
+      <c r="H36" s="6">
+        <v>532776</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M36" s="6">
+        <v>988256</v>
+      </c>
+      <c r="N36" s="6">
+        <v>988256</v>
+      </c>
+      <c r="O36" s="6">
+        <v>1029724</v>
+      </c>
+      <c r="P36" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R36" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S36" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T36" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U36" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E37" s="6">
+        <v>614968</v>
+      </c>
+      <c r="F37" s="6">
+        <v>607031</v>
+      </c>
+      <c r="G37" s="6">
+        <v>852964</v>
+      </c>
+      <c r="H37" s="6">
+        <v>1255125</v>
+      </c>
+      <c r="I37" s="6">
+        <v>861201</v>
+      </c>
+      <c r="J37" s="6">
+        <v>1255125</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M37" s="6">
+        <v>2329133</v>
+      </c>
+      <c r="N37" s="6">
+        <v>2329133</v>
+      </c>
+      <c r="O37" s="6">
+        <v>3117281</v>
+      </c>
+      <c r="P37" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R37" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S37" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T37" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U37" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E38" s="6">
+        <v>570556</v>
+      </c>
+      <c r="F38" s="6">
+        <v>547997</v>
+      </c>
+      <c r="G38" s="6">
+        <v>435649</v>
+      </c>
+      <c r="H38" s="6">
+        <v>743995</v>
+      </c>
+      <c r="I38" s="6">
+        <v>432807</v>
+      </c>
+      <c r="J38" s="6">
+        <v>743995</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M38" s="6">
+        <v>1439012</v>
+      </c>
+      <c r="N38" s="6">
+        <v>1439012</v>
+      </c>
+      <c r="O38" s="6">
+        <v>2035987</v>
+      </c>
+      <c r="P38" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R38" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S38" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T38" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U38" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E39" s="6">
+        <v>113174</v>
+      </c>
+      <c r="F39" s="6">
+        <v>100274</v>
+      </c>
+      <c r="G39" s="6">
+        <v>121535</v>
+      </c>
+      <c r="H39" s="6">
+        <v>147908</v>
+      </c>
+      <c r="I39" s="6">
+        <v>131592</v>
+      </c>
+      <c r="J39" s="6">
+        <v>147908</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M39" s="6">
+        <v>366301</v>
+      </c>
+      <c r="N39" s="6">
+        <v>366301</v>
+      </c>
+      <c r="O39" s="6">
+        <v>396090</v>
+      </c>
+      <c r="P39" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R39" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S39" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T39" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U39" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E40" s="6">
+        <v>352174</v>
+      </c>
+      <c r="F40" s="6">
+        <v>343248</v>
+      </c>
+      <c r="G40" s="6">
+        <v>349146</v>
+      </c>
+      <c r="H40" s="6">
+        <v>379460</v>
+      </c>
+      <c r="I40" s="6">
+        <v>305076</v>
+      </c>
+      <c r="J40" s="6">
+        <v>379460</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M40" s="6">
+        <v>1006396</v>
+      </c>
+      <c r="N40" s="6">
+        <v>1006396</v>
+      </c>
+      <c r="O40" s="6">
+        <v>1102168</v>
+      </c>
+      <c r="P40" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R40" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S40" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T40" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U40" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41" s="6">
+        <v>194712</v>
+      </c>
+      <c r="F41" s="6">
+        <v>192300</v>
+      </c>
+      <c r="G41" s="6">
+        <v>201368</v>
+      </c>
+      <c r="H41" s="6">
+        <v>191775</v>
+      </c>
+      <c r="I41" s="6">
+        <v>185364</v>
+      </c>
+      <c r="J41" s="6">
+        <v>191775</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M41" s="6">
+        <v>581444</v>
+      </c>
+      <c r="N41" s="6">
+        <v>575850</v>
+      </c>
+      <c r="O41" s="6">
+        <v>575850</v>
+      </c>
+      <c r="P41" s="6">
+        <v>5594</v>
+      </c>
+      <c r="Q41" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R41" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S41" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T41" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U41" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="6">
+        <v>124412</v>
+      </c>
+      <c r="F42" s="6">
+        <v>119276</v>
+      </c>
+      <c r="G42" s="6">
+        <v>118637</v>
+      </c>
+      <c r="H42" s="6">
+        <v>123541</v>
+      </c>
+      <c r="I42" s="6">
+        <v>125019</v>
+      </c>
+      <c r="J42" s="6">
+        <v>134310</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M42" s="6">
+        <v>368068</v>
+      </c>
+      <c r="N42" s="6">
+        <v>368068</v>
+      </c>
+      <c r="O42" s="6">
+        <v>377127</v>
+      </c>
+      <c r="P42" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R42" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S42" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T42" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U42" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E43" s="6">
+        <v>101314</v>
+      </c>
+      <c r="F43" s="6">
+        <v>100274</v>
+      </c>
+      <c r="G43" s="6">
+        <v>96414</v>
+      </c>
+      <c r="H43" s="6">
+        <v>124395</v>
+      </c>
+      <c r="I43" s="6">
+        <v>102828</v>
+      </c>
+      <c r="J43" s="6">
+        <v>124395</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M43" s="6">
+        <v>300556</v>
+      </c>
+      <c r="N43" s="6">
+        <v>300556</v>
+      </c>
+      <c r="O43" s="6">
+        <v>349064</v>
+      </c>
+      <c r="P43" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R43" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S43" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T43" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U43" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E44" s="6">
+        <v>7623682</v>
+      </c>
+      <c r="F44" s="6">
+        <v>6971525</v>
+      </c>
+      <c r="G44" s="6">
+        <v>6351245</v>
+      </c>
+      <c r="H44" s="6">
+        <v>7067789</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M44" s="6">
+        <v>13974927</v>
+      </c>
+      <c r="N44" s="6">
+        <v>13974927</v>
+      </c>
+      <c r="O44" s="6">
+        <v>14039314</v>
+      </c>
+      <c r="P44" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R44" s="7">
+        <v>44377</v>
+      </c>
+      <c r="S44" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T44" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U44" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E45" s="6">
+        <v>62520</v>
+      </c>
+      <c r="F45" s="6">
+        <v>100274</v>
+      </c>
+      <c r="G45" s="6">
+        <v>47125</v>
+      </c>
+      <c r="H45" s="6">
         <v>100000</v>
       </c>
-      <c r="I6" s="7">
-[...2 lines deleted...]
-      <c r="J6" s="7">
+      <c r="I45" s="6">
+        <v>41952</v>
+      </c>
+      <c r="J45" s="6">
         <v>100000</v>
       </c>
-      <c r="K6" s="7" t="s">
+      <c r="K45" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M45" s="6">
+        <v>151597</v>
+      </c>
+      <c r="N45" s="6">
+        <v>151597</v>
+      </c>
+      <c r="O45" s="6">
+        <v>300274</v>
+      </c>
+      <c r="P45" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="7">
+        <v>43647</v>
+      </c>
+      <c r="R45" s="7">
+        <v>44742</v>
+      </c>
+      <c r="S45" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L6" s="7" t="s">
+      <c r="T45" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U45" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E46" s="6">
+        <v>102549</v>
+      </c>
+      <c r="F46" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G46" s="6">
+        <v>110125</v>
+      </c>
+      <c r="H46" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I46" s="6">
+        <v>122385</v>
+      </c>
+      <c r="J46" s="6">
+        <v>100000</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M46" s="6">
+        <v>335059</v>
+      </c>
+      <c r="N46" s="6">
+        <v>300000</v>
+      </c>
+      <c r="O46" s="6">
+        <v>300000</v>
+      </c>
+      <c r="P46" s="6">
+        <v>35059</v>
+      </c>
+      <c r="Q46" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R46" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S46" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="M6" s="7">
-[...5 lines deleted...]
-      <c r="O6" s="7">
+      <c r="T46" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U46" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="E47" s="6">
+        <v>1590829</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1552284</v>
+      </c>
+      <c r="G47" s="6">
+        <v>1241038</v>
+      </c>
+      <c r="H47" s="6">
+        <v>1552284</v>
+      </c>
+      <c r="I47" s="6">
+        <v>623667</v>
+      </c>
+      <c r="J47" s="6">
+        <v>1552284</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M47" s="6">
+        <v>3455534</v>
+      </c>
+      <c r="N47" s="6">
+        <v>3455534</v>
+      </c>
+      <c r="O47" s="6">
+        <v>4656852</v>
+      </c>
+      <c r="P47" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R47" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S47" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T47" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U47" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="E48" s="6">
+        <v>551171</v>
+      </c>
+      <c r="F48" s="6">
+        <v>483793</v>
+      </c>
+      <c r="G48" s="6">
+        <v>307273</v>
+      </c>
+      <c r="H48" s="6">
+        <v>483793</v>
+      </c>
+      <c r="I48" s="6">
+        <v>242922</v>
+      </c>
+      <c r="J48" s="6">
+        <v>209938</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M48" s="6">
+        <v>1101366</v>
+      </c>
+      <c r="N48" s="6">
+        <v>1101366</v>
+      </c>
+      <c r="O48" s="6">
+        <v>1177524</v>
+      </c>
+      <c r="P48" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R48" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S48" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T48" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U48" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E49" s="6">
+        <v>546521</v>
+      </c>
+      <c r="F49" s="6">
+        <v>516060</v>
+      </c>
+      <c r="G49" s="6">
+        <v>503403</v>
+      </c>
+      <c r="H49" s="6">
+        <v>516060</v>
+      </c>
+      <c r="I49" s="6">
+        <v>528632</v>
+      </c>
+      <c r="J49" s="6">
+        <v>516060</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M49" s="6">
+        <v>1578556</v>
+      </c>
+      <c r="N49" s="6">
+        <v>1548180</v>
+      </c>
+      <c r="O49" s="6">
+        <v>1548180</v>
+      </c>
+      <c r="P49" s="6">
+        <v>30376</v>
+      </c>
+      <c r="Q49" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R49" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S49" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T49" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U49" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E50" s="6">
+        <v>114654</v>
+      </c>
+      <c r="F50" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G50" s="6">
+        <v>88004</v>
+      </c>
+      <c r="H50" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I50" s="6">
+        <v>64978</v>
+      </c>
+      <c r="J50" s="6">
+        <v>100000</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M50" s="6">
+        <v>267636</v>
+      </c>
+      <c r="N50" s="6">
+        <v>267636</v>
+      </c>
+      <c r="O50" s="6">
         <v>300000</v>
       </c>
-      <c r="P6" s="7">
+      <c r="P50" s="6">
         <v>0</v>
       </c>
-      <c r="Q6" s="8">
-[...8 lines deleted...]
-      <c r="T6" s="5" t="s">
+      <c r="Q50" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R50" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S50" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="U6" s="5" t="s">
+      <c r="T50" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U50" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" s="6">
+        <v>6784226</v>
+      </c>
+      <c r="F51" s="6">
+        <v>6597903</v>
+      </c>
+      <c r="G51" s="6">
+        <v>6418032</v>
+      </c>
+      <c r="H51" s="6">
+        <v>6766874</v>
+      </c>
+      <c r="I51" s="6">
+        <v>6935647</v>
+      </c>
+      <c r="J51" s="6">
+        <v>6766874</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M51" s="6">
+        <v>20137905</v>
+      </c>
+      <c r="N51" s="6">
+        <v>20131651</v>
+      </c>
+      <c r="O51" s="6">
+        <v>20131651</v>
+      </c>
+      <c r="P51" s="6">
+        <v>6254</v>
+      </c>
+      <c r="Q51" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R51" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S51" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="V6" s="5"/>
-[...36 lines deleted...]
-      <c r="K7" s="7" t="s">
+      <c r="T51" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U51" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E52" s="6">
+        <v>1947943</v>
+      </c>
+      <c r="F52" s="6">
+        <v>1931846</v>
+      </c>
+      <c r="G52" s="6">
+        <v>1943418</v>
+      </c>
+      <c r="H52" s="6">
+        <v>2206942</v>
+      </c>
+      <c r="I52" s="6">
+        <v>1839910</v>
+      </c>
+      <c r="J52" s="6">
+        <v>2050021</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M52" s="6">
+        <v>5731271</v>
+      </c>
+      <c r="N52" s="6">
+        <v>5731271</v>
+      </c>
+      <c r="O52" s="6">
+        <v>6188809</v>
+      </c>
+      <c r="P52" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R52" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S52" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="T52" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U52" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E53" s="6">
+        <v>101464</v>
+      </c>
+      <c r="F53" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G53" s="6">
+        <v>81118</v>
+      </c>
+      <c r="H53" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I53" s="6">
+        <v>77879</v>
+      </c>
+      <c r="J53" s="6">
+        <v>100000</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M53" s="6">
+        <v>260461</v>
+      </c>
+      <c r="N53" s="6">
+        <v>260461</v>
+      </c>
+      <c r="O53" s="6">
+        <v>300000</v>
+      </c>
+      <c r="P53" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R53" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S53" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="M7" s="7">
-[...8 lines deleted...]
-      <c r="P7" s="7">
+      <c r="T53" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U53" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E54" s="6">
+        <v>438393</v>
+      </c>
+      <c r="F54" s="6">
+        <v>330975</v>
+      </c>
+      <c r="G54" s="6">
+        <v>355882</v>
+      </c>
+      <c r="H54" s="6">
+        <v>330975</v>
+      </c>
+      <c r="I54" s="6">
+        <v>357472</v>
+      </c>
+      <c r="J54" s="6">
+        <v>476994</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M54" s="6">
+        <v>1151747</v>
+      </c>
+      <c r="N54" s="6">
+        <v>1138944</v>
+      </c>
+      <c r="O54" s="6">
+        <v>1138944</v>
+      </c>
+      <c r="P54" s="6">
+        <v>12803</v>
+      </c>
+      <c r="Q54" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R54" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S54" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="T54" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U54" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E55" s="6">
+        <v>353008</v>
+      </c>
+      <c r="F55" s="6">
+        <v>313920</v>
+      </c>
+      <c r="G55" s="6">
+        <v>356656</v>
+      </c>
+      <c r="H55" s="6">
+        <v>459937</v>
+      </c>
+      <c r="I55" s="6">
+        <v>234485</v>
+      </c>
+      <c r="J55" s="6">
+        <v>267917</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M55" s="6">
+        <v>944149</v>
+      </c>
+      <c r="N55" s="6">
+        <v>944149</v>
+      </c>
+      <c r="O55" s="6">
+        <v>1041774</v>
+      </c>
+      <c r="P55" s="6">
         <v>0</v>
       </c>
-      <c r="Q7" s="8">
-[...8 lines deleted...]
-      <c r="T7" s="5" t="s">
+      <c r="Q55" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R55" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S55" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="U7" s="5" t="s">
+      <c r="T55" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U55" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E56" s="6">
+        <v>395641</v>
+      </c>
+      <c r="F56" s="6">
+        <v>311992</v>
+      </c>
+      <c r="G56" s="6">
+        <v>243923</v>
+      </c>
+      <c r="H56" s="6">
+        <v>311992</v>
+      </c>
+      <c r="I56" s="6">
+        <v>207015</v>
+      </c>
+      <c r="J56" s="6">
+        <v>311992</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M56" s="6">
+        <v>846579</v>
+      </c>
+      <c r="N56" s="6">
+        <v>846579</v>
+      </c>
+      <c r="O56" s="6">
+        <v>935976</v>
+      </c>
+      <c r="P56" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R56" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S56" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="V7" s="5"/>
-[...36 lines deleted...]
-      <c r="K8" s="7" t="s">
+      <c r="T56" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U56" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E57" s="6">
+        <v>103394</v>
+      </c>
+      <c r="F57" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G57" s="6">
+        <v>104627</v>
+      </c>
+      <c r="H57" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I57" s="6">
+        <v>102252</v>
+      </c>
+      <c r="J57" s="6">
+        <v>100000</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M57" s="6">
+        <v>310273</v>
+      </c>
+      <c r="N57" s="6">
+        <v>300000</v>
+      </c>
+      <c r="O57" s="6">
+        <v>300000</v>
+      </c>
+      <c r="P57" s="6">
+        <v>10273</v>
+      </c>
+      <c r="Q57" s="7">
+        <v>44013</v>
+      </c>
+      <c r="R57" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S57" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L8" s="7" t="s">
+      <c r="T57" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U57" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E58" s="6">
+        <v>968784</v>
+      </c>
+      <c r="F58" s="6">
+        <v>755261</v>
+      </c>
+      <c r="G58" s="6">
+        <v>989978</v>
+      </c>
+      <c r="H58" s="6">
+        <v>826858</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M58" s="6">
+        <v>1958762</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>27</v>
+      </c>
+      <c r="P58" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R58" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S58" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T58" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U58" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="E59" s="6">
+        <v>110908</v>
+      </c>
+      <c r="F59" s="6">
+        <v>108460</v>
+      </c>
+      <c r="G59" s="6">
+        <v>111837</v>
+      </c>
+      <c r="H59" s="6">
+        <v>108460</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M59" s="6">
+        <v>222745</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R59" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S59" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T59" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U59" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E60" s="6">
+        <v>101373</v>
+      </c>
+      <c r="F60" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G60" s="6">
+        <v>104155</v>
+      </c>
+      <c r="H60" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M60" s="6">
+        <v>205528</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R60" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S60" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T60" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U60" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E61" s="6">
+        <v>208972</v>
+      </c>
+      <c r="F61" s="6">
+        <v>201231</v>
+      </c>
+      <c r="G61" s="6">
+        <v>188937</v>
+      </c>
+      <c r="H61" s="6">
+        <v>201231</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M61" s="6">
+        <v>397909</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R61" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S61" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T61" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U61" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E62" s="6">
+        <v>305973</v>
+      </c>
+      <c r="F62" s="6">
+        <v>305056</v>
+      </c>
+      <c r="G62" s="6">
+        <v>306282</v>
+      </c>
+      <c r="H62" s="6">
+        <v>343967</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M62" s="6">
+        <v>612255</v>
+      </c>
+      <c r="N62" s="6">
+        <v>612255</v>
+      </c>
+      <c r="O62" s="6">
+        <v>649023</v>
+      </c>
+      <c r="P62" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R62" s="7">
+        <v>45107</v>
+      </c>
+      <c r="S62" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="M8" s="7">
-[...8 lines deleted...]
-      <c r="P8" s="7">
+      <c r="T62" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U62" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E63" s="6">
+        <v>110446</v>
+      </c>
+      <c r="F63" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G63" s="6">
+        <v>480</v>
+      </c>
+      <c r="H63" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M63" s="6">
+        <v>110926</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="6">
         <v>0</v>
       </c>
-      <c r="Q8" s="8">
-[...136 lines deleted...]
-      <c r="P10" s="7">
+      <c r="Q63" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R63" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S63" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T63" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U63" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E64" s="6">
+        <v>185892</v>
+      </c>
+      <c r="F64" s="6">
+        <v>180509</v>
+      </c>
+      <c r="G64" s="6">
+        <v>165136</v>
+      </c>
+      <c r="H64" s="6">
+        <v>180509</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M64" s="6">
+        <v>351028</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" s="6">
         <v>0</v>
       </c>
-      <c r="Q10" s="8">
-[...66 lines deleted...]
-      <c r="P11" s="7">
+      <c r="Q64" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R64" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S64" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T64" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U64" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="E65" s="6">
+        <v>161918</v>
+      </c>
+      <c r="F65" s="6">
+        <v>149320</v>
+      </c>
+      <c r="G65" s="6">
+        <v>166425</v>
+      </c>
+      <c r="H65" s="6">
+        <v>145522</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M65" s="6">
+        <v>328343</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" s="6">
         <v>0</v>
       </c>
-      <c r="Q11" s="8">
-[...21 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="Q65" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R65" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S65" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T65" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U65" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E66" s="6">
+        <v>871885</v>
+      </c>
+      <c r="F66" s="6">
+        <v>834767</v>
+      </c>
+      <c r="G66" s="6">
+        <v>810695</v>
+      </c>
+      <c r="H66" s="6">
+        <v>736161</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M66" s="6">
+        <v>1682550</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R66" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S66" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T66" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U66" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...111 lines deleted...]
-      <c r="P13" s="7">
+      <c r="C67" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="E67" s="6">
+        <v>137360</v>
+      </c>
+      <c r="F67" s="6">
+        <v>100000</v>
+      </c>
+      <c r="G67" s="6">
+        <v>109652</v>
+      </c>
+      <c r="H67" s="6">
+        <v>100000</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M67" s="6">
+        <v>247012</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" s="6">
         <v>0</v>
       </c>
-      <c r="Q13" s="8">
-[...66 lines deleted...]
-      <c r="P14" s="7">
+      <c r="Q67" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R67" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S67" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T67" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U67" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E68" s="6">
+        <v>340550</v>
+      </c>
+      <c r="F68" s="6">
+        <v>312059</v>
+      </c>
+      <c r="G68" s="6">
+        <v>363688</v>
+      </c>
+      <c r="H68" s="6">
+        <v>314733</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M68" s="6">
+        <v>704238</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P68" s="6">
         <v>0</v>
       </c>
-      <c r="Q14" s="8">
-[...66 lines deleted...]
-      <c r="P15" s="7">
+      <c r="Q68" s="7">
+        <v>44378</v>
+      </c>
+      <c r="R68" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S68" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T68" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U68" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E69" s="6">
+        <v>267178</v>
+      </c>
+      <c r="F69" s="6">
+        <v>246362</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M69" s="6">
+        <v>267178</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P69" s="6">
         <v>0</v>
       </c>
-      <c r="Q15" s="8">
-[...66 lines deleted...]
-      <c r="P16" s="7">
+      <c r="Q69" s="7">
+        <v>44743</v>
+      </c>
+      <c r="R69" s="7">
+        <v>46568</v>
+      </c>
+      <c r="S69" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T69" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="U69" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E70" s="6">
+        <v>111754</v>
+      </c>
+      <c r="F70" s="6">
+        <v>108064</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M70" s="6">
+        <v>111754</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P70" s="6">
         <v>0</v>
       </c>
-      <c r="Q16" s="8">
-[...2961 lines deleted...]
-      <c r="A59" s="4" t="s">
+      <c r="Q70" s="7">
+        <v>44743</v>
+      </c>
+      <c r="R70" s="7">
+        <v>45473</v>
+      </c>
+      <c r="S70" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="5" t="s">
-[...765 lines deleted...]
-      <c r="A70" s="4" t="s">
+      <c r="T70" s="9" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...1294 lines deleted...]
-      <c r="Z114" s="5"/>
+      <c r="U70" s="4" t="s">
+        <v>27</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A2:U2"/>
     <mergeCell ref="A3:U3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="T70" r:id="rId1" xr:uid="{1E9FE037-8A23-45A9-9F99-8277714F6A53}"/>
-    <hyperlink ref="T69" r:id="rId2" xr:uid="{4317C8B4-1DDF-4CB5-A412-8D58EBCF7460}"/>
+    <hyperlink ref="T69" r:id="rId1" xr:uid="{1E9FE037-8A23-45A9-9F99-8277714F6A53}"/>
+    <hyperlink ref="T70" r:id="rId2" xr:uid="{4317C8B4-1DDF-4CB5-A412-8D58EBCF7460}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MYMP table</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Safeguard multi-year monitoring period table</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>