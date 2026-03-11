--- v1 (2025-11-11)
+++ v2 (2026-03-11)
@@ -1,87 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F250483-D492-45E1-A2AF-7B3BC6EACAE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EBAC92F-D579-4474-B086-F74F097720FC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" xr2:uid="{CBAB50DB-1896-45D8-868C-3E268D5B50E8}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{CBAB50DB-1896-45D8-868C-3E268D5B50E8}"/>
   </bookViews>
   <sheets>
     <sheet name="MYMP table" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MYMP table'!$A$4:$Z$68</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MYMP table'!$A$4:$Z$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="514" uniqueCount="174">
   <si>
     <t>Safeguard multi-year monitoring period table</t>
-  </si>
-[...1 lines deleted...]
-    <t>This spreadsheet contains all information related to facilities covered by the Safeguard Mechanism that have ongoing or completed multi-year monitoring period declarations in place.</t>
   </si>
   <si>
     <t>Facility name</t>
   </si>
   <si>
     <t>State of operation</t>
   </si>
   <si>
     <t>Responsible Emitter</t>
   </si>
   <si>
     <t>Responsible emitter ABN/ACN</t>
   </si>
   <si>
     <t>Covered emissions
 Year 1</t>
   </si>
   <si>
     <t>Baseline number
 Year 1</t>
   </si>
   <si>
     <t>Covered emissions
 Year 2</t>
   </si>
@@ -558,722 +555,192 @@
   <si>
     <t>ALLIANCE AVIATION SERVICES LIMITED</t>
   </si>
   <si>
     <t>96 153 361 525</t>
   </si>
   <si>
     <t>Saraji Mine</t>
   </si>
   <si>
     <t>Vincent Project Venture</t>
   </si>
   <si>
     <t>Wambo Coal Mine</t>
   </si>
   <si>
     <t>WAMBO COAL PTY LIMITED</t>
   </si>
   <si>
     <t>13 000 668 057</t>
   </si>
   <si>
     <t>Western Australia</t>
   </si>
   <si>
-    <t>Carborough Downs Coal Mine</t>
-[...112 lines deleted...]
-  <si>
     <t>BARALABA COAL COMPANY PTY LTD</t>
   </si>
   <si>
     <t>Mt Pleasant Operations commenced operations in December 2018</t>
   </si>
   <si>
-    <t>Data as at 6/11/2025</t>
+    <t>Data as at 19/2/2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This spreadsheet contains all </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">historical information related to facilities covered by the Safeguard Mechanism that had multi-year monitoring period (MYMP) declarations in place. For all MYMPs that commenced or were ongoing following the 2023 Safeguard reforms, refer to the current 'Multi-year monitoring period table' on the CER website. </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
+      <b/>
       <sz val="11"/>
-      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="28">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <fill>
-[...412 lines deleted...]
-      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -1286,158 +753,573 @@
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...5 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="2" tint="-0.249977111117893"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -1472,55 +1354,55 @@
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{6947ACB7-623E-4B8F-BD5F-8C2FA395EE5D}">
       <tableStyleElement type="wholeTable" dxfId="27"/>
       <tableStyleElement type="headerRow" dxfId="26"/>
       <tableStyleElement type="firstColumn" dxfId="25"/>
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}" name="data_MYMP_table" displayName="data_MYMP_table" ref="A4:U70" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22" tableBorderDxfId="21">
-[...3 lines deleted...]
-    <sortCondition ref="A5:A70"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}" name="data_MYMP_table" displayName="data_MYMP_table" ref="A4:U58" totalsRowShown="0" headerRowDxfId="22" dataDxfId="21" tableBorderDxfId="23">
+  <autoFilter ref="A4:U58" xr:uid="{A968E975-68A3-4A1D-A0A3-2DFDAAB4E44A}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:U58">
+    <sortCondition ref="Q5:Q58"/>
+    <sortCondition ref="A5:A58"/>
   </sortState>
   <tableColumns count="21">
     <tableColumn id="1" xr3:uid="{C17C2DD1-4E3D-4360-A472-1CA5021BB577}" name="Facility name" dataDxfId="20"/>
     <tableColumn id="2" xr3:uid="{8120BD4B-6D03-42E9-B52F-180172799181}" name="State of operation" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{9432C160-DA64-48F8-B541-7A0DE7918F63}" name="Responsible Emitter" dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{12FC9362-A687-4E96-AA5F-A5CD10C79BF1}" name="Responsible emitter ABN/ACN" dataDxfId="17"/>
     <tableColumn id="5" xr3:uid="{FAE99C48-5ABF-47EC-8A04-99B3EFB15BF5}" name="Covered emissions_x000a_Year 1" dataDxfId="16"/>
     <tableColumn id="6" xr3:uid="{D50DD96F-4C7E-42DB-9727-C1025A1C4D26}" name="Baseline number_x000a_Year 1" dataDxfId="15"/>
     <tableColumn id="7" xr3:uid="{6EABF6C0-D7CD-40C9-BA01-0137100D2CB3}" name="Covered emissions_x000a_Year 2" dataDxfId="14"/>
     <tableColumn id="8" xr3:uid="{B485749E-06A5-49E6-A4F8-947C17C1C5E0}" name="Baseline number_x000a_Year 2" dataDxfId="13"/>
     <tableColumn id="9" xr3:uid="{D85E9FF0-02A8-4207-9108-9436DC93A0E5}" name="Covered emissions_x000a_Year 3" dataDxfId="12"/>
     <tableColumn id="10" xr3:uid="{51A5F9BB-C21E-4B2C-A5D1-B9596672E100}" name="Baseline number_x000a_Year 3" dataDxfId="11"/>
     <tableColumn id="11" xr3:uid="{E62C8AA5-C1A9-4446-B264-CED8F846A3AD}" name="Covered emissions_x000a_Year 4" dataDxfId="10"/>
     <tableColumn id="12" xr3:uid="{EC755D0E-3F07-415F-9208-A968C760E29C}" name="Baseline number_x000a_Year 4" dataDxfId="9"/>
     <tableColumn id="13" xr3:uid="{09F77BD9-CA29-4265-9EFE-3E0AA690F28A}" name="Covered emissions_x000a_(cumulative to date)" dataDxfId="8"/>
     <tableColumn id="14" xr3:uid="{4B4CBD93-D847-4BBE-8648-3F1B8661A1CF}" name="MYMP_x000a_net emissions number" dataDxfId="7"/>
     <tableColumn id="15" xr3:uid="{2DBCD6F5-C93C-4B8C-BCDF-584934231FE1}" name="MYMP baseline number" dataDxfId="6"/>
     <tableColumn id="16" xr3:uid="{EF686F00-FB3A-4701-B439-1A169D6BC55F}" name="ACCUs_x000a_surrendered" dataDxfId="5"/>
     <tableColumn id="17" xr3:uid="{7EDC8898-B147-4C52-BFD0-7961956B2167}" name="Start date" dataDxfId="4"/>
     <tableColumn id="18" xr3:uid="{958348B8-998B-4A2A-AE7E-03D2E610650E}" name="End date" dataDxfId="3"/>
     <tableColumn id="19" xr3:uid="{140336F3-CC4B-4615-A324-DD475F001C2A}" name="MYMP status" dataDxfId="2"/>
     <tableColumn id="20" xr3:uid="{FEA06CC4-9F32-4AEB-AB4D-C14F352A9EC8}" name="Summary plan for MYMPs starting on or after 01/07/2022" dataDxfId="1"/>
     <tableColumn id="21" xr3:uid="{4DE90FE9-6FAA-4FCE-8878-739093AC4398}" name="Notes" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
@@ -1801,4521 +1683,3753 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanenergyregulator.gov.au/document/summary-emissions-reduction-plan-mcarthur-river-mine-operations" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanenergyregulator.gov.au/document/agig-summary-plan-mymp-2023-2027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B114E9C1-2400-4AF3-8937-524B10EABECF}">
-  <dimension ref="A1:U70"/>
+  <dimension ref="A1:U58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:U1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.65" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="60.7109375" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="39" max="42" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="59.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.7265625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="54.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.26953125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="19.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="21" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="19.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="22.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="24.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="25.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="15.7265625" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="13.7265625" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="12.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="16.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="54.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="66.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="8.81640625" style="2"/>
+    <col min="23" max="26" width="8.81640625" style="2" customWidth="1"/>
+    <col min="27" max="36" width="8.81640625" style="2"/>
+    <col min="37" max="37" width="8.81640625" style="2" customWidth="1"/>
+    <col min="38" max="38" width="8.81640625" style="2"/>
+    <col min="39" max="42" width="8.81640625" style="2" customWidth="1"/>
+    <col min="43" max="16384" width="8.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:21" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="10"/>
-[...21 lines deleted...]
-      <c r="A2" s="11" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="1"/>
+      <c r="S1" s="1"/>
+      <c r="T1" s="1"/>
+      <c r="U1" s="1"/>
+    </row>
+    <row r="2" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="3"/>
+      <c r="U2" s="3"/>
+    </row>
+    <row r="3" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="4"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="4"/>
+      <c r="O3" s="4"/>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
+      <c r="R3" s="4"/>
+      <c r="S3" s="4"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="4"/>
+    </row>
+    <row r="4" spans="1:21" ht="42" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...46 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K4" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="L4" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="M4" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="N4" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="O4" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="1" t="s">
+      <c r="P4" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="1" t="s">
+      <c r="Q4" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="1" t="s">
+      <c r="R4" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="1" t="s">
+      <c r="S4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="1" t="s">
+      <c r="T4" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="1" t="s">
+      <c r="U4" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="1" t="s">
+    </row>
+    <row r="5" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="B5" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="6">
+      <c r="E5" s="9">
         <v>592482</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F5" s="9">
         <v>588383</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="9">
         <v>307156</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="9">
         <v>588383</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="9">
         <v>201552</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="9">
         <v>588383</v>
       </c>
-      <c r="K5" s="6" t="s">
+      <c r="K5" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L5" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" s="9">
+        <v>1101190</v>
+      </c>
+      <c r="N5" s="9">
+        <v>1101190</v>
+      </c>
+      <c r="O5" s="9">
+        <v>1765149</v>
+      </c>
+      <c r="P5" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="10">
+        <v>42552</v>
+      </c>
+      <c r="R5" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S5" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="T5" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U5" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" s="9">
+        <v>101632</v>
+      </c>
+      <c r="F6" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G6" s="9">
+        <v>90201</v>
+      </c>
+      <c r="H6" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I6" s="9">
+        <v>94892</v>
+      </c>
+      <c r="J6" s="9">
+        <v>100000</v>
+      </c>
+      <c r="K6" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M6" s="9">
+        <v>286725</v>
+      </c>
+      <c r="N6" s="9">
+        <v>286725</v>
+      </c>
+      <c r="O6" s="9">
+        <v>300000</v>
+      </c>
+      <c r="P6" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="10">
+        <v>42552</v>
+      </c>
+      <c r="R6" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S6" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="M5" s="6">
-[...8 lines deleted...]
-      <c r="P5" s="6">
+      <c r="T6" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U6" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="9">
+        <v>366239</v>
+      </c>
+      <c r="F7" s="9">
+        <v>358206</v>
+      </c>
+      <c r="G7" s="9">
+        <v>235799</v>
+      </c>
+      <c r="H7" s="9">
+        <v>358206</v>
+      </c>
+      <c r="I7" s="9">
+        <v>223704</v>
+      </c>
+      <c r="J7" s="9">
+        <v>358206</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M7" s="9">
+        <v>825742</v>
+      </c>
+      <c r="N7" s="9">
+        <v>825742</v>
+      </c>
+      <c r="O7" s="9">
+        <v>1074618</v>
+      </c>
+      <c r="P7" s="9">
         <v>0</v>
       </c>
-      <c r="Q5" s="7">
+      <c r="Q7" s="10">
         <v>42552</v>
       </c>
-      <c r="R5" s="7">
+      <c r="R7" s="10">
         <v>43646</v>
       </c>
-      <c r="S5" s="4" t="s">
-[...2 lines deleted...]
-      <c r="T5" s="4" t="s">
+      <c r="S7" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="U5" s="4" t="s">
+      <c r="T7" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U7" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" s="9">
+        <v>7657741</v>
+      </c>
+      <c r="F8" s="9">
+        <v>7570929</v>
+      </c>
+      <c r="G8" s="9">
+        <v>7645451</v>
+      </c>
+      <c r="H8" s="9">
+        <v>7570929</v>
+      </c>
+      <c r="I8" s="9">
+        <v>7387040</v>
+      </c>
+      <c r="J8" s="9">
+        <v>7570929</v>
+      </c>
+      <c r="K8" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L8" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M8" s="9">
+        <v>22690232</v>
+      </c>
+      <c r="N8" s="9">
+        <v>22690232</v>
+      </c>
+      <c r="O8" s="9">
+        <v>22712787</v>
+      </c>
+      <c r="P8" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>42552</v>
+      </c>
+      <c r="R8" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S8" s="8" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="T8" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U8" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="9">
+        <v>193041</v>
+      </c>
+      <c r="F9" s="9">
+        <v>191512</v>
+      </c>
+      <c r="G9" s="9">
+        <v>191407</v>
+      </c>
+      <c r="H9" s="9">
+        <v>191512</v>
+      </c>
+      <c r="I9" s="9">
+        <v>191558</v>
+      </c>
+      <c r="J9" s="9">
+        <v>191512</v>
+      </c>
+      <c r="K9" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L9" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" s="9">
+        <v>576006</v>
+      </c>
+      <c r="N9" s="9">
+        <v>574536</v>
+      </c>
+      <c r="O9" s="9">
+        <v>574536</v>
+      </c>
+      <c r="P9" s="9">
+        <v>1470</v>
+      </c>
+      <c r="Q9" s="10">
+        <v>42552</v>
+      </c>
+      <c r="R9" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S9" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T9" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U9" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="9">
+        <v>167690</v>
+      </c>
+      <c r="F10" s="9">
+        <v>159748</v>
+      </c>
+      <c r="G10" s="9">
+        <v>141046</v>
+      </c>
+      <c r="H10" s="9">
+        <v>159748</v>
+      </c>
+      <c r="I10" s="9">
+        <v>112221</v>
+      </c>
+      <c r="J10" s="9">
+        <v>159748</v>
+      </c>
+      <c r="K10" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L10" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M10" s="9">
+        <v>420957</v>
+      </c>
+      <c r="N10" s="9">
+        <v>420957</v>
+      </c>
+      <c r="O10" s="9">
+        <v>479244</v>
+      </c>
+      <c r="P10" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>42552</v>
+      </c>
+      <c r="R10" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S10" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T10" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U10" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" s="9">
+        <v>2148974</v>
+      </c>
+      <c r="F11" s="9">
+        <v>1979964</v>
+      </c>
+      <c r="G11" s="9">
+        <v>2795332</v>
+      </c>
+      <c r="H11" s="9">
+        <v>2632896</v>
+      </c>
+      <c r="I11" s="9">
+        <v>3149800</v>
+      </c>
+      <c r="J11" s="9">
+        <v>2640109</v>
+      </c>
+      <c r="K11" s="9">
+        <v>3245172</v>
+      </c>
+      <c r="L11" s="9">
+        <v>4544066</v>
+      </c>
+      <c r="M11" s="9">
+        <v>11339278</v>
+      </c>
+      <c r="N11" s="9">
+        <v>11339278</v>
+      </c>
+      <c r="O11" s="9">
+        <v>11797035</v>
+      </c>
+      <c r="P11" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R11" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S11" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T11" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U11" s="8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" s="9">
+        <v>9022087</v>
+      </c>
+      <c r="F12" s="9">
+        <v>8338429</v>
+      </c>
+      <c r="G12" s="9">
+        <v>8970457</v>
+      </c>
+      <c r="H12" s="9">
+        <v>8338429</v>
+      </c>
+      <c r="I12" s="9">
+        <v>6263348</v>
+      </c>
+      <c r="J12" s="9">
+        <v>8361274</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M12" s="9">
+        <v>24255892</v>
+      </c>
+      <c r="N12" s="9">
+        <v>24255892</v>
+      </c>
+      <c r="O12" s="9">
+        <v>25038132</v>
+      </c>
+      <c r="P12" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R12" s="10">
+        <v>44012</v>
+      </c>
+      <c r="S12" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T12" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U12" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" s="9">
+        <v>110812</v>
+      </c>
+      <c r="F13" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G13" s="9">
+        <v>113575</v>
+      </c>
+      <c r="H13" s="9">
+        <v>126431</v>
+      </c>
+      <c r="I13" s="9">
+        <v>109012</v>
+      </c>
+      <c r="J13" s="9">
+        <v>126777</v>
+      </c>
+      <c r="K13" s="9">
+        <v>113227</v>
+      </c>
+      <c r="L13" s="9">
+        <v>126431</v>
+      </c>
+      <c r="M13" s="9">
+        <v>333399</v>
+      </c>
+      <c r="N13" s="9">
+        <v>333399</v>
+      </c>
+      <c r="O13" s="9">
+        <v>353208</v>
+      </c>
+      <c r="P13" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R13" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T13" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U13" s="8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="9">
+        <v>1383186</v>
+      </c>
+      <c r="F14" s="9">
+        <v>1304824</v>
+      </c>
+      <c r="G14" s="9">
+        <v>1330236</v>
+      </c>
+      <c r="H14" s="9">
+        <v>1330236</v>
+      </c>
+      <c r="I14" s="9">
+        <v>1184384</v>
+      </c>
+      <c r="J14" s="9">
+        <v>1295306</v>
+      </c>
+      <c r="K14" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L14" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M14" s="9">
+        <v>3897806</v>
+      </c>
+      <c r="N14" s="9">
+        <v>3897806</v>
+      </c>
+      <c r="O14" s="9">
+        <v>3930366</v>
+      </c>
+      <c r="P14" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R14" s="10">
+        <v>44012</v>
+      </c>
+      <c r="S14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T14" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U14" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="9">
+        <v>102843</v>
+      </c>
+      <c r="F15" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G15" s="9">
+        <v>96301</v>
+      </c>
+      <c r="H15" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I15" s="9">
+        <v>92068</v>
+      </c>
+      <c r="J15" s="9">
+        <v>100274</v>
+      </c>
+      <c r="K15" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L15" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M15" s="9">
+        <v>291212</v>
+      </c>
+      <c r="N15" s="9">
+        <v>291212</v>
+      </c>
+      <c r="O15" s="9">
+        <v>300274</v>
+      </c>
+      <c r="P15" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R15" s="10">
+        <v>44012</v>
+      </c>
+      <c r="S15" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T15" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U15" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" s="9">
+        <v>2326261</v>
+      </c>
+      <c r="F16" s="9">
+        <v>2232748</v>
+      </c>
+      <c r="G16" s="9">
+        <v>1955239</v>
+      </c>
+      <c r="H16" s="9">
+        <v>2232748</v>
+      </c>
+      <c r="I16" s="9">
+        <v>2318893</v>
+      </c>
+      <c r="J16" s="9">
+        <v>2238865</v>
+      </c>
+      <c r="K16" s="9">
+        <v>2529216</v>
+      </c>
+      <c r="L16" s="9">
+        <v>4533701</v>
+      </c>
+      <c r="M16" s="9">
+        <v>6600393</v>
+      </c>
+      <c r="N16" s="9">
+        <v>6600393</v>
+      </c>
+      <c r="O16" s="9">
+        <v>6704361</v>
+      </c>
+      <c r="P16" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R16" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T16" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U16" s="8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" s="9">
+        <v>124222</v>
+      </c>
+      <c r="F17" s="9">
+        <v>118950</v>
+      </c>
+      <c r="G17" s="9">
+        <v>94043</v>
+      </c>
+      <c r="H17" s="9">
+        <v>118950</v>
+      </c>
+      <c r="I17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M17" s="9">
+        <v>218265</v>
+      </c>
+      <c r="N17" s="9">
+        <v>218265</v>
+      </c>
+      <c r="O17" s="9">
+        <v>237900</v>
+      </c>
+      <c r="P17" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R17" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S17" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T17" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U17" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" s="9">
+        <v>575680</v>
+      </c>
+      <c r="F18" s="9">
+        <v>567806</v>
+      </c>
+      <c r="G18" s="9">
+        <v>579013</v>
+      </c>
+      <c r="H18" s="9">
+        <v>584470</v>
+      </c>
+      <c r="I18" s="9">
+        <v>614289</v>
+      </c>
+      <c r="J18" s="9">
+        <v>586071</v>
+      </c>
+      <c r="K18" s="9">
+        <v>594849</v>
+      </c>
+      <c r="L18" s="9">
+        <v>577943</v>
+      </c>
+      <c r="M18" s="9">
+        <v>1768982</v>
+      </c>
+      <c r="N18" s="9">
+        <v>1721441</v>
+      </c>
+      <c r="O18" s="9">
+        <v>1738347</v>
+      </c>
+      <c r="P18" s="9">
+        <v>47541</v>
+      </c>
+      <c r="Q18" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R18" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T18" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U18" s="8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="9">
+        <v>254961</v>
+      </c>
+      <c r="F19" s="9">
+        <v>229697</v>
+      </c>
+      <c r="G19" s="9">
+        <v>204705</v>
+      </c>
+      <c r="H19" s="9">
+        <v>229697</v>
+      </c>
+      <c r="I19" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K19" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" s="9">
+        <v>459666</v>
+      </c>
+      <c r="N19" s="9">
+        <v>459394</v>
+      </c>
+      <c r="O19" s="9">
+        <v>459394</v>
+      </c>
+      <c r="P19" s="9">
+        <v>272</v>
+      </c>
+      <c r="Q19" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R19" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S19" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T19" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U19" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E20" s="9">
+        <v>103304</v>
+      </c>
+      <c r="F20" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G20" s="9">
+        <v>100091</v>
+      </c>
+      <c r="H20" s="9">
+        <v>123281</v>
+      </c>
+      <c r="I20" s="9">
+        <v>121089</v>
+      </c>
+      <c r="J20" s="9">
+        <v>123619</v>
+      </c>
+      <c r="K20" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L20" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M20" s="9">
+        <v>324484</v>
+      </c>
+      <c r="N20" s="9">
+        <v>324484</v>
+      </c>
+      <c r="O20" s="9">
+        <v>346900</v>
+      </c>
+      <c r="P20" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R20" s="10">
+        <v>44012</v>
+      </c>
+      <c r="S20" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T20" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U20" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E21" s="9">
+        <v>284391</v>
+      </c>
+      <c r="F21" s="9">
+        <v>229260</v>
+      </c>
+      <c r="G21" s="9">
+        <v>64378</v>
+      </c>
+      <c r="H21" s="9">
+        <v>229260</v>
+      </c>
+      <c r="I21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M21" s="9">
+        <v>348769</v>
+      </c>
+      <c r="N21" s="9">
+        <v>348769</v>
+      </c>
+      <c r="O21" s="9">
+        <v>458520</v>
+      </c>
+      <c r="P21" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="10">
+        <v>42917</v>
+      </c>
+      <c r="R21" s="10">
+        <v>43646</v>
+      </c>
+      <c r="S21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T21" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U21" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="4" t="s">
+      <c r="D22" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="6">
+      <c r="E22" s="9">
+        <v>370602</v>
+      </c>
+      <c r="F22" s="9">
+        <v>443666</v>
+      </c>
+      <c r="G22" s="9">
+        <v>419809</v>
+      </c>
+      <c r="H22" s="9">
+        <v>444882</v>
+      </c>
+      <c r="I22" s="9">
+        <v>406944</v>
+      </c>
+      <c r="J22" s="9">
+        <v>443666</v>
+      </c>
+      <c r="K22" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L22" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" s="9">
+        <v>1197355</v>
+      </c>
+      <c r="N22" s="9">
+        <v>1197355</v>
+      </c>
+      <c r="O22" s="9">
+        <v>1332214</v>
+      </c>
+      <c r="P22" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R22" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S22" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T22" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U22" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" s="9">
+        <v>503745</v>
+      </c>
+      <c r="F23" s="9">
+        <v>565568</v>
+      </c>
+      <c r="G23" s="9">
+        <v>564886</v>
+      </c>
+      <c r="H23" s="9">
+        <v>567118</v>
+      </c>
+      <c r="I23" s="9">
+        <v>590564</v>
+      </c>
+      <c r="J23" s="9">
+        <v>598851</v>
+      </c>
+      <c r="K23" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L23" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M23" s="9">
+        <v>1659195</v>
+      </c>
+      <c r="N23" s="9">
+        <v>1659195</v>
+      </c>
+      <c r="O23" s="9">
+        <v>1731537</v>
+      </c>
+      <c r="P23" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R23" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T23" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U23" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" s="9">
+        <v>102688</v>
+      </c>
+      <c r="F24" s="9">
         <v>100000</v>
       </c>
-      <c r="G6" s="6">
-[...2 lines deleted...]
-      <c r="H6" s="6">
+      <c r="G24" s="9">
+        <v>103388</v>
+      </c>
+      <c r="H24" s="9">
+        <v>100274</v>
+      </c>
+      <c r="I24" s="9">
+        <v>107873</v>
+      </c>
+      <c r="J24" s="9">
+        <v>106530</v>
+      </c>
+      <c r="K24" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L24" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M24" s="9">
+        <v>313949</v>
+      </c>
+      <c r="N24" s="9">
+        <v>306804</v>
+      </c>
+      <c r="O24" s="9">
+        <v>306804</v>
+      </c>
+      <c r="P24" s="9">
+        <v>7145</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R24" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S24" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T24" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U24" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" s="9">
+        <v>106316</v>
+      </c>
+      <c r="F25" s="9">
+        <v>101225</v>
+      </c>
+      <c r="G25" s="9">
+        <v>107932</v>
+      </c>
+      <c r="H25" s="9">
+        <v>101502</v>
+      </c>
+      <c r="I25" s="9">
+        <v>100087</v>
+      </c>
+      <c r="J25" s="9">
+        <v>101225</v>
+      </c>
+      <c r="K25" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L25" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M25" s="9">
+        <v>314335</v>
+      </c>
+      <c r="N25" s="9">
+        <v>303952</v>
+      </c>
+      <c r="O25" s="9">
+        <v>303952</v>
+      </c>
+      <c r="P25" s="9">
+        <v>10383</v>
+      </c>
+      <c r="Q25" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R25" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S25" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T25" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U25" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" s="9">
+        <v>294288</v>
+      </c>
+      <c r="F26" s="9">
+        <v>340351</v>
+      </c>
+      <c r="G26" s="9">
+        <v>309973</v>
+      </c>
+      <c r="H26" s="9">
+        <v>341283</v>
+      </c>
+      <c r="I26" s="9">
+        <v>305260</v>
+      </c>
+      <c r="J26" s="9">
+        <v>340351</v>
+      </c>
+      <c r="K26" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L26" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" s="9">
+        <v>909521</v>
+      </c>
+      <c r="N26" s="9">
+        <v>909521</v>
+      </c>
+      <c r="O26" s="9">
+        <v>1021985</v>
+      </c>
+      <c r="P26" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R26" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S26" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T26" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U26" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="E27" s="9">
+        <v>901498</v>
+      </c>
+      <c r="F27" s="9">
+        <v>651543</v>
+      </c>
+      <c r="G27" s="9">
+        <v>606383</v>
+      </c>
+      <c r="H27" s="9">
+        <v>653328</v>
+      </c>
+      <c r="I27" s="9">
+        <v>528383</v>
+      </c>
+      <c r="J27" s="9">
+        <v>623774</v>
+      </c>
+      <c r="K27" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L27" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" s="9">
+        <v>2036264</v>
+      </c>
+      <c r="N27" s="9">
+        <v>1906309</v>
+      </c>
+      <c r="O27" s="9">
+        <v>1928645</v>
+      </c>
+      <c r="P27" s="9">
+        <v>129955</v>
+      </c>
+      <c r="Q27" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R27" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S27" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T27" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U27" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" s="9">
+        <v>185921</v>
+      </c>
+      <c r="F28" s="9">
+        <v>663971</v>
+      </c>
+      <c r="G28" s="9">
+        <v>448683</v>
+      </c>
+      <c r="H28" s="9">
+        <v>665790</v>
+      </c>
+      <c r="I28" s="9">
+        <v>675893</v>
+      </c>
+      <c r="J28" s="9">
+        <v>732330</v>
+      </c>
+      <c r="K28" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L28" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28" s="9">
+        <v>1310497</v>
+      </c>
+      <c r="N28" s="9">
+        <v>1310497</v>
+      </c>
+      <c r="O28" s="9">
+        <v>2062091</v>
+      </c>
+      <c r="P28" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R28" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S28" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T28" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U28" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="9">
+        <v>162441</v>
+      </c>
+      <c r="F29" s="9">
+        <v>144910</v>
+      </c>
+      <c r="G29" s="9">
+        <v>123189</v>
+      </c>
+      <c r="H29" s="9">
+        <v>145307</v>
+      </c>
+      <c r="I29" s="9">
+        <v>99288</v>
+      </c>
+      <c r="J29" s="9">
+        <v>146144</v>
+      </c>
+      <c r="K29" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L29" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" s="9">
+        <v>285630</v>
+      </c>
+      <c r="N29" s="9">
+        <v>285630</v>
+      </c>
+      <c r="O29" s="9">
+        <v>436361</v>
+      </c>
+      <c r="P29" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R29" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S29" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T29" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U29" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="E30" s="9">
+        <v>203158</v>
+      </c>
+      <c r="F30" s="9">
+        <v>240277</v>
+      </c>
+      <c r="G30" s="9">
+        <v>229614</v>
+      </c>
+      <c r="H30" s="9">
+        <v>240935</v>
+      </c>
+      <c r="I30" s="9">
+        <v>234786</v>
+      </c>
+      <c r="J30" s="9">
+        <v>240277</v>
+      </c>
+      <c r="K30" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L30" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" s="9">
+        <v>667558</v>
+      </c>
+      <c r="N30" s="9">
+        <v>667558</v>
+      </c>
+      <c r="O30" s="9">
+        <v>721489</v>
+      </c>
+      <c r="P30" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R30" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S30" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T30" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U30" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E31" s="9">
+        <v>412588</v>
+      </c>
+      <c r="F31" s="9">
+        <v>441354</v>
+      </c>
+      <c r="G31" s="9">
+        <v>428087</v>
+      </c>
+      <c r="H31" s="9">
+        <v>442563</v>
+      </c>
+      <c r="I31" s="9">
+        <v>430818</v>
+      </c>
+      <c r="J31" s="9">
+        <v>441354</v>
+      </c>
+      <c r="K31" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M31" s="9">
+        <v>1271493</v>
+      </c>
+      <c r="N31" s="9">
+        <v>1271493</v>
+      </c>
+      <c r="O31" s="9">
+        <v>1325271</v>
+      </c>
+      <c r="P31" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R31" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S31" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T31" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U31" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="E32" s="9">
+        <v>392995</v>
+      </c>
+      <c r="F32" s="9">
+        <v>377697</v>
+      </c>
+      <c r="G32" s="9">
+        <v>447213</v>
+      </c>
+      <c r="H32" s="9">
+        <v>450941</v>
+      </c>
+      <c r="I32" s="9">
+        <v>436846</v>
+      </c>
+      <c r="J32" s="9">
+        <v>449709</v>
+      </c>
+      <c r="K32" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L32" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" s="9">
+        <v>1277054</v>
+      </c>
+      <c r="N32" s="9">
+        <v>1268643</v>
+      </c>
+      <c r="O32" s="9">
+        <v>1278347</v>
+      </c>
+      <c r="P32" s="9">
+        <v>8411</v>
+      </c>
+      <c r="Q32" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R32" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S32" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T32" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U32" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B33" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E33" s="9">
+        <v>250651</v>
+      </c>
+      <c r="F33" s="9">
+        <v>306735</v>
+      </c>
+      <c r="G33" s="9">
+        <v>264293</v>
+      </c>
+      <c r="H33" s="9">
+        <v>307575</v>
+      </c>
+      <c r="I33" s="9">
+        <v>304815</v>
+      </c>
+      <c r="J33" s="9">
+        <v>326758</v>
+      </c>
+      <c r="K33" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L33" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" s="9">
+        <v>819759</v>
+      </c>
+      <c r="N33" s="9">
+        <v>819759</v>
+      </c>
+      <c r="O33" s="9">
+        <v>941068</v>
+      </c>
+      <c r="P33" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R33" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S33" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T33" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U33" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="E34" s="9">
+        <v>1185710</v>
+      </c>
+      <c r="F34" s="9">
+        <v>1281757</v>
+      </c>
+      <c r="G34" s="9">
+        <v>1203979</v>
+      </c>
+      <c r="H34" s="9">
+        <v>1285269</v>
+      </c>
+      <c r="I34" s="9">
+        <v>1181106</v>
+      </c>
+      <c r="J34" s="9">
+        <v>1257752</v>
+      </c>
+      <c r="K34" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L34" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M34" s="9">
+        <v>3570795</v>
+      </c>
+      <c r="N34" s="9">
+        <v>3570795</v>
+      </c>
+      <c r="O34" s="9">
+        <v>3824778</v>
+      </c>
+      <c r="P34" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R34" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S34" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T34" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U34" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" s="9">
+        <v>165032</v>
+      </c>
+      <c r="F35" s="9">
+        <v>152460</v>
+      </c>
+      <c r="G35" s="9">
+        <v>145819</v>
+      </c>
+      <c r="H35" s="9">
+        <v>152878</v>
+      </c>
+      <c r="I35" s="9">
+        <v>129262</v>
+      </c>
+      <c r="J35" s="9">
+        <v>161416</v>
+      </c>
+      <c r="K35" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L35" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" s="9">
+        <v>440113</v>
+      </c>
+      <c r="N35" s="9">
+        <v>440113</v>
+      </c>
+      <c r="O35" s="9">
+        <v>466754</v>
+      </c>
+      <c r="P35" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="10">
+        <v>43282</v>
+      </c>
+      <c r="R35" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S35" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T35" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U35" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36" s="9">
+        <v>538857</v>
+      </c>
+      <c r="F36" s="9">
+        <v>496948</v>
+      </c>
+      <c r="G36" s="9">
+        <v>449399</v>
+      </c>
+      <c r="H36" s="9">
+        <v>532776</v>
+      </c>
+      <c r="I36" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J36" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K36" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L36" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" s="9">
+        <v>988256</v>
+      </c>
+      <c r="N36" s="9">
+        <v>988256</v>
+      </c>
+      <c r="O36" s="9">
+        <v>1029724</v>
+      </c>
+      <c r="P36" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R36" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S36" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T36" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U36" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="E37" s="9">
+        <v>614968</v>
+      </c>
+      <c r="F37" s="9">
+        <v>607031</v>
+      </c>
+      <c r="G37" s="9">
+        <v>852964</v>
+      </c>
+      <c r="H37" s="9">
+        <v>1255125</v>
+      </c>
+      <c r="I37" s="9">
+        <v>861201</v>
+      </c>
+      <c r="J37" s="9">
+        <v>1255125</v>
+      </c>
+      <c r="K37" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L37" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M37" s="9">
+        <v>2329133</v>
+      </c>
+      <c r="N37" s="9">
+        <v>2329133</v>
+      </c>
+      <c r="O37" s="9">
+        <v>3117281</v>
+      </c>
+      <c r="P37" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R37" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S37" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T37" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U37" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" s="9">
+        <v>570556</v>
+      </c>
+      <c r="F38" s="9">
+        <v>547997</v>
+      </c>
+      <c r="G38" s="9">
+        <v>435649</v>
+      </c>
+      <c r="H38" s="9">
+        <v>743995</v>
+      </c>
+      <c r="I38" s="9">
+        <v>432807</v>
+      </c>
+      <c r="J38" s="9">
+        <v>743995</v>
+      </c>
+      <c r="K38" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L38" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M38" s="9">
+        <v>1439012</v>
+      </c>
+      <c r="N38" s="9">
+        <v>1439012</v>
+      </c>
+      <c r="O38" s="9">
+        <v>2035987</v>
+      </c>
+      <c r="P38" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R38" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S38" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T38" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U38" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="E39" s="9">
+        <v>113174</v>
+      </c>
+      <c r="F39" s="9">
+        <v>100274</v>
+      </c>
+      <c r="G39" s="9">
+        <v>121535</v>
+      </c>
+      <c r="H39" s="9">
+        <v>147908</v>
+      </c>
+      <c r="I39" s="9">
+        <v>131592</v>
+      </c>
+      <c r="J39" s="9">
+        <v>147908</v>
+      </c>
+      <c r="K39" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L39" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39" s="9">
+        <v>366301</v>
+      </c>
+      <c r="N39" s="9">
+        <v>366301</v>
+      </c>
+      <c r="O39" s="9">
+        <v>396090</v>
+      </c>
+      <c r="P39" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R39" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S39" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T39" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U39" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E40" s="9">
+        <v>352174</v>
+      </c>
+      <c r="F40" s="9">
+        <v>343248</v>
+      </c>
+      <c r="G40" s="9">
+        <v>349146</v>
+      </c>
+      <c r="H40" s="9">
+        <v>379460</v>
+      </c>
+      <c r="I40" s="9">
+        <v>305076</v>
+      </c>
+      <c r="J40" s="9">
+        <v>379460</v>
+      </c>
+      <c r="K40" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L40" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M40" s="9">
+        <v>1006396</v>
+      </c>
+      <c r="N40" s="9">
+        <v>1006396</v>
+      </c>
+      <c r="O40" s="9">
+        <v>1102168</v>
+      </c>
+      <c r="P40" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R40" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S40" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T40" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U40" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" s="9">
+        <v>194712</v>
+      </c>
+      <c r="F41" s="9">
+        <v>192300</v>
+      </c>
+      <c r="G41" s="9">
+        <v>201368</v>
+      </c>
+      <c r="H41" s="9">
+        <v>191775</v>
+      </c>
+      <c r="I41" s="9">
+        <v>185364</v>
+      </c>
+      <c r="J41" s="9">
+        <v>191775</v>
+      </c>
+      <c r="K41" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L41" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M41" s="9">
+        <v>581444</v>
+      </c>
+      <c r="N41" s="9">
+        <v>575850</v>
+      </c>
+      <c r="O41" s="9">
+        <v>575850</v>
+      </c>
+      <c r="P41" s="9">
+        <v>5594</v>
+      </c>
+      <c r="Q41" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R41" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S41" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T41" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U41" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" s="9">
+        <v>124412</v>
+      </c>
+      <c r="F42" s="9">
+        <v>119276</v>
+      </c>
+      <c r="G42" s="9">
+        <v>118637</v>
+      </c>
+      <c r="H42" s="9">
+        <v>123541</v>
+      </c>
+      <c r="I42" s="9">
+        <v>125019</v>
+      </c>
+      <c r="J42" s="9">
+        <v>134310</v>
+      </c>
+      <c r="K42" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L42" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42" s="9">
+        <v>368068</v>
+      </c>
+      <c r="N42" s="9">
+        <v>368068</v>
+      </c>
+      <c r="O42" s="9">
+        <v>377127</v>
+      </c>
+      <c r="P42" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R42" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S42" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T42" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U42" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E43" s="9">
+        <v>101314</v>
+      </c>
+      <c r="F43" s="9">
+        <v>100274</v>
+      </c>
+      <c r="G43" s="9">
+        <v>96414</v>
+      </c>
+      <c r="H43" s="9">
+        <v>124395</v>
+      </c>
+      <c r="I43" s="9">
+        <v>102828</v>
+      </c>
+      <c r="J43" s="9">
+        <v>124395</v>
+      </c>
+      <c r="K43" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L43" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M43" s="9">
+        <v>300556</v>
+      </c>
+      <c r="N43" s="9">
+        <v>300556</v>
+      </c>
+      <c r="O43" s="9">
+        <v>349064</v>
+      </c>
+      <c r="P43" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R43" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S43" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T43" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U43" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="E44" s="9">
+        <v>7623682</v>
+      </c>
+      <c r="F44" s="9">
+        <v>6971525</v>
+      </c>
+      <c r="G44" s="9">
+        <v>6351245</v>
+      </c>
+      <c r="H44" s="9">
+        <v>7067789</v>
+      </c>
+      <c r="I44" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J44" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K44" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L44" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M44" s="9">
+        <v>13974927</v>
+      </c>
+      <c r="N44" s="9">
+        <v>13974927</v>
+      </c>
+      <c r="O44" s="9">
+        <v>14039314</v>
+      </c>
+      <c r="P44" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R44" s="10">
+        <v>44377</v>
+      </c>
+      <c r="S44" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T44" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U44" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="E45" s="9">
+        <v>62520</v>
+      </c>
+      <c r="F45" s="9">
+        <v>100274</v>
+      </c>
+      <c r="G45" s="9">
+        <v>47125</v>
+      </c>
+      <c r="H45" s="9">
         <v>100000</v>
       </c>
-      <c r="I6" s="6">
-[...2 lines deleted...]
-      <c r="J6" s="6">
+      <c r="I45" s="9">
+        <v>41952</v>
+      </c>
+      <c r="J45" s="9">
         <v>100000</v>
       </c>
-      <c r="K6" s="6" t="s">
+      <c r="K45" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L45" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M45" s="9">
+        <v>151597</v>
+      </c>
+      <c r="N45" s="9">
+        <v>151597</v>
+      </c>
+      <c r="O45" s="9">
+        <v>300274</v>
+      </c>
+      <c r="P45" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="10">
+        <v>43647</v>
+      </c>
+      <c r="R45" s="10">
+        <v>44742</v>
+      </c>
+      <c r="S45" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="T45" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U45" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="E46" s="9">
+        <v>102549</v>
+      </c>
+      <c r="F46" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G46" s="9">
+        <v>110125</v>
+      </c>
+      <c r="H46" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I46" s="9">
+        <v>122385</v>
+      </c>
+      <c r="J46" s="9">
+        <v>100000</v>
+      </c>
+      <c r="K46" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L46" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M46" s="9">
+        <v>335059</v>
+      </c>
+      <c r="N46" s="9">
+        <v>300000</v>
+      </c>
+      <c r="O46" s="9">
+        <v>300000</v>
+      </c>
+      <c r="P46" s="9">
+        <v>35059</v>
+      </c>
+      <c r="Q46" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R46" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S46" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="M6" s="6">
-[...5 lines deleted...]
-      <c r="O6" s="6">
+      <c r="T46" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U46" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="E47" s="9">
+        <v>1590829</v>
+      </c>
+      <c r="F47" s="9">
+        <v>1552284</v>
+      </c>
+      <c r="G47" s="9">
+        <v>1241038</v>
+      </c>
+      <c r="H47" s="9">
+        <v>1552284</v>
+      </c>
+      <c r="I47" s="9">
+        <v>623667</v>
+      </c>
+      <c r="J47" s="9">
+        <v>1552284</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L47" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" s="9">
+        <v>3455534</v>
+      </c>
+      <c r="N47" s="9">
+        <v>3455534</v>
+      </c>
+      <c r="O47" s="9">
+        <v>4656852</v>
+      </c>
+      <c r="P47" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R47" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S47" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T47" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U47" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="E48" s="9">
+        <v>551171</v>
+      </c>
+      <c r="F48" s="9">
+        <v>483793</v>
+      </c>
+      <c r="G48" s="9">
+        <v>307273</v>
+      </c>
+      <c r="H48" s="9">
+        <v>483793</v>
+      </c>
+      <c r="I48" s="9">
+        <v>242922</v>
+      </c>
+      <c r="J48" s="9">
+        <v>209938</v>
+      </c>
+      <c r="K48" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L48" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" s="9">
+        <v>1101366</v>
+      </c>
+      <c r="N48" s="9">
+        <v>1101366</v>
+      </c>
+      <c r="O48" s="9">
+        <v>1177524</v>
+      </c>
+      <c r="P48" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R48" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S48" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T48" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U48" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="E49" s="9">
+        <v>546521</v>
+      </c>
+      <c r="F49" s="9">
+        <v>516060</v>
+      </c>
+      <c r="G49" s="9">
+        <v>503403</v>
+      </c>
+      <c r="H49" s="9">
+        <v>516060</v>
+      </c>
+      <c r="I49" s="9">
+        <v>528632</v>
+      </c>
+      <c r="J49" s="9">
+        <v>516060</v>
+      </c>
+      <c r="K49" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L49" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M49" s="9">
+        <v>1578556</v>
+      </c>
+      <c r="N49" s="9">
+        <v>1548180</v>
+      </c>
+      <c r="O49" s="9">
+        <v>1548180</v>
+      </c>
+      <c r="P49" s="9">
+        <v>30376</v>
+      </c>
+      <c r="Q49" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R49" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S49" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T49" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U49" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="E50" s="9">
+        <v>114654</v>
+      </c>
+      <c r="F50" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G50" s="9">
+        <v>88004</v>
+      </c>
+      <c r="H50" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I50" s="9">
+        <v>64978</v>
+      </c>
+      <c r="J50" s="9">
+        <v>100000</v>
+      </c>
+      <c r="K50" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L50" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M50" s="9">
+        <v>267636</v>
+      </c>
+      <c r="N50" s="9">
+        <v>267636</v>
+      </c>
+      <c r="O50" s="9">
         <v>300000</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P50" s="9">
         <v>0</v>
       </c>
-      <c r="Q6" s="7">
-[...8 lines deleted...]
-      <c r="T6" s="4" t="s">
+      <c r="Q50" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R50" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S50" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="U6" s="4" t="s">
+      <c r="T50" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U50" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E51" s="9">
+        <v>6784226</v>
+      </c>
+      <c r="F51" s="9">
+        <v>6597903</v>
+      </c>
+      <c r="G51" s="9">
+        <v>6418032</v>
+      </c>
+      <c r="H51" s="9">
+        <v>6766874</v>
+      </c>
+      <c r="I51" s="9">
+        <v>6935647</v>
+      </c>
+      <c r="J51" s="9">
+        <v>6766874</v>
+      </c>
+      <c r="K51" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L51" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" s="9">
+        <v>20137905</v>
+      </c>
+      <c r="N51" s="9">
+        <v>20131651</v>
+      </c>
+      <c r="O51" s="9">
+        <v>20131651</v>
+      </c>
+      <c r="P51" s="9">
+        <v>6254</v>
+      </c>
+      <c r="Q51" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R51" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S51" s="8" t="s">
         <v>27</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K7" s="6" t="s">
+      <c r="T51" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U51" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="E52" s="9">
+        <v>1947943</v>
+      </c>
+      <c r="F52" s="9">
+        <v>1931846</v>
+      </c>
+      <c r="G52" s="9">
+        <v>1943418</v>
+      </c>
+      <c r="H52" s="9">
+        <v>2206942</v>
+      </c>
+      <c r="I52" s="9">
+        <v>1839910</v>
+      </c>
+      <c r="J52" s="9">
+        <v>2050021</v>
+      </c>
+      <c r="K52" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L52" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" s="9">
+        <v>5731271</v>
+      </c>
+      <c r="N52" s="9">
+        <v>5731271</v>
+      </c>
+      <c r="O52" s="9">
+        <v>6188809</v>
+      </c>
+      <c r="P52" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R52" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S52" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="T52" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U52" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="E53" s="9">
+        <v>101464</v>
+      </c>
+      <c r="F53" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G53" s="9">
+        <v>81118</v>
+      </c>
+      <c r="H53" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I53" s="9">
+        <v>77879</v>
+      </c>
+      <c r="J53" s="9">
+        <v>100000</v>
+      </c>
+      <c r="K53" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L53" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M53" s="9">
+        <v>260461</v>
+      </c>
+      <c r="N53" s="9">
+        <v>260461</v>
+      </c>
+      <c r="O53" s="9">
+        <v>300000</v>
+      </c>
+      <c r="P53" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R53" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S53" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="M7" s="6">
-[...8 lines deleted...]
-      <c r="P7" s="6">
+      <c r="T53" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U53" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E54" s="9">
+        <v>438393</v>
+      </c>
+      <c r="F54" s="9">
+        <v>330975</v>
+      </c>
+      <c r="G54" s="9">
+        <v>355882</v>
+      </c>
+      <c r="H54" s="9">
+        <v>330975</v>
+      </c>
+      <c r="I54" s="9">
+        <v>357472</v>
+      </c>
+      <c r="J54" s="9">
+        <v>476994</v>
+      </c>
+      <c r="K54" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L54" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" s="9">
+        <v>1151747</v>
+      </c>
+      <c r="N54" s="9">
+        <v>1138944</v>
+      </c>
+      <c r="O54" s="9">
+        <v>1138944</v>
+      </c>
+      <c r="P54" s="9">
+        <v>12803</v>
+      </c>
+      <c r="Q54" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R54" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S54" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="T54" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U54" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E55" s="9">
+        <v>353008</v>
+      </c>
+      <c r="F55" s="9">
+        <v>313920</v>
+      </c>
+      <c r="G55" s="9">
+        <v>356656</v>
+      </c>
+      <c r="H55" s="9">
+        <v>459937</v>
+      </c>
+      <c r="I55" s="9">
+        <v>234485</v>
+      </c>
+      <c r="J55" s="9">
+        <v>267917</v>
+      </c>
+      <c r="K55" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L55" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55" s="9">
+        <v>944149</v>
+      </c>
+      <c r="N55" s="9">
+        <v>944149</v>
+      </c>
+      <c r="O55" s="9">
+        <v>1041774</v>
+      </c>
+      <c r="P55" s="9">
         <v>0</v>
       </c>
-      <c r="Q7" s="7">
-[...8 lines deleted...]
-      <c r="T7" s="4" t="s">
+      <c r="Q55" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R55" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S55" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="U7" s="4" t="s">
+      <c r="T55" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U55" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="E56" s="9">
+        <v>395641</v>
+      </c>
+      <c r="F56" s="9">
+        <v>311992</v>
+      </c>
+      <c r="G56" s="9">
+        <v>243923</v>
+      </c>
+      <c r="H56" s="9">
+        <v>311992</v>
+      </c>
+      <c r="I56" s="9">
+        <v>207015</v>
+      </c>
+      <c r="J56" s="9">
+        <v>311992</v>
+      </c>
+      <c r="K56" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L56" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M56" s="9">
+        <v>846579</v>
+      </c>
+      <c r="N56" s="9">
+        <v>846579</v>
+      </c>
+      <c r="O56" s="9">
+        <v>935976</v>
+      </c>
+      <c r="P56" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R56" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S56" s="8" t="s">
         <v>27</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K8" s="6" t="s">
+      <c r="T56" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U56" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" s="9">
+        <v>103394</v>
+      </c>
+      <c r="F57" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G57" s="9">
+        <v>104627</v>
+      </c>
+      <c r="H57" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I57" s="9">
+        <v>102252</v>
+      </c>
+      <c r="J57" s="9">
+        <v>100000</v>
+      </c>
+      <c r="K57" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L57" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" s="9">
+        <v>310273</v>
+      </c>
+      <c r="N57" s="9">
+        <v>300000</v>
+      </c>
+      <c r="O57" s="9">
+        <v>300000</v>
+      </c>
+      <c r="P57" s="9">
+        <v>10273</v>
+      </c>
+      <c r="Q57" s="10">
+        <v>44013</v>
+      </c>
+      <c r="R57" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S57" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="T57" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U57" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E58" s="9">
+        <v>305973</v>
+      </c>
+      <c r="F58" s="9">
+        <v>305056</v>
+      </c>
+      <c r="G58" s="9">
+        <v>306282</v>
+      </c>
+      <c r="H58" s="9">
+        <v>343967</v>
+      </c>
+      <c r="I58" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J58" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="K58" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="L58" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M58" s="9">
+        <v>612255</v>
+      </c>
+      <c r="N58" s="9">
+        <v>612255</v>
+      </c>
+      <c r="O58" s="9">
+        <v>649023</v>
+      </c>
+      <c r="P58" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="10">
+        <v>44378</v>
+      </c>
+      <c r="R58" s="10">
+        <v>45107</v>
+      </c>
+      <c r="S58" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="M8" s="6">
-[...4054 lines deleted...]
-        <v>27</v>
+      <c r="T58" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U58" s="8" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A2:U2"/>
     <mergeCell ref="A3:U3"/>
   </mergeCells>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MYMP table</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>