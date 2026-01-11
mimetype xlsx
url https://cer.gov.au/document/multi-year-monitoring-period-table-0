--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -1,120 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF9C180B-9358-456B-B042-6DB0217E1C3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2354A97B-F022-4CB4-8CE1-44185BA13837}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MYMP table" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="63">
   <si>
     <t>Multi-year monitoring period table</t>
   </si>
   <si>
     <t>Responsible emitter</t>
   </si>
   <si>
     <t>MYMP status</t>
   </si>
   <si>
     <t>Start date</t>
   </si>
   <si>
     <t>End date</t>
   </si>
   <si>
-    <t>21-22 
-[...22 lines deleted...]
-  <si>
     <t>SMCs Issued</t>
   </si>
   <si>
     <t>Carborough Downs Coal Mine</t>
   </si>
   <si>
     <t>FITZROY (CQ) PTY LTD</t>
   </si>
   <si>
     <t>Complete</t>
   </si>
   <si>
     <t>Carosue Dam Operations</t>
   </si>
   <si>
     <t>NORTHERN STAR (CAROSUE DAM) PTY LTD</t>
   </si>
   <si>
     <t>Cowal Operations</t>
   </si>
   <si>
     <t>EVOLUTION MINING (COWAL) PTY LIMITED</t>
   </si>
   <si>
     <t>Drake Mine</t>
@@ -221,553 +197,564 @@
   <si>
     <t>Facility name</t>
   </si>
   <si>
     <t>Cumulative MYMP baseline number</t>
   </si>
   <si>
     <t>Cumulative MYMP covered emissions</t>
   </si>
   <si>
     <t>Cumulative MYMP net emissions number</t>
   </si>
   <si>
     <t>Cumulative MYMP net position number</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Please refer to the excess emissions situation table for more information.</t>
   </si>
   <si>
     <t xml:space="preserve">This spreadsheet contains all information related to facilities covered by the Safeguard Mechanism that have ongoing or completed multi-year monitoring period declarations in place since 2021–22. </t>
   </si>
   <si>
-    <t>Data as at 1/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
+  </si>
+  <si>
+    <t>21-22 covered emissions</t>
+  </si>
+  <si>
+    <t>21-22 baseline number</t>
+  </si>
+  <si>
+    <t>22-23 baseline number</t>
+  </si>
+  <si>
+    <t>22-23 covered emissions</t>
+  </si>
+  <si>
+    <t>23-24 baseline number</t>
+  </si>
+  <si>
+    <t>23-24 covered emissions</t>
+  </si>
+  <si>
+    <t>Data as at 6/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-[...17 lines deleted...]
-    <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="12.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="5"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="30">
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <alignment vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <border>
         <bottom style="thick">
           <color theme="5"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="15"/>
         <color theme="3"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="major"/>
@@ -987,64 +974,64 @@
       <color rgb="FFE8E9E8"/>
       <color rgb="FFDDD7C1"/>
       <color rgb="FFDAD4BC"/>
       <color rgb="FFE3DECB"/>
       <color rgb="FFD9F0FF"/>
       <color rgb="FFB7F0FF"/>
       <color rgb="FFC0C2C4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table4" displayName="Table4" ref="A4:S22" totalsRowShown="0" headerRowDxfId="21" dataDxfId="19" headerRowBorderDxfId="20" headerRowCellStyle="Heading 1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="data_MYMP_table" displayName="data_MYMP_table" ref="A4:S22" totalsRowShown="0" headerRowDxfId="21" dataDxfId="19" headerRowBorderDxfId="20" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:S22" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="19">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Facility name" dataDxfId="18"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Responsible emitter" dataDxfId="17"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="MYMP status" dataDxfId="16"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Start date" dataDxfId="15"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="End date" dataDxfId="14"/>
-    <tableColumn id="7" xr3:uid="{88EF07F6-3A37-4742-893F-E46C0E7487B3}" name="21-22 _x000a_baseline number" dataDxfId="13" dataCellStyle="Comma"/>
-[...4 lines deleted...]
-    <tableColumn id="12" xr3:uid="{93A53757-0CD8-4596-B972-29BB1DC1E0E2}" name="23-24 _x000a_covered emissions" dataDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{88EF07F6-3A37-4742-893F-E46C0E7487B3}" name="21-22 baseline number" dataDxfId="13" dataCellStyle="Comma"/>
+    <tableColumn id="8" xr3:uid="{809D398A-79EB-43C1-8605-2C1486FBFA6B}" name="21-22 covered emissions" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{5C2AE53F-935C-455F-9B57-94A3311700D1}" name="22-23 baseline number" dataDxfId="11" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{DFA15150-6F34-4CD0-AF5D-F284CE52C000}" name="22-23 covered emissions" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="11" xr3:uid="{4D53EEE6-BAC9-47EB-8679-EA729FB96562}" name="23-24 baseline number" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="12" xr3:uid="{93A53757-0CD8-4596-B972-29BB1DC1E0E2}" name="23-24 covered emissions" dataDxfId="8" dataCellStyle="Comma"/>
     <tableColumn id="13" xr3:uid="{95501404-E405-4487-9685-5DBC3DFB1AA6}" name="Cumulative MYMP baseline number" dataDxfId="7" dataCellStyle="Comma"/>
     <tableColumn id="14" xr3:uid="{7C196F67-5331-4E8F-8A74-F0BFE379FD11}" name="Cumulative MYMP covered emissions" dataDxfId="6" dataCellStyle="Comma"/>
     <tableColumn id="15" xr3:uid="{D1898926-7066-4426-85CF-F68438D4818E}" name="Cumulative MYMP net emissions number" dataDxfId="5" dataCellStyle="Comma"/>
     <tableColumn id="16" xr3:uid="{591F68D2-CF09-4B0B-86B5-FF1ED1E01293}" name="ACCUs surrendered" dataDxfId="4" dataCellStyle="Comma"/>
     <tableColumn id="17" xr3:uid="{A988AE9D-5698-4B2B-9453-3891C1F9A607}" name="SMCs surrendered" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="18" xr3:uid="{EF129BDE-9FFD-4E4B-BCF9-B05EB3178777}" name="Cumulative MYMP net position number" dataDxfId="2" dataCellStyle="Comma"/>
     <tableColumn id="19" xr3:uid="{C85D6194-DA45-407D-B084-CA06B4D4AB9B}" name="SMCs Issued" dataDxfId="1"/>
     <tableColumn id="3" xr3:uid="{EF2A28B0-9BA5-461A-B5ED-FA8158BB65A1}" name="Notes" dataDxfId="0" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER - 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454743"/>
@@ -1316,1274 +1303,1265 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:S22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.44140625" style="1" bestFit="1" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="20" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="42.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="1" customWidth="1"/>
+    <col min="4" max="11" width="19.7109375" style="1" customWidth="1"/>
+    <col min="12" max="14" width="27.7109375" style="1" customWidth="1"/>
+    <col min="15" max="16" width="19.7109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="27.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="19.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="68.7109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="S1" s="19"/>
+    <row r="1" spans="1:19" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="18" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
     </row>
-    <row r="2" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20" t="s">
+    <row r="2" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
+      <c r="I2" s="19"/>
+      <c r="J2" s="19"/>
+      <c r="K2" s="19"/>
+      <c r="L2" s="19"/>
+      <c r="M2" s="19"/>
+      <c r="N2" s="19"/>
+      <c r="O2" s="19"/>
+      <c r="P2" s="19"/>
+      <c r="Q2" s="19"/>
+      <c r="R2" s="19"/>
+      <c r="S2" s="19"/>
+    </row>
+    <row r="3" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" s="20"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20"/>
+      <c r="K3" s="20"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
+      <c r="O3" s="20"/>
+      <c r="P3" s="20"/>
+      <c r="Q3" s="20"/>
+      <c r="R3" s="20"/>
+      <c r="S3" s="20"/>
+    </row>
+    <row r="4" spans="1:19" ht="59.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J4" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B2" s="20"/>
-[...16 lines deleted...]
-      <c r="S2" s="20"/>
+      <c r="K4" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="R4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="S4" s="3" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="3" spans="1:19" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...41 lines deleted...]
-      <c r="G4" s="18" t="s">
+    <row r="5" spans="1:19" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="18" t="s">
+      <c r="B5" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I4" s="18" t="s">
+      <c r="C5" s="4" t="s">
         <v>8</v>
-      </c>
-[...39 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D5" s="5">
         <v>44378</v>
       </c>
       <c r="E5" s="5">
         <v>45473</v>
       </c>
       <c r="F5" s="6">
         <v>755261</v>
       </c>
       <c r="G5" s="6">
         <v>968784</v>
       </c>
       <c r="H5" s="6">
         <v>826858</v>
       </c>
       <c r="I5" s="6">
         <v>989978</v>
       </c>
       <c r="J5" s="6">
         <v>419085</v>
       </c>
       <c r="K5" s="6">
         <v>589348</v>
       </c>
       <c r="L5" s="6">
         <v>2001204</v>
       </c>
       <c r="M5" s="6">
         <v>2548110</v>
       </c>
       <c r="N5" s="6">
         <v>2411383</v>
       </c>
       <c r="O5" s="6">
-        <v>136727</v>
-[...9 lines deleted...]
-        <v>59</v>
+        <v>311727</v>
+      </c>
+      <c r="P5" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="7">
+        <v>235179</v>
+      </c>
+      <c r="R5" s="8">
+        <v>0</v>
+      </c>
+      <c r="S5" s="9" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="6" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D6" s="5">
         <v>44378</v>
       </c>
       <c r="E6" s="5">
         <v>45473</v>
       </c>
       <c r="F6" s="6">
         <v>108460</v>
       </c>
       <c r="G6" s="6">
         <v>110908</v>
       </c>
       <c r="H6" s="6">
         <v>108460</v>
       </c>
       <c r="I6" s="6">
         <v>111837</v>
       </c>
       <c r="J6" s="6">
         <v>103274</v>
       </c>
       <c r="K6" s="6">
         <v>102722</v>
       </c>
       <c r="L6" s="6">
         <v>320194</v>
       </c>
       <c r="M6" s="6">
         <v>325467</v>
       </c>
       <c r="N6" s="6">
         <v>320194</v>
       </c>
       <c r="O6" s="10">
         <v>5273</v>
       </c>
       <c r="P6" s="6">
         <v>0</v>
       </c>
-      <c r="Q6" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q6" s="7">
+        <v>0</v>
+      </c>
+      <c r="R6" s="11">
+        <v>0</v>
+      </c>
+      <c r="S6" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="7" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D7" s="5">
         <v>44378</v>
       </c>
       <c r="E7" s="5">
         <v>45473</v>
       </c>
       <c r="F7" s="6">
         <v>100000</v>
       </c>
       <c r="G7" s="6">
         <v>101373</v>
       </c>
       <c r="H7" s="6">
         <v>100000</v>
       </c>
       <c r="I7" s="6">
         <v>104155</v>
       </c>
       <c r="J7" s="6">
         <v>148711</v>
       </c>
       <c r="K7" s="6">
         <v>82450</v>
       </c>
       <c r="L7" s="6">
         <v>348711</v>
       </c>
       <c r="M7" s="6">
         <v>287978</v>
       </c>
       <c r="N7" s="6">
         <v>287978</v>
       </c>
       <c r="O7" s="6">
         <v>0</v>
       </c>
       <c r="P7" s="6">
         <v>0</v>
       </c>
-      <c r="Q7" s="14">
+      <c r="Q7" s="13">
         <v>-60733</v>
       </c>
-      <c r="R7" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R7" s="11">
+        <v>0</v>
+      </c>
+      <c r="S7" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="8" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D8" s="5">
         <v>44378</v>
       </c>
       <c r="E8" s="5">
         <v>45473</v>
       </c>
       <c r="F8" s="6">
         <v>201231</v>
       </c>
       <c r="G8" s="6">
         <v>208972</v>
       </c>
       <c r="H8" s="6">
         <v>201231</v>
       </c>
       <c r="I8" s="6">
         <v>188937</v>
       </c>
       <c r="J8" s="6">
         <v>233185</v>
       </c>
       <c r="K8" s="6">
         <v>244064</v>
       </c>
       <c r="L8" s="6">
         <v>635647</v>
       </c>
       <c r="M8" s="6">
         <v>641973</v>
       </c>
       <c r="N8" s="6">
         <v>635647</v>
       </c>
       <c r="O8" s="6">
         <v>2244</v>
       </c>
       <c r="P8" s="6">
         <v>4082</v>
       </c>
-      <c r="Q8" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q8" s="7">
+        <v>0</v>
+      </c>
+      <c r="R8" s="11">
+        <v>0</v>
+      </c>
+      <c r="S8" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="9" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D9" s="5">
         <v>44378</v>
       </c>
       <c r="E9" s="5">
         <v>45473</v>
       </c>
       <c r="F9" s="6">
         <v>100000</v>
       </c>
       <c r="G9" s="6">
         <v>110446</v>
       </c>
       <c r="H9" s="6">
         <v>100000</v>
       </c>
       <c r="I9" s="6">
         <v>480</v>
       </c>
       <c r="J9" s="6">
         <v>100000</v>
       </c>
       <c r="K9" s="6">
         <v>344</v>
       </c>
       <c r="L9" s="6">
         <v>300000</v>
       </c>
       <c r="M9" s="6">
         <v>111270</v>
       </c>
       <c r="N9" s="6">
         <v>111270</v>
       </c>
       <c r="O9" s="6">
         <v>0</v>
       </c>
       <c r="P9" s="6">
         <v>0</v>
       </c>
-      <c r="Q9" s="12">
+      <c r="Q9" s="14">
         <v>-188730</v>
       </c>
-      <c r="R9" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R9" s="11">
+        <v>0</v>
+      </c>
+      <c r="S9" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="10" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D10" s="5">
         <v>44378</v>
       </c>
       <c r="E10" s="5">
         <v>45473</v>
       </c>
       <c r="F10" s="6">
         <v>180509</v>
       </c>
       <c r="G10" s="6">
         <v>185892</v>
       </c>
       <c r="H10" s="6">
         <v>180509</v>
       </c>
       <c r="I10" s="6">
         <v>165136</v>
       </c>
       <c r="J10" s="6">
         <v>160670</v>
       </c>
       <c r="K10" s="6">
         <v>160073</v>
       </c>
       <c r="L10" s="6">
         <v>521688</v>
       </c>
       <c r="M10" s="6">
         <v>511101</v>
       </c>
       <c r="N10" s="6">
         <v>511101</v>
       </c>
       <c r="O10" s="6">
         <v>0</v>
       </c>
       <c r="P10" s="6">
         <v>0</v>
       </c>
-      <c r="Q10" s="12">
+      <c r="Q10" s="14">
         <v>-10587</v>
       </c>
-      <c r="R10" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R10" s="11">
+        <v>0</v>
+      </c>
+      <c r="S10" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="11" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>25</v>
+    <row r="11" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>19</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D11" s="5">
         <v>44378</v>
       </c>
       <c r="E11" s="5">
         <v>45473</v>
       </c>
       <c r="F11" s="6">
         <v>149320</v>
       </c>
       <c r="G11" s="6">
         <v>161918</v>
       </c>
       <c r="H11" s="6">
         <v>145522</v>
       </c>
       <c r="I11" s="6">
         <v>166425</v>
       </c>
       <c r="J11" s="6">
         <v>122189</v>
       </c>
       <c r="K11" s="6">
         <v>169074</v>
       </c>
       <c r="L11" s="6">
         <v>417031</v>
       </c>
       <c r="M11" s="6">
         <v>497417</v>
       </c>
       <c r="N11" s="6">
         <v>417301</v>
       </c>
       <c r="O11" s="6">
         <v>62720</v>
       </c>
       <c r="P11" s="6">
         <v>17666</v>
       </c>
-      <c r="Q11" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q11" s="7">
+        <v>0</v>
+      </c>
+      <c r="R11" s="11">
+        <v>0</v>
+      </c>
+      <c r="S11" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="12" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D12" s="5">
         <v>44378</v>
       </c>
       <c r="E12" s="5">
         <v>45473</v>
       </c>
       <c r="F12" s="6">
         <v>834767</v>
       </c>
       <c r="G12" s="6">
         <v>871855</v>
       </c>
       <c r="H12" s="6">
         <v>736161</v>
       </c>
       <c r="I12" s="6">
         <v>810695</v>
       </c>
       <c r="J12" s="6">
         <v>711831</v>
       </c>
       <c r="K12" s="6">
         <v>770634</v>
       </c>
       <c r="L12" s="6">
         <v>2282759</v>
       </c>
       <c r="M12" s="6">
         <v>2453184</v>
       </c>
       <c r="N12" s="6">
         <v>2282759</v>
       </c>
       <c r="O12" s="6">
         <v>172749</v>
       </c>
       <c r="P12" s="6">
         <v>0</v>
       </c>
-      <c r="Q12" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q12" s="7">
+        <v>0</v>
+      </c>
+      <c r="R12" s="11">
+        <v>0</v>
+      </c>
+      <c r="S12" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="13" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D13" s="5">
         <v>44378</v>
       </c>
       <c r="E13" s="5">
         <v>45473</v>
       </c>
       <c r="F13" s="6">
         <v>100000</v>
       </c>
       <c r="G13" s="6">
         <v>139819</v>
       </c>
       <c r="H13" s="6">
         <v>100000</v>
       </c>
       <c r="I13" s="6">
         <v>102836</v>
       </c>
       <c r="J13" s="6">
         <v>102951</v>
       </c>
       <c r="K13" s="6">
         <v>65978</v>
       </c>
       <c r="L13" s="6">
         <v>302951</v>
       </c>
       <c r="M13" s="6">
         <v>308633</v>
       </c>
       <c r="N13" s="6">
         <v>308633</v>
       </c>
       <c r="O13" s="6">
         <v>5682</v>
       </c>
       <c r="P13" s="6">
         <v>0</v>
       </c>
-      <c r="Q13" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q13" s="7">
+        <v>0</v>
+      </c>
+      <c r="R13" s="11">
+        <v>0</v>
+      </c>
+      <c r="S13" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="14" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D14" s="5">
         <v>44378</v>
       </c>
       <c r="E14" s="5">
         <v>45473</v>
       </c>
       <c r="F14" s="6">
         <v>312059</v>
       </c>
       <c r="G14" s="6">
         <v>340550</v>
       </c>
       <c r="H14" s="6">
         <v>314733</v>
       </c>
       <c r="I14" s="6">
         <v>363688</v>
       </c>
       <c r="J14" s="6">
         <v>382706</v>
       </c>
       <c r="K14" s="6">
         <v>474299</v>
       </c>
       <c r="L14" s="6">
         <v>1009498</v>
       </c>
       <c r="M14" s="6">
         <v>1178537</v>
       </c>
       <c r="N14" s="6">
         <v>1009498</v>
       </c>
       <c r="O14" s="6">
         <v>36538</v>
       </c>
       <c r="P14" s="6">
         <v>132501</v>
       </c>
-      <c r="Q14" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q14" s="7">
+        <v>0</v>
+      </c>
+      <c r="R14" s="11">
+        <v>0</v>
+      </c>
+      <c r="S14" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="15" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D15" s="5">
         <v>44743</v>
       </c>
       <c r="E15" s="5">
         <v>45473</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H15" s="6">
         <v>108064</v>
       </c>
       <c r="I15" s="6">
         <v>111754</v>
       </c>
       <c r="J15" s="6">
         <v>100000</v>
       </c>
       <c r="K15" s="6">
         <v>101914</v>
       </c>
       <c r="L15" s="6">
         <v>208064</v>
       </c>
       <c r="M15" s="6">
         <v>213668</v>
       </c>
       <c r="N15" s="6">
         <v>208064</v>
       </c>
       <c r="O15" s="6">
         <v>5604</v>
       </c>
       <c r="P15" s="6">
         <v>0</v>
       </c>
-      <c r="Q15" s="13">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="Q15" s="7">
+        <v>0</v>
+      </c>
+      <c r="R15" s="11">
+        <v>0</v>
+      </c>
+      <c r="S15" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="16" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" s="5">
         <v>44743</v>
       </c>
       <c r="E16" s="5">
         <v>46568</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6">
         <v>246362</v>
       </c>
       <c r="I16" s="6">
         <v>267178</v>
       </c>
       <c r="J16" s="6">
         <v>241857</v>
       </c>
       <c r="K16" s="6">
         <v>250024</v>
       </c>
       <c r="L16" s="6">
         <v>488219</v>
       </c>
       <c r="M16" s="6">
         <v>517202</v>
       </c>
       <c r="N16" s="6">
         <v>517202</v>
       </c>
-      <c r="O16" s="9">
-[...5 lines deleted...]
-      <c r="Q16" s="15">
+      <c r="O16" s="16">
+        <v>0</v>
+      </c>
+      <c r="P16" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="17">
         <v>28983</v>
       </c>
-      <c r="R16" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R16" s="11">
+        <v>0</v>
+      </c>
+      <c r="S16" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="17" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D17" s="5">
         <v>45108</v>
       </c>
       <c r="E17" s="5">
         <v>45838</v>
       </c>
       <c r="F17" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I17" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J17" s="6">
         <v>300013</v>
       </c>
       <c r="K17" s="6">
         <v>377339</v>
       </c>
       <c r="L17" s="6">
         <v>300013</v>
       </c>
       <c r="M17" s="6">
         <v>377339</v>
       </c>
       <c r="N17" s="6">
         <v>377339</v>
       </c>
-      <c r="O17" s="9">
-[...5 lines deleted...]
-      <c r="Q17" s="15">
+      <c r="O17" s="16">
+        <v>0</v>
+      </c>
+      <c r="P17" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="17">
         <v>77326</v>
       </c>
-      <c r="R17" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R17" s="11">
+        <v>0</v>
+      </c>
+      <c r="S17" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="18" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D18" s="5">
         <v>45108</v>
       </c>
       <c r="E18" s="5">
         <v>46934</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I18" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J18" s="6">
         <v>161762</v>
       </c>
       <c r="K18" s="6">
         <v>218872</v>
       </c>
       <c r="L18" s="6">
         <v>161762</v>
       </c>
       <c r="M18" s="6">
         <v>218872</v>
       </c>
       <c r="N18" s="6">
         <v>218872</v>
       </c>
-      <c r="O18" s="9">
-[...5 lines deleted...]
-      <c r="Q18" s="15">
+      <c r="O18" s="16">
+        <v>0</v>
+      </c>
+      <c r="P18" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="17">
         <v>57110</v>
       </c>
-      <c r="R18" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R18" s="11">
+        <v>0</v>
+      </c>
+      <c r="S18" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="19" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D19" s="5">
         <v>45108</v>
       </c>
       <c r="E19" s="5">
         <v>46934</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J19" s="6">
         <v>351986</v>
       </c>
       <c r="K19" s="6">
         <v>372251</v>
       </c>
       <c r="L19" s="6">
         <v>351986</v>
       </c>
       <c r="M19" s="6">
         <v>372251</v>
       </c>
       <c r="N19" s="6">
         <v>372251</v>
       </c>
-      <c r="O19" s="9">
-[...5 lines deleted...]
-      <c r="Q19" s="15">
+      <c r="O19" s="16">
+        <v>0</v>
+      </c>
+      <c r="P19" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="17">
         <v>20265</v>
       </c>
-      <c r="R19" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R19" s="11">
+        <v>0</v>
+      </c>
+      <c r="S19" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="20" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D20" s="5">
         <v>45108</v>
       </c>
       <c r="E20" s="5">
         <v>46934</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G20" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I20" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J20" s="6">
         <v>598727</v>
       </c>
       <c r="K20" s="6">
         <v>909433</v>
       </c>
       <c r="L20" s="6">
         <v>598727</v>
       </c>
       <c r="M20" s="6">
         <v>909433</v>
       </c>
       <c r="N20" s="6">
         <v>909433</v>
       </c>
-      <c r="O20" s="9">
-[...5 lines deleted...]
-      <c r="Q20" s="15">
+      <c r="O20" s="16">
+        <v>0</v>
+      </c>
+      <c r="P20" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="17">
         <v>310706</v>
       </c>
-      <c r="R20" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R20" s="11">
+        <v>0</v>
+      </c>
+      <c r="S20" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="21" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D21" s="5">
         <v>45108</v>
       </c>
       <c r="E21" s="5">
         <v>46934</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G21" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I21" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J21" s="6">
         <v>135777</v>
       </c>
       <c r="K21" s="6">
         <v>164894</v>
       </c>
       <c r="L21" s="6">
         <v>135777</v>
       </c>
       <c r="M21" s="6">
         <v>164894</v>
       </c>
       <c r="N21" s="6">
         <v>164894</v>
       </c>
-      <c r="O21" s="9">
-[...5 lines deleted...]
-      <c r="Q21" s="15">
+      <c r="O21" s="16">
+        <v>0</v>
+      </c>
+      <c r="P21" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="17">
         <v>29117</v>
       </c>
-      <c r="R21" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R21" s="11">
+        <v>0</v>
+      </c>
+      <c r="S21" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="22" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D22" s="5">
         <v>45108</v>
       </c>
       <c r="E22" s="5">
         <v>46934</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I22" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J22" s="6">
         <v>100000</v>
       </c>
       <c r="K22" s="6">
         <v>119158</v>
       </c>
       <c r="L22" s="6">
         <v>100000</v>
       </c>
       <c r="M22" s="6">
         <v>119158</v>
       </c>
       <c r="N22" s="6">
         <v>119158</v>
       </c>
-      <c r="O22" s="9">
-[...5 lines deleted...]
-      <c r="Q22" s="15">
+      <c r="O22" s="16">
+        <v>0</v>
+      </c>
+      <c r="P22" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="17">
         <v>19158</v>
       </c>
-      <c r="R22" s="7">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="R22" s="11">
+        <v>0</v>
+      </c>
+      <c r="S22" s="12" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:S3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MYMP table</vt:lpstr>
     </vt:vector>