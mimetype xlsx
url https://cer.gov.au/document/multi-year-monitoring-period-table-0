--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,114 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2354A97B-F022-4CB4-8CE1-44185BA13837}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A56DF3AC-0F59-487D-858A-27A41DB50183}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MYMP table" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="63">
   <si>
     <t>Multi-year monitoring period table</t>
   </si>
   <si>
+    <t xml:space="preserve">This spreadsheet contains all information related to facilities covered by the Safeguard Mechanism that have ongoing or completed multi-year monitoring period declarations in place since 2021–22. </t>
+  </si>
+  <si>
+    <t>Data as at 4/2/2026</t>
+  </si>
+  <si>
+    <t>Facility name</t>
+  </si>
+  <si>
     <t>Responsible emitter</t>
   </si>
   <si>
     <t>MYMP status</t>
   </si>
   <si>
     <t>Start date</t>
   </si>
   <si>
     <t>End date</t>
   </si>
   <si>
+    <t>21-22 baseline number</t>
+  </si>
+  <si>
+    <t>21-22 covered emissions</t>
+  </si>
+  <si>
+    <t>22-23 baseline number</t>
+  </si>
+  <si>
+    <t>22-23 covered emissions</t>
+  </si>
+  <si>
+    <t>23-24 baseline number</t>
+  </si>
+  <si>
+    <t>23-24 covered emissions</t>
+  </si>
+  <si>
+    <t>Cumulative MYMP baseline number</t>
+  </si>
+  <si>
+    <t>Cumulative MYMP covered emissions</t>
+  </si>
+  <si>
+    <t>Cumulative MYMP net emissions number</t>
+  </si>
+  <si>
+    <t>ACCUs surrendered</t>
+  </si>
+  <si>
+    <t>SMCs surrendered</t>
+  </si>
+  <si>
+    <t>Cumulative MYMP net position number</t>
+  </si>
+  <si>
     <t>SMCs Issued</t>
   </si>
   <si>
+    <t>Notes</t>
+  </si>
+  <si>
     <t>Carborough Downs Coal Mine</t>
   </si>
   <si>
     <t>FITZROY (CQ) PTY LTD</t>
   </si>
   <si>
     <t>Complete</t>
   </si>
   <si>
+    <t>Please refer to the excess emissions situation table for more information.</t>
+  </si>
+  <si>
     <t>Carosue Dam Operations</t>
   </si>
   <si>
     <t>NORTHERN STAR (CAROSUE DAM) PTY LTD</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>Cowal Operations</t>
   </si>
   <si>
     <t>EVOLUTION MINING (COWAL) PTY LIMITED</t>
   </si>
   <si>
     <t>Drake Mine</t>
   </si>
   <si>
     <t>Drake Mine Management Pty Ltd</t>
   </si>
   <si>
     <t>Mobil Altona Refinery</t>
   </si>
   <si>
     <t>MOBIL REFINING AUSTRALIA PTY. LTD.</t>
   </si>
   <si>
     <t>Mt Keith Power Station</t>
   </si>
   <si>
     <t>TEC DESERT PTY LTD</t>
   </si>
   <si>
     <t>NKW01 Nickel West Kwinana Facility</t>
@@ -165,116 +219,62 @@
     <t>BATCHFIRE RESOURCES PTY LTD</t>
   </si>
   <si>
     <t>Christmas Creek Mine</t>
   </si>
   <si>
     <t>CHICHESTER METALS PTY LTD</t>
   </si>
   <si>
     <t>Curragh Mine</t>
   </si>
   <si>
     <t>CORONADO AUSTRALIA HOLDINGS PTY LTD</t>
   </si>
   <si>
     <t>Eliwana Mine</t>
   </si>
   <si>
     <t>FMG SOLOMON PTY LTD</t>
   </si>
   <si>
     <t>Savage River Mine</t>
   </si>
   <si>
     <t>GRANGE RESOURCES (TASMANIA) PTY LTD</t>
-  </si>
-[...52 lines deleted...]
-    <t>Data as at 6/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -285,152 +285,160 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="major"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="5"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="30">
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
@@ -1297,1259 +1305,1262 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S22"/>
+  <dimension ref="A1:S31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="21" max="21" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="42.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="40.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.6640625" style="1" customWidth="1"/>
+    <col min="4" max="11" width="19.6640625" style="1" customWidth="1"/>
+    <col min="12" max="14" width="27.6640625" style="1" customWidth="1"/>
+    <col min="15" max="16" width="19.6640625" style="1" customWidth="1"/>
+    <col min="17" max="17" width="27.6640625" style="1" customWidth="1"/>
+    <col min="18" max="18" width="19.6640625" style="1" customWidth="1"/>
+    <col min="19" max="19" width="68.6640625" style="1" customWidth="1"/>
+    <col min="21" max="21" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="S1" s="18"/>
+    <row r="1" spans="1:19" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
+      <c r="J1" s="19"/>
+      <c r="K1" s="19"/>
+      <c r="L1" s="19"/>
+      <c r="M1" s="19"/>
+      <c r="N1" s="19"/>
+      <c r="O1" s="19"/>
+      <c r="P1" s="19"/>
+      <c r="Q1" s="19"/>
+      <c r="R1" s="19"/>
+      <c r="S1" s="19"/>
     </row>
-    <row r="2" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="S2" s="19"/>
+    <row r="2" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="20"/>
+      <c r="N2" s="20"/>
+      <c r="O2" s="20"/>
+      <c r="P2" s="20"/>
+      <c r="Q2" s="20"/>
+      <c r="R2" s="20"/>
+      <c r="S2" s="20"/>
     </row>
-    <row r="3" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="S3" s="20"/>
+    <row r="3" spans="1:19" s="17" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="21"/>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+      <c r="H3" s="21"/>
+      <c r="I3" s="21"/>
+      <c r="J3" s="21"/>
+      <c r="K3" s="21"/>
+      <c r="L3" s="21"/>
+      <c r="M3" s="21"/>
+      <c r="N3" s="21"/>
+      <c r="O3" s="21"/>
+      <c r="P3" s="21"/>
+      <c r="Q3" s="21"/>
+      <c r="R3" s="21"/>
+      <c r="S3" s="21"/>
     </row>
-    <row r="4" spans="1:19" ht="59.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
-        <v>47</v>
+        <v>3</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="K4" s="3" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="M4" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="N4" s="3" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="P4" s="3" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="Q4" s="3" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="R4" s="3" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="S4" s="3" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:19" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:19" ht="14.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D5" s="5">
         <v>44378</v>
       </c>
       <c r="E5" s="5">
         <v>45473</v>
       </c>
       <c r="F5" s="6">
         <v>755261</v>
       </c>
       <c r="G5" s="6">
         <v>968784</v>
       </c>
       <c r="H5" s="6">
         <v>826858</v>
       </c>
       <c r="I5" s="6">
         <v>989978</v>
       </c>
       <c r="J5" s="6">
         <v>419085</v>
       </c>
       <c r="K5" s="6">
         <v>589348</v>
       </c>
       <c r="L5" s="6">
         <v>2001204</v>
       </c>
       <c r="M5" s="6">
         <v>2548110</v>
       </c>
       <c r="N5" s="6">
-        <v>2411383</v>
+        <v>2001203</v>
       </c>
       <c r="O5" s="6">
-        <v>311727</v>
+        <v>546907</v>
       </c>
       <c r="P5" s="6">
         <v>0</v>
       </c>
-      <c r="Q5" s="7">
-        <v>235179</v>
+      <c r="Q5" s="11">
+        <v>-1</v>
       </c>
       <c r="R5" s="8">
         <v>0</v>
       </c>
-      <c r="S5" s="9" t="s">
-        <v>53</v>
+      <c r="S5" s="18" t="s">
+        <v>25</v>
       </c>
     </row>
-    <row r="6" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D6" s="5">
         <v>44378</v>
       </c>
       <c r="E6" s="5">
         <v>45473</v>
       </c>
       <c r="F6" s="6">
         <v>108460</v>
       </c>
       <c r="G6" s="6">
         <v>110908</v>
       </c>
       <c r="H6" s="6">
         <v>108460</v>
       </c>
       <c r="I6" s="6">
         <v>111837</v>
       </c>
       <c r="J6" s="6">
         <v>103274</v>
       </c>
       <c r="K6" s="6">
         <v>102722</v>
       </c>
       <c r="L6" s="6">
         <v>320194</v>
       </c>
       <c r="M6" s="6">
         <v>325467</v>
       </c>
       <c r="N6" s="6">
         <v>320194</v>
       </c>
-      <c r="O6" s="10">
+      <c r="O6" s="6">
         <v>5273</v>
       </c>
       <c r="P6" s="6">
         <v>0</v>
       </c>
       <c r="Q6" s="7">
         <v>0</v>
       </c>
-      <c r="R6" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R6" s="9">
+        <v>0</v>
+      </c>
+      <c r="S6" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D7" s="5">
         <v>44378</v>
       </c>
       <c r="E7" s="5">
         <v>45473</v>
       </c>
       <c r="F7" s="6">
         <v>100000</v>
       </c>
       <c r="G7" s="6">
         <v>101373</v>
       </c>
       <c r="H7" s="6">
         <v>100000</v>
       </c>
       <c r="I7" s="6">
         <v>104155</v>
       </c>
       <c r="J7" s="6">
         <v>148711</v>
       </c>
       <c r="K7" s="6">
         <v>82450</v>
       </c>
       <c r="L7" s="6">
         <v>348711</v>
       </c>
       <c r="M7" s="6">
         <v>287978</v>
       </c>
       <c r="N7" s="6">
         <v>287978</v>
       </c>
       <c r="O7" s="6">
         <v>0</v>
       </c>
       <c r="P7" s="6">
         <v>0</v>
       </c>
-      <c r="Q7" s="13">
+      <c r="Q7" s="11">
         <v>-60733</v>
       </c>
-      <c r="R7" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R7" s="9">
+        <v>0</v>
+      </c>
+      <c r="S7" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="8" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D8" s="5">
         <v>44378</v>
       </c>
       <c r="E8" s="5">
         <v>45473</v>
       </c>
       <c r="F8" s="6">
         <v>201231</v>
       </c>
       <c r="G8" s="6">
         <v>208972</v>
       </c>
       <c r="H8" s="6">
         <v>201231</v>
       </c>
       <c r="I8" s="6">
         <v>188937</v>
       </c>
       <c r="J8" s="6">
         <v>233185</v>
       </c>
       <c r="K8" s="6">
         <v>244064</v>
       </c>
       <c r="L8" s="6">
         <v>635647</v>
       </c>
       <c r="M8" s="6">
         <v>641973</v>
       </c>
       <c r="N8" s="6">
         <v>635647</v>
       </c>
       <c r="O8" s="6">
         <v>2244</v>
       </c>
       <c r="P8" s="6">
         <v>4082</v>
       </c>
       <c r="Q8" s="7">
         <v>0</v>
       </c>
-      <c r="R8" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R8" s="9">
+        <v>0</v>
+      </c>
+      <c r="S8" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="9" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D9" s="5">
         <v>44378</v>
       </c>
       <c r="E9" s="5">
         <v>45473</v>
       </c>
       <c r="F9" s="6">
         <v>100000</v>
       </c>
       <c r="G9" s="6">
         <v>110446</v>
       </c>
       <c r="H9" s="6">
         <v>100000</v>
       </c>
       <c r="I9" s="6">
         <v>480</v>
       </c>
       <c r="J9" s="6">
         <v>100000</v>
       </c>
       <c r="K9" s="6">
         <v>344</v>
       </c>
       <c r="L9" s="6">
         <v>300000</v>
       </c>
       <c r="M9" s="6">
         <v>111270</v>
       </c>
       <c r="N9" s="6">
         <v>111270</v>
       </c>
       <c r="O9" s="6">
         <v>0</v>
       </c>
       <c r="P9" s="6">
         <v>0</v>
       </c>
-      <c r="Q9" s="14">
+      <c r="Q9" s="12">
         <v>-188730</v>
       </c>
-      <c r="R9" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R9" s="9">
+        <v>0</v>
+      </c>
+      <c r="S9" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="10" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D10" s="5">
         <v>44378</v>
       </c>
       <c r="E10" s="5">
         <v>45473</v>
       </c>
       <c r="F10" s="6">
         <v>180509</v>
       </c>
       <c r="G10" s="6">
         <v>185892</v>
       </c>
       <c r="H10" s="6">
         <v>180509</v>
       </c>
       <c r="I10" s="6">
         <v>165136</v>
       </c>
       <c r="J10" s="6">
         <v>160670</v>
       </c>
       <c r="K10" s="6">
         <v>160073</v>
       </c>
       <c r="L10" s="6">
         <v>521688</v>
       </c>
       <c r="M10" s="6">
         <v>511101</v>
       </c>
       <c r="N10" s="6">
         <v>511101</v>
       </c>
       <c r="O10" s="6">
         <v>0</v>
       </c>
       <c r="P10" s="6">
         <v>0</v>
       </c>
-      <c r="Q10" s="14">
+      <c r="Q10" s="12">
         <v>-10587</v>
       </c>
-      <c r="R10" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R10" s="9">
+        <v>0</v>
+      </c>
+      <c r="S10" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="11" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>19</v>
+    <row r="11" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="13" t="s">
+        <v>37</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D11" s="5">
         <v>44378</v>
       </c>
       <c r="E11" s="5">
         <v>45473</v>
       </c>
       <c r="F11" s="6">
         <v>149320</v>
       </c>
       <c r="G11" s="6">
         <v>161918</v>
       </c>
       <c r="H11" s="6">
         <v>145522</v>
       </c>
       <c r="I11" s="6">
         <v>166425</v>
       </c>
       <c r="J11" s="6">
         <v>122189</v>
       </c>
       <c r="K11" s="6">
         <v>169074</v>
       </c>
       <c r="L11" s="6">
         <v>417031</v>
       </c>
       <c r="M11" s="6">
         <v>497417</v>
       </c>
       <c r="N11" s="6">
         <v>417301</v>
       </c>
       <c r="O11" s="6">
         <v>62720</v>
       </c>
       <c r="P11" s="6">
         <v>17666</v>
       </c>
       <c r="Q11" s="7">
         <v>0</v>
       </c>
-      <c r="R11" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R11" s="9">
+        <v>0</v>
+      </c>
+      <c r="S11" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="12" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D12" s="5">
         <v>44378</v>
       </c>
       <c r="E12" s="5">
         <v>45473</v>
       </c>
       <c r="F12" s="6">
         <v>834767</v>
       </c>
       <c r="G12" s="6">
         <v>871855</v>
       </c>
       <c r="H12" s="6">
         <v>736161</v>
       </c>
       <c r="I12" s="6">
         <v>810695</v>
       </c>
       <c r="J12" s="6">
         <v>711831</v>
       </c>
       <c r="K12" s="6">
         <v>770634</v>
       </c>
       <c r="L12" s="6">
         <v>2282759</v>
       </c>
       <c r="M12" s="6">
         <v>2453184</v>
       </c>
       <c r="N12" s="6">
         <v>2282759</v>
       </c>
       <c r="O12" s="6">
         <v>172749</v>
       </c>
       <c r="P12" s="6">
         <v>0</v>
       </c>
       <c r="Q12" s="7">
         <v>0</v>
       </c>
-      <c r="R12" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R12" s="9">
+        <v>0</v>
+      </c>
+      <c r="S12" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="B13" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D13" s="5">
         <v>44378</v>
       </c>
       <c r="E13" s="5">
         <v>45473</v>
       </c>
       <c r="F13" s="6">
         <v>100000</v>
       </c>
       <c r="G13" s="6">
         <v>139819</v>
       </c>
       <c r="H13" s="6">
         <v>100000</v>
       </c>
       <c r="I13" s="6">
         <v>102836</v>
       </c>
       <c r="J13" s="6">
         <v>102951</v>
       </c>
       <c r="K13" s="6">
         <v>65978</v>
       </c>
       <c r="L13" s="6">
         <v>302951</v>
       </c>
       <c r="M13" s="6">
         <v>308633</v>
       </c>
       <c r="N13" s="6">
         <v>308633</v>
       </c>
       <c r="O13" s="6">
         <v>5682</v>
       </c>
       <c r="P13" s="6">
         <v>0</v>
       </c>
       <c r="Q13" s="7">
         <v>0</v>
       </c>
-      <c r="R13" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R13" s="9">
+        <v>0</v>
+      </c>
+      <c r="S13" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="14" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D14" s="5">
         <v>44378</v>
       </c>
       <c r="E14" s="5">
         <v>45473</v>
       </c>
       <c r="F14" s="6">
         <v>312059</v>
       </c>
       <c r="G14" s="6">
         <v>340550</v>
       </c>
       <c r="H14" s="6">
         <v>314733</v>
       </c>
       <c r="I14" s="6">
         <v>363688</v>
       </c>
       <c r="J14" s="6">
         <v>382706</v>
       </c>
       <c r="K14" s="6">
         <v>474299</v>
       </c>
       <c r="L14" s="6">
         <v>1009498</v>
       </c>
       <c r="M14" s="6">
         <v>1178537</v>
       </c>
       <c r="N14" s="6">
         <v>1009498</v>
       </c>
       <c r="O14" s="6">
         <v>36538</v>
       </c>
       <c r="P14" s="6">
         <v>132501</v>
       </c>
       <c r="Q14" s="7">
         <v>0</v>
       </c>
-      <c r="R14" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R14" s="9">
+        <v>0</v>
+      </c>
+      <c r="S14" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D15" s="5">
         <v>44743</v>
       </c>
       <c r="E15" s="5">
         <v>45473</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H15" s="6">
         <v>108064</v>
       </c>
       <c r="I15" s="6">
         <v>111754</v>
       </c>
       <c r="J15" s="6">
         <v>100000</v>
       </c>
       <c r="K15" s="6">
         <v>101914</v>
       </c>
       <c r="L15" s="6">
         <v>208064</v>
       </c>
       <c r="M15" s="6">
         <v>213668</v>
       </c>
       <c r="N15" s="6">
         <v>208064</v>
       </c>
       <c r="O15" s="6">
         <v>5604</v>
       </c>
       <c r="P15" s="6">
         <v>0</v>
       </c>
       <c r="Q15" s="7">
         <v>0</v>
       </c>
-      <c r="R15" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R15" s="9">
+        <v>0</v>
+      </c>
+      <c r="S15" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="16" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D16" s="5">
         <v>44743</v>
       </c>
       <c r="E16" s="5">
         <v>46568</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H16" s="6">
         <v>246362</v>
       </c>
       <c r="I16" s="6">
         <v>267178</v>
       </c>
       <c r="J16" s="6">
         <v>241857</v>
       </c>
       <c r="K16" s="6">
         <v>250024</v>
       </c>
       <c r="L16" s="6">
         <v>488219</v>
       </c>
       <c r="M16" s="6">
         <v>517202</v>
       </c>
       <c r="N16" s="6">
         <v>517202</v>
       </c>
-      <c r="O16" s="16">
-[...5 lines deleted...]
-      <c r="Q16" s="17">
+      <c r="O16" s="14">
+        <v>0</v>
+      </c>
+      <c r="P16" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="15">
         <v>28983</v>
       </c>
-      <c r="R16" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R16" s="9">
+        <v>0</v>
+      </c>
+      <c r="S16" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="17" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D17" s="5">
         <v>45108</v>
       </c>
       <c r="E17" s="5">
         <v>45838</v>
       </c>
       <c r="F17" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I17" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J17" s="6">
         <v>300013</v>
       </c>
       <c r="K17" s="6">
         <v>377339</v>
       </c>
       <c r="L17" s="6">
         <v>300013</v>
       </c>
       <c r="M17" s="6">
         <v>377339</v>
       </c>
       <c r="N17" s="6">
         <v>377339</v>
       </c>
-      <c r="O17" s="16">
-[...5 lines deleted...]
-      <c r="Q17" s="17">
+      <c r="O17" s="14">
+        <v>0</v>
+      </c>
+      <c r="P17" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="15">
         <v>77326</v>
       </c>
-      <c r="R17" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R17" s="9">
+        <v>0</v>
+      </c>
+      <c r="S17" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D18" s="5">
         <v>45108</v>
       </c>
       <c r="E18" s="5">
         <v>46934</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I18" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J18" s="6">
         <v>161762</v>
       </c>
       <c r="K18" s="6">
         <v>218872</v>
       </c>
       <c r="L18" s="6">
         <v>161762</v>
       </c>
       <c r="M18" s="6">
         <v>218872</v>
       </c>
       <c r="N18" s="6">
         <v>218872</v>
       </c>
-      <c r="O18" s="16">
-[...5 lines deleted...]
-      <c r="Q18" s="17">
+      <c r="O18" s="14">
+        <v>0</v>
+      </c>
+      <c r="P18" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="15">
         <v>57110</v>
       </c>
-      <c r="R18" s="11">
-[...2 lines deleted...]
-      <c r="S18" s="12" t="s">
+      <c r="R18" s="9">
+        <v>0</v>
+      </c>
+      <c r="S18" s="10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4" t="s">
         <v>55</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B19" s="4" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D19" s="5">
         <v>45108</v>
       </c>
       <c r="E19" s="5">
         <v>46934</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J19" s="6">
         <v>351986</v>
       </c>
       <c r="K19" s="6">
         <v>372251</v>
       </c>
       <c r="L19" s="6">
         <v>351986</v>
       </c>
       <c r="M19" s="6">
         <v>372251</v>
       </c>
       <c r="N19" s="6">
         <v>372251</v>
       </c>
-      <c r="O19" s="16">
-[...5 lines deleted...]
-      <c r="Q19" s="17">
+      <c r="O19" s="14">
+        <v>0</v>
+      </c>
+      <c r="P19" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="15">
         <v>20265</v>
       </c>
-      <c r="R19" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R19" s="9">
+        <v>0</v>
+      </c>
+      <c r="S19" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="20" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D20" s="5">
         <v>45108</v>
       </c>
       <c r="E20" s="5">
         <v>46934</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G20" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I20" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J20" s="6">
         <v>598727</v>
       </c>
       <c r="K20" s="6">
         <v>909433</v>
       </c>
       <c r="L20" s="6">
         <v>598727</v>
       </c>
       <c r="M20" s="6">
         <v>909433</v>
       </c>
       <c r="N20" s="6">
         <v>909433</v>
       </c>
-      <c r="O20" s="16">
-[...5 lines deleted...]
-      <c r="Q20" s="17">
+      <c r="O20" s="14">
+        <v>0</v>
+      </c>
+      <c r="P20" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="15">
         <v>310706</v>
       </c>
-      <c r="R20" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R20" s="9">
+        <v>0</v>
+      </c>
+      <c r="S20" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="21" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D21" s="5">
         <v>45108</v>
       </c>
       <c r="E21" s="5">
         <v>46934</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G21" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I21" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J21" s="6">
         <v>135777</v>
       </c>
       <c r="K21" s="6">
         <v>164894</v>
       </c>
       <c r="L21" s="6">
         <v>135777</v>
       </c>
       <c r="M21" s="6">
         <v>164894</v>
       </c>
       <c r="N21" s="6">
         <v>164894</v>
       </c>
-      <c r="O21" s="16">
-[...5 lines deleted...]
-      <c r="Q21" s="17">
+      <c r="O21" s="14">
+        <v>0</v>
+      </c>
+      <c r="P21" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="15">
         <v>29117</v>
       </c>
-      <c r="R21" s="11">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="R21" s="9">
+        <v>0</v>
+      </c>
+      <c r="S21" s="10" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="22" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D22" s="5">
         <v>45108</v>
       </c>
       <c r="E22" s="5">
         <v>46934</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I22" s="8" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="J22" s="6">
         <v>100000</v>
       </c>
       <c r="K22" s="6">
         <v>119158</v>
       </c>
       <c r="L22" s="6">
         <v>100000</v>
       </c>
       <c r="M22" s="6">
         <v>119158</v>
       </c>
       <c r="N22" s="6">
         <v>119158</v>
       </c>
-      <c r="O22" s="16">
-[...5 lines deleted...]
-      <c r="Q22" s="17">
+      <c r="O22" s="14">
+        <v>0</v>
+      </c>
+      <c r="P22" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="15">
         <v>19158</v>
       </c>
-      <c r="R22" s="11">
-[...4 lines deleted...]
-      </c>
+      <c r="R22" s="9">
+        <v>0</v>
+      </c>
+      <c r="S22" s="10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="I31" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:S3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">