--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E6336C6-869E-4EC9-872B-5C3C1A6017D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06C143A3-6EB7-4EEF-9D0A-44483929D3C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Excess emissions situation" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="32">
   <si>
     <t>Excess emissions situation table</t>
   </si>
   <si>
     <t xml:space="preserve">This table sets out the facilities that have been in an excess emissions situation, where the facility's net emissions number for the monitoring period exceeds the baseline emissions number for the monitoring period. </t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Carborough Downs Coal Mine</t>
   </si>
   <si>
     <t>FITZROY (CQ) PTY LTD</t>
   </si>
   <si>
     <t>Ironbark No. 1</t>
   </si>
   <si>
     <t>Dandenong</t>
   </si>
   <si>
@@ -116,250 +116,240 @@
   <si>
     <t>SMCs surrendered</t>
   </si>
   <si>
     <t>Net emissions number</t>
   </si>
   <si>
     <t>Excess emissions situation start date</t>
   </si>
   <si>
     <t>Excess emissions situation end date</t>
   </si>
   <si>
     <t>Excess emissions situation number on compliance date</t>
   </si>
   <si>
     <t>Compliance date</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">The CER accepted an enforceable undertaking from Fitzroy (CQ) Pty Ltd on 4 April 2025. Details of the undertaking can be found at https://cer.gov.au/about-us/our-compliance-approach/enforceable-undertakings/current-enforceable-undertakings. </t>
   </si>
   <si>
-    <t>Data as at 1/08/2025</t>
+    <t>Queensland Curtis LNG Plant</t>
+  </si>
+  <si>
+    <t>QCLNG Operating Company Pty Ltd</t>
+  </si>
+  <si>
+    <t>After the 31 March 2025 deadline, emissions for the facility increased due to the resubmision of 2023-24 data. The responsible emitter has surrendered additional units to end the excess emissions situation.</t>
+  </si>
+  <si>
+    <t>Data as at 6/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color rgb="FF454743"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD5D6D4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C2C4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC0C2C4"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC0C2C4"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC0C2C4"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="24">
-    <dxf>
-[...47 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
@@ -597,55 +587,104 @@
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
       <border>
         <bottom style="thick">
           <color theme="5"/>
         </bottom>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="15"/>
+        <color rgb="FF454743"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
@@ -797,97 +836,97 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
+      <color rgb="FF454743"/>
       <color rgb="FFD5D6D4"/>
       <color rgb="FFC9CBC7"/>
       <color rgb="FFE8E9E7"/>
       <color rgb="FFE8E9E8"/>
       <color rgb="FFDDD7C1"/>
       <color rgb="FFDAD4BC"/>
       <color rgb="FFE3DECB"/>
       <color rgb="FFD9F0FF"/>
       <color rgb="FFB7F0FF"/>
-      <color rgb="FFC0C2C4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table4" displayName="Table4" ref="A4:M9" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0" headerRowBorderDxfId="15" headerRowCellStyle="Heading 1">
-  <autoFilter ref="A4:M9" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="data_Excess_emissions_situation" displayName="data_Excess_emissions_situation" ref="A4:M10" totalsRowShown="0" headerRowDxfId="15" dataDxfId="13" headerRowBorderDxfId="14" headerRowCellStyle="Heading 1">
+  <autoFilter ref="A4:M10" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:M9">
     <sortCondition ref="B4:B9"/>
   </sortState>
   <tableColumns count="13">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Monitoring period" dataDxfId="14"/>
-[...11 lines deleted...]
-    <tableColumn id="15" xr3:uid="{F178481D-5571-4614-BD01-6F5168131B7A}" name="Notes" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Monitoring period" dataDxfId="12"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Facility name" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Responsible emitter for monitoring period" dataDxfId="10"/>
+    <tableColumn id="7" xr3:uid="{85ED52CC-E096-4627-9238-5662AF1C62E1}" name="Baseline emissions number" dataDxfId="9"/>
+    <tableColumn id="8" xr3:uid="{FDD5F6EB-7D63-4370-A694-64E295BEF2F7}" name="Covered emissions" dataDxfId="8"/>
+    <tableColumn id="9" xr3:uid="{EEEA38E4-E512-4C32-B457-A693CA862BAE}" name="ACCUs surrendered" dataDxfId="7"/>
+    <tableColumn id="10" xr3:uid="{C7E4E7DA-CCD9-4206-8FA2-5EBCBDBBB59A}" name="SMCs surrendered" dataDxfId="6"/>
+    <tableColumn id="11" xr3:uid="{5E5A6C0E-CA19-42E5-A6DF-1E41EDC18659}" name="Net emissions number" dataDxfId="5"/>
+    <tableColumn id="12" xr3:uid="{73BF6B44-4D2E-4563-8270-CF57531F4C3C}" name="Excess emissions situation number on compliance date" dataDxfId="4"/>
+    <tableColumn id="13" xr3:uid="{A2969D60-08D6-4080-AF37-52DE37A422FA}" name="Excess emissions situation start date" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{46B94EE9-8EF0-40E1-860B-BADE932351FC}" name="Compliance date" dataDxfId="2"/>
+    <tableColumn id="14" xr3:uid="{DC544E63-EF86-4C68-95E4-A13B5B2CC2A6}" name="Excess emissions situation end date" dataDxfId="1"/>
+    <tableColumn id="15" xr3:uid="{F178481D-5571-4614-BD01-6F5168131B7A}" name="Notes" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER - 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454743"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="9FB76F"/>
       </a:accent1>
       <a:accent2>
@@ -1145,384 +1184,419 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.44140625" style="6" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="14" max="16384" width="8.6640625" style="6"/>
+    <col min="1" max="1" width="26.7109375" customWidth="1"/>
+    <col min="2" max="2" width="50.7109375" customWidth="1"/>
+    <col min="3" max="3" width="36.7109375" customWidth="1"/>
+    <col min="4" max="4" width="24.7109375" customWidth="1"/>
+    <col min="5" max="8" width="21.7109375" customWidth="1"/>
+    <col min="9" max="9" width="39.7109375" customWidth="1"/>
+    <col min="10" max="10" width="28.7109375" customWidth="1"/>
+    <col min="11" max="11" width="19.7109375" customWidth="1"/>
+    <col min="12" max="12" width="23.7109375" customWidth="1"/>
+    <col min="13" max="13" width="100.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:13" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-[...10 lines deleted...]
-      <c r="M1" s="5"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
     </row>
-    <row r="2" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="7" t="s">
+    <row r="2" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="7"/>
-[...10 lines deleted...]
-      <c r="M2" s="7"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
+      <c r="L2" s="10"/>
+      <c r="M2" s="10"/>
     </row>
-    <row r="3" spans="1:13" s="8" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="13" t="s">
+    <row r="3" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
+    </row>
+    <row r="4" spans="1:13" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L4" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="M4" s="8" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D5" s="1">
+        <v>2001204</v>
+      </c>
+      <c r="E5" s="1">
+        <v>2548110</v>
+      </c>
+      <c r="F5" s="1">
+        <v>311727</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0</v>
+      </c>
+      <c r="H5" s="1">
+        <v>2411383</v>
+      </c>
+      <c r="I5" s="1">
+        <v>235179</v>
+      </c>
+      <c r="J5" s="3">
+        <v>45474</v>
+      </c>
+      <c r="K5" s="3">
+        <v>45748</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="1">
+        <v>100000</v>
+      </c>
+      <c r="E6" s="1">
+        <v>146173</v>
+      </c>
+      <c r="F6" s="1">
+        <v>46173</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>100000</v>
+      </c>
+      <c r="I6" s="1">
+        <v>36173</v>
+      </c>
+      <c r="J6" s="3">
+        <v>45474</v>
+      </c>
+      <c r="K6" s="3">
+        <v>45748</v>
+      </c>
+      <c r="L6" s="3">
+        <v>45838</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A7" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="1">
+        <v>100000</v>
+      </c>
+      <c r="E7" s="1">
+        <v>107278</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>107278</v>
+      </c>
+      <c r="I7" s="1">
+        <v>7278</v>
+      </c>
+      <c r="J7" s="3">
+        <v>45474</v>
+      </c>
+      <c r="K7" s="3">
+        <v>45748</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A8" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="1">
+        <v>1026135</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1191510</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1191510</v>
+      </c>
+      <c r="I8" s="1">
+        <v>165375</v>
+      </c>
+      <c r="J8" s="3">
+        <v>45474</v>
+      </c>
+      <c r="K8" s="3">
+        <v>45748</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A9" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="1">
+        <v>100000</v>
+      </c>
+      <c r="E9" s="1">
+        <v>127129</v>
+      </c>
+      <c r="F9" s="1">
+        <v>0</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>127129</v>
+      </c>
+      <c r="I9" s="1">
+        <v>27129</v>
+      </c>
+      <c r="J9" s="3">
+        <v>45474</v>
+      </c>
+      <c r="K9" s="3">
+        <v>45748</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B3" s="13"/>
-[...72 lines deleted...]
-      <c r="G5" s="4">
+      <c r="C10" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="5">
+        <v>1866331</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1938855</v>
+      </c>
+      <c r="F10" s="5">
+        <v>72524</v>
+      </c>
+      <c r="G10" s="5">
         <v>0</v>
       </c>
-      <c r="H5" s="4">
-[...5 lines deleted...]
-      <c r="J5" s="10">
+      <c r="H10" s="5">
+        <v>1866331</v>
+      </c>
+      <c r="I10" s="5">
+        <v>0</v>
+      </c>
+      <c r="J10" s="3">
         <v>45474</v>
       </c>
-      <c r="K5" s="10">
+      <c r="K10" s="3">
         <v>45748</v>
       </c>
-      <c r="L5" s="10" t="s">
-[...167 lines deleted...]
-        <v>12</v>
+      <c r="L10" s="3">
+        <v>45957</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...3 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Excess emissions situation</vt:lpstr>
     </vt:vector>