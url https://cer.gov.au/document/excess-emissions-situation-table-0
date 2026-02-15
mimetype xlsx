--- v1 (2025-11-29)
+++ v2 (2026-02-15)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06C143A3-6EB7-4EEF-9D0A-44483929D3C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11ADB4CB-98E2-4A80-B4E1-5C01C5390975}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Excess emissions situation" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
   <si>
     <t>Excess emissions situation table</t>
   </si>
   <si>
     <t xml:space="preserve">This table sets out the facilities that have been in an excess emissions situation, where the facility's net emissions number for the monitoring period exceeds the baseline emissions number for the monitoring period. </t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Carborough Downs Coal Mine</t>
   </si>
   <si>
     <t>FITZROY (CQ) PTY LTD</t>
   </si>
   <si>
     <t>Ironbark No. 1</t>
   </si>
   <si>
     <t>Dandenong</t>
   </si>
   <si>
@@ -125,387 +125,394 @@
   <si>
     <t>Excess emissions situation end date</t>
   </si>
   <si>
     <t>Excess emissions situation number on compliance date</t>
   </si>
   <si>
     <t>Compliance date</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">The CER accepted an enforceable undertaking from Fitzroy (CQ) Pty Ltd on 4 April 2025. Details of the undertaking can be found at https://cer.gov.au/about-us/our-compliance-approach/enforceable-undertakings/current-enforceable-undertakings. </t>
   </si>
   <si>
     <t>Queensland Curtis LNG Plant</t>
   </si>
   <si>
     <t>QCLNG Operating Company Pty Ltd</t>
   </si>
   <si>
     <t>After the 31 March 2025 deadline, emissions for the facility increased due to the resubmision of 2023-24 data. The responsible emitter has surrendered additional units to end the excess emissions situation.</t>
   </si>
   <si>
-    <t>Data as at 6/11/2025</t>
+    <t>Data as at 4/2/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12.5"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF454743"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C2C4"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C2C4"/>
       </right>
       <top style="thin">
         <color rgb="FFC0C2C4"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC0C2C4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="24">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="d/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
@@ -1190,388 +1197,388 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.7109375" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="100.7109375" customWidth="1"/>
+    <col min="1" max="1" width="26.6640625" customWidth="1"/>
+    <col min="2" max="2" width="50.6640625" customWidth="1"/>
+    <col min="3" max="3" width="36.6640625" customWidth="1"/>
+    <col min="4" max="4" width="24.6640625" customWidth="1"/>
+    <col min="5" max="8" width="21.6640625" customWidth="1"/>
+    <col min="9" max="9" width="39.6640625" customWidth="1"/>
+    <col min="10" max="10" width="28.6640625" customWidth="1"/>
+    <col min="11" max="11" width="19.6640625" customWidth="1"/>
+    <col min="12" max="12" width="27" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="100.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:13" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="12"/>
-[...10 lines deleted...]
-      <c r="M1" s="12"/>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
     </row>
-    <row r="2" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="10" t="s">
+    <row r="2" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="10"/>
-[...10 lines deleted...]
-      <c r="M2" s="10"/>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+      <c r="K2" s="11"/>
+      <c r="L2" s="11"/>
+      <c r="M2" s="11"/>
     </row>
-    <row r="3" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="11" t="s">
+    <row r="3" spans="1:13" s="8" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="B3" s="11"/>
-[...10 lines deleted...]
-      <c r="M3" s="11"/>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="12"/>
+      <c r="K3" s="12"/>
+      <c r="L3" s="12"/>
+      <c r="M3" s="12"/>
     </row>
-    <row r="4" spans="1:13" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="7" t="s">
+    <row r="4" spans="1:13" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C4" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="8" t="s">
+      <c r="E4" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" s="8" t="s">
+      <c r="F4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G4" s="8" t="s">
+      <c r="G4" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="H4" s="8" t="s">
+      <c r="H4" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="J4" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="K4" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="L4" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="M4" s="8" t="s">
+      <c r="M4" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:13" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1">
         <v>2001204</v>
       </c>
       <c r="E5" s="1">
         <v>2548110</v>
       </c>
       <c r="F5" s="1">
-        <v>311727</v>
+        <v>546907</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1">
-        <v>2411383</v>
+        <v>2001203</v>
       </c>
       <c r="I5" s="1">
-        <v>235179</v>
+        <v>546906</v>
       </c>
       <c r="J5" s="3">
         <v>45474</v>
       </c>
       <c r="K5" s="3">
         <v>45748</v>
       </c>
-      <c r="L5" s="3" t="s">
-        <v>26</v>
+      <c r="L5" s="3">
+        <v>46006</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:13" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="1">
         <v>100000</v>
       </c>
       <c r="E6" s="1">
         <v>146173</v>
       </c>
       <c r="F6" s="1">
         <v>46173</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1">
         <v>100000</v>
       </c>
       <c r="I6" s="1">
         <v>36173</v>
       </c>
       <c r="J6" s="3">
         <v>45474</v>
       </c>
       <c r="K6" s="3">
         <v>45748</v>
       </c>
       <c r="L6" s="3">
         <v>45838</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:13" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1">
         <v>100000</v>
       </c>
       <c r="E7" s="1">
         <v>107278</v>
       </c>
       <c r="F7" s="1">
         <v>0</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1">
         <v>107278</v>
       </c>
       <c r="I7" s="1">
         <v>7278</v>
       </c>
       <c r="J7" s="3">
         <v>45474</v>
       </c>
       <c r="K7" s="3">
         <v>45748</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:13" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="1">
         <v>1026135</v>
       </c>
       <c r="E8" s="1">
         <v>1191510</v>
       </c>
       <c r="F8" s="1">
         <v>0</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1">
         <v>1191510</v>
       </c>
       <c r="I8" s="1">
         <v>165375</v>
       </c>
       <c r="J8" s="3">
         <v>45474</v>
       </c>
       <c r="K8" s="3">
         <v>45748</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:13" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="1">
         <v>100000</v>
       </c>
       <c r="E9" s="1">
         <v>127129</v>
       </c>
       <c r="F9" s="1">
         <v>0</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1">
         <v>127129</v>
       </c>
       <c r="I9" s="1">
         <v>27129</v>
       </c>
       <c r="J9" s="3">
         <v>45474</v>
       </c>
       <c r="K9" s="3">
         <v>45748</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A10" s="6" t="s">
+    <row r="10" spans="1:13" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A10" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D10" s="10">
         <v>1866331</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E10" s="10">
         <v>1938855</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F10" s="10">
         <v>72524</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G10" s="10">
         <v>0</v>
       </c>
-      <c r="H10" s="5">
+      <c r="H10" s="10">
         <v>1866331</v>
       </c>
-      <c r="I10" s="5">
-        <v>0</v>
+      <c r="I10" s="10">
+        <v>161</v>
       </c>
       <c r="J10" s="3">
         <v>45474</v>
       </c>
       <c r="K10" s="3">
         <v>45748</v>
       </c>
       <c r="L10" s="3">
         <v>45957</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>