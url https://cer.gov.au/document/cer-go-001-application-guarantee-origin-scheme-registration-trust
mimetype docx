--- v0 (2025-11-04)
+++ v1 (2026-03-05)
@@ -11,51 +11,50 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5D8824E6" w14:textId="0A964B38" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00705D50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:vertAnchor="text" w:tblpX="7619" w:tblpY="655"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="2120" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2120"/>
       </w:tblGrid>
       <w:tr w:rsidR="005642B4" w14:paraId="1EF3D325" w14:textId="77777777" w:rsidTr="00B40539">
         <w:trPr>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
@@ -123,388 +122,356 @@
             <w:r w:rsidR="003F2875" w:rsidRPr="003F2875">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717529" w14:paraId="058A4BD9" w14:textId="77777777" w:rsidTr="003F2875">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8E8E8" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A5E68B" w14:textId="1094D905" w:rsidR="00717529" w:rsidRDefault="00717529" w:rsidP="00B40539">
+          <w:p w14:paraId="66A5E68B" w14:textId="70804E59" w:rsidR="00717529" w:rsidRDefault="000F4C87" w:rsidP="00B40539">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A642EE">
+            <w:r w:rsidRPr="000F4C87">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>v1.0 03/11/2025</w:t>
+              <w:t>v2.0 – 23/2/2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AFC683E" w14:textId="7FEA6A17" w:rsidR="006167E0" w:rsidRPr="001C43DC" w:rsidRDefault="00F97109" w:rsidP="00705D50">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4AFC683E" w14:textId="7F647EE2" w:rsidR="006167E0" w:rsidRPr="00C17BC2" w:rsidRDefault="00F97109" w:rsidP="00E5743C">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C17BC2">
         <w:t xml:space="preserve">Application for </w:t>
       </w:r>
-      <w:r w:rsidR="000E2D1D" w:rsidRPr="001C43DC">
-[...28 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E2D1D" w:rsidRPr="00C17BC2">
+        <w:t xml:space="preserve">Guarantee of Origin </w:t>
+      </w:r>
+      <w:r w:rsidR="00254E0C" w:rsidRPr="00C17BC2">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="000E2D1D" w:rsidRPr="001C43DC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E2D1D" w:rsidRPr="00C17BC2">
         <w:t>cheme</w:t>
       </w:r>
-      <w:r w:rsidR="00672AFA" w:rsidRPr="001C43DC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00672AFA" w:rsidRPr="00C17BC2">
         <w:t xml:space="preserve"> registration</w:t>
       </w:r>
-      <w:r w:rsidR="000E2D1D" w:rsidRPr="001C43DC">
-[...24 lines deleted...]
-    <w:p w14:paraId="249223B2" w14:textId="19DD0A99" w:rsidR="008B512B" w:rsidRPr="008B512B" w:rsidRDefault="00F97109" w:rsidP="001443C5">
+      <w:r w:rsidR="000E2D1D" w:rsidRPr="00C17BC2">
+        <w:t xml:space="preserve"> as a trust</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249223B2" w14:textId="0D4D51DB" w:rsidR="008B512B" w:rsidRPr="008B512B" w:rsidRDefault="00F97109" w:rsidP="000F4C87">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8790"/>
+        </w:tabs>
         <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
         <w:t>Purpose of this form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7523DA98" w14:textId="42CB7899" w:rsidR="526DE7DB" w:rsidRDefault="040E9DEE" w:rsidP="00C439D9">
+    <w:p w14:paraId="7523DA98" w14:textId="32E48640" w:rsidR="526DE7DB" w:rsidRDefault="040E9DEE" w:rsidP="00C439D9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="91"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C439D9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this form to register for the Guarantee of Origin (GO) </w:t>
       </w:r>
       <w:r w:rsidR="00254E0C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00C439D9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cheme as a trustee of a trust. It collects details about the trust, its trustees, and its beneficiaries</w:t>
       </w:r>
       <w:r w:rsidR="03F1A759" w:rsidRPr="46397794">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to support identity verification and the</w:t>
       </w:r>
       <w:r w:rsidR="70E2F50E" w:rsidRPr="46397794">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role." w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="70E2F50E" w:rsidRPr="46397794">
           <w:rPr>
             <w:color w:val="006C93"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Fit and Proper Person (FPP)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00E41D0C">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
       <w:r w:rsidR="03F1A759" w:rsidRPr="46397794">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> assessment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E87D16A" w14:textId="6C9D6E2A" w:rsidR="00D86B50" w:rsidRPr="00C439D9" w:rsidRDefault="1B66C1C1" w:rsidP="00C439D9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="91" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="57E974A9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Complete</w:t>
       </w:r>
       <w:r w:rsidR="1233A523" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> this form in conjunction with </w:t>
       </w:r>
       <w:r w:rsidR="2408148B" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="2408148B" w:rsidRPr="00C439D9">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="2408148B" w:rsidRPr="00586C70">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Register for GO</w:t>
+        <w:t xml:space="preserve">Register for GO </w:t>
       </w:r>
       <w:r w:rsidR="2408148B" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> form in Online Services. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E1ED99F" w14:textId="3DEDF5E5" w:rsidR="00400A5D" w:rsidRDefault="3489DC72" w:rsidP="00E74ADA">
+        <w:t xml:space="preserve">form in Online Services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1ED99F" w14:textId="183B7890" w:rsidR="00400A5D" w:rsidRDefault="3489DC72" w:rsidP="00AA1EF3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="91" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="91" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="46397794">
-        <w:t xml:space="preserve">To participate in </w:t>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1EF3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="46397794">
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00F8466C">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="46397794">
         <w:t>Clean Energy Regulator</w:t>
       </w:r>
       <w:r w:rsidR="00F8466C">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="46397794">
-        <w:t xml:space="preserve"> schemes and services, including the Guarantee of Origin (GO) scheme, you need to prove your identity and pass a</w:t>
+        <w:t xml:space="preserve"> schemes and services, including the Guarantee of Origin (GO) scheme, you need to prove your identity and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D71">
+        <w:t>maintain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="46397794">
+        <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="27B00BBF" w:rsidRPr="46397794">
         <w:t>n FPP</w:t>
       </w:r>
       <w:r w:rsidRPr="46397794">
-        <w:t xml:space="preserve"> assessment. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB211A">
+        <w:t>status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="46397794">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F97109">
         <w:t xml:space="preserve">The FPP test is a key control to protect the integrity of the schemes </w:t>
       </w:r>
       <w:r w:rsidRPr="46397794">
         <w:t>we administer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1517F745" w14:textId="77777777" w:rsidR="00E74ADA" w:rsidRDefault="00E74ADA" w:rsidP="00E74ADA">
+    <w:p w14:paraId="3E2A13A1" w14:textId="418DDBF8" w:rsidR="00400A5D" w:rsidRDefault="00400A5D" w:rsidP="00AA1EF3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="91" w:firstLine="0"/>
-[...5 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="91" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00400A5D">
         <w:t xml:space="preserve">If you have completed </w:t>
       </w:r>
       <w:r w:rsidR="00B11956">
         <w:t>our</w:t>
       </w:r>
       <w:r w:rsidRPr="00400A5D">
         <w:t xml:space="preserve"> trust form previously, please contact </w:t>
       </w:r>
       <w:r w:rsidR="00B11956">
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidRPr="00400A5D">
         <w:t xml:space="preserve"> before filling out this form. You can contact our general enquiries line on </w:t>
       </w:r>
       <w:r w:rsidRPr="00400A5D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">1300 553 542 </w:t>
       </w:r>
       <w:r w:rsidRPr="00400A5D">
         <w:t>or email</w:t>
       </w:r>
       <w:r w:rsidRPr="00400A5D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="000E3078">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ParticipantAssessment@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00400A5D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="52A1CA95" w14:textId="77777777" w:rsidR="00AA1EF3" w:rsidRDefault="00AA1EF3" w:rsidP="00AA1EF3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="91" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4C9072D2" w14:textId="6D96A033" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00496055">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Instructions for completing this form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C91B096" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="191"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Read each part of the application carefully, answer all applicable questions, sign where indicated, and attach the required documentation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C306393" w14:textId="29E12D1F" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5C306393" w14:textId="577280E0" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="214"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">There are six parts to this form: </w:t>
+        <w:t xml:space="preserve">There are </w:t>
+      </w:r>
+      <w:r w:rsidR="00402AB6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> parts to this form: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4768EC9F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part A: Trust details </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F4A7105" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
@@ -559,928 +526,942 @@
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part E: Attachments </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D04C4F5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="162" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part F: Declaration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B04B050" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5B04B050" w14:textId="453F9224" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="191"/>
         <w:ind w:left="11" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">You can complete this form by printing the form and filling it in by hand or saving the form and filling in an electronic copy. Note: </w:t>
+        <w:t xml:space="preserve">You can complete this form by printing the form and filling it in by hand or saving the form and filling in an electronic copy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>This form cannot be electronically signed.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DECC793" w14:textId="5C489BA2" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="284236D6" w14:textId="1214D93B" w:rsidR="00E5743C" w:rsidRDefault="00F97109" w:rsidP="00EA6FFF">
       <w:pPr>
         <w:spacing w:after="193"/>
         <w:ind w:left="9" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you choose to fill it in electronically, all signature pages must be printed and signed by hand. Once complete, scan and upload this document to your draft </w:t>
       </w:r>
-      <w:r w:rsidR="00DF123B">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DF123B" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t>Register</w:t>
       </w:r>
-      <w:r w:rsidR="00F82A3A">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F82A3A" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF123B">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DF123B" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00F82A3A">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F82A3A" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> GO</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> form in Online Services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB13C6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5FB13C6D" w14:textId="56CA4191" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="214"/>
         <w:ind w:left="9" w:right="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This form provides space for: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D67FC43" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+    <w:p w14:paraId="2D67FC43" w14:textId="0B0F41DC" w:rsidR="006167E0" w:rsidRPr="00586C70" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="094567F1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1 body corporate trustee and 3 executive officers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094567F1" w14:textId="12021A70" w:rsidR="006167E0" w:rsidRPr="00586C70" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="46B1349C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2 individual trustees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B1349C" w14:textId="02A7A965" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="159"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Eight (8) beneficiaries</w:t>
+      <w:r w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8 beneficiaries</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who may be individuals or bodies corporate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CADBAA" w14:textId="64D0125E" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CA4BDB">
+    <w:p w14:paraId="277A1AA7" w14:textId="1BB66DD8" w:rsidR="00CA4BDB" w:rsidRDefault="00F97109" w:rsidP="00B50AF6">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="17" w:right="91" w:hanging="11"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the trust has more trustees or beneficiaries than this form allows, you will need to make a copy of this document and re-use Parts B, C and D as applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277A1AA7" w14:textId="77777777" w:rsidR="00CA4BDB" w:rsidRDefault="00CA4BDB" w:rsidP="00CA4BDB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9739" w:type="dxa"/>
         <w:tblInd w:w="3" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="133" w:type="dxa"/>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="68" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="7754"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="8041"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="2CCAAF88" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="2CCAAF88" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="606"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4259D7F5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pen colours </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BBEAB9F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please use a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>black</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="006C93"/>
               </w:rPr>
               <w:t>blue</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> pen to write on the form. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="013FFC03" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="013FFC03" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="934"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="76BCB3CB" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Check boxes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="404A6636" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mark boxes like this </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+            <w:r w:rsidRPr="006611F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> with a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✔</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✘</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. When an instruction asks you to ‘tick’ the box, you can still use either </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✔</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✘</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="574E7964" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="574E7964" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="2447"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="0EB3C321" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Go to </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="215179C5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="207" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="1"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Where you see an instruction like this - </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+            <w:r w:rsidRPr="006611F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Go to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>question 5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> - mark the relevant box with a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✔</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>✘</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">and then skip to the question number shown. You do not need to answer the question(s) in between. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DB9430F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="3" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Where an instruction has a black double arrow (</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
+            <w:r w:rsidRPr="006611F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:t>), go to the next indicated part/section. Where an instruction has a black single arrow (</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
+            <w:r w:rsidRPr="006611F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:t>), go to the next question. Where an instruction has a black single arrow pointing down (</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
+            <w:r w:rsidRPr="006611F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">), fill in the field(s) directly below. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="5F4882B3" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="5F4882B3" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="1147"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="7893D8E0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Mandatory questions </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF40AA0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If all fields in a question are mandatory and must be completed, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(required)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> is added to the end of the question label text.  If a field in a question is mandatory only IF a condition is met, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(required if any)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> is added to the end of the question label text. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="4E02C3F8" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="4E02C3F8" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="607"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="7BCB006A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35DBD839" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This symbol indicates an instruction on what to do next. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="362627D4" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="362627D4" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="878"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="5B24E2F3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="312366A9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This symbol indicates additional useful guidance to filling in the adjacent field or section. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="0F721F69" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="0F721F69" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="1145"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="70D2BFF6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="601B394D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This symbol advises that more than one entry may be required for the section and therefore you may need to photocopy or print the section or fill in a duplicate section. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="1C75C982" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="1C75C982" w14:textId="77777777" w:rsidTr="00581B96">
         <w:trPr>
-          <w:trHeight w:val="875"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="282BA9DB" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7754" w:type="dxa"/>
+            <w:tcW w:w="8041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1FFE91" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This symbol advises that additional documentation to support a claim may need to be attached to the application. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06D7211C" w14:textId="77777777" w:rsidR="00BD6650" w:rsidRPr="00160D3E" w:rsidRDefault="00BD6650" w:rsidP="00BD6650">
+    <w:p w14:paraId="06D7211C" w14:textId="77777777" w:rsidR="00BD6650" w:rsidRPr="006611F3" w:rsidRDefault="00BD6650" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006611F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Help filling in this form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BCAD56" w14:textId="7F6B417D" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00831BE2">
       <w:r>
         <w:t xml:space="preserve">If you require assistance or have any questions regarding this application process, contact our general enquiries line on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">1300 553 542 </w:t>
       </w:r>
       <w:r>
         <w:t>or email</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000E3078">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ParticipantAssessment@cer.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533B2072" w14:textId="77777777" w:rsidR="000E3078" w:rsidRPr="00160D3E" w:rsidRDefault="000E3078" w:rsidP="000E3078">
+    <w:p w14:paraId="533B2072" w14:textId="77777777" w:rsidR="000E3078" w:rsidRPr="006611F3" w:rsidRDefault="000E3078" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006611F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Submitting this form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595D9771" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:ind w:left="110" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005874"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005874"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A signed copy of this form should be kept for your records. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA6DC7B" w14:textId="2F19C41C" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001E1177">
+    <w:p w14:paraId="4EA6DC7B" w14:textId="74213E13" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001E1177">
       <w:pPr>
         <w:spacing w:after="269"/>
         <w:ind w:left="110" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005874"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005874"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This form must be submitted with to your draft </w:t>
       </w:r>
-      <w:r w:rsidR="00F3547F">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F3547F" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t>Register for</w:t>
       </w:r>
-      <w:r w:rsidR="00F92B3B">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F92B3B" w:rsidRPr="00586C70">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> GO</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> form in Online Services. </w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72652F6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="72652F6D" w14:textId="39FB190E" w:rsidR="006167E0" w:rsidRDefault="004F1CB6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="48"/>
         <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Trust details </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2ED95326" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Part A: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97109">
+        <w:t>Trust details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED95326" w14:textId="4B223931" w:rsidR="006167E0" w:rsidRPr="00D247AA" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Name of Trust (required) </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D247AA">
+        <w:t xml:space="preserve">Name of </w:t>
+      </w:r>
+      <w:r w:rsidR="006936E6">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65CB0">
+        <w:t>rust</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D247AA">
+        <w:t xml:space="preserve"> (required) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="3AA9B8C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
@@ -1537,139 +1518,112 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C22D7D4" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...11 lines deleted...]
-        <w:ind w:right="0"/>
+    <w:p w14:paraId="7FBEAD90" w14:textId="377297E0" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B50AF6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="6" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">legal entity </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for the trust will be recorded in the format: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51156D70" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...25 lines deleted...]
-    <w:p w14:paraId="2CBD535E" w14:textId="72FC57AB" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="51156D70" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B50AF6">
       <w:pPr>
         <w:spacing w:after="252"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">“&lt;Trustee 1&gt;, &lt;Trustee 2&gt;, and &lt;Trustee 3&gt; [etc.], as trustee(s) for The &lt;Name&gt; Trust” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBD535E" w14:textId="0000722C" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B50AF6">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IMPORTANT:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> You have nominated to </w:t>
       </w:r>
       <w:r w:rsidR="00F3547F">
         <w:t>register</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> as a trust under a scheme administered by us. A trust is not a legal entity (i.e. a person). By completing this </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> as a trust under a scheme administered by us. A trust is not a legal entity (i.e. a person). By completing this form</w:t>
+      </w:r>
+      <w:r w:rsidR="0091757B">
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> you acknowledge we may amend (if required) the trust legal entity name recorded in this application to the format ‘A and B as trustees for X Trust’, where A and B are individual or corporate trustees, or ABN, and X is the trust, specified in this application. We will advise you if this change occurs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763402C1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="763402C1" w14:textId="3B4A4104" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ABN of the Trust </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ABN of the </w:t>
+      </w:r>
+      <w:r w:rsidR="006936E6">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rust </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="2B31BFCC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
@@ -1726,994 +1680,1023 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E97B89F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="2BF23CF0" w14:textId="77777777" w:rsidR="00B50AF6" w:rsidRDefault="00B50AF6" w:rsidP="00B50AF6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E97B89F" w14:textId="4E018904" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Type of trust (required) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="5004" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="86" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1550"/>
-        <w:gridCol w:w="8175"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="1505"/>
+        <w:gridCol w:w="29"/>
+        <w:gridCol w:w="8176"/>
+        <w:gridCol w:w="8"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="7845C1EB" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="7845C1EB" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D92787E" w14:textId="000A9725" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47252D40" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Discretionary  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="72E5DFD1" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="72E5DFD1" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="272D5420" w14:textId="1691A05E" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11011DEE" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cash Management </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="0F975AF9" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="0F975AF9" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77C84324" w14:textId="692F4A7C" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C4C3C6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Unlisted Public </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="47D36E95" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="47D36E95" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C89C658" w14:textId="51568204" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C8AE72D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Trading Trust </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="516223C7" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="516223C7" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15461DAD" w14:textId="68B5A753" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DED3DA1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fixed </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="3AB76D75" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="3AB76D75" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D035E69" w14:textId="56496A96" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4549C92C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fixed Unit </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="083D3C61" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="083D3C61" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29EEFE7E" w14:textId="4F12C8CA" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A5EB35" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Corporate Unit </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="3EC63F8B" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="3EC63F8B" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30420CD6" w14:textId="598AD9C7" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F33F09" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Listed Public Unit </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="7A3ECA46" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="7A3ECA46" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56809A53" w14:textId="3ED1869A" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAD5266" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Domestic – specify type: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="6B810664" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="6B810664" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="626"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55E2DA9C" w14:textId="584CCC06" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE9842F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Foreign – specify type: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="088826E8" w14:textId="77777777" w:rsidTr="00764A6B">
+      <w:tr w:rsidR="006167E0" w14:paraId="088826E8" w14:textId="77777777" w:rsidTr="008153B2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4" w:type="pct"/>
           <w:trHeight w:val="583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="pct"/>
+            <w:tcW w:w="796" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FDF2C54" w14:textId="4FC55AA8" w:rsidR="006167E0" w:rsidRDefault="00B4242A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="83" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="pct"/>
+            <w:tcW w:w="4200" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB4720D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other – specify type: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="006167E0" w14:paraId="162CF625" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="162CF625" w14:textId="77777777" w:rsidTr="008153B2">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="151" w:type="dxa"/>
+            <w:left w:w="110" w:type="dxa"/>
+            <w:right w:w="60" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="8" w:type="pct"/>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="773" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
-          <w:p w14:paraId="170340CA" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="170340CA" w14:textId="2699F4AF" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Trust type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8213" w:type="dxa"/>
+            <w:tcW w:w="4219" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72D95208" w14:textId="5252C835" w:rsidR="006167E0" w:rsidRDefault="0089012A">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55EB9905" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="55EB9905" w14:textId="2A81A35A" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00B50AF6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCFC8BB" w14:textId="77777777" w:rsidR="00D15E1D" w:rsidRDefault="00D15E1D">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4A5A3BC4" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5A3BC4" w14:textId="3E6DFEAB" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">States and territories of operation (tick all that apply) (required) </w:t>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">States and territories of operation </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65CB0" w:rsidRPr="00B65CB0">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tick all that apply (required) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="108" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="8" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1551"/>
         <w:gridCol w:w="8179"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="5406385E" w14:textId="77777777" w:rsidTr="00B50EDD">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="pct"/>
@@ -3257,124 +3240,125 @@
             <w:tcW w:w="4203" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27E12C70" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Western Australia </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="325FFFB0" w14:textId="77777777" w:rsidR="0057266E" w:rsidRDefault="0057266E" w:rsidP="00AD2F32">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="763B0A37" w14:textId="77777777" w:rsidR="0057266E" w:rsidRDefault="0057266E">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38056315" w14:textId="27E0CD91" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="0057266E">
+    <w:p w14:paraId="38056315" w14:textId="35E6A39E" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="0057266E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Part A:</w:t>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1CB6">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Trustee – body </w:t>
       </w:r>
       <w:r w:rsidRPr="0057266E">
         <w:t>corporate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B6FCC3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="187"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If none of the trustees are bodies corporate, skip this section and go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Part C: Trustee(s) – individual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240BA067" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="240BA067" w14:textId="6A20B944" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="193"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">We require the details of all trustees of the trust. If there is more than one (1) body corporate trustee, an additional copy of this section will need to be completed for the other body corporate trustees. </w:t>
+        <w:t xml:space="preserve">We require the details of all trustees of the trust. If there is more than one body corporate trustee, an additional copy of this section will need to be completed for the other body corporate trustees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1567E8" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="195"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Each trustee who is a body corporate, must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69401CF9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:ind w:left="372" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005874"/>
@@ -3418,126 +3402,125 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">answer questions to verify the organisation’s fitness and properness to </w:t>
       </w:r>
       <w:r w:rsidR="00FA0AB0">
         <w:t xml:space="preserve">be a </w:t>
       </w:r>
       <w:r w:rsidR="00D27BC2">
         <w:t>registered</w:t>
       </w:r>
       <w:r w:rsidR="00FA0AB0">
         <w:t xml:space="preserve"> person </w:t>
       </w:r>
       <w:r w:rsidR="00D27BC2">
         <w:t xml:space="preserve">under the </w:t>
       </w:r>
       <w:r w:rsidR="000004FD" w:rsidRPr="003B58EE">
         <w:t>Guarantee of Origin scheme</w:t>
       </w:r>
       <w:r w:rsidR="00D27BC2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDC363D" w14:textId="75073206" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="4FDC363D" w14:textId="75073206" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Business details (required) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2820"/>
-        <w:gridCol w:w="6898"/>
+        <w:gridCol w:w="3236"/>
+        <w:gridCol w:w="6482"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="58446CE9" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="58446CE9" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E19A6F0" w14:textId="7E63C236" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="4E19A6F0" w14:textId="7E63C236" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="47" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Identifier type (e.g. </w:t>
             </w:r>
             <w:r w:rsidR="00013B68" w:rsidRPr="00013B68">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ABN, ACN, ARBN, ICN or other unique numbe</w:t>
             </w:r>
             <w:r w:rsidR="00013B68">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49262ACA" w14:textId="02B90A16" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3549,165 +3532,165 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="4BF38958" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="4BF38958" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54130534" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="54130534" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="48" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Identifier number </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78BB7E91" w14:textId="74EEDB56" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="48C0EEE8" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="48C0EEE8" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E8DACC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="58E8DACC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Registration body </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="781E982D" w14:textId="3F137796" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3719,370 +3702,368 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="72A5A98F" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="72A5A98F" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9A1E2A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="2C9A1E2A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F83E99B" w14:textId="28023E97" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="40661EE9" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="40661EE9" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5866D360" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="5866D360" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Business/Trading name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BC7F099" w14:textId="2B18BA7A" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="1716480D" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="1716480D" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA2BE6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="0CA2BE6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="42" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this business a Registered Native Title Body Corporate? (Y/N) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A700901" w14:textId="41B00250" w:rsidR="006167E0" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F854FB" w14:paraId="2278F631" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="00F854FB" w14:paraId="2278F631" w14:textId="77777777" w:rsidTr="00B50AF6">
         <w:trPr>
           <w:trHeight w:val="955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="3236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6AF71B" w14:textId="49B496D1" w:rsidR="00F854FB" w:rsidRDefault="00B75594">
+          <w:p w14:paraId="2E6AF71B" w14:textId="49B496D1" w:rsidR="00F854FB" w:rsidRDefault="00B75594" w:rsidP="005C391C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="42" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75594">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of the </w:t>
             </w:r>
             <w:r w:rsidR="00725B7B" w:rsidRPr="00C439D9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>form in which the body has been incorporated</w:t>
             </w:r>
             <w:r w:rsidR="00725B7B" w:rsidRPr="00B75594">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B75594">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00725B7B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>e.g. body corporate, corporation</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> sole, local governing body, etc</w:t>
+              <w:t xml:space="preserve">e.g. body corporate, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FE9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corporation sole, local governing body, etc</w:t>
             </w:r>
             <w:r w:rsidRPr="00B75594">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6898" w:type="dxa"/>
+            <w:tcW w:w="6482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58968BAB" w14:textId="5CF17B52" w:rsidR="00F854FB" w:rsidRDefault="00E74ADA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4092,79 +4073,88 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="567DF3F5" w14:textId="77777777" w:rsidR="00684509" w:rsidRDefault="00684509" w:rsidP="00AD2F32"/>
-    <w:p w14:paraId="4CD6E8A6" w14:textId="10743E12" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="567DF3F5" w14:textId="77777777" w:rsidR="00684509" w:rsidRDefault="00684509" w:rsidP="00B50AF6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD6E8A6" w14:textId="10743E12" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Business address (required) </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Business address (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376B0D">
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="129" w:type="dxa"/>
           <w:left w:w="112" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1544"/>
         <w:gridCol w:w="8174"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="0BBAB253" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="0BBAB253" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="444"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BA7FE8B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Address line 1 </w:t>
             </w:r>
@@ -4201,53 +4191,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="370B3228" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="370B3228" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="468"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1457E456" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Address line 2 </w:t>
             </w:r>
@@ -4284,53 +4274,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="031EBFB6" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="031EBFB6" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="470"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="438FF52F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Address line 3 </w:t>
             </w:r>
@@ -4367,53 +4357,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="20B0026D" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="20B0026D" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="468"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DAD5BC5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Suburb/city </w:t>
             </w:r>
@@ -4450,53 +4440,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="76499C00" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="76499C00" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="468"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B59D0A3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">State/territory </w:t>
             </w:r>
@@ -4533,53 +4523,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="34F1AF88" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="34F1AF88" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="732"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F297AD" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode </w:t>
             </w:r>
@@ -4616,77 +4606,76 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="135C7F51" w14:textId="77777777" w:rsidTr="00040312">
+      <w:tr w:rsidR="006167E0" w14:paraId="135C7F51" w14:textId="77777777" w:rsidTr="009B5AFC">
         <w:trPr>
-          <w:trHeight w:val="708"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36E7D67D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Country </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771C4A54" w14:textId="5A931AC4" w:rsidR="006167E0" w:rsidRDefault="00FF09C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -4701,206 +4690,222 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="397D8FC4" w14:textId="77777777" w:rsidR="003F43AA" w:rsidRDefault="003F43AA" w:rsidP="00AD2F32"/>
-    <w:p w14:paraId="5E8CF135" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5E8CF135" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="167"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Foreign body corporate (required if any) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600E7397" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="600E7397" w14:textId="34EAFD38" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="281"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the applicant is not a foreign body corporate, go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Fit and proper person test - body corporate trustee</w:t>
+        <w:t xml:space="preserve">Fit and proper person test </w:t>
+      </w:r>
+      <w:r w:rsidR="0023335A" w:rsidRPr="0023335A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>body corporate trustee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257552EE" w14:textId="300A9A55" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00040312">
+    <w:p w14:paraId="257552EE" w14:textId="300A9A55" w:rsidR="006167E0" w:rsidRPr="00007E9C" w:rsidRDefault="00F97109" w:rsidP="00040312">
       <w:pPr>
         <w:spacing w:after="207" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="372" w:right="309" w:hanging="360"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="628672F9">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005774"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="628672F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="005774"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="628672F9">
-        <w:rPr>
+      <w:r w:rsidRPr="00007E9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">When uploading this form, you must upload a current certified copy of the entity’s certificate of </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="52E558D5" w14:textId="77777777" w:rsidR="00727E5C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
+        <w:t xml:space="preserve">When uploading this form, you must upload a current certified copy of the entity’s certificate of incorporation or registration, or similar document. This must be certified as a true copy by the governing authority in the place of incorporation that exercises similar functions to ASIC. We will also accept a certified copy of: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E558D5" w14:textId="77777777" w:rsidR="00727E5C" w:rsidRPr="00007E9C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="5075"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00007E9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a certificate of good standing </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4541128F" w14:textId="71F9D6F8" w:rsidR="00727E5C" w:rsidRPr="00C439D9" w:rsidRDefault="00727E5C" w:rsidP="00830006">
+    <w:p w14:paraId="4541128F" w14:textId="71F9D6F8" w:rsidR="00727E5C" w:rsidRPr="00007E9C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="5075"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C439D9">
-        <w:rPr>
+      <w:r w:rsidRPr="00007E9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a certificate of status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40406ABC" w14:textId="77777777" w:rsidR="00727E5C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
+    <w:p w14:paraId="40406ABC" w14:textId="21A4D51A" w:rsidR="00727E5C" w:rsidRPr="00007E9C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="5075"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00007E9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>a certificate of legal existence,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C71C798" w14:textId="17E17B35" w:rsidR="00727E5C" w:rsidRPr="00C439D9" w:rsidRDefault="00727E5C" w:rsidP="00830006">
+        <w:t>a certificate of legal existence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C71C798" w14:textId="17E17B35" w:rsidR="00727E5C" w:rsidRPr="00007E9C" w:rsidRDefault="00727E5C" w:rsidP="00830006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="5075"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00007E9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a certificate of current standing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6176AE7C" w14:textId="2ABF0A5E" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00B4242A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1506"/>
@@ -4967,180 +4972,202 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27C5B628" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00040312">
+    <w:p w14:paraId="2E6CDD4E" w14:textId="77777777" w:rsidR="00DC2C7A" w:rsidRDefault="00DC2C7A" w:rsidP="00DC2C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
+          <w:color w:val="006C92"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C5B628" w14:textId="7B094A1B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00846768">
       <w:pPr>
         <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">State the entity’s primary country of registration, incorporation, or establishment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E9DB52" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="66E9DB52" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="156"/>
-        <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Australian contact or agent details (required if any) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348FBADF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="194"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you have an Australian contact or agent, provide their details below. A contact for a foreign entity can be an individual, company, or other entity which has rights and is subject to obligations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0900CDF0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...1 lines deleted...]
-        <w:ind w:left="11" w:right="0"/>
+    <w:p w14:paraId="0900CDF0" w14:textId="183A452E" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00376B0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the foreign entity does not have an Australian contact or agent, go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Fit and proper person test - body corporate trustee</w:t>
+        <w:t xml:space="preserve">Fit and proper person test </w:t>
+      </w:r>
+      <w:r w:rsidR="0023335A" w:rsidRPr="0023335A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>body corporate trustee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="371A67D8" w14:textId="77777777" w:rsidR="00873950" w:rsidRDefault="00873950" w:rsidP="00376B0D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9898" w:type="dxa"/>
+        <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
-        <w:gridCol w:w="8367"/>
+        <w:gridCol w:w="8225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="704075E0" w14:textId="77777777" w:rsidTr="002F5FB0">
+      <w:tr w:rsidR="006167E0" w14:paraId="704075E0" w14:textId="77777777" w:rsidTr="0098020A">
         <w:trPr>
           <w:trHeight w:val="2725"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE92A41" w14:textId="7D7B87D9" w:rsidR="006167E0" w:rsidRPr="00040312" w:rsidRDefault="00A72ED1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="24" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full name, address and contact details of any Australian agent through which the body conducts business</w:t>
             </w:r>
             <w:r w:rsidR="00F97109" w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8366" w:type="dxa"/>
+            <w:tcW w:w="8225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5206F70C" w14:textId="3E82BBC3" w:rsidR="006167E0" w:rsidRPr="00040312" w:rsidRDefault="00FF09C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
@@ -5194,96 +5221,81 @@
             <w:r w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00040312">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45921E9D" w14:textId="77777777" w:rsidR="00EC4B1E" w:rsidRDefault="00EC4B1E" w:rsidP="00040312"/>
-    <w:p w14:paraId="6C79786E" w14:textId="1C951AD0" w:rsidR="00D44646" w:rsidRPr="00C439D9" w:rsidRDefault="004B78FF" w:rsidP="00C439D9">
+    <w:p w14:paraId="45921E9D" w14:textId="77777777" w:rsidR="00EC4B1E" w:rsidRDefault="00EC4B1E" w:rsidP="00AD75C7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C79786E" w14:textId="1C951AD0" w:rsidR="00D44646" w:rsidRPr="00C439D9" w:rsidRDefault="004B78FF" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="156"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C439D9">
         <w:t>Controlling persons</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5104AB50" w14:textId="285B6B47" w:rsidR="00EF012E" w:rsidRDefault="00D44646" w:rsidP="00EF012E">
+    <w:p w14:paraId="7904F1AC" w14:textId="743DEAAE" w:rsidR="00047E6F" w:rsidRDefault="00D44646" w:rsidP="00376B0D">
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7F21">
         <w:t xml:space="preserve">oes any other individual person or organisation, other than the </w:t>
       </w:r>
       <w:r w:rsidR="004B78FF">
         <w:t>body corporate trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7F21">
         <w:t xml:space="preserve">, control the </w:t>
       </w:r>
       <w:r w:rsidR="004B78FF">
         <w:t>body corporate trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7F21">
         <w:t>?</w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="00047E6F" w14:paraId="6CC85E99" w14:textId="77777777" w:rsidTr="002F5FB0">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5476,101 +5488,99 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="240A87A3" w14:textId="77777777" w:rsidR="00047E6F" w:rsidRDefault="00047E6F" w:rsidP="00047E6F">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="240A87A3" w14:textId="77777777" w:rsidR="00047E6F" w:rsidRDefault="00047E6F" w:rsidP="00376B0D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="00047E6F" w14:paraId="27EB8A15" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43024850" w14:textId="77777777" w:rsidR="00047E6F" w:rsidRDefault="00047E6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="499D0592" w14:textId="390AAA86" w:rsidR="00047E6F" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -5585,340 +5595,360 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="121D0B84" w14:textId="77777777" w:rsidR="00047E6F" w:rsidRDefault="00047E6F" w:rsidP="00047E6F">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="121D0B84" w14:textId="77777777" w:rsidR="00047E6F" w:rsidRDefault="00047E6F" w:rsidP="00376B0D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F70F81" w14:textId="117B6303" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="73F70F81" w14:textId="117B6303" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="156"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fit and proper person test – body corporate trustee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16472862" w14:textId="16891469" w:rsidR="00855C77" w:rsidRPr="008544B2" w:rsidRDefault="004B2D98" w:rsidP="008544B2">
+    <w:p w14:paraId="16472862" w14:textId="16891469" w:rsidR="00855C77" w:rsidRPr="00AF4628" w:rsidRDefault="004B2D98" w:rsidP="008544B2">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A body corporate trustee must pass the fit and proper person test to </w:t>
+      </w:r>
+      <w:r w:rsidR="00855C77" w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be a registered person under the Guarantee of Origin scheme. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F18254" w14:textId="0A9895AA" w:rsidR="006167E0" w:rsidRPr="00AF4628" w:rsidRDefault="00F97109" w:rsidP="008544B2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must provide information on any matters that may affect our assessment of whether the body corporate trustee is fit and proper. You should provide information on any matters that have occurred within the last </w:t>
+      </w:r>
+      <w:r w:rsidR="003D17F5" w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6042C9" w14:textId="25736267" w:rsidR="00483D45" w:rsidRPr="009E11D4" w:rsidRDefault="00F97109" w:rsidP="008544B2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7FE4F421">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The type, severity, and frequency of any conviction will be considered. A conviction may not disqualify an application. Failure to disclose relevant convictions may adversely impact the assessment of an application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172091B2" w14:textId="52C5650A" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Previous convictions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591A14BA" w14:textId="258640B8" w:rsidR="00E142E2" w:rsidRPr="00DA5870" w:rsidRDefault="00E142E2" w:rsidP="00E41D0C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...23 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41D0C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>within the last ten years</w:t>
-[...16 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+        <w:t xml:space="preserve">Has the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E068F" w:rsidRPr="00E41D0C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">body corporate trustee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41D0C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Previous convictions </w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">been convicted of an offence against, or given false or misleading information against, or have a debt that is due and payable or ordered to pay a pecuniary penalty for contravening a provision or contravening a law of the Commonwealth, a State, a Territory, or a foreign country, including, but not limited to, where the offence relates to any of the following? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F68348" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="29F68348" w14:textId="7BB56031" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Dishonest or fraudulent conduct</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>ishonest or fraudulent conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711721AB" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="711721AB" w14:textId="20AC65F8" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>The conduct of a business</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>he conduct of a business</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F738606" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="1F738606" w14:textId="30F68F4B" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Work health and safety</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>ork health and safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE9530C" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="2DE9530C" w14:textId="2C532E7B" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>The environment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>he environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B23B60B" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="6B23B60B" w14:textId="21BB34A1" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Protection of the environment </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="540BB729" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t xml:space="preserve">rotection of the environment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540BB729" w14:textId="713AD73D" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Climate change</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="607E80C6" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>limate change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607E80C6" w14:textId="7997451E" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Any schemes administered by the CER</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="701F26CF" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRPr="00C439D9" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t>ny schemes administered by the CER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701F26CF" w14:textId="2B607728" w:rsidR="00085CBD" w:rsidRPr="00C439D9" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD" w:rsidRPr="00C439D9">
         <w:t>n environmental or planning law of a State or Territory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7620CF34" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="7620CF34" w14:textId="54C15A04" w:rsidR="00085CBD" w:rsidRDefault="0071361D" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A climate change law </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00085CBD">
+        <w:t xml:space="preserve"> climate change law</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B9EF68" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA479A">
         <w:t>First Nations cultural heritage law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2249D0" w14:textId="77777777" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
+    <w:p w14:paraId="6F2249D0" w14:textId="440F30C8" w:rsidR="00085CBD" w:rsidRDefault="00085CBD" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="001B3044">
+      <w:r w:rsidRPr="00934661">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Environment Protection and Biodiversity Conservation Act 1999</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F36BD1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EB6F16" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F36BD1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="45D138E8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
@@ -6110,54 +6140,53 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34298AA2" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="34298AA2" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F36BD1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="0B0CFF92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
@@ -6218,254 +6247,192 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CB53725" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0CB53725" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F36BD1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F113546" w14:textId="1CB480B5" w:rsidR="006167E0" w:rsidRDefault="00097A8B">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1F113546" w14:textId="79C22179" w:rsidR="006167E0" w:rsidRDefault="00097A8B" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00F97109">
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> proceedings </w:t>
+        <w:t>nfinalised proceedings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7235860F" w14:textId="53BA6B81" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Is the body corporate trustee subject to </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="0A64E02B" w14:textId="6EF50A66" w:rsidR="006167E0" w:rsidRDefault="00C06FF4" w:rsidP="00B42E1B">
+        <w:t xml:space="preserve">Is the body corporate trustee subject to unfinalised proceedings? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0027ED8B" w14:textId="77777777" w:rsidR="00A43AE2" w:rsidRDefault="00C06FF4" w:rsidP="00B177BA">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">During </w:t>
       </w:r>
-      <w:r w:rsidR="00F97109">
-        <w:t>the 3-year period before making this application, was the body corporate trustee engaged in conduct that under a Commonwealth, state or territory law, relat</w:t>
+      <w:r w:rsidR="00F97109" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the 3-year period before making this application, was the body corporate trustee </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>both:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7A35F5" w14:textId="7FE0C74F" w:rsidR="00A43AE2" w:rsidRDefault="00F97109" w:rsidP="00B177BA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="20"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>engaged in conduct under a Commonwealth, state or territory law relat</w:t>
       </w:r>
       <w:r w:rsidR="000F267F">
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:r w:rsidR="00F97109">
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t>the environment</w:t>
       </w:r>
-      <w:r w:rsidR="00EA4639">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+      <w:r w:rsidR="00A43AE2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3374">
+        <w:t>climate change</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00993D4C">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3374">
+        <w:t>work health and safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077EE6CF" w14:textId="441A99CC" w:rsidR="004B3374" w:rsidRDefault="004B3374" w:rsidP="00B177BA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="20"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the subject of</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+      <w:r>
+        <w:t>an enforceable undertaking</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an infringement or penalty notice</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00550B7D">
+        <w:t>criminal proceedings</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...84 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">that have not been finally determined. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201D5F1A" w14:textId="3F528102" w:rsidR="006167E0" w:rsidRDefault="006167E0">
-[...2 lines deleted...]
-        <w:ind w:left="937" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="201D5F1A" w14:textId="3F528102" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="55AD9D96" w14:textId="77777777" w:rsidTr="00C35422">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6658,54 +6625,53 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FDD54AC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="3FDD54AC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="6CCC82EB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
@@ -6766,225 +6732,209 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CC754A6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Breaches of climate change law </w:t>
+    <w:p w14:paraId="4323E23A" w14:textId="77777777" w:rsidR="00B26929" w:rsidRDefault="00B26929" w:rsidP="00B26929">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06075813" w14:textId="55F21531" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Breaches of climate change law</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CA7671" w14:textId="765E6EEA" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="136" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the body corporate trustee </w:t>
       </w:r>
       <w:r w:rsidR="00401DD0" w:rsidRPr="00401DD0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>breached any of the below laws or their associated provisions, or a corresponding law of a foreign country?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6A3EDD" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="00B42E1B">
+    <w:p w14:paraId="6B6A3EDD" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Clean Energy Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Clean Energy Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FA99B2" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="0036174B">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Cth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E733C7" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="0036174B">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Australian National Registry of Emissions Units Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65FA99B2" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="00B42E1B">
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BA4BA3" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F466BC" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="0036174B">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Renewable Energy (Electricity) Act 2000</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Cth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2EA6F8" w14:textId="49FDFB32" w:rsidR="006167E0" w:rsidRPr="00C439D9" w:rsidRDefault="00F97109" w:rsidP="0036174B">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nature Repair Act 2023</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="59E733C7" w14:textId="77777777" w:rsidR="000D43D7" w:rsidRPr="00C439D9" w:rsidRDefault="000D43D7" w:rsidP="00B42E1B">
+        <w:t xml:space="preserve">(Cth) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459E763E" w14:textId="77777777" w:rsidR="00B045A3" w:rsidRPr="00C439D9" w:rsidRDefault="00B045A3" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Australian National Registry of Emissions Units Act 2011 (</w:t>
-[...84 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB6E1F4" w14:textId="5CE9C6A3" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="3E9F856D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7176,106 +7126,99 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AC897E4" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1AC897E4" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="07CB41A8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C77C6A5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0C5FFD" w14:textId="6084F079" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -7290,301 +7233,338 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BA28E38" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1BA28E38" w14:textId="7AB7F1CA" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4636B90F" w14:textId="16930DCC" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="0098020A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Energy scheme registration refused, cancelled, or suspended </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C664F90" w14:textId="0F763009" w:rsidR="006167E0" w:rsidRPr="00C439D9" w:rsidRDefault="00913CC3" w:rsidP="00830006">
+    <w:p w14:paraId="3C664F90" w14:textId="52425737" w:rsidR="006167E0" w:rsidRPr="00C439D9" w:rsidRDefault="00913CC3" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="134" w:line="239" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the body corporate trustee been refused registration, had their registration cancelled, or been suspended from participating in a renewable energy, or energy efficiency scheme </w:t>
       </w:r>
       <w:r w:rsidR="0011078F" w:rsidRPr="0011078F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>or climate change-related scheme under Commonwealth, state, territory, or foreign law</w:t>
       </w:r>
       <w:r w:rsidR="0011078F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00014C72" w:rsidRPr="00EC02DC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>includ</w:t>
       </w:r>
       <w:r w:rsidR="00EC02DC" w:rsidRPr="00EC02DC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ing, </w:t>
       </w:r>
       <w:r w:rsidR="00EC02DC" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">but not limited </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EC02DC" w:rsidRPr="00C439D9">
+        <w:t xml:space="preserve">but not limited to, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1286" w:rsidRPr="00EC02DC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">to, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A1286" w:rsidRPr="00EC02DC">
+        <w:t>any of the below laws</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC02DC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> any</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C071C5B" w14:textId="3C49F14D" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="3C071C5B" w14:textId="3C49F14D" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Renewable Energy (Electricity) Act 2000 </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Renewable Energy (Electricity) Act 2000</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(Cth)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D7AF1D" w14:textId="68399E13" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="77D7AF1D" w14:textId="68399E13" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Electricity Supply Act 1995 </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Electricity Supply Act 1995</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:t>(NSW)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2865E67F" w14:textId="4FE1ED10" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="2865E67F" w14:textId="4FE1ED10" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Victorian Energy Efficiency Target Act 2007 </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Victorian Energy Efficiency Target Act 2007</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:t>(Vic)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68484C75" w14:textId="2BFF348A" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="68484C75" w14:textId="2BFF348A" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Energy Efficiency (Cost of Living) Improvement Act 2012 </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Energy Efficiency (Cost of Living) Improvement Act 2012</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:t>(ACT)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AA18CB" w14:textId="15BB6508" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="38AA18CB" w14:textId="15BB6508" w:rsidR="006167E0" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Electricity (General) Regulations 2012 (SA)</w:t>
+        <w:t xml:space="preserve">Electricity (General) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A803A2">
+        <w:t>Regulations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000155FA">
+        <w:t xml:space="preserve"> 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2F19A2" w14:textId="776B5A12" w:rsidR="000A1286" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+    <w:p w14:paraId="3E2F19A2" w14:textId="776B5A12" w:rsidR="000A1286" w:rsidRPr="000155FA" w:rsidRDefault="00F97109" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
+        <w:lastRenderedPageBreak/>
         <w:t>Gas Regulations 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514259EF" w14:textId="441D946C" w:rsidR="004E78E2" w:rsidRPr="000155FA" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="00B42E1B">
+    <w:p w14:paraId="514259EF" w14:textId="441D946C" w:rsidR="004E78E2" w:rsidRPr="009E6A02" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA" w:rsidDel="00F8666C">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02" w:rsidDel="00F8666C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Carbon Credits (Carbon Farming Initiative) Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD76FCD" w14:textId="3DD3D431" w:rsidR="004E78E2" w:rsidRPr="000155FA" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="00B42E1B">
+    <w:p w14:paraId="5BD76FCD" w14:textId="3DD3D431" w:rsidR="004E78E2" w:rsidRPr="009E6A02" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA" w:rsidDel="00F8666C">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02" w:rsidDel="00F8666C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">National Greenhouse and Energy Reporting Act 2007 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2CD065" w14:textId="07EDC07E" w:rsidR="004E78E2" w:rsidRPr="000155FA" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="00B42E1B">
+    <w:p w14:paraId="7B2CD065" w14:textId="07EDC07E" w:rsidR="004E78E2" w:rsidRPr="009E6A02" w:rsidDel="00F8666C" w:rsidRDefault="004E78E2" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA" w:rsidDel="00F8666C">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02" w:rsidDel="00F8666C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Australian National Registry of Emissions Units Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2CE376" w14:textId="1F70BCFA" w:rsidR="004E78E2" w:rsidRDefault="004E78E2" w:rsidP="00B42E1B">
+    <w:p w14:paraId="4F2CE376" w14:textId="1F70BCFA" w:rsidR="004E78E2" w:rsidRPr="009E6A02" w:rsidRDefault="004E78E2" w:rsidP="0036174B">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA" w:rsidDel="00F8666C">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02" w:rsidDel="00F8666C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>New Vehicle Efficiency Standard Act 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED43B5F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="936" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
@@ -7790,54 +7770,53 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5576CAA9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="5576CAA9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="33074B79" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
@@ -7898,134 +7877,145 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39E7296A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="39E7296A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D944E4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747643B3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00C439D9">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="747643B3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Criminal Code convictions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78101E63" w14:textId="44DBE1E5" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+    <w:p w14:paraId="78101E63" w14:textId="44DBE1E5" w:rsidR="006167E0" w:rsidRPr="00DC2C7A" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the body corporate trustee been convicted of an offence </w:t>
       </w:r>
       <w:r w:rsidR="0064275C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="0064275C" w:rsidRPr="0064275C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">given false or misleading information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">against sections 136.1, 137.1 or 137.2 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C439D9">
+      <w:r w:rsidRPr="00333A37">
         <w:rPr>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Criminal Code Act 1995</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0068621F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
+      <w:r w:rsidR="0068621F" w:rsidRPr="00333A37">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Crimes Act 1914</w:t>
+      </w:r>
       <w:r w:rsidR="0068621F" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Crimes Act 1914 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">or a corresponding law of a foreign country? </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="69573307" w14:textId="77777777" w:rsidR="00DC2C7A" w:rsidRDefault="00DC2C7A" w:rsidP="00DC2C7A">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="6DB253A8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
@@ -8265,51 +8255,50 @@
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E786048" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B127CE0" w14:textId="01B5529E" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -8324,68 +8313,63 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CF1278D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="2CF1278D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B26929">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A872430" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A872430" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Competition law convictions and orders </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8428B7" w14:textId="6DED3042" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Has the body corporate trustee been convicted of an offence, or has an order been made against the body corporate trustee, under section 76</w:t>
       </w:r>
       <w:r w:rsidR="000D13A6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="000D13A6">
@@ -8393,60 +8377,55 @@
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Competition and Consumer Act 2010</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, and/or section 224 of Schedule 2, to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Competition and Consumer Act 2010</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, as that section applies as a law of the Commonwealth, a state, a territory, or a corresponding law of a foreign country? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021AE82D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="021AE82D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="36AE743F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
@@ -8646,100 +8625,100 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69D4C226" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="69D4C226" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="0D456CF7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="222912FC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CCA0599" w14:textId="722301C1" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -8754,68 +8733,63 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B7203EA" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="3B7203EA" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187E7792" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="187E7792" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Body corporate events </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BDED09" w14:textId="30414395" w:rsidR="00393A65" w:rsidRPr="00C439D9" w:rsidRDefault="00393A65" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Have any of the following events occurred or</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -8844,131 +8818,126 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> occurring in relation to the body corporate trustee</w:t>
       </w:r>
       <w:r w:rsidR="00FA3039">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006213B3" w:rsidRPr="006213B3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">overseas or under a law of a foreign country? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3B59AB" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="7F3B59AB" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The body corporate trustee has, or is being, wound up. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EBE870" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="22EBE870" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A receiver, or a receiver and manager, has been appointed (by a court or otherwise) and is acting in respect of any property of the body corporate trustee. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F40D924" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="4F40D924" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The body corporate trustee is under external administration. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D72CB9" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="05D72CB9" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The body corporate trustee has executed a deed of company arrangement that has not yet terminated. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADB653D" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="2ADB653D" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>The body corporate trustee is under restructuring.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC79932" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="3DC79932" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>The body corporate trustee has made a restructuring plan that has not yet terminated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC595B0" w14:textId="7F3D1AB3" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="7AC595B0" w14:textId="7F3D1AB3" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The body corporate trustee has </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>entered into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> a compromise or arrangement with a person the administration of which has not yet concluded.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090C7B99" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="090C7B99" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="3ACD47FC" w14:textId="77777777" w:rsidTr="7C8D7D63">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
@@ -9161,101 +9130,99 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C468DDF" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="2C468DDF" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="19599CFF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29BD80A0" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65FC4115" w14:textId="38C7DE4A" w:rsidR="00393A65" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -9270,89 +9237,90 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="662F1ECD" w14:textId="77777777" w:rsidR="00DC672C" w:rsidRDefault="00DC672C" w:rsidP="00B4242A">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="662F1ECD" w14:textId="77777777" w:rsidR="00DC672C" w:rsidRDefault="00DC672C" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE8985D" w14:textId="7648766D" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">External administration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F29E453" w14:textId="77777777" w:rsidR="00393A65" w:rsidRPr="00C439D9" w:rsidRDefault="00393A65" w:rsidP="00830006">
+    <w:p w14:paraId="7F29E453" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Is the body corporate trustee an externally administered body corporate? </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="20892D78" w14:textId="77777777" w:rsidR="00615CDB" w:rsidRPr="00C439D9" w:rsidRDefault="00615CDB" w:rsidP="00615CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="2AE47AF0" w14:textId="77777777" w:rsidTr="7C8D7D63">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
@@ -9542,54 +9510,53 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D735635" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="2D735635" w14:textId="77777777" w:rsidR="00393A65" w:rsidRPr="00AD1D94" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="6DEBAD5C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1313"/>
         </w:trPr>
         <w:tc>
@@ -9650,145 +9617,156 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30F9E758" w14:textId="076DC914" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C439D9">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="30F9E758" w14:textId="6D10C575" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="7E2CF5A1" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B65CB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Any other matters </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD81973" w14:textId="77777777" w:rsidR="00393A65" w:rsidRPr="00C439D9" w:rsidRDefault="00393A65" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the body corporate trustee been involved in any other matter than might affect whether the body corporate trustee is a fit and proper person? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06552347" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...8 lines deleted...]
-    <w:p w14:paraId="0B370DBF" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00B42E1B">
+    <w:p w14:paraId="06552347" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00286091">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286091">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B370DBF" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Is the body corporate trustee the subject of any criminal charges pending before a court? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4425CCD1" w14:textId="05ECE4EB" w:rsidR="00393A65" w:rsidRDefault="00002D8B" w:rsidP="00B42E1B">
+    <w:p w14:paraId="4425CCD1" w14:textId="05ECE4EB" w:rsidR="00393A65" w:rsidRDefault="00002D8B" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00C439D9">
         <w:t xml:space="preserve">Does the </w:t>
       </w:r>
       <w:r>
         <w:t>body corporate trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the Future Made in Australia (Guarantee of Origin) Act) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the Future Made in Australia (Guarantee of Origin) Act 2024?</w:t>
+        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333A37">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C439D9">
+        <w:t xml:space="preserve">) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333A37">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C439D9">
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00393A65" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792F3986" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="792F3986" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="64EDE9C1" w14:textId="77777777" w:rsidTr="7C8D7D63">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
@@ -9980,54 +9958,53 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CE782F0" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00393A65">
-[...2 lines deleted...]
-        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="6CE782F0" w14:textId="77777777" w:rsidR="00393A65" w:rsidRDefault="00393A65" w:rsidP="00AD1D94">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393A65" w14:paraId="2BA48C4A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
@@ -10088,51 +10065,50 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B151819" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A" w:rsidP="00AD2F32"/>
     <w:p w14:paraId="46B00CA7" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0142EEC6" w14:textId="334A5BC9" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00077A0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part C: Trustee(s) – individual </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCEC238" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="190"/>
@@ -10141,157 +10117,156 @@
       <w:r>
         <w:t xml:space="preserve">If none of the trustees are individuals, go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part D: Beneficiaries </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FDE990" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="231"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We require the details of all trustees of the trust.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF60B0F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5CF60B0F" w14:textId="5D0126EE" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="221"/>
         <w:ind w:left="233" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">For each trustee who is an individual, you must: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66131ECE" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B42E1B">
+        <w:t>For each trustee who is an individual, you must</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3F26">
+        <w:t xml:space="preserve"> provide</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66131ECE" w14:textId="103F5C0B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CF5E62">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">provide identifying information below </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4432FF6C" w14:textId="5B75CB1F" w:rsidR="002D4C65" w:rsidRDefault="002D4C65" w:rsidP="00B42E1B">
+        <w:t xml:space="preserve">identifying information below </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4432FF6C" w14:textId="7744FE24" w:rsidR="002D4C65" w:rsidRDefault="002D4C65" w:rsidP="00CF5E62">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="002D4C65">
-        <w:t xml:space="preserve">Provide three (3) certified government-issued identity documents, as outlined in Schedule </w:t>
+        <w:t xml:space="preserve">3 certified government-issued identity documents, as outlined in Schedule </w:t>
       </w:r>
       <w:r w:rsidR="002D33A9">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4C65">
         <w:t xml:space="preserve"> of the Guarantee of Origin Rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE53D77" w14:textId="2AA22DAF" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+    <w:p w14:paraId="1EE53D77" w14:textId="2AA22DAF" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CF5E62">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="1276"/>
+        <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
         <w:t>answer questions to verify the individual’s</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.">
         <w:r w:rsidR="006167E0">
           <w:t xml:space="preserve"> fitness and properness </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D0239B" w:rsidRPr="00D0239B">
         <w:t>to participate in the Guarantee of Origin scheme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B73C6AF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="5B73C6AF" w14:textId="614EA404" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="280"/>
         <w:ind w:left="564" w:right="252" w:hanging="343"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">This form provides space for two (2) individual trustees. If the trust has more than two (2) individual trustees, you will need to make a copy of this section document and re-use Part C for each additional individual trustee. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="039A1A38" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+        <w:t xml:space="preserve">This form provides space for 2 individual trustees. If the trust has more than 2 individual trustees, you will need to make a copy of this section document and re-use Part C for each additional individual trustee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039A1A38" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...4 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Details – individual trustee 1 </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3EA6770B" w14:textId="77777777" w:rsidR="00893337" w:rsidRPr="00893337" w:rsidRDefault="00893337" w:rsidP="00893337"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="129" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3148"/>
         <w:gridCol w:w="6570"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="1F53C5CA" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
@@ -10373,65 +10348,51 @@
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BD7935F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="483D9E2B" w14:textId="5D15880B" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="6" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11062,225 +11023,232 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66C69EB6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="48770395" w14:textId="77777777" w:rsidR="00873950" w:rsidRPr="00873950" w:rsidRDefault="00873950" w:rsidP="00873950"/>
+    <w:p w14:paraId="66C69EB6" w14:textId="0B0E8E55" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005874"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If this individual trustee has changed their name, you must upload documentation to prove the change of name alongside this form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC3A499" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="74EAE025" w14:textId="77777777" w:rsidR="00893337" w:rsidRDefault="00893337">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC3A499" w14:textId="1331B49E" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Residential address </w:t>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Residential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766A43">
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="129" w:type="dxa"/>
           <w:left w:w="112" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3140"/>
         <w:gridCol w:w="6578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="60844430" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="60844430" w14:textId="77777777" w:rsidTr="00843154">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="288E84C9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Address line 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E88C897" w14:textId="789432F2" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="035FD780" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="035FD780" w14:textId="77777777" w:rsidTr="00843154">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D38BEAD" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Address line 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14F7D981" w14:textId="79E4BA9B" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11293,84 +11261,83 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="4D6D167C" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="4D6D167C" w14:textId="77777777" w:rsidTr="00843154">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDAEE5E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Suburb/city </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FF74DB5" w14:textId="1B22AA22" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11383,83 +11350,83 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="12739DA1" w14:textId="77777777" w:rsidTr="00C35422">
+      <w:tr w:rsidR="006167E0" w14:paraId="12739DA1" w14:textId="77777777" w:rsidTr="00843154">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D046517" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="49" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">State/territory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CA71F96" w14:textId="496A9B69" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -11471,83 +11438,83 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="4CC2E95E" w14:textId="77777777">
+      <w:tr w:rsidR="006167E0" w14:paraId="4CC2E95E" w14:textId="77777777" w:rsidTr="00843154">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7872DEAF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D5DE6D" w14:textId="7AE38D1D" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11560,83 +11527,83 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="25563CCD" w14:textId="77777777" w:rsidTr="00C35422">
+      <w:tr w:rsidR="006167E0" w14:paraId="25563CCD" w14:textId="77777777" w:rsidTr="00B26929">
         <w:trPr>
-          <w:trHeight w:val="708"/>
+          <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C7F98F5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Country </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="6578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="761BD8BA" w14:textId="043BE03B" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11650,332 +11617,376 @@
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7867473B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="0B0AD81B" w14:textId="77777777" w:rsidR="00843154" w:rsidRDefault="00843154" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7867473B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="126"/>
-[...5 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Fit and proper person test – individual trustee 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D249C91" w14:textId="38C5CCEC" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="2D249C91" w14:textId="2F1ED400" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="212"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will need to pass the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidR="006167E0">
           <w:rPr>
             <w:color w:val="006C93"/>
             <w:u w:val="single" w:color="006C93"/>
           </w:rPr>
           <w:t>fit and proper person</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00581B96">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
       <w:hyperlink r:id="rId13" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.">
         <w:r w:rsidR="006167E0">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>test to</w:t>
       </w:r>
       <w:r w:rsidR="00F55335">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F55335" w:rsidRPr="00F55335">
         <w:t>participate in the Guarantee of Origin scheme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70974382" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="70974382" w14:textId="7346ED27" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="211"/>
         <w:ind w:left="11" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You must provide information on any matters that may affect our consideration of whether the individual trustee is fit and proper. You should provide information on any matters that occurred </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>within the last ten years</w:t>
+        <w:t xml:space="preserve">within the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00893337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7605D473" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="7605D473" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CF5E62">
       <w:pPr>
         <w:spacing w:after="249" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="386" w:hanging="10"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The type, severity, and frequency of any conviction will be considered. A conviction may not disqualify an application. Failure to disclose relevant convictions may adversely impact the assessment of an application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B4344A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="58B4344A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Previous convictions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21122CAB" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRPr="00AA479A" w:rsidRDefault="00E55F88" w:rsidP="00830006">
+    <w:p w14:paraId="21122CAB" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRPr="00AA479A" w:rsidRDefault="00E55F88" w:rsidP="00581B96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="138" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="0" w:hanging="567"/>
+        <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA479A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">been convicted of an offence against, or given false or misleading information against, or have a debt that is due and payable or ordered to pay a pecuniary penalty for contravening a provision or contravening a law of the Commonwealth, a State, a Territory, or a foreign country, including, but not limited to, where the offence relates to any of the following? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51486134" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="51486134" w14:textId="04C1111B" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>ishonest or fraudulent conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C5F3DC" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="60C5F3DC" w14:textId="5E77178A" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>he conduct of a business</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2529354F" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="2529354F" w14:textId="312B3907" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>ork health and safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EEF13D" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="38EEF13D" w14:textId="06ECB755" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>he environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A98D52" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="41A98D52" w14:textId="78673747" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="209F6CAA" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t xml:space="preserve">rotection of the environment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209F6CAA" w14:textId="36EBD910" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1F18827D" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>limate change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F18827D" w14:textId="563B958F" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0A52A8E4" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRPr="00AA479A" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t>ny schemes administered by the CER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A52A8E4" w14:textId="69930352" w:rsidR="00E55F88" w:rsidRPr="00AA479A" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t>n environmental or planning law of a State or Territory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2025DE24" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="2025DE24" w14:textId="5C2DC0DA" w:rsidR="00E55F88" w:rsidRDefault="00893337" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88">
+        <w:t xml:space="preserve"> climate change law </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F88" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C7BE1A" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="67C7BE1A" w14:textId="77777777" w:rsidR="00E55F88" w:rsidRDefault="00E55F88" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA479A">
         <w:t>First Nations cultural heritage law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499B2CF4" w14:textId="6892D411" w:rsidR="006167E0" w:rsidRDefault="00E55F88" w:rsidP="00862BC8">
+    <w:p w14:paraId="499B2CF4" w14:textId="6892D411" w:rsidR="006167E0" w:rsidRPr="00B639A6" w:rsidRDefault="00E55F88" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="1134"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="69BD24FB" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B639A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environment Protection and Biodiversity Conservation Act 1999 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BD24FB" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00843154">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="649" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="6A669766" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="184092AB" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">No  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="004769AA" w14:textId="1DB128C2" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="86" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12171,51 +12182,50 @@
         <w:trPr>
           <w:trHeight w:val="1294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02356D23" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56A89694" w14:textId="251C5F6E" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -12230,228 +12240,168 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="325B52AD" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="325B52AD" w14:textId="02C4C188" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> proceedings </w:t>
+    </w:p>
+    <w:p w14:paraId="747F8538" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Legal matters and unfinalised proceedings </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B26B565" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Is the individual trustee subject to legal matters or </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="257F03AE" w14:textId="63DE8E34" w:rsidR="0066511E" w:rsidRDefault="0066511E" w:rsidP="0066511E">
+        <w:t xml:space="preserve">Is the individual trustee subject to legal matters or unfinalised proceedings? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B9B4E9" w14:textId="1901C475" w:rsidR="00704174" w:rsidRDefault="0066511E" w:rsidP="0066511E">
       <w:pPr>
         <w:spacing w:after="137"/>
         <w:ind w:left="436" w:right="96"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">During the 3-year period before making this application, was the </w:t>
       </w:r>
       <w:r w:rsidR="0086231B" w:rsidRPr="00C439D9">
-        <w:t xml:space="preserve">individual trustee </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="14BCF657" w14:textId="77777777" w:rsidR="0066511E" w:rsidRDefault="0066511E" w:rsidP="00862BC8">
+        <w:t>individual trustee</w:t>
+      </w:r>
+      <w:r w:rsidR="00843154">
+        <w:t xml:space="preserve"> both</w:t>
+      </w:r>
+      <w:r w:rsidR="00704174">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0086231B" w:rsidRPr="00C439D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E73FEB9" w14:textId="3A90C758" w:rsidR="00843154" w:rsidRDefault="0066511E" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">the environment; or </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>engaged in conduct under a Commonwealth, state or territory law relating to</w:t>
+      </w:r>
+      <w:r w:rsidR="00704174">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00704174">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> climate change, or</w:t>
       </w:r>
       <w:r w:rsidRPr="00921E7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="30433010" w14:textId="77777777" w:rsidR="0066511E" w:rsidRDefault="0066511E" w:rsidP="00862BC8">
+      <w:r>
+        <w:t>work health and safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407EAFA3" w14:textId="3E36F394" w:rsidR="0066511E" w:rsidRDefault="0066511E" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00921E7E">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the subject of</w:t>
+      </w:r>
+      <w:r w:rsidR="00843154">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00921E7E">
+      <w:r>
+        <w:t>an enforceable undertaking</w:t>
+      </w:r>
+      <w:r w:rsidR="00843154">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an infringement or penalty notice</w:t>
+      </w:r>
+      <w:r w:rsidR="00843154">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or criminal proceedings</w:t>
+      </w:r>
+      <w:r w:rsidR="00843154">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">that have not been finally determined. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2B9335" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="1D2B9335" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00843154">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1295" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="7478E904" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
@@ -12753,259 +12703,256 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A097B83" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="4A097B83" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63865852" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="63865852" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Breaches of climate change or environmental law </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F73FD2" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="141" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee breached any of the below laws, regulations or legislative rules made under those laws, or their associated provisions, or a corresponding law of a foreign country? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187BE98E" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00862BC8">
+    <w:p w14:paraId="187BE98E" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Clean Energy Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Clean Energy Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BB986B" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Cth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD324AE" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Australian National Registry of Emissions Units Act 2011</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="64BB986B" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00862BC8">
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E32D897" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FABE73B" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Renewable Energy (Electricity) Act 2000</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Cth</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="0BD324AE" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00862BC8">
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D29C1F" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00C439D9" w:rsidRDefault="00C97459" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="3E32D897" w14:textId="77777777" w:rsidR="00C97459" w:rsidRPr="00921E7E" w:rsidRDefault="00C97459" w:rsidP="00862BC8">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nature Repair Act 2023</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C439D9">
+        <w:t xml:space="preserve">(Cth) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCD8C04" w14:textId="77777777" w:rsidR="00320F18" w:rsidRPr="00C439D9" w:rsidRDefault="00320F18" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">Nature Repair Act 2023 </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>(</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="32C90104" w14:textId="5C890458" w:rsidR="006167E0" w:rsidRDefault="006167E0">
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C90104" w14:textId="17F5357A" w:rsidR="00F32C85" w:rsidRDefault="00F32C85">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35113D9F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00843154">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="3CCDE2A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6438D54F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">No  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="735C3640" w14:textId="755C3218" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="86" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -13259,68 +13206,64 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7BF91D9D" w14:textId="77777777" w:rsidR="00D223CE" w:rsidRDefault="00D223CE">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="7BF91D9D" w14:textId="77777777" w:rsidR="00D223CE" w:rsidRDefault="00D223CE" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E0A1FD5" w14:textId="12F5D500" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2E0A1FD5" w14:textId="12F5D500" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Energy scheme registration refused, cancelled, or suspended </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E6E482" w14:textId="0E282ACF" w:rsidR="007566ED" w:rsidRPr="00C439D9" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="141" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee been refused registration, had their registration cancelled, or been suspended from participating in a renewable energy, or energy efficiency scheme </w:t>
       </w:r>
       <w:r w:rsidR="007566ED" w:rsidRPr="0011078F">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -13341,195 +13284,247 @@
       <w:r w:rsidR="00B15A09" w:rsidRPr="00B15A09">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ing, </w:t>
       </w:r>
       <w:r w:rsidR="00B15A09" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>but not limited to,</w:t>
       </w:r>
       <w:r w:rsidR="007566ED" w:rsidRPr="00B15A09">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007566ED">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">any of the below laws? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3BD987" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="0E3BD987" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renewable Energy (Electricity) Act 2000 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Renewable Energy (Electricity) Act 2000 (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(Cth)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2914C611" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="2914C611" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Electricity Supply Act 1995 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Electricity Supply Act 1995 (NSW)</w:t>
+        <w:t>(NSW)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFF5298" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="1CFF5298" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Victorian Energy Efficiency Target Act 2007 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Victorian Energy Efficiency Target Act 2007 (Vic)</w:t>
+        <w:t>(Vic)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A105196" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="0A105196" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energy Efficiency (Cost of Living) Improvement Act 2012 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Energy Efficiency (Cost of Living) Improvement Act 2012 (ACT)</w:t>
+        <w:t>(ACT)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F169C18" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="2F169C18" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
         <w:t>Electricity (General) Regulations 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116F0BD4" w14:textId="369F906D" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="116F0BD4" w14:textId="369F906D" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
         <w:t>Gas Regulations 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2585F3" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="6C2585F3" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="009E6A02" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Carbon Credits (Carbon Farming Initiative) Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7690B57B" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="7690B57B" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="009E6A02" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">National Greenhouse and Energy Reporting Act 2007 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A85825" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="19A85825" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="009E6A02" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Australian National Registry of Emissions Units Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4A368A" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="000155FA" w:rsidRDefault="009D3A8F" w:rsidP="00862BC8">
+    <w:p w14:paraId="6A4A368A" w14:textId="77777777" w:rsidR="009D3A8F" w:rsidRPr="009E6A02" w:rsidRDefault="009D3A8F" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E6A02">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>New Vehicle Efficiency Standard Act 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331D9514" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="331D9514" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00843154">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="651" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="3C6C9EA0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
@@ -13831,182 +13826,185 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E42A2E6" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="49CDA709" w14:textId="77777777" w:rsidR="00843154" w:rsidRDefault="00843154" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D535D83" w14:textId="4748AACF" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Criminal Code convictions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22373C30" w14:textId="43C63117" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="111" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee been convicted of an offence </w:t>
       </w:r>
       <w:r w:rsidR="00B95D3A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00B95D3A" w:rsidRPr="0064275C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">given false or misleading information </w:t>
       </w:r>
       <w:r w:rsidR="00B95D3A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">against sections 136.1, 137.1 or 137.2 of the </w:t>
       </w:r>
+      <w:r w:rsidR="00B95D3A" w:rsidRPr="003C545F">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Criminal Code Act 1995</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95D3A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95D3A" w:rsidRPr="003C545F">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Crimes Act 1914</w:t>
+      </w:r>
       <w:r w:rsidR="00B95D3A" w:rsidRPr="00921E7E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Criminal Code Act 1995</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Crimes Act 1914 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B95D3A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">or a corresponding law of a foreign country? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0CCFDC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="650" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="759A5721" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="528EFD44" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">No  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52970B72" w14:textId="32717941" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="86" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -14260,68 +14258,61 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0817D6D4" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0093F5C8" w14:textId="77777777" w:rsidR="00843154" w:rsidRDefault="00843154" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF46892" w14:textId="62235580" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Competition law convictions and orders </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5C95C3" w14:textId="19B3BF05" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Has the individual trustee been convicted of an offence, or has an order been made against the individual trustee, under section 76</w:t>
       </w:r>
       <w:r w:rsidR="00D55C71">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00D55C71">
@@ -14684,71 +14675,61 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58A1BA6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...1 lines deleted...]
-        <w:spacing w:after="194" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="31DC0E74" w14:textId="77777777" w:rsidR="00843154" w:rsidRDefault="00843154" w:rsidP="00843154">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="0E0E1A90" w14:textId="4744B4E2" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Insolvency </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1DB90A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Is the individual trustee an insolvent under administration? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65508D59" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
@@ -15079,111 +15060,141 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="569B9F99" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00AD2F32"/>
-    <w:p w14:paraId="65398419" w14:textId="6343F37A" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00DC672C">
+    <w:p w14:paraId="569B9F99" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00843154">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="65398419" w14:textId="688ED4CE" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Any other matters </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8DA772" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee been involved in any other matter than might affect whether the individual trustee is a fit and proper person? </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="70BAF092" w14:textId="77777777" w:rsidR="00204B17" w:rsidRDefault="00204B17">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="575D9DA0" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00862BC8">
       <w:pPr>
         <w:spacing w:after="134"/>
         <w:ind w:left="0" w:right="0" w:firstLine="425"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For example: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D74DB77" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00862BC8">
+    <w:p w14:paraId="3D74DB77" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Is the individual trustee the subject of any criminal charges still pending before a court? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C68733" w14:textId="218B70A2" w:rsidR="00710EB5" w:rsidRDefault="00710EB5" w:rsidP="00862BC8">
+    <w:p w14:paraId="46C68733" w14:textId="218B70A2" w:rsidR="00710EB5" w:rsidRDefault="00710EB5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA479A">
         <w:t xml:space="preserve">Does the </w:t>
       </w:r>
       <w:r>
         <w:t>individual trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA479A">
-        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the Future Made in Australia (Guarantee of Origin) Act) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the Future Made in Australia (Guarantee of Origin) Act 2024? </w:t>
+        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C545F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA479A">
+        <w:t xml:space="preserve">) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C545F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA479A">
+        <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F811FFE" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00AC443A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="4" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -15498,59 +15509,55 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="571E1C93" w14:textId="77777777" w:rsidR="00AC443A" w:rsidRDefault="00AC443A" w:rsidP="00AD2F32"/>
-    <w:p w14:paraId="1BB555D5" w14:textId="1E9F7A56" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="1BB555D5" w14:textId="1E9F7A56" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...4 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Details – individual trustee 2 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="129" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3148"/>
         <w:gridCol w:w="6570"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="6A06B731" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15635,65 +15642,51 @@
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAEB9D4" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301BCA7D" w14:textId="265CA1BE" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -16333,89 +16326,96 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1690E036" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="3AD3F4B3" w14:textId="77777777" w:rsidR="00873950" w:rsidRPr="00873950" w:rsidRDefault="00873950" w:rsidP="00873950">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1690E036" w14:textId="19786554" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="005774"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If this individual trustee has changed their name, you must upload documentation to prove the change of name alongside this form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF63F53" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7542518B" w14:textId="77777777" w:rsidR="00202D8B" w:rsidRDefault="00202D8B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF63F53" w14:textId="70B1EF9D" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Residential address </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="129" w:type="dxa"/>
           <w:left w:w="112" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3140"/>
         <w:gridCol w:w="6578"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="51EB69D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16506,51 +16506,50 @@
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F474AEC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Address line 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D121899" w14:textId="63196A9B" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -16837,53 +16836,53 @@
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="71948F96" w14:textId="77777777" w:rsidTr="00C849A0">
+      <w:tr w:rsidR="006167E0" w14:paraId="71948F96" w14:textId="77777777" w:rsidTr="00B26929">
         <w:trPr>
-          <w:trHeight w:val="708"/>
+          <w:trHeight w:val="534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16D78152" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Country </w:t>
             </w:r>
@@ -16927,343 +16926,372 @@
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B556E37" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="6989784D" w14:textId="77777777" w:rsidR="00843154" w:rsidRDefault="00843154" w:rsidP="00843154"/>
+    <w:p w14:paraId="6B556E37" w14:textId="0E04CF18" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="126"/>
-[...5 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Fit and proper person test – individual trustee 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A4BCB0" w14:textId="39CC35F6" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00385BAE">
-[...2 lines deleted...]
-        <w:ind w:left="233" w:right="0"/>
+    <w:p w14:paraId="03A4BCB0" w14:textId="7D4B2AA4" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="007C20DA">
+      <w:pPr>
+        <w:spacing w:after="212"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will need to pass the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidR="006167E0">
           <w:rPr>
             <w:color w:val="006C93"/>
             <w:u w:val="single" w:color="006C93"/>
           </w:rPr>
           <w:t>fit and proper person</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="002B2C47">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
       <w:hyperlink r:id="rId15" w:anchor=":%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.">
         <w:r w:rsidR="006167E0">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">test </w:t>
       </w:r>
       <w:r w:rsidR="00385BAE" w:rsidRPr="00385BAE">
         <w:t>to participate in the Guarantee of Origin scheme.</w:t>
       </w:r>
       <w:r w:rsidR="000333C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">You must provide information on any matters that may affect our consideration of whether the individual trustee is fit and proper. You should provide information on any matters that occurred </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>within the last ten years</w:t>
+        <w:t xml:space="preserve">within the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00893337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E75525" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="02BA68E7" w14:textId="16438BB1" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="007C20DA">
+      <w:pPr>
+        <w:spacing w:after="212"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The type, severity, and frequency of any conviction will be considered. A conviction may not disqualify an application. Failure to disclose relevant convictions may adversely impact the assessment of an application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BA68E7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...25 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="44570E14" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Previous convictions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB1EBCF" w14:textId="77777777" w:rsidR="00235872" w:rsidRPr="00C439D9" w:rsidRDefault="00A52DF8" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the </w:t>
       </w:r>
       <w:r w:rsidR="00E879F7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">individual trustee </w:t>
       </w:r>
       <w:r w:rsidR="00235872" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">been convicted of an offence against, or given false or misleading information against, or have a debt that is due and payable or ordered to pay a pecuniary penalty for contravening a provision or contravening a law of the Commonwealth, a State, a Territory, or a foreign country, including, but not limited to, where the offence relates to any of the following? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D960938" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="0D960938" w14:textId="2C467B17" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Dishonest or fraudulent conduct</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>ishonest or fraudulent conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEC5447" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="4FEC5447" w14:textId="67513DB4" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>The conduct of a business</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>he conduct of a business</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C919102" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="1C919102" w14:textId="7FFFEA90" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Work health and safety</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>ork health and safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1774B778" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="1774B778" w14:textId="1E5ED772" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>The environment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>he environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00C439D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73AF43D8" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="73AF43D8" w14:textId="26A0567A" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Protection of the environment </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3944AC14" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t xml:space="preserve">rotection of the environment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3944AC14" w14:textId="6EB39A63" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Climate change</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A8A5029" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>limate change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8A5029" w14:textId="7E343C2D" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Any schemes administered by the CER</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47320704" w14:textId="77777777" w:rsidR="00195E93" w:rsidRPr="00C439D9" w:rsidRDefault="00195E93" w:rsidP="00830006">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t>ny schemes administered by the CER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47320704" w14:textId="4B9A4BEB" w:rsidR="00195E93" w:rsidRPr="00C439D9" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C439D9">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00C439D9">
         <w:t>n environmental or planning law of a State or Territory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CA99BA" w14:textId="0922648C" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="25CA99BA" w14:textId="56927070" w:rsidR="00195E93" w:rsidRDefault="00B26929" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A climate change law </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA479A">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93">
+        <w:t xml:space="preserve"> climate change law </w:t>
+      </w:r>
+      <w:r w:rsidR="00195E93" w:rsidRPr="00AA479A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6878298B" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA479A">
         <w:t>First Nations cultural heritage law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EA2062" w14:textId="77777777" w:rsidR="00195E93" w:rsidRDefault="00195E93" w:rsidP="00830006">
+    <w:p w14:paraId="76EA2062" w14:textId="77777777" w:rsidR="00195E93" w:rsidRPr="00F656F5" w:rsidRDefault="00195E93" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="83"/>
         <w:ind w:left="851" w:right="0"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="2D3D6708" w14:textId="2AB12AA5" w:rsidR="00E879F7" w:rsidRDefault="00E879F7" w:rsidP="00C439D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F656F5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environment Protection and Biodiversity Conservation Act 1999 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3D6708" w14:textId="2CC73F41" w:rsidR="00E46F32" w:rsidRDefault="00E46F32">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D26FA9" w14:textId="77777777" w:rsidR="00E879F7" w:rsidRDefault="00E879F7" w:rsidP="00C439D9">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="936" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="79438F70" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="473"/>
@@ -17507,51 +17535,50 @@
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="725F26D7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="46" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4761F333" w14:textId="1DA0A638" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -17566,222 +17593,163 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="570A91B7" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="570A91B7" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00E36621">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="284159C9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> proceedings </w:t>
+    <w:p w14:paraId="284159C9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Legal matters and unfinalised proceedings </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A885632" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRPr="00C439D9" w:rsidRDefault="006B5D52" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Is the individual trustee subject to legal matters or </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="5B5FB300" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="006B5D52">
+        <w:t xml:space="preserve">Is the individual trustee subject to legal matters or unfinalised proceedings? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BD0C19" w14:textId="77777777" w:rsidR="00E36621" w:rsidRDefault="006B5D52" w:rsidP="006B5D52">
       <w:pPr>
         <w:spacing w:after="137"/>
         <w:ind w:left="436" w:right="96"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">During the 3-year period before making this application, was the </w:t>
       </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t xml:space="preserve">individual trustee </w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00921E7E">
+        <w:t>individual trustee</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
+        <w:t xml:space="preserve"> both:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DD257E" w14:textId="77777777" w:rsidR="00E36621" w:rsidRDefault="006B5D52" w:rsidP="00C12087">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="83"/>
+        <w:ind w:left="709" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>engaged in conduct under a Commonwealth, state or territory law relating to</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00921E7E">
+      <w:r>
+        <w:t>the environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> climate change, or</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00921E7E">
+      <w:r>
+        <w:t>work health and safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6909A30F" w14:textId="46258F7F" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00C12087">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="83"/>
+        <w:ind w:left="709" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the subject of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t>an enforceable undertaking</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an infringement or penalty notice</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or criminal proceedings</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36621">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">that have not been finally determined. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4485A3F5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1295" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -18091,270 +18059,272 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="727908CB" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00862BC8">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="727908CB" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00E36621">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12D1DBB1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00862BC8">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="12D1DBB1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Breaches of climate change or environmental law </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D2F71F" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00C439D9" w:rsidRDefault="00E11571" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee breached any of the below laws, regulations or legislative rules made under those laws, or their associated provisions, or a corresponding law of a foreign country? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465F4198" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00862BC8">
+    <w:p w14:paraId="465F4198" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Clean Energy Act 2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F656F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Clean Energy Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F643C2F" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F656F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Cth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5365BA5A" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Australian National Registry of Emissions Units Act 2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F656F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F643C2F" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00862BC8">
+        <w:t>(Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AB0264" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>National Greenhouse and Energy Reporting Act 2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F656F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Carbon Credits (Carbon Farming Initiative) Act 2011 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8754D3" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Renewable Energy (Electricity) Act 2000</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
-        <w:t>Cth</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="5365BA5A" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00921E7E" w:rsidRDefault="00E11571" w:rsidP="00862BC8">
+        <w:t xml:space="preserve"> (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CDF9B8" w14:textId="77777777" w:rsidR="00E11571" w:rsidRPr="00C439D9" w:rsidRDefault="00E11571" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...61 lines deleted...]
-        <w:t>)</w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nature Repair Act 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F656F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Cth)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D87F8D" w14:textId="77777777" w:rsidR="000D2881" w:rsidRPr="00C439D9" w:rsidRDefault="000D2881" w:rsidP="00862BC8">
+    <w:p w14:paraId="03D87F8D" w14:textId="77777777" w:rsidR="000D2881" w:rsidRPr="00C439D9" w:rsidRDefault="000D2881" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C439D9">
-        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024 (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (Cth)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3B1E69" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="5" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="3F9A56EF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590A81AD" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">No  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="031DBA65" w14:textId="75DD2F44" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="86" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18608,59 +18578,56 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="644DBF42" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7BCA2A9C" w14:textId="77777777" w:rsidR="00E36621" w:rsidRDefault="00E36621" w:rsidP="00E36621"/>
+    <w:p w14:paraId="644DBF42" w14:textId="1BFAB3A3" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Energy scheme registration refused, cancelled, or suspended </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1362AAA1" w14:textId="1B3E8504" w:rsidR="009A69F5" w:rsidRPr="00921E7E" w:rsidRDefault="009A69F5" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee been refused registration, had their registration cancelled, or been suspended from participating in a renewable energy, or energy efficiency scheme </w:t>
       </w:r>
       <w:r w:rsidRPr="0011078F">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -18675,188 +18642,240 @@
       <w:r w:rsidR="00CD29F0" w:rsidRPr="00CD29F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ing, </w:t>
       </w:r>
       <w:r w:rsidR="00CD29F0" w:rsidRPr="00C439D9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">but not limited to, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD29F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>any of the below laws?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B38A2ED" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="4B38A2ED" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renewable Energy (Electricity) Act 2000 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Renewable Energy (Electricity) Act 2000 (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(Cth)</w:t>
       </w:r>
       <w:r w:rsidRPr="00921E7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CF4007" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="56CF4007" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Electricity Supply Act 1995 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Electricity Supply Act 1995 (NSW)</w:t>
+        <w:t>(NSW)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D835E4" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="67D835E4" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Victorian Energy Efficiency Target Act 2007 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Victorian Energy Efficiency Target Act 2007 (Vic)</w:t>
+        <w:t>(Vic)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C985480" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="6C985480" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energy Efficiency (Cost of Living) Improvement Act 2012 </w:t>
+      </w:r>
       <w:r w:rsidRPr="000155FA">
-        <w:t>Energy Efficiency (Cost of Living) Improvement Act 2012 (ACT)</w:t>
+        <w:t>(ACT)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEEA930" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="2AEEA930" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
         <w:t>Electricity (General) Regulations 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DD657D" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="20DD657D" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000155FA">
         <w:t>Gas Regulations 2012 (SA)</w:t>
       </w:r>
       <w:r w:rsidRPr="000155FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="006C92"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688B3816" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="688B3816" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="003B3FC5" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Carbon Credits (Carbon Farming Initiative) Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF38F5D" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="3FF38F5D" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="003B3FC5" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">National Greenhouse and Energy Reporting Act 2007 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27306487" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="27306487" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="003B3FC5" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Australian National Registry of Emissions Units Act 2011 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068D6849" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="000155FA" w:rsidRDefault="009A69F5" w:rsidP="00862BC8">
+    <w:p w14:paraId="068D6849" w14:textId="77777777" w:rsidR="009A69F5" w:rsidRPr="003B3FC5" w:rsidRDefault="009A69F5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:ind w:left="851"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000155FA">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3FC5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>New Vehicle Efficiency Standard Act 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8A689E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="651" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -19165,118 +19184,122 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25809396" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="25809396" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00E36621">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="403AD036" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="403AD036" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Criminal Code convictions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E9AF6B" w14:textId="52BA3C1B" w:rsidR="006167E0" w:rsidRPr="00F070B1" w:rsidRDefault="004F6C68" w:rsidP="00830006">
+    <w:p w14:paraId="17E9AF6B" w14:textId="52BA3C1B" w:rsidR="006167E0" w:rsidRPr="00F070B1" w:rsidRDefault="004F6C68" w:rsidP="00612904">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Has the individual trustee been convicted of an offence or </w:t>
       </w:r>
       <w:r w:rsidRPr="0064275C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">given false or misleading information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">against sections 136.1, 137.1 or 137.2 of the </w:t>
       </w:r>
+      <w:r w:rsidRPr="006A0E52">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Criminal Code Act 1995</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0E52">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Crimes Act 1914</w:t>
+      </w:r>
       <w:r w:rsidRPr="00921E7E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Criminal Code Act 1995</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Crimes Act 1914 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">or a corresponding law of a foreign country? </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
@@ -19582,147 +19605,109 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2435B89B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...37 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3BF7DE5D" w14:textId="3EFFF8D5" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00E36621"/>
+    <w:p w14:paraId="2F1A5746" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Competition law convictions and orders </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B9303B" w14:textId="21A39DBC" w:rsidR="00C11E64" w:rsidRPr="00C439D9" w:rsidRDefault="00C11E64" w:rsidP="00830006">
+    <w:p w14:paraId="3EFAE309" w14:textId="226BBD9F" w:rsidR="006167E0" w:rsidRDefault="00C11E64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Has the individual trustee been convicted of an offence, or has an order been made against the individual trustee, under section 76</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55C71" w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Has the individual trustee been convicted of an offence, or has an order been made against the individual trustee, under section 76</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D55C71">
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55C71" w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D55C71" w:rsidRPr="008B5421">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Competition and Consumer Act 2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">, and/or section 224 of Schedule 2, to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36621">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Competition and Consumer Act 2010</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">, and/or section 224 of Schedule 2, to the </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, as that section applies as a law of the Commonwealth, a state, a territory, or a corresponding law of a foreign country? </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F97109" w:rsidRPr="00E36621">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="122" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="7CE1FCAB" w14:textId="77777777">
         <w:trPr>
@@ -20028,100 +20013,82 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F3C94CA" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="5F3C94CA" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00E36621">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54549768" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="006B5D52">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="54549768" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Insolvency </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4142FA" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRPr="00C439D9" w:rsidRDefault="006B5D52" w:rsidP="00830006">
+    <w:p w14:paraId="7EB3549F" w14:textId="4C2FF381" w:rsidR="006B5D52" w:rsidRPr="008E0C3C" w:rsidRDefault="006B5D52" w:rsidP="008E0C3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Is the individual trustee an insolvent under administration? </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="8254"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B5D52" w14:paraId="15348FCA" w14:textId="77777777" w:rsidTr="00421231">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20431,122 +20398,149 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B4EF096" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52">
-[...2 lines deleted...]
-        <w:ind w:left="-1" w:right="0" w:hanging="10"/>
+    <w:p w14:paraId="2B4EF096" w14:textId="77777777" w:rsidR="006B5D52" w:rsidRDefault="006B5D52" w:rsidP="00E36621">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35ED8DAF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2438A771" w14:textId="77777777" w:rsidR="00074FCD" w:rsidRDefault="00074FCD">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35ED8DAF" w14:textId="5341F3F4" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Any other matters </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75613196" w14:textId="77777777" w:rsidR="006167E0" w:rsidRPr="00C439D9" w:rsidRDefault="00F97109" w:rsidP="00830006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Has the individual trustee been involved in any other matter than might affect whether the individual trustee is a fit and proper person? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB83E7B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F070B1">
       <w:pPr>
         <w:spacing w:after="137"/>
         <w:ind w:right="0" w:firstLine="413"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For example: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3341B93E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F070B1">
+    <w:p w14:paraId="3341B93E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Is the individual trustee the subject of any criminal charges still pending before a court? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6024F574" w14:textId="77777777" w:rsidR="00710EB5" w:rsidRDefault="00710EB5" w:rsidP="00F070B1">
+    <w:p w14:paraId="6024F574" w14:textId="77777777" w:rsidR="00710EB5" w:rsidRDefault="00710EB5" w:rsidP="00C66B82">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA479A">
         <w:t xml:space="preserve">Does the </w:t>
       </w:r>
       <w:r>
         <w:t>individual trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA479A">
-        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the Future Made in Australia (Guarantee of Origin) Act) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the Future Made in Australia (Guarantee of Origin) Act 2024? </w:t>
+        <w:t xml:space="preserve"> have associations (within the meaning of section 22 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0E52">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Ac</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA479A">
+        <w:t xml:space="preserve">t) with a third party who has been convicted of any offence, domestic or foreign, relating to dishonest conduct, the conduct of a business, environment, protection of the environment, or work health and safety, or any other relevant matters under section 24 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0E52">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Future Made in Australia (Guarantee of Origin) Act 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA479A">
+        <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D52924" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="4" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="120" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="13" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -20757,206 +20751,212 @@
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details below and upload any supporting documentation with this form. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15AE4668" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A" w:rsidP="00AD2F32"/>
-    <w:p w14:paraId="1437084D" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A">
+    <w:p w14:paraId="6556EF69" w14:textId="77777777" w:rsidR="00202D8B" w:rsidRDefault="00202D8B">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AE3198" w14:textId="1E463795" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00077A0A">
+    <w:p w14:paraId="36AE3198" w14:textId="664E4FC4" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00077A0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part D: Beneficiaries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B15A47" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="53B15A47" w14:textId="78971FDF" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="216"/>
         <w:ind w:left="120" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If the trust is: </w:t>
-[...27 lines deleted...]
-      <w:r>
+        <w:t>If the trust is</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62BBC">
+        <w:t xml:space="preserve"> either</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB359D" w:rsidRPr="00AB359D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB359D">
+        <w:t>of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="0008051A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB359D">
+        <w:t xml:space="preserve">then go to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB359D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part E: Attachments </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AB359D">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A4A645E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E12943" w14:textId="54E6253B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00C12087">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a government superannuation fund established by legislation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F8D684" w14:textId="40920366" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00C12087">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>registered and subject to regulatory oversight of a Commonwealth statutory regulator (for example, APRA), in relation to its activities as a trust</w:t>
+      </w:r>
+      <w:r w:rsidR="0008051A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4A645E" w14:textId="0E98A5C1" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary class </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Beneficiary class</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F91888" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="206"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the terms of the trust do not identify beneficiaries by reference to membership of a class, then go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Beneficiaries – individuals </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192EDD98" w14:textId="6A1FCA7B" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="192EDD98" w14:textId="6A1FCA7B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the terms of the trust that you are </w:t>
       </w:r>
       <w:r w:rsidR="00867DEC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>registering,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> identify the beneficiaries by reference to membership of a class, you are required to provide details of the class – for example, “Children and grandchildren of the trustees”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F7CEEF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Details of the beneficiary class: </w:t>
+    <w:p w14:paraId="35F7CEEF" w14:textId="52C4E6A8" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00766A43">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Details of the beneficiary class</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9718" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="8213"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="07541C92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
@@ -21014,176 +21014,145 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40D8C23D" w14:textId="5C2E0054" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00A63C4A">
+    <w:p w14:paraId="56A076A6" w14:textId="069B0F44" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00B1109D">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56A076A6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...20 lines deleted...]
-    <w:p w14:paraId="64F4ABFF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="64F4ABFF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="-2"/>
-[...4 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Beneficiaries – individuals </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B1EFF4" w14:textId="4E3ABDE9" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A63C4A">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If none of the beneficiaries are individuals, then go to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Beneficiaries – body corporate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DA58B0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="231"/>
         <w:ind w:left="13" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fill out the section below for all beneficiaries of this trust who are individuals. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33893D77" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="33893D77" w14:textId="235597C4" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:color w:val="005774"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="005774"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the trust has more than eight (8) individual beneficiaries, print and fill out more copies of this page as needed and attach them to your form upload. </w:t>
-[...23 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">If the trust has more than 8 individual beneficiaries, print and fill out more copies of this page as needed and attach them to your form upload. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3307DCCB" w14:textId="1C9FA8F1" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B1109D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Individual beneficiary details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAE1410" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Beneficiary 1 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="4E7FF3A4" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21200,101 +21169,95 @@
           <w:p w14:paraId="64448C1E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="47" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">First name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34C040BA" w14:textId="6FBE520E" w:rsidR="006167E0" w:rsidRDefault="00193E32">
+          <w:p w14:paraId="34C040BA" w14:textId="1C2F269F" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F24C92">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006167E0" w14:paraId="591E0309" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB2ACC7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
@@ -21446,65 +21409,51 @@
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A32E6E3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD062CA" w14:textId="13198B8A" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -21518,59 +21467,73 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="794A7F5E" w14:textId="36FD6222" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A63C4A">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0F9EE360" w14:textId="77777777" w:rsidR="00202D8B" w:rsidRDefault="00202D8B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
-        </w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794A7F5E" w14:textId="2E0BA3FD" w:rsidR="006167E0" w:rsidRPr="008E0A58" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Beneficiary 2 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="68B0F202" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21733,51 +21696,50 @@
       <w:tr w:rsidR="006167E0" w14:paraId="3B8018B3" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="7F3F9C1B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="47" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Middle name(s) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4654BA69" w14:textId="7E32424C" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -21821,65 +21783,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="42CEFA28" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="3C405A9A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BE09C0B" w14:textId="0740DE5A" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -21892,60 +21840,59 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0828B864" w14:textId="2B5DA7A6" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A63C4A">
-[...8 lines deleted...]
-        <w:t>Beneficiary 3</w:t>
+    <w:p w14:paraId="0828B864" w14:textId="2B5DA7A6" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="7BF56B26" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -22188,65 +22135,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="3C405808" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="69688858" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A438B35" w14:textId="3FCA8EC0" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -22259,60 +22192,62 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B7DF457" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary 4  </w:t>
+    <w:p w14:paraId="0B7DF457" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="131" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="0E7CEF14" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -22555,65 +22490,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="6D1202E6" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="19747F7F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="254BEEB9" w14:textId="182D42F8" w:rsidR="006167E0" w:rsidRDefault="00193E32">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -22626,60 +22547,62 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73119842" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary 5 </w:t>
+    <w:p w14:paraId="73119842" w14:textId="0ED812BB" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="171F7688" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -22922,65 +22845,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="5BEE0C32" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="17F8DD8A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4157AF54" w14:textId="65258AC1" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -22993,60 +22902,62 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5656BC78" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary 6 </w:t>
+    <w:p w14:paraId="5656BC78" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="2001EE89" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -23289,65 +23200,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="6A59C83B" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="78525BF0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A9DFF5A" w14:textId="33EFEBE8" w:rsidR="006167E0" w:rsidRDefault="00DC672C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -23360,60 +23257,60 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1163638A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary 7 </w:t>
+    <w:p w14:paraId="1163638A" w14:textId="0CA31607" w:rsidR="006167E0" w:rsidRPr="008E0A58" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:lastRenderedPageBreak/>
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 7</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="6B6595BE" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -23575,51 +23472,50 @@
       <w:tr w:rsidR="006167E0" w14:paraId="39C4E8FD" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="7406A49C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="47" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Middle name(s) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DE5F3C0" w14:textId="13FFAB08" w:rsidR="006167E0" w:rsidRDefault="00B864ED">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -23657,65 +23553,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="572ABB09" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="522AFC63" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="562150EF" w14:textId="118815E6" w:rsidR="006167E0" w:rsidRDefault="00B864ED">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -23728,60 +23610,59 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D563CC9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Beneficiary 8 </w:t>
+    <w:p w14:paraId="1D563CC9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
+        <w:t>Beneficiary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0A58">
+        <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="36B54E55" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
@@ -24024,65 +23905,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="2C6758FF" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="6F5FA281" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of birth (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date of birth (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42EA2A58" w14:textId="6974D565" w:rsidR="006167E0" w:rsidRDefault="00B864ED">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -24107,153 +23974,115 @@
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13CDFF1D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFF8653" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="6EFF8653" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="126"/>
-[...5 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Beneficiaries – bodies corporate </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD0FF1C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="270"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fill out the section below for all beneficiaries of this trust that are bodies corporate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD7B0CE" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7BD7B0CE" w14:textId="7E843D76" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:color w:val="005774"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="005774"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>If the trust has more than eight (8) body corporate beneficiaries, print and fill out more copies of this page as needed and attach them to your form upload</w:t>
+        <w:t>If the trust has more than 8 body corporate beneficiaries, print and fill out more copies of this page as needed and attach them to your form upload</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA6D4A9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="74C44343" w14:textId="5B2FBBCB" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Body corporate beneficiary details  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C44343" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="285569C9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRPr="00BB4A77" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB4A77">
         <w:t xml:space="preserve">Beneficiary 1  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="16AE9B83" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24392,59 +24221,55 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="465C2081" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="465C2081" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 2  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="36B34900" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24583,59 +24408,55 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28C0B986" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="28C0B986" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 3  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="7DE6EBCB" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24774,59 +24595,56 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="240D8168" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="240D8168" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Beneficiary 4  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="4782F6FA" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24965,105 +24783,100 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DA76DBF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7DA76DBF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 5 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="73DFDFA4" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B2A2F73" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="44" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Business name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C6B1A61" w14:textId="03DA1D6A" w:rsidR="006167E0" w:rsidRDefault="00B864ED">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
@@ -25159,59 +24972,55 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A2C38D0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6A2C38D0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 6 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="131" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="52B72C7B" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25350,59 +25159,55 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D204605" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4D204605" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 7 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="53104FA0" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25541,59 +25346,55 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F9BCD86" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1F9BCD86" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4A77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0A58">
         <w:t xml:space="preserve">Beneficiary 8 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2546"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="5E852BC5" w14:textId="77777777" w:rsidTr="00C439D9">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25732,348 +25533,464 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BC50418" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A" w:rsidP="00AD2F32"/>
     <w:p w14:paraId="1A9E1C4F" w14:textId="77777777" w:rsidR="00077A0A" w:rsidRDefault="00077A0A">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE7465C" w14:textId="703ACB82" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00077A0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part E: Attachments </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52831827" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">We require evidence to verify the identity of all trustees, and a copy of the trust deed. When you upload this form to Online Services, you will need to supply certified copies of the below documents, as applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A427D1E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="0A427D1E" w14:textId="63CD0813" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">For the </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>trust</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="33C69F6C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide one of the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552E88A9" w14:textId="77777777" w:rsidR="008E0A58" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">the trust deed or </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65DEBC90" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+        <w:t xml:space="preserve">the trust deed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DEBC90" w14:textId="3E621E3B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">an extract of the deed that identifies the trustees and beneficiaries (or classes of beneficiary). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF4C159" w14:textId="5DF554D9" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="2CF4C159" w14:textId="257B1445" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>If there is no trust deed</w:t>
       </w:r>
-      <w:r w:rsidR="005D7920">
+      <w:r w:rsidR="005D7920" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C16174">
-[...3 lines deleted...]
-    <w:p w14:paraId="44AA2F6D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+      <w:r w:rsidR="00C16174" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>provide one of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D22FE1" w14:textId="77777777" w:rsidR="008E0A58" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">a document with similar effect to a trust deed, or </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FEA35FF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00830006">
+        <w:t>a document with similar effect to a trust deed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEA35FF" w14:textId="413852ED" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the Certificate of Registration as a Trust (if any). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBB44E4" w14:textId="63C76A3A" w:rsidR="00FB3904" w:rsidRDefault="00FB3904" w:rsidP="005D4F24">
+    <w:p w14:paraId="44175979" w14:textId="3706F661" w:rsidR="0069558E" w:rsidRDefault="0069558E" w:rsidP="0069558E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Body corporate</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37B9B" w:rsidRPr="00F37B9B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37B9B">
+        <w:t>trustee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBB44E4" w14:textId="7668CCB7" w:rsidR="00FB3904" w:rsidRDefault="00FB3904" w:rsidP="005D4F24">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="563B9537" w14:textId="683100F7" w:rsidR="005578F4" w:rsidRDefault="005578F4" w:rsidP="005D4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to the above, for each trustee that is a body corporate not registered in Australia, you must provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00285CA3" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> certificate of registration (if any) with the registry established under a law of foreign country. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474625E8" w14:textId="3A223F2E" w:rsidR="00FE476F" w:rsidRDefault="005578F4" w:rsidP="00C0492D">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="474625E8" w14:textId="31E36457" w:rsidR="00FE476F" w:rsidRDefault="005578F4" w:rsidP="005D4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>For a trustee that is a body corporate that is an incorporated association or a registered co-operative that does not have a registered address or principal place of business</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0492D" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the full name and address of a public officer, secretary, president or treasurer of the body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D90B0C" w14:textId="4A728525" w:rsidR="005578F4" w:rsidRDefault="005578F4" w:rsidP="005D4F24">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the trustee is a body corporate that does not have an ABN, A</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0333" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N or ICN: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE96A57" w14:textId="335E81CF" w:rsidR="00FE476F" w:rsidRDefault="00105536" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t>the full name and address of a public officer, secretary, president or treasurer of the body.</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="1DE96A57" w14:textId="5F372A2A" w:rsidR="00FE476F" w:rsidRDefault="005578F4" w:rsidP="005D4F24">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="005578F4">
+        <w:t xml:space="preserve">n the case of a foreign body that is a public company, or has only one executive officer </w:t>
+      </w:r>
+      <w:r w:rsidR="00285CA3">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="005578F4">
+        <w:t>identity evidence of one executive officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471744CA" w14:textId="56018362" w:rsidR="005578F4" w:rsidRDefault="004814FF" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In the case of a foreign body that is a public </w:t>
-[...18 lines deleted...]
-        <w:t>In any other case—identity evidence of 2 executive officers</w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="005578F4">
+        <w:t>n any other case</w:t>
+      </w:r>
+      <w:r w:rsidR="00285CA3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005578F4">
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="00285CA3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005578F4">
+        <w:t>identity evidence of 2 executive officers</w:t>
       </w:r>
       <w:r w:rsidR="00D43AFE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683217F9" w14:textId="72CFD6F3" w:rsidR="005D4F24" w:rsidRDefault="00487D12" w:rsidP="005D4F24">
+    <w:p w14:paraId="1C8D89AE" w14:textId="37D44E85" w:rsidR="00C74E22" w:rsidRDefault="00C74E22" w:rsidP="00C74E22">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00487D12">
-[...33 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">For each </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">body corporate trustee </w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>body corporate trustee</w:t>
+      </w:r>
+      <w:r w:rsidR="00285CA3" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or if you are not an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">individual trustee </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>named on this form, you must provide proof of your authority to act on their behalf</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE7A622" w14:textId="77777777" w:rsidR="00C74E22" w:rsidRDefault="00C74E22" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Certification and authority to act requirements are provided in the next section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0C0C62" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...6 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="6730758D" w14:textId="24D5BED7" w:rsidR="0069558E" w:rsidRDefault="0069558E" w:rsidP="0069558E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Individual trustee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A13CE26" w14:textId="64166895" w:rsidR="00C21267" w:rsidRDefault="00487D12" w:rsidP="004814FF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For each individual trustee, provide certified copies of 3 identity documents, as outlined in Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31CA8" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Guarantee of Origin Rules, where</w:t>
+      </w:r>
+      <w:r w:rsidR="004814FF" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F97109" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at least one must be from Category A</w:t>
+      </w:r>
+      <w:r w:rsidR="004814FF" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655182DF" w14:textId="2B7030FB" w:rsidR="006167E0" w:rsidRDefault="004814FF" w:rsidP="004814FF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97109" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f the documents show a different name to that on the application, you must also provide evidence of the name change, for example a Change of Name Certificate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E68F0E0" w14:textId="2C3A05D4" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B96D2E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Identity requirements for Australian citizens and residents </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="54" w:type="dxa"/>
           <w:left w:w="4" w:type="dxa"/>
           <w:right w:w="40" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3542"/>
         <w:gridCol w:w="6193"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="5F65BA64" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1819" w:type="pct"/>
@@ -26361,176 +26278,172 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3181" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D765F1E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Australian student ID (showing your name and photo) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DF46A28" w14:textId="77777777" w:rsidR="001535DE" w:rsidRDefault="001535DE"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="54" w:type="dxa"/>
+          <w:left w:w="4" w:type="dxa"/>
+          <w:right w:w="40" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9735"/>
+      </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="0DC71471" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBBDAD6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="3CBBDAD6" w14:textId="40202CA7" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Change of name supporting documents </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006167E0" w14:paraId="159E5134" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2967FE95" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Change of name certificate, deed poll or similar </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006167E0" w14:paraId="4943C553" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="759DFEC5" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Marriage certificate </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47F5E16F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED648D3" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3DB496E7" w14:textId="30E1FE03" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00B96D2E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Identity requirements for foreign persons </w:t>
-      </w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
           <w:left w:w="112" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3542"/>
         <w:gridCol w:w="6193"/>
       </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="31C8B41C" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1819" w:type="pct"/>
@@ -26715,476 +26628,600 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3181" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76175CD6" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Drivers licence (front and back) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57F5A152" w14:textId="77777777" w:rsidR="002E5015" w:rsidRDefault="002E5015"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="85" w:type="dxa"/>
+          <w:left w:w="112" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9735"/>
+      </w:tblGrid>
       <w:tr w:rsidR="006167E0" w14:paraId="5EDB9CC2" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
-          <w:p w14:paraId="453A0B98" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+          <w:p w14:paraId="453A0B98" w14:textId="65488061" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Change of name supporting documents </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006167E0" w14:paraId="37871876" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A19B6D0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Change of name certificate, deed poll or similar </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006167E0" w14:paraId="3CC2FFB5" w14:textId="77777777" w:rsidTr="00C849A0">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54C24AF8" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Marriage certificate </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FD8A703" w14:textId="224A0A72" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="001635B4">
-[...5 lines deleted...]
-    <w:p w14:paraId="558BD2EA" w14:textId="75BEEF17" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001635B4">
+    <w:p w14:paraId="1FD8A703" w14:textId="224A0A72" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00105536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558BD2EA" w14:textId="75BEEF17" w:rsidR="006167E0" w:rsidRPr="00F12C52" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F12C52">
         <w:t xml:space="preserve">Certification requirements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70273704" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001635B4">
+    <w:p w14:paraId="70273704" w14:textId="69FB243B" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001635B4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Certifying your documents – within Australia </w:t>
+        <w:t xml:space="preserve">Certifying your documents within Australia </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7696C1" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Documents may be certified by a person prescribed for the purposes of paragraph 8(b) of the </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>Statutory Declarations Act 1959</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F823F27" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Documents may not be accepted where the certification has been carried out by a person who is not sufficiently independent of the application.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42BDC197" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Examples include copies that have been certified by a family member, or another person associated with the application, such as an executive officer or employee of the applicant company, or a person nominated to be an authorised representative, or agent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B8929A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001635B4">
+    <w:p w14:paraId="04B8929A" w14:textId="57EF1DA6" w:rsidR="006167E0" w:rsidRDefault="00F12C52" w:rsidP="001635B4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Overseas </w:t>
+        <w:t>Certifying your documents o</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97109">
+        <w:t xml:space="preserve">verseas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DCE222" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Documents issued outside of Australia will need to be certified as true copies by an appropriate signatory: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDBF111" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
+    <w:p w14:paraId="2FDBF111" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Australian non-honorary consulate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BBF44A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
+    <w:p w14:paraId="23BBF44A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Australian embassy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C978FEC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
+    <w:p w14:paraId="7C978FEC" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Australian High Commission, or alternatively, an Apostille Certificate can be obtained from a Hague Apostille Convention Competent Authority to authenticate a document issued overseas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D795727" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
+    <w:p w14:paraId="35ACC5E6" w14:textId="77777777" w:rsidR="00667649" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the original document is in a language other than English, a written translation must be provided which is certified as a true and correct copy by an authorised translation service</w:t>
+      </w:r>
+      <w:r w:rsidR="00667649" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00667649" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ED087E" w14:textId="77777777" w:rsidR="00667649" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">an appropriate embassy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D795727" w14:textId="11527A1D" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a professional translation service accredited by the National Accreditation Authority for Translators and Interpreters (NAATI). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13116E47" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">How to certify a document </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E224E6" w14:textId="0D38D3BB" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00E620FF">
+    <w:p w14:paraId="6383F234" w14:textId="77777777" w:rsidR="00DA00C8" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
-        <w:ind w:left="945" w:right="1287" w:hanging="942"/>
+        <w:ind w:left="426" w:right="1287" w:hanging="423"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The document should be annotated with the following information and signed by the certifier: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>I certify that this document is a true copy of the original document sighted by me. Full name</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">I certify that this document is a true copy of the original document sighted by me. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E224E6" w14:textId="3D00D1F8" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1287" w:firstLine="283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>Full name</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47A23">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A2C778" w14:textId="25B24534" w:rsidR="00206A6F" w:rsidRPr="00DA00C8" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1287" w:firstLine="283"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F47A23">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Qualification (e.g. Justice of the Peace) </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD9166E" w14:textId="321AA1EB" w:rsidR="00125567" w:rsidRPr="00DA00C8" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1287" w:firstLine="283"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">State/Territory in which qualification was conferred </w:t>
-[...8 lines deleted...]
-      <w:r>
+        <w:t>Qualification (e.g. Justice of the Peace)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47A23">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Date </w:t>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3299B9DD" w14:textId="3B3E51A7" w:rsidR="00125567" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1287" w:firstLine="283"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>State/Territory in which qualification was conferred</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47A23">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A58329" w14:textId="0D41B5DE" w:rsidR="006167E0" w:rsidRPr="00DA00C8" w:rsidRDefault="00F97109" w:rsidP="00DA00C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="417" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1287" w:firstLine="283"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47A23">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A5C252" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">For multiple page documents, the certifier should certify the first and last page as above, sign or initial each page, and number all pages (e.g. ‘page 1 of 40’, ‘page 2 of 40’, and so on). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291C8919" w14:textId="2DB9D2F9" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00BB4330">
+    <w:p w14:paraId="291C8919" w14:textId="2DB9D2F9" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
-[...1 lines deleted...]
-        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5AE72D78">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Proof of authority to act </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDEDBF5" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00543F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>The signatory must be an individual who is one of the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A530C2" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
+    <w:p w14:paraId="43A530C2" w14:textId="39066E4C" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00543F36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>An executive officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00543F36">
-        <w:t> of the applicant organisation (for example, a director, chief executive officer, chief financial officer, secretary, or equivalent position); or</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="334C4C95" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
+        <w:t> of the applicant organisation (for example, a director, chief executive officer, chief financial officer, secretary, or equivalent position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334C4C95" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00543F36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>An authorised representative</w:t>
       </w:r>
       <w:r w:rsidRPr="00543F36">
         <w:t> who has been granted authority to sign on behalf of an executive officer of the applicant organisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1122BC42" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00BB4330" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
+    <w:p w14:paraId="1122BC42" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00BB4330" w:rsidRDefault="00543F36" w:rsidP="00F12C52">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00543F36">
+        <w:t>Authority to Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9CF86E" w14:textId="46048AC7" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00255FC7" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the signatory for the applicant organisation is not an executive officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00543F36" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you must provide proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00543F36" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="7C9CF86E" w14:textId="46048AC7" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00255FC7" w:rsidP="00BB4330">
+        <w:t>authority to act</w:t>
+      </w:r>
+      <w:r w:rsidR="00543F36" w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>—a signed letter or document from an executive officer confirming that the signatory is authorised to sign this application on their behalf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF3869A" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
-      </w:pPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00543F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="21C6157D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Please note:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157F987E" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
+    <w:p w14:paraId="157F987E" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00543F36">
         <w:t>This Authority to Act applies only to this Guarantee of Origin scheme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E60F81" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00BB4330">
+    <w:p w14:paraId="20E60F81" w14:textId="77777777" w:rsidR="00543F36" w:rsidRPr="00543F36" w:rsidRDefault="00543F36" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00543F36">
         <w:t>If the applicant is a local council, the mayor, chief executive officer, or chief financial officer may sign without additional documentation. Other signatories must provide proof of authority.</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331B54CE" w14:textId="77777777" w:rsidR="00CD0DD0" w:rsidRDefault="00CD0DD0">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B0464D" w14:textId="7171BAE2" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CD0DD0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part F: Primary contact </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372888C2" w14:textId="2CA92A6D" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00CD0DD0">
@@ -27562,146 +27599,207 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC81A18" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="003B46F2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part G: Declaration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469DF7D0" w14:textId="16B8267C" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="003B46F2">
       <w:pPr>
         <w:spacing w:after="193"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>This section must be signed by the applicant (if an individual), or by a representative of the applicant on their behalf, whose details are provided in this application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3538D263" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+    <w:p w14:paraId="3538D263" w14:textId="0B5A518A" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="214"/>
         <w:ind w:left="11" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">By signing this application, the signatory:  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="70F89EEF" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+        <w:t>By signing this application, the signatory</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5EC3">
+        <w:t xml:space="preserve"> declares</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F89EEF" w14:textId="2E63FFB3" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="004C3469" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-        <w:t xml:space="preserve">all information provided in, or in relation to, this application (including attachments and any other supporting information) is, having made all reasonable enquiries, complete, true and correct and not misleading by inclusion or </w:t>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>ll information provided in, or in relation to, this application (including attachments and any other supporting information) is, having made all reasonable enquiries, complete, true and correct and not misleading by inclusion or omission</w:t>
+      </w:r>
+      <w:r w:rsidR="003D36B0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF638D4" w14:textId="6AC12AE1" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve">he applicant will notify the Clean Energy Regulator of any changes to the matters covered by the Fit and Proper Person Declaration and the Declaration on this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E51206">
-        <w:t>omission;</w:t>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>form, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w14:paraId="0CF638D4" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve"> will do so within 28 working days of the change occurring</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEED62F" w14:textId="7343A2D4" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...8 lines deleted...]
-    <w:p w14:paraId="5CEED62F" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve">ny of the information provided in this application may be copied, recorded, used or disclosed by the Clean Energy Regulator for the purpose of assessing and making a decision on the application, auditing compliance, enforcement of laws, regulations and legislative rules, the performance of Clean Energy Regulator’s statutory functions and for related purposes subject to the requirements of relevant laws, in particular the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00316015">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve"> and Part 3 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="003D36B0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Clean Energy Regulator Act 2011</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519BB99E" w14:textId="419E486D" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...3 lines deleted...]
-    <w:p w14:paraId="519BB99E" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>he personal information provided in this application may be copied, recorded, used or disclosed by the Clean Energy Regulator for its administrative purposes, for example, to pre-populate other Clean Energy Regulator forms which the applicant wishes to fill out online in the future, and for improving the Clean Energy Regulator’s service delivery to the applicant</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2CB57E" w14:textId="36A932D5" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...8 lines deleted...]
-    <w:p w14:paraId="5E2CB57E" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>f you have nominated a trust, that legally, a trust is not a legal entity (i.e. a person). You agree to CER amending (if required) the trust legal entity name recorded in this application to the format ‘A and B as trustees for X Trust’, where A and B are individual or corporate trustees, and X is the trust, specified in this application. CER will advise you when this change occurs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743B8D78" w14:textId="2E62085E" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...8 lines deleted...]
-    <w:p w14:paraId="743B8D78" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>he applicant, following the submission of this application and upon receipt of an invoice, will pay the fee and return remittance advice of the payment to the Clean Energy Regulator</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAF279C" w14:textId="4D113389" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...8 lines deleted...]
-    <w:p w14:paraId="2BAF279C" w14:textId="77777777" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="00E51206" w:rsidP="00BB4330">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t>he Clean Energy Regulator may require clarification or additional documentation to verify the information supplied in this form and the applicant gives consent to the Clean Energy Regulator to consult with other government agencies about the applicant’s claims and, if required, to enlist external technical or financial advisers to advise on, or provide verification of (e.g. proof of identity documentation) information provided in the application during the assessment process</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798F5E9D" w14:textId="2DC77B75" w:rsidR="00E51206" w:rsidRPr="00E51206" w:rsidRDefault="003D36B0" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E51206">
-[...8 lines deleted...]
-        <w:t>that under the Criminal Code Act 1995 it is an offence for a person to give information or documentation to a Commonwealth entity if the person providing the information knows that the information or documentation is false or misleading.</w:t>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve">hat under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="003D36B0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Criminal Code Act 1995</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51206" w:rsidRPr="00E51206">
+        <w:t xml:space="preserve"> it is an offence for a person to give information or documentation to a Commonwealth entity if the person providing the information knows that the information or documentation is false or misleading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCE2110" w14:textId="61E6997E" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="001A0ABC">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="151" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -28037,65 +28135,51 @@
       <w:tr w:rsidR="006167E0" w14:paraId="6F32981F" w14:textId="77777777" w:rsidTr="00993840">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAE9E7"/>
           </w:tcPr>
           <w:p w14:paraId="206ECAA2" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date (dd/mm/</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Date (dd/mm/yyyy) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3477" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55606C96" w14:textId="79721DCD" w:rsidR="006167E0" w:rsidRDefault="002760B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -28108,113 +28192,100 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0302D11B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
-[...17 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1E1CA565" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Application checklist </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A141E" w14:textId="0650E959" w:rsidR="00E775EA" w:rsidRDefault="00F97109" w:rsidP="00C35FB4">
       <w:pPr>
         <w:spacing w:after="10"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C93"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="006C93"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Have you completed the following? Tick the box when you've completed the task beside it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C8E697" w14:textId="6512C9AD" w:rsidR="00536041" w:rsidRDefault="00C35FB4" w:rsidP="00C35FB4">
+    <w:p w14:paraId="32C8E697" w14:textId="49C80AB7" w:rsidR="00536041" w:rsidRDefault="00C35FB4" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t>Part A</w:t>
       </w:r>
       <w:r w:rsidR="005A7495">
-        <w:t>: Trust Details</w:t>
+        <w:t xml:space="preserve">: Trust </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4BA5">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="005A7495">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
       <w:tr w:rsidR="00536041" w14:paraId="45F2172F" w14:textId="77777777" w:rsidTr="00BD1BDF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472ABBAE" w14:textId="0EE4C6C1" w:rsidR="00536041" w:rsidRDefault="00E23D39" w:rsidP="00BD1BDF">
@@ -28375,66 +28446,80 @@
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66828206" w14:textId="5667521A" w:rsidR="00536041" w:rsidRPr="00543B34" w:rsidRDefault="007A0BDB" w:rsidP="00F6418F">
+          <w:p w14:paraId="66828206" w14:textId="35733162" w:rsidR="00536041" w:rsidRPr="00543B34" w:rsidRDefault="007A0BDB" w:rsidP="00F6418F">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Attached one (1) of the required documents listed in Part E: Attachments</w:t>
+              <w:t>Attached one</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4DED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543B34">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of the required documents listed in Part E: Attachments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37C30602" w14:textId="08F6FCED" w:rsidR="00536041" w:rsidRPr="00543B34" w:rsidRDefault="00543B34" w:rsidP="00F6418F">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -28447,295 +28532,307 @@
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25E50C7D" w14:textId="7DC13308" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="005A7495">
+    <w:p w14:paraId="25E50C7D" w14:textId="4EC335FA" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r>
-        <w:t>B: Trustee – Body Corporate</w:t>
+        <w:t xml:space="preserve">B: Trustee – </w:t>
+      </w:r>
+      <w:r w:rsidR="00941B63">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ody </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4BA5">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>orporate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A7495" w14:paraId="7FA30036" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005A7495" w14:paraId="7FA30036" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BDADC7" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="13BDADC7" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC07924" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="6EC07924" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F44FB7" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="68F44FB7" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7495" w14:paraId="284C1260" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005A7495" w14:paraId="284C1260" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4C0491" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="2B4C0491" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E57E65A" w14:textId="7920E4B2" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="1E57E65A" w14:textId="7920E4B2" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields</w:t>
             </w:r>
             <w:r w:rsidR="0005050A" w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2CBC99" w14:textId="77777777" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="2D2CBC99" w14:textId="77777777" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7495" w14:paraId="08F4D6B5" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005A7495" w14:paraId="08F4D6B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0969A9B8" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="0969A9B8" w14:textId="77777777" w:rsidR="005A7495" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A0BE34" w14:textId="77777777" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495" w:rsidP="00B077C3">
+          <w:p w14:paraId="35A0BE34" w14:textId="1F3A3CD1" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="005A7495">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Attached one (1) of the required documents listed in Part E: Attachments</w:t>
+              <w:t>Attached one of the required documents listed in Part E: Attachments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72AD99DE" w14:textId="5290681D" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="00543B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="72AD99DE" w14:textId="5290681D" w:rsidR="005A7495" w:rsidRPr="00543B34" w:rsidRDefault="00543B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -28784,66 +28881,66 @@
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6973EC98" w14:textId="69C70F44" w:rsidR="00BB734A" w:rsidRPr="00543B34" w:rsidRDefault="00341B82" w:rsidP="00341B82">
+          <w:p w14:paraId="6973EC98" w14:textId="11D4422C" w:rsidR="00BB734A" w:rsidRPr="00543B34" w:rsidRDefault="00341B82" w:rsidP="00341B82">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Attached three (3) certified government-issued identity documents for each executive officer of the body corporate trustee listed in Part E: Attachments (if applicable)</w:t>
+              <w:t>Attached 3 certified government-issued identity documents for each executive officer of the body corporate trustee listed in Part E: Attachments (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F4878A2" w14:textId="0651C227" w:rsidR="00BB734A" w:rsidRPr="00543B34" w:rsidRDefault="00543B34" w:rsidP="00BB734A">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -28992,362 +29089,365 @@
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20361CFC" w14:textId="3A621150" w:rsidR="006167E0" w:rsidRDefault="006167E0" w:rsidP="00D8785D">
       <w:pPr>
         <w:spacing w:after="281" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="253D3A1F" w14:textId="14028C76" w:rsidR="00D8785D" w:rsidRDefault="00D8785D" w:rsidP="00D8785D">
+    <w:p w14:paraId="253D3A1F" w14:textId="76BB1AA8" w:rsidR="00D8785D" w:rsidRDefault="00D8785D" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r w:rsidR="006F29C0">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: Trustee – </w:t>
       </w:r>
+      <w:r w:rsidR="00941B63">
+        <w:t>i</w:t>
+      </w:r>
       <w:r w:rsidR="006F29C0">
-        <w:t>Individual</w:t>
+        <w:t>ndividual</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F29C0" w14:paraId="44936AE9" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="006F29C0" w14:paraId="44936AE9" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32889590" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="32889590" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDE8496" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="3CDE8496" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F914F13" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="3F914F13" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F29C0" w14:paraId="1AB3DD47" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="006F29C0" w14:paraId="1AB3DD47" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="667952C5" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="667952C5" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57693F82" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="57693F82" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB6464C" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="7BB6464C" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F29C0" w14:paraId="5EAE0C77" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="006F29C0" w14:paraId="5EAE0C77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013CB674" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="013CB674" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11302276" w14:textId="5882F5AA" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="11302276" w14:textId="35339D30" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Attached three (3) certified government-issued identity documents for</w:t>
+              <w:t>Attached 3 certified government-issued identity documents for</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C94B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each individual trustee listed in Part E: Attachments (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA6C3AF" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="7EA6C3AF" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F29C0" w14:paraId="5E15DA8C" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="006F29C0" w14:paraId="5E15DA8C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56212B70" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="009D59C0" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="56212B70" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="009D59C0" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
@@ -29364,876 +29464,858 @@
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00C94B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attached proof of authority to act for each individual trustee (if applicable)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as specified in Part E: Attachments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3338C7" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0" w:rsidP="00B077C3">
+          <w:p w14:paraId="0E3338C7" w14:textId="77777777" w:rsidR="006F29C0" w:rsidRPr="00543B34" w:rsidRDefault="006F29C0">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1468">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58D10FA4" w14:textId="4F0ECC3E" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00C94B34">
+    <w:p w14:paraId="58D10FA4" w14:textId="4F0ECC3E" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r>
         <w:t>D: Beneficiaries</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C94B34" w14:paraId="655C5CA2" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="00C94B34" w14:paraId="655C5CA2" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F847EF9" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="6F847EF9" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4908020E" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="4908020E" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5343A6A1" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="5343A6A1" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B34" w14:paraId="1A892447" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="00C94B34" w14:paraId="1A892447" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235A8D24" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="235A8D24" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E57332" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="63E57332" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74812C30" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34" w:rsidP="00B077C3">
+          <w:p w14:paraId="74812C30" w14:textId="77777777" w:rsidR="00C94B34" w:rsidRPr="00543B34" w:rsidRDefault="00C94B34">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DFA0D07" w14:textId="17F68905" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00C94B34">
+    <w:p w14:paraId="3DFA0D07" w14:textId="17F68905" w:rsidR="00C94B34" w:rsidRDefault="00C94B34" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r>
         <w:t>E: Attachments</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="0802D97F" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="0802D97F" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF9BDCE" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="7FF9BDCE" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF38784" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="2AF38784" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA29A35" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="5BA29A35" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="03C43038" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="03C43038" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="705E8260" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="705E8260" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74BC8147" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="74BC8147" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB869EA" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="7EB869EA" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3134C3E4" w14:textId="0A9D493D" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="005C2FE2">
+    <w:p w14:paraId="3134C3E4" w14:textId="0A9D493D" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r>
         <w:t>F: Primary contact</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="3F193985" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="3F193985" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A4F70A" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="60A4F70A" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A61825" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="33A61825" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05F9114C" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="05F9114C" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="45831FA1" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="45831FA1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C083E6" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="45C083E6" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0590ED91" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="0590ED91" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F69371" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="23F69371" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="799CB89D" w14:textId="5F3B2D4E" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="005C2FE2">
+    <w:p w14:paraId="799CB89D" w14:textId="5F3B2D4E" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA6980">
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r>
         <w:t>G: Declaration</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERtable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="5214"/>
         <w:gridCol w:w="3245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="6E68601F" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="6E68601F" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E01BF5" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="66E01BF5" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9D804A" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="3E9D804A" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4F5B25" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="3B4F5B25" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2FE2" w14:paraId="2EA8511C" w14:textId="77777777" w:rsidTr="00B077C3">
+      <w:tr w:rsidR="005C2FE2" w14:paraId="2EA8511C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353C829E" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="353C829E" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009D59C0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5214" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6BBCE4" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="6D6BBCE4" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Completed all fields (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="593A5A55" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2" w:rsidP="00B077C3">
+          <w:p w14:paraId="593A5A55" w14:textId="77777777" w:rsidR="005C2FE2" w:rsidRPr="00543B34" w:rsidRDefault="005C2FE2">
             <w:pPr>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543B34">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F8D3A9E" w14:textId="4E524CE6" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005C2FE2">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1F8AE865" w14:textId="77777777" w:rsidR="00410121" w:rsidRDefault="00410121">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="480EA334" w14:textId="6A8586A2" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="249"/>
         <w:ind w:left="-2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Additional information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C10FBC" w14:textId="77777777" w:rsidR="0011106C" w:rsidRPr="00353B13" w:rsidRDefault="0011106C" w:rsidP="0011106C">
+    <w:p w14:paraId="05C10FBC" w14:textId="77777777" w:rsidR="0011106C" w:rsidRPr="00353B13" w:rsidRDefault="0011106C" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00353B13">
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061A8CEA" w14:textId="125C6393" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="061A8CEA" w14:textId="125C6393" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00612904">
+      <w:pPr>
+        <w:spacing w:after="253" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="006C92"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Definitions marked with an asterisk are definitions repeated from the Australian National Registry of Emissions Units Act 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439C9851" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="10"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For the purposes of this form: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9739" w:type="dxa"/>
         <w:tblInd w:w="3" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="169" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2026"/>
         <w:gridCol w:w="7713"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006167E0" w14:paraId="4CA8157A" w14:textId="77777777" w:rsidTr="00D13C85">
+      <w:tr w:rsidR="006167E0" w14:paraId="4CA8157A" w14:textId="77777777" w:rsidTr="004F0799">
         <w:trPr>
-          <w:trHeight w:val="1144"/>
+          <w:trHeight w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="698C404F" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">applicant </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30248,417 +30330,419 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="448C1255" w14:textId="627D4440" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">means any individual or organisation applying as the legal entity, and/or natural person representing the legal entity, who will </w:t>
             </w:r>
             <w:r w:rsidR="00867DEC">
               <w:t>register for</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:r w:rsidR="00255FC7">
               <w:t xml:space="preserve">GO Scheme. </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="5EA45208" w14:textId="77777777" w:rsidTr="00D13C85">
+      <w:tr w:rsidR="006167E0" w14:paraId="5EA45208" w14:textId="77777777" w:rsidTr="004F0799">
         <w:trPr>
-          <w:trHeight w:val="2540"/>
+          <w:trHeight w:val="2221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="674CD7EA" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">executive officer* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A0409BF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
-[...1 lines deleted...]
-              <w:pStyle w:val="BodyText1"/>
+          <w:p w14:paraId="0A0409BF" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="004F0799">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">means, in relation to a body corporate: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F6A0C7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="57F6A0C7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a director of the body corporate (or corporation) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B82DB92" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="2B82DB92" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">the chief executive officer (however described) of the body corporate (corporation) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="562E2B62" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="562E2B62" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">the chief financial officer (however described) of the body corporate (corporation) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4443230C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="4443230C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">the secretary of the body corporate (corporation). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006167E0" w14:paraId="5F391BBE" w14:textId="77777777" w:rsidTr="00D13C85">
+      <w:tr w:rsidR="006167E0" w14:paraId="5F391BBE" w14:textId="77777777" w:rsidTr="004F0799">
         <w:trPr>
-          <w:trHeight w:val="2229"/>
+          <w:trHeight w:val="2504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="60EBF278" w14:textId="7AB03F50" w:rsidR="006167E0" w:rsidRDefault="000D0F8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Registered Person</w:t>
             </w:r>
             <w:r w:rsidR="00F97109">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FCBA5C"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56C1BF35" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
-[...1 lines deleted...]
-              <w:pStyle w:val="BodyText1"/>
+          <w:p w14:paraId="56C1BF35" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="004F0799">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">means any of the following: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D13762" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="61D13762" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">an individual </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3246905B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="3246905B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a body corporate </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="581CC029" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="581CC029" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a trust </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6204BB36" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="6204BB36" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a corporation sole </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A8EEA0B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="6A8EEA0B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a body politic </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07B5A9A0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00D13C85">
+          <w:p w14:paraId="07B5A9A0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a local governing body. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A146791" w14:textId="77777777" w:rsidR="000E7A0E" w:rsidRPr="00022B9C" w:rsidRDefault="000E7A0E" w:rsidP="000E7A0E">
+    <w:p w14:paraId="1A146791" w14:textId="77777777" w:rsidR="000E7A0E" w:rsidRPr="00022B9C" w:rsidRDefault="000E7A0E" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00022B9C">
         <w:t>Protection of information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD45073" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="453"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Clean Energy Regulator is bound by the secrecy provisions in Part 3 of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Clean Energy Regulator Act 2011</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy Act 1988</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6067EF43" w14:textId="77777777" w:rsidR="008A3420" w:rsidRPr="00022B9C" w:rsidRDefault="008A3420" w:rsidP="008A3420">
+    <w:p w14:paraId="6067EF43" w14:textId="77777777" w:rsidR="008A3420" w:rsidRPr="00022B9C" w:rsidRDefault="008A3420" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
       </w:pPr>
       <w:r w:rsidRPr="00022B9C">
         <w:t>Privacy statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D4F1772" w14:textId="6A887767" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="008A3420">
       <w:r>
         <w:t xml:space="preserve">'Personal information', as defined in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy Act 1988</w:t>
       </w:r>
       <w:r>
         <w:t>, means any information from which a person’s</w:t>
       </w:r>
       <w:r w:rsidR="008A3420">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">identity is apparent or can be reasonably ascertained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567CBCB9" w14:textId="77777777" w:rsidR="008A3420" w:rsidRDefault="008A3420" w:rsidP="008A3420"/>
     <w:p w14:paraId="2E43282A" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="008A3420">
       <w:pPr>
         <w:ind w:left="3" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Personal information collected in relation to this application will be used for the purpose of assessing the application, auditing compliance, enforcement of relevant laws and regulations and for related purposes. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Personal information collected in relation to this application will be used for the purpose of assessing the application, auditing compliance, enforcement of relevant laws and regulations and for related purposes. The collection of personal information is authorised by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clean Energy Regulator Act 2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and/or other relevant Act(s). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46774DC1" w14:textId="77777777" w:rsidR="00990C26" w:rsidRPr="00022B9C" w:rsidRDefault="00990C26" w:rsidP="00F12C52">
+      <w:pPr>
+        <w:pStyle w:val="CERHeading2rectangle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B9C">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The collection of personal information is authorised by the </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00022B9C">
         <w:t xml:space="preserve">Disclosure of </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72188">
         <w:t>information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D4A2A9" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="191"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Clean Energy Regulator and authorised staff are only able to disclose information relating to the affairs of a person (including personal information) collected in relation to this application in accordance with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Clean Energy Regulator Act 2011 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or as otherwise required by law. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3270EA9D" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
       <w:pPr>
         <w:spacing w:after="218"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Part 3 of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Clean Energy Regulator Act 2011 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">prevents disclosure of relevant information except in circumstances set out in that Part. Those circumstances include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E54BE0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="30E54BE0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">disclosure for the purposes of a climate change or biodiversity law </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679C9BC0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="679C9BC0" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">disclosure to the Minister </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E100A9C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="7E100A9C" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">disclosure of summaries or statistics if those summaries or statistics are not likely to enable the identification of a person </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4873F829" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="4873F829" w14:textId="7B950D49" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">disclosure to certain bodies where the Chair of the Clean Energy Regulator is satisfied that disclosure will assist those bodies in the performance of their functions or powers, including the Australian Securities and Investment Commission, and the Australian Competition and Consumer Commission, and </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24040F8B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+        <w:t>disclosure to certain bodies where the Chair of the Clean Energy Regulator is satisfied that disclosure will assist those bodies in the performance of their functions or powers, including the Australian Securities and Investment Commission, and the Australian Competition and Consumer Commission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24040F8B" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">disclosure for the purposes of enforcement of the criminal law, enforcement of a law imposing a pecuniary penalty or for protection of the public revenue, if the Chair of the Clean Energy Regulator is satisfied that disclosure is reasonably necessary for such purpose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AD882E" w14:textId="77777777" w:rsidR="001C357A" w:rsidRPr="00022B9C" w:rsidRDefault="001C357A" w:rsidP="001349CC">
+    <w:p w14:paraId="45AD882E" w14:textId="77777777" w:rsidR="001C357A" w:rsidRPr="00022B9C" w:rsidRDefault="001C357A" w:rsidP="00F12C52">
       <w:pPr>
         <w:pStyle w:val="CERHeading2rectangle"/>
-        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00022B9C">
         <w:t>Accessibility disclaimer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AF7CFA" w14:textId="158A147A" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="005D4F24">
+    <w:p w14:paraId="69AF7CFA" w14:textId="77A59A48" w:rsidR="006167E0" w:rsidRDefault="00F97109" w:rsidP="00A803A2">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We have worked to ensure that this document is accessible. Contact us to obtain an alternative version if you are having difficulty or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>you have</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> specific accessibility needs. Call </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">1300 553 542 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or email the name of the form and your needs to </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE410D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -30668,61 +30752,61 @@
       </w:hyperlink>
       <w:r w:rsidR="00BE410D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006167E0" w:rsidSect="00C627E4">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11899" w:h="16841"/>
       <w:pgMar w:top="491" w:right="1077" w:bottom="432" w:left="1077" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1690C985" w14:textId="77777777" w:rsidR="00502277" w:rsidRDefault="00502277">
+    <w:p w14:paraId="2D6F7B88" w14:textId="77777777" w:rsidR="001F7469" w:rsidRDefault="001F7469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62CA76B9" w14:textId="77777777" w:rsidR="00502277" w:rsidRDefault="00502277">
+    <w:p w14:paraId="204D7215" w14:textId="77777777" w:rsidR="001F7469" w:rsidRDefault="001F7469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -30753,90 +30837,90 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43885013" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9746"/>
       </w:tabs>
       <w:spacing w:after="263" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Application for enrolment as a trust – v1.0 – 13/02/2025 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
@@ -30867,155 +30951,195 @@
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5F74CD4E" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="39" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">OFFICIAL </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3AD20CA3" w14:textId="3F7E2874" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+  <w:p w14:paraId="3AD20CA3" w14:textId="6B8B4DD8" w:rsidR="006167E0" w:rsidRDefault="00F97109">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9746"/>
       </w:tabs>
       <w:spacing w:after="263" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Application for </w:t>
+      <w:t>Application for</w:t>
+    </w:r>
+    <w:r w:rsidR="00146598">
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00146598" w:rsidRPr="00146598">
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>Guarantee of Origin Scheme</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00923F8D">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>registration</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> as a trust – v1.0 – </w:t>
+      <w:t xml:space="preserve"> as a trust – v</w:t>
+    </w:r>
+    <w:r w:rsidR="00126C6E">
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.0 – </w:t>
+    </w:r>
+    <w:r w:rsidR="00126C6E">
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00077DE1">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>03</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00077DE1">
+    <w:r w:rsidR="00126C6E">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">/2025 </w:t>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00126C6E">
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="273BA5E7" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
+  <w:p w14:paraId="273BA5E7" w14:textId="48467F80" w:rsidR="006167E0" w:rsidRDefault="006167E0">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="39" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
-[...6 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B3F074C" w14:textId="115FE1E0" w:rsidR="006167E0" w:rsidRDefault="0024567E">
+  <w:p w14:paraId="25DB2919" w14:textId="77777777" w:rsidR="00EA6FFF" w:rsidRDefault="00EA6FFF">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5B3F074C" w14:textId="36924E86" w:rsidR="006167E0" w:rsidRDefault="0024567E">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2669139C" wp14:editId="28221B38">
           <wp:extent cx="1918800" cy="644717"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="13" name="Picture 13" descr="CER Monogram"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="5" name="Picture 5" descr="CER Monogram"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
@@ -31023,66 +31147,123 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1918800" cy="644717"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26ADD1C1" w14:textId="77777777" w:rsidR="00502277" w:rsidRDefault="00502277">
+    <w:p w14:paraId="2F0D64CA" w14:textId="77777777" w:rsidR="001F7469" w:rsidRDefault="001F7469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4806EA00" w14:textId="77777777" w:rsidR="00502277" w:rsidRDefault="00502277">
+    <w:p w14:paraId="4CB1D16B" w14:textId="77777777" w:rsidR="001F7469" w:rsidRDefault="001F7469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="3EA8E3BD" w14:textId="7971A274" w:rsidR="00E41D0C" w:rsidRDefault="00E41D0C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7FD8" w:rsidRPr="00FF7FD8">
+        <w:t>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="2FF7F8FE" w14:textId="7CE36F03" w:rsidR="00581B96" w:rsidRDefault="00581B96">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581B96">
+        <w:t>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="2F600CAF" w14:textId="212CDF38" w:rsidR="002B2C47" w:rsidRDefault="002B2C47">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2C47">
+        <w:t>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04A012FE" w14:textId="77777777" w:rsidR="006167E0" w:rsidRDefault="00F97109">
     <w:pPr>
       <w:spacing w:after="56" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="63" w:right="84" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="69122B09" wp14:editId="7909EB48">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5393688</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -31220,94 +31401,84 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00F97109">
       <w:rPr>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D33D7D1" w14:textId="5C9B1EDC" w:rsidR="006167E0" w:rsidRDefault="00F92B3B">
+  <w:p w14:paraId="3D33D7D1" w14:textId="539630A8" w:rsidR="006167E0" w:rsidRDefault="00F92B3B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4880"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r w:rsidRPr="00EB3EE3">
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>CER-GO-001</w:t>
     </w:r>
     <w:r w:rsidR="00F97109">
       <w:tab/>
-    </w:r>
-[...8 lines deleted...]
-    <w:r w:rsidR="00F97109">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="41139B8C" w14:textId="77777777" w:rsidR="00E174EE" w:rsidRDefault="00E174EE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4880"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F09A511" w14:textId="3F688AD4" w:rsidR="00EC2914" w:rsidRDefault="00EC2914" w:rsidP="00705D50">
+  <w:p w14:paraId="2F09A511" w14:textId="64904253" w:rsidR="00EC2914" w:rsidRDefault="00EC2914" w:rsidP="00705D50">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78A2D4A7" wp14:editId="1AC3B17D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>173355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2443363" cy="910681"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
@@ -31339,58 +31510,50 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2443363" cy="910681"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
-    </w:r>
-[...6 lines deleted...]
-      <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="23AB0D78" w14:textId="1A057380" w:rsidR="00EC2914" w:rsidRDefault="00705D50" w:rsidP="00705D50">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2CB02B" wp14:editId="736F4413">
           <wp:extent cx="2628000" cy="617737"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5080"/>
           <wp:docPr id="12" name="Picture 12" descr="Australian Government Crest - Clean Energy Regulator"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -31532,66 +31695,66 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10721D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D9C4E3E6"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="5D7CD356"/>
+    <w:lvl w:ilvl="0" w:tplc="06DC5FF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1082"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C93"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -31744,62 +31907,62 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6122"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C93"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="161F556A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="93CEB0FA"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="592682F6"/>
+    <w:lvl w:ilvl="0" w:tplc="A01CDEDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1452" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2172" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -32070,86 +32233,86 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6228"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C92"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25277E42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FBE2DA64"/>
+    <w:tmpl w:val="582295E6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090001">
+    <w:lvl w:ilvl="1" w:tplc="29089F34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1659"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C92"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
@@ -32273,86 +32436,86 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5979"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C92"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="291A7746"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19F06FFA"/>
+    <w:tmpl w:val="C7A0CDB6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090001">
+    <w:lvl w:ilvl="1" w:tplc="527CAE8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1659"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C92"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
@@ -33214,66 +33377,66 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5978"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C92"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78D433B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="25EC364E"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="3E5A5C2A"/>
+    <w:lvl w:ilvl="0" w:tplc="30E674EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1082"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C93"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -33426,64 +33589,64 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6122"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="006C93"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79DB23C0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="11A43BFC"/>
+    <w:tmpl w:val="2460F78E"/>
     <w:name w:val="CERBullets22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="CERbullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="196B24" w:themeColor="accent3"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="196B24" w:themeColor="accent3"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -33793,1735 +33956,2145 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="530458680">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1436250990">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="229386695">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="457533011">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="239025655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2076857412">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="675503388">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2105370927">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="14" w16cid:durableId="802040804">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="540822143">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="542249519">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1523859989">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="741177185">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="247036999">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="853348240">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1809395733">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1606885799">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1374378854">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="566694871">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="365524410">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="585579417">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1573081142">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1931618427">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="932468549">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1973637622">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1749842769">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="800197974">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:spinCount="100000" w:hashValue="cU499GyA8ujx9HFCGMkCMpHAJMCkhq/UlDzflymRty8=" w:saltValue="yEZCfFqaHEm6y1iylnOJCw==" w:algorithmName="SHA-256"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:spinCount="100000" w:hashValue="esh4hRTCIoGFJAj8HjUhY7f/d2mqC7xUWZI54BEVrWQ=" w:saltValue="GEijT4DQpt2R/i005vTznA==" w:algorithmName="SHA-256"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006167E0"/>
     <w:rsid w:val="000004FD"/>
     <w:rsid w:val="00000809"/>
     <w:rsid w:val="000008B1"/>
     <w:rsid w:val="00001C2A"/>
     <w:rsid w:val="00002D8B"/>
     <w:rsid w:val="0000317C"/>
     <w:rsid w:val="000035BA"/>
     <w:rsid w:val="00003DFF"/>
     <w:rsid w:val="00005510"/>
+    <w:rsid w:val="0000565D"/>
     <w:rsid w:val="000061F7"/>
     <w:rsid w:val="00006C7D"/>
     <w:rsid w:val="00007E6D"/>
+    <w:rsid w:val="00007E9C"/>
     <w:rsid w:val="00010261"/>
     <w:rsid w:val="0001223A"/>
+    <w:rsid w:val="00012494"/>
+    <w:rsid w:val="0001342E"/>
     <w:rsid w:val="00013B68"/>
     <w:rsid w:val="00013E10"/>
     <w:rsid w:val="00014134"/>
     <w:rsid w:val="00014B1D"/>
     <w:rsid w:val="00014C72"/>
     <w:rsid w:val="00014DEC"/>
     <w:rsid w:val="000155FA"/>
+    <w:rsid w:val="00015D4C"/>
     <w:rsid w:val="00017D8A"/>
     <w:rsid w:val="00020891"/>
     <w:rsid w:val="00022264"/>
+    <w:rsid w:val="000234A5"/>
     <w:rsid w:val="000250D1"/>
     <w:rsid w:val="00025AE4"/>
     <w:rsid w:val="00026CCC"/>
     <w:rsid w:val="0002723D"/>
     <w:rsid w:val="00030B04"/>
     <w:rsid w:val="00030E8A"/>
+    <w:rsid w:val="00032C1E"/>
     <w:rsid w:val="000333C0"/>
+    <w:rsid w:val="000350D1"/>
     <w:rsid w:val="00036E03"/>
     <w:rsid w:val="00040312"/>
     <w:rsid w:val="000410D7"/>
     <w:rsid w:val="00042B18"/>
     <w:rsid w:val="0004388E"/>
     <w:rsid w:val="00043E13"/>
+    <w:rsid w:val="00044799"/>
     <w:rsid w:val="000458F6"/>
     <w:rsid w:val="00045B3B"/>
     <w:rsid w:val="000478F9"/>
     <w:rsid w:val="00047A3D"/>
     <w:rsid w:val="00047E6F"/>
     <w:rsid w:val="0005050A"/>
     <w:rsid w:val="00050BA8"/>
     <w:rsid w:val="00052F21"/>
     <w:rsid w:val="00054A19"/>
     <w:rsid w:val="000552A7"/>
     <w:rsid w:val="00055789"/>
     <w:rsid w:val="000561F2"/>
+    <w:rsid w:val="00056F69"/>
     <w:rsid w:val="00057C11"/>
     <w:rsid w:val="000623EF"/>
+    <w:rsid w:val="000635C8"/>
     <w:rsid w:val="00063BB8"/>
     <w:rsid w:val="00064AE0"/>
+    <w:rsid w:val="000669F9"/>
     <w:rsid w:val="00066AB6"/>
     <w:rsid w:val="000703C7"/>
     <w:rsid w:val="00070AF9"/>
     <w:rsid w:val="00070EAB"/>
     <w:rsid w:val="00073538"/>
+    <w:rsid w:val="00074030"/>
+    <w:rsid w:val="00074FCD"/>
     <w:rsid w:val="00075170"/>
     <w:rsid w:val="000759B5"/>
     <w:rsid w:val="00076869"/>
     <w:rsid w:val="00077080"/>
     <w:rsid w:val="00077A0A"/>
     <w:rsid w:val="00077DE1"/>
+    <w:rsid w:val="0008051A"/>
+    <w:rsid w:val="00080F9E"/>
     <w:rsid w:val="0008505E"/>
+    <w:rsid w:val="00085A94"/>
     <w:rsid w:val="00085CBD"/>
     <w:rsid w:val="000860C1"/>
+    <w:rsid w:val="000903F0"/>
     <w:rsid w:val="00090C1E"/>
     <w:rsid w:val="00092B7C"/>
+    <w:rsid w:val="00092FAD"/>
     <w:rsid w:val="000954D2"/>
     <w:rsid w:val="0009741E"/>
     <w:rsid w:val="00097A8B"/>
     <w:rsid w:val="000A1286"/>
     <w:rsid w:val="000A1622"/>
     <w:rsid w:val="000A4F44"/>
     <w:rsid w:val="000A54C8"/>
     <w:rsid w:val="000A5B90"/>
     <w:rsid w:val="000B1693"/>
     <w:rsid w:val="000B2397"/>
     <w:rsid w:val="000B3953"/>
     <w:rsid w:val="000B4DE9"/>
     <w:rsid w:val="000B53F4"/>
     <w:rsid w:val="000B67BE"/>
     <w:rsid w:val="000C0357"/>
     <w:rsid w:val="000C3262"/>
+    <w:rsid w:val="000C3475"/>
     <w:rsid w:val="000C48A4"/>
     <w:rsid w:val="000C6463"/>
     <w:rsid w:val="000C6856"/>
+    <w:rsid w:val="000D042C"/>
     <w:rsid w:val="000D044E"/>
     <w:rsid w:val="000D0F71"/>
     <w:rsid w:val="000D0F8B"/>
     <w:rsid w:val="000D13A6"/>
     <w:rsid w:val="000D17B5"/>
     <w:rsid w:val="000D2881"/>
     <w:rsid w:val="000D43D7"/>
     <w:rsid w:val="000D4D5F"/>
     <w:rsid w:val="000D6BBC"/>
     <w:rsid w:val="000D7560"/>
     <w:rsid w:val="000E1539"/>
     <w:rsid w:val="000E1B57"/>
     <w:rsid w:val="000E2D1D"/>
     <w:rsid w:val="000E2D61"/>
     <w:rsid w:val="000E3078"/>
     <w:rsid w:val="000E4256"/>
+    <w:rsid w:val="000E4570"/>
+    <w:rsid w:val="000E5E22"/>
     <w:rsid w:val="000E5FE3"/>
+    <w:rsid w:val="000E749E"/>
     <w:rsid w:val="000E7A0E"/>
+    <w:rsid w:val="000E7B34"/>
     <w:rsid w:val="000F267F"/>
     <w:rsid w:val="000F28A9"/>
     <w:rsid w:val="000F369A"/>
     <w:rsid w:val="000F39AB"/>
     <w:rsid w:val="000F436A"/>
+    <w:rsid w:val="000F4C87"/>
     <w:rsid w:val="000F5E43"/>
     <w:rsid w:val="001024B4"/>
     <w:rsid w:val="00102E0E"/>
+    <w:rsid w:val="001034C9"/>
+    <w:rsid w:val="00105536"/>
+    <w:rsid w:val="00105AA1"/>
     <w:rsid w:val="00105EE7"/>
     <w:rsid w:val="001075ED"/>
     <w:rsid w:val="0011078F"/>
     <w:rsid w:val="00110864"/>
     <w:rsid w:val="001108BB"/>
     <w:rsid w:val="0011106C"/>
     <w:rsid w:val="00112CA3"/>
     <w:rsid w:val="00112F1C"/>
     <w:rsid w:val="00114960"/>
     <w:rsid w:val="00114C6F"/>
+    <w:rsid w:val="00115D92"/>
     <w:rsid w:val="00120B4E"/>
     <w:rsid w:val="00120E31"/>
     <w:rsid w:val="00120FE5"/>
     <w:rsid w:val="001215E8"/>
+    <w:rsid w:val="0012184E"/>
     <w:rsid w:val="00123E0B"/>
     <w:rsid w:val="00124BC9"/>
     <w:rsid w:val="00124CE1"/>
     <w:rsid w:val="0012541E"/>
     <w:rsid w:val="00125567"/>
     <w:rsid w:val="001257B4"/>
+    <w:rsid w:val="00126C6E"/>
     <w:rsid w:val="00130042"/>
     <w:rsid w:val="00132D90"/>
     <w:rsid w:val="00132F2F"/>
     <w:rsid w:val="001349CC"/>
+    <w:rsid w:val="00137D40"/>
+    <w:rsid w:val="00140D35"/>
     <w:rsid w:val="00141274"/>
     <w:rsid w:val="00143871"/>
     <w:rsid w:val="001443C5"/>
     <w:rsid w:val="00145D5D"/>
     <w:rsid w:val="00145FEA"/>
     <w:rsid w:val="00146163"/>
+    <w:rsid w:val="00146598"/>
     <w:rsid w:val="001474E0"/>
     <w:rsid w:val="001517B5"/>
     <w:rsid w:val="0015262D"/>
     <w:rsid w:val="00152FB3"/>
+    <w:rsid w:val="001535DE"/>
     <w:rsid w:val="00154835"/>
     <w:rsid w:val="00156D71"/>
     <w:rsid w:val="001611CB"/>
     <w:rsid w:val="00161AFE"/>
     <w:rsid w:val="001635B4"/>
     <w:rsid w:val="00163845"/>
     <w:rsid w:val="001661A2"/>
     <w:rsid w:val="00166DEB"/>
     <w:rsid w:val="00167D61"/>
     <w:rsid w:val="00173D74"/>
     <w:rsid w:val="00174124"/>
     <w:rsid w:val="001747A8"/>
     <w:rsid w:val="00175691"/>
     <w:rsid w:val="00176621"/>
+    <w:rsid w:val="00177A1B"/>
     <w:rsid w:val="00177F96"/>
     <w:rsid w:val="00180314"/>
     <w:rsid w:val="00180C5B"/>
+    <w:rsid w:val="00180EEF"/>
     <w:rsid w:val="0018469D"/>
     <w:rsid w:val="0018568E"/>
     <w:rsid w:val="00187C14"/>
     <w:rsid w:val="00193E32"/>
     <w:rsid w:val="001959F1"/>
     <w:rsid w:val="00195D0E"/>
     <w:rsid w:val="00195E93"/>
     <w:rsid w:val="001966AE"/>
     <w:rsid w:val="001A0ABC"/>
     <w:rsid w:val="001A123E"/>
+    <w:rsid w:val="001A2149"/>
     <w:rsid w:val="001A450D"/>
     <w:rsid w:val="001A5118"/>
     <w:rsid w:val="001B04A8"/>
     <w:rsid w:val="001B04D1"/>
     <w:rsid w:val="001B3044"/>
     <w:rsid w:val="001B6810"/>
     <w:rsid w:val="001B7443"/>
     <w:rsid w:val="001C2839"/>
     <w:rsid w:val="001C3122"/>
     <w:rsid w:val="001C357A"/>
     <w:rsid w:val="001C3A1D"/>
     <w:rsid w:val="001C43DC"/>
     <w:rsid w:val="001C4DC7"/>
     <w:rsid w:val="001C51DB"/>
     <w:rsid w:val="001C6C8D"/>
     <w:rsid w:val="001D0344"/>
     <w:rsid w:val="001D26C8"/>
     <w:rsid w:val="001D4F88"/>
     <w:rsid w:val="001D5000"/>
     <w:rsid w:val="001D601E"/>
     <w:rsid w:val="001D6A99"/>
     <w:rsid w:val="001D75F8"/>
     <w:rsid w:val="001E075E"/>
     <w:rsid w:val="001E0793"/>
     <w:rsid w:val="001E0DA2"/>
     <w:rsid w:val="001E1177"/>
     <w:rsid w:val="001E5B3D"/>
     <w:rsid w:val="001E63B5"/>
     <w:rsid w:val="001E671E"/>
     <w:rsid w:val="001E7B6F"/>
     <w:rsid w:val="001F1247"/>
     <w:rsid w:val="001F2C59"/>
+    <w:rsid w:val="001F39D1"/>
+    <w:rsid w:val="001F4ACF"/>
     <w:rsid w:val="001F536A"/>
     <w:rsid w:val="001F56C4"/>
     <w:rsid w:val="001F65D2"/>
     <w:rsid w:val="001F6785"/>
     <w:rsid w:val="001F6D08"/>
     <w:rsid w:val="001F6FB0"/>
     <w:rsid w:val="001F715F"/>
+    <w:rsid w:val="001F7469"/>
     <w:rsid w:val="002000BA"/>
     <w:rsid w:val="00201726"/>
+    <w:rsid w:val="00202D8B"/>
     <w:rsid w:val="002040B8"/>
     <w:rsid w:val="0020444F"/>
+    <w:rsid w:val="00204B17"/>
     <w:rsid w:val="00204B43"/>
     <w:rsid w:val="00206A6F"/>
     <w:rsid w:val="002103FE"/>
+    <w:rsid w:val="00211D18"/>
     <w:rsid w:val="0021790E"/>
     <w:rsid w:val="00217CD9"/>
     <w:rsid w:val="00217DB3"/>
     <w:rsid w:val="00220EEC"/>
     <w:rsid w:val="00222673"/>
+    <w:rsid w:val="00224263"/>
     <w:rsid w:val="002257AA"/>
     <w:rsid w:val="00225BC9"/>
     <w:rsid w:val="00225F56"/>
     <w:rsid w:val="002262CD"/>
     <w:rsid w:val="00226EF6"/>
     <w:rsid w:val="0023199F"/>
+    <w:rsid w:val="0023335A"/>
     <w:rsid w:val="00233992"/>
     <w:rsid w:val="00233BFD"/>
     <w:rsid w:val="0023456B"/>
     <w:rsid w:val="00235872"/>
     <w:rsid w:val="002376C5"/>
     <w:rsid w:val="00237B9B"/>
     <w:rsid w:val="002427F5"/>
     <w:rsid w:val="00244CAB"/>
     <w:rsid w:val="0024567E"/>
     <w:rsid w:val="0024587B"/>
+    <w:rsid w:val="002509D8"/>
     <w:rsid w:val="0025296C"/>
     <w:rsid w:val="0025321E"/>
     <w:rsid w:val="00254416"/>
     <w:rsid w:val="00254E0C"/>
     <w:rsid w:val="00255FC7"/>
     <w:rsid w:val="002631D6"/>
     <w:rsid w:val="002641EE"/>
     <w:rsid w:val="00264D6B"/>
     <w:rsid w:val="00266253"/>
     <w:rsid w:val="002713D0"/>
     <w:rsid w:val="00271A9D"/>
     <w:rsid w:val="00273895"/>
     <w:rsid w:val="00275426"/>
     <w:rsid w:val="002760B1"/>
     <w:rsid w:val="00277919"/>
+    <w:rsid w:val="002822F6"/>
     <w:rsid w:val="002829A4"/>
     <w:rsid w:val="00282BC2"/>
     <w:rsid w:val="00282F42"/>
     <w:rsid w:val="002831EC"/>
     <w:rsid w:val="00283979"/>
+    <w:rsid w:val="00285CA3"/>
+    <w:rsid w:val="00286091"/>
+    <w:rsid w:val="00286490"/>
     <w:rsid w:val="00290114"/>
     <w:rsid w:val="00290580"/>
     <w:rsid w:val="00290E15"/>
     <w:rsid w:val="00290EF6"/>
     <w:rsid w:val="00294B35"/>
     <w:rsid w:val="00295CF5"/>
     <w:rsid w:val="002A4D4F"/>
     <w:rsid w:val="002A60CB"/>
     <w:rsid w:val="002A696A"/>
+    <w:rsid w:val="002B1CDB"/>
     <w:rsid w:val="002B2B01"/>
+    <w:rsid w:val="002B2C47"/>
     <w:rsid w:val="002B2DCF"/>
     <w:rsid w:val="002B5A47"/>
     <w:rsid w:val="002C04C0"/>
     <w:rsid w:val="002C084A"/>
     <w:rsid w:val="002C1E85"/>
     <w:rsid w:val="002C320F"/>
     <w:rsid w:val="002C3546"/>
     <w:rsid w:val="002C595F"/>
+    <w:rsid w:val="002C6AC7"/>
     <w:rsid w:val="002C7E6E"/>
     <w:rsid w:val="002D08AE"/>
     <w:rsid w:val="002D1710"/>
     <w:rsid w:val="002D33A9"/>
     <w:rsid w:val="002D3D3B"/>
     <w:rsid w:val="002D4C65"/>
     <w:rsid w:val="002E01BC"/>
     <w:rsid w:val="002E1F83"/>
     <w:rsid w:val="002E3BC4"/>
+    <w:rsid w:val="002E5015"/>
     <w:rsid w:val="002E67EF"/>
+    <w:rsid w:val="002E6AD5"/>
     <w:rsid w:val="002F2839"/>
     <w:rsid w:val="002F5BBE"/>
     <w:rsid w:val="002F5F87"/>
     <w:rsid w:val="002F5FB0"/>
+    <w:rsid w:val="002F61DC"/>
+    <w:rsid w:val="002F649E"/>
     <w:rsid w:val="00300BD9"/>
     <w:rsid w:val="0030102E"/>
     <w:rsid w:val="0030138B"/>
     <w:rsid w:val="0030175B"/>
     <w:rsid w:val="0030214E"/>
     <w:rsid w:val="00302DE5"/>
     <w:rsid w:val="003046FC"/>
     <w:rsid w:val="00304DAF"/>
     <w:rsid w:val="0030744F"/>
     <w:rsid w:val="00311B4E"/>
     <w:rsid w:val="003125D3"/>
     <w:rsid w:val="00315D6F"/>
+    <w:rsid w:val="00316015"/>
     <w:rsid w:val="00316767"/>
     <w:rsid w:val="00317431"/>
     <w:rsid w:val="00320F18"/>
     <w:rsid w:val="0032172A"/>
     <w:rsid w:val="00325410"/>
     <w:rsid w:val="0032666D"/>
     <w:rsid w:val="00331F7E"/>
     <w:rsid w:val="003321E2"/>
+    <w:rsid w:val="00333A37"/>
     <w:rsid w:val="00333E82"/>
     <w:rsid w:val="0033425A"/>
     <w:rsid w:val="00334C96"/>
     <w:rsid w:val="003355CE"/>
     <w:rsid w:val="00336887"/>
     <w:rsid w:val="0034127E"/>
     <w:rsid w:val="00341B82"/>
+    <w:rsid w:val="003429A7"/>
     <w:rsid w:val="00343C70"/>
+    <w:rsid w:val="0034427E"/>
     <w:rsid w:val="00344860"/>
     <w:rsid w:val="0034494C"/>
     <w:rsid w:val="003507A2"/>
     <w:rsid w:val="0035457F"/>
     <w:rsid w:val="00355161"/>
     <w:rsid w:val="0035574A"/>
     <w:rsid w:val="003569A4"/>
     <w:rsid w:val="00357DB3"/>
+    <w:rsid w:val="00361055"/>
+    <w:rsid w:val="0036174B"/>
     <w:rsid w:val="003647B2"/>
     <w:rsid w:val="00365256"/>
     <w:rsid w:val="003658A1"/>
     <w:rsid w:val="003659BE"/>
     <w:rsid w:val="00365C44"/>
     <w:rsid w:val="00366914"/>
     <w:rsid w:val="00367BF7"/>
     <w:rsid w:val="003707E0"/>
     <w:rsid w:val="0037216C"/>
     <w:rsid w:val="0037292E"/>
     <w:rsid w:val="00373426"/>
     <w:rsid w:val="0037428A"/>
+    <w:rsid w:val="00374445"/>
     <w:rsid w:val="00374DE0"/>
     <w:rsid w:val="00375953"/>
+    <w:rsid w:val="00376B0D"/>
     <w:rsid w:val="00377B40"/>
     <w:rsid w:val="003802B3"/>
+    <w:rsid w:val="00380CED"/>
     <w:rsid w:val="00380F77"/>
+    <w:rsid w:val="00381438"/>
     <w:rsid w:val="00381F22"/>
     <w:rsid w:val="00383F33"/>
     <w:rsid w:val="003842FF"/>
     <w:rsid w:val="0038537B"/>
     <w:rsid w:val="0038565D"/>
     <w:rsid w:val="00385BAE"/>
     <w:rsid w:val="003867E2"/>
+    <w:rsid w:val="00387638"/>
     <w:rsid w:val="00391095"/>
     <w:rsid w:val="003910B8"/>
     <w:rsid w:val="003910DE"/>
+    <w:rsid w:val="003914F7"/>
     <w:rsid w:val="00393A65"/>
     <w:rsid w:val="00394A37"/>
     <w:rsid w:val="0039590A"/>
+    <w:rsid w:val="003A09CD"/>
     <w:rsid w:val="003A0DF7"/>
     <w:rsid w:val="003A16A4"/>
     <w:rsid w:val="003A38FC"/>
     <w:rsid w:val="003A3DF0"/>
     <w:rsid w:val="003A44EB"/>
     <w:rsid w:val="003A4F84"/>
     <w:rsid w:val="003A5C95"/>
     <w:rsid w:val="003A7B2F"/>
     <w:rsid w:val="003B2E3A"/>
     <w:rsid w:val="003B3615"/>
+    <w:rsid w:val="003B3FC5"/>
     <w:rsid w:val="003B46F2"/>
     <w:rsid w:val="003B58EE"/>
     <w:rsid w:val="003B75B2"/>
+    <w:rsid w:val="003B779E"/>
     <w:rsid w:val="003B783C"/>
     <w:rsid w:val="003B7D1D"/>
+    <w:rsid w:val="003B7E01"/>
     <w:rsid w:val="003C0123"/>
     <w:rsid w:val="003C11FE"/>
     <w:rsid w:val="003C1AD7"/>
     <w:rsid w:val="003C226F"/>
+    <w:rsid w:val="003C545F"/>
     <w:rsid w:val="003C5467"/>
     <w:rsid w:val="003C66FF"/>
     <w:rsid w:val="003C6AF5"/>
     <w:rsid w:val="003C6C22"/>
+    <w:rsid w:val="003D17F5"/>
     <w:rsid w:val="003D20A1"/>
+    <w:rsid w:val="003D36B0"/>
     <w:rsid w:val="003D3F40"/>
     <w:rsid w:val="003D5FD6"/>
     <w:rsid w:val="003D68D1"/>
     <w:rsid w:val="003E068F"/>
     <w:rsid w:val="003E1772"/>
     <w:rsid w:val="003E26B0"/>
     <w:rsid w:val="003E338F"/>
+    <w:rsid w:val="003E42CB"/>
     <w:rsid w:val="003E445D"/>
+    <w:rsid w:val="003E5EC3"/>
+    <w:rsid w:val="003E725C"/>
+    <w:rsid w:val="003E7CC6"/>
     <w:rsid w:val="003E7FCB"/>
     <w:rsid w:val="003F04CE"/>
     <w:rsid w:val="003F0AD3"/>
     <w:rsid w:val="003F2875"/>
     <w:rsid w:val="003F3C9A"/>
     <w:rsid w:val="003F43AA"/>
     <w:rsid w:val="003F4DB8"/>
     <w:rsid w:val="003F5D11"/>
     <w:rsid w:val="00400A5D"/>
     <w:rsid w:val="00401DD0"/>
+    <w:rsid w:val="00402AB6"/>
     <w:rsid w:val="004045C9"/>
     <w:rsid w:val="00406C43"/>
     <w:rsid w:val="00407017"/>
     <w:rsid w:val="00407304"/>
     <w:rsid w:val="00410121"/>
     <w:rsid w:val="00417857"/>
+    <w:rsid w:val="00417D8D"/>
     <w:rsid w:val="00417EF9"/>
     <w:rsid w:val="00420E11"/>
     <w:rsid w:val="00421231"/>
+    <w:rsid w:val="004216C4"/>
     <w:rsid w:val="00422BEC"/>
     <w:rsid w:val="0042348A"/>
     <w:rsid w:val="004246D0"/>
     <w:rsid w:val="004258EA"/>
+    <w:rsid w:val="00426561"/>
     <w:rsid w:val="00426D22"/>
+    <w:rsid w:val="004302F7"/>
     <w:rsid w:val="00430496"/>
     <w:rsid w:val="00430633"/>
     <w:rsid w:val="00430F09"/>
     <w:rsid w:val="004321CF"/>
     <w:rsid w:val="00434BB7"/>
     <w:rsid w:val="00437B92"/>
     <w:rsid w:val="00437F92"/>
     <w:rsid w:val="00441626"/>
     <w:rsid w:val="00444093"/>
     <w:rsid w:val="00444501"/>
     <w:rsid w:val="0044478F"/>
     <w:rsid w:val="00447675"/>
     <w:rsid w:val="00447B69"/>
     <w:rsid w:val="0045121A"/>
     <w:rsid w:val="00451792"/>
     <w:rsid w:val="00451C74"/>
     <w:rsid w:val="004526F3"/>
     <w:rsid w:val="004547E1"/>
     <w:rsid w:val="004548E1"/>
+    <w:rsid w:val="004616D7"/>
     <w:rsid w:val="00462953"/>
     <w:rsid w:val="00462A91"/>
     <w:rsid w:val="00463F02"/>
     <w:rsid w:val="00464429"/>
     <w:rsid w:val="00464610"/>
     <w:rsid w:val="0046686A"/>
     <w:rsid w:val="00466FF9"/>
+    <w:rsid w:val="00467894"/>
     <w:rsid w:val="004679B6"/>
+    <w:rsid w:val="00467FF8"/>
     <w:rsid w:val="00470B1F"/>
     <w:rsid w:val="00472E24"/>
     <w:rsid w:val="0047594E"/>
+    <w:rsid w:val="004761DD"/>
     <w:rsid w:val="0047786D"/>
     <w:rsid w:val="00480067"/>
+    <w:rsid w:val="004814FF"/>
     <w:rsid w:val="00482636"/>
     <w:rsid w:val="00482FF5"/>
     <w:rsid w:val="00483761"/>
     <w:rsid w:val="00483D45"/>
     <w:rsid w:val="00484672"/>
     <w:rsid w:val="0048697E"/>
     <w:rsid w:val="00487D12"/>
     <w:rsid w:val="004902B1"/>
     <w:rsid w:val="00496055"/>
     <w:rsid w:val="004A1307"/>
     <w:rsid w:val="004A38C5"/>
     <w:rsid w:val="004A59CE"/>
     <w:rsid w:val="004A6480"/>
     <w:rsid w:val="004A687A"/>
     <w:rsid w:val="004A7EFC"/>
     <w:rsid w:val="004B2D98"/>
     <w:rsid w:val="004B304E"/>
     <w:rsid w:val="004B3374"/>
     <w:rsid w:val="004B5888"/>
     <w:rsid w:val="004B78FF"/>
+    <w:rsid w:val="004C196E"/>
     <w:rsid w:val="004C28AD"/>
     <w:rsid w:val="004C2FA5"/>
+    <w:rsid w:val="004C3469"/>
     <w:rsid w:val="004C49F7"/>
     <w:rsid w:val="004C52B0"/>
     <w:rsid w:val="004C5A26"/>
     <w:rsid w:val="004C75E2"/>
+    <w:rsid w:val="004C75FE"/>
     <w:rsid w:val="004D022C"/>
     <w:rsid w:val="004D2882"/>
     <w:rsid w:val="004D2E9A"/>
     <w:rsid w:val="004D2F60"/>
     <w:rsid w:val="004D3D2B"/>
     <w:rsid w:val="004D3DB6"/>
     <w:rsid w:val="004D4E7E"/>
     <w:rsid w:val="004D6239"/>
+    <w:rsid w:val="004D74C4"/>
     <w:rsid w:val="004E3CA8"/>
     <w:rsid w:val="004E48A5"/>
     <w:rsid w:val="004E4E3B"/>
     <w:rsid w:val="004E5903"/>
     <w:rsid w:val="004E6445"/>
     <w:rsid w:val="004E7249"/>
+    <w:rsid w:val="004E76B8"/>
     <w:rsid w:val="004E78E2"/>
     <w:rsid w:val="004E7FAB"/>
     <w:rsid w:val="004F03AD"/>
+    <w:rsid w:val="004F0799"/>
+    <w:rsid w:val="004F10FC"/>
     <w:rsid w:val="004F11A4"/>
     <w:rsid w:val="004F1A06"/>
+    <w:rsid w:val="004F1CB6"/>
+    <w:rsid w:val="004F44FD"/>
     <w:rsid w:val="004F6C68"/>
     <w:rsid w:val="004F7957"/>
     <w:rsid w:val="005007AD"/>
     <w:rsid w:val="00500FFD"/>
     <w:rsid w:val="00501961"/>
     <w:rsid w:val="00501B77"/>
     <w:rsid w:val="00502277"/>
     <w:rsid w:val="00503D78"/>
     <w:rsid w:val="00503E42"/>
     <w:rsid w:val="005045A0"/>
     <w:rsid w:val="00505B7B"/>
     <w:rsid w:val="00505F57"/>
     <w:rsid w:val="00506662"/>
     <w:rsid w:val="005071B0"/>
     <w:rsid w:val="00507C55"/>
     <w:rsid w:val="005125EB"/>
     <w:rsid w:val="00514A80"/>
+    <w:rsid w:val="00516997"/>
+    <w:rsid w:val="00516B85"/>
     <w:rsid w:val="005216F3"/>
     <w:rsid w:val="005231D8"/>
     <w:rsid w:val="00523412"/>
     <w:rsid w:val="00523E54"/>
     <w:rsid w:val="00523F6E"/>
     <w:rsid w:val="00526129"/>
     <w:rsid w:val="005265DE"/>
     <w:rsid w:val="0052779A"/>
     <w:rsid w:val="005278A7"/>
     <w:rsid w:val="005316A2"/>
     <w:rsid w:val="00533F1A"/>
     <w:rsid w:val="00536041"/>
     <w:rsid w:val="00536158"/>
     <w:rsid w:val="00537F52"/>
     <w:rsid w:val="00540506"/>
     <w:rsid w:val="00542B27"/>
     <w:rsid w:val="0054330B"/>
     <w:rsid w:val="00543A40"/>
     <w:rsid w:val="00543B34"/>
     <w:rsid w:val="00543F36"/>
     <w:rsid w:val="00544695"/>
     <w:rsid w:val="00544AF3"/>
     <w:rsid w:val="00544CBC"/>
     <w:rsid w:val="00545C9F"/>
     <w:rsid w:val="0054723A"/>
     <w:rsid w:val="00550B7D"/>
     <w:rsid w:val="00551B86"/>
+    <w:rsid w:val="00552793"/>
     <w:rsid w:val="00553CCF"/>
     <w:rsid w:val="00553F40"/>
     <w:rsid w:val="005547D7"/>
     <w:rsid w:val="00555818"/>
     <w:rsid w:val="005558CA"/>
     <w:rsid w:val="00555F03"/>
     <w:rsid w:val="005578F4"/>
     <w:rsid w:val="00563C6F"/>
     <w:rsid w:val="005642B4"/>
     <w:rsid w:val="00564515"/>
+    <w:rsid w:val="00564E35"/>
     <w:rsid w:val="00566539"/>
     <w:rsid w:val="005707C4"/>
     <w:rsid w:val="00570F81"/>
     <w:rsid w:val="00572423"/>
     <w:rsid w:val="0057266E"/>
+    <w:rsid w:val="00573B2A"/>
     <w:rsid w:val="0057481D"/>
+    <w:rsid w:val="00575809"/>
     <w:rsid w:val="00576B75"/>
+    <w:rsid w:val="00577BFF"/>
     <w:rsid w:val="00581579"/>
+    <w:rsid w:val="00581B96"/>
     <w:rsid w:val="00582060"/>
     <w:rsid w:val="0058457F"/>
+    <w:rsid w:val="00585A74"/>
     <w:rsid w:val="00585C85"/>
     <w:rsid w:val="005865B5"/>
     <w:rsid w:val="00586610"/>
     <w:rsid w:val="00586734"/>
+    <w:rsid w:val="00586C70"/>
     <w:rsid w:val="005872C0"/>
     <w:rsid w:val="00590E2A"/>
     <w:rsid w:val="00592A77"/>
     <w:rsid w:val="005935F2"/>
     <w:rsid w:val="0059409A"/>
+    <w:rsid w:val="00594BE1"/>
     <w:rsid w:val="005960D9"/>
     <w:rsid w:val="00596BAA"/>
     <w:rsid w:val="005A0A88"/>
     <w:rsid w:val="005A30D3"/>
     <w:rsid w:val="005A39EA"/>
     <w:rsid w:val="005A6F1F"/>
     <w:rsid w:val="005A7495"/>
     <w:rsid w:val="005B13EA"/>
     <w:rsid w:val="005B1755"/>
     <w:rsid w:val="005B2B65"/>
     <w:rsid w:val="005B395F"/>
     <w:rsid w:val="005B500E"/>
     <w:rsid w:val="005B59A0"/>
     <w:rsid w:val="005B6365"/>
+    <w:rsid w:val="005B7483"/>
     <w:rsid w:val="005B7A9F"/>
     <w:rsid w:val="005C078C"/>
     <w:rsid w:val="005C28AD"/>
     <w:rsid w:val="005C2FE2"/>
     <w:rsid w:val="005C3240"/>
+    <w:rsid w:val="005C391C"/>
     <w:rsid w:val="005C65AB"/>
     <w:rsid w:val="005D1934"/>
     <w:rsid w:val="005D1B9E"/>
     <w:rsid w:val="005D2FED"/>
     <w:rsid w:val="005D3293"/>
     <w:rsid w:val="005D4F24"/>
     <w:rsid w:val="005D7920"/>
+    <w:rsid w:val="005E0333"/>
     <w:rsid w:val="005E05B3"/>
     <w:rsid w:val="005E438D"/>
     <w:rsid w:val="005E649A"/>
     <w:rsid w:val="005E7E4A"/>
     <w:rsid w:val="005F3FAE"/>
     <w:rsid w:val="005F588B"/>
     <w:rsid w:val="005F5BE3"/>
     <w:rsid w:val="005F5DE4"/>
     <w:rsid w:val="005F675C"/>
     <w:rsid w:val="005F6809"/>
     <w:rsid w:val="005F78CE"/>
     <w:rsid w:val="005F7C4C"/>
     <w:rsid w:val="006033FA"/>
     <w:rsid w:val="00604BAD"/>
     <w:rsid w:val="00604DCD"/>
     <w:rsid w:val="00606010"/>
+    <w:rsid w:val="00606B05"/>
     <w:rsid w:val="00606BCA"/>
     <w:rsid w:val="006071A1"/>
+    <w:rsid w:val="00612904"/>
     <w:rsid w:val="00612E7F"/>
     <w:rsid w:val="0061317D"/>
     <w:rsid w:val="00613F56"/>
     <w:rsid w:val="00614A49"/>
+    <w:rsid w:val="00615CDB"/>
+    <w:rsid w:val="00615D6F"/>
     <w:rsid w:val="00615F2D"/>
     <w:rsid w:val="006167E0"/>
     <w:rsid w:val="00616A7D"/>
     <w:rsid w:val="00616DC9"/>
     <w:rsid w:val="00620BC2"/>
+    <w:rsid w:val="00620F85"/>
     <w:rsid w:val="006213B3"/>
     <w:rsid w:val="0062163C"/>
     <w:rsid w:val="00621CF5"/>
     <w:rsid w:val="00621ECC"/>
     <w:rsid w:val="0062292A"/>
+    <w:rsid w:val="00622D6C"/>
+    <w:rsid w:val="006233BF"/>
     <w:rsid w:val="0062340C"/>
     <w:rsid w:val="00623A60"/>
     <w:rsid w:val="006257EA"/>
     <w:rsid w:val="00625E03"/>
     <w:rsid w:val="006279FE"/>
     <w:rsid w:val="00631D5F"/>
     <w:rsid w:val="00633CCF"/>
     <w:rsid w:val="00633F19"/>
     <w:rsid w:val="00637165"/>
     <w:rsid w:val="00637568"/>
     <w:rsid w:val="006402E2"/>
     <w:rsid w:val="006404FF"/>
     <w:rsid w:val="00640B80"/>
     <w:rsid w:val="0064275C"/>
+    <w:rsid w:val="006447DA"/>
     <w:rsid w:val="00647FAC"/>
     <w:rsid w:val="0065071C"/>
     <w:rsid w:val="00651079"/>
     <w:rsid w:val="0065233F"/>
     <w:rsid w:val="00652B9E"/>
     <w:rsid w:val="00652EA9"/>
     <w:rsid w:val="00652EBC"/>
     <w:rsid w:val="00654F30"/>
     <w:rsid w:val="0065535C"/>
     <w:rsid w:val="00655E80"/>
+    <w:rsid w:val="006611F3"/>
     <w:rsid w:val="006625E9"/>
     <w:rsid w:val="00663E75"/>
     <w:rsid w:val="00664C34"/>
     <w:rsid w:val="0066511E"/>
     <w:rsid w:val="0066553E"/>
     <w:rsid w:val="0066599F"/>
     <w:rsid w:val="00665DD9"/>
+    <w:rsid w:val="00667649"/>
     <w:rsid w:val="006702A1"/>
     <w:rsid w:val="006702CD"/>
     <w:rsid w:val="006708F2"/>
     <w:rsid w:val="00671DE1"/>
     <w:rsid w:val="0067255E"/>
+    <w:rsid w:val="00672981"/>
     <w:rsid w:val="00672AFA"/>
     <w:rsid w:val="006739B4"/>
+    <w:rsid w:val="006739E9"/>
     <w:rsid w:val="00673B33"/>
     <w:rsid w:val="00676332"/>
     <w:rsid w:val="006774ED"/>
     <w:rsid w:val="0067792E"/>
     <w:rsid w:val="006813C8"/>
     <w:rsid w:val="00683602"/>
     <w:rsid w:val="00684509"/>
     <w:rsid w:val="0068621F"/>
+    <w:rsid w:val="0069047C"/>
     <w:rsid w:val="006907B7"/>
     <w:rsid w:val="00690A7F"/>
+    <w:rsid w:val="006936E6"/>
+    <w:rsid w:val="0069558E"/>
     <w:rsid w:val="00696B93"/>
+    <w:rsid w:val="006A0E52"/>
     <w:rsid w:val="006A170F"/>
     <w:rsid w:val="006A3FEF"/>
     <w:rsid w:val="006A414C"/>
     <w:rsid w:val="006A47F9"/>
     <w:rsid w:val="006A543E"/>
     <w:rsid w:val="006A6080"/>
     <w:rsid w:val="006A6A69"/>
     <w:rsid w:val="006A72B0"/>
     <w:rsid w:val="006A72F1"/>
     <w:rsid w:val="006B3A2D"/>
+    <w:rsid w:val="006B5891"/>
     <w:rsid w:val="006B5D52"/>
     <w:rsid w:val="006B6CB0"/>
+    <w:rsid w:val="006C01E0"/>
     <w:rsid w:val="006C0721"/>
     <w:rsid w:val="006C0739"/>
     <w:rsid w:val="006C1155"/>
     <w:rsid w:val="006C11A1"/>
     <w:rsid w:val="006C1FE1"/>
+    <w:rsid w:val="006C24B1"/>
     <w:rsid w:val="006C250B"/>
     <w:rsid w:val="006C3219"/>
     <w:rsid w:val="006C3F56"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C48AC"/>
     <w:rsid w:val="006C4A55"/>
     <w:rsid w:val="006C583D"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006D0494"/>
     <w:rsid w:val="006D285D"/>
     <w:rsid w:val="006D3857"/>
     <w:rsid w:val="006D3921"/>
     <w:rsid w:val="006D4356"/>
     <w:rsid w:val="006D564E"/>
+    <w:rsid w:val="006D660F"/>
     <w:rsid w:val="006D7D4F"/>
+    <w:rsid w:val="006E1EFA"/>
     <w:rsid w:val="006E31E1"/>
     <w:rsid w:val="006E76FE"/>
+    <w:rsid w:val="006E77A7"/>
     <w:rsid w:val="006F0AD6"/>
     <w:rsid w:val="006F1303"/>
     <w:rsid w:val="006F1554"/>
     <w:rsid w:val="006F19FA"/>
     <w:rsid w:val="006F1AEE"/>
     <w:rsid w:val="006F2322"/>
     <w:rsid w:val="006F29A3"/>
     <w:rsid w:val="006F29C0"/>
+    <w:rsid w:val="006F5DD8"/>
+    <w:rsid w:val="00700BA3"/>
+    <w:rsid w:val="00700BD5"/>
+    <w:rsid w:val="00700E9D"/>
     <w:rsid w:val="00701C84"/>
+    <w:rsid w:val="00704174"/>
     <w:rsid w:val="00705D50"/>
     <w:rsid w:val="00710EB5"/>
     <w:rsid w:val="007133DD"/>
+    <w:rsid w:val="0071361D"/>
     <w:rsid w:val="00715D05"/>
     <w:rsid w:val="00715DF1"/>
     <w:rsid w:val="00717529"/>
     <w:rsid w:val="007225CB"/>
     <w:rsid w:val="00722619"/>
     <w:rsid w:val="007240B8"/>
     <w:rsid w:val="007245D6"/>
     <w:rsid w:val="00725B7B"/>
+    <w:rsid w:val="00726F9C"/>
     <w:rsid w:val="00727E5C"/>
     <w:rsid w:val="007303A9"/>
+    <w:rsid w:val="00730722"/>
     <w:rsid w:val="0073139B"/>
     <w:rsid w:val="007325C2"/>
     <w:rsid w:val="00732C3B"/>
     <w:rsid w:val="00732F96"/>
     <w:rsid w:val="00733919"/>
     <w:rsid w:val="007355DF"/>
     <w:rsid w:val="00735F42"/>
     <w:rsid w:val="00735F5B"/>
     <w:rsid w:val="00736EC0"/>
     <w:rsid w:val="0074204A"/>
     <w:rsid w:val="00742297"/>
     <w:rsid w:val="0074370C"/>
     <w:rsid w:val="0074393A"/>
     <w:rsid w:val="00744248"/>
     <w:rsid w:val="00745C42"/>
+    <w:rsid w:val="00747B75"/>
+    <w:rsid w:val="00747F72"/>
     <w:rsid w:val="007508F1"/>
     <w:rsid w:val="007516E5"/>
     <w:rsid w:val="00752D92"/>
     <w:rsid w:val="00753D72"/>
     <w:rsid w:val="007566ED"/>
     <w:rsid w:val="0075699B"/>
     <w:rsid w:val="00757215"/>
     <w:rsid w:val="0075746B"/>
     <w:rsid w:val="00761E5D"/>
     <w:rsid w:val="007624E1"/>
     <w:rsid w:val="00764A6B"/>
     <w:rsid w:val="00765508"/>
     <w:rsid w:val="00766087"/>
+    <w:rsid w:val="00766A43"/>
     <w:rsid w:val="00766C41"/>
     <w:rsid w:val="00767D75"/>
     <w:rsid w:val="007701A9"/>
     <w:rsid w:val="007709AF"/>
     <w:rsid w:val="00771538"/>
     <w:rsid w:val="00771DDB"/>
     <w:rsid w:val="00773E68"/>
     <w:rsid w:val="00777A54"/>
     <w:rsid w:val="0078338E"/>
     <w:rsid w:val="007853E3"/>
     <w:rsid w:val="00787DF8"/>
     <w:rsid w:val="00790824"/>
     <w:rsid w:val="00791A96"/>
     <w:rsid w:val="00793ACB"/>
+    <w:rsid w:val="007944A8"/>
     <w:rsid w:val="007960BE"/>
     <w:rsid w:val="007979C0"/>
     <w:rsid w:val="007A0391"/>
     <w:rsid w:val="007A0BDB"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A333A"/>
+    <w:rsid w:val="007A4DED"/>
+    <w:rsid w:val="007A5390"/>
+    <w:rsid w:val="007A59A6"/>
     <w:rsid w:val="007A6EFE"/>
     <w:rsid w:val="007B177A"/>
+    <w:rsid w:val="007B4A85"/>
     <w:rsid w:val="007B4C87"/>
     <w:rsid w:val="007B7AE8"/>
+    <w:rsid w:val="007C20DA"/>
     <w:rsid w:val="007C37BE"/>
     <w:rsid w:val="007C3E4A"/>
     <w:rsid w:val="007C42D7"/>
     <w:rsid w:val="007C568D"/>
     <w:rsid w:val="007C6A7D"/>
     <w:rsid w:val="007C78A2"/>
     <w:rsid w:val="007D192F"/>
     <w:rsid w:val="007D2FF9"/>
     <w:rsid w:val="007D3F07"/>
     <w:rsid w:val="007D4D02"/>
     <w:rsid w:val="007D5810"/>
     <w:rsid w:val="007D702C"/>
     <w:rsid w:val="007E0B58"/>
     <w:rsid w:val="007E1925"/>
+    <w:rsid w:val="007E329F"/>
     <w:rsid w:val="007E34A3"/>
     <w:rsid w:val="007E3578"/>
+    <w:rsid w:val="007E364B"/>
     <w:rsid w:val="007E41E5"/>
     <w:rsid w:val="007E4D71"/>
     <w:rsid w:val="007E5BA3"/>
     <w:rsid w:val="007E6212"/>
     <w:rsid w:val="007E647C"/>
     <w:rsid w:val="007E6571"/>
     <w:rsid w:val="007F117B"/>
     <w:rsid w:val="007F26CC"/>
     <w:rsid w:val="007F2808"/>
     <w:rsid w:val="007F2DA8"/>
+    <w:rsid w:val="007F43B5"/>
     <w:rsid w:val="007F4D33"/>
     <w:rsid w:val="007F5233"/>
     <w:rsid w:val="007F59B7"/>
     <w:rsid w:val="007F7611"/>
     <w:rsid w:val="007F7A5A"/>
     <w:rsid w:val="00801199"/>
+    <w:rsid w:val="00803A06"/>
     <w:rsid w:val="00803AF1"/>
     <w:rsid w:val="00804928"/>
     <w:rsid w:val="00806D34"/>
     <w:rsid w:val="008103AC"/>
     <w:rsid w:val="008135C1"/>
+    <w:rsid w:val="008153B2"/>
     <w:rsid w:val="00815E34"/>
     <w:rsid w:val="00816FC8"/>
     <w:rsid w:val="008174E3"/>
     <w:rsid w:val="00817D0A"/>
     <w:rsid w:val="0082188F"/>
     <w:rsid w:val="0082260D"/>
     <w:rsid w:val="00823C14"/>
     <w:rsid w:val="0082474D"/>
     <w:rsid w:val="00827CA0"/>
     <w:rsid w:val="00830006"/>
     <w:rsid w:val="00831BE2"/>
+    <w:rsid w:val="00833E5A"/>
+    <w:rsid w:val="00836A83"/>
     <w:rsid w:val="00836DDD"/>
     <w:rsid w:val="008419A0"/>
+    <w:rsid w:val="00843154"/>
     <w:rsid w:val="008445FA"/>
     <w:rsid w:val="00845442"/>
     <w:rsid w:val="00845466"/>
+    <w:rsid w:val="00846768"/>
     <w:rsid w:val="00846DB8"/>
+    <w:rsid w:val="00851DCD"/>
     <w:rsid w:val="00851FC0"/>
     <w:rsid w:val="0085210D"/>
     <w:rsid w:val="008544B2"/>
     <w:rsid w:val="00855B47"/>
     <w:rsid w:val="00855C77"/>
     <w:rsid w:val="00857D6D"/>
     <w:rsid w:val="00857DA6"/>
     <w:rsid w:val="0086231B"/>
     <w:rsid w:val="00862BC8"/>
     <w:rsid w:val="008632AC"/>
     <w:rsid w:val="00863BD7"/>
     <w:rsid w:val="0086511A"/>
     <w:rsid w:val="008666BC"/>
+    <w:rsid w:val="00866D28"/>
     <w:rsid w:val="0086799D"/>
     <w:rsid w:val="00867DEC"/>
     <w:rsid w:val="00870210"/>
     <w:rsid w:val="00871088"/>
     <w:rsid w:val="00871211"/>
+    <w:rsid w:val="00871823"/>
+    <w:rsid w:val="00873116"/>
+    <w:rsid w:val="00873950"/>
     <w:rsid w:val="00873B32"/>
     <w:rsid w:val="00876CFE"/>
     <w:rsid w:val="00877F09"/>
     <w:rsid w:val="008801DA"/>
     <w:rsid w:val="00880F9D"/>
     <w:rsid w:val="00882DB3"/>
     <w:rsid w:val="00882E13"/>
     <w:rsid w:val="00884185"/>
     <w:rsid w:val="00885F80"/>
     <w:rsid w:val="00887144"/>
     <w:rsid w:val="008871EC"/>
     <w:rsid w:val="00887B11"/>
     <w:rsid w:val="0089012A"/>
     <w:rsid w:val="008927F4"/>
+    <w:rsid w:val="00893337"/>
     <w:rsid w:val="008936E9"/>
     <w:rsid w:val="00895104"/>
     <w:rsid w:val="0089516C"/>
     <w:rsid w:val="0089521E"/>
     <w:rsid w:val="008A051F"/>
     <w:rsid w:val="008A17B7"/>
     <w:rsid w:val="008A17BC"/>
     <w:rsid w:val="008A3420"/>
     <w:rsid w:val="008A3FC5"/>
     <w:rsid w:val="008A654E"/>
     <w:rsid w:val="008B1B51"/>
     <w:rsid w:val="008B34A5"/>
     <w:rsid w:val="008B512B"/>
     <w:rsid w:val="008B531F"/>
     <w:rsid w:val="008B5421"/>
+    <w:rsid w:val="008B5877"/>
     <w:rsid w:val="008B5943"/>
+    <w:rsid w:val="008B59B9"/>
     <w:rsid w:val="008B71A8"/>
     <w:rsid w:val="008C1F80"/>
     <w:rsid w:val="008C3FEF"/>
     <w:rsid w:val="008C4B06"/>
     <w:rsid w:val="008C61A8"/>
     <w:rsid w:val="008D1361"/>
     <w:rsid w:val="008D15D9"/>
     <w:rsid w:val="008D7F27"/>
     <w:rsid w:val="008E0226"/>
+    <w:rsid w:val="008E0A58"/>
+    <w:rsid w:val="008E0C3C"/>
     <w:rsid w:val="008E2AEB"/>
     <w:rsid w:val="008E5068"/>
     <w:rsid w:val="008E5826"/>
+    <w:rsid w:val="008F277D"/>
     <w:rsid w:val="008F309D"/>
     <w:rsid w:val="008F4339"/>
     <w:rsid w:val="008F4995"/>
     <w:rsid w:val="008F5211"/>
     <w:rsid w:val="00903143"/>
     <w:rsid w:val="0090395E"/>
     <w:rsid w:val="00903EA2"/>
     <w:rsid w:val="00905BC9"/>
     <w:rsid w:val="00907376"/>
     <w:rsid w:val="00907476"/>
+    <w:rsid w:val="00907625"/>
     <w:rsid w:val="00911F51"/>
     <w:rsid w:val="00913360"/>
     <w:rsid w:val="009138FD"/>
     <w:rsid w:val="00913AF8"/>
     <w:rsid w:val="00913CC3"/>
     <w:rsid w:val="00913E11"/>
     <w:rsid w:val="00913EA8"/>
     <w:rsid w:val="009155CB"/>
     <w:rsid w:val="00915BD5"/>
     <w:rsid w:val="0091635B"/>
+    <w:rsid w:val="0091757B"/>
     <w:rsid w:val="00920023"/>
     <w:rsid w:val="009205A8"/>
     <w:rsid w:val="00921815"/>
+    <w:rsid w:val="00922015"/>
+    <w:rsid w:val="00923A76"/>
     <w:rsid w:val="00923F8D"/>
     <w:rsid w:val="0092653C"/>
     <w:rsid w:val="00926B64"/>
     <w:rsid w:val="0093096A"/>
     <w:rsid w:val="00931641"/>
     <w:rsid w:val="0093367A"/>
+    <w:rsid w:val="00934661"/>
     <w:rsid w:val="00934A5E"/>
     <w:rsid w:val="009355CA"/>
     <w:rsid w:val="00935AB1"/>
     <w:rsid w:val="00940094"/>
+    <w:rsid w:val="0094073D"/>
     <w:rsid w:val="00940777"/>
+    <w:rsid w:val="00941B63"/>
     <w:rsid w:val="0094229E"/>
     <w:rsid w:val="0094570C"/>
     <w:rsid w:val="0094645F"/>
+    <w:rsid w:val="009538BB"/>
     <w:rsid w:val="009541C1"/>
     <w:rsid w:val="00954291"/>
     <w:rsid w:val="00955C21"/>
     <w:rsid w:val="0095767D"/>
     <w:rsid w:val="00961147"/>
+    <w:rsid w:val="0096251E"/>
     <w:rsid w:val="00962A84"/>
     <w:rsid w:val="00962DD8"/>
+    <w:rsid w:val="00962E4C"/>
     <w:rsid w:val="00964E17"/>
     <w:rsid w:val="00966B67"/>
     <w:rsid w:val="0096725B"/>
     <w:rsid w:val="009741A6"/>
     <w:rsid w:val="009741F6"/>
     <w:rsid w:val="00975F5E"/>
+    <w:rsid w:val="0098020A"/>
     <w:rsid w:val="00981F15"/>
+    <w:rsid w:val="00984619"/>
     <w:rsid w:val="00986179"/>
+    <w:rsid w:val="009877EE"/>
+    <w:rsid w:val="00990516"/>
     <w:rsid w:val="00990C26"/>
+    <w:rsid w:val="009928AE"/>
     <w:rsid w:val="00993840"/>
+    <w:rsid w:val="00993D4C"/>
+    <w:rsid w:val="00994481"/>
     <w:rsid w:val="00994E95"/>
     <w:rsid w:val="00997394"/>
     <w:rsid w:val="009A0E6F"/>
     <w:rsid w:val="009A17CB"/>
     <w:rsid w:val="009A25F0"/>
     <w:rsid w:val="009A2F98"/>
     <w:rsid w:val="009A4032"/>
     <w:rsid w:val="009A494E"/>
     <w:rsid w:val="009A6898"/>
     <w:rsid w:val="009A69F5"/>
     <w:rsid w:val="009A6DE3"/>
     <w:rsid w:val="009A7DB0"/>
     <w:rsid w:val="009B17EF"/>
     <w:rsid w:val="009B31B1"/>
+    <w:rsid w:val="009B45FE"/>
     <w:rsid w:val="009B4694"/>
     <w:rsid w:val="009B502E"/>
+    <w:rsid w:val="009B5AFC"/>
     <w:rsid w:val="009B65B8"/>
+    <w:rsid w:val="009B759F"/>
+    <w:rsid w:val="009B78C7"/>
     <w:rsid w:val="009C29CE"/>
     <w:rsid w:val="009C4C8D"/>
     <w:rsid w:val="009C73FA"/>
     <w:rsid w:val="009C7705"/>
     <w:rsid w:val="009D3A8F"/>
     <w:rsid w:val="009D3AA7"/>
     <w:rsid w:val="009D53E3"/>
     <w:rsid w:val="009D7021"/>
     <w:rsid w:val="009E11D4"/>
     <w:rsid w:val="009E1788"/>
     <w:rsid w:val="009E1FA5"/>
     <w:rsid w:val="009E4EAB"/>
     <w:rsid w:val="009E50A3"/>
+    <w:rsid w:val="009E6A02"/>
     <w:rsid w:val="009E7434"/>
     <w:rsid w:val="009F250C"/>
     <w:rsid w:val="009F29DB"/>
+    <w:rsid w:val="009F4B83"/>
+    <w:rsid w:val="009F4E3D"/>
     <w:rsid w:val="009F529A"/>
     <w:rsid w:val="00A010FD"/>
     <w:rsid w:val="00A03348"/>
     <w:rsid w:val="00A04323"/>
     <w:rsid w:val="00A04393"/>
     <w:rsid w:val="00A044CD"/>
     <w:rsid w:val="00A06590"/>
     <w:rsid w:val="00A0669F"/>
     <w:rsid w:val="00A11407"/>
     <w:rsid w:val="00A1143F"/>
     <w:rsid w:val="00A1187F"/>
     <w:rsid w:val="00A11B62"/>
     <w:rsid w:val="00A121B9"/>
+    <w:rsid w:val="00A12C83"/>
     <w:rsid w:val="00A1384E"/>
     <w:rsid w:val="00A20C1A"/>
+    <w:rsid w:val="00A2158F"/>
     <w:rsid w:val="00A22162"/>
+    <w:rsid w:val="00A2334B"/>
+    <w:rsid w:val="00A2388F"/>
     <w:rsid w:val="00A23A18"/>
     <w:rsid w:val="00A2462B"/>
     <w:rsid w:val="00A2577F"/>
     <w:rsid w:val="00A2693C"/>
     <w:rsid w:val="00A30118"/>
     <w:rsid w:val="00A30C3F"/>
     <w:rsid w:val="00A32F9C"/>
     <w:rsid w:val="00A359CD"/>
     <w:rsid w:val="00A37B54"/>
     <w:rsid w:val="00A37C4B"/>
     <w:rsid w:val="00A43549"/>
+    <w:rsid w:val="00A43AE2"/>
     <w:rsid w:val="00A44CD4"/>
     <w:rsid w:val="00A44E00"/>
     <w:rsid w:val="00A4554F"/>
     <w:rsid w:val="00A45833"/>
     <w:rsid w:val="00A45FC4"/>
     <w:rsid w:val="00A46431"/>
     <w:rsid w:val="00A46EA5"/>
     <w:rsid w:val="00A470FC"/>
     <w:rsid w:val="00A47A39"/>
     <w:rsid w:val="00A50472"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A519CE"/>
     <w:rsid w:val="00A52DF8"/>
     <w:rsid w:val="00A549CF"/>
+    <w:rsid w:val="00A5675C"/>
+    <w:rsid w:val="00A6078E"/>
     <w:rsid w:val="00A60C64"/>
+    <w:rsid w:val="00A60ED8"/>
+    <w:rsid w:val="00A620F6"/>
     <w:rsid w:val="00A63BE7"/>
     <w:rsid w:val="00A63C4A"/>
     <w:rsid w:val="00A64510"/>
     <w:rsid w:val="00A64D5A"/>
     <w:rsid w:val="00A65E4D"/>
     <w:rsid w:val="00A66D47"/>
     <w:rsid w:val="00A6737D"/>
     <w:rsid w:val="00A711B5"/>
+    <w:rsid w:val="00A71CB6"/>
     <w:rsid w:val="00A71F02"/>
+    <w:rsid w:val="00A722FC"/>
     <w:rsid w:val="00A72736"/>
     <w:rsid w:val="00A72ED1"/>
     <w:rsid w:val="00A73BC3"/>
     <w:rsid w:val="00A744A3"/>
     <w:rsid w:val="00A77898"/>
+    <w:rsid w:val="00A803A2"/>
+    <w:rsid w:val="00A82C47"/>
     <w:rsid w:val="00A83177"/>
+    <w:rsid w:val="00A83E91"/>
     <w:rsid w:val="00A91B6F"/>
     <w:rsid w:val="00A91D01"/>
     <w:rsid w:val="00A92125"/>
     <w:rsid w:val="00A95CCF"/>
     <w:rsid w:val="00AA1999"/>
+    <w:rsid w:val="00AA1EF3"/>
     <w:rsid w:val="00AA2877"/>
     <w:rsid w:val="00AA2B3A"/>
     <w:rsid w:val="00AA406C"/>
     <w:rsid w:val="00AA50ED"/>
     <w:rsid w:val="00AA7393"/>
     <w:rsid w:val="00AA7DA2"/>
     <w:rsid w:val="00AB1654"/>
+    <w:rsid w:val="00AB234D"/>
     <w:rsid w:val="00AB2F1B"/>
+    <w:rsid w:val="00AB359D"/>
     <w:rsid w:val="00AB3B29"/>
     <w:rsid w:val="00AB49CD"/>
+    <w:rsid w:val="00AB6289"/>
     <w:rsid w:val="00AB6290"/>
     <w:rsid w:val="00AC08D1"/>
     <w:rsid w:val="00AC1281"/>
     <w:rsid w:val="00AC2883"/>
+    <w:rsid w:val="00AC3F26"/>
     <w:rsid w:val="00AC443A"/>
     <w:rsid w:val="00AC4BD5"/>
     <w:rsid w:val="00AC5D3B"/>
     <w:rsid w:val="00AC68C0"/>
     <w:rsid w:val="00AC6C65"/>
     <w:rsid w:val="00AD1218"/>
     <w:rsid w:val="00AD1A5B"/>
+    <w:rsid w:val="00AD1D94"/>
+    <w:rsid w:val="00AD1EB5"/>
     <w:rsid w:val="00AD2DD6"/>
     <w:rsid w:val="00AD2F32"/>
     <w:rsid w:val="00AD5479"/>
+    <w:rsid w:val="00AD75C7"/>
     <w:rsid w:val="00AE0EA8"/>
     <w:rsid w:val="00AE3204"/>
+    <w:rsid w:val="00AE381E"/>
     <w:rsid w:val="00AE4C99"/>
+    <w:rsid w:val="00AE7631"/>
     <w:rsid w:val="00AF09ED"/>
     <w:rsid w:val="00AF14D9"/>
     <w:rsid w:val="00AF2FAA"/>
     <w:rsid w:val="00AF34A5"/>
     <w:rsid w:val="00AF3E42"/>
+    <w:rsid w:val="00AF4628"/>
     <w:rsid w:val="00AF537F"/>
     <w:rsid w:val="00AF608D"/>
     <w:rsid w:val="00AF7182"/>
     <w:rsid w:val="00AF76BA"/>
     <w:rsid w:val="00AF7C83"/>
     <w:rsid w:val="00AF7DC2"/>
+    <w:rsid w:val="00B00192"/>
     <w:rsid w:val="00B01404"/>
     <w:rsid w:val="00B020D0"/>
     <w:rsid w:val="00B02A77"/>
+    <w:rsid w:val="00B03010"/>
     <w:rsid w:val="00B0449E"/>
     <w:rsid w:val="00B045A3"/>
     <w:rsid w:val="00B05FFA"/>
     <w:rsid w:val="00B07418"/>
     <w:rsid w:val="00B07909"/>
     <w:rsid w:val="00B07F5E"/>
+    <w:rsid w:val="00B1109D"/>
     <w:rsid w:val="00B11956"/>
     <w:rsid w:val="00B13696"/>
     <w:rsid w:val="00B14C22"/>
     <w:rsid w:val="00B1570B"/>
     <w:rsid w:val="00B15967"/>
     <w:rsid w:val="00B15A09"/>
     <w:rsid w:val="00B161D8"/>
     <w:rsid w:val="00B16D51"/>
     <w:rsid w:val="00B17475"/>
+    <w:rsid w:val="00B174C0"/>
+    <w:rsid w:val="00B177BA"/>
     <w:rsid w:val="00B215CA"/>
     <w:rsid w:val="00B25913"/>
+    <w:rsid w:val="00B26929"/>
     <w:rsid w:val="00B3138E"/>
     <w:rsid w:val="00B32AAB"/>
     <w:rsid w:val="00B32E14"/>
     <w:rsid w:val="00B34A23"/>
     <w:rsid w:val="00B35DFD"/>
     <w:rsid w:val="00B36C0F"/>
     <w:rsid w:val="00B37694"/>
     <w:rsid w:val="00B40539"/>
     <w:rsid w:val="00B405BB"/>
     <w:rsid w:val="00B4167B"/>
     <w:rsid w:val="00B421E9"/>
     <w:rsid w:val="00B4242A"/>
     <w:rsid w:val="00B428ED"/>
     <w:rsid w:val="00B42E1B"/>
+    <w:rsid w:val="00B43024"/>
+    <w:rsid w:val="00B432B1"/>
+    <w:rsid w:val="00B5091D"/>
+    <w:rsid w:val="00B50AF6"/>
     <w:rsid w:val="00B50EDD"/>
     <w:rsid w:val="00B51FA5"/>
+    <w:rsid w:val="00B528C2"/>
     <w:rsid w:val="00B530F6"/>
     <w:rsid w:val="00B55CD6"/>
     <w:rsid w:val="00B56803"/>
     <w:rsid w:val="00B60720"/>
     <w:rsid w:val="00B610E4"/>
     <w:rsid w:val="00B611C1"/>
     <w:rsid w:val="00B626C6"/>
     <w:rsid w:val="00B630D1"/>
+    <w:rsid w:val="00B639A6"/>
     <w:rsid w:val="00B64A10"/>
+    <w:rsid w:val="00B65CB0"/>
+    <w:rsid w:val="00B67195"/>
     <w:rsid w:val="00B67254"/>
     <w:rsid w:val="00B67E85"/>
     <w:rsid w:val="00B701D9"/>
     <w:rsid w:val="00B70316"/>
+    <w:rsid w:val="00B70485"/>
     <w:rsid w:val="00B74113"/>
     <w:rsid w:val="00B75594"/>
+    <w:rsid w:val="00B76C0F"/>
     <w:rsid w:val="00B76CBA"/>
     <w:rsid w:val="00B8321C"/>
+    <w:rsid w:val="00B840D2"/>
     <w:rsid w:val="00B84A6E"/>
     <w:rsid w:val="00B864ED"/>
     <w:rsid w:val="00B91585"/>
+    <w:rsid w:val="00B91D86"/>
     <w:rsid w:val="00B942AE"/>
     <w:rsid w:val="00B94336"/>
     <w:rsid w:val="00B95346"/>
     <w:rsid w:val="00B95D3A"/>
+    <w:rsid w:val="00B96D2E"/>
     <w:rsid w:val="00B97962"/>
     <w:rsid w:val="00BA342D"/>
     <w:rsid w:val="00BA37A5"/>
+    <w:rsid w:val="00BA3A56"/>
     <w:rsid w:val="00BA4B77"/>
     <w:rsid w:val="00BA7949"/>
+    <w:rsid w:val="00BB211A"/>
     <w:rsid w:val="00BB275F"/>
     <w:rsid w:val="00BB2D18"/>
     <w:rsid w:val="00BB3055"/>
     <w:rsid w:val="00BB309E"/>
     <w:rsid w:val="00BB423F"/>
     <w:rsid w:val="00BB4330"/>
+    <w:rsid w:val="00BB4A77"/>
+    <w:rsid w:val="00BB5D64"/>
     <w:rsid w:val="00BB6CE3"/>
     <w:rsid w:val="00BB734A"/>
     <w:rsid w:val="00BB7554"/>
     <w:rsid w:val="00BC000D"/>
     <w:rsid w:val="00BC30AB"/>
     <w:rsid w:val="00BC54F7"/>
+    <w:rsid w:val="00BC6357"/>
     <w:rsid w:val="00BC6906"/>
+    <w:rsid w:val="00BD0E42"/>
     <w:rsid w:val="00BD1A6F"/>
     <w:rsid w:val="00BD1BDF"/>
     <w:rsid w:val="00BD4201"/>
     <w:rsid w:val="00BD43B7"/>
     <w:rsid w:val="00BD46E1"/>
+    <w:rsid w:val="00BD4BA5"/>
+    <w:rsid w:val="00BD4D74"/>
     <w:rsid w:val="00BD5BA0"/>
     <w:rsid w:val="00BD6650"/>
     <w:rsid w:val="00BD6D9F"/>
     <w:rsid w:val="00BE093C"/>
+    <w:rsid w:val="00BE0BD5"/>
+    <w:rsid w:val="00BE2442"/>
     <w:rsid w:val="00BE410D"/>
     <w:rsid w:val="00BE44E0"/>
     <w:rsid w:val="00BE4C77"/>
     <w:rsid w:val="00BE5F00"/>
     <w:rsid w:val="00BE7C52"/>
     <w:rsid w:val="00BF0207"/>
+    <w:rsid w:val="00BF142F"/>
     <w:rsid w:val="00BF31CF"/>
     <w:rsid w:val="00BF3A89"/>
     <w:rsid w:val="00BF4FF9"/>
     <w:rsid w:val="00BF6B05"/>
     <w:rsid w:val="00BF73EC"/>
     <w:rsid w:val="00C0008F"/>
     <w:rsid w:val="00C02D46"/>
+    <w:rsid w:val="00C0492D"/>
     <w:rsid w:val="00C04C37"/>
     <w:rsid w:val="00C05ADF"/>
     <w:rsid w:val="00C06CBA"/>
     <w:rsid w:val="00C06FF4"/>
     <w:rsid w:val="00C079AF"/>
     <w:rsid w:val="00C1129C"/>
     <w:rsid w:val="00C11E64"/>
     <w:rsid w:val="00C1200C"/>
+    <w:rsid w:val="00C12087"/>
     <w:rsid w:val="00C12D5C"/>
     <w:rsid w:val="00C14DFB"/>
     <w:rsid w:val="00C14F9B"/>
     <w:rsid w:val="00C16174"/>
     <w:rsid w:val="00C16533"/>
     <w:rsid w:val="00C16742"/>
     <w:rsid w:val="00C174C0"/>
+    <w:rsid w:val="00C17BC2"/>
     <w:rsid w:val="00C20EAB"/>
+    <w:rsid w:val="00C21267"/>
     <w:rsid w:val="00C228E5"/>
     <w:rsid w:val="00C239BA"/>
     <w:rsid w:val="00C24816"/>
     <w:rsid w:val="00C25326"/>
+    <w:rsid w:val="00C30239"/>
     <w:rsid w:val="00C30D60"/>
     <w:rsid w:val="00C32965"/>
     <w:rsid w:val="00C32D9A"/>
     <w:rsid w:val="00C3326A"/>
     <w:rsid w:val="00C34831"/>
+    <w:rsid w:val="00C34E79"/>
     <w:rsid w:val="00C35422"/>
     <w:rsid w:val="00C35D90"/>
     <w:rsid w:val="00C35FB4"/>
+    <w:rsid w:val="00C36BD3"/>
     <w:rsid w:val="00C409DC"/>
     <w:rsid w:val="00C4223C"/>
     <w:rsid w:val="00C42F53"/>
     <w:rsid w:val="00C439D9"/>
     <w:rsid w:val="00C4405E"/>
     <w:rsid w:val="00C4411D"/>
     <w:rsid w:val="00C45804"/>
+    <w:rsid w:val="00C4740D"/>
     <w:rsid w:val="00C4757B"/>
     <w:rsid w:val="00C5054A"/>
     <w:rsid w:val="00C50DA8"/>
     <w:rsid w:val="00C51A96"/>
+    <w:rsid w:val="00C5450F"/>
     <w:rsid w:val="00C54861"/>
     <w:rsid w:val="00C56D7B"/>
     <w:rsid w:val="00C57302"/>
+    <w:rsid w:val="00C57F69"/>
     <w:rsid w:val="00C600C4"/>
     <w:rsid w:val="00C607CA"/>
+    <w:rsid w:val="00C61B3A"/>
     <w:rsid w:val="00C627E4"/>
     <w:rsid w:val="00C631CF"/>
     <w:rsid w:val="00C64474"/>
     <w:rsid w:val="00C64F89"/>
     <w:rsid w:val="00C65D06"/>
     <w:rsid w:val="00C669A0"/>
+    <w:rsid w:val="00C66B82"/>
     <w:rsid w:val="00C6709D"/>
     <w:rsid w:val="00C70051"/>
     <w:rsid w:val="00C717A8"/>
+    <w:rsid w:val="00C74E22"/>
     <w:rsid w:val="00C756F1"/>
     <w:rsid w:val="00C765E8"/>
     <w:rsid w:val="00C77C6D"/>
+    <w:rsid w:val="00C8027D"/>
     <w:rsid w:val="00C80CC3"/>
     <w:rsid w:val="00C849A0"/>
     <w:rsid w:val="00C85D85"/>
     <w:rsid w:val="00C90E37"/>
     <w:rsid w:val="00C912F6"/>
     <w:rsid w:val="00C91591"/>
+    <w:rsid w:val="00C91656"/>
+    <w:rsid w:val="00C922D8"/>
     <w:rsid w:val="00C94B34"/>
+    <w:rsid w:val="00C954A2"/>
     <w:rsid w:val="00C97459"/>
     <w:rsid w:val="00CA475A"/>
     <w:rsid w:val="00CA4A4C"/>
     <w:rsid w:val="00CA4BDB"/>
     <w:rsid w:val="00CA5A1F"/>
     <w:rsid w:val="00CA5CEA"/>
     <w:rsid w:val="00CA6FD9"/>
     <w:rsid w:val="00CA7491"/>
     <w:rsid w:val="00CB0220"/>
     <w:rsid w:val="00CB04FB"/>
     <w:rsid w:val="00CB05D4"/>
     <w:rsid w:val="00CB1ABA"/>
     <w:rsid w:val="00CB353E"/>
     <w:rsid w:val="00CB3989"/>
     <w:rsid w:val="00CB45EE"/>
+    <w:rsid w:val="00CB527E"/>
     <w:rsid w:val="00CB566A"/>
     <w:rsid w:val="00CB5DF8"/>
+    <w:rsid w:val="00CB67E6"/>
+    <w:rsid w:val="00CB6F4F"/>
     <w:rsid w:val="00CB7DF6"/>
     <w:rsid w:val="00CC0370"/>
+    <w:rsid w:val="00CC0738"/>
     <w:rsid w:val="00CC0C74"/>
     <w:rsid w:val="00CC2530"/>
     <w:rsid w:val="00CC2C4F"/>
     <w:rsid w:val="00CC4333"/>
     <w:rsid w:val="00CC449A"/>
     <w:rsid w:val="00CC6AFD"/>
+    <w:rsid w:val="00CC6B9D"/>
     <w:rsid w:val="00CC6EE0"/>
     <w:rsid w:val="00CC7648"/>
     <w:rsid w:val="00CD0DD0"/>
     <w:rsid w:val="00CD29F0"/>
     <w:rsid w:val="00CD2B82"/>
     <w:rsid w:val="00CD33E9"/>
+    <w:rsid w:val="00CD4D2B"/>
     <w:rsid w:val="00CD5367"/>
     <w:rsid w:val="00CD629A"/>
+    <w:rsid w:val="00CD62D7"/>
     <w:rsid w:val="00CD67EB"/>
     <w:rsid w:val="00CD688A"/>
     <w:rsid w:val="00CD69C9"/>
     <w:rsid w:val="00CE0464"/>
     <w:rsid w:val="00CE11A6"/>
     <w:rsid w:val="00CE1E3C"/>
     <w:rsid w:val="00CE2E28"/>
     <w:rsid w:val="00CE3D07"/>
     <w:rsid w:val="00CE6A85"/>
     <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CF01BD"/>
     <w:rsid w:val="00CF37B8"/>
     <w:rsid w:val="00CF5C34"/>
+    <w:rsid w:val="00CF5E62"/>
     <w:rsid w:val="00D0239B"/>
+    <w:rsid w:val="00D03963"/>
+    <w:rsid w:val="00D0433E"/>
     <w:rsid w:val="00D04CFA"/>
     <w:rsid w:val="00D05365"/>
+    <w:rsid w:val="00D0551D"/>
     <w:rsid w:val="00D103E6"/>
     <w:rsid w:val="00D1076C"/>
     <w:rsid w:val="00D1115E"/>
     <w:rsid w:val="00D13C74"/>
     <w:rsid w:val="00D13C85"/>
     <w:rsid w:val="00D15A1C"/>
+    <w:rsid w:val="00D15E1D"/>
     <w:rsid w:val="00D15F96"/>
     <w:rsid w:val="00D1613F"/>
+    <w:rsid w:val="00D173B2"/>
     <w:rsid w:val="00D21026"/>
     <w:rsid w:val="00D213FB"/>
     <w:rsid w:val="00D21A8B"/>
     <w:rsid w:val="00D21F21"/>
     <w:rsid w:val="00D223CE"/>
     <w:rsid w:val="00D22CD5"/>
+    <w:rsid w:val="00D22D62"/>
+    <w:rsid w:val="00D247AA"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D27990"/>
     <w:rsid w:val="00D27BC2"/>
+    <w:rsid w:val="00D31C8A"/>
     <w:rsid w:val="00D31CA8"/>
     <w:rsid w:val="00D350C5"/>
     <w:rsid w:val="00D35AE9"/>
     <w:rsid w:val="00D3686F"/>
+    <w:rsid w:val="00D41605"/>
+    <w:rsid w:val="00D418BC"/>
     <w:rsid w:val="00D43160"/>
     <w:rsid w:val="00D43942"/>
     <w:rsid w:val="00D43AFE"/>
     <w:rsid w:val="00D44646"/>
     <w:rsid w:val="00D44D1E"/>
+    <w:rsid w:val="00D45647"/>
     <w:rsid w:val="00D4684C"/>
     <w:rsid w:val="00D47CC5"/>
     <w:rsid w:val="00D529B7"/>
     <w:rsid w:val="00D54E6D"/>
     <w:rsid w:val="00D55C71"/>
+    <w:rsid w:val="00D573AF"/>
     <w:rsid w:val="00D60A76"/>
+    <w:rsid w:val="00D60F87"/>
     <w:rsid w:val="00D62280"/>
+    <w:rsid w:val="00D62BBC"/>
     <w:rsid w:val="00D62C76"/>
     <w:rsid w:val="00D63C97"/>
     <w:rsid w:val="00D64312"/>
     <w:rsid w:val="00D73107"/>
     <w:rsid w:val="00D73475"/>
     <w:rsid w:val="00D7373E"/>
     <w:rsid w:val="00D742FA"/>
     <w:rsid w:val="00D753F2"/>
     <w:rsid w:val="00D81122"/>
     <w:rsid w:val="00D82AC5"/>
     <w:rsid w:val="00D852FB"/>
     <w:rsid w:val="00D86B50"/>
     <w:rsid w:val="00D8785D"/>
     <w:rsid w:val="00D90D89"/>
+    <w:rsid w:val="00D92F48"/>
     <w:rsid w:val="00D93E4A"/>
     <w:rsid w:val="00D93EFD"/>
+    <w:rsid w:val="00D944E4"/>
     <w:rsid w:val="00D959C8"/>
+    <w:rsid w:val="00DA00C8"/>
     <w:rsid w:val="00DA19E7"/>
+    <w:rsid w:val="00DA2258"/>
     <w:rsid w:val="00DA2C71"/>
     <w:rsid w:val="00DA34E9"/>
     <w:rsid w:val="00DA4153"/>
     <w:rsid w:val="00DA45F1"/>
     <w:rsid w:val="00DA5870"/>
     <w:rsid w:val="00DA79C0"/>
     <w:rsid w:val="00DB07F5"/>
     <w:rsid w:val="00DB365B"/>
     <w:rsid w:val="00DB3BDA"/>
     <w:rsid w:val="00DB6A5B"/>
     <w:rsid w:val="00DB7355"/>
     <w:rsid w:val="00DB7C9C"/>
     <w:rsid w:val="00DC047E"/>
+    <w:rsid w:val="00DC0935"/>
     <w:rsid w:val="00DC1BB9"/>
+    <w:rsid w:val="00DC2C7A"/>
     <w:rsid w:val="00DC4BEF"/>
     <w:rsid w:val="00DC5782"/>
     <w:rsid w:val="00DC64D5"/>
     <w:rsid w:val="00DC672C"/>
     <w:rsid w:val="00DC6FD4"/>
     <w:rsid w:val="00DD0373"/>
     <w:rsid w:val="00DD187A"/>
     <w:rsid w:val="00DD197C"/>
     <w:rsid w:val="00DD243B"/>
     <w:rsid w:val="00DD2F40"/>
     <w:rsid w:val="00DD5954"/>
     <w:rsid w:val="00DD59DB"/>
+    <w:rsid w:val="00DD6152"/>
     <w:rsid w:val="00DE0433"/>
     <w:rsid w:val="00DE0805"/>
     <w:rsid w:val="00DE37B5"/>
     <w:rsid w:val="00DE414F"/>
     <w:rsid w:val="00DE4FDD"/>
     <w:rsid w:val="00DE7A4E"/>
     <w:rsid w:val="00DF09BD"/>
     <w:rsid w:val="00DF123B"/>
     <w:rsid w:val="00DF1898"/>
+    <w:rsid w:val="00DF1BC9"/>
     <w:rsid w:val="00DF276E"/>
     <w:rsid w:val="00DF53AB"/>
     <w:rsid w:val="00DF5A3F"/>
     <w:rsid w:val="00DF682E"/>
     <w:rsid w:val="00DF6B33"/>
     <w:rsid w:val="00DF72A5"/>
     <w:rsid w:val="00DF7E9D"/>
     <w:rsid w:val="00E02025"/>
     <w:rsid w:val="00E02C0F"/>
     <w:rsid w:val="00E0523A"/>
     <w:rsid w:val="00E066C4"/>
     <w:rsid w:val="00E06833"/>
     <w:rsid w:val="00E07041"/>
+    <w:rsid w:val="00E07C3C"/>
     <w:rsid w:val="00E10FB4"/>
     <w:rsid w:val="00E11571"/>
     <w:rsid w:val="00E13373"/>
     <w:rsid w:val="00E13C8A"/>
     <w:rsid w:val="00E142E2"/>
     <w:rsid w:val="00E1608C"/>
     <w:rsid w:val="00E174EE"/>
     <w:rsid w:val="00E17861"/>
     <w:rsid w:val="00E2259C"/>
     <w:rsid w:val="00E23D39"/>
     <w:rsid w:val="00E25403"/>
     <w:rsid w:val="00E305DA"/>
     <w:rsid w:val="00E3162E"/>
     <w:rsid w:val="00E324F0"/>
     <w:rsid w:val="00E3541E"/>
     <w:rsid w:val="00E35499"/>
+    <w:rsid w:val="00E36621"/>
     <w:rsid w:val="00E40EEA"/>
     <w:rsid w:val="00E41662"/>
     <w:rsid w:val="00E416C3"/>
+    <w:rsid w:val="00E41D0C"/>
     <w:rsid w:val="00E44207"/>
     <w:rsid w:val="00E4439E"/>
     <w:rsid w:val="00E44EAC"/>
     <w:rsid w:val="00E455E5"/>
     <w:rsid w:val="00E46D1A"/>
+    <w:rsid w:val="00E46F32"/>
     <w:rsid w:val="00E47F71"/>
     <w:rsid w:val="00E51206"/>
+    <w:rsid w:val="00E513F2"/>
+    <w:rsid w:val="00E5246E"/>
     <w:rsid w:val="00E54514"/>
     <w:rsid w:val="00E55367"/>
     <w:rsid w:val="00E55F88"/>
+    <w:rsid w:val="00E5743C"/>
     <w:rsid w:val="00E57CC4"/>
+    <w:rsid w:val="00E60C6C"/>
+    <w:rsid w:val="00E610CF"/>
+    <w:rsid w:val="00E6192C"/>
     <w:rsid w:val="00E61EDD"/>
     <w:rsid w:val="00E620FF"/>
     <w:rsid w:val="00E62826"/>
     <w:rsid w:val="00E655B3"/>
     <w:rsid w:val="00E65B65"/>
+    <w:rsid w:val="00E66746"/>
     <w:rsid w:val="00E671B4"/>
     <w:rsid w:val="00E723F3"/>
     <w:rsid w:val="00E73EA9"/>
     <w:rsid w:val="00E74ADA"/>
     <w:rsid w:val="00E76241"/>
     <w:rsid w:val="00E76D84"/>
     <w:rsid w:val="00E775EA"/>
     <w:rsid w:val="00E814AB"/>
+    <w:rsid w:val="00E8316C"/>
     <w:rsid w:val="00E85B57"/>
     <w:rsid w:val="00E8635C"/>
     <w:rsid w:val="00E879F7"/>
     <w:rsid w:val="00E87D08"/>
     <w:rsid w:val="00E90324"/>
     <w:rsid w:val="00E915C5"/>
+    <w:rsid w:val="00E92359"/>
     <w:rsid w:val="00E93C54"/>
     <w:rsid w:val="00E940C1"/>
     <w:rsid w:val="00E978E1"/>
+    <w:rsid w:val="00EA1331"/>
     <w:rsid w:val="00EA1FC5"/>
     <w:rsid w:val="00EA4639"/>
+    <w:rsid w:val="00EA5068"/>
     <w:rsid w:val="00EA5F43"/>
+    <w:rsid w:val="00EA6FFF"/>
     <w:rsid w:val="00EB00B3"/>
     <w:rsid w:val="00EB087A"/>
     <w:rsid w:val="00EB0A8F"/>
     <w:rsid w:val="00EB3B64"/>
     <w:rsid w:val="00EB3EE3"/>
     <w:rsid w:val="00EB4418"/>
+    <w:rsid w:val="00EB60D6"/>
     <w:rsid w:val="00EB6315"/>
     <w:rsid w:val="00EB7415"/>
     <w:rsid w:val="00EC02DC"/>
     <w:rsid w:val="00EC1A1C"/>
     <w:rsid w:val="00EC2914"/>
     <w:rsid w:val="00EC4A42"/>
     <w:rsid w:val="00EC4B1E"/>
     <w:rsid w:val="00EC5803"/>
     <w:rsid w:val="00EC6406"/>
     <w:rsid w:val="00ED0FBD"/>
     <w:rsid w:val="00ED1C83"/>
+    <w:rsid w:val="00ED1CD6"/>
+    <w:rsid w:val="00ED1ECE"/>
     <w:rsid w:val="00ED3BD9"/>
     <w:rsid w:val="00ED3CAE"/>
+    <w:rsid w:val="00ED63A8"/>
     <w:rsid w:val="00EE02D4"/>
     <w:rsid w:val="00EE052B"/>
     <w:rsid w:val="00EE4E69"/>
     <w:rsid w:val="00EE606D"/>
     <w:rsid w:val="00EF012E"/>
+    <w:rsid w:val="00EF1FE9"/>
     <w:rsid w:val="00EF38C6"/>
     <w:rsid w:val="00EF7D64"/>
+    <w:rsid w:val="00F00D71"/>
     <w:rsid w:val="00F02F98"/>
+    <w:rsid w:val="00F03112"/>
     <w:rsid w:val="00F03C9A"/>
     <w:rsid w:val="00F06B91"/>
     <w:rsid w:val="00F070B1"/>
     <w:rsid w:val="00F111FF"/>
+    <w:rsid w:val="00F12C52"/>
+    <w:rsid w:val="00F12DDB"/>
     <w:rsid w:val="00F13277"/>
     <w:rsid w:val="00F13CF7"/>
+    <w:rsid w:val="00F1539E"/>
     <w:rsid w:val="00F16069"/>
     <w:rsid w:val="00F168AD"/>
     <w:rsid w:val="00F20F10"/>
     <w:rsid w:val="00F24C92"/>
     <w:rsid w:val="00F25D5E"/>
+    <w:rsid w:val="00F2711E"/>
     <w:rsid w:val="00F27BC4"/>
     <w:rsid w:val="00F305E8"/>
     <w:rsid w:val="00F30EC6"/>
     <w:rsid w:val="00F3135C"/>
     <w:rsid w:val="00F31B77"/>
+    <w:rsid w:val="00F32C85"/>
     <w:rsid w:val="00F33235"/>
     <w:rsid w:val="00F34258"/>
     <w:rsid w:val="00F3547F"/>
     <w:rsid w:val="00F36738"/>
     <w:rsid w:val="00F36AFB"/>
+    <w:rsid w:val="00F36BD1"/>
+    <w:rsid w:val="00F37B9B"/>
     <w:rsid w:val="00F37E88"/>
     <w:rsid w:val="00F402CB"/>
     <w:rsid w:val="00F41425"/>
     <w:rsid w:val="00F41778"/>
     <w:rsid w:val="00F42442"/>
+    <w:rsid w:val="00F42EE4"/>
     <w:rsid w:val="00F4560D"/>
+    <w:rsid w:val="00F465ED"/>
     <w:rsid w:val="00F46701"/>
     <w:rsid w:val="00F47632"/>
+    <w:rsid w:val="00F47A23"/>
     <w:rsid w:val="00F47B57"/>
     <w:rsid w:val="00F5112C"/>
     <w:rsid w:val="00F53A4A"/>
     <w:rsid w:val="00F54D24"/>
+    <w:rsid w:val="00F5527C"/>
     <w:rsid w:val="00F55335"/>
     <w:rsid w:val="00F5571D"/>
     <w:rsid w:val="00F55985"/>
     <w:rsid w:val="00F56072"/>
     <w:rsid w:val="00F56935"/>
     <w:rsid w:val="00F57611"/>
     <w:rsid w:val="00F60A5D"/>
     <w:rsid w:val="00F610C8"/>
     <w:rsid w:val="00F615AF"/>
     <w:rsid w:val="00F6308C"/>
     <w:rsid w:val="00F63315"/>
     <w:rsid w:val="00F63798"/>
     <w:rsid w:val="00F6418F"/>
     <w:rsid w:val="00F6493A"/>
     <w:rsid w:val="00F6505C"/>
+    <w:rsid w:val="00F656F5"/>
+    <w:rsid w:val="00F670FC"/>
     <w:rsid w:val="00F679A8"/>
     <w:rsid w:val="00F7029D"/>
     <w:rsid w:val="00F70F35"/>
     <w:rsid w:val="00F739CF"/>
     <w:rsid w:val="00F74BB3"/>
     <w:rsid w:val="00F80C8F"/>
     <w:rsid w:val="00F81C4B"/>
+    <w:rsid w:val="00F82332"/>
     <w:rsid w:val="00F8247F"/>
     <w:rsid w:val="00F82A3A"/>
     <w:rsid w:val="00F8466C"/>
+    <w:rsid w:val="00F85160"/>
     <w:rsid w:val="00F851B8"/>
     <w:rsid w:val="00F854FB"/>
+    <w:rsid w:val="00F85E34"/>
     <w:rsid w:val="00F8666C"/>
     <w:rsid w:val="00F91629"/>
     <w:rsid w:val="00F91EFF"/>
     <w:rsid w:val="00F92B3B"/>
     <w:rsid w:val="00F93A45"/>
     <w:rsid w:val="00F946F0"/>
     <w:rsid w:val="00F96C7F"/>
     <w:rsid w:val="00F97109"/>
     <w:rsid w:val="00F97FE7"/>
     <w:rsid w:val="00FA0AB0"/>
     <w:rsid w:val="00FA1CFC"/>
     <w:rsid w:val="00FA3039"/>
+    <w:rsid w:val="00FA4AF4"/>
+    <w:rsid w:val="00FA4E1C"/>
     <w:rsid w:val="00FA523D"/>
     <w:rsid w:val="00FA66BC"/>
     <w:rsid w:val="00FA721B"/>
     <w:rsid w:val="00FA7ED2"/>
     <w:rsid w:val="00FB0FBE"/>
     <w:rsid w:val="00FB1C22"/>
     <w:rsid w:val="00FB2B76"/>
     <w:rsid w:val="00FB3904"/>
     <w:rsid w:val="00FB3A2E"/>
+    <w:rsid w:val="00FB471E"/>
     <w:rsid w:val="00FB4826"/>
     <w:rsid w:val="00FB63D9"/>
     <w:rsid w:val="00FB6ABD"/>
     <w:rsid w:val="00FC099D"/>
     <w:rsid w:val="00FC0AA8"/>
     <w:rsid w:val="00FC13DD"/>
     <w:rsid w:val="00FC28B4"/>
+    <w:rsid w:val="00FC380E"/>
     <w:rsid w:val="00FC4260"/>
     <w:rsid w:val="00FC51CB"/>
     <w:rsid w:val="00FC69F5"/>
     <w:rsid w:val="00FC6EE4"/>
     <w:rsid w:val="00FD40F3"/>
     <w:rsid w:val="00FD4E55"/>
     <w:rsid w:val="00FD588C"/>
     <w:rsid w:val="00FE092E"/>
     <w:rsid w:val="00FE1D67"/>
     <w:rsid w:val="00FE262C"/>
     <w:rsid w:val="00FE3C2B"/>
     <w:rsid w:val="00FE476F"/>
     <w:rsid w:val="00FE48A5"/>
     <w:rsid w:val="00FE6EB4"/>
     <w:rsid w:val="00FE6EF3"/>
     <w:rsid w:val="00FE71C5"/>
     <w:rsid w:val="00FF03DC"/>
     <w:rsid w:val="00FF09C9"/>
     <w:rsid w:val="00FF18B3"/>
     <w:rsid w:val="00FF221D"/>
     <w:rsid w:val="00FF4A6F"/>
     <w:rsid w:val="00FF526E"/>
     <w:rsid w:val="00FF64B4"/>
     <w:rsid w:val="00FF6763"/>
     <w:rsid w:val="00FF6D69"/>
     <w:rsid w:val="00FF7D65"/>
+    <w:rsid w:val="00FF7FD8"/>
     <w:rsid w:val="03F1A759"/>
     <w:rsid w:val="040E9DEE"/>
     <w:rsid w:val="04104618"/>
     <w:rsid w:val="079BE14E"/>
     <w:rsid w:val="086C60A9"/>
     <w:rsid w:val="08D0B0FF"/>
+    <w:rsid w:val="0B6608C5"/>
     <w:rsid w:val="0E64CCDC"/>
     <w:rsid w:val="1233A523"/>
+    <w:rsid w:val="14E3816E"/>
     <w:rsid w:val="15E890FE"/>
     <w:rsid w:val="1B03FA16"/>
     <w:rsid w:val="1B66C1C1"/>
     <w:rsid w:val="1CE05A1F"/>
     <w:rsid w:val="1DF09460"/>
+    <w:rsid w:val="20EC38F5"/>
     <w:rsid w:val="20ECE070"/>
+    <w:rsid w:val="21C6157D"/>
     <w:rsid w:val="227B6F8E"/>
+    <w:rsid w:val="230E3829"/>
     <w:rsid w:val="2408148B"/>
     <w:rsid w:val="26379BEC"/>
     <w:rsid w:val="26654919"/>
     <w:rsid w:val="27B00BBF"/>
     <w:rsid w:val="2C4B9A62"/>
     <w:rsid w:val="30A91FBB"/>
     <w:rsid w:val="32146253"/>
     <w:rsid w:val="32F2E7E6"/>
     <w:rsid w:val="33366166"/>
     <w:rsid w:val="3489DC72"/>
     <w:rsid w:val="350D461E"/>
     <w:rsid w:val="4117399B"/>
     <w:rsid w:val="43EADF8F"/>
     <w:rsid w:val="453DC96B"/>
     <w:rsid w:val="46397794"/>
     <w:rsid w:val="480D6D08"/>
     <w:rsid w:val="489D450F"/>
     <w:rsid w:val="4C321EFA"/>
     <w:rsid w:val="4D934227"/>
     <w:rsid w:val="507E88F3"/>
     <w:rsid w:val="526DE7DB"/>
     <w:rsid w:val="52EED5CC"/>
     <w:rsid w:val="53218363"/>
     <w:rsid w:val="5341BEF3"/>
     <w:rsid w:val="537F3273"/>
     <w:rsid w:val="53F84F9B"/>
     <w:rsid w:val="56CDDDBB"/>
     <w:rsid w:val="57E974A9"/>
     <w:rsid w:val="592CA250"/>
     <w:rsid w:val="5AE72D78"/>
+    <w:rsid w:val="5C85EF77"/>
     <w:rsid w:val="628672F9"/>
     <w:rsid w:val="62B7F24D"/>
     <w:rsid w:val="633AEC24"/>
+    <w:rsid w:val="63B1B065"/>
     <w:rsid w:val="66F6E4EA"/>
     <w:rsid w:val="67C6FD11"/>
     <w:rsid w:val="68F3194B"/>
+    <w:rsid w:val="6D69934E"/>
     <w:rsid w:val="6F49E1BF"/>
     <w:rsid w:val="6F51C084"/>
     <w:rsid w:val="70E2F50E"/>
     <w:rsid w:val="728191D2"/>
     <w:rsid w:val="73640F4A"/>
     <w:rsid w:val="7566266D"/>
     <w:rsid w:val="79644135"/>
     <w:rsid w:val="7C8D7D63"/>
     <w:rsid w:val="7E47AD4A"/>
     <w:rsid w:val="7E6CFB8C"/>
+    <w:rsid w:val="7FE4F421"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="752C94F0"/>
@@ -35943,130 +36516,160 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="13" w:right="6" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00F12C52"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="13" w:hanging="10"/>
+      <w:ind w:left="-2" w:hanging="10"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="126" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="13" w:hanging="10"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB4A77"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F12C52"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
@@ -36289,52 +36892,50 @@
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CERHeading2rectangle">
     <w:name w:val="CER Heading 2 rectangle"/>
     <w:basedOn w:val="Heading2"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00BD6650"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
         <w:left w:val="single" w:sz="2" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
         <w:bottom w:val="single" w:sz="2" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
         <w:right w:val="single" w:sz="2" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
       <w:spacing w:before="280" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="113" w:right="113" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid0">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="004D3DB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="CERtable">
     <w:name w:val="CER table"/>
@@ -36427,78 +37028,187 @@
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CERbullets">
     <w:name w:val="CER bullets"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CERbulletsChar"/>
     <w:uiPriority w:val="7"/>
     <w:qFormat/>
-    <w:rsid w:val="00830006"/>
+    <w:rsid w:val="00A803A2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:rFonts w:eastAsia="Cambria"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CERbulletsChar">
     <w:name w:val="CER bullets Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CERbullets"/>
     <w:uiPriority w:val="7"/>
-    <w:rsid w:val="00830006"/>
+    <w:rsid w:val="00A803A2"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B50AF6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="12" w:right="88" w:hanging="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB4A77"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E41D0C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E41D0C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E41D0C"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B759F"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="17" w:right="91" w:hanging="11"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="009B759F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="534580237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="568466474">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -36546,51 +37256,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1549606683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@cer.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ParticipantAssessment@cer.gov.au" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ParticipantAssessment@cer.gov.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture/fit-and-proper-person-requirements" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@cer.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ParticipantAssessment@cer.gov.au" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ParticipantAssessment@cer.gov.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -36901,68 +37611,234 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D01AD334-E31B-4911-8390-43D8A6446394}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>35</Pages>
-  <Words>7908</Words>
-  <Characters>41837</Characters>
+  <Words>8210</Words>
+  <Characters>40970</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1494</Lines>
-  <Paragraphs>1275</Paragraphs>
+  <Lines>1280</Lines>
+  <Paragraphs>1199</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>CER-GO-001 Application for Guarantee of Origin Scheme registration as a trust</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48470</CharactersWithSpaces>
+  <CharactersWithSpaces>47981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="54" baseType="variant">
+      <vt:variant>
+        <vt:i4>6553612</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>690</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:enquiries@cer.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196694</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>387</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162737</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>384</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196694</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162737</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196694</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:%7E:text=While%20particular%20eligibility%20requirements%20for,fulfil%20their%20intended%20scheme%20role.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6291466</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ParticipantAssessment@cer.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6291466</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ParticipantAssessment@cer.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>458824</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cer.gov.au/about-us/our-policies/fit-and-proper-person-posture/fit-and-proper-person-requirements</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CER-GO-001 Application for Guarantee of Origin Scheme registration as a trust</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>