--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -202,56 +202,56 @@
         <w:t>The audit must be conducted in accordance with the relevant requirements for assurance engagements under:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E0A382" w14:textId="00123A4C" w:rsidR="00C41EA0" w:rsidRDefault="00C41EA0" w:rsidP="00886E1F">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00614C3E">
         <w:t xml:space="preserve">National Greenhouse and Energy Reporting (Audit) Determination 2009 </w:t>
       </w:r>
       <w:r w:rsidRPr="00886E1F">
         <w:t>(NGER Audit Determination)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="033DEBF4" w14:textId="7A415585" w:rsidR="00027DD7" w:rsidRPr="00A03838" w:rsidRDefault="00027DD7" w:rsidP="00027DD7">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00A03838">
         <w:t>National Greenhouse and Energy Reporting Regulations 2008 (NGER Regulations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EED8B64" w14:textId="2B7D69F5" w:rsidR="00C41EA0" w:rsidRDefault="00C41EA0" w:rsidP="00886E1F">
+    <w:p w14:paraId="3CD18EC7" w14:textId="77777777" w:rsidR="008C7261" w:rsidRDefault="008C7261" w:rsidP="008C7261">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">relevant national and international audit standards, including: </w:t>
+        <w:t xml:space="preserve">relevant national and international audit standards, which may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A095B03" w14:textId="75391E68" w:rsidR="00C41EA0" w:rsidRDefault="00C41EA0" w:rsidP="00886E1F">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASAE 3000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00614C3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F55A48" w14:textId="45FCAEF9" w:rsidR="00C41EA0" w:rsidRDefault="00C41EA0" w:rsidP="00886E1F">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
@@ -335,83 +335,125 @@
       <w:r w:rsidRPr="00552243">
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00614C3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quality management for Firms that Perform Audits and Reviews of Financial Reports and Other Financial Information, and Other Assurance Engagements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17674E89" w14:textId="564F7770" w:rsidR="00D914AC" w:rsidRDefault="00D914AC" w:rsidP="00D914AC">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASQM 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00614C3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engagement quality reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D059ED3" w14:textId="77777777" w:rsidR="00DF58E0" w:rsidRDefault="00DF58E0" w:rsidP="00DF58E0">
+      <w:pPr>
+        <w:pStyle w:val="CERbullets"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This template is intended to meet the requirements of the Audit Determination and ASAE 3000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E6145">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It has not been designed to meet the with the reporting requirements of ASSA 5000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415ADF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>Assurance Engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Registered greenhouse and energy auditors applying ASSA 5000 will need to ensure audit reports meet reporting requirements in ASSA 5000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5181EB2B" w14:textId="77777777" w:rsidR="00D964B0" w:rsidRDefault="00D964B0" w:rsidP="000A7A97">
       <w:pPr>
         <w:pStyle w:val="CERbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200" w:after="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The coversheet for the audit report requires auditors to disclose both audit and non-audit fees, as well as the hours spent on the audit by the audit team. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E049EE" w14:textId="77777777" w:rsidR="001437E9" w:rsidRDefault="00D964B0" w:rsidP="00FB454E">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:sectPr w:rsidR="001437E9" w:rsidSect="00AF1D73">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="710"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00880939">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to Division 3.4 of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00A45F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NGER Audit Determination</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="006C93" w:themeColor="accent3"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00880939">
         <w:t xml:space="preserve"> for further information on the legislative requirements for reporting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
@@ -633,172 +675,114 @@
           <w:p w14:paraId="745C48AE" w14:textId="77777777" w:rsidR="00004DDD" w:rsidRPr="00FC13FD" w:rsidRDefault="00004DDD" w:rsidP="00004DDD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="008D09FC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting (Audit) Determination 2009</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FC13FD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="006C93" w:themeColor="accent3"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00FC13FD">
               <w:t xml:space="preserve"> (Audit Determination)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B22A25C" w14:textId="258F444B" w:rsidR="00130BCF" w:rsidRPr="00552243" w:rsidRDefault="00130BCF" w:rsidP="00415ADF">
+          <w:p w14:paraId="0D1CCE77" w14:textId="77777777" w:rsidR="00A05533" w:rsidRPr="00552243" w:rsidRDefault="00A05533" w:rsidP="00A05533">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t>Applicable standards</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="7ABBAF29" w14:textId="0BAF4489" w:rsidR="00130BCF" w:rsidRPr="00514E57" w:rsidRDefault="00130BCF" w:rsidP="00415ADF">
+            <w:r>
+              <w:t xml:space="preserve"> may include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ABBAF29" w14:textId="2F4E13B0" w:rsidR="00130BCF" w:rsidRPr="00514E57" w:rsidRDefault="00130BCF" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Assurance Engagements other than Audits or Reviews of Historical Financial Information</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_Ref198035100"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="0D3BAEF6" w14:textId="77777777" w:rsidR="00130BCF" w:rsidRPr="00552243" w:rsidRDefault="00130BCF" w:rsidP="00415ADF">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552243">
               <w:t xml:space="preserve">ASAE 3100 </w:t>
             </w:r>
             <w:r w:rsidRPr="00552243">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Compliance Engagements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C98E08E" w14:textId="454448CC" w:rsidR="0058389E" w:rsidRDefault="0058389E" w:rsidP="00415ADF">
+          <w:p w14:paraId="35275E19" w14:textId="77777777" w:rsidR="00112625" w:rsidRDefault="00112625" w:rsidP="00112625">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">ASAE 3410 </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE26AB">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assurance on Greenhouse Gas Statements</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>(some components only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D601761" w14:textId="4B63D46B" w:rsidR="005B567F" w:rsidRPr="00B567ED" w:rsidRDefault="001115C7" w:rsidP="00B567ED">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="005B567F">
               <w:t xml:space="preserve">SSA </w:t>
             </w:r>
             <w:r w:rsidR="00703087">
               <w:t xml:space="preserve">5000 </w:t>
             </w:r>
             <w:r w:rsidR="00B567ED" w:rsidRPr="00EE26AB">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>General Requirements for Sustainability Assurance Engagements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ABDF6B7" w14:textId="77777777" w:rsidR="00130BCF" w:rsidRPr="00320EB7" w:rsidRDefault="00130BCF" w:rsidP="00415ADF">
@@ -1355,62 +1339,62 @@
             <w:r>
               <w:t xml:space="preserve"> be accompanied by a relevant Part B for each associated project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13893E4B" w14:textId="77777777" w:rsidR="00130BCF" w:rsidRDefault="00130BCF" w:rsidP="00130BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:sectPr w:rsidR="00130BCF" w:rsidSect="00130BCF">
           <w:headerReference w:type="first" r:id="rId20"/>
           <w:footerReference w:type="first" r:id="rId21"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="132770BB" w14:textId="0A99917B" w:rsidR="00130BCF" w:rsidRDefault="00130BCF" w:rsidP="00F40A8E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc157764138"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc157764138"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Type</w:t>
       </w:r>
       <w:r w:rsidR="00E71112">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00213D2A">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="10301" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="7440"/>
         <w:gridCol w:w="1303"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E14F05" w:rsidRPr="00FA7635" w14:paraId="1DB03D16" w14:textId="77777777" w:rsidTr="00F155FB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
@@ -2019,51 +2003,51 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="200"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The number of subsequent audits for an eligible offsets project is set out in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00423B26" w:rsidRPr="00B53A40">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>Carbon Credits (Carbon Farming Initiative) (Audit Thresholds) Instrument 2025</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A96F96">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A6EA60E" w14:textId="0BA6A620" w:rsidR="0080559F" w:rsidRPr="00341B98" w:rsidRDefault="00275C01" w:rsidP="00415ADF">
             <w:pPr>
               <w:ind w:left="37"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00341B98">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r>
               <w:t>76</w:t>
             </w:r>
             <w:r w:rsidRPr="00341B98">
               <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r>
               <w:t>CFI Act</w:t>
             </w:r>
             <w:r w:rsidRPr="00341B98">
@@ -2475,52 +2459,57 @@
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Triggered audits – </w:t>
             </w:r>
             <w:r w:rsidR="008208AF" w:rsidRPr="008208AF">
               <w:t>Forest cover audits of regeneration projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3193E296" w14:textId="51FCD5C6" w:rsidR="00262495" w:rsidRPr="00262495" w:rsidRDefault="00262495" w:rsidP="00262495">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00262495">
               <w:t>An eligible offsets project that is a regeneration project must be audited if:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11686AD0" w14:textId="04D6179B" w:rsidR="00262495" w:rsidRPr="00262495" w:rsidRDefault="00262495" w:rsidP="00B828F6">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00262495">
-              <w:t>an offsets report for a reporting period will be submitted which includes one or more carbon estimation areas that have past their forest cover assessment date</w:t>
+              <w:t>an offsets</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00262495">
+              <w:t xml:space="preserve"> report for a reporting period will be submitted which includes one or more carbon estimation areas that have past their forest cover assessment date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DD66AA0" w14:textId="303624B3" w:rsidR="00262495" w:rsidRPr="00262495" w:rsidRDefault="00262495" w:rsidP="00B828F6">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00262495">
               <w:t>a previous audit report</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55C57DC0" w14:textId="3038E178" w:rsidR="00262495" w:rsidRDefault="00262495" w:rsidP="00B828F6">
             <w:pPr>
               <w:pStyle w:val="CERbullets"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00262495">
               <w:t>prepared under this Division</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CE8A9C3" w14:textId="5592824A" w:rsidR="00063700" w:rsidRPr="00262495" w:rsidRDefault="00262495" w:rsidP="00063700">
@@ -3437,51 +3426,51 @@
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4870"/>
         <w:gridCol w:w="4870"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE0D55" w:rsidRPr="00FA7635" w14:paraId="38B56723" w14:textId="77777777" w:rsidTr="001E6150">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="73592232" w14:textId="7BCF9D7C" w:rsidR="00EE0D55" w:rsidRPr="001E6150" w:rsidRDefault="00003C49" w:rsidP="001E6150">
             <w:pPr>
               <w:pStyle w:val="Answerfieldright-aligned"/>
               <w:spacing w:before="120" w:after="200"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk192677222"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk192677222"/>
             <w:r w:rsidRPr="001E6150">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of registered project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="493068655"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2500" w:type="pct"/>
@@ -3829,51 +3818,51 @@
               </w:tcPr>
               <w:p w14:paraId="372911AA" w14:textId="02AAD835" w:rsidR="00EE0D55" w:rsidRPr="001E6150" w:rsidRDefault="00541F3C" w:rsidP="001E6150">
                 <w:pPr>
                   <w:pStyle w:val="Answerfieldleft-aligned"/>
                   <w:spacing w:before="120" w:after="200"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E6150">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="0259BED3" w14:textId="6BBD2AC9" w:rsidR="000E0AB9" w:rsidRDefault="008945F0" w:rsidP="0040741A">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="008945F0">
         <w:t>Audit description</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4870"/>
         <w:gridCol w:w="4870"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C2DCF" w:rsidRPr="00FA7635" w14:paraId="76814BD4" w14:textId="77777777" w:rsidTr="001E6150">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="359FD1A0" w14:textId="247CEE38" w:rsidR="003C2DCF" w:rsidRPr="001E6150" w:rsidRDefault="003C2DCF" w:rsidP="001E6150">
@@ -4276,51 +4265,51 @@
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93E73">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for services and activities provided by the audit team leader (or his or her firm or company, or by another person or firm on the audit team leader’s behalf) other than services or activities under Part 6 of the </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00635E75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>National Greenhouse and Energy Reporting Regulations 2008</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E93E73">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00E93E73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>NGER Regulations</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00E93E73">
@@ -7144,63 +7133,78 @@
       <w:r w:rsidRPr="00966DF0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[proponent]</w:t>
       </w:r>
       <w:r w:rsidRPr="00966DF0">
         <w:t xml:space="preserve"> has used estimates or extrapolated underlying information to calculate certain amounts included within the offsets report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FA0034" w14:textId="461117D1" w:rsidR="00FE7ADA" w:rsidRPr="00966DF0" w:rsidRDefault="00FE7ADA" w:rsidP="008666CB">
       <w:r w:rsidRPr="0058597B">
         <w:t>The reasonable assurance opinion expressed in this report ha</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0058597B">
         <w:t xml:space="preserve"> been formed on the above basis</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D70366" w14:textId="0465F55F" w:rsidR="00040856" w:rsidRDefault="00040856" w:rsidP="00C86D8D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C86D8D">
+    <w:p w14:paraId="40D70366" w14:textId="0465F55F" w:rsidR="00040856" w:rsidRPr="00BE072F" w:rsidRDefault="00040856" w:rsidP="00BE072F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE072F">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
-          <w:rFonts w:eastAsia="Cambria"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Basis for [qualified/adverse/disclaimer] opinion</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> [Include if conclusion is modified]</w:t>
+      <w:r w:rsidRPr="00BE072F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE072F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Include if conclusion is modified]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13AA3CE5" w14:textId="77777777" w:rsidR="00040856" w:rsidRPr="00C86D8D" w:rsidRDefault="00040856" w:rsidP="00040856">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86D8D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert basis for modification to the auditor’s report.] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04EED2B2" w14:textId="77777777" w:rsidR="00040856" w:rsidRDefault="00040856" w:rsidP="00C86D8D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Our conclusion</w:t>
       </w:r>
@@ -7819,243 +7823,243 @@
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part B—Detailed findings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4133EE5B" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="001D35F2">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[For guidance on how to fill out Part B of the audit report you can watch the CER’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00027F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>webinar on Part B of assurance engagement audit reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="11"/>
+        <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="004BF048" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="001D35F2">
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:t>As required under section 3.23 of the NGER Audit Determination, audit team leaders must outline the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4D97C0" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="001D35F2">
       <w:pPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[If no entry is needed, indicate that it is not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C3974A" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc157764158"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc157764158"/>
       <w:r>
         <w:t>Items or i</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>ssues requiring particular attention</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w14:paraId="66FA9BB9" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="895560930"/>
             <w:placeholder>
               <w:docPart w:val="634AE5139A8D4512BE90F15581D56E82"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="358FC162" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37350138" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc157764159"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc157764159"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">Aspects </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that particularly </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>impact</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">carrying out of </w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t>assurance engagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w14:paraId="4E9CF6D0" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2063405585"/>
             <w:placeholder>
               <w:docPart w:val="C12E0627F1274583896EE955632A1429"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9740" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="077C823C" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:kern w:val="2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76B55A2F" w14:textId="3BA40576" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc157764160"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc157764160"/>
       <w:r>
         <w:t>Details of any c</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve">ontraventions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F879EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Carbon Credits (Carbon Farming Initiative) </w:t>
       </w:r>
       <w:r w:rsidR="00973760">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Act 2011, </w:t>
       </w:r>
       <w:r w:rsidR="00BD7467">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Carbon Credits (Carbon Farming Initiative) Rule 2015 </w:t>
       </w:r>
       <w:r>
         <w:t>or the associated provisions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w14:paraId="25A6C345" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="138081972"/>
             <w:placeholder>
               <w:docPart w:val="BF3095CD4A9E4B968664BBD55D9ACE7A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
@@ -8065,63 +8069,63 @@
                 <w:tcW w:w="9770" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2651A800" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="099DFB8C" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc157764161"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc157764161"/>
       <w:r>
         <w:t xml:space="preserve">Matters corrected </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>during the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the audit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9744" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2659"/>
         <w:gridCol w:w="7085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w:rsidRPr="000F73E9" w14:paraId="4078F1AD" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CC7D64C" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="007A646F" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
             <w:r w:rsidRPr="007A646F">
               <w:t>Issue A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
@@ -8215,55 +8219,55 @@
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7085" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="632AAA73" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="005C2E56">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F8A8A8E" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc157764162"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc157764162"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Other matters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w14:paraId="03E739C3" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2117243460"/>
             <w:placeholder>
               <w:docPart w:val="C2ECAE570AC64979A3A652D3A21E1BA1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -8282,56 +8286,56 @@
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="589FB0C0" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00140E5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="005874"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="014C9776" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc157764163"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc157764163"/>
       <w:r w:rsidRPr="000F73E9">
         <w:lastRenderedPageBreak/>
         <w:t>Audit findings and conclusions table</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="2443"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w:rsidRPr="000F73E9" w14:paraId="65DB8D2D" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8753,55 +8757,55 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="0" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3940564E" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00573601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30C98292" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00026441">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc157764164"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc157764164"/>
       <w:r w:rsidRPr="000F73E9">
         <w:t>Peer reviewer conclusion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CERTable"/>
         <w:tblW w:w="9774" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00140E5E" w:rsidRPr="000F73E9" w14:paraId="505E77ED" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DA2DB41" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
@@ -8883,59 +8887,51 @@
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00140E5E" w:rsidRPr="000F73E9" w14:paraId="05457EF2" w14:textId="77777777" w:rsidTr="00415ADF">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EE00D65" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F73E9">
-              <w:t xml:space="preserve">Peer </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> contact details</w:t>
+              <w:t>Peer reviewer contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="624894478"/>
             <w:placeholder>
               <w:docPart w:val="8149382970FA4F6596DD6BBCF07A8496"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4887" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="646EAF3C" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRPr="000F73E9" w:rsidRDefault="00140E5E" w:rsidP="00415ADF">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00415ADF">
                   <w:rPr>
@@ -9080,67 +9076,67 @@
     <w:p w14:paraId="4842A31A" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00140E5E">
       <w:r w:rsidRPr="000F73E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
       <w:r w:rsidRPr="000F73E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00140E5E" w:rsidSect="00130BCF">
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1447" w:right="1080" w:bottom="993" w:left="1080" w:header="227" w:footer="232" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B25812C" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9" w:rsidP="00176C28">
+    <w:p w14:paraId="40F75B15" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D95DCF" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9"/>
+    <w:p w14:paraId="6C6E1AC1" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D14F1AE" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9" w:rsidP="00176C28">
+    <w:p w14:paraId="01905751" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77884645" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9"/>
+    <w:p w14:paraId="197264F1" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1ABB27B6" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9">
+    <w:p w14:paraId="478B02A9" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9164,50 +9160,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9675,66 +9672,66 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="21EE37F1" w14:textId="77777777" w:rsidR="00130BCF" w:rsidRPr="009633DE" w:rsidRDefault="00130BCF" w:rsidP="000060EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="60"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DA91E04" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9" w:rsidP="00176C28">
+    <w:p w14:paraId="74C2B7DD" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08" w:rsidP="00176C28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="719D0AB7" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9" w:rsidP="00176C28">
+    <w:p w14:paraId="467FCE21" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08" w:rsidP="00176C28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B0F0B6" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9"/>
+    <w:p w14:paraId="30139624" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A3EB2E1" w14:textId="77777777" w:rsidR="00792CA9" w:rsidRDefault="00792CA9">
+    <w:p w14:paraId="41FB9962" w14:textId="77777777" w:rsidR="000E0A08" w:rsidRDefault="000E0A08">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="0EE569F8" w14:textId="77777777" w:rsidR="00D964B0" w:rsidRDefault="00D964B0" w:rsidP="00D964B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0049651D">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -9811,156 +9808,134 @@
       <w:r w:rsidRPr="00961FA0">
         <w:t>https://www.legislation.gov.au/F2008L02230/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="5CB634BE" w14:textId="77777777" w:rsidR="00004DDD" w:rsidRDefault="00004DDD" w:rsidP="00004DDD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332DAD">
         <w:t>https://www.legislation.gov.au/F2010L00053/latest/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="5DE4F2EA" w14:textId="3779EBC9" w:rsidR="00F82F1F" w:rsidRDefault="00F82F1F">
+    <w:p w14:paraId="44015542" w14:textId="3F8E712E" w:rsidR="00A96F96" w:rsidRDefault="00A96F96">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Will be replaced by ASSA 5000</w:t>
-[...5 lines deleted...]
-        <w:t>15 December2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2170" w:rsidRPr="003A2170">
+        <w:t>https://www.legislation.gov.au/F2025L00373/asmade/text</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="44015542" w14:textId="3F8E712E" w:rsidR="00A96F96" w:rsidRDefault="00A96F96">
+    <w:p w14:paraId="2B3E1470" w14:textId="5411867C" w:rsidR="00635E75" w:rsidRDefault="00635E75">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A2170" w:rsidRPr="003A2170">
-        <w:t>https://www.legislation.gov.au/F2025L00373/asmade/text</w:t>
+      <w:r w:rsidRPr="00DE44EF">
+        <w:t>https://www.legislation.gov.au/F2008L02230/latest/versions</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="2B3E1470" w14:textId="5411867C" w:rsidR="00635E75" w:rsidRDefault="00635E75">
-[...17 lines deleted...]
-  <w:footnote w:id="11">
     <w:p w14:paraId="3F77F95B" w14:textId="77777777" w:rsidR="00140E5E" w:rsidRDefault="00140E5E" w:rsidP="00140E5E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF248D">
         <w:t>https://www.youtube.com/watch?v=zoFQDVyAIds</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4943AFC8" w14:textId="3F487FF3" w:rsidR="00AF1D73" w:rsidRPr="00BE0DA3" w:rsidRDefault="00AF1D73" w:rsidP="00F07907">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4876"/>
       </w:tabs>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Protectivemarker"/>
         <w:bCs/>
       </w:rPr>
       <w:t>OFFICIAL</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664385" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6177BB02" wp14:editId="494E1E42">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6177BB02" wp14:editId="494E1E42">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5393690</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>302260</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1425600" cy="468000"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="188091777" name="Picture 188091777">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -9998,51 +9973,51 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14C4C695" w14:textId="77777777" w:rsidR="00AF1D73" w:rsidRDefault="00AF1D73" w:rsidP="003D3FC1">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665409" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54EB9E58" wp14:editId="6E268409">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54EB9E58" wp14:editId="6E268409">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3764366</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>430621</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2443363" cy="910681"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="763699016" name="Picture 763699016">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Picture 12">
@@ -10145,51 +10120,51 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EB2E403" w14:textId="3B9690A9" w:rsidR="001437E9" w:rsidRDefault="001437E9" w:rsidP="003D3FC1">
     <w:pPr>
       <w:pStyle w:val="Heading5"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4870"/>
         <w:tab w:val="left" w:pos="8745"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669505" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E2BDB77" wp14:editId="619A8D86">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E2BDB77" wp14:editId="619A8D86">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5724525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>363220</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1425600" cy="468000"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="1074804752" name="Picture 1074804752">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Picture 6">
@@ -13055,225 +13030,235 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="489948370">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="663817540">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="786706396">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1412579344">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1581331783">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="993338299">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{852CB789-FF0F-4F96-8CDC-F410E5CA5591}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="2436153373008"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003F610A"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="00001F32"/>
     <w:rsid w:val="00003C49"/>
     <w:rsid w:val="00003F1B"/>
     <w:rsid w:val="00004DDD"/>
     <w:rsid w:val="0001281F"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00014D50"/>
     <w:rsid w:val="000217D4"/>
     <w:rsid w:val="00022B9C"/>
     <w:rsid w:val="00026441"/>
     <w:rsid w:val="00027DD7"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00033291"/>
     <w:rsid w:val="00035321"/>
     <w:rsid w:val="0003582F"/>
     <w:rsid w:val="000370CD"/>
     <w:rsid w:val="000378B6"/>
     <w:rsid w:val="00040856"/>
     <w:rsid w:val="000442F7"/>
     <w:rsid w:val="000445B7"/>
     <w:rsid w:val="0004685C"/>
     <w:rsid w:val="00046B26"/>
     <w:rsid w:val="00050C22"/>
     <w:rsid w:val="00051246"/>
     <w:rsid w:val="0005140C"/>
     <w:rsid w:val="00053008"/>
     <w:rsid w:val="00056FF0"/>
     <w:rsid w:val="00062BDE"/>
     <w:rsid w:val="00063700"/>
     <w:rsid w:val="000678AA"/>
     <w:rsid w:val="00072950"/>
     <w:rsid w:val="0007661B"/>
     <w:rsid w:val="00083FFC"/>
     <w:rsid w:val="000873E6"/>
     <w:rsid w:val="00087A88"/>
     <w:rsid w:val="00090690"/>
     <w:rsid w:val="000906DE"/>
     <w:rsid w:val="000907C6"/>
+    <w:rsid w:val="00090823"/>
     <w:rsid w:val="000909E2"/>
     <w:rsid w:val="00091BB2"/>
     <w:rsid w:val="0009258F"/>
     <w:rsid w:val="00095F1E"/>
     <w:rsid w:val="00096878"/>
     <w:rsid w:val="000A0613"/>
     <w:rsid w:val="000A0DD5"/>
     <w:rsid w:val="000A13FA"/>
     <w:rsid w:val="000A4385"/>
     <w:rsid w:val="000A6CF9"/>
     <w:rsid w:val="000A7A97"/>
     <w:rsid w:val="000A7F72"/>
     <w:rsid w:val="000B03FB"/>
+    <w:rsid w:val="000B0588"/>
     <w:rsid w:val="000B0C50"/>
     <w:rsid w:val="000B0DAE"/>
     <w:rsid w:val="000B2225"/>
     <w:rsid w:val="000B3309"/>
     <w:rsid w:val="000C3BCC"/>
     <w:rsid w:val="000D09AA"/>
     <w:rsid w:val="000D512C"/>
     <w:rsid w:val="000D76C4"/>
+    <w:rsid w:val="000E0A08"/>
     <w:rsid w:val="000E0AB9"/>
     <w:rsid w:val="000E5A13"/>
     <w:rsid w:val="000E76F3"/>
     <w:rsid w:val="000F3995"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="000F6B44"/>
     <w:rsid w:val="000F6E43"/>
     <w:rsid w:val="000F7A37"/>
     <w:rsid w:val="0010249F"/>
     <w:rsid w:val="0010362C"/>
     <w:rsid w:val="00103AED"/>
     <w:rsid w:val="00103B88"/>
     <w:rsid w:val="00103E26"/>
     <w:rsid w:val="00105418"/>
+    <w:rsid w:val="001102CF"/>
     <w:rsid w:val="001115C7"/>
+    <w:rsid w:val="00112625"/>
     <w:rsid w:val="00112E29"/>
     <w:rsid w:val="00121495"/>
     <w:rsid w:val="001276AA"/>
     <w:rsid w:val="001303FF"/>
     <w:rsid w:val="00130617"/>
     <w:rsid w:val="00130BCF"/>
     <w:rsid w:val="00140E5E"/>
     <w:rsid w:val="00142DA3"/>
     <w:rsid w:val="001437E9"/>
+    <w:rsid w:val="00145159"/>
     <w:rsid w:val="0014694C"/>
     <w:rsid w:val="001512C0"/>
     <w:rsid w:val="00152F53"/>
     <w:rsid w:val="00154191"/>
     <w:rsid w:val="00157175"/>
     <w:rsid w:val="00160D3E"/>
     <w:rsid w:val="00163A7B"/>
     <w:rsid w:val="00163FC4"/>
     <w:rsid w:val="001640DC"/>
     <w:rsid w:val="00164363"/>
     <w:rsid w:val="00164846"/>
     <w:rsid w:val="001651F7"/>
     <w:rsid w:val="0017059A"/>
     <w:rsid w:val="00171389"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="00176C28"/>
     <w:rsid w:val="00177479"/>
     <w:rsid w:val="00177E7D"/>
     <w:rsid w:val="001819A2"/>
     <w:rsid w:val="001819F3"/>
     <w:rsid w:val="001932D5"/>
     <w:rsid w:val="00193A6C"/>
     <w:rsid w:val="00197F43"/>
     <w:rsid w:val="001A342D"/>
     <w:rsid w:val="001B4533"/>
     <w:rsid w:val="001B66AA"/>
     <w:rsid w:val="001C191F"/>
     <w:rsid w:val="001C1B59"/>
     <w:rsid w:val="001C2DE2"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001C6101"/>
     <w:rsid w:val="001D229D"/>
     <w:rsid w:val="001D2DB3"/>
     <w:rsid w:val="001D35F2"/>
     <w:rsid w:val="001D5E01"/>
     <w:rsid w:val="001D6652"/>
     <w:rsid w:val="001E5C42"/>
     <w:rsid w:val="001E6150"/>
+    <w:rsid w:val="001E7CDE"/>
     <w:rsid w:val="001E7EAE"/>
     <w:rsid w:val="001F1525"/>
     <w:rsid w:val="00204E1B"/>
     <w:rsid w:val="0020582E"/>
+    <w:rsid w:val="00211468"/>
     <w:rsid w:val="002118E5"/>
     <w:rsid w:val="00213D2A"/>
     <w:rsid w:val="00216E5D"/>
     <w:rsid w:val="0021782A"/>
     <w:rsid w:val="00221CF0"/>
     <w:rsid w:val="00223676"/>
     <w:rsid w:val="00224328"/>
     <w:rsid w:val="00227A3C"/>
     <w:rsid w:val="00235B98"/>
     <w:rsid w:val="002410A1"/>
+    <w:rsid w:val="0024183A"/>
     <w:rsid w:val="0024380A"/>
     <w:rsid w:val="002504CC"/>
     <w:rsid w:val="00250FA8"/>
     <w:rsid w:val="0025105B"/>
     <w:rsid w:val="002537CF"/>
     <w:rsid w:val="00253FFC"/>
     <w:rsid w:val="002570D2"/>
     <w:rsid w:val="00257532"/>
     <w:rsid w:val="00257790"/>
     <w:rsid w:val="00257AF9"/>
     <w:rsid w:val="00262216"/>
     <w:rsid w:val="002622E9"/>
     <w:rsid w:val="00262495"/>
     <w:rsid w:val="002640C4"/>
     <w:rsid w:val="00270AEF"/>
     <w:rsid w:val="00275605"/>
     <w:rsid w:val="00275C01"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="00290A47"/>
     <w:rsid w:val="00290E3D"/>
     <w:rsid w:val="0029262D"/>
     <w:rsid w:val="00294B88"/>
     <w:rsid w:val="00296327"/>
     <w:rsid w:val="002A53C9"/>
     <w:rsid w:val="002A7EA6"/>
@@ -13298,50 +13283,51 @@
     <w:rsid w:val="00303250"/>
     <w:rsid w:val="003045A6"/>
     <w:rsid w:val="00304AC4"/>
     <w:rsid w:val="0031076A"/>
     <w:rsid w:val="0031664F"/>
     <w:rsid w:val="00322F03"/>
     <w:rsid w:val="00323035"/>
     <w:rsid w:val="003230F1"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00337CCB"/>
     <w:rsid w:val="0034096B"/>
     <w:rsid w:val="00341813"/>
     <w:rsid w:val="00343CDA"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00353B13"/>
     <w:rsid w:val="00365CD3"/>
     <w:rsid w:val="003702EB"/>
     <w:rsid w:val="00370AF2"/>
     <w:rsid w:val="00370CE8"/>
     <w:rsid w:val="00371059"/>
     <w:rsid w:val="00376203"/>
     <w:rsid w:val="00377264"/>
     <w:rsid w:val="00383DCE"/>
     <w:rsid w:val="0039111D"/>
     <w:rsid w:val="00392C21"/>
+    <w:rsid w:val="00394257"/>
     <w:rsid w:val="003954AE"/>
     <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A2170"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A5739"/>
     <w:rsid w:val="003A760B"/>
     <w:rsid w:val="003B1791"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003B568D"/>
     <w:rsid w:val="003B735F"/>
     <w:rsid w:val="003B79DC"/>
     <w:rsid w:val="003C2451"/>
     <w:rsid w:val="003C2DCF"/>
     <w:rsid w:val="003C7227"/>
     <w:rsid w:val="003D1B7F"/>
     <w:rsid w:val="003D363F"/>
     <w:rsid w:val="003D3FC1"/>
     <w:rsid w:val="003D5E7E"/>
     <w:rsid w:val="003E445C"/>
     <w:rsid w:val="003F41F7"/>
     <w:rsid w:val="003F5E80"/>
     <w:rsid w:val="003F610A"/>
     <w:rsid w:val="003F6A9E"/>
     <w:rsid w:val="00400BA0"/>
     <w:rsid w:val="00400D4D"/>
@@ -13376,52 +13362,54 @@
     <w:rsid w:val="00475667"/>
     <w:rsid w:val="00476917"/>
     <w:rsid w:val="00480154"/>
     <w:rsid w:val="00481FE7"/>
     <w:rsid w:val="00483A9F"/>
     <w:rsid w:val="004874BD"/>
     <w:rsid w:val="004900C6"/>
     <w:rsid w:val="00493C01"/>
     <w:rsid w:val="00494F07"/>
     <w:rsid w:val="004960D7"/>
     <w:rsid w:val="004A0E9A"/>
     <w:rsid w:val="004A2D8C"/>
     <w:rsid w:val="004A581F"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A6DC2"/>
     <w:rsid w:val="004B1937"/>
     <w:rsid w:val="004B6AF5"/>
     <w:rsid w:val="004B6F54"/>
     <w:rsid w:val="004C581E"/>
     <w:rsid w:val="004C6DF4"/>
     <w:rsid w:val="004C7B1A"/>
     <w:rsid w:val="004D0162"/>
     <w:rsid w:val="004D2F5D"/>
     <w:rsid w:val="004D3F8B"/>
     <w:rsid w:val="004D70CF"/>
+    <w:rsid w:val="004E11A8"/>
     <w:rsid w:val="004E2BF8"/>
     <w:rsid w:val="004E2F86"/>
+    <w:rsid w:val="004E318B"/>
     <w:rsid w:val="004F297E"/>
     <w:rsid w:val="004F56F7"/>
     <w:rsid w:val="005015BE"/>
     <w:rsid w:val="00505A24"/>
     <w:rsid w:val="005122C6"/>
     <w:rsid w:val="00512F25"/>
     <w:rsid w:val="0051311B"/>
     <w:rsid w:val="00513D35"/>
     <w:rsid w:val="00514C94"/>
     <w:rsid w:val="00516089"/>
     <w:rsid w:val="005168C3"/>
     <w:rsid w:val="00521016"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="0052333E"/>
     <w:rsid w:val="0052457E"/>
     <w:rsid w:val="0052683A"/>
     <w:rsid w:val="00531BEF"/>
     <w:rsid w:val="00531F3B"/>
     <w:rsid w:val="0054032E"/>
     <w:rsid w:val="0054199F"/>
     <w:rsid w:val="00541F3C"/>
     <w:rsid w:val="005430A4"/>
     <w:rsid w:val="00545D29"/>
     <w:rsid w:val="005473DA"/>
     <w:rsid w:val="00547F53"/>
@@ -13430,112 +13418,117 @@
     <w:rsid w:val="00567934"/>
     <w:rsid w:val="00572C2E"/>
     <w:rsid w:val="00573634"/>
     <w:rsid w:val="00575516"/>
     <w:rsid w:val="0058389E"/>
     <w:rsid w:val="00585852"/>
     <w:rsid w:val="00585D42"/>
     <w:rsid w:val="00587646"/>
     <w:rsid w:val="005903BE"/>
     <w:rsid w:val="00594C64"/>
     <w:rsid w:val="00595122"/>
     <w:rsid w:val="005957EC"/>
     <w:rsid w:val="005A046B"/>
     <w:rsid w:val="005A266D"/>
     <w:rsid w:val="005B567F"/>
     <w:rsid w:val="005B5E75"/>
     <w:rsid w:val="005B690B"/>
     <w:rsid w:val="005C0807"/>
     <w:rsid w:val="005C0A94"/>
     <w:rsid w:val="005C42A2"/>
     <w:rsid w:val="005C7C06"/>
     <w:rsid w:val="005C7F40"/>
     <w:rsid w:val="005D15EF"/>
     <w:rsid w:val="005D3964"/>
     <w:rsid w:val="005D4D95"/>
+    <w:rsid w:val="005D6C9F"/>
     <w:rsid w:val="005E00A2"/>
     <w:rsid w:val="005E0E56"/>
     <w:rsid w:val="005E1E65"/>
+    <w:rsid w:val="005E6137"/>
     <w:rsid w:val="005F4804"/>
     <w:rsid w:val="005F492F"/>
     <w:rsid w:val="005F4BE4"/>
     <w:rsid w:val="005F594D"/>
     <w:rsid w:val="005F6F20"/>
     <w:rsid w:val="005F791A"/>
+    <w:rsid w:val="005F7CE6"/>
     <w:rsid w:val="00600DD7"/>
     <w:rsid w:val="00602E93"/>
     <w:rsid w:val="00603D56"/>
     <w:rsid w:val="00604CE8"/>
     <w:rsid w:val="0061010A"/>
     <w:rsid w:val="00614C3E"/>
     <w:rsid w:val="00616313"/>
     <w:rsid w:val="00616B59"/>
     <w:rsid w:val="00617D23"/>
     <w:rsid w:val="0062080A"/>
     <w:rsid w:val="00620DFD"/>
     <w:rsid w:val="00621AA3"/>
     <w:rsid w:val="00622DA5"/>
     <w:rsid w:val="00623085"/>
     <w:rsid w:val="00625689"/>
     <w:rsid w:val="00632E89"/>
     <w:rsid w:val="006347FB"/>
     <w:rsid w:val="00635E75"/>
     <w:rsid w:val="00637EEB"/>
     <w:rsid w:val="006423DF"/>
     <w:rsid w:val="00647154"/>
     <w:rsid w:val="006472CC"/>
     <w:rsid w:val="0065022E"/>
     <w:rsid w:val="00652857"/>
     <w:rsid w:val="006530B0"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="0065750A"/>
     <w:rsid w:val="00661619"/>
     <w:rsid w:val="00662ED8"/>
     <w:rsid w:val="00665905"/>
     <w:rsid w:val="0067057D"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067793A"/>
     <w:rsid w:val="00680B5A"/>
     <w:rsid w:val="00687A59"/>
     <w:rsid w:val="006A1906"/>
     <w:rsid w:val="006A37D7"/>
     <w:rsid w:val="006A7A4E"/>
     <w:rsid w:val="006B2AE8"/>
     <w:rsid w:val="006B43F2"/>
     <w:rsid w:val="006B72C7"/>
     <w:rsid w:val="006C0099"/>
     <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C2D20"/>
     <w:rsid w:val="006C3B42"/>
+    <w:rsid w:val="006C46B6"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006C58B9"/>
     <w:rsid w:val="006D1C30"/>
     <w:rsid w:val="006D5208"/>
     <w:rsid w:val="006D557F"/>
     <w:rsid w:val="006D76C2"/>
     <w:rsid w:val="006E20EA"/>
     <w:rsid w:val="006E3CA9"/>
+    <w:rsid w:val="006E3E66"/>
     <w:rsid w:val="006E4ECC"/>
     <w:rsid w:val="006E5652"/>
     <w:rsid w:val="006F1A89"/>
     <w:rsid w:val="006F3ABC"/>
     <w:rsid w:val="006F4AA5"/>
     <w:rsid w:val="006F7BE1"/>
     <w:rsid w:val="00701EDB"/>
     <w:rsid w:val="00703087"/>
     <w:rsid w:val="0070594A"/>
     <w:rsid w:val="00705C65"/>
     <w:rsid w:val="0071095F"/>
     <w:rsid w:val="0071117F"/>
     <w:rsid w:val="007144C5"/>
     <w:rsid w:val="00722620"/>
     <w:rsid w:val="00724B10"/>
     <w:rsid w:val="007270A5"/>
     <w:rsid w:val="00730411"/>
     <w:rsid w:val="00733C45"/>
     <w:rsid w:val="00742311"/>
     <w:rsid w:val="00745A0A"/>
     <w:rsid w:val="00750DCF"/>
     <w:rsid w:val="00752906"/>
     <w:rsid w:val="0075598F"/>
     <w:rsid w:val="00757D51"/>
     <w:rsid w:val="0076397A"/>
@@ -13558,283 +13551,298 @@
     <w:rsid w:val="00792CA9"/>
     <w:rsid w:val="00794628"/>
     <w:rsid w:val="00795D38"/>
     <w:rsid w:val="00797C77"/>
     <w:rsid w:val="007A2909"/>
     <w:rsid w:val="007A2FBF"/>
     <w:rsid w:val="007A32A0"/>
     <w:rsid w:val="007A3BE9"/>
     <w:rsid w:val="007A3EB4"/>
     <w:rsid w:val="007A5CF8"/>
     <w:rsid w:val="007A7F5C"/>
     <w:rsid w:val="007B2652"/>
     <w:rsid w:val="007B31E7"/>
     <w:rsid w:val="007B3529"/>
     <w:rsid w:val="007B4C0B"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007B70F4"/>
     <w:rsid w:val="007C2F4F"/>
     <w:rsid w:val="007C310C"/>
     <w:rsid w:val="007C7046"/>
     <w:rsid w:val="007D103C"/>
     <w:rsid w:val="007D279F"/>
     <w:rsid w:val="007D40F4"/>
     <w:rsid w:val="007D560F"/>
     <w:rsid w:val="007E204E"/>
+    <w:rsid w:val="007E69DA"/>
     <w:rsid w:val="007E6CAC"/>
     <w:rsid w:val="007F1CFB"/>
     <w:rsid w:val="007F20EF"/>
     <w:rsid w:val="007F3928"/>
     <w:rsid w:val="0080077B"/>
     <w:rsid w:val="00801EDE"/>
+    <w:rsid w:val="008027C3"/>
     <w:rsid w:val="008044E6"/>
     <w:rsid w:val="0080559F"/>
     <w:rsid w:val="00805956"/>
     <w:rsid w:val="00811A17"/>
     <w:rsid w:val="00812DAC"/>
     <w:rsid w:val="0081431B"/>
     <w:rsid w:val="00815C14"/>
     <w:rsid w:val="00816D8B"/>
     <w:rsid w:val="00817934"/>
     <w:rsid w:val="008208AF"/>
     <w:rsid w:val="00826A84"/>
     <w:rsid w:val="00834EA9"/>
     <w:rsid w:val="008352D1"/>
     <w:rsid w:val="0083758E"/>
     <w:rsid w:val="008377AA"/>
     <w:rsid w:val="00843347"/>
     <w:rsid w:val="008435B5"/>
     <w:rsid w:val="008444A8"/>
     <w:rsid w:val="00846CED"/>
     <w:rsid w:val="0085735D"/>
+    <w:rsid w:val="00860755"/>
     <w:rsid w:val="008666CB"/>
     <w:rsid w:val="00872994"/>
     <w:rsid w:val="008816B4"/>
     <w:rsid w:val="00885AB6"/>
     <w:rsid w:val="00886E1F"/>
     <w:rsid w:val="00890472"/>
     <w:rsid w:val="00891EDF"/>
     <w:rsid w:val="008945F0"/>
     <w:rsid w:val="008A0A56"/>
     <w:rsid w:val="008A1147"/>
     <w:rsid w:val="008A1D0C"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008B07C4"/>
     <w:rsid w:val="008B0D79"/>
     <w:rsid w:val="008B434A"/>
     <w:rsid w:val="008B6278"/>
     <w:rsid w:val="008C32F3"/>
     <w:rsid w:val="008C52A2"/>
     <w:rsid w:val="008C5F8D"/>
     <w:rsid w:val="008C63A1"/>
+    <w:rsid w:val="008C7261"/>
     <w:rsid w:val="008C7EB2"/>
     <w:rsid w:val="008D0DAA"/>
     <w:rsid w:val="008D2E9A"/>
     <w:rsid w:val="008D43A0"/>
     <w:rsid w:val="008D56C7"/>
     <w:rsid w:val="008D6973"/>
     <w:rsid w:val="008E11A4"/>
     <w:rsid w:val="008E15DF"/>
     <w:rsid w:val="008E4D58"/>
     <w:rsid w:val="008E6CE0"/>
     <w:rsid w:val="008F1100"/>
     <w:rsid w:val="008F548E"/>
     <w:rsid w:val="008F6A71"/>
     <w:rsid w:val="008F6BA7"/>
     <w:rsid w:val="00900C2A"/>
     <w:rsid w:val="00901504"/>
     <w:rsid w:val="00906DED"/>
     <w:rsid w:val="00911084"/>
     <w:rsid w:val="009129C2"/>
     <w:rsid w:val="009136B8"/>
     <w:rsid w:val="009153A9"/>
     <w:rsid w:val="009210FE"/>
     <w:rsid w:val="00921C38"/>
     <w:rsid w:val="0092403B"/>
     <w:rsid w:val="0092568B"/>
     <w:rsid w:val="00930D2E"/>
     <w:rsid w:val="0093226C"/>
     <w:rsid w:val="00934AA1"/>
     <w:rsid w:val="00935473"/>
     <w:rsid w:val="00935E38"/>
     <w:rsid w:val="00936B7F"/>
     <w:rsid w:val="0094208E"/>
     <w:rsid w:val="00943238"/>
     <w:rsid w:val="00944BF9"/>
     <w:rsid w:val="0095366B"/>
     <w:rsid w:val="0095554E"/>
     <w:rsid w:val="009616A7"/>
     <w:rsid w:val="009633DE"/>
     <w:rsid w:val="00964D01"/>
     <w:rsid w:val="00966DF0"/>
     <w:rsid w:val="00970C49"/>
     <w:rsid w:val="00971C2C"/>
     <w:rsid w:val="00972BC6"/>
     <w:rsid w:val="00973760"/>
+    <w:rsid w:val="00973AF5"/>
     <w:rsid w:val="009757EB"/>
     <w:rsid w:val="00977234"/>
     <w:rsid w:val="009800E0"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="00981B77"/>
     <w:rsid w:val="00983638"/>
     <w:rsid w:val="009843AF"/>
     <w:rsid w:val="009849D5"/>
     <w:rsid w:val="00984EC5"/>
     <w:rsid w:val="00990C52"/>
     <w:rsid w:val="00994475"/>
     <w:rsid w:val="00995E85"/>
     <w:rsid w:val="009A0667"/>
+    <w:rsid w:val="009A0FCB"/>
     <w:rsid w:val="009A1BEB"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A2E7F"/>
     <w:rsid w:val="009A2F04"/>
     <w:rsid w:val="009A311D"/>
     <w:rsid w:val="009A6510"/>
     <w:rsid w:val="009B2774"/>
     <w:rsid w:val="009B573F"/>
     <w:rsid w:val="009B74FC"/>
     <w:rsid w:val="009B7A71"/>
     <w:rsid w:val="009B7E37"/>
     <w:rsid w:val="009C04A2"/>
     <w:rsid w:val="009C094A"/>
     <w:rsid w:val="009C30B4"/>
     <w:rsid w:val="009D01EB"/>
     <w:rsid w:val="009D3DC7"/>
     <w:rsid w:val="009D4D75"/>
     <w:rsid w:val="009D6291"/>
     <w:rsid w:val="009E21DF"/>
     <w:rsid w:val="009E310D"/>
     <w:rsid w:val="009E66B8"/>
     <w:rsid w:val="009F073D"/>
     <w:rsid w:val="009F4AB1"/>
     <w:rsid w:val="00A007C3"/>
     <w:rsid w:val="00A02930"/>
     <w:rsid w:val="00A02F4E"/>
     <w:rsid w:val="00A03838"/>
     <w:rsid w:val="00A04605"/>
     <w:rsid w:val="00A05487"/>
+    <w:rsid w:val="00A05533"/>
     <w:rsid w:val="00A114F2"/>
     <w:rsid w:val="00A12E41"/>
     <w:rsid w:val="00A17ACD"/>
     <w:rsid w:val="00A23C1D"/>
     <w:rsid w:val="00A35028"/>
     <w:rsid w:val="00A3518E"/>
     <w:rsid w:val="00A40EE7"/>
     <w:rsid w:val="00A41A11"/>
     <w:rsid w:val="00A41FC7"/>
     <w:rsid w:val="00A44C0C"/>
     <w:rsid w:val="00A44EAF"/>
     <w:rsid w:val="00A45B88"/>
     <w:rsid w:val="00A4701E"/>
     <w:rsid w:val="00A50A9D"/>
     <w:rsid w:val="00A53C5B"/>
     <w:rsid w:val="00A61CB5"/>
     <w:rsid w:val="00A6252D"/>
+    <w:rsid w:val="00A62612"/>
     <w:rsid w:val="00A62AEB"/>
     <w:rsid w:val="00A64CF2"/>
     <w:rsid w:val="00A7364E"/>
     <w:rsid w:val="00A745D5"/>
     <w:rsid w:val="00A813ED"/>
     <w:rsid w:val="00A8368A"/>
     <w:rsid w:val="00A857A0"/>
     <w:rsid w:val="00A8661C"/>
     <w:rsid w:val="00A927F8"/>
     <w:rsid w:val="00A92A56"/>
     <w:rsid w:val="00A93B76"/>
     <w:rsid w:val="00A93D43"/>
     <w:rsid w:val="00A95EF5"/>
     <w:rsid w:val="00A96F96"/>
     <w:rsid w:val="00AA0AE7"/>
     <w:rsid w:val="00AA1623"/>
     <w:rsid w:val="00AA2792"/>
     <w:rsid w:val="00AA340A"/>
     <w:rsid w:val="00AA574B"/>
     <w:rsid w:val="00AA705A"/>
     <w:rsid w:val="00AB04A4"/>
+    <w:rsid w:val="00AB0646"/>
     <w:rsid w:val="00AB1D66"/>
     <w:rsid w:val="00AB57CF"/>
     <w:rsid w:val="00AC198E"/>
     <w:rsid w:val="00AC449E"/>
     <w:rsid w:val="00AC468C"/>
     <w:rsid w:val="00AC5191"/>
     <w:rsid w:val="00AC6778"/>
     <w:rsid w:val="00AC7773"/>
     <w:rsid w:val="00AD1541"/>
     <w:rsid w:val="00AD3999"/>
     <w:rsid w:val="00AD649E"/>
     <w:rsid w:val="00AD66A8"/>
     <w:rsid w:val="00AE6E7B"/>
     <w:rsid w:val="00AF1D73"/>
     <w:rsid w:val="00AF5F77"/>
     <w:rsid w:val="00AF7F1B"/>
     <w:rsid w:val="00B03626"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B07B0F"/>
     <w:rsid w:val="00B100C8"/>
     <w:rsid w:val="00B12B2D"/>
     <w:rsid w:val="00B2186C"/>
     <w:rsid w:val="00B22179"/>
     <w:rsid w:val="00B22A6D"/>
+    <w:rsid w:val="00B2581B"/>
     <w:rsid w:val="00B258A6"/>
+    <w:rsid w:val="00B25EFF"/>
     <w:rsid w:val="00B26D7A"/>
     <w:rsid w:val="00B277E8"/>
     <w:rsid w:val="00B317EA"/>
     <w:rsid w:val="00B355CA"/>
     <w:rsid w:val="00B42777"/>
     <w:rsid w:val="00B43037"/>
     <w:rsid w:val="00B43EED"/>
     <w:rsid w:val="00B44479"/>
     <w:rsid w:val="00B4468C"/>
     <w:rsid w:val="00B45BF2"/>
     <w:rsid w:val="00B50A3A"/>
     <w:rsid w:val="00B531D4"/>
     <w:rsid w:val="00B53A40"/>
     <w:rsid w:val="00B53D59"/>
     <w:rsid w:val="00B567ED"/>
     <w:rsid w:val="00B61AA5"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64507"/>
     <w:rsid w:val="00B64E32"/>
     <w:rsid w:val="00B65143"/>
     <w:rsid w:val="00B71CC6"/>
     <w:rsid w:val="00B828F6"/>
     <w:rsid w:val="00B832A4"/>
     <w:rsid w:val="00B860E5"/>
     <w:rsid w:val="00B8613C"/>
     <w:rsid w:val="00B8647E"/>
     <w:rsid w:val="00BA00FA"/>
     <w:rsid w:val="00BA1559"/>
     <w:rsid w:val="00BA29C7"/>
     <w:rsid w:val="00BA3225"/>
     <w:rsid w:val="00BA3D6B"/>
     <w:rsid w:val="00BA55D0"/>
     <w:rsid w:val="00BA5E0E"/>
     <w:rsid w:val="00BA731F"/>
     <w:rsid w:val="00BA7682"/>
+    <w:rsid w:val="00BB384B"/>
+    <w:rsid w:val="00BB76E4"/>
     <w:rsid w:val="00BC0F45"/>
     <w:rsid w:val="00BC5A42"/>
     <w:rsid w:val="00BD5ED5"/>
     <w:rsid w:val="00BD7467"/>
+    <w:rsid w:val="00BE072F"/>
     <w:rsid w:val="00BE381C"/>
     <w:rsid w:val="00BE5A81"/>
     <w:rsid w:val="00BF026B"/>
     <w:rsid w:val="00BF02A5"/>
     <w:rsid w:val="00BF24CE"/>
     <w:rsid w:val="00BF2D15"/>
     <w:rsid w:val="00BF31B5"/>
     <w:rsid w:val="00C033D8"/>
     <w:rsid w:val="00C0368E"/>
     <w:rsid w:val="00C03F80"/>
     <w:rsid w:val="00C0500F"/>
     <w:rsid w:val="00C067A3"/>
     <w:rsid w:val="00C06FDE"/>
     <w:rsid w:val="00C07484"/>
     <w:rsid w:val="00C13A44"/>
     <w:rsid w:val="00C20923"/>
     <w:rsid w:val="00C24522"/>
     <w:rsid w:val="00C27341"/>
     <w:rsid w:val="00C27AF7"/>
     <w:rsid w:val="00C3122E"/>
     <w:rsid w:val="00C3264A"/>
     <w:rsid w:val="00C33420"/>
     <w:rsid w:val="00C35899"/>
     <w:rsid w:val="00C371E3"/>
     <w:rsid w:val="00C4017B"/>
@@ -13853,120 +13861,127 @@
     <w:rsid w:val="00C86B48"/>
     <w:rsid w:val="00C86D8D"/>
     <w:rsid w:val="00C87699"/>
     <w:rsid w:val="00C91A3D"/>
     <w:rsid w:val="00C97D85"/>
     <w:rsid w:val="00CA2911"/>
     <w:rsid w:val="00CA2954"/>
     <w:rsid w:val="00CA3DBC"/>
     <w:rsid w:val="00CA4011"/>
     <w:rsid w:val="00CA45C5"/>
     <w:rsid w:val="00CA63D2"/>
     <w:rsid w:val="00CB02A1"/>
     <w:rsid w:val="00CB1064"/>
     <w:rsid w:val="00CB1915"/>
     <w:rsid w:val="00CB78B9"/>
     <w:rsid w:val="00CB7ED6"/>
     <w:rsid w:val="00CC24CB"/>
     <w:rsid w:val="00CC2B5D"/>
     <w:rsid w:val="00CD26BA"/>
     <w:rsid w:val="00CD2C98"/>
     <w:rsid w:val="00CD411D"/>
     <w:rsid w:val="00CD44E6"/>
     <w:rsid w:val="00CD78B0"/>
     <w:rsid w:val="00CE3E30"/>
     <w:rsid w:val="00CE3FBD"/>
+    <w:rsid w:val="00CE41E3"/>
     <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF435B"/>
     <w:rsid w:val="00CF588A"/>
     <w:rsid w:val="00CF6E86"/>
     <w:rsid w:val="00D008BA"/>
     <w:rsid w:val="00D04A54"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D102D0"/>
     <w:rsid w:val="00D20111"/>
+    <w:rsid w:val="00D2191B"/>
     <w:rsid w:val="00D277B3"/>
+    <w:rsid w:val="00D311B9"/>
     <w:rsid w:val="00D3134A"/>
     <w:rsid w:val="00D33A50"/>
     <w:rsid w:val="00D34666"/>
     <w:rsid w:val="00D435BB"/>
     <w:rsid w:val="00D46845"/>
     <w:rsid w:val="00D5130D"/>
     <w:rsid w:val="00D52018"/>
     <w:rsid w:val="00D55B44"/>
     <w:rsid w:val="00D55E0A"/>
     <w:rsid w:val="00D57376"/>
     <w:rsid w:val="00D626F7"/>
     <w:rsid w:val="00D663E8"/>
     <w:rsid w:val="00D72188"/>
     <w:rsid w:val="00D7446B"/>
     <w:rsid w:val="00D77F6E"/>
     <w:rsid w:val="00D81782"/>
     <w:rsid w:val="00D82DE6"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00D843A7"/>
     <w:rsid w:val="00D84C6D"/>
     <w:rsid w:val="00D87919"/>
     <w:rsid w:val="00D914AC"/>
     <w:rsid w:val="00D964B0"/>
     <w:rsid w:val="00DA1020"/>
     <w:rsid w:val="00DA1468"/>
     <w:rsid w:val="00DA24A9"/>
     <w:rsid w:val="00DA2E42"/>
     <w:rsid w:val="00DA301A"/>
     <w:rsid w:val="00DA50B7"/>
     <w:rsid w:val="00DA5405"/>
     <w:rsid w:val="00DB0149"/>
     <w:rsid w:val="00DB16FB"/>
     <w:rsid w:val="00DB508F"/>
     <w:rsid w:val="00DB71AD"/>
     <w:rsid w:val="00DC0679"/>
     <w:rsid w:val="00DC0CF7"/>
     <w:rsid w:val="00DC10FC"/>
     <w:rsid w:val="00DC3A30"/>
     <w:rsid w:val="00DC5A5C"/>
     <w:rsid w:val="00DC701E"/>
     <w:rsid w:val="00DD476A"/>
     <w:rsid w:val="00DD61F7"/>
     <w:rsid w:val="00DE1B30"/>
     <w:rsid w:val="00DE44EF"/>
     <w:rsid w:val="00DF0F4C"/>
     <w:rsid w:val="00DF32A7"/>
     <w:rsid w:val="00DF4814"/>
     <w:rsid w:val="00DF5278"/>
+    <w:rsid w:val="00DF58E0"/>
     <w:rsid w:val="00E00FF1"/>
+    <w:rsid w:val="00E0559A"/>
     <w:rsid w:val="00E068A7"/>
     <w:rsid w:val="00E06F71"/>
     <w:rsid w:val="00E1223F"/>
     <w:rsid w:val="00E12286"/>
+    <w:rsid w:val="00E12F54"/>
     <w:rsid w:val="00E14F05"/>
     <w:rsid w:val="00E17A35"/>
     <w:rsid w:val="00E20A90"/>
     <w:rsid w:val="00E21E7D"/>
     <w:rsid w:val="00E23813"/>
     <w:rsid w:val="00E23CB4"/>
     <w:rsid w:val="00E25D26"/>
+    <w:rsid w:val="00E30E16"/>
     <w:rsid w:val="00E31E30"/>
     <w:rsid w:val="00E33831"/>
     <w:rsid w:val="00E349EF"/>
     <w:rsid w:val="00E42BCA"/>
     <w:rsid w:val="00E46A7B"/>
     <w:rsid w:val="00E53725"/>
     <w:rsid w:val="00E71112"/>
     <w:rsid w:val="00E714B5"/>
     <w:rsid w:val="00E71BAE"/>
     <w:rsid w:val="00E765EE"/>
     <w:rsid w:val="00E770EC"/>
     <w:rsid w:val="00E85BF6"/>
     <w:rsid w:val="00E92296"/>
     <w:rsid w:val="00E93E73"/>
     <w:rsid w:val="00E94397"/>
     <w:rsid w:val="00E948B5"/>
     <w:rsid w:val="00E94FFF"/>
     <w:rsid w:val="00E956A9"/>
     <w:rsid w:val="00EA32E3"/>
     <w:rsid w:val="00EA38D3"/>
     <w:rsid w:val="00EA4F1C"/>
     <w:rsid w:val="00EA6980"/>
     <w:rsid w:val="00EA6C42"/>
     <w:rsid w:val="00EA7A28"/>
     <w:rsid w:val="00EB25B1"/>
@@ -13984,102 +13999,107 @@
     <w:rsid w:val="00EE26AB"/>
     <w:rsid w:val="00EE2714"/>
     <w:rsid w:val="00EF1E74"/>
     <w:rsid w:val="00EF3EF8"/>
     <w:rsid w:val="00EF65C0"/>
     <w:rsid w:val="00F02C92"/>
     <w:rsid w:val="00F0781E"/>
     <w:rsid w:val="00F07907"/>
     <w:rsid w:val="00F1084B"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F12ECC"/>
     <w:rsid w:val="00F155FB"/>
     <w:rsid w:val="00F15CB8"/>
     <w:rsid w:val="00F22E46"/>
     <w:rsid w:val="00F2375E"/>
     <w:rsid w:val="00F254C4"/>
     <w:rsid w:val="00F2767A"/>
     <w:rsid w:val="00F3224C"/>
     <w:rsid w:val="00F32404"/>
     <w:rsid w:val="00F3522B"/>
     <w:rsid w:val="00F4011B"/>
     <w:rsid w:val="00F40A8E"/>
     <w:rsid w:val="00F43458"/>
     <w:rsid w:val="00F46918"/>
     <w:rsid w:val="00F471A6"/>
+    <w:rsid w:val="00F51A05"/>
+    <w:rsid w:val="00F51F3F"/>
     <w:rsid w:val="00F54FEE"/>
     <w:rsid w:val="00F553E2"/>
+    <w:rsid w:val="00F62E01"/>
     <w:rsid w:val="00F67EC9"/>
     <w:rsid w:val="00F67F4E"/>
     <w:rsid w:val="00F70B17"/>
     <w:rsid w:val="00F71D97"/>
     <w:rsid w:val="00F76419"/>
     <w:rsid w:val="00F77719"/>
     <w:rsid w:val="00F8070C"/>
     <w:rsid w:val="00F80AF1"/>
     <w:rsid w:val="00F82F1F"/>
     <w:rsid w:val="00F831A1"/>
     <w:rsid w:val="00F855E7"/>
     <w:rsid w:val="00F879EA"/>
     <w:rsid w:val="00F87A19"/>
     <w:rsid w:val="00F87A2A"/>
     <w:rsid w:val="00F93C83"/>
     <w:rsid w:val="00F94571"/>
     <w:rsid w:val="00F96E6C"/>
     <w:rsid w:val="00F9747F"/>
+    <w:rsid w:val="00F97E10"/>
     <w:rsid w:val="00FA1D79"/>
     <w:rsid w:val="00FA43DB"/>
     <w:rsid w:val="00FA692F"/>
     <w:rsid w:val="00FA719A"/>
     <w:rsid w:val="00FA7635"/>
     <w:rsid w:val="00FB226F"/>
     <w:rsid w:val="00FB26CE"/>
     <w:rsid w:val="00FB454E"/>
     <w:rsid w:val="00FB4B99"/>
     <w:rsid w:val="00FB542C"/>
     <w:rsid w:val="00FB675C"/>
     <w:rsid w:val="00FC0CE2"/>
     <w:rsid w:val="00FC13FD"/>
     <w:rsid w:val="00FC1915"/>
     <w:rsid w:val="00FC20CB"/>
     <w:rsid w:val="00FC3CD6"/>
     <w:rsid w:val="00FC54A6"/>
     <w:rsid w:val="00FC5CAA"/>
     <w:rsid w:val="00FD130E"/>
     <w:rsid w:val="00FD1743"/>
     <w:rsid w:val="00FD2635"/>
     <w:rsid w:val="00FD3EAA"/>
     <w:rsid w:val="00FE07BB"/>
     <w:rsid w:val="00FE08CE"/>
     <w:rsid w:val="00FE2F68"/>
     <w:rsid w:val="00FE52A0"/>
     <w:rsid w:val="00FE5681"/>
     <w:rsid w:val="00FE76B3"/>
     <w:rsid w:val="00FE7ADA"/>
     <w:rsid w:val="00FF09EC"/>
     <w:rsid w:val="00FF0F3A"/>
     <w:rsid w:val="00FF65F9"/>
+    <w:rsid w:val="50E33662"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -17102,50 +17122,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17168,82 +17189,92 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B25EFF"/>
     <w:rsid w:val="000049C5"/>
+    <w:rsid w:val="00013E8A"/>
     <w:rsid w:val="00067B00"/>
     <w:rsid w:val="000A3BB9"/>
+    <w:rsid w:val="000F6523"/>
     <w:rsid w:val="00136536"/>
     <w:rsid w:val="001819A2"/>
     <w:rsid w:val="00190BEA"/>
     <w:rsid w:val="001C2DE2"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="00277D02"/>
     <w:rsid w:val="002B4F11"/>
     <w:rsid w:val="00320BE8"/>
     <w:rsid w:val="0042044A"/>
     <w:rsid w:val="004B47A8"/>
+    <w:rsid w:val="004C211B"/>
+    <w:rsid w:val="005839B8"/>
     <w:rsid w:val="005C1305"/>
     <w:rsid w:val="005E00A2"/>
     <w:rsid w:val="005F7CE6"/>
+    <w:rsid w:val="00614364"/>
     <w:rsid w:val="006203B0"/>
     <w:rsid w:val="00655825"/>
     <w:rsid w:val="006D76C2"/>
     <w:rsid w:val="007144C5"/>
     <w:rsid w:val="00724DB0"/>
     <w:rsid w:val="00745A0A"/>
     <w:rsid w:val="007878F7"/>
     <w:rsid w:val="007976A0"/>
     <w:rsid w:val="007F0E44"/>
     <w:rsid w:val="007F7BA9"/>
     <w:rsid w:val="008435B5"/>
+    <w:rsid w:val="00860755"/>
+    <w:rsid w:val="0088549A"/>
+    <w:rsid w:val="009A0FCB"/>
     <w:rsid w:val="00A44EAF"/>
     <w:rsid w:val="00A61CB5"/>
+    <w:rsid w:val="00B04B57"/>
     <w:rsid w:val="00B25EFF"/>
     <w:rsid w:val="00B627E1"/>
     <w:rsid w:val="00B64E32"/>
     <w:rsid w:val="00BA731F"/>
+    <w:rsid w:val="00C30C03"/>
     <w:rsid w:val="00D008BA"/>
     <w:rsid w:val="00D6077A"/>
     <w:rsid w:val="00DF5376"/>
     <w:rsid w:val="00EA38D3"/>
     <w:rsid w:val="00EB75A5"/>
     <w:rsid w:val="00F05300"/>
     <w:rsid w:val="00F15CB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -18081,69 +18112,289 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9E5ED76-8C35-4A42-A5FC-DAE37C40A6CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>26833</Characters>
+  <Pages>19</Pages>
+  <Words>5073</Words>
+  <Characters>26892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>223</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>689</Lines>
+  <Paragraphs>456</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Australian Carbon Credit Uuit Scheme audit report templates</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31478</CharactersWithSpaces>
+  <CharactersWithSpaces>31509</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="72" baseType="variant">
+      <vt:variant>
+        <vt:i4>3276839</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.youtube.com/watch?v=zoFQDVyAIds</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.comlaw.gov.au/Series/F2008L02230</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866674</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2008L02230/latest/versions</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883646</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2025L00373/asmade/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687032</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2010L00053/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2097213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2008L02230/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883638</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/C2007A00175/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/F2015L00156/latest/text</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3473471</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/C2011A00101/latest/versions</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.legislation.gov.au/Series/F2010L00053</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Australian Carbon Credit Uuit Scheme audit report templates</dc:title>
+  <dc:title>Australian Carbon Credit Unit Scheme audit templates</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>