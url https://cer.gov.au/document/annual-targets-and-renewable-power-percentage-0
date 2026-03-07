--- v0 (2025-10-04)
+++ v1 (2026-03-07)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" showInkAnnotation="0"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58A1658F-D78F-4FC1-9FCB-A6EC0010FDF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{015C5F03-34FC-498C-9A0E-51D218C3B22D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-5430" yWindow="-16660" windowWidth="36380" windowHeight="15950" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LRET 2001-2030 targets" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn4" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn5" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn6" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftn7" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'LRET 2001-2030 targets'!$E$4</definedName>
     <definedName name="_ftnref3" localSheetId="0">'LRET 2001-2030 targets'!$F$4</definedName>
     <definedName name="_ftnref4" localSheetId="0">'LRET 2001-2030 targets'!$G$4</definedName>
     <definedName name="_ftnref5" localSheetId="0">'LRET 2001-2030 targets'!$H$4</definedName>
     <definedName name="_ftnref6" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
     <definedName name="_ftnref7" localSheetId="0">'LRET 2001-2030 targets'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LRET 2001-2030 targets'!$A$4:$I$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'LRET 2001-2030 targets'!$A$4:$I$31</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="15">
   <si>
     <t>Large-scale Renewable Energy Target - renewable power percentages and current and historical targets</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Notes</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 The current targets reflect 2015 legislative amendments (Section 40 of the Renewable Energy (Electricity) Act 2000 number 90 2015 - C2015C00313). This amendment:
@@ -118,61 +118,61 @@
   </si>
   <si>
     <t>Targets legislated in 2010 (GWh)</t>
   </si>
   <si>
     <t>Targets legislated in 2011 (GWh) (A)</t>
   </si>
   <si>
     <t>2011 target adjustment for the number of RECs above 34,500 GWh (B)</t>
   </si>
   <si>
     <t>2011 target adjustment for commencement of coal mine waste gas projects as an eligible renewable energy source (GWh) (C)</t>
   </si>
   <si>
     <t xml:space="preserve">Targets legislated in 2011 adjusted = 
 (A) + (B) + (C)
 (GWh) </t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>12 500</t>
   </si>
   <si>
-    <t>Data at 07/02/2025</t>
+    <t>Data at 16/01/2026</t>
   </si>
   <si>
-    <t>2026-2030</t>
+    <t>2027-2030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -202,416 +202,399 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12.5"/>
       <color rgb="FF005874"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...19 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="15">
     <dxf>
       <font>
-        <b val="0"/>
+        <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b/>
-[...24 lines deleted...]
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
-        <scheme val="minor"/>
-[...22 lines deleted...]
-        <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE8E9E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD5D6D4"/>
@@ -655,62 +638,62 @@
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
       <tableStyleElement type="wholeTable" dxfId="14"/>
       <tableStyleElement type="headerRow" dxfId="13"/>
       <tableStyleElement type="firstColumn" dxfId="12"/>
       <tableStyleElement type="firstRowStripe" dxfId="11"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A4:I30" totalsRowShown="0" headerRowDxfId="10" dataDxfId="0">
-  <autoFilter ref="A4:I30" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A4:I31" totalsRowShown="0" headerRowDxfId="10" dataDxfId="9">
+  <autoFilter ref="A4:I31" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="9">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Year" dataDxfId="9"/>
-[...7 lines deleted...]
-    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Targets legislated in 2011 adjusted = _x000a_(A) + (B) + (C)_x000a_(GWh) " dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Year" dataDxfId="0"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="RPP" dataDxfId="1"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Renewable energy target - legislated in 2015 (GWh)" dataDxfId="2"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Targets legislated in 2001 (GWh)" dataDxfId="8"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="Targets legislated in 2010 (GWh)" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Targets legislated in 2011 (GWh) (A)" dataDxfId="6"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="2011 target adjustment for the number of RECs above 34,500 GWh (B)" dataDxfId="5"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="2011 target adjustment for commencement of coal mine waste gas projects as an eligible renewable energy source (GWh) (C)" dataDxfId="4"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Targets legislated in 2011 adjusted = _x000a_(A) + (B) + (C)_x000a_(GWh) " dataDxfId="3"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -939,886 +922,916 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I30"/>
+  <dimension ref="A1:I31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.54296875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="28.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.6640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8.77734375" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.109375" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="6" width="32.6640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="31.5546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.33203125" style="5" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="26.6640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="10" max="16384" width="8.88671875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="26" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:9" ht="25.8" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...9 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" s="6" customFormat="1" ht="220.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3"/>
-[...9 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+    </row>
+    <row r="3" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="4"/>
-[...9 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+    </row>
+    <row r="4" spans="1:9" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A5" s="5" t="s">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="7">
         <v>33000</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="8">
         <v>45000</v>
       </c>
       <c r="F5" s="8">
         <v>41000</v>
       </c>
-      <c r="G5" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="10" t="s">
+      <c r="G5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>17.91</v>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A6" s="14">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="11">
+        <v>16.670000000000002</v>
       </c>
       <c r="C6" s="7">
         <v>33000</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="8">
         <v>45000</v>
       </c>
       <c r="F6" s="8">
         <v>41000</v>
       </c>
-      <c r="G6" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="10" t="s">
+      <c r="G6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>18.48</v>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" s="14">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="9">
+        <v>17.91</v>
       </c>
       <c r="C7" s="7">
         <v>33000</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="8">
         <v>45000</v>
       </c>
       <c r="F7" s="8">
         <v>41000</v>
       </c>
-      <c r="G7" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="10" t="s">
+      <c r="G7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>18.96</v>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A8" s="10">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="11">
+        <v>18.48</v>
       </c>
       <c r="C8" s="7">
         <v>33000</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="8">
         <v>45000</v>
       </c>
       <c r="F8" s="8">
         <v>41000</v>
       </c>
-      <c r="G8" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="10" t="s">
+      <c r="G8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>18.64</v>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A9" s="10">
+        <v>2023</v>
+      </c>
+      <c r="B9" s="11">
+        <v>18.96</v>
       </c>
       <c r="C9" s="7">
         <v>33000</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="8">
         <v>45000</v>
       </c>
       <c r="F9" s="8">
         <v>41000</v>
       </c>
-      <c r="G9" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="10" t="s">
+      <c r="G9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>18.54</v>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A10" s="14">
+        <v>2022</v>
+      </c>
+      <c r="B10" s="9">
+        <v>18.64</v>
       </c>
       <c r="C10" s="7">
         <v>33000</v>
       </c>
-      <c r="D10" s="15" t="s">
+      <c r="D10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="8">
         <v>45000</v>
       </c>
       <c r="F10" s="8">
         <v>41000</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="H10" s="6" t="s">
+      <c r="H10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="8">
         <v>41000</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>19.309999999999999</v>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B11" s="12">
+        <v>18.54</v>
       </c>
       <c r="C11" s="7">
-        <v>33850</v>
-[...2 lines deleted...]
-        <v>9500</v>
+        <v>33000</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>11</v>
       </c>
       <c r="E11" s="8">
-        <v>45850</v>
+        <v>45000</v>
       </c>
       <c r="F11" s="8">
         <v>41000</v>
       </c>
-      <c r="G11" s="9" t="s">
-[...3 lines deleted...]
-        <v>850</v>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="I11" s="8">
-        <v>41850</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+        <v>41000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="16">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>18.600000000000001</v>
+        <v>2020</v>
+      </c>
+      <c r="B12" s="9">
+        <v>19.309999999999999</v>
       </c>
       <c r="C12" s="7">
-        <v>31244</v>
+        <v>33850</v>
       </c>
       <c r="D12" s="8">
         <v>9500</v>
       </c>
       <c r="E12" s="8">
-        <v>41250</v>
+        <v>45850</v>
       </c>
       <c r="F12" s="8">
-        <v>36400</v>
-[...4 lines deleted...]
-      <c r="H12" s="9">
+        <v>41000</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H12" s="7">
         <v>850</v>
       </c>
       <c r="I12" s="8">
-        <v>35231</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+        <v>41850</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" s="16">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>16.059999999999999</v>
+        <v>2019</v>
+      </c>
+      <c r="B13" s="12">
+        <v>18.600000000000001</v>
       </c>
       <c r="C13" s="7">
-        <v>28637</v>
+        <v>31244</v>
       </c>
       <c r="D13" s="8">
         <v>9500</v>
       </c>
       <c r="E13" s="8">
-        <v>36650</v>
+        <v>41250</v>
       </c>
       <c r="F13" s="8">
-        <v>31800</v>
-[...1 lines deleted...]
-      <c r="G13" s="9">
+        <v>36400</v>
+      </c>
+      <c r="G13" s="7">
         <v>-2019</v>
       </c>
-      <c r="H13" s="9">
+      <c r="H13" s="7">
         <v>850</v>
       </c>
       <c r="I13" s="8">
-        <v>30631</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+        <v>35231</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" s="16">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>14.22</v>
+        <v>2018</v>
+      </c>
+      <c r="B14" s="9">
+        <v>16.059999999999999</v>
       </c>
       <c r="C14" s="7">
-        <v>26031</v>
+        <v>28637</v>
       </c>
       <c r="D14" s="8">
         <v>9500</v>
       </c>
       <c r="E14" s="8">
-        <v>27050</v>
+        <v>36650</v>
       </c>
       <c r="F14" s="8">
-        <v>27200</v>
-[...1 lines deleted...]
-      <c r="G14" s="9">
+        <v>31800</v>
+      </c>
+      <c r="G14" s="7">
         <v>-2019</v>
       </c>
-      <c r="H14" s="9">
+      <c r="H14" s="7">
         <v>850</v>
       </c>
       <c r="I14" s="8">
+        <v>30631</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" s="16">
+        <v>2017</v>
+      </c>
+      <c r="B15" s="9">
+        <v>14.22</v>
+      </c>
+      <c r="C15" s="7">
         <v>26031</v>
-      </c>
-[...9 lines deleted...]
-        <v>21431</v>
       </c>
       <c r="D15" s="8">
         <v>9500</v>
       </c>
       <c r="E15" s="8">
-        <v>27450</v>
+        <v>27050</v>
       </c>
       <c r="F15" s="8">
-        <v>22600</v>
-[...1 lines deleted...]
-      <c r="G15" s="9">
+        <v>27200</v>
+      </c>
+      <c r="G15" s="7">
         <v>-2019</v>
       </c>
-      <c r="H15" s="9">
+      <c r="H15" s="7">
         <v>850</v>
       </c>
       <c r="I15" s="8">
+        <v>26031</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" s="16">
+        <v>2016</v>
+      </c>
+      <c r="B16" s="9">
+        <v>12.75</v>
+      </c>
+      <c r="C16" s="7">
         <v>21431</v>
-      </c>
-[...9 lines deleted...]
-        <v>18850</v>
       </c>
       <c r="D16" s="8">
         <v>9500</v>
       </c>
       <c r="E16" s="8">
-        <v>22850</v>
+        <v>27450</v>
       </c>
       <c r="F16" s="8">
-        <v>18000</v>
-[...4 lines deleted...]
-      <c r="H16" s="9">
+        <v>22600</v>
+      </c>
+      <c r="G16" s="7">
+        <v>-2019</v>
+      </c>
+      <c r="H16" s="7">
         <v>850</v>
       </c>
       <c r="I16" s="8">
+        <v>21431</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A17" s="16">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="9">
+        <v>11.11</v>
+      </c>
+      <c r="C17" s="7">
         <v>18850</v>
-      </c>
-[...9 lines deleted...]
-        <v>16950</v>
       </c>
       <c r="D17" s="8">
         <v>9500</v>
       </c>
       <c r="E17" s="8">
-        <v>20950</v>
+        <v>22850</v>
       </c>
       <c r="F17" s="8">
-        <v>16100</v>
-[...4 lines deleted...]
-      <c r="H17" s="9">
+        <v>18000</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="7">
         <v>850</v>
       </c>
       <c r="I17" s="8">
+        <v>18850</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A18" s="16">
+        <v>2014</v>
+      </c>
+      <c r="B18" s="9">
+        <v>9.8699999999999992</v>
+      </c>
+      <c r="C18" s="7">
         <v>16950</v>
-      </c>
-[...9 lines deleted...]
-        <v>19088</v>
       </c>
       <c r="D18" s="8">
         <v>9500</v>
       </c>
       <c r="E18" s="8">
-        <v>19050</v>
+        <v>20950</v>
       </c>
       <c r="F18" s="8">
-        <v>14200</v>
-[...4 lines deleted...]
-      <c r="H18" s="9">
+        <v>16100</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18" s="7">
         <v>850</v>
       </c>
       <c r="I18" s="8">
+        <v>16950</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A19" s="16">
+        <v>2013</v>
+      </c>
+      <c r="B19" s="9">
+        <v>10.65</v>
+      </c>
+      <c r="C19" s="7">
         <v>19088</v>
-      </c>
-[...9 lines deleted...]
-        <v>16763</v>
       </c>
       <c r="D19" s="8">
         <v>9500</v>
       </c>
       <c r="E19" s="8">
-        <v>17150</v>
+        <v>19050</v>
       </c>
       <c r="F19" s="8">
-        <v>12300</v>
-[...1 lines deleted...]
-      <c r="G19" s="9">
+        <v>14200</v>
+      </c>
+      <c r="G19" s="7">
         <v>4038</v>
       </c>
-      <c r="H19" s="9">
-        <v>425</v>
+      <c r="H19" s="7">
+        <v>850</v>
       </c>
       <c r="I19" s="8">
+        <v>19088</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A20" s="16">
+        <v>2012</v>
+      </c>
+      <c r="B20" s="9">
+        <v>9.15</v>
+      </c>
+      <c r="C20" s="7">
         <v>16763</v>
-      </c>
-[...9 lines deleted...]
-        <v>10400</v>
       </c>
       <c r="D20" s="8">
         <v>9500</v>
       </c>
       <c r="E20" s="8">
-        <v>14825</v>
+        <v>17150</v>
       </c>
       <c r="F20" s="8">
+        <v>12300</v>
+      </c>
+      <c r="G20" s="7">
+        <v>4038</v>
+      </c>
+      <c r="H20" s="7">
+        <v>425</v>
+      </c>
+      <c r="I20" s="8">
+        <v>16763</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A21" s="16">
+        <v>2011</v>
+      </c>
+      <c r="B21" s="9">
+        <v>5.62</v>
+      </c>
+      <c r="C21" s="7">
         <v>10400</v>
-      </c>
-[...18 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D21" s="8">
         <v>9500</v>
       </c>
       <c r="E21" s="8">
+        <v>14825</v>
+      </c>
+      <c r="F21" s="8">
+        <v>10400</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="8">
+        <v>10400</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A22" s="10">
+        <v>2010</v>
+      </c>
+      <c r="B22" s="11">
+        <v>5.98</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="8">
+        <v>9500</v>
+      </c>
+      <c r="E22" s="8">
         <v>12500</v>
       </c>
-      <c r="F21" s="8">
+      <c r="F22" s="8">
         <v>12500</v>
       </c>
-      <c r="G21" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="8">
+      <c r="G22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="8">
         <v>12500</v>
       </c>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A22" s="17">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A23" s="10">
         <v>2009</v>
       </c>
-      <c r="B22" s="12">
+      <c r="B23" s="11">
         <v>3.64</v>
       </c>
-      <c r="C22" s="7">
+      <c r="C23" s="7">
         <v>8100</v>
       </c>
-      <c r="D22" s="8">
+      <c r="D23" s="8">
         <v>8100</v>
       </c>
-      <c r="E22" s="8">
+      <c r="E23" s="8">
         <v>8100</v>
       </c>
-      <c r="F22" s="8">
+      <c r="F23" s="8">
         <v>8100</v>
       </c>
-      <c r="G22" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="8">
+      <c r="G23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="8">
         <v>8100</v>
       </c>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A23" s="17">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A24" s="10">
         <v>2008</v>
       </c>
-      <c r="B23" s="12">
+      <c r="B24" s="11">
         <v>3.14</v>
       </c>
-      <c r="C23" s="7">
+      <c r="C24" s="7">
         <v>6800</v>
       </c>
-      <c r="D23" s="8">
+      <c r="D24" s="8">
         <v>6800</v>
       </c>
-      <c r="E23" s="8">
+      <c r="E24" s="8">
         <v>6800</v>
       </c>
-      <c r="F23" s="8">
+      <c r="F24" s="8">
         <v>6800</v>
       </c>
-      <c r="G23" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I23" s="8">
+      <c r="G24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I24" s="8">
         <v>6800</v>
       </c>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A24" s="17">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A25" s="10">
         <v>2007</v>
       </c>
-      <c r="B24" s="18">
+      <c r="B25" s="13">
         <v>2.7</v>
       </c>
-      <c r="C24" s="7">
+      <c r="C25" s="7">
         <v>5600</v>
       </c>
-      <c r="D24" s="8">
+      <c r="D25" s="8">
         <v>5600</v>
       </c>
-      <c r="E24" s="8">
+      <c r="E25" s="8">
         <v>5600</v>
       </c>
-      <c r="F24" s="8">
+      <c r="F25" s="8">
         <v>5600</v>
       </c>
-      <c r="G24" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="8">
+      <c r="G25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="8">
         <v>5600</v>
       </c>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A25" s="17">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A26" s="10">
         <v>2006</v>
       </c>
-      <c r="B25" s="12">
+      <c r="B26" s="11">
         <v>2.17</v>
       </c>
-      <c r="C25" s="7">
+      <c r="C26" s="7">
         <v>4500</v>
       </c>
-      <c r="D25" s="8">
+      <c r="D26" s="8">
         <v>4500</v>
       </c>
-      <c r="E25" s="8">
+      <c r="E26" s="8">
         <v>4500</v>
       </c>
-      <c r="F25" s="8">
+      <c r="F26" s="8">
         <v>4500</v>
       </c>
-      <c r="G25" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="8">
+      <c r="G26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I26" s="8">
         <v>4500</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A26" s="17">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A27" s="10">
         <v>2005</v>
       </c>
-      <c r="B26" s="12">
+      <c r="B27" s="11">
         <v>1.64</v>
       </c>
-      <c r="C26" s="7">
+      <c r="C27" s="7">
         <v>3400</v>
       </c>
-      <c r="D26" s="8">
+      <c r="D27" s="8">
         <v>3400</v>
       </c>
-      <c r="E26" s="8">
+      <c r="E27" s="8">
         <v>3400</v>
       </c>
-      <c r="F26" s="8">
+      <c r="F27" s="8">
         <v>3400</v>
       </c>
-      <c r="G26" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I26" s="8">
+      <c r="G27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="8">
         <v>3400</v>
       </c>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A27" s="17">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A28" s="10">
         <v>2004</v>
       </c>
-      <c r="B27" s="12">
+      <c r="B28" s="11">
         <v>1.25</v>
       </c>
-      <c r="C27" s="7">
+      <c r="C28" s="7">
         <v>2600</v>
       </c>
-      <c r="D27" s="8">
+      <c r="D28" s="8">
         <v>2600</v>
       </c>
-      <c r="E27" s="8">
+      <c r="E28" s="8">
         <v>2600</v>
       </c>
-      <c r="F27" s="8">
+      <c r="F28" s="8">
         <v>2600</v>
       </c>
-      <c r="G27" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I27" s="8">
+      <c r="G28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I28" s="8">
         <v>2600</v>
       </c>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A28" s="17">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A29" s="10">
         <v>2003</v>
       </c>
-      <c r="B28" s="12">
+      <c r="B29" s="11">
         <v>0.88</v>
       </c>
-      <c r="C28" s="7">
+      <c r="C29" s="7">
         <v>1800</v>
       </c>
-      <c r="D28" s="8">
+      <c r="D29" s="8">
         <v>1800</v>
       </c>
-      <c r="E28" s="8">
+      <c r="E29" s="8">
         <v>1800</v>
       </c>
-      <c r="F28" s="8">
+      <c r="F29" s="8">
         <v>1800</v>
       </c>
-      <c r="G28" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I28" s="8">
+      <c r="G29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="8">
         <v>1800</v>
       </c>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A29" s="17">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A30" s="10">
         <v>2002</v>
       </c>
-      <c r="B29" s="12">
+      <c r="B30" s="11">
         <v>0.62</v>
       </c>
-      <c r="C29" s="7">
+      <c r="C30" s="7">
         <v>1100</v>
       </c>
-      <c r="D29" s="8">
+      <c r="D30" s="8">
         <v>1100</v>
       </c>
-      <c r="E29" s="8">
+      <c r="E30" s="8">
         <v>1100</v>
       </c>
-      <c r="F29" s="8">
+      <c r="F30" s="8">
         <v>1100</v>
       </c>
-      <c r="G29" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I29" s="8">
+      <c r="G30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I30" s="8">
         <v>1100</v>
       </c>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A30" s="17">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A31" s="10">
         <v>2001</v>
       </c>
-      <c r="B30" s="12">
+      <c r="B31" s="11">
         <v>0.24</v>
       </c>
-      <c r="C30" s="7">
+      <c r="C31" s="7">
         <v>300</v>
       </c>
-      <c r="D30" s="8">
+      <c r="D31" s="8">
         <v>300</v>
       </c>
-      <c r="E30" s="8">
+      <c r="E31" s="8">
         <v>300</v>
       </c>
-      <c r="F30" s="8">
+      <c r="F31" s="8">
         <v>300</v>
       </c>
-      <c r="G30" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I30" s="8">
+      <c r="G31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="8">
         <v>300</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>